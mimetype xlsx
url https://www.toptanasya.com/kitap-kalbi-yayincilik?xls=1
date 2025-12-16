--- v0 (2025-10-30)
+++ v1 (2025-12-16)
@@ -85,2530 +85,2605 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259601663</t>
+          <t>9786052056714</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>İlahi Kelama İlk Adım Tecvid İlmi</t>
+          <t>Dilin Afetleri</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786059815789</t>
+          <t>9786255723024</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerimdeki Bütün Kelime Çözümleriyle Emsile (Ciltli)</t>
+          <t>Hayız İlmihali</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>650</v>
+        <v>600</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259960845</t>
+          <t>9786059815659</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Resulullah ve Ashabının Güzel Ahlakı</t>
+          <t>Ömer Nesefi Akaidi Kelime Anlamlı Heyet</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>200</v>
+        <v>125</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786059815055</t>
+          <t>9786052056004</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Nakşi Namaz Tesbihatı</t>
+          <t>Mektubatı Rabbani Tercümesi 6. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>125</v>
+        <v>650</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786059815390</t>
+          <t>9786059815512</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Evradı Behaiyye Arapça Türkçe Çanta Boy</t>
+          <t>Arapça Lisana Giriş (Ciltli)</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786052056042</t>
+          <t>9786259601663</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Arapça Fiil ve İsimlerin Çekimleri Rahle Boy (Ciltli)</t>
+          <t>İlahi Kelama İlk Adım Tecvid İlmi</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>750</v>
+        <v>200</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786057233370</t>
+          <t>9786059815789</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Şiir ve Şuur</t>
+          <t>Kuranı Kerimdeki Bütün Kelime Çözümleriyle Emsile (Ciltli)</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>150</v>
+        <v>650</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259451961</t>
+          <t>9786259960845</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Ruhul Beyan Tefsirindeki Tüm Kıssalar ve Hisseleri (Ciltli)</t>
+          <t>Resulullah ve Ashabının Güzel Ahlakı</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259803098</t>
+          <t>9786059815055</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Efendimizin Mucizeleri</t>
+          <t>Nakşi Namaz Tesbihatı</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259557267</t>
+          <t>9786059815390</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Nurul Yakin Arapça (Ciltli)</t>
+          <t>Evradı Behaiyye Arapça Türkçe Çanta Boy</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259960869</t>
+          <t>9786052056042</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Mektubat Arapça Harekesiz Orta Boy Tek Cilt</t>
+          <t>Arapça Fiil ve İsimlerin Çekimleri Rahle Boy (Ciltli)</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>400</v>
+        <v>750</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786057233325</t>
+          <t>9786057233370</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Hitabet ve Dualar</t>
+          <t>Şiir ve Şuur</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>60</v>
+        <v>200</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786059815666</t>
+          <t>9786259451961</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Esmaül Hüsna ve Peygamber Efendimizin İsimleri</t>
+          <t>Ruhul Beyan Tefsirindeki Tüm Kıssalar ve Hisseleri (Ciltli)</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>50</v>
+        <v>300</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259803067</t>
+          <t>9786259803098</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>El Cevahirül Kelamiyye</t>
+          <t>Peygamber Efendimizin Mucizeleri</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259803074</t>
+          <t>9786259557267</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Davul Meali Şerhül Emali (Ciltli)</t>
+          <t>Nurul Yakin Arapça (Ciltli)</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786057051318</t>
+          <t>9786259960869</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Güncel Fetvalar 2. Cilt</t>
+          <t>Mektubat Arapça Harekesiz Orta Boy Tek Cilt</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786059815147</t>
+          <t>9786057233325</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Arapçada Fiil ve İsim Çekimleri Tasrif Roman Boy</t>
+          <t>Hitabet ve Dualar</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>350</v>
+        <v>60</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786052056097</t>
+          <t>9786059815666</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Efendimizin 4000 Sünnet ve Adapları (Ciltli)</t>
+          <t>Esmaül Hüsna ve Peygamber Efendimizin İsimleri</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>500</v>
+        <v>50</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786059815246</t>
+          <t>9786259803067</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Hafızlara 100 Soru</t>
+          <t>El Cevahirül Kelamiyye</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>40</v>
+        <v>100</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786059815260</t>
+          <t>9786259803074</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Faziletleriyle Gün ve Geceler</t>
+          <t>Davul Meali Şerhül Emali (Ciltli)</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>175</v>
+        <v>250</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786052056639</t>
+          <t>9786057051318</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Riyazüs Salihin ve Tercümesi (Ciltli)</t>
+          <t>Güncel Fetvalar 2. Cilt</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>750</v>
+        <v>350</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786059815567</t>
+          <t>9786059815147</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Mektubatı Rabbani Kelime Anlamlı 7 Cilt Takım</t>
+          <t>Arapçada Fiil ve İsim Çekimleri Tasrif Roman Boy</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>4200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786059815123</t>
+          <t>9786052056097</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Selefilik Adı Altındaki Görüşlere Ehli Sünnetin Cevapları (Ciltli)</t>
+          <t>Peygamber Efendimizin 4000 Sünnet ve Adapları (Ciltli)</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>1000</v>
+        <v>500</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786059815550</t>
+          <t>9786059815246</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Mektubatı Rabbani Tercümesi 1. Cilt (Ciltli)</t>
+          <t>Hafızlara 100 Soru</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>600</v>
+        <v>40</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786059815215</t>
+          <t>9786059815260</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Makamat Tercümesi ve Arapçası</t>
+          <t>Faziletleriyle Gün ve Geceler</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>100</v>
+        <v>175</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786055313333</t>
+          <t>9786052056639</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Şifa-i Şerif Tercümesi (Ciltli)</t>
+          <t>Riyazüs Salihin ve Tercümesi (Ciltli)</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>800</v>
+        <v>750</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786052056332</t>
+          <t>9786059815567</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Fıkhul Ekber Şerhi Ebul Münteha Arapça</t>
+          <t>Mektubatı Rabbani Kelime Anlamlı 7 Cilt Takım</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>50</v>
+        <v>4550</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786059815581</t>
+          <t>9786059815123</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Faziletleriyle Üç Aylar</t>
+          <t>Selefilik Adı Altındaki Görüşlere Ehli Sünnetin Cevapları (Ciltli)</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>150</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786052056752</t>
+          <t>9786059815550</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Faziletleriyle Sureler ve Dualar (Ciltli)</t>
+          <t>Mektubatı Rabbani Tercümesi 1. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>350</v>
+        <v>650</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786052056271</t>
+          <t>9786059815215</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Emsile Bina Maksut Tercümesi Kelime Anlamlı (Ciltli)</t>
+          <t>Makamat Tercümesi ve Arapçası</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786052056561</t>
+          <t>9786055313333</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Tasavvufta 7 Adımda Arşa Yolculuk (Ciltli)</t>
+          <t>Şifa-i Şerif Tercümesi (Ciltli)</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>500</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786059815314</t>
+          <t>9786052056332</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>İslami Tesettür Tesettür-i Şeri</t>
+          <t>Fıkhul Ekber Şerhi Ebul Münteha Arapça</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>200</v>
+        <v>50</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786059815031</t>
+          <t>9786059815581</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Ahlak ve Görgü Kurallarını Öğreniyorum</t>
+          <t>Faziletleriyle Üç Aylar</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>50</v>
+        <v>150</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786052056400</t>
+          <t>9786052056752</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Renkli Elif Cüzü 1</t>
+          <t>Faziletleriyle Sureler ve Dualar (Ciltli)</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786052056264</t>
+          <t>9786052056271</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l Beyandan Seçme Sureler - 3 Cilt Takım (Ciltli)</t>
+          <t>Emsile Bina Maksut Tercümesi Kelime Anlamlı (Ciltli)</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786259557243</t>
+          <t>9786052056561</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Evimin İlmihali (Ciltli)</t>
+          <t>Tasavvufta 7 Adımda Arşa Yolculuk (Ciltli)</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786259451992</t>
+          <t>9786059815314</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Müderrisin Emsile Kitabı</t>
+          <t>İslami Tesettür Tesettür-i Şeri</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786052056783</t>
+          <t>9786059815031</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Ahlakı Olgunlaştıran Dini Hikayeler</t>
+          <t>Ahlak ve Görgü Kurallarını Öğreniyorum</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>250</v>
+        <v>50</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786057360830</t>
+          <t>9786052056400</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Kalplerin Keşfi İmam Gazzali (Ciltli)</t>
+          <t>Renkli Elif Cüzü 1</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786056138232</t>
+          <t>9786052056264</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Münacaat Cüzü Yasin-i Şerif Şifa Duaları (Ciltli)</t>
+          <t>Ruhu'l Beyandan Seçme Sureler - 3 Cilt Takım (Ciltli)</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>135</v>
+        <v>240</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786057360847</t>
+          <t>9786259557243</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Münacaat Cüzü Yasin-i Şerif Şifa Duaları (Ciltli)</t>
+          <t>Evimin İlmihali (Ciltli)</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>225</v>
+        <v>400</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786059815826</t>
+          <t>9786259451992</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Mızraklı İlmihal Osmanlıca Orjinal Baskı</t>
+          <t>Müderrisin Emsile Kitabı</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786052056479</t>
+          <t>9786052056783</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Tefsiri 7 Cilt</t>
+          <t>Ahlakı Olgunlaştıran Dini Hikayeler</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>2250</v>
+        <v>250</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786059815345</t>
+          <t>9786057360830</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Arapça Dilbilgisi Nahiv</t>
+          <t>Kalplerin Keşfi İmam Gazzali (Ciltli)</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>325</v>
+        <v>400</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786052056356</t>
+          <t>9786056138232</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Avamil ve Terkibi (Ciltli)</t>
+          <t>Münacaat Cüzü Yasin-i Şerif Şifa Duaları (Ciltli)</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>750</v>
+        <v>135</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786057233363</t>
+          <t>9786057360847</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>El Edebül Müfred</t>
+          <t>Münacaat Cüzü Yasin-i Şerif Şifa Duaları (Ciltli)</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>500</v>
+        <v>225</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786259803050</t>
+          <t>9786059815826</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Avamil Tercümesi ve Şerhi (Ciltli)</t>
+          <t>Mızraklı İlmihal Osmanlıca Orjinal Baskı</t>
         </is>
       </c>
       <c r="C48" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786052056318</t>
+          <t>9786052056479</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Mektubatı Rabbani Metin ve Tercümesi 2 Cilt (Ciltli)</t>
+          <t>Kuranı Kerim Tefsiri 7 Cilt</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>1500</v>
+        <v>2250</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786059815888</t>
+          <t>9786059815345</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Anahtar Dualar</t>
+          <t>Arapça Dilbilgisi Nahiv</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786059815635</t>
+          <t>9786052056356</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Hızır Efendi (Ciltli)</t>
+          <t>Avamil ve Terkibi (Ciltli)</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>400</v>
+        <v>850</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786057233332</t>
+          <t>9786057233363</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Kalplerin Keşfi</t>
+          <t>El Edebül Müfred</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786052056615</t>
+          <t>9786259803050</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Çarşafı Şerif Risalesi</t>
+          <t>Avamil Tercümesi ve Şerhi (Ciltli)</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786059815024</t>
+          <t>9786052056318</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Zeka Geliştirme Kitabı 3 - 4 Yaş</t>
+          <t>Mektubatı Rabbani Metin ve Tercümesi 2 Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>50</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786259451909</t>
+          <t>9786059815888</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Sarf ve Nahiv - Bina (Ciltli)</t>
+          <t>Anahtar Dualar</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>975</v>
+        <v>200</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786059815963</t>
+          <t>9786059815635</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Sorularla Akaid Dersleri</t>
+          <t>Hızır Efendi (Ciltli)</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786059815741</t>
+          <t>9786057233332</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Nahiv Cümlesi Tam Kayıtlı (Ciltli)</t>
+          <t>Kalplerin Keşfi</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>275</v>
+        <v>200</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786052056875</t>
+          <t>9786052056615</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Geniş İzahlı Sarf ve Nahiv (Ciltli)</t>
+          <t>Çarşafı Şerif Risalesi</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>725</v>
+        <v>250</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786259960814</t>
+          <t>9786059815024</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Mülteka (Arapça)</t>
+          <t>Zeka Geliştirme Kitabı 3 - 4 Yaş</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>300</v>
+        <v>50</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9876056513822</t>
+          <t>9786259451909</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Delilleriyle Günlük İbadetler ve Faziletleri</t>
+          <t>Sarf ve Nahiv - Bina (Ciltli)</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>60</v>
+        <v>975</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786059815093</t>
+          <t>9786059815963</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Resimli Namaz Hocası</t>
+          <t>Sorularla Akaid Dersleri</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>50</v>
+        <v>250</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786259960876</t>
+          <t>9786059815741</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Sevda</t>
+          <t>Nahiv Cümlesi Tam Kayıtlı (Ciltli)</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>85</v>
+        <v>275</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786057233394</t>
+          <t>9786052056875</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Şifa-i Şerif (Arapça) (Ciltli)</t>
+          <t>Geniş İzahlı Sarf ve Nahiv (Ciltli)</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>550</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786259472102</t>
+          <t>9786259960814</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Gölgeli Kuran-ı Kerim Yazı Mushafı Resmi Osmani İmlalı (Bez Ciltli)</t>
+          <t>Mülteka (Arapça)</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786259960890</t>
+          <t>9876056513822</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>İzhar (Ciltli)</t>
+          <t>Delilleriyle Günlük İbadetler ve Faziletleri</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>1000</v>
+        <v>60</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786052056158</t>
+          <t>9786059815093</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Delailü'l Hayrat ve Hizbul Bahir</t>
+          <t>Resimli Namaz Hocası</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>250</v>
+        <v>50</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786052056493</t>
+          <t>9786259960876</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Tuhfetüs Seniyye (Ciltli)</t>
+          <t>Sevda</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>300</v>
+        <v>85</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786257284011</t>
+          <t>9786057233394</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Başarılı Emri Bil Ma'ruf Nehy-i Ani'l-Münker Yapabilmenin Usulleri</t>
+          <t>Şifa-i Şerif (Arapça) (Ciltli)</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>200</v>
+        <v>550</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786057360885</t>
+          <t>9786259472102</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Kur Sistemli Temel Dini Bilgiler</t>
+          <t>Gölgeli Kuran-ı Kerim Yazı Mushafı Resmi Osmani İmlalı (Bez Ciltli)</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786057233356</t>
+          <t>9786259960890</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Bostanül Arifin - Ariflerin Gül Bahçesi</t>
+          <t>İzhar (Ciltli)</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>250</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786057233349</t>
+          <t>9786052056158</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Tenbihül Gafilin Nefsine Uyanlara Nasihatler</t>
+          <t>Delailü'l Hayrat ve Hizbul Bahir</t>
         </is>
       </c>
       <c r="C71" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786057360861</t>
+          <t>9786052056493</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Şerhül Akidetit Tahavi Baberti</t>
+          <t>Tuhfetüs Seniyye (Ciltli)</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786057360816</t>
+          <t>9786257284011</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Mecma'ul Adab İslam'daki Edebler (Ciltli)</t>
+          <t>Başarılı Emri Bil Ma'ruf Nehy-i Ani'l-Münker Yapabilmenin Usulleri</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786052056868</t>
+          <t>9786057360885</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Riyazüs Salihin Tercümesi Kelime Manalı 5.Cilt (Ciltli)</t>
+          <t>Kur Sistemli Temel Dini Bilgiler</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786052056851</t>
+          <t>9786057233356</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Riyazüs Salihin Tercümesi Kelime Manalı 4.Cilt (Ciltli)</t>
+          <t>Bostanül Arifin - Ariflerin Gül Bahçesi</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786057360809</t>
+          <t>9786057233349</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Faziletleriyle Gün ve Geceler</t>
+          <t>Tenbihül Gafilin Nefsine Uyanlara Nasihatler</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786052056837</t>
+          <t>9786057360861</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Riyazüs Salihin Tercümesi Kelime Manalı 3. Cilt (Ciltli)</t>
+          <t>Şerhül Akidetit Tahavi Baberti</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786052056844</t>
+          <t>9786057360816</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Riyazüs Salihin Tercümesi Kelime Manalı 2. Cilt (Ciltli)</t>
+          <t>Mecma'ul Adab İslam'daki Edebler (Ciltli)</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786052056790</t>
+          <t>9786052056868</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Hafızlık Risalesi Roman Boy</t>
+          <t>Riyazüs Salihin Tercümesi Kelime Manalı 5.Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786052056905</t>
+          <t>9786052056851</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Şehid Bayram Hoca Mektubat Sohbetleri - 3 Cilt Takım (Ciltli)</t>
+          <t>Riyazüs Salihin Tercümesi Kelime Manalı 4.Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>900</v>
+        <v>500</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786052056912</t>
+          <t>9786057360809</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Şehid Bayram Hoca Hayatı Hatıraları - 2 Cilt Takım</t>
+          <t>Faziletleriyle Gün ve Geceler</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>600</v>
+        <v>200</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786052056820</t>
+          <t>9786052056837</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Riyazüs Salihin Tercümesi Kelime Manalı 1.Cilt (Ciltli)</t>
+          <t>Riyazüs Salihin Tercümesi Kelime Manalı 3. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C82" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786055206130</t>
+          <t>9786052056844</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Ruhul Beyan Tefsirinden MİRAC</t>
+          <t>Riyazüs Salihin Tercümesi Kelime Manalı 2. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786052056011</t>
+          <t>9786052056790</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Mektubatı Rabbani Tercümesi 7. Cilt (Ciltli)</t>
+          <t>Hafızlık Risalesi Roman Boy</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>600</v>
+        <v>200</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786052056738</t>
+          <t>9786052056905</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Mektubatı Rabbani Arapça Harekeli 2 Cilt Takım</t>
+          <t>Şehid Bayram Hoca Mektubat Sohbetleri - 3 Cilt Takım (Ciltli)</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>750</v>
+        <v>900</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786052056387</t>
+          <t>9786052056912</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Küçük Emsile Soru ve Cevaplı</t>
+          <t>Şehid Bayram Hoca Hayatı Hatıraları - 2 Cilt Takım</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>100</v>
+        <v>600</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786052056000</t>
+          <t>9786052056820</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Siracül Müttekin Tercümesi (Ciltli)</t>
+          <t>Riyazüs Salihin Tercümesi Kelime Manalı 1.Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>1050</v>
+        <v>500</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786052056578</t>
+          <t>9786055206130</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerimden Cevherler 1</t>
+          <t>Ruhul Beyan Tefsirinden MİRAC</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786059815840</t>
+          <t>9786052056011</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerimdeki Bütün Kelime Çözümleriyle Bina (Ciltli)</t>
+          <t>Mektubatı Rabbani Tercümesi 7. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>600</v>
+        <v>650</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786052056622</t>
+          <t>9786052056738</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Soru Ve Cevaplarla Kainat Güneşi</t>
+          <t>Mektubatı Rabbani Arapça Harekeli 2 Cilt Takım</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>60</v>
+        <v>750</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786052056653</t>
+          <t>9786052056387</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Kolay Osmanlıca Metinleri 2</t>
+          <t>Küçük Emsile Soru ve Cevaplı</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786052056967</t>
+          <t>9786052056000</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Şehid Bayram Hoca Mektubat Dersleri (Ciltli)</t>
+          <t>Siracül Müttekin Tercümesi (Ciltli)</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>1500</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786052056691</t>
+          <t>9786052056578</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Kasasun Nebiyyin Arapça Yeni Dizgi (Ciltli)</t>
+          <t>Kuranı Kerimden Cevherler 1</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>225</v>
+        <v>450</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786052056684</t>
+          <t>9786059815840</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>İslam İlmihali Ezber Kitabı Dini Bilgiler</t>
+          <t>Kuranı Kerimdeki Bütün Kelime Çözümleriyle Bina (Ciltli)</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>150</v>
+        <v>600</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786052056998</t>
+          <t>9786052056622</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Şehid Bayram Hoca Muhtelif Sohbetler (Ciltli)</t>
+          <t>Soru Ve Cevaplarla Kainat Güneşi</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>900</v>
+        <v>60</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786052056745</t>
+          <t>9786052056653</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Şerhus Siraciyye Yeni Dizgi</t>
+          <t>Kolay Osmanlıca Metinleri 2</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>400</v>
+        <v>100</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786052056370</t>
+          <t>9786052056967</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>İlal Kaideleri ve Maksud İlalleri</t>
+          <t>Şehid Bayram Hoca Mektubat Dersleri (Ciltli)</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>150</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786052056554</t>
+          <t>9786052056691</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Osman</t>
+          <t>Kasasun Nebiyyin Arapça Yeni Dizgi (Ciltli)</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>200</v>
+        <v>225</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786052056721</t>
+          <t>9786052056684</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Ali</t>
+          <t>İslam İlmihali Ezber Kitabı Dini Bilgiler</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786057051301</t>
+          <t>9786052056998</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Güncel Fetvalar (Ciltli)</t>
+          <t>Şehid Bayram Hoca Muhtelif Sohbetler (Ciltli)</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>350</v>
+        <v>900</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786052056660</t>
+          <t>9786052056745</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Tam Karabaş Tecvidi</t>
+          <t>Şerhus Siraciyye Yeni Dizgi</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>100</v>
+        <v>400</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786059815376</t>
+          <t>9786052056370</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Çizgi ve Dikkat Geliştirme Kitabı 2 Kitap Set</t>
+          <t>İlal Kaideleri ve Maksud İlalleri</t>
         </is>
       </c>
       <c r="C102" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786059815062</t>
+          <t>9786052056554</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Cünnetül Esma</t>
+          <t>Hazreti Osman</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>30</v>
+        <v>200</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786052056677</t>
+          <t>9786052056721</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Bizi Aldatan Dünya Hayatı</t>
+          <t>Hazreti Ali</t>
         </is>
       </c>
       <c r="C104" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786259451916</t>
+          <t>9786057051301</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Avamil ve Terkibi (Ciltli)</t>
+          <t>Güncel Fetvalar (Ciltli)</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>1450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786052056257</t>
+          <t>9786052056660</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Elifbam</t>
+          <t>Tam Karabaş Tecvidi</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786052056547</t>
+          <t>9786059815376</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Mevaizul Hutaba Hatipler İçin Vaazlar (Ciltli)</t>
+          <t>Çizgi ve Dikkat Geliştirme Kitabı 2 Kitap Set</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>750</v>
+        <v>200</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786052056530</t>
+          <t>9786059815062</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Emirül Müminin Muaviye Bin Ebu Süfyan</t>
+          <t>Cünnetül Esma</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>300</v>
+        <v>30</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786052056516</t>
+          <t>9786052056677</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Hadis Usulü</t>
+          <t>Bizi Aldatan Dünya Hayatı</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786052056325</t>
+          <t>9786259451916</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Subhai Sıbyan Tercümesi</t>
+          <t>Avamil ve Terkibi (Ciltli)</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>100</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786052056486</t>
+          <t>9786052056257</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Talimül Müteallim Medrese Usulü Kelime Manalı (Ciltli)</t>
+          <t>Sevimli Elifbam</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786052056455</t>
+          <t>9786052056547</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Peygamberler Tarihi (Ciltli)</t>
+          <t>Mevaizul Hutaba Hatipler İçin Vaazlar (Ciltli)</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>350</v>
+        <v>750</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786052056448</t>
+          <t>9786052056530</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Efendi Hazretleri ile Anılarım</t>
+          <t>Emirül Müminin Muaviye Bin Ebu Süfyan</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786052056288</t>
+          <t>9786052056516</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerimden Cevherler 2</t>
+          <t>Hadis Usulü</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786052056431</t>
+          <t>9786052056325</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Yemen İllerinde Veysel Karani</t>
+          <t>Subhai Sıbyan Tercümesi</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786059815536</t>
+          <t>9786052056486</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Nahiv Renkli Yeni Dizgi (Ciltli)</t>
+          <t>Talimül Müteallim Medrese Usulü Kelime Manalı (Ciltli)</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>275</v>
+        <v>350</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786052056363</t>
+          <t>9786052056455</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Ömer</t>
+          <t>Peygamberler Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786052056394</t>
+          <t>9786052056448</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Rehnuma Eğitim Rehberi</t>
+          <t>Efendi Hazretleri ile Anılarım</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786059815598</t>
+          <t>9786052056288</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Temel Dini Bilgiler (Ciltli)</t>
+          <t>Kuranı Kerimden Cevherler 2</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786052056240</t>
+          <t>9786052056431</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Mektubatı Rabbani Arapça Harekesiz 2 Cilt Takım (Ciltli)</t>
+          <t>Yemen İllerinde Veysel Karani</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>750</v>
+        <v>200</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786052056219</t>
+          <t>9786059815536</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Kasidei Bürde Tercümesi (Ciltli)</t>
+          <t>Nahiv Renkli Yeni Dizgi (Ciltli)</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>650</v>
+        <v>275</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786059815505</t>
+          <t>9786052056363</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Nazar Değmesi Cin Şeytan ve Korunma Ayetleri</t>
+          <t>Hazreti Ömer</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786059815697</t>
+          <t>9786052056394</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Ali Haydar Elifbası Talim Usulü</t>
+          <t>Rehnuma Eğitim Rehberi</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>35</v>
+        <v>300</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786052056110</t>
+          <t>9786059815598</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Ebubekir</t>
+          <t>Temel Dini Bilgiler (Ciltli)</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786059815420</t>
+          <t>9786052056240</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Hikmet Tasavvufun Özü</t>
+          <t>Mektubatı Rabbani Arapça Harekesiz 2 Cilt Takım (Ciltli)</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>100</v>
+        <v>750</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786059815338</t>
+          <t>9786052056219</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Sarf Yeni Dizgi Bilgisayarlı</t>
+          <t>Kasidei Bürde Tercümesi (Ciltli)</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>200</v>
+        <v>650</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786052056141</t>
+          <t>9786059815505</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Sevadül Azam Tercümesi</t>
+          <t>Nazar Değmesi Cin Şeytan ve Korunma Ayetleri</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>150</v>
+        <v>50</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786059815291</t>
+          <t>9786059815697</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Nurul İzah Arapça (Ciltli)</t>
+          <t>Ali Haydar Elifbası Talim Usulü</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>300</v>
+        <v>35</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786052056196</t>
+          <t>9786052056110</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Ahlak Risalesi</t>
+          <t>Hazreti Ebubekir</t>
         </is>
       </c>
       <c r="C129" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786052056073</t>
+          <t>9786059815420</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>İlim Risalesi</t>
+          <t>Hikmet Tasavvufun Özü</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786052056059</t>
+          <t>9786059815338</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Riyazüs Salihin Arapça Yeni Dizgi (Ciltli)</t>
+          <t>Sarf Yeni Dizgi Bilgisayarlı</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786059815994</t>
+          <t>9786052056141</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Teshilüs Sarf Kolaylaştırılmış Sarf</t>
+          <t>Sevadül Azam Tercümesi</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786052056035</t>
+          <t>9786059815291</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>40 Hadisi Şerif Usfuri Tercümesi</t>
+          <t>Nurul İzah Arapça (Ciltli)</t>
         </is>
       </c>
       <c r="C133" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786059815925</t>
+          <t>9786052056196</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Mektubatı Rabbani Tercümesi 5. Cilt (Ciltli)</t>
+          <t>Ahlak Risalesi</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>600</v>
+        <v>200</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786059815932</t>
+          <t>9786052056073</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Mektubatı Rabbani Tercümesi 4. Cilt (Ciltli)</t>
+          <t>İlim Risalesi</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>600</v>
+        <v>200</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786059815772</t>
+          <t>9786052056059</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Mektubatı Rabbani Tercümesi 3. Cilt (Ciltli)</t>
+          <t>Riyazüs Salihin Arapça Yeni Dizgi (Ciltli)</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>600</v>
+        <v>450</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786059815765</t>
+          <t>9786059815994</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Mektubatı Rabbani Tercümesi 2. Cilt (Ciltli)</t>
+          <t>Teshilüs Sarf Kolaylaştırılmış Sarf</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>600</v>
+        <v>300</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786059815284</t>
+          <t>9786052056035</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Mızraklı İlmihal Osmanlıca Yeni Dizgi</t>
+          <t>40 Hadisi Şerif Usfuri Tercümesi</t>
         </is>
       </c>
       <c r="C138" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786059815918</t>
+          <t>9786059815925</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Şerhü'l Emali Tercümesi (Ciltli)</t>
+          <t>Mektubatı Rabbani Tercümesi 5. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>300</v>
+        <v>650</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786059815864</t>
+          <t>9786059815932</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Cennet Yolunun İşaretleri Münebbihat Tercümesi</t>
+          <t>Mektubatı Rabbani Tercümesi 4. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>200</v>
+        <v>650</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786059815802</t>
+          <t>9786059815772</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Halebi Sağır Arapça Tam Kayıtlı (Ciltli)</t>
+          <t>Mektubatı Rabbani Tercümesi 3. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>300</v>
+        <v>650</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786059815253</t>
+          <t>9786059815765</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Talimül Müteallim Arapça</t>
+          <t>Mektubatı Rabbani Tercümesi 2. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>100</v>
+        <v>650</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786059815208</t>
+          <t>9786059815284</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Sevadül Azam Arapça</t>
+          <t>Mızraklı İlmihal Osmanlıca Yeni Dizgi</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786059815857</t>
+          <t>9786059815918</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşmanlarını Sevmenin Zararları</t>
+          <t>Şerhü'l Emali Tercümesi (Ciltli)</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786059815178</t>
+          <t>9786059815864</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Talimül Müteallim Tercümesi ve Arapçası</t>
+          <t>Cennet Yolunun İşaretleri Münebbihat Tercümesi</t>
         </is>
       </c>
       <c r="C145" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786059815703</t>
+          <t>9786059815802</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Temel Dini Bilgiler Muhtasar</t>
+          <t>Halebi Sağır Arapça Tam Kayıtlı (Ciltli)</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786059815680</t>
+          <t>9786059815253</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Efendi Hazretlerimizin Namazlarda ve Sonrasında Okudukları</t>
+          <t>Talimül Müteallim Arapça</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786059815642</t>
+          <t>9786059815208</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Delailül Hayrat ve Tercümesi (Ciltli)</t>
+          <t>Sevadül Azam Arapça</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786059815109</t>
+          <t>9786059815857</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Faziletleriyle Nafile Oruçlar</t>
+          <t>İslam Düşmanlarını Sevmenin Zararları</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786059815611</t>
+          <t>9786059815178</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Dinde Deformistler 1</t>
+          <t>Talimül Müteallim Tercümesi ve Arapçası</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786059815628</t>
+          <t>9786059815703</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Dinde Deformistler 2</t>
+          <t>Temel Dini Bilgiler Muhtasar</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>175</v>
+        <v>100</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786059815307</t>
+          <t>9786059815680</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Boyamalı Çıkartmalı Elifba</t>
+          <t>Efendi Hazretlerimizin Namazlarda ve Sonrasında Okudukları</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>125</v>
+        <v>50</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786059815543</t>
+          <t>9786059815642</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Sevadül Azam Tercümesi Kelime Anlamlı (Ciltli)</t>
+          <t>Delailül Hayrat ve Tercümesi (Ciltli)</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786059815529</t>
+          <t>9786059815109</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Severek İlim Öğrenmek ve Severek Hafızlık Yapmak</t>
+          <t>Faziletleriyle Nafile Oruçlar</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786059815574</t>
+          <t>9786059815611</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Temel Dini Bilgiler</t>
+          <t>Dinde Deformistler 1</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>250</v>
+        <v>175</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786059815369</t>
+          <t>9786059815628</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Zıt Kavramları Öğreniyorum</t>
+          <t>Dinde Deformistler 2</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>50</v>
+        <v>175</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786059815413</t>
+          <t>9786059815307</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Risalei Halidiyye Tercümesi (Ciltli)</t>
+          <t>Boyamalı Çıkartmalı Elifba</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786059815383</t>
+          <t>9786059815543</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Hizbul Bahr Tercümesi</t>
+          <t>Sevadül Azam Tercümesi Kelime Anlamlı (Ciltli)</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>40</v>
+        <v>350</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786059815154</t>
+          <t>9786059815529</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Sarf Cümlesi</t>
+          <t>Severek İlim Öğrenmek ve Severek Hafızlık Yapmak</t>
         </is>
       </c>
       <c r="C159" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786059815192</t>
+          <t>9786059815574</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Makamat Arapça</t>
+          <t>Temel Dini Bilgiler</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>50</v>
+        <v>250</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786059815017</t>
+          <t>9786059815369</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Evradı Behaiyye Tercümesi Orta Boy (Ciltli)</t>
+          <t>Zıt Kavramları Öğreniyorum</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>250</v>
+        <v>50</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786059815222</t>
+          <t>9786059815413</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Benim Yazı Defterim</t>
+          <t>Risalei Halidiyye Tercümesi (Ciltli)</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786059815239</t>
+          <t>9786059815383</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Arapça Yazı Defteri</t>
+          <t>Hizbul Bahr Tercümesi</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>90</v>
+        <v>40</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786059815048</t>
+          <t>9786059815154</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>İlim Ehli İçin Temel Dualar</t>
+          <t>Sarf Cümlesi</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786059815000</t>
+          <t>9786059815192</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Ali Haydar Elifbası İlaveli</t>
+          <t>Makamat Arapça</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>25</v>
+        <v>50</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786059815079</t>
+          <t>9786059815017</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Arapçaya İlk Adım</t>
+          <t>Evradı Behaiyye Tercümesi Orta Boy (Ciltli)</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>110</v>
+        <v>250</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
+          <t>9786059815222</t>
+        </is>
+      </c>
+      <c r="B167" s="1" t="inlineStr">
+        <is>
+          <t>Benim Yazı Defterim</t>
+        </is>
+      </c>
+      <c r="C167" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="168" spans="1:3">
+      <c r="A168" s="1" t="inlineStr">
+        <is>
+          <t>9786059815239</t>
+        </is>
+      </c>
+      <c r="B168" s="1" t="inlineStr">
+        <is>
+          <t>Arapça Yazı Defteri</t>
+        </is>
+      </c>
+      <c r="C168" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="169" spans="1:3">
+      <c r="A169" s="1" t="inlineStr">
+        <is>
+          <t>9786059815048</t>
+        </is>
+      </c>
+      <c r="B169" s="1" t="inlineStr">
+        <is>
+          <t>İlim Ehli İçin Temel Dualar</t>
+        </is>
+      </c>
+      <c r="C169" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="170" spans="1:3">
+      <c r="A170" s="1" t="inlineStr">
+        <is>
+          <t>9786059815000</t>
+        </is>
+      </c>
+      <c r="B170" s="1" t="inlineStr">
+        <is>
+          <t>Ali Haydar Elifbası İlaveli</t>
+        </is>
+      </c>
+      <c r="C170" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="171" spans="1:3">
+      <c r="A171" s="1" t="inlineStr">
+        <is>
+          <t>9786059815079</t>
+        </is>
+      </c>
+      <c r="B171" s="1" t="inlineStr">
+        <is>
+          <t>Arapçaya İlk Adım</t>
+        </is>
+      </c>
+      <c r="C171" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="172" spans="1:3">
+      <c r="A172" s="1" t="inlineStr">
+        <is>
           <t>9786059815444</t>
         </is>
       </c>
-      <c r="B167" s="1" t="inlineStr">
+      <c r="B172" s="1" t="inlineStr">
         <is>
           <t>İman İslam Risalesi</t>
         </is>
       </c>
-      <c r="C167" s="1">
+      <c r="C172" s="1">
         <v>50</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>