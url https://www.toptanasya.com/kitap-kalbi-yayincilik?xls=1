--- v1 (2025-12-16)
+++ v2 (2026-02-07)
@@ -85,2605 +85,2785 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786052056714</t>
+          <t>9786259601694</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Dilin Afetleri</t>
+          <t>Soru Cevaplı Bina Çalışma Kitabı</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>150</v>
+        <v>275</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255723024</t>
+          <t>9786259601687</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Hayız İlmihali</t>
+          <t>Soru Cevaplı Emsile Çalışma Kitabı</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>600</v>
+        <v>225</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786059815659</t>
+          <t>9786255723079</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Ömer Nesefi Akaidi Kelime Anlamlı Heyet</t>
+          <t>Üniversiteden Medreseye Betül</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>125</v>
+        <v>250</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786052056004</t>
+          <t>9786255723086</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Mektubatı Rabbani Tercümesi 6. Cilt (Ciltli)</t>
+          <t>Meraklı Çocuk Veli Kudüs'te</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>650</v>
+        <v>200</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786059815512</t>
+          <t>9786259601656</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Arapça Lisana Giriş (Ciltli)</t>
+          <t>Hz. Fatıma</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259601663</t>
+          <t>9786259601625</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>İlahi Kelama İlk Adım Tecvid İlmi</t>
+          <t>Soru Cevaplı Temel İslam İlmihali</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>200</v>
+        <v>275</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786059815789</t>
+          <t>5556623471239</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerimdeki Bütün Kelime Çözümleriyle Emsile (Ciltli)</t>
+          <t>Hafızlık Not Defteri</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>650</v>
+        <v>25</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259960845</t>
+          <t>9786059815758</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Resulullah ve Ashabının Güzel Ahlakı</t>
+          <t>Nasıl İyi Bir Kul Olunur (Ciltli)</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786059815055</t>
+          <t>9786059815987</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Nakşi Namaz Tesbihatı</t>
+          <t>Kuranı Kerimdeki Bütün Kelime Çözümleriyle Maksut (Ciltli)</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>150</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786059815390</t>
+          <t>9786052056646</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Evradı Behaiyye Arapça Türkçe Çanta Boy</t>
+          <t>Kolay Osmanlıca Rehberi 1</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786052056042</t>
+          <t>9786052056707</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Arapça Fiil ve İsimlerin Çekimleri Rahle Boy (Ciltli)</t>
+          <t>İslamda Miras Hukuku Feraiz</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>750</v>
+        <v>280</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786057233370</t>
+          <t>9786052056769</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Şiir ve Şuur</t>
+          <t>Ansiklopedik Büyük Dua Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259451961</t>
+          <t>9786052056714</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Ruhul Beyan Tefsirindeki Tüm Kıssalar ve Hisseleri (Ciltli)</t>
+          <t>Dilin Afetleri</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259803098</t>
+          <t>9786255723024</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Efendimizin Mucizeleri</t>
+          <t>Hayız İlmihali</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259557267</t>
+          <t>9786059815659</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Nurul Yakin Arapça (Ciltli)</t>
+          <t>Ömer Nesefi Akaidi Kelime Anlamlı Heyet</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>350</v>
+        <v>125</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786259960869</t>
+          <t>9786052056004</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Mektubat Arapça Harekesiz Orta Boy Tek Cilt</t>
+          <t>Mektubatı Rabbani Tercümesi 6. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>400</v>
+        <v>700</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786057233325</t>
+          <t>9786059815512</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Hitabet ve Dualar</t>
+          <t>Arapça Lisana Giriş (Ciltli)</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>60</v>
+        <v>400</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786059815666</t>
+          <t>9786259601663</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Esmaül Hüsna ve Peygamber Efendimizin İsimleri</t>
+          <t>İlahi Kelama İlk Adım Tecvid İlmi</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786259803067</t>
+          <t>9786059815789</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>El Cevahirül Kelamiyye</t>
+          <t>Kuranı Kerimdeki Bütün Kelime Çözümleriyle Emsile (Ciltli)</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>100</v>
+        <v>650</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786259803074</t>
+          <t>9786259960845</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Davul Meali Şerhül Emali (Ciltli)</t>
+          <t>Resulullah ve Ashabının Güzel Ahlakı</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786057051318</t>
+          <t>9786059815055</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Güncel Fetvalar 2. Cilt</t>
+          <t>Nakşi Namaz Tesbihatı</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786059815147</t>
+          <t>9786059815390</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Arapçada Fiil ve İsim Çekimleri Tasrif Roman Boy</t>
+          <t>Evradı Behaiyye Arapça Türkçe Çanta Boy</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786052056097</t>
+          <t>9786052056042</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Efendimizin 4000 Sünnet ve Adapları (Ciltli)</t>
+          <t>Arapça Fiil ve İsimlerin Çekimleri Rahle Boy (Ciltli)</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>500</v>
+        <v>900</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786059815246</t>
+          <t>9786057233370</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Hafızlara 100 Soru</t>
+          <t>Şiir ve Şuur</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>40</v>
+        <v>200</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786059815260</t>
+          <t>9786259451961</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Faziletleriyle Gün ve Geceler</t>
+          <t>Ruhul Beyan Tefsirindeki Tüm Kıssalar ve Hisseleri (Ciltli)</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>175</v>
+        <v>300</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786052056639</t>
+          <t>9786259803098</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Riyazüs Salihin ve Tercümesi (Ciltli)</t>
+          <t>Peygamber Efendimizin Mucizeleri</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>750</v>
+        <v>200</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786059815567</t>
+          <t>9786259557267</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Mektubatı Rabbani Kelime Anlamlı 7 Cilt Takım</t>
+          <t>Nurul Yakin Arapça (Ciltli)</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>4550</v>
+        <v>350</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786059815123</t>
+          <t>9786259960869</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Selefilik Adı Altındaki Görüşlere Ehli Sünnetin Cevapları (Ciltli)</t>
+          <t>Mektubat Arapça Harekesiz Orta Boy Tek Cilt</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>1000</v>
+        <v>400</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786059815550</t>
+          <t>9786057233325</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Mektubatı Rabbani Tercümesi 1. Cilt (Ciltli)</t>
+          <t>Hitabet ve Dualar</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>650</v>
+        <v>60</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786059815215</t>
+          <t>9786059815666</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Makamat Tercümesi ve Arapçası</t>
+          <t>Esmaül Hüsna ve Peygamber Efendimizin İsimleri</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786055313333</t>
+          <t>9786259803067</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Şifa-i Şerif Tercümesi (Ciltli)</t>
+          <t>El Cevahirül Kelamiyye</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>1000</v>
+        <v>100</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786052056332</t>
+          <t>9786259803074</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Fıkhul Ekber Şerhi Ebul Münteha Arapça</t>
+          <t>Davul Meali Şerhül Emali (Ciltli)</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>50</v>
+        <v>250</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786059815581</t>
+          <t>9786057051318</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Faziletleriyle Üç Aylar</t>
+          <t>Güncel Fetvalar 2. Cilt</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786052056752</t>
+          <t>9786059815147</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Faziletleriyle Sureler ve Dualar (Ciltli)</t>
+          <t>Arapçada Fiil ve İsim Çekimleri Tasrif Roman Boy</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786052056271</t>
+          <t>9786052056097</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Emsile Bina Maksut Tercümesi Kelime Anlamlı (Ciltli)</t>
+          <t>Peygamber Efendimizin 4000 Sünnet ve Adapları (Ciltli)</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>300</v>
+        <v>550</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786052056561</t>
+          <t>9786059815246</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Tasavvufta 7 Adımda Arşa Yolculuk (Ciltli)</t>
+          <t>Hafızlara 100 Soru</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>500</v>
+        <v>40</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786059815314</t>
+          <t>9786059815260</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>İslami Tesettür Tesettür-i Şeri</t>
+          <t>Faziletleriyle Gün ve Geceler</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>200</v>
+        <v>175</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786059815031</t>
+          <t>9786052056639</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Ahlak ve Görgü Kurallarını Öğreniyorum</t>
+          <t>Riyazüs Salihin ve Tercümesi (Ciltli)</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>50</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786052056400</t>
+          <t>9786059815567</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Renkli Elif Cüzü 1</t>
+          <t>Mektubatı Rabbani Kelime Anlamlı 7 Cilt Takım</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>150</v>
+        <v>4900</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786052056264</t>
+          <t>9786059815123</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l Beyandan Seçme Sureler - 3 Cilt Takım (Ciltli)</t>
+          <t>Selefilik Adı Altındaki Görüşlere Ehli Sünnetin Cevapları (Ciltli)</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>240</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786259557243</t>
+          <t>9786059815550</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Evimin İlmihali (Ciltli)</t>
+          <t>Mektubatı Rabbani Tercümesi 1. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>400</v>
+        <v>700</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786259451992</t>
+          <t>9786059815215</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Müderrisin Emsile Kitabı</t>
+          <t>Makamat Tercümesi ve Arapçası</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>350</v>
+        <v>125</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786052056783</t>
+          <t>9786055313333</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Ahlakı Olgunlaştıran Dini Hikayeler</t>
+          <t>Şifa-i Şerif Tercümesi (Ciltli)</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>250</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786057360830</t>
+          <t>9786052056332</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Kalplerin Keşfi İmam Gazzali (Ciltli)</t>
+          <t>Fıkhul Ekber Şerhi Ebul Münteha Arapça</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>400</v>
+        <v>50</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786056138232</t>
+          <t>9786059815581</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Münacaat Cüzü Yasin-i Şerif Şifa Duaları (Ciltli)</t>
+          <t>Faziletleriyle Üç Aylar</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>135</v>
+        <v>200</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786057360847</t>
+          <t>9786052056752</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Münacaat Cüzü Yasin-i Şerif Şifa Duaları (Ciltli)</t>
+          <t>Faziletleriyle Sureler ve Dualar (Ciltli)</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>225</v>
+        <v>350</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786059815826</t>
+          <t>9786052056271</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Mızraklı İlmihal Osmanlıca Orjinal Baskı</t>
+          <t>Emsile Bina Maksut Tercümesi Kelime Anlamlı (Ciltli)</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786052056479</t>
+          <t>9786052056561</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Tefsiri 7 Cilt</t>
+          <t>Tasavvufta 7 Adımda Arşa Yolculuk (Ciltli)</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>2250</v>
+        <v>600</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786059815345</t>
+          <t>9786059815314</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Arapça Dilbilgisi Nahiv</t>
+          <t>İslami Tesettür Tesettür-i Şeri</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786052056356</t>
+          <t>9786059815031</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Avamil ve Terkibi (Ciltli)</t>
+          <t>Ahlak ve Görgü Kurallarını Öğreniyorum</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>850</v>
+        <v>50</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786057233363</t>
+          <t>9786052056400</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>El Edebül Müfred</t>
+          <t>Renkli Elif Cüzü 1</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>500</v>
+        <v>150</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786259803050</t>
+          <t>9786052056264</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Avamil Tercümesi ve Şerhi (Ciltli)</t>
+          <t>Ruhu'l Beyandan Seçme Sureler - 3 Cilt Takım (Ciltli)</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786052056318</t>
+          <t>9786259557243</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Mektubatı Rabbani Metin ve Tercümesi 2 Cilt (Ciltli)</t>
+          <t>Evimin İlmihali (Ciltli)</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>1500</v>
+        <v>470</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786059815888</t>
+          <t>9786259451992</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Anahtar Dualar</t>
+          <t>Müderrisin Emsile Kitabı</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786059815635</t>
+          <t>9786052056783</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Hızır Efendi (Ciltli)</t>
+          <t>Ahlakı Olgunlaştıran Dini Hikayeler</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786057233332</t>
+          <t>9786057360830</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Kalplerin Keşfi</t>
+          <t>Kalplerin Keşfi İmam Gazzali (Ciltli)</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786052056615</t>
+          <t>9786056138232</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Çarşafı Şerif Risalesi</t>
+          <t>Münacaat Cüzü Yasin-i Şerif Şifa Duaları (Ciltli)</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>250</v>
+        <v>175</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786059815024</t>
+          <t>9786057360847</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Zeka Geliştirme Kitabı 3 - 4 Yaş</t>
+          <t>Münacaat Cüzü Yasin-i Şerif Şifa Duaları (Ciltli)</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>50</v>
+        <v>275</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786259451909</t>
+          <t>9786059815826</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Sarf ve Nahiv - Bina (Ciltli)</t>
+          <t>Mızraklı İlmihal Osmanlıca Orjinal Baskı</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>975</v>
+        <v>350</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786059815963</t>
+          <t>9786052056479</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Sorularla Akaid Dersleri</t>
+          <t>Kuranı Kerim Tefsiri 7 Cilt</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>250</v>
+        <v>3250</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786059815741</t>
+          <t>9786059815345</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Nahiv Cümlesi Tam Kayıtlı (Ciltli)</t>
+          <t>Arapça Dilbilgisi Nahiv</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>275</v>
+        <v>350</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786052056875</t>
+          <t>9786052056356</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Geniş İzahlı Sarf ve Nahiv (Ciltli)</t>
+          <t>Avamil ve Terkibi (Ciltli)</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>1200</v>
+        <v>850</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786259960814</t>
+          <t>9786057233363</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Mülteka (Arapça)</t>
+          <t>El Edebül Müfred</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>300</v>
+        <v>550</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9876056513822</t>
+          <t>9786259803050</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Delilleriyle Günlük İbadetler ve Faziletleri</t>
+          <t>Avamil Tercümesi ve Şerhi (Ciltli)</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>60</v>
+        <v>350</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786059815093</t>
+          <t>9786052056318</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Resimli Namaz Hocası</t>
+          <t>Mektubatı Rabbani Metin ve Tercümesi 2 Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>50</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786259960876</t>
+          <t>9786059815888</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Sevda</t>
+          <t>Anahtar Dualar</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>85</v>
+        <v>200</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786057233394</t>
+          <t>9786059815635</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Şifa-i Şerif (Arapça) (Ciltli)</t>
+          <t>Hızır Efendi (Ciltli)</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>550</v>
+        <v>400</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786259472102</t>
+          <t>9786057233332</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Gölgeli Kuran-ı Kerim Yazı Mushafı Resmi Osmani İmlalı (Bez Ciltli)</t>
+          <t>Kalplerin Keşfi</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786259960890</t>
+          <t>9786052056615</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>İzhar (Ciltli)</t>
+          <t>Çarşafı Şerif Risalesi</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>1000</v>
+        <v>250</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786052056158</t>
+          <t>9786059815024</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Delailü'l Hayrat ve Hizbul Bahir</t>
+          <t>Zeka Geliştirme Kitabı 3 - 4 Yaş</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>250</v>
+        <v>50</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786052056493</t>
+          <t>9786259451909</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Tuhfetüs Seniyye (Ciltli)</t>
+          <t>Sarf ve Nahiv - Bina (Ciltli)</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>300</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786257284011</t>
+          <t>9786059815963</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Başarılı Emri Bil Ma'ruf Nehy-i Ani'l-Münker Yapabilmenin Usulleri</t>
+          <t>Sorularla Akaid Dersleri</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786057360885</t>
+          <t>9786059815741</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Kur Sistemli Temel Dini Bilgiler</t>
+          <t>Nahiv Cümlesi Tam Kayıtlı (Ciltli)</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786057233356</t>
+          <t>9786052056875</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Bostanül Arifin - Ariflerin Gül Bahçesi</t>
+          <t>Geniş İzahlı Sarf ve Nahiv (Ciltli)</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>250</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786057233349</t>
+          <t>9786259960814</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Tenbihül Gafilin Nefsine Uyanlara Nasihatler</t>
+          <t>Mülteka (Arapça)</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786057360861</t>
+          <t>9876056513822</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Şerhül Akidetit Tahavi Baberti</t>
+          <t>Delilleriyle Günlük İbadetler ve Faziletleri</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>250</v>
+        <v>75</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786057360816</t>
+          <t>9786059815093</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Mecma'ul Adab İslam'daki Edebler (Ciltli)</t>
+          <t>Resimli Namaz Hocası</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>300</v>
+        <v>50</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786052056868</t>
+          <t>9786259960876</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Riyazüs Salihin Tercümesi Kelime Manalı 5.Cilt (Ciltli)</t>
+          <t>Sevda</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>500</v>
+        <v>85</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786052056851</t>
+          <t>9786057233394</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Riyazüs Salihin Tercümesi Kelime Manalı 4.Cilt (Ciltli)</t>
+          <t>Şifa-i Şerif (Arapça) (Ciltli)</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>500</v>
+        <v>600</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786057360809</t>
+          <t>9786259472102</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Faziletleriyle Gün ve Geceler</t>
+          <t>Gölgeli Kuran-ı Kerim Yazı Mushafı Resmi Osmani İmlalı (Bez Ciltli)</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786052056837</t>
+          <t>9786259960890</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Riyazüs Salihin Tercümesi Kelime Manalı 3. Cilt (Ciltli)</t>
+          <t>İzhar (Ciltli)</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>500</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786052056844</t>
+          <t>9786052056158</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Riyazüs Salihin Tercümesi Kelime Manalı 2. Cilt (Ciltli)</t>
+          <t>Delailü'l Hayrat ve Hizbul Bahir</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786052056790</t>
+          <t>9786052056493</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Hafızlık Risalesi Roman Boy</t>
+          <t>Tuhfetüs Seniyye (Ciltli)</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786052056905</t>
+          <t>9786257284011</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Şehid Bayram Hoca Mektubat Sohbetleri - 3 Cilt Takım (Ciltli)</t>
+          <t>Başarılı Emri Bil Ma'ruf Nehy-i Ani'l-Münker Yapabilmenin Usulleri</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>900</v>
+        <v>300</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786052056912</t>
+          <t>9786057360885</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Şehid Bayram Hoca Hayatı Hatıraları - 2 Cilt Takım</t>
+          <t>Kur Sistemli Temel Dini Bilgiler</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>600</v>
+        <v>250</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786052056820</t>
+          <t>9786057233356</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Riyazüs Salihin Tercümesi Kelime Manalı 1.Cilt (Ciltli)</t>
+          <t>Bostanül Arifin - Ariflerin Gül Bahçesi</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786055206130</t>
+          <t>9786057233349</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Ruhul Beyan Tefsirinden MİRAC</t>
+          <t>Tenbihül Gafilin Nefsine Uyanlara Nasihatler</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786052056011</t>
+          <t>9786057360861</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Mektubatı Rabbani Tercümesi 7. Cilt (Ciltli)</t>
+          <t>Şerhül Akidetit Tahavi Baberti</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>650</v>
+        <v>250</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786052056738</t>
+          <t>9786057360816</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Mektubatı Rabbani Arapça Harekeli 2 Cilt Takım</t>
+          <t>Mecma'ul Adab İslam'daki Edebler (Ciltli)</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>750</v>
+        <v>300</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786052056387</t>
+          <t>9786052056868</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Küçük Emsile Soru ve Cevaplı</t>
+          <t>Riyazüs Salihin Tercümesi Kelime Manalı 5.Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>110</v>
+        <v>600</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786052056000</t>
+          <t>9786052056851</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Siracül Müttekin Tercümesi (Ciltli)</t>
+          <t>Riyazüs Salihin Tercümesi Kelime Manalı 4.Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>1050</v>
+        <v>600</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786052056578</t>
+          <t>9786057360809</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerimden Cevherler 1</t>
+          <t>Faziletleriyle Gün ve Geceler</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786059815840</t>
+          <t>9786052056837</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerimdeki Bütün Kelime Çözümleriyle Bina (Ciltli)</t>
+          <t>Riyazüs Salihin Tercümesi Kelime Manalı 3. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C94" s="1">
         <v>600</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786052056622</t>
+          <t>9786052056844</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Soru Ve Cevaplarla Kainat Güneşi</t>
+          <t>Riyazüs Salihin Tercümesi Kelime Manalı 2. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>60</v>
+        <v>600</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786052056653</t>
+          <t>9786052056790</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Kolay Osmanlıca Metinleri 2</t>
+          <t>Hafızlık Risalesi Roman Boy</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786052056967</t>
+          <t>9786052056905</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Şehid Bayram Hoca Mektubat Dersleri (Ciltli)</t>
+          <t>Şehid Bayram Hoca Mektubat Sohbetleri - 3 Cilt Takım (Ciltli)</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>1500</v>
+        <v>900</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786052056691</t>
+          <t>9786052056912</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Kasasun Nebiyyin Arapça Yeni Dizgi (Ciltli)</t>
+          <t>Şehid Bayram Hoca Hayatı Hatıraları - 2 Cilt Takım</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>225</v>
+        <v>600</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786052056684</t>
+          <t>9786052056820</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>İslam İlmihali Ezber Kitabı Dini Bilgiler</t>
+          <t>Riyazüs Salihin Tercümesi Kelime Manalı 1.Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>150</v>
+        <v>600</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786052056998</t>
+          <t>9786055206130</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Şehid Bayram Hoca Muhtelif Sohbetler (Ciltli)</t>
+          <t>Ruhul Beyan Tefsirinden MİRAC</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>900</v>
+        <v>250</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786052056745</t>
+          <t>9786052056011</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Şerhus Siraciyye Yeni Dizgi</t>
+          <t>Mektubatı Rabbani Tercümesi 7. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>400</v>
+        <v>700</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786052056370</t>
+          <t>9786052056738</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>İlal Kaideleri ve Maksud İlalleri</t>
+          <t>Mektubatı Rabbani Arapça Harekeli 2 Cilt Takım</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>200</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786052056554</t>
+          <t>9786052056387</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Osman</t>
+          <t>Küçük Emsile Soru ve Cevaplı</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>200</v>
+        <v>125</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786052056721</t>
+          <t>9786052056000</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Ali</t>
+          <t>Siracül Müttekin Tercümesi (Ciltli)</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>200</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786057051301</t>
+          <t>9786052056578</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Güncel Fetvalar (Ciltli)</t>
+          <t>Kuranı Kerimden Cevherler 1</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786052056660</t>
+          <t>9786059815840</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Tam Karabaş Tecvidi</t>
+          <t>Kuranı Kerimdeki Bütün Kelime Çözümleriyle Bina (Ciltli)</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>100</v>
+        <v>650</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786059815376</t>
+          <t>9786052056622</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Çizgi ve Dikkat Geliştirme Kitabı 2 Kitap Set</t>
+          <t>Soru Ve Cevaplarla Kainat Güneşi</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>200</v>
+        <v>75</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786059815062</t>
+          <t>9786052056653</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Cünnetül Esma</t>
+          <t>Kolay Osmanlıca Metinleri 2</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>30</v>
+        <v>150</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786052056677</t>
+          <t>9786052056967</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Bizi Aldatan Dünya Hayatı</t>
+          <t>Şehid Bayram Hoca Mektubat Dersleri (Ciltli)</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>200</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786259451916</t>
+          <t>9786052056691</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Avamil ve Terkibi (Ciltli)</t>
+          <t>Kasasun Nebiyyin Arapça Yeni Dizgi (Ciltli)</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>1450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786052056257</t>
+          <t>9786052056684</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Elifbam</t>
+          <t>İslam İlmihali Ezber Kitabı Dini Bilgiler</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786052056547</t>
+          <t>9786052056998</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Mevaizul Hutaba Hatipler İçin Vaazlar (Ciltli)</t>
+          <t>Şehid Bayram Hoca Muhtelif Sohbetler (Ciltli)</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>750</v>
+        <v>900</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786052056530</t>
+          <t>9786052056745</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Emirül Müminin Muaviye Bin Ebu Süfyan</t>
+          <t>Şerhus Siraciyye Yeni Dizgi</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786052056516</t>
+          <t>9786052056370</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Hadis Usulü</t>
+          <t>İlal Kaideleri ve Maksud İlalleri</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786052056325</t>
+          <t>9786052056554</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Subhai Sıbyan Tercümesi</t>
+          <t>Hazreti Osman</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786052056486</t>
+          <t>9786052056721</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Talimül Müteallim Medrese Usulü Kelime Manalı (Ciltli)</t>
+          <t>Hazreti Ali</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786052056455</t>
+          <t>9786057051301</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Peygamberler Tarihi (Ciltli)</t>
+          <t>Güncel Fetvalar (Ciltli)</t>
         </is>
       </c>
       <c r="C117" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786052056448</t>
+          <t>9786052056660</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Efendi Hazretleri ile Anılarım</t>
+          <t>Tam Karabaş Tecvidi</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786052056288</t>
+          <t>9786059815376</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerimden Cevherler 2</t>
+          <t>Çizgi ve Dikkat Geliştirme Kitabı 2 Kitap Set</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786052056431</t>
+          <t>9786059815062</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Yemen İllerinde Veysel Karani</t>
+          <t>Cünnetül Esma</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>200</v>
+        <v>30</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786059815536</t>
+          <t>9786052056677</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Nahiv Renkli Yeni Dizgi (Ciltli)</t>
+          <t>Bizi Aldatan Dünya Hayatı</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>275</v>
+        <v>200</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786052056363</t>
+          <t>9786259451916</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Ömer</t>
+          <t>Avamil ve Terkibi (Ciltli)</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>200</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786052056394</t>
+          <t>9786052056257</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Rehnuma Eğitim Rehberi</t>
+          <t>Sevimli Elifbam</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786059815598</t>
+          <t>9786052056547</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Temel Dini Bilgiler (Ciltli)</t>
+          <t>Mevaizul Hutaba Hatipler İçin Vaazlar (Ciltli)</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>350</v>
+        <v>800</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786052056240</t>
+          <t>9786052056530</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Mektubatı Rabbani Arapça Harekesiz 2 Cilt Takım (Ciltli)</t>
+          <t>Emirül Müminin Muaviye Bin Ebu Süfyan</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>750</v>
+        <v>300</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786052056219</t>
+          <t>9786052056516</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Kasidei Bürde Tercümesi (Ciltli)</t>
+          <t>Hadis Usulü</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>650</v>
+        <v>250</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786059815505</t>
+          <t>9786052056325</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Nazar Değmesi Cin Şeytan ve Korunma Ayetleri</t>
+          <t>Subhai Sıbyan Tercümesi</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>50</v>
+        <v>125</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786059815697</t>
+          <t>9786052056486</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Ali Haydar Elifbası Talim Usulü</t>
+          <t>Talimül Müteallim Medrese Usulü Kelime Manalı (Ciltli)</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>35</v>
+        <v>350</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786052056110</t>
+          <t>9786052056455</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Ebubekir</t>
+          <t>Peygamberler Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786059815420</t>
+          <t>9786052056448</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Hikmet Tasavvufun Özü</t>
+          <t>Efendi Hazretleri ile Anılarım</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786059815338</t>
+          <t>9786052056288</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Sarf Yeni Dizgi Bilgisayarlı</t>
+          <t>Kuranı Kerimden Cevherler 2</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786052056141</t>
+          <t>9786052056431</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Sevadül Azam Tercümesi</t>
+          <t>Yemen İllerinde Veysel Karani</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786059815291</t>
+          <t>9786059815536</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Nurul İzah Arapça (Ciltli)</t>
+          <t>Nahiv Renkli Yeni Dizgi (Ciltli)</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>300</v>
+        <v>275</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786052056196</t>
+          <t>9786052056363</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Ahlak Risalesi</t>
+          <t>Hazreti Ömer</t>
         </is>
       </c>
       <c r="C134" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786052056073</t>
+          <t>9786052056394</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>İlim Risalesi</t>
+          <t>Rehnuma Eğitim Rehberi</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786052056059</t>
+          <t>9786059815598</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Riyazüs Salihin Arapça Yeni Dizgi (Ciltli)</t>
+          <t>Temel Dini Bilgiler (Ciltli)</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786059815994</t>
+          <t>9786052056240</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Teshilüs Sarf Kolaylaştırılmış Sarf</t>
+          <t>Mektubatı Rabbani Arapça Harekesiz 2 Cilt Takım (Ciltli)</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>300</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786052056035</t>
+          <t>9786052056219</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>40 Hadisi Şerif Usfuri Tercümesi</t>
+          <t>Kasidei Bürde Tercümesi (Ciltli)</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>300</v>
+        <v>900</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786059815925</t>
+          <t>9786059815505</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Mektubatı Rabbani Tercümesi 5. Cilt (Ciltli)</t>
+          <t>Nazar Değmesi Cin Şeytan ve Korunma Ayetleri</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>650</v>
+        <v>50</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786059815932</t>
+          <t>9786059815697</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Mektubatı Rabbani Tercümesi 4. Cilt (Ciltli)</t>
+          <t>Ali Haydar Elifbası Talim Usulü</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>650</v>
+        <v>35</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786059815772</t>
+          <t>9786052056110</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Mektubatı Rabbani Tercümesi 3. Cilt (Ciltli)</t>
+          <t>Hazreti Ebubekir</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>650</v>
+        <v>200</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786059815765</t>
+          <t>9786059815420</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Mektubatı Rabbani Tercümesi 2. Cilt (Ciltli)</t>
+          <t>Hikmet Tasavvufun Özü</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>650</v>
+        <v>100</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786059815284</t>
+          <t>9786059815338</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Mızraklı İlmihal Osmanlıca Yeni Dizgi</t>
+          <t>Sarf Yeni Dizgi Bilgisayarlı</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>300</v>
+        <v>225</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786059815918</t>
+          <t>9786052056141</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Şerhü'l Emali Tercümesi (Ciltli)</t>
+          <t>Sevadül Azam Tercümesi</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786059815864</t>
+          <t>9786059815291</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Cennet Yolunun İşaretleri Münebbihat Tercümesi</t>
+          <t>Nurul İzah Arapça (Ciltli)</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786059815802</t>
+          <t>9786052056196</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Halebi Sağır Arapça Tam Kayıtlı (Ciltli)</t>
+          <t>Ahlak Risalesi</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786059815253</t>
+          <t>9786052056073</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Talimül Müteallim Arapça</t>
+          <t>İlim Risalesi</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786059815208</t>
+          <t>9786052056059</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Sevadül Azam Arapça</t>
+          <t>Riyazüs Salihin Arapça Yeni Dizgi (Ciltli)</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>100</v>
+        <v>450</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786059815857</t>
+          <t>9786059815994</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşmanlarını Sevmenin Zararları</t>
+          <t>Teshilüs Sarf Kolaylaştırılmış Sarf</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786059815178</t>
+          <t>9786052056035</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Talimül Müteallim Tercümesi ve Arapçası</t>
+          <t>40 Hadisi Şerif Usfuri Tercümesi</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786059815703</t>
+          <t>9786059815925</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Temel Dini Bilgiler Muhtasar</t>
+          <t>Mektubatı Rabbani Tercümesi 5. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>100</v>
+        <v>700</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786059815680</t>
+          <t>9786059815932</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Efendi Hazretlerimizin Namazlarda ve Sonrasında Okudukları</t>
+          <t>Mektubatı Rabbani Tercümesi 4. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>50</v>
+        <v>700</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786059815642</t>
+          <t>9786059815772</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Delailül Hayrat ve Tercümesi (Ciltli)</t>
+          <t>Mektubatı Rabbani Tercümesi 3. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>300</v>
+        <v>700</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786059815109</t>
+          <t>9786059815765</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Faziletleriyle Nafile Oruçlar</t>
+          <t>Mektubatı Rabbani Tercümesi 2. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>150</v>
+        <v>700</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786059815611</t>
+          <t>9786059815284</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Dinde Deformistler 1</t>
+          <t>Mızraklı İlmihal Osmanlıca Yeni Dizgi</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>175</v>
+        <v>350</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786059815628</t>
+          <t>9786059815918</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Dinde Deformistler 2</t>
+          <t>Şerhü'l Emali Tercümesi (Ciltli)</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>175</v>
+        <v>350</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786059815307</t>
+          <t>9786059815864</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Boyamalı Çıkartmalı Elifba</t>
+          <t>Cennet Yolunun İşaretleri Münebbihat Tercümesi</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786059815543</t>
+          <t>9786059815802</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Sevadül Azam Tercümesi Kelime Anlamlı (Ciltli)</t>
+          <t>Halebi Sağır Arapça Tam Kayıtlı (Ciltli)</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786059815529</t>
+          <t>9786059815253</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Severek İlim Öğrenmek ve Severek Hafızlık Yapmak</t>
+          <t>Talimül Müteallim Arapça</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786059815574</t>
+          <t>9786059815208</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Temel Dini Bilgiler</t>
+          <t>Sevadül Azam Arapça</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786059815369</t>
+          <t>9786059815857</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Zıt Kavramları Öğreniyorum</t>
+          <t>İslam Düşmanlarını Sevmenin Zararları</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786059815413</t>
+          <t>9786059815178</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Risalei Halidiyye Tercümesi (Ciltli)</t>
+          <t>Talimül Müteallim Tercümesi ve Arapçası</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786059815383</t>
+          <t>9786059815703</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Hizbul Bahr Tercümesi</t>
+          <t>Temel Dini Bilgiler Muhtasar</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>40</v>
+        <v>125</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786059815154</t>
+          <t>9786059815680</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Sarf Cümlesi</t>
+          <t>Efendi Hazretlerimizin Namazlarda ve Sonrasında Okudukları</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>200</v>
+        <v>60</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786059815192</t>
+          <t>9786059815642</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Makamat Arapça</t>
+          <t>Delailül Hayrat ve Tercümesi (Ciltli)</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>50</v>
+        <v>325</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786059815017</t>
+          <t>9786059815109</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Evradı Behaiyye Tercümesi Orta Boy (Ciltli)</t>
+          <t>Faziletleriyle Nafile Oruçlar</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786059815222</t>
+          <t>9786059815611</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Benim Yazı Defterim</t>
+          <t>Dinde Deformistler 1</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>125</v>
+        <v>300</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786059815239</t>
+          <t>9786059815628</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Arapça Yazı Defteri</t>
+          <t>Dinde Deformistler 2</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>90</v>
+        <v>300</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786059815048</t>
+          <t>9786059815307</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>İlim Ehli İçin Temel Dualar</t>
+          <t>Boyamalı Çıkartmalı Elifba</t>
         </is>
       </c>
       <c r="C169" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786059815000</t>
+          <t>9786059815543</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Ali Haydar Elifbası İlaveli</t>
+          <t>Sevadül Azam Tercümesi Kelime Anlamlı (Ciltli)</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>30</v>
+        <v>350</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786059815079</t>
+          <t>9786059815529</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Arapçaya İlk Adım</t>
+          <t>Severek İlim Öğrenmek ve Severek Hafızlık Yapmak</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
+          <t>9786059815574</t>
+        </is>
+      </c>
+      <c r="B172" s="1" t="inlineStr">
+        <is>
+          <t>Temel Dini Bilgiler</t>
+        </is>
+      </c>
+      <c r="C172" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="173" spans="1:3">
+      <c r="A173" s="1" t="inlineStr">
+        <is>
+          <t>9786059815369</t>
+        </is>
+      </c>
+      <c r="B173" s="1" t="inlineStr">
+        <is>
+          <t>Zıt Kavramları Öğreniyorum</t>
+        </is>
+      </c>
+      <c r="C173" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="174" spans="1:3">
+      <c r="A174" s="1" t="inlineStr">
+        <is>
+          <t>9786059815413</t>
+        </is>
+      </c>
+      <c r="B174" s="1" t="inlineStr">
+        <is>
+          <t>Risalei Halidiyye Tercümesi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C174" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="175" spans="1:3">
+      <c r="A175" s="1" t="inlineStr">
+        <is>
+          <t>9786059815383</t>
+        </is>
+      </c>
+      <c r="B175" s="1" t="inlineStr">
+        <is>
+          <t>Hizbul Bahr Tercümesi</t>
+        </is>
+      </c>
+      <c r="C175" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="176" spans="1:3">
+      <c r="A176" s="1" t="inlineStr">
+        <is>
+          <t>9786059815154</t>
+        </is>
+      </c>
+      <c r="B176" s="1" t="inlineStr">
+        <is>
+          <t>Sarf Cümlesi</t>
+        </is>
+      </c>
+      <c r="C176" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="177" spans="1:3">
+      <c r="A177" s="1" t="inlineStr">
+        <is>
+          <t>9786059815192</t>
+        </is>
+      </c>
+      <c r="B177" s="1" t="inlineStr">
+        <is>
+          <t>Makamat Arapça</t>
+        </is>
+      </c>
+      <c r="C177" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="178" spans="1:3">
+      <c r="A178" s="1" t="inlineStr">
+        <is>
+          <t>9786059815017</t>
+        </is>
+      </c>
+      <c r="B178" s="1" t="inlineStr">
+        <is>
+          <t>Evradı Behaiyye Tercümesi Orta Boy (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C178" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="179" spans="1:3">
+      <c r="A179" s="1" t="inlineStr">
+        <is>
+          <t>9786059815222</t>
+        </is>
+      </c>
+      <c r="B179" s="1" t="inlineStr">
+        <is>
+          <t>Benim Yazı Defterim</t>
+        </is>
+      </c>
+      <c r="C179" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="180" spans="1:3">
+      <c r="A180" s="1" t="inlineStr">
+        <is>
+          <t>9786059815239</t>
+        </is>
+      </c>
+      <c r="B180" s="1" t="inlineStr">
+        <is>
+          <t>Arapça Yazı Defteri</t>
+        </is>
+      </c>
+      <c r="C180" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="181" spans="1:3">
+      <c r="A181" s="1" t="inlineStr">
+        <is>
+          <t>9786059815048</t>
+        </is>
+      </c>
+      <c r="B181" s="1" t="inlineStr">
+        <is>
+          <t>İlim Ehli İçin Temel Dualar</t>
+        </is>
+      </c>
+      <c r="C181" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="182" spans="1:3">
+      <c r="A182" s="1" t="inlineStr">
+        <is>
+          <t>9786059815000</t>
+        </is>
+      </c>
+      <c r="B182" s="1" t="inlineStr">
+        <is>
+          <t>Ali Haydar Elifbası İlaveli</t>
+        </is>
+      </c>
+      <c r="C182" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="183" spans="1:3">
+      <c r="A183" s="1" t="inlineStr">
+        <is>
+          <t>9786059815079</t>
+        </is>
+      </c>
+      <c r="B183" s="1" t="inlineStr">
+        <is>
+          <t>Arapçaya İlk Adım</t>
+        </is>
+      </c>
+      <c r="C183" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="184" spans="1:3">
+      <c r="A184" s="1" t="inlineStr">
+        <is>
           <t>9786059815444</t>
         </is>
       </c>
-      <c r="B172" s="1" t="inlineStr">
+      <c r="B184" s="1" t="inlineStr">
         <is>
           <t>İman İslam Risalesi</t>
         </is>
       </c>
-      <c r="C172" s="1">
+      <c r="C184" s="1">
         <v>50</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>