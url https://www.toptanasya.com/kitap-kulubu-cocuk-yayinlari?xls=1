--- v0 (2025-10-30)
+++ v1 (2026-02-07)
@@ -85,475 +85,505 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786059500364</t>
+          <t>9786059500241</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Tüy ve Orman Muhafızları (10 Kitap - Etkinlik Testi - Değerlendirme Testi)</t>
+          <t>Peluş Krallığı Serisi (10 Kitap + Değerlendirme Testi)</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>350</v>
+        <v>175</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786059500142</t>
+          <t>9786059500708</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Şirin Arkadaşlar Dizisi Hikaye Seti (10 Kitap)</t>
+          <t>Akide Şekeri Hikaye Seti  (10 Kitap + Büyük Boy)</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>300</v>
+        <v>265</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>4444444443825</t>
+          <t>9786059500364</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Şirin Arkadaşlar (10 Kitap)</t>
+          <t>Kızıl Tüy ve Orman Muhafızları (10 Kitap - Etkinlik Testi - Değerlendirme Testi)</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>225</v>
+        <v>350</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786258315462</t>
+          <t>9786059500142</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Şaği Hikaye Seti (10 kitap)</t>
+          <t>Şirin Arkadaşlar Dizisi Hikaye Seti (10 Kitap)</t>
         </is>
       </c>
       <c r="C5" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786258315073</t>
+          <t>4444444443825</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Vücut Muhafızları (10 Kitap + Değerlendirme Testi)</t>
+          <t>Şirin Arkadaşlar (10 Kitap)</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>400</v>
+        <v>225</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786258315127</t>
+          <t>9786258315462</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Okul Günlüğüm (10 Kitap + Değerlendirme Testi)</t>
+          <t>Şaği Hikaye Seti (10 kitap)</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786059500784</t>
+          <t>9786258315073</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Filozof Fiko Hikaye Seti - 2 (10 Kitap &amp; Etkinlik &amp; Değerlendirme Testi)</t>
+          <t>Vücut Muhafızları (10 Kitap + Değerlendirme Testi)</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786258315110</t>
+          <t>9786258315127</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Neden Serisi (10 Kitap + Değerlendirme Testi)</t>
+          <t>Okul Günlüğüm (10 Kitap + Değerlendirme Testi)</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>310</v>
+        <v>350</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786052002247</t>
+          <t>9786059500784</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Mi'ler Ülkesi Serisi (10 Kitap + Değerlendirme Testi)</t>
+          <t>Filozof Fiko Hikaye Seti - 2 (10 Kitap &amp; Etkinlik &amp; Değerlendirme Testi)</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>175</v>
+        <v>350</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786258315325</t>
+          <t>9786258315110</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Hikaye Serisi (10 Kitap)</t>
+          <t>Neden Serisi (10 Kitap + Değerlendirme Testi)</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>350</v>
+        <v>310</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786258315356</t>
+          <t>9786052002247</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>3-2-1 Kayıt Alper'in Maceraları (10 Kitap)</t>
+          <t>Mi'ler Ülkesi Serisi (10 Kitap + Değerlendirme Testi)</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>350</v>
+        <v>175</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786059500180</t>
+          <t>9786258315325</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Eleştirel ve Yaratıcı Düşünme Öyküleri - 3 (10 Kitap - Etkinlik Testi - Değerlendirme Testi)</t>
+          <t>Nasıl Hikaye Serisi (10 Kitap)</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786059500050</t>
+          <t>9786258315356</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Eleştirel ve Yaratıcı Düşünme Öyküleri - 1 (10 Kitap - Etkinlik Testi - Değerlendirme Testi)</t>
+          <t>3-2-1 Kayıt Alper'in Maceraları (10 Kitap)</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786056903960</t>
+          <t>9786059500180</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Hayri (10 Kitap + Değerlendirme Testi)</t>
+          <t>Eleştirel ve Yaratıcı Düşünme Öyküleri - 3 (10 Kitap - Etkinlik Testi - Değerlendirme Testi)</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786052002230</t>
+          <t>9786059500050</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Atasözü ve Deyim Öyküleri -1 (10 Kitap + Değerlendirme Testi)</t>
+          <t>Eleştirel ve Yaratıcı Düşünme Öyküleri - 1 (10 Kitap - Etkinlik Testi - Değerlendirme Testi)</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>265</v>
+        <v>400</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>4444444442843</t>
+          <t>9786056903960</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Filozof Fiko - 2</t>
+          <t>Çılgın Hayri (10 Kitap + Değerlendirme Testi)</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>225</v>
+        <v>350</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>4444444442842</t>
+          <t>9786052002230</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Vücut Muhafızları</t>
+          <t>Atasözü ve Deyim Öyküleri -1 (10 Kitap + Değerlendirme Testi)</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>335</v>
+        <v>265</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786059500357</t>
+          <t>4444444442843</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Eleştirel ve Yaratıcı Düşünme Öyküleri - 4 (10 Kitap - Etkinlik Testi - Değerlendirme Testi)</t>
+          <t>Filozof Fiko - 2</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>450</v>
+        <v>225</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786059500098</t>
+          <t>4444444442842</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Eleştirel ve Yaratıcı Düşünme Öyküleri - 2 (10 Kitap - Etkinlik Testi - Değerlendirme Testi)</t>
+          <t>Vücut Muhafızları</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>400</v>
+        <v>335</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786059500067</t>
+          <t>9786059500357</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>İstiklal Marşı Öyküleri (10 Kitap + Değerlendirme Testi)</t>
+          <t>Eleştirel ve Yaratıcı Düşünme Öyküleri - 4 (10 Kitap - Etkinlik Testi - Değerlendirme Testi)</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786059500418</t>
+          <t>9786059500098</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Avni ile Bilim İnsanları Serisi - 2 (10 Kitap - Etkinlik Testi - Değerlendirme Testi)</t>
+          <t>Eleştirel ve Yaratıcı Düşünme Öyküleri - 2 (10 Kitap - Etkinlik Testi - Değerlendirme Testi)</t>
         </is>
       </c>
       <c r="C22" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786059500258</t>
+          <t>9786059500067</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Avni ile Bilim İnsanları Serisi - 1 (10 Kitap - Etkinlik Testi - Değerlendirme Testi)</t>
+          <t>İstiklal Marşı Öyküleri (10 Kitap + Değerlendirme Testi)</t>
         </is>
       </c>
       <c r="C23" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786056903977</t>
+          <t>9786059500418</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Atasözü ve Deyim Öyküleri - 3 (10 Kitap + Değerlendirme Testi)</t>
+          <t>Meraklı Avni ile Bilim İnsanları Serisi - 2 (10 Kitap - Etkinlik Testi - Değerlendirme Testi)</t>
         </is>
       </c>
       <c r="C24" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786059500265</t>
+          <t>9786059500258</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Atasözü ve Deyim Öyküleri - 2 (10 Kitap + Değerlendirme Testi)</t>
+          <t>Meraklı Avni ile Bilim İnsanları Serisi - 1 (10 Kitap - Etkinlik Testi - Değerlendirme Testi)</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786059500548</t>
+          <t>9786056903977</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Filozof Fiko Hikaye Seti -1  (10 Kitap - Etkinlik Testi - Değerlendirme Testi)</t>
+          <t>Atasözü ve Deyim Öyküleri - 3 (10 Kitap + Değerlendirme Testi)</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>310</v>
+        <v>400</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786059500234</t>
+          <t>9786059500265</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Üç Kafadar Serisi (10 Kitap - Etkinlik Testi - Değerlendirme Testi)</t>
+          <t>Atasözü ve Deyim Öyküleri - 2 (10 Kitap + Değerlendirme Testi)</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>310</v>
+        <v>350</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786059500692</t>
+          <t>9786059500548</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>İpek ile Tombik Hikaye Seti (8 Kitap + Değerlendirme Testi)</t>
+          <t>Filozof Fiko Hikaye Seti -1  (10 Kitap - Etkinlik Testi - Değerlendirme Testi)</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>190</v>
+        <v>310</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786059500173</t>
+          <t>9786059500234</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Değerler Eğitim Seti (10 Kitap + Değerlendirme Testi)</t>
+          <t>Meraklı Üç Kafadar Serisi (10 Kitap - Etkinlik Testi - Değerlendirme Testi)</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>280</v>
+        <v>310</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
+          <t>9786059500692</t>
+        </is>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>İpek ile Tombik Hikaye Seti (8 Kitap + Değerlendirme Testi)</t>
+        </is>
+      </c>
+      <c r="C30" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="31" spans="1:3">
+      <c r="A31" s="1" t="inlineStr">
+        <is>
+          <t>9786059500173</t>
+        </is>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>Değerler Eğitim Seti (10 Kitap + Değerlendirme Testi)</t>
+        </is>
+      </c>
+      <c r="C31" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="32" spans="1:3">
+      <c r="A32" s="1" t="inlineStr">
+        <is>
           <t>9786059500371</t>
         </is>
       </c>
-      <c r="B30" s="1" t="inlineStr">
+      <c r="B32" s="1" t="inlineStr">
         <is>
           <t>Fabllarla Okuyorum Serisi (10 Kitap)</t>
         </is>
       </c>
-      <c r="C30" s="1">
+      <c r="C32" s="1">
         <v>250</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>