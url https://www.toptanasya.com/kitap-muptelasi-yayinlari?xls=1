--- v0 (2025-10-30)
+++ v1 (2026-02-07)
@@ -85,4150 +85,4195 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256225282</t>
+          <t>9786057122728</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Ağaç, Hayvan ve İnsan</t>
+          <t>Rahmet Kapısı</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>370</v>
+        <v>172</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256447530</t>
+          <t>9786256447813</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Ortaya Karışık İçsel Düşünceler</t>
+          <t>Meraklı Tavşan Taku</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>136</v>
+        <v>435</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256447547</t>
+          <t>9786256225381</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Her Şey Hiçbir Şey</t>
+          <t>Göğe Yazılan Miras</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>108</v>
+        <v>459</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256447387</t>
+          <t>9786256225282</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Kozadaki Kadın Can &amp; Ada</t>
+          <t>Ağaç, Hayvan ve İnsan</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>234</v>
+        <v>500</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>2433212011577</t>
+          <t>9786256447530</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Kişisel Gelişim Kitapları (3 Kitap Set)</t>
+          <t>Ortaya Karışık İçsel Düşünceler</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>452</v>
+        <v>136</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>2433211353395</t>
+          <t>9786256447547</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Kavin İnci Geçkil Roman Seti (2 Kitap)</t>
+          <t>Her Şey Hiçbir Şey</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>168</v>
+        <v>108</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>2433211353418</t>
+          <t>9786256447387</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Gülsüm Ayışığı Çocuk Kitapları (4 Kitap)</t>
+          <t>Kozadaki Kadın Can &amp; Ada</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>330</v>
+        <v>234</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>2433210971958</t>
+          <t>2433212011577</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Stefan Zweig Kitap Seti (5 Kitap)</t>
+          <t>Kişisel Gelişim Kitapları (3 Kitap Set)</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>224</v>
+        <v>452</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>2433210970869</t>
+          <t>2433211353395</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Sabahattin Ali Kitap Seti (3 Kitap)</t>
+          <t>Kavin İnci Geçkil Roman Seti (2 Kitap)</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>208</v>
+        <v>168</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786258176629</t>
+          <t>2433211353418</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Kürk Mantolu Madonna</t>
+          <t>Gülsüm Ayışığı Çocuk Kitapları (4 Kitap)</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>194</v>
+        <v>330</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>2433210970708</t>
+          <t>2433210971958</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Franz Kafka Kitap Seti (4 Kitap)</t>
+          <t>Stefan Zweig Kitap Seti (5 Kitap)</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>156</v>
+        <v>224</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786258176599</t>
+          <t>2433210970869</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Diyet</t>
+          <t>Sabahattin Ali Kitap Seti (3 Kitap)</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>58</v>
+        <v>208</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>2433210970760</t>
+          <t>9786258176629</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Nikolay Vasilyeviç Gogol Kitap Seti (2 Kitap)</t>
+          <t>Kürk Mantolu Madonna</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>74</v>
+        <v>262</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>2433211193847</t>
+          <t>2433210970708</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Nuroğlu Kitapları (7 Kitap Set)</t>
+          <t>Franz Kafka Kitap Seti (4 Kitap)</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>856</v>
+        <v>156</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786258176544</t>
+          <t>9786258176599</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Tamu – Polat Komutan</t>
+          <t>Diyet</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>460</v>
+        <v>58</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>2433210844443</t>
+          <t>2433210970760</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Deniz Komiser - Polisiye Kitap Seti (2 Kitap)</t>
+          <t>Nikolay Vasilyeviç Gogol Kitap Seti (2 Kitap)</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>360</v>
+        <v>74</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>2433210764475</t>
+          <t>2433211193847</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Yansıma Serisi (2 Kitap)</t>
+          <t>Ahmet Nuroğlu Kitapları (7 Kitap Set)</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>423</v>
+        <v>856</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>2433210765151</t>
+          <t>9786258176544</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Semra Şenol Kitapları (4 Kitap Set)</t>
+          <t>Tamu – Polat Komutan</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>806</v>
+        <v>621</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>2433210650518</t>
+          <t>2433210844443</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Semra Şenol Kitapları (3 Kitap Set)</t>
+          <t>Deniz Komiser - Polisiye Kitap Seti (2 Kitap)</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>604</v>
+        <v>360</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>2433210532104</t>
+          <t>2433210764475</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Kehanet Serisi (2 Kitap)</t>
+          <t>Yansıma Serisi (2 Kitap)</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>446</v>
+        <v>423</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>2453329954079</t>
+          <t>2433210765151</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Gülsüm Ayışığı Çocuk Kitapları (3 Kitap Set)</t>
+          <t>Semra Şenol Kitapları (4 Kitap Set)</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>234</v>
+        <v>806</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>2453329820268</t>
+          <t>2433210650518</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Abbas Turan Kitapları (4 Kitap Set)</t>
+          <t>Semra Şenol Kitapları (3 Kitap Set)</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>562</v>
+        <v>604</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>2453329820060</t>
+          <t>2433210532104</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Abbas Turan Kitapları (3 Kitap Set)</t>
+          <t>Kehanet Serisi (2 Kitap)</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>438</v>
+        <v>446</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786258176230</t>
+          <t>2453329954079</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>İnziva</t>
+          <t>Gülsüm Ayışığı Çocuk Kitapları (3 Kitap Set)</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>142</v>
+        <v>234</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786258176216</t>
+          <t>2453329820268</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Geç Olmadan</t>
+          <t>Abbas Turan Kitapları (4 Kitap Set)</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>138</v>
+        <v>562</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786258176223</t>
+          <t>2453329820060</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Dijital Çağda Anne Baba Olmak</t>
+          <t>Abbas Turan Kitapları (3 Kitap Set)</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>188</v>
+        <v>438</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>2453329221089</t>
+          <t>9786258176230</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Sabriye Nişancı Kitapları (2 Kitap Set)</t>
+          <t>İnziva</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>404</v>
+        <v>142</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>2453329096816</t>
+          <t>9786258176216</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Abbas Turan Kitapları (2 Kitap Set)</t>
+          <t>Geç Olmadan</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>312</v>
+        <v>138</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786258176117</t>
+          <t>9786258176223</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Ayetler ve Hadisler Işığında İman</t>
+          <t>Dijital Çağda Anne Baba Olmak</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>308</v>
+        <v>188</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786258176070</t>
+          <t>2453329221089</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Hem Eğlen Hem Öğren - Hayvanlar</t>
+          <t>Sabriye Nişancı Kitapları (2 Kitap Set)</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>70</v>
+        <v>404</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>2453328610044</t>
+          <t>2453329096816</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Yakup Tunç Kitapları (4 Kitap Set)</t>
+          <t>Abbas Turan Kitapları (2 Kitap Set)</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>508</v>
+        <v>312</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786258176100</t>
+          <t>9786258176117</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Adın Bahar Olsun Senin</t>
+          <t>Ayetler ve Hadisler Işığında İman</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>128</v>
+        <v>308</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>2453328610174</t>
+          <t>9786258176070</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Özlem Şaylan Kitapları (2 Kitap Set)</t>
+          <t>Hem Eğlen Hem Öğren - Hayvanlar</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>292</v>
+        <v>70</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>2453328610136</t>
+          <t>2453328610044</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Gamze Kurban Kitapları (2 Kitap Set)</t>
+          <t>Yakup Tunç Kitapları (4 Kitap Set)</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>292</v>
+        <v>508</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>2453328232963</t>
+          <t>9786258176100</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Muhammet Gökçe Kitapları (2 Kitap Set)</t>
+          <t>Adın Bahar Olsun Senin</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>288</v>
+        <v>128</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786057162410</t>
+          <t>2453328610174</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Kanlı Dosyalar</t>
+          <t>Özlem Şaylan Kitapları (2 Kitap Set)</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>146</v>
+        <v>292</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786057162427</t>
+          <t>2453328610136</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Unutulanlar - Derin Devlet</t>
+          <t>Gamze Kurban Kitapları (2 Kitap Set)</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>164</v>
+        <v>292</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>2453327990192</t>
+          <t>2453328232963</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Gülsüm Ayışığı Çocuk Kitapları (2 Kitap Takım)</t>
+          <t>Muhammet Gökçe Kitapları (2 Kitap Set)</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>136</v>
+        <v>288</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786057162403</t>
+          <t>9786057162410</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Köşedeki Yazılar</t>
+          <t>Kanlı Dosyalar</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>138</v>
+        <v>146</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>2453327990208</t>
+          <t>9786057162427</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Aydın Benli Kitapları (3 Kitap Takım)</t>
+          <t>Unutulanlar - Derin Devlet</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>448</v>
+        <v>164</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786057157027</t>
+          <t>2453327990192</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Gönül Hırsızları</t>
+          <t>Gülsüm Ayışığı Çocuk Kitapları (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>118</v>
+        <v>136</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>2453327765523</t>
+          <t>9786057162403</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Yakup Tunç Kitapları (3 Kitap Set)</t>
+          <t>Köşedeki Yazılar</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>380</v>
+        <v>138</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786057132567</t>
+          <t>2453327990208</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Kovulmuş</t>
+          <t>Aydın Benli Kitapları (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>398</v>
+        <v>448</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786057122797</t>
+          <t>9786057157027</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Sınır 2700</t>
+          <t>Gönül Hırsızları</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>142</v>
+        <v>118</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>2453326544617</t>
+          <t>2453327765523</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Kamil Samet Selçuk Kitapları - Tiyatro Seti (5 Kitap)</t>
+          <t>Yakup Tunç Kitapları (3 Kitap Set)</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>328</v>
+        <v>380</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786057122711</t>
+          <t>9786057132567</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Biri Şiir Mi Dedi?</t>
+          <t>Kovulmuş</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>112</v>
+        <v>398</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786256447516</t>
+          <t>9786057122797</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Derin Sızılar</t>
+          <t>Sınır 2700</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>154</v>
+        <v>142</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786256447240</t>
+          <t>2453326544617</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Sevi</t>
+          <t>Kamil Samet Selçuk Kitapları - Tiyatro Seti (5 Kitap)</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>122</v>
+        <v>328</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786258176902</t>
+          <t>9786057122711</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Fiskos Kafe</t>
+          <t>Biri Şiir Mi Dedi?</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>228</v>
+        <v>112</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786258176834</t>
+          <t>9786256447516</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Kırıntı</t>
+          <t>Derin Sızılar</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>168</v>
+        <v>208</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786258176827</t>
+          <t>9786256447240</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Göç</t>
+          <t>Sevi</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>170</v>
+        <v>165</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786258176810</t>
+          <t>9786258176902</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Lastikçi Habib</t>
+          <t>Fiskos Kafe</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>210</v>
+        <v>308</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786258176803</t>
+          <t>9786258176834</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Otobüsçü Ömer</t>
+          <t>Kırıntı</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>192</v>
+        <v>227</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786258176797</t>
+          <t>9786258176827</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Diğerleri ve Seyhan</t>
+          <t>Göç</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>198</v>
+        <v>230</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786258176773</t>
+          <t>9786258176810</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Melek ile Asuman</t>
+          <t>Lastikçi Habib</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>174</v>
+        <v>284</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786258176766</t>
+          <t>9786258176803</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Hülle Vesaire</t>
+          <t>Otobüsçü Ömer</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>208</v>
+        <v>259</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786258176759</t>
+          <t>9786258176797</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Hilal'in Öfkesi</t>
+          <t>Diğerleri ve Seyhan</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>216</v>
+        <v>267</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786258176841</t>
+          <t>9786258176773</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Unutulanlar</t>
+          <t>Melek ile Asuman</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>194</v>
+        <v>235</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786258176780</t>
+          <t>9786258176766</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Reyhan Bebeğim</t>
+          <t>Hülle Vesaire</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>210</v>
+        <v>281</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786258176865</t>
+          <t>9786258176759</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Çıkmaz Sokak</t>
+          <t>Hilal'in Öfkesi</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>194</v>
+        <v>292</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786258176872</t>
+          <t>9786258176841</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Çoban Ateşi</t>
+          <t>Unutulanlar</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>350</v>
+        <v>262</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786258176858</t>
+          <t>9786258176780</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Yeni Ufuklar</t>
+          <t>Reyhan Bebeğim</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>280</v>
+        <v>284</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786258176490</t>
+          <t>9786258176865</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Yeşeren Beyaz</t>
+          <t>Çıkmaz Sokak</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>174</v>
+        <v>262</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786258176506</t>
+          <t>9786258176872</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Yansıma - Ziggurat’ın Yükselişi</t>
+          <t>Çoban Ateşi</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>428</v>
+        <v>473</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786258176445</t>
+          <t>9786258176858</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Yansıma</t>
+          <t>Yeni Ufuklar</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>326</v>
+        <v>378</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786258176452</t>
+          <t>9786258176490</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Şafak Sineması</t>
+          <t>Yeşeren Beyaz</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>222</v>
+        <v>235</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786258176360</t>
+          <t>9786258176506</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Kehanet - Mengü'nün Esrarı</t>
+          <t>Yansıma - Ziggurat’ın Yükselişi</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>422</v>
+        <v>578</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786258176322</t>
+          <t>9786258176445</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Kehanet</t>
+          <t>Yansıma</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>460</v>
+        <v>440</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786258176285</t>
+          <t>9786258176452</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşım Bir Hayalet</t>
+          <t>Şafak Sineması</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>148</v>
+        <v>300</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786258176261</t>
+          <t>9786258176360</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Bir Üşüdüm ki Seni Düşünürken</t>
+          <t>Kehanet - Mengü'nün Esrarı</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>192</v>
+        <v>570</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786258176254</t>
+          <t>9786258176322</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Hayal Mühendisi</t>
+          <t>Kehanet</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>128</v>
+        <v>621</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786258176247</t>
+          <t>9786258176285</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Payına Yok Düşenler</t>
+          <t>Arkadaşım Bir Hayalet</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>188</v>
+        <v>200</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786258176131</t>
+          <t>9786258176261</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Dağlar Yalnız Üşür</t>
+          <t>Bir Üşüdüm ki Seni Düşünürken</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>256</v>
+        <v>259</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786258176162</t>
+          <t>9786258176254</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Sen İnsansın İnsanlığı Unutma</t>
+          <t>Hayal Mühendisi</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>208</v>
+        <v>173</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786057162496</t>
+          <t>9786258176247</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Salavat Kokan Güller Tekbir Kokan Laleler</t>
+          <t>Payına Yok Düşenler</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>194</v>
+        <v>254</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786057162434</t>
+          <t>9786258176131</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>1 Kedi 1 Çocuk - Küçük Su Damlası (2 Hikaye Tek Kitap)</t>
+          <t>Dağlar Yalnız Üşür</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>84</v>
+        <v>346</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786057162458</t>
+          <t>9786258176162</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kız Mira ve Dev Adam</t>
+          <t>Sen İnsansın İnsanlığı Unutma</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>120</v>
+        <v>281</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786057157003</t>
+          <t>9786057162496</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Kınalı Ağrılar</t>
+          <t>Salavat Kokan Güller Tekbir Kokan Laleler</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>138</v>
+        <v>262</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786057132581</t>
+          <t>9786057162434</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Şeytanla Dans</t>
+          <t>1 Kedi 1 Çocuk - Küçük Su Damlası (2 Hikaye Tek Kitap)</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>248</v>
+        <v>113</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786057132529</t>
+          <t>9786057162458</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Yabancı</t>
+          <t>Küçük Kız Mira ve Dev Adam</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>306</v>
+        <v>162</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786057132505</t>
+          <t>9786057157003</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Yüreğimi Avuçlarına Bıraktım Düşürme e mi?</t>
+          <t>Kınalı Ağrılar</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>236</v>
+        <v>186</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786057372291</t>
+          <t>9786057132581</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Arka Sokağın Çocukları</t>
+          <t>Şeytanla Dans</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>366</v>
+        <v>335</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786057122773</t>
+          <t>9786057132529</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Gökçe Şiirler</t>
+          <t>Yabancı</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>238</v>
+        <v>413</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786256447523</t>
+          <t>9786057132505</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Aleviliğin Özü</t>
+          <t>Yüreğimi Avuçlarına Bıraktım Düşürme e mi?</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>378</v>
+        <v>319</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786256225206</t>
+          <t>9786057372291</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Kırık Camlar Gecesi</t>
+          <t>Arka Sokağın Çocukları</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>346</v>
+        <v>494</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786256225244</t>
+          <t>9786057122773</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Peşinde</t>
+          <t>Gökçe Şiirler</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>180</v>
+        <v>321</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786256225220</t>
+          <t>9786256447523</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Çöldeki Hilal</t>
+          <t>Aleviliğin Özü</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>364</v>
+        <v>510</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786256225190</t>
+          <t>9786256225206</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Heimei - Maru</t>
+          <t>Kırık Camlar Gecesi</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>410</v>
+        <v>467</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786256225237</t>
+          <t>9786256225244</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Kaçış</t>
+          <t>Aşkın Peşinde</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>264</v>
+        <v>243</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786256225213</t>
+          <t>9786256225220</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Heyula</t>
+          <t>Çöldeki Hilal</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>180</v>
+        <v>491</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786256225275</t>
+          <t>9786256225190</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Mnara 610</t>
+          <t>Heimei - Maru</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>180</v>
+        <v>554</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786256225268</t>
+          <t>9786256225237</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Ruhun Ana Toprağına Yolculuğu</t>
+          <t>Geçmişten Kaçış</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>312</v>
+        <v>356</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786256225251</t>
+          <t>9786256225213</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Lanetli Oda</t>
+          <t>Heyula</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>365</v>
+        <v>243</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786256225176</t>
+          <t>9786256225275</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Suyun Gücü</t>
+          <t>Mnara 610</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>320</v>
+        <v>243</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786256225183</t>
+          <t>9786256225268</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Eksik Parça 2 - Gözyaşı Tarlası</t>
+          <t>Ruhun Ana Toprağına Yolculuğu</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>198</v>
+        <v>421</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786256225169</t>
+          <t>9786256225251</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Derinlerde Bir Yerde</t>
+          <t>Lanetli Oda</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>176</v>
+        <v>493</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786256225152</t>
+          <t>9786256225176</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Melike</t>
+          <t>Suyun Gücü</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>434</v>
+        <v>432</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786256225145</t>
+          <t>9786256225183</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Elise - Günahkar Kadın</t>
+          <t>Eksik Parça 2 - Gözyaşı Tarlası</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>316</v>
+        <v>267</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786057157041</t>
+          <t>9786256225169</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Gönülden Gönüle</t>
+          <t>Derinlerde Bir Yerde</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>346</v>
+        <v>238</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786256225121</t>
+          <t>9786256225152</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Ramayana - Sundara Kanda - Umudun Hikayesi (5. Kitap)</t>
+          <t>Melike</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>294</v>
+        <v>586</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786256225138</t>
+          <t>9786256225145</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Ölüme Sürgün</t>
+          <t>Elise - Günahkar Kadın</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>382</v>
+        <v>427</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>2433212120644</t>
+          <t>9786057157041</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Pervane - Ateş Serisi (2 Kitap Set)</t>
+          <t>Gönülden Gönüle</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>194</v>
+        <v>467</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786256225114</t>
+          <t>9786256225121</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Kül ve Gece Mavisi</t>
+          <t>Ramayana - Sundara Kanda - Umudun Hikayesi (5. Kitap)</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>564</v>
+        <v>397</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786256447936</t>
+          <t>9786256225138</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Üzerine Kısa Söyleşiler</t>
+          <t>Ölüme Sürgün</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>164</v>
+        <v>516</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786256447790</t>
+          <t>2433212120644</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Gönülden Damlayanlar</t>
+          <t>Pervane - Ateş Serisi (2 Kitap Set)</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>280</v>
+        <v>194</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786256447783</t>
+          <t>9786256225114</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlık: Son Çeyrek</t>
+          <t>Kül ve Gece Mavisi</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>176</v>
+        <v>564</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786256447776</t>
+          <t>9786256447936</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Bir Gencin Kaçış Satırları</t>
+          <t>Eğitim Üzerine Kısa Söyleşiler</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>154</v>
+        <v>221</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786256225091</t>
+          <t>9786256447790</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Özgün Halk Anayasası ve Devlet Modeli</t>
+          <t>Gönülden Damlayanlar</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>402</v>
+        <v>378</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786256225084</t>
+          <t>9786256447783</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Yasak Edilmiş Topraklar</t>
+          <t>Yalnızlık: Son Çeyrek</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>488</v>
+        <v>238</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786256225077</t>
+          <t>9786256447776</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Neden Olmasın</t>
+          <t>Bir Gencin Kaçış Satırları</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>214</v>
+        <v>208</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786256225060</t>
+          <t>9786256225091</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Cinayet Köy</t>
+          <t>Özgün Halk Anayasası ve Devlet Modeli</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>402</v>
+        <v>543</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786256225039</t>
+          <t>9786256225084</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Umut Vadisi</t>
+          <t>Yasak Edilmiş Topraklar</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>298</v>
+        <v>659</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786256225022</t>
+          <t>9786256225077</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Farklı Dünyaların İnsanlarıyız</t>
+          <t>Neden Olmasın</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>354</v>
+        <v>289</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786256225053</t>
+          <t>9786256225060</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Kaynağından Hayata Yansımalar</t>
+          <t>Cinayet Köy</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>308</v>
+        <v>543</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786256225046</t>
+          <t>9786256225039</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Çağrı Merkezinde Bilinmesi Gerekenler</t>
+          <t>Umut Vadisi</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>308</v>
+        <v>402</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786256225008</t>
+          <t>9786256225022</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Sekizinci Eyalet ''Abluka''</t>
+          <t>Farklı Dünyaların İnsanlarıyız</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>404</v>
+        <v>478</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786256225015</t>
+          <t>9786256225053</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Ramayana Kişkindha Kanda 4. Kitap</t>
+          <t>Hayatın Kaynağından Hayata Yansımalar</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>434</v>
+        <v>416</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786256447769</t>
+          <t>9786256225046</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Savunmasız</t>
+          <t>Çağrı Merkezinde Bilinmesi Gerekenler</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>576</v>
+        <v>416</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786256447653</t>
+          <t>9786256225008</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens</t>
+          <t>Sekizinci Eyalet ''Abluka''</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>126</v>
+        <v>404</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786256447868</t>
+          <t>9786256225015</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Eristik Diyalektik - Haklı Çıkma Sanatı</t>
+          <t>Ramayana Kişkindha Kanda 4. Kitap</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>128</v>
+        <v>586</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786256447998</t>
+          <t>9786256447769</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Görünmeyeni Ararken</t>
+          <t>Savunmasız</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>136</v>
+        <v>778</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786256447974</t>
+          <t>9786256447653</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Villon'un Karısı</t>
+          <t>Küçük Prens</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>112</v>
+        <v>170</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786256447967</t>
+          <t>9786256447868</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Soytarı Çiçekleri</t>
+          <t>Eristik Diyalektik - Haklı Çıkma Sanatı</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>112</v>
+        <v>173</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786256447981</t>
+          <t>9786256447998</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>İnsanlığımı Yitirirken</t>
+          <t>Görünmeyeni Ararken</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>144</v>
+        <v>184</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786256447929</t>
+          <t>9786256447974</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Kavun Kokusu</t>
+          <t>Villon'un Karısı</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>300</v>
+        <v>151</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786256447950</t>
+          <t>9786256447967</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Öğrenci Kız</t>
+          <t>Soytarı Çiçekleri</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>96</v>
+        <v>151</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786256447943</t>
+          <t>9786256447981</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Aethra</t>
+          <t>İnsanlığımı Yitirirken</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>572</v>
+        <v>194</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786256447882</t>
+          <t>9786256447929</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Anneanemin Mucize Tarifi</t>
+          <t>Kavun Kokusu</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>144</v>
+        <v>405</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786256447905</t>
+          <t>9786256447950</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Nefesler</t>
+          <t>Öğrenci Kız</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>254</v>
+        <v>130</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786256447912</t>
+          <t>9786256447943</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Kimsesiz Diyarlarda</t>
+          <t>Aethra</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>210</v>
+        <v>772</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786256447851</t>
+          <t>9786256447882</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Bir Demet Tebessüm</t>
+          <t>Anneanemin Mucize Tarifi</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>324</v>
+        <v>194</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786256447806</t>
+          <t>9786256447905</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Geldi ve Geçti</t>
+          <t>Nefesler</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>202</v>
+        <v>343</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786256447899</t>
+          <t>9786256447912</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Yarın Eylül</t>
+          <t>Kimsesiz Diyarlarda</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>148</v>
+        <v>284</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786256447875</t>
+          <t>9786256447851</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>7 Tanrıça 7 Rüya - Kadın Bilincini Şifalandırma Yolculuğu</t>
+          <t>Bir Demet Tebessüm</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>200</v>
+        <v>437</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786256447820</t>
+          <t>9786256447806</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Zuzu'nun Macerası</t>
+          <t>Geldi ve Geçti</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>302</v>
+        <v>273</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786256447837</t>
+          <t>9786256447899</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Siren Sesleri</t>
+          <t>Yarın Eylül</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>418</v>
+        <v>200</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786256447844</t>
+          <t>9786256447875</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Maksadı Güzel</t>
+          <t>7 Tanrıça 7 Rüya - Kadın Bilincini Şifalandırma Yolculuğu</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>296</v>
+        <v>270</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786256447738</t>
+          <t>9786256447820</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Üç Kızlı Üç Baba</t>
+          <t>Zuzu'nun Macerası</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>312</v>
+        <v>408</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786256447752</t>
+          <t>9786256447837</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Kilit ve Anahtarın Hasbihali</t>
+          <t>Siren Sesleri</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>144</v>
+        <v>564</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786256447707</t>
+          <t>9786256447844</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Aşığın Dinletisi</t>
+          <t>Maksadı Güzel</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>182</v>
+        <v>400</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786256447677</t>
+          <t>9786256447738</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Tekne</t>
+          <t>Üç Kızlı Üç Baba</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>388</v>
+        <v>421</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786256447714</t>
+          <t>9786256447752</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>O Beni Hiç Sevmedi</t>
+          <t>Kilit ve Anahtarın Hasbihali</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>324</v>
+        <v>194</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786256447691</t>
+          <t>9786256447707</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Deniz Kızı</t>
+          <t>Aşığın Dinletisi</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>224</v>
+        <v>246</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786256447745</t>
+          <t>9786256447677</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Tao Günlükleri</t>
+          <t>Yalnız Tekne</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>352</v>
+        <v>524</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786256447684</t>
+          <t>9786256447714</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Şerife</t>
+          <t>O Beni Hiç Sevmedi</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>546</v>
+        <v>437</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786256447660</t>
+          <t>9786256447691</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Kişisel Gelişim ve Motivasyon</t>
+          <t>Deniz Kızı</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>282</v>
+        <v>224</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786256447646</t>
+          <t>9786256447745</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Derin Düşünceler</t>
+          <t>Tao Günlükleri</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>314</v>
+        <v>475</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786256447615</t>
+          <t>9786256447684</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Yedi Kilise</t>
+          <t>Şerife</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>400</v>
+        <v>737</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786256447585</t>
+          <t>9786256447660</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Gönülden Derya'ya Damlalar</t>
+          <t>Kişisel Gelişim ve Motivasyon</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>168</v>
+        <v>381</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786256447554</t>
+          <t>9786256447646</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Kaçak</t>
+          <t>Derin Düşünceler</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>238</v>
+        <v>424</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786256447608</t>
+          <t>9786256447615</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Rüzgara Direnen Kuşlar</t>
+          <t>Yedi Kilise</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>178</v>
+        <v>540</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786256447561</t>
+          <t>9786256447585</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Gebekilise</t>
+          <t>Gönülden Derya'ya Damlalar</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>148</v>
+        <v>227</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786256447592</t>
+          <t>9786256447554</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Kanat</t>
+          <t>Kaçak</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>348</v>
+        <v>321</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786256447622</t>
+          <t>9786256447608</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Vartali Efsanesi Gidenlerin Ardından</t>
+          <t>Rüzgara Direnen Kuşlar</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>264</v>
+        <v>240</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786256447578</t>
+          <t>9786256447561</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Sardunya Bir Deste Berceste</t>
+          <t>Gebekilise</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>244</v>
+        <v>200</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786256447370</t>
+          <t>9786256447592</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Yaşayan Ölülere Reddiye</t>
+          <t>Kanat</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>158</v>
+        <v>470</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786256447493</t>
+          <t>9786256447622</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Kehanet</t>
+          <t>Vartali Efsanesi Gidenlerin Ardından</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>358</v>
+        <v>356</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786256447509</t>
+          <t>9786256447578</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Ermenekli Gülizar</t>
+          <t>Sardunya Bir Deste Berceste</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>292</v>
+        <v>244</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786256447479</t>
+          <t>9786256447370</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Merhabalar Günü</t>
+          <t>Yaşayan Ölülere Reddiye</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>194</v>
+        <v>158</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786256447394</t>
+          <t>9786256447493</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Kekre Öyküler</t>
+          <t>Kehanet</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>248</v>
+        <v>483</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786256447356</t>
+          <t>9786256447509</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Şifacının Kalbi</t>
+          <t>Ermenekli Gülizar</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>404</v>
+        <v>394</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786256447417</t>
+          <t>9786256447479</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>İki Küçük Sincap Zıpır ve Kıpır</t>
+          <t>Merhabalar Günü</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>222</v>
+        <v>262</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786256447431</t>
+          <t>9786256447394</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Terör ve Türkiye Üzerine Notlar</t>
+          <t>Kekre Öyküler</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>350</v>
+        <v>335</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786256447424</t>
+          <t>9786256447356</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Ben Sana Sustum 2</t>
+          <t>Şifacının Kalbi</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>214</v>
+        <v>545</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786256447400</t>
+          <t>9786256447417</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Konuşmamız Lazım</t>
+          <t>İki Küçük Sincap Zıpır ve Kıpır</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>202</v>
+        <v>300</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786256447448</t>
+          <t>9786256447431</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Parola: Düğün</t>
+          <t>Terör ve Türkiye Üzerine Notlar</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>210</v>
+        <v>473</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786256447363</t>
+          <t>9786256447424</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Aşkı Vefa</t>
+          <t>Ben Sana Sustum 2</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>90</v>
+        <v>289</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786256447332</t>
+          <t>9786256447400</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Tinsel Kopuş</t>
+          <t>Konuşmamız Lazım</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>376</v>
+        <v>273</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786256447349</t>
+          <t>9786256447448</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Gizemsiz</t>
+          <t>Parola: Düğün</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>322</v>
+        <v>284</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786256447318</t>
+          <t>9786256447363</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Biz Buram Buram Şiir Kokarız</t>
+          <t>Aşkı Vefa</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>202</v>
+        <v>90</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786256447325</t>
+          <t>9786256447332</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Korkak Unicorn</t>
+          <t>Tinsel Kopuş</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>222</v>
+        <v>508</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786256447264</t>
+          <t>9786256447349</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Aydede'ye Misafir Olmak</t>
+          <t>Gizemsiz</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>274</v>
+        <v>435</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786256447295</t>
+          <t>9786256447318</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Masal İçinde Rüya</t>
+          <t>Biz Buram Buram Şiir Kokarız</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>144</v>
+        <v>273</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786256447271</t>
+          <t>9786256447325</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Zambak Vurgunu</t>
+          <t>Korkak Unicorn</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>292</v>
+        <v>300</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786256447257</t>
+          <t>9786256447264</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Babam, Ben ve Parkinson</t>
+          <t>Aydede'ye Misafir Olmak</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>162</v>
+        <v>370</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786256447301</t>
+          <t>9786256447295</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>7 Çakra 7 Rüya</t>
+          <t>Masal İçinde Rüya</t>
         </is>
       </c>
       <c r="C177" s="1">
         <v>194</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786256447288</t>
+          <t>9786256447271</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Yaşamak İstediğin Hayat Bu Mu?</t>
+          <t>Zambak Vurgunu</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>242</v>
+        <v>394</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786256447219</t>
+          <t>9786256447257</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Hassas Kalplerin Cehennemi</t>
+          <t>Babam, Ben ve Parkinson</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>274</v>
+        <v>162</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786256447202</t>
+          <t>9786256447301</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Kırılmaz Çekirdek</t>
+          <t>7 Çakra 7 Rüya</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>202</v>
+        <v>262</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786256447226</t>
+          <t>9786256447288</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Benim Adım Zeynep</t>
+          <t>Yaşamak İstediğin Hayat Bu Mu?</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>296</v>
+        <v>327</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786256447233</t>
+          <t>9786256447219</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Ben Sana Sustum</t>
+          <t>Hassas Kalplerin Cehennemi</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>146</v>
+        <v>370</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786256447172</t>
+          <t>9786256447202</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Sakıncalı</t>
+          <t>Kırılmaz Çekirdek</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>256</v>
+        <v>273</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786256447189</t>
+          <t>9786256447226</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Yakamoz Kalp</t>
+          <t>Benim Adım Zeynep</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>184</v>
+        <v>400</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786256447196</t>
+          <t>9786256447233</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Vefa</t>
+          <t>Ben Sana Sustum</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>190</v>
+        <v>197</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786256447165</t>
+          <t>9786256447172</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Umutlarım</t>
+          <t>Sakıncalı</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>272</v>
+        <v>346</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786258176315</t>
+          <t>9786256447189</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Üçü Bir Arada Pratik Ders Notları</t>
+          <t>Yakamoz Kalp</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>346</v>
+        <v>248</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786256447110</t>
+          <t>9786256447196</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Kalbi</t>
+          <t>Vefa</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>262</v>
+        <v>257</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786256447103</t>
+          <t>9786256447165</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Bir Düştün</t>
+          <t>Umutlarım</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>502</v>
+        <v>367</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786256447127</t>
+          <t>9786258176315</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Dört Duvar Arası</t>
+          <t>Üçü Bir Arada Pratik Ders Notları</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>308</v>
+        <v>467</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786256447080</t>
+          <t>9786256447110</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Koştuğunda Rüzgar</t>
+          <t>Zamanın Kalbi</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>246</v>
+        <v>354</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786256447134</t>
+          <t>9786256447103</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Ateş</t>
+          <t>Bir Düştün</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>238</v>
+        <v>678</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786256447097</t>
+          <t>9786256447127</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Eksik Parça</t>
+          <t>Dört Duvar Arası</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>312</v>
+        <v>416</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786256447158</t>
+          <t>9786256447080</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Salina Ateş Cadısı</t>
+          <t>Koştuğunda Rüzgar</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>322</v>
+        <v>332</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786256447141</t>
+          <t>9786256447134</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Kendine Geç Kalma</t>
+          <t>Ateş</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>242</v>
+        <v>321</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786256447073</t>
+          <t>9786256447097</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Şavk</t>
+          <t>Eksik Parça</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>330</v>
+        <v>421</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786256447066</t>
+          <t>9786256447158</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Karanlıktan Gelen</t>
+          <t>Salina Ateş Cadısı</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>468</v>
+        <v>435</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786256447059</t>
+          <t>9786256447141</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Yaylada Bahar</t>
+          <t>Kendine Geç Kalma</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>308</v>
+        <v>327</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786256447042</t>
+          <t>9786256447073</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Manevi Harp</t>
+          <t>Şavk</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>188</v>
+        <v>446</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786258176971</t>
+          <t>9786256447066</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>İki Düğün Arası</t>
+          <t>Karanlıktan Gelen</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>468</v>
+        <v>632</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786258176995</t>
+          <t>9786256447059</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Gülcemal</t>
+          <t>Yaylada Bahar</t>
         </is>
       </c>
       <c r="C201" s="1">
         <v>416</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786256447004</t>
+          <t>9786256447042</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Zemheri</t>
+          <t>Manevi Harp</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>100</v>
+        <v>254</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786256447028</t>
+          <t>9786258176971</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Saka Telaşı</t>
+          <t>İki Düğün Arası</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>214</v>
+        <v>632</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786258176988</t>
+          <t>9786258176995</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>İyi ki Varsın Galatasaray - 1</t>
+          <t>Gülcemal</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>392</v>
+        <v>562</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786256447011</t>
+          <t>9786256447004</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Erdemli Sevda</t>
+          <t>Zemheri</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>244</v>
+        <v>100</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786256447035</t>
+          <t>9786256447028</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Derdi-i Dil Hadis-i Şerifler - Hadiseler</t>
+          <t>Saka Telaşı</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>256</v>
+        <v>289</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786258176964</t>
+          <t>9786258176988</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Korkma - İstiklal Marşı'nın Gerçek Hikayesi</t>
+          <t>İyi ki Varsın Galatasaray - 1</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>342</v>
+        <v>529</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786258176940</t>
+          <t>9786256447011</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Kedilerin Dünyası - Maviş ve Ailesi</t>
+          <t>Erdemli Sevda</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>200</v>
+        <v>329</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786258176957</t>
+          <t>9786256447035</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Fırtınam</t>
+          <t>Derdi-i Dil Hadis-i Şerifler - Hadiseler</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>214</v>
+        <v>346</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786258176896</t>
+          <t>9786258176964</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Eskimeyen Bir Türküdür Adımız</t>
+          <t>Korkma - İstiklal Marşı'nın Gerçek Hikayesi</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>250</v>
+        <v>462</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786258176933</t>
+          <t>9786258176940</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Ak Saçlarım</t>
+          <t>Kedilerin Dünyası - Maviş ve Ailesi</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>290</v>
+        <v>270</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786258176919</t>
+          <t>9786258176957</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Sürgün Polisin Cinayet Günlüğü</t>
+          <t>İçimdeki Fırtınam</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>322</v>
+        <v>289</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786258176889</t>
+          <t>9786258176896</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Umut</t>
+          <t>Eskimeyen Bir Türküdür Adımız</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>554</v>
+        <v>338</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786258176926</t>
+          <t>9786258176933</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Erdemli İnsan</t>
+          <t>Ak Saçlarım</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>398</v>
+        <v>392</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786258176735</t>
+          <t>9786258176919</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Yakıcı Sır</t>
+          <t>Sürgün Polisin Cinayet Günlüğü</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>124</v>
+        <v>435</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786258176605</t>
+          <t>9786258176889</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Şeytan</t>
+          <t>Umut</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>218</v>
+        <v>748</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786258176612</t>
+          <t>9786258176926</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Kuyucaklı Yusuf</t>
+          <t>Erdemli İnsan</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>200</v>
+        <v>537</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786258176674</t>
+          <t>9786258176735</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Ceza Sömürgesi</t>
+          <t>Yakıcı Sır</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>84</v>
+        <v>167</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786258176667</t>
+          <t>9786258176605</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Babaya Mektup</t>
+          <t>İçimizdeki Şeytan</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>104</v>
+        <v>294</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786258176643</t>
+          <t>9786258176612</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Dönüşüm</t>
+          <t>Kuyucaklı Yusuf</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>112</v>
+        <v>270</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786258176681</t>
+          <t>9786258176674</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Taşrada Düğün Hazırlıkları</t>
+          <t>Ceza Sömürgesi</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>82</v>
+        <v>113</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786258176575</t>
+          <t>9786258176667</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Geceler</t>
+          <t>Babaya Mektup</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>116</v>
+        <v>140</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786258176728</t>
+          <t>9786258176643</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Bir Kadının Mektubu</t>
+          <t>Dönüşüm</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>94</v>
+        <v>151</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786258176704</t>
+          <t>9786258176681</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Bir Kadının Yirmi Dört Saati</t>
+          <t>Taşrada Düğün Hazırlıkları</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>114</v>
+        <v>111</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786258176698</t>
+          <t>9786258176575</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Satranç</t>
+          <t>Beyaz Geceler</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>108</v>
+        <v>157</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786258176636</t>
+          <t>9786258176728</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Bir Delinin Hatıra Defteri</t>
+          <t>Bilinmeyen Bir Kadının Mektubu</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>92</v>
+        <v>127</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786258176582</t>
+          <t>9786258176704</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Bir İdam Mahkumunun Son Günü</t>
+          <t>Bir Kadının Yirmi Dört Saati</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>148</v>
+        <v>154</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786258176711</t>
+          <t>9786258176698</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Bir Çöküşün Öyküsü</t>
+          <t>Satranç</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>96</v>
+        <v>146</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786258176650</t>
+          <t>9786258176636</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Palto</t>
+          <t>Bir Delinin Hatıra Defteri</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>88</v>
+        <v>124</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786258176742</t>
+          <t>9786258176582</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Adı Yeter, Soyadı Yetmez</t>
+          <t>Bir İdam Mahkumunun Son Günü</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>406</v>
+        <v>200</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786258176551</t>
+          <t>9786258176711</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Pervane</t>
+          <t>Bir Çöküşün Öyküsü</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>168</v>
+        <v>130</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786258176568</t>
+          <t>9786258176650</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>129 - Deniz Komiser</t>
+          <t>Palto</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>388</v>
+        <v>119</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786258176513</t>
+          <t>9786258176742</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Meşreb - i Aşk</t>
+          <t>Adı Yeter, Soyadı Yetmez</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>168</v>
+        <v>548</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786258176483</t>
+          <t>9786258176551</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Kırmızıdan Maviye</t>
+          <t>Pervane</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>152</v>
+        <v>227</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786258176476</t>
+          <t>9786258176568</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Aşk Kırıntıları</t>
+          <t>129 - Deniz Komiser</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>448</v>
+        <v>524</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786258176520</t>
+          <t>9786258176513</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Gölge - Deniz Komiser</t>
+          <t>Meşreb - i Aşk</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>344</v>
+        <v>227</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786258176421</t>
+          <t>9786258176483</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Bir Küçük Kara Çalı “Leyla”</t>
+          <t>Kırmızıdan Maviye</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>330</v>
+        <v>205</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786258176438</t>
+          <t>9786258176476</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Akkor - Arş-ı Aşk</t>
+          <t>Aşk Kırıntıları</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>424</v>
+        <v>605</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786258176414</t>
+          <t>9786258176520</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Har</t>
+          <t>Gölge - Deniz Komiser</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>142</v>
+        <v>464</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786258176384</t>
+          <t>9786258176421</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Yağmur Kuşu</t>
+          <t>Bir Küçük Kara Çalı “Leyla”</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>430</v>
+        <v>446</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786258176469</t>
+          <t>9786258176438</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Sarmaşıklar</t>
+          <t>Akkor - Arş-ı Aşk</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>228</v>
+        <v>572</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786258176377</t>
+          <t>9786258176414</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Kalpobur</t>
+          <t>Har</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>152</v>
+        <v>192</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786258176391</t>
+          <t>9786258176384</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Deneme Yanılma</t>
+          <t>Yağmur Kuşu</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>170</v>
+        <v>581</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786258176407</t>
+          <t>9786258176469</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Ayetler ve Hadisler Işığında İman 2</t>
+          <t>Sarmaşıklar</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>230</v>
+        <v>308</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786258176353</t>
+          <t>9786258176377</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Tino'nun Düşleri - Bankta</t>
+          <t>Kalpobur</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>138</v>
+        <v>205</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786258176339</t>
+          <t>9786258176391</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Bitmeyen Yıl 93</t>
+          <t>Deneme Yanılma</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>342</v>
+        <v>230</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786258176308</t>
+          <t>9786258176407</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Sahabenin Peygamber Efendimize Sadakati</t>
+          <t>Ayetler ve Hadisler Işığında İman 2</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>216</v>
+        <v>230</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786258176292</t>
+          <t>9786258176353</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Hangi Aşk Değdi Yüreğine</t>
+          <t>Tino'nun Düşleri - Bankta</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>410</v>
+        <v>186</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786258176209</t>
+          <t>9786258176339</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Sezgisel Çarpanları</t>
+          <t>Bitmeyen Yıl 93</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>408</v>
+        <v>462</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786258176148</t>
+          <t>9786258176308</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Ebru'nun Gölgesi (Ciltli)</t>
+          <t>Sahabenin Peygamber Efendimize Sadakati</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>196</v>
+        <v>216</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786258176193</t>
+          <t>9786258176292</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Kendine Güven</t>
+          <t>Hangi Aşk Değdi Yüreğine</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>224</v>
+        <v>554</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786258176124</t>
+          <t>9786258176209</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Adrese Teslim</t>
+          <t>Aşkın Sezgisel Çarpanları</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>488</v>
+        <v>551</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786258176056</t>
+          <t>9786258176148</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Serair</t>
+          <t>Ebru'nun Gölgesi (Ciltli)</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>264</v>
+        <v>265</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786258176063</t>
+          <t>9786258176193</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Retro</t>
+          <t>Kendine Güven</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>146</v>
+        <v>302</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786258176094</t>
+          <t>9786258176124</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Ataş</t>
+          <t>Adrese Teslim</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>272</v>
+        <v>659</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786057162472</t>
+          <t>9786258176056</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Yolun Sonu</t>
+          <t>Serair</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>194</v>
+        <v>356</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786057162489</t>
+          <t>9786258176063</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Umutlardan Öte Düşlerim Vardı</t>
+          <t>Retro</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>226</v>
+        <v>197</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786258176001</t>
+          <t>9786258176094</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Nazenin Kitap</t>
+          <t>Ataş</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>138</v>
+        <v>367</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786258176032</t>
+          <t>9786057162472</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Gözyaşındayım</t>
+          <t>Yolun Sonu</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>522</v>
+        <v>262</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786258176049</t>
+          <t>9786057162489</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Gece</t>
+          <t>Umutlardan Öte Düşlerim Vardı</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>618</v>
+        <v>305</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786057162465</t>
+          <t>9786258176001</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Üşüyen Kardelen</t>
+          <t>Nazenin Kitap</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>206</v>
+        <v>138</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786057132574</t>
+          <t>9786258176032</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>İkili Denge</t>
+          <t>Gözyaşındayım</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>332</v>
+        <v>705</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786057372277</t>
+          <t>9786258176049</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Yaşamak Çok Zordu</t>
+          <t>Gece</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>158</v>
+        <v>834</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786057372253</t>
+          <t>9786057162465</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Tiner</t>
+          <t>Üşüyen Kardelen</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>136</v>
+        <v>278</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786057372246</t>
+          <t>9786057132574</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Abur Cubur Ülkesi</t>
+          <t>İkili Denge</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>128</v>
+        <v>448</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786057372239</t>
+          <t>9786057372277</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Bando</t>
+          <t>Yaşamak Çok Zordu</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>166</v>
+        <v>158</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786057372222</t>
+          <t>9786057372253</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Heykel Bey</t>
+          <t>Tiner</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>116</v>
+        <v>184</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786057372215</t>
+          <t>9786057372246</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>E&amp;K</t>
+          <t>Abur Cubur Ülkesi</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>154</v>
+        <v>173</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786057132512</t>
+          <t>9786057372239</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Delirme Sanatı</t>
+          <t>Bando</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>142</v>
+        <v>224</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786057157058</t>
+          <t>9786057372222</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Köstekli Saat</t>
+          <t>Heykel Bey</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>216</v>
+        <v>157</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786057157010</t>
+          <t>9786057372215</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Yüreğimden Vur Beni</t>
+          <t>E&amp;K</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>116</v>
+        <v>208</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786057372260</t>
+          <t>9786057132512</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Dedektif Sensin Katil Kim?</t>
+          <t>Delirme Sanatı</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>306</v>
+        <v>192</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786057122766</t>
+          <t>9786057157058</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>İkindi Ağacı</t>
+          <t>Köstekli Saat</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>206</v>
+        <v>216</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786057122742</t>
+          <t>9786057157010</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Kadınları</t>
+          <t>Yüreğimden Vur Beni</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>340</v>
+        <v>116</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
+          <t>9786057372260</t>
+        </is>
+      </c>
+      <c r="B275" s="1" t="inlineStr">
+        <is>
+          <t>Dedektif Sensin Katil Kim?</t>
+        </is>
+      </c>
+      <c r="C275" s="1">
+        <v>413</v>
+      </c>
+    </row>
+    <row r="276" spans="1:3">
+      <c r="A276" s="1" t="inlineStr">
+        <is>
+          <t>9786057122766</t>
+        </is>
+      </c>
+      <c r="B276" s="1" t="inlineStr">
+        <is>
+          <t>İkindi Ağacı</t>
+        </is>
+      </c>
+      <c r="C276" s="1">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="277" spans="1:3">
+      <c r="A277" s="1" t="inlineStr">
+        <is>
+          <t>9786057122742</t>
+        </is>
+      </c>
+      <c r="B277" s="1" t="inlineStr">
+        <is>
+          <t>Hayatın Kadınları</t>
+        </is>
+      </c>
+      <c r="C277" s="1">
+        <v>459</v>
+      </c>
+    </row>
+    <row r="278" spans="1:3">
+      <c r="A278" s="1" t="inlineStr">
+        <is>
           <t>9786257946391</t>
         </is>
       </c>
-      <c r="B275" s="1" t="inlineStr">
+      <c r="B278" s="1" t="inlineStr">
         <is>
           <t>Adela Tann</t>
         </is>
       </c>
-      <c r="C275" s="1">
+      <c r="C278" s="1">
         <v>118</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>