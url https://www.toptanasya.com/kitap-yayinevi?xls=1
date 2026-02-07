--- v0 (2025-10-30)
+++ v1 (2026-02-07)
@@ -85,2275 +85,2335 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9789758704941</t>
+          <t>9786051051703</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Şeyhülislamlık Yenileşme Döneminde Devlet ve Din</t>
+          <t>İstanbul’dan Hatıralar</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>360</v>
+        <v>190</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786051050409</t>
+          <t>9789758704415</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Semavi Eyice Kaynakçası</t>
+          <t>Size Ölmeyi Emrediyorum Birinci Dünya Savaşı’nda Osmanlı Ordusu</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>210</v>
+        <v>450</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9789756051979</t>
+          <t>9789756051955</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>İstenmeyen Komşu</t>
+          <t>Cihaddan Vatan Savunmasına</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>210</v>
+        <v>750</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786051051000</t>
+          <t>9786051051666</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Doğu, Batı ve Kadın</t>
+          <t>Diyarbakır Sürgünleri</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>245</v>
+        <v>330</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786051051604</t>
+          <t>9789758704941</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’dan Mektuplar</t>
+          <t>Şeyhülislamlık Yenileşme Döneminde Devlet ve Din</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>225</v>
+        <v>360</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786051051567</t>
+          <t>9786051050409</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Osmanlılar ve Memluklar</t>
+          <t>Semavi Eyice Kaynakçası</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>405</v>
+        <v>210</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789758704071</t>
+          <t>9789756051979</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Ok, Balta ve Mancınık Ortaçağda Savaş Sanatı 378 - 1515</t>
+          <t>İstenmeyen Komşu</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>285</v>
+        <v>210</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786051050232</t>
+          <t>9786051051000</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Konstantinopolis’in Düşüşü (Ciltli)</t>
+          <t>Doğu, Batı ve Kadın</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>1250</v>
+        <v>245</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786051050737</t>
+          <t>9786051051604</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Ulusalcılık</t>
+          <t>İstanbul’dan Mektuplar</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>520</v>
+        <v>225</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786051051048</t>
+          <t>9786051051567</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Yolculuk İçin Teşekkürler</t>
+          <t>Osmanlılar ve Memluklar</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>250</v>
+        <v>405</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786051051215</t>
+          <t>9789758704071</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Tıbbı</t>
+          <t>Ok, Balta ve Mancınık Ortaçağda Savaş Sanatı 378 - 1515</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>375</v>
+        <v>285</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789758704903</t>
+          <t>9786051050232</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Modernleşen Müslümanlar/Nurcular, Nakşiler, Milli Görüş ve AK Parti</t>
+          <t>Konstantinopolis’in Düşüşü (Ciltli)</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>27.78</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789758704033</t>
+          <t>9786051050737</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Köpek Olmanın Güçlüğü</t>
+          <t>Ulusalcılık</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>6.48</v>
+        <v>520</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786058883253</t>
+          <t>9786051051048</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>I'm Listening To İstanbul (1950-2010) (Ciltli)</t>
+          <t>Yolculuk İçin Teşekkürler</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>231.48</v>
+        <v>250</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789759890131</t>
+          <t>9786051051215</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Önemli Doğa Alanları 2 Cilt (Ciltli)</t>
+          <t>Osmanlı Tıbbı</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>2000</v>
+        <v>375</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789756051504</t>
+          <t>9789758704903</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Şehirler ve Sokaklar</t>
+          <t>Modernleşen Müslümanlar/Nurcular, Nakşiler, Milli Görüş ve AK Parti</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>340</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789756051214</t>
+          <t>9789758704033</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>İttihat ve Terakki’de On Sene</t>
+          <t>Köpek Olmanın Güçlüğü</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>880</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786051051727</t>
+          <t>9786058883253</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Heinrich Barth Seyahatnamesi</t>
+          <t>I'm Listening To İstanbul (1950-2010) (Ciltli)</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>300</v>
+        <v>231.48</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786051051697</t>
+          <t>9789759890131</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Yürüyerek Anadolu</t>
+          <t>Türkiye’nin Önemli Doğa Alanları 2 Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>560</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786051050997</t>
+          <t>9789756051504</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Bir Mevlevinin Hayatı</t>
+          <t>Şehirler ve Sokaklar</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>405</v>
+        <v>400</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789756051641</t>
+          <t>9789756051214</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Ressamlar Cemiyeti Gazetesi 1911-1914 (Ciltli)</t>
+          <t>İttihat ve Terakki’de On Sene</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>2250</v>
+        <v>980</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786051050690</t>
+          <t>9786051051727</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Modern Savaşın Temel Kavramları</t>
+          <t>Heinrich Barth Seyahatnamesi</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789756051283</t>
+          <t>9786051051697</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Tavernier Seyahatnamesi</t>
+          <t>Yürüyerek Anadolu</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>400</v>
+        <v>675</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786051051864</t>
+          <t>9786051050997</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Kenar Adamları ve Bendeleri</t>
+          <t>Bir Mevlevinin Hayatı</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>375</v>
+        <v>490</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786051051833</t>
+          <t>9789756051641</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devleti ve Rumlar (1453 - 1768)</t>
+          <t>Osmanlı Ressamlar Cemiyeti Gazetesi 1911-1914 (Ciltli)</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>370</v>
+        <v>2900</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789756051405</t>
+          <t>9786051050690</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Selefilik İslami Köktenciliğin Tarihi</t>
+          <t>Modern Savaşın Temel Kavramları</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>430</v>
+        <v>280</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786053519232</t>
+          <t>9789756051283</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da Şüphe Olgusu</t>
+          <t>Tavernier Seyahatnamesi</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>220</v>
+        <v>550</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786051051802</t>
+          <t>9786051051864</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Sarayın Terzileri</t>
+          <t>Kenar Adamları ve Bendeleri</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>170</v>
+        <v>460</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786051051772</t>
+          <t>9786051051833</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Yemekle Devrialem</t>
+          <t>Osmanlı Devleti ve Rumlar (1453 - 1768)</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>295</v>
+        <v>450</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786051052113</t>
+          <t>9789756051405</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Bir Çocuğun İstanbul Hatıraları 1901-1913</t>
+          <t>Selefilik İslami Köktenciliğin Tarihi</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>180</v>
+        <v>520</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786051051840</t>
+          <t>9786053519232</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>İntiharın Tarihi</t>
+          <t>Kur'an'da Şüphe Olgusu</t>
         </is>
       </c>
       <c r="C32" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786051052175</t>
+          <t>9786051051802</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>İstanbul'da Üç Yıl (3 Cilt-Takım)</t>
+          <t>Sarayın Terzileri</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>1250</v>
+        <v>190</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786051051758</t>
+          <t>9786051051772</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devleti ve Kürtler</t>
+          <t>Yemekle Devrialem</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>425</v>
+        <v>350</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786051052274</t>
+          <t>9786051052113</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’da Üç Yıl Cilt 3</t>
+          <t>Bir Çocuğun İstanbul Hatıraları 1901-1913</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>470</v>
+        <v>210</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786051052281</t>
+          <t>9786051051840</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Anadolu’ya Büyük Katalan Seferi</t>
+          <t>İntiharın Tarihi</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>245</v>
+        <v>280</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789758704552</t>
+          <t>9786051052175</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Sultanlar Kentine Yolculuk 1578-1581</t>
+          <t>İstanbul'da Üç Yıl (3 Cilt-Takım)</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>430</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786051050591</t>
+          <t>9786051051758</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Sultanın Zindanında</t>
+          <t>Osmanlı Devleti ve Kürtler</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>210</v>
+        <v>425</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786051050669</t>
+          <t>9786051052274</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilimler ve Felsefe</t>
+          <t>İstanbul’da Üç Yıl Cilt 3</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>295</v>
+        <v>510</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786051050829</t>
+          <t>9786051052281</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Rodos Müslümanları</t>
+          <t>Anadolu’ya Büyük Katalan Seferi</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>245</v>
+        <v>290</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786051051079</t>
+          <t>9789758704552</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Saray-ı Enderun</t>
+          <t>Sultanlar Kentine Yolculuk 1578-1581</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>145</v>
+        <v>515</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786051050904</t>
+          <t>9786051050591</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Reinhold Lubenau Seyahatnamesi (2 Cilt Takım)</t>
+          <t>Sultanın Zindanında</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>980</v>
+        <v>250</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789756051689</t>
+          <t>9786051050669</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Portekizli Seyyahlar</t>
+          <t>Sosyal Bilimler ve Felsefe</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>370</v>
+        <v>350</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786051050485</t>
+          <t>9786051050829</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Kalyonlar ve Kadırgalar (Ciltli)</t>
+          <t>Rodos Müslümanları</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>1350</v>
+        <v>295</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789758704286</t>
+          <t>9786051051079</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Kağıda İşlenen Uygarlık</t>
+          <t>Saray-ı Enderun</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>540</v>
+        <v>180</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786051050782</t>
+          <t>9786051050904</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>İyilik Yap Denize At</t>
+          <t>Reinhold Lubenau Seyahatnamesi (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>335</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786051050546</t>
+          <t>9789756051689</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>İstanbul - İmparatorluk Başkentinden Megakente</t>
+          <t>Portekizli Seyyahlar</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>775</v>
+        <v>400</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786051050607</t>
+          <t>9786051050485</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>İlyas Hanna Seyahatnamesi</t>
+          <t>Kalyonlar ve Kadırgalar (Ciltli)</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>220</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786051050768</t>
+          <t>9789758704286</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>İlginç Zamanlar</t>
+          <t>Kağıda İşlenen Uygarlık</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>75</v>
+        <v>650</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786051051154</t>
+          <t>9786051050782</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Irak Kürtleri</t>
+          <t>İyilik Yap Denize At</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>290</v>
+        <v>425</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786051051017</t>
+          <t>9786051050546</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Hayallerdeki Türk</t>
+          <t>İstanbul - İmparatorluk Başkentinden Megakente</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>295</v>
+        <v>775</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786051050614</t>
+          <t>9786051050607</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Harp ve Sulh</t>
+          <t>İlyas Hanna Seyahatnamesi</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>525</v>
+        <v>250</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786051050102</t>
+          <t>9786051050768</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Fresne-Canaye Seyahatnamesi 1573</t>
+          <t>İlginç Zamanlar</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>275</v>
+        <v>95</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786051050287</t>
+          <t>9786051051154</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Hadice Turhan Sultan</t>
+          <t>Irak Kürtleri</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>570</v>
+        <v>375</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789758704804</t>
+          <t>9786051051017</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Dünyada Türk İmgesi</t>
+          <t>Hayallerdeki Türk</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>430</v>
+        <v>360</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786051051024</t>
+          <t>9786051050614</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Dewleta Osmani û Neteweperweren Kurd</t>
+          <t>Harp ve Sulh</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>60</v>
+        <v>590</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786051050683</t>
+          <t>9786051050102</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Dersim Kürt Tedibi 1937-1938</t>
+          <t>Fresne-Canaye Seyahatnamesi 1573</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>275</v>
+        <v>320</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786051051031</t>
+          <t>9786051050287</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Büyük Türk</t>
+          <t>Hadice Turhan Sultan</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>335</v>
+        <v>685</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786051050720</t>
+          <t>9789758704804</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Bizans</t>
+          <t>Dünyada Türk İmgesi</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>475</v>
+        <v>525</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786051050058</t>
+          <t>9786051051024</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Bir Savaş Nasıl Kaybedilir ?</t>
+          <t>Dewleta Osmani û Neteweperweren Kurd</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>360</v>
+        <v>75</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789758704798</t>
+          <t>9786051050683</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Bir Osmanlı Kimliği</t>
+          <t>Dersim Kürt Tedibi 1937-1938</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>260</v>
+        <v>300</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786051050881</t>
+          <t>9786051051031</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Bir Allame-i Cihan; Stefan Yerasimos (1942-2005) 2 Cilt Takım</t>
+          <t>Büyük Türk</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>930</v>
+        <v>425</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786051050980</t>
+          <t>9786051050720</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Babıali ve Hıdiv İsmail</t>
+          <t>Bizans</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>235</v>
+        <v>590</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789756051061</t>
+          <t>9786051050058</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Atmeydanı</t>
+          <t>Bir Savaş Nasıl Kaybedilir ?</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>145</v>
+        <v>430</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786051050539</t>
+          <t>9789758704798</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Apartman</t>
+          <t>Bir Osmanlı Kimliği</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>570</v>
+        <v>310</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786051051130</t>
+          <t>9786051050881</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>2. Mahmud Devrinde Osmanlı İstihbaratı</t>
+          <t>Bir Allame-i Cihan; Stefan Yerasimos (1942-2005) 2 Cilt Takım</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>750</v>
+        <v>1175</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789756051610</t>
+          <t>9786051050980</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>17. Yüzyılda Topkapı Sarayı</t>
+          <t>Babıali ve Hıdiv İsmail</t>
         </is>
       </c>
       <c r="C67" s="1">
         <v>290</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786051050775</t>
+          <t>9789756051061</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Padişahın Huzurunda</t>
+          <t>Atmeydanı</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>210</v>
+        <v>175</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9789758704934</t>
+          <t>9786051050539</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Osmanlıda Seyyidler ve Şerifler</t>
+          <t>Apartman</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>310</v>
+        <v>690</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786051051185</t>
+          <t>9786051051130</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Toplumunda Çocuk Olmak</t>
+          <t>2. Mahmud Devrinde Osmanlı İstihbaratı</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>285</v>
+        <v>880</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786051050270</t>
+          <t>9789756051610</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Kahvehaneleri</t>
+          <t>17. Yüzyılda Topkapı Sarayı</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>210</v>
+        <v>340</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786051051086</t>
+          <t>9786051050775</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>New York</t>
+          <t>Padişahın Huzurunda</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>380</v>
+        <v>250</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9789758704293</t>
+          <t>9789758704934</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’da Bir Köle Brettenli Michael Bretten’in Anıları 1585-1588</t>
+          <t>Osmanlıda Seyyidler ve Şerifler</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>520</v>
+        <v>370</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786051050645</t>
+          <t>9786051051185</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Yüksel Arslan - Ferit Edgü Mektuplar 1957-2008</t>
+          <t>Osmanlı Toplumunda Çocuk Olmak</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>275</v>
+        <v>340</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9789758704361</t>
+          <t>9786051050270</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Yunanca Düşünce Arapça Kültür</t>
+          <t>Osmanlı Kahvehaneleri</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>430</v>
+        <v>250</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789758704538</t>
+          <t>9786051051086</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Yemen’den Basra’ya Sınırdaki Osmanlı</t>
+          <t>New York</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>540</v>
+        <v>490</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786051050492</t>
+          <t>9789758704293</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Üzerine Basmakalıp Düşünceler</t>
+          <t>Osmanlı’da Bir Köle Brettenli Michael Bretten’in Anıları 1585-1588</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>180</v>
+        <v>620</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789756051474</t>
+          <t>9786051050645</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Günlüğü 1577-1578 2. Cilt</t>
+          <t>Yüksel Arslan - Ferit Edgü Mektuplar 1957-2008</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>475</v>
+        <v>375</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789756051481</t>
+          <t>9789758704361</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Günlüğü 1577-1578 (2 Cilt Takım)</t>
+          <t>Yunanca Düşünce Arapça Kültür</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>980</v>
+        <v>525</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789756051436</t>
+          <t>9789758704538</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Günlüğü 1573-1576 1. Cilt</t>
+          <t>Yemen’den Basra’ya Sınırdaki Osmanlı</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>545</v>
+        <v>650</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789758704972</t>
+          <t>9786051050492</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Tournefort Seyahatnamesi</t>
+          <t>Türkiye Üzerine Basmakalıp Düşünceler</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>890</v>
+        <v>220</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786051050294</t>
+          <t>9789756051474</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Thevenot Seyahatnamesi</t>
+          <t>Türkiye Günlüğü 1577-1578 2. Cilt</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>470</v>
+        <v>580</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786051052250</t>
+          <t>9789756051481</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’da Üç Yıl, Cilt 2 - Türklerin Örf ve Adetleri, 1841-1844</t>
+          <t>Türkiye Günlüğü 1577-1578 (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>470</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786051052267</t>
+          <t>9789756051436</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Usulü Yemek Tarifleri</t>
+          <t>Türkiye Günlüğü 1573-1576 1. Cilt</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>210</v>
+        <v>650</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786051052199</t>
+          <t>9789758704972</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>İstanbul 1778</t>
+          <t>Tournefort Seyahatnamesi</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>240</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786051052243</t>
+          <t>9786051050294</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>İki Yemek Kitabı Işığında 16. Yüzyıl Safevi Mutfağı</t>
+          <t>Thevenot Seyahatnamesi</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>400</v>
+        <v>550</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786051052236</t>
+          <t>9786051052250</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Kaynaklarında Karşı Casusluk Vakaları</t>
+          <t>İstanbul’da Üç Yıl, Cilt 2 - Türklerin Örf ve Adetleri, 1841-1844</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>155</v>
+        <v>500</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786051052182</t>
+          <t>9786051052267</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>İstanbul'da Üç Yıl - 1. Cilt</t>
+          <t>İstanbul Usulü Yemek Tarifleri</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>420</v>
+        <v>250</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786051052205</t>
+          <t>9786051052199</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>İstanbul'dan İzlenimler</t>
+          <t>İstanbul 1778</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>130</v>
+        <v>280</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786051052229</t>
+          <t>9786051052243</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Boğaziçi 1779</t>
+          <t>İki Yemek Kitabı Işığında 16. Yüzyıl Safevi Mutfağı</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>210</v>
+        <v>480</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786051052212</t>
+          <t>9786051052236</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Payitaht Yeniçerileri</t>
+          <t>Osmanlı Kaynaklarında Karşı Casusluk Vakaları</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>490</v>
+        <v>185</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9789758704330</t>
+          <t>9786051052182</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’da Bir Papaz</t>
+          <t>İstanbul'da Üç Yıl - 1. Cilt</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>140</v>
+        <v>475</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786051052151</t>
+          <t>9786051052205</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Saraydaki Kahin</t>
+          <t>İstanbul'dan İzlenimler</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>230</v>
+        <v>160</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786051052137</t>
+          <t>9786051052229</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Mübadil Belleği</t>
+          <t>Boğaziçi 1779</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>310</v>
+        <v>250</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786051052120</t>
+          <t>9786051052212</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Saray Teşkilatında Has Oda</t>
+          <t>Payitaht Yeniçerileri</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>550</v>
+        <v>590</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786051052090</t>
+          <t>9789758704330</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İstanbul’unda Rum Ortodoks Musikisi</t>
+          <t>Osmanlı’da Bir Papaz</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>325</v>
+        <v>175</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786051052106</t>
+          <t>9786051052151</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>İrlandalı Bir Vaizin Gözüyle 2. Mahmud İstanbul’u</t>
+          <t>Saraydaki Kahin</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>750</v>
+        <v>280</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786051052076</t>
+          <t>9786051052137</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Sair Halk</t>
+          <t>Mübadil Belleği</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>300</v>
+        <v>375</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786051052045</t>
+          <t>9786051052120</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Aşçı Mektebi</t>
+          <t>Osmanlı Saray Teşkilatında Has Oda</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>390</v>
+        <v>670</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786051052052</t>
+          <t>9786051052090</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Hariciyesinin Modern Temelleri</t>
+          <t>Osmanlı İstanbul’unda Rum Ortodoks Musikisi</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>360</v>
+        <v>400</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786051052069</t>
+          <t>9786051052106</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devleti’nin Son Yıllarında Meşihat Adliye Maarif ve Hilafet 1918-1922</t>
+          <t>İrlandalı Bir Vaizin Gözüyle 2. Mahmud İstanbul’u</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>350</v>
+        <v>850</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786051052021</t>
+          <t>9786051052076</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Topraklarında Anılar</t>
+          <t>İslam ve Sair Halk</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>165</v>
+        <v>360</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786051052014</t>
+          <t>9786051052045</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>İstanbul'da Konstantinopolis'i Aramak</t>
+          <t>Aşçı Mektebi</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>800</v>
+        <v>475</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786051052038</t>
+          <t>9786051052052</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Hasta, Doktor ve Devlet</t>
+          <t>Osmanlı Hariciyesinin Modern Temelleri</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>250</v>
+        <v>440</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786051052007</t>
+          <t>9786051052069</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İstanbul’unda Çocuk Emeği</t>
+          <t>Osmanlı Devleti’nin Son Yıllarında Meşihat Adliye Maarif ve Hilafet 1918-1922</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>360</v>
+        <v>425</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786051051987</t>
+          <t>9786051052021</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Pierre Belon Seyahatnamesi</t>
+          <t>Osmanlı Topraklarında Anılar</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>350</v>
+        <v>190</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786051051970</t>
+          <t>9786051052014</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Breüning Seyahatnamesi</t>
+          <t>İstanbul'da Konstantinopolis'i Aramak</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>295</v>
+        <v>980</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786051051956</t>
+          <t>9786051052038</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Abdülhamid İstanbul’unda Bir Kadın Seyyah</t>
+          <t>Hasta, Doktor ve Devlet</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>150</v>
+        <v>310</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786051051963</t>
+          <t>9786051052007</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>II. Abdülhamid Döneminde Bir Mehdilik İddiası</t>
+          <t>Osmanlı İstanbul’unda Çocuk Emeği</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786051051949</t>
+          <t>9786051051987</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Modernleşmesi</t>
+          <t>Pierre Belon Seyahatnamesi</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>450</v>
+        <v>420</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786051051918</t>
+          <t>9786051051970</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Sularında Balık Avcılığı</t>
+          <t>Breüning Seyahatnamesi</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>215</v>
+        <v>350</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786051051871</t>
+          <t>9786051051956</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Doğurayım Diye Deli Olduğum Çocuk Bana Keçileri Kaçırtacak</t>
+          <t>Abdülhamid İstanbul’unda Bir Kadın Seyyah</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>365</v>
+        <v>180</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786051051932</t>
+          <t>9786051051963</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Yavuz’u Yaratmak</t>
+          <t>II. Abdülhamid Döneminde Bir Mehdilik İddiası</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>540</v>
+        <v>325</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786051051901</t>
+          <t>9786051051949</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Abdülhamid Döneminde İstihbarat</t>
+          <t>Osmanlı Modernleşmesi</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>485</v>
+        <v>550</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786051051925</t>
+          <t>9786051051918</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Muhabirimiz Çanakkale Cephesinden Bildiriyor!</t>
+          <t>Osmanlı Sularında Balık Avcılığı</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>85</v>
+        <v>260</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786051051895</t>
+          <t>9786051051871</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Bir Osmanlı Hekiminin Anılarıyla İmparatorlüğun Zor Yılları 1858-1878</t>
+          <t>Doğurayım Diye Deli Olduğum Çocuk Bana Keçileri Kaçırtacak</t>
         </is>
       </c>
       <c r="C116" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786051051857</t>
+          <t>9786051051932</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Mimarlar ve Apartmanları</t>
+          <t>Yavuz’u Yaratmak</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>250</v>
+        <v>650</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786051051826</t>
+          <t>9786051051901</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Atçalı Kel Mehmed Efe</t>
+          <t>Abdülhamid Döneminde İstihbarat</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>375</v>
+        <v>590</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786051051796</t>
+          <t>9786051051925</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>On Altı Batıkta Dünya Tarihi</t>
+          <t>Muhabirimiz Çanakkale Cephesinden Bildiriyor!</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>360</v>
+        <v>110</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786051051819</t>
+          <t>9786051051895</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Mayer Mağazaları</t>
+          <t>Bir Osmanlı Hekiminin Anılarıyla İmparatorlüğun Zor Yılları 1858-1878</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>460</v>
+        <v>560</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786051051765</t>
+          <t>9786051051857</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Karamanlı Rum Ortodoks Bir Askerin Seferberlik Hatıraları</t>
+          <t>Mimarlar ve Apartmanları</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>280</v>
+        <v>320</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786051051673</t>
+          <t>9786051051826</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Hayatlarının Çeşitli Safhalarında Harem-i Hümayun Cariyeleri 18. Yüzyıl</t>
+          <t>Atçalı Kel Mehmed Efe</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>480</v>
+        <v>475</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786051051659</t>
+          <t>9786051051796</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Namus Cinayetleri Sarhoş Kavgaları</t>
+          <t>On Altı Batıkta Dünya Tarihi</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>250</v>
+        <v>440</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786051051611</t>
+          <t>9786051051819</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Günlükleri ve Anadolu’da Yolculuk (Cilt 1-2)</t>
+          <t>Mayer Mağazaları</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>920</v>
+        <v>550</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786051051543</t>
+          <t>9786051051765</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Pero Tafur Seyahatnamesi</t>
+          <t>Karamanlı Rum Ortodoks Bir Askerin Seferberlik Hatıraları</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>295</v>
+        <v>325</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786051051536</t>
+          <t>9786051051673</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Evhadeddin-i Kirmani</t>
+          <t>Hayatlarının Çeşitli Safhalarında Harem-i Hümayun Cariyeleri 18. Yüzyıl</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>335</v>
+        <v>580</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786051051529</t>
+          <t>9786051051659</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Sularında Rekabet</t>
+          <t>Namus Cinayetleri Sarhoş Kavgaları</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>410</v>
+        <v>300</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786051051192</t>
+          <t>9786051051611</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Lale Devrinde Savaş</t>
+          <t>İstanbul Günlükleri ve Anadolu’da Yolculuk (Cilt 1-2)</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>325</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786051051512</t>
+          <t>9786051051543</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Gelenekten Geleceğe İslami Düşüncede Yenilik</t>
+          <t>Pero Tafur Seyahatnamesi</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>470</v>
+        <v>350</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786051051475</t>
+          <t>9786051051536</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Sultanları</t>
+          <t>Evhadeddin-i Kirmani</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>240</v>
+        <v>400</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786051051499</t>
+          <t>9786051051529</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devlet ve Toplum Hayatında Mevlevilik 19. Yüzyıl</t>
+          <t>Osmanlı Sularında Rekabet</t>
         </is>
       </c>
       <c r="C131" s="1">
         <v>495</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786051051468</t>
+          <t>9786051051192</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>İmam Hatip Okulları</t>
+          <t>Lale Devrinde Savaş</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>250</v>
+        <v>390</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786051051451</t>
+          <t>9786051051512</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Ebul’ ula Mardin</t>
+          <t>Gelenekten Geleceğe İslami Düşüncede Yenilik</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>225</v>
+        <v>560</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786051051437</t>
+          <t>9786051051475</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Haydi Sofraya!</t>
+          <t>Osmanlı Sultanları</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>275</v>
+        <v>290</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786051051420</t>
+          <t>9786051051499</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Dünyasında İhtida Anlatıları</t>
+          <t>Osmanlı Devlet ve Toplum Hayatında Mevlevilik 19. Yüzyıl</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>330</v>
+        <v>595</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786051051390</t>
+          <t>9786051051468</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Kudüs Yolculuğu</t>
+          <t>İmam Hatip Okulları</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786051051444</t>
+          <t>9786051051451</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Kafirle İttifak</t>
+          <t>Ebul’ ula Mardin</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>275</v>
+        <v>270</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786051051406</t>
+          <t>9786051051437</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Tütün İçmek Haram mıdır?</t>
+          <t>Haydi Sofraya!</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>170</v>
+        <v>325</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786051051376</t>
+          <t>9786051051420</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği Sosyal Politikası ve Türkiye</t>
+          <t>Osmanlı Dünyasında İhtida Anlatıları</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>340</v>
+        <v>410</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786051051338</t>
+          <t>9786051051390</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Girit, Siyaset ve İsyan 1895-1898</t>
+          <t>Kudüs Yolculuğu</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>350</v>
+        <v>190</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786051051345</t>
+          <t>9786051051444</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>İmparatorluğun Açlıkla İmtihanı</t>
+          <t>Kafirle İttifak</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>560</v>
+        <v>330</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786051051246</t>
+          <t>9786051051406</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Velilik ve Delilik Arasında</t>
+          <t>Tütün İçmek Haram mıdır?</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>490</v>
+        <v>200</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786051051321</t>
+          <t>9786051051376</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Rabia Gülnuş Emetullah Sultan</t>
+          <t>Avrupa Birliği Sosyal Politikası ve Türkiye</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>345</v>
+        <v>400</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786051051253</t>
+          <t>9786051051338</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Chardin Seyahatnamesi 1671-1673</t>
+          <t>Girit, Siyaset ve İsyan 1895-1898</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>650</v>
+        <v>430</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786051051291</t>
+          <t>9786051051345</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı-İran İlişkileri ve Sünni-Şii İttifakı</t>
+          <t>İmparatorluğun Açlıkla İmtihanı</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>280</v>
+        <v>670</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786051051222</t>
+          <t>9786051051246</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Türklerde Din ve Devlet Yönetimi</t>
+          <t>Velilik ve Delilik Arasında</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>310</v>
+        <v>575</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786051051314</t>
+          <t>9786051051321</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Süleyman'ın İmparatorluğunda</t>
+          <t>Rabia Gülnuş Emetullah Sultan</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>415</v>
+        <v>345</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786051051178</t>
+          <t>9786051051253</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Antikçağda Oyun ve Oyuncaklar</t>
+          <t>Chardin Seyahatnamesi 1671-1673</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>325</v>
+        <v>750</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786051050041</t>
+          <t>9786051051291</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Anadolu’da Derviş ve Toplum</t>
+          <t>Osmanlı-İran İlişkileri ve Sünni-Şii İttifakı</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>330</v>
+        <v>340</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
+          <t>9786051051222</t>
+        </is>
+      </c>
+      <c r="B150" s="1" t="inlineStr">
+        <is>
+          <t>Türklerde Din ve Devlet Yönetimi</t>
+        </is>
+      </c>
+      <c r="C150" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="151" spans="1:3">
+      <c r="A151" s="1" t="inlineStr">
+        <is>
+          <t>9786051051314</t>
+        </is>
+      </c>
+      <c r="B151" s="1" t="inlineStr">
+        <is>
+          <t>Muhteşem Süleyman'ın İmparatorluğunda</t>
+        </is>
+      </c>
+      <c r="C151" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="152" spans="1:3">
+      <c r="A152" s="1" t="inlineStr">
+        <is>
+          <t>9786051051178</t>
+        </is>
+      </c>
+      <c r="B152" s="1" t="inlineStr">
+        <is>
+          <t>Antikçağda Oyun ve Oyuncaklar</t>
+        </is>
+      </c>
+      <c r="C152" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="153" spans="1:3">
+      <c r="A153" s="1" t="inlineStr">
+        <is>
+          <t>9786051050041</t>
+        </is>
+      </c>
+      <c r="B153" s="1" t="inlineStr">
+        <is>
+          <t>Anadolu’da Derviş ve Toplum</t>
+        </is>
+      </c>
+      <c r="C153" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="154" spans="1:3">
+      <c r="A154" s="1" t="inlineStr">
+        <is>
           <t>9786051050034</t>
         </is>
       </c>
-      <c r="B150" s="1" t="inlineStr">
+      <c r="B154" s="1" t="inlineStr">
         <is>
           <t>İstanbul’a Bir Yolculuk 1657-1658</t>
         </is>
       </c>
-      <c r="C150" s="1">
-        <v>220</v>
+      <c r="C154" s="1">
+        <v>250</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>