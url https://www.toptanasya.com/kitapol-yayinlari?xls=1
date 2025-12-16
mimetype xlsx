--- v0 (2025-10-30)
+++ v1 (2025-12-16)
@@ -319,51 +319,51 @@
         <is>
           <t>9786057156990</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
           <t>Edebiyatta Resim Esintisi</t>
         </is>
       </c>
       <c r="C16" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
           <t>9786057156983</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
           <t>Ki Telli Saz (Ruzba) Metodu</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
           <t>9786057156976</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
           <t>Anthology Of Music Reading - Müzik Okuma Antolojisi 2</t>
         </is>
       </c>
       <c r="C18" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
           <t>9786057156952</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>