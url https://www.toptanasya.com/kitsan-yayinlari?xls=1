--- v0 (2025-10-30)
+++ v1 (2026-02-07)
@@ -94,1846 +94,1846 @@
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>9786058141452</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
           <t>Tuz Muhabbet</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>9787597874252</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
           <t>A’dan Z’ye Astroloji (4 Cilt Takım)</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>1000</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>9789758833382</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
           <t>Tefsir-i Kebir Te’vilat (2 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>1500</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>9789758833870</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
           <t>Ateş-i Firkat</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>9789758833399</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
           <t>Haftalık Virdler ve Zikirler</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>3990000003022</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
           <t>Abdullah Rasulullah Muhammed Mustafa (Aleyhisselam) Cilt: 2</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>9789758833412</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
           <t>Varlık Ağacı</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>9789758833863</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
           <t>Ateş-i Aşk</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>9789757557562</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
           <t>Tuhfe’tüs Sefere - Bir Hediye</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>3990000091362</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
           <t>Risaleler Serisi (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>900</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
           <t>9786058141445</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
           <t>Kul Olmak</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
           <t>9789758833696</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
           <t>Ariflerin Satrancı</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
           <t>3990000012884</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
           <t>Gülşen-i Raz</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
           <t>9789757557593</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
           <t>Miftah-u Müşkilat’il-Arifin Adab-u Tariki’l-Vasilin Sadıkların Müşküllerinin Anahtarı</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
           <t>9789757557722</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
           <t>Mesajlar</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
           <t>9789758833511</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
           <t>Mektubat-ı Geylani</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
           <t>9789758833177</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
           <t>Mekarimu’l- Ahlak Üstün Ahlak</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>260</v>
+        <v>350</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
           <t>9789758833337</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
           <t>Kur’an-ı Kerim ve Yüce Meali 3'lü (Hafız Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>600</v>
+        <v>900</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
           <t>9789758833368</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
           <t>Kur’an-ı Kerim ve Yüce Meali (Rahle Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>500</v>
+        <v>700</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
           <t>9789758833375</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
           <t>Kur’an-ı Kerim ve Yüce Meali (Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>400</v>
+        <v>600</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
           <t>9789758833108</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
           <t>Kuran-ı Kerim Meali 4 Cilt Takım Arap ve Latin Harfleri ile Kelime Anlamlı (Ciltli)</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>3000</v>
+        <v>4000</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
           <t>9789758833320</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
           <t>Kur’an Mührü</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
           <t>3990000007019</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
           <t>Kenz-i Mahfi</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
           <t>3990000031642</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
           <t>Kendini Tanı</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
           <t>9789758833467</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
           <t>Kalbe Yolculuk</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
           <t>9789757557448</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
           <t>İslam</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
           <t>9789757557456</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
           <t>İnsan-ı Kamil (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>800</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
           <t>9789757557319</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
           <t>İnsan ve Sırları 2</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
           <t>9789758833191</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
           <t>İnsan ve Din</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
           <t>9789758833153</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
           <t>Holografik Bakış</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
           <t>9789758833429</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
           <t>Hikmette Son Nokta</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
           <t>9789757557586</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
           <t>Hikmetler ve Sırlar</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
           <t>9789758833351</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
           <t>Hırka Kitabı</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
           <t>9789757557227</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
           <t>Hazreti Muhammed’in Açıkladığı Allah</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
           <t>9789757557739</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
           <t>Hakikatin Özü</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
           <t>9789758833016</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
           <t>Hak ve Hakikat Yolcularını İrşad</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
           <t>9789757557579</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
           <t>Hadis-i Erbain</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
           <t>9789757557470</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
           <t>Gaybın Dili</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
           <t>9789758833436</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
           <t>Fususu’l Hikem Anahtarları Kur’an - Varlık</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
           <t>9789757557371</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
           <t>Evrensel Sırlar</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
           <t>9789757575603</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
           <t>Et Tecrid Fi Kelime’Tüt’Tevhid Risalesi ve Şerhi</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
           <t>9789757557425</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
           <t>Ebu Bekr Es Sıddık</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
           <t>9789757557364</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
           <t>Dost’tan Dosta</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
           <t>9789757557678</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
           <t>Dinin Temel Gerçekleri</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
           <t>9789757557708</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
           <t>Cuma Sohbetleri</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
           <t>9789758833207</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
           <t>Bizim Yunus</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
           <t>9789758833030</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
           <t>Bilincin Arınışı</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
           <t>9789757557463</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
           <t>Besmele’nin Şerhi</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
           <t>9789758833146</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
           <t>Aynadaki Evren</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
           <t>9789758833535</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
           <t>Alemler Aşk’a Geldi</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
           <t>9789757557395</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
           <t>Akıl ve İman</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
           <t>9789758833238</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
           <t>Ahmed Hulusi’de Kavramlar G</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
           <t>9789758833214</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
           <t>Ahmed Hulusi’de Kavramlar F</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
           <t>9789758833184</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
           <t>Ahmed Hulusi’de Kavramlar E</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
           <t>2880000018391</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
           <t>Ahmed Hulusi’de Kavramlar D</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
           <t>3990000003035</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
           <t>Ahmed Hulusi’de Kavramlar C 2. Cilt</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
           <t>9789758833009</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
           <t>Ahmed Hulusi’de Kavramlar C 1. Cilt</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
           <t>9789758833481</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
           <t>Ahmed Hulusi’de Kavramlar B 2.Cilt</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
           <t>9789757557968</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
           <t>Ahmed Hulusi’de Kavramlar B 1.Cilt</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
           <t>9789757557746</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
           <t>Ahmed Hulusi’de Kavramlar A</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
           <t>9789758833276</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
           <t>A’dan Z’ye Astroloji 4. Kitap</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
           <t>9789758833269</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
           <t>A’dan Z’ye Astroloji 3. Kitap</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
           <t>9789758833566</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
           <t>Ahmet Hulusi’de Kavramlar İ-2</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
           <t>9789758833559</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
           <t>Ahmet Hulusi’de Kavramlar İ-1</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
           <t>9789758833597</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
           <t>Ahmed Hulusi’de Kavramlar İ-5</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
           <t>9789758833580</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
           <t>Ahmed Hulusi’de Kavramlar İ-4</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
           <t>9789758833245</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
           <t>Ahmed Hulusi’de Kavramlar H-2</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
           <t>9789758833252</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
           <t>Ahmed Hulusi’de Kavramlar H-1</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
           <t>9789758833573</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
           <t>Ahmet Hulusi’de Kavramlar İ-3</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
           <t>9789757557517</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
           <t>A’dan Z’ye Astroloji 2. Kitap</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
           <t>9789757557500</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
           <t>A’dan Z’ye Astroloji 1. Kitap</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
           <t>9789758833290</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
           <t>Açıklamalı Kur’an-ı Kerim Meali (Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>400</v>
+        <v>600</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
           <t>3990000003024</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
           <t>Abdullah Rasulullah Muhammed Mustafa (Aleyhisselam) Cilt: 1</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
           <t>3990000003023</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
           <t>Abdullah Rasulullah Muhammed Mustafa (Aleyhisselam) 2 Cilt Takım</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>400</v>
+        <v>600</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
           <t>9789757557388</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
           <t>"Gavsiye" Açıklaması</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
           <t>9789758833603</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
           <t>Yüce Allah’ın İhsanı</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
           <t>3990000090981</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
           <t>Yenilen</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
           <t>9789757557661</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
           <t>Vasiyetler 1</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
           <t>9789758833450</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
           <t>Vahdet Bey</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
           <t>9789757557357</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
           <t>Tecelliyat</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
           <t>3990000010997</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
           <t>Şemsü’s-Şümüs (Güneşler Güneşi) (Ciltli)</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
           <t>3990000003032</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
           <t>Okyanus Ötesinden 3</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
           <t>9789757557625</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
           <t>Okyanus Ötesinden 2</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
           <t>9789757557623</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
           <t>Okyanus Ötesinden 1</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
           <t>9789758833634</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
           <t>Muhyiddin İbn Arabi’den İsm-i A’zam</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>500</v>
+        <v>750</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
           <t>9789758833078</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
           <t>Muhyiddin İbn Arabi Risaleler 3</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
           <t>9789758833061</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
           <t>Muhyiddin İbn Arabi Risaleler 2</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
           <t>9789758833054</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
           <t>Muhyiddin İbn Arabi Risaleler 1</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
           <t>9789758833306</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
           <t>Mişkat’ul Envar - Nurlar Menbai</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
           <t>9789758833979</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
           <t>Dilhun</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
           <t>9789758833689</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
           <t>Ulü'l Azm Peygamber Kıssalarının Enfüsi Manaları</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
           <t>9789757557272</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
           <t>Muhammed Mustafa 2</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
           <t>9789757557289</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
           <t>Muhammed Mustafa 1</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
           <t>9789757557333</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
           <t>Hz. Muhammed Neyi 'Oku'du</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
           <t>9789758833801</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
           <t>Hak Yolunun Önderleri Yüce Veliler</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>400</v>
+        <v>600</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
           <t>9789758833993</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
           <t>Dost'tan Dosta 2</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
           <t>9789758833856</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
           <t>Dağların İklimi</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
           <t>9786055971052</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
           <t>Amak-ı Hayal</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
           <t>9789758833528</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
           <t>Gülzar-ı Sofiyye (Ciltli)</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
           <t>9789758833764</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
           <t>Şeyh-i Ekber Muhyiddin-İbni Arabi’yi Okumak</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
           <t>9789757557302</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
           <t>İnsan ve Sırları Cilt: 1</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
           <t>9789757557685</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
           <t>Yıldızların Mevki</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
           <t>9789758833924</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
           <t>Evrad-ı Mevlana Hazret-i Mevlana'dan Dua ve Zikir Arapçası Okunuşu Manası</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
           <t>9789758833832</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
           <t>Ateş-i Suzan</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
           <t>9789758833771</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
           <t>Aşk'a Yemin Olsun Ki</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
           <t>9789758833719</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
           <t>Kuran'ın Kalbinden Hayatın Kalbine Yürüyüş</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
           <t>9789758833849</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
           <t>Suları Yıkamak</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
           <t>9789758833788</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
           <t>Bir Duadır Yaşamak</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
           <t>9789758833917</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
           <t>Söz Kalbe Değince</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
           <t>9789758833825</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
           <t>Aşkın İncisi - H.Z. Rabiatü'l Adeviyye</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
           <t>9789758833818</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
           <t>Hayata İlim Düştü</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
           <t>9789757557653</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
           <t>Sistemin Seslenişi 1</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
           <t>9789758833085</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
           <t>Ruhu’l Kuds İbn Arabi’nin Feyz Aldığı Sufiler</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
           <t>9789757557326</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
           <t>Ruh İnsan Cin</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
           <t>3990000012899</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
           <t>Türk İslam Sofrası</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
           <t>9789757557432</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
           <t>Tek’in Seyri</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
           <t>9789758833672</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
           <t>Tekbir Çağına Girerken: Gönül Saatini Bir’e Kurmak</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
           <t>9789757557906</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
           <t>Sistemin Seslenişi 2</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
           <t>9789758833627</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
           <t>Marifet Gülzarı</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
           <t>9789758833610</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
           <t>Kutsal Sırlar</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
           <t>9789758833405</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
           <t>Kur’an’la Kucaklaşmak</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>