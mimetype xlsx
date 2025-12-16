--- v0 (2025-10-30)
+++ v1 (2025-12-16)
@@ -85,475 +85,490 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786258384185</t>
+          <t>9786255524218</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Kitap Kırtasiye Hediyelik Satış Noktaları Kataloğu 2022-2023 Sayı - 3</t>
+          <t>Çılgın Türk (Ciltli)</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>290</v>
+        <v>3000</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255524041</t>
+          <t>9786258384185</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Hazır mısınız Çocuklar</t>
+          <t>Türkiye Kitap Kırtasiye Hediyelik Satış Noktaları Kataloğu 2022-2023 Sayı - 3</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>250</v>
+        <v>290</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786258384529</t>
+          <t>9786255524041</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Vatan Yahut Silistre</t>
+          <t>Hazır mısınız Çocuklar</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255524188</t>
+          <t>9786258384529</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Said Nursi; İmanla Dirilen Anadolu</t>
+          <t>Vatan Yahut Silistre</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255524072</t>
+          <t>9786255524188</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Artistler Kahvesi</t>
+          <t>Said Nursi; İmanla Dirilen Anadolu</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255524140</t>
+          <t>9786255524072</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Hz. Hatice</t>
+          <t>Artistler Kahvesi</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255524058</t>
+          <t>9786255524140</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>İslam Astrolojisi</t>
+          <t>Hz. Hatice</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255524157</t>
+          <t>9786255524058</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Marifetname (Üç Cilt Bir Arada) (Ciltli)</t>
+          <t>İslam Astrolojisi</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>1500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786257271905</t>
+          <t>9786255524157</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin Külliyatı (Tüm Eserleri)</t>
+          <t>Marifetname (Üç Cilt Bir Arada) (Ciltli)</t>
         </is>
       </c>
       <c r="C10" s="1">
         <v>1500</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786255524119</t>
+          <t>9786257271905</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Marifetname</t>
+          <t>Ömer Seyfettin Külliyatı (Tüm Eserleri)</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>700</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786255524034</t>
+          <t>9786255524119</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ı Kerim "Oku"</t>
+          <t>Marifetname</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>800</v>
+        <v>700</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786255524096</t>
+          <t>9786255524034</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Kalplerin Keşfi - Mükaşefetü'l Kulüb</t>
+          <t>Kur'an'ı Kerim "Oku"</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>500</v>
+        <v>800</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786258384352</t>
+          <t>9786255524096</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Buhari ve Müslim - İttifak Hadisler</t>
+          <t>Kalplerin Keşfi - Mükaşefetü'l Kulüb</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786258384970</t>
+          <t>9786258384352</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Halaskar (Atatürk)</t>
+          <t>Buhari ve Müslim - İttifak Hadisler</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786258384888</t>
+          <t>9786258384970</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Yedirenk İklimi</t>
+          <t>Halaskar (Atatürk)</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>120</v>
+        <v>500</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786258384499</t>
+          <t>9786258384888</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>İttihad-ı İslam</t>
+          <t>Yedirenk İklimi</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786258384482</t>
+          <t>9786258384499</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Son İstanbul Şiirleri</t>
+          <t>İttihad-ı İslam</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786258384406</t>
+          <t>9786258384482</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Büyük Türk Tarihi Seti - 8 Kitap Takım</t>
+          <t>Son İstanbul Şiirleri</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>2900</v>
+        <v>130</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9788175257665</t>
+          <t>9786258384406</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Torosların Nazlı Çiçeği</t>
+          <t>Büyük Türk Tarihi Seti - 8 Kitap Takım</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>90</v>
+        <v>2900</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786258384345</t>
+          <t>9788175257665</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>İslam Dini ve Küfür Dini</t>
+          <t>Torosların Nazlı Çiçeği</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>150</v>
+        <v>90</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786258384314</t>
+          <t>9786258384345</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Ben Varım Ya</t>
+          <t>İslam Dini ve Küfür Dini</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>700</v>
+        <v>150</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786258384277</t>
+          <t>9786258384314</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Astrology Its Technics and Ethics</t>
+          <t>Ben Varım Ya</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>370</v>
+        <v>700</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786258384031</t>
+          <t>9786258384277</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Gökalp - Türk'ün Tekbiri</t>
+          <t>Astrology Its Technics and Ethics</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>160</v>
+        <v>370</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786257271806</t>
+          <t>9786258384031</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Kitap Kırtasiye Satış Noktaları Kataloğu Sayı: 1 2021- 2022</t>
+          <t>Gökalp - Türk'ün Tekbiri</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786257271653</t>
+          <t>9786257271806</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Gül, Güldür, Düşündür</t>
+          <t>Türkiye Kitap Kırtasiye Satış Noktaları Kataloğu Sayı: 1 2021- 2022</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786257271639</t>
+          <t>9786257271653</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>İskandinav Ülkeleri Anıları Danca, Manca ve Bence</t>
+          <t>Gül, Güldür, Düşündür</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786257271622</t>
+          <t>9786257271639</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Feyzullah Arslan Tiyatroları</t>
+          <t>İskandinav Ülkeleri Anıları Danca, Manca ve Bence</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>130</v>
+        <v>170</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786257271615</t>
+          <t>9786257271622</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Asayiş Berkemal</t>
+          <t>Feyzullah Arslan Tiyatroları</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>190</v>
+        <v>130</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
+          <t>9786257271615</t>
+        </is>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>Asayiş Berkemal</t>
+        </is>
+      </c>
+      <c r="C30" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="31" spans="1:3">
+      <c r="A31" s="1" t="inlineStr">
+        <is>
           <t>9786257271530</t>
         </is>
       </c>
-      <c r="B30" s="1" t="inlineStr">
+      <c r="B31" s="1" t="inlineStr">
         <is>
           <t>Darbenin Gölgesinde</t>
         </is>
       </c>
-      <c r="C30" s="1">
+      <c r="C31" s="1">
         <v>190</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>