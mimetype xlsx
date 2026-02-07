--- v1 (2025-12-16)
+++ v2 (2026-02-07)
@@ -85,490 +85,655 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255524218</t>
+          <t>9786258384956</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Türk (Ciltli)</t>
+          <t>Marifetname</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>3000</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786258384185</t>
+          <t>9786258384376</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Kitap Kırtasiye Hediyelik Satış Noktaları Kataloğu 2022-2023 Sayı - 3</t>
+          <t>Metehan</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>290</v>
+        <v>200</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255524041</t>
+          <t>9786258384932</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Hazır mısınız Çocuklar</t>
+          <t>Marifetname</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>250</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786258384529</t>
+          <t>9786258384635</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Vatan Yahut Silistre</t>
+          <t>Azra - Nebinin Sevgilisi</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255524188</t>
+          <t>9786258384611</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Said Nursi; İmanla Dirilen Anadolu</t>
+          <t>Hitler</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>300</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255524072</t>
+          <t>9786258384550</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Artistler Kahvesi</t>
+          <t>İlluminati</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>120</v>
+        <v>350</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255524140</t>
+          <t>9786258384604</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Hz. Hatice</t>
+          <t>Uhuvvet-i İslamiye - İslam Kardeşliği</t>
         </is>
       </c>
       <c r="C8" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255524058</t>
+          <t>9786258384444</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>İslam Astrolojisi</t>
+          <t>Kore Şuracıkta Ya Afganistan Ya Filistin Ya …!</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255524157</t>
+          <t>9786258384222</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Marifetname (Üç Cilt Bir Arada) (Ciltli)</t>
+          <t>Dört Mevsimde Gül Dermek</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>1500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786257271905</t>
+          <t>9786258384369</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin Külliyatı (Tüm Eserleri)</t>
+          <t>Türkçülük</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>1500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786255524119</t>
+          <t>9786257271646</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Marifetname</t>
+          <t>Polisin Hatıra Defterinden</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>700</v>
+        <v>280</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786255524034</t>
+          <t>9786255524218</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ı Kerim "Oku"</t>
+          <t>Çılgın Türk (Ciltli)</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>800</v>
+        <v>3000</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786255524096</t>
+          <t>9786258384185</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Kalplerin Keşfi - Mükaşefetü'l Kulüb</t>
+          <t>Türkiye Kitap Kırtasiye Hediyelik Satış Noktaları Kataloğu 2022-2023 Sayı - 3</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>500</v>
+        <v>4000</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786258384352</t>
+          <t>9786255524041</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Buhari ve Müslim - İttifak Hadisler</t>
+          <t>Hazır mısınız Çocuklar</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786258384970</t>
+          <t>9786258384529</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Halaskar (Atatürk)</t>
+          <t>Vatan Yahut Silistre</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786258384888</t>
+          <t>9786255524188</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Yedirenk İklimi</t>
+          <t>Said Nursi; İmanla Dirilen Anadolu</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>120</v>
+        <v>350</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786258384499</t>
+          <t>9786255524072</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>İttihad-ı İslam</t>
+          <t>Artistler Kahvesi</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786258384482</t>
+          <t>9786255524140</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Son İstanbul Şiirleri</t>
+          <t>Hz. Hatice</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>130</v>
+        <v>300</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786258384406</t>
+          <t>9786255524058</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Büyük Türk Tarihi Seti - 8 Kitap Takım</t>
+          <t>İslam Astrolojisi</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>2900</v>
+        <v>600</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9788175257665</t>
+          <t>9786255524157</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Torosların Nazlı Çiçeği</t>
+          <t>Marifetname (Üç Cilt Bir Arada) (Ciltli)</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>90</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786258384345</t>
+          <t>9786257271905</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>İslam Dini ve Küfür Dini</t>
+          <t>Ömer Seyfettin Külliyatı (Tüm Eserleri)</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>150</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786258384314</t>
+          <t>9786255524119</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Ben Varım Ya</t>
+          <t>Marifetname</t>
         </is>
       </c>
       <c r="C23" s="1">
         <v>700</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786258384277</t>
+          <t>9786255524034</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Astrology Its Technics and Ethics</t>
+          <t>Kur'an'ı Kerim "Oku"</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>370</v>
+        <v>800</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786258384031</t>
+          <t>9786255524096</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Gökalp - Türk'ün Tekbiri</t>
+          <t>Kalplerin Keşfi - Mükaşefetü'l Kulüb</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>160</v>
+        <v>800</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786257271806</t>
+          <t>9786258384352</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Kitap Kırtasiye Satış Noktaları Kataloğu Sayı: 1 2021- 2022</t>
+          <t>Buhari ve Müslim - İttifak Hadisler</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>250</v>
+        <v>750</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786257271653</t>
+          <t>9786258384970</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Gül, Güldür, Düşündür</t>
+          <t>Halaskar (Atatürk)</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>150</v>
+        <v>700</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786257271639</t>
+          <t>9786258384888</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>İskandinav Ülkeleri Anıları Danca, Manca ve Bence</t>
+          <t>Yedirenk İklimi</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>170</v>
+        <v>120</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786257271622</t>
+          <t>9786258384499</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Feyzullah Arslan Tiyatroları</t>
+          <t>İttihad-ı İslam</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>130</v>
+        <v>300</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786257271615</t>
+          <t>9786258384482</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Asayiş Berkemal</t>
+          <t>Son İstanbul Şiirleri</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>190</v>
+        <v>130</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
+          <t>9786258384406</t>
+        </is>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>Büyük Türk Tarihi Seti - 8 Kitap Takım</t>
+        </is>
+      </c>
+      <c r="C31" s="1">
+        <v>4000</v>
+      </c>
+    </row>
+    <row r="32" spans="1:3">
+      <c r="A32" s="1" t="inlineStr">
+        <is>
+          <t>9788175257665</t>
+        </is>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Torosların Nazlı Çiçeği</t>
+        </is>
+      </c>
+      <c r="C32" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="33" spans="1:3">
+      <c r="A33" s="1" t="inlineStr">
+        <is>
+          <t>9786258384345</t>
+        </is>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>İslam Dini ve Küfür Dini</t>
+        </is>
+      </c>
+      <c r="C33" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="34" spans="1:3">
+      <c r="A34" s="1" t="inlineStr">
+        <is>
+          <t>9786258384314</t>
+        </is>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>Ben Varım Ya</t>
+        </is>
+      </c>
+      <c r="C34" s="1">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="35" spans="1:3">
+      <c r="A35" s="1" t="inlineStr">
+        <is>
+          <t>9786258384277</t>
+        </is>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>Astrology Its Technics and Ethics</t>
+        </is>
+      </c>
+      <c r="C35" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="36" spans="1:3">
+      <c r="A36" s="1" t="inlineStr">
+        <is>
+          <t>9786258384031</t>
+        </is>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>Gökalp - Türk'ün Tekbiri</t>
+        </is>
+      </c>
+      <c r="C36" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="37" spans="1:3">
+      <c r="A37" s="1" t="inlineStr">
+        <is>
+          <t>9786257271806</t>
+        </is>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye Kitap Kırtasiye Satış Noktaları Kataloğu Sayı: 1 2021- 2022</t>
+        </is>
+      </c>
+      <c r="C37" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="38" spans="1:3">
+      <c r="A38" s="1" t="inlineStr">
+        <is>
+          <t>9786257271653</t>
+        </is>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>Gül, Güldür, Düşündür</t>
+        </is>
+      </c>
+      <c r="C38" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="39" spans="1:3">
+      <c r="A39" s="1" t="inlineStr">
+        <is>
+          <t>9786257271639</t>
+        </is>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>İskandinav Ülkeleri Anıları Danca, Manca ve Bence</t>
+        </is>
+      </c>
+      <c r="C39" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="40" spans="1:3">
+      <c r="A40" s="1" t="inlineStr">
+        <is>
+          <t>9786257271622</t>
+        </is>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>Feyzullah Arslan Tiyatroları</t>
+        </is>
+      </c>
+      <c r="C40" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="41" spans="1:3">
+      <c r="A41" s="1" t="inlineStr">
+        <is>
+          <t>9786257271615</t>
+        </is>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>Asayiş Berkemal</t>
+        </is>
+      </c>
+      <c r="C41" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="42" spans="1:3">
+      <c r="A42" s="1" t="inlineStr">
+        <is>
           <t>9786257271530</t>
         </is>
       </c>
-      <c r="B31" s="1" t="inlineStr">
+      <c r="B42" s="1" t="inlineStr">
         <is>
           <t>Darbenin Gölgesinde</t>
         </is>
       </c>
-      <c r="C31" s="1">
+      <c r="C42" s="1">
         <v>190</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>