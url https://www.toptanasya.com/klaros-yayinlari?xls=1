--- v0 (2025-12-08)
+++ v1 (2026-02-07)
@@ -85,23830 +85,24310 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255682048</t>
+          <t>9786254159763</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Ardıç</t>
+          <t>Türk Şiirinin Psikanalizi</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255682307</t>
+          <t>9786255682840</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Yaşamak'sa</t>
+          <t>Çocuklar ve Diğer Felaketler</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255682666</t>
+          <t>9786255682932</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Öte</t>
+          <t>Empresyon; Pes Çığlık</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786257311342</t>
+          <t>9786255682987</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Anne ve Çocuk Rehberi</t>
+          <t>Dil Firuzdan Uzak</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255682406</t>
+          <t>9786255682581</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşlık ve Aşk</t>
+          <t>Yazılmamış Şiirler ve Sözler</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255682567</t>
+          <t>9786255682888</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Düşler, Gölgeler ve Hayaletler</t>
+          <t>Hikayenin Bittiği Yerdeyim</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255682529</t>
+          <t>9786255682918</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Mevlevi Kitap</t>
+          <t>Akıl</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255682611</t>
+          <t>9786255682901</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Su Kalayım</t>
+          <t>Amor Morte</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255682574</t>
+          <t>9786255682949</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Şah ve Mat</t>
+          <t>Dilini Yüreğine Göm</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786255682604</t>
+          <t>9786255682925</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Kum Saati</t>
+          <t>Hiç Sesli Bir Yer</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786255682512</t>
+          <t>9786255682697</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Taş Masa</t>
+          <t>Ihlamur Kokusu</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786255682451</t>
+          <t>9786255682833</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Yaralı Bir Coğfayanın Kaderi</t>
+          <t>İz Bulanık</t>
         </is>
       </c>
       <c r="C13" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786255682147</t>
+          <t>9786255682291</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Ahlaki Değerlerimiz</t>
+          <t>İçten Gelen Işık</t>
         </is>
       </c>
       <c r="C14" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786255682413</t>
+          <t>9786255682741</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Ali Abi</t>
+          <t>Bu Güne Kadar Neredeydin</t>
         </is>
       </c>
       <c r="C15" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786255682352</t>
+          <t>9786255682673</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Amerikan Salatası</t>
+          <t>Cam Fanustaki Prenses</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786255682390</t>
+          <t>9786255682802</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Ardiye'de Unutulan İnsanlık</t>
+          <t>Dost Kalemlerden Yansımalar</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786255682505</t>
+          <t>9786255682819</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Bavul</t>
+          <t>Güneşi Koydum Kalbime</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786255682420</t>
+          <t>9786255682734</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Bir Yüzün Tasviri</t>
+          <t>İşgal Altında Zihinler</t>
         </is>
       </c>
       <c r="C19" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786255682376</t>
+          <t>9786255682628</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Direnişin Kanatları</t>
+          <t>İthaka Günlükleri</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786255682444</t>
+          <t>9786255682826</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Hepsi Bu</t>
+          <t>Karanlığa Karşı Umut</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786255682079</t>
+          <t>9786255682703</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>İda Günlükleri</t>
+          <t>Kedisi Gece</t>
         </is>
       </c>
       <c r="C22" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786255682437</t>
+          <t>9786255682857</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Kavgalar ve Çiçekler</t>
+          <t>Kesilmeyen İp</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786255682154</t>
+          <t>9786255682680</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Ruhun Uyanışı</t>
+          <t>Nefes</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786255682475</t>
+          <t>9786255682765</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Sarıl Da Gidelim</t>
+          <t>Salıncak Mevsimi</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786255682161</t>
+          <t>9786255682789</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Sessizliğimin Sesi Efsane Zinnet</t>
+          <t>Son Sefer</t>
         </is>
       </c>
       <c r="C26" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786255682482</t>
+          <t>9786255682864</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Şiirin Ardı/ Benim Hikayem</t>
+          <t>İnsan Sofrasında Çıplak Ruhlar</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786255682499</t>
+          <t>9786255682796</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Tuğçe'ce - 2</t>
+          <t>Elinde Sigarayla Uyuyakalan Adam ve Yanan Rüyalar</t>
         </is>
       </c>
       <c r="C28" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786254153198</t>
+          <t>9786255682758</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Uzak Ev</t>
+          <t>Deli Deli</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786255682383</t>
+          <t>9786255682772</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Yıkılmayı Beklerken</t>
+          <t>Çelya</t>
         </is>
       </c>
       <c r="C30" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786255682468</t>
+          <t>9786255682727</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Yöneticiler İçin Püf Noktaları</t>
+          <t>Bin Yıllık Gece</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786255682239</t>
+          <t>9786255682543</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Kilisedeki Portakal Ağacı</t>
+          <t>Yara ve Büyü</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>500</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786255682222</t>
+          <t>9786255682642</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Endişe Çağı Şiirleri</t>
+          <t>Klaros Sayı 13: Sanat ve Kimlik</t>
         </is>
       </c>
       <c r="C33" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786255682284</t>
+          <t>9786255682048</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Ve Bir Daha Bulmak Yıldızları</t>
+          <t>Yalnız Ardıç</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786255682338</t>
+          <t>9786255682307</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Tans Push Gloria</t>
+          <t>Yaşamak'sa</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786255682214</t>
+          <t>9786255682666</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Peri Su</t>
+          <t>Öte</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786255682253</t>
+          <t>9786257311342</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Neolitik Sinema</t>
+          <t>Anne ve Çocuk Rehberi</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786255682277</t>
+          <t>9786255682406</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Taşlık Kıyısında</t>
+          <t>Arkadaşlık ve Aşk</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786255682369</t>
+          <t>9786255682567</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Güney Amerika Günlükleri II</t>
+          <t>Düşler, Gölgeler ve Hayaletler</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786255682321</t>
+          <t>9786255682529</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Eylül’ün Son Sabahı</t>
+          <t>Mevlevi Kitap</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>230</v>
+        <v>180</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786255682260</t>
+          <t>9786255682611</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Çamura Çeken Gölgeler</t>
+          <t>Su Kalayım</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786257391887</t>
+          <t>9786255682574</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Rüzgar Öpsün Saçlarından</t>
+          <t>Şah ve Mat</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786254159886</t>
+          <t>9786255682604</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Parjan 2</t>
+          <t>Tarihin Kum Saati</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>400</v>
+        <v>180</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786254159862</t>
+          <t>9786255682512</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Parjan 1</t>
+          <t>Taş Masa</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>400</v>
+        <v>180</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786257573030</t>
+          <t>9786255682451</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Ucu Açık</t>
+          <t>Yaralı Bir Coğfayanın Kaderi</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786255682024</t>
+          <t>9786255682147</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Kuşlar Kanadı</t>
+          <t>Ahlaki Değerlerimiz</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786255682031</t>
+          <t>9786255682413</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Başka</t>
+          <t>Ali Abi</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786255682178</t>
+          <t>9786255682352</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Tahammül Edilemeyen Şiirler</t>
+          <t>Amerikan Salatası</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786255682208</t>
+          <t>9786255682390</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Şiirle Akışan</t>
+          <t>Ardiye'de Unutulan İnsanlık</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786255682062</t>
+          <t>9786255682505</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Salyangoz Salgısı</t>
+          <t>Bavul</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786255682055</t>
+          <t>9786255682420</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Saçlarımı Abilerim Okşamaktadır</t>
+          <t>Bir Yüzün Tasviri</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786255682086</t>
+          <t>9786255682376</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Ölüler ve Yaşayamayanlar</t>
+          <t>Direnişin Kanatları</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786255682093</t>
+          <t>9786255682444</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Mitolojiden Moderniteye Kötülük</t>
+          <t>Hepsi Bu</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>450</v>
+        <v>180</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786255682123</t>
+          <t>9786255682079</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Damat Koca Lütfi Paşa</t>
+          <t>İda Günlükleri</t>
         </is>
       </c>
       <c r="C54" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786255682109</t>
+          <t>9786255682437</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Kırivanti</t>
+          <t>Kavgalar ve Çiçekler</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786255682116</t>
+          <t>9786255682154</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Günyüzü Tabağı</t>
+          <t>Ruhun Uyanışı</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786254150371</t>
+          <t>9786255682475</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Arpalık</t>
+          <t>Sarıl Da Gidelim</t>
         </is>
       </c>
       <c r="C57" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786257573238</t>
+          <t>9786255682161</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Yürek Sevdaya Değince</t>
+          <t>Sessizliğimin Sesi Efsane Zinnet</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786257352550</t>
+          <t>9786255682482</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Peri Beyazı</t>
+          <t>Şiirin Ardı/ Benim Hikayem</t>
         </is>
       </c>
       <c r="C59" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786257391849</t>
+          <t>9786255682499</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Hayat Sorar Şiir Yanıt Olur</t>
+          <t>Tuğçe'ce - 2</t>
         </is>
       </c>
       <c r="C60" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786257573702</t>
+          <t>9786254153198</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Dozer</t>
+          <t>Uzak Ev</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786254150814</t>
+          <t>9786255682383</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Mavi</t>
+          <t>Yıkılmayı Beklerken</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786254150784</t>
+          <t>9786255682468</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Girift</t>
+          <t>Yöneticiler İçin Püf Noktaları</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786254151125</t>
+          <t>9786255682239</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Alakasız Şeyler</t>
+          <t>Kilisedeki Portakal Ağacı</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786254150494</t>
+          <t>9786255682222</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Sürgündeki Dante</t>
+          <t>Endişe Çağı Şiirleri</t>
         </is>
       </c>
       <c r="C65" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786257573689</t>
+          <t>9786255682284</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Dolunay</t>
+          <t>Ve Bir Daha Bulmak Yıldızları</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>400</v>
+        <v>280</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786254159107</t>
+          <t>9786255682338</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Bir Yara Gibi Yazmak</t>
+          <t>Tans Push Gloria</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786257573719</t>
+          <t>9786255682214</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Benim Suçum Ne</t>
+          <t>Peri Su</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786257573795</t>
+          <t>9786255682253</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Baharlar Ne Söyler Sana</t>
+          <t>Neolitik Sinema</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786257391832</t>
+          <t>9786255682277</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Kuşlar</t>
+          <t>Hayatın Taşlık Kıyısında</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786254159596</t>
+          <t>9786255682369</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Verdek</t>
+          <t>Güney Amerika Günlükleri II</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786254159589</t>
+          <t>9786255682321</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Elke</t>
+          <t>Eylül’ün Son Sabahı</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>400</v>
+        <v>230</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786257391894</t>
+          <t>9786255682260</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Acayipzadeler</t>
+          <t>Çamura Çeken Gölgeler</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786257391535</t>
+          <t>9786257391887</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Kalbinde Dört Mevsimlik İnsan</t>
+          <t>Rüzgar Öpsün Saçlarından</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786254158339</t>
+          <t>9786254159886</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Mavi Dünya</t>
+          <t>Parjan 2</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786254159213</t>
+          <t>9786254159862</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Kusursuz Geometri</t>
+          <t>Parjan 1</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786254158476</t>
+          <t>9786257573030</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Arafın Ötesinde: Cennetin Acısı</t>
+          <t>Ucu Açık</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786254158988</t>
+          <t>9786255682024</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Arafın Ötesinde: Cehennem Mutluluğu</t>
+          <t>Kuşlar Kanadı</t>
         </is>
       </c>
       <c r="C78" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786257391573</t>
+          <t>9786255682031</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Yüzden Bir Eksik Bir Fazla</t>
+          <t>Başka</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786254150500</t>
+          <t>9786255682178</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Tudor Hanedanı ve Hükümdarları</t>
+          <t>Tahammül Edilemeyen Şiirler</t>
         </is>
       </c>
       <c r="C80" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786257391078</t>
+          <t>9786255682208</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Sürpriz</t>
+          <t>Şiirle Akışan</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786257573283</t>
+          <t>9786255682062</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Kendisini Anlamanın Mümkün Olmadığı Bir Tespit</t>
+          <t>Salyangoz Salgısı</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786254159855</t>
+          <t>9786255682055</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Dünya Gazetesinin Kültür Eki</t>
+          <t>Saçlarımı Abilerim Okşamaktadır</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786254150548</t>
+          <t>9786255682086</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Daniska</t>
+          <t>Ölüler ve Yaşayamayanlar</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786257573788</t>
+          <t>9786255682093</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Candan Cana</t>
+          <t>Mitolojiden Moderniteye Kötülük</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786254159909</t>
+          <t>9786255682123</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Sanatçı Söyleşileri</t>
+          <t>Damat Koca Lütfi Paşa</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786254159770</t>
+          <t>9786255682109</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Yan Şimdi Aşk</t>
+          <t>Kırivanti</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786254159930</t>
+          <t>9786255682116</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Vagon Vagon İstanbul</t>
+          <t>Günyüzü Tabağı</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786254159992</t>
+          <t>9786254150371</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Suyun Parçaladığı</t>
+          <t>Arpalık</t>
         </is>
       </c>
       <c r="C89" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786254159947</t>
+          <t>9786257573238</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Sesler, Renkler, Yüzler</t>
+          <t>Yürek Sevdaya Değince</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786254159985</t>
+          <t>9786257352550</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Lora</t>
+          <t>Peri Beyazı</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786254159954</t>
+          <t>9786257391849</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Gölgede Büyüyen Kız</t>
+          <t>Hayat Sorar Şiir Yanıt Olur</t>
         </is>
       </c>
       <c r="C92" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786254159831</t>
+          <t>9786257573702</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Fi Tarihinden Önceydi</t>
+          <t>Dozer</t>
         </is>
       </c>
       <c r="C93" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786254159800</t>
+          <t>9786254150814</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Dünya Hırkası</t>
+          <t>Mavi</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786254156762</t>
+          <t>9786254150784</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Dikleksi Defteri</t>
+          <t>Girift</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786254159794</t>
+          <t>9786254151125</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Biz Hep Çiçek Açarken</t>
+          <t>Alakasız Şeyler</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786254159978</t>
+          <t>9786254150494</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Bitimsiz Güzergahında Yaşamın</t>
+          <t>Sürgündeki Dante</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786254159893</t>
+          <t>9786257573689</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Ateste Pişip Örste Dövülen Şair: Yunus Yaşar</t>
+          <t>Dolunay</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786254159633</t>
+          <t>9786254159107</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Alper ve Balköpüğü</t>
+          <t>Bir Yara Gibi Yazmak</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786254159756</t>
+          <t>9786257573719</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Zaman Söylemez</t>
+          <t>Benim Suçum Ne</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786254159299</t>
+          <t>9786257573795</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Yaprak İzi</t>
+          <t>Baharlar Ne Söyler Sana</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786254159718</t>
+          <t>9786257391832</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Taşlar ve Avlular</t>
+          <t>Akıllı Kuşlar</t>
         </is>
       </c>
       <c r="C102" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786254159695</t>
+          <t>9786254159596</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Sınıfın Görünmeyenleri Mülteci İşçi Çocuklar</t>
+          <t>Verdek</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786254159527</t>
+          <t>9786254159589</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Suyun Aynasında</t>
+          <t>Elke</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786254159657</t>
+          <t>9786257391894</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Memleketim Memleketim</t>
+          <t>Acayipzadeler</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786254159817</t>
+          <t>9786257391535</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Kırık Otlar Çağı</t>
+          <t>Zamanın Kalbinde Dört Mevsimlik İnsan</t>
         </is>
       </c>
       <c r="C106" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786254159282</t>
+          <t>9786254158339</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Her Şeyi Bilen Rüzgar</t>
+          <t>Mavi Dünya</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786254159749</t>
+          <t>9786254159213</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Her Dize Bir Direniştir</t>
+          <t>Kusursuz Geometri</t>
         </is>
       </c>
       <c r="C108" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786254159725</t>
+          <t>9786254158476</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Gökten Üç Masal Düştü</t>
+          <t>Arafın Ötesinde: Cennetin Acısı</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786254159824</t>
+          <t>9786254158988</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Düşünen Baykuştan Şiirler</t>
+          <t>Arafın Ötesinde: Cehennem Mutluluğu</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>400</v>
+        <v>180</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786254159879</t>
+          <t>9786257391573</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Bir Tel Çiçekti Kalan</t>
+          <t>Yüzden Bir Eksik Bir Fazla</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786254159787</t>
+          <t>9786254150500</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Başka Mevsimlerin Şarkısı</t>
+          <t>Tudor Hanedanı ve Hükümdarları</t>
         </is>
       </c>
       <c r="C112" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786254159275</t>
+          <t>9786257391078</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Anahtar Yolu</t>
+          <t>Sürpriz</t>
         </is>
       </c>
       <c r="C113" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786254159510</t>
+          <t>9786257573283</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Gece Beliren Hüzün</t>
+          <t>Kendisini Anlamanın Mümkün Olmadığı Bir Tespit</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786254159664</t>
+          <t>9786254159855</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Yeniden</t>
+          <t>Dünya Gazetesinin Kültür Eki</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786254159732</t>
+          <t>9786254150548</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Yaralı Kalp</t>
+          <t>Daniska</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786254159558</t>
+          <t>9786257573788</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Söz Fırtınası</t>
+          <t>Candan Cana</t>
         </is>
       </c>
       <c r="C117" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786254159503</t>
+          <t>9786254159909</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Sonunda Kuşlar da Vurulur</t>
+          <t>Sanatçı Söyleşileri</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786254159602</t>
+          <t>9786254159770</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Oldu Mu?</t>
+          <t>Yan Şimdi Aşk</t>
         </is>
       </c>
       <c r="C119" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786254159183</t>
+          <t>9786254159930</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>O Şiiri Neden Yazdın</t>
+          <t>Vagon Vagon İstanbul</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786254159206</t>
+          <t>9786254159992</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Köy</t>
+          <t>Suyun Parçaladığı</t>
         </is>
       </c>
       <c r="C121" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786254159565</t>
+          <t>9786254159947</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Gölgeyle Masalsı Dans</t>
+          <t>Sesler, Renkler, Yüzler</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786254159701</t>
+          <t>9786254159985</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Gitmek Kendimle Mümkün Değil</t>
+          <t>Lora</t>
         </is>
       </c>
       <c r="C123" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786254159541</t>
+          <t>9786254159954</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Duvarları</t>
+          <t>Gölgede Büyüyen Kız</t>
         </is>
       </c>
       <c r="C124" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786254159671</t>
+          <t>9786254159831</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Başına</t>
+          <t>Fi Tarihinden Önceydi</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786254159619</t>
+          <t>9786254159800</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Bir Başka Bahar</t>
+          <t>Dünya Hırkası</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786254159572</t>
+          <t>9786254156762</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Ateşi Utandıran Yangın</t>
+          <t>Dikleksi Defteri</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786254159640</t>
+          <t>9786254159794</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Allegro Temposu</t>
+          <t>Biz Hep Çiçek Açarken</t>
         </is>
       </c>
       <c r="C128" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786254155857</t>
+          <t>9786254159978</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Zehra ve Ah Divanı</t>
+          <t>Bitimsiz Güzergahında Yaşamın</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786254159190</t>
+          <t>9786254159893</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Benim Sevdam Samandağ</t>
+          <t>Ateste Pişip Örste Dövülen Şair: Yunus Yaşar</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786254159473</t>
+          <t>9786254159633</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Zülüf Dökülmüş Yüze</t>
+          <t>Alper ve Balköpüğü</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786254159381</t>
+          <t>9786254159756</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Yazılar Kitabı</t>
+          <t>Zaman Söylemez</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786254159404</t>
+          <t>9786254159299</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Yaz Göğü</t>
+          <t>Yaprak İzi</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786254156410</t>
+          <t>9786254159718</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Soğuk Masa Sıcak Ölüm</t>
+          <t>Taşlar ve Avlular</t>
         </is>
       </c>
       <c r="C134" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786254159398</t>
+          <t>9786254159695</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Ne Çok Ah Ne Az Ey</t>
+          <t>Sınıfın Görünmeyenleri Mülteci İşçi Çocuklar</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786254159442</t>
+          <t>9786254159527</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Kitap Korkusu</t>
+          <t>Suyun Aynasında</t>
         </is>
       </c>
       <c r="C136" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786254159435</t>
+          <t>9786254159657</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Kirekör</t>
+          <t>Memleketim Memleketim</t>
         </is>
       </c>
       <c r="C137" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786254159480</t>
+          <t>9786254159817</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>İki Tarih Arası Yolculuk</t>
+          <t>Kırık Otlar Çağı</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786254159367</t>
+          <t>9786254159282</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Evrim</t>
+          <t>Her Şeyi Bilen Rüzgar</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786254159411</t>
+          <t>9786254159749</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Dile Kolay</t>
+          <t>Her Dize Bir Direniştir</t>
         </is>
       </c>
       <c r="C140" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786254159374</t>
+          <t>9786254159725</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Denizi Seviyorsan Dalgaları da Seveceksin</t>
+          <t>Gökten Üç Masal Düştü</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786254159428</t>
+          <t>9786254159824</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Çiçek Dürbünlü Tüfek</t>
+          <t>Düşünen Baykuştan Şiirler</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786254156618</t>
+          <t>9786254159879</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Buhran</t>
+          <t>Bir Tel Çiçekti Kalan</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786254159497</t>
+          <t>9786254159787</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Antik Yunan Tragedyalarını Okuma Notları</t>
+          <t>Başka Mevsimlerin Şarkısı</t>
         </is>
       </c>
       <c r="C144" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786254159534</t>
+          <t>9786254159275</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Klaros Sayı 12: Sanat ve Kötülük</t>
+          <t>Anahtar Yolu</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786254152955</t>
+          <t>9786254159510</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Tenimde Kırlangıç Uykusu</t>
+          <t>Gece Beliren Hüzün</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786254159220</t>
+          <t>9786254159664</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Vera</t>
+          <t>Yeniden</t>
         </is>
       </c>
       <c r="C147" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786254159114</t>
+          <t>9786254159732</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Son İstasyon</t>
+          <t>Yaralı Kalp</t>
         </is>
       </c>
       <c r="C148" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786254159251</t>
+          <t>9786254159558</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Sarhoş Otlar</t>
+          <t>Söz Fırtınası</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786254159169</t>
+          <t>9786254159503</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Modada Marka Aktivizmi</t>
+          <t>Sonunda Kuşlar da Vurulur</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786254159121</t>
+          <t>9786254159602</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Kurtarılmış Sözcükler</t>
+          <t>Oldu Mu?</t>
         </is>
       </c>
       <c r="C151" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786254159237</t>
+          <t>9786254159183</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Kelimeler</t>
+          <t>O Şiiri Neden Yazdın</t>
         </is>
       </c>
       <c r="C152" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786254159138</t>
+          <t>9786254159206</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>İyi Olan Kazansın</t>
+          <t>Köy</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786254159305</t>
+          <t>9786254159565</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Bitirmek Üzereyim</t>
+          <t>Gölgeyle Masalsı Dans</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>170</v>
+        <v>180</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786254159268</t>
+          <t>9786254159701</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Berf - Parem</t>
+          <t>Gitmek Kendimle Mümkün Değil</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786254159145</t>
+          <t>9786254159541</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Ben Narsist Değilim</t>
+          <t>Dünyanın Duvarları</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786254159152</t>
+          <t>9786254159671</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Klaros Sayı 6: Kelamı Eğiren Şair; W.B. Bayrıl</t>
+          <t>Çocuk Başına</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786254157899</t>
+          <t>9786254159619</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Bakış Acısı</t>
+          <t>Bir Başka Bahar</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786254159053</t>
+          <t>9786254159572</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Zemrem</t>
+          <t>Ateşi Utandıran Yangın</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786254158704</t>
+          <t>9786254159640</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Unutulmaz Şeyler 2</t>
+          <t>Allegro Temposu</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786254156236</t>
+          <t>9786254155857</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Şiirin Sesinde Koşmak</t>
+          <t>Zehra ve Ah Divanı</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786254159084</t>
+          <t>9786254159190</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Sanmak</t>
+          <t>Benim Sevdam Samandağ</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786254159091</t>
+          <t>9786254159473</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Pas</t>
+          <t>Zülüf Dökülmüş Yüze</t>
         </is>
       </c>
       <c r="C163" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786254156038</t>
+          <t>9786254159381</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Nazım Hikmet Şiirlerinde “İnsan Manzaraları”</t>
+          <t>Yazılar Kitabı</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786254159046</t>
+          <t>9786254159404</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Karanfil Ekin Avuçlarınıza</t>
+          <t>Yaz Göğü</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786254158933</t>
+          <t>9786254156410</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>İpi Bırakıyorum</t>
+          <t>Soğuk Masa Sıcak Ölüm</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786254156229</t>
+          <t>9786254159398</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Bir Nehrin Mitolojisi</t>
+          <t>Ne Çok Ah Ne Az Ey</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786254154492</t>
+          <t>9786254159442</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Ayna</t>
+          <t>Kitap Korkusu</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>270</v>
+        <v>180</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786254158940</t>
+          <t>9786254159435</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Yüzün Gözlerimde Dursun</t>
+          <t>Kirekör</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786254158650</t>
+          <t>9786254159480</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Sosyalist Gerçekçilikte Üçüncü Kuşak</t>
+          <t>İki Tarih Arası Yolculuk</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>600</v>
+        <v>250</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786254158957</t>
+          <t>9786254159367</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Unutulan Ahlaki Değerlerimiz</t>
+          <t>Evrim</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786254159022</t>
+          <t>9786254159411</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Ruhların Başucunda</t>
+          <t>Dile Kolay</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786254159015</t>
+          <t>9786254159374</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Mavilerin Adamı</t>
+          <t>Denizi Seviyorsan Dalgaları da Seveceksin</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786254158971</t>
+          <t>9786254159428</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Mardin Kitabı</t>
+          <t>Çiçek Dürbünlü Tüfek</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786254159039</t>
+          <t>9786254156618</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>İzzeti Nefis İşleri</t>
+          <t>Buhran</t>
         </is>
       </c>
       <c r="C175" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786254158926</t>
+          <t>9786254159497</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Çocukluğuma Dair Aklımda Kalan Karelerin Köşegenleri</t>
+          <t>Antik Yunan Tragedyalarını Okuma Notları</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786254159008</t>
+          <t>9786254159534</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Bir Avuç Toprak</t>
+          <t>Klaros Sayı 12: Sanat ve Kötülük</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786254158896</t>
+          <t>9786254152955</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Ömür Bir Fincan Kahve İçimidir 2. Cilt</t>
+          <t>Tenimde Kırlangıç Uykusu</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>500</v>
+        <v>180</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786254158803</t>
+          <t>9786254159220</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Yaşayan Ölüler Tutanağı</t>
+          <t>Vera</t>
         </is>
       </c>
       <c r="C179" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786254158629</t>
+          <t>9786254159114</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Uzun Vedalar Kenti</t>
+          <t>Son İstasyon</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786254158827</t>
+          <t>9786254159251</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Sirkiye</t>
+          <t>Sarhoş Otlar</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786254158889</t>
+          <t>9786254159169</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Ömür Bir Fincan Kahve İçimidir 1. Cilt</t>
+          <t>Modada Marka Aktivizmi</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786254158858</t>
+          <t>9786254159121</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Medcezir Yankıları</t>
+          <t>Kurtarılmış Sözcükler</t>
         </is>
       </c>
       <c r="C183" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786254158841</t>
+          <t>9786254159237</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Bir Kadın Üç Hayat</t>
+          <t>Kelimeler</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786254158766</t>
+          <t>9786254159138</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Athena'nın Kızları</t>
+          <t>İyi Olan Kazansın</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786254158780</t>
+          <t>9786254159305</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Zeynep’in Çekirdek Ailesi</t>
+          <t>Bitirmek Üzereyim</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>270</v>
+        <v>170</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786254158834</t>
+          <t>9786254159268</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Veysel Çolak Şiir Parkı Çocukları ve Sokak Kedisi Gri</t>
+          <t>Berf - Parem</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786254158742</t>
+          <t>9786254159145</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Pardon İçim Döküldü</t>
+          <t>Ben Narsist Değilim</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786254158797</t>
+          <t>9786254159152</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Issız İpek Böceği</t>
+          <t>Klaros Sayı 6: Kelamı Eğiren Şair; W.B. Bayrıl</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786254158711</t>
+          <t>9786254157899</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Çıplakça Bir Köy Gezintisi</t>
+          <t>Bakış Acısı</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786254158728</t>
+          <t>9786254159053</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Çıplak</t>
+          <t>Zemrem</t>
         </is>
       </c>
       <c r="C191" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786254158773</t>
+          <t>9786254158704</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Anton</t>
+          <t>Unutulmaz Şeyler 2</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786254158636</t>
+          <t>9786254156236</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Şiiri Niçin Aldattın?</t>
+          <t>Şiirin Sesinde Koşmak</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786254158698</t>
+          <t>9786254159084</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Şiir Salkımları</t>
+          <t>Sanmak</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786254158643</t>
+          <t>9786254159091</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Sanrı</t>
+          <t>Pas</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786254158681</t>
+          <t>9786254156038</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Hüddam</t>
+          <t>Nazım Hikmet Şiirlerinde “İnsan Manzaraları”</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786254158117</t>
+          <t>9786254159046</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Hayat Kaynağı</t>
+          <t>Karanfil Ekin Avuçlarınıza</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>650</v>
+        <v>170</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786254158278</t>
+          <t>9786254158933</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Kitap</t>
+          <t>İpi Bırakıyorum</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786254158544</t>
+          <t>9786254156229</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Yolculuklarımı Kim Aldıysa Yerine Koysun</t>
+          <t>Bir Nehrin Mitolojisi</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786254158575</t>
+          <t>9786254154492</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Yıldırımdan Doğan Kız</t>
+          <t>Ayna</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>300</v>
+        <v>270</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786254158452</t>
+          <t>9786254158940</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Romanım Ol</t>
+          <t>Yüzün Gözlerimde Dursun</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786254158674</t>
+          <t>9786254158650</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Ruhu</t>
+          <t>Sosyalist Gerçekçilikte Üçüncü Kuşak</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>180</v>
+        <v>600</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786254158599</t>
+          <t>9786254158957</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Otel Öyküleri</t>
+          <t>Unutulan Ahlaki Değerlerimiz</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>270</v>
+        <v>180</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786254158445</t>
+          <t>9786254159022</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Lağım Fareli Kadın</t>
+          <t>Ruhların Başucunda</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786254158421</t>
+          <t>9786254159015</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Kış Ayazı</t>
+          <t>Mavilerin Adamı</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786254158537</t>
+          <t>9786254158971</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Kırık Kalpler Ülkesi Dilistan'dan</t>
+          <t>Mardin Kitabı</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786254158582</t>
+          <t>9786254159039</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Kalemimin İnce Sesleri</t>
+          <t>İzzeti Nefis İşleri</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786254158568</t>
+          <t>9786254158926</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Kalbimizdeki İlahi Işığın Sevgisi</t>
+          <t>Çocukluğuma Dair Aklımda Kalan Karelerin Köşegenleri</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>280</v>
+        <v>150</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786254158469</t>
+          <t>9786254159008</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Hüzün Bir Duruştur</t>
+          <t>Bir Avuç Toprak</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786254158483</t>
+          <t>9786254158896</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Gülücük Çiçeği</t>
+          <t>Ömür Bir Fincan Kahve İçimidir 2. Cilt</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786254158551</t>
+          <t>9786254158803</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Esmeri Aforizmalar</t>
+          <t>Yaşayan Ölüler Tutanağı</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786254158490</t>
+          <t>9786254158629</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Bin Turna Kuşu Dileği</t>
+          <t>Uzun Vedalar Kenti</t>
         </is>
       </c>
       <c r="C212" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786254158667</t>
+          <t>9786254158827</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Ben Kime Ne Yaptım ki?</t>
+          <t>Sirkiye</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786254158513</t>
+          <t>9786254158889</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Balkanlı Bulut</t>
+          <t>Ömür Bir Fincan Kahve İçimidir 1. Cilt</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786254158506</t>
+          <t>9786254158858</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Ahirida Güneşi</t>
+          <t>Medcezir Yankıları</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786254158254</t>
+          <t>9786254158841</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Gülce</t>
+          <t>Bir Kadın Üç Hayat</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786254158315</t>
+          <t>9786254158766</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Gamze Bize Yalan Söylüyor</t>
+          <t>Athena'nın Kızları</t>
         </is>
       </c>
       <c r="C217" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786254157974</t>
+          <t>9786254158780</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Sen Beni Dağlara Sor</t>
+          <t>Zeynep’in Çekirdek Ailesi</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>350</v>
+        <v>270</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786254158391</t>
+          <t>9786254158834</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Üflemeli Hayatlar Senfonisi</t>
+          <t>Veysel Çolak Şiir Parkı Çocukları ve Sokak Kedisi Gri</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786254158261</t>
+          <t>9786254158742</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Unutulmaz Şeyler 1</t>
+          <t>Pardon İçim Döküldü</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786254158360</t>
+          <t>9786254158797</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Sinestezi</t>
+          <t>Issız İpek Böceği</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786254158346</t>
+          <t>9786254158711</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Oluş ve Gelişme Yasası Olarak Bağıntısallık</t>
+          <t>Çıplakça Bir Köy Gezintisi</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>400</v>
+        <v>180</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786254158353</t>
+          <t>9786254158728</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Mevsimler Destanı</t>
+          <t>Çıplak</t>
         </is>
       </c>
       <c r="C223" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786254158292</t>
+          <t>9786254158773</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Kumru Kuşu</t>
+          <t>Anton</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786254158377</t>
+          <t>9786254158636</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Hüzünlü Bitkiler İçin Madrigal</t>
+          <t>Şiiri Niçin Aldattın?</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786254158322</t>
+          <t>9786254158698</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Güz Yıkımları</t>
+          <t>Şiir Salkımları</t>
         </is>
       </c>
       <c r="C226" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786254158384</t>
+          <t>9786254158643</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Bir Roman Karakterinin Şiirleri</t>
+          <t>Sanrı</t>
         </is>
       </c>
       <c r="C227" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786254158414</t>
+          <t>9786254158681</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Sanat ve Sokak</t>
+          <t>Hüddam</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786254154935</t>
+          <t>9786254158117</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Üst Akıl Aşırı Genel Müdürlüğünde Olağan Şeyler</t>
+          <t>Hayat Kaynağı</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>280</v>
+        <v>650</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786254158230</t>
+          <t>9786254158278</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Bugün Biraz Daha Uzun Dünden</t>
+          <t>Kutsal Kitap</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786254158179</t>
+          <t>9786254158544</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Ulysses’in Yara İzi</t>
+          <t>Yolculuklarımı Kim Aldıysa Yerine Koysun</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786254158209</t>
+          <t>9786254158575</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Akıntıda</t>
+          <t>Yıldırımdan Doğan Kız</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786254158186</t>
+          <t>9786254158452</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Alaca Karartı</t>
+          <t>Romanım Ol</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786254158162</t>
+          <t>9786254158674</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Komedyenlerin Kahvesi</t>
+          <t>Zamanın Ruhu</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786254154461</t>
+          <t>9786254158599</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Manşer İle Mensur</t>
+          <t>Otel Öyküleri</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786254158216</t>
+          <t>9786254158445</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Günümüze Hamitköy</t>
+          <t>Lağım Fareli Kadın</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>350</v>
+        <v>280</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786254154355</t>
+          <t>9786254158421</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Anlaşılmaz Sözler Ansiklopedisi</t>
+          <t>Kış Ayazı</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>270</v>
+        <v>250</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786254158193</t>
+          <t>9786254158537</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzü Divanı</t>
+          <t>Kırık Kalpler Ülkesi Dilistan'dan</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786254158124</t>
+          <t>9786254158582</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Nesirler</t>
+          <t>Kalemimin İnce Sesleri</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786254158049</t>
+          <t>9786254158568</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Bir Düşün Gölgesinde</t>
+          <t>Kalbimizdeki İlahi Işığın Sevgisi</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786254157998</t>
+          <t>9786254158469</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Mühürlü Masallar / Zamanın Yaraları</t>
+          <t>Hüzün Bir Duruştur</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786254157981</t>
+          <t>9786254158483</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Mühürlü Masallar / Kuzey Yolcusu</t>
+          <t>Gülücük Çiçeği</t>
         </is>
       </c>
       <c r="C242" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786254158148</t>
+          <t>9786254158551</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Hayvan İçine Çıkacak Yüz Arıyorum</t>
+          <t>Esmeri Aforizmalar</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786254158056</t>
+          <t>9786254158490</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Ege’nin Kıyılarında</t>
+          <t>Bin Turna Kuşu Dileği</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786254150654</t>
+          <t>9786254158667</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>İçimdekiler</t>
+          <t>Ben Kime Ne Yaptım ki?</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786254154386</t>
+          <t>9786254158513</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Nergis</t>
+          <t>Balkanlı Bulut</t>
         </is>
       </c>
       <c r="C246" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786254158131</t>
+          <t>9786254158506</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Maya</t>
+          <t>Ahirida Güneşi</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786254158070</t>
+          <t>9786254158254</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Ben Bugün Yokum</t>
+          <t>Gülce</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786254158018</t>
+          <t>9786254158315</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Biz Neden Böyle Futbol Oynuyoruz</t>
+          <t>Gamze Bize Yalan Söylüyor</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786254158063</t>
+          <t>9786254157974</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Musikha</t>
+          <t>Sen Beni Dağlara Sor</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786254158100</t>
+          <t>9786254158391</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Peri Kelebeği</t>
+          <t>Üflemeli Hayatlar Senfonisi</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786254158094</t>
+          <t>9786254158261</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Sessizliğimin Sesi Efsane Zinnet Als</t>
+          <t>Unutulmaz Şeyler 1</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786254158087</t>
+          <t>9786254158360</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Uzaklara Bakamamak</t>
+          <t>Sinestezi</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786254157943</t>
+          <t>9786254158346</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Yalnız ve Net</t>
+          <t>Oluş ve Gelişme Yasası Olarak Bağıntısallık</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>260</v>
+        <v>400</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786254157967</t>
+          <t>9786254158353</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Zamandaki Yabancı</t>
+          <t>Mevsimler Destanı</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786254157882</t>
+          <t>9786254158292</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Sol Yanıma İnsan Düştü</t>
+          <t>Kumru Kuşu</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>270</v>
+        <v>350</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786254157950</t>
+          <t>9786254158377</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Mavida</t>
+          <t>Hüzünlü Bitkiler İçin Madrigal</t>
         </is>
       </c>
       <c r="C257" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786254158025</t>
+          <t>9786254158322</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Metinlerde Kadın</t>
+          <t>Güz Yıkımları</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786254158001</t>
+          <t>9786254158384</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Adam</t>
+          <t>Bir Roman Karakterinin Şiirleri</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786254157912</t>
+          <t>9786254158414</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Ya Tepe Ya Kuyu</t>
+          <t>Sanat ve Sokak</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786254157905</t>
+          <t>9786254154935</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Ne Demek İstiyorum</t>
+          <t>Üst Akıl Aşırı Genel Müdürlüğünde Olağan Şeyler</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786254157875</t>
+          <t>9786254158230</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Kırık Kafesle Yürümemdir</t>
+          <t>Bugün Biraz Daha Uzun Dünden</t>
         </is>
       </c>
       <c r="C262" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786254157929</t>
+          <t>9786254158179</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>İkilikler</t>
+          <t>Ulysses’in Yara İzi</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786254157868</t>
+          <t>9786254158209</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Aşkın ve Ölüm Tanrıçasının Anahtarının Peşinde</t>
+          <t>Akıntıda</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786254157592</t>
+          <t>9786254158186</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Suda Yalnız Bir Damla</t>
+          <t>Alaca Karartı</t>
         </is>
       </c>
       <c r="C265" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786254157806</t>
+          <t>9786254158162</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Zaman Kraliçesi</t>
+          <t>Komedyenlerin Kahvesi</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786254157790</t>
+          <t>9786254154461</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Taş Döngü</t>
+          <t>Manşer İle Mensur</t>
         </is>
       </c>
       <c r="C267" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786254157547</t>
+          <t>9786254158216</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Seminer</t>
+          <t>Geçmişten Günümüze Hamitköy</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786254157851</t>
+          <t>9786254154355</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Sanatın Siyasi Dokusu</t>
+          <t>Anlaşılmaz Sözler Ansiklopedisi</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786254157769</t>
+          <t>9786254158193</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Kalbimin Şiirleri 5</t>
+          <t>Yeryüzü Divanı</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786254157776</t>
+          <t>9786254158124</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Gel Ateşle Abdest Tazeleyelim</t>
+          <t>İçimdeki Nesirler</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786254157738</t>
+          <t>9786254158049</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Boşluğu Kesen Makaslar</t>
+          <t>Bir Düşün Gölgesinde</t>
         </is>
       </c>
       <c r="C272" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786254157646</t>
+          <t>9786254157998</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Şiir Dedim Önümü İlikledim</t>
+          <t>Mühürlü Masallar / Zamanın Yaraları</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786254157783</t>
+          <t>9786254157981</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Sekizinci Rüya</t>
+          <t>Mühürlü Masallar / Kuzey Yolcusu</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>270</v>
+        <v>350</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786254157622</t>
+          <t>9786254158148</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Kör Cephe</t>
+          <t>Hayvan İçine Çıkacak Yüz Arıyorum</t>
         </is>
       </c>
       <c r="C275" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786254157714</t>
+          <t>9786254158056</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Guria’da İsyan</t>
+          <t>Ege’nin Kıyılarında</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>259</v>
+        <v>200</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786254157660</t>
+          <t>9786254150654</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Değerlerden Özgürlüğe Felsefi Yol</t>
+          <t>İçimdekiler</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786254157691</t>
+          <t>9786254154386</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Böğürtlen Çiçekleri</t>
+          <t>Nergis</t>
         </is>
       </c>
       <c r="C278" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786254157707</t>
+          <t>9786254158131</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Ave Maria</t>
+          <t>Maya</t>
         </is>
       </c>
       <c r="C279" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786254157639</t>
+          <t>9786254158070</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Aşk, Üniversite, Gençlik</t>
+          <t>Ben Bugün Yokum</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786254157653</t>
+          <t>9786254158018</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Gelincik</t>
+          <t>Biz Neden Böyle Futbol Oynuyoruz</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786254157745</t>
+          <t>9786254158063</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Bu Yüreğin Yedeği Yok</t>
+          <t>Musikha</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786254157752</t>
+          <t>9786254158100</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Bir Ada Yıldızı Dr. Dimitri Foka</t>
+          <t>Peri Kelebeği</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786254157677</t>
+          <t>9786254158094</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Dönergenin Binbir Konuğu</t>
+          <t>Sessizliğimin Sesi Efsane Zinnet Als</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786254154249</t>
+          <t>9786254158087</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Düşe Kalka</t>
+          <t>Uzaklara Bakamamak</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786254157479</t>
+          <t>9786254157943</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Neume</t>
+          <t>Yalnız ve Net</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786254157516</t>
+          <t>9786254157967</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Neon Nexus Sayı 3 Nisan - Mayıs 2024</t>
+          <t>Zamandaki Yabancı</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786254157554</t>
+          <t>9786254157882</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Sanat ve Alevilik</t>
+          <t>Sol Yanıma İnsan Düştü</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786254156632</t>
+          <t>9786254157950</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Üç</t>
+          <t>Mavida</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786254157431</t>
+          <t>9786254158025</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Sözün Uzun Soluklu Oluşu Rastlantısal Değildir</t>
+          <t>Kutsal Metinlerde Kadın</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786254157578</t>
+          <t>9786254158001</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Sevginin Dili Yok</t>
+          <t>Çocuk Adam</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786254157493</t>
+          <t>9786254157912</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Salyangoz</t>
+          <t>Ya Tepe Ya Kuyu</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786254157455</t>
+          <t>9786254157905</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Karanlığın Sessiz Dansı</t>
+          <t>Ne Demek İstiyorum</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786254157509</t>
+          <t>9786254157875</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Her Şeyi Hatırlıyorum</t>
+          <t>Kırık Kafesle Yürümemdir</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786254157448</t>
+          <t>9786254157929</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Çiy Tanesi Gibi</t>
+          <t>İkilikler</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786254157486</t>
+          <t>9786254157868</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Ceyhan'ın 19. Yüzyıl Tarihi</t>
+          <t>Aşkın ve Ölüm Tanrıçasının Anahtarının Peşinde</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786254157462</t>
+          <t>9786254157592</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Cemre Düşüren</t>
+          <t>Suda Yalnız Bir Damla</t>
         </is>
       </c>
       <c r="C297" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786254157424</t>
+          <t>9786254157806</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Babamın Güzel Kitapları Vardı</t>
+          <t>Zaman Kraliçesi</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786254157356</t>
+          <t>9786254157790</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>İzmir Mavisiyle Karışık</t>
+          <t>Taş Döngü</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786254157523</t>
+          <t>9786254157547</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Azalan Tasalar Yasası</t>
+          <t>Seminer</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786254157363</t>
+          <t>9786254157851</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Zamansız</t>
+          <t>Sanatın Siyasi Dokusu</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786254157332</t>
+          <t>9786254157769</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Gülbahar</t>
+          <t>Kalbimin Şiirleri 5</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786254157189</t>
+          <t>9786254157776</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>İnsan İnsana Ağır Gelir</t>
+          <t>Gel Ateşle Abdest Tazeleyelim</t>
         </is>
       </c>
       <c r="C303" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786254157288</t>
+          <t>9786254157738</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Nefes – Toplu Şiirler</t>
+          <t>Boşluğu Kesen Makaslar</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>340</v>
+        <v>180</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786254157318</t>
+          <t>9786254157646</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Kiraz Seyranı</t>
+          <t>Şiir Dedim Önümü İlikledim</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786254156847</t>
+          <t>9786254157783</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Maskeni Seç</t>
+          <t>Sekizinci Rüya</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>280</v>
+        <v>270</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786254157233</t>
+          <t>9786254157622</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Poseidon Öyküleri</t>
+          <t>Kör Cephe</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786254157271</t>
+          <t>9786254157714</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Sus Tuzağı</t>
+          <t>Guria’da İsyan</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>180</v>
+        <v>259</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786254157110</t>
+          <t>9786254157660</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Tartışılan Aşklar</t>
+          <t>Değerlerden Özgürlüğe Felsefi Yol</t>
         </is>
       </c>
       <c r="C309" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786254157394</t>
+          <t>9786254157691</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Umut Hep Vardır</t>
+          <t>Böğürtlen Çiçekleri</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786254157370</t>
+          <t>9786254157707</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlıkla Çarptı Yüreğim</t>
+          <t>Ave Maria</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786254157349</t>
+          <t>9786254157639</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Yastıkaltı Şekerlemeleri</t>
+          <t>Aşk, Üniversite, Gençlik</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786254157264</t>
+          <t>9786254157653</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Geçmiş Zaman Çileleri</t>
+          <t>Beyaz Gelincik</t>
         </is>
       </c>
       <c r="C313" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786254157196</t>
+          <t>9786254157745</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Çoklu Yaşamlar</t>
+          <t>Bu Yüreğin Yedeği Yok</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786254157301</t>
+          <t>9786254157752</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Çağrışımlar</t>
+          <t>Bir Ada Yıldızı Dr. Dimitri Foka</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786254157097</t>
+          <t>9786254157677</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Boşluğun Ötesi - Eruşeti</t>
+          <t>Dönergenin Binbir Konuğu</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786254157103</t>
+          <t>9786254154249</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Açık Tarihli Buluşmalar</t>
+          <t>Düşe Kalka</t>
         </is>
       </c>
       <c r="C317" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>4440000004455</t>
+          <t>9786254157479</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Akatalpa Sayı: 289 Ocak 2024</t>
+          <t>Neume</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786254157240</t>
+          <t>9786254157516</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Modern Çağda Sanatın İzleri</t>
+          <t>Neon Nexus Sayı 3 Nisan - Mayıs 2024</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786254157202</t>
+          <t>9786254157554</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Kumru Düğünü</t>
+          <t>Sanat ve Alevilik</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786254157158</t>
+          <t>9786254156632</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Hayalet Kızlar</t>
+          <t>Üç</t>
         </is>
       </c>
       <c r="C321" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786254157226</t>
+          <t>9786254157431</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Bir Sirtaki İhtimali</t>
+          <t>Sözün Uzun Soluklu Oluşu Rastlantısal Değildir</t>
         </is>
       </c>
       <c r="C322" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786254156908</t>
+          <t>9786254157578</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Balkon Yalnızları</t>
+          <t>Sevginin Dili Yok</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786254157257</t>
+          <t>9786254157493</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Babamın Pamuklaşan Elleri</t>
+          <t>Salyangoz</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786254157127</t>
+          <t>9786254157455</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Hayatlar Şiirli Hatıralar</t>
+          <t>Karanlığın Sessiz Dansı</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786254157134</t>
+          <t>9786254157509</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Kurttutan Destanı</t>
+          <t>Her Şeyi Hatırlıyorum</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786254155413</t>
+          <t>9786254157448</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Akoda / Kral Moon</t>
+          <t>Çiy Tanesi Gibi</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786254157080</t>
+          <t>9786254157486</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Kötü Miras</t>
+          <t>Ceyhan'ın 19. Yüzyıl Tarihi</t>
         </is>
       </c>
       <c r="C328" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786254157035</t>
+          <t>9786254157462</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Kör Alan ve Dekadrajda Röveşata</t>
+          <t>Cemre Düşüren</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786254157172</t>
+          <t>9786254157424</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Bir Ateşten Bir Buzdan</t>
+          <t>Babamın Güzel Kitapları Vardı</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786254157141</t>
+          <t>9786254157356</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Alakır Bozkırı</t>
+          <t>İzmir Mavisiyle Karışık</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786254157073</t>
+          <t>9786254157523</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Ağustos Deplasmanı</t>
+          <t>Azalan Tasalar Yasası</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786254157011</t>
+          <t>9786254157363</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Üç Buçuk Numaralı Gözlük</t>
+          <t>Zamansız</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786254157066</t>
+          <t>9786254157332</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Homo Ludens ve Satranç</t>
+          <t>Gülbahar</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786254157004</t>
+          <t>9786254157189</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Gide Gide Bir Şiire</t>
+          <t>İnsan İnsana Ağır Gelir</t>
         </is>
       </c>
       <c r="C335" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786254157028</t>
+          <t>9786254157288</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Çınarlar İçten Kurur</t>
+          <t>Kayıp Nefes – Toplu Şiirler</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>350</v>
+        <v>340</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786254156953</t>
+          <t>9786254157318</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Barışı Vurdular</t>
+          <t>Kiraz Seyranı</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>350</v>
+        <v>230</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786254150593</t>
+          <t>9786254156847</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Şarkısı Yabancı</t>
+          <t>Maskeni Seç</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786254156595</t>
+          <t>9786254157233</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Saksıda Deniz</t>
+          <t>Poseidon Öyküleri</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>280</v>
+        <v>240</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786254156915</t>
+          <t>9786254157271</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Bir Günahın Anotomisi</t>
+          <t>Sus Tuzağı</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786254156885</t>
+          <t>9786254157110</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Sahi Öpmüş Müydüm Sizi</t>
+          <t>Tartışılan Aşklar</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786254156946</t>
+          <t>9786254157394</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Ürkü Şiirleri</t>
+          <t>Umut Hep Vardır</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786254156991</t>
+          <t>9786254157370</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Ruh Salatası</t>
+          <t>Yalnızlıkla Çarptı Yüreğim</t>
         </is>
       </c>
       <c r="C343" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786254156878</t>
+          <t>9786254157349</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Ossloh Yolundaki Kadın</t>
+          <t>Yastıkaltı Şekerlemeleri</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786254156939</t>
+          <t>9786254157264</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Ustasının Çırağı</t>
+          <t>Geçmiş Zaman Çileleri</t>
         </is>
       </c>
       <c r="C345" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786254156854</t>
+          <t>9786254157196</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Kış Serçeleri</t>
+          <t>Çoklu Yaşamlar</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786254156960</t>
+          <t>9786254157301</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Lekeler</t>
+          <t>Çağrışımlar</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786254156984</t>
+          <t>9786254157097</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Kalbini Arayan Ateş</t>
+          <t>Boşluğun Ötesi - Eruşeti</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786254156922</t>
+          <t>9786254157103</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Ferahfeza</t>
+          <t>Açık Tarihli Buluşmalar</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786254156892</t>
+          <t>4440000004455</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Begonvil</t>
+          <t>Akatalpa Sayı: 289 Ocak 2024</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>4440000004256</t>
+          <t>9786254157240</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Akatalpa Sayı:288 Aralık 2023</t>
+          <t>Modern Çağda Sanatın İzleri</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>100</v>
+        <v>220</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786254156526</t>
+          <t>9786254157202</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Gözüm</t>
+          <t>Kumru Düğünü</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>600</v>
+        <v>250</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786254156540</t>
+          <t>9786254157158</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Nar Yokuşu</t>
+          <t>Hayalet Kızlar</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>600</v>
+        <v>200</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786254156533</t>
+          <t>9786254157226</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Güneşi Öptüm</t>
+          <t>Bir Sirtaki İhtimali</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>600</v>
+        <v>180</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786254156519</t>
+          <t>9786254156908</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Bir Nefeslik Mavi</t>
+          <t>Balkon Yalnızları</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>600</v>
+        <v>180</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786254156502</t>
+          <t>9786254157257</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Bana Zemheri Gibi Bakma</t>
+          <t>Babamın Pamuklaşan Elleri</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>600</v>
+        <v>220</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786254156717</t>
+          <t>9786254157127</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Süpermen Urfa'da</t>
+          <t>Sihirli Hayatlar Şiirli Hatıralar</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786254156700</t>
+          <t>9786254157134</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Toplu Şiirler</t>
+          <t>Kurttutan Destanı</t>
         </is>
       </c>
       <c r="C358" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786254156748</t>
+          <t>9786254155413</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Güneşe Üflenmiş Sözler (2003 - 2018 Şiirleri)</t>
+          <t>Akoda / Kral Moon</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786254156564</t>
+          <t>9786254157080</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Aşağı Mahalle</t>
+          <t>Kötü Miras</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786254156663</t>
+          <t>9786254157035</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Köyün İlk Tiyatrosu</t>
+          <t>Kör Alan ve Dekadrajda Röveşata</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786254156793</t>
+          <t>9786254157172</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Miro’ya Mısralar</t>
+          <t>Bir Ateşten Bir Buzdan</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786254156755</t>
+          <t>9786254157141</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Gül Kesikleri</t>
+          <t>Alakır Bozkırı</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786254156724</t>
+          <t>9786254157073</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Kalbimin Otopsisi</t>
+          <t>Ağustos Deplasmanı</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786254156687</t>
+          <t>9786254157011</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Zerna</t>
+          <t>Üç Buçuk Numaralı Gözlük</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786254156625</t>
+          <t>9786254157066</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Şiire Bakma Durağı</t>
+          <t>Homo Ludens ve Satranç</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786254156809</t>
+          <t>9786254157004</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Enkazlar Altında Kalan Sevgi</t>
+          <t>Gide Gide Bir Şiire</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786254156786</t>
+          <t>9786254157028</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Her Şeye İnat</t>
+          <t>Çınarlar İçten Kurur</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786254156830</t>
+          <t>9786254156953</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Filistin Günlüğü</t>
+          <t>Barışı Vurdular</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786254151019</t>
+          <t>9786254150593</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Dünya Limanı</t>
+          <t>Şarkısı Yabancı</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786254156656</t>
+          <t>9786254156595</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Hayat Gazoz Kapağı</t>
+          <t>Saksıda Deniz</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786254156472</t>
+          <t>9786254156915</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Külümde Gülüm Var Benim</t>
+          <t>Bir Günahın Anotomisi</t>
         </is>
       </c>
       <c r="C372" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786254156649</t>
+          <t>9786254156885</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Hanya’dan Cunda’ya</t>
+          <t>Sahi Öpmüş Müydüm Sizi</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>380</v>
+        <v>200</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786254156403</t>
+          <t>9786254156946</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Efra</t>
+          <t>Ürkü Şiirleri</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786257573306</t>
+          <t>9786254156991</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Öldükten Sonra Da İşçi Olmaktan Korkuyorum</t>
+          <t>Ruh Salatası</t>
         </is>
       </c>
       <c r="C375" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786254156601</t>
+          <t>9786254156878</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Ve Sevdam</t>
+          <t>Ossloh Yolundaki Kadın</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786254156397</t>
+          <t>9786254156939</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Son Bahar</t>
+          <t>Mutluluk Ustasının Çırağı</t>
         </is>
       </c>
       <c r="C377" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786254156496</t>
+          <t>9786254156854</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Benim Kalbim Hep Güzdür</t>
+          <t>Kış Serçeleri</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786254156458</t>
+          <t>9786254156960</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Vazgeçme Kalbim</t>
+          <t>Kırmızı Lekeler</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786254150111</t>
+          <t>9786254156984</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Türküler Kan Damlası</t>
+          <t>Kalbini Arayan Ateş</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786254156571</t>
+          <t>9786254156922</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Hayır</t>
+          <t>Ferahfeza</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786254156489</t>
+          <t>9786254156892</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Geyiğin Kan İzleri</t>
+          <t>Begonvil</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786254156427</t>
+          <t>4440000004256</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Bir İhtimal Daha Var</t>
+          <t>Akatalpa Sayı:288 Aralık 2023</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>320</v>
+        <v>100</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786254156434</t>
+          <t>9786254156526</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Aşk Perisi</t>
+          <t>Gözüm</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786254156298</t>
+          <t>9786254156540</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Kırların Sırları Cilt 1</t>
+          <t>Nar Yokuşu</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>650</v>
+        <v>600</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786254156281</t>
+          <t>9786254156533</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Kırların Sırları Cilt 2</t>
+          <t>Güneşi Öptüm</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>650</v>
+        <v>600</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786254156359</t>
+          <t>9786254156519</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Yağ Tenekelerinde Sardunyalar</t>
+          <t>Bir Nefeslik Mavi</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>300</v>
+        <v>600</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786254156441</t>
+          <t>9786254156502</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Akatalpa 287 Sayı: 16</t>
+          <t>Bana Zemheri Gibi Bakma</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>4440000004100</t>
+          <t>9786254156717</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Akatalpa Sayı: 287 Kasım 2023</t>
+          <t>Süpermen Urfa'da</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>60</v>
+        <v>200</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786254156137</t>
+          <t>9786254156700</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Neon Nexus Sayı I</t>
+          <t>Toplu Şiirler</t>
         </is>
       </c>
       <c r="C390" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786254155444</t>
+          <t>9786254156748</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Bahçıvan</t>
+          <t>Güneşe Üflenmiş Sözler (2003 - 2018 Şiirleri)</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786254156328</t>
+          <t>9786254156564</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Tuvalde Peri Tozu</t>
+          <t>Aşağı Mahalle</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>260</v>
+        <v>300</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786254156267</t>
+          <t>9786254156663</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Tutuklu Gülüşler</t>
+          <t>Köyün İlk Tiyatrosu</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786254156342</t>
+          <t>9786254156793</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Sonra Bir Gün Fazla Geldim</t>
+          <t>Miro’ya Mısralar</t>
         </is>
       </c>
       <c r="C394" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786254156076</t>
+          <t>9786254156755</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Sever Misin Beni</t>
+          <t>Gül Kesikleri</t>
         </is>
       </c>
       <c r="C395" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786254156113</t>
+          <t>9786254156724</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Rüzgar Ayini</t>
+          <t>Kalbimin Otopsisi</t>
         </is>
       </c>
       <c r="C396" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786254156373</t>
+          <t>9786254156687</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Pembe Zamanlar</t>
+          <t>Zerna</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786254156311</t>
+          <t>9786254156625</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Nüks</t>
+          <t>Şiire Bakma Durağı</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786254156182</t>
+          <t>9786254156809</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Malta'daki Babil Kulesi</t>
+          <t>Enkazlar Altında Kalan Sevgi</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786254156335</t>
+          <t>9786254156786</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Kuşlar Ve Derviş</t>
+          <t>Her Şeye İnat</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>260</v>
+        <v>280</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786254156212</t>
+          <t>9786254156830</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Kalbimin Şiirleri 4</t>
+          <t>Filistin Günlüğü</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>2590</v>
+        <v>300</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786254156014</t>
+          <t>9786254151019</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Her Kafadan Bir Tel</t>
+          <t>Dünya Limanı</t>
         </is>
       </c>
       <c r="C402" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786254156175</t>
+          <t>9786254156656</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Ev, Yüzünün Adı Olsun</t>
+          <t>Hayat Gazoz Kapağı</t>
         </is>
       </c>
       <c r="C403" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786254156366</t>
+          <t>9786254156472</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Bir Rüzgar Beni</t>
+          <t>Külümde Gülüm Var Benim</t>
         </is>
       </c>
       <c r="C404" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786254156090</t>
+          <t>9786254156649</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Aforizmalar</t>
+          <t>Hanya’dan Cunda’ya</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>200</v>
+        <v>380</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786254155963</t>
+          <t>9786254156403</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Yüzleşme</t>
+          <t>Efra</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786254155833</t>
+          <t>9786257573306</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Tüfek Omza</t>
+          <t>Öldükten Sonra Da İşçi Olmaktan Korkuyorum</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>270</v>
+        <v>200</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786254155420</t>
+          <t>9786254156601</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Livre</t>
+          <t>Ve Sevdam</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786254155109</t>
+          <t>9786254156397</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Hapishane Ağıtları</t>
+          <t>Son Bahar</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786254156168</t>
+          <t>9786254156496</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Yaralarım Konuşuyor</t>
+          <t>Benim Kalbim Hep Güzdür</t>
         </is>
       </c>
       <c r="C410" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786254156144</t>
+          <t>9786254156458</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Söyleme Arzusu</t>
+          <t>Vazgeçme Kalbim</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786254156007</t>
+          <t>9786254150111</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Islanmak Acıyı Giydirmektir</t>
+          <t>Türküler Kan Damlası</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786254156106</t>
+          <t>9786254156571</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Gaf Aramızda Kalsın</t>
+          <t>Hayır</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786254156243</t>
+          <t>9786254156489</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Dejavu</t>
+          <t>Geyiğin Kan İzleri</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786254156250</t>
+          <t>9786254156427</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Ayın Karanlık Yüzü</t>
+          <t>Bir İhtimal Daha Var</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786254156045</t>
+          <t>9786254156434</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Ateş ve Çığlık</t>
+          <t>Aşk Perisi</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786254155703</t>
+          <t>9786254156298</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Deniz Çekildiğinde Parlayan Su Birikintisi</t>
+          <t>Kırların Sırları Cilt 1</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>200</v>
+        <v>650</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786254156199</t>
+          <t>9786254156281</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>İlhan Kemal Kitabı</t>
+          <t>Kırların Sırları Cilt 2</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>500</v>
+        <v>650</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786254155987</t>
+          <t>9786254156359</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Kapitalizmin Egemenlik Yapısı ve Dijital Tahakküm</t>
+          <t>Yağ Tenekelerinde Sardunyalar</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786254155925</t>
+          <t>9786254156441</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Sığırcıklar Uyurken</t>
+          <t>Akatalpa 287 Sayı: 16</t>
         </is>
       </c>
       <c r="C420" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786254156205</t>
+          <t>4440000004100</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Akatalpa 286. sayı</t>
+          <t>Akatalpa Sayı: 287 Kasım 2023</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>200</v>
+        <v>60</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786254152979</t>
+          <t>9786254156137</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Sekiz Köşeli Yıldız</t>
+          <t>Neon Nexus Sayı I</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786254155499</t>
+          <t>9786254155444</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Anmadan Olmaz Düğün Çiçeklerini</t>
+          <t>Bahçıvan</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786254156083</t>
+          <t>9786254156328</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Yok Saymak</t>
+          <t>Tuvalde Peri Tozu</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>250</v>
+        <v>260</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786254155666</t>
+          <t>9786254156267</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Başıbozuk</t>
+          <t>Tutuklu Gülüşler</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786254155604</t>
+          <t>9786254156342</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Yıldız ve Arkadaşları Uzayda</t>
+          <t>Sonra Bir Gün Fazla Geldim</t>
         </is>
       </c>
       <c r="C426" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786254155789</t>
+          <t>9786254156076</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzüne Sığmayan Gözbebeklerimiz</t>
+          <t>Sever Misin Beni</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786254155642</t>
+          <t>9786254156113</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Yanlış Aşka Kaside</t>
+          <t>Rüzgar Ayini</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786254155598</t>
+          <t>9786254156373</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Vekil Milletvekili Olunca</t>
+          <t>Pembe Zamanlar</t>
         </is>
       </c>
       <c r="C429" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786254155918</t>
+          <t>9786254156311</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Üç Heceli Gece</t>
+          <t>Nüks</t>
         </is>
       </c>
       <c r="C430" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786254155673</t>
+          <t>9786254156182</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Sebeb-i isyanım</t>
+          <t>Malta'daki Babil Kulesi</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786254155765</t>
+          <t>9786254156335</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Saat 7:15 pm</t>
+          <t>Kuşlar Ve Derviş</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786254155819</t>
+          <t>9786254156212</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Poşetim Sancı Dolu</t>
+          <t>Kalbimin Şiirleri 4</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>300</v>
+        <v>2590</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786254155680</t>
+          <t>9786254156014</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Pepuk'un tuzum, tuzum dediği...!</t>
+          <t>Her Kafadan Bir Tel</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786254155741</t>
+          <t>9786254156175</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Neresinden Kırılır Dal</t>
+          <t>Ev, Yüzünün Adı Olsun</t>
         </is>
       </c>
       <c r="C435" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786254155840</t>
+          <t>9786254156366</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Kalbimin Şiirleri / 3</t>
+          <t>Bir Rüzgar Beni</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786254155697</t>
+          <t>9786254156090</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Kalbimin Şiirleri 2</t>
+          <t>Aforizmalar</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786254155338</t>
+          <t>9786254155963</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>İkilem</t>
+          <t>Yüzleşme</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786254155772</t>
+          <t>9786254155833</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Hüzünlü Kalabalıklar</t>
+          <t>Tüfek Omza</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786254155888</t>
+          <t>9786254155420</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Hünkar Çayırındaki Ölü</t>
+          <t>Livre</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786254155192</t>
+          <t>9786254155109</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Hiçmasal</t>
+          <t>Hapishane Ağıtları</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786254155727</t>
+          <t>9786254156168</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Hiçistan Atlası</t>
+          <t>Yaralarım Konuşuyor</t>
         </is>
       </c>
       <c r="C442" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786254155802</t>
+          <t>9786254156144</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Göçmen Kuşlar Yaralı Da Uçar</t>
+          <t>Söyleme Arzusu</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786254155710</t>
+          <t>9786254156007</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Fırtınada Orman Konuşur</t>
+          <t>Islanmak Acıyı Giydirmektir</t>
         </is>
       </c>
       <c r="C444" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786254155932</t>
+          <t>9786254156106</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Fesleğen</t>
+          <t>Gaf Aramızda Kalsın</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786254155949</t>
+          <t>9786254156243</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Evcil Göçebe</t>
+          <t>Dejavu</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786254155659</t>
+          <t>9786254156250</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Dağdağan Türküsü</t>
+          <t>Ayın Karanlık Yüzü</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786254155758</t>
+          <t>9786254156045</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Çırak</t>
+          <t>Ateş ve Çığlık</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786254155966</t>
+          <t>9786254155703</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Bir Zamanlar Yeryüzümde</t>
+          <t>Deniz Çekildiğinde Parlayan Su Birikintisi</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>90</v>
+        <v>200</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786254155871</t>
+          <t>9786254156199</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Bir Kıvılcımdır Şiir</t>
+          <t>İlhan Kemal Kitabı</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786254155406</t>
+          <t>9786254155987</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Bekleme Biçimleri</t>
+          <t>Kapitalizmin Egemenlik Yapısı ve Dijital Tahakküm</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>140</v>
+        <v>400</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786254155796</t>
+          <t>9786254155925</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Baba Bana İnan</t>
+          <t>Sığırcıklar Uyurken</t>
         </is>
       </c>
       <c r="C452" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786254155864</t>
+          <t>9786254156205</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Aynaya Bakma Zamanları</t>
+          <t>Akatalpa 286. sayı</t>
         </is>
       </c>
       <c r="C453" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786254155567</t>
+          <t>9786254152979</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Askısı Kırık Zamanın</t>
+          <t>Sekiz Köşeli Yıldız</t>
         </is>
       </c>
       <c r="C454" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786254155215</t>
+          <t>9786254155499</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Etkisiz Plasebo veya Sebo'nun 69 hali</t>
+          <t>Anmadan Olmaz Düğün Çiçeklerini</t>
         </is>
       </c>
       <c r="C455" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786254155734</t>
+          <t>9786254156083</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>İsa Atakları</t>
+          <t>Yok Saymak</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786254155437</t>
+          <t>9786254155666</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Nsest</t>
+          <t>Başıbozuk</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786254155253</t>
+          <t>9786254155604</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Yu Akhilleus Yu</t>
+          <t>Yıldız ve Arkadaşları Uzayda</t>
         </is>
       </c>
       <c r="C458" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786254155260</t>
+          <t>9786254155789</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Yola Fısıldadım Düşlerimi</t>
+          <t>Yeryüzüne Sığmayan Gözbebeklerimiz</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786254155277</t>
+          <t>9786254155642</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Yarım Kalan</t>
+          <t>Yanlış Aşka Kaside</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786254155512</t>
+          <t>9786254155598</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Uçan Gece</t>
+          <t>Vekil Milletvekili Olunca</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786254155543</t>
+          <t>9786254155918</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Tarım</t>
+          <t>Üç Heceli Gece</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786254155123</t>
+          <t>9786254155673</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Tahta Şifonyer</t>
+          <t>Sebeb-i isyanım</t>
         </is>
       </c>
       <c r="C463" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786254155284</t>
+          <t>9786254155765</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Şiirin Düş Kıyısı</t>
+          <t>Saat 7:15 pm</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786254155482</t>
+          <t>9786254155819</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Şarmuta</t>
+          <t>Poşetim Sancı Dolu</t>
         </is>
       </c>
       <c r="C465" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786254155291</t>
+          <t>9786254155680</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Siz Demem Sizin İnceliğinizden</t>
+          <t>Pepuk'un tuzum, tuzum dediği...!</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786254155550</t>
+          <t>9786254155741</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Saklı Sandık</t>
+          <t>Neresinden Kırılır Dal</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786254155307</t>
+          <t>9786254155840</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Mızıka Çalan Çocuklar İçin İlkyardım Bilgisi</t>
+          <t>Kalbimin Şiirleri / 3</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786254155536</t>
+          <t>9786254155697</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Kateleya</t>
+          <t>Kalbimin Şiirleri 2</t>
         </is>
       </c>
       <c r="C469" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786254155611</t>
+          <t>9786254155338</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Kondüktör Bayram ile Neslihan</t>
+          <t>İkilem</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786254155314</t>
+          <t>9786254155772</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Kara Delik</t>
+          <t>Hüzünlü Kalabalıklar</t>
         </is>
       </c>
       <c r="C471" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786254155345</t>
+          <t>9786254155888</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Güz Şerhleri</t>
+          <t>Hünkar Çayırındaki Ölü</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786254155468</t>
+          <t>9786254155192</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Gün'aşırı Ağrı</t>
+          <t>Hiçmasal</t>
         </is>
       </c>
       <c r="C473" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786254155574</t>
+          <t>9786254155727</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Göçmen Sarısı</t>
+          <t>Hiçistan Atlası</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786254155352</t>
+          <t>9786254155802</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Eroticaland</t>
+          <t>Göçmen Kuşlar Yaralı Da Uçar</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786254155369</t>
+          <t>9786254155710</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Elimde Çürüyor Elma</t>
+          <t>Fırtınada Orman Konuşur</t>
         </is>
       </c>
       <c r="C476" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786254155383</t>
+          <t>9786254155932</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Cinnetzede</t>
+          <t>Fesleğen</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786254155390</t>
+          <t>9786254155949</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Bütün Kuşları Alkışlamaya Gidiyorum</t>
+          <t>Evcil Göçebe</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786254155185</t>
+          <t>9786254155659</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Böyle Akar Melet Çayı</t>
+          <t>Dağdağan Türküsü</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786254155321</t>
+          <t>9786254155758</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Birkaç Porsiyon Hayat</t>
+          <t>Çırak</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786254155529</t>
+          <t>9786254155966</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Bir Rüzgarın Peşinden - Toplu Şiirler</t>
+          <t>Bir Zamanlar Yeryüzümde</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>500</v>
+        <v>90</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786254155055</t>
+          <t>9786254155871</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Med-cezir Tarifesi</t>
+          <t>Bir Kıvılcımdır Şiir</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786254155154</t>
+          <t>9786254155406</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Kanayan Şiirler</t>
+          <t>Bekleme Biçimleri</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786254155147</t>
+          <t>9786254155796</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Kendine Başlamadan Önce</t>
+          <t>Baba Bana İnan</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786254154546</t>
+          <t>9786254155864</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Son İleti - Kuşlukçiçeğim</t>
+          <t>Aynaya Bakma Zamanları</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786254154959</t>
+          <t>9786254155567</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Şiir iyi ki</t>
+          <t>Askısı Kırık Zamanın</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786254155505</t>
+          <t>9786254155215</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Sanat ve Siyasal İslam</t>
+          <t>Etkisiz Plasebo veya Sebo'nun 69 hali</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786254155222</t>
+          <t>9786254155734</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Rüya Senaristi II</t>
+          <t>İsa Atakları</t>
         </is>
       </c>
       <c r="C488" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786254155239</t>
+          <t>9786254155437</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Türk Devrimi'nin Penceresinden İsmail Hakkı Tonguç ve Köy Enstitüleri</t>
+          <t>Nsest</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786254155116</t>
+          <t>9786254155253</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Üzümlü kek yapmayı bilen bir kız bana ulaşabilir mi?</t>
+          <t>Yu Akhilleus Yu</t>
         </is>
       </c>
       <c r="C490" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786254155178</t>
+          <t>9786254155260</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatımızın Yeni Gücü; Şaireler</t>
+          <t>Yola Fısıldadım Düşlerimi</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786254155475</t>
+          <t>9786254155277</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Kalp ve Us'a Dokunuşlar</t>
+          <t>Yarım Kalan</t>
         </is>
       </c>
       <c r="C492" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786254155208</t>
+          <t>9786254155512</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Hüzünkara</t>
+          <t>Uçan Gece</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786254155161</t>
+          <t>9786254155543</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Deniz Kokusunun Ulaşamadığı İzmir</t>
+          <t>Türkiye’de Tarım</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>270</v>
+        <v>300</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786254151804</t>
+          <t>9786254155123</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Ben Acılarını İnceltince</t>
+          <t>Tahta Şifonyer</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786254154973</t>
+          <t>9786254155284</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Üç Gün Ara Ver</t>
+          <t>Şiirin Düş Kıyısı</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786254155017</t>
+          <t>9786254155482</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Tam Şair Yarı Tanrı</t>
+          <t>Şarmuta</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786254155000</t>
+          <t>9786254155291</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Susuz Yas</t>
+          <t>Siz Demem Sizin İnceliğinizden</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786254155093</t>
+          <t>9786254155550</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Papatya Çıkmazı</t>
+          <t>Saklı Sandık</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786254154980</t>
+          <t>9786254155307</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Okuyorum, Yazıyorum..</t>
+          <t>Mızıka Çalan Çocuklar İçin İlkyardım Bilgisi</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9786254155130</t>
+          <t>9786254155536</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Mümkün ve Eza</t>
+          <t>Kateleya</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9786254155024</t>
+          <t>9786254155611</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Kaçak Yapı</t>
+          <t>Kondüktör Bayram ile Neslihan</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786254155062</t>
+          <t>9786254155314</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>İçinizde Bir Köpek</t>
+          <t>Kara Delik</t>
         </is>
       </c>
       <c r="C503" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786254155031</t>
+          <t>9786254155345</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Azelya</t>
+          <t>Güz Şerhleri</t>
         </is>
       </c>
       <c r="C504" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9786254155048</t>
+          <t>9786254155468</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Aşk Olsun</t>
+          <t>Gün'aşırı Ağrı</t>
         </is>
       </c>
       <c r="C505" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786254154188</t>
+          <t>9786254155574</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Mühendislikte Yapısal Sorular</t>
+          <t>Göçmen Sarısı</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>700</v>
+        <v>180</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9786254154720</t>
+          <t>9786254155352</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Düşlerin Sessizliği</t>
+          <t>Eroticaland</t>
         </is>
       </c>
       <c r="C507" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786254154799</t>
+          <t>9786254155369</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Öpücüksüz</t>
+          <t>Elimde Çürüyor Elma</t>
         </is>
       </c>
       <c r="C508" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786254154713</t>
+          <t>9786254155383</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Hiç Durmadan Uçmak</t>
+          <t>Cinnetzede</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9786254154683</t>
+          <t>9786254155390</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Telaşlı Anılar Geçidi</t>
+          <t>Bütün Kuşları Alkışlamaya Gidiyorum</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9786254154676</t>
+          <t>9786254155185</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Yaşlı Dünya Süpürgesi</t>
+          <t>Böyle Akar Melet Çayı</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9786254154867</t>
+          <t>9786254155321</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Sus Kapıları</t>
+          <t>Birkaç Porsiyon Hayat</t>
         </is>
       </c>
       <c r="C512" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9786254154270</t>
+          <t>9786254155529</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Kendinden Uzakta Bir Yer</t>
+          <t>Bir Rüzgarın Peşinden - Toplu Şiirler</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9786254154706</t>
+          <t>9786254155055</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Hayatımı Kalemimle Kazanacağım</t>
+          <t>Med-cezir Tarifesi</t>
         </is>
       </c>
       <c r="C514" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9786254154638</t>
+          <t>9786254155154</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Baba Olmak</t>
+          <t>Kanayan Şiirler</t>
         </is>
       </c>
       <c r="C515" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9786254154942</t>
+          <t>9786254155147</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Taşyazılar</t>
+          <t>Kendine Başlamadan Önce</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9786254154850</t>
+          <t>9786254154546</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Her Gece Böyle</t>
+          <t>Son İleti - Kuşlukçiçeğim</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9786254154843</t>
+          <t>9786254154959</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Gölgen Omzuma Düştü</t>
+          <t>Şiir iyi ki</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>100</v>
+        <v>280</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786254154195</t>
+          <t>9786254155505</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Minerva'nın Baykuşu</t>
+          <t>Sanat ve Siyasal İslam</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9786254154782</t>
+          <t>9786254155222</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Tehlikeli Virajlar</t>
+          <t>Rüya Senaristi II</t>
         </is>
       </c>
       <c r="C520" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9786254154881</t>
+          <t>9786254155239</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Benden Öte Senden Ziyade</t>
+          <t>Türk Devrimi'nin Penceresinden İsmail Hakkı Tonguç ve Köy Enstitüleri</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9786254154812</t>
+          <t>9786254155116</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Ben Şimdi Ölecek Miyim?</t>
+          <t>Üzümlü kek yapmayı bilen bir kız bana ulaşabilir mi?</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9786254154287</t>
+          <t>9786254155178</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Kış Geçer</t>
+          <t>Edebiyatımızın Yeni Gücü; Şaireler</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9786254154775</t>
+          <t>9786254155475</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Politize Romantizm</t>
+          <t>Kalp ve Us'a Dokunuşlar</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9786254154744</t>
+          <t>9786254155208</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>İki Dil Bir Aşk</t>
+          <t>Hüzünkara</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9786254154829</t>
+          <t>9786254155161</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Ay'a Giden İlk Çocuk Kitabı</t>
+          <t>Deniz Kokusunun Ulaşamadığı İzmir</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9786254154645</t>
+          <t>9786254151804</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>33 Şiir</t>
+          <t>Ben Acılarını İnceltince</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9786254154690</t>
+          <t>9786254154973</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Şaşkın Balkon Düşçüsü</t>
+          <t>Üç Gün Ara Ver</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9786254154393</t>
+          <t>9786254155017</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Anneciğim</t>
+          <t>Tam Şair Yarı Tanrı</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9786254154874</t>
+          <t>9786254155000</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Pazar Kahvaltısı</t>
+          <t>Susuz Yas</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9786254154362</t>
+          <t>9786254155093</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Dargın Düş</t>
+          <t>Papatya Çıkmazı</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>170</v>
+        <v>100</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9786254154768</t>
+          <t>9786254154980</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Otantik Doğum</t>
+          <t>Okuyorum, Yazıyorum..</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9786254154898</t>
+          <t>9786254155130</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Aşktan Armağan Şarkılar</t>
+          <t>Mümkün ve Eza</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9786254154621</t>
+          <t>9786254155024</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Aşık İhsani ve Dostları</t>
+          <t>Kaçak Yapı</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9786254154966</t>
+          <t>9786254155062</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Klaros Sayı 7: Ramis Dara</t>
+          <t>İçinizde Bir Köpek</t>
         </is>
       </c>
       <c r="C535" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9786254154454</t>
+          <t>9786254155031</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Kan Atlayamadım</t>
+          <t>Azelya</t>
         </is>
       </c>
       <c r="C536" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9786254154928</t>
+          <t>9786254155048</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Bunların Hepsi Senin Yüzünden Anne</t>
+          <t>Aşk Olsun</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9786254154379</t>
+          <t>9786254154188</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Böyle Akar Melet Çayı</t>
+          <t>Mühendislikte Yapısal Sorular</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>250</v>
+        <v>700</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9786254154737</t>
+          <t>9786254154720</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Ağaç Olmak Özlemi</t>
+          <t>Düşlerin Sessizliği</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9786254153990</t>
+          <t>9786254154799</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Kezzap</t>
+          <t>Öpücüksüz</t>
         </is>
       </c>
       <c r="C540" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9786254154317</t>
+          <t>9786254154713</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Yeştha</t>
+          <t>Hiç Durmadan Uçmak</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9786254154652</t>
+          <t>9786254154683</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Hesaplanmış Sessiz Manipülasyon Yoluyla İşlenen Suçlar ve Yasal Boyut</t>
+          <t>Telaşlı Anılar Geçidi</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9786254154553</t>
+          <t>9786254154676</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Mavi Pencere</t>
+          <t>Yaşlı Dünya Süpürgesi</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9786254154607</t>
+          <t>9786254154867</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Oğlanlarla Körebe Oynarken</t>
+          <t>Sus Kapıları</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9786254154522</t>
+          <t>9786254154270</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Rus Ruletinde İki Mermi</t>
+          <t>Kendinden Uzakta Bir Yer</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9786254153969</t>
+          <t>9786254154706</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Su da Susar</t>
+          <t>Hayatımı Kalemimle Kazanacağım</t>
         </is>
       </c>
       <c r="C546" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9786254154614</t>
+          <t>9786254154638</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Sen Yine Gözle Yarını</t>
+          <t>Baba Olmak</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9786254154591</t>
+          <t>9786254154942</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Timsaha İyi Bak</t>
+          <t>Taşyazılar</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9786254154409</t>
+          <t>9786254154850</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Vay Cimcime Vay</t>
+          <t>Her Gece Böyle</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9786258083446</t>
+          <t>9786254154843</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Veda ve Kalıntı</t>
+          <t>Gölgen Omzuma Düştü</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9786254154416</t>
+          <t>9786254154195</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Yol Belli Değil</t>
+          <t>Minerva'nın Baykuşu</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9786254154669</t>
+          <t>9786254154782</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Demiryolu Öyküleri</t>
+          <t>Tehlikeli Virajlar</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9786254154584</t>
+          <t>9786254154881</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Bir de Ne Göreyim</t>
+          <t>Benden Öte Senden Ziyade</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9786254154560</t>
+          <t>9786254154812</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Asil Hırsız</t>
+          <t>Ben Şimdi Ölecek Miyim?</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9786254154515</t>
+          <t>9786254154287</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Akatalpa Şiir Seçkisi</t>
+          <t>Kış Geçer</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9786254153938</t>
+          <t>9786254154775</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Ağacı - Dara Jiyane</t>
+          <t>Politize Romantizm</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9786254154140</t>
+          <t>9786254154744</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Şizoid Bulut</t>
+          <t>İki Dil Bir Aşk</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9786254154331</t>
+          <t>9786254154829</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Özgürlüğü Ararken</t>
+          <t>Ay'a Giden İlk Çocuk Kitabı</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9786254154263</t>
+          <t>9786254154645</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Ay</t>
+          <t>33 Şiir</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9786254154256</t>
+          <t>9786254154690</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Kadın Ay</t>
+          <t>Şaşkın Balkon Düşçüsü</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9786254154294</t>
+          <t>9786254154393</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>İ</t>
+          <t>Sevgili Anneciğim</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9786254154232</t>
+          <t>9786254154874</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Gümüş Ay</t>
+          <t>Pazar Kahvaltısı</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9786254154300</t>
+          <t>9786254154362</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Gurün</t>
+          <t>Dargın Düş</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>270</v>
+        <v>170</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9786254154171</t>
+          <t>9786254154768</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Fındık - Büyümenin Kedicesi</t>
+          <t>Otantik Doğum</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9786254154225</t>
+          <t>9786254154898</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Falaka</t>
+          <t>Aşktan Armağan Şarkılar</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9786254154218</t>
+          <t>9786254154621</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Ecza Deposu</t>
+          <t>Aşık İhsani ve Dostları</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9786254154201</t>
+          <t>9786254154966</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Çamur Ay</t>
+          <t>Klaros Sayı 7: Ramis Dara</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9786254154041</t>
+          <t>9786254154454</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Başın Yere Eğilmesin</t>
+          <t>Kan Atlayamadım</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>330</v>
+        <v>200</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9786254154126</t>
+          <t>9786254154928</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>İffet'in Gelinliği</t>
+          <t>Bunların Hepsi Senin Yüzünden Anne</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9786254153884</t>
+          <t>9786254154379</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Köklerin İzindeki Masallar ve Hikayeler</t>
+          <t>Böyle Akar Melet Çayı</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9786254153877</t>
+          <t>9786254154737</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Tazegül</t>
+          <t>Ağaç Olmak Özlemi</t>
         </is>
       </c>
       <c r="C571" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9786254154096</t>
+          <t>9786254153990</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Kent Kahvehanesi</t>
+          <t>Kezzap</t>
         </is>
       </c>
       <c r="C572" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9786254154157</t>
+          <t>9786254154317</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Yitik Menekşe</t>
+          <t>Yeştha</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>350</v>
+        <v>240</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9786254154119</t>
+          <t>9786254154652</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Fecirde Üç Şair</t>
+          <t>Hesaplanmış Sessiz Manipülasyon Yoluyla İşlenen Suçlar ve Yasal Boyut</t>
         </is>
       </c>
       <c r="C574" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9786254154164</t>
+          <t>9786254154553</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>12 Eylül Cezaevlerinde Yaratıcılık ve Direniş</t>
+          <t>Mavi Pencere</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9786254154133</t>
+          <t>9786254154607</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Şiire Açan Kır Karanfilleri ve Şiire Perdah Dikinsözler</t>
+          <t>Oğlanlarla Körebe Oynarken</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9786254154102</t>
+          <t>9786254154522</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>İklimsiz</t>
+          <t>Rus Ruletinde İki Mermi</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9786254154027</t>
+          <t>9786254153969</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Dili Yanmış Şarkılar</t>
+          <t>Su da Susar</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9786254153914</t>
+          <t>9786254154614</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Sustuğumuz Yalnızlıklar</t>
+          <t>Sen Yine Gözle Yarını</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9786254153983</t>
+          <t>9786254154591</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Maskelerin Ardındaki Sır</t>
+          <t>Timsaha İyi Bak</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9786254154065</t>
+          <t>9786254154409</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Lotus - Alya'ya Şiirler 3</t>
+          <t>Vay Cimcime Vay</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9786254154072</t>
+          <t>9786258083446</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Muş Yöresi Halk Edebiyatı ve Folkloru</t>
+          <t>Veda ve Kalıntı</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9786254154010</t>
+          <t>9786254154416</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>İhanet</t>
+          <t>Yol Belli Değil</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9786254153921</t>
+          <t>9786254154669</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Hüznümde Mavi Saklı</t>
+          <t>Demiryolu Öyküleri</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9786254153907</t>
+          <t>9786254154584</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Akogda ve Son</t>
+          <t>Bir de Ne Göreyim</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9786254153822</t>
+          <t>9786254154560</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Kar Üşümesi</t>
+          <t>Asil Hırsız</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9786254153945</t>
+          <t>9786254154515</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>İhtimallerin Cinneti</t>
+          <t>Akatalpa Şiir Seçkisi</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9786254153839</t>
+          <t>9786254153938</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Güz Aynaları</t>
+          <t>Yaşam Ağacı - Dara Jiyane</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9786254153747</t>
+          <t>9786254154140</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Ben de Denedim</t>
+          <t>Şizoid Bulut</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9786254153860</t>
+          <t>9786254154331</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Yanılgının İcadı</t>
+          <t>Özgürlüğü Ararken</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>270</v>
+        <v>300</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9786254153952</t>
+          <t>9786254154263</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Başka Zamanlarda</t>
+          <t>Karanlık Ay</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9786254153792</t>
+          <t>9786254154256</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Ebeannem 2022 Yıllığı</t>
+          <t>Kadın Ay</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9786254153891</t>
+          <t>9786254154294</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Ceviz Ağacı</t>
+          <t>İ</t>
         </is>
       </c>
       <c r="C593" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9786254152696</t>
+          <t>9786254154232</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Ses Ver</t>
+          <t>Gümüş Ay</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>170</v>
+        <v>350</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9786254153808</t>
+          <t>9786254154300</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Türk Masalları</t>
+          <t>Gurün</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>300</v>
+        <v>270</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9786254153624</t>
+          <t>9786254154171</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Uydur Kalabalık</t>
+          <t>Fındık - Büyümenin Kedicesi</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9786254153617</t>
+          <t>9786254154225</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Yasaklı Semtin Sesleri</t>
+          <t>Falaka</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9786254153846</t>
+          <t>9786254154218</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Romancı</t>
+          <t>Ecza Deposu</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9786254153709</t>
+          <t>9786254154201</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Sonrasız Vakitler</t>
+          <t>Çamur Ay</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9786254153716</t>
+          <t>9786254154041</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Tek Şiir</t>
+          <t>Başın Yere Eğilmesin</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>300</v>
+        <v>330</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9786254153761</t>
+          <t>9786254154126</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Yeniyüzyılda Ulaştırma ve İnşaat Mühendisliği</t>
+          <t>İffet'in Gelinliği</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9786254153785</t>
+          <t>9786254153884</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Kor Akor</t>
+          <t>Köklerin İzindeki Masallar ve Hikayeler</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9786254153686</t>
+          <t>9786254153877</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>Günler Düşerken</t>
+          <t>Tazegül</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9786254153662</t>
+          <t>9786254154096</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Düşler Çarşısı</t>
+          <t>Kent Kahvehanesi</t>
         </is>
       </c>
       <c r="C604" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9786254153853</t>
+          <t>9786254154157</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Kardan Ölü</t>
+          <t>Yitik Menekşe</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9786254153754</t>
+          <t>9786254154119</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>Ayna Müze</t>
+          <t>Fecirde Üç Şair</t>
         </is>
       </c>
       <c r="C606" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9786254153679</t>
+          <t>9786254154164</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>Günışığı Kenti</t>
+          <t>12 Eylül Cezaevlerinde Yaratıcılık ve Direniş</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9786254153815</t>
+          <t>9786254154133</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Yalancı Ay</t>
+          <t>Şiire Açan Kır Karanfilleri ve Şiire Perdah Dikinsözler</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9786254153648</t>
+          <t>9786254154102</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>Bilemezsin Aysel</t>
+          <t>İklimsiz</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9786254153778</t>
+          <t>9786254154027</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Ömrüne Bereket</t>
+          <t>Dili Yanmış Şarkılar</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9786254153211</t>
+          <t>9786254153914</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Acıdan Umuda</t>
+          <t>Sustuğumuz Yalnızlıklar</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9786254153655</t>
+          <t>9786254153983</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>Acılara Tutunmak</t>
+          <t>Maskelerin Ardındaki Sır</t>
         </is>
       </c>
       <c r="C612" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9786254153723</t>
+          <t>9786254154065</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Zaman Varken</t>
+          <t>Lotus - Alya'ya Şiirler 3</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9786254153242</t>
+          <t>9786254154072</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Mavi Aşk Cemresi</t>
+          <t>Muş Yöresi Halk Edebiyatı ve Folkloru</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9786254153464</t>
+          <t>9786254154010</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Bir Avuç Gülüş Düşer</t>
+          <t>İhanet</t>
         </is>
       </c>
       <c r="C615" s="1">
-        <v>400</v>
+        <v>220</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9786254153563</t>
+          <t>9786254153921</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>Yıldız Şöleni</t>
+          <t>Hüznümde Mavi Saklı</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9786254153471</t>
+          <t>9786254153907</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Çiçek Açsın Annelerin Yürekleri</t>
+          <t>Akogda ve Son</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9786254153488</t>
+          <t>9786254153822</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Duvara Düşen Dizeler</t>
+          <t>Kar Üşümesi</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9786254153495</t>
+          <t>9786254153945</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Mutluluğa Çıkan Yol</t>
+          <t>İhtimallerin Cinneti</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9786254153730</t>
+          <t>9786254153839</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>Bekleyenler Çölü</t>
+          <t>Güz Aynaları</t>
         </is>
       </c>
       <c r="C620" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9786254153273</t>
+          <t>9786254153747</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Aras'ta</t>
+          <t>Ben de Denedim</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9786254153693</t>
+          <t>9786254153860</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>Satranç Atlası</t>
+          <t>Yanılgının İcadı</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>400</v>
+        <v>270</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9786254153501</t>
+          <t>9786254153952</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>Üşür Serçe Yalnızlığım</t>
+          <t>Başka Zamanlarda</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>400</v>
+        <v>180</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9786254153365</t>
+          <t>9786254153792</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>Felsefe ve Edebiyatla Yola Çıkmak</t>
+          <t>Ebeannem 2022 Yıllığı</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9786254153600</t>
+          <t>9786254153891</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>İblisin 66 Cürmü</t>
+          <t>Ceviz Ağacı</t>
         </is>
       </c>
       <c r="C625" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9786254153440</t>
+          <t>9786254152696</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>Gurbetten Öyküler</t>
+          <t>Ses Ver</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>300</v>
+        <v>170</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9786254153570</t>
+          <t>9786254153808</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Geçmişim Adımdı Adımsa Kaderim</t>
+          <t>Türk Masalları</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9786254153549</t>
+          <t>9786254153624</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Huzurlu Kuşkular</t>
+          <t>Uydur Kalabalık</t>
         </is>
       </c>
       <c r="C628" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9786254153433</t>
+          <t>9786254153617</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>Kötülük Mektupları</t>
+          <t>Yasaklı Semtin Sesleri</t>
         </is>
       </c>
       <c r="C629" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9786254153389</t>
+          <t>9786254153846</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>Demkeş</t>
+          <t>Romancı</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9786254153532</t>
+          <t>9786254153709</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>Seninle Sonlansın Ömrüm</t>
+          <t>Sonrasız Vakitler</t>
         </is>
       </c>
       <c r="C631" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9786254153525</t>
+          <t>9786254153716</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>Birer Yenilgidir Her Eve Dönüşler</t>
+          <t>Tek Şiir</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9786254153358</t>
+          <t>9786254153761</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Soygun</t>
+          <t>Yeniyüzyılda Ulaştırma ve İnşaat Mühendisliği</t>
         </is>
       </c>
       <c r="C633" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9786254153105</t>
+          <t>9786254153785</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka Felsefe Yapabilir Mi</t>
+          <t>Kor Akor</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9786254153341</t>
+          <t>9786254153686</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>Su Kuşu'nun Dediği</t>
+          <t>Günler Düşerken</t>
         </is>
       </c>
       <c r="C635" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9786254153402</t>
+          <t>9786254153662</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>Suyun Rengi</t>
+          <t>Düşler Çarşısı</t>
         </is>
       </c>
       <c r="C636" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9786254153556</t>
+          <t>9786254153853</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>Dağ Sustu</t>
+          <t>Kardan Ölü</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9786254153396</t>
+          <t>9786254153754</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>Yaşama Felsefesi</t>
+          <t>Ayna Müze</t>
         </is>
       </c>
       <c r="C638" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9786254153327</t>
+          <t>9786254153679</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>Yelken</t>
+          <t>Günışığı Kenti</t>
         </is>
       </c>
       <c r="C639" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9786254153372</t>
+          <t>9786254153815</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>Velhasıl</t>
+          <t>Yalancı Ay</t>
         </is>
       </c>
       <c r="C640" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9786254153068</t>
+          <t>9786254153648</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>Tek Başına</t>
+          <t>Bilemezsin Aysel</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9786254153266</t>
+          <t>9786254153778</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>Bir Uyumsuzun Hatıra Defteri</t>
+          <t>Ömrüne Bereket</t>
         </is>
       </c>
       <c r="C642" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9786254153280</t>
+          <t>9786254153211</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>Adım Müjgan</t>
+          <t>Acıdan Umuda</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9786254153518</t>
+          <t>9786254153655</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>Algı ve Ego Oyunları</t>
+          <t>Acılara Tutunmak</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9786254153426</t>
+          <t>9786254153723</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>Ben Bildiğin Şairlerden Değilim</t>
+          <t>Zaman Varken</t>
         </is>
       </c>
       <c r="C645" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9786254153082</t>
+          <t>9786254153242</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>Önce Kuşlar Öldü</t>
+          <t>Mavi Aşk Cemresi</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9786254152962</t>
+          <t>9786254153464</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Büyük Yıkım</t>
+          <t>Bir Avuç Gülüş Düşer</t>
         </is>
       </c>
       <c r="C647" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9786254152917</t>
+          <t>9786254153563</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Türk Devrimi'nin Penceresinden İsmail Hakkı Tonguç ve Köy Enstitüleri</t>
+          <t>Yıldız Şöleni</t>
         </is>
       </c>
       <c r="C648" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9786254153051</t>
+          <t>9786254153471</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>Sanatlarıyla İz Bırakıp Geçtiler Hayatımızdan</t>
+          <t>Çiçek Açsın Annelerin Yürekleri</t>
         </is>
       </c>
       <c r="C649" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9786254153013</t>
+          <t>9786254153488</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>Aşk Mavi Kokar</t>
+          <t>Duvara Düşen Dizeler</t>
         </is>
       </c>
       <c r="C650" s="1">
-        <v>240</v>
+        <v>400</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9786254152993</t>
+          <t>9786254153495</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Ölümcül Kavuşturmalar</t>
+          <t>Mutluluğa Çıkan Yol</t>
         </is>
       </c>
       <c r="C651" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9786254153228</t>
+          <t>9786254153730</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>Ulaşım ve Mühendisliğin Felsefesi ve Devrimi</t>
+          <t>Bekleyenler Çölü</t>
         </is>
       </c>
       <c r="C652" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9786254152986</t>
+          <t>9786254153273</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>Petunya - Alya'ya Şiirler 2</t>
+          <t>Aras'ta</t>
         </is>
       </c>
       <c r="C653" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9786254152740</t>
+          <t>9786254153693</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>Özgürlük Hiçlikten mi Geçiyor?</t>
+          <t>Satranç Atlası</t>
         </is>
       </c>
       <c r="C654" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9786254153037</t>
+          <t>9786254153501</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>Ecelini Boynunda Taşıyan Yaşam</t>
+          <t>Üşür Serçe Yalnızlığım</t>
         </is>
       </c>
       <c r="C655" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9786254153297</t>
+          <t>9786254153365</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>Zirvelerin Ötesinde</t>
+          <t>Felsefe ve Edebiyatla Yola Çıkmak</t>
         </is>
       </c>
       <c r="C656" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9786254153112</t>
+          <t>9786254153600</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>Bir Darbe Mağdurunun 36 Saati</t>
+          <t>İblisin 66 Cürmü</t>
         </is>
       </c>
       <c r="C657" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9786254153181</t>
+          <t>9786254153440</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki ve Dışımızdaki Savaş</t>
+          <t>Gurbetten Öyküler</t>
         </is>
       </c>
       <c r="C658" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9786254152511</t>
+          <t>9786254153570</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>Unutulmayan Anlar</t>
+          <t>Geçmişim Adımdı Adımsa Kaderim</t>
         </is>
       </c>
       <c r="C659" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9786254153150</t>
+          <t>9786254153549</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>Toprak Destanı</t>
+          <t>Huzurlu Kuşkular</t>
         </is>
       </c>
       <c r="C660" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9786254153334</t>
+          <t>9786254153433</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>Yan Yana</t>
+          <t>Kötülük Mektupları</t>
         </is>
       </c>
       <c r="C661" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9786254153136</t>
+          <t>9786254153389</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>Kadife Gelinlik</t>
+          <t>Demkeş</t>
         </is>
       </c>
       <c r="C662" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9786254153129</t>
+          <t>9786254153532</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>Bir Varmış Bir Yokmuş Bir De Böylesi Varmış</t>
+          <t>Seninle Sonlansın Ömrüm</t>
         </is>
       </c>
       <c r="C663" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9786254153303</t>
+          <t>9786254153525</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>Ben, Ben ve Ben</t>
+          <t>Birer Yenilgidir Her Eve Dönüşler</t>
         </is>
       </c>
       <c r="C664" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9786258083248</t>
+          <t>9786254153358</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>Hırçınsu'nun Olağanüstü Sıradan Maceraları 1</t>
+          <t>Soygun</t>
         </is>
       </c>
       <c r="C665" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>9786254153167</t>
+          <t>9786254153105</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>Bakışımlık</t>
+          <t>Yapay Zeka Felsefe Yapabilir Mi</t>
         </is>
       </c>
       <c r="C666" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>9786254153310</t>
+          <t>9786254153341</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>Koşarken</t>
+          <t>Su Kuşu'nun Dediği</t>
         </is>
       </c>
       <c r="C667" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>9786254153259</t>
+          <t>9786254153402</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>Cadılozita</t>
+          <t>Suyun Rengi</t>
         </is>
       </c>
       <c r="C668" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>9786254152900</t>
+          <t>9786254153556</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>Algılama Evreni Hataları</t>
+          <t>Dağ Sustu</t>
         </is>
       </c>
       <c r="C669" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9786258083200</t>
+          <t>9786254153396</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>Hayal Krokileri</t>
+          <t>Yaşama Felsefesi</t>
         </is>
       </c>
       <c r="C670" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>9786254153143</t>
+          <t>9786254153327</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>Yamalı Bohça</t>
+          <t>Yelken</t>
         </is>
       </c>
       <c r="C671" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>9786254153174</t>
+          <t>9786254153372</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>Mevsim Evveli</t>
+          <t>Velhasıl</t>
         </is>
       </c>
       <c r="C672" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>9786254150944</t>
+          <t>9786254153068</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Rujlu Sokaklar</t>
+          <t>Tek Başına</t>
         </is>
       </c>
       <c r="C673" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>9786254153006</t>
+          <t>9786254153266</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>İmgeler ve Cesetler</t>
+          <t>Bir Uyumsuzun Hatıra Defteri</t>
         </is>
       </c>
       <c r="C674" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9786254150708</t>
+          <t>9786254153280</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>Arınak - Tufandan Önce</t>
+          <t>Adım Müjgan</t>
         </is>
       </c>
       <c r="C675" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>9786254151880</t>
+          <t>9786254153518</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>Tek Memeli Alis</t>
+          <t>Algı ve Ego Oyunları</t>
         </is>
       </c>
       <c r="C676" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>9786254152603</t>
+          <t>9786254153426</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>Yazıyorum Öyleyse Yokum</t>
+          <t>Ben Bildiğin Şairlerden Değilim</t>
         </is>
       </c>
       <c r="C677" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9786254152573</t>
+          <t>9786254153082</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>Tanrı Delileri Sever</t>
+          <t>Önce Kuşlar Öldü</t>
         </is>
       </c>
       <c r="C678" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>9786254152245</t>
+          <t>9786254152962</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>Noktadan Sonra</t>
+          <t>Büyük Yıkım</t>
         </is>
       </c>
       <c r="C679" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>9786254152122</t>
+          <t>9786254152917</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>Kral ve Küçük Cadı</t>
+          <t>Türk Devrimi'nin Penceresinden İsmail Hakkı Tonguç ve Köy Enstitüleri</t>
         </is>
       </c>
       <c r="C680" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9786254152719</t>
+          <t>9786254153051</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>Korkunun Alacakaranlık Kuşağı</t>
+          <t>Sanatlarıyla İz Bırakıp Geçtiler Hayatımızdan</t>
         </is>
       </c>
       <c r="C681" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>9786254152498</t>
+          <t>9786254153013</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>Kara Dünyaya Ateş</t>
+          <t>Aşk Mavi Kokar</t>
         </is>
       </c>
       <c r="C682" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>9786254152757</t>
+          <t>9786254152993</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>Güvercinler Ölmeseydi</t>
+          <t>Ölümcül Kavuşturmalar</t>
         </is>
       </c>
       <c r="C683" s="1">
-        <v>400</v>
+        <v>180</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>9786257311434</t>
+          <t>9786254153228</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>Gündedün Kanat Sesleri</t>
+          <t>Ulaşım ve Mühendisliğin Felsefesi ve Devrimi</t>
         </is>
       </c>
       <c r="C684" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>9786254152795</t>
+          <t>9786254152986</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>Genç Werther'in Defteri</t>
+          <t>Petunya - Alya'ya Şiirler 2</t>
         </is>
       </c>
       <c r="C685" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>9786254152788</t>
+          <t>9786254152740</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>Freud'u Beslemek</t>
+          <t>Özgürlük Hiçlikten mi Geçiyor?</t>
         </is>
       </c>
       <c r="C686" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>9786254152726</t>
+          <t>9786254153037</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>Duyular Yalnızlığı</t>
+          <t>Ecelini Boynunda Taşıyan Yaşam</t>
         </is>
       </c>
       <c r="C687" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>9786254152665</t>
+          <t>9786254153297</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>Duino Ağıtları</t>
+          <t>Zirvelerin Ötesinde</t>
         </is>
       </c>
       <c r="C688" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>9786254152771</t>
+          <t>9786254153112</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>Denizlerin Ağıdı</t>
+          <t>Bir Darbe Mağdurunun 36 Saati</t>
         </is>
       </c>
       <c r="C689" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>9786257098533</t>
+          <t>9786254153181</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>Çatlamış Nar Yarası</t>
+          <t>İçimizdeki ve Dışımızdaki Savaş</t>
         </is>
       </c>
       <c r="C690" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>9786254150913</t>
+          <t>9786254152511</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>Cuma Sessizliği</t>
+          <t>Unutulmayan Anlar</t>
         </is>
       </c>
       <c r="C691" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>9786254150906</t>
+          <t>9786254153150</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>Bir Sonbahar Elması</t>
+          <t>Toprak Destanı</t>
         </is>
       </c>
       <c r="C692" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t>9786254152658</t>
+          <t>9786254153334</t>
         </is>
       </c>
       <c r="B693" s="1" t="inlineStr">
         <is>
-          <t>Beynimdeki Çizikler</t>
+          <t>Yan Yana</t>
         </is>
       </c>
       <c r="C693" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="1" t="inlineStr">
         <is>
-          <t>9786254152580</t>
+          <t>9786254153136</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t>Bergüzar</t>
+          <t>Kadife Gelinlik</t>
         </is>
       </c>
       <c r="C694" s="1">
-        <v>260</v>
+        <v>300</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t>9786254152672</t>
+          <t>9786254153129</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
-          <t>Arafta Bir Yolcu</t>
+          <t>Bir Varmış Bir Yokmuş Bir De Böylesi Varmış</t>
         </is>
       </c>
       <c r="C695" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t>9786254152733</t>
+          <t>9786254153303</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t>Anlat Oblomov</t>
+          <t>Ben, Ben ve Ben</t>
         </is>
       </c>
       <c r="C696" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t>9786254152191</t>
+          <t>9786258083248</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t>Bütün Köprülerin Ortasında</t>
+          <t>Hırçınsu'nun Olağanüstü Sıradan Maceraları 1</t>
         </is>
       </c>
       <c r="C697" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t>9786254152504</t>
+          <t>9786254153167</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Kırılan Aynasında</t>
+          <t>Bakışımlık</t>
         </is>
       </c>
       <c r="C698" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t>9786254152641</t>
+          <t>9786254153310</t>
         </is>
       </c>
       <c r="B699" s="1" t="inlineStr">
         <is>
-          <t>Hegel Deneyimi</t>
+          <t>Koşarken</t>
         </is>
       </c>
       <c r="C699" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="1" t="inlineStr">
         <is>
-          <t>9786254152610</t>
+          <t>9786254153259</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t>Çekirge Bellek</t>
+          <t>Cadılozita</t>
         </is>
       </c>
       <c r="C700" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t>9786254152566</t>
+          <t>9786254152900</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
-          <t>Umut Direnmektir Aslında</t>
+          <t>Algılama Evreni Hataları</t>
         </is>
       </c>
       <c r="C701" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t>9786254152313</t>
+          <t>9786258083200</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t>Sevgilim Urla</t>
+          <t>Hayal Krokileri</t>
         </is>
       </c>
       <c r="C702" s="1">
-        <v>300</v>
+        <v>170</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="1" t="inlineStr">
         <is>
-          <t>9786254151866</t>
+          <t>9786254153143</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
-          <t>Sevgiyle İzmir Yazıyla İzmir</t>
+          <t>Yamalı Bohça</t>
         </is>
       </c>
       <c r="C703" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="1" t="inlineStr">
         <is>
-          <t>9786254150807</t>
+          <t>9786254153174</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
-          <t>Kıskançlık</t>
+          <t>Mevsim Evveli</t>
         </is>
       </c>
       <c r="C704" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t>9786254152627</t>
+          <t>9786254150944</t>
         </is>
       </c>
       <c r="B705" s="1" t="inlineStr">
         <is>
-          <t>Ay Kızılıydı Gece</t>
+          <t>Kırmızı Rujlu Sokaklar</t>
         </is>
       </c>
       <c r="C705" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t>9786254151910</t>
+          <t>9786254153006</t>
         </is>
       </c>
       <c r="B706" s="1" t="inlineStr">
         <is>
-          <t>Çocukluğum Kaldı Eşikte</t>
+          <t>İmgeler ve Cesetler</t>
         </is>
       </c>
       <c r="C706" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t>9786254152429</t>
+          <t>9786254150708</t>
         </is>
       </c>
       <c r="B707" s="1" t="inlineStr">
         <is>
-          <t>Gurbette Siyah Kuşlar</t>
+          <t>Arınak - Tufandan Önce</t>
         </is>
       </c>
       <c r="C707" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="1" t="inlineStr">
         <is>
-          <t>9786254152481</t>
+          <t>9786254151880</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t>Aliye</t>
+          <t>Tek Memeli Alis</t>
         </is>
       </c>
       <c r="C708" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t>9786254152160</t>
+          <t>9786254152603</t>
         </is>
       </c>
       <c r="B709" s="1" t="inlineStr">
         <is>
-          <t>Ellerimde Eylül</t>
+          <t>Yazıyorum Öyleyse Yokum</t>
         </is>
       </c>
       <c r="C709" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t>9786254151002</t>
+          <t>9786254152573</t>
         </is>
       </c>
       <c r="B710" s="1" t="inlineStr">
         <is>
-          <t>Dedemin Evi</t>
+          <t>Tanrı Delileri Sever</t>
         </is>
       </c>
       <c r="C710" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t>9786254151613</t>
+          <t>9786254152245</t>
         </is>
       </c>
       <c r="B711" s="1" t="inlineStr">
         <is>
-          <t>Ürkmüş Atlar Rengi</t>
+          <t>Noktadan Sonra</t>
         </is>
       </c>
       <c r="C711" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="1" t="inlineStr">
         <is>
-          <t>9786254152399</t>
+          <t>9786254152122</t>
         </is>
       </c>
       <c r="B712" s="1" t="inlineStr">
         <is>
-          <t>Rising</t>
+          <t>Kral ve Küçük Cadı</t>
         </is>
       </c>
       <c r="C712" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" s="1" t="inlineStr">
         <is>
-          <t>9786254151743</t>
+          <t>9786254152719</t>
         </is>
       </c>
       <c r="B713" s="1" t="inlineStr">
         <is>
-          <t>Sana Uzun Bir Yaz</t>
+          <t>Korkunun Alacakaranlık Kuşağı</t>
         </is>
       </c>
       <c r="C713" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" s="1" t="inlineStr">
         <is>
-          <t>9786254151347</t>
+          <t>9786254152498</t>
         </is>
       </c>
       <c r="B714" s="1" t="inlineStr">
         <is>
-          <t>Yanlış Aşka Kaside</t>
+          <t>Kara Dünyaya Ateş</t>
         </is>
       </c>
       <c r="C714" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" s="1" t="inlineStr">
         <is>
-          <t>9786254151088</t>
+          <t>9786254152757</t>
         </is>
       </c>
       <c r="B715" s="1" t="inlineStr">
         <is>
-          <t>Yara Çok Bant Yok</t>
+          <t>Güvercinler Ölmeseydi</t>
         </is>
       </c>
       <c r="C715" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" s="1" t="inlineStr">
         <is>
-          <t>9786254152405</t>
+          <t>9786257311434</t>
         </is>
       </c>
       <c r="B716" s="1" t="inlineStr">
         <is>
-          <t>Yolculuk - Geri Dönüş</t>
+          <t>Gündedün Kanat Sesleri</t>
         </is>
       </c>
       <c r="C716" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" s="1" t="inlineStr">
         <is>
-          <t>9786254152238</t>
+          <t>9786254152795</t>
         </is>
       </c>
       <c r="B717" s="1" t="inlineStr">
         <is>
-          <t>Şiir Bahçesi</t>
+          <t>Genç Werther'in Defteri</t>
         </is>
       </c>
       <c r="C717" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" s="1" t="inlineStr">
         <is>
-          <t>9786254152450</t>
+          <t>9786254152788</t>
         </is>
       </c>
       <c r="B718" s="1" t="inlineStr">
         <is>
-          <t>Sinemasal Yazıları</t>
+          <t>Freud'u Beslemek</t>
         </is>
       </c>
       <c r="C718" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" s="1" t="inlineStr">
         <is>
-          <t>9786254151958</t>
+          <t>9786254152726</t>
         </is>
       </c>
       <c r="B719" s="1" t="inlineStr">
         <is>
-          <t>Seben</t>
+          <t>Duyular Yalnızlığı</t>
         </is>
       </c>
       <c r="C719" s="1">
-        <v>270</v>
+        <v>180</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" s="1" t="inlineStr">
         <is>
-          <t>9786254152528</t>
+          <t>9786254152665</t>
         </is>
       </c>
       <c r="B720" s="1" t="inlineStr">
         <is>
-          <t>Tanrı Lekesi</t>
+          <t>Duino Ağıtları</t>
         </is>
       </c>
       <c r="C720" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" s="1" t="inlineStr">
         <is>
-          <t>9786254151170</t>
+          <t>9786254152771</t>
         </is>
       </c>
       <c r="B721" s="1" t="inlineStr">
         <is>
-          <t>Poetik Söyleşmeler</t>
+          <t>Denizlerin Ağıdı</t>
         </is>
       </c>
       <c r="C721" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" s="1" t="inlineStr">
         <is>
-          <t>9786254152290</t>
+          <t>9786257098533</t>
         </is>
       </c>
       <c r="B722" s="1" t="inlineStr">
         <is>
-          <t>Periler ve Pervaneler</t>
+          <t>Çatlamış Nar Yarası</t>
         </is>
       </c>
       <c r="C722" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" s="1" t="inlineStr">
         <is>
-          <t>9786254151750</t>
+          <t>9786254150913</t>
         </is>
       </c>
       <c r="B723" s="1" t="inlineStr">
         <is>
-          <t>Özge Mektuplar</t>
+          <t>Cuma Sessizliği</t>
         </is>
       </c>
       <c r="C723" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" s="1" t="inlineStr">
         <is>
-          <t>9786254151330</t>
+          <t>9786254150906</t>
         </is>
       </c>
       <c r="B724" s="1" t="inlineStr">
         <is>
-          <t>Ölüme Dipnot</t>
+          <t>Bir Sonbahar Elması</t>
         </is>
       </c>
       <c r="C724" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" s="1" t="inlineStr">
         <is>
-          <t>9786254151071</t>
+          <t>9786254152658</t>
         </is>
       </c>
       <c r="B725" s="1" t="inlineStr">
         <is>
-          <t>Olmayanların Hepsi</t>
+          <t>Beynimdeki Çizikler</t>
         </is>
       </c>
       <c r="C725" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" s="1" t="inlineStr">
         <is>
-          <t>9786254151897</t>
+          <t>9786254152580</t>
         </is>
       </c>
       <c r="B726" s="1" t="inlineStr">
         <is>
-          <t>Morgda Nişan Kınası</t>
+          <t>Bergüzar</t>
         </is>
       </c>
       <c r="C726" s="1">
-        <v>170</v>
+        <v>260</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" s="1" t="inlineStr">
         <is>
-          <t>9786254152535</t>
+          <t>9786254152672</t>
         </is>
       </c>
       <c r="B727" s="1" t="inlineStr">
         <is>
-          <t>Mı Acaba?</t>
+          <t>Arafta Bir Yolcu</t>
         </is>
       </c>
       <c r="C727" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" s="1" t="inlineStr">
         <is>
-          <t>9786254151064</t>
+          <t>9786254152733</t>
         </is>
       </c>
       <c r="B728" s="1" t="inlineStr">
         <is>
-          <t>Maviye Çalar Rengin</t>
+          <t>Anlat Oblomov</t>
         </is>
       </c>
       <c r="C728" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" s="1" t="inlineStr">
         <is>
-          <t>9786254152351</t>
+          <t>9786254152191</t>
         </is>
       </c>
       <c r="B729" s="1" t="inlineStr">
         <is>
-          <t>Mavi</t>
+          <t>Bütün Köprülerin Ortasında</t>
         </is>
       </c>
       <c r="C729" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" s="1" t="inlineStr">
         <is>
-          <t>9786254152542</t>
+          <t>9786254152504</t>
         </is>
       </c>
       <c r="B730" s="1" t="inlineStr">
         <is>
-          <t>Mavi Sakallar Ülkesinde Şahmeran Pulları</t>
+          <t>Zamanın Kırılan Aynasında</t>
         </is>
       </c>
       <c r="C730" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" s="1" t="inlineStr">
         <is>
-          <t>9786254150616</t>
+          <t>9786254152641</t>
         </is>
       </c>
       <c r="B731" s="1" t="inlineStr">
         <is>
-          <t>Maskeli Balo</t>
+          <t>Hegel Deneyimi</t>
         </is>
       </c>
       <c r="C731" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" s="1" t="inlineStr">
         <is>
-          <t>9786254151057</t>
+          <t>9786254152610</t>
         </is>
       </c>
       <c r="B732" s="1" t="inlineStr">
         <is>
-          <t>Kıyılarını Döven Atlar</t>
+          <t>Çekirge Bellek</t>
         </is>
       </c>
       <c r="C732" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" s="1" t="inlineStr">
         <is>
-          <t>9786254152252</t>
+          <t>9786254152566</t>
         </is>
       </c>
       <c r="B733" s="1" t="inlineStr">
         <is>
-          <t>Kış Başında Gravöl</t>
+          <t>Umut Direnmektir Aslında</t>
         </is>
       </c>
       <c r="C733" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" s="1" t="inlineStr">
         <is>
-          <t>9786254151101</t>
+          <t>9786254152313</t>
         </is>
       </c>
       <c r="B734" s="1" t="inlineStr">
         <is>
-          <t>Kendine Ait Bir Adam</t>
+          <t>Sevgilim Urla</t>
         </is>
       </c>
       <c r="C734" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" s="1" t="inlineStr">
         <is>
-          <t>9786254151620</t>
+          <t>9786254151866</t>
         </is>
       </c>
       <c r="B735" s="1" t="inlineStr">
         <is>
-          <t>Kara Parça</t>
+          <t>Sevgiyle İzmir Yazıyla İzmir</t>
         </is>
       </c>
       <c r="C735" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" s="1" t="inlineStr">
         <is>
-          <t>9786254152368</t>
+          <t>9786254150807</t>
         </is>
       </c>
       <c r="B736" s="1" t="inlineStr">
         <is>
-          <t>Kapattım Çatlağını Kalbimin</t>
+          <t>Kıskançlık</t>
         </is>
       </c>
       <c r="C736" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" s="1" t="inlineStr">
         <is>
-          <t>9786254152153</t>
+          <t>9786254152627</t>
         </is>
       </c>
       <c r="B737" s="1" t="inlineStr">
         <is>
-          <t>İnsan Hayata Ölümden Bakar</t>
+          <t>Ay Kızılıydı Gece</t>
         </is>
       </c>
       <c r="C737" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" s="1" t="inlineStr">
         <is>
-          <t>9786254152283</t>
+          <t>9786254151910</t>
         </is>
       </c>
       <c r="B738" s="1" t="inlineStr">
         <is>
-          <t>Hüt</t>
+          <t>Çocukluğum Kaldı Eşikte</t>
         </is>
       </c>
       <c r="C738" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" s="1" t="inlineStr">
         <is>
-          <t>9786254150722</t>
+          <t>9786254152429</t>
         </is>
       </c>
       <c r="B739" s="1" t="inlineStr">
         <is>
-          <t>Hiç</t>
+          <t>Gurbette Siyah Kuşlar</t>
         </is>
       </c>
       <c r="C739" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" s="1" t="inlineStr">
         <is>
-          <t>9786254152269</t>
+          <t>9786254152481</t>
         </is>
       </c>
       <c r="B740" s="1" t="inlineStr">
         <is>
-          <t>Güzel Gülüşler Ülkesi</t>
+          <t>Aliye</t>
         </is>
       </c>
       <c r="C740" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" s="1" t="inlineStr">
         <is>
-          <t>9786254150739</t>
+          <t>9786254152160</t>
         </is>
       </c>
       <c r="B741" s="1" t="inlineStr">
         <is>
-          <t>Güvercinler Kenti Hakkari</t>
+          <t>Ellerimde Eylül</t>
         </is>
       </c>
       <c r="C741" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" s="1" t="inlineStr">
         <is>
-          <t>9786254151033</t>
+          <t>9786254151002</t>
         </is>
       </c>
       <c r="B742" s="1" t="inlineStr">
         <is>
-          <t>Günah Kuşları</t>
+          <t>Dedemin Evi</t>
         </is>
       </c>
       <c r="C742" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" s="1" t="inlineStr">
         <is>
-          <t>9786254151484</t>
+          <t>9786254151613</t>
         </is>
       </c>
       <c r="B743" s="1" t="inlineStr">
         <is>
-          <t>Gundemira'da Aşk</t>
+          <t>Ürkmüş Atlar Rengi</t>
         </is>
       </c>
       <c r="C743" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" s="1" t="inlineStr">
         <is>
-          <t>9786254151996</t>
+          <t>9786254152399</t>
         </is>
       </c>
       <c r="B744" s="1" t="inlineStr">
         <is>
-          <t>Göynekli</t>
+          <t>Rising</t>
         </is>
       </c>
       <c r="C744" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="745" spans="1:3">
       <c r="A745" s="1" t="inlineStr">
         <is>
-          <t>9786254151026</t>
+          <t>9786254151743</t>
         </is>
       </c>
       <c r="B745" s="1" t="inlineStr">
         <is>
-          <t>Elli'sinden Sonra</t>
+          <t>Sana Uzun Bir Yaz</t>
         </is>
       </c>
       <c r="C745" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="746" spans="1:3">
       <c r="A746" s="1" t="inlineStr">
         <is>
-          <t>9786254151149</t>
+          <t>9786254151347</t>
         </is>
       </c>
       <c r="B746" s="1" t="inlineStr">
         <is>
-          <t>Eflatun Cumartesi</t>
+          <t>Yanlış Aşka Kaside</t>
         </is>
       </c>
       <c r="C746" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="747" spans="1:3">
       <c r="A747" s="1" t="inlineStr">
         <is>
-          <t>9786254151224</t>
+          <t>9786254151088</t>
         </is>
       </c>
       <c r="B747" s="1" t="inlineStr">
         <is>
-          <t>Yolda</t>
+          <t>Yara Çok Bant Yok</t>
         </is>
       </c>
       <c r="C747" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="748" spans="1:3">
       <c r="A748" s="1" t="inlineStr">
         <is>
-          <t>9786254152344</t>
+          <t>9786254152405</t>
         </is>
       </c>
       <c r="B748" s="1" t="inlineStr">
         <is>
-          <t>Zahra'nın Yurtları</t>
+          <t>Yolculuk - Geri Dönüş</t>
         </is>
       </c>
       <c r="C748" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="749" spans="1:3">
       <c r="A749" s="1" t="inlineStr">
         <is>
-          <t>9786254152023</t>
+          <t>9786254152238</t>
         </is>
       </c>
       <c r="B749" s="1" t="inlineStr">
         <is>
-          <t>Zeytin Masalı</t>
+          <t>Şiir Bahçesi</t>
         </is>
       </c>
       <c r="C749" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="750" spans="1:3">
       <c r="A750" s="1" t="inlineStr">
         <is>
-          <t>9786254151767</t>
+          <t>9786254152450</t>
         </is>
       </c>
       <c r="B750" s="1" t="inlineStr">
         <is>
-          <t>Dil Sürgünü</t>
+          <t>Sinemasal Yazıları</t>
         </is>
       </c>
       <c r="C750" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="751" spans="1:3">
       <c r="A751" s="1" t="inlineStr">
         <is>
-          <t>9786254152375</t>
+          <t>9786254151958</t>
         </is>
       </c>
       <c r="B751" s="1" t="inlineStr">
         <is>
-          <t>Diken Zulası</t>
+          <t>Seben</t>
         </is>
       </c>
       <c r="C751" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="752" spans="1:3">
       <c r="A752" s="1" t="inlineStr">
         <is>
-          <t>9786254152306</t>
+          <t>9786254152528</t>
         </is>
       </c>
       <c r="B752" s="1" t="inlineStr">
         <is>
-          <t>Denemeler 2</t>
+          <t>Tanrı Lekesi</t>
         </is>
       </c>
       <c r="C752" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="753" spans="1:3">
       <c r="A753" s="1" t="inlineStr">
         <is>
-          <t>9786254152177</t>
+          <t>9786254151170</t>
         </is>
       </c>
       <c r="B753" s="1" t="inlineStr">
         <is>
-          <t>Denemeler</t>
+          <t>Poetik Söyleşmeler</t>
         </is>
       </c>
       <c r="C753" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="754" spans="1:3">
       <c r="A754" s="1" t="inlineStr">
         <is>
-          <t>9786254152184</t>
+          <t>9786254152290</t>
         </is>
       </c>
       <c r="B754" s="1" t="inlineStr">
         <is>
-          <t>Celladın Gözleri</t>
+          <t>Periler ve Pervaneler</t>
         </is>
       </c>
       <c r="C754" s="1">
-        <v>270</v>
+        <v>180</v>
       </c>
     </row>
     <row r="755" spans="1:3">
       <c r="A755" s="1" t="inlineStr">
         <is>
-          <t>9786254150692</t>
+          <t>9786254151750</t>
         </is>
       </c>
       <c r="B755" s="1" t="inlineStr">
         <is>
-          <t>Bütün Bir Yaz</t>
+          <t>Özge Mektuplar</t>
         </is>
       </c>
       <c r="C755" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="756" spans="1:3">
       <c r="A756" s="1" t="inlineStr">
         <is>
-          <t>9786254152207</t>
+          <t>9786254151330</t>
         </is>
       </c>
       <c r="B756" s="1" t="inlineStr">
         <is>
-          <t>Bir Sonrası</t>
+          <t>Ölüme Dipnot</t>
         </is>
       </c>
       <c r="C756" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="757" spans="1:3">
       <c r="A757" s="1" t="inlineStr">
         <is>
-          <t>9786254152337</t>
+          <t>9786254151071</t>
         </is>
       </c>
       <c r="B757" s="1" t="inlineStr">
         <is>
-          <t>Bir Kadın Bir Papatya</t>
+          <t>Olmayanların Hepsi</t>
         </is>
       </c>
       <c r="C757" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="758" spans="1:3">
       <c r="A758" s="1" t="inlineStr">
         <is>
-          <t>9786254152139</t>
+          <t>9786254151897</t>
         </is>
       </c>
       <c r="B758" s="1" t="inlineStr">
         <is>
-          <t>Kimsin'i Bir Yüzün İsmail</t>
+          <t>Morgda Nişan Kınası</t>
         </is>
       </c>
       <c r="C758" s="1">
-        <v>180</v>
+        <v>170</v>
       </c>
     </row>
     <row r="759" spans="1:3">
       <c r="A759" s="1" t="inlineStr">
         <is>
-          <t>9786254152214</t>
+          <t>9786254152535</t>
         </is>
       </c>
       <c r="B759" s="1" t="inlineStr">
         <is>
-          <t>Bilin İstedim</t>
+          <t>Mı Acaba?</t>
         </is>
       </c>
       <c r="C759" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="760" spans="1:3">
       <c r="A760" s="1" t="inlineStr">
         <is>
-          <t>9786254151231</t>
+          <t>9786254151064</t>
         </is>
       </c>
       <c r="B760" s="1" t="inlineStr">
         <is>
-          <t>Beyrut Çiçeği</t>
+          <t>Maviye Çalar Rengin</t>
         </is>
       </c>
       <c r="C760" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="761" spans="1:3">
       <c r="A761" s="1" t="inlineStr">
         <is>
-          <t>9786254151842</t>
+          <t>9786254152351</t>
         </is>
       </c>
       <c r="B761" s="1" t="inlineStr">
         <is>
-          <t>Kar</t>
+          <t>Mavi</t>
         </is>
       </c>
       <c r="C761" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="762" spans="1:3">
       <c r="A762" s="1" t="inlineStr">
         <is>
-          <t>9786258083095</t>
+          <t>9786254152542</t>
         </is>
       </c>
       <c r="B762" s="1" t="inlineStr">
         <is>
-          <t>Berberin Dansı</t>
+          <t>Mavi Sakallar Ülkesinde Şahmeran Pulları</t>
         </is>
       </c>
       <c r="C762" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="763" spans="1:3">
       <c r="A763" s="1" t="inlineStr">
         <is>
-          <t>9786254152320</t>
+          <t>9786254150616</t>
         </is>
       </c>
       <c r="B763" s="1" t="inlineStr">
         <is>
-          <t>Benim Olana Dek Hüzün</t>
+          <t>Maskeli Balo</t>
         </is>
       </c>
       <c r="C763" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="764" spans="1:3">
       <c r="A764" s="1" t="inlineStr">
         <is>
-          <t>9786254152009</t>
+          <t>9786254151057</t>
         </is>
       </c>
       <c r="B764" s="1" t="inlineStr">
         <is>
-          <t>Benim Dünyam</t>
+          <t>Kıyılarını Döven Atlar</t>
         </is>
       </c>
       <c r="C764" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="765" spans="1:3">
       <c r="A765" s="1" t="inlineStr">
         <is>
-          <t>9786254152559</t>
+          <t>9786254152252</t>
         </is>
       </c>
       <c r="B765" s="1" t="inlineStr">
         <is>
-          <t>Bay L</t>
+          <t>Kış Başında Gravöl</t>
         </is>
       </c>
       <c r="C765" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="766" spans="1:3">
       <c r="A766" s="1" t="inlineStr">
         <is>
-          <t>9786254152115</t>
+          <t>9786254151101</t>
         </is>
       </c>
       <c r="B766" s="1" t="inlineStr">
         <is>
-          <t>Başka Hayat</t>
+          <t>Kendine Ait Bir Adam</t>
         </is>
       </c>
       <c r="C766" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="767" spans="1:3">
       <c r="A767" s="1" t="inlineStr">
         <is>
-          <t>9786254152078</t>
+          <t>9786254151620</t>
         </is>
       </c>
       <c r="B767" s="1" t="inlineStr">
         <is>
-          <t>Ay Işığı Kanatıyor Gözlerimi</t>
+          <t>Kara Parça</t>
         </is>
       </c>
       <c r="C767" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="768" spans="1:3">
       <c r="A768" s="1" t="inlineStr">
         <is>
-          <t>9786254152047</t>
+          <t>9786254152368</t>
         </is>
       </c>
       <c r="B768" s="1" t="inlineStr">
         <is>
-          <t>Ateşte Denizde Kağıttan Gemiler</t>
+          <t>Kapattım Çatlağını Kalbimin</t>
         </is>
       </c>
       <c r="C768" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="769" spans="1:3">
       <c r="A769" s="1" t="inlineStr">
         <is>
-          <t>9786254152092</t>
+          <t>9786254152153</t>
         </is>
       </c>
       <c r="B769" s="1" t="inlineStr">
         <is>
-          <t>Askıda Ceket</t>
+          <t>İnsan Hayata Ölümden Bakar</t>
         </is>
       </c>
       <c r="C769" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="770" spans="1:3">
       <c r="A770" s="1" t="inlineStr">
         <is>
-          <t>9786254152597</t>
+          <t>9786254152283</t>
         </is>
       </c>
       <c r="B770" s="1" t="inlineStr">
         <is>
-          <t>Anemon - Alya'ya Şiirler 1</t>
+          <t>Hüt</t>
         </is>
       </c>
       <c r="C770" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="771" spans="1:3">
       <c r="A771" s="1" t="inlineStr">
         <is>
-          <t>9786254150999</t>
+          <t>9786254150722</t>
         </is>
       </c>
       <c r="B771" s="1" t="inlineStr">
         <is>
-          <t>Alpaslan Işıklı İçin</t>
+          <t>Hiç</t>
         </is>
       </c>
       <c r="C771" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="772" spans="1:3">
       <c r="A772" s="1" t="inlineStr">
         <is>
-          <t>9786254152061</t>
+          <t>9786254152269</t>
         </is>
       </c>
       <c r="B772" s="1" t="inlineStr">
         <is>
-          <t>Aldatanlar</t>
+          <t>Güzel Gülüşler Ülkesi</t>
         </is>
       </c>
       <c r="C772" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="773" spans="1:3">
       <c r="A773" s="1" t="inlineStr">
         <is>
-          <t>9786254150968</t>
+          <t>9786254150739</t>
         </is>
       </c>
       <c r="B773" s="1" t="inlineStr">
         <is>
-          <t>Abluka</t>
+          <t>Güvercinler Kenti Hakkari</t>
         </is>
       </c>
       <c r="C773" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="774" spans="1:3">
       <c r="A774" s="1" t="inlineStr">
         <is>
-          <t>9786254151736</t>
+          <t>9786254151033</t>
         </is>
       </c>
       <c r="B774" s="1" t="inlineStr">
         <is>
-          <t>Alkış Kıyamet</t>
+          <t>Günah Kuşları</t>
         </is>
       </c>
       <c r="C774" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="775" spans="1:3">
       <c r="A775" s="1" t="inlineStr">
         <is>
-          <t>9786254151811</t>
+          <t>9786254151484</t>
         </is>
       </c>
       <c r="B775" s="1" t="inlineStr">
         <is>
-          <t>Baharın Gölgesinde</t>
+          <t>Gundemira'da Aşk</t>
         </is>
       </c>
       <c r="C775" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="776" spans="1:3">
       <c r="A776" s="1" t="inlineStr">
         <is>
-          <t>9786254151637</t>
+          <t>9786254151996</t>
         </is>
       </c>
       <c r="B776" s="1" t="inlineStr">
         <is>
-          <t>Büyüdükçe Gözümüzde Yaşamak</t>
+          <t>Göynekli</t>
         </is>
       </c>
       <c r="C776" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="777" spans="1:3">
       <c r="A777" s="1" t="inlineStr">
         <is>
-          <t>9786254150715</t>
+          <t>9786254151026</t>
         </is>
       </c>
       <c r="B777" s="1" t="inlineStr">
         <is>
-          <t>Çağa Aykırı İnsan</t>
+          <t>Elli'sinden Sonra</t>
         </is>
       </c>
       <c r="C777" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="778" spans="1:3">
       <c r="A778" s="1" t="inlineStr">
         <is>
-          <t>9786254150364</t>
+          <t>9786254151149</t>
         </is>
       </c>
       <c r="B778" s="1" t="inlineStr">
         <is>
-          <t>Deneye Yanıla</t>
+          <t>Eflatun Cumartesi</t>
         </is>
       </c>
       <c r="C778" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="779" spans="1:3">
       <c r="A779" s="1" t="inlineStr">
         <is>
-          <t>9786254151194</t>
+          <t>9786254151224</t>
         </is>
       </c>
       <c r="B779" s="1" t="inlineStr">
         <is>
-          <t>Epiphania Işıma</t>
+          <t>Yolda</t>
         </is>
       </c>
       <c r="C779" s="1">
-        <v>110</v>
+        <v>250</v>
       </c>
     </row>
     <row r="780" spans="1:3">
       <c r="A780" s="1" t="inlineStr">
         <is>
-          <t>9786254151392</t>
+          <t>9786254152344</t>
         </is>
       </c>
       <c r="B780" s="1" t="inlineStr">
         <is>
-          <t>Güvercin Düşü</t>
+          <t>Zahra'nın Yurtları</t>
         </is>
       </c>
       <c r="C780" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="781" spans="1:3">
       <c r="A781" s="1" t="inlineStr">
         <is>
-          <t>9786254151477</t>
+          <t>9786254152023</t>
         </is>
       </c>
       <c r="B781" s="1" t="inlineStr">
         <is>
-          <t>Hiç Kimsenin Dünyasında</t>
+          <t>Zeytin Masalı</t>
         </is>
       </c>
       <c r="C781" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="782" spans="1:3">
       <c r="A782" s="1" t="inlineStr">
         <is>
-          <t>9786254151576</t>
+          <t>9786254151767</t>
         </is>
       </c>
       <c r="B782" s="1" t="inlineStr">
         <is>
-          <t>Kurdika</t>
+          <t>Dil Sürgünü</t>
         </is>
       </c>
       <c r="C782" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="783" spans="1:3">
       <c r="A783" s="1" t="inlineStr">
         <is>
-          <t>9786254151606</t>
+          <t>9786254152375</t>
         </is>
       </c>
       <c r="B783" s="1" t="inlineStr">
         <is>
-          <t>Yarı Ölü İmgeler</t>
+          <t>Diken Zulası</t>
         </is>
       </c>
       <c r="C783" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="784" spans="1:3">
       <c r="A784" s="1" t="inlineStr">
         <is>
-          <t>9786254150975</t>
+          <t>9786254152306</t>
         </is>
       </c>
       <c r="B784" s="1" t="inlineStr">
         <is>
-          <t>Çayko'nun Turuncu Otobüsü</t>
+          <t>Denemeler 2</t>
         </is>
       </c>
       <c r="C784" s="1">
-        <v>400</v>
+        <v>170</v>
       </c>
     </row>
     <row r="785" spans="1:3">
       <c r="A785" s="1" t="inlineStr">
         <is>
-          <t>9786254152054</t>
+          <t>9786254152177</t>
         </is>
       </c>
       <c r="B785" s="1" t="inlineStr">
         <is>
-          <t>Amerikan Bezi'nden Amerikan Çuvalı’na</t>
+          <t>Denemeler</t>
         </is>
       </c>
       <c r="C785" s="1">
-        <v>400</v>
+        <v>160</v>
       </c>
     </row>
     <row r="786" spans="1:3">
       <c r="A786" s="1" t="inlineStr">
         <is>
-          <t>9786254151552</t>
+          <t>9786254152184</t>
         </is>
       </c>
       <c r="B786" s="1" t="inlineStr">
         <is>
-          <t>Doğmadan Başlayan</t>
+          <t>Celladın Gözleri</t>
         </is>
       </c>
       <c r="C786" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="787" spans="1:3">
       <c r="A787" s="1" t="inlineStr">
         <is>
-          <t>9786254151644</t>
+          <t>9786254150692</t>
         </is>
       </c>
       <c r="B787" s="1" t="inlineStr">
         <is>
-          <t>Çürümeye Uyananlar</t>
+          <t>Bütün Bir Yaz</t>
         </is>
       </c>
       <c r="C787" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="788" spans="1:3">
       <c r="A788" s="1" t="inlineStr">
         <is>
-          <t>9786254151682</t>
+          <t>9786254152207</t>
         </is>
       </c>
       <c r="B788" s="1" t="inlineStr">
         <is>
-          <t>İnsan Bir Yanılgıdır</t>
+          <t>Bir Sonrası</t>
         </is>
       </c>
       <c r="C788" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="789" spans="1:3">
       <c r="A789" s="1" t="inlineStr">
         <is>
-          <t>9786254151279</t>
+          <t>9786254152337</t>
         </is>
       </c>
       <c r="B789" s="1" t="inlineStr">
         <is>
-          <t>Diyaloglar</t>
+          <t>Bir Kadın Bir Papatya</t>
         </is>
       </c>
       <c r="C789" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="790" spans="1:3">
       <c r="A790" s="1" t="inlineStr">
         <is>
-          <t>9786254151521</t>
+          <t>9786254152139</t>
         </is>
       </c>
       <c r="B790" s="1" t="inlineStr">
         <is>
-          <t>Başka Bir Diyeceğim Yok</t>
+          <t>Kimsin'i Bir Yüzün İsmail</t>
         </is>
       </c>
       <c r="C790" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="791" spans="1:3">
       <c r="A791" s="1" t="inlineStr">
         <is>
-          <t>9786254152108</t>
+          <t>9786254152214</t>
         </is>
       </c>
       <c r="B791" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Esintileri</t>
+          <t>Bilin İstedim</t>
         </is>
       </c>
       <c r="C791" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="792" spans="1:3">
       <c r="A792" s="1" t="inlineStr">
         <is>
-          <t>9786254150777</t>
+          <t>9786254151231</t>
         </is>
       </c>
       <c r="B792" s="1" t="inlineStr">
         <is>
-          <t>Kafka Eve Dönmedi</t>
+          <t>Beyrut Çiçeği</t>
         </is>
       </c>
       <c r="C792" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="793" spans="1:3">
       <c r="A793" s="1" t="inlineStr">
         <is>
-          <t>9786254151491</t>
+          <t>9786254151842</t>
         </is>
       </c>
       <c r="B793" s="1" t="inlineStr">
         <is>
-          <t>Gelincik Günlüğü</t>
+          <t>Kar</t>
         </is>
       </c>
       <c r="C793" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="794" spans="1:3">
       <c r="A794" s="1" t="inlineStr">
         <is>
-          <t>9786254152030</t>
+          <t>9786258083095</t>
         </is>
       </c>
       <c r="B794" s="1" t="inlineStr">
         <is>
-          <t>İngiliz Sicimi'nden Amerikan Bezi'ne</t>
+          <t>Berberin Dansı</t>
         </is>
       </c>
       <c r="C794" s="1">
-        <v>400</v>
+        <v>190</v>
       </c>
     </row>
     <row r="795" spans="1:3">
       <c r="A795" s="1" t="inlineStr">
         <is>
-          <t>9786254151590</t>
+          <t>9786254152320</t>
         </is>
       </c>
       <c r="B795" s="1" t="inlineStr">
         <is>
-          <t>Dostum Dünya</t>
+          <t>Benim Olana Dek Hüzün</t>
         </is>
       </c>
       <c r="C795" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="796" spans="1:3">
       <c r="A796" s="1" t="inlineStr">
         <is>
-          <t>9786254151040</t>
+          <t>9786254152009</t>
         </is>
       </c>
       <c r="B796" s="1" t="inlineStr">
         <is>
-          <t>Hişşt!</t>
+          <t>Benim Dünyam</t>
         </is>
       </c>
       <c r="C796" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="797" spans="1:3">
       <c r="A797" s="1" t="inlineStr">
         <is>
-          <t>9786254151729</t>
+          <t>9786254152559</t>
         </is>
       </c>
       <c r="B797" s="1" t="inlineStr">
         <is>
-          <t>On İki Ada Nasıl Kaybedildi?</t>
+          <t>Bay L</t>
         </is>
       </c>
       <c r="C797" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="798" spans="1:3">
       <c r="A798" s="1" t="inlineStr">
         <is>
-          <t>9786254151095</t>
+          <t>9786254152115</t>
         </is>
       </c>
       <c r="B798" s="1" t="inlineStr">
         <is>
-          <t>Çürük Memet</t>
+          <t>Başka Hayat</t>
         </is>
       </c>
       <c r="C798" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="799" spans="1:3">
       <c r="A799" s="1" t="inlineStr">
         <is>
-          <t>9786254152276</t>
+          <t>9786254152078</t>
         </is>
       </c>
       <c r="B799" s="1" t="inlineStr">
         <is>
-          <t>Begonya İhaneti</t>
+          <t>Ay Işığı Kanatıyor Gözlerimi</t>
         </is>
       </c>
       <c r="C799" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="800" spans="1:3">
       <c r="A800" s="1" t="inlineStr">
         <is>
-          <t>9786254151200</t>
+          <t>9786254152047</t>
         </is>
       </c>
       <c r="B800" s="1" t="inlineStr">
         <is>
-          <t>Gün Işığı</t>
+          <t>Ateşte Denizde Kağıttan Gemiler</t>
         </is>
       </c>
       <c r="C800" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="801" spans="1:3">
       <c r="A801" s="1" t="inlineStr">
         <is>
-          <t>9786254152146</t>
+          <t>9786254152092</t>
         </is>
       </c>
       <c r="B801" s="1" t="inlineStr">
         <is>
-          <t>Kalanın Hikayesi</t>
+          <t>Askıda Ceket</t>
         </is>
       </c>
       <c r="C801" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="802" spans="1:3">
       <c r="A802" s="1" t="inlineStr">
         <is>
-          <t>9786254151507</t>
+          <t>9786254152597</t>
         </is>
       </c>
       <c r="B802" s="1" t="inlineStr">
         <is>
-          <t>Eza</t>
+          <t>Anemon - Alya'ya Şiirler 1</t>
         </is>
       </c>
       <c r="C802" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="803" spans="1:3">
       <c r="A803" s="1" t="inlineStr">
         <is>
-          <t>9786254151439</t>
+          <t>9786254150999</t>
         </is>
       </c>
       <c r="B803" s="1" t="inlineStr">
         <is>
-          <t>Metin ve Angeli</t>
+          <t>Alpaslan Işıklı İçin</t>
         </is>
       </c>
       <c r="C803" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="804" spans="1:3">
       <c r="A804" s="1" t="inlineStr">
         <is>
-          <t>9786254151255</t>
+          <t>9786254152061</t>
         </is>
       </c>
       <c r="B804" s="1" t="inlineStr">
         <is>
-          <t>Kiraz Ölümü</t>
+          <t>Aldatanlar</t>
         </is>
       </c>
       <c r="C804" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="805" spans="1:3">
       <c r="A805" s="1" t="inlineStr">
         <is>
-          <t>9786254150852</t>
+          <t>9786254150968</t>
         </is>
       </c>
       <c r="B805" s="1" t="inlineStr">
         <is>
-          <t>Üç Artı Bir Olasılık</t>
+          <t>Abluka</t>
         </is>
       </c>
       <c r="C805" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="806" spans="1:3">
       <c r="A806" s="1" t="inlineStr">
         <is>
-          <t>9786254151828</t>
+          <t>9786254151736</t>
         </is>
       </c>
       <c r="B806" s="1" t="inlineStr">
         <is>
-          <t>Ulak ve Tanık</t>
+          <t>Alkış Kıyamet</t>
         </is>
       </c>
       <c r="C806" s="1">
-        <v>270</v>
+        <v>180</v>
       </c>
     </row>
     <row r="807" spans="1:3">
       <c r="A807" s="1" t="inlineStr">
         <is>
-          <t>9786254151408</t>
+          <t>9786254151811</t>
         </is>
       </c>
       <c r="B807" s="1" t="inlineStr">
         <is>
-          <t>Virgül Yorgunluğu</t>
+          <t>Baharın Gölgesinde</t>
         </is>
       </c>
       <c r="C807" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="808" spans="1:3">
       <c r="A808" s="1" t="inlineStr">
         <is>
-          <t>9786254151361</t>
+          <t>9786254151637</t>
         </is>
       </c>
       <c r="B808" s="1" t="inlineStr">
         <is>
-          <t>Özgürlük Tutkularıyla Barışçıl Topraklara Sevgiyi Tohumladılar</t>
+          <t>Büyüdükçe Gözümüzde Yaşamak</t>
         </is>
       </c>
       <c r="C808" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="809" spans="1:3">
       <c r="A809" s="1" t="inlineStr">
         <is>
-          <t>9786254151415</t>
+          <t>9786254150715</t>
         </is>
       </c>
       <c r="B809" s="1" t="inlineStr">
         <is>
-          <t>Vesveseli Gölgeler</t>
+          <t>Çağa Aykırı İnsan</t>
         </is>
       </c>
       <c r="C809" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="810" spans="1:3">
       <c r="A810" s="1" t="inlineStr">
         <is>
-          <t>9786254150296</t>
+          <t>9786254150364</t>
         </is>
       </c>
       <c r="B810" s="1" t="inlineStr">
         <is>
-          <t>Birdim Kırk Oldum</t>
+          <t>Deneye Yanıla</t>
         </is>
       </c>
       <c r="C810" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="811" spans="1:3">
       <c r="A811" s="1" t="inlineStr">
         <is>
-          <t>9786254151583</t>
+          <t>9786254151194</t>
         </is>
       </c>
       <c r="B811" s="1" t="inlineStr">
         <is>
-          <t>Dördüncü Bireyleşen Zaman</t>
+          <t>Epiphania Işıma</t>
         </is>
       </c>
       <c r="C811" s="1">
-        <v>200</v>
+        <v>110</v>
       </c>
     </row>
     <row r="812" spans="1:3">
       <c r="A812" s="1" t="inlineStr">
         <is>
-          <t>9786254151248</t>
+          <t>9786254151392</t>
         </is>
       </c>
       <c r="B812" s="1" t="inlineStr">
         <is>
-          <t>Cilasız Ayna</t>
+          <t>Güvercin Düşü</t>
         </is>
       </c>
       <c r="C812" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="813" spans="1:3">
       <c r="A813" s="1" t="inlineStr">
         <is>
-          <t>9786254151514</t>
+          <t>9786254151477</t>
         </is>
       </c>
       <c r="B813" s="1" t="inlineStr">
         <is>
-          <t>Eksik Canlar Sokağı</t>
+          <t>Hiç Kimsenin Dünyasında</t>
         </is>
       </c>
       <c r="C813" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="814" spans="1:3">
       <c r="A814" s="1" t="inlineStr">
         <is>
-          <t>9786254151569</t>
+          <t>9786254151576</t>
         </is>
       </c>
       <c r="B814" s="1" t="inlineStr">
         <is>
-          <t>Herkesler Çoktan İkna Olmuştur</t>
+          <t>Kurdika</t>
         </is>
       </c>
       <c r="C814" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="815" spans="1:3">
       <c r="A815" s="1" t="inlineStr">
         <is>
-          <t>9786254151460</t>
+          <t>9786254151606</t>
         </is>
       </c>
       <c r="B815" s="1" t="inlineStr">
         <is>
-          <t>İnsan Sıcağı</t>
+          <t>Yarı Ölü İmgeler</t>
         </is>
       </c>
       <c r="C815" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="816" spans="1:3">
       <c r="A816" s="1" t="inlineStr">
         <is>
-          <t>9786254151699</t>
+          <t>9786254150975</t>
         </is>
       </c>
       <c r="B816" s="1" t="inlineStr">
         <is>
-          <t>Kan Çiçekleri</t>
+          <t>Çayko'nun Turuncu Otobüsü</t>
         </is>
       </c>
       <c r="C816" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="817" spans="1:3">
       <c r="A817" s="1" t="inlineStr">
         <is>
-          <t>9786254150838</t>
+          <t>9786254152054</t>
         </is>
       </c>
       <c r="B817" s="1" t="inlineStr">
         <is>
-          <t>Suyun Uyanışı</t>
+          <t>Amerikan Bezi'nden Amerikan Çuvalı’na</t>
         </is>
       </c>
       <c r="C817" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="818" spans="1:3">
       <c r="A818" s="1" t="inlineStr">
         <is>
-          <t>9786254151545</t>
+          <t>9786254151552</t>
         </is>
       </c>
       <c r="B818" s="1" t="inlineStr">
         <is>
-          <t>Karşıyaka'ya Son Vapur</t>
+          <t>Doğmadan Başlayan</t>
         </is>
       </c>
       <c r="C818" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="819" spans="1:3">
       <c r="A819" s="1" t="inlineStr">
         <is>
-          <t>9786254151453</t>
+          <t>9786254151644</t>
         </is>
       </c>
       <c r="B819" s="1" t="inlineStr">
         <is>
-          <t>Kör Bir Harfle Yazıyorum Göğe</t>
+          <t>Çürümeye Uyananlar</t>
         </is>
       </c>
       <c r="C819" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="820" spans="1:3">
       <c r="A820" s="1" t="inlineStr">
         <is>
-          <t>9786257352048</t>
+          <t>9786254151682</t>
         </is>
       </c>
       <c r="B820" s="1" t="inlineStr">
         <is>
-          <t>Nisan Çiyi</t>
+          <t>İnsan Bir Yanılgıdır</t>
         </is>
       </c>
       <c r="C820" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="821" spans="1:3">
       <c r="A821" s="1" t="inlineStr">
         <is>
-          <t>9786254150562</t>
+          <t>9786254151279</t>
         </is>
       </c>
       <c r="B821" s="1" t="inlineStr">
         <is>
-          <t>Sanat ve İntihar</t>
+          <t>Diyaloglar</t>
         </is>
       </c>
       <c r="C821" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="822" spans="1:3">
       <c r="A822" s="1" t="inlineStr">
         <is>
-          <t>9786254150470</t>
+          <t>9786254151521</t>
         </is>
       </c>
       <c r="B822" s="1" t="inlineStr">
         <is>
-          <t>Işığın İzinde</t>
+          <t>Başka Bir Diyeceğim Yok</t>
         </is>
       </c>
       <c r="C822" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="823" spans="1:3">
       <c r="A823" s="1" t="inlineStr">
         <is>
-          <t>9786254150142</t>
+          <t>9786254152108</t>
         </is>
       </c>
       <c r="B823" s="1" t="inlineStr">
         <is>
-          <t>Kafayı Sol Açık</t>
+          <t>Yaşam Esintileri</t>
         </is>
       </c>
       <c r="C823" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="824" spans="1:3">
       <c r="A824" s="1" t="inlineStr">
         <is>
-          <t>9786254150876</t>
+          <t>9786254150777</t>
         </is>
       </c>
       <c r="B824" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Şiirimizde İmgeler</t>
+          <t>Kafka Eve Dönmedi</t>
         </is>
       </c>
       <c r="C824" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="825" spans="1:3">
       <c r="A825" s="1" t="inlineStr">
         <is>
-          <t>9786254150760</t>
+          <t>9786254151491</t>
         </is>
       </c>
       <c r="B825" s="1" t="inlineStr">
         <is>
-          <t>Arap Kızı</t>
+          <t>Gelincik Günlüğü</t>
         </is>
       </c>
       <c r="C825" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="826" spans="1:3">
       <c r="A826" s="1" t="inlineStr">
         <is>
-          <t>9786254150555</t>
+          <t>9786254152030</t>
         </is>
       </c>
       <c r="B826" s="1" t="inlineStr">
         <is>
-          <t>Tahterevalli</t>
+          <t>İngiliz Sicimi'nden Amerikan Bezi'ne</t>
         </is>
       </c>
       <c r="C826" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="827" spans="1:3">
       <c r="A827" s="1" t="inlineStr">
         <is>
-          <t>9786254150791</t>
+          <t>9786254151590</t>
         </is>
       </c>
       <c r="B827" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Kanatlarında</t>
+          <t>Dostum Dünya</t>
         </is>
       </c>
       <c r="C827" s="1">
-        <v>800</v>
+        <v>150</v>
       </c>
     </row>
     <row r="828" spans="1:3">
       <c r="A828" s="1" t="inlineStr">
         <is>
-          <t>9786254150753</t>
+          <t>9786254151040</t>
         </is>
       </c>
       <c r="B828" s="1" t="inlineStr">
         <is>
-          <t>Fark Eder Mi?</t>
+          <t>Hişşt!</t>
         </is>
       </c>
       <c r="C828" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="829" spans="1:3">
       <c r="A829" s="1" t="inlineStr">
         <is>
-          <t>9786254150890</t>
+          <t>9786254151729</t>
         </is>
       </c>
       <c r="B829" s="1" t="inlineStr">
         <is>
-          <t>Bir Ev Kadar Yalnızım</t>
+          <t>On İki Ada Nasıl Kaybedildi?</t>
         </is>
       </c>
       <c r="C829" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="830" spans="1:3">
       <c r="A830" s="1" t="inlineStr">
         <is>
-          <t>9786254150678</t>
+          <t>9786254151095</t>
         </is>
       </c>
       <c r="B830" s="1" t="inlineStr">
         <is>
-          <t>Muallim Sabri &amp; Tanyeri’nden Öyküler</t>
+          <t>Çürük Memet</t>
         </is>
       </c>
       <c r="C830" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="831" spans="1:3">
       <c r="A831" s="1" t="inlineStr">
         <is>
-          <t>9786254150432</t>
+          <t>9786254152276</t>
         </is>
       </c>
       <c r="B831" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Feminizm ve Diğer Kadınlar</t>
+          <t>Begonya İhaneti</t>
         </is>
       </c>
       <c r="C831" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="832" spans="1:3">
       <c r="A832" s="1" t="inlineStr">
         <is>
-          <t>9786254150388</t>
+          <t>9786254151200</t>
         </is>
       </c>
       <c r="B832" s="1" t="inlineStr">
         <is>
-          <t>Başıbozuk Ritmin</t>
+          <t>Gün Işığı</t>
         </is>
       </c>
       <c r="C832" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="833" spans="1:3">
       <c r="A833" s="1" t="inlineStr">
         <is>
-          <t>9786254150487</t>
+          <t>9786254152146</t>
         </is>
       </c>
       <c r="B833" s="1" t="inlineStr">
         <is>
-          <t>Göz Saati</t>
+          <t>Kalanın Hikayesi</t>
         </is>
       </c>
       <c r="C833" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="834" spans="1:3">
       <c r="A834" s="1" t="inlineStr">
         <is>
-          <t>9786257984089</t>
+          <t>9786254151507</t>
         </is>
       </c>
       <c r="B834" s="1" t="inlineStr">
         <is>
-          <t>Çinçin Bağlarında Hasat Vakti</t>
+          <t>Eza</t>
         </is>
       </c>
       <c r="C834" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="835" spans="1:3">
       <c r="A835" s="1" t="inlineStr">
         <is>
-          <t>9786057655400</t>
+          <t>9786254151439</t>
         </is>
       </c>
       <c r="B835" s="1" t="inlineStr">
         <is>
-          <t>Eylül</t>
+          <t>Metin ve Angeli</t>
         </is>
       </c>
       <c r="C835" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="836" spans="1:3">
       <c r="A836" s="1" t="inlineStr">
         <is>
-          <t>9786257984096</t>
+          <t>9786254151255</t>
         </is>
       </c>
       <c r="B836" s="1" t="inlineStr">
         <is>
-          <t>Elke</t>
+          <t>Kiraz Ölümü</t>
         </is>
       </c>
       <c r="C836" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="837" spans="1:3">
       <c r="A837" s="1" t="inlineStr">
         <is>
-          <t>9786057655240</t>
+          <t>9786254150852</t>
         </is>
       </c>
       <c r="B837" s="1" t="inlineStr">
         <is>
-          <t>Köy Günlüğü</t>
+          <t>Üç Artı Bir Olasılık</t>
         </is>
       </c>
       <c r="C837" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="838" spans="1:3">
       <c r="A838" s="1" t="inlineStr">
         <is>
-          <t>9786057655455</t>
+          <t>9786254151828</t>
         </is>
       </c>
       <c r="B838" s="1" t="inlineStr">
         <is>
-          <t>Hora</t>
+          <t>Ulak ve Tanık</t>
         </is>
       </c>
       <c r="C838" s="1">
-        <v>100</v>
+        <v>270</v>
       </c>
     </row>
     <row r="839" spans="1:3">
       <c r="A839" s="1" t="inlineStr">
         <is>
-          <t>9786057655332</t>
+          <t>9786254151408</t>
         </is>
       </c>
       <c r="B839" s="1" t="inlineStr">
         <is>
-          <t>Şiir Diyalektik Değilse</t>
+          <t>Virgül Yorgunluğu</t>
         </is>
       </c>
       <c r="C839" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="840" spans="1:3">
       <c r="A840" s="1" t="inlineStr">
         <is>
-          <t>9786057655325</t>
+          <t>9786254151361</t>
         </is>
       </c>
       <c r="B840" s="1" t="inlineStr">
         <is>
-          <t>Rüzgar Sildi Sesleri</t>
+          <t>Özgürlük Tutkularıyla Barışçıl Topraklara Sevgiyi Tohumladılar</t>
         </is>
       </c>
       <c r="C840" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="841" spans="1:3">
       <c r="A841" s="1" t="inlineStr">
         <is>
-          <t>9786057655424</t>
+          <t>9786254151415</t>
         </is>
       </c>
       <c r="B841" s="1" t="inlineStr">
         <is>
-          <t>Cebimdeki Çakıl Taşları</t>
+          <t>Vesveseli Gölgeler</t>
         </is>
       </c>
       <c r="C841" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="842" spans="1:3">
       <c r="A842" s="1" t="inlineStr">
         <is>
-          <t>9786057655288</t>
+          <t>9786254150296</t>
         </is>
       </c>
       <c r="B842" s="1" t="inlineStr">
         <is>
-          <t>Saklı Sancılar</t>
+          <t>Birdim Kırk Oldum</t>
         </is>
       </c>
       <c r="C842" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="843" spans="1:3">
       <c r="A843" s="1" t="inlineStr">
         <is>
-          <t>9786057655363</t>
+          <t>9786254151583</t>
         </is>
       </c>
       <c r="B843" s="1" t="inlineStr">
         <is>
-          <t>Peş</t>
+          <t>Dördüncü Bireyleşen Zaman</t>
         </is>
       </c>
       <c r="C843" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="844" spans="1:3">
       <c r="A844" s="1" t="inlineStr">
         <is>
-          <t>9786254151989</t>
+          <t>9786254151248</t>
         </is>
       </c>
       <c r="B844" s="1" t="inlineStr">
         <is>
-          <t>Merina</t>
+          <t>Cilasız Ayna</t>
         </is>
       </c>
       <c r="C844" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="845" spans="1:3">
       <c r="A845" s="1" t="inlineStr">
         <is>
-          <t>9786057655370</t>
+          <t>9786254151514</t>
         </is>
       </c>
       <c r="B845" s="1" t="inlineStr">
         <is>
-          <t>Leopar Perde</t>
+          <t>Eksik Canlar Sokağı</t>
         </is>
       </c>
       <c r="C845" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="846" spans="1:3">
       <c r="A846" s="1" t="inlineStr">
         <is>
-          <t>9786057655387</t>
+          <t>9786254151569</t>
         </is>
       </c>
       <c r="B846" s="1" t="inlineStr">
         <is>
-          <t>İyi Bir Dünya Oyuncusu</t>
+          <t>Herkesler Çoktan İkna Olmuştur</t>
         </is>
       </c>
       <c r="C846" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="847" spans="1:3">
       <c r="A847" s="1" t="inlineStr">
         <is>
-          <t>9786057655530</t>
+          <t>9786254151460</t>
         </is>
       </c>
       <c r="B847" s="1" t="inlineStr">
         <is>
-          <t>Hasretin Şiir Oldu</t>
+          <t>İnsan Sıcağı</t>
         </is>
       </c>
       <c r="C847" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="848" spans="1:3">
       <c r="A848" s="1" t="inlineStr">
         <is>
-          <t>9786057655547</t>
+          <t>9786254151699</t>
         </is>
       </c>
       <c r="B848" s="1" t="inlineStr">
         <is>
-          <t>Güz Kesiği</t>
+          <t>Kan Çiçekleri</t>
         </is>
       </c>
       <c r="C848" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="849" spans="1:3">
       <c r="A849" s="1" t="inlineStr">
         <is>
-          <t>9786057655394</t>
+          <t>9786254150838</t>
         </is>
       </c>
       <c r="B849" s="1" t="inlineStr">
         <is>
-          <t>Güneşten Kan Damlıyor</t>
+          <t>Suyun Uyanışı</t>
         </is>
       </c>
       <c r="C849" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="850" spans="1:3">
       <c r="A850" s="1" t="inlineStr">
         <is>
-          <t>9786057655554</t>
+          <t>9786254151545</t>
         </is>
       </c>
       <c r="B850" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Gürültüsü</t>
+          <t>Karşıyaka'ya Son Vapur</t>
         </is>
       </c>
       <c r="C850" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="851" spans="1:3">
       <c r="A851" s="1" t="inlineStr">
         <is>
-          <t>9786057655448</t>
+          <t>9786254151453</t>
         </is>
       </c>
       <c r="B851" s="1" t="inlineStr">
         <is>
-          <t>Bir Nehir Ölürken Sesini Kaybeder</t>
+          <t>Kör Bir Harfle Yazıyorum Göğe</t>
         </is>
       </c>
       <c r="C851" s="1">
-        <v>170</v>
+        <v>180</v>
       </c>
     </row>
     <row r="852" spans="1:3">
       <c r="A852" s="1" t="inlineStr">
         <is>
-          <t>9786057655431</t>
+          <t>9786257352048</t>
         </is>
       </c>
       <c r="B852" s="1" t="inlineStr">
         <is>
-          <t>Bir İzafiyet Teorisi Olarak Hayat</t>
+          <t>Nisan Çiyi</t>
         </is>
       </c>
       <c r="C852" s="1">
-        <v>270</v>
+        <v>200</v>
       </c>
     </row>
     <row r="853" spans="1:3">
       <c r="A853" s="1" t="inlineStr">
         <is>
-          <t>9786057655561</t>
+          <t>9786254150562</t>
         </is>
       </c>
       <c r="B853" s="1" t="inlineStr">
         <is>
-          <t>Amatem</t>
+          <t>Sanat ve İntihar</t>
         </is>
       </c>
       <c r="C853" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="854" spans="1:3">
       <c r="A854" s="1" t="inlineStr">
         <is>
-          <t>9786257573641</t>
+          <t>9786254150470</t>
         </is>
       </c>
       <c r="B854" s="1" t="inlineStr">
         <is>
-          <t>Mevsimlik</t>
+          <t>Işığın İzinde</t>
         </is>
       </c>
       <c r="C854" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="855" spans="1:3">
       <c r="A855" s="1" t="inlineStr">
         <is>
-          <t>9786257573122</t>
+          <t>9786254150142</t>
         </is>
       </c>
       <c r="B855" s="1" t="inlineStr">
         <is>
-          <t>Can Sıkıntısı Öfke ve Blues</t>
+          <t>Kafayı Sol Açık</t>
         </is>
       </c>
       <c r="C855" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="856" spans="1:3">
       <c r="A856" s="1" t="inlineStr">
         <is>
-          <t>9786257573825</t>
+          <t>9786254150876</t>
         </is>
       </c>
       <c r="B856" s="1" t="inlineStr">
         <is>
-          <t>Bemal</t>
+          <t>Çağdaş Şiirimizde İmgeler</t>
         </is>
       </c>
       <c r="C856" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="857" spans="1:3">
       <c r="A857" s="1" t="inlineStr">
         <is>
-          <t>9786257573603</t>
+          <t>9786254150760</t>
         </is>
       </c>
       <c r="B857" s="1" t="inlineStr">
         <is>
-          <t>Ağrı Dağı’nın Kraliçesi İduna</t>
+          <t>Arap Kızı</t>
         </is>
       </c>
       <c r="C857" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="858" spans="1:3">
       <c r="A858" s="1" t="inlineStr">
         <is>
-          <t>9786257573658</t>
+          <t>9786254150555</t>
         </is>
       </c>
       <c r="B858" s="1" t="inlineStr">
         <is>
-          <t>Korona Atıştırmaları</t>
+          <t>Tahterevalli</t>
         </is>
       </c>
       <c r="C858" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="859" spans="1:3">
       <c r="A859" s="1" t="inlineStr">
         <is>
-          <t>9786257573542</t>
+          <t>9786254150791</t>
         </is>
       </c>
       <c r="B859" s="1" t="inlineStr">
         <is>
-          <t>Merhamet</t>
+          <t>Hayatın Kanatlarında</t>
         </is>
       </c>
       <c r="C859" s="1">
-        <v>250</v>
+        <v>800</v>
       </c>
     </row>
     <row r="860" spans="1:3">
       <c r="A860" s="1" t="inlineStr">
         <is>
-          <t>9786257573832</t>
+          <t>9786254150753</t>
         </is>
       </c>
       <c r="B860" s="1" t="inlineStr">
         <is>
-          <t>Toz Bulutu</t>
+          <t>Fark Eder Mi?</t>
         </is>
       </c>
       <c r="C860" s="1">
-        <v>270</v>
+        <v>140</v>
       </c>
     </row>
     <row r="861" spans="1:3">
       <c r="A861" s="1" t="inlineStr">
         <is>
-          <t>9786257573139</t>
+          <t>9786254150890</t>
         </is>
       </c>
       <c r="B861" s="1" t="inlineStr">
         <is>
-          <t>Sıradan Bir Gece Yarısı</t>
+          <t>Bir Ev Kadar Yalnızım</t>
         </is>
       </c>
       <c r="C861" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="862" spans="1:3">
       <c r="A862" s="1" t="inlineStr">
         <is>
-          <t>9786257573566</t>
+          <t>9786254150678</t>
         </is>
       </c>
       <c r="B862" s="1" t="inlineStr">
         <is>
-          <t>Adımlarla Aşkın Resmi</t>
+          <t>Muallim Sabri &amp; Tanyeri’nden Öyküler</t>
         </is>
       </c>
       <c r="C862" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="863" spans="1:3">
       <c r="A863" s="1" t="inlineStr">
         <is>
-          <t>9786257573559</t>
+          <t>9786254150432</t>
         </is>
       </c>
       <c r="B863" s="1" t="inlineStr">
         <is>
-          <t>Işığa Koşanlar Yorulmaz</t>
+          <t>Beyaz Feminizm ve Diğer Kadınlar</t>
         </is>
       </c>
       <c r="C863" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="864" spans="1:3">
       <c r="A864" s="1" t="inlineStr">
         <is>
-          <t>9786257391764</t>
+          <t>9786254150388</t>
         </is>
       </c>
       <c r="B864" s="1" t="inlineStr">
         <is>
-          <t>Çetin Altan’ın Roman ve Oyunlarında Aydın ve Küçük Burjuvazinin Sorunları</t>
+          <t>Başıbozuk Ritmin</t>
         </is>
       </c>
       <c r="C864" s="1">
-        <v>300</v>
+        <v>170</v>
       </c>
     </row>
     <row r="865" spans="1:3">
       <c r="A865" s="1" t="inlineStr">
         <is>
-          <t>9786257573207</t>
+          <t>9786254150487</t>
         </is>
       </c>
       <c r="B865" s="1" t="inlineStr">
         <is>
-          <t>Kış Sürgünü Günler</t>
+          <t>Göz Saati</t>
         </is>
       </c>
       <c r="C865" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="866" spans="1:3">
       <c r="A866" s="1" t="inlineStr">
         <is>
-          <t>9786257098366</t>
+          <t>9786257984089</t>
         </is>
       </c>
       <c r="B866" s="1" t="inlineStr">
         <is>
-          <t>Söz ve Kilit</t>
+          <t>Çinçin Bağlarında Hasat Vakti</t>
         </is>
       </c>
       <c r="C866" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="867" spans="1:3">
       <c r="A867" s="1" t="inlineStr">
         <is>
-          <t>9786257098830</t>
+          <t>9786057655400</t>
         </is>
       </c>
       <c r="B867" s="1" t="inlineStr">
         <is>
-          <t>Ölülere Sitem</t>
+          <t>Eylül</t>
         </is>
       </c>
       <c r="C867" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="868" spans="1:3">
       <c r="A868" s="1" t="inlineStr">
         <is>
-          <t>9786257098939</t>
+          <t>9786257984096</t>
         </is>
       </c>
       <c r="B868" s="1" t="inlineStr">
         <is>
-          <t>Gönlümün En Üst Rafı</t>
+          <t>Elke</t>
         </is>
       </c>
       <c r="C868" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="869" spans="1:3">
       <c r="A869" s="1" t="inlineStr">
         <is>
-          <t>9786257098281</t>
+          <t>9786057655240</t>
         </is>
       </c>
       <c r="B869" s="1" t="inlineStr">
         <is>
-          <t>Çekirdek Zaman Durakları</t>
+          <t>Köy Günlüğü</t>
         </is>
       </c>
       <c r="C869" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="870" spans="1:3">
       <c r="A870" s="1" t="inlineStr">
         <is>
-          <t>9786254150135</t>
+          <t>9786057655455</t>
         </is>
       </c>
       <c r="B870" s="1" t="inlineStr">
         <is>
-          <t>Katkılı Kumar</t>
+          <t>Hora</t>
         </is>
       </c>
       <c r="C870" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="871" spans="1:3">
       <c r="A871" s="1" t="inlineStr">
         <is>
-          <t>9786254150180</t>
+          <t>9786057655332</t>
         </is>
       </c>
       <c r="B871" s="1" t="inlineStr">
         <is>
-          <t>Ölümlük Dirimlik</t>
+          <t>Şiir Diyalektik Değilse</t>
         </is>
       </c>
       <c r="C871" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="872" spans="1:3">
       <c r="A872" s="1" t="inlineStr">
         <is>
-          <t>9786257573733</t>
+          <t>9786057655325</t>
         </is>
       </c>
       <c r="B872" s="1" t="inlineStr">
         <is>
-          <t>Kırmızıda Biten Yol</t>
+          <t>Rüzgar Sildi Sesleri</t>
         </is>
       </c>
       <c r="C872" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="873" spans="1:3">
       <c r="A873" s="1" t="inlineStr">
         <is>
-          <t>9786257352536</t>
+          <t>9786057655424</t>
         </is>
       </c>
       <c r="B873" s="1" t="inlineStr">
         <is>
-          <t>Hüzünlü Atlas Serisi Cilt 1</t>
+          <t>Cebimdeki Çakıl Taşları</t>
         </is>
       </c>
       <c r="C873" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="874" spans="1:3">
       <c r="A874" s="1" t="inlineStr">
         <is>
-          <t>9786254150159</t>
+          <t>9786057655288</t>
         </is>
       </c>
       <c r="B874" s="1" t="inlineStr">
         <is>
-          <t>İsa Atakları</t>
+          <t>Saklı Sancılar</t>
         </is>
       </c>
       <c r="C874" s="1">
-        <v>170</v>
+        <v>180</v>
       </c>
     </row>
     <row r="875" spans="1:3">
       <c r="A875" s="1" t="inlineStr">
         <is>
-          <t>9786257573344</t>
+          <t>9786057655363</t>
         </is>
       </c>
       <c r="B875" s="1" t="inlineStr">
         <is>
-          <t>Modernize Aktif</t>
+          <t>Peş</t>
         </is>
       </c>
       <c r="C875" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="876" spans="1:3">
       <c r="A876" s="1" t="inlineStr">
         <is>
-          <t>9786257573368</t>
+          <t>9786254151989</t>
         </is>
       </c>
       <c r="B876" s="1" t="inlineStr">
         <is>
-          <t>Mevsim Bıçak Açtığında</t>
+          <t>Merina</t>
         </is>
       </c>
       <c r="C876" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="877" spans="1:3">
       <c r="A877" s="1" t="inlineStr">
         <is>
-          <t>9786257573269</t>
+          <t>9786057655370</t>
         </is>
       </c>
       <c r="B877" s="1" t="inlineStr">
         <is>
-          <t>İnsan Çiftlikleri</t>
+          <t>Leopar Perde</t>
         </is>
       </c>
       <c r="C877" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="878" spans="1:3">
       <c r="A878" s="1" t="inlineStr">
         <is>
-          <t>9786257573177</t>
+          <t>9786057655387</t>
         </is>
       </c>
       <c r="B878" s="1" t="inlineStr">
         <is>
-          <t>Köseler’den Hollanda’ya Yaşam Savaşım</t>
+          <t>İyi Bir Dünya Oyuncusu</t>
         </is>
       </c>
       <c r="C878" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="879" spans="1:3">
       <c r="A879" s="1" t="inlineStr">
         <is>
-          <t>9786257573511</t>
+          <t>9786057655530</t>
         </is>
       </c>
       <c r="B879" s="1" t="inlineStr">
         <is>
-          <t>İş Müfettişlerinin Anıları</t>
+          <t>Hasretin Şiir Oldu</t>
         </is>
       </c>
       <c r="C879" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="880" spans="1:3">
       <c r="A880" s="1" t="inlineStr">
         <is>
-          <t>9786257391863</t>
+          <t>9786057655547</t>
         </is>
       </c>
       <c r="B880" s="1" t="inlineStr">
         <is>
-          <t>Unutuşun Külleri; Şeyh Galip’ten Kötülük Çiçekleri’ne</t>
+          <t>Güz Kesiği</t>
         </is>
       </c>
       <c r="C880" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="881" spans="1:3">
       <c r="A881" s="1" t="inlineStr">
         <is>
-          <t>9786257352383</t>
+          <t>9786057655394</t>
         </is>
       </c>
       <c r="B881" s="1" t="inlineStr">
         <is>
-          <t>Paralı Adalet</t>
+          <t>Güneşten Kan Damlıyor</t>
         </is>
       </c>
       <c r="C881" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="882" spans="1:3">
       <c r="A882" s="1" t="inlineStr">
         <is>
-          <t>9786257391948</t>
+          <t>9786057655554</t>
         </is>
       </c>
       <c r="B882" s="1" t="inlineStr">
         <is>
-          <t>İmge, Ten, Şiir ve Fuhuş</t>
+          <t>Dünyanın Gürültüsü</t>
         </is>
       </c>
       <c r="C882" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="883" spans="1:3">
       <c r="A883" s="1" t="inlineStr">
         <is>
-          <t>9786257573320</t>
+          <t>9786057655448</t>
         </is>
       </c>
       <c r="B883" s="1" t="inlineStr">
         <is>
-          <t>Yağmurum Ol</t>
+          <t>Bir Nehir Ölürken Sesini Kaybeder</t>
         </is>
       </c>
       <c r="C883" s="1">
-        <v>180</v>
+        <v>170</v>
       </c>
     </row>
     <row r="884" spans="1:3">
       <c r="A884" s="1" t="inlineStr">
         <is>
-          <t>9786257573313</t>
+          <t>9786057655431</t>
         </is>
       </c>
       <c r="B884" s="1" t="inlineStr">
         <is>
-          <t>Yerçekimi Çalışmıyor</t>
+          <t>Bir İzafiyet Teorisi Olarak Hayat</t>
         </is>
       </c>
       <c r="C884" s="1">
-        <v>180</v>
+        <v>270</v>
       </c>
     </row>
     <row r="885" spans="1:3">
       <c r="A885" s="1" t="inlineStr">
         <is>
-          <t>9786257391917</t>
+          <t>9786057655561</t>
         </is>
       </c>
       <c r="B885" s="1" t="inlineStr">
         <is>
-          <t>Sanatın Sonundan Sonra Türk Şiiri</t>
+          <t>Amatem</t>
         </is>
       </c>
       <c r="C885" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="886" spans="1:3">
       <c r="A886" s="1" t="inlineStr">
         <is>
-          <t>9786257391931</t>
+          <t>9786257573641</t>
         </is>
       </c>
       <c r="B886" s="1" t="inlineStr">
         <is>
-          <t>Saf Şiir</t>
+          <t>Mevsimlik</t>
         </is>
       </c>
       <c r="C886" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="887" spans="1:3">
       <c r="A887" s="1" t="inlineStr">
         <is>
-          <t>9786257573184</t>
+          <t>9786257573122</t>
         </is>
       </c>
       <c r="B887" s="1" t="inlineStr">
         <is>
-          <t>Tozlanmış Şiirler</t>
+          <t>Can Sıkıntısı Öfke ve Blues</t>
         </is>
       </c>
       <c r="C887" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="888" spans="1:3">
       <c r="A888" s="1" t="inlineStr">
         <is>
-          <t>9786257391429</t>
+          <t>9786257573825</t>
         </is>
       </c>
       <c r="B888" s="1" t="inlineStr">
         <is>
-          <t>Aşure Kazanı</t>
+          <t>Bemal</t>
         </is>
       </c>
       <c r="C888" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="889" spans="1:3">
       <c r="A889" s="1" t="inlineStr">
         <is>
-          <t>9786257352321</t>
+          <t>9786257573603</t>
         </is>
       </c>
       <c r="B889" s="1" t="inlineStr">
         <is>
-          <t>Bahadın Söylenceleri</t>
+          <t>Ağrı Dağı’nın Kraliçesi İduna</t>
         </is>
       </c>
       <c r="C889" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="890" spans="1:3">
       <c r="A890" s="1" t="inlineStr">
         <is>
-          <t>9786257391399</t>
+          <t>9786257573658</t>
         </is>
       </c>
       <c r="B890" s="1" t="inlineStr">
         <is>
-          <t>Gel Sokak Sokağa Konuşalım</t>
+          <t>Korona Atıştırmaları</t>
         </is>
       </c>
       <c r="C890" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="891" spans="1:3">
       <c r="A891" s="1" t="inlineStr">
         <is>
-          <t>9786257391405</t>
+          <t>9786257573542</t>
         </is>
       </c>
       <c r="B891" s="1" t="inlineStr">
         <is>
-          <t>Yaban</t>
+          <t>Merhamet</t>
         </is>
       </c>
       <c r="C891" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="892" spans="1:3">
       <c r="A892" s="1" t="inlineStr">
         <is>
-          <t>9786257352765</t>
+          <t>9786257573832</t>
         </is>
       </c>
       <c r="B892" s="1" t="inlineStr">
         <is>
-          <t>Bir Sen Vardın</t>
+          <t>Toz Bulutu</t>
         </is>
       </c>
       <c r="C892" s="1">
-        <v>180</v>
+        <v>270</v>
       </c>
     </row>
     <row r="893" spans="1:3">
       <c r="A893" s="1" t="inlineStr">
         <is>
-          <t>9786257391108</t>
+          <t>9786257573139</t>
         </is>
       </c>
       <c r="B893" s="1" t="inlineStr">
         <is>
-          <t>Yağmurun Gözleri</t>
+          <t>Sıradan Bir Gece Yarısı</t>
         </is>
       </c>
       <c r="C893" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="894" spans="1:3">
       <c r="A894" s="1" t="inlineStr">
         <is>
-          <t>9786257391153</t>
+          <t>9786257573566</t>
         </is>
       </c>
       <c r="B894" s="1" t="inlineStr">
         <is>
-          <t>Özlem ve Pencereler</t>
+          <t>Adımlarla Aşkın Resmi</t>
         </is>
       </c>
       <c r="C894" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="895" spans="1:3">
       <c r="A895" s="1" t="inlineStr">
         <is>
-          <t>9786257391245</t>
+          <t>9786257573559</t>
         </is>
       </c>
       <c r="B895" s="1" t="inlineStr">
         <is>
-          <t>80 Kuşağının Üç Şairi</t>
+          <t>Işığa Koşanlar Yorulmaz</t>
         </is>
       </c>
       <c r="C895" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="896" spans="1:3">
       <c r="A896" s="1" t="inlineStr">
         <is>
-          <t>9786257391382</t>
+          <t>9786257391764</t>
         </is>
       </c>
       <c r="B896" s="1" t="inlineStr">
         <is>
-          <t>Soteria - Hatay’da ve Hayatta Kadın</t>
+          <t>Çetin Altan’ın Roman ve Oyunlarında Aydın ve Küçük Burjuvazinin Sorunları</t>
         </is>
       </c>
       <c r="C896" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="897" spans="1:3">
       <c r="A897" s="1" t="inlineStr">
         <is>
-          <t>9786257764162</t>
+          <t>9786257573207</t>
         </is>
       </c>
       <c r="B897" s="1" t="inlineStr">
         <is>
-          <t>Dün Görüşürüz</t>
+          <t>Kış Sürgünü Günler</t>
         </is>
       </c>
       <c r="C897" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="898" spans="1:3">
       <c r="A898" s="1" t="inlineStr">
         <is>
-          <t>9786257098243</t>
+          <t>9786257098366</t>
         </is>
       </c>
       <c r="B898" s="1" t="inlineStr">
         <is>
-          <t>Üç Nokta</t>
+          <t>Söz ve Kilit</t>
         </is>
       </c>
       <c r="C898" s="1">
-        <v>50</v>
+        <v>180</v>
       </c>
     </row>
     <row r="899" spans="1:3">
       <c r="A899" s="1" t="inlineStr">
         <is>
-          <t>9786257764476</t>
+          <t>9786257098830</t>
         </is>
       </c>
       <c r="B899" s="1" t="inlineStr">
         <is>
-          <t>Takvimlerde Demans</t>
+          <t>Ölülere Sitem</t>
         </is>
       </c>
       <c r="C899" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="900" spans="1:3">
       <c r="A900" s="1" t="inlineStr">
         <is>
-          <t>9786257764193</t>
+          <t>9786257098939</t>
         </is>
       </c>
       <c r="B900" s="1" t="inlineStr">
         <is>
-          <t>Aşk Her Zaman</t>
+          <t>Gönlümün En Üst Rafı</t>
         </is>
       </c>
       <c r="C900" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="901" spans="1:3">
       <c r="A901" s="1" t="inlineStr">
         <is>
-          <t>9786257764384</t>
+          <t>9786257098281</t>
         </is>
       </c>
       <c r="B901" s="1" t="inlineStr">
         <is>
-          <t>Kemik İğne</t>
+          <t>Çekirdek Zaman Durakları</t>
         </is>
       </c>
       <c r="C901" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="902" spans="1:3">
       <c r="A902" s="1" t="inlineStr">
         <is>
-          <t>9786257391962</t>
+          <t>9786254150135</t>
         </is>
       </c>
       <c r="B902" s="1" t="inlineStr">
         <is>
-          <t>Beden ve Şiir</t>
+          <t>Katkılı Kumar</t>
         </is>
       </c>
       <c r="C902" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="903" spans="1:3">
       <c r="A903" s="1" t="inlineStr">
         <is>
-          <t>9786257391160</t>
+          <t>9786254150180</t>
         </is>
       </c>
       <c r="B903" s="1" t="inlineStr">
         <is>
-          <t>İnisiyasyon</t>
+          <t>Ölümlük Dirimlik</t>
         </is>
       </c>
       <c r="C903" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="904" spans="1:3">
       <c r="A904" s="1" t="inlineStr">
         <is>
-          <t>9786257098953</t>
+          <t>9786257573733</t>
         </is>
       </c>
       <c r="B904" s="1" t="inlineStr">
         <is>
-          <t>Sessizce Öptüm Kokunu</t>
+          <t>Kırmızıda Biten Yol</t>
         </is>
       </c>
       <c r="C904" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="905" spans="1:3">
       <c r="A905" s="1" t="inlineStr">
         <is>
-          <t>9786254150241</t>
+          <t>9786257352536</t>
         </is>
       </c>
       <c r="B905" s="1" t="inlineStr">
         <is>
-          <t>Sarı Vosvos</t>
+          <t>Hüzünlü Atlas Serisi Cilt 1</t>
         </is>
       </c>
       <c r="C905" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="906" spans="1:3">
       <c r="A906" s="1" t="inlineStr">
         <is>
-          <t>9786257573740</t>
+          <t>9786254150159</t>
         </is>
       </c>
       <c r="B906" s="1" t="inlineStr">
         <is>
-          <t>Gizli Kalmış Özneler</t>
+          <t>İsa Atakları</t>
         </is>
       </c>
       <c r="C906" s="1">
-        <v>180</v>
+        <v>170</v>
       </c>
     </row>
     <row r="907" spans="1:3">
       <c r="A907" s="1" t="inlineStr">
         <is>
-          <t>9786257391054</t>
+          <t>9786257573344</t>
         </is>
       </c>
       <c r="B907" s="1" t="inlineStr">
         <is>
-          <t>Rayların Kıyısında</t>
+          <t>Modernize Aktif</t>
         </is>
       </c>
       <c r="C907" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="908" spans="1:3">
       <c r="A908" s="1" t="inlineStr">
         <is>
-          <t>9786257764018</t>
+          <t>9786257573368</t>
         </is>
       </c>
       <c r="B908" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Bozuk Saatleri</t>
+          <t>Mevsim Bıçak Açtığında</t>
         </is>
       </c>
       <c r="C908" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="909" spans="1:3">
       <c r="A909" s="1" t="inlineStr">
         <is>
-          <t>9786257391030</t>
+          <t>9786257573269</t>
         </is>
       </c>
       <c r="B909" s="1" t="inlineStr">
         <is>
-          <t>Sönme Biçimleri</t>
+          <t>İnsan Çiftlikleri</t>
         </is>
       </c>
       <c r="C909" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="910" spans="1:3">
       <c r="A910" s="1" t="inlineStr">
         <is>
-          <t>9786257764209</t>
+          <t>9786257573177</t>
         </is>
       </c>
       <c r="B910" s="1" t="inlineStr">
         <is>
-          <t>Yitip Gidenler</t>
+          <t>Köseler’den Hollanda’ya Yaşam Savaşım</t>
         </is>
       </c>
       <c r="C910" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="911" spans="1:3">
       <c r="A911" s="1" t="inlineStr">
         <is>
-          <t>9786257391818</t>
+          <t>9786257573511</t>
         </is>
       </c>
       <c r="B911" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Arap Şiiri Antolojisi</t>
+          <t>İş Müfettişlerinin Anıları</t>
         </is>
       </c>
       <c r="C911" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="912" spans="1:3">
       <c r="A912" s="1" t="inlineStr">
         <is>
-          <t>9786257391825</t>
+          <t>9786257391863</t>
         </is>
       </c>
       <c r="B912" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Arap Kadın Şairleri Antolojisi</t>
+          <t>Unutuşun Külleri; Şeyh Galip’ten Kötülük Çiçekleri’ne</t>
         </is>
       </c>
       <c r="C912" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="913" spans="1:3">
       <c r="A913" s="1" t="inlineStr">
         <is>
-          <t>9786257391559</t>
+          <t>9786257352383</t>
         </is>
       </c>
       <c r="B913" s="1" t="inlineStr">
         <is>
-          <t>Gözbağı</t>
+          <t>Paralı Adalet</t>
         </is>
       </c>
       <c r="C913" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="914" spans="1:3">
       <c r="A914" s="1" t="inlineStr">
         <is>
-          <t>9786257352642</t>
+          <t>9786257391948</t>
         </is>
       </c>
       <c r="B914" s="1" t="inlineStr">
         <is>
-          <t>Alternatif İstanbul Kronolojisi</t>
+          <t>İmge, Ten, Şiir ve Fuhuş</t>
         </is>
       </c>
       <c r="C914" s="1">
-        <v>800</v>
+        <v>200</v>
       </c>
     </row>
     <row r="915" spans="1:3">
       <c r="A915" s="1" t="inlineStr">
         <is>
-          <t>9786257352994</t>
+          <t>9786257573320</t>
         </is>
       </c>
       <c r="B915" s="1" t="inlineStr">
         <is>
-          <t>Lirik Baladlar</t>
+          <t>Yağmurum Ol</t>
         </is>
       </c>
       <c r="C915" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="916" spans="1:3">
       <c r="A916" s="1" t="inlineStr">
         <is>
-          <t>9786257311571</t>
+          <t>9786257573313</t>
         </is>
       </c>
       <c r="B916" s="1" t="inlineStr">
         <is>
-          <t>Bir Kaçış Hikayesi</t>
+          <t>Yerçekimi Çalışmıyor</t>
         </is>
       </c>
       <c r="C916" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="917" spans="1:3">
       <c r="A917" s="1" t="inlineStr">
         <is>
-          <t>9786257311106</t>
+          <t>9786257391917</t>
         </is>
       </c>
       <c r="B917" s="1" t="inlineStr">
         <is>
-          <t>Karın Ardına Yürüyenler</t>
+          <t>Sanatın Sonundan Sonra Türk Şiiri</t>
         </is>
       </c>
       <c r="C917" s="1">
-        <v>270</v>
+        <v>200</v>
       </c>
     </row>
     <row r="918" spans="1:3">
       <c r="A918" s="1" t="inlineStr">
         <is>
-          <t>9786257352468</t>
+          <t>9786257391931</t>
         </is>
       </c>
       <c r="B918" s="1" t="inlineStr">
         <is>
-          <t>Hayata Dair</t>
+          <t>Saf Şiir</t>
         </is>
       </c>
       <c r="C918" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="919" spans="1:3">
       <c r="A919" s="1" t="inlineStr">
         <is>
-          <t>9786257764766</t>
+          <t>9786257573184</t>
         </is>
       </c>
       <c r="B919" s="1" t="inlineStr">
         <is>
-          <t>Kendime Gidiyorum</t>
+          <t>Tozlanmış Şiirler</t>
         </is>
       </c>
       <c r="C919" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="920" spans="1:3">
       <c r="A920" s="1" t="inlineStr">
         <is>
-          <t>9786257391665</t>
+          <t>9786257391429</t>
         </is>
       </c>
       <c r="B920" s="1" t="inlineStr">
         <is>
-          <t>Fesleğen Ağıdı</t>
+          <t>Aşure Kazanı</t>
         </is>
       </c>
       <c r="C920" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="921" spans="1:3">
       <c r="A921" s="1" t="inlineStr">
         <is>
-          <t>9786257391542</t>
+          <t>9786257352321</t>
         </is>
       </c>
       <c r="B921" s="1" t="inlineStr">
         <is>
-          <t>Ölümden Dönen İklim</t>
+          <t>Bahadın Söylenceleri</t>
         </is>
       </c>
       <c r="C921" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="922" spans="1:3">
       <c r="A922" s="1" t="inlineStr">
         <is>
-          <t>9786257391320</t>
+          <t>9786257391399</t>
         </is>
       </c>
       <c r="B922" s="1" t="inlineStr">
         <is>
-          <t>Aşk (K)Üstü Hayat</t>
+          <t>Gel Sokak Sokağa Konuşalım</t>
         </is>
       </c>
       <c r="C922" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="923" spans="1:3">
       <c r="A923" s="1" t="inlineStr">
         <is>
-          <t>9786257391634</t>
+          <t>9786257391405</t>
         </is>
       </c>
       <c r="B923" s="1" t="inlineStr">
         <is>
-          <t>Göle Ağladım Çöl Oldum</t>
+          <t>Yaban</t>
         </is>
       </c>
       <c r="C923" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="924" spans="1:3">
       <c r="A924" s="1" t="inlineStr">
         <is>
-          <t>9786257391023</t>
+          <t>9786257352765</t>
         </is>
       </c>
       <c r="B924" s="1" t="inlineStr">
         <is>
-          <t>Esirkent Gazze</t>
+          <t>Bir Sen Vardın</t>
         </is>
       </c>
       <c r="C924" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="925" spans="1:3">
       <c r="A925" s="1" t="inlineStr">
         <is>
-          <t>9786257391269</t>
+          <t>9786257391108</t>
         </is>
       </c>
       <c r="B925" s="1" t="inlineStr">
         <is>
-          <t>Yaprak İzi</t>
+          <t>Yağmurun Gözleri</t>
         </is>
       </c>
       <c r="C925" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="926" spans="1:3">
       <c r="A926" s="1" t="inlineStr">
         <is>
-          <t>9786257391313</t>
+          <t>9786257391153</t>
         </is>
       </c>
       <c r="B926" s="1" t="inlineStr">
         <is>
-          <t>Devrim(ci) Güzeli(m)</t>
+          <t>Özlem ve Pencereler</t>
         </is>
       </c>
       <c r="C926" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="927" spans="1:3">
       <c r="A927" s="1" t="inlineStr">
         <is>
-          <t>9786257391337</t>
+          <t>9786257391245</t>
         </is>
       </c>
       <c r="B927" s="1" t="inlineStr">
         <is>
-          <t>Artvin’de Bahar</t>
+          <t>80 Kuşağının Üç Şairi</t>
         </is>
       </c>
       <c r="C927" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="928" spans="1:3">
       <c r="A928" s="1" t="inlineStr">
         <is>
-          <t>9786257391283</t>
+          <t>9786257391382</t>
         </is>
       </c>
       <c r="B928" s="1" t="inlineStr">
         <is>
-          <t>Sevmeler Yarım</t>
+          <t>Soteria - Hatay’da ve Hayatta Kadın</t>
         </is>
       </c>
       <c r="C928" s="1">
-        <v>300</v>
+        <v>170</v>
       </c>
     </row>
     <row r="929" spans="1:3">
       <c r="A929" s="1" t="inlineStr">
         <is>
-          <t>9786257391122</t>
+          <t>9786257764162</t>
         </is>
       </c>
       <c r="B929" s="1" t="inlineStr">
         <is>
-          <t>Resmi İdeoloji Tartışması</t>
+          <t>Dün Görüşürüz</t>
         </is>
       </c>
       <c r="C929" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="930" spans="1:3">
       <c r="A930" s="1" t="inlineStr">
         <is>
-          <t>9786257391641</t>
+          <t>9786257098243</t>
         </is>
       </c>
       <c r="B930" s="1" t="inlineStr">
         <is>
-          <t>İç Dökümleri</t>
+          <t>Üç Nokta</t>
         </is>
       </c>
       <c r="C930" s="1">
-        <v>180</v>
+        <v>50</v>
       </c>
     </row>
     <row r="931" spans="1:3">
       <c r="A931" s="1" t="inlineStr">
         <is>
-          <t>9786257352529</t>
+          <t>9786257764476</t>
         </is>
       </c>
       <c r="B931" s="1" t="inlineStr">
         <is>
-          <t>Harf Lekeleri</t>
+          <t>Takvimlerde Demans</t>
         </is>
       </c>
       <c r="C931" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="932" spans="1:3">
       <c r="A932" s="1" t="inlineStr">
         <is>
-          <t>9786257392528</t>
+          <t>9786257764193</t>
         </is>
       </c>
       <c r="B932" s="1" t="inlineStr">
         <is>
-          <t>Ezel Denizi</t>
+          <t>Aşk Her Zaman</t>
         </is>
       </c>
       <c r="C932" s="1">
-        <v>18</v>
+        <v>300</v>
       </c>
     </row>
     <row r="933" spans="1:3">
       <c r="A933" s="1" t="inlineStr">
         <is>
-          <t>9786257391436</t>
+          <t>9786257764384</t>
         </is>
       </c>
       <c r="B933" s="1" t="inlineStr">
         <is>
-          <t>Alo Kızım Gömleğimi Değiştiremedim</t>
+          <t>Kemik İğne</t>
         </is>
       </c>
       <c r="C933" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="934" spans="1:3">
       <c r="A934" s="1" t="inlineStr">
         <is>
-          <t>9786257391702</t>
+          <t>9786257391962</t>
         </is>
       </c>
       <c r="B934" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Mührü</t>
+          <t>Beden ve Şiir</t>
         </is>
       </c>
       <c r="C934" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="935" spans="1:3">
       <c r="A935" s="1" t="inlineStr">
         <is>
-          <t>9786257391061</t>
+          <t>9786257391160</t>
         </is>
       </c>
       <c r="B935" s="1" t="inlineStr">
         <is>
-          <t>Sarmal Düşünceler</t>
+          <t>İnisiyasyon</t>
         </is>
       </c>
       <c r="C935" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="936" spans="1:3">
       <c r="A936" s="1" t="inlineStr">
         <is>
-          <t>9786257391511</t>
+          <t>9786257098953</t>
         </is>
       </c>
       <c r="B936" s="1" t="inlineStr">
         <is>
-          <t>Kıtalar ve Kültürlerarası Bir Dünya Şairi Özkan Mert</t>
+          <t>Sessizce Öptüm Kokunu</t>
         </is>
       </c>
       <c r="C936" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="937" spans="1:3">
       <c r="A937" s="1" t="inlineStr">
         <is>
-          <t>9786257352406</t>
+          <t>9786254150241</t>
         </is>
       </c>
       <c r="B937" s="1" t="inlineStr">
         <is>
-          <t>Cenk Aşkı</t>
+          <t>Sarı Vosvos</t>
         </is>
       </c>
       <c r="C937" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="938" spans="1:3">
       <c r="A938" s="1" t="inlineStr">
         <is>
-          <t>9786257352482</t>
+          <t>9786257573740</t>
         </is>
       </c>
       <c r="B938" s="1" t="inlineStr">
         <is>
-          <t>İkra</t>
+          <t>Gizli Kalmış Özneler</t>
         </is>
       </c>
       <c r="C938" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="939" spans="1:3">
       <c r="A939" s="1" t="inlineStr">
         <is>
-          <t>9786257352413</t>
+          <t>9786257391054</t>
         </is>
       </c>
       <c r="B939" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşım Matematik ve Palyaço Zu</t>
+          <t>Rayların Kıyısında</t>
         </is>
       </c>
       <c r="C939" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="940" spans="1:3">
       <c r="A940" s="1" t="inlineStr">
         <is>
-          <t>9786257352840</t>
+          <t>9786257764018</t>
         </is>
       </c>
       <c r="B940" s="1" t="inlineStr">
         <is>
-          <t>Şiire Yetmeyen Zaman</t>
+          <t>Zamanın Bozuk Saatleri</t>
         </is>
       </c>
       <c r="C940" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="941" spans="1:3">
       <c r="A941" s="1" t="inlineStr">
         <is>
-          <t>9786257352376</t>
+          <t>9786257391030</t>
         </is>
       </c>
       <c r="B941" s="1" t="inlineStr">
         <is>
-          <t>Yenibütüncü Şiirin Manifestosu</t>
+          <t>Sönme Biçimleri</t>
         </is>
       </c>
       <c r="C941" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="942" spans="1:3">
       <c r="A942" s="1" t="inlineStr">
         <is>
-          <t>9786257098229</t>
+          <t>9786257764209</t>
         </is>
       </c>
       <c r="B942" s="1" t="inlineStr">
         <is>
-          <t>Andromeda Trambolini</t>
+          <t>Yitip Gidenler</t>
         </is>
       </c>
       <c r="C942" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="943" spans="1:3">
       <c r="A943" s="1" t="inlineStr">
         <is>
-          <t>9786257098335</t>
+          <t>9786257391818</t>
         </is>
       </c>
       <c r="B943" s="1" t="inlineStr">
         <is>
-          <t>Tasarlanan Ya Da Tanımlanan Bir Arıza</t>
+          <t>Çağdaş Arap Şiiri Antolojisi</t>
         </is>
       </c>
       <c r="C943" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="944" spans="1:3">
       <c r="A944" s="1" t="inlineStr">
         <is>
-          <t>9786257098519</t>
+          <t>9786257391825</t>
         </is>
       </c>
       <c r="B944" s="1" t="inlineStr">
         <is>
-          <t>Ahretten Mesaj Servisi</t>
+          <t>Çağdaş Arap Kadın Şairleri Antolojisi</t>
         </is>
       </c>
       <c r="C944" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="945" spans="1:3">
       <c r="A945" s="1" t="inlineStr">
         <is>
-          <t>9786056953194</t>
+          <t>9786257391559</t>
         </is>
       </c>
       <c r="B945" s="1" t="inlineStr">
         <is>
-          <t>Shakespeare Var Mıydı Yok Muydu ?</t>
+          <t>Gözbağı</t>
         </is>
       </c>
       <c r="C945" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="946" spans="1:3">
       <c r="A946" s="1" t="inlineStr">
         <is>
-          <t>9786056953187</t>
+          <t>9786257352642</t>
         </is>
       </c>
       <c r="B946" s="1" t="inlineStr">
         <is>
-          <t>Bilincin Tuhaf Nesnesi</t>
+          <t>Alternatif İstanbul Kronolojisi</t>
         </is>
       </c>
       <c r="C946" s="1">
-        <v>200</v>
+        <v>800</v>
       </c>
     </row>
     <row r="947" spans="1:3">
       <c r="A947" s="1" t="inlineStr">
         <is>
-          <t>9786056953170</t>
+          <t>9786257352994</t>
         </is>
       </c>
       <c r="B947" s="1" t="inlineStr">
         <is>
-          <t>Dostoyevski Ölmeli</t>
+          <t>Lirik Baladlar</t>
         </is>
       </c>
       <c r="C947" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="948" spans="1:3">
       <c r="A948" s="1" t="inlineStr">
         <is>
-          <t>9786257984676</t>
+          <t>9786257311571</t>
         </is>
       </c>
       <c r="B948" s="1" t="inlineStr">
         <is>
-          <t>Yanılgılar Evi</t>
+          <t>Bir Kaçış Hikayesi</t>
         </is>
       </c>
       <c r="C948" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="949" spans="1:3">
       <c r="A949" s="1" t="inlineStr">
         <is>
-          <t>9786257984522</t>
+          <t>9786257311106</t>
         </is>
       </c>
       <c r="B949" s="1" t="inlineStr">
         <is>
-          <t>Salyangozlar</t>
+          <t>Karın Ardına Yürüyenler</t>
         </is>
       </c>
       <c r="C949" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="950" spans="1:3">
       <c r="A950" s="1" t="inlineStr">
         <is>
-          <t>9786257573917</t>
+          <t>9786257352468</t>
         </is>
       </c>
       <c r="B950" s="1" t="inlineStr">
         <is>
-          <t>Ters Çığlık</t>
+          <t>Hayata Dair</t>
         </is>
       </c>
       <c r="C950" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="951" spans="1:3">
       <c r="A951" s="1" t="inlineStr">
         <is>
-          <t>9786257573955</t>
+          <t>9786257764766</t>
         </is>
       </c>
       <c r="B951" s="1" t="inlineStr">
         <is>
-          <t>Yağmurda ve Daha Çocukken</t>
+          <t>Kendime Gidiyorum</t>
         </is>
       </c>
       <c r="C951" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="952" spans="1:3">
       <c r="A952" s="1" t="inlineStr">
         <is>
-          <t>9786257573979</t>
+          <t>9786257391665</t>
         </is>
       </c>
       <c r="B952" s="1" t="inlineStr">
         <is>
-          <t>Yularsız Atın Radyosu</t>
+          <t>Fesleğen Ağıdı</t>
         </is>
       </c>
       <c r="C952" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="953" spans="1:3">
       <c r="A953" s="1" t="inlineStr">
         <is>
-          <t>9786257573948</t>
+          <t>9786257391542</t>
         </is>
       </c>
       <c r="B953" s="1" t="inlineStr">
         <is>
-          <t>Tam Yol Şiir</t>
+          <t>Ölümden Dönen İklim</t>
         </is>
       </c>
       <c r="C953" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="954" spans="1:3">
       <c r="A954" s="1" t="inlineStr">
         <is>
-          <t>9786257573962</t>
+          <t>9786257391320</t>
         </is>
       </c>
       <c r="B954" s="1" t="inlineStr">
         <is>
-          <t>Taş Kağıt</t>
+          <t>Aşk (K)Üstü Hayat</t>
         </is>
       </c>
       <c r="C954" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="955" spans="1:3">
       <c r="A955" s="1" t="inlineStr">
         <is>
-          <t>9786257573245</t>
+          <t>9786257391634</t>
         </is>
       </c>
       <c r="B955" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Mezar</t>
+          <t>Göle Ağladım Çöl Oldum</t>
         </is>
       </c>
       <c r="C955" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="956" spans="1:3">
       <c r="A956" s="1" t="inlineStr">
         <is>
-          <t>9786257311427</t>
+          <t>9786257391023</t>
         </is>
       </c>
       <c r="B956" s="1" t="inlineStr">
         <is>
-          <t>Meçhul Öğrenci Nilgün Marmara’nın Şiiri</t>
+          <t>Esirkent Gazze</t>
         </is>
       </c>
       <c r="C956" s="1">
-        <v>1000</v>
+        <v>300</v>
       </c>
     </row>
     <row r="957" spans="1:3">
       <c r="A957" s="1" t="inlineStr">
         <is>
-          <t>9786257311243</t>
+          <t>9786257391269</t>
         </is>
       </c>
       <c r="B957" s="1" t="inlineStr">
         <is>
-          <t>Korona Günlerinde Doğal ve Dijital Yaşam 1</t>
+          <t>Yaprak İzi</t>
         </is>
       </c>
       <c r="C957" s="1">
-        <v>280</v>
+        <v>160</v>
       </c>
     </row>
     <row r="958" spans="1:3">
       <c r="A958" s="1" t="inlineStr">
         <is>
-          <t>9786257311359</t>
+          <t>9786257391313</t>
         </is>
       </c>
       <c r="B958" s="1" t="inlineStr">
         <is>
-          <t>Kentte Bir Başına</t>
+          <t>Devrim(ci) Güzeli(m)</t>
         </is>
       </c>
       <c r="C958" s="1">
-        <v>270</v>
+        <v>300</v>
       </c>
     </row>
     <row r="959" spans="1:3">
       <c r="A959" s="1" t="inlineStr">
         <is>
-          <t>9786257311120</t>
+          <t>9786257391337</t>
         </is>
       </c>
       <c r="B959" s="1" t="inlineStr">
         <is>
-          <t>İzinli Pazartesi</t>
+          <t>Artvin’de Bahar</t>
         </is>
       </c>
       <c r="C959" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="960" spans="1:3">
       <c r="A960" s="1" t="inlineStr">
         <is>
-          <t>9786257764612</t>
+          <t>9786257391283</t>
         </is>
       </c>
       <c r="B960" s="1" t="inlineStr">
         <is>
-          <t>İstasyon</t>
+          <t>Sevmeler Yarım</t>
         </is>
       </c>
       <c r="C960" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="961" spans="1:3">
       <c r="A961" s="1" t="inlineStr">
         <is>
-          <t>9786257311212</t>
+          <t>9786257391122</t>
         </is>
       </c>
       <c r="B961" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Uzak</t>
+          <t>Resmi İdeoloji Tartışması</t>
         </is>
       </c>
       <c r="C961" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="962" spans="1:3">
       <c r="A962" s="1" t="inlineStr">
         <is>
-          <t>9786254150326</t>
+          <t>9786257391641</t>
         </is>
       </c>
       <c r="B962" s="1" t="inlineStr">
         <is>
-          <t>The Poet</t>
+          <t>İç Dökümleri</t>
         </is>
       </c>
       <c r="C962" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="963" spans="1:3">
       <c r="A963" s="1" t="inlineStr">
         <is>
-          <t>9786257573221</t>
+          <t>9786257352529</t>
         </is>
       </c>
       <c r="B963" s="1" t="inlineStr">
         <is>
-          <t>Yola Çıkarken Evde Kalmak</t>
+          <t>Harf Lekeleri</t>
         </is>
       </c>
       <c r="C963" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="964" spans="1:3">
       <c r="A964" s="1" t="inlineStr">
         <is>
-          <t>9786254150210</t>
+          <t>9786257392528</t>
         </is>
       </c>
       <c r="B964" s="1" t="inlineStr">
         <is>
-          <t>S Hikayeler</t>
+          <t>Ezel Denizi</t>
         </is>
       </c>
       <c r="C964" s="1">
-        <v>260</v>
+        <v>18</v>
       </c>
     </row>
     <row r="965" spans="1:3">
       <c r="A965" s="1" t="inlineStr">
         <is>
-          <t>9786254150036</t>
+          <t>9786257391436</t>
         </is>
       </c>
       <c r="B965" s="1" t="inlineStr">
         <is>
-          <t>Geberik</t>
+          <t>Alo Kızım Gömleğimi Değiştiremedim</t>
         </is>
       </c>
       <c r="C965" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="966" spans="1:3">
       <c r="A966" s="1" t="inlineStr">
         <is>
-          <t>9786257391443</t>
+          <t>9786257391702</t>
         </is>
       </c>
       <c r="B966" s="1" t="inlineStr">
         <is>
-          <t>Aşka Açık</t>
+          <t>Zamanın Mührü</t>
         </is>
       </c>
       <c r="C966" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="967" spans="1:3">
       <c r="A967" s="1" t="inlineStr">
         <is>
-          <t>9786257391467</t>
+          <t>9786257391061</t>
         </is>
       </c>
       <c r="B967" s="1" t="inlineStr">
         <is>
-          <t>Geceden Düştüm Tutmadın Ay Gülüşlüm</t>
+          <t>Sarmal Düşünceler</t>
         </is>
       </c>
       <c r="C967" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="968" spans="1:3">
       <c r="A968" s="1" t="inlineStr">
         <is>
-          <t>9786257391481</t>
+          <t>9786257391511</t>
         </is>
       </c>
       <c r="B968" s="1" t="inlineStr">
         <is>
-          <t>Şiirden Bir Ev</t>
+          <t>Kıtalar ve Kültürlerarası Bir Dünya Şairi Özkan Mert</t>
         </is>
       </c>
       <c r="C968" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="969" spans="1:3">
       <c r="A969" s="1" t="inlineStr">
         <is>
-          <t>9786257391474</t>
+          <t>9786257352406</t>
         </is>
       </c>
       <c r="B969" s="1" t="inlineStr">
         <is>
-          <t>Aç Yüreğinin Kapısını</t>
+          <t>Cenk Aşkı</t>
         </is>
       </c>
       <c r="C969" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="970" spans="1:3">
       <c r="A970" s="1" t="inlineStr">
         <is>
-          <t>9786257391504</t>
+          <t>9786257352482</t>
         </is>
       </c>
       <c r="B970" s="1" t="inlineStr">
         <is>
-          <t>Sevgiyi Öldürüyorlar</t>
+          <t>İkra</t>
         </is>
       </c>
       <c r="C970" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="971" spans="1:3">
       <c r="A971" s="1" t="inlineStr">
         <is>
-          <t>9786257391450</t>
+          <t>9786257352413</t>
         </is>
       </c>
       <c r="B971" s="1" t="inlineStr">
         <is>
-          <t>Acılara Verme Adresini</t>
+          <t>Arkadaşım Matematik ve Palyaço Zu</t>
         </is>
       </c>
       <c r="C971" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="972" spans="1:3">
       <c r="A972" s="1" t="inlineStr">
         <is>
-          <t>9786257311045</t>
+          <t>9786257352840</t>
         </is>
       </c>
       <c r="B972" s="1" t="inlineStr">
         <is>
-          <t>Anadolu'nun Uğuru</t>
+          <t>Şiire Yetmeyen Zaman</t>
         </is>
       </c>
       <c r="C972" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="973" spans="1:3">
       <c r="A973" s="1" t="inlineStr">
         <is>
-          <t>9786257764711</t>
+          <t>9786257352376</t>
         </is>
       </c>
       <c r="B973" s="1" t="inlineStr">
         <is>
-          <t>Leyla'yı Ararken</t>
+          <t>Yenibütüncü Şiirin Manifestosu</t>
         </is>
       </c>
       <c r="C973" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="974" spans="1:3">
       <c r="A974" s="1" t="inlineStr">
         <is>
-          <t>9786257764377</t>
+          <t>9786257098229</t>
         </is>
       </c>
       <c r="B974" s="1" t="inlineStr">
         <is>
-          <t>Huzursuzluğun Mimarisi</t>
+          <t>Andromeda Trambolini</t>
         </is>
       </c>
       <c r="C974" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="975" spans="1:3">
       <c r="A975" s="1" t="inlineStr">
         <is>
-          <t>9786257352710</t>
+          <t>9786257098335</t>
         </is>
       </c>
       <c r="B975" s="1" t="inlineStr">
         <is>
-          <t>İki Küçük Islak Fare</t>
+          <t>Tasarlanan Ya Da Tanımlanan Bir Arıza</t>
         </is>
       </c>
       <c r="C975" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="976" spans="1:3">
       <c r="A976" s="1" t="inlineStr">
         <is>
-          <t>9786257352369</t>
+          <t>9786257098519</t>
         </is>
       </c>
       <c r="B976" s="1" t="inlineStr">
         <is>
-          <t>4 Haziran</t>
+          <t>Ahretten Mesaj Servisi</t>
         </is>
       </c>
       <c r="C976" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="977" spans="1:3">
       <c r="A977" s="1" t="inlineStr">
         <is>
-          <t>9786257352505</t>
+          <t>9786056953194</t>
         </is>
       </c>
       <c r="B977" s="1" t="inlineStr">
         <is>
-          <t>Hiç Bir Şey Geçmedi</t>
+          <t>Shakespeare Var Mıydı Yok Muydu ?</t>
         </is>
       </c>
       <c r="C977" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="978" spans="1:3">
       <c r="A978" s="1" t="inlineStr">
         <is>
-          <t>9786257352475</t>
+          <t>9786056953187</t>
         </is>
       </c>
       <c r="B978" s="1" t="inlineStr">
         <is>
-          <t>Kırklar Cemi ve Derrida</t>
+          <t>Bilincin Tuhaf Nesnesi</t>
         </is>
       </c>
       <c r="C978" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="979" spans="1:3">
       <c r="A979" s="1" t="inlineStr">
         <is>
-          <t>9786257311908</t>
+          <t>9786056953170</t>
         </is>
       </c>
       <c r="B979" s="1" t="inlineStr">
         <is>
-          <t>Toplu Öyküler</t>
+          <t>Dostoyevski Ölmeli</t>
         </is>
       </c>
       <c r="C979" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="980" spans="1:3">
       <c r="A980" s="1" t="inlineStr">
         <is>
-          <t>9786257311809</t>
+          <t>9786257984676</t>
         </is>
       </c>
       <c r="B980" s="1" t="inlineStr">
         <is>
-          <t>Dünya Defteri</t>
+          <t>Yanılgılar Evi</t>
         </is>
       </c>
       <c r="C980" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="981" spans="1:3">
       <c r="A981" s="1" t="inlineStr">
         <is>
-          <t>9786257352451</t>
+          <t>9786257984522</t>
         </is>
       </c>
       <c r="B981" s="1" t="inlineStr">
         <is>
-          <t>Babam Ölürse Kolonyası</t>
+          <t>Salyangozlar</t>
         </is>
       </c>
       <c r="C981" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="982" spans="1:3">
       <c r="A982" s="1" t="inlineStr">
         <is>
-          <t>9786257352185</t>
+          <t>9786257573917</t>
         </is>
       </c>
       <c r="B982" s="1" t="inlineStr">
         <is>
-          <t>Yoğun Bakımda Umut</t>
+          <t>Ters Çığlık</t>
         </is>
       </c>
       <c r="C982" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="983" spans="1:3">
       <c r="A983" s="1" t="inlineStr">
         <is>
-          <t>9786257352680</t>
+          <t>9786257573955</t>
         </is>
       </c>
       <c r="B983" s="1" t="inlineStr">
         <is>
-          <t>Kuş Boşluğu</t>
+          <t>Yağmurda ve Daha Çocukken</t>
         </is>
       </c>
       <c r="C983" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="984" spans="1:3">
       <c r="A984" s="1" t="inlineStr">
         <is>
-          <t>9786257352802</t>
+          <t>9786257573979</t>
         </is>
       </c>
       <c r="B984" s="1" t="inlineStr">
         <is>
-          <t>İki Kadın Onlarca Hikaye</t>
+          <t>Yularsız Atın Radyosu</t>
         </is>
       </c>
       <c r="C984" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="985" spans="1:3">
       <c r="A985" s="1" t="inlineStr">
         <is>
-          <t>9786257352819</t>
+          <t>9786257573948</t>
         </is>
       </c>
       <c r="B985" s="1" t="inlineStr">
         <is>
-          <t>Ayın Karanlık Yüzü</t>
+          <t>Tam Yol Şiir</t>
         </is>
       </c>
       <c r="C985" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="986" spans="1:3">
       <c r="A986" s="1" t="inlineStr">
         <is>
-          <t>9786257352338</t>
+          <t>9786257573962</t>
         </is>
       </c>
       <c r="B986" s="1" t="inlineStr">
         <is>
-          <t>Anam Babam Usulü</t>
+          <t>Taş Kağıt</t>
         </is>
       </c>
       <c r="C986" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="987" spans="1:3">
       <c r="A987" s="1" t="inlineStr">
         <is>
-          <t>9786257352246</t>
+          <t>9786257573245</t>
         </is>
       </c>
       <c r="B987" s="1" t="inlineStr">
         <is>
-          <t>Taşın Suyu</t>
+          <t>İçimdeki Mezar</t>
         </is>
       </c>
       <c r="C987" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="988" spans="1:3">
       <c r="A988" s="1" t="inlineStr">
         <is>
-          <t>9786257352826</t>
+          <t>9786257311427</t>
         </is>
       </c>
       <c r="B988" s="1" t="inlineStr">
         <is>
-          <t>Feylesofi</t>
+          <t>Meçhul Öğrenci Nilgün Marmara’nın Şiiri</t>
         </is>
       </c>
       <c r="C988" s="1">
-        <v>200</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="989" spans="1:3">
       <c r="A989" s="1" t="inlineStr">
         <is>
-          <t>9786257352895</t>
+          <t>9786257311243</t>
         </is>
       </c>
       <c r="B989" s="1" t="inlineStr">
         <is>
-          <t>Çiçek Baskını</t>
+          <t>Korona Günlerinde Doğal ve Dijital Yaşam 1</t>
         </is>
       </c>
       <c r="C989" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="990" spans="1:3">
       <c r="A990" s="1" t="inlineStr">
         <is>
-          <t>9786257352314</t>
+          <t>9786257311359</t>
         </is>
       </c>
       <c r="B990" s="1" t="inlineStr">
         <is>
-          <t>Bir Şiir Savunması</t>
+          <t>Kentte Bir Başına</t>
         </is>
       </c>
       <c r="C990" s="1">
-        <v>250</v>
+        <v>270</v>
       </c>
     </row>
     <row r="991" spans="1:3">
       <c r="A991" s="1" t="inlineStr">
         <is>
-          <t>9786257352871</t>
+          <t>9786257311120</t>
         </is>
       </c>
       <c r="B991" s="1" t="inlineStr">
         <is>
-          <t>Şiire Yetmeyen Zaman</t>
+          <t>İzinli Pazartesi</t>
         </is>
       </c>
       <c r="C991" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="992" spans="1:3">
       <c r="A992" s="1" t="inlineStr">
         <is>
-          <t>9786257098557</t>
+          <t>9786257764612</t>
         </is>
       </c>
       <c r="B992" s="1" t="inlineStr">
         <is>
-          <t>Dut Ağacı Şahidimdir</t>
+          <t>İstasyon</t>
         </is>
       </c>
       <c r="C992" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="993" spans="1:3">
       <c r="A993" s="1" t="inlineStr">
         <is>
-          <t>9786257352123</t>
+          <t>9786257311212</t>
         </is>
       </c>
       <c r="B993" s="1" t="inlineStr">
         <is>
-          <t>Ne Güzel Bir Rüyasın Sen</t>
+          <t>İçimdeki Uzak</t>
         </is>
       </c>
       <c r="C993" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="994" spans="1:3">
       <c r="A994" s="1" t="inlineStr">
         <is>
-          <t>9786254150227</t>
+          <t>9786254150326</t>
         </is>
       </c>
       <c r="B994" s="1" t="inlineStr">
         <is>
-          <t>Sanat ve Faşizm</t>
+          <t>The Poet</t>
         </is>
       </c>
       <c r="C994" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="995" spans="1:3">
       <c r="A995" s="1" t="inlineStr">
         <is>
-          <t>9786257573580</t>
+          <t>9786257573221</t>
         </is>
       </c>
       <c r="B995" s="1" t="inlineStr">
         <is>
-          <t>Kar Tanelerinin Greta Thunberg ile Yeryüzü Maceraları</t>
+          <t>Yola Çıkarken Evde Kalmak</t>
         </is>
       </c>
       <c r="C995" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="996" spans="1:3">
       <c r="A996" s="1" t="inlineStr">
         <is>
-          <t>9786257573672</t>
+          <t>9786254150210</t>
         </is>
       </c>
       <c r="B996" s="1" t="inlineStr">
         <is>
-          <t>Yelesi Sarı Kısrak</t>
+          <t>S Hikayeler</t>
         </is>
       </c>
       <c r="C996" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="997" spans="1:3">
       <c r="A997" s="1" t="inlineStr">
         <is>
-          <t>9786254150173</t>
+          <t>9786254150036</t>
         </is>
       </c>
       <c r="B997" s="1" t="inlineStr">
         <is>
-          <t>Evde Kimse Yok</t>
+          <t>Geberik</t>
         </is>
       </c>
       <c r="C997" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="998" spans="1:3">
       <c r="A998" s="1" t="inlineStr">
         <is>
-          <t>9786257573504</t>
+          <t>9786257391443</t>
         </is>
       </c>
       <c r="B998" s="1" t="inlineStr">
         <is>
-          <t>Neşvan</t>
+          <t>Aşka Açık</t>
         </is>
       </c>
       <c r="C998" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="999" spans="1:3">
       <c r="A999" s="1" t="inlineStr">
         <is>
-          <t>9786254150005</t>
+          <t>9786257391467</t>
         </is>
       </c>
       <c r="B999" s="1" t="inlineStr">
         <is>
-          <t>Şeytanı Öldürmek</t>
+          <t>Geceden Düştüm Tutmadın Ay Gülüşlüm</t>
         </is>
       </c>
       <c r="C999" s="1">
-        <v>270</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1000" spans="1:3">
       <c r="A1000" s="1" t="inlineStr">
         <is>
-          <t>9786257573191</t>
+          <t>9786257391481</t>
         </is>
       </c>
       <c r="B1000" s="1" t="inlineStr">
         <is>
-          <t>Rüzgarın Elinde Kalanlar</t>
+          <t>Şiirden Bir Ev</t>
         </is>
       </c>
       <c r="C1000" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1001" spans="1:3">
       <c r="A1001" s="1" t="inlineStr">
         <is>
-          <t>9786257573986</t>
+          <t>9786257391474</t>
         </is>
       </c>
       <c r="B1001" s="1" t="inlineStr">
         <is>
-          <t>Yavaşlık Zamanı</t>
+          <t>Aç Yüreğinin Kapısını</t>
         </is>
       </c>
       <c r="C1001" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1002" spans="1:3">
       <c r="A1002" s="1" t="inlineStr">
         <is>
-          <t>9786254150081</t>
+          <t>9786257391504</t>
         </is>
       </c>
       <c r="B1002" s="1" t="inlineStr">
         <is>
-          <t>Coole’daki Yaban Kuğuları</t>
+          <t>Sevgiyi Öldürüyorlar</t>
         </is>
       </c>
       <c r="C1002" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1003" spans="1:3">
       <c r="A1003" s="1" t="inlineStr">
         <is>
-          <t>9786254150128</t>
+          <t>9786257391450</t>
         </is>
       </c>
       <c r="B1003" s="1" t="inlineStr">
         <is>
-          <t>Melek Panayırı</t>
+          <t>Acılara Verme Adresini</t>
         </is>
       </c>
       <c r="C1003" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1004" spans="1:3">
       <c r="A1004" s="1" t="inlineStr">
         <is>
-          <t>9786254150043</t>
+          <t>9786257311045</t>
         </is>
       </c>
       <c r="B1004" s="1" t="inlineStr">
         <is>
-          <t>Sanat Üzerine İncelemeler</t>
+          <t>Anadolu'nun Uğuru</t>
         </is>
       </c>
       <c r="C1004" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1005" spans="1:3">
       <c r="A1005" s="1" t="inlineStr">
         <is>
-          <t>9786257391870</t>
+          <t>9786257764711</t>
         </is>
       </c>
       <c r="B1005" s="1" t="inlineStr">
         <is>
-          <t>Şiir ve Erotizm</t>
+          <t>Leyla'yı Ararken</t>
         </is>
       </c>
       <c r="C1005" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1006" spans="1:3">
       <c r="A1006" s="1" t="inlineStr">
         <is>
-          <t>9786257573467</t>
+          <t>9786257764377</t>
         </is>
       </c>
       <c r="B1006" s="1" t="inlineStr">
         <is>
-          <t>Harikalar Civarında Sıradan Bir Gün</t>
+          <t>Huzursuzluğun Mimarisi</t>
         </is>
       </c>
       <c r="C1006" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1007" spans="1:3">
       <c r="A1007" s="1" t="inlineStr">
         <is>
-          <t>9786257573290</t>
+          <t>9786257352710</t>
         </is>
       </c>
       <c r="B1007" s="1" t="inlineStr">
         <is>
-          <t>Ağzı Kiraz Fırtınası Kız</t>
+          <t>İki Küçük Islak Fare</t>
         </is>
       </c>
       <c r="C1007" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1008" spans="1:3">
       <c r="A1008" s="1" t="inlineStr">
         <is>
-          <t>9786257391580</t>
+          <t>9786257352369</t>
         </is>
       </c>
       <c r="B1008" s="1" t="inlineStr">
         <is>
-          <t>Cinnet Totemi</t>
+          <t>4 Haziran</t>
         </is>
       </c>
       <c r="C1008" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="1009" spans="1:3">
       <c r="A1009" s="1" t="inlineStr">
         <is>
-          <t>9786257573108</t>
+          <t>9786257352505</t>
         </is>
       </c>
       <c r="B1009" s="1" t="inlineStr">
         <is>
-          <t>Niyetzche</t>
+          <t>Hiç Bir Şey Geçmedi</t>
         </is>
       </c>
       <c r="C1009" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="1010" spans="1:3">
       <c r="A1010" s="1" t="inlineStr">
         <is>
-          <t>9786257573078</t>
+          <t>9786257352475</t>
         </is>
       </c>
       <c r="B1010" s="1" t="inlineStr">
         <is>
-          <t>Yüzün İçimizdeki En İyi İnsan</t>
+          <t>Kırklar Cemi ve Derrida</t>
         </is>
       </c>
       <c r="C1010" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1011" spans="1:3">
       <c r="A1011" s="1" t="inlineStr">
         <is>
-          <t>9786257573092</t>
+          <t>9786257311908</t>
         </is>
       </c>
       <c r="B1011" s="1" t="inlineStr">
         <is>
-          <t>12 Yaşımdan Beri Utanıyorum</t>
+          <t>Toplu Öyküler</t>
         </is>
       </c>
       <c r="C1011" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1012" spans="1:3">
       <c r="A1012" s="1" t="inlineStr">
         <is>
-          <t>9786257391238</t>
+          <t>9786257311809</t>
         </is>
       </c>
       <c r="B1012" s="1" t="inlineStr">
         <is>
-          <t>Anlamlı Bir Hayat İçin Sade, Az, Düzenli</t>
+          <t>Dünya Defteri</t>
         </is>
       </c>
       <c r="C1012" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1013" spans="1:3">
       <c r="A1013" s="1" t="inlineStr">
         <is>
-          <t>9786257352512</t>
+          <t>9786257352451</t>
         </is>
       </c>
       <c r="B1013" s="1" t="inlineStr">
         <is>
-          <t>Yağmur Suyu Leke Tutmaz</t>
+          <t>Babam Ölürse Kolonyası</t>
         </is>
       </c>
       <c r="C1013" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1014" spans="1:3">
       <c r="A1014" s="1" t="inlineStr">
         <is>
-          <t>9786257391009</t>
+          <t>9786257352185</t>
         </is>
       </c>
       <c r="B1014" s="1" t="inlineStr">
         <is>
-          <t>Son Şaman Böyle Dedi</t>
+          <t>Yoğun Bakımda Umut</t>
         </is>
       </c>
       <c r="C1014" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1015" spans="1:3">
       <c r="A1015" s="1" t="inlineStr">
         <is>
-          <t>9786257391047</t>
+          <t>9786257352680</t>
         </is>
       </c>
       <c r="B1015" s="1" t="inlineStr">
         <is>
-          <t>Elmas Bir Sıkıntı</t>
+          <t>Kuş Boşluğu</t>
         </is>
       </c>
       <c r="C1015" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1016" spans="1:3">
       <c r="A1016" s="1" t="inlineStr">
         <is>
-          <t>9786257352925</t>
+          <t>9786257352802</t>
         </is>
       </c>
       <c r="B1016" s="1" t="inlineStr">
         <is>
-          <t>Çatılarda Ölüm Var</t>
+          <t>İki Kadın Onlarca Hikaye</t>
         </is>
       </c>
       <c r="C1016" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1017" spans="1:3">
       <c r="A1017" s="1" t="inlineStr">
         <is>
-          <t>9786257311694</t>
+          <t>9786257352819</t>
         </is>
       </c>
       <c r="B1017" s="1" t="inlineStr">
         <is>
-          <t>Yaşasın İhtilal</t>
+          <t>Ayın Karanlık Yüzü</t>
         </is>
       </c>
       <c r="C1017" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1018" spans="1:3">
       <c r="A1018" s="1" t="inlineStr">
         <is>
-          <t>9786257352345</t>
+          <t>9786257352338</t>
         </is>
       </c>
       <c r="B1018" s="1" t="inlineStr">
         <is>
-          <t>Alçağın Teki</t>
+          <t>Anam Babam Usulü</t>
         </is>
       </c>
       <c r="C1018" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="1019" spans="1:3">
       <c r="A1019" s="1" t="inlineStr">
         <is>
-          <t>9786257391368</t>
+          <t>9786257352246</t>
         </is>
       </c>
       <c r="B1019" s="1" t="inlineStr">
         <is>
-          <t>Şiirler</t>
+          <t>Taşın Suyu</t>
         </is>
       </c>
       <c r="C1019" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1020" spans="1:3">
       <c r="A1020" s="1" t="inlineStr">
         <is>
-          <t>9786257352543</t>
+          <t>9786257352826</t>
         </is>
       </c>
       <c r="B1020" s="1" t="inlineStr">
         <is>
-          <t>Yırtık Devrim</t>
+          <t>Feylesofi</t>
         </is>
       </c>
       <c r="C1020" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1021" spans="1:3">
       <c r="A1021" s="1" t="inlineStr">
         <is>
-          <t>9786257391115</t>
+          <t>9786257352895</t>
         </is>
       </c>
       <c r="B1021" s="1" t="inlineStr">
         <is>
-          <t>Ülke</t>
+          <t>Çiçek Baskını</t>
         </is>
       </c>
       <c r="C1021" s="1">
-        <v>100</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1022" spans="1:3">
       <c r="A1022" s="1" t="inlineStr">
         <is>
-          <t>9786257391214</t>
+          <t>9786257352314</t>
         </is>
       </c>
       <c r="B1022" s="1" t="inlineStr">
         <is>
-          <t>Bana Yeni Bir Hayret</t>
+          <t>Bir Şiir Savunması</t>
         </is>
       </c>
       <c r="C1022" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1023" spans="1:3">
       <c r="A1023" s="1" t="inlineStr">
         <is>
-          <t>9786257352499</t>
+          <t>9786257352871</t>
         </is>
       </c>
       <c r="B1023" s="1" t="inlineStr">
         <is>
-          <t>Kelimeler Rüyalar</t>
+          <t>Şiire Yetmeyen Zaman</t>
         </is>
       </c>
       <c r="C1023" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1024" spans="1:3">
       <c r="A1024" s="1" t="inlineStr">
         <is>
-          <t>9786257573498</t>
+          <t>9786257098557</t>
         </is>
       </c>
       <c r="B1024" s="1" t="inlineStr">
         <is>
-          <t>Transpoze Mahrem</t>
+          <t>Dut Ağacı Şahidimdir</t>
         </is>
       </c>
       <c r="C1024" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1025" spans="1:3">
       <c r="A1025" s="1" t="inlineStr">
         <is>
-          <t>9786257098328</t>
+          <t>9786257352123</t>
         </is>
       </c>
       <c r="B1025" s="1" t="inlineStr">
         <is>
-          <t>Yağmuru Bağlamak</t>
+          <t>Ne Güzel Bir Rüyasın Sen</t>
         </is>
       </c>
       <c r="C1025" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1026" spans="1:3">
       <c r="A1026" s="1" t="inlineStr">
         <is>
-          <t>9786257098267</t>
+          <t>9786254150227</t>
         </is>
       </c>
       <c r="B1026" s="1" t="inlineStr">
         <is>
-          <t>Eski Sesler Müzesi</t>
+          <t>Sanat ve Faşizm</t>
         </is>
       </c>
       <c r="C1026" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1027" spans="1:3">
       <c r="A1027" s="1" t="inlineStr">
         <is>
-          <t>9786257098250</t>
+          <t>9786257573580</t>
         </is>
       </c>
       <c r="B1027" s="1" t="inlineStr">
         <is>
-          <t>Ayaz Cümle</t>
+          <t>Kar Tanelerinin Greta Thunberg ile Yeryüzü Maceraları</t>
         </is>
       </c>
       <c r="C1027" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1028" spans="1:3">
       <c r="A1028" s="1" t="inlineStr">
         <is>
-          <t>9786257098236</t>
+          <t>9786257573672</t>
         </is>
       </c>
       <c r="B1028" s="1" t="inlineStr">
         <is>
-          <t>Yamalı Yalnızlık</t>
+          <t>Yelesi Sarı Kısrak</t>
         </is>
       </c>
       <c r="C1028" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1029" spans="1:3">
       <c r="A1029" s="1" t="inlineStr">
         <is>
-          <t>9786257573894</t>
+          <t>9786254150173</t>
         </is>
       </c>
       <c r="B1029" s="1" t="inlineStr">
         <is>
-          <t>Sanat ve Nihilizm</t>
+          <t>Evde Kimse Yok</t>
         </is>
       </c>
       <c r="C1029" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1030" spans="1:3">
       <c r="A1030" s="1" t="inlineStr">
         <is>
-          <t>9786257984294</t>
+          <t>9786257573504</t>
         </is>
       </c>
       <c r="B1030" s="1" t="inlineStr">
         <is>
-          <t>Eli Torbalı Adam</t>
+          <t>Neşvan</t>
         </is>
       </c>
       <c r="C1030" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1031" spans="1:3">
       <c r="A1031" s="1" t="inlineStr">
         <is>
-          <t>9786257984621</t>
+          <t>9786254150005</t>
         </is>
       </c>
       <c r="B1031" s="1" t="inlineStr">
         <is>
-          <t>Şer/h</t>
+          <t>Şeytanı Öldürmek</t>
         </is>
       </c>
       <c r="C1031" s="1">
-        <v>180</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1032" spans="1:3">
       <c r="A1032" s="1" t="inlineStr">
         <is>
-          <t>9786257984010</t>
+          <t>9786257573191</t>
         </is>
       </c>
       <c r="B1032" s="1" t="inlineStr">
         <is>
-          <t>Yarın Güzel Bir Şey Olsun</t>
+          <t>Rüzgarın Elinde Kalanlar</t>
         </is>
       </c>
       <c r="C1032" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1033" spans="1:3">
       <c r="A1033" s="1" t="inlineStr">
         <is>
-          <t>9786257352857</t>
+          <t>9786257573986</t>
         </is>
       </c>
       <c r="B1033" s="1" t="inlineStr">
         <is>
-          <t>Kamaşma</t>
+          <t>Yavaşlık Zamanı</t>
         </is>
       </c>
       <c r="C1033" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="1034" spans="1:3">
       <c r="A1034" s="1" t="inlineStr">
         <is>
-          <t>9786254150333</t>
+          <t>9786254150081</t>
         </is>
       </c>
       <c r="B1034" s="1" t="inlineStr">
         <is>
-          <t>Algos'a Ağıt</t>
+          <t>Coole’daki Yaban Kuğuları</t>
         </is>
       </c>
       <c r="C1034" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1035" spans="1:3">
       <c r="A1035" s="1" t="inlineStr">
         <is>
-          <t>9786257573764</t>
+          <t>9786254150128</t>
         </is>
       </c>
       <c r="B1035" s="1" t="inlineStr">
         <is>
-          <t>Bir Bozkır Öğleni</t>
+          <t>Melek Panayırı</t>
         </is>
       </c>
       <c r="C1035" s="1">
-        <v>230</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1036" spans="1:3">
       <c r="A1036" s="1" t="inlineStr">
         <is>
-          <t>9786254150289</t>
+          <t>9786254150043</t>
         </is>
       </c>
       <c r="B1036" s="1" t="inlineStr">
         <is>
-          <t>Herkes Kadar Çocuk</t>
+          <t>Sanat Üzerine İncelemeler</t>
         </is>
       </c>
       <c r="C1036" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1037" spans="1:3">
       <c r="A1037" s="1" t="inlineStr">
         <is>
-          <t>9786254150302</t>
+          <t>9786257391870</t>
         </is>
       </c>
       <c r="B1037" s="1" t="inlineStr">
         <is>
-          <t>Serzeniş</t>
+          <t>Şiir ve Erotizm</t>
         </is>
       </c>
       <c r="C1037" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1038" spans="1:3">
       <c r="A1038" s="1" t="inlineStr">
         <is>
-          <t>9786254150258</t>
+          <t>9786257573467</t>
         </is>
       </c>
       <c r="B1038" s="1" t="inlineStr">
         <is>
-          <t>Kendime Bir Yer</t>
+          <t>Harikalar Civarında Sıradan Bir Gün</t>
         </is>
       </c>
       <c r="C1038" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1039" spans="1:3">
       <c r="A1039" s="1" t="inlineStr">
         <is>
-          <t>9786257098854</t>
+          <t>9786257573290</t>
         </is>
       </c>
       <c r="B1039" s="1" t="inlineStr">
         <is>
-          <t>Bacım Erik Ağacı</t>
+          <t>Ağzı Kiraz Fırtınası Kız</t>
         </is>
       </c>
       <c r="C1039" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1040" spans="1:3">
       <c r="A1040" s="1" t="inlineStr">
         <is>
-          <t>9786254150319</t>
+          <t>9786257391580</t>
         </is>
       </c>
       <c r="B1040" s="1" t="inlineStr">
         <is>
-          <t>Kalbimin Kedisi</t>
+          <t>Cinnet Totemi</t>
         </is>
       </c>
       <c r="C1040" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1041" spans="1:3">
       <c r="A1041" s="1" t="inlineStr">
         <is>
-          <t>9786254150029</t>
+          <t>9786257573108</t>
         </is>
       </c>
       <c r="B1041" s="1" t="inlineStr">
         <is>
-          <t>Thespis’in Maskeleri</t>
+          <t>Niyetzche</t>
         </is>
       </c>
       <c r="C1041" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1042" spans="1:3">
       <c r="A1042" s="1" t="inlineStr">
         <is>
-          <t>9786254150012</t>
+          <t>9786257573078</t>
         </is>
       </c>
       <c r="B1042" s="1" t="inlineStr">
         <is>
-          <t>Yoldaşça Zamanlar</t>
+          <t>Yüzün İçimizdeki En İyi İnsan</t>
         </is>
       </c>
       <c r="C1042" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1043" spans="1:3">
       <c r="A1043" s="1" t="inlineStr">
         <is>
-          <t>9786254150104</t>
+          <t>9786257573092</t>
         </is>
       </c>
       <c r="B1043" s="1" t="inlineStr">
         <is>
-          <t>Yusuf Atılgan’ın Aşk Mektubu Anayurt Oteli</t>
+          <t>12 Yaşımdan Beri Utanıyorum</t>
         </is>
       </c>
       <c r="C1043" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1044" spans="1:3">
       <c r="A1044" s="1" t="inlineStr">
         <is>
-          <t>9786254150098</t>
+          <t>9786257391238</t>
         </is>
       </c>
       <c r="B1044" s="1" t="inlineStr">
         <is>
-          <t>Şiir Ama Nasıl?</t>
+          <t>Anlamlı Bir Hayat İçin Sade, Az, Düzenli</t>
         </is>
       </c>
       <c r="C1044" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1045" spans="1:3">
       <c r="A1045" s="1" t="inlineStr">
         <is>
-          <t>9786257573801</t>
+          <t>9786257352512</t>
         </is>
       </c>
       <c r="B1045" s="1" t="inlineStr">
         <is>
-          <t>Bir Daha Yok Çiçeği</t>
+          <t>Yağmur Suyu Leke Tutmaz</t>
         </is>
       </c>
       <c r="C1045" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1046" spans="1:3">
       <c r="A1046" s="1" t="inlineStr">
         <is>
-          <t>9786257573160</t>
+          <t>9786257391009</t>
         </is>
       </c>
       <c r="B1046" s="1" t="inlineStr">
         <is>
-          <t>Dünyaya Sevgiyim</t>
+          <t>Son Şaman Böyle Dedi</t>
         </is>
       </c>
       <c r="C1046" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1047" spans="1:3">
       <c r="A1047" s="1" t="inlineStr">
         <is>
-          <t>9786257391375</t>
+          <t>9786257391047</t>
         </is>
       </c>
       <c r="B1047" s="1" t="inlineStr">
         <is>
-          <t>Lütuf</t>
+          <t>Elmas Bir Sıkıntı</t>
         </is>
       </c>
       <c r="C1047" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1048" spans="1:3">
       <c r="A1048" s="1" t="inlineStr">
         <is>
-          <t>9786257391726</t>
+          <t>9786257352925</t>
         </is>
       </c>
       <c r="B1048" s="1" t="inlineStr">
         <is>
-          <t>Madalyonun Diğer Yüzü</t>
+          <t>Çatılarda Ölüm Var</t>
         </is>
       </c>
       <c r="C1048" s="1">
-        <v>260</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1049" spans="1:3">
       <c r="A1049" s="1" t="inlineStr">
         <is>
-          <t>9786257352727</t>
+          <t>9786257311694</t>
         </is>
       </c>
       <c r="B1049" s="1" t="inlineStr">
         <is>
-          <t>Garbis</t>
+          <t>Yaşasın İhtilal</t>
         </is>
       </c>
       <c r="C1049" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1050" spans="1:3">
       <c r="A1050" s="1" t="inlineStr">
         <is>
-          <t>9786257391658</t>
+          <t>9786257352345</t>
         </is>
       </c>
       <c r="B1050" s="1" t="inlineStr">
         <is>
-          <t>Filmlerle Geçiyor Ömrüm 1. Cilt</t>
+          <t>Alçağın Teki</t>
         </is>
       </c>
       <c r="C1050" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1051" spans="1:3">
       <c r="A1051" s="1" t="inlineStr">
         <is>
-          <t>9786257573276</t>
+          <t>9786257391368</t>
         </is>
       </c>
       <c r="B1051" s="1" t="inlineStr">
         <is>
-          <t>Alibeyköy'ün En Aşık Delikanlısı Sükse Şeref</t>
+          <t>Şiirler</t>
         </is>
       </c>
       <c r="C1051" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1052" spans="1:3">
       <c r="A1052" s="1" t="inlineStr">
         <is>
-          <t>9786257311076</t>
+          <t>9786257352543</t>
         </is>
       </c>
       <c r="B1052" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Mezbahası ve Dionysos’un Kanı</t>
+          <t>Yırtık Devrim</t>
         </is>
       </c>
       <c r="C1052" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1053" spans="1:3">
       <c r="A1053" s="1" t="inlineStr">
         <is>
-          <t>9786257573047</t>
+          <t>9786257391115</t>
         </is>
       </c>
       <c r="B1053" s="1" t="inlineStr">
         <is>
-          <t>1915'ten 2015'e Ötekilerin Öyküsü</t>
+          <t>Ülke</t>
         </is>
       </c>
       <c r="C1053" s="1">
-        <v>140</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1054" spans="1:3">
       <c r="A1054" s="1" t="inlineStr">
         <is>
-          <t>9786257391801</t>
+          <t>9786257391214</t>
         </is>
       </c>
       <c r="B1054" s="1" t="inlineStr">
         <is>
-          <t>Umut Ne Yana Düşer Anne</t>
+          <t>Bana Yeni Bir Hayret</t>
         </is>
       </c>
       <c r="C1054" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1055" spans="1:3">
       <c r="A1055" s="1" t="inlineStr">
         <is>
-          <t>9786257391252</t>
+          <t>9786257352499</t>
         </is>
       </c>
       <c r="B1055" s="1" t="inlineStr">
         <is>
-          <t>Yol Divanı</t>
+          <t>Kelimeler Rüyalar</t>
         </is>
       </c>
       <c r="C1055" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="1056" spans="1:3">
       <c r="A1056" s="1" t="inlineStr">
         <is>
-          <t>9786257391672</t>
+          <t>9786257573498</t>
         </is>
       </c>
       <c r="B1056" s="1" t="inlineStr">
         <is>
-          <t>Gök Ne Zaman Maviydi ?</t>
+          <t>Transpoze Mahrem</t>
         </is>
       </c>
       <c r="C1056" s="1">
-        <v>170</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1057" spans="1:3">
       <c r="A1057" s="1" t="inlineStr">
         <is>
-          <t>9786257352741</t>
+          <t>9786257098328</t>
         </is>
       </c>
       <c r="B1057" s="1" t="inlineStr">
         <is>
-          <t>Gökçadırda Bir Seyirlik</t>
+          <t>Yağmuru Bağlamak</t>
         </is>
       </c>
       <c r="C1057" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1058" spans="1:3">
       <c r="A1058" s="1" t="inlineStr">
         <is>
-          <t>9786257391344</t>
+          <t>9786257098267</t>
         </is>
       </c>
       <c r="B1058" s="1" t="inlineStr">
         <is>
-          <t>Taş Gibi Susuyorum</t>
+          <t>Eski Sesler Müzesi</t>
         </is>
       </c>
       <c r="C1058" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1059" spans="1:3">
       <c r="A1059" s="1" t="inlineStr">
         <is>
-          <t>9786257352949</t>
+          <t>9786257098250</t>
         </is>
       </c>
       <c r="B1059" s="1" t="inlineStr">
         <is>
-          <t>Şiirlerin Söylediği 3</t>
+          <t>Ayaz Cümle</t>
         </is>
       </c>
       <c r="C1059" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1060" spans="1:3">
       <c r="A1060" s="1" t="inlineStr">
         <is>
-          <t>9786257391740</t>
+          <t>9786257098236</t>
         </is>
       </c>
       <c r="B1060" s="1" t="inlineStr">
         <is>
-          <t>Lal Renkli Yara</t>
+          <t>Yamalı Yalnızlık</t>
         </is>
       </c>
       <c r="C1060" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1061" spans="1:3">
       <c r="A1061" s="1" t="inlineStr">
         <is>
-          <t>9786257391795</t>
+          <t>9786257573894</t>
         </is>
       </c>
       <c r="B1061" s="1" t="inlineStr">
         <is>
-          <t>Askıda Hayat</t>
+          <t>Sanat ve Nihilizm</t>
         </is>
       </c>
       <c r="C1061" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1062" spans="1:3">
       <c r="A1062" s="1" t="inlineStr">
         <is>
-          <t>9786257352659</t>
+          <t>9786257984294</t>
         </is>
       </c>
       <c r="B1062" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlık Eğrisi</t>
+          <t>Eli Torbalı Adam</t>
         </is>
       </c>
       <c r="C1062" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1063" spans="1:3">
       <c r="A1063" s="1" t="inlineStr">
         <is>
-          <t>9786257391771</t>
+          <t>9786257984621</t>
         </is>
       </c>
       <c r="B1063" s="1" t="inlineStr">
         <is>
-          <t>Kadıncık Ana - Hacı Bektaş'ın Vedası</t>
+          <t>Şer/h</t>
         </is>
       </c>
       <c r="C1063" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="1064" spans="1:3">
       <c r="A1064" s="1" t="inlineStr">
         <is>
-          <t>9786257391276</t>
+          <t>9786257984010</t>
         </is>
       </c>
       <c r="B1064" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlık Erica Ve Kedi</t>
+          <t>Yarın Güzel Bir Şey Olsun</t>
         </is>
       </c>
       <c r="C1064" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1065" spans="1:3">
       <c r="A1065" s="1" t="inlineStr">
         <is>
-          <t>9786257573214</t>
+          <t>9786257352857</t>
         </is>
       </c>
       <c r="B1065" s="1" t="inlineStr">
         <is>
-          <t>Kendine Gökyüzü Ismarla</t>
+          <t>Kamaşma</t>
         </is>
       </c>
       <c r="C1065" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1066" spans="1:3">
       <c r="A1066" s="1" t="inlineStr">
         <is>
-          <t>9786257391184</t>
+          <t>9786254150333</t>
         </is>
       </c>
       <c r="B1066" s="1" t="inlineStr">
         <is>
-          <t>Kemoterapik Düşler</t>
+          <t>Algos'a Ağıt</t>
         </is>
       </c>
       <c r="C1066" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1067" spans="1:3">
       <c r="A1067" s="1" t="inlineStr">
         <is>
-          <t>9786257311687</t>
+          <t>9786257573764</t>
         </is>
       </c>
       <c r="B1067" s="1" t="inlineStr">
         <is>
-          <t>Türk Sinemasından Seçkiler - Yönetmenler ve Filmleri</t>
+          <t>Bir Bozkır Öğleni</t>
         </is>
       </c>
       <c r="C1067" s="1">
-        <v>280</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1068" spans="1:3">
       <c r="A1068" s="1" t="inlineStr">
         <is>
-          <t>9786257311748</t>
+          <t>9786254150289</t>
         </is>
       </c>
       <c r="B1068" s="1" t="inlineStr">
         <is>
-          <t>Hemdem Öyküleri</t>
+          <t>Herkes Kadar Çocuk</t>
         </is>
       </c>
       <c r="C1068" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1069" spans="1:3">
       <c r="A1069" s="1" t="inlineStr">
         <is>
-          <t>9786257311083</t>
+          <t>9786254150302</t>
         </is>
       </c>
       <c r="B1069" s="1" t="inlineStr">
         <is>
-          <t>Aramızda Deniz Var</t>
+          <t>Serzeniş</t>
         </is>
       </c>
       <c r="C1069" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1070" spans="1:3">
       <c r="A1070" s="1" t="inlineStr">
         <is>
-          <t>9786257311137</t>
+          <t>9786254150258</t>
         </is>
       </c>
       <c r="B1070" s="1" t="inlineStr">
         <is>
-          <t>Kimsesiz Şiirler</t>
+          <t>Kendime Bir Yer</t>
         </is>
       </c>
       <c r="C1070" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1071" spans="1:3">
       <c r="A1071" s="1" t="inlineStr">
         <is>
-          <t>9786257311458</t>
+          <t>9786257098854</t>
         </is>
       </c>
       <c r="B1071" s="1" t="inlineStr">
         <is>
-          <t>Gözlerime Bak Geç Nehirleri</t>
+          <t>Bacım Erik Ağacı</t>
         </is>
       </c>
       <c r="C1071" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1072" spans="1:3">
       <c r="A1072" s="1" t="inlineStr">
         <is>
-          <t>9786257311564</t>
+          <t>9786254150319</t>
         </is>
       </c>
       <c r="B1072" s="1" t="inlineStr">
         <is>
-          <t>Eksik Dişler Tarihi</t>
+          <t>Kalbimin Kedisi</t>
         </is>
       </c>
       <c r="C1072" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1073" spans="1:3">
       <c r="A1073" s="1" t="inlineStr">
         <is>
-          <t>9786257311670</t>
+          <t>9786254150029</t>
         </is>
       </c>
       <c r="B1073" s="1" t="inlineStr">
         <is>
-          <t>Kesik Ürperti</t>
+          <t>Thespis’in Maskeleri</t>
         </is>
       </c>
       <c r="C1073" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1074" spans="1:3">
       <c r="A1074" s="1" t="inlineStr">
         <is>
-          <t>9786257311595</t>
+          <t>9786254150012</t>
         </is>
       </c>
       <c r="B1074" s="1" t="inlineStr">
         <is>
-          <t>39 Merkez</t>
+          <t>Yoldaşça Zamanlar</t>
         </is>
       </c>
       <c r="C1074" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1075" spans="1:3">
       <c r="A1075" s="1" t="inlineStr">
         <is>
-          <t>9786257311717</t>
+          <t>9786254150104</t>
         </is>
       </c>
       <c r="B1075" s="1" t="inlineStr">
         <is>
-          <t>Düşlem Elçisi</t>
+          <t>Yusuf Atılgan’ın Aşk Mektubu Anayurt Oteli</t>
         </is>
       </c>
       <c r="C1075" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1076" spans="1:3">
       <c r="A1076" s="1" t="inlineStr">
         <is>
-          <t>9786257098595</t>
+          <t>9786254150098</t>
         </is>
       </c>
       <c r="B1076" s="1" t="inlineStr">
         <is>
-          <t>Ey Arş, Sıkıştır!</t>
+          <t>Şiir Ama Nasıl?</t>
         </is>
       </c>
       <c r="C1076" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1077" spans="1:3">
       <c r="A1077" s="1" t="inlineStr">
         <is>
-          <t>9786257352390</t>
+          <t>9786257573801</t>
         </is>
       </c>
       <c r="B1077" s="1" t="inlineStr">
         <is>
-          <t>Kuşlar Yuvalarında Uyumaz</t>
+          <t>Bir Daha Yok Çiçeği</t>
         </is>
       </c>
       <c r="C1077" s="1">
-        <v>270</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1078" spans="1:3">
       <c r="A1078" s="1" t="inlineStr">
         <is>
-          <t>9786257352789</t>
+          <t>9786257573160</t>
         </is>
       </c>
       <c r="B1078" s="1" t="inlineStr">
         <is>
-          <t>Suret Defteri</t>
+          <t>Dünyaya Sevgiyim</t>
         </is>
       </c>
       <c r="C1078" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1079" spans="1:3">
       <c r="A1079" s="1" t="inlineStr">
         <is>
-          <t>9786257352734</t>
+          <t>9786257391375</t>
         </is>
       </c>
       <c r="B1079" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’un Son Güzel Fotoğrafı</t>
+          <t>Lütuf</t>
         </is>
       </c>
       <c r="C1079" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1080" spans="1:3">
       <c r="A1080" s="1" t="inlineStr">
         <is>
-          <t>9786257352901</t>
+          <t>9786257391726</t>
         </is>
       </c>
       <c r="B1080" s="1" t="inlineStr">
         <is>
-          <t>Mor Deniz Kabukları</t>
+          <t>Madalyonun Diğer Yüzü</t>
         </is>
       </c>
       <c r="C1080" s="1">
-        <v>240</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1081" spans="1:3">
       <c r="A1081" s="1" t="inlineStr">
         <is>
-          <t>9786257764957</t>
+          <t>9786257352727</t>
         </is>
       </c>
       <c r="B1081" s="1" t="inlineStr">
         <is>
-          <t>Erdem Kışına</t>
+          <t>Garbis</t>
         </is>
       </c>
       <c r="C1081" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1082" spans="1:3">
       <c r="A1082" s="1" t="inlineStr">
         <is>
-          <t>9786257311298</t>
+          <t>9786257391658</t>
         </is>
       </c>
       <c r="B1082" s="1" t="inlineStr">
         <is>
-          <t>Öldü Kim? Hiç</t>
+          <t>Filmlerle Geçiyor Ömrüm 1. Cilt</t>
         </is>
       </c>
       <c r="C1082" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1083" spans="1:3">
       <c r="A1083" s="1" t="inlineStr">
         <is>
-          <t>9786257352987</t>
+          <t>9786257573276</t>
         </is>
       </c>
       <c r="B1083" s="1" t="inlineStr">
         <is>
-          <t>Ruzin</t>
+          <t>Alibeyköy'ün En Aşık Delikanlısı Sükse Şeref</t>
         </is>
       </c>
       <c r="C1083" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1084" spans="1:3">
       <c r="A1084" s="1" t="inlineStr">
         <is>
-          <t>9786257352963</t>
+          <t>9786257311076</t>
         </is>
       </c>
       <c r="B1084" s="1" t="inlineStr">
         <is>
-          <t>Çağ Kapandı</t>
+          <t>Mutluluk Mezbahası ve Dionysos’un Kanı</t>
         </is>
       </c>
       <c r="C1084" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1085" spans="1:3">
       <c r="A1085" s="1" t="inlineStr">
         <is>
-          <t>9786257352581</t>
+          <t>9786257573047</t>
         </is>
       </c>
       <c r="B1085" s="1" t="inlineStr">
         <is>
-          <t>Küçük İskender’de Queer Beden ve Poetika</t>
+          <t>1915'ten 2015'e Ötekilerin Öyküsü</t>
         </is>
       </c>
       <c r="C1085" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1086" spans="1:3">
       <c r="A1086" s="1" t="inlineStr">
         <is>
-          <t>9786257764582</t>
+          <t>9786257391801</t>
         </is>
       </c>
       <c r="B1086" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Buluşmalar Metrosu</t>
+          <t>Umut Ne Yana Düşer Anne</t>
         </is>
       </c>
       <c r="C1086" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1087" spans="1:3">
       <c r="A1087" s="1" t="inlineStr">
         <is>
-          <t>9786257573054</t>
+          <t>9786257391252</t>
         </is>
       </c>
       <c r="B1087" s="1" t="inlineStr">
         <is>
-          <t>Daraltılmış Yeni Baskı</t>
+          <t>Yol Divanı</t>
         </is>
       </c>
       <c r="C1087" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1088" spans="1:3">
       <c r="A1088" s="1" t="inlineStr">
         <is>
-          <t>9786257391757</t>
+          <t>9786257391672</t>
         </is>
       </c>
       <c r="B1088" s="1" t="inlineStr">
         <is>
-          <t>Doğu Karadeniz Dilleri Karşılaştırmalı Sözlüğü</t>
+          <t>Gök Ne Zaman Maviydi ?</t>
         </is>
       </c>
       <c r="C1088" s="1">
-        <v>300</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1089" spans="1:3">
       <c r="A1089" s="1" t="inlineStr">
         <is>
-          <t>9786257352666</t>
+          <t>9786257352741</t>
         </is>
       </c>
       <c r="B1089" s="1" t="inlineStr">
         <is>
-          <t>Tulpa</t>
+          <t>Gökçadırda Bir Seyirlik</t>
         </is>
       </c>
       <c r="C1089" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1090" spans="1:3">
       <c r="A1090" s="1" t="inlineStr">
         <is>
-          <t>9786257391719</t>
+          <t>9786257391344</t>
         </is>
       </c>
       <c r="B1090" s="1" t="inlineStr">
         <is>
-          <t>Urfa Karşılaması</t>
+          <t>Taş Gibi Susuyorum</t>
         </is>
       </c>
       <c r="C1090" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1091" spans="1:3">
       <c r="A1091" s="1" t="inlineStr">
         <is>
-          <t>9786257573061</t>
+          <t>9786257352949</t>
         </is>
       </c>
       <c r="B1091" s="1" t="inlineStr">
         <is>
-          <t>İşte Şiiri De Böyle Düşünüyorum</t>
+          <t>Şiirlerin Söylediği 3</t>
         </is>
       </c>
       <c r="C1091" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1092" spans="1:3">
       <c r="A1092" s="1" t="inlineStr">
         <is>
-          <t>9786257573153</t>
+          <t>9786257391740</t>
         </is>
       </c>
       <c r="B1092" s="1" t="inlineStr">
         <is>
-          <t>Punk ve Nizam</t>
+          <t>Lal Renkli Yara</t>
         </is>
       </c>
       <c r="C1092" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1093" spans="1:3">
       <c r="A1093" s="1" t="inlineStr">
         <is>
-          <t>9786257391412</t>
+          <t>9786257391795</t>
         </is>
       </c>
       <c r="B1093" s="1" t="inlineStr">
         <is>
-          <t>Boşluğun Gözleri</t>
+          <t>Askıda Hayat</t>
         </is>
       </c>
       <c r="C1093" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1094" spans="1:3">
       <c r="A1094" s="1" t="inlineStr">
         <is>
-          <t>9786257391177</t>
+          <t>9786257352659</t>
         </is>
       </c>
       <c r="B1094" s="1" t="inlineStr">
         <is>
-          <t>Nafile Dikit</t>
+          <t>Yalnızlık Eğrisi</t>
         </is>
       </c>
       <c r="C1094" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1095" spans="1:3">
       <c r="A1095" s="1" t="inlineStr">
         <is>
-          <t>9786257391610</t>
+          <t>9786257391771</t>
         </is>
       </c>
       <c r="B1095" s="1" t="inlineStr">
         <is>
-          <t>Kırık</t>
+          <t>Kadıncık Ana - Hacı Bektaş'ın Vedası</t>
         </is>
       </c>
       <c r="C1095" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="1096" spans="1:3">
       <c r="A1096" s="1" t="inlineStr">
         <is>
-          <t>9786257573115</t>
+          <t>9786257391276</t>
         </is>
       </c>
       <c r="B1096" s="1" t="inlineStr">
         <is>
-          <t>Meksika Açmazı</t>
+          <t>Yalnızlık Erica Ve Kedi</t>
         </is>
       </c>
       <c r="C1096" s="1">
-        <v>100</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1097" spans="1:3">
       <c r="A1097" s="1" t="inlineStr">
         <is>
-          <t>9786257573085</t>
+          <t>9786257573214</t>
         </is>
       </c>
       <c r="B1097" s="1" t="inlineStr">
         <is>
-          <t>Çarmıhımda Mesih Gerginliği</t>
+          <t>Kendine Gökyüzü Ismarla</t>
         </is>
       </c>
       <c r="C1097" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1098" spans="1:3">
       <c r="A1098" s="1" t="inlineStr">
         <is>
-          <t>9786257352673</t>
+          <t>9786257391184</t>
         </is>
       </c>
       <c r="B1098" s="1" t="inlineStr">
         <is>
-          <t>Ben Çabuk Akşam Oluyorum</t>
+          <t>Kemoterapik Düşler</t>
         </is>
       </c>
       <c r="C1098" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1099" spans="1:3">
       <c r="A1099" s="1" t="inlineStr">
         <is>
-          <t>9786257573146</t>
+          <t>9786257311687</t>
         </is>
       </c>
       <c r="B1099" s="1" t="inlineStr">
         <is>
-          <t>Ben Kimsin?</t>
+          <t>Türk Sinemasından Seçkiler - Yönetmenler ve Filmleri</t>
         </is>
       </c>
       <c r="C1099" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1100" spans="1:3">
       <c r="A1100" s="1" t="inlineStr">
         <is>
-          <t>9786257764155</t>
+          <t>9786257311748</t>
         </is>
       </c>
       <c r="B1100" s="1" t="inlineStr">
         <is>
-          <t>Ay Sokağa Bakıyor</t>
+          <t>Hemdem Öyküleri</t>
         </is>
       </c>
       <c r="C1100" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1101" spans="1:3">
       <c r="A1101" s="1" t="inlineStr">
         <is>
-          <t>9786257764421</t>
+          <t>9786257311083</t>
         </is>
       </c>
       <c r="B1101" s="1" t="inlineStr">
         <is>
-          <t>Artizler Kahvesi</t>
+          <t>Aramızda Deniz Var</t>
         </is>
       </c>
       <c r="C1101" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1102" spans="1:3">
       <c r="A1102" s="1" t="inlineStr">
         <is>
-          <t>9786257764391</t>
+          <t>9786257311137</t>
         </is>
       </c>
       <c r="B1102" s="1" t="inlineStr">
         <is>
-          <t>Yeşilçam'da Unutulmayan Yüzler - Starlar</t>
+          <t>Kimsesiz Şiirler</t>
         </is>
       </c>
       <c r="C1102" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1103" spans="1:3">
       <c r="A1103" s="1" t="inlineStr">
         <is>
-          <t>9786257764407</t>
+          <t>9786257311458</t>
         </is>
       </c>
       <c r="B1103" s="1" t="inlineStr">
         <is>
-          <t>Yeşilçam Hatırası</t>
+          <t>Gözlerime Bak Geç Nehirleri</t>
         </is>
       </c>
       <c r="C1103" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1104" spans="1:3">
       <c r="A1104" s="1" t="inlineStr">
         <is>
-          <t>9786257764285</t>
+          <t>9786257311564</t>
         </is>
       </c>
       <c r="B1104" s="1" t="inlineStr">
         <is>
-          <t>Tulumba Durağında İnecek Var</t>
+          <t>Eksik Dişler Tarihi</t>
         </is>
       </c>
       <c r="C1104" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1105" spans="1:3">
       <c r="A1105" s="1" t="inlineStr">
         <is>
-          <t>9786257764636</t>
+          <t>9786257311670</t>
         </is>
       </c>
       <c r="B1105" s="1" t="inlineStr">
         <is>
-          <t>Şiir Ne Şair Kim</t>
+          <t>Kesik Ürperti</t>
         </is>
       </c>
       <c r="C1105" s="1">
-        <v>190</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1106" spans="1:3">
       <c r="A1106" s="1" t="inlineStr">
         <is>
-          <t>9766257764179</t>
+          <t>9786257311595</t>
         </is>
       </c>
       <c r="B1106" s="1" t="inlineStr">
         <is>
-          <t>Şehre Bodoslama</t>
+          <t>39 Merkez</t>
         </is>
       </c>
       <c r="C1106" s="1">
-        <v>45</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1107" spans="1:3">
       <c r="A1107" s="1" t="inlineStr">
         <is>
-          <t>9786257764414</t>
+          <t>9786257311717</t>
         </is>
       </c>
       <c r="B1107" s="1" t="inlineStr">
         <is>
-          <t>Sinema ve 12 Eylül</t>
+          <t>Düşlem Elçisi</t>
         </is>
       </c>
       <c r="C1107" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1108" spans="1:3">
       <c r="A1108" s="1" t="inlineStr">
         <is>
-          <t>9786257764353</t>
+          <t>9786257098595</t>
         </is>
       </c>
       <c r="B1108" s="1" t="inlineStr">
         <is>
-          <t>Elimden Tutmuyor Hayat</t>
+          <t>Ey Arş, Sıkıştır!</t>
         </is>
       </c>
       <c r="C1108" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1109" spans="1:3">
       <c r="A1109" s="1" t="inlineStr">
         <is>
-          <t>9786257764186</t>
+          <t>9786257352390</t>
         </is>
       </c>
       <c r="B1109" s="1" t="inlineStr">
         <is>
-          <t>Dilsiz Uşak</t>
+          <t>Kuşlar Yuvalarında Uyumaz</t>
         </is>
       </c>
       <c r="C1109" s="1">
-        <v>180</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1110" spans="1:3">
       <c r="A1110" s="1" t="inlineStr">
         <is>
-          <t>9786257764667</t>
+          <t>9786257352789</t>
         </is>
       </c>
       <c r="B1110" s="1" t="inlineStr">
         <is>
-          <t>Çavlan Sözler</t>
+          <t>Suret Defteri</t>
         </is>
       </c>
       <c r="C1110" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1111" spans="1:3">
       <c r="A1111" s="1" t="inlineStr">
         <is>
-          <t>9786257764056</t>
+          <t>9786257352734</t>
         </is>
       </c>
       <c r="B1111" s="1" t="inlineStr">
         <is>
-          <t>Boşlukta Bir Yer</t>
+          <t>İstanbul’un Son Güzel Fotoğrafı</t>
         </is>
       </c>
       <c r="C1111" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1112" spans="1:3">
       <c r="A1112" s="1" t="inlineStr">
         <is>
-          <t>9786257764346</t>
+          <t>9786257352901</t>
         </is>
       </c>
       <c r="B1112" s="1" t="inlineStr">
         <is>
-          <t>Başınızdan Geçenler Uyutmayınca Gecelerimi</t>
+          <t>Mor Deniz Kabukları</t>
         </is>
       </c>
       <c r="C1112" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1113" spans="1:3">
       <c r="A1113" s="1" t="inlineStr">
         <is>
-          <t>9786257391191</t>
+          <t>9786257764957</t>
         </is>
       </c>
       <c r="B1113" s="1" t="inlineStr">
         <is>
-          <t>Hayatımız Sinema</t>
+          <t>Erdem Kışına</t>
         </is>
       </c>
       <c r="C1113" s="1">
-        <v>270</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1114" spans="1:3">
       <c r="A1114" s="1" t="inlineStr">
         <is>
-          <t>9786257391085</t>
+          <t>9786257311298</t>
         </is>
       </c>
       <c r="B1114" s="1" t="inlineStr">
         <is>
-          <t>Dövüş Kulübü ve Truman Show</t>
+          <t>Öldü Kim? Hiç</t>
         </is>
       </c>
       <c r="C1114" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1115" spans="1:3">
       <c r="A1115" s="1" t="inlineStr">
         <is>
-          <t>9786257391221</t>
+          <t>9786257352987</t>
         </is>
       </c>
       <c r="B1115" s="1" t="inlineStr">
         <is>
-          <t>Aslından Kopya Filmler</t>
+          <t>Ruzin</t>
         </is>
       </c>
       <c r="C1115" s="1">
-        <v>270</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1116" spans="1:3">
       <c r="A1116" s="1" t="inlineStr">
         <is>
-          <t>9786257764681</t>
+          <t>9786257352963</t>
         </is>
       </c>
       <c r="B1116" s="1" t="inlineStr">
         <is>
-          <t>Kozaların Uykusu</t>
+          <t>Çağ Kapandı</t>
         </is>
       </c>
       <c r="C1116" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1117" spans="1:3">
       <c r="A1117" s="1" t="inlineStr">
         <is>
-          <t>9786257391207</t>
+          <t>9786257352581</t>
         </is>
       </c>
       <c r="B1117" s="1" t="inlineStr">
         <is>
-          <t>Beni Bul</t>
+          <t>Küçük İskender’de Queer Beden ve Poetika</t>
         </is>
       </c>
       <c r="C1117" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1118" spans="1:3">
       <c r="A1118" s="1" t="inlineStr">
         <is>
-          <t>9766257391092</t>
+          <t>9786257764582</t>
         </is>
       </c>
       <c r="B1118" s="1" t="inlineStr">
         <is>
-          <t>Bir Yokmuş Bir Varmış</t>
+          <t>Tuhaf Buluşmalar Metrosu</t>
         </is>
       </c>
       <c r="C1118" s="1">
-        <v>30</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1119" spans="1:3">
       <c r="A1119" s="1" t="inlineStr">
         <is>
-          <t>9786257352970</t>
+          <t>9786257573054</t>
         </is>
       </c>
       <c r="B1119" s="1" t="inlineStr">
         <is>
-          <t>Gerçekten Siz mi Seçiyorsunuz?</t>
+          <t>Daraltılmış Yeni Baskı</t>
         </is>
       </c>
       <c r="C1119" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1120" spans="1:3">
       <c r="A1120" s="1" t="inlineStr">
         <is>
-          <t>9786257352604</t>
+          <t>9786257391757</t>
         </is>
       </c>
       <c r="B1120" s="1" t="inlineStr">
         <is>
-          <t>Siyah Lale</t>
+          <t>Doğu Karadeniz Dilleri Karşılaştırmalı Sözlüğü</t>
         </is>
       </c>
       <c r="C1120" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1121" spans="1:3">
       <c r="A1121" s="1" t="inlineStr">
         <is>
-          <t>9786257352598</t>
+          <t>9786257352666</t>
         </is>
       </c>
       <c r="B1121" s="1" t="inlineStr">
         <is>
-          <t>Adressiz Sözler Durağı</t>
+          <t>Tulpa</t>
         </is>
       </c>
       <c r="C1121" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1122" spans="1:3">
       <c r="A1122" s="1" t="inlineStr">
         <is>
-          <t>9786257352635</t>
+          <t>9786257391719</t>
         </is>
       </c>
       <c r="B1122" s="1" t="inlineStr">
         <is>
-          <t>Bir "Şiir Günlüğü" İçin Notlar 3</t>
+          <t>Urfa Karşılaması</t>
         </is>
       </c>
       <c r="C1122" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1123" spans="1:3">
       <c r="A1123" s="1" t="inlineStr">
         <is>
-          <t>9786257352611</t>
+          <t>9786257573061</t>
         </is>
       </c>
       <c r="B1123" s="1" t="inlineStr">
         <is>
-          <t>Bir "Şiir Günlüğü" İçin Notlar 1</t>
+          <t>İşte Şiiri De Böyle Düşünüyorum</t>
         </is>
       </c>
       <c r="C1123" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1124" spans="1:3">
       <c r="A1124" s="1" t="inlineStr">
         <is>
-          <t>9786257352918</t>
+          <t>9786257573153</t>
         </is>
       </c>
       <c r="B1124" s="1" t="inlineStr">
         <is>
-          <t>Kitapların Duldasında</t>
+          <t>Punk ve Nizam</t>
         </is>
       </c>
       <c r="C1124" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1125" spans="1:3">
       <c r="A1125" s="1" t="inlineStr">
         <is>
-          <t>9786257764605</t>
+          <t>9786257391412</t>
         </is>
       </c>
       <c r="B1125" s="1" t="inlineStr">
         <is>
-          <t>Çalkantılı Deniz</t>
+          <t>Boşluğun Gözleri</t>
         </is>
       </c>
       <c r="C1125" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1126" spans="1:3">
       <c r="A1126" s="1" t="inlineStr">
         <is>
-          <t>9786257098182</t>
+          <t>9786257391177</t>
         </is>
       </c>
       <c r="B1126" s="1" t="inlineStr">
         <is>
-          <t>Kehribar</t>
+          <t>Nafile Dikit</t>
         </is>
       </c>
       <c r="C1126" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1127" spans="1:3">
       <c r="A1127" s="1" t="inlineStr">
         <is>
-          <t>9786257098274</t>
+          <t>9786257391610</t>
         </is>
       </c>
       <c r="B1127" s="1" t="inlineStr">
         <is>
-          <t>Gibi</t>
+          <t>Kırık</t>
         </is>
       </c>
       <c r="C1127" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1128" spans="1:3">
       <c r="A1128" s="1" t="inlineStr">
         <is>
-          <t>9786257352628</t>
+          <t>9786257573115</t>
         </is>
       </c>
       <c r="B1128" s="1" t="inlineStr">
         <is>
-          <t>Bir "Şiir Günlüğü" İçin Notlar 2</t>
+          <t>Meksika Açmazı</t>
         </is>
       </c>
       <c r="C1128" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1129" spans="1:3">
       <c r="A1129" s="1" t="inlineStr">
         <is>
-          <t>9786257352192</t>
+          <t>9786257573085</t>
         </is>
       </c>
       <c r="B1129" s="1" t="inlineStr">
         <is>
-          <t>İzlerin Peşinden</t>
+          <t>Çarmıhımda Mesih Gerginliği</t>
         </is>
       </c>
       <c r="C1129" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1130" spans="1:3">
       <c r="A1130" s="1" t="inlineStr">
         <is>
-          <t>9786257391566</t>
+          <t>9786257352673</t>
         </is>
       </c>
       <c r="B1130" s="1" t="inlineStr">
         <is>
-          <t>Tanrı Şiir</t>
+          <t>Ben Çabuk Akşam Oluyorum</t>
         </is>
       </c>
       <c r="C1130" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1131" spans="1:3">
       <c r="A1131" s="1" t="inlineStr">
         <is>
-          <t>9786257098168</t>
+          <t>9786257573146</t>
         </is>
       </c>
       <c r="B1131" s="1" t="inlineStr">
         <is>
-          <t>Arafta Zaman</t>
+          <t>Ben Kimsin?</t>
         </is>
       </c>
       <c r="C1131" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1132" spans="1:3">
       <c r="A1132" s="1" t="inlineStr">
         <is>
-          <t>9786257573474</t>
+          <t>9786257764155</t>
         </is>
       </c>
       <c r="B1132" s="1" t="inlineStr">
         <is>
-          <t>Serçe</t>
+          <t>Ay Sokağa Bakıyor</t>
         </is>
       </c>
       <c r="C1132" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1133" spans="1:3">
       <c r="A1133" s="1" t="inlineStr">
         <is>
-          <t>9786257573528</t>
+          <t>9786257764421</t>
         </is>
       </c>
       <c r="B1133" s="1" t="inlineStr">
         <is>
-          <t>Kıyam-ı Aşk</t>
+          <t>Artizler Kahvesi</t>
         </is>
       </c>
       <c r="C1133" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="1134" spans="1:3">
       <c r="A1134" s="1" t="inlineStr">
         <is>
-          <t>9786257573009</t>
+          <t>9786257764391</t>
         </is>
       </c>
       <c r="B1134" s="1" t="inlineStr">
         <is>
-          <t>Oyuncak Kasabası</t>
+          <t>Yeşilçam'da Unutulmayan Yüzler - Starlar</t>
         </is>
       </c>
       <c r="C1134" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="1135" spans="1:3">
       <c r="A1135" s="1" t="inlineStr">
         <is>
-          <t>9786257573481</t>
+          <t>9786257764407</t>
         </is>
       </c>
       <c r="B1135" s="1" t="inlineStr">
         <is>
-          <t>Fenerli’den Neden Şair Olmaz’ı Anlatan Birkaç Şiir’in Şiirinin Kitabı</t>
+          <t>Yeşilçam Hatırası</t>
         </is>
       </c>
       <c r="C1135" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1136" spans="1:3">
       <c r="A1136" s="1" t="inlineStr">
         <is>
-          <t>9786257573900</t>
+          <t>9786257764285</t>
         </is>
       </c>
       <c r="B1136" s="1" t="inlineStr">
         <is>
-          <t>Konstantinopol</t>
+          <t>Tulumba Durağında İnecek Var</t>
         </is>
       </c>
       <c r="C1136" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="1137" spans="1:3">
       <c r="A1137" s="1" t="inlineStr">
         <is>
-          <t>9786257573436</t>
+          <t>9786257764636</t>
         </is>
       </c>
       <c r="B1137" s="1" t="inlineStr">
         <is>
-          <t>Gülbahar</t>
+          <t>Şiir Ne Şair Kim</t>
         </is>
       </c>
       <c r="C1137" s="1">
-        <v>250</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1138" spans="1:3">
       <c r="A1138" s="1" t="inlineStr">
         <is>
-          <t>9786257573627</t>
+          <t>9766257764179</t>
         </is>
       </c>
       <c r="B1138" s="1" t="inlineStr">
         <is>
-          <t>Yaşadıklarım Üzerine Bir Yapboz Denemesi</t>
+          <t>Şehre Bodoslama</t>
         </is>
       </c>
       <c r="C1138" s="1">
-        <v>250</v>
+        <v>45</v>
       </c>
     </row>
     <row r="1139" spans="1:3">
       <c r="A1139" s="1" t="inlineStr">
         <is>
-          <t>9786257573450</t>
+          <t>9786257764414</t>
         </is>
       </c>
       <c r="B1139" s="1" t="inlineStr">
         <is>
-          <t>Ekmeği Taştan Oyanlar</t>
+          <t>Sinema ve 12 Eylül</t>
         </is>
       </c>
       <c r="C1139" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1140" spans="1:3">
       <c r="A1140" s="1" t="inlineStr">
         <is>
-          <t>9786257573634</t>
+          <t>9786257764353</t>
         </is>
       </c>
       <c r="B1140" s="1" t="inlineStr">
         <is>
-          <t>Söz Eyle</t>
+          <t>Elimden Tutmuyor Hayat</t>
         </is>
       </c>
       <c r="C1140" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="1141" spans="1:3">
       <c r="A1141" s="1" t="inlineStr">
         <is>
-          <t>9786257573870</t>
+          <t>9786257764186</t>
         </is>
       </c>
       <c r="B1141" s="1" t="inlineStr">
         <is>
-          <t>Kıyamet Geliyorum Der</t>
+          <t>Dilsiz Uşak</t>
         </is>
       </c>
       <c r="C1141" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="1142" spans="1:3">
       <c r="A1142" s="1" t="inlineStr">
         <is>
-          <t>9786257573887</t>
+          <t>9786257764667</t>
         </is>
       </c>
       <c r="B1142" s="1" t="inlineStr">
         <is>
-          <t>Adana’nın Yolları Taştandı</t>
+          <t>Çavlan Sözler</t>
         </is>
       </c>
       <c r="C1142" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="1143" spans="1:3">
       <c r="A1143" s="1" t="inlineStr">
         <is>
-          <t>9786257573818</t>
+          <t>9786257764056</t>
         </is>
       </c>
       <c r="B1143" s="1" t="inlineStr">
         <is>
-          <t>At’ı Sürüyorum</t>
+          <t>Boşlukta Bir Yer</t>
         </is>
       </c>
       <c r="C1143" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1144" spans="1:3">
       <c r="A1144" s="1" t="inlineStr">
         <is>
-          <t>9786257573924</t>
+          <t>9786257764346</t>
         </is>
       </c>
       <c r="B1144" s="1" t="inlineStr">
         <is>
-          <t>Karların Yüzü Kızardı</t>
+          <t>Başınızdan Geçenler Uyutmayınca Gecelerimi</t>
         </is>
       </c>
       <c r="C1144" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1145" spans="1:3">
       <c r="A1145" s="1" t="inlineStr">
         <is>
-          <t>9786257573535</t>
+          <t>9786257391191</t>
         </is>
       </c>
       <c r="B1145" s="1" t="inlineStr">
         <is>
-          <t>Kalbimin Şiirleri</t>
+          <t>Hayatımız Sinema</t>
         </is>
       </c>
       <c r="C1145" s="1">
-        <v>250</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1146" spans="1:3">
       <c r="A1146" s="1" t="inlineStr">
         <is>
-          <t>9786257573429</t>
+          <t>9786257391085</t>
         </is>
       </c>
       <c r="B1146" s="1" t="inlineStr">
         <is>
-          <t>Can Üşümekte</t>
+          <t>Dövüş Kulübü ve Truman Show</t>
         </is>
       </c>
       <c r="C1146" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1147" spans="1:3">
       <c r="A1147" s="1" t="inlineStr">
         <is>
-          <t>9786257573863</t>
+          <t>9786257391221</t>
         </is>
       </c>
       <c r="B1147" s="1" t="inlineStr">
         <is>
-          <t>Sabahın Mısmıl Yüzü</t>
+          <t>Aslından Kopya Filmler</t>
         </is>
       </c>
       <c r="C1147" s="1">
-        <v>180</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1148" spans="1:3">
       <c r="A1148" s="1" t="inlineStr">
         <is>
-          <t>9786257573375</t>
+          <t>9786257764681</t>
         </is>
       </c>
       <c r="B1148" s="1" t="inlineStr">
         <is>
-          <t>Kadın Karakterin Sinemasal Dönüşümü</t>
+          <t>Kozaların Uykusu</t>
         </is>
       </c>
       <c r="C1148" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1149" spans="1:3">
       <c r="A1149" s="1" t="inlineStr">
         <is>
-          <t>9786257573665</t>
+          <t>9786257391207</t>
         </is>
       </c>
       <c r="B1149" s="1" t="inlineStr">
         <is>
-          <t>Kırılgan Yüzler Albümü</t>
+          <t>Beni Bul</t>
         </is>
       </c>
       <c r="C1149" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1150" spans="1:3">
       <c r="A1150" s="1" t="inlineStr">
         <is>
-          <t>9786257573443</t>
+          <t>9766257391092</t>
         </is>
       </c>
       <c r="B1150" s="1" t="inlineStr">
         <is>
-          <t>Gitmeseydin Keşke</t>
+          <t>Bir Yokmuş Bir Varmış</t>
         </is>
       </c>
       <c r="C1150" s="1">
-        <v>180</v>
+        <v>30</v>
       </c>
     </row>
     <row r="1151" spans="1:3">
       <c r="A1151" s="1" t="inlineStr">
         <is>
-          <t>9786257573382</t>
+          <t>9786257352970</t>
         </is>
       </c>
       <c r="B1151" s="1" t="inlineStr">
         <is>
-          <t>Filmlerle Geçiyor Ömrüm 2. Cilt</t>
+          <t>Gerçekten Siz mi Seçiyorsunuz?</t>
         </is>
       </c>
       <c r="C1151" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1152" spans="1:3">
       <c r="A1152" s="1" t="inlineStr">
         <is>
-          <t>9786257573351</t>
+          <t>9786257352604</t>
         </is>
       </c>
       <c r="B1152" s="1" t="inlineStr">
         <is>
-          <t>Mitoloji ve Sinema İlişkisi</t>
+          <t>Siyah Lale</t>
         </is>
       </c>
       <c r="C1152" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1153" spans="1:3">
       <c r="A1153" s="1" t="inlineStr">
         <is>
-          <t>9786257573399</t>
+          <t>9786257352598</t>
         </is>
       </c>
       <c r="B1153" s="1" t="inlineStr">
         <is>
-          <t>Bir Şehri Seviyorsan Ona Veda Edersin</t>
+          <t>Adressiz Sözler Durağı</t>
         </is>
       </c>
       <c r="C1153" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1154" spans="1:3">
       <c r="A1154" s="1" t="inlineStr">
         <is>
-          <t>9786257391900</t>
+          <t>9786257352635</t>
         </is>
       </c>
       <c r="B1154" s="1" t="inlineStr">
         <is>
-          <t>Seçkin Poetikalar Ahmet Erhan</t>
+          <t>Bir "Şiir Günlüğü" İçin Notlar 3</t>
         </is>
       </c>
       <c r="C1154" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1155" spans="1:3">
       <c r="A1155" s="1" t="inlineStr">
         <is>
-          <t>9786257391993</t>
+          <t>9786257352611</t>
         </is>
       </c>
       <c r="B1155" s="1" t="inlineStr">
         <is>
-          <t>Seçkin Poetikalar Aşık Veysel</t>
+          <t>Bir "Şiir Günlüğü" İçin Notlar 1</t>
         </is>
       </c>
       <c r="C1155" s="1">
-        <v>25</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1156" spans="1:3">
       <c r="A1156" s="1" t="inlineStr">
         <is>
-          <t>9786257573016</t>
+          <t>9786257352918</t>
         </is>
       </c>
       <c r="B1156" s="1" t="inlineStr">
         <is>
-          <t>Fenerbahçe Dağı</t>
+          <t>Kitapların Duldasında</t>
         </is>
       </c>
       <c r="C1156" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1157" spans="1:3">
       <c r="A1157" s="1" t="inlineStr">
         <is>
-          <t>9786257391986</t>
+          <t>9786257764605</t>
         </is>
       </c>
       <c r="B1157" s="1" t="inlineStr">
         <is>
-          <t>Yazarıma Mektuplar</t>
+          <t>Çalkantılı Deniz</t>
         </is>
       </c>
       <c r="C1157" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="1158" spans="1:3">
       <c r="A1158" s="1" t="inlineStr">
         <is>
-          <t>9786257391955</t>
+          <t>9786257098182</t>
         </is>
       </c>
       <c r="B1158" s="1" t="inlineStr">
         <is>
-          <t>Çaresizlik</t>
+          <t>Kehribar</t>
         </is>
       </c>
       <c r="C1158" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1159" spans="1:3">
       <c r="A1159" s="1" t="inlineStr">
         <is>
-          <t>9786257573252</t>
+          <t>9786257098274</t>
         </is>
       </c>
       <c r="B1159" s="1" t="inlineStr">
         <is>
-          <t>Bıldırcın Geçimi</t>
+          <t>Gibi</t>
         </is>
       </c>
       <c r="C1159" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1160" spans="1:3">
       <c r="A1160" s="1" t="inlineStr">
         <is>
-          <t>9786257573405</t>
+          <t>9786257352628</t>
         </is>
       </c>
       <c r="B1160" s="1" t="inlineStr">
         <is>
-          <t>Bahara Asayiş Baskını</t>
+          <t>Bir "Şiir Günlüğü" İçin Notlar 2</t>
         </is>
       </c>
       <c r="C1160" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1161" spans="1:3">
       <c r="A1161" s="1" t="inlineStr">
         <is>
-          <t>9786257573597</t>
+          <t>9786257352192</t>
         </is>
       </c>
       <c r="B1161" s="1" t="inlineStr">
         <is>
-          <t>Dünya Kokusu (Geosmin)</t>
+          <t>İzlerin Peşinden</t>
         </is>
       </c>
       <c r="C1161" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="1162" spans="1:3">
       <c r="A1162" s="1" t="inlineStr">
         <is>
-          <t>9786257573573</t>
+          <t>9786257391566</t>
         </is>
       </c>
       <c r="B1162" s="1" t="inlineStr">
         <is>
-          <t>Zamansız</t>
+          <t>Tanrı Şiir</t>
         </is>
       </c>
       <c r="C1162" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="1163" spans="1:3">
       <c r="A1163" s="1" t="inlineStr">
         <is>
-          <t>9786257391306</t>
+          <t>9786257098168</t>
         </is>
       </c>
       <c r="B1163" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Güney Afrika Şiiri Antolojisi</t>
+          <t>Arafta Zaman</t>
         </is>
       </c>
       <c r="C1163" s="1">
-        <v>500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1164" spans="1:3">
       <c r="A1164" s="1" t="inlineStr">
         <is>
-          <t>9786257573412</t>
+          <t>9786257573474</t>
         </is>
       </c>
       <c r="B1164" s="1" t="inlineStr">
         <is>
-          <t>Anatolian Psychedelia</t>
+          <t>Serçe</t>
         </is>
       </c>
       <c r="C1164" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1165" spans="1:3">
       <c r="A1165" s="1" t="inlineStr">
         <is>
-          <t>9786257764834</t>
+          <t>9786257573528</t>
         </is>
       </c>
       <c r="B1165" s="1" t="inlineStr">
         <is>
-          <t>Kaos Notları</t>
+          <t>Kıyam-ı Aşk</t>
         </is>
       </c>
       <c r="C1165" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1166" spans="1:3">
       <c r="A1166" s="1" t="inlineStr">
         <is>
-          <t>9786257391788</t>
+          <t>9786257573009</t>
         </is>
       </c>
       <c r="B1166" s="1" t="inlineStr">
         <is>
-          <t>Bizim Çocuklar</t>
+          <t>Oyuncak Kasabası</t>
         </is>
       </c>
       <c r="C1166" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1167" spans="1:3">
       <c r="A1167" s="1" t="inlineStr">
         <is>
-          <t>9786257391696</t>
+          <t>9786257573481</t>
         </is>
       </c>
       <c r="B1167" s="1" t="inlineStr">
         <is>
-          <t>Sinema Bir Vecizedir</t>
+          <t>Fenerli’den Neden Şair Olmaz’ı Anlatan Birkaç Şiir’in Şiirinin Kitabı</t>
         </is>
       </c>
       <c r="C1167" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1168" spans="1:3">
       <c r="A1168" s="1" t="inlineStr">
         <is>
-          <t>9786257391498</t>
+          <t>9786257573900</t>
         </is>
       </c>
       <c r="B1168" s="1" t="inlineStr">
         <is>
-          <t>Sonsuzluk Şarkısı</t>
+          <t>Konstantinopol</t>
         </is>
       </c>
       <c r="C1168" s="1">
-        <v>270</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1169" spans="1:3">
       <c r="A1169" s="1" t="inlineStr">
         <is>
-          <t>9786257391290</t>
+          <t>9786257573436</t>
         </is>
       </c>
       <c r="B1169" s="1" t="inlineStr">
         <is>
-          <t>Kalbimde Ölü Kuşlar</t>
+          <t>Gülbahar</t>
         </is>
       </c>
       <c r="C1169" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1170" spans="1:3">
       <c r="A1170" s="1" t="inlineStr">
         <is>
-          <t>9786257391689</t>
+          <t>9786257573627</t>
         </is>
       </c>
       <c r="B1170" s="1" t="inlineStr">
         <is>
-          <t>Televizyon Dramalarının Geleceği</t>
+          <t>Yaşadıklarım Üzerine Bir Yapboz Denemesi</t>
         </is>
       </c>
       <c r="C1170" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1171" spans="1:3">
       <c r="A1171" s="1" t="inlineStr">
         <is>
-          <t>9786257573931</t>
+          <t>9786257573450</t>
         </is>
       </c>
       <c r="B1171" s="1" t="inlineStr">
         <is>
-          <t>Boş Topraklarda Ölü Ateşler</t>
+          <t>Ekmeği Taştan Oyanlar</t>
         </is>
       </c>
       <c r="C1171" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1172" spans="1:3">
       <c r="A1172" s="1" t="inlineStr">
         <is>
-          <t>9786257764506</t>
+          <t>9786257573634</t>
         </is>
       </c>
       <c r="B1172" s="1" t="inlineStr">
         <is>
-          <t>Nar Yokuşu</t>
+          <t>Söz Eyle</t>
         </is>
       </c>
       <c r="C1172" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1173" spans="1:3">
       <c r="A1173" s="1" t="inlineStr">
         <is>
-          <t>9786257764513</t>
+          <t>9786257573870</t>
         </is>
       </c>
       <c r="B1173" s="1" t="inlineStr">
         <is>
-          <t>Adın Beni Müthiş İlgilendirir</t>
+          <t>Kıyamet Geliyorum Der</t>
         </is>
       </c>
       <c r="C1173" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="1174" spans="1:3">
       <c r="A1174" s="1" t="inlineStr">
         <is>
-          <t>9786257764520</t>
+          <t>9786257573887</t>
         </is>
       </c>
       <c r="B1174" s="1" t="inlineStr">
         <is>
-          <t>Kırıntılar</t>
+          <t>Adana’nın Yolları Taştandı</t>
         </is>
       </c>
       <c r="C1174" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1175" spans="1:3">
       <c r="A1175" s="1" t="inlineStr">
         <is>
-          <t>9786257764575</t>
+          <t>9786257573818</t>
         </is>
       </c>
       <c r="B1175" s="1" t="inlineStr">
         <is>
-          <t>Gecenin İçinde Koşanlar</t>
+          <t>At’ı Sürüyorum</t>
         </is>
       </c>
       <c r="C1175" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1176" spans="1:3">
       <c r="A1176" s="1" t="inlineStr">
         <is>
-          <t>9786257764643</t>
+          <t>9786257573924</t>
         </is>
       </c>
       <c r="B1176" s="1" t="inlineStr">
         <is>
-          <t>Rüzgar</t>
+          <t>Karların Yüzü Kızardı</t>
         </is>
       </c>
       <c r="C1176" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1177" spans="1:3">
       <c r="A1177" s="1" t="inlineStr">
         <is>
-          <t>9786257764674</t>
+          <t>9786257573535</t>
         </is>
       </c>
       <c r="B1177" s="1" t="inlineStr">
         <is>
-          <t>Uçurtma Ölüleri</t>
+          <t>Kalbimin Şiirleri</t>
         </is>
       </c>
       <c r="C1177" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1178" spans="1:3">
       <c r="A1178" s="1" t="inlineStr">
         <is>
-          <t>9786257764254</t>
+          <t>9786257573429</t>
         </is>
       </c>
       <c r="B1178" s="1" t="inlineStr">
         <is>
-          <t>Buz Kırığı</t>
+          <t>Can Üşümekte</t>
         </is>
       </c>
       <c r="C1178" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="1179" spans="1:3">
       <c r="A1179" s="1" t="inlineStr">
         <is>
-          <t>9786257352703</t>
+          <t>9786257573863</t>
         </is>
       </c>
       <c r="B1179" s="1" t="inlineStr">
         <is>
-          <t>İyi</t>
+          <t>Sabahın Mısmıl Yüzü</t>
         </is>
       </c>
       <c r="C1179" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="1180" spans="1:3">
       <c r="A1180" s="1" t="inlineStr">
         <is>
-          <t>9786257311373</t>
+          <t>9786257573375</t>
         </is>
       </c>
       <c r="B1180" s="1" t="inlineStr">
         <is>
-          <t>Av U Dilop</t>
+          <t>Kadın Karakterin Sinemasal Dönüşümü</t>
         </is>
       </c>
       <c r="C1180" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1181" spans="1:3">
       <c r="A1181" s="1" t="inlineStr">
         <is>
-          <t>9786257352758</t>
+          <t>9786257573665</t>
         </is>
       </c>
       <c r="B1181" s="1" t="inlineStr">
         <is>
-          <t>Depresif Pervane Ağıtları</t>
+          <t>Kırılgan Yüzler Albümü</t>
         </is>
       </c>
       <c r="C1181" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1182" spans="1:3">
       <c r="A1182" s="1" t="inlineStr">
         <is>
-          <t>9786257352772</t>
+          <t>9786257573443</t>
         </is>
       </c>
       <c r="B1182" s="1" t="inlineStr">
         <is>
-          <t>Rüzgar Ayinleri</t>
+          <t>Gitmeseydin Keşke</t>
         </is>
       </c>
       <c r="C1182" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1183" spans="1:3">
       <c r="A1183" s="1" t="inlineStr">
         <is>
-          <t>9786257391627</t>
+          <t>9786257573382</t>
         </is>
       </c>
       <c r="B1183" s="1" t="inlineStr">
         <is>
-          <t>Yokluk Sızısı</t>
+          <t>Filmlerle Geçiyor Ömrüm 2. Cilt</t>
         </is>
       </c>
       <c r="C1183" s="1">
-        <v>180</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1184" spans="1:3">
       <c r="A1184" s="1" t="inlineStr">
         <is>
-          <t>9786257311281</t>
+          <t>9786257573351</t>
         </is>
       </c>
       <c r="B1184" s="1" t="inlineStr">
         <is>
-          <t>Yerli Dizi Yersiz Uzun - Sinema Kitaplığı Dizisi 3</t>
+          <t>Mitoloji ve Sinema İlişkisi</t>
         </is>
       </c>
       <c r="C1184" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="1185" spans="1:3">
       <c r="A1185" s="1" t="inlineStr">
         <is>
-          <t>9786257311816</t>
+          <t>9786257573399</t>
         </is>
       </c>
       <c r="B1185" s="1" t="inlineStr">
         <is>
-          <t>Sinematik Yazılar - Sinema Kitaplığı Dizisi 1</t>
+          <t>Bir Şehri Seviyorsan Ona Veda Edersin</t>
         </is>
       </c>
       <c r="C1185" s="1">
-        <v>270</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1186" spans="1:3">
       <c r="A1186" s="1" t="inlineStr">
         <is>
-          <t>9786257311823</t>
+          <t>9786257391900</t>
         </is>
       </c>
       <c r="B1186" s="1" t="inlineStr">
         <is>
-          <t>Arabesk Kültür ve Sinema - Sinema Kitaplığı Dizisi 2</t>
+          <t>Seçkin Poetikalar Ahmet Erhan</t>
         </is>
       </c>
       <c r="C1186" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1187" spans="1:3">
       <c r="A1187" s="1" t="inlineStr">
         <is>
-          <t>9786257311335</t>
+          <t>9786257391993</t>
         </is>
       </c>
       <c r="B1187" s="1" t="inlineStr">
         <is>
-          <t>Oyum Ben</t>
+          <t>Seçkin Poetikalar Aşık Veysel</t>
         </is>
       </c>
       <c r="C1187" s="1">
-        <v>270</v>
+        <v>25</v>
       </c>
     </row>
     <row r="1188" spans="1:3">
       <c r="A1188" s="1" t="inlineStr">
         <is>
-          <t>9786257764926</t>
+          <t>9786257573016</t>
         </is>
       </c>
       <c r="B1188" s="1" t="inlineStr">
         <is>
-          <t>Kirpiği Islak Bir Yenilgiyle</t>
+          <t>Fenerbahçe Dağı</t>
         </is>
       </c>
       <c r="C1188" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1189" spans="1:3">
       <c r="A1189" s="1" t="inlineStr">
         <is>
-          <t>9786257764919</t>
+          <t>9786257391986</t>
         </is>
       </c>
       <c r="B1189" s="1" t="inlineStr">
         <is>
-          <t>Kırıp Sesimizi</t>
+          <t>Yazarıma Mektuplar</t>
         </is>
       </c>
       <c r="C1189" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="1190" spans="1:3">
       <c r="A1190" s="1" t="inlineStr">
         <is>
-          <t>9786257764858</t>
+          <t>9786257391955</t>
         </is>
       </c>
       <c r="B1190" s="1" t="inlineStr">
         <is>
-          <t>Bay Z Üzerine Kronikler</t>
+          <t>Çaresizlik</t>
         </is>
       </c>
       <c r="C1190" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1191" spans="1:3">
       <c r="A1191" s="1" t="inlineStr">
         <is>
-          <t>9786257764902</t>
+          <t>9786257573252</t>
         </is>
       </c>
       <c r="B1191" s="1" t="inlineStr">
         <is>
-          <t>Duvarımda Kan İzleri</t>
+          <t>Bıldırcın Geçimi</t>
         </is>
       </c>
       <c r="C1191" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="1192" spans="1:3">
       <c r="A1192" s="1" t="inlineStr">
         <is>
-          <t>9786257764803</t>
+          <t>9786257573405</t>
         </is>
       </c>
       <c r="B1192" s="1" t="inlineStr">
         <is>
-          <t>Özlemler Ülkesinde</t>
+          <t>Bahara Asayiş Baskını</t>
         </is>
       </c>
       <c r="C1192" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="1193" spans="1:3">
       <c r="A1193" s="1" t="inlineStr">
         <is>
-          <t>9786257764629</t>
+          <t>9786257573597</t>
         </is>
       </c>
       <c r="B1193" s="1" t="inlineStr">
         <is>
-          <t>Gece Lirikleri</t>
+          <t>Dünya Kokusu (Geosmin)</t>
         </is>
       </c>
       <c r="C1193" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="1194" spans="1:3">
       <c r="A1194" s="1" t="inlineStr">
         <is>
-          <t>9786257764599</t>
+          <t>9786257573573</t>
         </is>
       </c>
       <c r="B1194" s="1" t="inlineStr">
         <is>
-          <t>Yağmurun Şifreleri</t>
+          <t>Zamansız</t>
         </is>
       </c>
       <c r="C1194" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="1195" spans="1:3">
       <c r="A1195" s="1" t="inlineStr">
         <is>
-          <t>9786257764537</t>
+          <t>9786257391306</t>
         </is>
       </c>
       <c r="B1195" s="1" t="inlineStr">
         <is>
-          <t>Her Aşk Bir Ay Taşır Alnında</t>
+          <t>Çağdaş Güney Afrika Şiiri Antolojisi</t>
         </is>
       </c>
       <c r="C1195" s="1">
-        <v>800</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1196" spans="1:3">
       <c r="A1196" s="1" t="inlineStr">
         <is>
-          <t>9786257764148</t>
+          <t>9786257573412</t>
         </is>
       </c>
       <c r="B1196" s="1" t="inlineStr">
         <is>
-          <t>Asil Adam</t>
+          <t>Anatolian Psychedelia</t>
         </is>
       </c>
       <c r="C1196" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1197" spans="1:3">
       <c r="A1197" s="1" t="inlineStr">
         <is>
-          <t>9786257098298</t>
+          <t>9786257764834</t>
         </is>
       </c>
       <c r="B1197" s="1" t="inlineStr">
         <is>
-          <t>Tuyuğlar</t>
+          <t>Kaos Notları</t>
         </is>
       </c>
       <c r="C1197" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1198" spans="1:3">
       <c r="A1198" s="1" t="inlineStr">
         <is>
-          <t>9786257098144</t>
+          <t>9786257391788</t>
         </is>
       </c>
       <c r="B1198" s="1" t="inlineStr">
         <is>
-          <t>Te Jı Bajar Lawek Hezkır Disa</t>
+          <t>Bizim Çocuklar</t>
         </is>
       </c>
       <c r="C1198" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="1199" spans="1:3">
       <c r="A1199" s="1" t="inlineStr">
         <is>
-          <t>9786257764933</t>
+          <t>9786257391696</t>
         </is>
       </c>
       <c r="B1199" s="1" t="inlineStr">
         <is>
-          <t>Daha Gazel</t>
+          <t>Sinema Bir Vecizedir</t>
         </is>
       </c>
       <c r="C1199" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1200" spans="1:3">
       <c r="A1200" s="1" t="inlineStr">
         <is>
-          <t>9786257764650</t>
+          <t>9786257391498</t>
         </is>
       </c>
       <c r="B1200" s="1" t="inlineStr">
         <is>
-          <t>XL</t>
+          <t>Sonsuzluk Şarkısı</t>
         </is>
       </c>
       <c r="C1200" s="1">
-        <v>180</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1201" spans="1:3">
       <c r="A1201" s="1" t="inlineStr">
         <is>
-          <t>9786257764797</t>
+          <t>9786257391290</t>
         </is>
       </c>
       <c r="B1201" s="1" t="inlineStr">
         <is>
-          <t>Şiir Çıplak</t>
+          <t>Kalbimde Ölü Kuşlar</t>
         </is>
       </c>
       <c r="C1201" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1202" spans="1:3">
       <c r="A1202" s="1" t="inlineStr">
         <is>
-          <t>9786257764780</t>
+          <t>9786257391689</t>
         </is>
       </c>
       <c r="B1202" s="1" t="inlineStr">
         <is>
-          <t>Arınak</t>
+          <t>Televizyon Dramalarının Geleceği</t>
         </is>
       </c>
       <c r="C1202" s="1">
-        <v>300</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1203" spans="1:3">
       <c r="A1203" s="1" t="inlineStr">
         <is>
-          <t>9786257764759</t>
+          <t>9786257573931</t>
         </is>
       </c>
       <c r="B1203" s="1" t="inlineStr">
         <is>
-          <t>Ariadne İpi</t>
+          <t>Boş Topraklarda Ölü Ateşler</t>
         </is>
       </c>
       <c r="C1203" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1204" spans="1:3">
       <c r="A1204" s="1" t="inlineStr">
         <is>
-          <t>9786257764742</t>
+          <t>9786257764506</t>
         </is>
       </c>
       <c r="B1204" s="1" t="inlineStr">
         <is>
-          <t>Aziz İskender</t>
+          <t>Nar Yokuşu</t>
         </is>
       </c>
       <c r="C1204" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1205" spans="1:3">
       <c r="A1205" s="1" t="inlineStr">
         <is>
-          <t>9786257764698</t>
+          <t>9786257764513</t>
         </is>
       </c>
       <c r="B1205" s="1" t="inlineStr">
         <is>
-          <t>Kül ve Gece</t>
+          <t>Adın Beni Müthiş İlgilendirir</t>
         </is>
       </c>
       <c r="C1205" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="1206" spans="1:3">
       <c r="A1206" s="1" t="inlineStr">
         <is>
-          <t>9786257391146</t>
+          <t>9786257764520</t>
         </is>
       </c>
       <c r="B1206" s="1" t="inlineStr">
         <is>
-          <t>Sen Acıya Düşme İdil</t>
+          <t>Kırıntılar</t>
         </is>
       </c>
       <c r="C1206" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1207" spans="1:3">
       <c r="A1207" s="1" t="inlineStr">
         <is>
-          <t>9786257764070</t>
+          <t>9786257764575</t>
         </is>
       </c>
       <c r="B1207" s="1" t="inlineStr">
         <is>
-          <t>Saire</t>
+          <t>Gecenin İçinde Koşanlar</t>
         </is>
       </c>
       <c r="C1207" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1208" spans="1:3">
       <c r="A1208" s="1" t="inlineStr">
         <is>
-          <t>9766257098915</t>
+          <t>9786257764643</t>
         </is>
       </c>
       <c r="B1208" s="1" t="inlineStr">
         <is>
-          <t>Sıvası Kanayan Ev</t>
+          <t>Rüzgar</t>
         </is>
       </c>
       <c r="C1208" s="1">
-        <v>80</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1209" spans="1:3">
       <c r="A1209" s="1" t="inlineStr">
         <is>
-          <t>9786257098946</t>
+          <t>9786257764674</t>
         </is>
       </c>
       <c r="B1209" s="1" t="inlineStr">
         <is>
-          <t>Hayatı Şiirleştiren Kitaplar</t>
+          <t>Uçurtma Ölüleri</t>
         </is>
       </c>
       <c r="C1209" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1210" spans="1:3">
       <c r="A1210" s="1" t="inlineStr">
         <is>
-          <t>9786257764025</t>
+          <t>9786257764254</t>
         </is>
       </c>
       <c r="B1210" s="1" t="inlineStr">
         <is>
-          <t>Smyrna'nın Gözyaşları</t>
+          <t>Buz Kırığı</t>
         </is>
       </c>
       <c r="C1210" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1211" spans="1:3">
       <c r="A1211" s="1" t="inlineStr">
         <is>
-          <t>9786257764049</t>
+          <t>9786257352703</t>
         </is>
       </c>
       <c r="B1211" s="1" t="inlineStr">
         <is>
-          <t>Biz Efendi Çocuklardık</t>
+          <t>İyi</t>
         </is>
       </c>
       <c r="C1211" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1212" spans="1:3">
       <c r="A1212" s="1" t="inlineStr">
         <is>
-          <t>9786257764094</t>
+          <t>9786257311373</t>
         </is>
       </c>
       <c r="B1212" s="1" t="inlineStr">
         <is>
-          <t>Rıg Rıg’ın Yedi Sayısı</t>
+          <t>Av U Dilop</t>
         </is>
       </c>
       <c r="C1212" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1213" spans="1:3">
       <c r="A1213" s="1" t="inlineStr">
         <is>
-          <t>9786257764100</t>
+          <t>9786257352758</t>
         </is>
       </c>
       <c r="B1213" s="1" t="inlineStr">
         <is>
-          <t>Ab-ı Hayat Bulan Kadın</t>
+          <t>Depresif Pervane Ağıtları</t>
         </is>
       </c>
       <c r="C1213" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1214" spans="1:3">
       <c r="A1214" s="1" t="inlineStr">
         <is>
-          <t>9786257764230</t>
+          <t>9786257352772</t>
         </is>
       </c>
       <c r="B1214" s="1" t="inlineStr">
         <is>
-          <t>Karşılaşmalar</t>
+          <t>Rüzgar Ayinleri</t>
         </is>
       </c>
       <c r="C1214" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1215" spans="1:3">
       <c r="A1215" s="1" t="inlineStr">
         <is>
-          <t>9786257764247</t>
+          <t>9786257391627</t>
         </is>
       </c>
       <c r="B1215" s="1" t="inlineStr">
         <is>
-          <t>Güvercin Sürmesi</t>
+          <t>Yokluk Sızısı</t>
         </is>
       </c>
       <c r="C1215" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1216" spans="1:3">
       <c r="A1216" s="1" t="inlineStr">
         <is>
-          <t>9786257764339</t>
+          <t>9786257311281</t>
         </is>
       </c>
       <c r="B1216" s="1" t="inlineStr">
         <is>
-          <t>İki Ders Bir Düş</t>
+          <t>Yerli Dizi Yersiz Uzun - Sinema Kitaplığı Dizisi 3</t>
         </is>
       </c>
       <c r="C1216" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1217" spans="1:3">
       <c r="A1217" s="1" t="inlineStr">
         <is>
-          <t>9786257764032</t>
+          <t>9786257311816</t>
         </is>
       </c>
       <c r="B1217" s="1" t="inlineStr">
         <is>
-          <t>Kentler ve Çöpler</t>
+          <t>Sinematik Yazılar - Sinema Kitaplığı Dizisi 1</t>
         </is>
       </c>
       <c r="C1217" s="1">
-        <v>250</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1218" spans="1:3">
       <c r="A1218" s="1" t="inlineStr">
         <is>
-          <t>9786257352567</t>
+          <t>9786257311823</t>
         </is>
       </c>
       <c r="B1218" s="1" t="inlineStr">
         <is>
-          <t>Sakura</t>
+          <t>Arabesk Kültür ve Sinema - Sinema Kitaplığı Dizisi 2</t>
         </is>
       </c>
       <c r="C1218" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1219" spans="1:3">
       <c r="A1219" s="1" t="inlineStr">
         <is>
-          <t>9786257352208</t>
+          <t>9786257311335</t>
         </is>
       </c>
       <c r="B1219" s="1" t="inlineStr">
         <is>
-          <t>Taş Meselleri</t>
+          <t>Oyum Ben</t>
         </is>
       </c>
       <c r="C1219" s="1">
-        <v>250</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1220" spans="1:3">
       <c r="A1220" s="1" t="inlineStr">
         <is>
-          <t>9786257352215</t>
+          <t>9786257764926</t>
         </is>
       </c>
       <c r="B1220" s="1" t="inlineStr">
         <is>
-          <t>Dengbejin Gölgesinde</t>
+          <t>Kirpiği Islak Bir Yenilgiyle</t>
         </is>
       </c>
       <c r="C1220" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1221" spans="1:3">
       <c r="A1221" s="1" t="inlineStr">
         <is>
-          <t>9786257311625</t>
+          <t>9786257764919</t>
         </is>
       </c>
       <c r="B1221" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Ölünce</t>
+          <t>Kırıp Sesimizi</t>
         </is>
       </c>
       <c r="C1221" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="1222" spans="1:3">
       <c r="A1222" s="1" t="inlineStr">
         <is>
-          <t>9786257352239</t>
+          <t>9786257764858</t>
         </is>
       </c>
       <c r="B1222" s="1" t="inlineStr">
         <is>
-          <t>Uçurumların Söylediği</t>
+          <t>Bay Z Üzerine Kronikler</t>
         </is>
       </c>
       <c r="C1222" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1223" spans="1:3">
       <c r="A1223" s="1" t="inlineStr">
         <is>
-          <t>9786257352291</t>
+          <t>9786257764902</t>
         </is>
       </c>
       <c r="B1223" s="1" t="inlineStr">
         <is>
-          <t>Körlerin İzlediği Film</t>
+          <t>Duvarımda Kan İzleri</t>
         </is>
       </c>
       <c r="C1223" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="1224" spans="1:3">
       <c r="A1224" s="1" t="inlineStr">
         <is>
-          <t>9786257352222</t>
+          <t>9786257764803</t>
         </is>
       </c>
       <c r="B1224" s="1" t="inlineStr">
         <is>
-          <t>Yangın Okuyucusu</t>
+          <t>Özlemler Ülkesinde</t>
         </is>
       </c>
       <c r="C1224" s="1">
-        <v>110</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1225" spans="1:3">
       <c r="A1225" s="1" t="inlineStr">
         <is>
-          <t>9786257352574</t>
+          <t>9786257764629</t>
         </is>
       </c>
       <c r="B1225" s="1" t="inlineStr">
         <is>
-          <t>Kentin Kıyıları</t>
+          <t>Gece Lirikleri</t>
         </is>
       </c>
       <c r="C1225" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="1226" spans="1:3">
       <c r="A1226" s="1" t="inlineStr">
         <is>
-          <t>9786257311496</t>
+          <t>9786257764599</t>
         </is>
       </c>
       <c r="B1226" s="1" t="inlineStr">
         <is>
-          <t>Şiir, Kafada Çakan Şimşek</t>
+          <t>Yağmurun Şifreleri</t>
         </is>
       </c>
       <c r="C1226" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1227" spans="1:3">
       <c r="A1227" s="1" t="inlineStr">
         <is>
-          <t>9786257311762</t>
+          <t>9786257764537</t>
         </is>
       </c>
       <c r="B1227" s="1" t="inlineStr">
         <is>
-          <t>Flamingolar Döndü mü?</t>
+          <t>Her Aşk Bir Ay Taşır Alnında</t>
         </is>
       </c>
       <c r="C1227" s="1">
-        <v>280</v>
+        <v>800</v>
       </c>
     </row>
     <row r="1228" spans="1:3">
       <c r="A1228" s="1" t="inlineStr">
         <is>
-          <t>9786257311663</t>
+          <t>9786257764148</t>
         </is>
       </c>
       <c r="B1228" s="1" t="inlineStr">
         <is>
-          <t>Selma</t>
+          <t>Asil Adam</t>
         </is>
       </c>
       <c r="C1228" s="1">
-        <v>270</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1229" spans="1:3">
       <c r="A1229" s="1" t="inlineStr">
         <is>
-          <t>9786257352307</t>
+          <t>9786257098298</t>
         </is>
       </c>
       <c r="B1229" s="1" t="inlineStr">
         <is>
-          <t>İlk Göz Ağrım</t>
+          <t>Tuyuğlar</t>
         </is>
       </c>
       <c r="C1229" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1230" spans="1:3">
       <c r="A1230" s="1" t="inlineStr">
         <is>
-          <t>9786257352277</t>
+          <t>9786257098144</t>
         </is>
       </c>
       <c r="B1230" s="1" t="inlineStr">
         <is>
-          <t>Fuat Çiftçi - Seçkin Poetikalar</t>
+          <t>Te Jı Bajar Lawek Hezkır Disa</t>
         </is>
       </c>
       <c r="C1230" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1231" spans="1:3">
       <c r="A1231" s="1" t="inlineStr">
         <is>
-          <t>9786257311441</t>
+          <t>9786257764933</t>
         </is>
       </c>
       <c r="B1231" s="1" t="inlineStr">
         <is>
-          <t>Sezai Karakoç’un Coğrafyası</t>
+          <t>Daha Gazel</t>
         </is>
       </c>
       <c r="C1231" s="1">
-        <v>280</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1232" spans="1:3">
       <c r="A1232" s="1" t="inlineStr">
         <is>
-          <t>9786257311489</t>
+          <t>9786257764650</t>
         </is>
       </c>
       <c r="B1232" s="1" t="inlineStr">
         <is>
-          <t>Şiirimizin Gelemeyeceği</t>
+          <t>XL</t>
         </is>
       </c>
       <c r="C1232" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1233" spans="1:3">
       <c r="A1233" s="1" t="inlineStr">
         <is>
-          <t>9786257311540</t>
+          <t>9786257764797</t>
         </is>
       </c>
       <c r="B1233" s="1" t="inlineStr">
         <is>
-          <t>Masa Da Masalmış Ha!</t>
+          <t>Şiir Çıplak</t>
         </is>
       </c>
       <c r="C1233" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="1234" spans="1:3">
       <c r="A1234" s="1" t="inlineStr">
         <is>
-          <t>9786257311533</t>
+          <t>9786257764780</t>
         </is>
       </c>
       <c r="B1234" s="1" t="inlineStr">
         <is>
-          <t>Ozan Tabakası Delindi</t>
+          <t>Arınak</t>
         </is>
       </c>
       <c r="C1234" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1235" spans="1:3">
       <c r="A1235" s="1" t="inlineStr">
         <is>
-          <t>9786257311755</t>
+          <t>9786257764759</t>
         </is>
       </c>
       <c r="B1235" s="1" t="inlineStr">
         <is>
-          <t>Har Evinde Yar Kokusu</t>
+          <t>Ariadne İpi</t>
         </is>
       </c>
       <c r="C1235" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1236" spans="1:3">
       <c r="A1236" s="1" t="inlineStr">
         <is>
-          <t>9786257311915</t>
+          <t>9786257764742</t>
         </is>
       </c>
       <c r="B1236" s="1" t="inlineStr">
         <is>
-          <t>Tepegöz - Tiyatro Yazıları</t>
+          <t>Aziz İskender</t>
         </is>
       </c>
       <c r="C1236" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1237" spans="1:3">
       <c r="A1237" s="1" t="inlineStr">
         <is>
-          <t>9786257352284</t>
+          <t>9786257764698</t>
         </is>
       </c>
       <c r="B1237" s="1" t="inlineStr">
         <is>
-          <t>Maradona</t>
+          <t>Kül ve Gece</t>
         </is>
       </c>
       <c r="C1237" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1238" spans="1:3">
       <c r="A1238" s="1" t="inlineStr">
         <is>
-          <t>9786257352253</t>
+          <t>9786257391146</t>
         </is>
       </c>
       <c r="B1238" s="1" t="inlineStr">
         <is>
-          <t>Şeytan Diyor Ki</t>
+          <t>Sen Acıya Düşme İdil</t>
         </is>
       </c>
       <c r="C1238" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1239" spans="1:3">
       <c r="A1239" s="1" t="inlineStr">
         <is>
-          <t>9786257352260</t>
+          <t>9786257764070</t>
         </is>
       </c>
       <c r="B1239" s="1" t="inlineStr">
         <is>
-          <t>Hüseyin Çiftçi - Seçkin Poetikalar</t>
+          <t>Saire</t>
         </is>
       </c>
       <c r="C1239" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1240" spans="1:3">
       <c r="A1240" s="1" t="inlineStr">
         <is>
-          <t>9786257352420</t>
+          <t>9766257098915</t>
         </is>
       </c>
       <c r="B1240" s="1" t="inlineStr">
         <is>
-          <t>Rejisörün Hatıra Odası</t>
+          <t>Sıvası Kanayan Ev</t>
         </is>
       </c>
       <c r="C1240" s="1">
-        <v>250</v>
+        <v>80</v>
       </c>
     </row>
     <row r="1241" spans="1:3">
       <c r="A1241" s="1" t="inlineStr">
         <is>
-          <t>9786257352444</t>
+          <t>9786257098946</t>
         </is>
       </c>
       <c r="B1241" s="1" t="inlineStr">
         <is>
-          <t>Benim Yeşilçam’ım</t>
+          <t>Hayatı Şiirleştiren Kitaplar</t>
         </is>
       </c>
       <c r="C1241" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1242" spans="1:3">
       <c r="A1242" s="1" t="inlineStr">
         <is>
-          <t>9786257311786</t>
+          <t>9786257764025</t>
         </is>
       </c>
       <c r="B1242" s="1" t="inlineStr">
         <is>
-          <t>Farklı Coğrafyalarda Üretenler</t>
+          <t>Smyrna'nın Gözyaşları</t>
         </is>
       </c>
       <c r="C1242" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1243" spans="1:3">
       <c r="A1243" s="1" t="inlineStr">
         <is>
-          <t>9786257352437</t>
+          <t>9786257764049</t>
         </is>
       </c>
       <c r="B1243" s="1" t="inlineStr">
         <is>
-          <t>Nuri Bilge Ceylan Sinemasında Nihilizm</t>
+          <t>Biz Efendi Çocuklardık</t>
         </is>
       </c>
       <c r="C1243" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="1244" spans="1:3">
       <c r="A1244" s="1" t="inlineStr">
         <is>
-          <t>9786257311922</t>
+          <t>9786257764094</t>
         </is>
       </c>
       <c r="B1244" s="1" t="inlineStr">
         <is>
-          <t>Şahinler ve Güvercinler</t>
+          <t>Rıg Rıg’ın Yedi Sayısı</t>
         </is>
       </c>
       <c r="C1244" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1245" spans="1:3">
       <c r="A1245" s="1" t="inlineStr">
         <is>
-          <t>9786257311472</t>
+          <t>9786257764100</t>
         </is>
       </c>
       <c r="B1245" s="1" t="inlineStr">
         <is>
-          <t>Mordoğan</t>
+          <t>Ab-ı Hayat Bulan Kadın</t>
         </is>
       </c>
       <c r="C1245" s="1">
-        <v>700</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1246" spans="1:3">
       <c r="A1246" s="1" t="inlineStr">
         <is>
-          <t>9786257311632</t>
+          <t>9786257764230</t>
         </is>
       </c>
       <c r="B1246" s="1" t="inlineStr">
         <is>
-          <t>Günü Gelmeden Taburcu</t>
+          <t>Karşılaşmalar</t>
         </is>
       </c>
       <c r="C1246" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1247" spans="1:3">
       <c r="A1247" s="1" t="inlineStr">
         <is>
-          <t>9786257311731</t>
+          <t>9786257764247</t>
         </is>
       </c>
       <c r="B1247" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Mevlevilik, Tasavvuf ve Aşk</t>
+          <t>Güvercin Sürmesi</t>
         </is>
       </c>
       <c r="C1247" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1248" spans="1:3">
       <c r="A1248" s="1" t="inlineStr">
         <is>
-          <t>9786257311038</t>
+          <t>9786257764339</t>
         </is>
       </c>
       <c r="B1248" s="1" t="inlineStr">
         <is>
-          <t>Ateşi Üfleyen Nehir</t>
+          <t>İki Ders Bir Düş</t>
         </is>
       </c>
       <c r="C1248" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1249" spans="1:3">
       <c r="A1249" s="1" t="inlineStr">
         <is>
-          <t>9786257311830</t>
+          <t>9786257764032</t>
         </is>
       </c>
       <c r="B1249" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzünde Gezebiliyorken</t>
+          <t>Kentler ve Çöpler</t>
         </is>
       </c>
       <c r="C1249" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1250" spans="1:3">
       <c r="A1250" s="1" t="inlineStr">
         <is>
-          <t>9786257311724</t>
+          <t>9786257352567</t>
         </is>
       </c>
       <c r="B1250" s="1" t="inlineStr">
         <is>
-          <t>Su Lekesi</t>
+          <t>Sakura</t>
         </is>
       </c>
       <c r="C1250" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1251" spans="1:3">
       <c r="A1251" s="1" t="inlineStr">
         <is>
-          <t>9786257311847</t>
+          <t>9786257352208</t>
         </is>
       </c>
       <c r="B1251" s="1" t="inlineStr">
         <is>
-          <t>Sevgiyi Dağlara Salacağım</t>
+          <t>Taş Meselleri</t>
         </is>
       </c>
       <c r="C1251" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1252" spans="1:3">
       <c r="A1252" s="1" t="inlineStr">
         <is>
-          <t>9786257984430</t>
+          <t>9786257352215</t>
         </is>
       </c>
       <c r="B1252" s="1" t="inlineStr">
         <is>
-          <t>Kara Sinek</t>
+          <t>Dengbejin Gölgesinde</t>
         </is>
       </c>
       <c r="C1252" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="1253" spans="1:3">
       <c r="A1253" s="1" t="inlineStr">
         <is>
-          <t>9786257311144</t>
+          <t>9786257311625</t>
         </is>
       </c>
       <c r="B1253" s="1" t="inlineStr">
         <is>
-          <t>215 Gün 2.Kitap</t>
+          <t>Ölüm Ölünce</t>
         </is>
       </c>
       <c r="C1253" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="1254" spans="1:3">
       <c r="A1254" s="1" t="inlineStr">
         <is>
-          <t>9786257764810</t>
+          <t>9786257352239</t>
         </is>
       </c>
       <c r="B1254" s="1" t="inlineStr">
         <is>
-          <t>Yaşasın Tam Bağımsız Marilyn Monroe</t>
+          <t>Uçurumların Söylediği</t>
         </is>
       </c>
       <c r="C1254" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1255" spans="1:3">
       <c r="A1255" s="1" t="inlineStr">
         <is>
-          <t>9786257764773</t>
+          <t>9786257352291</t>
         </is>
       </c>
       <c r="B1255" s="1" t="inlineStr">
         <is>
-          <t>Tanrım Ben Kaçtım</t>
+          <t>Körlerin İzlediği Film</t>
         </is>
       </c>
       <c r="C1255" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="1256" spans="1:3">
       <c r="A1256" s="1" t="inlineStr">
         <is>
-          <t>9786257764544</t>
+          <t>9786257352222</t>
         </is>
       </c>
       <c r="B1256" s="1" t="inlineStr">
         <is>
-          <t>Çınarın Gölgesinde</t>
+          <t>Yangın Okuyucusu</t>
         </is>
       </c>
       <c r="C1256" s="1">
-        <v>200</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1257" spans="1:3">
       <c r="A1257" s="1" t="inlineStr">
         <is>
-          <t>9786257311854</t>
+          <t>9786257352574</t>
         </is>
       </c>
       <c r="B1257" s="1" t="inlineStr">
         <is>
-          <t>Orhan Veli - Bütün Şiirleri</t>
+          <t>Kentin Kıyıları</t>
         </is>
       </c>
       <c r="C1257" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1258" spans="1:3">
       <c r="A1258" s="1" t="inlineStr">
         <is>
-          <t>9786257311601</t>
+          <t>9786257311496</t>
         </is>
       </c>
       <c r="B1258" s="1" t="inlineStr">
         <is>
-          <t>Öykülerle Bir Zamanlar Adana</t>
+          <t>Şiir, Kafada Çakan Şimşek</t>
         </is>
       </c>
       <c r="C1258" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="1259" spans="1:3">
       <c r="A1259" s="1" t="inlineStr">
         <is>
-          <t>9786257311205</t>
+          <t>9786257311762</t>
         </is>
       </c>
       <c r="B1259" s="1" t="inlineStr">
         <is>
-          <t>185 Gün 1.Kitap</t>
+          <t>Flamingolar Döndü mü?</t>
         </is>
       </c>
       <c r="C1259" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1260" spans="1:3">
       <c r="A1260" s="1" t="inlineStr">
         <is>
-          <t>9786257764940</t>
+          <t>9786257311663</t>
         </is>
       </c>
       <c r="B1260" s="1" t="inlineStr">
         <is>
-          <t>Sonsuza Akan Irmakta</t>
+          <t>Selma</t>
         </is>
       </c>
       <c r="C1260" s="1">
-        <v>500</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1261" spans="1:3">
       <c r="A1261" s="1" t="inlineStr">
         <is>
-          <t>9786257764452</t>
+          <t>9786257352307</t>
         </is>
       </c>
       <c r="B1261" s="1" t="inlineStr">
         <is>
-          <t>Anormal Kadınlara Radikal Şiirler</t>
+          <t>İlk Göz Ağrım</t>
         </is>
       </c>
       <c r="C1261" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1262" spans="1:3">
       <c r="A1262" s="1" t="inlineStr">
         <is>
-          <t>9786257311656</t>
+          <t>9786257352277</t>
         </is>
       </c>
       <c r="B1262" s="1" t="inlineStr">
         <is>
-          <t>Solfej Arabic</t>
+          <t>Fuat Çiftçi - Seçkin Poetikalar</t>
         </is>
       </c>
       <c r="C1262" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1263" spans="1:3">
       <c r="A1263" s="1" t="inlineStr">
         <is>
-          <t>9786257311366</t>
+          <t>9786257311441</t>
         </is>
       </c>
       <c r="B1263" s="1" t="inlineStr">
         <is>
-          <t>Akşamcılar Puantiyeli Rüzgar Giyer</t>
+          <t>Sezai Karakoç’un Coğrafyası</t>
         </is>
       </c>
       <c r="C1263" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1264" spans="1:3">
       <c r="A1264" s="1" t="inlineStr">
         <is>
-          <t>9786257764469</t>
+          <t>9786257311489</t>
         </is>
       </c>
       <c r="B1264" s="1" t="inlineStr">
         <is>
-          <t>366.Gün</t>
+          <t>Şiirimizin Gelemeyeceği</t>
         </is>
       </c>
       <c r="C1264" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="1265" spans="1:3">
       <c r="A1265" s="1" t="inlineStr">
         <is>
-          <t>9786257098908</t>
+          <t>9786257311540</t>
         </is>
       </c>
       <c r="B1265" s="1" t="inlineStr">
         <is>
-          <t>Hüzün Yağmurları</t>
+          <t>Masa Da Masalmış Ha!</t>
         </is>
       </c>
       <c r="C1265" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1266" spans="1:3">
       <c r="A1266" s="1" t="inlineStr">
         <is>
-          <t>9786257311465</t>
+          <t>9786257311533</t>
         </is>
       </c>
       <c r="B1266" s="1" t="inlineStr">
         <is>
-          <t>Sessizliğin Alameti</t>
+          <t>Ozan Tabakası Delindi</t>
         </is>
       </c>
       <c r="C1266" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1267" spans="1:3">
       <c r="A1267" s="1" t="inlineStr">
         <is>
-          <t>9786257311007</t>
+          <t>9786257311755</t>
         </is>
       </c>
       <c r="B1267" s="1" t="inlineStr">
         <is>
-          <t>Pandemi</t>
+          <t>Har Evinde Yar Kokusu</t>
         </is>
       </c>
       <c r="C1267" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1268" spans="1:3">
       <c r="A1268" s="1" t="inlineStr">
         <is>
-          <t>9786257311311</t>
+          <t>9786257311915</t>
         </is>
       </c>
       <c r="B1268" s="1" t="inlineStr">
         <is>
-          <t>Neden Sosyalist Oldum?</t>
+          <t>Tepegöz - Tiyatro Yazıları</t>
         </is>
       </c>
       <c r="C1268" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="1269" spans="1:3">
       <c r="A1269" s="1" t="inlineStr">
         <is>
-          <t>9786257311151</t>
+          <t>9786257352284</t>
         </is>
       </c>
       <c r="B1269" s="1" t="inlineStr">
         <is>
-          <t>Adressiz Kelimeler</t>
+          <t>Maradona</t>
         </is>
       </c>
       <c r="C1269" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1270" spans="1:3">
       <c r="A1270" s="1" t="inlineStr">
         <is>
-          <t>9786257764988</t>
+          <t>9786257352253</t>
         </is>
       </c>
       <c r="B1270" s="1" t="inlineStr">
         <is>
-          <t>Sevgilim Karga</t>
+          <t>Şeytan Diyor Ki</t>
         </is>
       </c>
       <c r="C1270" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1271" spans="1:3">
       <c r="A1271" s="1" t="inlineStr">
         <is>
-          <t>9786257764063</t>
+          <t>9786257352260</t>
         </is>
       </c>
       <c r="B1271" s="1" t="inlineStr">
         <is>
-          <t>Her Hayat</t>
+          <t>Hüseyin Çiftçi - Seçkin Poetikalar</t>
         </is>
       </c>
       <c r="C1271" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1272" spans="1:3">
       <c r="A1272" s="1" t="inlineStr">
         <is>
-          <t>9786257098984</t>
+          <t>9786257352420</t>
         </is>
       </c>
       <c r="B1272" s="1" t="inlineStr">
         <is>
-          <t>Okuruma Mektuplar - 1</t>
+          <t>Rejisörün Hatıra Odası</t>
         </is>
       </c>
       <c r="C1272" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1273" spans="1:3">
       <c r="A1273" s="1" t="inlineStr">
         <is>
-          <t>9786257098823</t>
+          <t>9786257352444</t>
         </is>
       </c>
       <c r="B1273" s="1" t="inlineStr">
         <is>
-          <t>Verdek</t>
+          <t>Benim Yeşilçam’ım</t>
         </is>
       </c>
       <c r="C1273" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="1274" spans="1:3">
       <c r="A1274" s="1" t="inlineStr">
         <is>
-          <t>9786257764223</t>
+          <t>9786257311786</t>
         </is>
       </c>
       <c r="B1274" s="1" t="inlineStr">
         <is>
-          <t>Serçe Baladı</t>
+          <t>Farklı Coğrafyalarda Üretenler</t>
         </is>
       </c>
       <c r="C1274" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1275" spans="1:3">
       <c r="A1275" s="1" t="inlineStr">
         <is>
-          <t>9786257764216</t>
+          <t>9786257352437</t>
         </is>
       </c>
       <c r="B1275" s="1" t="inlineStr">
         <is>
-          <t>Uyumsuzluk ve İntihar</t>
+          <t>Nuri Bilge Ceylan Sinemasında Nihilizm</t>
         </is>
       </c>
       <c r="C1275" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="1276" spans="1:3">
       <c r="A1276" s="1" t="inlineStr">
         <is>
-          <t>9786257764131</t>
+          <t>9786257311922</t>
         </is>
       </c>
       <c r="B1276" s="1" t="inlineStr">
         <is>
-          <t>Geri Sayım Çiçeği</t>
+          <t>Şahinler ve Güvercinler</t>
         </is>
       </c>
       <c r="C1276" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1277" spans="1:3">
       <c r="A1277" s="1" t="inlineStr">
         <is>
-          <t>9786257764124</t>
+          <t>9786257311472</t>
         </is>
       </c>
       <c r="B1277" s="1" t="inlineStr">
         <is>
-          <t>İnceliğin Seyri</t>
+          <t>Mordoğan</t>
         </is>
       </c>
       <c r="C1277" s="1">
-        <v>180</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1278" spans="1:3">
       <c r="A1278" s="1" t="inlineStr">
         <is>
-          <t>9786257764308</t>
+          <t>9786257311632</t>
         </is>
       </c>
       <c r="B1278" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Dağ</t>
+          <t>Günü Gelmeden Taburcu</t>
         </is>
       </c>
       <c r="C1278" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1279" spans="1:3">
       <c r="A1279" s="1" t="inlineStr">
         <is>
-          <t>9786257764087</t>
+          <t>9786257311731</t>
         </is>
       </c>
       <c r="B1279" s="1" t="inlineStr">
         <is>
-          <t>Yedi Kilise</t>
+          <t>Mevlana Mevlevilik, Tasavvuf ve Aşk</t>
         </is>
       </c>
       <c r="C1279" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1280" spans="1:3">
       <c r="A1280" s="1" t="inlineStr">
         <is>
-          <t>9786257764322</t>
+          <t>9786257311038</t>
         </is>
       </c>
       <c r="B1280" s="1" t="inlineStr">
         <is>
-          <t>Rind</t>
+          <t>Ateşi Üfleyen Nehir</t>
         </is>
       </c>
       <c r="C1280" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1281" spans="1:3">
       <c r="A1281" s="1" t="inlineStr">
         <is>
-          <t>9786257098137</t>
+          <t>9786257311830</t>
         </is>
       </c>
       <c r="B1281" s="1" t="inlineStr">
         <is>
-          <t>Yaşamın Parmak İzleri</t>
+          <t>Gökyüzünde Gezebiliyorken</t>
         </is>
       </c>
       <c r="C1281" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1282" spans="1:3">
       <c r="A1282" s="1" t="inlineStr">
         <is>
-          <t>9786257098069</t>
+          <t>9786257311724</t>
         </is>
       </c>
       <c r="B1282" s="1" t="inlineStr">
         <is>
-          <t>İkra</t>
+          <t>Su Lekesi</t>
         </is>
       </c>
       <c r="C1282" s="1">
-        <v>270</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1283" spans="1:3">
       <c r="A1283" s="1" t="inlineStr">
         <is>
-          <t>9786257764261</t>
+          <t>9786257311847</t>
         </is>
       </c>
       <c r="B1283" s="1" t="inlineStr">
         <is>
-          <t>Acı Sarısı</t>
+          <t>Sevgiyi Dağlara Salacağım</t>
         </is>
       </c>
       <c r="C1283" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1284" spans="1:3">
       <c r="A1284" s="1" t="inlineStr">
         <is>
-          <t>9786257764278</t>
+          <t>9786257984430</t>
         </is>
       </c>
       <c r="B1284" s="1" t="inlineStr">
         <is>
-          <t>Tanrıça Nodra</t>
+          <t>Kara Sinek</t>
         </is>
       </c>
       <c r="C1284" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1285" spans="1:3">
       <c r="A1285" s="1" t="inlineStr">
         <is>
-          <t>9786257764117</t>
+          <t>9786257311144</t>
         </is>
       </c>
       <c r="B1285" s="1" t="inlineStr">
         <is>
-          <t>Silinti Harita</t>
+          <t>215 Gün 2.Kitap</t>
         </is>
       </c>
       <c r="C1285" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="1286" spans="1:3">
       <c r="A1286" s="1" t="inlineStr">
         <is>
-          <t>9786257764315</t>
+          <t>9786257764810</t>
         </is>
       </c>
       <c r="B1286" s="1" t="inlineStr">
         <is>
-          <t>Ne Keder Ne Hicran</t>
+          <t>Yaşasın Tam Bağımsız Marilyn Monroe</t>
         </is>
       </c>
       <c r="C1286" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="1287" spans="1:3">
       <c r="A1287" s="1" t="inlineStr">
         <is>
-          <t>9786257098977</t>
+          <t>9786257764773</t>
         </is>
       </c>
       <c r="B1287" s="1" t="inlineStr">
         <is>
-          <t>Şairime Mektuplar - 1</t>
+          <t>Tanrım Ben Kaçtım</t>
         </is>
       </c>
       <c r="C1287" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1288" spans="1:3">
       <c r="A1288" s="1" t="inlineStr">
         <is>
-          <t>9786257311991</t>
+          <t>9786257764544</t>
         </is>
       </c>
       <c r="B1288" s="1" t="inlineStr">
         <is>
-          <t>Çıkış Kapısı</t>
+          <t>Çınarın Gölgesinde</t>
         </is>
       </c>
       <c r="C1288" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1289" spans="1:3">
       <c r="A1289" s="1" t="inlineStr">
         <is>
-          <t>9786257352062</t>
+          <t>9786257311854</t>
         </is>
       </c>
       <c r="B1289" s="1" t="inlineStr">
         <is>
-          <t>Rüzgarın Kızı</t>
+          <t>Orhan Veli - Bütün Şiirleri</t>
         </is>
       </c>
       <c r="C1289" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1290" spans="1:3">
       <c r="A1290" s="1" t="inlineStr">
         <is>
-          <t>9786257984553</t>
+          <t>9786257311601</t>
         </is>
       </c>
       <c r="B1290" s="1" t="inlineStr">
         <is>
-          <t>A Pscyhoanalytic Criticism of Hawthorne' The Scarlet Letter and Melville's Moby Dick</t>
+          <t>Öykülerle Bir Zamanlar Adana</t>
         </is>
       </c>
       <c r="C1290" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="1291" spans="1:3">
       <c r="A1291" s="1" t="inlineStr">
         <is>
-          <t>9786058020443</t>
+          <t>9786257311205</t>
         </is>
       </c>
       <c r="B1291" s="1" t="inlineStr">
         <is>
-          <t>Her Şey Bir Taşla Başladı</t>
+          <t>185 Gün 1.Kitap</t>
         </is>
       </c>
       <c r="C1291" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1292" spans="1:3">
       <c r="A1292" s="1" t="inlineStr">
         <is>
-          <t>9786056970658</t>
+          <t>9786257764940</t>
         </is>
       </c>
       <c r="B1292" s="1" t="inlineStr">
         <is>
-          <t>Ses Ver Çağ Düşsün</t>
+          <t>Sonsuza Akan Irmakta</t>
         </is>
       </c>
       <c r="C1292" s="1">
-        <v>150</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1293" spans="1:3">
       <c r="A1293" s="1" t="inlineStr">
         <is>
-          <t>9786057655899</t>
+          <t>9786257764452</t>
         </is>
       </c>
       <c r="B1293" s="1" t="inlineStr">
         <is>
-          <t>İnsan</t>
+          <t>Anormal Kadınlara Radikal Şiirler</t>
         </is>
       </c>
       <c r="C1293" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1294" spans="1:3">
       <c r="A1294" s="1" t="inlineStr">
         <is>
-          <t>9786257984195</t>
+          <t>9786257311656</t>
         </is>
       </c>
       <c r="B1294" s="1" t="inlineStr">
         <is>
-          <t>Şahısların En Tekiliyim</t>
+          <t>Solfej Arabic</t>
         </is>
       </c>
       <c r="C1294" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="1295" spans="1:3">
       <c r="A1295" s="1" t="inlineStr">
         <is>
-          <t>9786257764728</t>
+          <t>9786257311366</t>
         </is>
       </c>
       <c r="B1295" s="1" t="inlineStr">
         <is>
-          <t>Yüzlerin Söyleşisi</t>
+          <t>Akşamcılar Puantiyeli Rüzgar Giyer</t>
         </is>
       </c>
       <c r="C1295" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1296" spans="1:3">
       <c r="A1296" s="1" t="inlineStr">
         <is>
-          <t>9786257311380</t>
+          <t>9786257764469</t>
         </is>
       </c>
       <c r="B1296" s="1" t="inlineStr">
         <is>
-          <t>Yeraltının Kırılganları Rimbaud ve Küçük İskender</t>
+          <t>366.Gün</t>
         </is>
       </c>
       <c r="C1296" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1297" spans="1:3">
       <c r="A1297" s="1" t="inlineStr">
         <is>
-          <t>9786257311250</t>
+          <t>9786257098908</t>
         </is>
       </c>
       <c r="B1297" s="1" t="inlineStr">
         <is>
-          <t>Yeniden Hayal Kurabilmek</t>
+          <t>Hüzün Yağmurları</t>
         </is>
       </c>
       <c r="C1297" s="1">
-        <v>280</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1298" spans="1:3">
       <c r="A1298" s="1" t="inlineStr">
         <is>
-          <t>9786257764490</t>
+          <t>9786257311465</t>
         </is>
       </c>
       <c r="B1298" s="1" t="inlineStr">
         <is>
-          <t>Tel Kadın</t>
+          <t>Sessizliğin Alameti</t>
         </is>
       </c>
       <c r="C1298" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1299" spans="1:3">
       <c r="A1299" s="1" t="inlineStr">
         <is>
-          <t>9786257764889</t>
+          <t>9786257311007</t>
         </is>
       </c>
       <c r="B1299" s="1" t="inlineStr">
         <is>
-          <t>Hayat Şiirdir</t>
+          <t>Pandemi</t>
         </is>
       </c>
       <c r="C1299" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1300" spans="1:3">
       <c r="A1300" s="1" t="inlineStr">
         <is>
-          <t>9786257311403</t>
+          <t>9786257311311</t>
         </is>
       </c>
       <c r="B1300" s="1" t="inlineStr">
         <is>
-          <t>Hardcore Şatafat (Ciltli)</t>
+          <t>Neden Sosyalist Oldum?</t>
         </is>
       </c>
       <c r="C1300" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1301" spans="1:3">
       <c r="A1301" s="1" t="inlineStr">
         <is>
-          <t>9786257764995</t>
+          <t>9786257311151</t>
         </is>
       </c>
       <c r="B1301" s="1" t="inlineStr">
         <is>
-          <t>Hangi Şiir Onarır Şu Taşküreyi?</t>
+          <t>Adressiz Kelimeler</t>
         </is>
       </c>
       <c r="C1301" s="1">
-        <v>400</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1302" spans="1:3">
       <c r="A1302" s="1" t="inlineStr">
         <is>
-          <t>9786257311229</t>
+          <t>9786257764988</t>
         </is>
       </c>
       <c r="B1302" s="1" t="inlineStr">
         <is>
-          <t>Fulya</t>
+          <t>Sevgilim Karga</t>
         </is>
       </c>
       <c r="C1302" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1303" spans="1:3">
       <c r="A1303" s="1" t="inlineStr">
         <is>
-          <t>9786257311014</t>
+          <t>9786257764063</t>
         </is>
       </c>
       <c r="B1303" s="1" t="inlineStr">
         <is>
-          <t>Esirliğim İstanbul</t>
+          <t>Her Hayat</t>
         </is>
       </c>
       <c r="C1303" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1304" spans="1:3">
       <c r="A1304" s="1" t="inlineStr">
         <is>
-          <t>9786257764551</t>
+          <t>9786257098984</t>
         </is>
       </c>
       <c r="B1304" s="1" t="inlineStr">
         <is>
-          <t>Efendi Hazretleri</t>
+          <t>Okuruma Mektuplar - 1</t>
         </is>
       </c>
       <c r="C1304" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1305" spans="1:3">
       <c r="A1305" s="1" t="inlineStr">
         <is>
-          <t>9786257311649</t>
+          <t>9786257098823</t>
         </is>
       </c>
       <c r="B1305" s="1" t="inlineStr">
         <is>
-          <t>Dört Yol Ağzında</t>
+          <t>Verdek</t>
         </is>
       </c>
       <c r="C1305" s="1">
-        <v>270</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1306" spans="1:3">
       <c r="A1306" s="1" t="inlineStr">
         <is>
-          <t>9786257764865</t>
+          <t>9786257764223</t>
         </is>
       </c>
       <c r="B1306" s="1" t="inlineStr">
         <is>
-          <t>Şiirimsiler 1</t>
+          <t>Serçe Baladı</t>
         </is>
       </c>
       <c r="C1306" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="1307" spans="1:3">
       <c r="A1307" s="1" t="inlineStr">
         <is>
-          <t>9786257311182</t>
+          <t>9786257764216</t>
         </is>
       </c>
       <c r="B1307" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Tünel</t>
+          <t>Uyumsuzluk ve İntihar</t>
         </is>
       </c>
       <c r="C1307" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1308" spans="1:3">
       <c r="A1308" s="1" t="inlineStr">
         <is>
-          <t>9786257764872</t>
+          <t>9786257764131</t>
         </is>
       </c>
       <c r="B1308" s="1" t="inlineStr">
         <is>
-          <t>Şiirimsiler 2</t>
+          <t>Geri Sayım Çiçeği</t>
         </is>
       </c>
       <c r="C1308" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1309" spans="1:3">
       <c r="A1309" s="1" t="inlineStr">
         <is>
-          <t>9786257764483</t>
+          <t>9786257764124</t>
         </is>
       </c>
       <c r="B1309" s="1" t="inlineStr">
         <is>
-          <t>Bir Atım Olsa</t>
+          <t>İnceliğin Seyri</t>
         </is>
       </c>
       <c r="C1309" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="1310" spans="1:3">
       <c r="A1310" s="1" t="inlineStr">
         <is>
-          <t>9786257311113</t>
+          <t>9786257764308</t>
         </is>
       </c>
       <c r="B1310" s="1" t="inlineStr">
         <is>
-          <t>Şarkılar Yazdım Sana</t>
+          <t>Büyülü Dağ</t>
         </is>
       </c>
       <c r="C1310" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1311" spans="1:3">
       <c r="A1311" s="1" t="inlineStr">
         <is>
-          <t>9786257311328</t>
+          <t>9786257764087</t>
         </is>
       </c>
       <c r="B1311" s="1" t="inlineStr">
         <is>
-          <t>Beyoğlu Cinayetleri</t>
+          <t>Yedi Kilise</t>
         </is>
       </c>
       <c r="C1311" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="1312" spans="1:3">
       <c r="A1312" s="1" t="inlineStr">
         <is>
-          <t>9786257311021</t>
+          <t>9786257764322</t>
         </is>
       </c>
       <c r="B1312" s="1" t="inlineStr">
         <is>
-          <t>Bedrettin Cömert</t>
+          <t>Rind</t>
         </is>
       </c>
       <c r="C1312" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1313" spans="1:3">
       <c r="A1313" s="1" t="inlineStr">
         <is>
-          <t>9786257311175</t>
+          <t>9786257098137</t>
         </is>
       </c>
       <c r="B1313" s="1" t="inlineStr">
         <is>
-          <t>Bana Zemheri Gibi Bakma</t>
+          <t>Yaşamın Parmak İzleri</t>
         </is>
       </c>
       <c r="C1313" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1314" spans="1:3">
       <c r="A1314" s="1" t="inlineStr">
         <is>
-          <t>9786257311502</t>
+          <t>9786257098069</t>
         </is>
       </c>
       <c r="B1314" s="1" t="inlineStr">
         <is>
-          <t>Sönük Bir Gün İçin Ağıt</t>
+          <t>İkra</t>
         </is>
       </c>
       <c r="C1314" s="1">
-        <v>250</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1315" spans="1:3">
       <c r="A1315" s="1" t="inlineStr">
         <is>
-          <t>9786257311090</t>
+          <t>9786257764261</t>
         </is>
       </c>
       <c r="B1315" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Bitmemesi İçin</t>
+          <t>Acı Sarısı</t>
         </is>
       </c>
       <c r="C1315" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1316" spans="1:3">
       <c r="A1316" s="1" t="inlineStr">
         <is>
-          <t>9786257764568</t>
+          <t>9786257764278</t>
         </is>
       </c>
       <c r="B1316" s="1" t="inlineStr">
         <is>
-          <t>Farkında Değildin (Ciltli)</t>
+          <t>Tanrıça Nodra</t>
         </is>
       </c>
       <c r="C1316" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1317" spans="1:3">
       <c r="A1317" s="1" t="inlineStr">
         <is>
-          <t>9786257764841</t>
+          <t>9786257764117</t>
         </is>
       </c>
       <c r="B1317" s="1" t="inlineStr">
         <is>
-          <t>Exodus</t>
+          <t>Silinti Harita</t>
         </is>
       </c>
       <c r="C1317" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1318" spans="1:3">
       <c r="A1318" s="1" t="inlineStr">
         <is>
-          <t>9786257764445</t>
+          <t>9786257764315</t>
         </is>
       </c>
       <c r="B1318" s="1" t="inlineStr">
         <is>
-          <t>Kadın Kaos</t>
+          <t>Ne Keder Ne Hicran</t>
         </is>
       </c>
       <c r="C1318" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1319" spans="1:3">
       <c r="A1319" s="1" t="inlineStr">
         <is>
-          <t>9786257764360</t>
+          <t>9786257098977</t>
         </is>
       </c>
       <c r="B1319" s="1" t="inlineStr">
         <is>
-          <t>(H)iç Ses</t>
+          <t>Şairime Mektuplar - 1</t>
         </is>
       </c>
       <c r="C1319" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1320" spans="1:3">
       <c r="A1320" s="1" t="inlineStr">
         <is>
-          <t>9786257311168</t>
+          <t>9786257311991</t>
         </is>
       </c>
       <c r="B1320" s="1" t="inlineStr">
         <is>
-          <t>Taş Avlu</t>
+          <t>Çıkış Kapısı</t>
         </is>
       </c>
       <c r="C1320" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1321" spans="1:3">
       <c r="A1321" s="1" t="inlineStr">
         <is>
-          <t>9786257098458</t>
+          <t>9786257352062</t>
         </is>
       </c>
       <c r="B1321" s="1" t="inlineStr">
         <is>
-          <t>Düşlük</t>
+          <t>Rüzgarın Kızı</t>
         </is>
       </c>
       <c r="C1321" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1322" spans="1:3">
       <c r="A1322" s="1" t="inlineStr">
         <is>
-          <t>9786257098564</t>
+          <t>9786257984553</t>
         </is>
       </c>
       <c r="B1322" s="1" t="inlineStr">
         <is>
-          <t>Gerçeküstü</t>
+          <t>A Pscyhoanalytic Criticism of Hawthorne' The Scarlet Letter and Melville's Moby Dick</t>
         </is>
       </c>
       <c r="C1322" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1323" spans="1:3">
       <c r="A1323" s="1" t="inlineStr">
         <is>
-          <t>9786257098878</t>
+          <t>9786058020443</t>
         </is>
       </c>
       <c r="B1323" s="1" t="inlineStr">
         <is>
-          <t>Gibi Yaşamak</t>
+          <t>Her Şey Bir Taşla Başladı</t>
         </is>
       </c>
       <c r="C1323" s="1">
-        <v>280</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1324" spans="1:3">
       <c r="A1324" s="1" t="inlineStr">
         <is>
-          <t>9786257098397</t>
+          <t>9786056970658</t>
         </is>
       </c>
       <c r="B1324" s="1" t="inlineStr">
         <is>
-          <t>Kırlangıç Hevesi</t>
+          <t>Ses Ver Çağ Düşsün</t>
         </is>
       </c>
       <c r="C1324" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1325" spans="1:3">
       <c r="A1325" s="1" t="inlineStr">
         <is>
-          <t>9786257098571</t>
+          <t>9786057655899</t>
         </is>
       </c>
       <c r="B1325" s="1" t="inlineStr">
         <is>
-          <t>Her Şiir Bir Tabanca</t>
+          <t>İnsan</t>
         </is>
       </c>
       <c r="C1325" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1326" spans="1:3">
       <c r="A1326" s="1" t="inlineStr">
         <is>
-          <t>9786257098465</t>
+          <t>9786257984195</t>
         </is>
       </c>
       <c r="B1326" s="1" t="inlineStr">
         <is>
-          <t>Çın Çınn</t>
+          <t>Şahısların En Tekiliyim</t>
         </is>
       </c>
       <c r="C1326" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1327" spans="1:3">
       <c r="A1327" s="1" t="inlineStr">
         <is>
-          <t>9786257098588</t>
+          <t>9786257764728</t>
         </is>
       </c>
       <c r="B1327" s="1" t="inlineStr">
         <is>
-          <t>Işığın 25. Karesi</t>
+          <t>Yüzlerin Söyleşisi</t>
         </is>
       </c>
       <c r="C1327" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1328" spans="1:3">
       <c r="A1328" s="1" t="inlineStr">
         <is>
-          <t>9786257098472</t>
+          <t>9786257311380</t>
         </is>
       </c>
       <c r="B1328" s="1" t="inlineStr">
         <is>
-          <t>Beton Ağaçlar Altında</t>
+          <t>Yeraltının Kırılganları Rimbaud ve Küçük İskender</t>
         </is>
       </c>
       <c r="C1328" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1329" spans="1:3">
       <c r="A1329" s="1" t="inlineStr">
         <is>
-          <t>9786257098663</t>
+          <t>9786257311250</t>
         </is>
       </c>
       <c r="B1329" s="1" t="inlineStr">
         <is>
-          <t>Yitik Zaman</t>
+          <t>Yeniden Hayal Kurabilmek</t>
         </is>
       </c>
       <c r="C1329" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1330" spans="1:3">
       <c r="A1330" s="1" t="inlineStr">
         <is>
-          <t>9786257098731</t>
+          <t>9786257764490</t>
         </is>
       </c>
       <c r="B1330" s="1" t="inlineStr">
         <is>
-          <t>Gök Şiir Dünya Şair</t>
+          <t>Tel Kadın</t>
         </is>
       </c>
       <c r="C1330" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1331" spans="1:3">
       <c r="A1331" s="1" t="inlineStr">
         <is>
-          <t>9786257098748</t>
+          <t>9786257764889</t>
         </is>
       </c>
       <c r="B1331" s="1" t="inlineStr">
         <is>
-          <t>Buyrun Arayın</t>
+          <t>Hayat Şiirdir</t>
         </is>
       </c>
       <c r="C1331" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1332" spans="1:3">
       <c r="A1332" s="1" t="inlineStr">
         <is>
-          <t>9786257098601</t>
+          <t>9786257311403</t>
         </is>
       </c>
       <c r="B1332" s="1" t="inlineStr">
         <is>
-          <t>Uçkun</t>
+          <t>Hardcore Şatafat (Ciltli)</t>
         </is>
       </c>
       <c r="C1332" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1333" spans="1:3">
       <c r="A1333" s="1" t="inlineStr">
         <is>
-          <t>9786257098670</t>
+          <t>9786257764995</t>
         </is>
       </c>
       <c r="B1333" s="1" t="inlineStr">
         <is>
-          <t>Yazdığını Yaşamak</t>
+          <t>Hangi Şiir Onarır Şu Taşküreyi?</t>
         </is>
       </c>
       <c r="C1333" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1334" spans="1:3">
       <c r="A1334" s="1" t="inlineStr">
         <is>
-          <t>9786257098403</t>
+          <t>9786257311229</t>
         </is>
       </c>
       <c r="B1334" s="1" t="inlineStr">
         <is>
-          <t>Kardelende Menekşe Vakti</t>
+          <t>Fulya</t>
         </is>
       </c>
       <c r="C1334" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1335" spans="1:3">
       <c r="A1335" s="1" t="inlineStr">
         <is>
-          <t>9786257098410</t>
+          <t>9786257311014</t>
         </is>
       </c>
       <c r="B1335" s="1" t="inlineStr">
         <is>
-          <t>Gelincik Ağrısı</t>
+          <t>Esirliğim İstanbul</t>
         </is>
       </c>
       <c r="C1335" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1336" spans="1:3">
       <c r="A1336" s="1" t="inlineStr">
         <is>
-          <t>9786257098489</t>
+          <t>9786257764551</t>
         </is>
       </c>
       <c r="B1336" s="1" t="inlineStr">
         <is>
-          <t>Alaca Kuş Ağıtı</t>
+          <t>Efendi Hazretleri</t>
         </is>
       </c>
       <c r="C1336" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1337" spans="1:3">
       <c r="A1337" s="1" t="inlineStr">
         <is>
-          <t>9786257098618</t>
+          <t>9786257311649</t>
         </is>
       </c>
       <c r="B1337" s="1" t="inlineStr">
         <is>
-          <t>Şiirin Şafağında</t>
+          <t>Dört Yol Ağzında</t>
         </is>
       </c>
       <c r="C1337" s="1">
-        <v>180</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1338" spans="1:3">
       <c r="A1338" s="1" t="inlineStr">
         <is>
-          <t>9786257098656</t>
+          <t>9786257764865</t>
         </is>
       </c>
       <c r="B1338" s="1" t="inlineStr">
         <is>
-          <t>Koş Kişot</t>
+          <t>Şiirimsiler 1</t>
         </is>
       </c>
       <c r="C1338" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1339" spans="1:3">
       <c r="A1339" s="1" t="inlineStr">
         <is>
-          <t>9786057655127</t>
+          <t>9786257311182</t>
         </is>
       </c>
       <c r="B1339" s="1" t="inlineStr">
         <is>
-          <t>Bin Dün Var Yarında</t>
+          <t>Büyülü Tünel</t>
         </is>
       </c>
       <c r="C1339" s="1">
-        <v>50</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1340" spans="1:3">
       <c r="A1340" s="1" t="inlineStr">
         <is>
-          <t>9786057655073</t>
+          <t>9786257764872</t>
         </is>
       </c>
       <c r="B1340" s="1" t="inlineStr">
         <is>
-          <t>Yanlış Kuşlar İskelesi</t>
+          <t>Şiirimsiler 2</t>
         </is>
       </c>
       <c r="C1340" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1341" spans="1:3">
       <c r="A1341" s="1" t="inlineStr">
         <is>
-          <t>9786057655080</t>
+          <t>9786257764483</t>
         </is>
       </c>
       <c r="B1341" s="1" t="inlineStr">
         <is>
-          <t>Yamalı Rüzgar</t>
+          <t>Bir Atım Olsa</t>
         </is>
       </c>
       <c r="C1341" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1342" spans="1:3">
       <c r="A1342" s="1" t="inlineStr">
         <is>
-          <t>9786057655141</t>
+          <t>9786257311113</t>
         </is>
       </c>
       <c r="B1342" s="1" t="inlineStr">
         <is>
-          <t>Lirbah</t>
+          <t>Şarkılar Yazdım Sana</t>
         </is>
       </c>
       <c r="C1342" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1343" spans="1:3">
       <c r="A1343" s="1" t="inlineStr">
         <is>
-          <t>9786257352932</t>
+          <t>9786257311328</t>
         </is>
       </c>
       <c r="B1343" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Orman</t>
+          <t>Beyoğlu Cinayetleri</t>
         </is>
       </c>
       <c r="C1343" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1344" spans="1:3">
       <c r="A1344" s="1" t="inlineStr">
         <is>
-          <t>9786257352697</t>
+          <t>9786257311021</t>
         </is>
       </c>
       <c r="B1344" s="1" t="inlineStr">
         <is>
-          <t>Kibrit Yanarken Bükülür</t>
+          <t>Bedrettin Cömert</t>
         </is>
       </c>
       <c r="C1344" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1345" spans="1:3">
       <c r="A1345" s="1" t="inlineStr">
         <is>
-          <t>9786257352864</t>
+          <t>9786257311175</t>
         </is>
       </c>
       <c r="B1345" s="1" t="inlineStr">
         <is>
-          <t>Ateşin Gürültüsü</t>
+          <t>Bana Zemheri Gibi Bakma</t>
         </is>
       </c>
       <c r="C1345" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1346" spans="1:3">
       <c r="A1346" s="1" t="inlineStr">
         <is>
-          <t>9786057655103</t>
+          <t>9786257311502</t>
         </is>
       </c>
       <c r="B1346" s="1" t="inlineStr">
         <is>
-          <t>Kendime Savurduğum Hançer</t>
+          <t>Sönük Bir Gün İçin Ağıt</t>
         </is>
       </c>
       <c r="C1346" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1347" spans="1:3">
       <c r="A1347" s="1" t="inlineStr">
         <is>
-          <t>9786257311304</t>
+          <t>9786257311090</t>
         </is>
       </c>
       <c r="B1347" s="1" t="inlineStr">
         <is>
-          <t>Rabarba</t>
+          <t>Aşkın Bitmemesi İçin</t>
         </is>
       </c>
       <c r="C1347" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1348" spans="1:3">
       <c r="A1348" s="1" t="inlineStr">
         <is>
-          <t>9786257391016</t>
+          <t>9786257764568</t>
         </is>
       </c>
       <c r="B1348" s="1" t="inlineStr">
         <is>
-          <t>Olay Ufku</t>
+          <t>Farkında Değildin (Ciltli)</t>
         </is>
       </c>
       <c r="C1348" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="1349" spans="1:3">
       <c r="A1349" s="1" t="inlineStr">
         <is>
-          <t>9786257352796</t>
+          <t>9786257764841</t>
         </is>
       </c>
       <c r="B1349" s="1" t="inlineStr">
         <is>
-          <t>Tozda Ayak İzleri</t>
+          <t>Exodus</t>
         </is>
       </c>
       <c r="C1349" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1350" spans="1:3">
       <c r="A1350" s="1" t="inlineStr">
         <is>
-          <t>9786257098885</t>
+          <t>9786257764445</t>
         </is>
       </c>
       <c r="B1350" s="1" t="inlineStr">
         <is>
-          <t>Islatmadan Öp Çölü</t>
+          <t>Kadın Kaos</t>
         </is>
       </c>
       <c r="C1350" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1351" spans="1:3">
       <c r="A1351" s="1" t="inlineStr">
         <is>
-          <t>9786257098427</t>
+          <t>9786257764360</t>
         </is>
       </c>
       <c r="B1351" s="1" t="inlineStr">
         <is>
-          <t>Fesleğen Kokusu</t>
+          <t>(H)iç Ses</t>
         </is>
       </c>
       <c r="C1351" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="1352" spans="1:3">
       <c r="A1352" s="1" t="inlineStr">
         <is>
-          <t>9786257098496</t>
+          <t>9786257311168</t>
         </is>
       </c>
       <c r="B1352" s="1" t="inlineStr">
         <is>
-          <t>Aort</t>
+          <t>Taş Avlu</t>
         </is>
       </c>
       <c r="C1352" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1353" spans="1:3">
       <c r="A1353" s="1" t="inlineStr">
         <is>
-          <t>9786257098625</t>
+          <t>9786257098458</t>
         </is>
       </c>
       <c r="B1353" s="1" t="inlineStr">
         <is>
-          <t>Naklen Acılar</t>
+          <t>Düşlük</t>
         </is>
       </c>
       <c r="C1353" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1354" spans="1:3">
       <c r="A1354" s="1" t="inlineStr">
         <is>
-          <t>9786257098694</t>
+          <t>9786257098564</t>
         </is>
       </c>
       <c r="B1354" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Lotusun Uyanışı</t>
+          <t>Gerçeküstü</t>
         </is>
       </c>
       <c r="C1354" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1355" spans="1:3">
       <c r="A1355" s="1" t="inlineStr">
         <is>
-          <t>9786257098762</t>
+          <t>9786257098878</t>
         </is>
       </c>
       <c r="B1355" s="1" t="inlineStr">
         <is>
-          <t>Aras Boyu Çığlık</t>
+          <t>Gibi Yaşamak</t>
         </is>
       </c>
       <c r="C1355" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1356" spans="1:3">
       <c r="A1356" s="1" t="inlineStr">
         <is>
-          <t>9786257098779</t>
+          <t>9786257098397</t>
         </is>
       </c>
       <c r="B1356" s="1" t="inlineStr">
         <is>
-          <t>Komşu Sesler</t>
+          <t>Kırlangıç Hevesi</t>
         </is>
       </c>
       <c r="C1356" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1357" spans="1:3">
       <c r="A1357" s="1" t="inlineStr">
         <is>
-          <t>9786257098717</t>
+          <t>9786257098571</t>
         </is>
       </c>
       <c r="B1357" s="1" t="inlineStr">
         <is>
-          <t>Kelimeler Aurayla Sevişir</t>
+          <t>Her Şiir Bir Tabanca</t>
         </is>
       </c>
       <c r="C1357" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1358" spans="1:3">
       <c r="A1358" s="1" t="inlineStr">
         <is>
-          <t>9786257098632</t>
+          <t>9786257098465</t>
         </is>
       </c>
       <c r="B1358" s="1" t="inlineStr">
         <is>
-          <t>Mirce</t>
+          <t>Çın Çınn</t>
         </is>
       </c>
       <c r="C1358" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1359" spans="1:3">
       <c r="A1359" s="1" t="inlineStr">
         <is>
-          <t>9786257098526</t>
+          <t>9786257098588</t>
         </is>
       </c>
       <c r="B1359" s="1" t="inlineStr">
         <is>
-          <t>Adressiz</t>
+          <t>Işığın 25. Karesi</t>
         </is>
       </c>
       <c r="C1359" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1360" spans="1:3">
       <c r="A1360" s="1" t="inlineStr">
         <is>
-          <t>9786257098434</t>
+          <t>9786257098472</t>
         </is>
       </c>
       <c r="B1360" s="1" t="inlineStr">
         <is>
-          <t>Faili Meçhul Yalnızlık</t>
+          <t>Beton Ağaçlar Altında</t>
         </is>
       </c>
       <c r="C1360" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1361" spans="1:3">
       <c r="A1361" s="1" t="inlineStr">
         <is>
-          <t>9786257098441</t>
+          <t>9786257098663</t>
         </is>
       </c>
       <c r="B1361" s="1" t="inlineStr">
         <is>
-          <t>Elleri Olmasa Hüznün</t>
+          <t>Yitik Zaman</t>
         </is>
       </c>
       <c r="C1361" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1362" spans="1:3">
       <c r="A1362" s="1" t="inlineStr">
         <is>
-          <t>9786257098540</t>
+          <t>9786257098731</t>
         </is>
       </c>
       <c r="B1362" s="1" t="inlineStr">
         <is>
-          <t>Bilyelerimi Attım Denize</t>
+          <t>Gök Şiir Dünya Şair</t>
         </is>
       </c>
       <c r="C1362" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="1363" spans="1:3">
       <c r="A1363" s="1" t="inlineStr">
         <is>
-          <t>9786257098649</t>
+          <t>9786257098748</t>
         </is>
       </c>
       <c r="B1363" s="1" t="inlineStr">
         <is>
-          <t>Yurtsuz Düş</t>
+          <t>Buyrun Arayın</t>
         </is>
       </c>
       <c r="C1363" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1364" spans="1:3">
       <c r="A1364" s="1" t="inlineStr">
         <is>
-          <t>9786257098724</t>
+          <t>9786257098601</t>
         </is>
       </c>
       <c r="B1364" s="1" t="inlineStr">
         <is>
-          <t>Gün Açar Mavi</t>
+          <t>Uçkun</t>
         </is>
       </c>
       <c r="C1364" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1365" spans="1:3">
       <c r="A1365" s="1" t="inlineStr">
         <is>
-          <t>9786257098793</t>
+          <t>9786257098670</t>
         </is>
       </c>
       <c r="B1365" s="1" t="inlineStr">
         <is>
-          <t>Bir Düş Sürgünü</t>
+          <t>Yazdığını Yaşamak</t>
         </is>
       </c>
       <c r="C1365" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1366" spans="1:3">
       <c r="A1366" s="1" t="inlineStr">
         <is>
-          <t>9786257098380</t>
+          <t>9786257098403</t>
         </is>
       </c>
       <c r="B1366" s="1" t="inlineStr">
         <is>
-          <t>Litost</t>
+          <t>Kardelende Menekşe Vakti</t>
         </is>
       </c>
       <c r="C1366" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="1367" spans="1:3">
       <c r="A1367" s="1" t="inlineStr">
         <is>
-          <t>9786257098687</t>
+          <t>9786257098410</t>
         </is>
       </c>
       <c r="B1367" s="1" t="inlineStr">
         <is>
-          <t>Taş Gölgeler</t>
+          <t>Gelincik Ağrısı</t>
         </is>
       </c>
       <c r="C1367" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1368" spans="1:3">
       <c r="A1368" s="1" t="inlineStr">
         <is>
-          <t>9786257098755</t>
+          <t>9786257098489</t>
         </is>
       </c>
       <c r="B1368" s="1" t="inlineStr">
         <is>
-          <t>Nokta</t>
+          <t>Alaca Kuş Ağıtı</t>
         </is>
       </c>
       <c r="C1368" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1369" spans="1:3">
       <c r="A1369" s="1" t="inlineStr">
         <is>
-          <t>9786257098373</t>
+          <t>9786257098618</t>
         </is>
       </c>
       <c r="B1369" s="1" t="inlineStr">
         <is>
-          <t>Ölüler Senfonisi</t>
+          <t>Şiirin Şafağında</t>
         </is>
       </c>
       <c r="C1369" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="1370" spans="1:3">
       <c r="A1370" s="1" t="inlineStr">
         <is>
-          <t>9786257098359</t>
+          <t>9786257098656</t>
         </is>
       </c>
       <c r="B1370" s="1" t="inlineStr">
         <is>
-          <t>Şarkıların Doğuşu</t>
+          <t>Koş Kişot</t>
         </is>
       </c>
       <c r="C1370" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1371" spans="1:3">
       <c r="A1371" s="1" t="inlineStr">
         <is>
-          <t>9786257984041</t>
+          <t>9786057655127</t>
         </is>
       </c>
       <c r="B1371" s="1" t="inlineStr">
         <is>
-          <t>Adım Josephine</t>
+          <t>Bin Dün Var Yarında</t>
         </is>
       </c>
       <c r="C1371" s="1">
-        <v>180</v>
+        <v>50</v>
       </c>
     </row>
     <row r="1372" spans="1:3">
       <c r="A1372" s="1" t="inlineStr">
         <is>
-          <t>9786057655646</t>
+          <t>9786057655073</t>
         </is>
       </c>
       <c r="B1372" s="1" t="inlineStr">
         <is>
-          <t>İkİ Ayaklılar Dört Ayaklılar Doğaları</t>
+          <t>Yanlış Kuşlar İskelesi</t>
         </is>
       </c>
       <c r="C1372" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1373" spans="1:3">
       <c r="A1373" s="1" t="inlineStr">
         <is>
-          <t>9786057655936</t>
+          <t>9786057655080</t>
         </is>
       </c>
       <c r="B1373" s="1" t="inlineStr">
         <is>
-          <t>Dünya Kaç Kare</t>
+          <t>Yamalı Rüzgar</t>
         </is>
       </c>
       <c r="C1373" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1374" spans="1:3">
       <c r="A1374" s="1" t="inlineStr">
         <is>
-          <t>9786057655967</t>
+          <t>9786057655141</t>
         </is>
       </c>
       <c r="B1374" s="1" t="inlineStr">
         <is>
-          <t>Dostlar Apartmanı</t>
+          <t>Lirbah</t>
         </is>
       </c>
       <c r="C1374" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1375" spans="1:3">
       <c r="A1375" s="1" t="inlineStr">
         <is>
-          <t>9786057655776</t>
+          <t>9786257352932</t>
         </is>
       </c>
       <c r="B1375" s="1" t="inlineStr">
         <is>
-          <t>Aşk Bize Dokununca</t>
+          <t>Yalnız Orman</t>
         </is>
       </c>
       <c r="C1375" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1376" spans="1:3">
       <c r="A1376" s="1" t="inlineStr">
         <is>
-          <t>9786057655981</t>
+          <t>9786257352697</t>
         </is>
       </c>
       <c r="B1376" s="1" t="inlineStr">
         <is>
-          <t>Sazlıktaki Rüzgar</t>
+          <t>Kibrit Yanarken Bükülür</t>
         </is>
       </c>
       <c r="C1376" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1377" spans="1:3">
       <c r="A1377" s="1" t="inlineStr">
         <is>
-          <t>9786057655875</t>
+          <t>9786257352864</t>
         </is>
       </c>
       <c r="B1377" s="1" t="inlineStr">
         <is>
-          <t>Uğurun Mantığı</t>
+          <t>Ateşin Gürültüsü</t>
         </is>
       </c>
       <c r="C1377" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="1378" spans="1:3">
       <c r="A1378" s="1" t="inlineStr">
         <is>
-          <t>9786057655974</t>
+          <t>9786057655103</t>
         </is>
       </c>
       <c r="B1378" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Ağaç</t>
+          <t>Kendime Savurduğum Hançer</t>
         </is>
       </c>
       <c r="C1378" s="1">
-        <v>170</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1379" spans="1:3">
       <c r="A1379" s="1" t="inlineStr">
         <is>
-          <t>9786057655998</t>
+          <t>9786257311304</t>
         </is>
       </c>
       <c r="B1379" s="1" t="inlineStr">
         <is>
-          <t>Kuzudan Kaplana</t>
+          <t>Rabarba</t>
         </is>
       </c>
       <c r="C1379" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1380" spans="1:3">
       <c r="A1380" s="1" t="inlineStr">
         <is>
-          <t>9786057655950</t>
+          <t>9786257391016</t>
         </is>
       </c>
       <c r="B1380" s="1" t="inlineStr">
         <is>
-          <t>Dilsiz Tekneci</t>
+          <t>Olay Ufku</t>
         </is>
       </c>
       <c r="C1380" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="1381" spans="1:3">
       <c r="A1381" s="1" t="inlineStr">
         <is>
-          <t>9786057655035</t>
+          <t>9786257352796</t>
         </is>
       </c>
       <c r="B1381" s="1" t="inlineStr">
         <is>
-          <t>İp Cambazı</t>
+          <t>Tozda Ayak İzleri</t>
         </is>
       </c>
       <c r="C1381" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1382" spans="1:3">
       <c r="A1382" s="1" t="inlineStr">
         <is>
-          <t>9786057655066</t>
+          <t>9786257098885</t>
         </is>
       </c>
       <c r="B1382" s="1" t="inlineStr">
         <is>
-          <t>Haller Kitabı</t>
+          <t>Islatmadan Öp Çölü</t>
         </is>
       </c>
       <c r="C1382" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1383" spans="1:3">
       <c r="A1383" s="1" t="inlineStr">
         <is>
-          <t>9786057655011</t>
+          <t>9786257098427</t>
         </is>
       </c>
       <c r="B1383" s="1" t="inlineStr">
         <is>
-          <t>Sus'un Gizi</t>
+          <t>Fesleğen Kokusu</t>
         </is>
       </c>
       <c r="C1383" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1384" spans="1:3">
       <c r="A1384" s="1" t="inlineStr">
         <is>
-          <t>9786057655028</t>
+          <t>9786257098496</t>
         </is>
       </c>
       <c r="B1384" s="1" t="inlineStr">
         <is>
-          <t>Ölü Geyikler İçin Eleji</t>
+          <t>Aort</t>
         </is>
       </c>
       <c r="C1384" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1385" spans="1:3">
       <c r="A1385" s="1" t="inlineStr">
         <is>
-          <t>9786257352079</t>
+          <t>9786257098625</t>
         </is>
       </c>
       <c r="B1385" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Kadınlar Lokali</t>
+          <t>Naklen Acılar</t>
         </is>
       </c>
       <c r="C1385" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1386" spans="1:3">
       <c r="A1386" s="1" t="inlineStr">
         <is>
-          <t>9786257764896</t>
+          <t>9786257098694</t>
         </is>
       </c>
       <c r="B1386" s="1" t="inlineStr">
         <is>
-          <t>Zaman ve Fırat</t>
+          <t>Kutsal Lotusun Uyanışı</t>
         </is>
       </c>
       <c r="C1386" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1387" spans="1:3">
       <c r="A1387" s="1" t="inlineStr">
         <is>
-          <t>9786257352017</t>
+          <t>9786257098762</t>
         </is>
       </c>
       <c r="B1387" s="1" t="inlineStr">
         <is>
-          <t>Aforizmalar 1</t>
+          <t>Aras Boyu Çığlık</t>
         </is>
       </c>
       <c r="C1387" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1388" spans="1:3">
       <c r="A1388" s="1" t="inlineStr">
         <is>
-          <t>9786257311519</t>
+          <t>9786257098779</t>
         </is>
       </c>
       <c r="B1388" s="1" t="inlineStr">
         <is>
-          <t>Sis</t>
+          <t>Komşu Sesler</t>
         </is>
       </c>
       <c r="C1388" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1389" spans="1:3">
       <c r="A1389" s="1" t="inlineStr">
         <is>
-          <t>9786257352116</t>
+          <t>9786257098717</t>
         </is>
       </c>
       <c r="B1389" s="1" t="inlineStr">
         <is>
-          <t>Şiirin Gizlisi Çok</t>
+          <t>Kelimeler Aurayla Sevişir</t>
         </is>
       </c>
       <c r="C1389" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1390" spans="1:3">
       <c r="A1390" s="1" t="inlineStr">
         <is>
-          <t>9786057655097</t>
+          <t>9786257098632</t>
         </is>
       </c>
       <c r="B1390" s="1" t="inlineStr">
         <is>
-          <t>Kimi Öpsem Yitirir Anneliğini</t>
+          <t>Mirce</t>
         </is>
       </c>
       <c r="C1390" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1391" spans="1:3">
       <c r="A1391" s="1" t="inlineStr">
         <is>
-          <t>9786257352000</t>
+          <t>9786257098526</t>
         </is>
       </c>
       <c r="B1391" s="1" t="inlineStr">
         <is>
-          <t>Beşik Sırtı</t>
+          <t>Adressiz</t>
         </is>
       </c>
       <c r="C1391" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1392" spans="1:3">
       <c r="A1392" s="1" t="inlineStr">
         <is>
-          <t>9786257311861</t>
+          <t>9786257098434</t>
         </is>
       </c>
       <c r="B1392" s="1" t="inlineStr">
         <is>
-          <t>İşte Bütün Hikaye Bu</t>
+          <t>Faili Meçhul Yalnızlık</t>
         </is>
       </c>
       <c r="C1392" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1393" spans="1:3">
       <c r="A1393" s="1" t="inlineStr">
         <is>
-          <t>9786257352147</t>
+          <t>9786257098441</t>
         </is>
       </c>
       <c r="B1393" s="1" t="inlineStr">
         <is>
-          <t>Sinemanın Maskeler</t>
+          <t>Elleri Olmasa Hüznün</t>
         </is>
       </c>
       <c r="C1393" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1394" spans="1:3">
       <c r="A1394" s="1" t="inlineStr">
         <is>
-          <t>9786257352161</t>
+          <t>9786257098540</t>
         </is>
       </c>
       <c r="B1394" s="1" t="inlineStr">
         <is>
-          <t>Benim Sinemacılarım</t>
+          <t>Bilyelerimi Attım Denize</t>
         </is>
       </c>
       <c r="C1394" s="1">
-        <v>270</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1395" spans="1:3">
       <c r="A1395" s="1" t="inlineStr">
         <is>
-          <t>9786257352154</t>
+          <t>9786257098649</t>
         </is>
       </c>
       <c r="B1395" s="1" t="inlineStr">
         <is>
-          <t>Radyodan Televizyona Arkası Yarın</t>
+          <t>Yurtsuz Düş</t>
         </is>
       </c>
       <c r="C1395" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1396" spans="1:3">
       <c r="A1396" s="1" t="inlineStr">
         <is>
-          <t>9786257352093</t>
+          <t>9786257098724</t>
         </is>
       </c>
       <c r="B1396" s="1" t="inlineStr">
         <is>
-          <t>Tut Dilimden Şileyda</t>
+          <t>Gün Açar Mavi</t>
         </is>
       </c>
       <c r="C1396" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1397" spans="1:3">
       <c r="A1397" s="1" t="inlineStr">
         <is>
-          <t>9786257352055</t>
+          <t>9786257098793</t>
         </is>
       </c>
       <c r="B1397" s="1" t="inlineStr">
         <is>
-          <t>Viran Şiir</t>
+          <t>Bir Düş Sürgünü</t>
         </is>
       </c>
       <c r="C1397" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1398" spans="1:3">
       <c r="A1398" s="1" t="inlineStr">
         <is>
-          <t>9786257352130</t>
+          <t>9786257098380</t>
         </is>
       </c>
       <c r="B1398" s="1" t="inlineStr">
         <is>
-          <t>Bir Göç Hikayesi</t>
+          <t>Litost</t>
         </is>
       </c>
       <c r="C1398" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1399" spans="1:3">
       <c r="A1399" s="1" t="inlineStr">
         <is>
-          <t>9786257352086</t>
+          <t>9786257098687</t>
         </is>
       </c>
       <c r="B1399" s="1" t="inlineStr">
         <is>
-          <t>Yer Çekimine Aşık Kuşlar Kulübü</t>
+          <t>Taş Gölgeler</t>
         </is>
       </c>
       <c r="C1399" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="1400" spans="1:3">
       <c r="A1400" s="1" t="inlineStr">
         <is>
-          <t>9786257311878</t>
+          <t>9786257098755</t>
         </is>
       </c>
       <c r="B1400" s="1" t="inlineStr">
         <is>
-          <t>Vadi</t>
+          <t>Nokta</t>
         </is>
       </c>
       <c r="C1400" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1401" spans="1:3">
       <c r="A1401" s="1" t="inlineStr">
         <is>
-          <t>9786257352178</t>
+          <t>9786257098373</t>
         </is>
       </c>
       <c r="B1401" s="1" t="inlineStr">
         <is>
-          <t>Yaza Daha Çok Var Çocuk</t>
+          <t>Ölüler Senfonisi</t>
         </is>
       </c>
       <c r="C1401" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1402" spans="1:3">
       <c r="A1402" s="1" t="inlineStr">
         <is>
-          <t>9786257311779</t>
+          <t>9786257098359</t>
         </is>
       </c>
       <c r="B1402" s="1" t="inlineStr">
         <is>
-          <t>Aşk Örgütlenmektir</t>
+          <t>Şarkıların Doğuşu</t>
         </is>
       </c>
       <c r="C1402" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1403" spans="1:3">
       <c r="A1403" s="1" t="inlineStr">
         <is>
-          <t>9786257311793</t>
+          <t>9786257984041</t>
         </is>
       </c>
       <c r="B1403" s="1" t="inlineStr">
         <is>
-          <t>Aslan Burcu</t>
+          <t>Adım Josephine</t>
         </is>
       </c>
       <c r="C1403" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="1404" spans="1:3">
       <c r="A1404" s="1" t="inlineStr">
         <is>
-          <t>9786257311953</t>
+          <t>9786057655646</t>
         </is>
       </c>
       <c r="B1404" s="1" t="inlineStr">
         <is>
-          <t>Öteki Mülteci</t>
+          <t>İkİ Ayaklılar Dört Ayaklılar Doğaları</t>
         </is>
       </c>
       <c r="C1404" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1405" spans="1:3">
       <c r="A1405" s="1" t="inlineStr">
         <is>
-          <t>9786257311397</t>
+          <t>9786057655936</t>
         </is>
       </c>
       <c r="B1405" s="1" t="inlineStr">
         <is>
-          <t>Tahirhan</t>
+          <t>Dünya Kaç Kare</t>
         </is>
       </c>
       <c r="C1405" s="1">
-        <v>250</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1406" spans="1:3">
       <c r="A1406" s="1" t="inlineStr">
         <is>
-          <t>9786257311557</t>
+          <t>9786057655967</t>
         </is>
       </c>
       <c r="B1406" s="1" t="inlineStr">
         <is>
-          <t>Islığımın Ucunda Ay Heybemde Gül Kokusu</t>
+          <t>Dostlar Apartmanı</t>
         </is>
       </c>
       <c r="C1406" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1407" spans="1:3">
       <c r="A1407" s="1" t="inlineStr">
         <is>
-          <t>9786257311526</t>
+          <t>9786057655776</t>
         </is>
       </c>
       <c r="B1407" s="1" t="inlineStr">
         <is>
-          <t>Sakıncalı Dizeler</t>
+          <t>Aşk Bize Dokununca</t>
         </is>
       </c>
       <c r="C1407" s="1">
-        <v>350</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1408" spans="1:3">
       <c r="A1408" s="1" t="inlineStr">
         <is>
-          <t>9786257311588</t>
+          <t>9786057655981</t>
         </is>
       </c>
       <c r="B1408" s="1" t="inlineStr">
         <is>
-          <t>Aşk Kimseye Kimliğini Sormaz</t>
+          <t>Sazlıktaki Rüzgar</t>
         </is>
       </c>
       <c r="C1408" s="1">
-        <v>350</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1409" spans="1:3">
       <c r="A1409" s="1" t="inlineStr">
         <is>
-          <t>9786257352024</t>
+          <t>9786057655875</t>
         </is>
       </c>
       <c r="B1409" s="1" t="inlineStr">
         <is>
-          <t>Omnia</t>
+          <t>Uğurun Mantığı</t>
         </is>
       </c>
       <c r="C1409" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1410" spans="1:3">
       <c r="A1410" s="1" t="inlineStr">
         <is>
-          <t>9786257311885</t>
+          <t>9786057655974</t>
         </is>
       </c>
       <c r="B1410" s="1" t="inlineStr">
         <is>
-          <t>Yazınsal Söylem</t>
+          <t>Yalnız Ağaç</t>
         </is>
       </c>
       <c r="C1410" s="1">
-        <v>300</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1411" spans="1:3">
       <c r="A1411" s="1" t="inlineStr">
         <is>
-          <t>9786257311700</t>
+          <t>9786057655998</t>
         </is>
       </c>
       <c r="B1411" s="1" t="inlineStr">
         <is>
-          <t>Dağınık Atlas</t>
+          <t>Kuzudan Kaplana</t>
         </is>
       </c>
       <c r="C1411" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1412" spans="1:3">
       <c r="A1412" s="1" t="inlineStr">
         <is>
-          <t>9786257311960</t>
+          <t>9786057655950</t>
         </is>
       </c>
       <c r="B1412" s="1" t="inlineStr">
         <is>
-          <t>İşgal ve İsyan</t>
+          <t>Dilsiz Tekneci</t>
         </is>
       </c>
       <c r="C1412" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1413" spans="1:3">
       <c r="A1413" s="1" t="inlineStr">
         <is>
-          <t>9786057655042</t>
+          <t>9786057655035</t>
         </is>
       </c>
       <c r="B1413" s="1" t="inlineStr">
         <is>
-          <t>Dut Ağacı</t>
+          <t>İp Cambazı</t>
         </is>
       </c>
       <c r="C1413" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="1414" spans="1:3">
       <c r="A1414" s="1" t="inlineStr">
         <is>
-          <t>9786257352109</t>
+          <t>9786057655066</t>
         </is>
       </c>
       <c r="B1414" s="1" t="inlineStr">
         <is>
-          <t>Ve Gül Ve Ateş Ve Su</t>
+          <t>Haller Kitabı</t>
         </is>
       </c>
       <c r="C1414" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1415" spans="1:3">
       <c r="A1415" s="1" t="inlineStr">
         <is>
-          <t>9786257311892</t>
+          <t>9786057655011</t>
         </is>
       </c>
       <c r="B1415" s="1" t="inlineStr">
         <is>
-          <t>Vakvak Dalında Hüthüt</t>
+          <t>Sus'un Gizi</t>
         </is>
       </c>
       <c r="C1415" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1416" spans="1:3">
       <c r="A1416" s="1" t="inlineStr">
         <is>
-          <t>9786257311618</t>
+          <t>9786057655028</t>
         </is>
       </c>
       <c r="B1416" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Siyah Gece Uzun</t>
+          <t>Ölü Geyikler İçin Eleji</t>
         </is>
       </c>
       <c r="C1416" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1417" spans="1:3">
       <c r="A1417" s="1" t="inlineStr">
         <is>
-          <t>9786257764001</t>
+          <t>9786257352079</t>
         </is>
       </c>
       <c r="B1417" s="1" t="inlineStr">
         <is>
-          <t>Dansa Kaldırılmayan Kadın</t>
+          <t>Sessiz Kadınlar Lokali</t>
         </is>
       </c>
       <c r="C1417" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1418" spans="1:3">
       <c r="A1418" s="1" t="inlineStr">
         <is>
-          <t>9786257311977</t>
+          <t>9786257764896</t>
         </is>
       </c>
       <c r="B1418" s="1" t="inlineStr">
         <is>
-          <t>Güz Kumrusu</t>
+          <t>Zaman ve Fırat</t>
         </is>
       </c>
       <c r="C1418" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1419" spans="1:3">
       <c r="A1419" s="1" t="inlineStr">
         <is>
-          <t>9786257098847</t>
+          <t>9786257352017</t>
         </is>
       </c>
       <c r="B1419" s="1" t="inlineStr">
         <is>
-          <t>1 Buket 41 Gül</t>
+          <t>Aforizmalar 1</t>
         </is>
       </c>
       <c r="C1419" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1420" spans="1:3">
       <c r="A1420" s="1" t="inlineStr">
         <is>
-          <t>9786257098922</t>
+          <t>9786257311519</t>
         </is>
       </c>
       <c r="B1420" s="1" t="inlineStr">
         <is>
-          <t>Bilge Kedi Olmak İstiyor</t>
+          <t>Sis</t>
         </is>
       </c>
       <c r="C1420" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1421" spans="1:3">
       <c r="A1421" s="1" t="inlineStr">
         <is>
-          <t>9786257098991</t>
+          <t>9786257352116</t>
         </is>
       </c>
       <c r="B1421" s="1" t="inlineStr">
         <is>
-          <t>Gazellertesi</t>
+          <t>Şiirin Gizlisi Çok</t>
         </is>
       </c>
       <c r="C1421" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1422" spans="1:3">
       <c r="A1422" s="1" t="inlineStr">
         <is>
-          <t>9786257098960</t>
+          <t>9786057655097</t>
         </is>
       </c>
       <c r="B1422" s="1" t="inlineStr">
         <is>
-          <t>Sistemin Artıkları</t>
+          <t>Kimi Öpsem Yitirir Anneliğini</t>
         </is>
       </c>
       <c r="C1422" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1423" spans="1:3">
       <c r="A1423" s="1" t="inlineStr">
         <is>
-          <t>9786257098342</t>
+          <t>9786257352000</t>
         </is>
       </c>
       <c r="B1423" s="1" t="inlineStr">
         <is>
-          <t>Porselen Güvercin</t>
+          <t>Beşik Sırtı</t>
         </is>
       </c>
       <c r="C1423" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1424" spans="1:3">
       <c r="A1424" s="1" t="inlineStr">
         <is>
-          <t>9786257098861</t>
+          <t>9786257311861</t>
         </is>
       </c>
       <c r="B1424" s="1" t="inlineStr">
         <is>
-          <t>Eskici</t>
+          <t>İşte Bütün Hikaye Bu</t>
         </is>
       </c>
       <c r="C1424" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1425" spans="1:3">
       <c r="A1425" s="1" t="inlineStr">
         <is>
-          <t>9786257311984</t>
+          <t>9786257352147</t>
         </is>
       </c>
       <c r="B1425" s="1" t="inlineStr">
         <is>
-          <t>Ferfene</t>
+          <t>Sinemanın Maskeler</t>
         </is>
       </c>
       <c r="C1425" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1426" spans="1:3">
       <c r="A1426" s="1" t="inlineStr">
         <is>
-          <t>9786257311236</t>
+          <t>9786257352161</t>
         </is>
       </c>
       <c r="B1426" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Elisa</t>
+          <t>Benim Sinemacılarım</t>
         </is>
       </c>
       <c r="C1426" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1427" spans="1:3">
       <c r="A1427" s="1" t="inlineStr">
         <is>
-          <t>9786257311946</t>
+          <t>9786257352154</t>
         </is>
       </c>
       <c r="B1427" s="1" t="inlineStr">
         <is>
-          <t>Seyir Defteri</t>
+          <t>Radyodan Televizyona Arkası Yarın</t>
         </is>
       </c>
       <c r="C1427" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1428" spans="1:3">
       <c r="A1428" s="1" t="inlineStr">
         <is>
-          <t>9786257984782</t>
+          <t>9786257352093</t>
         </is>
       </c>
       <c r="B1428" s="1" t="inlineStr">
         <is>
-          <t>Uçurtma Yarası</t>
+          <t>Tut Dilimden Şileyda</t>
         </is>
       </c>
       <c r="C1428" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1429" spans="1:3">
       <c r="A1429" s="1" t="inlineStr">
         <is>
-          <t>9786257984478</t>
+          <t>9786257352055</t>
         </is>
       </c>
       <c r="B1429" s="1" t="inlineStr">
         <is>
-          <t>Allah'ın Sol Yumruğu</t>
+          <t>Viran Şiir</t>
         </is>
       </c>
       <c r="C1429" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1430" spans="1:3">
       <c r="A1430" s="1" t="inlineStr">
         <is>
-          <t>9786257984751</t>
+          <t>9786257352130</t>
         </is>
       </c>
       <c r="B1430" s="1" t="inlineStr">
         <is>
-          <t>Tartışılan Alevilik</t>
+          <t>Bir Göç Hikayesi</t>
         </is>
       </c>
       <c r="C1430" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1431" spans="1:3">
       <c r="A1431" s="1" t="inlineStr">
         <is>
-          <t>9786257984607</t>
+          <t>9786257352086</t>
         </is>
       </c>
       <c r="B1431" s="1" t="inlineStr">
         <is>
-          <t>Suyun Gölgeye Karıştığı</t>
+          <t>Yer Çekimine Aşık Kuşlar Kulübü</t>
         </is>
       </c>
       <c r="C1431" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="1432" spans="1:3">
       <c r="A1432" s="1" t="inlineStr">
         <is>
-          <t>9786257984614</t>
+          <t>9786257311878</t>
         </is>
       </c>
       <c r="B1432" s="1" t="inlineStr">
         <is>
-          <t>Som Şiiri Aramak</t>
+          <t>Vadi</t>
         </is>
       </c>
       <c r="C1432" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="1433" spans="1:3">
       <c r="A1433" s="1" t="inlineStr">
         <is>
-          <t>9786257984706</t>
+          <t>9786257352178</t>
         </is>
       </c>
       <c r="B1433" s="1" t="inlineStr">
         <is>
-          <t>Sevlaç</t>
+          <t>Yaza Daha Çok Var Çocuk</t>
         </is>
       </c>
       <c r="C1433" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1434" spans="1:3">
       <c r="A1434" s="1" t="inlineStr">
         <is>
-          <t>9786257984768</t>
+          <t>9786257311779</t>
         </is>
       </c>
       <c r="B1434" s="1" t="inlineStr">
         <is>
-          <t>Niksin Göktaşları</t>
+          <t>Aşk Örgütlenmektir</t>
         </is>
       </c>
       <c r="C1434" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1435" spans="1:3">
       <c r="A1435" s="1" t="inlineStr">
         <is>
-          <t>9786257984546</t>
+          <t>9786257311793</t>
         </is>
       </c>
       <c r="B1435" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Kravat</t>
+          <t>Aslan Burcu</t>
         </is>
       </c>
       <c r="C1435" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1436" spans="1:3">
       <c r="A1436" s="1" t="inlineStr">
         <is>
-          <t>9786257984539</t>
+          <t>9786257311953</t>
         </is>
       </c>
       <c r="B1436" s="1" t="inlineStr">
         <is>
-          <t>Kaçak</t>
+          <t>Öteki Mülteci</t>
         </is>
       </c>
       <c r="C1436" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1437" spans="1:3">
       <c r="A1437" s="1" t="inlineStr">
         <is>
-          <t>9786257984720</t>
+          <t>9786257311397</t>
         </is>
       </c>
       <c r="B1437" s="1" t="inlineStr">
         <is>
-          <t>Işığın Peşinde</t>
+          <t>Tahirhan</t>
         </is>
       </c>
       <c r="C1437" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="1438" spans="1:3">
       <c r="A1438" s="1" t="inlineStr">
         <is>
-          <t>9786257984355</t>
+          <t>9786257311557</t>
         </is>
       </c>
       <c r="B1438" s="1" t="inlineStr">
         <is>
-          <t>İki Ülke Arasında Kalan Kış</t>
+          <t>Islığımın Ucunda Ay Heybemde Gül Kokusu</t>
         </is>
       </c>
       <c r="C1438" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1439" spans="1:3">
       <c r="A1439" s="1" t="inlineStr">
         <is>
-          <t>9786257984454</t>
+          <t>9786257311526</t>
         </is>
       </c>
       <c r="B1439" s="1" t="inlineStr">
         <is>
-          <t>Güller Kerhanesi</t>
+          <t>Sakıncalı Dizeler</t>
         </is>
       </c>
       <c r="C1439" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1440" spans="1:3">
       <c r="A1440" s="1" t="inlineStr">
         <is>
-          <t>9786257984386</t>
+          <t>9786257311588</t>
         </is>
       </c>
       <c r="B1440" s="1" t="inlineStr">
         <is>
-          <t>Devlet, Toplum ve Sinema</t>
+          <t>Aşk Kimseye Kimliğini Sormaz</t>
         </is>
       </c>
       <c r="C1440" s="1">
-        <v>270</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1441" spans="1:3">
       <c r="A1441" s="1" t="inlineStr">
         <is>
-          <t>9786257984508</t>
+          <t>9786257352024</t>
         </is>
       </c>
       <c r="B1441" s="1" t="inlineStr">
         <is>
-          <t>Defakto Kanon Miti Olarak Ahmed Arif</t>
+          <t>Omnia</t>
         </is>
       </c>
       <c r="C1441" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="1442" spans="1:3">
       <c r="A1442" s="1" t="inlineStr">
         <is>
-          <t>9786257984713</t>
+          <t>9786257311885</t>
         </is>
       </c>
       <c r="B1442" s="1" t="inlineStr">
         <is>
-          <t>Bir Şiir Geçimi</t>
+          <t>Yazınsal Söylem</t>
         </is>
       </c>
       <c r="C1442" s="1">
-        <v>270</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1443" spans="1:3">
       <c r="A1443" s="1" t="inlineStr">
         <is>
-          <t>9786257984737</t>
+          <t>9786257311700</t>
         </is>
       </c>
       <c r="B1443" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Poetikası</t>
+          <t>Dağınık Atlas</t>
         </is>
       </c>
       <c r="C1443" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1444" spans="1:3">
       <c r="A1444" s="1" t="inlineStr">
         <is>
-          <t>9786257984669</t>
+          <t>9786257311960</t>
         </is>
       </c>
       <c r="B1444" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Tahlili</t>
+          <t>İşgal ve İsyan</t>
         </is>
       </c>
       <c r="C1444" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1445" spans="1:3">
       <c r="A1445" s="1" t="inlineStr">
         <is>
-          <t>9786257984690</t>
+          <t>9786057655042</t>
         </is>
       </c>
       <c r="B1445" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zekaya Aykırı Şiirler</t>
+          <t>Dut Ağacı</t>
         </is>
       </c>
       <c r="C1445" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1446" spans="1:3">
       <c r="A1446" s="1" t="inlineStr">
         <is>
-          <t>9786257984799</t>
+          <t>9786257352109</t>
         </is>
       </c>
       <c r="B1446" s="1" t="inlineStr">
         <is>
-          <t>Yama</t>
+          <t>Ve Gül Ve Ateş Ve Su</t>
         </is>
       </c>
       <c r="C1446" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1447" spans="1:3">
       <c r="A1447" s="1" t="inlineStr">
         <is>
-          <t>9786057655134</t>
+          <t>9786257311892</t>
         </is>
       </c>
       <c r="B1447" s="1" t="inlineStr">
         <is>
-          <t>Şair Ve...</t>
+          <t>Vakvak Dalında Hüthüt</t>
         </is>
       </c>
       <c r="C1447" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="1448" spans="1:3">
       <c r="A1448" s="1" t="inlineStr">
         <is>
-          <t>9786057655318</t>
+          <t>9786257311618</t>
         </is>
       </c>
       <c r="B1448" s="1" t="inlineStr">
         <is>
-          <t>Somnus</t>
+          <t>Ölüm Siyah Gece Uzun</t>
         </is>
       </c>
       <c r="C1448" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1449" spans="1:3">
       <c r="A1449" s="1" t="inlineStr">
         <is>
-          <t>9786057655165</t>
+          <t>9786257764001</t>
         </is>
       </c>
       <c r="B1449" s="1" t="inlineStr">
         <is>
-          <t>Sessiz</t>
+          <t>Dansa Kaldırılmayan Kadın</t>
         </is>
       </c>
       <c r="C1449" s="1">
-        <v>750</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1450" spans="1:3">
       <c r="A1450" s="1" t="inlineStr">
         <is>
-          <t>9786057655523</t>
+          <t>9786257311977</t>
         </is>
       </c>
       <c r="B1450" s="1" t="inlineStr">
         <is>
-          <t>Sesime Kor Düşürdün</t>
+          <t>Güz Kumrusu</t>
         </is>
       </c>
       <c r="C1450" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1451" spans="1:3">
       <c r="A1451" s="1" t="inlineStr">
         <is>
-          <t>9786057655486</t>
+          <t>9786257098847</t>
         </is>
       </c>
       <c r="B1451" s="1" t="inlineStr">
         <is>
-          <t>Savruluş</t>
+          <t>1 Buket 41 Gül</t>
         </is>
       </c>
       <c r="C1451" s="1">
-        <v>270</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1452" spans="1:3">
       <c r="A1452" s="1" t="inlineStr">
         <is>
-          <t>9786057655479</t>
+          <t>9786257098922</t>
         </is>
       </c>
       <c r="B1452" s="1" t="inlineStr">
         <is>
-          <t>Pipo İçen Kadınlar</t>
+          <t>Bilge Kedi Olmak İstiyor</t>
         </is>
       </c>
       <c r="C1452" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1453" spans="1:3">
       <c r="A1453" s="1" t="inlineStr">
         <is>
-          <t>9786057655257</t>
+          <t>9786257098991</t>
         </is>
       </c>
       <c r="B1453" s="1" t="inlineStr">
         <is>
-          <t>Yolüstü Uğrakları</t>
+          <t>Gazellertesi</t>
         </is>
       </c>
       <c r="C1453" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="1454" spans="1:3">
       <c r="A1454" s="1" t="inlineStr">
         <is>
-          <t>9786257098892</t>
+          <t>9786257098960</t>
         </is>
       </c>
       <c r="B1454" s="1" t="inlineStr">
         <is>
-          <t>Gel Gülde Demir Dövelim</t>
+          <t>Sistemin Artıkları</t>
         </is>
       </c>
       <c r="C1454" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1455" spans="1:3">
       <c r="A1455" s="1" t="inlineStr">
         <is>
-          <t>9786057655264</t>
+          <t>9786257098342</t>
         </is>
       </c>
       <c r="B1455" s="1" t="inlineStr">
         <is>
-          <t>Yasaktır Bu Aşktan Çıkmak</t>
+          <t>Porselen Güvercin</t>
         </is>
       </c>
       <c r="C1455" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="1456" spans="1:3">
       <c r="A1456" s="1" t="inlineStr">
         <is>
-          <t>9786057655295</t>
+          <t>9786257098861</t>
         </is>
       </c>
       <c r="B1456" s="1" t="inlineStr">
         <is>
-          <t>Şimdi İstanbul</t>
+          <t>Eskici</t>
         </is>
       </c>
       <c r="C1456" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1457" spans="1:3">
       <c r="A1457" s="1" t="inlineStr">
         <is>
-          <t>9786057655493</t>
+          <t>9786257311984</t>
         </is>
       </c>
       <c r="B1457" s="1" t="inlineStr">
         <is>
-          <t>Şiir Seninle Yer Değiştirir</t>
+          <t>Ferfene</t>
         </is>
       </c>
       <c r="C1457" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1458" spans="1:3">
       <c r="A1458" s="1" t="inlineStr">
         <is>
-          <t>9786057655110</t>
+          <t>9786257311236</t>
         </is>
       </c>
       <c r="B1458" s="1" t="inlineStr">
         <is>
-          <t>Göze</t>
+          <t>Sevgili Elisa</t>
         </is>
       </c>
       <c r="C1458" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1459" spans="1:3">
       <c r="A1459" s="1" t="inlineStr">
         <is>
-          <t>9786057655004</t>
+          <t>9786257311946</t>
         </is>
       </c>
       <c r="B1459" s="1" t="inlineStr">
         <is>
-          <t>Vahşet Çiçeği</t>
+          <t>Seyir Defteri</t>
         </is>
       </c>
       <c r="C1459" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1460" spans="1:3">
       <c r="A1460" s="1" t="inlineStr">
         <is>
-          <t>9786057655059</t>
+          <t>9786257984782</t>
         </is>
       </c>
       <c r="B1460" s="1" t="inlineStr">
         <is>
-          <t>Bekçi Bıyıklı Rönesans Kedisi</t>
+          <t>Uçurtma Yarası</t>
         </is>
       </c>
       <c r="C1460" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1461" spans="1:3">
       <c r="A1461" s="1" t="inlineStr">
         <is>
-          <t>9786257984744</t>
+          <t>9786257984478</t>
         </is>
       </c>
       <c r="B1461" s="1" t="inlineStr">
         <is>
-          <t>Anneyle Kızı</t>
+          <t>Allah'ın Sol Yumruğu</t>
         </is>
       </c>
       <c r="C1461" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1462" spans="1:3">
       <c r="A1462" s="1" t="inlineStr">
         <is>
-          <t>9786257984904</t>
+          <t>9786257984751</t>
         </is>
       </c>
       <c r="B1462" s="1" t="inlineStr">
         <is>
-          <t>Fahişeler Sokağı</t>
+          <t>Tartışılan Alevilik</t>
         </is>
       </c>
       <c r="C1462" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1463" spans="1:3">
       <c r="A1463" s="1" t="inlineStr">
         <is>
-          <t>9786257098120</t>
+          <t>9786257984607</t>
         </is>
       </c>
       <c r="B1463" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzü Varken Kuşlar Kafeste</t>
+          <t>Suyun Gölgeye Karıştığı</t>
         </is>
       </c>
       <c r="C1463" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1464" spans="1:3">
       <c r="A1464" s="1" t="inlineStr">
         <is>
-          <t>9786257098076</t>
+          <t>9786257984614</t>
         </is>
       </c>
       <c r="B1464" s="1" t="inlineStr">
         <is>
-          <t>Gölgeli Kuşku</t>
+          <t>Som Şiiri Aramak</t>
         </is>
       </c>
       <c r="C1464" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1465" spans="1:3">
       <c r="A1465" s="1" t="inlineStr">
         <is>
-          <t>9786257098007</t>
+          <t>9786257984706</t>
         </is>
       </c>
       <c r="B1465" s="1" t="inlineStr">
         <is>
-          <t>Güleyya</t>
+          <t>Sevlaç</t>
         </is>
       </c>
       <c r="C1465" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1466" spans="1:3">
       <c r="A1466" s="1" t="inlineStr">
         <is>
-          <t>9786257984812</t>
+          <t>9786257984768</t>
         </is>
       </c>
       <c r="B1466" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin Geçerli Ayrıcalıklar</t>
+          <t>Niksin Göktaşları</t>
         </is>
       </c>
       <c r="C1466" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="1467" spans="1:3">
       <c r="A1467" s="1" t="inlineStr">
         <is>
-          <t>9786257984973</t>
+          <t>9786257984546</t>
         </is>
       </c>
       <c r="B1467" s="1" t="inlineStr">
         <is>
-          <t>İçli Bir Türküdür Ömür</t>
+          <t>Kırmızı Kravat</t>
         </is>
       </c>
       <c r="C1467" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1468" spans="1:3">
       <c r="A1468" s="1" t="inlineStr">
         <is>
-          <t>9786257098175</t>
+          <t>9786257984539</t>
         </is>
       </c>
       <c r="B1468" s="1" t="inlineStr">
         <is>
-          <t>Kekeme</t>
+          <t>Kaçak</t>
         </is>
       </c>
       <c r="C1468" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1469" spans="1:3">
       <c r="A1469" s="1" t="inlineStr">
         <is>
-          <t>9786257098038</t>
+          <t>9786257984720</t>
         </is>
       </c>
       <c r="B1469" s="1" t="inlineStr">
         <is>
-          <t>Nuh'un Gemisini Batıran Şiirler</t>
+          <t>Işığın Peşinde</t>
         </is>
       </c>
       <c r="C1469" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1470" spans="1:3">
       <c r="A1470" s="1" t="inlineStr">
         <is>
-          <t>9786257098113</t>
+          <t>9786257984355</t>
         </is>
       </c>
       <c r="B1470" s="1" t="inlineStr">
         <is>
-          <t>Şehrazat'ın Düğünü</t>
+          <t>İki Ülke Arasında Kalan Kış</t>
         </is>
       </c>
       <c r="C1470" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1471" spans="1:3">
       <c r="A1471" s="1" t="inlineStr">
         <is>
-          <t>9786257984638</t>
+          <t>9786257984454</t>
         </is>
       </c>
       <c r="B1471" s="1" t="inlineStr">
         <is>
-          <t>Şiir Kalbimizde</t>
+          <t>Güller Kerhanesi</t>
         </is>
       </c>
       <c r="C1471" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1472" spans="1:3">
       <c r="A1472" s="1" t="inlineStr">
         <is>
-          <t>9786257984867</t>
+          <t>9786257984386</t>
         </is>
       </c>
       <c r="B1472" s="1" t="inlineStr">
         <is>
-          <t>Talanya</t>
+          <t>Devlet, Toplum ve Sinema</t>
         </is>
       </c>
       <c r="C1472" s="1">
-        <v>180</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1473" spans="1:3">
       <c r="A1473" s="1" t="inlineStr">
         <is>
-          <t>9786257098106</t>
+          <t>9786257984508</t>
         </is>
       </c>
       <c r="B1473" s="1" t="inlineStr">
         <is>
-          <t>Tanrı Beni Dansa Kaldırdı</t>
+          <t>Defakto Kanon Miti Olarak Ahmed Arif</t>
         </is>
       </c>
       <c r="C1473" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1474" spans="1:3">
       <c r="A1474" s="1" t="inlineStr">
         <is>
-          <t>9786257098090</t>
+          <t>9786257984713</t>
         </is>
       </c>
       <c r="B1474" s="1" t="inlineStr">
         <is>
-          <t>Teneffüs</t>
+          <t>Bir Şiir Geçimi</t>
         </is>
       </c>
       <c r="C1474" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1475" spans="1:3">
       <c r="A1475" s="1" t="inlineStr">
         <is>
-          <t>9786257984652</t>
+          <t>9786257984737</t>
         </is>
       </c>
       <c r="B1475" s="1" t="inlineStr">
         <is>
-          <t>Uygunsuz Haller</t>
+          <t>Aşkın Poetikası</t>
         </is>
       </c>
       <c r="C1475" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1476" spans="1:3">
       <c r="A1476" s="1" t="inlineStr">
         <is>
-          <t>9786257984980</t>
+          <t>9786257984669</t>
         </is>
       </c>
       <c r="B1476" s="1" t="inlineStr">
         <is>
-          <t>Üç Yanlış Bir Doğru</t>
+          <t>Türkiye Tahlili</t>
         </is>
       </c>
       <c r="C1476" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1477" spans="1:3">
       <c r="A1477" s="1" t="inlineStr">
         <is>
-          <t>9786257984911</t>
+          <t>9786257984690</t>
         </is>
       </c>
       <c r="B1477" s="1" t="inlineStr">
         <is>
-          <t>Yitik Yankı</t>
+          <t>Yapay Zekaya Aykırı Şiirler</t>
         </is>
       </c>
       <c r="C1477" s="1">
-        <v>400</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1478" spans="1:3">
       <c r="A1478" s="1" t="inlineStr">
         <is>
-          <t>9786257984584</t>
+          <t>9786257984799</t>
         </is>
       </c>
       <c r="B1478" s="1" t="inlineStr">
         <is>
-          <t>Kirpik Bilgisi</t>
+          <t>Yama</t>
         </is>
       </c>
       <c r="C1478" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1479" spans="1:3">
       <c r="A1479" s="1" t="inlineStr">
         <is>
-          <t>9786254150197</t>
+          <t>9786057655134</t>
         </is>
       </c>
       <c r="B1479" s="1" t="inlineStr">
         <is>
-          <t>Ne Güzel Suçtur Öfke</t>
+          <t>Şair Ve...</t>
         </is>
       </c>
       <c r="C1479" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1480" spans="1:3">
       <c r="A1480" s="1" t="inlineStr">
         <is>
-          <t>9786058020412</t>
+          <t>9786057655318</t>
         </is>
       </c>
       <c r="B1480" s="1" t="inlineStr">
         <is>
-          <t>Türk Şiirinde Marksist Eğilim - 1970’li Yıllar</t>
+          <t>Somnus</t>
         </is>
       </c>
       <c r="C1480" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1481" spans="1:3">
       <c r="A1481" s="1" t="inlineStr">
         <is>
-          <t>9786257984102</t>
+          <t>9786057655165</t>
         </is>
       </c>
       <c r="B1481" s="1" t="inlineStr">
         <is>
-          <t>Seyran</t>
+          <t>Sessiz</t>
         </is>
       </c>
       <c r="C1481" s="1">
-        <v>200</v>
+        <v>750</v>
       </c>
     </row>
     <row r="1482" spans="1:3">
       <c r="A1482" s="1" t="inlineStr">
         <is>
-          <t>9786257984126</t>
+          <t>9786057655523</t>
         </is>
       </c>
       <c r="B1482" s="1" t="inlineStr">
         <is>
-          <t>Kelleci Fırını</t>
+          <t>Sesime Kor Düşürdün</t>
         </is>
       </c>
       <c r="C1482" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1483" spans="1:3">
       <c r="A1483" s="1" t="inlineStr">
         <is>
-          <t>9786257984157</t>
+          <t>9786057655486</t>
         </is>
       </c>
       <c r="B1483" s="1" t="inlineStr">
         <is>
-          <t>Majüsküliyen Apostrofik Maluf</t>
+          <t>Savruluş</t>
         </is>
       </c>
       <c r="C1483" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1484" spans="1:3">
       <c r="A1484" s="1" t="inlineStr">
         <is>
-          <t>9786257984188</t>
+          <t>9786057655479</t>
         </is>
       </c>
       <c r="B1484" s="1" t="inlineStr">
         <is>
-          <t>Utangaç Kırmızı</t>
+          <t>Pipo İçen Kadınlar</t>
         </is>
       </c>
       <c r="C1484" s="1">
-        <v>180</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1485" spans="1:3">
       <c r="A1485" s="1" t="inlineStr">
         <is>
-          <t>9786257984201</t>
+          <t>9786057655257</t>
         </is>
       </c>
       <c r="B1485" s="1" t="inlineStr">
         <is>
-          <t>Ödüllü Öykü Kitaplarının Eleştirisi</t>
+          <t>Yolüstü Uğrakları</t>
         </is>
       </c>
       <c r="C1485" s="1">
-        <v>250</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1486" spans="1:3">
       <c r="A1486" s="1" t="inlineStr">
         <is>
-          <t>9786257984232</t>
+          <t>9786257098892</t>
         </is>
       </c>
       <c r="B1486" s="1" t="inlineStr">
         <is>
-          <t>Her Aşk Şafakta Ölür</t>
+          <t>Gel Gülde Demir Dövelim</t>
         </is>
       </c>
       <c r="C1486" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1487" spans="1:3">
       <c r="A1487" s="1" t="inlineStr">
         <is>
-          <t>9786257984263</t>
+          <t>9786057655264</t>
         </is>
       </c>
       <c r="B1487" s="1" t="inlineStr">
         <is>
-          <t>Bütün Günahlarımı Seviyorum</t>
+          <t>Yasaktır Bu Aşktan Çıkmak</t>
         </is>
       </c>
       <c r="C1487" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1488" spans="1:3">
       <c r="A1488" s="1" t="inlineStr">
         <is>
-          <t>9786257984317</t>
+          <t>9786057655295</t>
         </is>
       </c>
       <c r="B1488" s="1" t="inlineStr">
         <is>
-          <t>Çorak Ülke</t>
+          <t>Şimdi İstanbul</t>
         </is>
       </c>
       <c r="C1488" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1489" spans="1:3">
       <c r="A1489" s="1" t="inlineStr">
         <is>
-          <t>9786257984225</t>
+          <t>9786057655493</t>
         </is>
       </c>
       <c r="B1489" s="1" t="inlineStr">
         <is>
-          <t>Redde Cüret</t>
+          <t>Şiir Seninle Yer Değiştirir</t>
         </is>
       </c>
       <c r="C1489" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1490" spans="1:3">
       <c r="A1490" s="1" t="inlineStr">
         <is>
-          <t>9786257984256</t>
+          <t>9786057655110</t>
         </is>
       </c>
       <c r="B1490" s="1" t="inlineStr">
         <is>
-          <t>Yol Arkadaşı Hikayeleri</t>
+          <t>Göze</t>
         </is>
       </c>
       <c r="C1490" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1491" spans="1:3">
       <c r="A1491" s="1" t="inlineStr">
         <is>
-          <t>9786057655707</t>
+          <t>9786057655004</t>
         </is>
       </c>
       <c r="B1491" s="1" t="inlineStr">
         <is>
-          <t>Ülke Yorgunu</t>
+          <t>Vahşet Çiçeği</t>
         </is>
       </c>
       <c r="C1491" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1492" spans="1:3">
       <c r="A1492" s="1" t="inlineStr">
         <is>
-          <t>9786057655578</t>
+          <t>9786057655059</t>
         </is>
       </c>
       <c r="B1492" s="1" t="inlineStr">
         <is>
-          <t>Yıldızlar Açtığında Gözlerin Çocuk</t>
+          <t>Bekçi Bıyıklı Rönesans Kedisi</t>
         </is>
       </c>
       <c r="C1492" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1493" spans="1:3">
       <c r="A1493" s="1" t="inlineStr">
         <is>
-          <t>9786057655769</t>
+          <t>9786257984744</t>
         </is>
       </c>
       <c r="B1493" s="1" t="inlineStr">
         <is>
-          <t>Yükseklerin Tatlı Meyveleri</t>
+          <t>Anneyle Kızı</t>
         </is>
       </c>
       <c r="C1493" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1494" spans="1:3">
       <c r="A1494" s="1" t="inlineStr">
         <is>
-          <t>9786057655608</t>
+          <t>9786257984904</t>
         </is>
       </c>
       <c r="B1494" s="1" t="inlineStr">
         <is>
-          <t>Akvaryum Konuşkanı</t>
+          <t>Fahişeler Sokağı</t>
         </is>
       </c>
       <c r="C1494" s="1">
-        <v>170</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1495" spans="1:3">
       <c r="A1495" s="1" t="inlineStr">
         <is>
-          <t>9786057655615</t>
+          <t>9786257098120</t>
         </is>
       </c>
       <c r="B1495" s="1" t="inlineStr">
         <is>
-          <t>Beni O Uysal Kuyuda Bulacaksın</t>
+          <t>Gökyüzü Varken Kuşlar Kafeste</t>
         </is>
       </c>
       <c r="C1495" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1496" spans="1:3">
       <c r="A1496" s="1" t="inlineStr">
         <is>
-          <t>9786057655653</t>
+          <t>9786257098076</t>
         </is>
       </c>
       <c r="B1496" s="1" t="inlineStr">
         <is>
-          <t>Gönül Evinin Kiracısı</t>
+          <t>Gölgeli Kuşku</t>
         </is>
       </c>
       <c r="C1496" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1497" spans="1:3">
       <c r="A1497" s="1" t="inlineStr">
         <is>
-          <t>9786057655837</t>
+          <t>9786257098007</t>
         </is>
       </c>
       <c r="B1497" s="1" t="inlineStr">
         <is>
-          <t>Dağın Ardı Aşkşehir</t>
+          <t>Güleyya</t>
         </is>
       </c>
       <c r="C1497" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1498" spans="1:3">
       <c r="A1498" s="1" t="inlineStr">
         <is>
-          <t>9786057655660</t>
+          <t>9786257984812</t>
         </is>
       </c>
       <c r="B1498" s="1" t="inlineStr">
         <is>
-          <t>Gül Kurudu</t>
+          <t>Herkes İçin Geçerli Ayrıcalıklar</t>
         </is>
       </c>
       <c r="C1498" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1499" spans="1:3">
       <c r="A1499" s="1" t="inlineStr">
         <is>
-          <t>9786057655868</t>
+          <t>9786257984973</t>
         </is>
       </c>
       <c r="B1499" s="1" t="inlineStr">
         <is>
-          <t>Postacılar Sırdaş Değil</t>
+          <t>İçli Bir Türküdür Ömür</t>
         </is>
       </c>
       <c r="C1499" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1500" spans="1:3">
       <c r="A1500" s="1" t="inlineStr">
         <is>
-          <t>9786057655585</t>
+          <t>9786257098175</t>
         </is>
       </c>
       <c r="B1500" s="1" t="inlineStr">
         <is>
-          <t>Taşın Kavmi Yok</t>
+          <t>Kekeme</t>
         </is>
       </c>
       <c r="C1500" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="1501" spans="1:3">
       <c r="A1501" s="1" t="inlineStr">
         <is>
-          <t>9786057655684</t>
+          <t>9786257098038</t>
         </is>
       </c>
       <c r="B1501" s="1" t="inlineStr">
         <is>
-          <t>Pu</t>
+          <t>Nuh'un Gemisini Batıran Şiirler</t>
         </is>
       </c>
       <c r="C1501" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1502" spans="1:3">
       <c r="A1502" s="1" t="inlineStr">
         <is>
-          <t>9786057655929</t>
+          <t>9786257098113</t>
         </is>
       </c>
       <c r="B1502" s="1" t="inlineStr">
         <is>
-          <t>O Kendini Çağırınca</t>
+          <t>Şehrazat'ın Düğünü</t>
         </is>
       </c>
       <c r="C1502" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1503" spans="1:3">
       <c r="A1503" s="1" t="inlineStr">
         <is>
-          <t>9786057655349</t>
+          <t>9786257984638</t>
         </is>
       </c>
       <c r="B1503" s="1" t="inlineStr">
         <is>
-          <t>Pi'ç Kurusu</t>
+          <t>Şiir Kalbimizde</t>
         </is>
       </c>
       <c r="C1503" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1504" spans="1:3">
       <c r="A1504" s="1" t="inlineStr">
         <is>
-          <t>9786057655783</t>
+          <t>9786257984867</t>
         </is>
       </c>
       <c r="B1504" s="1" t="inlineStr">
         <is>
-          <t>Hayal Odası</t>
+          <t>Talanya</t>
         </is>
       </c>
       <c r="C1504" s="1">
-        <v>260</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1505" spans="1:3">
       <c r="A1505" s="1" t="inlineStr">
         <is>
-          <t>9786057655738</t>
+          <t>9786257098106</t>
         </is>
       </c>
       <c r="B1505" s="1" t="inlineStr">
         <is>
-          <t>Kanadı Güvercin</t>
+          <t>Tanrı Beni Dansa Kaldırdı</t>
         </is>
       </c>
       <c r="C1505" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1506" spans="1:3">
       <c r="A1506" s="1" t="inlineStr">
         <is>
-          <t>9786057655677</t>
+          <t>9786257098090</t>
         </is>
       </c>
       <c r="B1506" s="1" t="inlineStr">
         <is>
-          <t>Melhame-i Kübra Elif</t>
+          <t>Teneffüs</t>
         </is>
       </c>
       <c r="C1506" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1507" spans="1:3">
       <c r="A1507" s="1" t="inlineStr">
         <is>
-          <t>9786057655714</t>
+          <t>9786257984652</t>
         </is>
       </c>
       <c r="B1507" s="1" t="inlineStr">
         <is>
-          <t>Mezel</t>
+          <t>Uygunsuz Haller</t>
         </is>
       </c>
       <c r="C1507" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1508" spans="1:3">
       <c r="A1508" s="1" t="inlineStr">
         <is>
-          <t>9786057655806</t>
+          <t>9786257984980</t>
         </is>
       </c>
       <c r="B1508" s="1" t="inlineStr">
         <is>
-          <t>777</t>
+          <t>Üç Yanlış Bir Doğru</t>
         </is>
       </c>
       <c r="C1508" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1509" spans="1:3">
       <c r="A1509" s="1" t="inlineStr">
         <is>
-          <t>9786257098052</t>
+          <t>9786257984911</t>
         </is>
       </c>
       <c r="B1509" s="1" t="inlineStr">
         <is>
-          <t>Eve İş Değil Şiir Getir Sevgilim</t>
+          <t>Yitik Yankı</t>
         </is>
       </c>
       <c r="C1509" s="1">
-        <v>160</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1510" spans="1:3">
       <c r="A1510" s="1" t="inlineStr">
         <is>
-          <t>9786257098151</t>
+          <t>9786257984584</t>
         </is>
       </c>
       <c r="B1510" s="1" t="inlineStr">
         <is>
-          <t>Dört Elle Sarılmak</t>
+          <t>Kirpik Bilgisi</t>
         </is>
       </c>
       <c r="C1510" s="1">
-        <v>400</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1511" spans="1:3">
       <c r="A1511" s="1" t="inlineStr">
         <is>
-          <t>9786257984379</t>
+          <t>9786254150197</t>
         </is>
       </c>
       <c r="B1511" s="1" t="inlineStr">
         <is>
-          <t>Devin Uyanışı</t>
+          <t>Ne Güzel Suçtur Öfke</t>
         </is>
       </c>
       <c r="C1511" s="1">
-        <v>350</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1512" spans="1:3">
       <c r="A1512" s="1" t="inlineStr">
         <is>
-          <t>9786257098212</t>
+          <t>9786058020412</t>
         </is>
       </c>
       <c r="B1512" s="1" t="inlineStr">
         <is>
-          <t>Deneme Yayını</t>
+          <t>Türk Şiirinde Marksist Eğilim - 1970’li Yıllar</t>
         </is>
       </c>
       <c r="C1512" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1513" spans="1:3">
       <c r="A1513" s="1" t="inlineStr">
         <is>
-          <t>9786257984805</t>
+          <t>9786257984102</t>
         </is>
       </c>
       <c r="B1513" s="1" t="inlineStr">
         <is>
-          <t>Çerez Günler Eşiği</t>
+          <t>Seyran</t>
         </is>
       </c>
       <c r="C1513" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1514" spans="1:3">
       <c r="A1514" s="1" t="inlineStr">
         <is>
-          <t>9786257984928</t>
+          <t>9786257984126</t>
         </is>
       </c>
       <c r="B1514" s="1" t="inlineStr">
         <is>
-          <t>Çelişkiler Sağanağı</t>
+          <t>Kelleci Fırını</t>
         </is>
       </c>
       <c r="C1514" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="1515" spans="1:3">
       <c r="A1515" s="1" t="inlineStr">
         <is>
-          <t>9786257984898</t>
+          <t>9786257984157</t>
         </is>
       </c>
       <c r="B1515" s="1" t="inlineStr">
         <is>
-          <t>Ben, Bana 'Sen' Diyen 'Ben'i Yapan Eden Bir Kimse</t>
+          <t>Majüsküliyen Apostrofik Maluf</t>
         </is>
       </c>
       <c r="C1515" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1516" spans="1:3">
       <c r="A1516" s="1" t="inlineStr">
         <is>
-          <t>9786257098083</t>
+          <t>9786257984188</t>
         </is>
       </c>
       <c r="B1516" s="1" t="inlineStr">
         <is>
-          <t>Belirsiz</t>
+          <t>Utangaç Kırmızı</t>
         </is>
       </c>
       <c r="C1516" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1517" spans="1:3">
       <c r="A1517" s="1" t="inlineStr">
         <is>
-          <t>9786257984850</t>
+          <t>9786257984201</t>
         </is>
       </c>
       <c r="B1517" s="1" t="inlineStr">
         <is>
-          <t>Başka Adamlar</t>
+          <t>Ödüllü Öykü Kitaplarının Eleştirisi</t>
         </is>
       </c>
       <c r="C1517" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="1518" spans="1:3">
       <c r="A1518" s="1" t="inlineStr">
         <is>
-          <t>9786257984577</t>
+          <t>9786257984232</t>
         </is>
       </c>
       <c r="B1518" s="1" t="inlineStr">
         <is>
-          <t>Badem Çiçekleri Gibi Uzakta</t>
+          <t>Her Aşk Şafakta Ölür</t>
         </is>
       </c>
       <c r="C1518" s="1">
-        <v>250</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1519" spans="1:3">
       <c r="A1519" s="1" t="inlineStr">
         <is>
-          <t>9786257098014</t>
+          <t>9786257984263</t>
         </is>
       </c>
       <c r="B1519" s="1" t="inlineStr">
         <is>
-          <t>Ali Öldü</t>
+          <t>Bütün Günahlarımı Seviyorum</t>
         </is>
       </c>
       <c r="C1519" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1520" spans="1:3">
       <c r="A1520" s="1" t="inlineStr">
         <is>
-          <t>9786257098021</t>
+          <t>9786257984317</t>
         </is>
       </c>
       <c r="B1520" s="1" t="inlineStr">
         <is>
-          <t>Akıp Gidenler</t>
+          <t>Çorak Ülke</t>
         </is>
       </c>
       <c r="C1520" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1521" spans="1:3">
       <c r="A1521" s="1" t="inlineStr">
         <is>
-          <t>9786257984775</t>
+          <t>9786257984225</t>
         </is>
       </c>
       <c r="B1521" s="1" t="inlineStr">
         <is>
-          <t>Ad Bir Çiçektir</t>
+          <t>Redde Cüret</t>
         </is>
       </c>
       <c r="C1521" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1522" spans="1:3">
       <c r="A1522" s="1" t="inlineStr">
         <is>
-          <t>9786257984966</t>
+          <t>9786257984256</t>
         </is>
       </c>
       <c r="B1522" s="1" t="inlineStr">
         <is>
-          <t>Anahtar Konuştu</t>
+          <t>Yol Arkadaşı Hikayeleri</t>
         </is>
       </c>
       <c r="C1522" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="1523" spans="1:3">
       <c r="A1523" s="1" t="inlineStr">
         <is>
-          <t>9786257984935</t>
+          <t>9786057655707</t>
         </is>
       </c>
       <c r="B1523" s="1" t="inlineStr">
         <is>
-          <t>Anabolizan</t>
+          <t>Ülke Yorgunu</t>
         </is>
       </c>
       <c r="C1523" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1524" spans="1:3">
       <c r="A1524" s="1" t="inlineStr">
         <is>
-          <t>9786057655912</t>
+          <t>9786057655578</t>
         </is>
       </c>
       <c r="B1524" s="1" t="inlineStr">
         <is>
-          <t>Kül Dönümü</t>
+          <t>Yıldızlar Açtığında Gözlerin Çocuk</t>
         </is>
       </c>
       <c r="C1524" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1525" spans="1:3">
       <c r="A1525" s="1" t="inlineStr">
         <is>
-          <t>9786257391979</t>
+          <t>9786057655769</t>
         </is>
       </c>
       <c r="B1525" s="1" t="inlineStr">
         <is>
-          <t>Mülksüz ve Çıplak</t>
+          <t>Yükseklerin Tatlı Meyveleri</t>
         </is>
       </c>
       <c r="C1525" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1526" spans="1:3">
       <c r="A1526" s="1" t="inlineStr">
         <is>
-          <t>9786057655516</t>
+          <t>9786057655608</t>
         </is>
       </c>
       <c r="B1526" s="1" t="inlineStr">
         <is>
-          <t>Son Uçsuz</t>
+          <t>Akvaryum Konuşkanı</t>
         </is>
       </c>
       <c r="C1526" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1527" spans="1:3">
       <c r="A1527" s="1" t="inlineStr">
         <is>
-          <t>9786058020450</t>
+          <t>9786057655615</t>
         </is>
       </c>
       <c r="B1527" s="1" t="inlineStr">
         <is>
-          <t>Elke</t>
+          <t>Beni O Uysal Kuyuda Bulacaksın</t>
         </is>
       </c>
       <c r="C1527" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1528" spans="1:3">
       <c r="A1528" s="1" t="inlineStr">
         <is>
-          <t>9786057655752</t>
+          <t>9786057655653</t>
         </is>
       </c>
       <c r="B1528" s="1" t="inlineStr">
         <is>
-          <t>Aklımda Saklanan Deliler</t>
+          <t>Gönül Evinin Kiracısı</t>
         </is>
       </c>
       <c r="C1528" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1529" spans="1:3">
       <c r="A1529" s="1" t="inlineStr">
         <is>
-          <t>9786057655745</t>
+          <t>9786057655837</t>
         </is>
       </c>
       <c r="B1529" s="1" t="inlineStr">
         <is>
-          <t>Askıda Kalan Mutluluklar</t>
+          <t>Dağın Ardı Aşkşehir</t>
         </is>
       </c>
       <c r="C1529" s="1">
-        <v>280</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1530" spans="1:3">
       <c r="A1530" s="1" t="inlineStr">
         <is>
-          <t>9786057655844</t>
+          <t>9786057655660</t>
         </is>
       </c>
       <c r="B1530" s="1" t="inlineStr">
         <is>
-          <t>Eski Gecenin On İki Kapısı</t>
+          <t>Gül Kurudu</t>
         </is>
       </c>
       <c r="C1530" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1531" spans="1:3">
       <c r="A1531" s="1" t="inlineStr">
         <is>
-          <t>9786057655943</t>
+          <t>9786057655868</t>
         </is>
       </c>
       <c r="B1531" s="1" t="inlineStr">
         <is>
-          <t>K1K4</t>
+          <t>Postacılar Sırdaş Değil</t>
         </is>
       </c>
       <c r="C1531" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1532" spans="1:3">
       <c r="A1532" s="1" t="inlineStr">
         <is>
-          <t>9786057655721</t>
+          <t>9786057655585</t>
         </is>
       </c>
       <c r="B1532" s="1" t="inlineStr">
         <is>
-          <t>İlk Şiirler</t>
+          <t>Taşın Kavmi Yok</t>
         </is>
       </c>
       <c r="C1532" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1533" spans="1:3">
       <c r="A1533" s="1" t="inlineStr">
         <is>
-          <t>9786057655905</t>
+          <t>9786057655684</t>
         </is>
       </c>
       <c r="B1533" s="1" t="inlineStr">
         <is>
-          <t>Dipiz Haikus Octa Deca</t>
+          <t>Pu</t>
         </is>
       </c>
       <c r="C1533" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1534" spans="1:3">
       <c r="A1534" s="1" t="inlineStr">
         <is>
-          <t>9786057655158</t>
+          <t>9786057655929</t>
         </is>
       </c>
       <c r="B1534" s="1" t="inlineStr">
         <is>
-          <t>Caz Sokağı Atlıları</t>
+          <t>O Kendini Çağırınca</t>
         </is>
       </c>
       <c r="C1534" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1535" spans="1:3">
       <c r="A1535" s="1" t="inlineStr">
         <is>
-          <t>9786057655820</t>
+          <t>9786057655349</t>
         </is>
       </c>
       <c r="B1535" s="1" t="inlineStr">
         <is>
-          <t>Nergis</t>
+          <t>Pi'ç Kurusu</t>
         </is>
       </c>
       <c r="C1535" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1536" spans="1:3">
       <c r="A1536" s="1" t="inlineStr">
         <is>
-          <t>9786057655790</t>
+          <t>9786057655783</t>
         </is>
       </c>
       <c r="B1536" s="1" t="inlineStr">
         <is>
-          <t>Kana Çiçeği Ölüyordu</t>
+          <t>Hayal Odası</t>
         </is>
       </c>
       <c r="C1536" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="1537" spans="1:3">
       <c r="A1537" s="1" t="inlineStr">
         <is>
-          <t>9786057655691</t>
+          <t>9786057655738</t>
         </is>
       </c>
       <c r="B1537" s="1" t="inlineStr">
         <is>
-          <t>Toprak Duman ve Kedi</t>
+          <t>Kanadı Güvercin</t>
         </is>
       </c>
       <c r="C1537" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1538" spans="1:3">
       <c r="A1538" s="1" t="inlineStr">
         <is>
-          <t>9786057655813</t>
+          <t>9786057655677</t>
         </is>
       </c>
       <c r="B1538" s="1" t="inlineStr">
         <is>
-          <t>Evimdeki Kediler</t>
+          <t>Melhame-i Kübra Elif</t>
         </is>
       </c>
       <c r="C1538" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1539" spans="1:3">
       <c r="A1539" s="1" t="inlineStr">
         <is>
-          <t>9786257984942</t>
+          <t>9786057655714</t>
         </is>
       </c>
       <c r="B1539" s="1" t="inlineStr">
         <is>
-          <t>Alkım Nakış Kalem Kirkit</t>
+          <t>Mezel</t>
         </is>
       </c>
       <c r="C1539" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1540" spans="1:3">
       <c r="A1540" s="1" t="inlineStr">
         <is>
-          <t>9786257098045</t>
+          <t>9786057655806</t>
         </is>
       </c>
       <c r="B1540" s="1" t="inlineStr">
         <is>
-          <t>Kitab-ı Aşk</t>
+          <t>777</t>
         </is>
       </c>
       <c r="C1540" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1541" spans="1:3">
       <c r="A1541" s="1" t="inlineStr">
         <is>
-          <t>9786257984423</t>
+          <t>9786257098052</t>
         </is>
       </c>
       <c r="B1541" s="1" t="inlineStr">
         <is>
-          <t>Ateşin Felaketi</t>
+          <t>Eve İş Değil Şiir Getir Sevgilim</t>
         </is>
       </c>
       <c r="C1541" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1542" spans="1:3">
       <c r="A1542" s="1" t="inlineStr">
         <is>
-          <t>9786257984119</t>
+          <t>9786257098151</t>
         </is>
       </c>
       <c r="B1542" s="1" t="inlineStr">
         <is>
-          <t>Çinçin Hikayeleri</t>
+          <t>Dört Elle Sarılmak</t>
         </is>
       </c>
       <c r="C1542" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1543" spans="1:3">
       <c r="A1543" s="1" t="inlineStr">
         <is>
-          <t>9786257984409</t>
+          <t>9786257984379</t>
         </is>
       </c>
       <c r="B1543" s="1" t="inlineStr">
         <is>
-          <t>Sudan Şeyler</t>
+          <t>Devin Uyanışı</t>
         </is>
       </c>
       <c r="C1543" s="1">
-        <v>140</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1544" spans="1:3">
       <c r="A1544" s="1" t="inlineStr">
         <is>
-          <t>9786257984287</t>
+          <t>9786257098212</t>
         </is>
       </c>
       <c r="B1544" s="1" t="inlineStr">
         <is>
-          <t>Yaşamak Bazen</t>
+          <t>Deneme Yayını</t>
         </is>
       </c>
       <c r="C1544" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1545" spans="1:3">
       <c r="A1545" s="1" t="inlineStr">
         <is>
-          <t>9786257984348</t>
+          <t>9786257984805</t>
         </is>
       </c>
       <c r="B1545" s="1" t="inlineStr">
         <is>
-          <t>Sigara İçen Kadınlar</t>
+          <t>Çerez Günler Eşiği</t>
         </is>
       </c>
       <c r="C1545" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1546" spans="1:3">
       <c r="A1546" s="1" t="inlineStr">
         <is>
-          <t>9786257984461</t>
+          <t>9786257984928</t>
         </is>
       </c>
       <c r="B1546" s="1" t="inlineStr">
         <is>
-          <t>Evrenin Islığı</t>
+          <t>Çelişkiler Sağanağı</t>
         </is>
       </c>
       <c r="C1546" s="1">
-        <v>1000</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1547" spans="1:3">
       <c r="A1547" s="1" t="inlineStr">
         <is>
-          <t>9786257984393</t>
+          <t>9786257984898</t>
         </is>
       </c>
       <c r="B1547" s="1" t="inlineStr">
         <is>
-          <t>Retro Öyküler</t>
+          <t>Ben, Bana 'Sen' Diyen 'Ben'i Yapan Eden Bir Kimse</t>
         </is>
       </c>
       <c r="C1547" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1548" spans="1:3">
       <c r="A1548" s="1" t="inlineStr">
         <is>
-          <t>9786257984362</t>
+          <t>9786257098083</t>
         </is>
       </c>
       <c r="B1548" s="1" t="inlineStr">
         <is>
-          <t>İki Kalem Bir Ruh</t>
+          <t>Belirsiz</t>
         </is>
       </c>
       <c r="C1548" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1549" spans="1:3">
       <c r="A1549" s="1" t="inlineStr">
         <is>
-          <t>9786257984164</t>
+          <t>9786257984850</t>
         </is>
       </c>
       <c r="B1549" s="1" t="inlineStr">
         <is>
-          <t>Halam ve Ben</t>
+          <t>Başka Adamlar</t>
         </is>
       </c>
       <c r="C1549" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1550" spans="1:3">
       <c r="A1550" s="1" t="inlineStr">
         <is>
-          <t>9786257984515</t>
+          <t>9786257984577</t>
         </is>
       </c>
       <c r="B1550" s="1" t="inlineStr">
         <is>
-          <t>Nietzsche’de Sürüden Özgürlüğe</t>
+          <t>Badem Çiçekleri Gibi Uzakta</t>
         </is>
       </c>
       <c r="C1550" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="1551" spans="1:3">
       <c r="A1551" s="1" t="inlineStr">
         <is>
-          <t>9786257984447</t>
+          <t>9786257098014</t>
         </is>
       </c>
       <c r="B1551" s="1" t="inlineStr">
         <is>
-          <t>Linç Lirikleri</t>
+          <t>Ali Öldü</t>
         </is>
       </c>
       <c r="C1551" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1552" spans="1:3">
       <c r="A1552" s="1" t="inlineStr">
         <is>
-          <t>9786257984300</t>
+          <t>9786257098021</t>
         </is>
       </c>
       <c r="B1552" s="1" t="inlineStr">
         <is>
-          <t>Elidanın Hırsızı</t>
+          <t>Akıp Gidenler</t>
         </is>
       </c>
       <c r="C1552" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1553" spans="1:3">
       <c r="A1553" s="1" t="inlineStr">
         <is>
-          <t>9786257984492</t>
+          <t>9786257984775</t>
         </is>
       </c>
       <c r="B1553" s="1" t="inlineStr">
         <is>
-          <t>Derinde Bir Yer</t>
+          <t>Ad Bir Çiçektir</t>
         </is>
       </c>
       <c r="C1553" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1554" spans="1:3">
       <c r="A1554" s="1" t="inlineStr">
         <is>
-          <t>9786058020436</t>
+          <t>9786257984966</t>
         </is>
       </c>
       <c r="B1554" s="1" t="inlineStr">
         <is>
-          <t>İmdat Etme Gözlerim</t>
+          <t>Anahtar Konuştu</t>
         </is>
       </c>
       <c r="C1554" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1555" spans="1:3">
       <c r="A1555" s="1" t="inlineStr">
         <is>
-          <t>9786257984997</t>
+          <t>9786257984935</t>
         </is>
       </c>
       <c r="B1555" s="1" t="inlineStr">
         <is>
-          <t>Modern Zaman Sürgünü</t>
+          <t>Anabolizan</t>
         </is>
       </c>
       <c r="C1555" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="1556" spans="1:3">
       <c r="A1556" s="1" t="inlineStr">
         <is>
-          <t>9786057655851</t>
+          <t>9786057655912</t>
         </is>
       </c>
       <c r="B1556" s="1" t="inlineStr">
         <is>
-          <t>Ülkü Tamer Şiiri</t>
+          <t>Kül Dönümü</t>
         </is>
       </c>
       <c r="C1556" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1557" spans="1:3">
       <c r="A1557" s="1" t="inlineStr">
         <is>
-          <t>9786257984171</t>
+          <t>9786257391979</t>
         </is>
       </c>
       <c r="B1557" s="1" t="inlineStr">
         <is>
-          <t>Pencere</t>
+          <t>Mülksüz ve Çıplak</t>
         </is>
       </c>
       <c r="C1557" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1558" spans="1:3">
       <c r="A1558" s="1" t="inlineStr">
         <is>
-          <t>9786257984034</t>
+          <t>9786057655516</t>
         </is>
       </c>
       <c r="B1558" s="1" t="inlineStr">
         <is>
-          <t>Kırk Yama</t>
+          <t>Son Uçsuz</t>
         </is>
       </c>
       <c r="C1558" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1559" spans="1:3">
       <c r="A1559" s="1" t="inlineStr">
         <is>
-          <t>9786257984027</t>
+          <t>9786058020450</t>
         </is>
       </c>
       <c r="B1559" s="1" t="inlineStr">
         <is>
-          <t>Sen Sıkı Tut Gülüşünü</t>
+          <t>Elke</t>
         </is>
       </c>
       <c r="C1559" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1560" spans="1:3">
       <c r="A1560" s="1" t="inlineStr">
         <is>
-          <t>9786257984249</t>
+          <t>9786057655752</t>
         </is>
       </c>
       <c r="B1560" s="1" t="inlineStr">
         <is>
-          <t>Harpten Geriye Kalanlar</t>
+          <t>Aklımda Saklanan Deliler</t>
         </is>
       </c>
       <c r="C1560" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1561" spans="1:3">
       <c r="A1561" s="1" t="inlineStr">
         <is>
-          <t>9786257984133</t>
+          <t>9786057655745</t>
         </is>
       </c>
       <c r="B1561" s="1" t="inlineStr">
         <is>
-          <t>Darjin</t>
+          <t>Askıda Kalan Mutluluklar</t>
         </is>
       </c>
       <c r="C1561" s="1">
-        <v>120</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1562" spans="1:3">
       <c r="A1562" s="1" t="inlineStr">
         <is>
-          <t>9786057655189</t>
+          <t>9786057655844</t>
         </is>
       </c>
       <c r="B1562" s="1" t="inlineStr">
         <is>
-          <t>Düş Yasak</t>
+          <t>Eski Gecenin On İki Kapısı</t>
         </is>
       </c>
       <c r="C1562" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1563" spans="1:3">
       <c r="A1563" s="1" t="inlineStr">
         <is>
-          <t>9786057655172</t>
+          <t>9786057655943</t>
         </is>
       </c>
       <c r="B1563" s="1" t="inlineStr">
         <is>
-          <t>Dertler Dergahı</t>
+          <t>K1K4</t>
         </is>
       </c>
       <c r="C1563" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1564" spans="1:3">
       <c r="A1564" s="1" t="inlineStr">
         <is>
-          <t>9786057655202</t>
+          <t>9786057655721</t>
         </is>
       </c>
       <c r="B1564" s="1" t="inlineStr">
         <is>
-          <t>Düz Yokuş</t>
+          <t>İlk Şiirler</t>
         </is>
       </c>
       <c r="C1564" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1565" spans="1:3">
       <c r="A1565" s="1" t="inlineStr">
         <is>
-          <t>9786057655226</t>
+          <t>9786057655905</t>
         </is>
       </c>
       <c r="B1565" s="1" t="inlineStr">
         <is>
-          <t>Kurtarılmış Zamandan</t>
+          <t>Dipiz Haikus Octa Deca</t>
         </is>
       </c>
       <c r="C1565" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1566" spans="1:3">
       <c r="A1566" s="1" t="inlineStr">
         <is>
-          <t>9786057655233</t>
+          <t>9786057655158</t>
         </is>
       </c>
       <c r="B1566" s="1" t="inlineStr">
         <is>
-          <t>Bohem Baykuş ve Ev Cini</t>
+          <t>Caz Sokağı Atlıları</t>
         </is>
       </c>
       <c r="C1566" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1567" spans="1:3">
       <c r="A1567" s="1" t="inlineStr">
         <is>
-          <t>9786057655219</t>
+          <t>9786057655820</t>
         </is>
       </c>
       <c r="B1567" s="1" t="inlineStr">
         <is>
-          <t>Raz Beyaz</t>
+          <t>Nergis</t>
         </is>
       </c>
       <c r="C1567" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="1568" spans="1:3">
       <c r="A1568" s="1" t="inlineStr">
         <is>
-          <t>9786057655196</t>
+          <t>9786057655790</t>
         </is>
       </c>
       <c r="B1568" s="1" t="inlineStr">
         <is>
-          <t>Mitolojik Bilinçdışı Çöplüğü</t>
+          <t>Kana Çiçeği Ölüyordu</t>
         </is>
       </c>
       <c r="C1568" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1569" spans="1:3">
       <c r="A1569" s="1" t="inlineStr">
         <is>
-          <t>9786056970603</t>
+          <t>9786057655691</t>
         </is>
       </c>
       <c r="B1569" s="1" t="inlineStr">
         <is>
-          <t>İzmarit</t>
+          <t>Toprak Duman ve Kedi</t>
         </is>
       </c>
       <c r="C1569" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1570" spans="1:3">
       <c r="A1570" s="1" t="inlineStr">
         <is>
-          <t>9786056970689</t>
+          <t>9786057655813</t>
         </is>
       </c>
       <c r="B1570" s="1" t="inlineStr">
         <is>
-          <t>Çaçaron Kağıtlar</t>
+          <t>Evimdeki Kediler</t>
         </is>
       </c>
       <c r="C1570" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1571" spans="1:3">
       <c r="A1571" s="1" t="inlineStr">
         <is>
-          <t>9786058020429</t>
+          <t>9786257984942</t>
         </is>
       </c>
       <c r="B1571" s="1" t="inlineStr">
         <is>
-          <t>Maymunun Kitabı</t>
+          <t>Alkım Nakış Kalem Kirkit</t>
         </is>
       </c>
       <c r="C1571" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1572" spans="1:3">
       <c r="A1572" s="1" t="inlineStr">
         <is>
-          <t>9786056970665</t>
+          <t>9786257098045</t>
         </is>
       </c>
       <c r="B1572" s="1" t="inlineStr">
         <is>
-          <t>Uçurum Fuarı</t>
+          <t>Kitab-ı Aşk</t>
         </is>
       </c>
       <c r="C1572" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1573" spans="1:3">
       <c r="A1573" s="1" t="inlineStr">
         <is>
-          <t>9786056970672</t>
+          <t>9786257984423</t>
         </is>
       </c>
       <c r="B1573" s="1" t="inlineStr">
         <is>
-          <t>Melankolik Kahkaha</t>
+          <t>Ateşin Felaketi</t>
         </is>
       </c>
       <c r="C1573" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1574" spans="1:3">
       <c r="A1574" s="1" t="inlineStr">
         <is>
-          <t>9786056970696</t>
+          <t>9786257984119</t>
         </is>
       </c>
       <c r="B1574" s="1" t="inlineStr">
         <is>
-          <t>Çok Uzak Görünse De</t>
+          <t>Çinçin Hikayeleri</t>
         </is>
       </c>
       <c r="C1574" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1575" spans="1:3">
       <c r="A1575" s="1" t="inlineStr">
         <is>
-          <t>9786058020405</t>
+          <t>9786257984409</t>
         </is>
       </c>
       <c r="B1575" s="1" t="inlineStr">
         <is>
-          <t>Rüyaların Hayaleti</t>
+          <t>Sudan Şeyler</t>
         </is>
       </c>
       <c r="C1575" s="1">
-        <v>170</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1576" spans="1:3">
       <c r="A1576" s="1" t="inlineStr">
         <is>
-          <t>9786057655622</t>
+          <t>9786257984287</t>
         </is>
       </c>
       <c r="B1576" s="1" t="inlineStr">
         <is>
-          <t>Kendime Kaçış</t>
+          <t>Yaşamak Bazen</t>
         </is>
       </c>
       <c r="C1576" s="1">
-        <v>290</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1577" spans="1:3">
       <c r="A1577" s="1" t="inlineStr">
         <is>
-          <t>9786057655301</t>
+          <t>9786257984348</t>
         </is>
       </c>
       <c r="B1577" s="1" t="inlineStr">
         <is>
-          <t>Teneke Yazı</t>
+          <t>Sigara İçen Kadınlar</t>
         </is>
       </c>
       <c r="C1577" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1578" spans="1:3">
       <c r="A1578" s="1" t="inlineStr">
         <is>
-          <t>9786057655639</t>
+          <t>9786257984461</t>
         </is>
       </c>
       <c r="B1578" s="1" t="inlineStr">
         <is>
-          <t>Duygusuz</t>
+          <t>Evrenin Islığı</t>
         </is>
       </c>
       <c r="C1578" s="1">
-        <v>100</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="1579" spans="1:3">
       <c r="A1579" s="1" t="inlineStr">
         <is>
-          <t>9786057655592</t>
+          <t>9786257984393</t>
         </is>
       </c>
       <c r="B1579" s="1" t="inlineStr">
         <is>
-          <t>Takım Elbiseli Acılar</t>
+          <t>Retro Öyküler</t>
         </is>
       </c>
       <c r="C1579" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1580" spans="1:3">
       <c r="A1580" s="1" t="inlineStr">
         <is>
-          <t>9786257984058</t>
+          <t>9786257984362</t>
         </is>
       </c>
       <c r="B1580" s="1" t="inlineStr">
         <is>
-          <t>İki Gurbet Arasında</t>
+          <t>İki Kalem Bir Ruh</t>
         </is>
       </c>
       <c r="C1580" s="1">
-        <v>250</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1581" spans="1:3">
       <c r="A1581" s="1" t="inlineStr">
         <is>
-          <t>9786058020498</t>
+          <t>9786257984164</t>
         </is>
       </c>
       <c r="B1581" s="1" t="inlineStr">
         <is>
-          <t>Reading Hapishanesi Baladı</t>
+          <t>Halam ve Ben</t>
         </is>
       </c>
       <c r="C1581" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1582" spans="1:3">
       <c r="A1582" s="1" t="inlineStr">
         <is>
-          <t>9786257984072</t>
+          <t>9786257984515</t>
         </is>
       </c>
       <c r="B1582" s="1" t="inlineStr">
         <is>
-          <t>Cemal ve Soysuzluk</t>
+          <t>Nietzsche’de Sürüden Özgürlüğe</t>
         </is>
       </c>
       <c r="C1582" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1583" spans="1:3">
       <c r="A1583" s="1" t="inlineStr">
         <is>
-          <t>9786257984065</t>
+          <t>9786257984447</t>
         </is>
       </c>
       <c r="B1583" s="1" t="inlineStr">
         <is>
-          <t>Akıl Ağacı</t>
+          <t>Linç Lirikleri</t>
         </is>
       </c>
       <c r="C1583" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1584" spans="1:3">
       <c r="A1584" s="1" t="inlineStr">
         <is>
-          <t>9786058020481</t>
+          <t>9786257984300</t>
         </is>
       </c>
       <c r="B1584" s="1" t="inlineStr">
         <is>
-          <t>Söze Varmak</t>
+          <t>Elidanın Hırsızı</t>
         </is>
       </c>
       <c r="C1584" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1585" spans="1:3">
       <c r="A1585" s="1" t="inlineStr">
         <is>
-          <t>9786058020474</t>
+          <t>9786257984492</t>
         </is>
       </c>
       <c r="B1585" s="1" t="inlineStr">
         <is>
-          <t>Şiiridye</t>
+          <t>Derinde Bir Yer</t>
         </is>
       </c>
       <c r="C1585" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="1586" spans="1:3">
       <c r="A1586" s="1" t="inlineStr">
         <is>
-          <t>9786257984003</t>
+          <t>9786058020436</t>
         </is>
       </c>
       <c r="B1586" s="1" t="inlineStr">
         <is>
-          <t>Benim Ruhum Dışarlardır</t>
+          <t>İmdat Etme Gözlerim</t>
         </is>
       </c>
       <c r="C1586" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1587" spans="1:3">
       <c r="A1587" s="1" t="inlineStr">
         <is>
+          <t>9786257984997</t>
+        </is>
+      </c>
+      <c r="B1587" s="1" t="inlineStr">
+        <is>
+          <t>Modern Zaman Sürgünü</t>
+        </is>
+      </c>
+      <c r="C1587" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="1588" spans="1:3">
+      <c r="A1588" s="1" t="inlineStr">
+        <is>
+          <t>9786057655851</t>
+        </is>
+      </c>
+      <c r="B1588" s="1" t="inlineStr">
+        <is>
+          <t>Ülkü Tamer Şiiri</t>
+        </is>
+      </c>
+      <c r="C1588" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="1589" spans="1:3">
+      <c r="A1589" s="1" t="inlineStr">
+        <is>
+          <t>9786257984171</t>
+        </is>
+      </c>
+      <c r="B1589" s="1" t="inlineStr">
+        <is>
+          <t>Pencere</t>
+        </is>
+      </c>
+      <c r="C1589" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="1590" spans="1:3">
+      <c r="A1590" s="1" t="inlineStr">
+        <is>
+          <t>9786257984034</t>
+        </is>
+      </c>
+      <c r="B1590" s="1" t="inlineStr">
+        <is>
+          <t>Kırk Yama</t>
+        </is>
+      </c>
+      <c r="C1590" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="1591" spans="1:3">
+      <c r="A1591" s="1" t="inlineStr">
+        <is>
+          <t>9786257984027</t>
+        </is>
+      </c>
+      <c r="B1591" s="1" t="inlineStr">
+        <is>
+          <t>Sen Sıkı Tut Gülüşünü</t>
+        </is>
+      </c>
+      <c r="C1591" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="1592" spans="1:3">
+      <c r="A1592" s="1" t="inlineStr">
+        <is>
+          <t>9786257984249</t>
+        </is>
+      </c>
+      <c r="B1592" s="1" t="inlineStr">
+        <is>
+          <t>Harpten Geriye Kalanlar</t>
+        </is>
+      </c>
+      <c r="C1592" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="1593" spans="1:3">
+      <c r="A1593" s="1" t="inlineStr">
+        <is>
+          <t>9786257984133</t>
+        </is>
+      </c>
+      <c r="B1593" s="1" t="inlineStr">
+        <is>
+          <t>Darjin</t>
+        </is>
+      </c>
+      <c r="C1593" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="1594" spans="1:3">
+      <c r="A1594" s="1" t="inlineStr">
+        <is>
+          <t>9786057655189</t>
+        </is>
+      </c>
+      <c r="B1594" s="1" t="inlineStr">
+        <is>
+          <t>Düş Yasak</t>
+        </is>
+      </c>
+      <c r="C1594" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1595" spans="1:3">
+      <c r="A1595" s="1" t="inlineStr">
+        <is>
+          <t>9786057655172</t>
+        </is>
+      </c>
+      <c r="B1595" s="1" t="inlineStr">
+        <is>
+          <t>Dertler Dergahı</t>
+        </is>
+      </c>
+      <c r="C1595" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="1596" spans="1:3">
+      <c r="A1596" s="1" t="inlineStr">
+        <is>
+          <t>9786057655202</t>
+        </is>
+      </c>
+      <c r="B1596" s="1" t="inlineStr">
+        <is>
+          <t>Düz Yokuş</t>
+        </is>
+      </c>
+      <c r="C1596" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="1597" spans="1:3">
+      <c r="A1597" s="1" t="inlineStr">
+        <is>
+          <t>9786057655226</t>
+        </is>
+      </c>
+      <c r="B1597" s="1" t="inlineStr">
+        <is>
+          <t>Kurtarılmış Zamandan</t>
+        </is>
+      </c>
+      <c r="C1597" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1598" spans="1:3">
+      <c r="A1598" s="1" t="inlineStr">
+        <is>
+          <t>9786057655233</t>
+        </is>
+      </c>
+      <c r="B1598" s="1" t="inlineStr">
+        <is>
+          <t>Bohem Baykuş ve Ev Cini</t>
+        </is>
+      </c>
+      <c r="C1598" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1599" spans="1:3">
+      <c r="A1599" s="1" t="inlineStr">
+        <is>
+          <t>9786057655219</t>
+        </is>
+      </c>
+      <c r="B1599" s="1" t="inlineStr">
+        <is>
+          <t>Raz Beyaz</t>
+        </is>
+      </c>
+      <c r="C1599" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1600" spans="1:3">
+      <c r="A1600" s="1" t="inlineStr">
+        <is>
+          <t>9786057655196</t>
+        </is>
+      </c>
+      <c r="B1600" s="1" t="inlineStr">
+        <is>
+          <t>Mitolojik Bilinçdışı Çöplüğü</t>
+        </is>
+      </c>
+      <c r="C1600" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1601" spans="1:3">
+      <c r="A1601" s="1" t="inlineStr">
+        <is>
+          <t>9786056970603</t>
+        </is>
+      </c>
+      <c r="B1601" s="1" t="inlineStr">
+        <is>
+          <t>İzmarit</t>
+        </is>
+      </c>
+      <c r="C1601" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1602" spans="1:3">
+      <c r="A1602" s="1" t="inlineStr">
+        <is>
+          <t>9786056970689</t>
+        </is>
+      </c>
+      <c r="B1602" s="1" t="inlineStr">
+        <is>
+          <t>Çaçaron Kağıtlar</t>
+        </is>
+      </c>
+      <c r="C1602" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="1603" spans="1:3">
+      <c r="A1603" s="1" t="inlineStr">
+        <is>
+          <t>9786058020429</t>
+        </is>
+      </c>
+      <c r="B1603" s="1" t="inlineStr">
+        <is>
+          <t>Maymunun Kitabı</t>
+        </is>
+      </c>
+      <c r="C1603" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1604" spans="1:3">
+      <c r="A1604" s="1" t="inlineStr">
+        <is>
+          <t>9786056970665</t>
+        </is>
+      </c>
+      <c r="B1604" s="1" t="inlineStr">
+        <is>
+          <t>Uçurum Fuarı</t>
+        </is>
+      </c>
+      <c r="C1604" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="1605" spans="1:3">
+      <c r="A1605" s="1" t="inlineStr">
+        <is>
+          <t>9786056970672</t>
+        </is>
+      </c>
+      <c r="B1605" s="1" t="inlineStr">
+        <is>
+          <t>Melankolik Kahkaha</t>
+        </is>
+      </c>
+      <c r="C1605" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1606" spans="1:3">
+      <c r="A1606" s="1" t="inlineStr">
+        <is>
+          <t>9786056970696</t>
+        </is>
+      </c>
+      <c r="B1606" s="1" t="inlineStr">
+        <is>
+          <t>Çok Uzak Görünse De</t>
+        </is>
+      </c>
+      <c r="C1606" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1607" spans="1:3">
+      <c r="A1607" s="1" t="inlineStr">
+        <is>
+          <t>9786058020405</t>
+        </is>
+      </c>
+      <c r="B1607" s="1" t="inlineStr">
+        <is>
+          <t>Rüyaların Hayaleti</t>
+        </is>
+      </c>
+      <c r="C1607" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="1608" spans="1:3">
+      <c r="A1608" s="1" t="inlineStr">
+        <is>
+          <t>9786057655622</t>
+        </is>
+      </c>
+      <c r="B1608" s="1" t="inlineStr">
+        <is>
+          <t>Kendime Kaçış</t>
+        </is>
+      </c>
+      <c r="C1608" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="1609" spans="1:3">
+      <c r="A1609" s="1" t="inlineStr">
+        <is>
+          <t>9786057655301</t>
+        </is>
+      </c>
+      <c r="B1609" s="1" t="inlineStr">
+        <is>
+          <t>Teneke Yazı</t>
+        </is>
+      </c>
+      <c r="C1609" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1610" spans="1:3">
+      <c r="A1610" s="1" t="inlineStr">
+        <is>
+          <t>9786057655639</t>
+        </is>
+      </c>
+      <c r="B1610" s="1" t="inlineStr">
+        <is>
+          <t>Duygusuz</t>
+        </is>
+      </c>
+      <c r="C1610" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="1611" spans="1:3">
+      <c r="A1611" s="1" t="inlineStr">
+        <is>
+          <t>9786057655592</t>
+        </is>
+      </c>
+      <c r="B1611" s="1" t="inlineStr">
+        <is>
+          <t>Takım Elbiseli Acılar</t>
+        </is>
+      </c>
+      <c r="C1611" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1612" spans="1:3">
+      <c r="A1612" s="1" t="inlineStr">
+        <is>
+          <t>9786257984058</t>
+        </is>
+      </c>
+      <c r="B1612" s="1" t="inlineStr">
+        <is>
+          <t>İki Gurbet Arasında</t>
+        </is>
+      </c>
+      <c r="C1612" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1613" spans="1:3">
+      <c r="A1613" s="1" t="inlineStr">
+        <is>
+          <t>9786058020498</t>
+        </is>
+      </c>
+      <c r="B1613" s="1" t="inlineStr">
+        <is>
+          <t>Reading Hapishanesi Baladı</t>
+        </is>
+      </c>
+      <c r="C1613" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1614" spans="1:3">
+      <c r="A1614" s="1" t="inlineStr">
+        <is>
+          <t>9786257984072</t>
+        </is>
+      </c>
+      <c r="B1614" s="1" t="inlineStr">
+        <is>
+          <t>Cemal ve Soysuzluk</t>
+        </is>
+      </c>
+      <c r="C1614" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="1615" spans="1:3">
+      <c r="A1615" s="1" t="inlineStr">
+        <is>
+          <t>9786257984065</t>
+        </is>
+      </c>
+      <c r="B1615" s="1" t="inlineStr">
+        <is>
+          <t>Akıl Ağacı</t>
+        </is>
+      </c>
+      <c r="C1615" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1616" spans="1:3">
+      <c r="A1616" s="1" t="inlineStr">
+        <is>
+          <t>9786058020481</t>
+        </is>
+      </c>
+      <c r="B1616" s="1" t="inlineStr">
+        <is>
+          <t>Söze Varmak</t>
+        </is>
+      </c>
+      <c r="C1616" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1617" spans="1:3">
+      <c r="A1617" s="1" t="inlineStr">
+        <is>
+          <t>9786058020474</t>
+        </is>
+      </c>
+      <c r="B1617" s="1" t="inlineStr">
+        <is>
+          <t>Şiiridye</t>
+        </is>
+      </c>
+      <c r="C1617" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1618" spans="1:3">
+      <c r="A1618" s="1" t="inlineStr">
+        <is>
+          <t>9786257984003</t>
+        </is>
+      </c>
+      <c r="B1618" s="1" t="inlineStr">
+        <is>
+          <t>Benim Ruhum Dışarlardır</t>
+        </is>
+      </c>
+      <c r="C1618" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1619" spans="1:3">
+      <c r="A1619" s="1" t="inlineStr">
+        <is>
           <t>9786257984140</t>
         </is>
       </c>
-      <c r="B1587" s="1" t="inlineStr">
+      <c r="B1619" s="1" t="inlineStr">
         <is>
           <t>Ah Samira</t>
         </is>
       </c>
-      <c r="C1587" s="1">
+      <c r="C1619" s="1">
         <v>200</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>