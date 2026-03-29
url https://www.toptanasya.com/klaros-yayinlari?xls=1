--- v1 (2026-02-07)
+++ v2 (2026-03-29)
@@ -85,24310 +85,24895 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786254159763</t>
+          <t>9786258582178</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Türk Şiirinin Psikanalizi</t>
+          <t>Anılar Galerisi III</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255682840</t>
+          <t>9786258582222</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar ve Diğer Felaketler</t>
+          <t>Annemin Çeyizleri</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255682932</t>
+          <t>9786258582314</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Empresyon; Pes Çığlık</t>
+          <t>Aşklambaç</t>
         </is>
       </c>
       <c r="C4" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255682987</t>
+          <t>9786258582208</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Dil Firuzdan Uzak</t>
+          <t>Bir Sessizliğin Başlangıcı</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255682581</t>
+          <t>9786258582116</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Yazılmamış Şiirler ve Sözler</t>
+          <t>Bir Sevgi Hikayesi</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255682888</t>
+          <t>9786258582383</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Hikayenin Bittiği Yerdeyim</t>
+          <t>Bir Yalnızlık Metaforu Olarak Penguen</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255682918</t>
+          <t>9786258582390</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Akıl</t>
+          <t>Bir Yas Günlüğü</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255682901</t>
+          <t>9786258582185</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Amor Morte</t>
+          <t>Dirilerin Yası</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255682949</t>
+          <t>9786258582345</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Dilini Yüreğine Göm</t>
+          <t>Hiç Kimsenin Şairi Olmak</t>
         </is>
       </c>
       <c r="C10" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786255682925</t>
+          <t>9786258582352</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Hiç Sesli Bir Yer</t>
+          <t>Karar Noktası</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786255682697</t>
+          <t>9786258582239</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Ihlamur Kokusu</t>
+          <t>Özne</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786255682833</t>
+          <t>9786258582321</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>İz Bulanık</t>
+          <t>Siyajin; Mavi Kelebeğin Ağıdı</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>180</v>
+        <v>230</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786255682291</t>
+          <t>9786258582307</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>İçten Gelen Işık</t>
+          <t>Şiirin Öfkesi Şairin Yüzü</t>
         </is>
       </c>
       <c r="C14" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786255682741</t>
+          <t>9786258582338</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Bu Güne Kadar Neredeydin</t>
+          <t>Şiirle Direniş</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786255682673</t>
+          <t>9786258582284</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Cam Fanustaki Prenses</t>
+          <t>Umuda Direnen Aşk</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786255682802</t>
+          <t>9786258582291</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Dost Kalemlerden Yansımalar</t>
+          <t>Yarına Umut Mayaladım</t>
         </is>
       </c>
       <c r="C17" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786255682819</t>
+          <t>9786258582215</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Güneşi Koydum Kalbime</t>
+          <t>Zihnimde Kalan Sesler</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786255682734</t>
+          <t>9786258582369</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>İşgal Altında Zihinler</t>
+          <t>Klaros Sayı 14: Emirali Yağan Özel Sayı</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786255682628</t>
+          <t>9786254158285</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>İthaka Günlükleri</t>
+          <t>Sürekli Portakal Kabukları</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786255682826</t>
+          <t>9786258582000</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Karanlığa Karşı Umut</t>
+          <t>Çolig / Kültür Dünyamızda Bingöl</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>200</v>
+        <v>700</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786255682703</t>
+          <t>9786257573757</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Kedisi Gece</t>
+          <t>Unutulan Dava Kıbrıs’ta Bir Yarım Kalışın Hikayesi</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786255682857</t>
+          <t>9786255682130</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Kesilmeyen İp</t>
+          <t>Para İllüzyonu</t>
         </is>
       </c>
       <c r="C23" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786255682680</t>
+          <t>9786258582154</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Nefes</t>
+          <t>Zardan Adamlar Kardan Kediler</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786255682765</t>
+          <t>9786258582147</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Salıncak Mevsimi</t>
+          <t>Sürgünden Öte</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786255682789</t>
+          <t>9786255682963</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Son Sefer</t>
+          <t>Geceden Sızan Işık</t>
         </is>
       </c>
       <c r="C26" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786255682864</t>
+          <t>9786258582192</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>İnsan Sofrasında Çıplak Ruhlar</t>
+          <t>Eylül Yağmuru</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786255682796</t>
+          <t>9786258582130</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Elinde Sigarayla Uyuyakalan Adam ve Yanan Rüyalar</t>
+          <t>Dokunaksız</t>
         </is>
       </c>
       <c r="C28" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786255682758</t>
+          <t>9786258582062</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Deli Deli</t>
+          <t>Annemin Türküsü</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786255682772</t>
+          <t>9786258582079</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Çelya</t>
+          <t>Aşk, Ölüm ve Yemen</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786255682727</t>
+          <t>9786255682994</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Bin Yıllık Gece</t>
+          <t>Bulantı Yağmuru</t>
         </is>
       </c>
       <c r="C31" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786255682543</t>
+          <t>9786258582055</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Yara ve Büyü</t>
+          <t>Esrik Bilgi</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>1000</v>
+        <v>180</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786255682642</t>
+          <t>9786258582031</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Klaros Sayı 13: Sanat ve Kimlik</t>
+          <t>Filmlere Berrak Rüyalı Bakış</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786255682048</t>
+          <t>9786255682970</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Ardıç</t>
+          <t>İki Sen Arasında</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786255682307</t>
+          <t>9786255682871</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Yaşamak'sa</t>
+          <t>Instagram’da Yazdım Okumadın Mı?</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786255682666</t>
+          <t>9786258582048</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Öte</t>
+          <t>Kül Atlası</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786257311342</t>
+          <t>9786258582024</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Anne ve Çocuk Rehberi</t>
+          <t>Otuz Saklı Kadın</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786255682406</t>
+          <t>9786258582123</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşlık ve Aşk</t>
+          <t>Parçalanamayan Parçayım</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786255682567</t>
+          <t>9786258582109</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Düşler, Gölgeler ve Hayaletler</t>
+          <t>Uyanış</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786255682529</t>
+          <t>9786258582093</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Mevlevi Kitap</t>
+          <t>Zeval</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786255682611</t>
+          <t>9786254159763</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Su Kalayım</t>
+          <t>Türk Şiirinin Psikanalizi</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786255682574</t>
+          <t>9786255682840</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Şah ve Mat</t>
+          <t>Çocuklar ve Diğer Felaketler</t>
         </is>
       </c>
       <c r="C42" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786255682604</t>
+          <t>9786255682932</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Kum Saati</t>
+          <t>Empresyon; Pes Çığlık</t>
         </is>
       </c>
       <c r="C43" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786255682512</t>
+          <t>9786255682987</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Taş Masa</t>
+          <t>Dil Firuzdan Uzak</t>
         </is>
       </c>
       <c r="C44" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786255682451</t>
+          <t>9786255682581</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Yaralı Bir Coğfayanın Kaderi</t>
+          <t>Yazılmamış Şiirler ve Sözler</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786255682147</t>
+          <t>9786255682888</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Ahlaki Değerlerimiz</t>
+          <t>Hikayenin Bittiği Yerdeyim</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786255682413</t>
+          <t>9786255682918</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Ali Abi</t>
+          <t>Akıl</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786255682352</t>
+          <t>9786255682901</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Amerikan Salatası</t>
+          <t>Amor Morte</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786255682390</t>
+          <t>9786255682949</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Ardiye'de Unutulan İnsanlık</t>
+          <t>Dilini Yüreğine Göm</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786255682505</t>
+          <t>9786255682925</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Bavul</t>
+          <t>Hiç Sesli Bir Yer</t>
         </is>
       </c>
       <c r="C50" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786255682420</t>
+          <t>9786255682697</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Bir Yüzün Tasviri</t>
+          <t>Ihlamur Kokusu</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786255682376</t>
+          <t>9786255682833</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Direnişin Kanatları</t>
+          <t>İz Bulanık</t>
         </is>
       </c>
       <c r="C52" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786255682444</t>
+          <t>9786255682291</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Hepsi Bu</t>
+          <t>İçten Gelen Işık</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786255682079</t>
+          <t>9786255682741</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>İda Günlükleri</t>
+          <t>Bu Güne Kadar Neredeydin</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786255682437</t>
+          <t>9786255682673</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Kavgalar ve Çiçekler</t>
+          <t>Cam Fanustaki Prenses</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786255682154</t>
+          <t>9786255682802</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Ruhun Uyanışı</t>
+          <t>Dost Kalemlerden Yansımalar</t>
         </is>
       </c>
       <c r="C56" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786255682475</t>
+          <t>9786255682819</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Sarıl Da Gidelim</t>
+          <t>Güneşi Koydum Kalbime</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786255682161</t>
+          <t>9786255682734</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Sessizliğimin Sesi Efsane Zinnet</t>
+          <t>İşgal Altında Zihinler</t>
         </is>
       </c>
       <c r="C58" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786255682482</t>
+          <t>9786255682628</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Şiirin Ardı/ Benim Hikayem</t>
+          <t>İthaka Günlükleri</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786255682499</t>
+          <t>9786255682826</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Tuğçe'ce - 2</t>
+          <t>Karanlığa Karşı Umut</t>
         </is>
       </c>
       <c r="C60" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786254153198</t>
+          <t>9786255682703</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Uzak Ev</t>
+          <t>Kedisi Gece</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786255682383</t>
+          <t>9786255682857</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Yıkılmayı Beklerken</t>
+          <t>Kesilmeyen İp</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786255682468</t>
+          <t>9786255682680</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Yöneticiler İçin Püf Noktaları</t>
+          <t>Nefes</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786255682239</t>
+          <t>9786255682765</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Kilisedeki Portakal Ağacı</t>
+          <t>Salıncak Mevsimi</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>500</v>
+        <v>180</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786255682222</t>
+          <t>9786255682789</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Endişe Çağı Şiirleri</t>
+          <t>Son Sefer</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786255682284</t>
+          <t>9786255682864</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Ve Bir Daha Bulmak Yıldızları</t>
+          <t>İnsan Sofrasında Çıplak Ruhlar</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786255682338</t>
+          <t>9786255682796</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Tans Push Gloria</t>
+          <t>Elinde Sigarayla Uyuyakalan Adam ve Yanan Rüyalar</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786255682214</t>
+          <t>9786255682758</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Peri Su</t>
+          <t>Deli Deli</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786255682253</t>
+          <t>9786255682772</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Neolitik Sinema</t>
+          <t>Çelya</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786255682277</t>
+          <t>9786255682727</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Taşlık Kıyısında</t>
+          <t>Bin Yıllık Gece</t>
         </is>
       </c>
       <c r="C70" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786255682369</t>
+          <t>9786255682543</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Güney Amerika Günlükleri II</t>
+          <t>Yara ve Büyü</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>200</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786255682321</t>
+          <t>9786255682642</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Eylül’ün Son Sabahı</t>
+          <t>Klaros Sayı 13: Sanat ve Kimlik</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786255682260</t>
+          <t>9786255682048</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Çamura Çeken Gölgeler</t>
+          <t>Yalnız Ardıç</t>
         </is>
       </c>
       <c r="C73" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786257391887</t>
+          <t>9786255682307</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Rüzgar Öpsün Saçlarından</t>
+          <t>Yaşamak'sa</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786254159886</t>
+          <t>9786255682666</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Parjan 2</t>
+          <t>Öte</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786254159862</t>
+          <t>9786257311342</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Parjan 1</t>
+          <t>Anne ve Çocuk Rehberi</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786257573030</t>
+          <t>9786255682406</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Ucu Açık</t>
+          <t>Arkadaşlık ve Aşk</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786255682024</t>
+          <t>9786255682567</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Kuşlar Kanadı</t>
+          <t>Düşler, Gölgeler ve Hayaletler</t>
         </is>
       </c>
       <c r="C78" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786255682031</t>
+          <t>9786255682529</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Başka</t>
+          <t>Mevlevi Kitap</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786255682178</t>
+          <t>9786255682611</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Tahammül Edilemeyen Şiirler</t>
+          <t>Su Kalayım</t>
         </is>
       </c>
       <c r="C80" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786255682208</t>
+          <t>9786255682574</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Şiirle Akışan</t>
+          <t>Şah ve Mat</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786255682062</t>
+          <t>9786255682604</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Salyangoz Salgısı</t>
+          <t>Tarihin Kum Saati</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786255682055</t>
+          <t>9786255682512</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Saçlarımı Abilerim Okşamaktadır</t>
+          <t>Taş Masa</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786255682086</t>
+          <t>9786255682451</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Ölüler ve Yaşayamayanlar</t>
+          <t>Yaralı Bir Coğfayanın Kaderi</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786255682093</t>
+          <t>9786255682147</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Mitolojiden Moderniteye Kötülük</t>
+          <t>Ahlaki Değerlerimiz</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786255682123</t>
+          <t>9786255682413</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Damat Koca Lütfi Paşa</t>
+          <t>Ali Abi</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786255682109</t>
+          <t>9786255682352</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Kırivanti</t>
+          <t>Amerikan Salatası</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>280</v>
+        <v>400</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786255682116</t>
+          <t>9786255682390</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Günyüzü Tabağı</t>
+          <t>Ardiye'de Unutulan İnsanlık</t>
         </is>
       </c>
       <c r="C88" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786254150371</t>
+          <t>9786255682505</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Arpalık</t>
+          <t>Bavul</t>
         </is>
       </c>
       <c r="C89" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786257573238</t>
+          <t>9786255682420</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Yürek Sevdaya Değince</t>
+          <t>Bir Yüzün Tasviri</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786257352550</t>
+          <t>9786255682376</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Peri Beyazı</t>
+          <t>Direnişin Kanatları</t>
         </is>
       </c>
       <c r="C91" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786257391849</t>
+          <t>9786255682444</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Hayat Sorar Şiir Yanıt Olur</t>
+          <t>Hepsi Bu</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786257573702</t>
+          <t>9786255682079</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Dozer</t>
+          <t>İda Günlükleri</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786254150814</t>
+          <t>9786255682437</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Mavi</t>
+          <t>Kavgalar ve Çiçekler</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786254150784</t>
+          <t>9786255682154</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Girift</t>
+          <t>Ruhun Uyanışı</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786254151125</t>
+          <t>9786255682475</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Alakasız Şeyler</t>
+          <t>Sarıl Da Gidelim</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786254150494</t>
+          <t>9786255682161</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Sürgündeki Dante</t>
+          <t>Sessizliğimin Sesi Efsane Zinnet</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786257573689</t>
+          <t>9786255682482</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Dolunay</t>
+          <t>Şiirin Ardı/ Benim Hikayem</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>400</v>
+        <v>180</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786254159107</t>
+          <t>9786255682499</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Bir Yara Gibi Yazmak</t>
+          <t>Tuğçe'ce - 2</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786257573719</t>
+          <t>9786254153198</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Benim Suçum Ne</t>
+          <t>Uzak Ev</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786257573795</t>
+          <t>9786255682383</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Baharlar Ne Söyler Sana</t>
+          <t>Yıkılmayı Beklerken</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786257391832</t>
+          <t>9786255682468</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Kuşlar</t>
+          <t>Yöneticiler İçin Püf Noktaları</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786254159596</t>
+          <t>9786255682239</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Verdek</t>
+          <t>Kilisedeki Portakal Ağacı</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786254159589</t>
+          <t>9786255682222</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Elke</t>
+          <t>Endişe Çağı Şiirleri</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786257391894</t>
+          <t>9786255682284</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Acayipzadeler</t>
+          <t>Ve Bir Daha Bulmak Yıldızları</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786257391535</t>
+          <t>9786255682338</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Kalbinde Dört Mevsimlik İnsan</t>
+          <t>Tans Push Gloria</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786254158339</t>
+          <t>9786255682214</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Mavi Dünya</t>
+          <t>Peri Su</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786254159213</t>
+          <t>9786255682253</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Kusursuz Geometri</t>
+          <t>Neolitik Sinema</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786254158476</t>
+          <t>9786255682277</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Arafın Ötesinde: Cennetin Acısı</t>
+          <t>Hayatın Taşlık Kıyısında</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786254158988</t>
+          <t>9786255682369</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Arafın Ötesinde: Cehennem Mutluluğu</t>
+          <t>Güney Amerika Günlükleri II</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786257391573</t>
+          <t>9786255682321</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Yüzden Bir Eksik Bir Fazla</t>
+          <t>Eylül’ün Son Sabahı</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>180</v>
+        <v>230</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786254150500</t>
+          <t>9786255682260</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Tudor Hanedanı ve Hükümdarları</t>
+          <t>Çamura Çeken Gölgeler</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786257391078</t>
+          <t>9786257391887</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Sürpriz</t>
+          <t>Rüzgar Öpsün Saçlarından</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786257573283</t>
+          <t>9786254159886</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Kendisini Anlamanın Mümkün Olmadığı Bir Tespit</t>
+          <t>Parjan 2</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786254159855</t>
+          <t>9786254159862</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Dünya Gazetesinin Kültür Eki</t>
+          <t>Parjan 1</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786254150548</t>
+          <t>9786257573030</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Daniska</t>
+          <t>Ucu Açık</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786257573788</t>
+          <t>9786255682024</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Candan Cana</t>
+          <t>Kuşlar Kanadı</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786254159909</t>
+          <t>9786255682031</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Sanatçı Söyleşileri</t>
+          <t>Başka</t>
         </is>
       </c>
       <c r="C118" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786254159770</t>
+          <t>9786255682178</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Yan Şimdi Aşk</t>
+          <t>Tahammül Edilemeyen Şiirler</t>
         </is>
       </c>
       <c r="C119" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786254159930</t>
+          <t>9786255682208</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Vagon Vagon İstanbul</t>
+          <t>Şiirle Akışan</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786254159992</t>
+          <t>9786255682062</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Suyun Parçaladığı</t>
+          <t>Salyangoz Salgısı</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786254159947</t>
+          <t>9786255682055</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Sesler, Renkler, Yüzler</t>
+          <t>Saçlarımı Abilerim Okşamaktadır</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786254159985</t>
+          <t>9786255682086</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Lora</t>
+          <t>Ölüler ve Yaşayamayanlar</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786254159954</t>
+          <t>9786255682093</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Gölgede Büyüyen Kız</t>
+          <t>Mitolojiden Moderniteye Kötülük</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786254159831</t>
+          <t>9786255682123</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Fi Tarihinden Önceydi</t>
+          <t>Damat Koca Lütfi Paşa</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786254159800</t>
+          <t>9786255682109</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Dünya Hırkası</t>
+          <t>Kırivanti</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786254156762</t>
+          <t>9786255682116</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Dikleksi Defteri</t>
+          <t>Günyüzü Tabağı</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786254159794</t>
+          <t>9786254150371</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Biz Hep Çiçek Açarken</t>
+          <t>Arpalık</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786254159978</t>
+          <t>9786257573238</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Bitimsiz Güzergahında Yaşamın</t>
+          <t>Yürek Sevdaya Değince</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786254159893</t>
+          <t>9786257352550</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Ateste Pişip Örste Dövülen Şair: Yunus Yaşar</t>
+          <t>Peri Beyazı</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786254159633</t>
+          <t>9786257391849</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Alper ve Balköpüğü</t>
+          <t>Hayat Sorar Şiir Yanıt Olur</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786254159756</t>
+          <t>9786257573702</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Zaman Söylemez</t>
+          <t>Dozer</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786254159299</t>
+          <t>9786254150814</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Yaprak İzi</t>
+          <t>Mavi</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786254159718</t>
+          <t>9786254150784</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Taşlar ve Avlular</t>
+          <t>Girift</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786254159695</t>
+          <t>9786254151125</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Sınıfın Görünmeyenleri Mülteci İşçi Çocuklar</t>
+          <t>Alakasız Şeyler</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786254159527</t>
+          <t>9786254150494</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Suyun Aynasında</t>
+          <t>Sürgündeki Dante</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786254159657</t>
+          <t>9786257573689</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Memleketim Memleketim</t>
+          <t>Dolunay</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786254159817</t>
+          <t>9786254159107</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Kırık Otlar Çağı</t>
+          <t>Bir Yara Gibi Yazmak</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786254159282</t>
+          <t>9786257573719</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Her Şeyi Bilen Rüzgar</t>
+          <t>Benim Suçum Ne</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786254159749</t>
+          <t>9786257573795</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Her Dize Bir Direniştir</t>
+          <t>Baharlar Ne Söyler Sana</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786254159725</t>
+          <t>9786257391832</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Gökten Üç Masal Düştü</t>
+          <t>Akıllı Kuşlar</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786254159824</t>
+          <t>9786254159596</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Düşünen Baykuştan Şiirler</t>
+          <t>Verdek</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786254159879</t>
+          <t>9786254159589</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Bir Tel Çiçekti Kalan</t>
+          <t>Elke</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786254159787</t>
+          <t>9786257391894</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Başka Mevsimlerin Şarkısı</t>
+          <t>Acayipzadeler</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786254159275</t>
+          <t>9786257391535</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Anahtar Yolu</t>
+          <t>Zamanın Kalbinde Dört Mevsimlik İnsan</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786254159510</t>
+          <t>9786254158339</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Gece Beliren Hüzün</t>
+          <t>Mavi Dünya</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786254159664</t>
+          <t>9786254159213</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Yeniden</t>
+          <t>Kusursuz Geometri</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786254159732</t>
+          <t>9786254158476</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Yaralı Kalp</t>
+          <t>Arafın Ötesinde: Cennetin Acısı</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786254159558</t>
+          <t>9786254158988</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Söz Fırtınası</t>
+          <t>Arafın Ötesinde: Cehennem Mutluluğu</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786254159503</t>
+          <t>9786257391573</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Sonunda Kuşlar da Vurulur</t>
+          <t>Yüzden Bir Eksik Bir Fazla</t>
         </is>
       </c>
       <c r="C150" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786254159602</t>
+          <t>9786254150500</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Oldu Mu?</t>
+          <t>Tudor Hanedanı ve Hükümdarları</t>
         </is>
       </c>
       <c r="C151" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786254159183</t>
+          <t>9786257391078</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>O Şiiri Neden Yazdın</t>
+          <t>Sürpriz</t>
         </is>
       </c>
       <c r="C152" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786254159206</t>
+          <t>9786257573283</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Köy</t>
+          <t>Kendisini Anlamanın Mümkün Olmadığı Bir Tespit</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786254159565</t>
+          <t>9786254159855</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Gölgeyle Masalsı Dans</t>
+          <t>Dünya Gazetesinin Kültür Eki</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786254159701</t>
+          <t>9786254150548</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Gitmek Kendimle Mümkün Değil</t>
+          <t>Daniska</t>
         </is>
       </c>
       <c r="C155" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786254159541</t>
+          <t>9786257573788</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Duvarları</t>
+          <t>Candan Cana</t>
         </is>
       </c>
       <c r="C156" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786254159671</t>
+          <t>9786254159909</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Başına</t>
+          <t>Sanatçı Söyleşileri</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786254159619</t>
+          <t>9786254159770</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Bir Başka Bahar</t>
+          <t>Yan Şimdi Aşk</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786254159572</t>
+          <t>9786254159930</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Ateşi Utandıran Yangın</t>
+          <t>Vagon Vagon İstanbul</t>
         </is>
       </c>
       <c r="C159" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786254159640</t>
+          <t>9786254159992</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Allegro Temposu</t>
+          <t>Suyun Parçaladığı</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786254155857</t>
+          <t>9786254159947</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Zehra ve Ah Divanı</t>
+          <t>Sesler, Renkler, Yüzler</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786254159190</t>
+          <t>9786254159985</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Benim Sevdam Samandağ</t>
+          <t>Lora</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786254159473</t>
+          <t>9786254159954</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Zülüf Dökülmüş Yüze</t>
+          <t>Gölgede Büyüyen Kız</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786254159381</t>
+          <t>9786254159831</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Yazılar Kitabı</t>
+          <t>Fi Tarihinden Önceydi</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786254159404</t>
+          <t>9786254159800</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Yaz Göğü</t>
+          <t>Dünya Hırkası</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786254156410</t>
+          <t>9786254156762</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Soğuk Masa Sıcak Ölüm</t>
+          <t>Dikleksi Defteri</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786254159398</t>
+          <t>9786254159794</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Ne Çok Ah Ne Az Ey</t>
+          <t>Biz Hep Çiçek Açarken</t>
         </is>
       </c>
       <c r="C167" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786254159442</t>
+          <t>9786254159978</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Kitap Korkusu</t>
+          <t>Bitimsiz Güzergahında Yaşamın</t>
         </is>
       </c>
       <c r="C168" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786254159435</t>
+          <t>9786254159893</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Kirekör</t>
+          <t>Ateste Pişip Örste Dövülen Şair: Yunus Yaşar</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786254159480</t>
+          <t>9786254159633</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>İki Tarih Arası Yolculuk</t>
+          <t>Alper ve Balköpüğü</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786254159367</t>
+          <t>9786254159756</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Evrim</t>
+          <t>Zaman Söylemez</t>
         </is>
       </c>
       <c r="C171" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786254159411</t>
+          <t>9786254159299</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Dile Kolay</t>
+          <t>Yaprak İzi</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786254159374</t>
+          <t>9786254159718</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Denizi Seviyorsan Dalgaları da Seveceksin</t>
+          <t>Taşlar ve Avlular</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786254159428</t>
+          <t>9786254159695</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Çiçek Dürbünlü Tüfek</t>
+          <t>Sınıfın Görünmeyenleri Mülteci İşçi Çocuklar</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786254156618</t>
+          <t>9786254159527</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Buhran</t>
+          <t>Suyun Aynasında</t>
         </is>
       </c>
       <c r="C175" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786254159497</t>
+          <t>9786254159657</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Antik Yunan Tragedyalarını Okuma Notları</t>
+          <t>Memleketim Memleketim</t>
         </is>
       </c>
       <c r="C176" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786254159534</t>
+          <t>9786254159817</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Klaros Sayı 12: Sanat ve Kötülük</t>
+          <t>Kırık Otlar Çağı</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786254152955</t>
+          <t>9786254159282</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Tenimde Kırlangıç Uykusu</t>
+          <t>Her Şeyi Bilen Rüzgar</t>
         </is>
       </c>
       <c r="C178" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786254159220</t>
+          <t>9786254159749</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Vera</t>
+          <t>Her Dize Bir Direniştir</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786254159114</t>
+          <t>9786254159725</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Son İstasyon</t>
+          <t>Gökten Üç Masal Düştü</t>
         </is>
       </c>
       <c r="C180" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786254159251</t>
+          <t>9786254159824</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Sarhoş Otlar</t>
+          <t>Düşünen Baykuştan Şiirler</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786254159169</t>
+          <t>9786254159879</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Modada Marka Aktivizmi</t>
+          <t>Bir Tel Çiçekti Kalan</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786254159121</t>
+          <t>9786254159787</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Kurtarılmış Sözcükler</t>
+          <t>Başka Mevsimlerin Şarkısı</t>
         </is>
       </c>
       <c r="C183" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786254159237</t>
+          <t>9786254159275</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Kelimeler</t>
+          <t>Anahtar Yolu</t>
         </is>
       </c>
       <c r="C184" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786254159138</t>
+          <t>9786254159510</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>İyi Olan Kazansın</t>
+          <t>Gece Beliren Hüzün</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786254159305</t>
+          <t>9786254159664</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Bitirmek Üzereyim</t>
+          <t>Yeniden</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>170</v>
+        <v>180</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786254159268</t>
+          <t>9786254159732</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Berf - Parem</t>
+          <t>Yaralı Kalp</t>
         </is>
       </c>
       <c r="C187" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786254159145</t>
+          <t>9786254159558</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Ben Narsist Değilim</t>
+          <t>Söz Fırtınası</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786254159152</t>
+          <t>9786254159503</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Klaros Sayı 6: Kelamı Eğiren Şair; W.B. Bayrıl</t>
+          <t>Sonunda Kuşlar da Vurulur</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786254157899</t>
+          <t>9786254159602</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Bakış Acısı</t>
+          <t>Oldu Mu?</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786254159053</t>
+          <t>9786254159183</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Zemrem</t>
+          <t>O Şiiri Neden Yazdın</t>
         </is>
       </c>
       <c r="C191" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786254158704</t>
+          <t>9786254159206</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Unutulmaz Şeyler 2</t>
+          <t>Köy</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786254156236</t>
+          <t>9786254159565</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Şiirin Sesinde Koşmak</t>
+          <t>Gölgeyle Masalsı Dans</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>170</v>
+        <v>180</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786254159084</t>
+          <t>9786254159701</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Sanmak</t>
+          <t>Gitmek Kendimle Mümkün Değil</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786254159091</t>
+          <t>9786254159541</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Pas</t>
+          <t>Dünyanın Duvarları</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786254156038</t>
+          <t>9786254159671</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Nazım Hikmet Şiirlerinde “İnsan Manzaraları”</t>
+          <t>Çocuk Başına</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786254159046</t>
+          <t>9786254159619</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Karanfil Ekin Avuçlarınıza</t>
+          <t>Bir Başka Bahar</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786254158933</t>
+          <t>9786254159572</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>İpi Bırakıyorum</t>
+          <t>Ateşi Utandıran Yangın</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786254156229</t>
+          <t>9786254159640</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Bir Nehrin Mitolojisi</t>
+          <t>Allegro Temposu</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786254154492</t>
+          <t>9786254155857</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Ayna</t>
+          <t>Zehra ve Ah Divanı</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>270</v>
+        <v>200</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786254158940</t>
+          <t>9786254159190</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Yüzün Gözlerimde Dursun</t>
+          <t>Benim Sevdam Samandağ</t>
         </is>
       </c>
       <c r="C201" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786254158650</t>
+          <t>9786254159473</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Sosyalist Gerçekçilikte Üçüncü Kuşak</t>
+          <t>Zülüf Dökülmüş Yüze</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>600</v>
+        <v>150</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786254158957</t>
+          <t>9786254159381</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Unutulan Ahlaki Değerlerimiz</t>
+          <t>Yazılar Kitabı</t>
         </is>
       </c>
       <c r="C203" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786254159022</t>
+          <t>9786254159404</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Ruhların Başucunda</t>
+          <t>Yaz Göğü</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786254159015</t>
+          <t>9786254156410</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Mavilerin Adamı</t>
+          <t>Soğuk Masa Sıcak Ölüm</t>
         </is>
       </c>
       <c r="C205" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786254158971</t>
+          <t>9786254159398</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Mardin Kitabı</t>
+          <t>Ne Çok Ah Ne Az Ey</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786254159039</t>
+          <t>9786254159442</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>İzzeti Nefis İşleri</t>
+          <t>Kitap Korkusu</t>
         </is>
       </c>
       <c r="C207" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786254158926</t>
+          <t>9786254159435</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Çocukluğuma Dair Aklımda Kalan Karelerin Köşegenleri</t>
+          <t>Kirekör</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786254159008</t>
+          <t>9786254159480</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Bir Avuç Toprak</t>
+          <t>İki Tarih Arası Yolculuk</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786254158896</t>
+          <t>9786254159367</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Ömür Bir Fincan Kahve İçimidir 2. Cilt</t>
+          <t>Evrim</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786254158803</t>
+          <t>9786254159411</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Yaşayan Ölüler Tutanağı</t>
+          <t>Dile Kolay</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786254158629</t>
+          <t>9786254159374</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Uzun Vedalar Kenti</t>
+          <t>Denizi Seviyorsan Dalgaları da Seveceksin</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786254158827</t>
+          <t>9786254159428</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Sirkiye</t>
+          <t>Çiçek Dürbünlü Tüfek</t>
         </is>
       </c>
       <c r="C213" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786254158889</t>
+          <t>9786254156618</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Ömür Bir Fincan Kahve İçimidir 1. Cilt</t>
+          <t>Buhran</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>500</v>
+        <v>180</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786254158858</t>
+          <t>9786254159497</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Medcezir Yankıları</t>
+          <t>Antik Yunan Tragedyalarını Okuma Notları</t>
         </is>
       </c>
       <c r="C215" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786254158841</t>
+          <t>9786254159534</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Bir Kadın Üç Hayat</t>
+          <t>Klaros Sayı 12: Sanat ve Kötülük</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786254158766</t>
+          <t>9786254152955</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Athena'nın Kızları</t>
+          <t>Tenimde Kırlangıç Uykusu</t>
         </is>
       </c>
       <c r="C217" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786254158780</t>
+          <t>9786254159220</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Zeynep’in Çekirdek Ailesi</t>
+          <t>Vera</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>270</v>
+        <v>180</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786254158834</t>
+          <t>9786254159114</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Veysel Çolak Şiir Parkı Çocukları ve Sokak Kedisi Gri</t>
+          <t>Son İstasyon</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786254158742</t>
+          <t>9786254159251</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Pardon İçim Döküldü</t>
+          <t>Sarhoş Otlar</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786254158797</t>
+          <t>9786254159169</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Issız İpek Böceği</t>
+          <t>Modada Marka Aktivizmi</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786254158711</t>
+          <t>9786254159121</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Çıplakça Bir Köy Gezintisi</t>
+          <t>Kurtarılmış Sözcükler</t>
         </is>
       </c>
       <c r="C222" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786254158728</t>
+          <t>9786254159237</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Çıplak</t>
+          <t>Kelimeler</t>
         </is>
       </c>
       <c r="C223" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786254158773</t>
+          <t>9786254159138</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Anton</t>
+          <t>İyi Olan Kazansın</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786254158636</t>
+          <t>9786254159305</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Şiiri Niçin Aldattın?</t>
+          <t>Bitirmek Üzereyim</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786254158698</t>
+          <t>9786254159268</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Şiir Salkımları</t>
+          <t>Berf - Parem</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786254158643</t>
+          <t>9786254159145</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Sanrı</t>
+          <t>Ben Narsist Değilim</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786254158681</t>
+          <t>9786254159152</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Hüddam</t>
+          <t>Klaros Sayı 6: Kelamı Eğiren Şair; W.B. Bayrıl</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786254158117</t>
+          <t>9786254157899</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Hayat Kaynağı</t>
+          <t>Bakış Acısı</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>650</v>
+        <v>200</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786254158278</t>
+          <t>9786254159053</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Kitap</t>
+          <t>Zemrem</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786254158544</t>
+          <t>9786254158704</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Yolculuklarımı Kim Aldıysa Yerine Koysun</t>
+          <t>Unutulmaz Şeyler 2</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786254158575</t>
+          <t>9786254156236</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Yıldırımdan Doğan Kız</t>
+          <t>Şiirin Sesinde Koşmak</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>300</v>
+        <v>170</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786254158452</t>
+          <t>9786254159084</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Romanım Ol</t>
+          <t>Sanmak</t>
         </is>
       </c>
       <c r="C233" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786254158674</t>
+          <t>9786254159091</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Ruhu</t>
+          <t>Pas</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786254158599</t>
+          <t>9786254156038</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Otel Öyküleri</t>
+          <t>Nazım Hikmet Şiirlerinde “İnsan Manzaraları”</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>270</v>
+        <v>150</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786254158445</t>
+          <t>9786254159046</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Lağım Fareli Kadın</t>
+          <t>Karanfil Ekin Avuçlarınıza</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>280</v>
+        <v>170</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786254158421</t>
+          <t>9786254158933</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Kış Ayazı</t>
+          <t>İpi Bırakıyorum</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786254158537</t>
+          <t>9786254156229</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Kırık Kalpler Ülkesi Dilistan'dan</t>
+          <t>Bir Nehrin Mitolojisi</t>
         </is>
       </c>
       <c r="C238" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786254158582</t>
+          <t>9786254154492</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Kalemimin İnce Sesleri</t>
+          <t>Ayna</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786254158568</t>
+          <t>9786254158940</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Kalbimizdeki İlahi Işığın Sevgisi</t>
+          <t>Yüzün Gözlerimde Dursun</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786254158469</t>
+          <t>9786254158650</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Hüzün Bir Duruştur</t>
+          <t>Sosyalist Gerçekçilikte Üçüncü Kuşak</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786254158483</t>
+          <t>9786254158957</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Gülücük Çiçeği</t>
+          <t>Unutulan Ahlaki Değerlerimiz</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786254158551</t>
+          <t>9786254159022</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Esmeri Aforizmalar</t>
+          <t>Ruhların Başucunda</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786254158490</t>
+          <t>9786254159015</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Bin Turna Kuşu Dileği</t>
+          <t>Mavilerin Adamı</t>
         </is>
       </c>
       <c r="C244" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786254158667</t>
+          <t>9786254158971</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Ben Kime Ne Yaptım ki?</t>
+          <t>Mardin Kitabı</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>250</v>
+        <v>190</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786254158513</t>
+          <t>9786254159039</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Balkanlı Bulut</t>
+          <t>İzzeti Nefis İşleri</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786254158506</t>
+          <t>9786254158926</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Ahirida Güneşi</t>
+          <t>Çocukluğuma Dair Aklımda Kalan Karelerin Köşegenleri</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786254158254</t>
+          <t>9786254159008</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Gülce</t>
+          <t>Bir Avuç Toprak</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786254158315</t>
+          <t>9786254158896</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Gamze Bize Yalan Söylüyor</t>
+          <t>Ömür Bir Fincan Kahve İçimidir 2. Cilt</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>180</v>
+        <v>500</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786254157974</t>
+          <t>9786254158803</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Sen Beni Dağlara Sor</t>
+          <t>Yaşayan Ölüler Tutanağı</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786254158391</t>
+          <t>9786254158629</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Üflemeli Hayatlar Senfonisi</t>
+          <t>Uzun Vedalar Kenti</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786254158261</t>
+          <t>9786254158827</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Unutulmaz Şeyler 1</t>
+          <t>Sirkiye</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786254158360</t>
+          <t>9786254158889</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Sinestezi</t>
+          <t>Ömür Bir Fincan Kahve İçimidir 1. Cilt</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786254158346</t>
+          <t>9786254158858</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Oluş ve Gelişme Yasası Olarak Bağıntısallık</t>
+          <t>Medcezir Yankıları</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>400</v>
+        <v>180</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786254158353</t>
+          <t>9786254158841</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Mevsimler Destanı</t>
+          <t>Bir Kadın Üç Hayat</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786254158292</t>
+          <t>9786254158766</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Kumru Kuşu</t>
+          <t>Athena'nın Kızları</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786254158377</t>
+          <t>9786254158780</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Hüzünlü Bitkiler İçin Madrigal</t>
+          <t>Zeynep’in Çekirdek Ailesi</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>180</v>
+        <v>270</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786254158322</t>
+          <t>9786254158834</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Güz Yıkımları</t>
+          <t>Veysel Çolak Şiir Parkı Çocukları ve Sokak Kedisi Gri</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786254158384</t>
+          <t>9786254158742</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Bir Roman Karakterinin Şiirleri</t>
+          <t>Pardon İçim Döküldü</t>
         </is>
       </c>
       <c r="C259" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786254158414</t>
+          <t>9786254158797</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Sanat ve Sokak</t>
+          <t>Issız İpek Böceği</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786254154935</t>
+          <t>9786254158711</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Üst Akıl Aşırı Genel Müdürlüğünde Olağan Şeyler</t>
+          <t>Çıplakça Bir Köy Gezintisi</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786254158230</t>
+          <t>9786254158728</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Bugün Biraz Daha Uzun Dünden</t>
+          <t>Çıplak</t>
         </is>
       </c>
       <c r="C262" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786254158179</t>
+          <t>9786254158773</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Ulysses’in Yara İzi</t>
+          <t>Anton</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786254158209</t>
+          <t>9786254158636</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Akıntıda</t>
+          <t>Şiiri Niçin Aldattın?</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786254158186</t>
+          <t>9786254158698</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Alaca Karartı</t>
+          <t>Şiir Salkımları</t>
         </is>
       </c>
       <c r="C265" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786254158162</t>
+          <t>9786254158643</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Komedyenlerin Kahvesi</t>
+          <t>Sanrı</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786254154461</t>
+          <t>9786254158681</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Manşer İle Mensur</t>
+          <t>Hüddam</t>
         </is>
       </c>
       <c r="C267" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786254158216</t>
+          <t>9786254158117</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Günümüze Hamitköy</t>
+          <t>Hayat Kaynağı</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>350</v>
+        <v>650</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786254154355</t>
+          <t>9786254158278</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Anlaşılmaz Sözler Ansiklopedisi</t>
+          <t>Kutsal Kitap</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>270</v>
+        <v>250</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786254158193</t>
+          <t>9786254158544</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzü Divanı</t>
+          <t>Yolculuklarımı Kim Aldıysa Yerine Koysun</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786254158124</t>
+          <t>9786254158575</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Nesirler</t>
+          <t>Yıldırımdan Doğan Kız</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786254158049</t>
+          <t>9786254158452</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Bir Düşün Gölgesinde</t>
+          <t>Romanım Ol</t>
         </is>
       </c>
       <c r="C272" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786254157998</t>
+          <t>9786254158674</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Mühürlü Masallar / Zamanın Yaraları</t>
+          <t>Zamanın Ruhu</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786254157981</t>
+          <t>9786254158599</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Mühürlü Masallar / Kuzey Yolcusu</t>
+          <t>Otel Öyküleri</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>350</v>
+        <v>270</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786254158148</t>
+          <t>9786254158445</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Hayvan İçine Çıkacak Yüz Arıyorum</t>
+          <t>Lağım Fareli Kadın</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786254158056</t>
+          <t>9786254158421</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Ege’nin Kıyılarında</t>
+          <t>Kış Ayazı</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786254150654</t>
+          <t>9786254158537</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>İçimdekiler</t>
+          <t>Kırık Kalpler Ülkesi Dilistan'dan</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786254154386</t>
+          <t>9786254158582</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Nergis</t>
+          <t>Kalemimin İnce Sesleri</t>
         </is>
       </c>
       <c r="C278" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786254158131</t>
+          <t>9786254158568</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Maya</t>
+          <t>Kalbimizdeki İlahi Işığın Sevgisi</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786254158070</t>
+          <t>9786254158469</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Ben Bugün Yokum</t>
+          <t>Hüzün Bir Duruştur</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786254158018</t>
+          <t>9786254158483</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Biz Neden Böyle Futbol Oynuyoruz</t>
+          <t>Gülücük Çiçeği</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786254158063</t>
+          <t>9786254158551</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Musikha</t>
+          <t>Esmeri Aforizmalar</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786254158100</t>
+          <t>9786254158490</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Peri Kelebeği</t>
+          <t>Bin Turna Kuşu Dileği</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786254158094</t>
+          <t>9786254158667</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Sessizliğimin Sesi Efsane Zinnet Als</t>
+          <t>Ben Kime Ne Yaptım ki?</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786254158087</t>
+          <t>9786254158513</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Uzaklara Bakamamak</t>
+          <t>Balkanlı Bulut</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786254157943</t>
+          <t>9786254158506</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Yalnız ve Net</t>
+          <t>Ahirida Güneşi</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786254157967</t>
+          <t>9786254158254</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Zamandaki Yabancı</t>
+          <t>Gülce</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786254157882</t>
+          <t>9786254158315</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Sol Yanıma İnsan Düştü</t>
+          <t>Gamze Bize Yalan Söylüyor</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>270</v>
+        <v>180</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786254157950</t>
+          <t>9786254157974</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Mavida</t>
+          <t>Sen Beni Dağlara Sor</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786254158025</t>
+          <t>9786254158391</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Metinlerde Kadın</t>
+          <t>Üflemeli Hayatlar Senfonisi</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786254158001</t>
+          <t>9786254158261</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Adam</t>
+          <t>Unutulmaz Şeyler 1</t>
         </is>
       </c>
       <c r="C291" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786254157912</t>
+          <t>9786254158360</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Ya Tepe Ya Kuyu</t>
+          <t>Sinestezi</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786254157905</t>
+          <t>9786254158346</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Ne Demek İstiyorum</t>
+          <t>Oluş ve Gelişme Yasası Olarak Bağıntısallık</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>220</v>
+        <v>400</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786254157875</t>
+          <t>9786254158353</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Kırık Kafesle Yürümemdir</t>
+          <t>Mevsimler Destanı</t>
         </is>
       </c>
       <c r="C294" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786254157929</t>
+          <t>9786254158292</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>İkilikler</t>
+          <t>Kumru Kuşu</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786254157868</t>
+          <t>9786254158377</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Aşkın ve Ölüm Tanrıçasının Anahtarının Peşinde</t>
+          <t>Hüzünlü Bitkiler İçin Madrigal</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786254157592</t>
+          <t>9786254158322</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Suda Yalnız Bir Damla</t>
+          <t>Güz Yıkımları</t>
         </is>
       </c>
       <c r="C297" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786254157806</t>
+          <t>9786254158384</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Zaman Kraliçesi</t>
+          <t>Bir Roman Karakterinin Şiirleri</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786254157790</t>
+          <t>9786254158414</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Taş Döngü</t>
+          <t>Sanat ve Sokak</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786254157547</t>
+          <t>9786254154935</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Seminer</t>
+          <t>Üst Akıl Aşırı Genel Müdürlüğünde Olağan Şeyler</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786254157851</t>
+          <t>9786254158230</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Sanatın Siyasi Dokusu</t>
+          <t>Bugün Biraz Daha Uzun Dünden</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786254157769</t>
+          <t>9786254158179</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Kalbimin Şiirleri 5</t>
+          <t>Ulysses’in Yara İzi</t>
         </is>
       </c>
       <c r="C302" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786254157776</t>
+          <t>9786254158209</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Gel Ateşle Abdest Tazeleyelim</t>
+          <t>Akıntıda</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786254157738</t>
+          <t>9786254158186</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Boşluğu Kesen Makaslar</t>
+          <t>Alaca Karartı</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786254157646</t>
+          <t>9786254158162</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Şiir Dedim Önümü İlikledim</t>
+          <t>Komedyenlerin Kahvesi</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786254157783</t>
+          <t>9786254154461</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Sekizinci Rüya</t>
+          <t>Manşer İle Mensur</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>270</v>
+        <v>200</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786254157622</t>
+          <t>9786254158216</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Kör Cephe</t>
+          <t>Geçmişten Günümüze Hamitköy</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786254157714</t>
+          <t>9786254154355</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Guria’da İsyan</t>
+          <t>Anlaşılmaz Sözler Ansiklopedisi</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>259</v>
+        <v>270</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786254157660</t>
+          <t>9786254158193</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Değerlerden Özgürlüğe Felsefi Yol</t>
+          <t>Yeryüzü Divanı</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786254157691</t>
+          <t>9786254158124</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Böğürtlen Çiçekleri</t>
+          <t>İçimdeki Nesirler</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786254157707</t>
+          <t>9786254158049</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Ave Maria</t>
+          <t>Bir Düşün Gölgesinde</t>
         </is>
       </c>
       <c r="C311" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786254157639</t>
+          <t>9786254157998</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Aşk, Üniversite, Gençlik</t>
+          <t>Mühürlü Masallar / Zamanın Yaraları</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786254157653</t>
+          <t>9786254157981</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Gelincik</t>
+          <t>Mühürlü Masallar / Kuzey Yolcusu</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786254157745</t>
+          <t>9786254158148</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Bu Yüreğin Yedeği Yok</t>
+          <t>Hayvan İçine Çıkacak Yüz Arıyorum</t>
         </is>
       </c>
       <c r="C314" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786254157752</t>
+          <t>9786254158056</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Bir Ada Yıldızı Dr. Dimitri Foka</t>
+          <t>Ege’nin Kıyılarında</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786254157677</t>
+          <t>9786254150654</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Dönergenin Binbir Konuğu</t>
+          <t>İçimdekiler</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786254154249</t>
+          <t>9786254154386</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Düşe Kalka</t>
+          <t>Nergis</t>
         </is>
       </c>
       <c r="C317" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786254157479</t>
+          <t>9786254158131</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Neume</t>
+          <t>Maya</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786254157516</t>
+          <t>9786254158070</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Neon Nexus Sayı 3 Nisan - Mayıs 2024</t>
+          <t>Ben Bugün Yokum</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786254157554</t>
+          <t>9786254158018</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Sanat ve Alevilik</t>
+          <t>Biz Neden Böyle Futbol Oynuyoruz</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786254156632</t>
+          <t>9786254158063</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Üç</t>
+          <t>Musikha</t>
         </is>
       </c>
       <c r="C321" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786254157431</t>
+          <t>9786254158100</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Sözün Uzun Soluklu Oluşu Rastlantısal Değildir</t>
+          <t>Peri Kelebeği</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786254157578</t>
+          <t>9786254158094</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Sevginin Dili Yok</t>
+          <t>Sessizliğimin Sesi Efsane Zinnet Als</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786254157493</t>
+          <t>9786254158087</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Salyangoz</t>
+          <t>Uzaklara Bakamamak</t>
         </is>
       </c>
       <c r="C324" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786254157455</t>
+          <t>9786254157943</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Karanlığın Sessiz Dansı</t>
+          <t>Yalnız ve Net</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786254157509</t>
+          <t>9786254157967</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Her Şeyi Hatırlıyorum</t>
+          <t>Zamandaki Yabancı</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786254157448</t>
+          <t>9786254157882</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Çiy Tanesi Gibi</t>
+          <t>Sol Yanıma İnsan Düştü</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786254157486</t>
+          <t>9786254157950</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Ceyhan'ın 19. Yüzyıl Tarihi</t>
+          <t>Mavida</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786254157462</t>
+          <t>9786254158025</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Cemre Düşüren</t>
+          <t>Kutsal Metinlerde Kadın</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786254157424</t>
+          <t>9786254158001</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Babamın Güzel Kitapları Vardı</t>
+          <t>Çocuk Adam</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786254157356</t>
+          <t>9786254157912</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>İzmir Mavisiyle Karışık</t>
+          <t>Ya Tepe Ya Kuyu</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786254157523</t>
+          <t>9786254157905</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Azalan Tasalar Yasası</t>
+          <t>Ne Demek İstiyorum</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786254157363</t>
+          <t>9786254157875</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Zamansız</t>
+          <t>Kırık Kafesle Yürümemdir</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786254157332</t>
+          <t>9786254157929</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Gülbahar</t>
+          <t>İkilikler</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786254157189</t>
+          <t>9786254157868</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>İnsan İnsana Ağır Gelir</t>
+          <t>Aşkın ve Ölüm Tanrıçasının Anahtarının Peşinde</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786254157288</t>
+          <t>9786254157592</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Nefes – Toplu Şiirler</t>
+          <t>Suda Yalnız Bir Damla</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>340</v>
+        <v>200</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786254157318</t>
+          <t>9786254157806</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Kiraz Seyranı</t>
+          <t>Zaman Kraliçesi</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786254156847</t>
+          <t>9786254157790</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Maskeni Seç</t>
+          <t>Taş Döngü</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786254157233</t>
+          <t>9786254157547</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Poseidon Öyküleri</t>
+          <t>Seminer</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786254157271</t>
+          <t>9786254157851</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Sus Tuzağı</t>
+          <t>Sanatın Siyasi Dokusu</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786254157110</t>
+          <t>9786254157769</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Tartışılan Aşklar</t>
+          <t>Kalbimin Şiirleri 5</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786254157394</t>
+          <t>9786254157776</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Umut Hep Vardır</t>
+          <t>Gel Ateşle Abdest Tazeleyelim</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786254157370</t>
+          <t>9786254157738</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlıkla Çarptı Yüreğim</t>
+          <t>Boşluğu Kesen Makaslar</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786254157349</t>
+          <t>9786254157646</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Yastıkaltı Şekerlemeleri</t>
+          <t>Şiir Dedim Önümü İlikledim</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786254157264</t>
+          <t>9786254157783</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Geçmiş Zaman Çileleri</t>
+          <t>Sekizinci Rüya</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786254157196</t>
+          <t>9786254157622</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Çoklu Yaşamlar</t>
+          <t>Kör Cephe</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786254157301</t>
+          <t>9786254157714</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Çağrışımlar</t>
+          <t>Guria’da İsyan</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>200</v>
+        <v>259</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786254157097</t>
+          <t>9786254157660</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Boşluğun Ötesi - Eruşeti</t>
+          <t>Değerlerden Özgürlüğe Felsefi Yol</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786254157103</t>
+          <t>9786254157691</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Açık Tarihli Buluşmalar</t>
+          <t>Böğürtlen Çiçekleri</t>
         </is>
       </c>
       <c r="C349" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>4440000004455</t>
+          <t>9786254157707</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Akatalpa Sayı: 289 Ocak 2024</t>
+          <t>Ave Maria</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786254157240</t>
+          <t>9786254157639</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Modern Çağda Sanatın İzleri</t>
+          <t>Aşk, Üniversite, Gençlik</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786254157202</t>
+          <t>9786254157653</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Kumru Düğünü</t>
+          <t>Beyaz Gelincik</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786254157158</t>
+          <t>9786254157745</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Hayalet Kızlar</t>
+          <t>Bu Yüreğin Yedeği Yok</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786254157226</t>
+          <t>9786254157752</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Bir Sirtaki İhtimali</t>
+          <t>Bir Ada Yıldızı Dr. Dimitri Foka</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786254156908</t>
+          <t>9786254157677</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Balkon Yalnızları</t>
+          <t>Dönergenin Binbir Konuğu</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786254157257</t>
+          <t>9786254154249</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Babamın Pamuklaşan Elleri</t>
+          <t>Düşe Kalka</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786254157127</t>
+          <t>9786254157479</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Hayatlar Şiirli Hatıralar</t>
+          <t>Neume</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786254157134</t>
+          <t>9786254157516</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Kurttutan Destanı</t>
+          <t>Neon Nexus Sayı 3 Nisan - Mayıs 2024</t>
         </is>
       </c>
       <c r="C358" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786254155413</t>
+          <t>9786254157554</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Akoda / Kral Moon</t>
+          <t>Sanat ve Alevilik</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786254157080</t>
+          <t>9786254156632</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Kötü Miras</t>
+          <t>Üç</t>
         </is>
       </c>
       <c r="C360" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786254157035</t>
+          <t>9786254157431</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Kör Alan ve Dekadrajda Röveşata</t>
+          <t>Sözün Uzun Soluklu Oluşu Rastlantısal Değildir</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786254157172</t>
+          <t>9786254157578</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Bir Ateşten Bir Buzdan</t>
+          <t>Sevginin Dili Yok</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786254157141</t>
+          <t>9786254157493</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Alakır Bozkırı</t>
+          <t>Salyangoz</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786254157073</t>
+          <t>9786254157455</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Ağustos Deplasmanı</t>
+          <t>Karanlığın Sessiz Dansı</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786254157011</t>
+          <t>9786254157509</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Üç Buçuk Numaralı Gözlük</t>
+          <t>Her Şeyi Hatırlıyorum</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786254157066</t>
+          <t>9786254157448</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Homo Ludens ve Satranç</t>
+          <t>Çiy Tanesi Gibi</t>
         </is>
       </c>
       <c r="C366" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786254157004</t>
+          <t>9786254157486</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Gide Gide Bir Şiire</t>
+          <t>Ceyhan'ın 19. Yüzyıl Tarihi</t>
         </is>
       </c>
       <c r="C367" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786254157028</t>
+          <t>9786254157462</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Çınarlar İçten Kurur</t>
+          <t>Cemre Düşüren</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786254156953</t>
+          <t>9786254157424</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Barışı Vurdular</t>
+          <t>Babamın Güzel Kitapları Vardı</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>350</v>
+        <v>280</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786254150593</t>
+          <t>9786254157356</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Şarkısı Yabancı</t>
+          <t>İzmir Mavisiyle Karışık</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786254156595</t>
+          <t>9786254157523</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Saksıda Deniz</t>
+          <t>Azalan Tasalar Yasası</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786254156915</t>
+          <t>9786254157363</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Bir Günahın Anotomisi</t>
+          <t>Zamansız</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786254156885</t>
+          <t>9786254157332</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Sahi Öpmüş Müydüm Sizi</t>
+          <t>Gülbahar</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786254156946</t>
+          <t>9786254157189</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Ürkü Şiirleri</t>
+          <t>İnsan İnsana Ağır Gelir</t>
         </is>
       </c>
       <c r="C374" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786254156991</t>
+          <t>9786254157288</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Ruh Salatası</t>
+          <t>Kayıp Nefes – Toplu Şiirler</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>200</v>
+        <v>340</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786254156878</t>
+          <t>9786254157318</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Ossloh Yolundaki Kadın</t>
+          <t>Kiraz Seyranı</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>280</v>
+        <v>230</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786254156939</t>
+          <t>9786254156847</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Ustasının Çırağı</t>
+          <t>Maskeni Seç</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786254156854</t>
+          <t>9786254157233</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Kış Serçeleri</t>
+          <t>Poseidon Öyküleri</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786254156960</t>
+          <t>9786254157271</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Lekeler</t>
+          <t>Sus Tuzağı</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786254156984</t>
+          <t>9786254157110</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Kalbini Arayan Ateş</t>
+          <t>Tartışılan Aşklar</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786254156922</t>
+          <t>9786254157394</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Ferahfeza</t>
+          <t>Umut Hep Vardır</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786254156892</t>
+          <t>9786254157370</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Begonvil</t>
+          <t>Yalnızlıkla Çarptı Yüreğim</t>
         </is>
       </c>
       <c r="C382" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>4440000004256</t>
+          <t>9786254157349</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Akatalpa Sayı:288 Aralık 2023</t>
+          <t>Yastıkaltı Şekerlemeleri</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786254156526</t>
+          <t>9786254157264</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Gözüm</t>
+          <t>Geçmiş Zaman Çileleri</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>600</v>
+        <v>200</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786254156540</t>
+          <t>9786254157196</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Nar Yokuşu</t>
+          <t>Çoklu Yaşamlar</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>600</v>
+        <v>200</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786254156533</t>
+          <t>9786254157301</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Güneşi Öptüm</t>
+          <t>Çağrışımlar</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>600</v>
+        <v>200</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786254156519</t>
+          <t>9786254157097</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Bir Nefeslik Mavi</t>
+          <t>Boşluğun Ötesi - Eruşeti</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>600</v>
+        <v>240</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786254156502</t>
+          <t>9786254157103</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Bana Zemheri Gibi Bakma</t>
+          <t>Açık Tarihli Buluşmalar</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>600</v>
+        <v>200</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786254156717</t>
+          <t>4440000004455</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Süpermen Urfa'da</t>
+          <t>Akatalpa Sayı: 289 Ocak 2024</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786254156700</t>
+          <t>9786254157240</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Toplu Şiirler</t>
+          <t>Modern Çağda Sanatın İzleri</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786254156748</t>
+          <t>9786254157202</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Güneşe Üflenmiş Sözler (2003 - 2018 Şiirleri)</t>
+          <t>Kumru Düğünü</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786254156564</t>
+          <t>9786254157158</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Aşağı Mahalle</t>
+          <t>Hayalet Kızlar</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786254156663</t>
+          <t>9786254157226</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Köyün İlk Tiyatrosu</t>
+          <t>Bir Sirtaki İhtimali</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786254156793</t>
+          <t>9786254156908</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Miro’ya Mısralar</t>
+          <t>Balkon Yalnızları</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786254156755</t>
+          <t>9786254157257</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Gül Kesikleri</t>
+          <t>Babamın Pamuklaşan Elleri</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786254156724</t>
+          <t>9786254157127</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Kalbimin Otopsisi</t>
+          <t>Sihirli Hayatlar Şiirli Hatıralar</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786254156687</t>
+          <t>9786254157134</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Zerna</t>
+          <t>Kurttutan Destanı</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786254156625</t>
+          <t>9786254155413</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Şiire Bakma Durağı</t>
+          <t>Akoda / Kral Moon</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786254156809</t>
+          <t>9786254157080</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Enkazlar Altında Kalan Sevgi</t>
+          <t>Kötü Miras</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786254156786</t>
+          <t>9786254157035</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Her Şeye İnat</t>
+          <t>Kör Alan ve Dekadrajda Röveşata</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786254156830</t>
+          <t>9786254157172</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Filistin Günlüğü</t>
+          <t>Bir Ateşten Bir Buzdan</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786254151019</t>
+          <t>9786254157141</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Dünya Limanı</t>
+          <t>Alakır Bozkırı</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786254156656</t>
+          <t>9786254157073</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Hayat Gazoz Kapağı</t>
+          <t>Ağustos Deplasmanı</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786254156472</t>
+          <t>9786254157011</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Külümde Gülüm Var Benim</t>
+          <t>Üç Buçuk Numaralı Gözlük</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786254156649</t>
+          <t>9786254157066</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Hanya’dan Cunda’ya</t>
+          <t>Homo Ludens ve Satranç</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>380</v>
+        <v>200</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786254156403</t>
+          <t>9786254157004</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Efra</t>
+          <t>Gide Gide Bir Şiire</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786257573306</t>
+          <t>9786254157028</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Öldükten Sonra Da İşçi Olmaktan Korkuyorum</t>
+          <t>Çınarlar İçten Kurur</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786254156601</t>
+          <t>9786254156953</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Ve Sevdam</t>
+          <t>Barışı Vurdular</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786254156397</t>
+          <t>9786254150593</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Son Bahar</t>
+          <t>Şarkısı Yabancı</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786254156496</t>
+          <t>9786254156595</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Benim Kalbim Hep Güzdür</t>
+          <t>Saksıda Deniz</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786254156458</t>
+          <t>9786254156915</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Vazgeçme Kalbim</t>
+          <t>Bir Günahın Anotomisi</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786254150111</t>
+          <t>9786254156885</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Türküler Kan Damlası</t>
+          <t>Sahi Öpmüş Müydüm Sizi</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786254156571</t>
+          <t>9786254156946</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Hayır</t>
+          <t>Ürkü Şiirleri</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786254156489</t>
+          <t>9786254156991</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Geyiğin Kan İzleri</t>
+          <t>Ruh Salatası</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786254156427</t>
+          <t>9786254156878</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Bir İhtimal Daha Var</t>
+          <t>Ossloh Yolundaki Kadın</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>320</v>
+        <v>280</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786254156434</t>
+          <t>9786254156939</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Aşk Perisi</t>
+          <t>Mutluluk Ustasının Çırağı</t>
         </is>
       </c>
       <c r="C416" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786254156298</t>
+          <t>9786254156854</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Kırların Sırları Cilt 1</t>
+          <t>Kış Serçeleri</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>650</v>
+        <v>230</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786254156281</t>
+          <t>9786254156960</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Kırların Sırları Cilt 2</t>
+          <t>Kırmızı Lekeler</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>650</v>
+        <v>250</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786254156359</t>
+          <t>9786254156984</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Yağ Tenekelerinde Sardunyalar</t>
+          <t>Kalbini Arayan Ateş</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786254156441</t>
+          <t>9786254156922</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Akatalpa 287 Sayı: 16</t>
+          <t>Ferahfeza</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>4440000004100</t>
+          <t>9786254156892</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Akatalpa Sayı: 287 Kasım 2023</t>
+          <t>Begonvil</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>60</v>
+        <v>200</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786254156137</t>
+          <t>4440000004256</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Neon Nexus Sayı I</t>
+          <t>Akatalpa Sayı:288 Aralık 2023</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786254155444</t>
+          <t>9786254156526</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Bahçıvan</t>
+          <t>Gözüm</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>250</v>
+        <v>600</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786254156328</t>
+          <t>9786254156540</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Tuvalde Peri Tozu</t>
+          <t>Nar Yokuşu</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>260</v>
+        <v>600</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786254156267</t>
+          <t>9786254156533</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Tutuklu Gülüşler</t>
+          <t>Güneşi Öptüm</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786254156342</t>
+          <t>9786254156519</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Sonra Bir Gün Fazla Geldim</t>
+          <t>Bir Nefeslik Mavi</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786254156076</t>
+          <t>9786254156502</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Sever Misin Beni</t>
+          <t>Bana Zemheri Gibi Bakma</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786254156113</t>
+          <t>9786254156717</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Rüzgar Ayini</t>
+          <t>Süpermen Urfa'da</t>
         </is>
       </c>
       <c r="C428" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786254156373</t>
+          <t>9786254156700</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Pembe Zamanlar</t>
+          <t>Toplu Şiirler</t>
         </is>
       </c>
       <c r="C429" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786254156311</t>
+          <t>9786254156748</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Nüks</t>
+          <t>Güneşe Üflenmiş Sözler (2003 - 2018 Şiirleri)</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786254156182</t>
+          <t>9786254156564</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Malta'daki Babil Kulesi</t>
+          <t>Aşağı Mahalle</t>
         </is>
       </c>
       <c r="C431" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786254156335</t>
+          <t>9786254156663</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Kuşlar Ve Derviş</t>
+          <t>Köyün İlk Tiyatrosu</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>260</v>
+        <v>280</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786254156212</t>
+          <t>9786254156793</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Kalbimin Şiirleri 4</t>
+          <t>Miro’ya Mısralar</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>2590</v>
+        <v>200</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786254156014</t>
+          <t>9786254156755</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Her Kafadan Bir Tel</t>
+          <t>Gül Kesikleri</t>
         </is>
       </c>
       <c r="C434" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786254156175</t>
+          <t>9786254156724</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Ev, Yüzünün Adı Olsun</t>
+          <t>Kalbimin Otopsisi</t>
         </is>
       </c>
       <c r="C435" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786254156366</t>
+          <t>9786254156687</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Bir Rüzgar Beni</t>
+          <t>Zerna</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786254156090</t>
+          <t>9786254156625</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Aforizmalar</t>
+          <t>Şiire Bakma Durağı</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786254155963</t>
+          <t>9786254156809</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Yüzleşme</t>
+          <t>Enkazlar Altında Kalan Sevgi</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786254155833</t>
+          <t>9786254156786</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Tüfek Omza</t>
+          <t>Her Şeye İnat</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>270</v>
+        <v>280</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786254155420</t>
+          <t>9786254156830</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Livre</t>
+          <t>Filistin Günlüğü</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786254155109</t>
+          <t>9786254151019</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Hapishane Ağıtları</t>
+          <t>Dünya Limanı</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786254156168</t>
+          <t>9786254156656</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Yaralarım Konuşuyor</t>
+          <t>Hayat Gazoz Kapağı</t>
         </is>
       </c>
       <c r="C442" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786254156144</t>
+          <t>9786254156472</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Söyleme Arzusu</t>
+          <t>Külümde Gülüm Var Benim</t>
         </is>
       </c>
       <c r="C443" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786254156007</t>
+          <t>9786254156649</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Islanmak Acıyı Giydirmektir</t>
+          <t>Hanya’dan Cunda’ya</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>200</v>
+        <v>380</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786254156106</t>
+          <t>9786254156403</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Gaf Aramızda Kalsın</t>
+          <t>Efra</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786254156243</t>
+          <t>9786257573306</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Dejavu</t>
+          <t>Öldükten Sonra Da İşçi Olmaktan Korkuyorum</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786254156250</t>
+          <t>9786254156601</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Ayın Karanlık Yüzü</t>
+          <t>Ve Sevdam</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786254156045</t>
+          <t>9786254156397</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Ateş ve Çığlık</t>
+          <t>Son Bahar</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786254155703</t>
+          <t>9786254156496</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Deniz Çekildiğinde Parlayan Su Birikintisi</t>
+          <t>Benim Kalbim Hep Güzdür</t>
         </is>
       </c>
       <c r="C449" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786254156199</t>
+          <t>9786254156458</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>İlhan Kemal Kitabı</t>
+          <t>Vazgeçme Kalbim</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>500</v>
+        <v>280</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786254155987</t>
+          <t>9786254150111</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Kapitalizmin Egemenlik Yapısı ve Dijital Tahakküm</t>
+          <t>Türküler Kan Damlası</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>400</v>
+        <v>160</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786254155925</t>
+          <t>9786254156571</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Sığırcıklar Uyurken</t>
+          <t>Hayır</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786254156205</t>
+          <t>9786254156489</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Akatalpa 286. sayı</t>
+          <t>Geyiğin Kan İzleri</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786254152979</t>
+          <t>9786254156427</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Sekiz Köşeli Yıldız</t>
+          <t>Bir İhtimal Daha Var</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786254155499</t>
+          <t>9786254156434</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Anmadan Olmaz Düğün Çiçeklerini</t>
+          <t>Aşk Perisi</t>
         </is>
       </c>
       <c r="C455" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786254156083</t>
+          <t>9786254156298</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Yok Saymak</t>
+          <t>Kırların Sırları Cilt 1</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>250</v>
+        <v>650</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786254155666</t>
+          <t>9786254156281</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Başıbozuk</t>
+          <t>Kırların Sırları Cilt 2</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>180</v>
+        <v>650</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786254155604</t>
+          <t>9786254156359</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Yıldız ve Arkadaşları Uzayda</t>
+          <t>Yağ Tenekelerinde Sardunyalar</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786254155789</t>
+          <t>9786254156441</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzüne Sığmayan Gözbebeklerimiz</t>
+          <t>Akatalpa 287 Sayı: 16</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786254155642</t>
+          <t>4440000004100</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Yanlış Aşka Kaside</t>
+          <t>Akatalpa Sayı: 287 Kasım 2023</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>220</v>
+        <v>60</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786254155598</t>
+          <t>9786254156137</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Vekil Milletvekili Olunca</t>
+          <t>Neon Nexus Sayı I</t>
         </is>
       </c>
       <c r="C461" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786254155918</t>
+          <t>9786254155444</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Üç Heceli Gece</t>
+          <t>Bahçıvan</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786254155673</t>
+          <t>9786254156328</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Sebeb-i isyanım</t>
+          <t>Tuvalde Peri Tozu</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786254155765</t>
+          <t>9786254156267</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Saat 7:15 pm</t>
+          <t>Tutuklu Gülüşler</t>
         </is>
       </c>
       <c r="C464" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786254155819</t>
+          <t>9786254156342</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Poşetim Sancı Dolu</t>
+          <t>Sonra Bir Gün Fazla Geldim</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786254155680</t>
+          <t>9786254156076</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Pepuk'un tuzum, tuzum dediği...!</t>
+          <t>Sever Misin Beni</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786254155741</t>
+          <t>9786254156113</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Neresinden Kırılır Dal</t>
+          <t>Rüzgar Ayini</t>
         </is>
       </c>
       <c r="C467" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786254155840</t>
+          <t>9786254156373</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Kalbimin Şiirleri / 3</t>
+          <t>Pembe Zamanlar</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786254155697</t>
+          <t>9786254156311</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Kalbimin Şiirleri 2</t>
+          <t>Nüks</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786254155338</t>
+          <t>9786254156182</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>İkilem</t>
+          <t>Malta'daki Babil Kulesi</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786254155772</t>
+          <t>9786254156335</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Hüzünlü Kalabalıklar</t>
+          <t>Kuşlar Ve Derviş</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786254155888</t>
+          <t>9786254156212</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Hünkar Çayırındaki Ölü</t>
+          <t>Kalbimin Şiirleri 4</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>300</v>
+        <v>2590</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786254155192</t>
+          <t>9786254156014</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Hiçmasal</t>
+          <t>Her Kafadan Bir Tel</t>
         </is>
       </c>
       <c r="C473" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786254155727</t>
+          <t>9786254156175</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Hiçistan Atlası</t>
+          <t>Ev, Yüzünün Adı Olsun</t>
         </is>
       </c>
       <c r="C474" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786254155802</t>
+          <t>9786254156366</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Göçmen Kuşlar Yaralı Da Uçar</t>
+          <t>Bir Rüzgar Beni</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786254155710</t>
+          <t>9786254156090</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Fırtınada Orman Konuşur</t>
+          <t>Aforizmalar</t>
         </is>
       </c>
       <c r="C476" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786254155932</t>
+          <t>9786254155963</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Fesleğen</t>
+          <t>Yüzleşme</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786254155949</t>
+          <t>9786254155833</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Evcil Göçebe</t>
+          <t>Tüfek Omza</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786254155659</t>
+          <t>9786254155420</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Dağdağan Türküsü</t>
+          <t>Livre</t>
         </is>
       </c>
       <c r="C479" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786254155758</t>
+          <t>9786254155109</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Çırak</t>
+          <t>Hapishane Ağıtları</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786254155966</t>
+          <t>9786254156168</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Bir Zamanlar Yeryüzümde</t>
+          <t>Yaralarım Konuşuyor</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>90</v>
+        <v>200</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786254155871</t>
+          <t>9786254156144</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Bir Kıvılcımdır Şiir</t>
+          <t>Söyleme Arzusu</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786254155406</t>
+          <t>9786254156007</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Bekleme Biçimleri</t>
+          <t>Islanmak Acıyı Giydirmektir</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786254155796</t>
+          <t>9786254156106</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Baba Bana İnan</t>
+          <t>Gaf Aramızda Kalsın</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786254155864</t>
+          <t>9786254156243</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Aynaya Bakma Zamanları</t>
+          <t>Dejavu</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786254155567</t>
+          <t>9786254156250</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Askısı Kırık Zamanın</t>
+          <t>Ayın Karanlık Yüzü</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786254155215</t>
+          <t>9786254156045</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Etkisiz Plasebo veya Sebo'nun 69 hali</t>
+          <t>Ateş ve Çığlık</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786254155734</t>
+          <t>9786254155703</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>İsa Atakları</t>
+          <t>Deniz Çekildiğinde Parlayan Su Birikintisi</t>
         </is>
       </c>
       <c r="C488" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786254155437</t>
+          <t>9786254156199</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Nsest</t>
+          <t>İlhan Kemal Kitabı</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786254155253</t>
+          <t>9786254155987</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Yu Akhilleus Yu</t>
+          <t>Kapitalizmin Egemenlik Yapısı ve Dijital Tahakküm</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786254155260</t>
+          <t>9786254155925</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Yola Fısıldadım Düşlerimi</t>
+          <t>Sığırcıklar Uyurken</t>
         </is>
       </c>
       <c r="C491" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786254155277</t>
+          <t>9786254156205</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Yarım Kalan</t>
+          <t>Akatalpa 286. sayı</t>
         </is>
       </c>
       <c r="C492" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786254155512</t>
+          <t>9786254152979</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Uçan Gece</t>
+          <t>Sekiz Köşeli Yıldız</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786254155543</t>
+          <t>9786254155499</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Tarım</t>
+          <t>Anmadan Olmaz Düğün Çiçeklerini</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786254155123</t>
+          <t>9786254156083</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Tahta Şifonyer</t>
+          <t>Yok Saymak</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786254155284</t>
+          <t>9786254155666</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Şiirin Düş Kıyısı</t>
+          <t>Başıbozuk</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786254155482</t>
+          <t>9786254155604</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Şarmuta</t>
+          <t>Yıldız ve Arkadaşları Uzayda</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786254155291</t>
+          <t>9786254155789</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Siz Demem Sizin İnceliğinizden</t>
+          <t>Yeryüzüne Sığmayan Gözbebeklerimiz</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786254155550</t>
+          <t>9786254155642</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Saklı Sandık</t>
+          <t>Yanlış Aşka Kaside</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786254155307</t>
+          <t>9786254155598</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Mızıka Çalan Çocuklar İçin İlkyardım Bilgisi</t>
+          <t>Vekil Milletvekili Olunca</t>
         </is>
       </c>
       <c r="C500" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9786254155536</t>
+          <t>9786254155918</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Kateleya</t>
+          <t>Üç Heceli Gece</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9786254155611</t>
+          <t>9786254155673</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Kondüktör Bayram ile Neslihan</t>
+          <t>Sebeb-i isyanım</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786254155314</t>
+          <t>9786254155765</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Kara Delik</t>
+          <t>Saat 7:15 pm</t>
         </is>
       </c>
       <c r="C503" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786254155345</t>
+          <t>9786254155819</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Güz Şerhleri</t>
+          <t>Poşetim Sancı Dolu</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9786254155468</t>
+          <t>9786254155680</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Gün'aşırı Ağrı</t>
+          <t>Pepuk'un tuzum, tuzum dediği...!</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786254155574</t>
+          <t>9786254155741</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Göçmen Sarısı</t>
+          <t>Neresinden Kırılır Dal</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9786254155352</t>
+          <t>9786254155840</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Eroticaland</t>
+          <t>Kalbimin Şiirleri / 3</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786254155369</t>
+          <t>9786254155697</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Elimde Çürüyor Elma</t>
+          <t>Kalbimin Şiirleri 2</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786254155383</t>
+          <t>9786254155338</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Cinnetzede</t>
+          <t>İkilem</t>
         </is>
       </c>
       <c r="C509" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9786254155390</t>
+          <t>9786254155772</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Bütün Kuşları Alkışlamaya Gidiyorum</t>
+          <t>Hüzünlü Kalabalıklar</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9786254155185</t>
+          <t>9786254155888</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Böyle Akar Melet Çayı</t>
+          <t>Hünkar Çayırındaki Ölü</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9786254155321</t>
+          <t>9786254155192</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Birkaç Porsiyon Hayat</t>
+          <t>Hiçmasal</t>
         </is>
       </c>
       <c r="C512" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9786254155529</t>
+          <t>9786254155727</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Bir Rüzgarın Peşinden - Toplu Şiirler</t>
+          <t>Hiçistan Atlası</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9786254155055</t>
+          <t>9786254155802</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Med-cezir Tarifesi</t>
+          <t>Göçmen Kuşlar Yaralı Da Uçar</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9786254155154</t>
+          <t>9786254155710</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Kanayan Şiirler</t>
+          <t>Fırtınada Orman Konuşur</t>
         </is>
       </c>
       <c r="C515" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9786254155147</t>
+          <t>9786254155932</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Kendine Başlamadan Önce</t>
+          <t>Fesleğen</t>
         </is>
       </c>
       <c r="C516" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9786254154546</t>
+          <t>9786254155949</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Son İleti - Kuşlukçiçeğim</t>
+          <t>Evcil Göçebe</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9786254154959</t>
+          <t>9786254155659</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Şiir iyi ki</t>
+          <t>Dağdağan Türküsü</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786254155505</t>
+          <t>9786254155758</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Sanat ve Siyasal İslam</t>
+          <t>Çırak</t>
         </is>
       </c>
       <c r="C519" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9786254155222</t>
+          <t>9786254155966</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Rüya Senaristi II</t>
+          <t>Bir Zamanlar Yeryüzümde</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>200</v>
+        <v>90</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9786254155239</t>
+          <t>9786254155871</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Türk Devrimi'nin Penceresinden İsmail Hakkı Tonguç ve Köy Enstitüleri</t>
+          <t>Bir Kıvılcımdır Şiir</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9786254155116</t>
+          <t>9786254155406</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Üzümlü kek yapmayı bilen bir kız bana ulaşabilir mi?</t>
+          <t>Bekleme Biçimleri</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9786254155178</t>
+          <t>9786254155796</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatımızın Yeni Gücü; Şaireler</t>
+          <t>Baba Bana İnan</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9786254155475</t>
+          <t>9786254155864</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Kalp ve Us'a Dokunuşlar</t>
+          <t>Aynaya Bakma Zamanları</t>
         </is>
       </c>
       <c r="C524" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9786254155208</t>
+          <t>9786254155567</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Hüzünkara</t>
+          <t>Askısı Kırık Zamanın</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9786254155161</t>
+          <t>9786254155215</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Deniz Kokusunun Ulaşamadığı İzmir</t>
+          <t>Etkisiz Plasebo veya Sebo'nun 69 hali</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>270</v>
+        <v>200</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9786254151804</t>
+          <t>9786254155734</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Ben Acılarını İnceltince</t>
+          <t>İsa Atakları</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9786254154973</t>
+          <t>9786254155437</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Üç Gün Ara Ver</t>
+          <t>Nsest</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9786254155017</t>
+          <t>9786254155253</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Tam Şair Yarı Tanrı</t>
+          <t>Yu Akhilleus Yu</t>
         </is>
       </c>
       <c r="C529" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9786254155000</t>
+          <t>9786254155260</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Susuz Yas</t>
+          <t>Yola Fısıldadım Düşlerimi</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9786254155093</t>
+          <t>9786254155277</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Papatya Çıkmazı</t>
+          <t>Yarım Kalan</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9786254154980</t>
+          <t>9786254155512</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Okuyorum, Yazıyorum..</t>
+          <t>Uçan Gece</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9786254155130</t>
+          <t>9786254155543</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Mümkün ve Eza</t>
+          <t>Türkiye’de Tarım</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9786254155024</t>
+          <t>9786254155123</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Kaçak Yapı</t>
+          <t>Tahta Şifonyer</t>
         </is>
       </c>
       <c r="C534" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9786254155062</t>
+          <t>9786254155284</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>İçinizde Bir Köpek</t>
+          <t>Şiirin Düş Kıyısı</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9786254155031</t>
+          <t>9786254155482</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Azelya</t>
+          <t>Şarmuta</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9786254155048</t>
+          <t>9786254155291</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Aşk Olsun</t>
+          <t>Siz Demem Sizin İnceliğinizden</t>
         </is>
       </c>
       <c r="C537" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9786254154188</t>
+          <t>9786254155550</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Mühendislikte Yapısal Sorular</t>
+          <t>Saklı Sandık</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>700</v>
+        <v>300</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9786254154720</t>
+          <t>9786254155307</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Düşlerin Sessizliği</t>
+          <t>Mızıka Çalan Çocuklar İçin İlkyardım Bilgisi</t>
         </is>
       </c>
       <c r="C539" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9786254154799</t>
+          <t>9786254155536</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Öpücüksüz</t>
+          <t>Kateleya</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9786254154713</t>
+          <t>9786254155611</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Hiç Durmadan Uçmak</t>
+          <t>Kondüktör Bayram ile Neslihan</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9786254154683</t>
+          <t>9786254155314</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Telaşlı Anılar Geçidi</t>
+          <t>Kara Delik</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9786254154676</t>
+          <t>9786254155345</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Yaşlı Dünya Süpürgesi</t>
+          <t>Güz Şerhleri</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9786254154867</t>
+          <t>9786254155468</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Sus Kapıları</t>
+          <t>Gün'aşırı Ağrı</t>
         </is>
       </c>
       <c r="C544" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9786254154270</t>
+          <t>9786254155574</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Kendinden Uzakta Bir Yer</t>
+          <t>Göçmen Sarısı</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9786254154706</t>
+          <t>9786254155352</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Hayatımı Kalemimle Kazanacağım</t>
+          <t>Eroticaland</t>
         </is>
       </c>
       <c r="C546" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9786254154638</t>
+          <t>9786254155369</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Baba Olmak</t>
+          <t>Elimde Çürüyor Elma</t>
         </is>
       </c>
       <c r="C547" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9786254154942</t>
+          <t>9786254155383</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Taşyazılar</t>
+          <t>Cinnetzede</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9786254154850</t>
+          <t>9786254155390</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Her Gece Böyle</t>
+          <t>Bütün Kuşları Alkışlamaya Gidiyorum</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9786254154843</t>
+          <t>9786254155185</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Gölgen Omzuma Düştü</t>
+          <t>Böyle Akar Melet Çayı</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9786254154195</t>
+          <t>9786254155321</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Minerva'nın Baykuşu</t>
+          <t>Birkaç Porsiyon Hayat</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9786254154782</t>
+          <t>9786254155529</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Tehlikeli Virajlar</t>
+          <t>Bir Rüzgarın Peşinden - Toplu Şiirler</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9786254154881</t>
+          <t>9786254155055</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Benden Öte Senden Ziyade</t>
+          <t>Med-cezir Tarifesi</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9786254154812</t>
+          <t>9786254155154</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Ben Şimdi Ölecek Miyim?</t>
+          <t>Kanayan Şiirler</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9786254154287</t>
+          <t>9786254155147</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Kış Geçer</t>
+          <t>Kendine Başlamadan Önce</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9786254154775</t>
+          <t>9786254154546</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Politize Romantizm</t>
+          <t>Son İleti - Kuşlukçiçeğim</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9786254154744</t>
+          <t>9786254154959</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>İki Dil Bir Aşk</t>
+          <t>Şiir iyi ki</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9786254154829</t>
+          <t>9786254155505</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Ay'a Giden İlk Çocuk Kitabı</t>
+          <t>Sanat ve Siyasal İslam</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9786254154645</t>
+          <t>9786254155222</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>33 Şiir</t>
+          <t>Rüya Senaristi II</t>
         </is>
       </c>
       <c r="C559" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9786254154690</t>
+          <t>9786254155239</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Şaşkın Balkon Düşçüsü</t>
+          <t>Türk Devrimi'nin Penceresinden İsmail Hakkı Tonguç ve Köy Enstitüleri</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9786254154393</t>
+          <t>9786254155116</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Anneciğim</t>
+          <t>Üzümlü kek yapmayı bilen bir kız bana ulaşabilir mi?</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9786254154874</t>
+          <t>9786254155178</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Pazar Kahvaltısı</t>
+          <t>Edebiyatımızın Yeni Gücü; Şaireler</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9786254154362</t>
+          <t>9786254155475</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Dargın Düş</t>
+          <t>Kalp ve Us'a Dokunuşlar</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9786254154768</t>
+          <t>9786254155208</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Otantik Doğum</t>
+          <t>Hüzünkara</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9786254154898</t>
+          <t>9786254155161</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Aşktan Armağan Şarkılar</t>
+          <t>Deniz Kokusunun Ulaşamadığı İzmir</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9786254154621</t>
+          <t>9786254151804</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Aşık İhsani ve Dostları</t>
+          <t>Ben Acılarını İnceltince</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>280</v>
+        <v>150</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9786254154966</t>
+          <t>9786254154973</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Klaros Sayı 7: Ramis Dara</t>
+          <t>Üç Gün Ara Ver</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9786254154454</t>
+          <t>9786254155017</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Kan Atlayamadım</t>
+          <t>Tam Şair Yarı Tanrı</t>
         </is>
       </c>
       <c r="C568" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9786254154928</t>
+          <t>9786254155000</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Bunların Hepsi Senin Yüzünden Anne</t>
+          <t>Susuz Yas</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>220</v>
+        <v>170</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9786254154379</t>
+          <t>9786254155093</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Böyle Akar Melet Çayı</t>
+          <t>Papatya Çıkmazı</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9786254154737</t>
+          <t>9786254154980</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Ağaç Olmak Özlemi</t>
+          <t>Okuyorum, Yazıyorum..</t>
         </is>
       </c>
       <c r="C571" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9786254153990</t>
+          <t>9786254155130</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Kezzap</t>
+          <t>Mümkün ve Eza</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9786254154317</t>
+          <t>9786254155024</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Yeştha</t>
+          <t>Kaçak Yapı</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9786254154652</t>
+          <t>9786254155062</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Hesaplanmış Sessiz Manipülasyon Yoluyla İşlenen Suçlar ve Yasal Boyut</t>
+          <t>İçinizde Bir Köpek</t>
         </is>
       </c>
       <c r="C574" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9786254154553</t>
+          <t>9786254155031</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Mavi Pencere</t>
+          <t>Azelya</t>
         </is>
       </c>
       <c r="C575" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9786254154607</t>
+          <t>9786254155048</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Oğlanlarla Körebe Oynarken</t>
+          <t>Aşk Olsun</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9786254154522</t>
+          <t>9786254154188</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Rus Ruletinde İki Mermi</t>
+          <t>Mühendislikte Yapısal Sorular</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>200</v>
+        <v>700</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9786254153969</t>
+          <t>9786254154720</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Su da Susar</t>
+          <t>Düşlerin Sessizliği</t>
         </is>
       </c>
       <c r="C578" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9786254154614</t>
+          <t>9786254154799</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Sen Yine Gözle Yarını</t>
+          <t>Öpücüksüz</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9786254154591</t>
+          <t>9786254154713</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Timsaha İyi Bak</t>
+          <t>Hiç Durmadan Uçmak</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9786254154409</t>
+          <t>9786254154683</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Vay Cimcime Vay</t>
+          <t>Telaşlı Anılar Geçidi</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9786258083446</t>
+          <t>9786254154676</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Veda ve Kalıntı</t>
+          <t>Yaşlı Dünya Süpürgesi</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9786254154416</t>
+          <t>9786254154867</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Yol Belli Değil</t>
+          <t>Sus Kapıları</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9786254154669</t>
+          <t>9786254154270</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Demiryolu Öyküleri</t>
+          <t>Kendinden Uzakta Bir Yer</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9786254154584</t>
+          <t>9786254154706</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Bir de Ne Göreyim</t>
+          <t>Hayatımı Kalemimle Kazanacağım</t>
         </is>
       </c>
       <c r="C585" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9786254154560</t>
+          <t>9786254154638</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Asil Hırsız</t>
+          <t>Baba Olmak</t>
         </is>
       </c>
       <c r="C586" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9786254154515</t>
+          <t>9786254154942</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Akatalpa Şiir Seçkisi</t>
+          <t>Taşyazılar</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>500</v>
+        <v>280</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9786254153938</t>
+          <t>9786254154850</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Ağacı - Dara Jiyane</t>
+          <t>Her Gece Böyle</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9786254154140</t>
+          <t>9786254154843</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Şizoid Bulut</t>
+          <t>Gölgen Omzuma Düştü</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9786254154331</t>
+          <t>9786254154195</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Özgürlüğü Ararken</t>
+          <t>Minerva'nın Baykuşu</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9786254154263</t>
+          <t>9786254154782</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Ay</t>
+          <t>Tehlikeli Virajlar</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9786254154256</t>
+          <t>9786254154881</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Kadın Ay</t>
+          <t>Benden Öte Senden Ziyade</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9786254154294</t>
+          <t>9786254154812</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>İ</t>
+          <t>Ben Şimdi Ölecek Miyim?</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9786254154232</t>
+          <t>9786254154287</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Gümüş Ay</t>
+          <t>Kış Geçer</t>
         </is>
       </c>
       <c r="C594" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9786254154300</t>
+          <t>9786254154775</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Gurün</t>
+          <t>Politize Romantizm</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>270</v>
+        <v>150</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9786254154171</t>
+          <t>9786254154744</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Fındık - Büyümenin Kedicesi</t>
+          <t>İki Dil Bir Aşk</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>280</v>
+        <v>150</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9786254154225</t>
+          <t>9786254154829</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Falaka</t>
+          <t>Ay'a Giden İlk Çocuk Kitabı</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9786254154218</t>
+          <t>9786254154645</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Ecza Deposu</t>
+          <t>33 Şiir</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9786254154201</t>
+          <t>9786254154690</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Çamur Ay</t>
+          <t>Şaşkın Balkon Düşçüsü</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9786254154041</t>
+          <t>9786254154393</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Başın Yere Eğilmesin</t>
+          <t>Sevgili Anneciğim</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>330</v>
+        <v>250</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9786254154126</t>
+          <t>9786254154874</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>İffet'in Gelinliği</t>
+          <t>Pazar Kahvaltısı</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9786254153884</t>
+          <t>9786254154362</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Köklerin İzindeki Masallar ve Hikayeler</t>
+          <t>Dargın Düş</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>230</v>
+        <v>170</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9786254153877</t>
+          <t>9786254154768</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>Tazegül</t>
+          <t>Otantik Doğum</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9786254154096</t>
+          <t>9786254154898</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Kent Kahvehanesi</t>
+          <t>Aşktan Armağan Şarkılar</t>
         </is>
       </c>
       <c r="C604" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9786254154157</t>
+          <t>9786254154621</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Yitik Menekşe</t>
+          <t>Aşık İhsani ve Dostları</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>350</v>
+        <v>280</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9786254154119</t>
+          <t>9786254154966</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>Fecirde Üç Şair</t>
+          <t>Klaros Sayı 7: Ramis Dara</t>
         </is>
       </c>
       <c r="C606" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9786254154164</t>
+          <t>9786254154454</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>12 Eylül Cezaevlerinde Yaratıcılık ve Direniş</t>
+          <t>Kan Atlayamadım</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9786254154133</t>
+          <t>9786254154928</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Şiire Açan Kır Karanfilleri ve Şiire Perdah Dikinsözler</t>
+          <t>Bunların Hepsi Senin Yüzünden Anne</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9786254154102</t>
+          <t>9786254154379</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>İklimsiz</t>
+          <t>Böyle Akar Melet Çayı</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9786254154027</t>
+          <t>9786254154737</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Dili Yanmış Şarkılar</t>
+          <t>Ağaç Olmak Özlemi</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9786254153914</t>
+          <t>9786254153990</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Sustuğumuz Yalnızlıklar</t>
+          <t>Kezzap</t>
         </is>
       </c>
       <c r="C611" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9786254153983</t>
+          <t>9786254154317</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>Maskelerin Ardındaki Sır</t>
+          <t>Yeştha</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9786254154065</t>
+          <t>9786254154652</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Lotus - Alya'ya Şiirler 3</t>
+          <t>Hesaplanmış Sessiz Manipülasyon Yoluyla İşlenen Suçlar ve Yasal Boyut</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9786254154072</t>
+          <t>9786254154553</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Muş Yöresi Halk Edebiyatı ve Folkloru</t>
+          <t>Mavi Pencere</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9786254154010</t>
+          <t>9786254154607</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>İhanet</t>
+          <t>Oğlanlarla Körebe Oynarken</t>
         </is>
       </c>
       <c r="C615" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9786254153921</t>
+          <t>9786254154522</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>Hüznümde Mavi Saklı</t>
+          <t>Rus Ruletinde İki Mermi</t>
         </is>
       </c>
       <c r="C616" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9786254153907</t>
+          <t>9786254153969</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Akogda ve Son</t>
+          <t>Su da Susar</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9786254153822</t>
+          <t>9786254154614</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Kar Üşümesi</t>
+          <t>Sen Yine Gözle Yarını</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9786254153945</t>
+          <t>9786254154591</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>İhtimallerin Cinneti</t>
+          <t>Timsaha İyi Bak</t>
         </is>
       </c>
       <c r="C619" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9786254153839</t>
+          <t>9786254154409</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>Güz Aynaları</t>
+          <t>Vay Cimcime Vay</t>
         </is>
       </c>
       <c r="C620" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9786254153747</t>
+          <t>9786258083446</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Ben de Denedim</t>
+          <t>Veda ve Kalıntı</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9786254153860</t>
+          <t>9786254154416</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>Yanılgının İcadı</t>
+          <t>Yol Belli Değil</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>270</v>
+        <v>250</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9786254153952</t>
+          <t>9786254154669</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>Başka Zamanlarda</t>
+          <t>Demiryolu Öyküleri</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9786254153792</t>
+          <t>9786254154584</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>Ebeannem 2022 Yıllığı</t>
+          <t>Bir de Ne Göreyim</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9786254153891</t>
+          <t>9786254154560</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>Ceviz Ağacı</t>
+          <t>Asil Hırsız</t>
         </is>
       </c>
       <c r="C625" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9786254152696</t>
+          <t>9786254154515</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>Ses Ver</t>
+          <t>Akatalpa Şiir Seçkisi</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>170</v>
+        <v>500</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9786254153808</t>
+          <t>9786254153938</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Türk Masalları</t>
+          <t>Yaşam Ağacı - Dara Jiyane</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9786254153624</t>
+          <t>9786254154140</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Uydur Kalabalık</t>
+          <t>Şizoid Bulut</t>
         </is>
       </c>
       <c r="C628" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9786254153617</t>
+          <t>9786254154331</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>Yasaklı Semtin Sesleri</t>
+          <t>Özgürlüğü Ararken</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9786254153846</t>
+          <t>9786254154263</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>Romancı</t>
+          <t>Karanlık Ay</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9786254153709</t>
+          <t>9786254154256</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>Sonrasız Vakitler</t>
+          <t>Kadın Ay</t>
         </is>
       </c>
       <c r="C631" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9786254153716</t>
+          <t>9786254154294</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>Tek Şiir</t>
+          <t>İ</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9786254153761</t>
+          <t>9786254154232</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Yeniyüzyılda Ulaştırma ve İnşaat Mühendisliği</t>
+          <t>Gümüş Ay</t>
         </is>
       </c>
       <c r="C633" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9786254153785</t>
+          <t>9786254154300</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>Kor Akor</t>
+          <t>Gurün</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9786254153686</t>
+          <t>9786254154171</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>Günler Düşerken</t>
+          <t>Fındık - Büyümenin Kedicesi</t>
         </is>
       </c>
       <c r="C635" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9786254153662</t>
+          <t>9786254154225</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>Düşler Çarşısı</t>
+          <t>Falaka</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9786254153853</t>
+          <t>9786254154218</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>Kardan Ölü</t>
+          <t>Ecza Deposu</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9786254153754</t>
+          <t>9786254154201</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>Ayna Müze</t>
+          <t>Çamur Ay</t>
         </is>
       </c>
       <c r="C638" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9786254153679</t>
+          <t>9786254154041</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>Günışığı Kenti</t>
+          <t>Başın Yere Eğilmesin</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>200</v>
+        <v>330</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9786254153815</t>
+          <t>9786254154126</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>Yalancı Ay</t>
+          <t>İffet'in Gelinliği</t>
         </is>
       </c>
       <c r="C640" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9786254153648</t>
+          <t>9786254153884</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>Bilemezsin Aysel</t>
+          <t>Köklerin İzindeki Masallar ve Hikayeler</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9786254153778</t>
+          <t>9786254153877</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>Ömrüne Bereket</t>
+          <t>Tazegül</t>
         </is>
       </c>
       <c r="C642" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9786254153211</t>
+          <t>9786254154096</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>Acıdan Umuda</t>
+          <t>Kent Kahvehanesi</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9786254153655</t>
+          <t>9786254154157</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>Acılara Tutunmak</t>
+          <t>Yitik Menekşe</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9786254153723</t>
+          <t>9786254154119</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>Zaman Varken</t>
+          <t>Fecirde Üç Şair</t>
         </is>
       </c>
       <c r="C645" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9786254153242</t>
+          <t>9786254154164</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>Mavi Aşk Cemresi</t>
+          <t>12 Eylül Cezaevlerinde Yaratıcılık ve Direniş</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9786254153464</t>
+          <t>9786254154133</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Bir Avuç Gülüş Düşer</t>
+          <t>Şiire Açan Kır Karanfilleri ve Şiire Perdah Dikinsözler</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9786254153563</t>
+          <t>9786254154102</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Yıldız Şöleni</t>
+          <t>İklimsiz</t>
         </is>
       </c>
       <c r="C648" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9786254153471</t>
+          <t>9786254154027</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>Çiçek Açsın Annelerin Yürekleri</t>
+          <t>Dili Yanmış Şarkılar</t>
         </is>
       </c>
       <c r="C649" s="1">
-        <v>400</v>
+        <v>180</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9786254153488</t>
+          <t>9786254153914</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>Duvara Düşen Dizeler</t>
+          <t>Sustuğumuz Yalnızlıklar</t>
         </is>
       </c>
       <c r="C650" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9786254153495</t>
+          <t>9786254153983</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Mutluluğa Çıkan Yol</t>
+          <t>Maskelerin Ardındaki Sır</t>
         </is>
       </c>
       <c r="C651" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9786254153730</t>
+          <t>9786254154065</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>Bekleyenler Çölü</t>
+          <t>Lotus - Alya'ya Şiirler 3</t>
         </is>
       </c>
       <c r="C652" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9786254153273</t>
+          <t>9786254154072</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>Aras'ta</t>
+          <t>Muş Yöresi Halk Edebiyatı ve Folkloru</t>
         </is>
       </c>
       <c r="C653" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9786254153693</t>
+          <t>9786254154010</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>Satranç Atlası</t>
+          <t>İhanet</t>
         </is>
       </c>
       <c r="C654" s="1">
-        <v>400</v>
+        <v>220</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9786254153501</t>
+          <t>9786254153921</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>Üşür Serçe Yalnızlığım</t>
+          <t>Hüznümde Mavi Saklı</t>
         </is>
       </c>
       <c r="C655" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9786254153365</t>
+          <t>9786254153907</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>Felsefe ve Edebiyatla Yola Çıkmak</t>
+          <t>Akogda ve Son</t>
         </is>
       </c>
       <c r="C656" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9786254153600</t>
+          <t>9786254153822</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>İblisin 66 Cürmü</t>
+          <t>Kar Üşümesi</t>
         </is>
       </c>
       <c r="C657" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9786254153440</t>
+          <t>9786254153945</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>Gurbetten Öyküler</t>
+          <t>İhtimallerin Cinneti</t>
         </is>
       </c>
       <c r="C658" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9786254153570</t>
+          <t>9786254153839</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>Geçmişim Adımdı Adımsa Kaderim</t>
+          <t>Güz Aynaları</t>
         </is>
       </c>
       <c r="C659" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9786254153549</t>
+          <t>9786254153747</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>Huzurlu Kuşkular</t>
+          <t>Ben de Denedim</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9786254153433</t>
+          <t>9786254153860</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>Kötülük Mektupları</t>
+          <t>Yanılgının İcadı</t>
         </is>
       </c>
       <c r="C661" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9786254153389</t>
+          <t>9786254153952</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>Demkeş</t>
+          <t>Başka Zamanlarda</t>
         </is>
       </c>
       <c r="C662" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9786254153532</t>
+          <t>9786254153792</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>Seninle Sonlansın Ömrüm</t>
+          <t>Ebeannem 2022 Yıllığı</t>
         </is>
       </c>
       <c r="C663" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9786254153525</t>
+          <t>9786254153891</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>Birer Yenilgidir Her Eve Dönüşler</t>
+          <t>Ceviz Ağacı</t>
         </is>
       </c>
       <c r="C664" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9786254153358</t>
+          <t>9786254152696</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>Soygun</t>
+          <t>Ses Ver</t>
         </is>
       </c>
       <c r="C665" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>9786254153105</t>
+          <t>9786254153808</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka Felsefe Yapabilir Mi</t>
+          <t>Türk Masalları</t>
         </is>
       </c>
       <c r="C666" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>9786254153341</t>
+          <t>9786254153624</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>Su Kuşu'nun Dediği</t>
+          <t>Uydur Kalabalık</t>
         </is>
       </c>
       <c r="C667" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>9786254153402</t>
+          <t>9786254153617</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>Suyun Rengi</t>
+          <t>Yasaklı Semtin Sesleri</t>
         </is>
       </c>
       <c r="C668" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>9786254153556</t>
+          <t>9786254153846</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>Dağ Sustu</t>
+          <t>Romancı</t>
         </is>
       </c>
       <c r="C669" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9786254153396</t>
+          <t>9786254153709</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>Yaşama Felsefesi</t>
+          <t>Sonrasız Vakitler</t>
         </is>
       </c>
       <c r="C670" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>9786254153327</t>
+          <t>9786254153716</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>Yelken</t>
+          <t>Tek Şiir</t>
         </is>
       </c>
       <c r="C671" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>9786254153372</t>
+          <t>9786254153761</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>Velhasıl</t>
+          <t>Yeniyüzyılda Ulaştırma ve İnşaat Mühendisliği</t>
         </is>
       </c>
       <c r="C672" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>9786254153068</t>
+          <t>9786254153785</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>Tek Başına</t>
+          <t>Kor Akor</t>
         </is>
       </c>
       <c r="C673" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>9786254153266</t>
+          <t>9786254153686</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>Bir Uyumsuzun Hatıra Defteri</t>
+          <t>Günler Düşerken</t>
         </is>
       </c>
       <c r="C674" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9786254153280</t>
+          <t>9786254153662</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>Adım Müjgan</t>
+          <t>Düşler Çarşısı</t>
         </is>
       </c>
       <c r="C675" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>9786254153518</t>
+          <t>9786254153853</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>Algı ve Ego Oyunları</t>
+          <t>Kardan Ölü</t>
         </is>
       </c>
       <c r="C676" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>9786254153426</t>
+          <t>9786254153754</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>Ben Bildiğin Şairlerden Değilim</t>
+          <t>Ayna Müze</t>
         </is>
       </c>
       <c r="C677" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9786254153082</t>
+          <t>9786254153679</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>Önce Kuşlar Öldü</t>
+          <t>Günışığı Kenti</t>
         </is>
       </c>
       <c r="C678" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>9786254152962</t>
+          <t>9786254153815</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>Büyük Yıkım</t>
+          <t>Yalancı Ay</t>
         </is>
       </c>
       <c r="C679" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>9786254152917</t>
+          <t>9786254153648</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>Türk Devrimi'nin Penceresinden İsmail Hakkı Tonguç ve Köy Enstitüleri</t>
+          <t>Bilemezsin Aysel</t>
         </is>
       </c>
       <c r="C680" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9786254153051</t>
+          <t>9786254153778</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>Sanatlarıyla İz Bırakıp Geçtiler Hayatımızdan</t>
+          <t>Ömrüne Bereket</t>
         </is>
       </c>
       <c r="C681" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>9786254153013</t>
+          <t>9786254153211</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>Aşk Mavi Kokar</t>
+          <t>Acıdan Umuda</t>
         </is>
       </c>
       <c r="C682" s="1">
-        <v>240</v>
+        <v>400</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>9786254152993</t>
+          <t>9786254153655</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>Ölümcül Kavuşturmalar</t>
+          <t>Acılara Tutunmak</t>
         </is>
       </c>
       <c r="C683" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>9786254153228</t>
+          <t>9786254153723</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>Ulaşım ve Mühendisliğin Felsefesi ve Devrimi</t>
+          <t>Zaman Varken</t>
         </is>
       </c>
       <c r="C684" s="1">
-        <v>400</v>
+        <v>180</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>9786254152986</t>
+          <t>9786254153242</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>Petunya - Alya'ya Şiirler 2</t>
+          <t>Mavi Aşk Cemresi</t>
         </is>
       </c>
       <c r="C685" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>9786254152740</t>
+          <t>9786254153464</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>Özgürlük Hiçlikten mi Geçiyor?</t>
+          <t>Bir Avuç Gülüş Düşer</t>
         </is>
       </c>
       <c r="C686" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>9786254153037</t>
+          <t>9786254153563</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>Ecelini Boynunda Taşıyan Yaşam</t>
+          <t>Yıldız Şöleni</t>
         </is>
       </c>
       <c r="C687" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>9786254153297</t>
+          <t>9786254153471</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>Zirvelerin Ötesinde</t>
+          <t>Çiçek Açsın Annelerin Yürekleri</t>
         </is>
       </c>
       <c r="C688" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>9786254153112</t>
+          <t>9786254153488</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>Bir Darbe Mağdurunun 36 Saati</t>
+          <t>Duvara Düşen Dizeler</t>
         </is>
       </c>
       <c r="C689" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>9786254153181</t>
+          <t>9786254153495</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki ve Dışımızdaki Savaş</t>
+          <t>Mutluluğa Çıkan Yol</t>
         </is>
       </c>
       <c r="C690" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>9786254152511</t>
+          <t>9786254153730</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>Unutulmayan Anlar</t>
+          <t>Bekleyenler Çölü</t>
         </is>
       </c>
       <c r="C691" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>9786254153150</t>
+          <t>9786254153273</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>Toprak Destanı</t>
+          <t>Aras'ta</t>
         </is>
       </c>
       <c r="C692" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t>9786254153334</t>
+          <t>9786254153693</t>
         </is>
       </c>
       <c r="B693" s="1" t="inlineStr">
         <is>
-          <t>Yan Yana</t>
+          <t>Satranç Atlası</t>
         </is>
       </c>
       <c r="C693" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="1" t="inlineStr">
         <is>
-          <t>9786254153136</t>
+          <t>9786254153501</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t>Kadife Gelinlik</t>
+          <t>Üşür Serçe Yalnızlığım</t>
         </is>
       </c>
       <c r="C694" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t>9786254153129</t>
+          <t>9786254153365</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
-          <t>Bir Varmış Bir Yokmuş Bir De Böylesi Varmış</t>
+          <t>Felsefe ve Edebiyatla Yola Çıkmak</t>
         </is>
       </c>
       <c r="C695" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t>9786254153303</t>
+          <t>9786254153600</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t>Ben, Ben ve Ben</t>
+          <t>İblisin 66 Cürmü</t>
         </is>
       </c>
       <c r="C696" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t>9786258083248</t>
+          <t>9786254153440</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t>Hırçınsu'nun Olağanüstü Sıradan Maceraları 1</t>
+          <t>Gurbetten Öyküler</t>
         </is>
       </c>
       <c r="C697" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t>9786254153167</t>
+          <t>9786254153570</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t>Bakışımlık</t>
+          <t>Geçmişim Adımdı Adımsa Kaderim</t>
         </is>
       </c>
       <c r="C698" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t>9786254153310</t>
+          <t>9786254153549</t>
         </is>
       </c>
       <c r="B699" s="1" t="inlineStr">
         <is>
-          <t>Koşarken</t>
+          <t>Huzurlu Kuşkular</t>
         </is>
       </c>
       <c r="C699" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="1" t="inlineStr">
         <is>
-          <t>9786254153259</t>
+          <t>9786254153433</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t>Cadılozita</t>
+          <t>Kötülük Mektupları</t>
         </is>
       </c>
       <c r="C700" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t>9786254152900</t>
+          <t>9786254153389</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
-          <t>Algılama Evreni Hataları</t>
+          <t>Demkeş</t>
         </is>
       </c>
       <c r="C701" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t>9786258083200</t>
+          <t>9786254153532</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t>Hayal Krokileri</t>
+          <t>Seninle Sonlansın Ömrüm</t>
         </is>
       </c>
       <c r="C702" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="1" t="inlineStr">
         <is>
-          <t>9786254153143</t>
+          <t>9786254153525</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
-          <t>Yamalı Bohça</t>
+          <t>Birer Yenilgidir Her Eve Dönüşler</t>
         </is>
       </c>
       <c r="C703" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="1" t="inlineStr">
         <is>
-          <t>9786254153174</t>
+          <t>9786254153358</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
-          <t>Mevsim Evveli</t>
+          <t>Soygun</t>
         </is>
       </c>
       <c r="C704" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t>9786254150944</t>
+          <t>9786254153105</t>
         </is>
       </c>
       <c r="B705" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Rujlu Sokaklar</t>
+          <t>Yapay Zeka Felsefe Yapabilir Mi</t>
         </is>
       </c>
       <c r="C705" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t>9786254153006</t>
+          <t>9786254153341</t>
         </is>
       </c>
       <c r="B706" s="1" t="inlineStr">
         <is>
-          <t>İmgeler ve Cesetler</t>
+          <t>Su Kuşu'nun Dediği</t>
         </is>
       </c>
       <c r="C706" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t>9786254150708</t>
+          <t>9786254153402</t>
         </is>
       </c>
       <c r="B707" s="1" t="inlineStr">
         <is>
-          <t>Arınak - Tufandan Önce</t>
+          <t>Suyun Rengi</t>
         </is>
       </c>
       <c r="C707" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="1" t="inlineStr">
         <is>
-          <t>9786254151880</t>
+          <t>9786254153556</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t>Tek Memeli Alis</t>
+          <t>Dağ Sustu</t>
         </is>
       </c>
       <c r="C708" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t>9786254152603</t>
+          <t>9786254153396</t>
         </is>
       </c>
       <c r="B709" s="1" t="inlineStr">
         <is>
-          <t>Yazıyorum Öyleyse Yokum</t>
+          <t>Yaşama Felsefesi</t>
         </is>
       </c>
       <c r="C709" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t>9786254152573</t>
+          <t>9786254153327</t>
         </is>
       </c>
       <c r="B710" s="1" t="inlineStr">
         <is>
-          <t>Tanrı Delileri Sever</t>
+          <t>Yelken</t>
         </is>
       </c>
       <c r="C710" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t>9786254152245</t>
+          <t>9786254153372</t>
         </is>
       </c>
       <c r="B711" s="1" t="inlineStr">
         <is>
-          <t>Noktadan Sonra</t>
+          <t>Velhasıl</t>
         </is>
       </c>
       <c r="C711" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="1" t="inlineStr">
         <is>
-          <t>9786254152122</t>
+          <t>9786254153068</t>
         </is>
       </c>
       <c r="B712" s="1" t="inlineStr">
         <is>
-          <t>Kral ve Küçük Cadı</t>
+          <t>Tek Başına</t>
         </is>
       </c>
       <c r="C712" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" s="1" t="inlineStr">
         <is>
-          <t>9786254152719</t>
+          <t>9786254153266</t>
         </is>
       </c>
       <c r="B713" s="1" t="inlineStr">
         <is>
-          <t>Korkunun Alacakaranlık Kuşağı</t>
+          <t>Bir Uyumsuzun Hatıra Defteri</t>
         </is>
       </c>
       <c r="C713" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" s="1" t="inlineStr">
         <is>
-          <t>9786254152498</t>
+          <t>9786254153280</t>
         </is>
       </c>
       <c r="B714" s="1" t="inlineStr">
         <is>
-          <t>Kara Dünyaya Ateş</t>
+          <t>Adım Müjgan</t>
         </is>
       </c>
       <c r="C714" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" s="1" t="inlineStr">
         <is>
-          <t>9786254152757</t>
+          <t>9786254153518</t>
         </is>
       </c>
       <c r="B715" s="1" t="inlineStr">
         <is>
-          <t>Güvercinler Ölmeseydi</t>
+          <t>Algı ve Ego Oyunları</t>
         </is>
       </c>
       <c r="C715" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" s="1" t="inlineStr">
         <is>
-          <t>9786257311434</t>
+          <t>9786254153426</t>
         </is>
       </c>
       <c r="B716" s="1" t="inlineStr">
         <is>
-          <t>Gündedün Kanat Sesleri</t>
+          <t>Ben Bildiğin Şairlerden Değilim</t>
         </is>
       </c>
       <c r="C716" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" s="1" t="inlineStr">
         <is>
-          <t>9786254152795</t>
+          <t>9786254153082</t>
         </is>
       </c>
       <c r="B717" s="1" t="inlineStr">
         <is>
-          <t>Genç Werther'in Defteri</t>
+          <t>Önce Kuşlar Öldü</t>
         </is>
       </c>
       <c r="C717" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" s="1" t="inlineStr">
         <is>
-          <t>9786254152788</t>
+          <t>9786254152962</t>
         </is>
       </c>
       <c r="B718" s="1" t="inlineStr">
         <is>
-          <t>Freud'u Beslemek</t>
+          <t>Büyük Yıkım</t>
         </is>
       </c>
       <c r="C718" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" s="1" t="inlineStr">
         <is>
-          <t>9786254152726</t>
+          <t>9786254152917</t>
         </is>
       </c>
       <c r="B719" s="1" t="inlineStr">
         <is>
-          <t>Duyular Yalnızlığı</t>
+          <t>Türk Devrimi'nin Penceresinden İsmail Hakkı Tonguç ve Köy Enstitüleri</t>
         </is>
       </c>
       <c r="C719" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" s="1" t="inlineStr">
         <is>
-          <t>9786254152665</t>
+          <t>9786254153051</t>
         </is>
       </c>
       <c r="B720" s="1" t="inlineStr">
         <is>
-          <t>Duino Ağıtları</t>
+          <t>Sanatlarıyla İz Bırakıp Geçtiler Hayatımızdan</t>
         </is>
       </c>
       <c r="C720" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" s="1" t="inlineStr">
         <is>
-          <t>9786254152771</t>
+          <t>9786254153013</t>
         </is>
       </c>
       <c r="B721" s="1" t="inlineStr">
         <is>
-          <t>Denizlerin Ağıdı</t>
+          <t>Aşk Mavi Kokar</t>
         </is>
       </c>
       <c r="C721" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" s="1" t="inlineStr">
         <is>
-          <t>9786257098533</t>
+          <t>9786254152993</t>
         </is>
       </c>
       <c r="B722" s="1" t="inlineStr">
         <is>
-          <t>Çatlamış Nar Yarası</t>
+          <t>Ölümcül Kavuşturmalar</t>
         </is>
       </c>
       <c r="C722" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" s="1" t="inlineStr">
         <is>
-          <t>9786254150913</t>
+          <t>9786254153228</t>
         </is>
       </c>
       <c r="B723" s="1" t="inlineStr">
         <is>
-          <t>Cuma Sessizliği</t>
+          <t>Ulaşım ve Mühendisliğin Felsefesi ve Devrimi</t>
         </is>
       </c>
       <c r="C723" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" s="1" t="inlineStr">
         <is>
-          <t>9786254150906</t>
+          <t>9786254152986</t>
         </is>
       </c>
       <c r="B724" s="1" t="inlineStr">
         <is>
-          <t>Bir Sonbahar Elması</t>
+          <t>Petunya - Alya'ya Şiirler 2</t>
         </is>
       </c>
       <c r="C724" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" s="1" t="inlineStr">
         <is>
-          <t>9786254152658</t>
+          <t>9786254152740</t>
         </is>
       </c>
       <c r="B725" s="1" t="inlineStr">
         <is>
-          <t>Beynimdeki Çizikler</t>
+          <t>Özgürlük Hiçlikten mi Geçiyor?</t>
         </is>
       </c>
       <c r="C725" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" s="1" t="inlineStr">
         <is>
-          <t>9786254152580</t>
+          <t>9786254153037</t>
         </is>
       </c>
       <c r="B726" s="1" t="inlineStr">
         <is>
-          <t>Bergüzar</t>
+          <t>Ecelini Boynunda Taşıyan Yaşam</t>
         </is>
       </c>
       <c r="C726" s="1">
-        <v>260</v>
+        <v>180</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" s="1" t="inlineStr">
         <is>
-          <t>9786254152672</t>
+          <t>9786254153297</t>
         </is>
       </c>
       <c r="B727" s="1" t="inlineStr">
         <is>
-          <t>Arafta Bir Yolcu</t>
+          <t>Zirvelerin Ötesinde</t>
         </is>
       </c>
       <c r="C727" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" s="1" t="inlineStr">
         <is>
-          <t>9786254152733</t>
+          <t>9786254153112</t>
         </is>
       </c>
       <c r="B728" s="1" t="inlineStr">
         <is>
-          <t>Anlat Oblomov</t>
+          <t>Bir Darbe Mağdurunun 36 Saati</t>
         </is>
       </c>
       <c r="C728" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" s="1" t="inlineStr">
         <is>
-          <t>9786254152191</t>
+          <t>9786254153181</t>
         </is>
       </c>
       <c r="B729" s="1" t="inlineStr">
         <is>
-          <t>Bütün Köprülerin Ortasında</t>
+          <t>İçimizdeki ve Dışımızdaki Savaş</t>
         </is>
       </c>
       <c r="C729" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" s="1" t="inlineStr">
         <is>
-          <t>9786254152504</t>
+          <t>9786254152511</t>
         </is>
       </c>
       <c r="B730" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Kırılan Aynasında</t>
+          <t>Unutulmayan Anlar</t>
         </is>
       </c>
       <c r="C730" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" s="1" t="inlineStr">
         <is>
-          <t>9786254152641</t>
+          <t>9786254153150</t>
         </is>
       </c>
       <c r="B731" s="1" t="inlineStr">
         <is>
-          <t>Hegel Deneyimi</t>
+          <t>Toprak Destanı</t>
         </is>
       </c>
       <c r="C731" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" s="1" t="inlineStr">
         <is>
-          <t>9786254152610</t>
+          <t>9786254153334</t>
         </is>
       </c>
       <c r="B732" s="1" t="inlineStr">
         <is>
-          <t>Çekirge Bellek</t>
+          <t>Yan Yana</t>
         </is>
       </c>
       <c r="C732" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" s="1" t="inlineStr">
         <is>
-          <t>9786254152566</t>
+          <t>9786254153136</t>
         </is>
       </c>
       <c r="B733" s="1" t="inlineStr">
         <is>
-          <t>Umut Direnmektir Aslında</t>
+          <t>Kadife Gelinlik</t>
         </is>
       </c>
       <c r="C733" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" s="1" t="inlineStr">
         <is>
-          <t>9786254152313</t>
+          <t>9786254153129</t>
         </is>
       </c>
       <c r="B734" s="1" t="inlineStr">
         <is>
-          <t>Sevgilim Urla</t>
+          <t>Bir Varmış Bir Yokmuş Bir De Böylesi Varmış</t>
         </is>
       </c>
       <c r="C734" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" s="1" t="inlineStr">
         <is>
-          <t>9786254151866</t>
+          <t>9786254153303</t>
         </is>
       </c>
       <c r="B735" s="1" t="inlineStr">
         <is>
-          <t>Sevgiyle İzmir Yazıyla İzmir</t>
+          <t>Ben, Ben ve Ben</t>
         </is>
       </c>
       <c r="C735" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" s="1" t="inlineStr">
         <is>
-          <t>9786254150807</t>
+          <t>9786258083248</t>
         </is>
       </c>
       <c r="B736" s="1" t="inlineStr">
         <is>
-          <t>Kıskançlık</t>
+          <t>Hırçınsu'nun Olağanüstü Sıradan Maceraları 1</t>
         </is>
       </c>
       <c r="C736" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" s="1" t="inlineStr">
         <is>
-          <t>9786254152627</t>
+          <t>9786254153167</t>
         </is>
       </c>
       <c r="B737" s="1" t="inlineStr">
         <is>
-          <t>Ay Kızılıydı Gece</t>
+          <t>Bakışımlık</t>
         </is>
       </c>
       <c r="C737" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" s="1" t="inlineStr">
         <is>
-          <t>9786254151910</t>
+          <t>9786254153310</t>
         </is>
       </c>
       <c r="B738" s="1" t="inlineStr">
         <is>
-          <t>Çocukluğum Kaldı Eşikte</t>
+          <t>Koşarken</t>
         </is>
       </c>
       <c r="C738" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" s="1" t="inlineStr">
         <is>
-          <t>9786254152429</t>
+          <t>9786254153259</t>
         </is>
       </c>
       <c r="B739" s="1" t="inlineStr">
         <is>
-          <t>Gurbette Siyah Kuşlar</t>
+          <t>Cadılozita</t>
         </is>
       </c>
       <c r="C739" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" s="1" t="inlineStr">
         <is>
-          <t>9786254152481</t>
+          <t>9786254152900</t>
         </is>
       </c>
       <c r="B740" s="1" t="inlineStr">
         <is>
-          <t>Aliye</t>
+          <t>Algılama Evreni Hataları</t>
         </is>
       </c>
       <c r="C740" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" s="1" t="inlineStr">
         <is>
-          <t>9786254152160</t>
+          <t>9786258083200</t>
         </is>
       </c>
       <c r="B741" s="1" t="inlineStr">
         <is>
-          <t>Ellerimde Eylül</t>
+          <t>Hayal Krokileri</t>
         </is>
       </c>
       <c r="C741" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" s="1" t="inlineStr">
         <is>
-          <t>9786254151002</t>
+          <t>9786254153143</t>
         </is>
       </c>
       <c r="B742" s="1" t="inlineStr">
         <is>
-          <t>Dedemin Evi</t>
+          <t>Yamalı Bohça</t>
         </is>
       </c>
       <c r="C742" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" s="1" t="inlineStr">
         <is>
-          <t>9786254151613</t>
+          <t>9786254153174</t>
         </is>
       </c>
       <c r="B743" s="1" t="inlineStr">
         <is>
-          <t>Ürkmüş Atlar Rengi</t>
+          <t>Mevsim Evveli</t>
         </is>
       </c>
       <c r="C743" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" s="1" t="inlineStr">
         <is>
-          <t>9786254152399</t>
+          <t>9786254150944</t>
         </is>
       </c>
       <c r="B744" s="1" t="inlineStr">
         <is>
-          <t>Rising</t>
+          <t>Kırmızı Rujlu Sokaklar</t>
         </is>
       </c>
       <c r="C744" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="745" spans="1:3">
       <c r="A745" s="1" t="inlineStr">
         <is>
-          <t>9786254151743</t>
+          <t>9786254153006</t>
         </is>
       </c>
       <c r="B745" s="1" t="inlineStr">
         <is>
-          <t>Sana Uzun Bir Yaz</t>
+          <t>İmgeler ve Cesetler</t>
         </is>
       </c>
       <c r="C745" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="746" spans="1:3">
       <c r="A746" s="1" t="inlineStr">
         <is>
-          <t>9786254151347</t>
+          <t>9786254150708</t>
         </is>
       </c>
       <c r="B746" s="1" t="inlineStr">
         <is>
-          <t>Yanlış Aşka Kaside</t>
+          <t>Arınak - Tufandan Önce</t>
         </is>
       </c>
       <c r="C746" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="747" spans="1:3">
       <c r="A747" s="1" t="inlineStr">
         <is>
-          <t>9786254151088</t>
+          <t>9786254151880</t>
         </is>
       </c>
       <c r="B747" s="1" t="inlineStr">
         <is>
-          <t>Yara Çok Bant Yok</t>
+          <t>Tek Memeli Alis</t>
         </is>
       </c>
       <c r="C747" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="748" spans="1:3">
       <c r="A748" s="1" t="inlineStr">
         <is>
-          <t>9786254152405</t>
+          <t>9786254152603</t>
         </is>
       </c>
       <c r="B748" s="1" t="inlineStr">
         <is>
-          <t>Yolculuk - Geri Dönüş</t>
+          <t>Yazıyorum Öyleyse Yokum</t>
         </is>
       </c>
       <c r="C748" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="749" spans="1:3">
       <c r="A749" s="1" t="inlineStr">
         <is>
-          <t>9786254152238</t>
+          <t>9786254152573</t>
         </is>
       </c>
       <c r="B749" s="1" t="inlineStr">
         <is>
-          <t>Şiir Bahçesi</t>
+          <t>Tanrı Delileri Sever</t>
         </is>
       </c>
       <c r="C749" s="1">
-        <v>350</v>
+        <v>230</v>
       </c>
     </row>
     <row r="750" spans="1:3">
       <c r="A750" s="1" t="inlineStr">
         <is>
-          <t>9786254152450</t>
+          <t>9786254152245</t>
         </is>
       </c>
       <c r="B750" s="1" t="inlineStr">
         <is>
-          <t>Sinemasal Yazıları</t>
+          <t>Noktadan Sonra</t>
         </is>
       </c>
       <c r="C750" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="751" spans="1:3">
       <c r="A751" s="1" t="inlineStr">
         <is>
-          <t>9786254151958</t>
+          <t>9786254152122</t>
         </is>
       </c>
       <c r="B751" s="1" t="inlineStr">
         <is>
-          <t>Seben</t>
+          <t>Kral ve Küçük Cadı</t>
         </is>
       </c>
       <c r="C751" s="1">
-        <v>270</v>
+        <v>200</v>
       </c>
     </row>
     <row r="752" spans="1:3">
       <c r="A752" s="1" t="inlineStr">
         <is>
-          <t>9786254152528</t>
+          <t>9786254152719</t>
         </is>
       </c>
       <c r="B752" s="1" t="inlineStr">
         <is>
-          <t>Tanrı Lekesi</t>
+          <t>Korkunun Alacakaranlık Kuşağı</t>
         </is>
       </c>
       <c r="C752" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="753" spans="1:3">
       <c r="A753" s="1" t="inlineStr">
         <is>
-          <t>9786254151170</t>
+          <t>9786254152498</t>
         </is>
       </c>
       <c r="B753" s="1" t="inlineStr">
         <is>
-          <t>Poetik Söyleşmeler</t>
+          <t>Kara Dünyaya Ateş</t>
         </is>
       </c>
       <c r="C753" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="754" spans="1:3">
       <c r="A754" s="1" t="inlineStr">
         <is>
-          <t>9786254152290</t>
+          <t>9786254152757</t>
         </is>
       </c>
       <c r="B754" s="1" t="inlineStr">
         <is>
-          <t>Periler ve Pervaneler</t>
+          <t>Güvercinler Ölmeseydi</t>
         </is>
       </c>
       <c r="C754" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="755" spans="1:3">
       <c r="A755" s="1" t="inlineStr">
         <is>
-          <t>9786254151750</t>
+          <t>9786257311434</t>
         </is>
       </c>
       <c r="B755" s="1" t="inlineStr">
         <is>
-          <t>Özge Mektuplar</t>
+          <t>Gündedün Kanat Sesleri</t>
         </is>
       </c>
       <c r="C755" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="756" spans="1:3">
       <c r="A756" s="1" t="inlineStr">
         <is>
-          <t>9786254151330</t>
+          <t>9786254152795</t>
         </is>
       </c>
       <c r="B756" s="1" t="inlineStr">
         <is>
-          <t>Ölüme Dipnot</t>
+          <t>Genç Werther'in Defteri</t>
         </is>
       </c>
       <c r="C756" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="757" spans="1:3">
       <c r="A757" s="1" t="inlineStr">
         <is>
-          <t>9786254151071</t>
+          <t>9786254152788</t>
         </is>
       </c>
       <c r="B757" s="1" t="inlineStr">
         <is>
-          <t>Olmayanların Hepsi</t>
+          <t>Freud'u Beslemek</t>
         </is>
       </c>
       <c r="C757" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="758" spans="1:3">
       <c r="A758" s="1" t="inlineStr">
         <is>
-          <t>9786254151897</t>
+          <t>9786254152726</t>
         </is>
       </c>
       <c r="B758" s="1" t="inlineStr">
         <is>
-          <t>Morgda Nişan Kınası</t>
+          <t>Duyular Yalnızlığı</t>
         </is>
       </c>
       <c r="C758" s="1">
-        <v>170</v>
+        <v>180</v>
       </c>
     </row>
     <row r="759" spans="1:3">
       <c r="A759" s="1" t="inlineStr">
         <is>
-          <t>9786254152535</t>
+          <t>9786254152665</t>
         </is>
       </c>
       <c r="B759" s="1" t="inlineStr">
         <is>
-          <t>Mı Acaba?</t>
+          <t>Duino Ağıtları</t>
         </is>
       </c>
       <c r="C759" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="760" spans="1:3">
       <c r="A760" s="1" t="inlineStr">
         <is>
-          <t>9786254151064</t>
+          <t>9786254152771</t>
         </is>
       </c>
       <c r="B760" s="1" t="inlineStr">
         <is>
-          <t>Maviye Çalar Rengin</t>
+          <t>Denizlerin Ağıdı</t>
         </is>
       </c>
       <c r="C760" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="761" spans="1:3">
       <c r="A761" s="1" t="inlineStr">
         <is>
-          <t>9786254152351</t>
+          <t>9786257098533</t>
         </is>
       </c>
       <c r="B761" s="1" t="inlineStr">
         <is>
-          <t>Mavi</t>
+          <t>Çatlamış Nar Yarası</t>
         </is>
       </c>
       <c r="C761" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="762" spans="1:3">
       <c r="A762" s="1" t="inlineStr">
         <is>
-          <t>9786254152542</t>
+          <t>9786254150913</t>
         </is>
       </c>
       <c r="B762" s="1" t="inlineStr">
         <is>
-          <t>Mavi Sakallar Ülkesinde Şahmeran Pulları</t>
+          <t>Cuma Sessizliği</t>
         </is>
       </c>
       <c r="C762" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="763" spans="1:3">
       <c r="A763" s="1" t="inlineStr">
         <is>
-          <t>9786254150616</t>
+          <t>9786254150906</t>
         </is>
       </c>
       <c r="B763" s="1" t="inlineStr">
         <is>
-          <t>Maskeli Balo</t>
+          <t>Bir Sonbahar Elması</t>
         </is>
       </c>
       <c r="C763" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="764" spans="1:3">
       <c r="A764" s="1" t="inlineStr">
         <is>
-          <t>9786254151057</t>
+          <t>9786254152658</t>
         </is>
       </c>
       <c r="B764" s="1" t="inlineStr">
         <is>
-          <t>Kıyılarını Döven Atlar</t>
+          <t>Beynimdeki Çizikler</t>
         </is>
       </c>
       <c r="C764" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="765" spans="1:3">
       <c r="A765" s="1" t="inlineStr">
         <is>
-          <t>9786254152252</t>
+          <t>9786254152580</t>
         </is>
       </c>
       <c r="B765" s="1" t="inlineStr">
         <is>
-          <t>Kış Başında Gravöl</t>
+          <t>Bergüzar</t>
         </is>
       </c>
       <c r="C765" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="766" spans="1:3">
       <c r="A766" s="1" t="inlineStr">
         <is>
-          <t>9786254151101</t>
+          <t>9786254152672</t>
         </is>
       </c>
       <c r="B766" s="1" t="inlineStr">
         <is>
-          <t>Kendine Ait Bir Adam</t>
+          <t>Arafta Bir Yolcu</t>
         </is>
       </c>
       <c r="C766" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="767" spans="1:3">
       <c r="A767" s="1" t="inlineStr">
         <is>
-          <t>9786254151620</t>
+          <t>9786254152733</t>
         </is>
       </c>
       <c r="B767" s="1" t="inlineStr">
         <is>
-          <t>Kara Parça</t>
+          <t>Anlat Oblomov</t>
         </is>
       </c>
       <c r="C767" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="768" spans="1:3">
       <c r="A768" s="1" t="inlineStr">
         <is>
-          <t>9786254152368</t>
+          <t>9786254152191</t>
         </is>
       </c>
       <c r="B768" s="1" t="inlineStr">
         <is>
-          <t>Kapattım Çatlağını Kalbimin</t>
+          <t>Bütün Köprülerin Ortasında</t>
         </is>
       </c>
       <c r="C768" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="769" spans="1:3">
       <c r="A769" s="1" t="inlineStr">
         <is>
-          <t>9786254152153</t>
+          <t>9786254152504</t>
         </is>
       </c>
       <c r="B769" s="1" t="inlineStr">
         <is>
-          <t>İnsan Hayata Ölümden Bakar</t>
+          <t>Zamanın Kırılan Aynasında</t>
         </is>
       </c>
       <c r="C769" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="770" spans="1:3">
       <c r="A770" s="1" t="inlineStr">
         <is>
-          <t>9786254152283</t>
+          <t>9786254152641</t>
         </is>
       </c>
       <c r="B770" s="1" t="inlineStr">
         <is>
-          <t>Hüt</t>
+          <t>Hegel Deneyimi</t>
         </is>
       </c>
       <c r="C770" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="771" spans="1:3">
       <c r="A771" s="1" t="inlineStr">
         <is>
-          <t>9786254150722</t>
+          <t>9786254152610</t>
         </is>
       </c>
       <c r="B771" s="1" t="inlineStr">
         <is>
-          <t>Hiç</t>
+          <t>Çekirge Bellek</t>
         </is>
       </c>
       <c r="C771" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="772" spans="1:3">
       <c r="A772" s="1" t="inlineStr">
         <is>
-          <t>9786254152269</t>
+          <t>9786254152566</t>
         </is>
       </c>
       <c r="B772" s="1" t="inlineStr">
         <is>
-          <t>Güzel Gülüşler Ülkesi</t>
+          <t>Umut Direnmektir Aslında</t>
         </is>
       </c>
       <c r="C772" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="773" spans="1:3">
       <c r="A773" s="1" t="inlineStr">
         <is>
-          <t>9786254150739</t>
+          <t>9786254152313</t>
         </is>
       </c>
       <c r="B773" s="1" t="inlineStr">
         <is>
-          <t>Güvercinler Kenti Hakkari</t>
+          <t>Sevgilim Urla</t>
         </is>
       </c>
       <c r="C773" s="1">
-        <v>260</v>
+        <v>300</v>
       </c>
     </row>
     <row r="774" spans="1:3">
       <c r="A774" s="1" t="inlineStr">
         <is>
-          <t>9786254151033</t>
+          <t>9786254151866</t>
         </is>
       </c>
       <c r="B774" s="1" t="inlineStr">
         <is>
-          <t>Günah Kuşları</t>
+          <t>Sevgiyle İzmir Yazıyla İzmir</t>
         </is>
       </c>
       <c r="C774" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="775" spans="1:3">
       <c r="A775" s="1" t="inlineStr">
         <is>
-          <t>9786254151484</t>
+          <t>9786254150807</t>
         </is>
       </c>
       <c r="B775" s="1" t="inlineStr">
         <is>
-          <t>Gundemira'da Aşk</t>
+          <t>Kıskançlık</t>
         </is>
       </c>
       <c r="C775" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="776" spans="1:3">
       <c r="A776" s="1" t="inlineStr">
         <is>
-          <t>9786254151996</t>
+          <t>9786254152627</t>
         </is>
       </c>
       <c r="B776" s="1" t="inlineStr">
         <is>
-          <t>Göynekli</t>
+          <t>Ay Kızılıydı Gece</t>
         </is>
       </c>
       <c r="C776" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="777" spans="1:3">
       <c r="A777" s="1" t="inlineStr">
         <is>
-          <t>9786254151026</t>
+          <t>9786254151910</t>
         </is>
       </c>
       <c r="B777" s="1" t="inlineStr">
         <is>
-          <t>Elli'sinden Sonra</t>
+          <t>Çocukluğum Kaldı Eşikte</t>
         </is>
       </c>
       <c r="C777" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="778" spans="1:3">
       <c r="A778" s="1" t="inlineStr">
         <is>
-          <t>9786254151149</t>
+          <t>9786254152429</t>
         </is>
       </c>
       <c r="B778" s="1" t="inlineStr">
         <is>
-          <t>Eflatun Cumartesi</t>
+          <t>Gurbette Siyah Kuşlar</t>
         </is>
       </c>
       <c r="C778" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="779" spans="1:3">
       <c r="A779" s="1" t="inlineStr">
         <is>
-          <t>9786254151224</t>
+          <t>9786254152481</t>
         </is>
       </c>
       <c r="B779" s="1" t="inlineStr">
         <is>
-          <t>Yolda</t>
+          <t>Aliye</t>
         </is>
       </c>
       <c r="C779" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="780" spans="1:3">
       <c r="A780" s="1" t="inlineStr">
         <is>
-          <t>9786254152344</t>
+          <t>9786254152160</t>
         </is>
       </c>
       <c r="B780" s="1" t="inlineStr">
         <is>
-          <t>Zahra'nın Yurtları</t>
+          <t>Ellerimde Eylül</t>
         </is>
       </c>
       <c r="C780" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="781" spans="1:3">
       <c r="A781" s="1" t="inlineStr">
         <is>
-          <t>9786254152023</t>
+          <t>9786254151002</t>
         </is>
       </c>
       <c r="B781" s="1" t="inlineStr">
         <is>
-          <t>Zeytin Masalı</t>
+          <t>Dedemin Evi</t>
         </is>
       </c>
       <c r="C781" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="782" spans="1:3">
       <c r="A782" s="1" t="inlineStr">
         <is>
-          <t>9786254151767</t>
+          <t>9786254151613</t>
         </is>
       </c>
       <c r="B782" s="1" t="inlineStr">
         <is>
-          <t>Dil Sürgünü</t>
+          <t>Ürkmüş Atlar Rengi</t>
         </is>
       </c>
       <c r="C782" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="783" spans="1:3">
       <c r="A783" s="1" t="inlineStr">
         <is>
-          <t>9786254152375</t>
+          <t>9786254152399</t>
         </is>
       </c>
       <c r="B783" s="1" t="inlineStr">
         <is>
-          <t>Diken Zulası</t>
+          <t>Rising</t>
         </is>
       </c>
       <c r="C783" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="784" spans="1:3">
       <c r="A784" s="1" t="inlineStr">
         <is>
-          <t>9786254152306</t>
+          <t>9786254151743</t>
         </is>
       </c>
       <c r="B784" s="1" t="inlineStr">
         <is>
-          <t>Denemeler 2</t>
+          <t>Sana Uzun Bir Yaz</t>
         </is>
       </c>
       <c r="C784" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="785" spans="1:3">
       <c r="A785" s="1" t="inlineStr">
         <is>
-          <t>9786254152177</t>
+          <t>9786254151347</t>
         </is>
       </c>
       <c r="B785" s="1" t="inlineStr">
         <is>
-          <t>Denemeler</t>
+          <t>Yanlış Aşka Kaside</t>
         </is>
       </c>
       <c r="C785" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="786" spans="1:3">
       <c r="A786" s="1" t="inlineStr">
         <is>
-          <t>9786254152184</t>
+          <t>9786254151088</t>
         </is>
       </c>
       <c r="B786" s="1" t="inlineStr">
         <is>
-          <t>Celladın Gözleri</t>
+          <t>Yara Çok Bant Yok</t>
         </is>
       </c>
       <c r="C786" s="1">
-        <v>270</v>
+        <v>200</v>
       </c>
     </row>
     <row r="787" spans="1:3">
       <c r="A787" s="1" t="inlineStr">
         <is>
-          <t>9786254150692</t>
+          <t>9786254152405</t>
         </is>
       </c>
       <c r="B787" s="1" t="inlineStr">
         <is>
-          <t>Bütün Bir Yaz</t>
+          <t>Yolculuk - Geri Dönüş</t>
         </is>
       </c>
       <c r="C787" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="788" spans="1:3">
       <c r="A788" s="1" t="inlineStr">
         <is>
-          <t>9786254152207</t>
+          <t>9786254152238</t>
         </is>
       </c>
       <c r="B788" s="1" t="inlineStr">
         <is>
-          <t>Bir Sonrası</t>
+          <t>Şiir Bahçesi</t>
         </is>
       </c>
       <c r="C788" s="1">
-        <v>170</v>
+        <v>350</v>
       </c>
     </row>
     <row r="789" spans="1:3">
       <c r="A789" s="1" t="inlineStr">
         <is>
-          <t>9786254152337</t>
+          <t>9786254152450</t>
         </is>
       </c>
       <c r="B789" s="1" t="inlineStr">
         <is>
-          <t>Bir Kadın Bir Papatya</t>
+          <t>Sinemasal Yazıları</t>
         </is>
       </c>
       <c r="C789" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="790" spans="1:3">
       <c r="A790" s="1" t="inlineStr">
         <is>
-          <t>9786254152139</t>
+          <t>9786254151958</t>
         </is>
       </c>
       <c r="B790" s="1" t="inlineStr">
         <is>
-          <t>Kimsin'i Bir Yüzün İsmail</t>
+          <t>Seben</t>
         </is>
       </c>
       <c r="C790" s="1">
-        <v>180</v>
+        <v>270</v>
       </c>
     </row>
     <row r="791" spans="1:3">
       <c r="A791" s="1" t="inlineStr">
         <is>
-          <t>9786254152214</t>
+          <t>9786254152528</t>
         </is>
       </c>
       <c r="B791" s="1" t="inlineStr">
         <is>
-          <t>Bilin İstedim</t>
+          <t>Tanrı Lekesi</t>
         </is>
       </c>
       <c r="C791" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="792" spans="1:3">
       <c r="A792" s="1" t="inlineStr">
         <is>
-          <t>9786254151231</t>
+          <t>9786254151170</t>
         </is>
       </c>
       <c r="B792" s="1" t="inlineStr">
         <is>
-          <t>Beyrut Çiçeği</t>
+          <t>Poetik Söyleşmeler</t>
         </is>
       </c>
       <c r="C792" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="793" spans="1:3">
       <c r="A793" s="1" t="inlineStr">
         <is>
-          <t>9786254151842</t>
+          <t>9786254152290</t>
         </is>
       </c>
       <c r="B793" s="1" t="inlineStr">
         <is>
-          <t>Kar</t>
+          <t>Periler ve Pervaneler</t>
         </is>
       </c>
       <c r="C793" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="794" spans="1:3">
       <c r="A794" s="1" t="inlineStr">
         <is>
-          <t>9786258083095</t>
+          <t>9786254151750</t>
         </is>
       </c>
       <c r="B794" s="1" t="inlineStr">
         <is>
-          <t>Berberin Dansı</t>
+          <t>Özge Mektuplar</t>
         </is>
       </c>
       <c r="C794" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="795" spans="1:3">
       <c r="A795" s="1" t="inlineStr">
         <is>
-          <t>9786254152320</t>
+          <t>9786254151330</t>
         </is>
       </c>
       <c r="B795" s="1" t="inlineStr">
         <is>
-          <t>Benim Olana Dek Hüzün</t>
+          <t>Ölüme Dipnot</t>
         </is>
       </c>
       <c r="C795" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="796" spans="1:3">
       <c r="A796" s="1" t="inlineStr">
         <is>
-          <t>9786254152009</t>
+          <t>9786254151071</t>
         </is>
       </c>
       <c r="B796" s="1" t="inlineStr">
         <is>
-          <t>Benim Dünyam</t>
+          <t>Olmayanların Hepsi</t>
         </is>
       </c>
       <c r="C796" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="797" spans="1:3">
       <c r="A797" s="1" t="inlineStr">
         <is>
-          <t>9786254152559</t>
+          <t>9786254151897</t>
         </is>
       </c>
       <c r="B797" s="1" t="inlineStr">
         <is>
-          <t>Bay L</t>
+          <t>Morgda Nişan Kınası</t>
         </is>
       </c>
       <c r="C797" s="1">
-        <v>300</v>
+        <v>170</v>
       </c>
     </row>
     <row r="798" spans="1:3">
       <c r="A798" s="1" t="inlineStr">
         <is>
-          <t>9786254152115</t>
+          <t>9786254152535</t>
         </is>
       </c>
       <c r="B798" s="1" t="inlineStr">
         <is>
-          <t>Başka Hayat</t>
+          <t>Mı Acaba?</t>
         </is>
       </c>
       <c r="C798" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="799" spans="1:3">
       <c r="A799" s="1" t="inlineStr">
         <is>
-          <t>9786254152078</t>
+          <t>9786254151064</t>
         </is>
       </c>
       <c r="B799" s="1" t="inlineStr">
         <is>
-          <t>Ay Işığı Kanatıyor Gözlerimi</t>
+          <t>Maviye Çalar Rengin</t>
         </is>
       </c>
       <c r="C799" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="800" spans="1:3">
       <c r="A800" s="1" t="inlineStr">
         <is>
-          <t>9786254152047</t>
+          <t>9786254152351</t>
         </is>
       </c>
       <c r="B800" s="1" t="inlineStr">
         <is>
-          <t>Ateşte Denizde Kağıttan Gemiler</t>
+          <t>Mavi</t>
         </is>
       </c>
       <c r="C800" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="801" spans="1:3">
       <c r="A801" s="1" t="inlineStr">
         <is>
-          <t>9786254152092</t>
+          <t>9786254152542</t>
         </is>
       </c>
       <c r="B801" s="1" t="inlineStr">
         <is>
-          <t>Askıda Ceket</t>
+          <t>Mavi Sakallar Ülkesinde Şahmeran Pulları</t>
         </is>
       </c>
       <c r="C801" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="802" spans="1:3">
       <c r="A802" s="1" t="inlineStr">
         <is>
-          <t>9786254152597</t>
+          <t>9786254150616</t>
         </is>
       </c>
       <c r="B802" s="1" t="inlineStr">
         <is>
-          <t>Anemon - Alya'ya Şiirler 1</t>
+          <t>Maskeli Balo</t>
         </is>
       </c>
       <c r="C802" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="803" spans="1:3">
       <c r="A803" s="1" t="inlineStr">
         <is>
-          <t>9786254150999</t>
+          <t>9786254151057</t>
         </is>
       </c>
       <c r="B803" s="1" t="inlineStr">
         <is>
-          <t>Alpaslan Işıklı İçin</t>
+          <t>Kıyılarını Döven Atlar</t>
         </is>
       </c>
       <c r="C803" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="804" spans="1:3">
       <c r="A804" s="1" t="inlineStr">
         <is>
-          <t>9786254152061</t>
+          <t>9786254152252</t>
         </is>
       </c>
       <c r="B804" s="1" t="inlineStr">
         <is>
-          <t>Aldatanlar</t>
+          <t>Kış Başında Gravöl</t>
         </is>
       </c>
       <c r="C804" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="805" spans="1:3">
       <c r="A805" s="1" t="inlineStr">
         <is>
-          <t>9786254150968</t>
+          <t>9786254151101</t>
         </is>
       </c>
       <c r="B805" s="1" t="inlineStr">
         <is>
-          <t>Abluka</t>
+          <t>Kendine Ait Bir Adam</t>
         </is>
       </c>
       <c r="C805" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="806" spans="1:3">
       <c r="A806" s="1" t="inlineStr">
         <is>
-          <t>9786254151736</t>
+          <t>9786254151620</t>
         </is>
       </c>
       <c r="B806" s="1" t="inlineStr">
         <is>
-          <t>Alkış Kıyamet</t>
+          <t>Kara Parça</t>
         </is>
       </c>
       <c r="C806" s="1">
-        <v>180</v>
+        <v>170</v>
       </c>
     </row>
     <row r="807" spans="1:3">
       <c r="A807" s="1" t="inlineStr">
         <is>
-          <t>9786254151811</t>
+          <t>9786254152368</t>
         </is>
       </c>
       <c r="B807" s="1" t="inlineStr">
         <is>
-          <t>Baharın Gölgesinde</t>
+          <t>Kapattım Çatlağını Kalbimin</t>
         </is>
       </c>
       <c r="C807" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="808" spans="1:3">
       <c r="A808" s="1" t="inlineStr">
         <is>
-          <t>9786254151637</t>
+          <t>9786254152153</t>
         </is>
       </c>
       <c r="B808" s="1" t="inlineStr">
         <is>
-          <t>Büyüdükçe Gözümüzde Yaşamak</t>
+          <t>İnsan Hayata Ölümden Bakar</t>
         </is>
       </c>
       <c r="C808" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="809" spans="1:3">
       <c r="A809" s="1" t="inlineStr">
         <is>
-          <t>9786254150715</t>
+          <t>9786254152283</t>
         </is>
       </c>
       <c r="B809" s="1" t="inlineStr">
         <is>
-          <t>Çağa Aykırı İnsan</t>
+          <t>Hüt</t>
         </is>
       </c>
       <c r="C809" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="810" spans="1:3">
       <c r="A810" s="1" t="inlineStr">
         <is>
-          <t>9786254150364</t>
+          <t>9786254150722</t>
         </is>
       </c>
       <c r="B810" s="1" t="inlineStr">
         <is>
-          <t>Deneye Yanıla</t>
+          <t>Hiç</t>
         </is>
       </c>
       <c r="C810" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="811" spans="1:3">
       <c r="A811" s="1" t="inlineStr">
         <is>
-          <t>9786254151194</t>
+          <t>9786254152269</t>
         </is>
       </c>
       <c r="B811" s="1" t="inlineStr">
         <is>
-          <t>Epiphania Işıma</t>
+          <t>Güzel Gülüşler Ülkesi</t>
         </is>
       </c>
       <c r="C811" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="812" spans="1:3">
       <c r="A812" s="1" t="inlineStr">
         <is>
-          <t>9786254151392</t>
+          <t>9786254150739</t>
         </is>
       </c>
       <c r="B812" s="1" t="inlineStr">
         <is>
-          <t>Güvercin Düşü</t>
+          <t>Güvercinler Kenti Hakkari</t>
         </is>
       </c>
       <c r="C812" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="813" spans="1:3">
       <c r="A813" s="1" t="inlineStr">
         <is>
-          <t>9786254151477</t>
+          <t>9786254151033</t>
         </is>
       </c>
       <c r="B813" s="1" t="inlineStr">
         <is>
-          <t>Hiç Kimsenin Dünyasında</t>
+          <t>Günah Kuşları</t>
         </is>
       </c>
       <c r="C813" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="814" spans="1:3">
       <c r="A814" s="1" t="inlineStr">
         <is>
-          <t>9786254151576</t>
+          <t>9786254151484</t>
         </is>
       </c>
       <c r="B814" s="1" t="inlineStr">
         <is>
-          <t>Kurdika</t>
+          <t>Gundemira'da Aşk</t>
         </is>
       </c>
       <c r="C814" s="1">
-        <v>100</v>
+        <v>220</v>
       </c>
     </row>
     <row r="815" spans="1:3">
       <c r="A815" s="1" t="inlineStr">
         <is>
-          <t>9786254151606</t>
+          <t>9786254151996</t>
         </is>
       </c>
       <c r="B815" s="1" t="inlineStr">
         <is>
-          <t>Yarı Ölü İmgeler</t>
+          <t>Göynekli</t>
         </is>
       </c>
       <c r="C815" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="816" spans="1:3">
       <c r="A816" s="1" t="inlineStr">
         <is>
-          <t>9786254150975</t>
+          <t>9786254151026</t>
         </is>
       </c>
       <c r="B816" s="1" t="inlineStr">
         <is>
-          <t>Çayko'nun Turuncu Otobüsü</t>
+          <t>Elli'sinden Sonra</t>
         </is>
       </c>
       <c r="C816" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="817" spans="1:3">
       <c r="A817" s="1" t="inlineStr">
         <is>
-          <t>9786254152054</t>
+          <t>9786254151149</t>
         </is>
       </c>
       <c r="B817" s="1" t="inlineStr">
         <is>
-          <t>Amerikan Bezi'nden Amerikan Çuvalı’na</t>
+          <t>Eflatun Cumartesi</t>
         </is>
       </c>
       <c r="C817" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="818" spans="1:3">
       <c r="A818" s="1" t="inlineStr">
         <is>
-          <t>9786254151552</t>
+          <t>9786254151224</t>
         </is>
       </c>
       <c r="B818" s="1" t="inlineStr">
         <is>
-          <t>Doğmadan Başlayan</t>
+          <t>Yolda</t>
         </is>
       </c>
       <c r="C818" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="819" spans="1:3">
       <c r="A819" s="1" t="inlineStr">
         <is>
-          <t>9786254151644</t>
+          <t>9786254152344</t>
         </is>
       </c>
       <c r="B819" s="1" t="inlineStr">
         <is>
-          <t>Çürümeye Uyananlar</t>
+          <t>Zahra'nın Yurtları</t>
         </is>
       </c>
       <c r="C819" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="820" spans="1:3">
       <c r="A820" s="1" t="inlineStr">
         <is>
-          <t>9786254151682</t>
+          <t>9786254152023</t>
         </is>
       </c>
       <c r="B820" s="1" t="inlineStr">
         <is>
-          <t>İnsan Bir Yanılgıdır</t>
+          <t>Zeytin Masalı</t>
         </is>
       </c>
       <c r="C820" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="821" spans="1:3">
       <c r="A821" s="1" t="inlineStr">
         <is>
-          <t>9786254151279</t>
+          <t>9786254151767</t>
         </is>
       </c>
       <c r="B821" s="1" t="inlineStr">
         <is>
-          <t>Diyaloglar</t>
+          <t>Dil Sürgünü</t>
         </is>
       </c>
       <c r="C821" s="1">
-        <v>230</v>
+        <v>180</v>
       </c>
     </row>
     <row r="822" spans="1:3">
       <c r="A822" s="1" t="inlineStr">
         <is>
-          <t>9786254151521</t>
+          <t>9786254152375</t>
         </is>
       </c>
       <c r="B822" s="1" t="inlineStr">
         <is>
-          <t>Başka Bir Diyeceğim Yok</t>
+          <t>Diken Zulası</t>
         </is>
       </c>
       <c r="C822" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="823" spans="1:3">
       <c r="A823" s="1" t="inlineStr">
         <is>
-          <t>9786254152108</t>
+          <t>9786254152306</t>
         </is>
       </c>
       <c r="B823" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Esintileri</t>
+          <t>Denemeler 2</t>
         </is>
       </c>
       <c r="C823" s="1">
-        <v>250</v>
+        <v>170</v>
       </c>
     </row>
     <row r="824" spans="1:3">
       <c r="A824" s="1" t="inlineStr">
         <is>
-          <t>9786254150777</t>
+          <t>9786254152177</t>
         </is>
       </c>
       <c r="B824" s="1" t="inlineStr">
         <is>
-          <t>Kafka Eve Dönmedi</t>
+          <t>Denemeler</t>
         </is>
       </c>
       <c r="C824" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="825" spans="1:3">
       <c r="A825" s="1" t="inlineStr">
         <is>
-          <t>9786254151491</t>
+          <t>9786254152184</t>
         </is>
       </c>
       <c r="B825" s="1" t="inlineStr">
         <is>
-          <t>Gelincik Günlüğü</t>
+          <t>Celladın Gözleri</t>
         </is>
       </c>
       <c r="C825" s="1">
-        <v>180</v>
+        <v>270</v>
       </c>
     </row>
     <row r="826" spans="1:3">
       <c r="A826" s="1" t="inlineStr">
         <is>
-          <t>9786254152030</t>
+          <t>9786254150692</t>
         </is>
       </c>
       <c r="B826" s="1" t="inlineStr">
         <is>
-          <t>İngiliz Sicimi'nden Amerikan Bezi'ne</t>
+          <t>Bütün Bir Yaz</t>
         </is>
       </c>
       <c r="C826" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="827" spans="1:3">
       <c r="A827" s="1" t="inlineStr">
         <is>
-          <t>9786254151590</t>
+          <t>9786254152207</t>
         </is>
       </c>
       <c r="B827" s="1" t="inlineStr">
         <is>
-          <t>Dostum Dünya</t>
+          <t>Bir Sonrası</t>
         </is>
       </c>
       <c r="C827" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="828" spans="1:3">
       <c r="A828" s="1" t="inlineStr">
         <is>
-          <t>9786254151040</t>
+          <t>9786254152337</t>
         </is>
       </c>
       <c r="B828" s="1" t="inlineStr">
         <is>
-          <t>Hişşt!</t>
+          <t>Bir Kadın Bir Papatya</t>
         </is>
       </c>
       <c r="C828" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="829" spans="1:3">
       <c r="A829" s="1" t="inlineStr">
         <is>
-          <t>9786254151729</t>
+          <t>9786254152139</t>
         </is>
       </c>
       <c r="B829" s="1" t="inlineStr">
         <is>
-          <t>On İki Ada Nasıl Kaybedildi?</t>
+          <t>Kimsin'i Bir Yüzün İsmail</t>
         </is>
       </c>
       <c r="C829" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="830" spans="1:3">
       <c r="A830" s="1" t="inlineStr">
         <is>
-          <t>9786254151095</t>
+          <t>9786254152214</t>
         </is>
       </c>
       <c r="B830" s="1" t="inlineStr">
         <is>
-          <t>Çürük Memet</t>
+          <t>Bilin İstedim</t>
         </is>
       </c>
       <c r="C830" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="831" spans="1:3">
       <c r="A831" s="1" t="inlineStr">
         <is>
-          <t>9786254152276</t>
+          <t>9786254151231</t>
         </is>
       </c>
       <c r="B831" s="1" t="inlineStr">
         <is>
-          <t>Begonya İhaneti</t>
+          <t>Beyrut Çiçeği</t>
         </is>
       </c>
       <c r="C831" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="832" spans="1:3">
       <c r="A832" s="1" t="inlineStr">
         <is>
-          <t>9786254151200</t>
+          <t>9786254151842</t>
         </is>
       </c>
       <c r="B832" s="1" t="inlineStr">
         <is>
-          <t>Gün Işığı</t>
+          <t>Kar</t>
         </is>
       </c>
       <c r="C832" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="833" spans="1:3">
       <c r="A833" s="1" t="inlineStr">
         <is>
-          <t>9786254152146</t>
+          <t>9786258083095</t>
         </is>
       </c>
       <c r="B833" s="1" t="inlineStr">
         <is>
-          <t>Kalanın Hikayesi</t>
+          <t>Berberin Dansı</t>
         </is>
       </c>
       <c r="C833" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="834" spans="1:3">
       <c r="A834" s="1" t="inlineStr">
         <is>
-          <t>9786254151507</t>
+          <t>9786254152320</t>
         </is>
       </c>
       <c r="B834" s="1" t="inlineStr">
         <is>
-          <t>Eza</t>
+          <t>Benim Olana Dek Hüzün</t>
         </is>
       </c>
       <c r="C834" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="835" spans="1:3">
       <c r="A835" s="1" t="inlineStr">
         <is>
-          <t>9786254151439</t>
+          <t>9786254152009</t>
         </is>
       </c>
       <c r="B835" s="1" t="inlineStr">
         <is>
-          <t>Metin ve Angeli</t>
+          <t>Benim Dünyam</t>
         </is>
       </c>
       <c r="C835" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="836" spans="1:3">
       <c r="A836" s="1" t="inlineStr">
         <is>
-          <t>9786254151255</t>
+          <t>9786254152559</t>
         </is>
       </c>
       <c r="B836" s="1" t="inlineStr">
         <is>
-          <t>Kiraz Ölümü</t>
+          <t>Bay L</t>
         </is>
       </c>
       <c r="C836" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="837" spans="1:3">
       <c r="A837" s="1" t="inlineStr">
         <is>
-          <t>9786254150852</t>
+          <t>9786254152115</t>
         </is>
       </c>
       <c r="B837" s="1" t="inlineStr">
         <is>
-          <t>Üç Artı Bir Olasılık</t>
+          <t>Başka Hayat</t>
         </is>
       </c>
       <c r="C837" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="838" spans="1:3">
       <c r="A838" s="1" t="inlineStr">
         <is>
-          <t>9786254151828</t>
+          <t>9786254152078</t>
         </is>
       </c>
       <c r="B838" s="1" t="inlineStr">
         <is>
-          <t>Ulak ve Tanık</t>
+          <t>Ay Işığı Kanatıyor Gözlerimi</t>
         </is>
       </c>
       <c r="C838" s="1">
-        <v>270</v>
+        <v>200</v>
       </c>
     </row>
     <row r="839" spans="1:3">
       <c r="A839" s="1" t="inlineStr">
         <is>
-          <t>9786254151408</t>
+          <t>9786254152047</t>
         </is>
       </c>
       <c r="B839" s="1" t="inlineStr">
         <is>
-          <t>Virgül Yorgunluğu</t>
+          <t>Ateşte Denizde Kağıttan Gemiler</t>
         </is>
       </c>
       <c r="C839" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="840" spans="1:3">
       <c r="A840" s="1" t="inlineStr">
         <is>
-          <t>9786254151361</t>
+          <t>9786254152092</t>
         </is>
       </c>
       <c r="B840" s="1" t="inlineStr">
         <is>
-          <t>Özgürlük Tutkularıyla Barışçıl Topraklara Sevgiyi Tohumladılar</t>
+          <t>Askıda Ceket</t>
         </is>
       </c>
       <c r="C840" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="841" spans="1:3">
       <c r="A841" s="1" t="inlineStr">
         <is>
-          <t>9786254151415</t>
+          <t>9786254152597</t>
         </is>
       </c>
       <c r="B841" s="1" t="inlineStr">
         <is>
-          <t>Vesveseli Gölgeler</t>
+          <t>Anemon - Alya'ya Şiirler 1</t>
         </is>
       </c>
       <c r="C841" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="842" spans="1:3">
       <c r="A842" s="1" t="inlineStr">
         <is>
-          <t>9786254150296</t>
+          <t>9786254150999</t>
         </is>
       </c>
       <c r="B842" s="1" t="inlineStr">
         <is>
-          <t>Birdim Kırk Oldum</t>
+          <t>Alpaslan Işıklı İçin</t>
         </is>
       </c>
       <c r="C842" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="843" spans="1:3">
       <c r="A843" s="1" t="inlineStr">
         <is>
-          <t>9786254151583</t>
+          <t>9786254152061</t>
         </is>
       </c>
       <c r="B843" s="1" t="inlineStr">
         <is>
-          <t>Dördüncü Bireyleşen Zaman</t>
+          <t>Aldatanlar</t>
         </is>
       </c>
       <c r="C843" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="844" spans="1:3">
       <c r="A844" s="1" t="inlineStr">
         <is>
-          <t>9786254151248</t>
+          <t>9786254150968</t>
         </is>
       </c>
       <c r="B844" s="1" t="inlineStr">
         <is>
-          <t>Cilasız Ayna</t>
+          <t>Abluka</t>
         </is>
       </c>
       <c r="C844" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="845" spans="1:3">
       <c r="A845" s="1" t="inlineStr">
         <is>
-          <t>9786254151514</t>
+          <t>9786254151736</t>
         </is>
       </c>
       <c r="B845" s="1" t="inlineStr">
         <is>
-          <t>Eksik Canlar Sokağı</t>
+          <t>Alkış Kıyamet</t>
         </is>
       </c>
       <c r="C845" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="846" spans="1:3">
       <c r="A846" s="1" t="inlineStr">
         <is>
-          <t>9786254151569</t>
+          <t>9786254151811</t>
         </is>
       </c>
       <c r="B846" s="1" t="inlineStr">
         <is>
-          <t>Herkesler Çoktan İkna Olmuştur</t>
+          <t>Baharın Gölgesinde</t>
         </is>
       </c>
       <c r="C846" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="847" spans="1:3">
       <c r="A847" s="1" t="inlineStr">
         <is>
-          <t>9786254151460</t>
+          <t>9786254151637</t>
         </is>
       </c>
       <c r="B847" s="1" t="inlineStr">
         <is>
-          <t>İnsan Sıcağı</t>
+          <t>Büyüdükçe Gözümüzde Yaşamak</t>
         </is>
       </c>
       <c r="C847" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="848" spans="1:3">
       <c r="A848" s="1" t="inlineStr">
         <is>
-          <t>9786254151699</t>
+          <t>9786254150715</t>
         </is>
       </c>
       <c r="B848" s="1" t="inlineStr">
         <is>
-          <t>Kan Çiçekleri</t>
+          <t>Çağa Aykırı İnsan</t>
         </is>
       </c>
       <c r="C848" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="849" spans="1:3">
       <c r="A849" s="1" t="inlineStr">
         <is>
-          <t>9786254150838</t>
+          <t>9786254150364</t>
         </is>
       </c>
       <c r="B849" s="1" t="inlineStr">
         <is>
-          <t>Suyun Uyanışı</t>
+          <t>Deneye Yanıla</t>
         </is>
       </c>
       <c r="C849" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="850" spans="1:3">
       <c r="A850" s="1" t="inlineStr">
         <is>
-          <t>9786254151545</t>
+          <t>9786254151194</t>
         </is>
       </c>
       <c r="B850" s="1" t="inlineStr">
         <is>
-          <t>Karşıyaka'ya Son Vapur</t>
+          <t>Epiphania Işıma</t>
         </is>
       </c>
       <c r="C850" s="1">
-        <v>250</v>
+        <v>110</v>
       </c>
     </row>
     <row r="851" spans="1:3">
       <c r="A851" s="1" t="inlineStr">
         <is>
-          <t>9786254151453</t>
+          <t>9786254151392</t>
         </is>
       </c>
       <c r="B851" s="1" t="inlineStr">
         <is>
-          <t>Kör Bir Harfle Yazıyorum Göğe</t>
+          <t>Güvercin Düşü</t>
         </is>
       </c>
       <c r="C851" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="852" spans="1:3">
       <c r="A852" s="1" t="inlineStr">
         <is>
-          <t>9786257352048</t>
+          <t>9786254151477</t>
         </is>
       </c>
       <c r="B852" s="1" t="inlineStr">
         <is>
-          <t>Nisan Çiyi</t>
+          <t>Hiç Kimsenin Dünyasında</t>
         </is>
       </c>
       <c r="C852" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="853" spans="1:3">
       <c r="A853" s="1" t="inlineStr">
         <is>
-          <t>9786254150562</t>
+          <t>9786254151576</t>
         </is>
       </c>
       <c r="B853" s="1" t="inlineStr">
         <is>
-          <t>Sanat ve İntihar</t>
+          <t>Kurdika</t>
         </is>
       </c>
       <c r="C853" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="854" spans="1:3">
       <c r="A854" s="1" t="inlineStr">
         <is>
-          <t>9786254150470</t>
+          <t>9786254151606</t>
         </is>
       </c>
       <c r="B854" s="1" t="inlineStr">
         <is>
-          <t>Işığın İzinde</t>
+          <t>Yarı Ölü İmgeler</t>
         </is>
       </c>
       <c r="C854" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="855" spans="1:3">
       <c r="A855" s="1" t="inlineStr">
         <is>
-          <t>9786254150142</t>
+          <t>9786254150975</t>
         </is>
       </c>
       <c r="B855" s="1" t="inlineStr">
         <is>
-          <t>Kafayı Sol Açık</t>
+          <t>Çayko'nun Turuncu Otobüsü</t>
         </is>
       </c>
       <c r="C855" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="856" spans="1:3">
       <c r="A856" s="1" t="inlineStr">
         <is>
-          <t>9786254150876</t>
+          <t>9786254152054</t>
         </is>
       </c>
       <c r="B856" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Şiirimizde İmgeler</t>
+          <t>Amerikan Bezi'nden Amerikan Çuvalı’na</t>
         </is>
       </c>
       <c r="C856" s="1">
-        <v>140</v>
+        <v>400</v>
       </c>
     </row>
     <row r="857" spans="1:3">
       <c r="A857" s="1" t="inlineStr">
         <is>
-          <t>9786254150760</t>
+          <t>9786254151552</t>
         </is>
       </c>
       <c r="B857" s="1" t="inlineStr">
         <is>
-          <t>Arap Kızı</t>
+          <t>Doğmadan Başlayan</t>
         </is>
       </c>
       <c r="C857" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="858" spans="1:3">
       <c r="A858" s="1" t="inlineStr">
         <is>
-          <t>9786254150555</t>
+          <t>9786254151644</t>
         </is>
       </c>
       <c r="B858" s="1" t="inlineStr">
         <is>
-          <t>Tahterevalli</t>
+          <t>Çürümeye Uyananlar</t>
         </is>
       </c>
       <c r="C858" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="859" spans="1:3">
       <c r="A859" s="1" t="inlineStr">
         <is>
-          <t>9786254150791</t>
+          <t>9786254151682</t>
         </is>
       </c>
       <c r="B859" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Kanatlarında</t>
+          <t>İnsan Bir Yanılgıdır</t>
         </is>
       </c>
       <c r="C859" s="1">
-        <v>800</v>
+        <v>200</v>
       </c>
     </row>
     <row r="860" spans="1:3">
       <c r="A860" s="1" t="inlineStr">
         <is>
-          <t>9786254150753</t>
+          <t>9786254151279</t>
         </is>
       </c>
       <c r="B860" s="1" t="inlineStr">
         <is>
-          <t>Fark Eder Mi?</t>
+          <t>Diyaloglar</t>
         </is>
       </c>
       <c r="C860" s="1">
-        <v>140</v>
+        <v>230</v>
       </c>
     </row>
     <row r="861" spans="1:3">
       <c r="A861" s="1" t="inlineStr">
         <is>
-          <t>9786254150890</t>
+          <t>9786254151521</t>
         </is>
       </c>
       <c r="B861" s="1" t="inlineStr">
         <is>
-          <t>Bir Ev Kadar Yalnızım</t>
+          <t>Başka Bir Diyeceğim Yok</t>
         </is>
       </c>
       <c r="C861" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="862" spans="1:3">
       <c r="A862" s="1" t="inlineStr">
         <is>
-          <t>9786254150678</t>
+          <t>9786254152108</t>
         </is>
       </c>
       <c r="B862" s="1" t="inlineStr">
         <is>
-          <t>Muallim Sabri &amp; Tanyeri’nden Öyküler</t>
+          <t>Yaşam Esintileri</t>
         </is>
       </c>
       <c r="C862" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="863" spans="1:3">
       <c r="A863" s="1" t="inlineStr">
         <is>
-          <t>9786254150432</t>
+          <t>9786254150777</t>
         </is>
       </c>
       <c r="B863" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Feminizm ve Diğer Kadınlar</t>
+          <t>Kafka Eve Dönmedi</t>
         </is>
       </c>
       <c r="C863" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="864" spans="1:3">
       <c r="A864" s="1" t="inlineStr">
         <is>
-          <t>9786254150388</t>
+          <t>9786254151491</t>
         </is>
       </c>
       <c r="B864" s="1" t="inlineStr">
         <is>
-          <t>Başıbozuk Ritmin</t>
+          <t>Gelincik Günlüğü</t>
         </is>
       </c>
       <c r="C864" s="1">
-        <v>170</v>
+        <v>180</v>
       </c>
     </row>
     <row r="865" spans="1:3">
       <c r="A865" s="1" t="inlineStr">
         <is>
-          <t>9786254150487</t>
+          <t>9786254152030</t>
         </is>
       </c>
       <c r="B865" s="1" t="inlineStr">
         <is>
-          <t>Göz Saati</t>
+          <t>İngiliz Sicimi'nden Amerikan Bezi'ne</t>
         </is>
       </c>
       <c r="C865" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="866" spans="1:3">
       <c r="A866" s="1" t="inlineStr">
         <is>
-          <t>9786257984089</t>
+          <t>9786254151590</t>
         </is>
       </c>
       <c r="B866" s="1" t="inlineStr">
         <is>
-          <t>Çinçin Bağlarında Hasat Vakti</t>
+          <t>Dostum Dünya</t>
         </is>
       </c>
       <c r="C866" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="867" spans="1:3">
       <c r="A867" s="1" t="inlineStr">
         <is>
-          <t>9786057655400</t>
+          <t>9786254151040</t>
         </is>
       </c>
       <c r="B867" s="1" t="inlineStr">
         <is>
-          <t>Eylül</t>
+          <t>Hişşt!</t>
         </is>
       </c>
       <c r="C867" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="868" spans="1:3">
       <c r="A868" s="1" t="inlineStr">
         <is>
-          <t>9786257984096</t>
+          <t>9786254151729</t>
         </is>
       </c>
       <c r="B868" s="1" t="inlineStr">
         <is>
-          <t>Elke</t>
+          <t>On İki Ada Nasıl Kaybedildi?</t>
         </is>
       </c>
       <c r="C868" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="869" spans="1:3">
       <c r="A869" s="1" t="inlineStr">
         <is>
-          <t>9786057655240</t>
+          <t>9786254151095</t>
         </is>
       </c>
       <c r="B869" s="1" t="inlineStr">
         <is>
-          <t>Köy Günlüğü</t>
+          <t>Çürük Memet</t>
         </is>
       </c>
       <c r="C869" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="870" spans="1:3">
       <c r="A870" s="1" t="inlineStr">
         <is>
-          <t>9786057655455</t>
+          <t>9786254152276</t>
         </is>
       </c>
       <c r="B870" s="1" t="inlineStr">
         <is>
-          <t>Hora</t>
+          <t>Begonya İhaneti</t>
         </is>
       </c>
       <c r="C870" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="871" spans="1:3">
       <c r="A871" s="1" t="inlineStr">
         <is>
-          <t>9786057655332</t>
+          <t>9786254151200</t>
         </is>
       </c>
       <c r="B871" s="1" t="inlineStr">
         <is>
-          <t>Şiir Diyalektik Değilse</t>
+          <t>Gün Işığı</t>
         </is>
       </c>
       <c r="C871" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="872" spans="1:3">
       <c r="A872" s="1" t="inlineStr">
         <is>
-          <t>9786057655325</t>
+          <t>9786254152146</t>
         </is>
       </c>
       <c r="B872" s="1" t="inlineStr">
         <is>
-          <t>Rüzgar Sildi Sesleri</t>
+          <t>Kalanın Hikayesi</t>
         </is>
       </c>
       <c r="C872" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="873" spans="1:3">
       <c r="A873" s="1" t="inlineStr">
         <is>
-          <t>9786057655424</t>
+          <t>9786254151507</t>
         </is>
       </c>
       <c r="B873" s="1" t="inlineStr">
         <is>
-          <t>Cebimdeki Çakıl Taşları</t>
+          <t>Eza</t>
         </is>
       </c>
       <c r="C873" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="874" spans="1:3">
       <c r="A874" s="1" t="inlineStr">
         <is>
-          <t>9786057655288</t>
+          <t>9786254151439</t>
         </is>
       </c>
       <c r="B874" s="1" t="inlineStr">
         <is>
-          <t>Saklı Sancılar</t>
+          <t>Metin ve Angeli</t>
         </is>
       </c>
       <c r="C874" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="875" spans="1:3">
       <c r="A875" s="1" t="inlineStr">
         <is>
-          <t>9786057655363</t>
+          <t>9786254151255</t>
         </is>
       </c>
       <c r="B875" s="1" t="inlineStr">
         <is>
-          <t>Peş</t>
+          <t>Kiraz Ölümü</t>
         </is>
       </c>
       <c r="C875" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="876" spans="1:3">
       <c r="A876" s="1" t="inlineStr">
         <is>
-          <t>9786254151989</t>
+          <t>9786254150852</t>
         </is>
       </c>
       <c r="B876" s="1" t="inlineStr">
         <is>
-          <t>Merina</t>
+          <t>Üç Artı Bir Olasılık</t>
         </is>
       </c>
       <c r="C876" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="877" spans="1:3">
       <c r="A877" s="1" t="inlineStr">
         <is>
-          <t>9786057655370</t>
+          <t>9786254151828</t>
         </is>
       </c>
       <c r="B877" s="1" t="inlineStr">
         <is>
-          <t>Leopar Perde</t>
+          <t>Ulak ve Tanık</t>
         </is>
       </c>
       <c r="C877" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="878" spans="1:3">
       <c r="A878" s="1" t="inlineStr">
         <is>
-          <t>9786057655387</t>
+          <t>9786254151408</t>
         </is>
       </c>
       <c r="B878" s="1" t="inlineStr">
         <is>
-          <t>İyi Bir Dünya Oyuncusu</t>
+          <t>Virgül Yorgunluğu</t>
         </is>
       </c>
       <c r="C878" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="879" spans="1:3">
       <c r="A879" s="1" t="inlineStr">
         <is>
-          <t>9786057655530</t>
+          <t>9786254151361</t>
         </is>
       </c>
       <c r="B879" s="1" t="inlineStr">
         <is>
-          <t>Hasretin Şiir Oldu</t>
+          <t>Özgürlük Tutkularıyla Barışçıl Topraklara Sevgiyi Tohumladılar</t>
         </is>
       </c>
       <c r="C879" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="880" spans="1:3">
       <c r="A880" s="1" t="inlineStr">
         <is>
-          <t>9786057655547</t>
+          <t>9786254151415</t>
         </is>
       </c>
       <c r="B880" s="1" t="inlineStr">
         <is>
-          <t>Güz Kesiği</t>
+          <t>Vesveseli Gölgeler</t>
         </is>
       </c>
       <c r="C880" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="881" spans="1:3">
       <c r="A881" s="1" t="inlineStr">
         <is>
-          <t>9786057655394</t>
+          <t>9786254150296</t>
         </is>
       </c>
       <c r="B881" s="1" t="inlineStr">
         <is>
-          <t>Güneşten Kan Damlıyor</t>
+          <t>Birdim Kırk Oldum</t>
         </is>
       </c>
       <c r="C881" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="882" spans="1:3">
       <c r="A882" s="1" t="inlineStr">
         <is>
-          <t>9786057655554</t>
+          <t>9786254151583</t>
         </is>
       </c>
       <c r="B882" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Gürültüsü</t>
+          <t>Dördüncü Bireyleşen Zaman</t>
         </is>
       </c>
       <c r="C882" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="883" spans="1:3">
       <c r="A883" s="1" t="inlineStr">
         <is>
-          <t>9786057655448</t>
+          <t>9786254151248</t>
         </is>
       </c>
       <c r="B883" s="1" t="inlineStr">
         <is>
-          <t>Bir Nehir Ölürken Sesini Kaybeder</t>
+          <t>Cilasız Ayna</t>
         </is>
       </c>
       <c r="C883" s="1">
-        <v>170</v>
+        <v>180</v>
       </c>
     </row>
     <row r="884" spans="1:3">
       <c r="A884" s="1" t="inlineStr">
         <is>
-          <t>9786057655431</t>
+          <t>9786254151514</t>
         </is>
       </c>
       <c r="B884" s="1" t="inlineStr">
         <is>
-          <t>Bir İzafiyet Teorisi Olarak Hayat</t>
+          <t>Eksik Canlar Sokağı</t>
         </is>
       </c>
       <c r="C884" s="1">
-        <v>270</v>
+        <v>200</v>
       </c>
     </row>
     <row r="885" spans="1:3">
       <c r="A885" s="1" t="inlineStr">
         <is>
-          <t>9786057655561</t>
+          <t>9786254151569</t>
         </is>
       </c>
       <c r="B885" s="1" t="inlineStr">
         <is>
-          <t>Amatem</t>
+          <t>Herkesler Çoktan İkna Olmuştur</t>
         </is>
       </c>
       <c r="C885" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="886" spans="1:3">
       <c r="A886" s="1" t="inlineStr">
         <is>
-          <t>9786257573641</t>
+          <t>9786254151460</t>
         </is>
       </c>
       <c r="B886" s="1" t="inlineStr">
         <is>
-          <t>Mevsimlik</t>
+          <t>İnsan Sıcağı</t>
         </is>
       </c>
       <c r="C886" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="887" spans="1:3">
       <c r="A887" s="1" t="inlineStr">
         <is>
-          <t>9786257573122</t>
+          <t>9786254151699</t>
         </is>
       </c>
       <c r="B887" s="1" t="inlineStr">
         <is>
-          <t>Can Sıkıntısı Öfke ve Blues</t>
+          <t>Kan Çiçekleri</t>
         </is>
       </c>
       <c r="C887" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="888" spans="1:3">
       <c r="A888" s="1" t="inlineStr">
         <is>
-          <t>9786257573825</t>
+          <t>9786254150838</t>
         </is>
       </c>
       <c r="B888" s="1" t="inlineStr">
         <is>
-          <t>Bemal</t>
+          <t>Suyun Uyanışı</t>
         </is>
       </c>
       <c r="C888" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="889" spans="1:3">
       <c r="A889" s="1" t="inlineStr">
         <is>
-          <t>9786257573603</t>
+          <t>9786254151545</t>
         </is>
       </c>
       <c r="B889" s="1" t="inlineStr">
         <is>
-          <t>Ağrı Dağı’nın Kraliçesi İduna</t>
+          <t>Karşıyaka'ya Son Vapur</t>
         </is>
       </c>
       <c r="C889" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="890" spans="1:3">
       <c r="A890" s="1" t="inlineStr">
         <is>
-          <t>9786257573658</t>
+          <t>9786254151453</t>
         </is>
       </c>
       <c r="B890" s="1" t="inlineStr">
         <is>
-          <t>Korona Atıştırmaları</t>
+          <t>Kör Bir Harfle Yazıyorum Göğe</t>
         </is>
       </c>
       <c r="C890" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="891" spans="1:3">
       <c r="A891" s="1" t="inlineStr">
         <is>
-          <t>9786257573542</t>
+          <t>9786257352048</t>
         </is>
       </c>
       <c r="B891" s="1" t="inlineStr">
         <is>
-          <t>Merhamet</t>
+          <t>Nisan Çiyi</t>
         </is>
       </c>
       <c r="C891" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="892" spans="1:3">
       <c r="A892" s="1" t="inlineStr">
         <is>
-          <t>9786257573832</t>
+          <t>9786254150562</t>
         </is>
       </c>
       <c r="B892" s="1" t="inlineStr">
         <is>
-          <t>Toz Bulutu</t>
+          <t>Sanat ve İntihar</t>
         </is>
       </c>
       <c r="C892" s="1">
-        <v>270</v>
+        <v>200</v>
       </c>
     </row>
     <row r="893" spans="1:3">
       <c r="A893" s="1" t="inlineStr">
         <is>
-          <t>9786257573139</t>
+          <t>9786254150470</t>
         </is>
       </c>
       <c r="B893" s="1" t="inlineStr">
         <is>
-          <t>Sıradan Bir Gece Yarısı</t>
+          <t>Işığın İzinde</t>
         </is>
       </c>
       <c r="C893" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="894" spans="1:3">
       <c r="A894" s="1" t="inlineStr">
         <is>
-          <t>9786257573566</t>
+          <t>9786254150142</t>
         </is>
       </c>
       <c r="B894" s="1" t="inlineStr">
         <is>
-          <t>Adımlarla Aşkın Resmi</t>
+          <t>Kafayı Sol Açık</t>
         </is>
       </c>
       <c r="C894" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="895" spans="1:3">
       <c r="A895" s="1" t="inlineStr">
         <is>
-          <t>9786257573559</t>
+          <t>9786254150876</t>
         </is>
       </c>
       <c r="B895" s="1" t="inlineStr">
         <is>
-          <t>Işığa Koşanlar Yorulmaz</t>
+          <t>Çağdaş Şiirimizde İmgeler</t>
         </is>
       </c>
       <c r="C895" s="1">
-        <v>250</v>
+        <v>140</v>
       </c>
     </row>
     <row r="896" spans="1:3">
       <c r="A896" s="1" t="inlineStr">
         <is>
-          <t>9786257391764</t>
+          <t>9786254150760</t>
         </is>
       </c>
       <c r="B896" s="1" t="inlineStr">
         <is>
-          <t>Çetin Altan’ın Roman ve Oyunlarında Aydın ve Küçük Burjuvazinin Sorunları</t>
+          <t>Arap Kızı</t>
         </is>
       </c>
       <c r="C896" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="897" spans="1:3">
       <c r="A897" s="1" t="inlineStr">
         <is>
-          <t>9786257573207</t>
+          <t>9786254150555</t>
         </is>
       </c>
       <c r="B897" s="1" t="inlineStr">
         <is>
-          <t>Kış Sürgünü Günler</t>
+          <t>Tahterevalli</t>
         </is>
       </c>
       <c r="C897" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="898" spans="1:3">
       <c r="A898" s="1" t="inlineStr">
         <is>
-          <t>9786257098366</t>
+          <t>9786254150791</t>
         </is>
       </c>
       <c r="B898" s="1" t="inlineStr">
         <is>
-          <t>Söz ve Kilit</t>
+          <t>Hayatın Kanatlarında</t>
         </is>
       </c>
       <c r="C898" s="1">
-        <v>180</v>
+        <v>800</v>
       </c>
     </row>
     <row r="899" spans="1:3">
       <c r="A899" s="1" t="inlineStr">
         <is>
-          <t>9786257098830</t>
+          <t>9786254150753</t>
         </is>
       </c>
       <c r="B899" s="1" t="inlineStr">
         <is>
-          <t>Ölülere Sitem</t>
+          <t>Fark Eder Mi?</t>
         </is>
       </c>
       <c r="C899" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="900" spans="1:3">
       <c r="A900" s="1" t="inlineStr">
         <is>
-          <t>9786257098939</t>
+          <t>9786254150890</t>
         </is>
       </c>
       <c r="B900" s="1" t="inlineStr">
         <is>
-          <t>Gönlümün En Üst Rafı</t>
+          <t>Bir Ev Kadar Yalnızım</t>
         </is>
       </c>
       <c r="C900" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="901" spans="1:3">
       <c r="A901" s="1" t="inlineStr">
         <is>
-          <t>9786257098281</t>
+          <t>9786254150678</t>
         </is>
       </c>
       <c r="B901" s="1" t="inlineStr">
         <is>
-          <t>Çekirdek Zaman Durakları</t>
+          <t>Muallim Sabri &amp; Tanyeri’nden Öyküler</t>
         </is>
       </c>
       <c r="C901" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="902" spans="1:3">
       <c r="A902" s="1" t="inlineStr">
         <is>
-          <t>9786254150135</t>
+          <t>9786254150432</t>
         </is>
       </c>
       <c r="B902" s="1" t="inlineStr">
         <is>
-          <t>Katkılı Kumar</t>
+          <t>Beyaz Feminizm ve Diğer Kadınlar</t>
         </is>
       </c>
       <c r="C902" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="903" spans="1:3">
       <c r="A903" s="1" t="inlineStr">
         <is>
-          <t>9786254150180</t>
+          <t>9786254150388</t>
         </is>
       </c>
       <c r="B903" s="1" t="inlineStr">
         <is>
-          <t>Ölümlük Dirimlik</t>
+          <t>Başıbozuk Ritmin</t>
         </is>
       </c>
       <c r="C903" s="1">
-        <v>300</v>
+        <v>170</v>
       </c>
     </row>
     <row r="904" spans="1:3">
       <c r="A904" s="1" t="inlineStr">
         <is>
-          <t>9786257573733</t>
+          <t>9786254150487</t>
         </is>
       </c>
       <c r="B904" s="1" t="inlineStr">
         <is>
-          <t>Kırmızıda Biten Yol</t>
+          <t>Göz Saati</t>
         </is>
       </c>
       <c r="C904" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="905" spans="1:3">
       <c r="A905" s="1" t="inlineStr">
         <is>
-          <t>9786257352536</t>
+          <t>9786257984089</t>
         </is>
       </c>
       <c r="B905" s="1" t="inlineStr">
         <is>
-          <t>Hüzünlü Atlas Serisi Cilt 1</t>
+          <t>Çinçin Bağlarında Hasat Vakti</t>
         </is>
       </c>
       <c r="C905" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="906" spans="1:3">
       <c r="A906" s="1" t="inlineStr">
         <is>
-          <t>9786254150159</t>
+          <t>9786057655400</t>
         </is>
       </c>
       <c r="B906" s="1" t="inlineStr">
         <is>
-          <t>İsa Atakları</t>
+          <t>Eylül</t>
         </is>
       </c>
       <c r="C906" s="1">
-        <v>170</v>
+        <v>120</v>
       </c>
     </row>
     <row r="907" spans="1:3">
       <c r="A907" s="1" t="inlineStr">
         <is>
-          <t>9786257573344</t>
+          <t>9786257984096</t>
         </is>
       </c>
       <c r="B907" s="1" t="inlineStr">
         <is>
-          <t>Modernize Aktif</t>
+          <t>Elke</t>
         </is>
       </c>
       <c r="C907" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="908" spans="1:3">
       <c r="A908" s="1" t="inlineStr">
         <is>
-          <t>9786257573368</t>
+          <t>9786057655240</t>
         </is>
       </c>
       <c r="B908" s="1" t="inlineStr">
         <is>
-          <t>Mevsim Bıçak Açtığında</t>
+          <t>Köy Günlüğü</t>
         </is>
       </c>
       <c r="C908" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="909" spans="1:3">
       <c r="A909" s="1" t="inlineStr">
         <is>
-          <t>9786257573269</t>
+          <t>9786057655455</t>
         </is>
       </c>
       <c r="B909" s="1" t="inlineStr">
         <is>
-          <t>İnsan Çiftlikleri</t>
+          <t>Hora</t>
         </is>
       </c>
       <c r="C909" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="910" spans="1:3">
       <c r="A910" s="1" t="inlineStr">
         <is>
-          <t>9786257573177</t>
+          <t>9786057655332</t>
         </is>
       </c>
       <c r="B910" s="1" t="inlineStr">
         <is>
-          <t>Köseler’den Hollanda’ya Yaşam Savaşım</t>
+          <t>Şiir Diyalektik Değilse</t>
         </is>
       </c>
       <c r="C910" s="1">
-        <v>400</v>
+        <v>180</v>
       </c>
     </row>
     <row r="911" spans="1:3">
       <c r="A911" s="1" t="inlineStr">
         <is>
-          <t>9786257573511</t>
+          <t>9786057655325</t>
         </is>
       </c>
       <c r="B911" s="1" t="inlineStr">
         <is>
-          <t>İş Müfettişlerinin Anıları</t>
+          <t>Rüzgar Sildi Sesleri</t>
         </is>
       </c>
       <c r="C911" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="912" spans="1:3">
       <c r="A912" s="1" t="inlineStr">
         <is>
-          <t>9786257391863</t>
+          <t>9786057655424</t>
         </is>
       </c>
       <c r="B912" s="1" t="inlineStr">
         <is>
-          <t>Unutuşun Külleri; Şeyh Galip’ten Kötülük Çiçekleri’ne</t>
+          <t>Cebimdeki Çakıl Taşları</t>
         </is>
       </c>
       <c r="C912" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="913" spans="1:3">
       <c r="A913" s="1" t="inlineStr">
         <is>
-          <t>9786257352383</t>
+          <t>9786057655288</t>
         </is>
       </c>
       <c r="B913" s="1" t="inlineStr">
         <is>
-          <t>Paralı Adalet</t>
+          <t>Saklı Sancılar</t>
         </is>
       </c>
       <c r="C913" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="914" spans="1:3">
       <c r="A914" s="1" t="inlineStr">
         <is>
-          <t>9786257391948</t>
+          <t>9786057655363</t>
         </is>
       </c>
       <c r="B914" s="1" t="inlineStr">
         <is>
-          <t>İmge, Ten, Şiir ve Fuhuş</t>
+          <t>Peş</t>
         </is>
       </c>
       <c r="C914" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="915" spans="1:3">
       <c r="A915" s="1" t="inlineStr">
         <is>
-          <t>9786257573320</t>
+          <t>9786254151989</t>
         </is>
       </c>
       <c r="B915" s="1" t="inlineStr">
         <is>
-          <t>Yağmurum Ol</t>
+          <t>Merina</t>
         </is>
       </c>
       <c r="C915" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="916" spans="1:3">
       <c r="A916" s="1" t="inlineStr">
         <is>
-          <t>9786257573313</t>
+          <t>9786057655370</t>
         </is>
       </c>
       <c r="B916" s="1" t="inlineStr">
         <is>
-          <t>Yerçekimi Çalışmıyor</t>
+          <t>Leopar Perde</t>
         </is>
       </c>
       <c r="C916" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="917" spans="1:3">
       <c r="A917" s="1" t="inlineStr">
         <is>
-          <t>9786257391917</t>
+          <t>9786057655387</t>
         </is>
       </c>
       <c r="B917" s="1" t="inlineStr">
         <is>
-          <t>Sanatın Sonundan Sonra Türk Şiiri</t>
+          <t>İyi Bir Dünya Oyuncusu</t>
         </is>
       </c>
       <c r="C917" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="918" spans="1:3">
       <c r="A918" s="1" t="inlineStr">
         <is>
-          <t>9786257391931</t>
+          <t>9786057655530</t>
         </is>
       </c>
       <c r="B918" s="1" t="inlineStr">
         <is>
-          <t>Saf Şiir</t>
+          <t>Hasretin Şiir Oldu</t>
         </is>
       </c>
       <c r="C918" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="919" spans="1:3">
       <c r="A919" s="1" t="inlineStr">
         <is>
-          <t>9786257573184</t>
+          <t>9786057655547</t>
         </is>
       </c>
       <c r="B919" s="1" t="inlineStr">
         <is>
-          <t>Tozlanmış Şiirler</t>
+          <t>Güz Kesiği</t>
         </is>
       </c>
       <c r="C919" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="920" spans="1:3">
       <c r="A920" s="1" t="inlineStr">
         <is>
-          <t>9786257391429</t>
+          <t>9786057655394</t>
         </is>
       </c>
       <c r="B920" s="1" t="inlineStr">
         <is>
-          <t>Aşure Kazanı</t>
+          <t>Güneşten Kan Damlıyor</t>
         </is>
       </c>
       <c r="C920" s="1">
-        <v>250</v>
+        <v>190</v>
       </c>
     </row>
     <row r="921" spans="1:3">
       <c r="A921" s="1" t="inlineStr">
         <is>
-          <t>9786257352321</t>
+          <t>9786057655554</t>
         </is>
       </c>
       <c r="B921" s="1" t="inlineStr">
         <is>
-          <t>Bahadın Söylenceleri</t>
+          <t>Dünyanın Gürültüsü</t>
         </is>
       </c>
       <c r="C921" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="922" spans="1:3">
       <c r="A922" s="1" t="inlineStr">
         <is>
-          <t>9786257391399</t>
+          <t>9786057655448</t>
         </is>
       </c>
       <c r="B922" s="1" t="inlineStr">
         <is>
-          <t>Gel Sokak Sokağa Konuşalım</t>
+          <t>Bir Nehir Ölürken Sesini Kaybeder</t>
         </is>
       </c>
       <c r="C922" s="1">
-        <v>500</v>
+        <v>170</v>
       </c>
     </row>
     <row r="923" spans="1:3">
       <c r="A923" s="1" t="inlineStr">
         <is>
-          <t>9786257391405</t>
+          <t>9786057655431</t>
         </is>
       </c>
       <c r="B923" s="1" t="inlineStr">
         <is>
-          <t>Yaban</t>
+          <t>Bir İzafiyet Teorisi Olarak Hayat</t>
         </is>
       </c>
       <c r="C923" s="1">
-        <v>180</v>
+        <v>270</v>
       </c>
     </row>
     <row r="924" spans="1:3">
       <c r="A924" s="1" t="inlineStr">
         <is>
-          <t>9786257352765</t>
+          <t>9786057655561</t>
         </is>
       </c>
       <c r="B924" s="1" t="inlineStr">
         <is>
-          <t>Bir Sen Vardın</t>
+          <t>Amatem</t>
         </is>
       </c>
       <c r="C924" s="1">
-        <v>180</v>
+        <v>130</v>
       </c>
     </row>
     <row r="925" spans="1:3">
       <c r="A925" s="1" t="inlineStr">
         <is>
-          <t>9786257391108</t>
+          <t>9786257573641</t>
         </is>
       </c>
       <c r="B925" s="1" t="inlineStr">
         <is>
-          <t>Yağmurun Gözleri</t>
+          <t>Mevsimlik</t>
         </is>
       </c>
       <c r="C925" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="926" spans="1:3">
       <c r="A926" s="1" t="inlineStr">
         <is>
-          <t>9786257391153</t>
+          <t>9786257573122</t>
         </is>
       </c>
       <c r="B926" s="1" t="inlineStr">
         <is>
-          <t>Özlem ve Pencereler</t>
+          <t>Can Sıkıntısı Öfke ve Blues</t>
         </is>
       </c>
       <c r="C926" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="927" spans="1:3">
       <c r="A927" s="1" t="inlineStr">
         <is>
-          <t>9786257391245</t>
+          <t>9786257573825</t>
         </is>
       </c>
       <c r="B927" s="1" t="inlineStr">
         <is>
-          <t>80 Kuşağının Üç Şairi</t>
+          <t>Bemal</t>
         </is>
       </c>
       <c r="C927" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="928" spans="1:3">
       <c r="A928" s="1" t="inlineStr">
         <is>
-          <t>9786257391382</t>
+          <t>9786257573603</t>
         </is>
       </c>
       <c r="B928" s="1" t="inlineStr">
         <is>
-          <t>Soteria - Hatay’da ve Hayatta Kadın</t>
+          <t>Ağrı Dağı’nın Kraliçesi İduna</t>
         </is>
       </c>
       <c r="C928" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="929" spans="1:3">
       <c r="A929" s="1" t="inlineStr">
         <is>
-          <t>9786257764162</t>
+          <t>9786257573658</t>
         </is>
       </c>
       <c r="B929" s="1" t="inlineStr">
         <is>
-          <t>Dün Görüşürüz</t>
+          <t>Korona Atıştırmaları</t>
         </is>
       </c>
       <c r="C929" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="930" spans="1:3">
       <c r="A930" s="1" t="inlineStr">
         <is>
-          <t>9786257098243</t>
+          <t>9786257573542</t>
         </is>
       </c>
       <c r="B930" s="1" t="inlineStr">
         <is>
-          <t>Üç Nokta</t>
+          <t>Merhamet</t>
         </is>
       </c>
       <c r="C930" s="1">
-        <v>50</v>
+        <v>250</v>
       </c>
     </row>
     <row r="931" spans="1:3">
       <c r="A931" s="1" t="inlineStr">
         <is>
-          <t>9786257764476</t>
+          <t>9786257573832</t>
         </is>
       </c>
       <c r="B931" s="1" t="inlineStr">
         <is>
-          <t>Takvimlerde Demans</t>
+          <t>Toz Bulutu</t>
         </is>
       </c>
       <c r="C931" s="1">
-        <v>180</v>
+        <v>270</v>
       </c>
     </row>
     <row r="932" spans="1:3">
       <c r="A932" s="1" t="inlineStr">
         <is>
-          <t>9786257764193</t>
+          <t>9786257573139</t>
         </is>
       </c>
       <c r="B932" s="1" t="inlineStr">
         <is>
-          <t>Aşk Her Zaman</t>
+          <t>Sıradan Bir Gece Yarısı</t>
         </is>
       </c>
       <c r="C932" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="933" spans="1:3">
       <c r="A933" s="1" t="inlineStr">
         <is>
-          <t>9786257764384</t>
+          <t>9786257573566</t>
         </is>
       </c>
       <c r="B933" s="1" t="inlineStr">
         <is>
-          <t>Kemik İğne</t>
+          <t>Adımlarla Aşkın Resmi</t>
         </is>
       </c>
       <c r="C933" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="934" spans="1:3">
       <c r="A934" s="1" t="inlineStr">
         <is>
-          <t>9786257391962</t>
+          <t>9786257573559</t>
         </is>
       </c>
       <c r="B934" s="1" t="inlineStr">
         <is>
-          <t>Beden ve Şiir</t>
+          <t>Işığa Koşanlar Yorulmaz</t>
         </is>
       </c>
       <c r="C934" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="935" spans="1:3">
       <c r="A935" s="1" t="inlineStr">
         <is>
-          <t>9786257391160</t>
+          <t>9786257391764</t>
         </is>
       </c>
       <c r="B935" s="1" t="inlineStr">
         <is>
-          <t>İnisiyasyon</t>
+          <t>Çetin Altan’ın Roman ve Oyunlarında Aydın ve Küçük Burjuvazinin Sorunları</t>
         </is>
       </c>
       <c r="C935" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="936" spans="1:3">
       <c r="A936" s="1" t="inlineStr">
         <is>
-          <t>9786257098953</t>
+          <t>9786257573207</t>
         </is>
       </c>
       <c r="B936" s="1" t="inlineStr">
         <is>
-          <t>Sessizce Öptüm Kokunu</t>
+          <t>Kış Sürgünü Günler</t>
         </is>
       </c>
       <c r="C936" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="937" spans="1:3">
       <c r="A937" s="1" t="inlineStr">
         <is>
-          <t>9786254150241</t>
+          <t>9786257098366</t>
         </is>
       </c>
       <c r="B937" s="1" t="inlineStr">
         <is>
-          <t>Sarı Vosvos</t>
+          <t>Söz ve Kilit</t>
         </is>
       </c>
       <c r="C937" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="938" spans="1:3">
       <c r="A938" s="1" t="inlineStr">
         <is>
-          <t>9786257573740</t>
+          <t>9786257098830</t>
         </is>
       </c>
       <c r="B938" s="1" t="inlineStr">
         <is>
-          <t>Gizli Kalmış Özneler</t>
+          <t>Ölülere Sitem</t>
         </is>
       </c>
       <c r="C938" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="939" spans="1:3">
       <c r="A939" s="1" t="inlineStr">
         <is>
-          <t>9786257391054</t>
+          <t>9786257098939</t>
         </is>
       </c>
       <c r="B939" s="1" t="inlineStr">
         <is>
-          <t>Rayların Kıyısında</t>
+          <t>Gönlümün En Üst Rafı</t>
         </is>
       </c>
       <c r="C939" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="940" spans="1:3">
       <c r="A940" s="1" t="inlineStr">
         <is>
-          <t>9786257764018</t>
+          <t>9786257098281</t>
         </is>
       </c>
       <c r="B940" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Bozuk Saatleri</t>
+          <t>Çekirdek Zaman Durakları</t>
         </is>
       </c>
       <c r="C940" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="941" spans="1:3">
       <c r="A941" s="1" t="inlineStr">
         <is>
-          <t>9786257391030</t>
+          <t>9786254150135</t>
         </is>
       </c>
       <c r="B941" s="1" t="inlineStr">
         <is>
-          <t>Sönme Biçimleri</t>
+          <t>Katkılı Kumar</t>
         </is>
       </c>
       <c r="C941" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="942" spans="1:3">
       <c r="A942" s="1" t="inlineStr">
         <is>
-          <t>9786257764209</t>
+          <t>9786254150180</t>
         </is>
       </c>
       <c r="B942" s="1" t="inlineStr">
         <is>
-          <t>Yitip Gidenler</t>
+          <t>Ölümlük Dirimlik</t>
         </is>
       </c>
       <c r="C942" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="943" spans="1:3">
       <c r="A943" s="1" t="inlineStr">
         <is>
-          <t>9786257391818</t>
+          <t>9786257573733</t>
         </is>
       </c>
       <c r="B943" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Arap Şiiri Antolojisi</t>
+          <t>Kırmızıda Biten Yol</t>
         </is>
       </c>
       <c r="C943" s="1">
-        <v>450</v>
+        <v>180</v>
       </c>
     </row>
     <row r="944" spans="1:3">
       <c r="A944" s="1" t="inlineStr">
         <is>
-          <t>9786257391825</t>
+          <t>9786257352536</t>
         </is>
       </c>
       <c r="B944" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Arap Kadın Şairleri Antolojisi</t>
+          <t>Hüzünlü Atlas Serisi Cilt 1</t>
         </is>
       </c>
       <c r="C944" s="1">
-        <v>450</v>
+        <v>180</v>
       </c>
     </row>
     <row r="945" spans="1:3">
       <c r="A945" s="1" t="inlineStr">
         <is>
-          <t>9786257391559</t>
+          <t>9786254150159</t>
         </is>
       </c>
       <c r="B945" s="1" t="inlineStr">
         <is>
-          <t>Gözbağı</t>
+          <t>İsa Atakları</t>
         </is>
       </c>
       <c r="C945" s="1">
-        <v>180</v>
+        <v>170</v>
       </c>
     </row>
     <row r="946" spans="1:3">
       <c r="A946" s="1" t="inlineStr">
         <is>
-          <t>9786257352642</t>
+          <t>9786257573344</t>
         </is>
       </c>
       <c r="B946" s="1" t="inlineStr">
         <is>
-          <t>Alternatif İstanbul Kronolojisi</t>
+          <t>Modernize Aktif</t>
         </is>
       </c>
       <c r="C946" s="1">
-        <v>800</v>
+        <v>180</v>
       </c>
     </row>
     <row r="947" spans="1:3">
       <c r="A947" s="1" t="inlineStr">
         <is>
-          <t>9786257352994</t>
+          <t>9786257573368</t>
         </is>
       </c>
       <c r="B947" s="1" t="inlineStr">
         <is>
-          <t>Lirik Baladlar</t>
+          <t>Mevsim Bıçak Açtığında</t>
         </is>
       </c>
       <c r="C947" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="948" spans="1:3">
       <c r="A948" s="1" t="inlineStr">
         <is>
-          <t>9786257311571</t>
+          <t>9786257573269</t>
         </is>
       </c>
       <c r="B948" s="1" t="inlineStr">
         <is>
-          <t>Bir Kaçış Hikayesi</t>
+          <t>İnsan Çiftlikleri</t>
         </is>
       </c>
       <c r="C948" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="949" spans="1:3">
       <c r="A949" s="1" t="inlineStr">
         <is>
-          <t>9786257311106</t>
+          <t>9786257573177</t>
         </is>
       </c>
       <c r="B949" s="1" t="inlineStr">
         <is>
-          <t>Karın Ardına Yürüyenler</t>
+          <t>Köseler’den Hollanda’ya Yaşam Savaşım</t>
         </is>
       </c>
       <c r="C949" s="1">
-        <v>270</v>
+        <v>400</v>
       </c>
     </row>
     <row r="950" spans="1:3">
       <c r="A950" s="1" t="inlineStr">
         <is>
-          <t>9786257352468</t>
+          <t>9786257573511</t>
         </is>
       </c>
       <c r="B950" s="1" t="inlineStr">
         <is>
-          <t>Hayata Dair</t>
+          <t>İş Müfettişlerinin Anıları</t>
         </is>
       </c>
       <c r="C950" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="951" spans="1:3">
       <c r="A951" s="1" t="inlineStr">
         <is>
-          <t>9786257764766</t>
+          <t>9786257391863</t>
         </is>
       </c>
       <c r="B951" s="1" t="inlineStr">
         <is>
-          <t>Kendime Gidiyorum</t>
+          <t>Unutuşun Külleri; Şeyh Galip’ten Kötülük Çiçekleri’ne</t>
         </is>
       </c>
       <c r="C951" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="952" spans="1:3">
       <c r="A952" s="1" t="inlineStr">
         <is>
-          <t>9786257391665</t>
+          <t>9786257352383</t>
         </is>
       </c>
       <c r="B952" s="1" t="inlineStr">
         <is>
-          <t>Fesleğen Ağıdı</t>
+          <t>Paralı Adalet</t>
         </is>
       </c>
       <c r="C952" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="953" spans="1:3">
       <c r="A953" s="1" t="inlineStr">
         <is>
-          <t>9786257391542</t>
+          <t>9786257391948</t>
         </is>
       </c>
       <c r="B953" s="1" t="inlineStr">
         <is>
-          <t>Ölümden Dönen İklim</t>
+          <t>İmge, Ten, Şiir ve Fuhuş</t>
         </is>
       </c>
       <c r="C953" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="954" spans="1:3">
       <c r="A954" s="1" t="inlineStr">
         <is>
-          <t>9786257391320</t>
+          <t>9786257573320</t>
         </is>
       </c>
       <c r="B954" s="1" t="inlineStr">
         <is>
-          <t>Aşk (K)Üstü Hayat</t>
+          <t>Yağmurum Ol</t>
         </is>
       </c>
       <c r="C954" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="955" spans="1:3">
       <c r="A955" s="1" t="inlineStr">
         <is>
-          <t>9786257391634</t>
+          <t>9786257573313</t>
         </is>
       </c>
       <c r="B955" s="1" t="inlineStr">
         <is>
-          <t>Göle Ağladım Çöl Oldum</t>
+          <t>Yerçekimi Çalışmıyor</t>
         </is>
       </c>
       <c r="C955" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="956" spans="1:3">
       <c r="A956" s="1" t="inlineStr">
         <is>
-          <t>9786257391023</t>
+          <t>9786257391917</t>
         </is>
       </c>
       <c r="B956" s="1" t="inlineStr">
         <is>
-          <t>Esirkent Gazze</t>
+          <t>Sanatın Sonundan Sonra Türk Şiiri</t>
         </is>
       </c>
       <c r="C956" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="957" spans="1:3">
       <c r="A957" s="1" t="inlineStr">
         <is>
-          <t>9786257391269</t>
+          <t>9786257391931</t>
         </is>
       </c>
       <c r="B957" s="1" t="inlineStr">
         <is>
-          <t>Yaprak İzi</t>
+          <t>Saf Şiir</t>
         </is>
       </c>
       <c r="C957" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="958" spans="1:3">
       <c r="A958" s="1" t="inlineStr">
         <is>
-          <t>9786257391313</t>
+          <t>9786257573184</t>
         </is>
       </c>
       <c r="B958" s="1" t="inlineStr">
         <is>
-          <t>Devrim(ci) Güzeli(m)</t>
+          <t>Tozlanmış Şiirler</t>
         </is>
       </c>
       <c r="C958" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="959" spans="1:3">
       <c r="A959" s="1" t="inlineStr">
         <is>
-          <t>9786257391337</t>
+          <t>9786257391429</t>
         </is>
       </c>
       <c r="B959" s="1" t="inlineStr">
         <is>
-          <t>Artvin’de Bahar</t>
+          <t>Aşure Kazanı</t>
         </is>
       </c>
       <c r="C959" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="960" spans="1:3">
       <c r="A960" s="1" t="inlineStr">
         <is>
-          <t>9786257391283</t>
+          <t>9786257352321</t>
         </is>
       </c>
       <c r="B960" s="1" t="inlineStr">
         <is>
-          <t>Sevmeler Yarım</t>
+          <t>Bahadın Söylenceleri</t>
         </is>
       </c>
       <c r="C960" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="961" spans="1:3">
       <c r="A961" s="1" t="inlineStr">
         <is>
-          <t>9786257391122</t>
+          <t>9786257391399</t>
         </is>
       </c>
       <c r="B961" s="1" t="inlineStr">
         <is>
-          <t>Resmi İdeoloji Tartışması</t>
+          <t>Gel Sokak Sokağa Konuşalım</t>
         </is>
       </c>
       <c r="C961" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="962" spans="1:3">
       <c r="A962" s="1" t="inlineStr">
         <is>
-          <t>9786257391641</t>
+          <t>9786257391405</t>
         </is>
       </c>
       <c r="B962" s="1" t="inlineStr">
         <is>
-          <t>İç Dökümleri</t>
+          <t>Yaban</t>
         </is>
       </c>
       <c r="C962" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="963" spans="1:3">
       <c r="A963" s="1" t="inlineStr">
         <is>
-          <t>9786257352529</t>
+          <t>9786257352765</t>
         </is>
       </c>
       <c r="B963" s="1" t="inlineStr">
         <is>
-          <t>Harf Lekeleri</t>
+          <t>Bir Sen Vardın</t>
         </is>
       </c>
       <c r="C963" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="964" spans="1:3">
       <c r="A964" s="1" t="inlineStr">
         <is>
-          <t>9786257392528</t>
+          <t>9786257391108</t>
         </is>
       </c>
       <c r="B964" s="1" t="inlineStr">
         <is>
-          <t>Ezel Denizi</t>
+          <t>Yağmurun Gözleri</t>
         </is>
       </c>
       <c r="C964" s="1">
-        <v>18</v>
+        <v>180</v>
       </c>
     </row>
     <row r="965" spans="1:3">
       <c r="A965" s="1" t="inlineStr">
         <is>
-          <t>9786257391436</t>
+          <t>9786257391153</t>
         </is>
       </c>
       <c r="B965" s="1" t="inlineStr">
         <is>
-          <t>Alo Kızım Gömleğimi Değiştiremedim</t>
+          <t>Özlem ve Pencereler</t>
         </is>
       </c>
       <c r="C965" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="966" spans="1:3">
       <c r="A966" s="1" t="inlineStr">
         <is>
-          <t>9786257391702</t>
+          <t>9786257391245</t>
         </is>
       </c>
       <c r="B966" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Mührü</t>
+          <t>80 Kuşağının Üç Şairi</t>
         </is>
       </c>
       <c r="C966" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="967" spans="1:3">
       <c r="A967" s="1" t="inlineStr">
         <is>
-          <t>9786257391061</t>
+          <t>9786257391382</t>
         </is>
       </c>
       <c r="B967" s="1" t="inlineStr">
         <is>
-          <t>Sarmal Düşünceler</t>
+          <t>Soteria - Hatay’da ve Hayatta Kadın</t>
         </is>
       </c>
       <c r="C967" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="968" spans="1:3">
       <c r="A968" s="1" t="inlineStr">
         <is>
-          <t>9786257391511</t>
+          <t>9786257764162</t>
         </is>
       </c>
       <c r="B968" s="1" t="inlineStr">
         <is>
-          <t>Kıtalar ve Kültürlerarası Bir Dünya Şairi Özkan Mert</t>
+          <t>Dün Görüşürüz</t>
         </is>
       </c>
       <c r="C968" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="969" spans="1:3">
       <c r="A969" s="1" t="inlineStr">
         <is>
-          <t>9786257352406</t>
+          <t>9786257098243</t>
         </is>
       </c>
       <c r="B969" s="1" t="inlineStr">
         <is>
-          <t>Cenk Aşkı</t>
+          <t>Üç Nokta</t>
         </is>
       </c>
       <c r="C969" s="1">
-        <v>200</v>
+        <v>50</v>
       </c>
     </row>
     <row r="970" spans="1:3">
       <c r="A970" s="1" t="inlineStr">
         <is>
-          <t>9786257352482</t>
+          <t>9786257764476</t>
         </is>
       </c>
       <c r="B970" s="1" t="inlineStr">
         <is>
-          <t>İkra</t>
+          <t>Takvimlerde Demans</t>
         </is>
       </c>
       <c r="C970" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="971" spans="1:3">
       <c r="A971" s="1" t="inlineStr">
         <is>
-          <t>9786257352413</t>
+          <t>9786257764193</t>
         </is>
       </c>
       <c r="B971" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşım Matematik ve Palyaço Zu</t>
+          <t>Aşk Her Zaman</t>
         </is>
       </c>
       <c r="C971" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="972" spans="1:3">
       <c r="A972" s="1" t="inlineStr">
         <is>
-          <t>9786257352840</t>
+          <t>9786257764384</t>
         </is>
       </c>
       <c r="B972" s="1" t="inlineStr">
         <is>
-          <t>Şiire Yetmeyen Zaman</t>
+          <t>Kemik İğne</t>
         </is>
       </c>
       <c r="C972" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="973" spans="1:3">
       <c r="A973" s="1" t="inlineStr">
         <is>
-          <t>9786257352376</t>
+          <t>9786257391962</t>
         </is>
       </c>
       <c r="B973" s="1" t="inlineStr">
         <is>
-          <t>Yenibütüncü Şiirin Manifestosu</t>
+          <t>Beden ve Şiir</t>
         </is>
       </c>
       <c r="C973" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="974" spans="1:3">
       <c r="A974" s="1" t="inlineStr">
         <is>
-          <t>9786257098229</t>
+          <t>9786257391160</t>
         </is>
       </c>
       <c r="B974" s="1" t="inlineStr">
         <is>
-          <t>Andromeda Trambolini</t>
+          <t>İnisiyasyon</t>
         </is>
       </c>
       <c r="C974" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="975" spans="1:3">
       <c r="A975" s="1" t="inlineStr">
         <is>
-          <t>9786257098335</t>
+          <t>9786257098953</t>
         </is>
       </c>
       <c r="B975" s="1" t="inlineStr">
         <is>
-          <t>Tasarlanan Ya Da Tanımlanan Bir Arıza</t>
+          <t>Sessizce Öptüm Kokunu</t>
         </is>
       </c>
       <c r="C975" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="976" spans="1:3">
       <c r="A976" s="1" t="inlineStr">
         <is>
-          <t>9786257098519</t>
+          <t>9786254150241</t>
         </is>
       </c>
       <c r="B976" s="1" t="inlineStr">
         <is>
-          <t>Ahretten Mesaj Servisi</t>
+          <t>Sarı Vosvos</t>
         </is>
       </c>
       <c r="C976" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="977" spans="1:3">
       <c r="A977" s="1" t="inlineStr">
         <is>
-          <t>9786056953194</t>
+          <t>9786257573740</t>
         </is>
       </c>
       <c r="B977" s="1" t="inlineStr">
         <is>
-          <t>Shakespeare Var Mıydı Yok Muydu ?</t>
+          <t>Gizli Kalmış Özneler</t>
         </is>
       </c>
       <c r="C977" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="978" spans="1:3">
       <c r="A978" s="1" t="inlineStr">
         <is>
-          <t>9786056953187</t>
+          <t>9786257391054</t>
         </is>
       </c>
       <c r="B978" s="1" t="inlineStr">
         <is>
-          <t>Bilincin Tuhaf Nesnesi</t>
+          <t>Rayların Kıyısında</t>
         </is>
       </c>
       <c r="C978" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="979" spans="1:3">
       <c r="A979" s="1" t="inlineStr">
         <is>
-          <t>9786056953170</t>
+          <t>9786257764018</t>
         </is>
       </c>
       <c r="B979" s="1" t="inlineStr">
         <is>
-          <t>Dostoyevski Ölmeli</t>
+          <t>Zamanın Bozuk Saatleri</t>
         </is>
       </c>
       <c r="C979" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="980" spans="1:3">
       <c r="A980" s="1" t="inlineStr">
         <is>
-          <t>9786257984676</t>
+          <t>9786257391030</t>
         </is>
       </c>
       <c r="B980" s="1" t="inlineStr">
         <is>
-          <t>Yanılgılar Evi</t>
+          <t>Sönme Biçimleri</t>
         </is>
       </c>
       <c r="C980" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="981" spans="1:3">
       <c r="A981" s="1" t="inlineStr">
         <is>
-          <t>9786257984522</t>
+          <t>9786257764209</t>
         </is>
       </c>
       <c r="B981" s="1" t="inlineStr">
         <is>
-          <t>Salyangozlar</t>
+          <t>Yitip Gidenler</t>
         </is>
       </c>
       <c r="C981" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="982" spans="1:3">
       <c r="A982" s="1" t="inlineStr">
         <is>
-          <t>9786257573917</t>
+          <t>9786257391818</t>
         </is>
       </c>
       <c r="B982" s="1" t="inlineStr">
         <is>
-          <t>Ters Çığlık</t>
+          <t>Çağdaş Arap Şiiri Antolojisi</t>
         </is>
       </c>
       <c r="C982" s="1">
-        <v>180</v>
+        <v>450</v>
       </c>
     </row>
     <row r="983" spans="1:3">
       <c r="A983" s="1" t="inlineStr">
         <is>
-          <t>9786257573955</t>
+          <t>9786257391825</t>
         </is>
       </c>
       <c r="B983" s="1" t="inlineStr">
         <is>
-          <t>Yağmurda ve Daha Çocukken</t>
+          <t>Çağdaş Arap Kadın Şairleri Antolojisi</t>
         </is>
       </c>
       <c r="C983" s="1">
-        <v>180</v>
+        <v>450</v>
       </c>
     </row>
     <row r="984" spans="1:3">
       <c r="A984" s="1" t="inlineStr">
         <is>
-          <t>9786257573979</t>
+          <t>9786257391559</t>
         </is>
       </c>
       <c r="B984" s="1" t="inlineStr">
         <is>
-          <t>Yularsız Atın Radyosu</t>
+          <t>Gözbağı</t>
         </is>
       </c>
       <c r="C984" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="985" spans="1:3">
       <c r="A985" s="1" t="inlineStr">
         <is>
-          <t>9786257573948</t>
+          <t>9786257352642</t>
         </is>
       </c>
       <c r="B985" s="1" t="inlineStr">
         <is>
-          <t>Tam Yol Şiir</t>
+          <t>Alternatif İstanbul Kronolojisi</t>
         </is>
       </c>
       <c r="C985" s="1">
-        <v>300</v>
+        <v>800</v>
       </c>
     </row>
     <row r="986" spans="1:3">
       <c r="A986" s="1" t="inlineStr">
         <is>
-          <t>9786257573962</t>
+          <t>9786257352994</t>
         </is>
       </c>
       <c r="B986" s="1" t="inlineStr">
         <is>
-          <t>Taş Kağıt</t>
+          <t>Lirik Baladlar</t>
         </is>
       </c>
       <c r="C986" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="987" spans="1:3">
       <c r="A987" s="1" t="inlineStr">
         <is>
-          <t>9786257573245</t>
+          <t>9786257311571</t>
         </is>
       </c>
       <c r="B987" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Mezar</t>
+          <t>Bir Kaçış Hikayesi</t>
         </is>
       </c>
       <c r="C987" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="988" spans="1:3">
       <c r="A988" s="1" t="inlineStr">
         <is>
-          <t>9786257311427</t>
+          <t>9786257311106</t>
         </is>
       </c>
       <c r="B988" s="1" t="inlineStr">
         <is>
-          <t>Meçhul Öğrenci Nilgün Marmara’nın Şiiri</t>
+          <t>Karın Ardına Yürüyenler</t>
         </is>
       </c>
       <c r="C988" s="1">
-        <v>1000</v>
+        <v>270</v>
       </c>
     </row>
     <row r="989" spans="1:3">
       <c r="A989" s="1" t="inlineStr">
         <is>
-          <t>9786257311243</t>
+          <t>9786257352468</t>
         </is>
       </c>
       <c r="B989" s="1" t="inlineStr">
         <is>
-          <t>Korona Günlerinde Doğal ve Dijital Yaşam 1</t>
+          <t>Hayata Dair</t>
         </is>
       </c>
       <c r="C989" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="990" spans="1:3">
       <c r="A990" s="1" t="inlineStr">
         <is>
-          <t>9786257311359</t>
+          <t>9786257764766</t>
         </is>
       </c>
       <c r="B990" s="1" t="inlineStr">
         <is>
-          <t>Kentte Bir Başına</t>
+          <t>Kendime Gidiyorum</t>
         </is>
       </c>
       <c r="C990" s="1">
-        <v>270</v>
+        <v>200</v>
       </c>
     </row>
     <row r="991" spans="1:3">
       <c r="A991" s="1" t="inlineStr">
         <is>
-          <t>9786257311120</t>
+          <t>9786257391665</t>
         </is>
       </c>
       <c r="B991" s="1" t="inlineStr">
         <is>
-          <t>İzinli Pazartesi</t>
+          <t>Fesleğen Ağıdı</t>
         </is>
       </c>
       <c r="C991" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="992" spans="1:3">
       <c r="A992" s="1" t="inlineStr">
         <is>
-          <t>9786257764612</t>
+          <t>9786257391542</t>
         </is>
       </c>
       <c r="B992" s="1" t="inlineStr">
         <is>
-          <t>İstasyon</t>
+          <t>Ölümden Dönen İklim</t>
         </is>
       </c>
       <c r="C992" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="993" spans="1:3">
       <c r="A993" s="1" t="inlineStr">
         <is>
-          <t>9786257311212</t>
+          <t>9786257391320</t>
         </is>
       </c>
       <c r="B993" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Uzak</t>
+          <t>Aşk (K)Üstü Hayat</t>
         </is>
       </c>
       <c r="C993" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="994" spans="1:3">
       <c r="A994" s="1" t="inlineStr">
         <is>
-          <t>9786254150326</t>
+          <t>9786257391634</t>
         </is>
       </c>
       <c r="B994" s="1" t="inlineStr">
         <is>
-          <t>The Poet</t>
+          <t>Göle Ağladım Çöl Oldum</t>
         </is>
       </c>
       <c r="C994" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="995" spans="1:3">
       <c r="A995" s="1" t="inlineStr">
         <is>
-          <t>9786257573221</t>
+          <t>9786257391023</t>
         </is>
       </c>
       <c r="B995" s="1" t="inlineStr">
         <is>
-          <t>Yola Çıkarken Evde Kalmak</t>
+          <t>Esirkent Gazze</t>
         </is>
       </c>
       <c r="C995" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="996" spans="1:3">
       <c r="A996" s="1" t="inlineStr">
         <is>
-          <t>9786254150210</t>
+          <t>9786257391269</t>
         </is>
       </c>
       <c r="B996" s="1" t="inlineStr">
         <is>
-          <t>S Hikayeler</t>
+          <t>Yaprak İzi</t>
         </is>
       </c>
       <c r="C996" s="1">
-        <v>260</v>
+        <v>160</v>
       </c>
     </row>
     <row r="997" spans="1:3">
       <c r="A997" s="1" t="inlineStr">
         <is>
-          <t>9786254150036</t>
+          <t>9786257391313</t>
         </is>
       </c>
       <c r="B997" s="1" t="inlineStr">
         <is>
-          <t>Geberik</t>
+          <t>Devrim(ci) Güzeli(m)</t>
         </is>
       </c>
       <c r="C997" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="998" spans="1:3">
       <c r="A998" s="1" t="inlineStr">
         <is>
-          <t>9786257391443</t>
+          <t>9786257391337</t>
         </is>
       </c>
       <c r="B998" s="1" t="inlineStr">
         <is>
-          <t>Aşka Açık</t>
+          <t>Artvin’de Bahar</t>
         </is>
       </c>
       <c r="C998" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="999" spans="1:3">
       <c r="A999" s="1" t="inlineStr">
         <is>
-          <t>9786257391467</t>
+          <t>9786257391283</t>
         </is>
       </c>
       <c r="B999" s="1" t="inlineStr">
         <is>
-          <t>Geceden Düştüm Tutmadın Ay Gülüşlüm</t>
+          <t>Sevmeler Yarım</t>
         </is>
       </c>
       <c r="C999" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="1000" spans="1:3">
       <c r="A1000" s="1" t="inlineStr">
         <is>
-          <t>9786257391481</t>
+          <t>9786257391122</t>
         </is>
       </c>
       <c r="B1000" s="1" t="inlineStr">
         <is>
-          <t>Şiirden Bir Ev</t>
+          <t>Resmi İdeoloji Tartışması</t>
         </is>
       </c>
       <c r="C1000" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1001" spans="1:3">
       <c r="A1001" s="1" t="inlineStr">
         <is>
-          <t>9786257391474</t>
+          <t>9786257391641</t>
         </is>
       </c>
       <c r="B1001" s="1" t="inlineStr">
         <is>
-          <t>Aç Yüreğinin Kapısını</t>
+          <t>İç Dökümleri</t>
         </is>
       </c>
       <c r="C1001" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1002" spans="1:3">
       <c r="A1002" s="1" t="inlineStr">
         <is>
-          <t>9786257391504</t>
+          <t>9786257352529</t>
         </is>
       </c>
       <c r="B1002" s="1" t="inlineStr">
         <is>
-          <t>Sevgiyi Öldürüyorlar</t>
+          <t>Harf Lekeleri</t>
         </is>
       </c>
       <c r="C1002" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1003" spans="1:3">
       <c r="A1003" s="1" t="inlineStr">
         <is>
-          <t>9786257391450</t>
+          <t>9786257392528</t>
         </is>
       </c>
       <c r="B1003" s="1" t="inlineStr">
         <is>
-          <t>Acılara Verme Adresini</t>
+          <t>Ezel Denizi</t>
         </is>
       </c>
       <c r="C1003" s="1">
-        <v>300</v>
+        <v>18</v>
       </c>
     </row>
     <row r="1004" spans="1:3">
       <c r="A1004" s="1" t="inlineStr">
         <is>
-          <t>9786257311045</t>
+          <t>9786257391436</t>
         </is>
       </c>
       <c r="B1004" s="1" t="inlineStr">
         <is>
-          <t>Anadolu'nun Uğuru</t>
+          <t>Alo Kızım Gömleğimi Değiştiremedim</t>
         </is>
       </c>
       <c r="C1004" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1005" spans="1:3">
       <c r="A1005" s="1" t="inlineStr">
         <is>
-          <t>9786257764711</t>
+          <t>9786257391702</t>
         </is>
       </c>
       <c r="B1005" s="1" t="inlineStr">
         <is>
-          <t>Leyla'yı Ararken</t>
+          <t>Zamanın Mührü</t>
         </is>
       </c>
       <c r="C1005" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1006" spans="1:3">
       <c r="A1006" s="1" t="inlineStr">
         <is>
-          <t>9786257764377</t>
+          <t>9786257391061</t>
         </is>
       </c>
       <c r="B1006" s="1" t="inlineStr">
         <is>
-          <t>Huzursuzluğun Mimarisi</t>
+          <t>Sarmal Düşünceler</t>
         </is>
       </c>
       <c r="C1006" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1007" spans="1:3">
       <c r="A1007" s="1" t="inlineStr">
         <is>
-          <t>9786257352710</t>
+          <t>9786257391511</t>
         </is>
       </c>
       <c r="B1007" s="1" t="inlineStr">
         <is>
-          <t>İki Küçük Islak Fare</t>
+          <t>Kıtalar ve Kültürlerarası Bir Dünya Şairi Özkan Mert</t>
         </is>
       </c>
       <c r="C1007" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1008" spans="1:3">
       <c r="A1008" s="1" t="inlineStr">
         <is>
-          <t>9786257352369</t>
+          <t>9786257352406</t>
         </is>
       </c>
       <c r="B1008" s="1" t="inlineStr">
         <is>
-          <t>4 Haziran</t>
+          <t>Cenk Aşkı</t>
         </is>
       </c>
       <c r="C1008" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1009" spans="1:3">
       <c r="A1009" s="1" t="inlineStr">
         <is>
-          <t>9786257352505</t>
+          <t>9786257352482</t>
         </is>
       </c>
       <c r="B1009" s="1" t="inlineStr">
         <is>
-          <t>Hiç Bir Şey Geçmedi</t>
+          <t>İkra</t>
         </is>
       </c>
       <c r="C1009" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="1010" spans="1:3">
       <c r="A1010" s="1" t="inlineStr">
         <is>
-          <t>9786257352475</t>
+          <t>9786257352413</t>
         </is>
       </c>
       <c r="B1010" s="1" t="inlineStr">
         <is>
-          <t>Kırklar Cemi ve Derrida</t>
+          <t>Arkadaşım Matematik ve Palyaço Zu</t>
         </is>
       </c>
       <c r="C1010" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1011" spans="1:3">
       <c r="A1011" s="1" t="inlineStr">
         <is>
-          <t>9786257311908</t>
+          <t>9786257352840</t>
         </is>
       </c>
       <c r="B1011" s="1" t="inlineStr">
         <is>
-          <t>Toplu Öyküler</t>
+          <t>Şiire Yetmeyen Zaman</t>
         </is>
       </c>
       <c r="C1011" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="1012" spans="1:3">
       <c r="A1012" s="1" t="inlineStr">
         <is>
-          <t>9786257311809</t>
+          <t>9786257352376</t>
         </is>
       </c>
       <c r="B1012" s="1" t="inlineStr">
         <is>
-          <t>Dünya Defteri</t>
+          <t>Yenibütüncü Şiirin Manifestosu</t>
         </is>
       </c>
       <c r="C1012" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1013" spans="1:3">
       <c r="A1013" s="1" t="inlineStr">
         <is>
-          <t>9786257352451</t>
+          <t>9786257098229</t>
         </is>
       </c>
       <c r="B1013" s="1" t="inlineStr">
         <is>
-          <t>Babam Ölürse Kolonyası</t>
+          <t>Andromeda Trambolini</t>
         </is>
       </c>
       <c r="C1013" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1014" spans="1:3">
       <c r="A1014" s="1" t="inlineStr">
         <is>
-          <t>9786257352185</t>
+          <t>9786257098335</t>
         </is>
       </c>
       <c r="B1014" s="1" t="inlineStr">
         <is>
-          <t>Yoğun Bakımda Umut</t>
+          <t>Tasarlanan Ya Da Tanımlanan Bir Arıza</t>
         </is>
       </c>
       <c r="C1014" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1015" spans="1:3">
       <c r="A1015" s="1" t="inlineStr">
         <is>
-          <t>9786257352680</t>
+          <t>9786257098519</t>
         </is>
       </c>
       <c r="B1015" s="1" t="inlineStr">
         <is>
-          <t>Kuş Boşluğu</t>
+          <t>Ahretten Mesaj Servisi</t>
         </is>
       </c>
       <c r="C1015" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1016" spans="1:3">
       <c r="A1016" s="1" t="inlineStr">
         <is>
-          <t>9786257352802</t>
+          <t>9786056953194</t>
         </is>
       </c>
       <c r="B1016" s="1" t="inlineStr">
         <is>
-          <t>İki Kadın Onlarca Hikaye</t>
+          <t>Shakespeare Var Mıydı Yok Muydu ?</t>
         </is>
       </c>
       <c r="C1016" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1017" spans="1:3">
       <c r="A1017" s="1" t="inlineStr">
         <is>
-          <t>9786257352819</t>
+          <t>9786056953187</t>
         </is>
       </c>
       <c r="B1017" s="1" t="inlineStr">
         <is>
-          <t>Ayın Karanlık Yüzü</t>
+          <t>Bilincin Tuhaf Nesnesi</t>
         </is>
       </c>
       <c r="C1017" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1018" spans="1:3">
       <c r="A1018" s="1" t="inlineStr">
         <is>
-          <t>9786257352338</t>
+          <t>9786056953170</t>
         </is>
       </c>
       <c r="B1018" s="1" t="inlineStr">
         <is>
-          <t>Anam Babam Usulü</t>
+          <t>Dostoyevski Ölmeli</t>
         </is>
       </c>
       <c r="C1018" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1019" spans="1:3">
       <c r="A1019" s="1" t="inlineStr">
         <is>
-          <t>9786257352246</t>
+          <t>9786257984676</t>
         </is>
       </c>
       <c r="B1019" s="1" t="inlineStr">
         <is>
-          <t>Taşın Suyu</t>
+          <t>Yanılgılar Evi</t>
         </is>
       </c>
       <c r="C1019" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1020" spans="1:3">
       <c r="A1020" s="1" t="inlineStr">
         <is>
-          <t>9786257352826</t>
+          <t>9786257984522</t>
         </is>
       </c>
       <c r="B1020" s="1" t="inlineStr">
         <is>
-          <t>Feylesofi</t>
+          <t>Salyangozlar</t>
         </is>
       </c>
       <c r="C1020" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1021" spans="1:3">
       <c r="A1021" s="1" t="inlineStr">
         <is>
-          <t>9786257352895</t>
+          <t>9786257573917</t>
         </is>
       </c>
       <c r="B1021" s="1" t="inlineStr">
         <is>
-          <t>Çiçek Baskını</t>
+          <t>Ters Çığlık</t>
         </is>
       </c>
       <c r="C1021" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1022" spans="1:3">
       <c r="A1022" s="1" t="inlineStr">
         <is>
-          <t>9786257352314</t>
+          <t>9786257573955</t>
         </is>
       </c>
       <c r="B1022" s="1" t="inlineStr">
         <is>
-          <t>Bir Şiir Savunması</t>
+          <t>Yağmurda ve Daha Çocukken</t>
         </is>
       </c>
       <c r="C1022" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1023" spans="1:3">
       <c r="A1023" s="1" t="inlineStr">
         <is>
-          <t>9786257352871</t>
+          <t>9786257573979</t>
         </is>
       </c>
       <c r="B1023" s="1" t="inlineStr">
         <is>
-          <t>Şiire Yetmeyen Zaman</t>
+          <t>Yularsız Atın Radyosu</t>
         </is>
       </c>
       <c r="C1023" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1024" spans="1:3">
       <c r="A1024" s="1" t="inlineStr">
         <is>
-          <t>9786257098557</t>
+          <t>9786257573948</t>
         </is>
       </c>
       <c r="B1024" s="1" t="inlineStr">
         <is>
-          <t>Dut Ağacı Şahidimdir</t>
+          <t>Tam Yol Şiir</t>
         </is>
       </c>
       <c r="C1024" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1025" spans="1:3">
       <c r="A1025" s="1" t="inlineStr">
         <is>
-          <t>9786257352123</t>
+          <t>9786257573962</t>
         </is>
       </c>
       <c r="B1025" s="1" t="inlineStr">
         <is>
-          <t>Ne Güzel Bir Rüyasın Sen</t>
+          <t>Taş Kağıt</t>
         </is>
       </c>
       <c r="C1025" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1026" spans="1:3">
       <c r="A1026" s="1" t="inlineStr">
         <is>
-          <t>9786254150227</t>
+          <t>9786257573245</t>
         </is>
       </c>
       <c r="B1026" s="1" t="inlineStr">
         <is>
-          <t>Sanat ve Faşizm</t>
+          <t>İçimdeki Mezar</t>
         </is>
       </c>
       <c r="C1026" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1027" spans="1:3">
       <c r="A1027" s="1" t="inlineStr">
         <is>
-          <t>9786257573580</t>
+          <t>9786257311427</t>
         </is>
       </c>
       <c r="B1027" s="1" t="inlineStr">
         <is>
-          <t>Kar Tanelerinin Greta Thunberg ile Yeryüzü Maceraları</t>
+          <t>Meçhul Öğrenci Nilgün Marmara’nın Şiiri</t>
         </is>
       </c>
       <c r="C1027" s="1">
-        <v>140</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="1028" spans="1:3">
       <c r="A1028" s="1" t="inlineStr">
         <is>
-          <t>9786257573672</t>
+          <t>9786257311243</t>
         </is>
       </c>
       <c r="B1028" s="1" t="inlineStr">
         <is>
-          <t>Yelesi Sarı Kısrak</t>
+          <t>Korona Günlerinde Doğal ve Dijital Yaşam 1</t>
         </is>
       </c>
       <c r="C1028" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1029" spans="1:3">
       <c r="A1029" s="1" t="inlineStr">
         <is>
-          <t>9786254150173</t>
+          <t>9786257311359</t>
         </is>
       </c>
       <c r="B1029" s="1" t="inlineStr">
         <is>
-          <t>Evde Kimse Yok</t>
+          <t>Kentte Bir Başına</t>
         </is>
       </c>
       <c r="C1029" s="1">
-        <v>150</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1030" spans="1:3">
       <c r="A1030" s="1" t="inlineStr">
         <is>
-          <t>9786257573504</t>
+          <t>9786257311120</t>
         </is>
       </c>
       <c r="B1030" s="1" t="inlineStr">
         <is>
-          <t>Neşvan</t>
+          <t>İzinli Pazartesi</t>
         </is>
       </c>
       <c r="C1030" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1031" spans="1:3">
       <c r="A1031" s="1" t="inlineStr">
         <is>
-          <t>9786254150005</t>
+          <t>9786257764612</t>
         </is>
       </c>
       <c r="B1031" s="1" t="inlineStr">
         <is>
-          <t>Şeytanı Öldürmek</t>
+          <t>İstasyon</t>
         </is>
       </c>
       <c r="C1031" s="1">
-        <v>270</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1032" spans="1:3">
       <c r="A1032" s="1" t="inlineStr">
         <is>
-          <t>9786257573191</t>
+          <t>9786257311212</t>
         </is>
       </c>
       <c r="B1032" s="1" t="inlineStr">
         <is>
-          <t>Rüzgarın Elinde Kalanlar</t>
+          <t>İçimdeki Uzak</t>
         </is>
       </c>
       <c r="C1032" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1033" spans="1:3">
       <c r="A1033" s="1" t="inlineStr">
         <is>
-          <t>9786257573986</t>
+          <t>9786254150326</t>
         </is>
       </c>
       <c r="B1033" s="1" t="inlineStr">
         <is>
-          <t>Yavaşlık Zamanı</t>
+          <t>The Poet</t>
         </is>
       </c>
       <c r="C1033" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1034" spans="1:3">
       <c r="A1034" s="1" t="inlineStr">
         <is>
-          <t>9786254150081</t>
+          <t>9786257573221</t>
         </is>
       </c>
       <c r="B1034" s="1" t="inlineStr">
         <is>
-          <t>Coole’daki Yaban Kuğuları</t>
+          <t>Yola Çıkarken Evde Kalmak</t>
         </is>
       </c>
       <c r="C1034" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1035" spans="1:3">
       <c r="A1035" s="1" t="inlineStr">
         <is>
-          <t>9786254150128</t>
+          <t>9786254150210</t>
         </is>
       </c>
       <c r="B1035" s="1" t="inlineStr">
         <is>
-          <t>Melek Panayırı</t>
+          <t>S Hikayeler</t>
         </is>
       </c>
       <c r="C1035" s="1">
-        <v>170</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1036" spans="1:3">
       <c r="A1036" s="1" t="inlineStr">
         <is>
-          <t>9786254150043</t>
+          <t>9786254150036</t>
         </is>
       </c>
       <c r="B1036" s="1" t="inlineStr">
         <is>
-          <t>Sanat Üzerine İncelemeler</t>
+          <t>Geberik</t>
         </is>
       </c>
       <c r="C1036" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1037" spans="1:3">
       <c r="A1037" s="1" t="inlineStr">
         <is>
-          <t>9786257391870</t>
+          <t>9786257391443</t>
         </is>
       </c>
       <c r="B1037" s="1" t="inlineStr">
         <is>
-          <t>Şiir ve Erotizm</t>
+          <t>Aşka Açık</t>
         </is>
       </c>
       <c r="C1037" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1038" spans="1:3">
       <c r="A1038" s="1" t="inlineStr">
         <is>
-          <t>9786257573467</t>
+          <t>9786257391467</t>
         </is>
       </c>
       <c r="B1038" s="1" t="inlineStr">
         <is>
-          <t>Harikalar Civarında Sıradan Bir Gün</t>
+          <t>Geceden Düştüm Tutmadın Ay Gülüşlüm</t>
         </is>
       </c>
       <c r="C1038" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1039" spans="1:3">
       <c r="A1039" s="1" t="inlineStr">
         <is>
-          <t>9786257573290</t>
+          <t>9786257391481</t>
         </is>
       </c>
       <c r="B1039" s="1" t="inlineStr">
         <is>
-          <t>Ağzı Kiraz Fırtınası Kız</t>
+          <t>Şiirden Bir Ev</t>
         </is>
       </c>
       <c r="C1039" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1040" spans="1:3">
       <c r="A1040" s="1" t="inlineStr">
         <is>
-          <t>9786257391580</t>
+          <t>9786257391474</t>
         </is>
       </c>
       <c r="B1040" s="1" t="inlineStr">
         <is>
-          <t>Cinnet Totemi</t>
+          <t>Aç Yüreğinin Kapısını</t>
         </is>
       </c>
       <c r="C1040" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1041" spans="1:3">
       <c r="A1041" s="1" t="inlineStr">
         <is>
-          <t>9786257573108</t>
+          <t>9786257391504</t>
         </is>
       </c>
       <c r="B1041" s="1" t="inlineStr">
         <is>
-          <t>Niyetzche</t>
+          <t>Sevgiyi Öldürüyorlar</t>
         </is>
       </c>
       <c r="C1041" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1042" spans="1:3">
       <c r="A1042" s="1" t="inlineStr">
         <is>
-          <t>9786257573078</t>
+          <t>9786257391450</t>
         </is>
       </c>
       <c r="B1042" s="1" t="inlineStr">
         <is>
-          <t>Yüzün İçimizdeki En İyi İnsan</t>
+          <t>Acılara Verme Adresini</t>
         </is>
       </c>
       <c r="C1042" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1043" spans="1:3">
       <c r="A1043" s="1" t="inlineStr">
         <is>
-          <t>9786257573092</t>
+          <t>9786257311045</t>
         </is>
       </c>
       <c r="B1043" s="1" t="inlineStr">
         <is>
-          <t>12 Yaşımdan Beri Utanıyorum</t>
+          <t>Anadolu'nun Uğuru</t>
         </is>
       </c>
       <c r="C1043" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1044" spans="1:3">
       <c r="A1044" s="1" t="inlineStr">
         <is>
-          <t>9786257391238</t>
+          <t>9786257764711</t>
         </is>
       </c>
       <c r="B1044" s="1" t="inlineStr">
         <is>
-          <t>Anlamlı Bir Hayat İçin Sade, Az, Düzenli</t>
+          <t>Leyla'yı Ararken</t>
         </is>
       </c>
       <c r="C1044" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1045" spans="1:3">
       <c r="A1045" s="1" t="inlineStr">
         <is>
-          <t>9786257352512</t>
+          <t>9786257764377</t>
         </is>
       </c>
       <c r="B1045" s="1" t="inlineStr">
         <is>
-          <t>Yağmur Suyu Leke Tutmaz</t>
+          <t>Huzursuzluğun Mimarisi</t>
         </is>
       </c>
       <c r="C1045" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1046" spans="1:3">
       <c r="A1046" s="1" t="inlineStr">
         <is>
-          <t>9786257391009</t>
+          <t>9786257352710</t>
         </is>
       </c>
       <c r="B1046" s="1" t="inlineStr">
         <is>
-          <t>Son Şaman Böyle Dedi</t>
+          <t>İki Küçük Islak Fare</t>
         </is>
       </c>
       <c r="C1046" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1047" spans="1:3">
       <c r="A1047" s="1" t="inlineStr">
         <is>
-          <t>9786257391047</t>
+          <t>9786257352369</t>
         </is>
       </c>
       <c r="B1047" s="1" t="inlineStr">
         <is>
-          <t>Elmas Bir Sıkıntı</t>
+          <t>4 Haziran</t>
         </is>
       </c>
       <c r="C1047" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1048" spans="1:3">
       <c r="A1048" s="1" t="inlineStr">
         <is>
-          <t>9786257352925</t>
+          <t>9786257352505</t>
         </is>
       </c>
       <c r="B1048" s="1" t="inlineStr">
         <is>
-          <t>Çatılarda Ölüm Var</t>
+          <t>Hiç Bir Şey Geçmedi</t>
         </is>
       </c>
       <c r="C1048" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="1049" spans="1:3">
       <c r="A1049" s="1" t="inlineStr">
         <is>
-          <t>9786257311694</t>
+          <t>9786257352475</t>
         </is>
       </c>
       <c r="B1049" s="1" t="inlineStr">
         <is>
-          <t>Yaşasın İhtilal</t>
+          <t>Kırklar Cemi ve Derrida</t>
         </is>
       </c>
       <c r="C1049" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="1050" spans="1:3">
       <c r="A1050" s="1" t="inlineStr">
         <is>
-          <t>9786257352345</t>
+          <t>9786257311908</t>
         </is>
       </c>
       <c r="B1050" s="1" t="inlineStr">
         <is>
-          <t>Alçağın Teki</t>
+          <t>Toplu Öyküler</t>
         </is>
       </c>
       <c r="C1050" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1051" spans="1:3">
       <c r="A1051" s="1" t="inlineStr">
         <is>
-          <t>9786257391368</t>
+          <t>9786257311809</t>
         </is>
       </c>
       <c r="B1051" s="1" t="inlineStr">
         <is>
-          <t>Şiirler</t>
+          <t>Dünya Defteri</t>
         </is>
       </c>
       <c r="C1051" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1052" spans="1:3">
       <c r="A1052" s="1" t="inlineStr">
         <is>
-          <t>9786257352543</t>
+          <t>9786257352451</t>
         </is>
       </c>
       <c r="B1052" s="1" t="inlineStr">
         <is>
-          <t>Yırtık Devrim</t>
+          <t>Babam Ölürse Kolonyası</t>
         </is>
       </c>
       <c r="C1052" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1053" spans="1:3">
       <c r="A1053" s="1" t="inlineStr">
         <is>
-          <t>9786257391115</t>
+          <t>9786257352185</t>
         </is>
       </c>
       <c r="B1053" s="1" t="inlineStr">
         <is>
-          <t>Ülke</t>
+          <t>Yoğun Bakımda Umut</t>
         </is>
       </c>
       <c r="C1053" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1054" spans="1:3">
       <c r="A1054" s="1" t="inlineStr">
         <is>
-          <t>9786257391214</t>
+          <t>9786257352680</t>
         </is>
       </c>
       <c r="B1054" s="1" t="inlineStr">
         <is>
-          <t>Bana Yeni Bir Hayret</t>
+          <t>Kuş Boşluğu</t>
         </is>
       </c>
       <c r="C1054" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1055" spans="1:3">
       <c r="A1055" s="1" t="inlineStr">
         <is>
-          <t>9786257352499</t>
+          <t>9786257352802</t>
         </is>
       </c>
       <c r="B1055" s="1" t="inlineStr">
         <is>
-          <t>Kelimeler Rüyalar</t>
+          <t>İki Kadın Onlarca Hikaye</t>
         </is>
       </c>
       <c r="C1055" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1056" spans="1:3">
       <c r="A1056" s="1" t="inlineStr">
         <is>
-          <t>9786257573498</t>
+          <t>9786257352819</t>
         </is>
       </c>
       <c r="B1056" s="1" t="inlineStr">
         <is>
-          <t>Transpoze Mahrem</t>
+          <t>Ayın Karanlık Yüzü</t>
         </is>
       </c>
       <c r="C1056" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1057" spans="1:3">
       <c r="A1057" s="1" t="inlineStr">
         <is>
-          <t>9786257098328</t>
+          <t>9786257352338</t>
         </is>
       </c>
       <c r="B1057" s="1" t="inlineStr">
         <is>
-          <t>Yağmuru Bağlamak</t>
+          <t>Anam Babam Usulü</t>
         </is>
       </c>
       <c r="C1057" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1058" spans="1:3">
       <c r="A1058" s="1" t="inlineStr">
         <is>
-          <t>9786257098267</t>
+          <t>9786257352246</t>
         </is>
       </c>
       <c r="B1058" s="1" t="inlineStr">
         <is>
-          <t>Eski Sesler Müzesi</t>
+          <t>Taşın Suyu</t>
         </is>
       </c>
       <c r="C1058" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1059" spans="1:3">
       <c r="A1059" s="1" t="inlineStr">
         <is>
-          <t>9786257098250</t>
+          <t>9786257352826</t>
         </is>
       </c>
       <c r="B1059" s="1" t="inlineStr">
         <is>
-          <t>Ayaz Cümle</t>
+          <t>Feylesofi</t>
         </is>
       </c>
       <c r="C1059" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1060" spans="1:3">
       <c r="A1060" s="1" t="inlineStr">
         <is>
-          <t>9786257098236</t>
+          <t>9786257352895</t>
         </is>
       </c>
       <c r="B1060" s="1" t="inlineStr">
         <is>
-          <t>Yamalı Yalnızlık</t>
+          <t>Çiçek Baskını</t>
         </is>
       </c>
       <c r="C1060" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1061" spans="1:3">
       <c r="A1061" s="1" t="inlineStr">
         <is>
-          <t>9786257573894</t>
+          <t>9786257352314</t>
         </is>
       </c>
       <c r="B1061" s="1" t="inlineStr">
         <is>
-          <t>Sanat ve Nihilizm</t>
+          <t>Bir Şiir Savunması</t>
         </is>
       </c>
       <c r="C1061" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1062" spans="1:3">
       <c r="A1062" s="1" t="inlineStr">
         <is>
-          <t>9786257984294</t>
+          <t>9786257352871</t>
         </is>
       </c>
       <c r="B1062" s="1" t="inlineStr">
         <is>
-          <t>Eli Torbalı Adam</t>
+          <t>Şiire Yetmeyen Zaman</t>
         </is>
       </c>
       <c r="C1062" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1063" spans="1:3">
       <c r="A1063" s="1" t="inlineStr">
         <is>
-          <t>9786257984621</t>
+          <t>9786257098557</t>
         </is>
       </c>
       <c r="B1063" s="1" t="inlineStr">
         <is>
-          <t>Şer/h</t>
+          <t>Dut Ağacı Şahidimdir</t>
         </is>
       </c>
       <c r="C1063" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1064" spans="1:3">
       <c r="A1064" s="1" t="inlineStr">
         <is>
-          <t>9786257984010</t>
+          <t>9786257352123</t>
         </is>
       </c>
       <c r="B1064" s="1" t="inlineStr">
         <is>
-          <t>Yarın Güzel Bir Şey Olsun</t>
+          <t>Ne Güzel Bir Rüyasın Sen</t>
         </is>
       </c>
       <c r="C1064" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1065" spans="1:3">
       <c r="A1065" s="1" t="inlineStr">
         <is>
-          <t>9786257352857</t>
+          <t>9786254150227</t>
         </is>
       </c>
       <c r="B1065" s="1" t="inlineStr">
         <is>
-          <t>Kamaşma</t>
+          <t>Sanat ve Faşizm</t>
         </is>
       </c>
       <c r="C1065" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1066" spans="1:3">
       <c r="A1066" s="1" t="inlineStr">
         <is>
-          <t>9786254150333</t>
+          <t>9786257573580</t>
         </is>
       </c>
       <c r="B1066" s="1" t="inlineStr">
         <is>
-          <t>Algos'a Ağıt</t>
+          <t>Kar Tanelerinin Greta Thunberg ile Yeryüzü Maceraları</t>
         </is>
       </c>
       <c r="C1066" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1067" spans="1:3">
       <c r="A1067" s="1" t="inlineStr">
         <is>
-          <t>9786257573764</t>
+          <t>9786257573672</t>
         </is>
       </c>
       <c r="B1067" s="1" t="inlineStr">
         <is>
-          <t>Bir Bozkır Öğleni</t>
+          <t>Yelesi Sarı Kısrak</t>
         </is>
       </c>
       <c r="C1067" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1068" spans="1:3">
       <c r="A1068" s="1" t="inlineStr">
         <is>
-          <t>9786254150289</t>
+          <t>9786254150173</t>
         </is>
       </c>
       <c r="B1068" s="1" t="inlineStr">
         <is>
-          <t>Herkes Kadar Çocuk</t>
+          <t>Evde Kimse Yok</t>
         </is>
       </c>
       <c r="C1068" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1069" spans="1:3">
       <c r="A1069" s="1" t="inlineStr">
         <is>
-          <t>9786254150302</t>
+          <t>9786257573504</t>
         </is>
       </c>
       <c r="B1069" s="1" t="inlineStr">
         <is>
-          <t>Serzeniş</t>
+          <t>Neşvan</t>
         </is>
       </c>
       <c r="C1069" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1070" spans="1:3">
       <c r="A1070" s="1" t="inlineStr">
         <is>
-          <t>9786254150258</t>
+          <t>9786254150005</t>
         </is>
       </c>
       <c r="B1070" s="1" t="inlineStr">
         <is>
-          <t>Kendime Bir Yer</t>
+          <t>Şeytanı Öldürmek</t>
         </is>
       </c>
       <c r="C1070" s="1">
-        <v>170</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1071" spans="1:3">
       <c r="A1071" s="1" t="inlineStr">
         <is>
-          <t>9786257098854</t>
+          <t>9786257573191</t>
         </is>
       </c>
       <c r="B1071" s="1" t="inlineStr">
         <is>
-          <t>Bacım Erik Ağacı</t>
+          <t>Rüzgarın Elinde Kalanlar</t>
         </is>
       </c>
       <c r="C1071" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1072" spans="1:3">
       <c r="A1072" s="1" t="inlineStr">
         <is>
-          <t>9786254150319</t>
+          <t>9786257573986</t>
         </is>
       </c>
       <c r="B1072" s="1" t="inlineStr">
         <is>
-          <t>Kalbimin Kedisi</t>
+          <t>Yavaşlık Zamanı</t>
         </is>
       </c>
       <c r="C1072" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1073" spans="1:3">
       <c r="A1073" s="1" t="inlineStr">
         <is>
-          <t>9786254150029</t>
+          <t>9786254150081</t>
         </is>
       </c>
       <c r="B1073" s="1" t="inlineStr">
         <is>
-          <t>Thespis’in Maskeleri</t>
+          <t>Coole’daki Yaban Kuğuları</t>
         </is>
       </c>
       <c r="C1073" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1074" spans="1:3">
       <c r="A1074" s="1" t="inlineStr">
         <is>
-          <t>9786254150012</t>
+          <t>9786254150128</t>
         </is>
       </c>
       <c r="B1074" s="1" t="inlineStr">
         <is>
-          <t>Yoldaşça Zamanlar</t>
+          <t>Melek Panayırı</t>
         </is>
       </c>
       <c r="C1074" s="1">
-        <v>300</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1075" spans="1:3">
       <c r="A1075" s="1" t="inlineStr">
         <is>
-          <t>9786254150104</t>
+          <t>9786254150043</t>
         </is>
       </c>
       <c r="B1075" s="1" t="inlineStr">
         <is>
-          <t>Yusuf Atılgan’ın Aşk Mektubu Anayurt Oteli</t>
+          <t>Sanat Üzerine İncelemeler</t>
         </is>
       </c>
       <c r="C1075" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1076" spans="1:3">
       <c r="A1076" s="1" t="inlineStr">
         <is>
-          <t>9786254150098</t>
+          <t>9786257391870</t>
         </is>
       </c>
       <c r="B1076" s="1" t="inlineStr">
         <is>
-          <t>Şiir Ama Nasıl?</t>
+          <t>Şiir ve Erotizm</t>
         </is>
       </c>
       <c r="C1076" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1077" spans="1:3">
       <c r="A1077" s="1" t="inlineStr">
         <is>
-          <t>9786257573801</t>
+          <t>9786257573467</t>
         </is>
       </c>
       <c r="B1077" s="1" t="inlineStr">
         <is>
-          <t>Bir Daha Yok Çiçeği</t>
+          <t>Harikalar Civarında Sıradan Bir Gün</t>
         </is>
       </c>
       <c r="C1077" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1078" spans="1:3">
       <c r="A1078" s="1" t="inlineStr">
         <is>
-          <t>9786257573160</t>
+          <t>9786257573290</t>
         </is>
       </c>
       <c r="B1078" s="1" t="inlineStr">
         <is>
-          <t>Dünyaya Sevgiyim</t>
+          <t>Ağzı Kiraz Fırtınası Kız</t>
         </is>
       </c>
       <c r="C1078" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1079" spans="1:3">
       <c r="A1079" s="1" t="inlineStr">
         <is>
-          <t>9786257391375</t>
+          <t>9786257391580</t>
         </is>
       </c>
       <c r="B1079" s="1" t="inlineStr">
         <is>
-          <t>Lütuf</t>
+          <t>Cinnet Totemi</t>
         </is>
       </c>
       <c r="C1079" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="1080" spans="1:3">
       <c r="A1080" s="1" t="inlineStr">
         <is>
-          <t>9786257391726</t>
+          <t>9786257573108</t>
         </is>
       </c>
       <c r="B1080" s="1" t="inlineStr">
         <is>
-          <t>Madalyonun Diğer Yüzü</t>
+          <t>Niyetzche</t>
         </is>
       </c>
       <c r="C1080" s="1">
-        <v>260</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1081" spans="1:3">
       <c r="A1081" s="1" t="inlineStr">
         <is>
-          <t>9786257352727</t>
+          <t>9786257573078</t>
         </is>
       </c>
       <c r="B1081" s="1" t="inlineStr">
         <is>
-          <t>Garbis</t>
+          <t>Yüzün İçimizdeki En İyi İnsan</t>
         </is>
       </c>
       <c r="C1081" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1082" spans="1:3">
       <c r="A1082" s="1" t="inlineStr">
         <is>
-          <t>9786257391658</t>
+          <t>9786257573092</t>
         </is>
       </c>
       <c r="B1082" s="1" t="inlineStr">
         <is>
-          <t>Filmlerle Geçiyor Ömrüm 1. Cilt</t>
+          <t>12 Yaşımdan Beri Utanıyorum</t>
         </is>
       </c>
       <c r="C1082" s="1">
-        <v>400</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1083" spans="1:3">
       <c r="A1083" s="1" t="inlineStr">
         <is>
-          <t>9786257573276</t>
+          <t>9786257391238</t>
         </is>
       </c>
       <c r="B1083" s="1" t="inlineStr">
         <is>
-          <t>Alibeyköy'ün En Aşık Delikanlısı Sükse Şeref</t>
+          <t>Anlamlı Bir Hayat İçin Sade, Az, Düzenli</t>
         </is>
       </c>
       <c r="C1083" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="1084" spans="1:3">
       <c r="A1084" s="1" t="inlineStr">
         <is>
-          <t>9786257311076</t>
+          <t>9786257352512</t>
         </is>
       </c>
       <c r="B1084" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Mezbahası ve Dionysos’un Kanı</t>
+          <t>Yağmur Suyu Leke Tutmaz</t>
         </is>
       </c>
       <c r="C1084" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1085" spans="1:3">
       <c r="A1085" s="1" t="inlineStr">
         <is>
-          <t>9786257573047</t>
+          <t>9786257391009</t>
         </is>
       </c>
       <c r="B1085" s="1" t="inlineStr">
         <is>
-          <t>1915'ten 2015'e Ötekilerin Öyküsü</t>
+          <t>Son Şaman Böyle Dedi</t>
         </is>
       </c>
       <c r="C1085" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1086" spans="1:3">
       <c r="A1086" s="1" t="inlineStr">
         <is>
-          <t>9786257391801</t>
+          <t>9786257391047</t>
         </is>
       </c>
       <c r="B1086" s="1" t="inlineStr">
         <is>
-          <t>Umut Ne Yana Düşer Anne</t>
+          <t>Elmas Bir Sıkıntı</t>
         </is>
       </c>
       <c r="C1086" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1087" spans="1:3">
       <c r="A1087" s="1" t="inlineStr">
         <is>
-          <t>9786257391252</t>
+          <t>9786257352925</t>
         </is>
       </c>
       <c r="B1087" s="1" t="inlineStr">
         <is>
-          <t>Yol Divanı</t>
+          <t>Çatılarda Ölüm Var</t>
         </is>
       </c>
       <c r="C1087" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="1088" spans="1:3">
       <c r="A1088" s="1" t="inlineStr">
         <is>
-          <t>9786257391672</t>
+          <t>9786257311694</t>
         </is>
       </c>
       <c r="B1088" s="1" t="inlineStr">
         <is>
-          <t>Gök Ne Zaman Maviydi ?</t>
+          <t>Yaşasın İhtilal</t>
         </is>
       </c>
       <c r="C1088" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1089" spans="1:3">
       <c r="A1089" s="1" t="inlineStr">
         <is>
-          <t>9786257352741</t>
+          <t>9786257352345</t>
         </is>
       </c>
       <c r="B1089" s="1" t="inlineStr">
         <is>
-          <t>Gökçadırda Bir Seyirlik</t>
+          <t>Alçağın Teki</t>
         </is>
       </c>
       <c r="C1089" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="1090" spans="1:3">
       <c r="A1090" s="1" t="inlineStr">
         <is>
-          <t>9786257391344</t>
+          <t>9786257391368</t>
         </is>
       </c>
       <c r="B1090" s="1" t="inlineStr">
         <is>
-          <t>Taş Gibi Susuyorum</t>
+          <t>Şiirler</t>
         </is>
       </c>
       <c r="C1090" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1091" spans="1:3">
       <c r="A1091" s="1" t="inlineStr">
         <is>
-          <t>9786257352949</t>
+          <t>9786257352543</t>
         </is>
       </c>
       <c r="B1091" s="1" t="inlineStr">
         <is>
-          <t>Şiirlerin Söylediği 3</t>
+          <t>Yırtık Devrim</t>
         </is>
       </c>
       <c r="C1091" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1092" spans="1:3">
       <c r="A1092" s="1" t="inlineStr">
         <is>
-          <t>9786257391740</t>
+          <t>9786257391115</t>
         </is>
       </c>
       <c r="B1092" s="1" t="inlineStr">
         <is>
-          <t>Lal Renkli Yara</t>
+          <t>Ülke</t>
         </is>
       </c>
       <c r="C1092" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1093" spans="1:3">
       <c r="A1093" s="1" t="inlineStr">
         <is>
-          <t>9786257391795</t>
+          <t>9786257391214</t>
         </is>
       </c>
       <c r="B1093" s="1" t="inlineStr">
         <is>
-          <t>Askıda Hayat</t>
+          <t>Bana Yeni Bir Hayret</t>
         </is>
       </c>
       <c r="C1093" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1094" spans="1:3">
       <c r="A1094" s="1" t="inlineStr">
         <is>
-          <t>9786257352659</t>
+          <t>9786257352499</t>
         </is>
       </c>
       <c r="B1094" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlık Eğrisi</t>
+          <t>Kelimeler Rüyalar</t>
         </is>
       </c>
       <c r="C1094" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1095" spans="1:3">
       <c r="A1095" s="1" t="inlineStr">
         <is>
-          <t>9786257391771</t>
+          <t>9786257573498</t>
         </is>
       </c>
       <c r="B1095" s="1" t="inlineStr">
         <is>
-          <t>Kadıncık Ana - Hacı Bektaş'ın Vedası</t>
+          <t>Transpoze Mahrem</t>
         </is>
       </c>
       <c r="C1095" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="1096" spans="1:3">
       <c r="A1096" s="1" t="inlineStr">
         <is>
-          <t>9786257391276</t>
+          <t>9786257098328</t>
         </is>
       </c>
       <c r="B1096" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlık Erica Ve Kedi</t>
+          <t>Yağmuru Bağlamak</t>
         </is>
       </c>
       <c r="C1096" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1097" spans="1:3">
       <c r="A1097" s="1" t="inlineStr">
         <is>
-          <t>9786257573214</t>
+          <t>9786257098267</t>
         </is>
       </c>
       <c r="B1097" s="1" t="inlineStr">
         <is>
-          <t>Kendine Gökyüzü Ismarla</t>
+          <t>Eski Sesler Müzesi</t>
         </is>
       </c>
       <c r="C1097" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1098" spans="1:3">
       <c r="A1098" s="1" t="inlineStr">
         <is>
-          <t>9786257391184</t>
+          <t>9786257098250</t>
         </is>
       </c>
       <c r="B1098" s="1" t="inlineStr">
         <is>
-          <t>Kemoterapik Düşler</t>
+          <t>Ayaz Cümle</t>
         </is>
       </c>
       <c r="C1098" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1099" spans="1:3">
       <c r="A1099" s="1" t="inlineStr">
         <is>
-          <t>9786257311687</t>
+          <t>9786257098236</t>
         </is>
       </c>
       <c r="B1099" s="1" t="inlineStr">
         <is>
-          <t>Türk Sinemasından Seçkiler - Yönetmenler ve Filmleri</t>
+          <t>Yamalı Yalnızlık</t>
         </is>
       </c>
       <c r="C1099" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1100" spans="1:3">
       <c r="A1100" s="1" t="inlineStr">
         <is>
-          <t>9786257311748</t>
+          <t>9786257573894</t>
         </is>
       </c>
       <c r="B1100" s="1" t="inlineStr">
         <is>
-          <t>Hemdem Öyküleri</t>
+          <t>Sanat ve Nihilizm</t>
         </is>
       </c>
       <c r="C1100" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1101" spans="1:3">
       <c r="A1101" s="1" t="inlineStr">
         <is>
-          <t>9786257311083</t>
+          <t>9786257984294</t>
         </is>
       </c>
       <c r="B1101" s="1" t="inlineStr">
         <is>
-          <t>Aramızda Deniz Var</t>
+          <t>Eli Torbalı Adam</t>
         </is>
       </c>
       <c r="C1101" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1102" spans="1:3">
       <c r="A1102" s="1" t="inlineStr">
         <is>
-          <t>9786257311137</t>
+          <t>9786257984621</t>
         </is>
       </c>
       <c r="B1102" s="1" t="inlineStr">
         <is>
-          <t>Kimsesiz Şiirler</t>
+          <t>Şer/h</t>
         </is>
       </c>
       <c r="C1102" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1103" spans="1:3">
       <c r="A1103" s="1" t="inlineStr">
         <is>
-          <t>9786257311458</t>
+          <t>9786257984010</t>
         </is>
       </c>
       <c r="B1103" s="1" t="inlineStr">
         <is>
-          <t>Gözlerime Bak Geç Nehirleri</t>
+          <t>Yarın Güzel Bir Şey Olsun</t>
         </is>
       </c>
       <c r="C1103" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1104" spans="1:3">
       <c r="A1104" s="1" t="inlineStr">
         <is>
-          <t>9786257311564</t>
+          <t>9786257352857</t>
         </is>
       </c>
       <c r="B1104" s="1" t="inlineStr">
         <is>
-          <t>Eksik Dişler Tarihi</t>
+          <t>Kamaşma</t>
         </is>
       </c>
       <c r="C1104" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1105" spans="1:3">
       <c r="A1105" s="1" t="inlineStr">
         <is>
-          <t>9786257311670</t>
+          <t>9786254150333</t>
         </is>
       </c>
       <c r="B1105" s="1" t="inlineStr">
         <is>
-          <t>Kesik Ürperti</t>
+          <t>Algos'a Ağıt</t>
         </is>
       </c>
       <c r="C1105" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1106" spans="1:3">
       <c r="A1106" s="1" t="inlineStr">
         <is>
-          <t>9786257311595</t>
+          <t>9786257573764</t>
         </is>
       </c>
       <c r="B1106" s="1" t="inlineStr">
         <is>
-          <t>39 Merkez</t>
+          <t>Bir Bozkır Öğleni</t>
         </is>
       </c>
       <c r="C1106" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1107" spans="1:3">
       <c r="A1107" s="1" t="inlineStr">
         <is>
-          <t>9786257311717</t>
+          <t>9786254150289</t>
         </is>
       </c>
       <c r="B1107" s="1" t="inlineStr">
         <is>
-          <t>Düşlem Elçisi</t>
+          <t>Herkes Kadar Çocuk</t>
         </is>
       </c>
       <c r="C1107" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1108" spans="1:3">
       <c r="A1108" s="1" t="inlineStr">
         <is>
-          <t>9786257098595</t>
+          <t>9786254150302</t>
         </is>
       </c>
       <c r="B1108" s="1" t="inlineStr">
         <is>
-          <t>Ey Arş, Sıkıştır!</t>
+          <t>Serzeniş</t>
         </is>
       </c>
       <c r="C1108" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1109" spans="1:3">
       <c r="A1109" s="1" t="inlineStr">
         <is>
-          <t>9786257352390</t>
+          <t>9786254150258</t>
         </is>
       </c>
       <c r="B1109" s="1" t="inlineStr">
         <is>
-          <t>Kuşlar Yuvalarında Uyumaz</t>
+          <t>Kendime Bir Yer</t>
         </is>
       </c>
       <c r="C1109" s="1">
-        <v>270</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1110" spans="1:3">
       <c r="A1110" s="1" t="inlineStr">
         <is>
-          <t>9786257352789</t>
+          <t>9786257098854</t>
         </is>
       </c>
       <c r="B1110" s="1" t="inlineStr">
         <is>
-          <t>Suret Defteri</t>
+          <t>Bacım Erik Ağacı</t>
         </is>
       </c>
       <c r="C1110" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1111" spans="1:3">
       <c r="A1111" s="1" t="inlineStr">
         <is>
-          <t>9786257352734</t>
+          <t>9786254150319</t>
         </is>
       </c>
       <c r="B1111" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’un Son Güzel Fotoğrafı</t>
+          <t>Kalbimin Kedisi</t>
         </is>
       </c>
       <c r="C1111" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1112" spans="1:3">
       <c r="A1112" s="1" t="inlineStr">
         <is>
-          <t>9786257352901</t>
+          <t>9786254150029</t>
         </is>
       </c>
       <c r="B1112" s="1" t="inlineStr">
         <is>
-          <t>Mor Deniz Kabukları</t>
+          <t>Thespis’in Maskeleri</t>
         </is>
       </c>
       <c r="C1112" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1113" spans="1:3">
       <c r="A1113" s="1" t="inlineStr">
         <is>
-          <t>9786257764957</t>
+          <t>9786254150012</t>
         </is>
       </c>
       <c r="B1113" s="1" t="inlineStr">
         <is>
-          <t>Erdem Kışına</t>
+          <t>Yoldaşça Zamanlar</t>
         </is>
       </c>
       <c r="C1113" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1114" spans="1:3">
       <c r="A1114" s="1" t="inlineStr">
         <is>
-          <t>9786257311298</t>
+          <t>9786254150104</t>
         </is>
       </c>
       <c r="B1114" s="1" t="inlineStr">
         <is>
-          <t>Öldü Kim? Hiç</t>
+          <t>Yusuf Atılgan’ın Aşk Mektubu Anayurt Oteli</t>
         </is>
       </c>
       <c r="C1114" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1115" spans="1:3">
       <c r="A1115" s="1" t="inlineStr">
         <is>
-          <t>9786257352987</t>
+          <t>9786254150098</t>
         </is>
       </c>
       <c r="B1115" s="1" t="inlineStr">
         <is>
-          <t>Ruzin</t>
+          <t>Şiir Ama Nasıl?</t>
         </is>
       </c>
       <c r="C1115" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1116" spans="1:3">
       <c r="A1116" s="1" t="inlineStr">
         <is>
-          <t>9786257352963</t>
+          <t>9786257573801</t>
         </is>
       </c>
       <c r="B1116" s="1" t="inlineStr">
         <is>
-          <t>Çağ Kapandı</t>
+          <t>Bir Daha Yok Çiçeği</t>
         </is>
       </c>
       <c r="C1116" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1117" spans="1:3">
       <c r="A1117" s="1" t="inlineStr">
         <is>
-          <t>9786257352581</t>
+          <t>9786257573160</t>
         </is>
       </c>
       <c r="B1117" s="1" t="inlineStr">
         <is>
-          <t>Küçük İskender’de Queer Beden ve Poetika</t>
+          <t>Dünyaya Sevgiyim</t>
         </is>
       </c>
       <c r="C1117" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1118" spans="1:3">
       <c r="A1118" s="1" t="inlineStr">
         <is>
-          <t>9786257764582</t>
+          <t>9786257391375</t>
         </is>
       </c>
       <c r="B1118" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Buluşmalar Metrosu</t>
+          <t>Lütuf</t>
         </is>
       </c>
       <c r="C1118" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="1119" spans="1:3">
       <c r="A1119" s="1" t="inlineStr">
         <is>
-          <t>9786257573054</t>
+          <t>9786257391726</t>
         </is>
       </c>
       <c r="B1119" s="1" t="inlineStr">
         <is>
-          <t>Daraltılmış Yeni Baskı</t>
+          <t>Madalyonun Diğer Yüzü</t>
         </is>
       </c>
       <c r="C1119" s="1">
-        <v>250</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1120" spans="1:3">
       <c r="A1120" s="1" t="inlineStr">
         <is>
-          <t>9786257391757</t>
+          <t>9786257352727</t>
         </is>
       </c>
       <c r="B1120" s="1" t="inlineStr">
         <is>
-          <t>Doğu Karadeniz Dilleri Karşılaştırmalı Sözlüğü</t>
+          <t>Garbis</t>
         </is>
       </c>
       <c r="C1120" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1121" spans="1:3">
       <c r="A1121" s="1" t="inlineStr">
         <is>
-          <t>9786257352666</t>
+          <t>9786257391658</t>
         </is>
       </c>
       <c r="B1121" s="1" t="inlineStr">
         <is>
-          <t>Tulpa</t>
+          <t>Filmlerle Geçiyor Ömrüm 1. Cilt</t>
         </is>
       </c>
       <c r="C1121" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1122" spans="1:3">
       <c r="A1122" s="1" t="inlineStr">
         <is>
-          <t>9786257391719</t>
+          <t>9786257573276</t>
         </is>
       </c>
       <c r="B1122" s="1" t="inlineStr">
         <is>
-          <t>Urfa Karşılaması</t>
+          <t>Alibeyköy'ün En Aşık Delikanlısı Sükse Şeref</t>
         </is>
       </c>
       <c r="C1122" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1123" spans="1:3">
       <c r="A1123" s="1" t="inlineStr">
         <is>
-          <t>9786257573061</t>
+          <t>9786257311076</t>
         </is>
       </c>
       <c r="B1123" s="1" t="inlineStr">
         <is>
-          <t>İşte Şiiri De Böyle Düşünüyorum</t>
+          <t>Mutluluk Mezbahası ve Dionysos’un Kanı</t>
         </is>
       </c>
       <c r="C1123" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1124" spans="1:3">
       <c r="A1124" s="1" t="inlineStr">
         <is>
-          <t>9786257573153</t>
+          <t>9786257573047</t>
         </is>
       </c>
       <c r="B1124" s="1" t="inlineStr">
         <is>
-          <t>Punk ve Nizam</t>
+          <t>1915'ten 2015'e Ötekilerin Öyküsü</t>
         </is>
       </c>
       <c r="C1124" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1125" spans="1:3">
       <c r="A1125" s="1" t="inlineStr">
         <is>
-          <t>9786257391412</t>
+          <t>9786257391801</t>
         </is>
       </c>
       <c r="B1125" s="1" t="inlineStr">
         <is>
-          <t>Boşluğun Gözleri</t>
+          <t>Umut Ne Yana Düşer Anne</t>
         </is>
       </c>
       <c r="C1125" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1126" spans="1:3">
       <c r="A1126" s="1" t="inlineStr">
         <is>
-          <t>9786257391177</t>
+          <t>9786257391252</t>
         </is>
       </c>
       <c r="B1126" s="1" t="inlineStr">
         <is>
-          <t>Nafile Dikit</t>
+          <t>Yol Divanı</t>
         </is>
       </c>
       <c r="C1126" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="1127" spans="1:3">
       <c r="A1127" s="1" t="inlineStr">
         <is>
-          <t>9786257391610</t>
+          <t>9786257391672</t>
         </is>
       </c>
       <c r="B1127" s="1" t="inlineStr">
         <is>
-          <t>Kırık</t>
+          <t>Gök Ne Zaman Maviydi ?</t>
         </is>
       </c>
       <c r="C1127" s="1">
-        <v>180</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1128" spans="1:3">
       <c r="A1128" s="1" t="inlineStr">
         <is>
-          <t>9786257573115</t>
+          <t>9786257352741</t>
         </is>
       </c>
       <c r="B1128" s="1" t="inlineStr">
         <is>
-          <t>Meksika Açmazı</t>
+          <t>Gökçadırda Bir Seyirlik</t>
         </is>
       </c>
       <c r="C1128" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1129" spans="1:3">
       <c r="A1129" s="1" t="inlineStr">
         <is>
-          <t>9786257573085</t>
+          <t>9786257391344</t>
         </is>
       </c>
       <c r="B1129" s="1" t="inlineStr">
         <is>
-          <t>Çarmıhımda Mesih Gerginliği</t>
+          <t>Taş Gibi Susuyorum</t>
         </is>
       </c>
       <c r="C1129" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1130" spans="1:3">
       <c r="A1130" s="1" t="inlineStr">
         <is>
-          <t>9786257352673</t>
+          <t>9786257352949</t>
         </is>
       </c>
       <c r="B1130" s="1" t="inlineStr">
         <is>
-          <t>Ben Çabuk Akşam Oluyorum</t>
+          <t>Şiirlerin Söylediği 3</t>
         </is>
       </c>
       <c r="C1130" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1131" spans="1:3">
       <c r="A1131" s="1" t="inlineStr">
         <is>
-          <t>9786257573146</t>
+          <t>9786257391740</t>
         </is>
       </c>
       <c r="B1131" s="1" t="inlineStr">
         <is>
-          <t>Ben Kimsin?</t>
+          <t>Lal Renkli Yara</t>
         </is>
       </c>
       <c r="C1131" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1132" spans="1:3">
       <c r="A1132" s="1" t="inlineStr">
         <is>
-          <t>9786257764155</t>
+          <t>9786257391795</t>
         </is>
       </c>
       <c r="B1132" s="1" t="inlineStr">
         <is>
-          <t>Ay Sokağa Bakıyor</t>
+          <t>Askıda Hayat</t>
         </is>
       </c>
       <c r="C1132" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1133" spans="1:3">
       <c r="A1133" s="1" t="inlineStr">
         <is>
-          <t>9786257764421</t>
+          <t>9786257352659</t>
         </is>
       </c>
       <c r="B1133" s="1" t="inlineStr">
         <is>
-          <t>Artizler Kahvesi</t>
+          <t>Yalnızlık Eğrisi</t>
         </is>
       </c>
       <c r="C1133" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1134" spans="1:3">
       <c r="A1134" s="1" t="inlineStr">
         <is>
-          <t>9786257764391</t>
+          <t>9786257391771</t>
         </is>
       </c>
       <c r="B1134" s="1" t="inlineStr">
         <is>
-          <t>Yeşilçam'da Unutulmayan Yüzler - Starlar</t>
+          <t>Kadıncık Ana - Hacı Bektaş'ın Vedası</t>
         </is>
       </c>
       <c r="C1134" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1135" spans="1:3">
       <c r="A1135" s="1" t="inlineStr">
         <is>
-          <t>9786257764407</t>
+          <t>9786257391276</t>
         </is>
       </c>
       <c r="B1135" s="1" t="inlineStr">
         <is>
-          <t>Yeşilçam Hatırası</t>
+          <t>Yalnızlık Erica Ve Kedi</t>
         </is>
       </c>
       <c r="C1135" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1136" spans="1:3">
       <c r="A1136" s="1" t="inlineStr">
         <is>
-          <t>9786257764285</t>
+          <t>9786257573214</t>
         </is>
       </c>
       <c r="B1136" s="1" t="inlineStr">
         <is>
-          <t>Tulumba Durağında İnecek Var</t>
+          <t>Kendine Gökyüzü Ismarla</t>
         </is>
       </c>
       <c r="C1136" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1137" spans="1:3">
       <c r="A1137" s="1" t="inlineStr">
         <is>
-          <t>9786257764636</t>
+          <t>9786257391184</t>
         </is>
       </c>
       <c r="B1137" s="1" t="inlineStr">
         <is>
-          <t>Şiir Ne Şair Kim</t>
+          <t>Kemoterapik Düşler</t>
         </is>
       </c>
       <c r="C1137" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1138" spans="1:3">
       <c r="A1138" s="1" t="inlineStr">
         <is>
-          <t>9766257764179</t>
+          <t>9786257311687</t>
         </is>
       </c>
       <c r="B1138" s="1" t="inlineStr">
         <is>
-          <t>Şehre Bodoslama</t>
+          <t>Türk Sinemasından Seçkiler - Yönetmenler ve Filmleri</t>
         </is>
       </c>
       <c r="C1138" s="1">
-        <v>45</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1139" spans="1:3">
       <c r="A1139" s="1" t="inlineStr">
         <is>
-          <t>9786257764414</t>
+          <t>9786257311748</t>
         </is>
       </c>
       <c r="B1139" s="1" t="inlineStr">
         <is>
-          <t>Sinema ve 12 Eylül</t>
+          <t>Hemdem Öyküleri</t>
         </is>
       </c>
       <c r="C1139" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1140" spans="1:3">
       <c r="A1140" s="1" t="inlineStr">
         <is>
-          <t>9786257764353</t>
+          <t>9786257311083</t>
         </is>
       </c>
       <c r="B1140" s="1" t="inlineStr">
         <is>
-          <t>Elimden Tutmuyor Hayat</t>
+          <t>Aramızda Deniz Var</t>
         </is>
       </c>
       <c r="C1140" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1141" spans="1:3">
       <c r="A1141" s="1" t="inlineStr">
         <is>
-          <t>9786257764186</t>
+          <t>9786257311137</t>
         </is>
       </c>
       <c r="B1141" s="1" t="inlineStr">
         <is>
-          <t>Dilsiz Uşak</t>
+          <t>Kimsesiz Şiirler</t>
         </is>
       </c>
       <c r="C1141" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1142" spans="1:3">
       <c r="A1142" s="1" t="inlineStr">
         <is>
-          <t>9786257764667</t>
+          <t>9786257311458</t>
         </is>
       </c>
       <c r="B1142" s="1" t="inlineStr">
         <is>
-          <t>Çavlan Sözler</t>
+          <t>Gözlerime Bak Geç Nehirleri</t>
         </is>
       </c>
       <c r="C1142" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1143" spans="1:3">
       <c r="A1143" s="1" t="inlineStr">
         <is>
-          <t>9786257764056</t>
+          <t>9786257311564</t>
         </is>
       </c>
       <c r="B1143" s="1" t="inlineStr">
         <is>
-          <t>Boşlukta Bir Yer</t>
+          <t>Eksik Dişler Tarihi</t>
         </is>
       </c>
       <c r="C1143" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1144" spans="1:3">
       <c r="A1144" s="1" t="inlineStr">
         <is>
-          <t>9786257764346</t>
+          <t>9786257311670</t>
         </is>
       </c>
       <c r="B1144" s="1" t="inlineStr">
         <is>
-          <t>Başınızdan Geçenler Uyutmayınca Gecelerimi</t>
+          <t>Kesik Ürperti</t>
         </is>
       </c>
       <c r="C1144" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1145" spans="1:3">
       <c r="A1145" s="1" t="inlineStr">
         <is>
-          <t>9786257391191</t>
+          <t>9786257311595</t>
         </is>
       </c>
       <c r="B1145" s="1" t="inlineStr">
         <is>
-          <t>Hayatımız Sinema</t>
+          <t>39 Merkez</t>
         </is>
       </c>
       <c r="C1145" s="1">
-        <v>270</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1146" spans="1:3">
       <c r="A1146" s="1" t="inlineStr">
         <is>
-          <t>9786257391085</t>
+          <t>9786257311717</t>
         </is>
       </c>
       <c r="B1146" s="1" t="inlineStr">
         <is>
-          <t>Dövüş Kulübü ve Truman Show</t>
+          <t>Düşlem Elçisi</t>
         </is>
       </c>
       <c r="C1146" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1147" spans="1:3">
       <c r="A1147" s="1" t="inlineStr">
         <is>
-          <t>9786257391221</t>
+          <t>9786257098595</t>
         </is>
       </c>
       <c r="B1147" s="1" t="inlineStr">
         <is>
-          <t>Aslından Kopya Filmler</t>
+          <t>Ey Arş, Sıkıştır!</t>
         </is>
       </c>
       <c r="C1147" s="1">
-        <v>270</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1148" spans="1:3">
       <c r="A1148" s="1" t="inlineStr">
         <is>
-          <t>9786257764681</t>
+          <t>9786257352390</t>
         </is>
       </c>
       <c r="B1148" s="1" t="inlineStr">
         <is>
-          <t>Kozaların Uykusu</t>
+          <t>Kuşlar Yuvalarında Uyumaz</t>
         </is>
       </c>
       <c r="C1148" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1149" spans="1:3">
       <c r="A1149" s="1" t="inlineStr">
         <is>
-          <t>9786257391207</t>
+          <t>9786257352789</t>
         </is>
       </c>
       <c r="B1149" s="1" t="inlineStr">
         <is>
-          <t>Beni Bul</t>
+          <t>Suret Defteri</t>
         </is>
       </c>
       <c r="C1149" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1150" spans="1:3">
       <c r="A1150" s="1" t="inlineStr">
         <is>
-          <t>9766257391092</t>
+          <t>9786257352734</t>
         </is>
       </c>
       <c r="B1150" s="1" t="inlineStr">
         <is>
-          <t>Bir Yokmuş Bir Varmış</t>
+          <t>İstanbul’un Son Güzel Fotoğrafı</t>
         </is>
       </c>
       <c r="C1150" s="1">
-        <v>30</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1151" spans="1:3">
       <c r="A1151" s="1" t="inlineStr">
         <is>
-          <t>9786257352970</t>
+          <t>9786257352901</t>
         </is>
       </c>
       <c r="B1151" s="1" t="inlineStr">
         <is>
-          <t>Gerçekten Siz mi Seçiyorsunuz?</t>
+          <t>Mor Deniz Kabukları</t>
         </is>
       </c>
       <c r="C1151" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1152" spans="1:3">
       <c r="A1152" s="1" t="inlineStr">
         <is>
-          <t>9786257352604</t>
+          <t>9786257764957</t>
         </is>
       </c>
       <c r="B1152" s="1" t="inlineStr">
         <is>
-          <t>Siyah Lale</t>
+          <t>Erdem Kışına</t>
         </is>
       </c>
       <c r="C1152" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1153" spans="1:3">
       <c r="A1153" s="1" t="inlineStr">
         <is>
-          <t>9786257352598</t>
+          <t>9786257311298</t>
         </is>
       </c>
       <c r="B1153" s="1" t="inlineStr">
         <is>
-          <t>Adressiz Sözler Durağı</t>
+          <t>Öldü Kim? Hiç</t>
         </is>
       </c>
       <c r="C1153" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1154" spans="1:3">
       <c r="A1154" s="1" t="inlineStr">
         <is>
-          <t>9786257352635</t>
+          <t>9786257352987</t>
         </is>
       </c>
       <c r="B1154" s="1" t="inlineStr">
         <is>
-          <t>Bir "Şiir Günlüğü" İçin Notlar 3</t>
+          <t>Ruzin</t>
         </is>
       </c>
       <c r="C1154" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1155" spans="1:3">
       <c r="A1155" s="1" t="inlineStr">
         <is>
-          <t>9786257352611</t>
+          <t>9786257352963</t>
         </is>
       </c>
       <c r="B1155" s="1" t="inlineStr">
         <is>
-          <t>Bir "Şiir Günlüğü" İçin Notlar 1</t>
+          <t>Çağ Kapandı</t>
         </is>
       </c>
       <c r="C1155" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1156" spans="1:3">
       <c r="A1156" s="1" t="inlineStr">
         <is>
-          <t>9786257352918</t>
+          <t>9786257352581</t>
         </is>
       </c>
       <c r="B1156" s="1" t="inlineStr">
         <is>
-          <t>Kitapların Duldasında</t>
+          <t>Küçük İskender’de Queer Beden ve Poetika</t>
         </is>
       </c>
       <c r="C1156" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1157" spans="1:3">
       <c r="A1157" s="1" t="inlineStr">
         <is>
-          <t>9786257764605</t>
+          <t>9786257764582</t>
         </is>
       </c>
       <c r="B1157" s="1" t="inlineStr">
         <is>
-          <t>Çalkantılı Deniz</t>
+          <t>Tuhaf Buluşmalar Metrosu</t>
         </is>
       </c>
       <c r="C1157" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1158" spans="1:3">
       <c r="A1158" s="1" t="inlineStr">
         <is>
-          <t>9786257098182</t>
+          <t>9786257573054</t>
         </is>
       </c>
       <c r="B1158" s="1" t="inlineStr">
         <is>
-          <t>Kehribar</t>
+          <t>Daraltılmış Yeni Baskı</t>
         </is>
       </c>
       <c r="C1158" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1159" spans="1:3">
       <c r="A1159" s="1" t="inlineStr">
         <is>
-          <t>9786257098274</t>
+          <t>9786257391757</t>
         </is>
       </c>
       <c r="B1159" s="1" t="inlineStr">
         <is>
-          <t>Gibi</t>
+          <t>Doğu Karadeniz Dilleri Karşılaştırmalı Sözlüğü</t>
         </is>
       </c>
       <c r="C1159" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1160" spans="1:3">
       <c r="A1160" s="1" t="inlineStr">
         <is>
-          <t>9786257352628</t>
+          <t>9786257352666</t>
         </is>
       </c>
       <c r="B1160" s="1" t="inlineStr">
         <is>
-          <t>Bir "Şiir Günlüğü" İçin Notlar 2</t>
+          <t>Tulpa</t>
         </is>
       </c>
       <c r="C1160" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1161" spans="1:3">
       <c r="A1161" s="1" t="inlineStr">
         <is>
-          <t>9786257352192</t>
+          <t>9786257391719</t>
         </is>
       </c>
       <c r="B1161" s="1" t="inlineStr">
         <is>
-          <t>İzlerin Peşinden</t>
+          <t>Urfa Karşılaması</t>
         </is>
       </c>
       <c r="C1161" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1162" spans="1:3">
       <c r="A1162" s="1" t="inlineStr">
         <is>
-          <t>9786257391566</t>
+          <t>9786257573061</t>
         </is>
       </c>
       <c r="B1162" s="1" t="inlineStr">
         <is>
-          <t>Tanrı Şiir</t>
+          <t>İşte Şiiri De Böyle Düşünüyorum</t>
         </is>
       </c>
       <c r="C1162" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="1163" spans="1:3">
       <c r="A1163" s="1" t="inlineStr">
         <is>
-          <t>9786257098168</t>
+          <t>9786257573153</t>
         </is>
       </c>
       <c r="B1163" s="1" t="inlineStr">
         <is>
-          <t>Arafta Zaman</t>
+          <t>Punk ve Nizam</t>
         </is>
       </c>
       <c r="C1163" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1164" spans="1:3">
       <c r="A1164" s="1" t="inlineStr">
         <is>
-          <t>9786257573474</t>
+          <t>9786257391412</t>
         </is>
       </c>
       <c r="B1164" s="1" t="inlineStr">
         <is>
-          <t>Serçe</t>
+          <t>Boşluğun Gözleri</t>
         </is>
       </c>
       <c r="C1164" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1165" spans="1:3">
       <c r="A1165" s="1" t="inlineStr">
         <is>
-          <t>9786257573528</t>
+          <t>9786257391177</t>
         </is>
       </c>
       <c r="B1165" s="1" t="inlineStr">
         <is>
-          <t>Kıyam-ı Aşk</t>
+          <t>Nafile Dikit</t>
         </is>
       </c>
       <c r="C1165" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1166" spans="1:3">
       <c r="A1166" s="1" t="inlineStr">
         <is>
-          <t>9786257573009</t>
+          <t>9786257391610</t>
         </is>
       </c>
       <c r="B1166" s="1" t="inlineStr">
         <is>
-          <t>Oyuncak Kasabası</t>
+          <t>Kırık</t>
         </is>
       </c>
       <c r="C1166" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1167" spans="1:3">
       <c r="A1167" s="1" t="inlineStr">
         <is>
-          <t>9786257573481</t>
+          <t>9786257573115</t>
         </is>
       </c>
       <c r="B1167" s="1" t="inlineStr">
         <is>
-          <t>Fenerli’den Neden Şair Olmaz’ı Anlatan Birkaç Şiir’in Şiirinin Kitabı</t>
+          <t>Meksika Açmazı</t>
         </is>
       </c>
       <c r="C1167" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1168" spans="1:3">
       <c r="A1168" s="1" t="inlineStr">
         <is>
-          <t>9786257573900</t>
+          <t>9786257573085</t>
         </is>
       </c>
       <c r="B1168" s="1" t="inlineStr">
         <is>
-          <t>Konstantinopol</t>
+          <t>Çarmıhımda Mesih Gerginliği</t>
         </is>
       </c>
       <c r="C1168" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1169" spans="1:3">
       <c r="A1169" s="1" t="inlineStr">
         <is>
-          <t>9786257573436</t>
+          <t>9786257352673</t>
         </is>
       </c>
       <c r="B1169" s="1" t="inlineStr">
         <is>
-          <t>Gülbahar</t>
+          <t>Ben Çabuk Akşam Oluyorum</t>
         </is>
       </c>
       <c r="C1169" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1170" spans="1:3">
       <c r="A1170" s="1" t="inlineStr">
         <is>
-          <t>9786257573627</t>
+          <t>9786257573146</t>
         </is>
       </c>
       <c r="B1170" s="1" t="inlineStr">
         <is>
-          <t>Yaşadıklarım Üzerine Bir Yapboz Denemesi</t>
+          <t>Ben Kimsin?</t>
         </is>
       </c>
       <c r="C1170" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1171" spans="1:3">
       <c r="A1171" s="1" t="inlineStr">
         <is>
-          <t>9786257573450</t>
+          <t>9786257764155</t>
         </is>
       </c>
       <c r="B1171" s="1" t="inlineStr">
         <is>
-          <t>Ekmeği Taştan Oyanlar</t>
+          <t>Ay Sokağa Bakıyor</t>
         </is>
       </c>
       <c r="C1171" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1172" spans="1:3">
       <c r="A1172" s="1" t="inlineStr">
         <is>
-          <t>9786257573634</t>
+          <t>9786257764421</t>
         </is>
       </c>
       <c r="B1172" s="1" t="inlineStr">
         <is>
-          <t>Söz Eyle</t>
+          <t>Artizler Kahvesi</t>
         </is>
       </c>
       <c r="C1172" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1173" spans="1:3">
       <c r="A1173" s="1" t="inlineStr">
         <is>
-          <t>9786257573870</t>
+          <t>9786257764391</t>
         </is>
       </c>
       <c r="B1173" s="1" t="inlineStr">
         <is>
-          <t>Kıyamet Geliyorum Der</t>
+          <t>Yeşilçam'da Unutulmayan Yüzler - Starlar</t>
         </is>
       </c>
       <c r="C1173" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1174" spans="1:3">
       <c r="A1174" s="1" t="inlineStr">
         <is>
-          <t>9786257573887</t>
+          <t>9786257764407</t>
         </is>
       </c>
       <c r="B1174" s="1" t="inlineStr">
         <is>
-          <t>Adana’nın Yolları Taştandı</t>
+          <t>Yeşilçam Hatırası</t>
         </is>
       </c>
       <c r="C1174" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1175" spans="1:3">
       <c r="A1175" s="1" t="inlineStr">
         <is>
-          <t>9786257573818</t>
+          <t>9786257764285</t>
         </is>
       </c>
       <c r="B1175" s="1" t="inlineStr">
         <is>
-          <t>At’ı Sürüyorum</t>
+          <t>Tulumba Durağında İnecek Var</t>
         </is>
       </c>
       <c r="C1175" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="1176" spans="1:3">
       <c r="A1176" s="1" t="inlineStr">
         <is>
-          <t>9786257573924</t>
+          <t>9786257764636</t>
         </is>
       </c>
       <c r="B1176" s="1" t="inlineStr">
         <is>
-          <t>Karların Yüzü Kızardı</t>
+          <t>Şiir Ne Şair Kim</t>
         </is>
       </c>
       <c r="C1176" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1177" spans="1:3">
       <c r="A1177" s="1" t="inlineStr">
         <is>
-          <t>9786257573535</t>
+          <t>9766257764179</t>
         </is>
       </c>
       <c r="B1177" s="1" t="inlineStr">
         <is>
-          <t>Kalbimin Şiirleri</t>
+          <t>Şehre Bodoslama</t>
         </is>
       </c>
       <c r="C1177" s="1">
-        <v>250</v>
+        <v>45</v>
       </c>
     </row>
     <row r="1178" spans="1:3">
       <c r="A1178" s="1" t="inlineStr">
         <is>
-          <t>9786257573429</t>
+          <t>9786257764414</t>
         </is>
       </c>
       <c r="B1178" s="1" t="inlineStr">
         <is>
-          <t>Can Üşümekte</t>
+          <t>Sinema ve 12 Eylül</t>
         </is>
       </c>
       <c r="C1178" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1179" spans="1:3">
       <c r="A1179" s="1" t="inlineStr">
         <is>
-          <t>9786257573863</t>
+          <t>9786257764353</t>
         </is>
       </c>
       <c r="B1179" s="1" t="inlineStr">
         <is>
-          <t>Sabahın Mısmıl Yüzü</t>
+          <t>Elimden Tutmuyor Hayat</t>
         </is>
       </c>
       <c r="C1179" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="1180" spans="1:3">
       <c r="A1180" s="1" t="inlineStr">
         <is>
-          <t>9786257573375</t>
+          <t>9786257764186</t>
         </is>
       </c>
       <c r="B1180" s="1" t="inlineStr">
         <is>
-          <t>Kadın Karakterin Sinemasal Dönüşümü</t>
+          <t>Dilsiz Uşak</t>
         </is>
       </c>
       <c r="C1180" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1181" spans="1:3">
       <c r="A1181" s="1" t="inlineStr">
         <is>
-          <t>9786257573665</t>
+          <t>9786257764667</t>
         </is>
       </c>
       <c r="B1181" s="1" t="inlineStr">
         <is>
-          <t>Kırılgan Yüzler Albümü</t>
+          <t>Çavlan Sözler</t>
         </is>
       </c>
       <c r="C1181" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1182" spans="1:3">
       <c r="A1182" s="1" t="inlineStr">
         <is>
-          <t>9786257573443</t>
+          <t>9786257764056</t>
         </is>
       </c>
       <c r="B1182" s="1" t="inlineStr">
         <is>
-          <t>Gitmeseydin Keşke</t>
+          <t>Boşlukta Bir Yer</t>
         </is>
       </c>
       <c r="C1182" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1183" spans="1:3">
       <c r="A1183" s="1" t="inlineStr">
         <is>
-          <t>9786257573382</t>
+          <t>9786257764346</t>
         </is>
       </c>
       <c r="B1183" s="1" t="inlineStr">
         <is>
-          <t>Filmlerle Geçiyor Ömrüm 2. Cilt</t>
+          <t>Başınızdan Geçenler Uyutmayınca Gecelerimi</t>
         </is>
       </c>
       <c r="C1183" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1184" spans="1:3">
       <c r="A1184" s="1" t="inlineStr">
         <is>
-          <t>9786257573351</t>
+          <t>9786257391191</t>
         </is>
       </c>
       <c r="B1184" s="1" t="inlineStr">
         <is>
-          <t>Mitoloji ve Sinema İlişkisi</t>
+          <t>Hayatımız Sinema</t>
         </is>
       </c>
       <c r="C1184" s="1">
-        <v>250</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1185" spans="1:3">
       <c r="A1185" s="1" t="inlineStr">
         <is>
-          <t>9786257573399</t>
+          <t>9786257391085</t>
         </is>
       </c>
       <c r="B1185" s="1" t="inlineStr">
         <is>
-          <t>Bir Şehri Seviyorsan Ona Veda Edersin</t>
+          <t>Dövüş Kulübü ve Truman Show</t>
         </is>
       </c>
       <c r="C1185" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1186" spans="1:3">
       <c r="A1186" s="1" t="inlineStr">
         <is>
-          <t>9786257391900</t>
+          <t>9786257391221</t>
         </is>
       </c>
       <c r="B1186" s="1" t="inlineStr">
         <is>
-          <t>Seçkin Poetikalar Ahmet Erhan</t>
+          <t>Aslından Kopya Filmler</t>
         </is>
       </c>
       <c r="C1186" s="1">
-        <v>150</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1187" spans="1:3">
       <c r="A1187" s="1" t="inlineStr">
         <is>
-          <t>9786257391993</t>
+          <t>9786257764681</t>
         </is>
       </c>
       <c r="B1187" s="1" t="inlineStr">
         <is>
-          <t>Seçkin Poetikalar Aşık Veysel</t>
+          <t>Kozaların Uykusu</t>
         </is>
       </c>
       <c r="C1187" s="1">
-        <v>25</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1188" spans="1:3">
       <c r="A1188" s="1" t="inlineStr">
         <is>
-          <t>9786257573016</t>
+          <t>9786257391207</t>
         </is>
       </c>
       <c r="B1188" s="1" t="inlineStr">
         <is>
-          <t>Fenerbahçe Dağı</t>
+          <t>Beni Bul</t>
         </is>
       </c>
       <c r="C1188" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1189" spans="1:3">
       <c r="A1189" s="1" t="inlineStr">
         <is>
-          <t>9786257391986</t>
+          <t>9766257391092</t>
         </is>
       </c>
       <c r="B1189" s="1" t="inlineStr">
         <is>
-          <t>Yazarıma Mektuplar</t>
+          <t>Bir Yokmuş Bir Varmış</t>
         </is>
       </c>
       <c r="C1189" s="1">
-        <v>300</v>
+        <v>30</v>
       </c>
     </row>
     <row r="1190" spans="1:3">
       <c r="A1190" s="1" t="inlineStr">
         <is>
-          <t>9786257391955</t>
+          <t>9786257352970</t>
         </is>
       </c>
       <c r="B1190" s="1" t="inlineStr">
         <is>
-          <t>Çaresizlik</t>
+          <t>Gerçekten Siz mi Seçiyorsunuz?</t>
         </is>
       </c>
       <c r="C1190" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1191" spans="1:3">
       <c r="A1191" s="1" t="inlineStr">
         <is>
-          <t>9786257573252</t>
+          <t>9786257352604</t>
         </is>
       </c>
       <c r="B1191" s="1" t="inlineStr">
         <is>
-          <t>Bıldırcın Geçimi</t>
+          <t>Siyah Lale</t>
         </is>
       </c>
       <c r="C1191" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1192" spans="1:3">
       <c r="A1192" s="1" t="inlineStr">
         <is>
-          <t>9786257573405</t>
+          <t>9786257352598</t>
         </is>
       </c>
       <c r="B1192" s="1" t="inlineStr">
         <is>
-          <t>Bahara Asayiş Baskını</t>
+          <t>Adressiz Sözler Durağı</t>
         </is>
       </c>
       <c r="C1192" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1193" spans="1:3">
       <c r="A1193" s="1" t="inlineStr">
         <is>
-          <t>9786257573597</t>
+          <t>9786257352635</t>
         </is>
       </c>
       <c r="B1193" s="1" t="inlineStr">
         <is>
-          <t>Dünya Kokusu (Geosmin)</t>
+          <t>Bir "Şiir Günlüğü" İçin Notlar 3</t>
         </is>
       </c>
       <c r="C1193" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1194" spans="1:3">
       <c r="A1194" s="1" t="inlineStr">
         <is>
-          <t>9786257573573</t>
+          <t>9786257352611</t>
         </is>
       </c>
       <c r="B1194" s="1" t="inlineStr">
         <is>
-          <t>Zamansız</t>
+          <t>Bir "Şiir Günlüğü" İçin Notlar 1</t>
         </is>
       </c>
       <c r="C1194" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1195" spans="1:3">
       <c r="A1195" s="1" t="inlineStr">
         <is>
-          <t>9786257391306</t>
+          <t>9786257352918</t>
         </is>
       </c>
       <c r="B1195" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Güney Afrika Şiiri Antolojisi</t>
+          <t>Kitapların Duldasında</t>
         </is>
       </c>
       <c r="C1195" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1196" spans="1:3">
       <c r="A1196" s="1" t="inlineStr">
         <is>
-          <t>9786257573412</t>
+          <t>9786257764605</t>
         </is>
       </c>
       <c r="B1196" s="1" t="inlineStr">
         <is>
-          <t>Anatolian Psychedelia</t>
+          <t>Çalkantılı Deniz</t>
         </is>
       </c>
       <c r="C1196" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1197" spans="1:3">
       <c r="A1197" s="1" t="inlineStr">
         <is>
-          <t>9786257764834</t>
+          <t>9786257098182</t>
         </is>
       </c>
       <c r="B1197" s="1" t="inlineStr">
         <is>
-          <t>Kaos Notları</t>
+          <t>Kehribar</t>
         </is>
       </c>
       <c r="C1197" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1198" spans="1:3">
       <c r="A1198" s="1" t="inlineStr">
         <is>
-          <t>9786257391788</t>
+          <t>9786257098274</t>
         </is>
       </c>
       <c r="B1198" s="1" t="inlineStr">
         <is>
-          <t>Bizim Çocuklar</t>
+          <t>Gibi</t>
         </is>
       </c>
       <c r="C1198" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1199" spans="1:3">
       <c r="A1199" s="1" t="inlineStr">
         <is>
-          <t>9786257391696</t>
+          <t>9786257352628</t>
         </is>
       </c>
       <c r="B1199" s="1" t="inlineStr">
         <is>
-          <t>Sinema Bir Vecizedir</t>
+          <t>Bir "Şiir Günlüğü" İçin Notlar 2</t>
         </is>
       </c>
       <c r="C1199" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1200" spans="1:3">
       <c r="A1200" s="1" t="inlineStr">
         <is>
-          <t>9786257391498</t>
+          <t>9786257352192</t>
         </is>
       </c>
       <c r="B1200" s="1" t="inlineStr">
         <is>
-          <t>Sonsuzluk Şarkısı</t>
+          <t>İzlerin Peşinden</t>
         </is>
       </c>
       <c r="C1200" s="1">
-        <v>270</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1201" spans="1:3">
       <c r="A1201" s="1" t="inlineStr">
         <is>
-          <t>9786257391290</t>
+          <t>9786257391566</t>
         </is>
       </c>
       <c r="B1201" s="1" t="inlineStr">
         <is>
-          <t>Kalbimde Ölü Kuşlar</t>
+          <t>Tanrı Şiir</t>
         </is>
       </c>
       <c r="C1201" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="1202" spans="1:3">
       <c r="A1202" s="1" t="inlineStr">
         <is>
-          <t>9786257391689</t>
+          <t>9786257098168</t>
         </is>
       </c>
       <c r="B1202" s="1" t="inlineStr">
         <is>
-          <t>Televizyon Dramalarının Geleceği</t>
+          <t>Arafta Zaman</t>
         </is>
       </c>
       <c r="C1202" s="1">
-        <v>230</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1203" spans="1:3">
       <c r="A1203" s="1" t="inlineStr">
         <is>
-          <t>9786257573931</t>
+          <t>9786257573474</t>
         </is>
       </c>
       <c r="B1203" s="1" t="inlineStr">
         <is>
-          <t>Boş Topraklarda Ölü Ateşler</t>
+          <t>Serçe</t>
         </is>
       </c>
       <c r="C1203" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1204" spans="1:3">
       <c r="A1204" s="1" t="inlineStr">
         <is>
-          <t>9786257764506</t>
+          <t>9786257573528</t>
         </is>
       </c>
       <c r="B1204" s="1" t="inlineStr">
         <is>
-          <t>Nar Yokuşu</t>
+          <t>Kıyam-ı Aşk</t>
         </is>
       </c>
       <c r="C1204" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="1205" spans="1:3">
       <c r="A1205" s="1" t="inlineStr">
         <is>
-          <t>9786257764513</t>
+          <t>9786257573009</t>
         </is>
       </c>
       <c r="B1205" s="1" t="inlineStr">
         <is>
-          <t>Adın Beni Müthiş İlgilendirir</t>
+          <t>Oyuncak Kasabası</t>
         </is>
       </c>
       <c r="C1205" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1206" spans="1:3">
       <c r="A1206" s="1" t="inlineStr">
         <is>
-          <t>9786257764520</t>
+          <t>9786257573481</t>
         </is>
       </c>
       <c r="B1206" s="1" t="inlineStr">
         <is>
-          <t>Kırıntılar</t>
+          <t>Fenerli’den Neden Şair Olmaz’ı Anlatan Birkaç Şiir’in Şiirinin Kitabı</t>
         </is>
       </c>
       <c r="C1206" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="1207" spans="1:3">
       <c r="A1207" s="1" t="inlineStr">
         <is>
-          <t>9786257764575</t>
+          <t>9786257573900</t>
         </is>
       </c>
       <c r="B1207" s="1" t="inlineStr">
         <is>
-          <t>Gecenin İçinde Koşanlar</t>
+          <t>Konstantinopol</t>
         </is>
       </c>
       <c r="C1207" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1208" spans="1:3">
       <c r="A1208" s="1" t="inlineStr">
         <is>
-          <t>9786257764643</t>
+          <t>9786257573436</t>
         </is>
       </c>
       <c r="B1208" s="1" t="inlineStr">
         <is>
-          <t>Rüzgar</t>
+          <t>Gülbahar</t>
         </is>
       </c>
       <c r="C1208" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1209" spans="1:3">
       <c r="A1209" s="1" t="inlineStr">
         <is>
-          <t>9786257764674</t>
+          <t>9786257573627</t>
         </is>
       </c>
       <c r="B1209" s="1" t="inlineStr">
         <is>
-          <t>Uçurtma Ölüleri</t>
+          <t>Yaşadıklarım Üzerine Bir Yapboz Denemesi</t>
         </is>
       </c>
       <c r="C1209" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1210" spans="1:3">
       <c r="A1210" s="1" t="inlineStr">
         <is>
-          <t>9786257764254</t>
+          <t>9786257573450</t>
         </is>
       </c>
       <c r="B1210" s="1" t="inlineStr">
         <is>
-          <t>Buz Kırığı</t>
+          <t>Ekmeği Taştan Oyanlar</t>
         </is>
       </c>
       <c r="C1210" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1211" spans="1:3">
       <c r="A1211" s="1" t="inlineStr">
         <is>
-          <t>9786257352703</t>
+          <t>9786257573634</t>
         </is>
       </c>
       <c r="B1211" s="1" t="inlineStr">
         <is>
-          <t>İyi</t>
+          <t>Söz Eyle</t>
         </is>
       </c>
       <c r="C1211" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="1212" spans="1:3">
       <c r="A1212" s="1" t="inlineStr">
         <is>
-          <t>9786257311373</t>
+          <t>9786257573870</t>
         </is>
       </c>
       <c r="B1212" s="1" t="inlineStr">
         <is>
-          <t>Av U Dilop</t>
+          <t>Kıyamet Geliyorum Der</t>
         </is>
       </c>
       <c r="C1212" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="1213" spans="1:3">
       <c r="A1213" s="1" t="inlineStr">
         <is>
-          <t>9786257352758</t>
+          <t>9786257573887</t>
         </is>
       </c>
       <c r="B1213" s="1" t="inlineStr">
         <is>
-          <t>Depresif Pervane Ağıtları</t>
+          <t>Adana’nın Yolları Taştandı</t>
         </is>
       </c>
       <c r="C1213" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1214" spans="1:3">
       <c r="A1214" s="1" t="inlineStr">
         <is>
-          <t>9786257352772</t>
+          <t>9786257573818</t>
         </is>
       </c>
       <c r="B1214" s="1" t="inlineStr">
         <is>
-          <t>Rüzgar Ayinleri</t>
+          <t>At’ı Sürüyorum</t>
         </is>
       </c>
       <c r="C1214" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1215" spans="1:3">
       <c r="A1215" s="1" t="inlineStr">
         <is>
-          <t>9786257391627</t>
+          <t>9786257573924</t>
         </is>
       </c>
       <c r="B1215" s="1" t="inlineStr">
         <is>
-          <t>Yokluk Sızısı</t>
+          <t>Karların Yüzü Kızardı</t>
         </is>
       </c>
       <c r="C1215" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1216" spans="1:3">
       <c r="A1216" s="1" t="inlineStr">
         <is>
-          <t>9786257311281</t>
+          <t>9786257573535</t>
         </is>
       </c>
       <c r="B1216" s="1" t="inlineStr">
         <is>
-          <t>Yerli Dizi Yersiz Uzun - Sinema Kitaplığı Dizisi 3</t>
+          <t>Kalbimin Şiirleri</t>
         </is>
       </c>
       <c r="C1216" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="1217" spans="1:3">
       <c r="A1217" s="1" t="inlineStr">
         <is>
-          <t>9786257311816</t>
+          <t>9786257573429</t>
         </is>
       </c>
       <c r="B1217" s="1" t="inlineStr">
         <is>
-          <t>Sinematik Yazılar - Sinema Kitaplığı Dizisi 1</t>
+          <t>Can Üşümekte</t>
         </is>
       </c>
       <c r="C1217" s="1">
-        <v>270</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1218" spans="1:3">
       <c r="A1218" s="1" t="inlineStr">
         <is>
-          <t>9786257311823</t>
+          <t>9786257573863</t>
         </is>
       </c>
       <c r="B1218" s="1" t="inlineStr">
         <is>
-          <t>Arabesk Kültür ve Sinema - Sinema Kitaplığı Dizisi 2</t>
+          <t>Sabahın Mısmıl Yüzü</t>
         </is>
       </c>
       <c r="C1218" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1219" spans="1:3">
       <c r="A1219" s="1" t="inlineStr">
         <is>
-          <t>9786257311335</t>
+          <t>9786257573375</t>
         </is>
       </c>
       <c r="B1219" s="1" t="inlineStr">
         <is>
-          <t>Oyum Ben</t>
+          <t>Kadın Karakterin Sinemasal Dönüşümü</t>
         </is>
       </c>
       <c r="C1219" s="1">
-        <v>270</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1220" spans="1:3">
       <c r="A1220" s="1" t="inlineStr">
         <is>
-          <t>9786257764926</t>
+          <t>9786257573665</t>
         </is>
       </c>
       <c r="B1220" s="1" t="inlineStr">
         <is>
-          <t>Kirpiği Islak Bir Yenilgiyle</t>
+          <t>Kırılgan Yüzler Albümü</t>
         </is>
       </c>
       <c r="C1220" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1221" spans="1:3">
       <c r="A1221" s="1" t="inlineStr">
         <is>
-          <t>9786257764919</t>
+          <t>9786257573443</t>
         </is>
       </c>
       <c r="B1221" s="1" t="inlineStr">
         <is>
-          <t>Kırıp Sesimizi</t>
+          <t>Gitmeseydin Keşke</t>
         </is>
       </c>
       <c r="C1221" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1222" spans="1:3">
       <c r="A1222" s="1" t="inlineStr">
         <is>
-          <t>9786257764858</t>
+          <t>9786257573382</t>
         </is>
       </c>
       <c r="B1222" s="1" t="inlineStr">
         <is>
-          <t>Bay Z Üzerine Kronikler</t>
+          <t>Filmlerle Geçiyor Ömrüm 2. Cilt</t>
         </is>
       </c>
       <c r="C1222" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1223" spans="1:3">
       <c r="A1223" s="1" t="inlineStr">
         <is>
-          <t>9786257764902</t>
+          <t>9786257573351</t>
         </is>
       </c>
       <c r="B1223" s="1" t="inlineStr">
         <is>
-          <t>Duvarımda Kan İzleri</t>
+          <t>Mitoloji ve Sinema İlişkisi</t>
         </is>
       </c>
       <c r="C1223" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1224" spans="1:3">
       <c r="A1224" s="1" t="inlineStr">
         <is>
-          <t>9786257764803</t>
+          <t>9786257573399</t>
         </is>
       </c>
       <c r="B1224" s="1" t="inlineStr">
         <is>
-          <t>Özlemler Ülkesinde</t>
+          <t>Bir Şehri Seviyorsan Ona Veda Edersin</t>
         </is>
       </c>
       <c r="C1224" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="1225" spans="1:3">
       <c r="A1225" s="1" t="inlineStr">
         <is>
-          <t>9786257764629</t>
+          <t>9786257391900</t>
         </is>
       </c>
       <c r="B1225" s="1" t="inlineStr">
         <is>
-          <t>Gece Lirikleri</t>
+          <t>Seçkin Poetikalar Ahmet Erhan</t>
         </is>
       </c>
       <c r="C1225" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1226" spans="1:3">
       <c r="A1226" s="1" t="inlineStr">
         <is>
-          <t>9786257764599</t>
+          <t>9786257391993</t>
         </is>
       </c>
       <c r="B1226" s="1" t="inlineStr">
         <is>
-          <t>Yağmurun Şifreleri</t>
+          <t>Seçkin Poetikalar Aşık Veysel</t>
         </is>
       </c>
       <c r="C1226" s="1">
-        <v>180</v>
+        <v>25</v>
       </c>
     </row>
     <row r="1227" spans="1:3">
       <c r="A1227" s="1" t="inlineStr">
         <is>
-          <t>9786257764537</t>
+          <t>9786257573016</t>
         </is>
       </c>
       <c r="B1227" s="1" t="inlineStr">
         <is>
-          <t>Her Aşk Bir Ay Taşır Alnında</t>
+          <t>Fenerbahçe Dağı</t>
         </is>
       </c>
       <c r="C1227" s="1">
-        <v>800</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1228" spans="1:3">
       <c r="A1228" s="1" t="inlineStr">
         <is>
-          <t>9786257764148</t>
+          <t>9786257391986</t>
         </is>
       </c>
       <c r="B1228" s="1" t="inlineStr">
         <is>
-          <t>Asil Adam</t>
+          <t>Yazarıma Mektuplar</t>
         </is>
       </c>
       <c r="C1228" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1229" spans="1:3">
       <c r="A1229" s="1" t="inlineStr">
         <is>
-          <t>9786257098298</t>
+          <t>9786257391955</t>
         </is>
       </c>
       <c r="B1229" s="1" t="inlineStr">
         <is>
-          <t>Tuyuğlar</t>
+          <t>Çaresizlik</t>
         </is>
       </c>
       <c r="C1229" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1230" spans="1:3">
       <c r="A1230" s="1" t="inlineStr">
         <is>
-          <t>9786257098144</t>
+          <t>9786257573252</t>
         </is>
       </c>
       <c r="B1230" s="1" t="inlineStr">
         <is>
-          <t>Te Jı Bajar Lawek Hezkır Disa</t>
+          <t>Bıldırcın Geçimi</t>
         </is>
       </c>
       <c r="C1230" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="1231" spans="1:3">
       <c r="A1231" s="1" t="inlineStr">
         <is>
-          <t>9786257764933</t>
+          <t>9786257573405</t>
         </is>
       </c>
       <c r="B1231" s="1" t="inlineStr">
         <is>
-          <t>Daha Gazel</t>
+          <t>Bahara Asayiş Baskını</t>
         </is>
       </c>
       <c r="C1231" s="1">
-        <v>500</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1232" spans="1:3">
       <c r="A1232" s="1" t="inlineStr">
         <is>
-          <t>9786257764650</t>
+          <t>9786257573597</t>
         </is>
       </c>
       <c r="B1232" s="1" t="inlineStr">
         <is>
-          <t>XL</t>
+          <t>Dünya Kokusu (Geosmin)</t>
         </is>
       </c>
       <c r="C1232" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="1233" spans="1:3">
       <c r="A1233" s="1" t="inlineStr">
         <is>
-          <t>9786257764797</t>
+          <t>9786257573573</t>
         </is>
       </c>
       <c r="B1233" s="1" t="inlineStr">
         <is>
-          <t>Şiir Çıplak</t>
+          <t>Zamansız</t>
         </is>
       </c>
       <c r="C1233" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1234" spans="1:3">
       <c r="A1234" s="1" t="inlineStr">
         <is>
-          <t>9786257764780</t>
+          <t>9786257391306</t>
         </is>
       </c>
       <c r="B1234" s="1" t="inlineStr">
         <is>
-          <t>Arınak</t>
+          <t>Çağdaş Güney Afrika Şiiri Antolojisi</t>
         </is>
       </c>
       <c r="C1234" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1235" spans="1:3">
       <c r="A1235" s="1" t="inlineStr">
         <is>
-          <t>9786257764759</t>
+          <t>9786257573412</t>
         </is>
       </c>
       <c r="B1235" s="1" t="inlineStr">
         <is>
-          <t>Ariadne İpi</t>
+          <t>Anatolian Psychedelia</t>
         </is>
       </c>
       <c r="C1235" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1236" spans="1:3">
       <c r="A1236" s="1" t="inlineStr">
         <is>
-          <t>9786257764742</t>
+          <t>9786257764834</t>
         </is>
       </c>
       <c r="B1236" s="1" t="inlineStr">
         <is>
-          <t>Aziz İskender</t>
+          <t>Kaos Notları</t>
         </is>
       </c>
       <c r="C1236" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1237" spans="1:3">
       <c r="A1237" s="1" t="inlineStr">
         <is>
-          <t>9786257764698</t>
+          <t>9786257391788</t>
         </is>
       </c>
       <c r="B1237" s="1" t="inlineStr">
         <is>
-          <t>Kül ve Gece</t>
+          <t>Bizim Çocuklar</t>
         </is>
       </c>
       <c r="C1237" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="1238" spans="1:3">
       <c r="A1238" s="1" t="inlineStr">
         <is>
-          <t>9786257391146</t>
+          <t>9786257391696</t>
         </is>
       </c>
       <c r="B1238" s="1" t="inlineStr">
         <is>
-          <t>Sen Acıya Düşme İdil</t>
+          <t>Sinema Bir Vecizedir</t>
         </is>
       </c>
       <c r="C1238" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1239" spans="1:3">
       <c r="A1239" s="1" t="inlineStr">
         <is>
-          <t>9786257764070</t>
+          <t>9786257391498</t>
         </is>
       </c>
       <c r="B1239" s="1" t="inlineStr">
         <is>
-          <t>Saire</t>
+          <t>Sonsuzluk Şarkısı</t>
         </is>
       </c>
       <c r="C1239" s="1">
-        <v>180</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1240" spans="1:3">
       <c r="A1240" s="1" t="inlineStr">
         <is>
-          <t>9766257098915</t>
+          <t>9786257391290</t>
         </is>
       </c>
       <c r="B1240" s="1" t="inlineStr">
         <is>
-          <t>Sıvası Kanayan Ev</t>
+          <t>Kalbimde Ölü Kuşlar</t>
         </is>
       </c>
       <c r="C1240" s="1">
-        <v>80</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1241" spans="1:3">
       <c r="A1241" s="1" t="inlineStr">
         <is>
-          <t>9786257098946</t>
+          <t>9786257391689</t>
         </is>
       </c>
       <c r="B1241" s="1" t="inlineStr">
         <is>
-          <t>Hayatı Şiirleştiren Kitaplar</t>
+          <t>Televizyon Dramalarının Geleceği</t>
         </is>
       </c>
       <c r="C1241" s="1">
-        <v>350</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1242" spans="1:3">
       <c r="A1242" s="1" t="inlineStr">
         <is>
-          <t>9786257764025</t>
+          <t>9786257573931</t>
         </is>
       </c>
       <c r="B1242" s="1" t="inlineStr">
         <is>
-          <t>Smyrna'nın Gözyaşları</t>
+          <t>Boş Topraklarda Ölü Ateşler</t>
         </is>
       </c>
       <c r="C1242" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1243" spans="1:3">
       <c r="A1243" s="1" t="inlineStr">
         <is>
-          <t>9786257764049</t>
+          <t>9786257764506</t>
         </is>
       </c>
       <c r="B1243" s="1" t="inlineStr">
         <is>
-          <t>Biz Efendi Çocuklardık</t>
+          <t>Nar Yokuşu</t>
         </is>
       </c>
       <c r="C1243" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1244" spans="1:3">
       <c r="A1244" s="1" t="inlineStr">
         <is>
-          <t>9786257764094</t>
+          <t>9786257764513</t>
         </is>
       </c>
       <c r="B1244" s="1" t="inlineStr">
         <is>
-          <t>Rıg Rıg’ın Yedi Sayısı</t>
+          <t>Adın Beni Müthiş İlgilendirir</t>
         </is>
       </c>
       <c r="C1244" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1245" spans="1:3">
       <c r="A1245" s="1" t="inlineStr">
         <is>
-          <t>9786257764100</t>
+          <t>9786257764520</t>
         </is>
       </c>
       <c r="B1245" s="1" t="inlineStr">
         <is>
-          <t>Ab-ı Hayat Bulan Kadın</t>
+          <t>Kırıntılar</t>
         </is>
       </c>
       <c r="C1245" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1246" spans="1:3">
       <c r="A1246" s="1" t="inlineStr">
         <is>
-          <t>9786257764230</t>
+          <t>9786257764575</t>
         </is>
       </c>
       <c r="B1246" s="1" t="inlineStr">
         <is>
-          <t>Karşılaşmalar</t>
+          <t>Gecenin İçinde Koşanlar</t>
         </is>
       </c>
       <c r="C1246" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1247" spans="1:3">
       <c r="A1247" s="1" t="inlineStr">
         <is>
-          <t>9786257764247</t>
+          <t>9786257764643</t>
         </is>
       </c>
       <c r="B1247" s="1" t="inlineStr">
         <is>
-          <t>Güvercin Sürmesi</t>
+          <t>Rüzgar</t>
         </is>
       </c>
       <c r="C1247" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1248" spans="1:3">
       <c r="A1248" s="1" t="inlineStr">
         <is>
-          <t>9786257764339</t>
+          <t>9786257764674</t>
         </is>
       </c>
       <c r="B1248" s="1" t="inlineStr">
         <is>
-          <t>İki Ders Bir Düş</t>
+          <t>Uçurtma Ölüleri</t>
         </is>
       </c>
       <c r="C1248" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="1249" spans="1:3">
       <c r="A1249" s="1" t="inlineStr">
         <is>
-          <t>9786257764032</t>
+          <t>9786257764254</t>
         </is>
       </c>
       <c r="B1249" s="1" t="inlineStr">
         <is>
-          <t>Kentler ve Çöpler</t>
+          <t>Buz Kırığı</t>
         </is>
       </c>
       <c r="C1249" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1250" spans="1:3">
       <c r="A1250" s="1" t="inlineStr">
         <is>
-          <t>9786257352567</t>
+          <t>9786257352703</t>
         </is>
       </c>
       <c r="B1250" s="1" t="inlineStr">
         <is>
-          <t>Sakura</t>
+          <t>İyi</t>
         </is>
       </c>
       <c r="C1250" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="1251" spans="1:3">
       <c r="A1251" s="1" t="inlineStr">
         <is>
-          <t>9786257352208</t>
+          <t>9786257311373</t>
         </is>
       </c>
       <c r="B1251" s="1" t="inlineStr">
         <is>
-          <t>Taş Meselleri</t>
+          <t>Av U Dilop</t>
         </is>
       </c>
       <c r="C1251" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1252" spans="1:3">
       <c r="A1252" s="1" t="inlineStr">
         <is>
-          <t>9786257352215</t>
+          <t>9786257352758</t>
         </is>
       </c>
       <c r="B1252" s="1" t="inlineStr">
         <is>
-          <t>Dengbejin Gölgesinde</t>
+          <t>Depresif Pervane Ağıtları</t>
         </is>
       </c>
       <c r="C1252" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1253" spans="1:3">
       <c r="A1253" s="1" t="inlineStr">
         <is>
-          <t>9786257311625</t>
+          <t>9786257352772</t>
         </is>
       </c>
       <c r="B1253" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Ölünce</t>
+          <t>Rüzgar Ayinleri</t>
         </is>
       </c>
       <c r="C1253" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1254" spans="1:3">
       <c r="A1254" s="1" t="inlineStr">
         <is>
-          <t>9786257352239</t>
+          <t>9786257391627</t>
         </is>
       </c>
       <c r="B1254" s="1" t="inlineStr">
         <is>
-          <t>Uçurumların Söylediği</t>
+          <t>Yokluk Sızısı</t>
         </is>
       </c>
       <c r="C1254" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1255" spans="1:3">
       <c r="A1255" s="1" t="inlineStr">
         <is>
-          <t>9786257352291</t>
+          <t>9786257311281</t>
         </is>
       </c>
       <c r="B1255" s="1" t="inlineStr">
         <is>
-          <t>Körlerin İzlediği Film</t>
+          <t>Yerli Dizi Yersiz Uzun - Sinema Kitaplığı Dizisi 3</t>
         </is>
       </c>
       <c r="C1255" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1256" spans="1:3">
       <c r="A1256" s="1" t="inlineStr">
         <is>
-          <t>9786257352222</t>
+          <t>9786257311816</t>
         </is>
       </c>
       <c r="B1256" s="1" t="inlineStr">
         <is>
-          <t>Yangın Okuyucusu</t>
+          <t>Sinematik Yazılar - Sinema Kitaplığı Dizisi 1</t>
         </is>
       </c>
       <c r="C1256" s="1">
-        <v>110</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1257" spans="1:3">
       <c r="A1257" s="1" t="inlineStr">
         <is>
-          <t>9786257352574</t>
+          <t>9786257311823</t>
         </is>
       </c>
       <c r="B1257" s="1" t="inlineStr">
         <is>
-          <t>Kentin Kıyıları</t>
+          <t>Arabesk Kültür ve Sinema - Sinema Kitaplığı Dizisi 2</t>
         </is>
       </c>
       <c r="C1257" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1258" spans="1:3">
       <c r="A1258" s="1" t="inlineStr">
         <is>
-          <t>9786257311496</t>
+          <t>9786257311335</t>
         </is>
       </c>
       <c r="B1258" s="1" t="inlineStr">
         <is>
-          <t>Şiir, Kafada Çakan Şimşek</t>
+          <t>Oyum Ben</t>
         </is>
       </c>
       <c r="C1258" s="1">
-        <v>250</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1259" spans="1:3">
       <c r="A1259" s="1" t="inlineStr">
         <is>
-          <t>9786257311762</t>
+          <t>9786257764926</t>
         </is>
       </c>
       <c r="B1259" s="1" t="inlineStr">
         <is>
-          <t>Flamingolar Döndü mü?</t>
+          <t>Kirpiği Islak Bir Yenilgiyle</t>
         </is>
       </c>
       <c r="C1259" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1260" spans="1:3">
       <c r="A1260" s="1" t="inlineStr">
         <is>
-          <t>9786257311663</t>
+          <t>9786257764919</t>
         </is>
       </c>
       <c r="B1260" s="1" t="inlineStr">
         <is>
-          <t>Selma</t>
+          <t>Kırıp Sesimizi</t>
         </is>
       </c>
       <c r="C1260" s="1">
-        <v>270</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1261" spans="1:3">
       <c r="A1261" s="1" t="inlineStr">
         <is>
-          <t>9786257352307</t>
+          <t>9786257764858</t>
         </is>
       </c>
       <c r="B1261" s="1" t="inlineStr">
         <is>
-          <t>İlk Göz Ağrım</t>
+          <t>Bay Z Üzerine Kronikler</t>
         </is>
       </c>
       <c r="C1261" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1262" spans="1:3">
       <c r="A1262" s="1" t="inlineStr">
         <is>
-          <t>9786257352277</t>
+          <t>9786257764902</t>
         </is>
       </c>
       <c r="B1262" s="1" t="inlineStr">
         <is>
-          <t>Fuat Çiftçi - Seçkin Poetikalar</t>
+          <t>Duvarımda Kan İzleri</t>
         </is>
       </c>
       <c r="C1262" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1263" spans="1:3">
       <c r="A1263" s="1" t="inlineStr">
         <is>
-          <t>9786257311441</t>
+          <t>9786257764803</t>
         </is>
       </c>
       <c r="B1263" s="1" t="inlineStr">
         <is>
-          <t>Sezai Karakoç’un Coğrafyası</t>
+          <t>Özlemler Ülkesinde</t>
         </is>
       </c>
       <c r="C1263" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1264" spans="1:3">
       <c r="A1264" s="1" t="inlineStr">
         <is>
-          <t>9786257311489</t>
+          <t>9786257764629</t>
         </is>
       </c>
       <c r="B1264" s="1" t="inlineStr">
         <is>
-          <t>Şiirimizin Gelemeyeceği</t>
+          <t>Gece Lirikleri</t>
         </is>
       </c>
       <c r="C1264" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1265" spans="1:3">
       <c r="A1265" s="1" t="inlineStr">
         <is>
-          <t>9786257311540</t>
+          <t>9786257764599</t>
         </is>
       </c>
       <c r="B1265" s="1" t="inlineStr">
         <is>
-          <t>Masa Da Masalmış Ha!</t>
+          <t>Yağmurun Şifreleri</t>
         </is>
       </c>
       <c r="C1265" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1266" spans="1:3">
       <c r="A1266" s="1" t="inlineStr">
         <is>
-          <t>9786257311533</t>
+          <t>9786257764537</t>
         </is>
       </c>
       <c r="B1266" s="1" t="inlineStr">
         <is>
-          <t>Ozan Tabakası Delindi</t>
+          <t>Her Aşk Bir Ay Taşır Alnında</t>
         </is>
       </c>
       <c r="C1266" s="1">
-        <v>250</v>
+        <v>800</v>
       </c>
     </row>
     <row r="1267" spans="1:3">
       <c r="A1267" s="1" t="inlineStr">
         <is>
-          <t>9786257311755</t>
+          <t>9786257764148</t>
         </is>
       </c>
       <c r="B1267" s="1" t="inlineStr">
         <is>
-          <t>Har Evinde Yar Kokusu</t>
+          <t>Asil Adam</t>
         </is>
       </c>
       <c r="C1267" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1268" spans="1:3">
       <c r="A1268" s="1" t="inlineStr">
         <is>
-          <t>9786257311915</t>
+          <t>9786257098298</t>
         </is>
       </c>
       <c r="B1268" s="1" t="inlineStr">
         <is>
-          <t>Tepegöz - Tiyatro Yazıları</t>
+          <t>Tuyuğlar</t>
         </is>
       </c>
       <c r="C1268" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1269" spans="1:3">
       <c r="A1269" s="1" t="inlineStr">
         <is>
-          <t>9786257352284</t>
+          <t>9786257098144</t>
         </is>
       </c>
       <c r="B1269" s="1" t="inlineStr">
         <is>
-          <t>Maradona</t>
+          <t>Te Jı Bajar Lawek Hezkır Disa</t>
         </is>
       </c>
       <c r="C1269" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1270" spans="1:3">
       <c r="A1270" s="1" t="inlineStr">
         <is>
-          <t>9786257352253</t>
+          <t>9786257764933</t>
         </is>
       </c>
       <c r="B1270" s="1" t="inlineStr">
         <is>
-          <t>Şeytan Diyor Ki</t>
+          <t>Daha Gazel</t>
         </is>
       </c>
       <c r="C1270" s="1">
-        <v>280</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1271" spans="1:3">
       <c r="A1271" s="1" t="inlineStr">
         <is>
-          <t>9786257352260</t>
+          <t>9786257764650</t>
         </is>
       </c>
       <c r="B1271" s="1" t="inlineStr">
         <is>
-          <t>Hüseyin Çiftçi - Seçkin Poetikalar</t>
+          <t>XL</t>
         </is>
       </c>
       <c r="C1271" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1272" spans="1:3">
       <c r="A1272" s="1" t="inlineStr">
         <is>
-          <t>9786257352420</t>
+          <t>9786257764797</t>
         </is>
       </c>
       <c r="B1272" s="1" t="inlineStr">
         <is>
-          <t>Rejisörün Hatıra Odası</t>
+          <t>Şiir Çıplak</t>
         </is>
       </c>
       <c r="C1272" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="1273" spans="1:3">
       <c r="A1273" s="1" t="inlineStr">
         <is>
-          <t>9786257352444</t>
+          <t>9786257764780</t>
         </is>
       </c>
       <c r="B1273" s="1" t="inlineStr">
         <is>
-          <t>Benim Yeşilçam’ım</t>
+          <t>Arınak</t>
         </is>
       </c>
       <c r="C1273" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1274" spans="1:3">
       <c r="A1274" s="1" t="inlineStr">
         <is>
-          <t>9786257311786</t>
+          <t>9786257764759</t>
         </is>
       </c>
       <c r="B1274" s="1" t="inlineStr">
         <is>
-          <t>Farklı Coğrafyalarda Üretenler</t>
+          <t>Ariadne İpi</t>
         </is>
       </c>
       <c r="C1274" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1275" spans="1:3">
       <c r="A1275" s="1" t="inlineStr">
         <is>
-          <t>9786257352437</t>
+          <t>9786257764742</t>
         </is>
       </c>
       <c r="B1275" s="1" t="inlineStr">
         <is>
-          <t>Nuri Bilge Ceylan Sinemasında Nihilizm</t>
+          <t>Aziz İskender</t>
         </is>
       </c>
       <c r="C1275" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1276" spans="1:3">
       <c r="A1276" s="1" t="inlineStr">
         <is>
-          <t>9786257311922</t>
+          <t>9786257764698</t>
         </is>
       </c>
       <c r="B1276" s="1" t="inlineStr">
         <is>
-          <t>Şahinler ve Güvercinler</t>
+          <t>Kül ve Gece</t>
         </is>
       </c>
       <c r="C1276" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1277" spans="1:3">
       <c r="A1277" s="1" t="inlineStr">
         <is>
-          <t>9786257311472</t>
+          <t>9786257391146</t>
         </is>
       </c>
       <c r="B1277" s="1" t="inlineStr">
         <is>
-          <t>Mordoğan</t>
+          <t>Sen Acıya Düşme İdil</t>
         </is>
       </c>
       <c r="C1277" s="1">
-        <v>700</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1278" spans="1:3">
       <c r="A1278" s="1" t="inlineStr">
         <is>
-          <t>9786257311632</t>
+          <t>9786257764070</t>
         </is>
       </c>
       <c r="B1278" s="1" t="inlineStr">
         <is>
-          <t>Günü Gelmeden Taburcu</t>
+          <t>Saire</t>
         </is>
       </c>
       <c r="C1278" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1279" spans="1:3">
       <c r="A1279" s="1" t="inlineStr">
         <is>
-          <t>9786257311731</t>
+          <t>9766257098915</t>
         </is>
       </c>
       <c r="B1279" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Mevlevilik, Tasavvuf ve Aşk</t>
+          <t>Sıvası Kanayan Ev</t>
         </is>
       </c>
       <c r="C1279" s="1">
-        <v>150</v>
+        <v>80</v>
       </c>
     </row>
     <row r="1280" spans="1:3">
       <c r="A1280" s="1" t="inlineStr">
         <is>
-          <t>9786257311038</t>
+          <t>9786257098946</t>
         </is>
       </c>
       <c r="B1280" s="1" t="inlineStr">
         <is>
-          <t>Ateşi Üfleyen Nehir</t>
+          <t>Hayatı Şiirleştiren Kitaplar</t>
         </is>
       </c>
       <c r="C1280" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1281" spans="1:3">
       <c r="A1281" s="1" t="inlineStr">
         <is>
-          <t>9786257311830</t>
+          <t>9786257764025</t>
         </is>
       </c>
       <c r="B1281" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzünde Gezebiliyorken</t>
+          <t>Smyrna'nın Gözyaşları</t>
         </is>
       </c>
       <c r="C1281" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1282" spans="1:3">
       <c r="A1282" s="1" t="inlineStr">
         <is>
-          <t>9786257311724</t>
+          <t>9786257764049</t>
         </is>
       </c>
       <c r="B1282" s="1" t="inlineStr">
         <is>
-          <t>Su Lekesi</t>
+          <t>Biz Efendi Çocuklardık</t>
         </is>
       </c>
       <c r="C1282" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1283" spans="1:3">
       <c r="A1283" s="1" t="inlineStr">
         <is>
-          <t>9786257311847</t>
+          <t>9786257764094</t>
         </is>
       </c>
       <c r="B1283" s="1" t="inlineStr">
         <is>
-          <t>Sevgiyi Dağlara Salacağım</t>
+          <t>Rıg Rıg’ın Yedi Sayısı</t>
         </is>
       </c>
       <c r="C1283" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1284" spans="1:3">
       <c r="A1284" s="1" t="inlineStr">
         <is>
-          <t>9786257984430</t>
+          <t>9786257764100</t>
         </is>
       </c>
       <c r="B1284" s="1" t="inlineStr">
         <is>
-          <t>Kara Sinek</t>
+          <t>Ab-ı Hayat Bulan Kadın</t>
         </is>
       </c>
       <c r="C1284" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="1285" spans="1:3">
       <c r="A1285" s="1" t="inlineStr">
         <is>
-          <t>9786257311144</t>
+          <t>9786257764230</t>
         </is>
       </c>
       <c r="B1285" s="1" t="inlineStr">
         <is>
-          <t>215 Gün 2.Kitap</t>
+          <t>Karşılaşmalar</t>
         </is>
       </c>
       <c r="C1285" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1286" spans="1:3">
       <c r="A1286" s="1" t="inlineStr">
         <is>
-          <t>9786257764810</t>
+          <t>9786257764247</t>
         </is>
       </c>
       <c r="B1286" s="1" t="inlineStr">
         <is>
-          <t>Yaşasın Tam Bağımsız Marilyn Monroe</t>
+          <t>Güvercin Sürmesi</t>
         </is>
       </c>
       <c r="C1286" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1287" spans="1:3">
       <c r="A1287" s="1" t="inlineStr">
         <is>
-          <t>9786257764773</t>
+          <t>9786257764339</t>
         </is>
       </c>
       <c r="B1287" s="1" t="inlineStr">
         <is>
-          <t>Tanrım Ben Kaçtım</t>
+          <t>İki Ders Bir Düş</t>
         </is>
       </c>
       <c r="C1287" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="1288" spans="1:3">
       <c r="A1288" s="1" t="inlineStr">
         <is>
-          <t>9786257764544</t>
+          <t>9786257764032</t>
         </is>
       </c>
       <c r="B1288" s="1" t="inlineStr">
         <is>
-          <t>Çınarın Gölgesinde</t>
+          <t>Kentler ve Çöpler</t>
         </is>
       </c>
       <c r="C1288" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1289" spans="1:3">
       <c r="A1289" s="1" t="inlineStr">
         <is>
-          <t>9786257311854</t>
+          <t>9786257352567</t>
         </is>
       </c>
       <c r="B1289" s="1" t="inlineStr">
         <is>
-          <t>Orhan Veli - Bütün Şiirleri</t>
+          <t>Sakura</t>
         </is>
       </c>
       <c r="C1289" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1290" spans="1:3">
       <c r="A1290" s="1" t="inlineStr">
         <is>
-          <t>9786257311601</t>
+          <t>9786257352208</t>
         </is>
       </c>
       <c r="B1290" s="1" t="inlineStr">
         <is>
-          <t>Öykülerle Bir Zamanlar Adana</t>
+          <t>Taş Meselleri</t>
         </is>
       </c>
       <c r="C1290" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="1291" spans="1:3">
       <c r="A1291" s="1" t="inlineStr">
         <is>
-          <t>9786257311205</t>
+          <t>9786257352215</t>
         </is>
       </c>
       <c r="B1291" s="1" t="inlineStr">
         <is>
-          <t>185 Gün 1.Kitap</t>
+          <t>Dengbejin Gölgesinde</t>
         </is>
       </c>
       <c r="C1291" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1292" spans="1:3">
       <c r="A1292" s="1" t="inlineStr">
         <is>
-          <t>9786257764940</t>
+          <t>9786257311625</t>
         </is>
       </c>
       <c r="B1292" s="1" t="inlineStr">
         <is>
-          <t>Sonsuza Akan Irmakta</t>
+          <t>Ölüm Ölünce</t>
         </is>
       </c>
       <c r="C1292" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1293" spans="1:3">
       <c r="A1293" s="1" t="inlineStr">
         <is>
-          <t>9786257764452</t>
+          <t>9786257352239</t>
         </is>
       </c>
       <c r="B1293" s="1" t="inlineStr">
         <is>
-          <t>Anormal Kadınlara Radikal Şiirler</t>
+          <t>Uçurumların Söylediği</t>
         </is>
       </c>
       <c r="C1293" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1294" spans="1:3">
       <c r="A1294" s="1" t="inlineStr">
         <is>
-          <t>9786257311656</t>
+          <t>9786257352291</t>
         </is>
       </c>
       <c r="B1294" s="1" t="inlineStr">
         <is>
-          <t>Solfej Arabic</t>
+          <t>Körlerin İzlediği Film</t>
         </is>
       </c>
       <c r="C1294" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="1295" spans="1:3">
       <c r="A1295" s="1" t="inlineStr">
         <is>
-          <t>9786257311366</t>
+          <t>9786257352222</t>
         </is>
       </c>
       <c r="B1295" s="1" t="inlineStr">
         <is>
-          <t>Akşamcılar Puantiyeli Rüzgar Giyer</t>
+          <t>Yangın Okuyucusu</t>
         </is>
       </c>
       <c r="C1295" s="1">
-        <v>200</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1296" spans="1:3">
       <c r="A1296" s="1" t="inlineStr">
         <is>
-          <t>9786257764469</t>
+          <t>9786257352574</t>
         </is>
       </c>
       <c r="B1296" s="1" t="inlineStr">
         <is>
-          <t>366.Gün</t>
+          <t>Kentin Kıyıları</t>
         </is>
       </c>
       <c r="C1296" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1297" spans="1:3">
       <c r="A1297" s="1" t="inlineStr">
         <is>
-          <t>9786257098908</t>
+          <t>9786257311496</t>
         </is>
       </c>
       <c r="B1297" s="1" t="inlineStr">
         <is>
-          <t>Hüzün Yağmurları</t>
+          <t>Şiir, Kafada Çakan Şimşek</t>
         </is>
       </c>
       <c r="C1297" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1298" spans="1:3">
       <c r="A1298" s="1" t="inlineStr">
         <is>
-          <t>9786257311465</t>
+          <t>9786257311762</t>
         </is>
       </c>
       <c r="B1298" s="1" t="inlineStr">
         <is>
-          <t>Sessizliğin Alameti</t>
+          <t>Flamingolar Döndü mü?</t>
         </is>
       </c>
       <c r="C1298" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1299" spans="1:3">
       <c r="A1299" s="1" t="inlineStr">
         <is>
-          <t>9786257311007</t>
+          <t>9786257311663</t>
         </is>
       </c>
       <c r="B1299" s="1" t="inlineStr">
         <is>
-          <t>Pandemi</t>
+          <t>Selma</t>
         </is>
       </c>
       <c r="C1299" s="1">
-        <v>250</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1300" spans="1:3">
       <c r="A1300" s="1" t="inlineStr">
         <is>
-          <t>9786257311311</t>
+          <t>9786257352307</t>
         </is>
       </c>
       <c r="B1300" s="1" t="inlineStr">
         <is>
-          <t>Neden Sosyalist Oldum?</t>
+          <t>İlk Göz Ağrım</t>
         </is>
       </c>
       <c r="C1300" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1301" spans="1:3">
       <c r="A1301" s="1" t="inlineStr">
         <is>
-          <t>9786257311151</t>
+          <t>9786257352277</t>
         </is>
       </c>
       <c r="B1301" s="1" t="inlineStr">
         <is>
-          <t>Adressiz Kelimeler</t>
+          <t>Fuat Çiftçi - Seçkin Poetikalar</t>
         </is>
       </c>
       <c r="C1301" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1302" spans="1:3">
       <c r="A1302" s="1" t="inlineStr">
         <is>
-          <t>9786257764988</t>
+          <t>9786257311441</t>
         </is>
       </c>
       <c r="B1302" s="1" t="inlineStr">
         <is>
-          <t>Sevgilim Karga</t>
+          <t>Sezai Karakoç’un Coğrafyası</t>
         </is>
       </c>
       <c r="C1302" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1303" spans="1:3">
       <c r="A1303" s="1" t="inlineStr">
         <is>
-          <t>9786257764063</t>
+          <t>9786257311489</t>
         </is>
       </c>
       <c r="B1303" s="1" t="inlineStr">
         <is>
-          <t>Her Hayat</t>
+          <t>Şiirimizin Gelemeyeceği</t>
         </is>
       </c>
       <c r="C1303" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1304" spans="1:3">
       <c r="A1304" s="1" t="inlineStr">
         <is>
-          <t>9786257098984</t>
+          <t>9786257311540</t>
         </is>
       </c>
       <c r="B1304" s="1" t="inlineStr">
         <is>
-          <t>Okuruma Mektuplar - 1</t>
+          <t>Masa Da Masalmış Ha!</t>
         </is>
       </c>
       <c r="C1304" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1305" spans="1:3">
       <c r="A1305" s="1" t="inlineStr">
         <is>
-          <t>9786257098823</t>
+          <t>9786257311533</t>
         </is>
       </c>
       <c r="B1305" s="1" t="inlineStr">
         <is>
-          <t>Verdek</t>
+          <t>Ozan Tabakası Delindi</t>
         </is>
       </c>
       <c r="C1305" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="1306" spans="1:3">
       <c r="A1306" s="1" t="inlineStr">
         <is>
-          <t>9786257764223</t>
+          <t>9786257311755</t>
         </is>
       </c>
       <c r="B1306" s="1" t="inlineStr">
         <is>
-          <t>Serçe Baladı</t>
+          <t>Har Evinde Yar Kokusu</t>
         </is>
       </c>
       <c r="C1306" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1307" spans="1:3">
       <c r="A1307" s="1" t="inlineStr">
         <is>
-          <t>9786257764216</t>
+          <t>9786257311915</t>
         </is>
       </c>
       <c r="B1307" s="1" t="inlineStr">
         <is>
-          <t>Uyumsuzluk ve İntihar</t>
+          <t>Tepegöz - Tiyatro Yazıları</t>
         </is>
       </c>
       <c r="C1307" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="1308" spans="1:3">
       <c r="A1308" s="1" t="inlineStr">
         <is>
-          <t>9786257764131</t>
+          <t>9786257352284</t>
         </is>
       </c>
       <c r="B1308" s="1" t="inlineStr">
         <is>
-          <t>Geri Sayım Çiçeği</t>
+          <t>Maradona</t>
         </is>
       </c>
       <c r="C1308" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1309" spans="1:3">
       <c r="A1309" s="1" t="inlineStr">
         <is>
-          <t>9786257764124</t>
+          <t>9786257352253</t>
         </is>
       </c>
       <c r="B1309" s="1" t="inlineStr">
         <is>
-          <t>İnceliğin Seyri</t>
+          <t>Şeytan Diyor Ki</t>
         </is>
       </c>
       <c r="C1309" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1310" spans="1:3">
       <c r="A1310" s="1" t="inlineStr">
         <is>
-          <t>9786257764308</t>
+          <t>9786257352260</t>
         </is>
       </c>
       <c r="B1310" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Dağ</t>
+          <t>Hüseyin Çiftçi - Seçkin Poetikalar</t>
         </is>
       </c>
       <c r="C1310" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1311" spans="1:3">
       <c r="A1311" s="1" t="inlineStr">
         <is>
-          <t>9786257764087</t>
+          <t>9786257352420</t>
         </is>
       </c>
       <c r="B1311" s="1" t="inlineStr">
         <is>
-          <t>Yedi Kilise</t>
+          <t>Rejisörün Hatıra Odası</t>
         </is>
       </c>
       <c r="C1311" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="1312" spans="1:3">
       <c r="A1312" s="1" t="inlineStr">
         <is>
-          <t>9786257764322</t>
+          <t>9786257352444</t>
         </is>
       </c>
       <c r="B1312" s="1" t="inlineStr">
         <is>
-          <t>Rind</t>
+          <t>Benim Yeşilçam’ım</t>
         </is>
       </c>
       <c r="C1312" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1313" spans="1:3">
       <c r="A1313" s="1" t="inlineStr">
         <is>
-          <t>9786257098137</t>
+          <t>9786257311786</t>
         </is>
       </c>
       <c r="B1313" s="1" t="inlineStr">
         <is>
-          <t>Yaşamın Parmak İzleri</t>
+          <t>Farklı Coğrafyalarda Üretenler</t>
         </is>
       </c>
       <c r="C1313" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1314" spans="1:3">
       <c r="A1314" s="1" t="inlineStr">
         <is>
-          <t>9786257098069</t>
+          <t>9786257352437</t>
         </is>
       </c>
       <c r="B1314" s="1" t="inlineStr">
         <is>
-          <t>İkra</t>
+          <t>Nuri Bilge Ceylan Sinemasında Nihilizm</t>
         </is>
       </c>
       <c r="C1314" s="1">
-        <v>270</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1315" spans="1:3">
       <c r="A1315" s="1" t="inlineStr">
         <is>
-          <t>9786257764261</t>
+          <t>9786257311922</t>
         </is>
       </c>
       <c r="B1315" s="1" t="inlineStr">
         <is>
-          <t>Acı Sarısı</t>
+          <t>Şahinler ve Güvercinler</t>
         </is>
       </c>
       <c r="C1315" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1316" spans="1:3">
       <c r="A1316" s="1" t="inlineStr">
         <is>
-          <t>9786257764278</t>
+          <t>9786257311472</t>
         </is>
       </c>
       <c r="B1316" s="1" t="inlineStr">
         <is>
-          <t>Tanrıça Nodra</t>
+          <t>Mordoğan</t>
         </is>
       </c>
       <c r="C1316" s="1">
-        <v>200</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1317" spans="1:3">
       <c r="A1317" s="1" t="inlineStr">
         <is>
-          <t>9786257764117</t>
+          <t>9786257311632</t>
         </is>
       </c>
       <c r="B1317" s="1" t="inlineStr">
         <is>
-          <t>Silinti Harita</t>
+          <t>Günü Gelmeden Taburcu</t>
         </is>
       </c>
       <c r="C1317" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1318" spans="1:3">
       <c r="A1318" s="1" t="inlineStr">
         <is>
-          <t>9786257764315</t>
+          <t>9786257311731</t>
         </is>
       </c>
       <c r="B1318" s="1" t="inlineStr">
         <is>
-          <t>Ne Keder Ne Hicran</t>
+          <t>Mevlana Mevlevilik, Tasavvuf ve Aşk</t>
         </is>
       </c>
       <c r="C1318" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1319" spans="1:3">
       <c r="A1319" s="1" t="inlineStr">
         <is>
-          <t>9786257098977</t>
+          <t>9786257311038</t>
         </is>
       </c>
       <c r="B1319" s="1" t="inlineStr">
         <is>
-          <t>Şairime Mektuplar - 1</t>
+          <t>Ateşi Üfleyen Nehir</t>
         </is>
       </c>
       <c r="C1319" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1320" spans="1:3">
       <c r="A1320" s="1" t="inlineStr">
         <is>
-          <t>9786257311991</t>
+          <t>9786257311830</t>
         </is>
       </c>
       <c r="B1320" s="1" t="inlineStr">
         <is>
-          <t>Çıkış Kapısı</t>
+          <t>Gökyüzünde Gezebiliyorken</t>
         </is>
       </c>
       <c r="C1320" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1321" spans="1:3">
       <c r="A1321" s="1" t="inlineStr">
         <is>
-          <t>9786257352062</t>
+          <t>9786257311724</t>
         </is>
       </c>
       <c r="B1321" s="1" t="inlineStr">
         <is>
-          <t>Rüzgarın Kızı</t>
+          <t>Su Lekesi</t>
         </is>
       </c>
       <c r="C1321" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1322" spans="1:3">
       <c r="A1322" s="1" t="inlineStr">
         <is>
-          <t>9786257984553</t>
+          <t>9786257311847</t>
         </is>
       </c>
       <c r="B1322" s="1" t="inlineStr">
         <is>
-          <t>A Pscyhoanalytic Criticism of Hawthorne' The Scarlet Letter and Melville's Moby Dick</t>
+          <t>Sevgiyi Dağlara Salacağım</t>
         </is>
       </c>
       <c r="C1322" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1323" spans="1:3">
       <c r="A1323" s="1" t="inlineStr">
         <is>
-          <t>9786058020443</t>
+          <t>9786257984430</t>
         </is>
       </c>
       <c r="B1323" s="1" t="inlineStr">
         <is>
-          <t>Her Şey Bir Taşla Başladı</t>
+          <t>Kara Sinek</t>
         </is>
       </c>
       <c r="C1323" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1324" spans="1:3">
       <c r="A1324" s="1" t="inlineStr">
         <is>
-          <t>9786056970658</t>
+          <t>9786257311144</t>
         </is>
       </c>
       <c r="B1324" s="1" t="inlineStr">
         <is>
-          <t>Ses Ver Çağ Düşsün</t>
+          <t>215 Gün 2.Kitap</t>
         </is>
       </c>
       <c r="C1324" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1325" spans="1:3">
       <c r="A1325" s="1" t="inlineStr">
         <is>
-          <t>9786057655899</t>
+          <t>9786257764810</t>
         </is>
       </c>
       <c r="B1325" s="1" t="inlineStr">
         <is>
-          <t>İnsan</t>
+          <t>Yaşasın Tam Bağımsız Marilyn Monroe</t>
         </is>
       </c>
       <c r="C1325" s="1">
-        <v>170</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1326" spans="1:3">
       <c r="A1326" s="1" t="inlineStr">
         <is>
-          <t>9786257984195</t>
+          <t>9786257764773</t>
         </is>
       </c>
       <c r="B1326" s="1" t="inlineStr">
         <is>
-          <t>Şahısların En Tekiliyim</t>
+          <t>Tanrım Ben Kaçtım</t>
         </is>
       </c>
       <c r="C1326" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="1327" spans="1:3">
       <c r="A1327" s="1" t="inlineStr">
         <is>
-          <t>9786257764728</t>
+          <t>9786257764544</t>
         </is>
       </c>
       <c r="B1327" s="1" t="inlineStr">
         <is>
-          <t>Yüzlerin Söyleşisi</t>
+          <t>Çınarın Gölgesinde</t>
         </is>
       </c>
       <c r="C1327" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1328" spans="1:3">
       <c r="A1328" s="1" t="inlineStr">
         <is>
-          <t>9786257311380</t>
+          <t>9786257311854</t>
         </is>
       </c>
       <c r="B1328" s="1" t="inlineStr">
         <is>
-          <t>Yeraltının Kırılganları Rimbaud ve Küçük İskender</t>
+          <t>Orhan Veli - Bütün Şiirleri</t>
         </is>
       </c>
       <c r="C1328" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1329" spans="1:3">
       <c r="A1329" s="1" t="inlineStr">
         <is>
-          <t>9786257311250</t>
+          <t>9786257311601</t>
         </is>
       </c>
       <c r="B1329" s="1" t="inlineStr">
         <is>
-          <t>Yeniden Hayal Kurabilmek</t>
+          <t>Öykülerle Bir Zamanlar Adana</t>
         </is>
       </c>
       <c r="C1329" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1330" spans="1:3">
       <c r="A1330" s="1" t="inlineStr">
         <is>
-          <t>9786257764490</t>
+          <t>9786257311205</t>
         </is>
       </c>
       <c r="B1330" s="1" t="inlineStr">
         <is>
-          <t>Tel Kadın</t>
+          <t>185 Gün 1.Kitap</t>
         </is>
       </c>
       <c r="C1330" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1331" spans="1:3">
       <c r="A1331" s="1" t="inlineStr">
         <is>
-          <t>9786257764889</t>
+          <t>9786257764940</t>
         </is>
       </c>
       <c r="B1331" s="1" t="inlineStr">
         <is>
-          <t>Hayat Şiirdir</t>
+          <t>Sonsuza Akan Irmakta</t>
         </is>
       </c>
       <c r="C1331" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1332" spans="1:3">
       <c r="A1332" s="1" t="inlineStr">
         <is>
-          <t>9786257311403</t>
+          <t>9786257764452</t>
         </is>
       </c>
       <c r="B1332" s="1" t="inlineStr">
         <is>
-          <t>Hardcore Şatafat (Ciltli)</t>
+          <t>Anormal Kadınlara Radikal Şiirler</t>
         </is>
       </c>
       <c r="C1332" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1333" spans="1:3">
       <c r="A1333" s="1" t="inlineStr">
         <is>
-          <t>9786257764995</t>
+          <t>9786257311656</t>
         </is>
       </c>
       <c r="B1333" s="1" t="inlineStr">
         <is>
-          <t>Hangi Şiir Onarır Şu Taşküreyi?</t>
+          <t>Solfej Arabic</t>
         </is>
       </c>
       <c r="C1333" s="1">
-        <v>400</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1334" spans="1:3">
       <c r="A1334" s="1" t="inlineStr">
         <is>
-          <t>9786257311229</t>
+          <t>9786257311366</t>
         </is>
       </c>
       <c r="B1334" s="1" t="inlineStr">
         <is>
-          <t>Fulya</t>
+          <t>Akşamcılar Puantiyeli Rüzgar Giyer</t>
         </is>
       </c>
       <c r="C1334" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1335" spans="1:3">
       <c r="A1335" s="1" t="inlineStr">
         <is>
-          <t>9786257311014</t>
+          <t>9786257764469</t>
         </is>
       </c>
       <c r="B1335" s="1" t="inlineStr">
         <is>
-          <t>Esirliğim İstanbul</t>
+          <t>366.Gün</t>
         </is>
       </c>
       <c r="C1335" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="1336" spans="1:3">
       <c r="A1336" s="1" t="inlineStr">
         <is>
-          <t>9786257764551</t>
+          <t>9786257098908</t>
         </is>
       </c>
       <c r="B1336" s="1" t="inlineStr">
         <is>
-          <t>Efendi Hazretleri</t>
+          <t>Hüzün Yağmurları</t>
         </is>
       </c>
       <c r="C1336" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1337" spans="1:3">
       <c r="A1337" s="1" t="inlineStr">
         <is>
-          <t>9786257311649</t>
+          <t>9786257311465</t>
         </is>
       </c>
       <c r="B1337" s="1" t="inlineStr">
         <is>
-          <t>Dört Yol Ağzında</t>
+          <t>Sessizliğin Alameti</t>
         </is>
       </c>
       <c r="C1337" s="1">
-        <v>270</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1338" spans="1:3">
       <c r="A1338" s="1" t="inlineStr">
         <is>
-          <t>9786257764865</t>
+          <t>9786257311007</t>
         </is>
       </c>
       <c r="B1338" s="1" t="inlineStr">
         <is>
-          <t>Şiirimsiler 1</t>
+          <t>Pandemi</t>
         </is>
       </c>
       <c r="C1338" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1339" spans="1:3">
       <c r="A1339" s="1" t="inlineStr">
         <is>
-          <t>9786257311182</t>
+          <t>9786257311311</t>
         </is>
       </c>
       <c r="B1339" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Tünel</t>
+          <t>Neden Sosyalist Oldum?</t>
         </is>
       </c>
       <c r="C1339" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1340" spans="1:3">
       <c r="A1340" s="1" t="inlineStr">
         <is>
-          <t>9786257764872</t>
+          <t>9786257311151</t>
         </is>
       </c>
       <c r="B1340" s="1" t="inlineStr">
         <is>
-          <t>Şiirimsiler 2</t>
+          <t>Adressiz Kelimeler</t>
         </is>
       </c>
       <c r="C1340" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="1341" spans="1:3">
       <c r="A1341" s="1" t="inlineStr">
         <is>
-          <t>9786257764483</t>
+          <t>9786257764988</t>
         </is>
       </c>
       <c r="B1341" s="1" t="inlineStr">
         <is>
-          <t>Bir Atım Olsa</t>
+          <t>Sevgilim Karga</t>
         </is>
       </c>
       <c r="C1341" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1342" spans="1:3">
       <c r="A1342" s="1" t="inlineStr">
         <is>
-          <t>9786257311113</t>
+          <t>9786257764063</t>
         </is>
       </c>
       <c r="B1342" s="1" t="inlineStr">
         <is>
-          <t>Şarkılar Yazdım Sana</t>
+          <t>Her Hayat</t>
         </is>
       </c>
       <c r="C1342" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1343" spans="1:3">
       <c r="A1343" s="1" t="inlineStr">
         <is>
-          <t>9786257311328</t>
+          <t>9786257098984</t>
         </is>
       </c>
       <c r="B1343" s="1" t="inlineStr">
         <is>
-          <t>Beyoğlu Cinayetleri</t>
+          <t>Okuruma Mektuplar - 1</t>
         </is>
       </c>
       <c r="C1343" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1344" spans="1:3">
       <c r="A1344" s="1" t="inlineStr">
         <is>
-          <t>9786257311021</t>
+          <t>9786257098823</t>
         </is>
       </c>
       <c r="B1344" s="1" t="inlineStr">
         <is>
-          <t>Bedrettin Cömert</t>
+          <t>Verdek</t>
         </is>
       </c>
       <c r="C1344" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1345" spans="1:3">
       <c r="A1345" s="1" t="inlineStr">
         <is>
-          <t>9786257311175</t>
+          <t>9786257764223</t>
         </is>
       </c>
       <c r="B1345" s="1" t="inlineStr">
         <is>
-          <t>Bana Zemheri Gibi Bakma</t>
+          <t>Serçe Baladı</t>
         </is>
       </c>
       <c r="C1345" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1346" spans="1:3">
       <c r="A1346" s="1" t="inlineStr">
         <is>
-          <t>9786257311502</t>
+          <t>9786257764216</t>
         </is>
       </c>
       <c r="B1346" s="1" t="inlineStr">
         <is>
-          <t>Sönük Bir Gün İçin Ağıt</t>
+          <t>Uyumsuzluk ve İntihar</t>
         </is>
       </c>
       <c r="C1346" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="1347" spans="1:3">
       <c r="A1347" s="1" t="inlineStr">
         <is>
-          <t>9786257311090</t>
+          <t>9786257764131</t>
         </is>
       </c>
       <c r="B1347" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Bitmemesi İçin</t>
+          <t>Geri Sayım Çiçeği</t>
         </is>
       </c>
       <c r="C1347" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1348" spans="1:3">
       <c r="A1348" s="1" t="inlineStr">
         <is>
-          <t>9786257764568</t>
+          <t>9786257764124</t>
         </is>
       </c>
       <c r="B1348" s="1" t="inlineStr">
         <is>
-          <t>Farkında Değildin (Ciltli)</t>
+          <t>İnceliğin Seyri</t>
         </is>
       </c>
       <c r="C1348" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="1349" spans="1:3">
       <c r="A1349" s="1" t="inlineStr">
         <is>
-          <t>9786257764841</t>
+          <t>9786257764308</t>
         </is>
       </c>
       <c r="B1349" s="1" t="inlineStr">
         <is>
-          <t>Exodus</t>
+          <t>Büyülü Dağ</t>
         </is>
       </c>
       <c r="C1349" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1350" spans="1:3">
       <c r="A1350" s="1" t="inlineStr">
         <is>
-          <t>9786257764445</t>
+          <t>9786257764087</t>
         </is>
       </c>
       <c r="B1350" s="1" t="inlineStr">
         <is>
-          <t>Kadın Kaos</t>
+          <t>Yedi Kilise</t>
         </is>
       </c>
       <c r="C1350" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1351" spans="1:3">
       <c r="A1351" s="1" t="inlineStr">
         <is>
-          <t>9786257764360</t>
+          <t>9786257764322</t>
         </is>
       </c>
       <c r="B1351" s="1" t="inlineStr">
         <is>
-          <t>(H)iç Ses</t>
+          <t>Rind</t>
         </is>
       </c>
       <c r="C1351" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="1352" spans="1:3">
       <c r="A1352" s="1" t="inlineStr">
         <is>
-          <t>9786257311168</t>
+          <t>9786257098137</t>
         </is>
       </c>
       <c r="B1352" s="1" t="inlineStr">
         <is>
-          <t>Taş Avlu</t>
+          <t>Yaşamın Parmak İzleri</t>
         </is>
       </c>
       <c r="C1352" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1353" spans="1:3">
       <c r="A1353" s="1" t="inlineStr">
         <is>
-          <t>9786257098458</t>
+          <t>9786257098069</t>
         </is>
       </c>
       <c r="B1353" s="1" t="inlineStr">
         <is>
-          <t>Düşlük</t>
+          <t>İkra</t>
         </is>
       </c>
       <c r="C1353" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1354" spans="1:3">
       <c r="A1354" s="1" t="inlineStr">
         <is>
-          <t>9786257098564</t>
+          <t>9786257764261</t>
         </is>
       </c>
       <c r="B1354" s="1" t="inlineStr">
         <is>
-          <t>Gerçeküstü</t>
+          <t>Acı Sarısı</t>
         </is>
       </c>
       <c r="C1354" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1355" spans="1:3">
       <c r="A1355" s="1" t="inlineStr">
         <is>
-          <t>9786257098878</t>
+          <t>9786257764278</t>
         </is>
       </c>
       <c r="B1355" s="1" t="inlineStr">
         <is>
-          <t>Gibi Yaşamak</t>
+          <t>Tanrıça Nodra</t>
         </is>
       </c>
       <c r="C1355" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1356" spans="1:3">
       <c r="A1356" s="1" t="inlineStr">
         <is>
-          <t>9786257098397</t>
+          <t>9786257764117</t>
         </is>
       </c>
       <c r="B1356" s="1" t="inlineStr">
         <is>
-          <t>Kırlangıç Hevesi</t>
+          <t>Silinti Harita</t>
         </is>
       </c>
       <c r="C1356" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="1357" spans="1:3">
       <c r="A1357" s="1" t="inlineStr">
         <is>
-          <t>9786257098571</t>
+          <t>9786257764315</t>
         </is>
       </c>
       <c r="B1357" s="1" t="inlineStr">
         <is>
-          <t>Her Şiir Bir Tabanca</t>
+          <t>Ne Keder Ne Hicran</t>
         </is>
       </c>
       <c r="C1357" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1358" spans="1:3">
       <c r="A1358" s="1" t="inlineStr">
         <is>
-          <t>9786257098465</t>
+          <t>9786257098977</t>
         </is>
       </c>
       <c r="B1358" s="1" t="inlineStr">
         <is>
-          <t>Çın Çınn</t>
+          <t>Şairime Mektuplar - 1</t>
         </is>
       </c>
       <c r="C1358" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1359" spans="1:3">
       <c r="A1359" s="1" t="inlineStr">
         <is>
-          <t>9786257098588</t>
+          <t>9786257311991</t>
         </is>
       </c>
       <c r="B1359" s="1" t="inlineStr">
         <is>
-          <t>Işığın 25. Karesi</t>
+          <t>Çıkış Kapısı</t>
         </is>
       </c>
       <c r="C1359" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1360" spans="1:3">
       <c r="A1360" s="1" t="inlineStr">
         <is>
-          <t>9786257098472</t>
+          <t>9786257352062</t>
         </is>
       </c>
       <c r="B1360" s="1" t="inlineStr">
         <is>
-          <t>Beton Ağaçlar Altında</t>
+          <t>Rüzgarın Kızı</t>
         </is>
       </c>
       <c r="C1360" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1361" spans="1:3">
       <c r="A1361" s="1" t="inlineStr">
         <is>
-          <t>9786257098663</t>
+          <t>9786257984553</t>
         </is>
       </c>
       <c r="B1361" s="1" t="inlineStr">
         <is>
-          <t>Yitik Zaman</t>
+          <t>A Pscyhoanalytic Criticism of Hawthorne' The Scarlet Letter and Melville's Moby Dick</t>
         </is>
       </c>
       <c r="C1361" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1362" spans="1:3">
       <c r="A1362" s="1" t="inlineStr">
         <is>
-          <t>9786257098731</t>
+          <t>9786058020443</t>
         </is>
       </c>
       <c r="B1362" s="1" t="inlineStr">
         <is>
-          <t>Gök Şiir Dünya Şair</t>
+          <t>Her Şey Bir Taşla Başladı</t>
         </is>
       </c>
       <c r="C1362" s="1">
-        <v>180</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1363" spans="1:3">
       <c r="A1363" s="1" t="inlineStr">
         <is>
-          <t>9786257098748</t>
+          <t>9786056970658</t>
         </is>
       </c>
       <c r="B1363" s="1" t="inlineStr">
         <is>
-          <t>Buyrun Arayın</t>
+          <t>Ses Ver Çağ Düşsün</t>
         </is>
       </c>
       <c r="C1363" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1364" spans="1:3">
       <c r="A1364" s="1" t="inlineStr">
         <is>
-          <t>9786257098601</t>
+          <t>9786057655899</t>
         </is>
       </c>
       <c r="B1364" s="1" t="inlineStr">
         <is>
-          <t>Uçkun</t>
+          <t>İnsan</t>
         </is>
       </c>
       <c r="C1364" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1365" spans="1:3">
       <c r="A1365" s="1" t="inlineStr">
         <is>
-          <t>9786257098670</t>
+          <t>9786257984195</t>
         </is>
       </c>
       <c r="B1365" s="1" t="inlineStr">
         <is>
-          <t>Yazdığını Yaşamak</t>
+          <t>Şahısların En Tekiliyim</t>
         </is>
       </c>
       <c r="C1365" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1366" spans="1:3">
       <c r="A1366" s="1" t="inlineStr">
         <is>
-          <t>9786257098403</t>
+          <t>9786257764728</t>
         </is>
       </c>
       <c r="B1366" s="1" t="inlineStr">
         <is>
-          <t>Kardelende Menekşe Vakti</t>
+          <t>Yüzlerin Söyleşisi</t>
         </is>
       </c>
       <c r="C1366" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1367" spans="1:3">
       <c r="A1367" s="1" t="inlineStr">
         <is>
-          <t>9786257098410</t>
+          <t>9786257311380</t>
         </is>
       </c>
       <c r="B1367" s="1" t="inlineStr">
         <is>
-          <t>Gelincik Ağrısı</t>
+          <t>Yeraltının Kırılganları Rimbaud ve Küçük İskender</t>
         </is>
       </c>
       <c r="C1367" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1368" spans="1:3">
       <c r="A1368" s="1" t="inlineStr">
         <is>
-          <t>9786257098489</t>
+          <t>9786257311250</t>
         </is>
       </c>
       <c r="B1368" s="1" t="inlineStr">
         <is>
-          <t>Alaca Kuş Ağıtı</t>
+          <t>Yeniden Hayal Kurabilmek</t>
         </is>
       </c>
       <c r="C1368" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1369" spans="1:3">
       <c r="A1369" s="1" t="inlineStr">
         <is>
-          <t>9786257098618</t>
+          <t>9786257764490</t>
         </is>
       </c>
       <c r="B1369" s="1" t="inlineStr">
         <is>
-          <t>Şiirin Şafağında</t>
+          <t>Tel Kadın</t>
         </is>
       </c>
       <c r="C1369" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1370" spans="1:3">
       <c r="A1370" s="1" t="inlineStr">
         <is>
-          <t>9786257098656</t>
+          <t>9786257764889</t>
         </is>
       </c>
       <c r="B1370" s="1" t="inlineStr">
         <is>
-          <t>Koş Kişot</t>
+          <t>Hayat Şiirdir</t>
         </is>
       </c>
       <c r="C1370" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1371" spans="1:3">
       <c r="A1371" s="1" t="inlineStr">
         <is>
-          <t>9786057655127</t>
+          <t>9786257311403</t>
         </is>
       </c>
       <c r="B1371" s="1" t="inlineStr">
         <is>
-          <t>Bin Dün Var Yarında</t>
+          <t>Hardcore Şatafat (Ciltli)</t>
         </is>
       </c>
       <c r="C1371" s="1">
-        <v>50</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1372" spans="1:3">
       <c r="A1372" s="1" t="inlineStr">
         <is>
-          <t>9786057655073</t>
+          <t>9786257764995</t>
         </is>
       </c>
       <c r="B1372" s="1" t="inlineStr">
         <is>
-          <t>Yanlış Kuşlar İskelesi</t>
+          <t>Hangi Şiir Onarır Şu Taşküreyi?</t>
         </is>
       </c>
       <c r="C1372" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1373" spans="1:3">
       <c r="A1373" s="1" t="inlineStr">
         <is>
-          <t>9786057655080</t>
+          <t>9786257311229</t>
         </is>
       </c>
       <c r="B1373" s="1" t="inlineStr">
         <is>
-          <t>Yamalı Rüzgar</t>
+          <t>Fulya</t>
         </is>
       </c>
       <c r="C1373" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1374" spans="1:3">
       <c r="A1374" s="1" t="inlineStr">
         <is>
-          <t>9786057655141</t>
+          <t>9786257311014</t>
         </is>
       </c>
       <c r="B1374" s="1" t="inlineStr">
         <is>
-          <t>Lirbah</t>
+          <t>Esirliğim İstanbul</t>
         </is>
       </c>
       <c r="C1374" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="1375" spans="1:3">
       <c r="A1375" s="1" t="inlineStr">
         <is>
-          <t>9786257352932</t>
+          <t>9786257764551</t>
         </is>
       </c>
       <c r="B1375" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Orman</t>
+          <t>Efendi Hazretleri</t>
         </is>
       </c>
       <c r="C1375" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1376" spans="1:3">
       <c r="A1376" s="1" t="inlineStr">
         <is>
-          <t>9786257352697</t>
+          <t>9786257311649</t>
         </is>
       </c>
       <c r="B1376" s="1" t="inlineStr">
         <is>
-          <t>Kibrit Yanarken Bükülür</t>
+          <t>Dört Yol Ağzında</t>
         </is>
       </c>
       <c r="C1376" s="1">
-        <v>180</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1377" spans="1:3">
       <c r="A1377" s="1" t="inlineStr">
         <is>
-          <t>9786257352864</t>
+          <t>9786257764865</t>
         </is>
       </c>
       <c r="B1377" s="1" t="inlineStr">
         <is>
-          <t>Ateşin Gürültüsü</t>
+          <t>Şiirimsiler 1</t>
         </is>
       </c>
       <c r="C1377" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="1378" spans="1:3">
       <c r="A1378" s="1" t="inlineStr">
         <is>
-          <t>9786057655103</t>
+          <t>9786257311182</t>
         </is>
       </c>
       <c r="B1378" s="1" t="inlineStr">
         <is>
-          <t>Kendime Savurduğum Hançer</t>
+          <t>Büyülü Tünel</t>
         </is>
       </c>
       <c r="C1378" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1379" spans="1:3">
       <c r="A1379" s="1" t="inlineStr">
         <is>
-          <t>9786257311304</t>
+          <t>9786257764872</t>
         </is>
       </c>
       <c r="B1379" s="1" t="inlineStr">
         <is>
-          <t>Rabarba</t>
+          <t>Şiirimsiler 2</t>
         </is>
       </c>
       <c r="C1379" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="1380" spans="1:3">
       <c r="A1380" s="1" t="inlineStr">
         <is>
-          <t>9786257391016</t>
+          <t>9786257764483</t>
         </is>
       </c>
       <c r="B1380" s="1" t="inlineStr">
         <is>
-          <t>Olay Ufku</t>
+          <t>Bir Atım Olsa</t>
         </is>
       </c>
       <c r="C1380" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="1381" spans="1:3">
       <c r="A1381" s="1" t="inlineStr">
         <is>
-          <t>9786257352796</t>
+          <t>9786257311113</t>
         </is>
       </c>
       <c r="B1381" s="1" t="inlineStr">
         <is>
-          <t>Tozda Ayak İzleri</t>
+          <t>Şarkılar Yazdım Sana</t>
         </is>
       </c>
       <c r="C1381" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1382" spans="1:3">
       <c r="A1382" s="1" t="inlineStr">
         <is>
-          <t>9786257098885</t>
+          <t>9786257311328</t>
         </is>
       </c>
       <c r="B1382" s="1" t="inlineStr">
         <is>
-          <t>Islatmadan Öp Çölü</t>
+          <t>Beyoğlu Cinayetleri</t>
         </is>
       </c>
       <c r="C1382" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1383" spans="1:3">
       <c r="A1383" s="1" t="inlineStr">
         <is>
-          <t>9786257098427</t>
+          <t>9786257311021</t>
         </is>
       </c>
       <c r="B1383" s="1" t="inlineStr">
         <is>
-          <t>Fesleğen Kokusu</t>
+          <t>Bedrettin Cömert</t>
         </is>
       </c>
       <c r="C1383" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1384" spans="1:3">
       <c r="A1384" s="1" t="inlineStr">
         <is>
-          <t>9786257098496</t>
+          <t>9786257311175</t>
         </is>
       </c>
       <c r="B1384" s="1" t="inlineStr">
         <is>
-          <t>Aort</t>
+          <t>Bana Zemheri Gibi Bakma</t>
         </is>
       </c>
       <c r="C1384" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1385" spans="1:3">
       <c r="A1385" s="1" t="inlineStr">
         <is>
-          <t>9786257098625</t>
+          <t>9786257311502</t>
         </is>
       </c>
       <c r="B1385" s="1" t="inlineStr">
         <is>
-          <t>Naklen Acılar</t>
+          <t>Sönük Bir Gün İçin Ağıt</t>
         </is>
       </c>
       <c r="C1385" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1386" spans="1:3">
       <c r="A1386" s="1" t="inlineStr">
         <is>
-          <t>9786257098694</t>
+          <t>9786257311090</t>
         </is>
       </c>
       <c r="B1386" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Lotusun Uyanışı</t>
+          <t>Aşkın Bitmemesi İçin</t>
         </is>
       </c>
       <c r="C1386" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1387" spans="1:3">
       <c r="A1387" s="1" t="inlineStr">
         <is>
-          <t>9786257098762</t>
+          <t>9786257764568</t>
         </is>
       </c>
       <c r="B1387" s="1" t="inlineStr">
         <is>
-          <t>Aras Boyu Çığlık</t>
+          <t>Farkında Değildin (Ciltli)</t>
         </is>
       </c>
       <c r="C1387" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="1388" spans="1:3">
       <c r="A1388" s="1" t="inlineStr">
         <is>
-          <t>9786257098779</t>
+          <t>9786257764841</t>
         </is>
       </c>
       <c r="B1388" s="1" t="inlineStr">
         <is>
-          <t>Komşu Sesler</t>
+          <t>Exodus</t>
         </is>
       </c>
       <c r="C1388" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1389" spans="1:3">
       <c r="A1389" s="1" t="inlineStr">
         <is>
-          <t>9786257098717</t>
+          <t>9786257764445</t>
         </is>
       </c>
       <c r="B1389" s="1" t="inlineStr">
         <is>
-          <t>Kelimeler Aurayla Sevişir</t>
+          <t>Kadın Kaos</t>
         </is>
       </c>
       <c r="C1389" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1390" spans="1:3">
       <c r="A1390" s="1" t="inlineStr">
         <is>
-          <t>9786257098632</t>
+          <t>9786257764360</t>
         </is>
       </c>
       <c r="B1390" s="1" t="inlineStr">
         <is>
-          <t>Mirce</t>
+          <t>(H)iç Ses</t>
         </is>
       </c>
       <c r="C1390" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="1391" spans="1:3">
       <c r="A1391" s="1" t="inlineStr">
         <is>
-          <t>9786257098526</t>
+          <t>9786257311168</t>
         </is>
       </c>
       <c r="B1391" s="1" t="inlineStr">
         <is>
-          <t>Adressiz</t>
+          <t>Taş Avlu</t>
         </is>
       </c>
       <c r="C1391" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1392" spans="1:3">
       <c r="A1392" s="1" t="inlineStr">
         <is>
-          <t>9786257098434</t>
+          <t>9786257098458</t>
         </is>
       </c>
       <c r="B1392" s="1" t="inlineStr">
         <is>
-          <t>Faili Meçhul Yalnızlık</t>
+          <t>Düşlük</t>
         </is>
       </c>
       <c r="C1392" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1393" spans="1:3">
       <c r="A1393" s="1" t="inlineStr">
         <is>
-          <t>9786257098441</t>
+          <t>9786257098564</t>
         </is>
       </c>
       <c r="B1393" s="1" t="inlineStr">
         <is>
-          <t>Elleri Olmasa Hüznün</t>
+          <t>Gerçeküstü</t>
         </is>
       </c>
       <c r="C1393" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1394" spans="1:3">
       <c r="A1394" s="1" t="inlineStr">
         <is>
-          <t>9786257098540</t>
+          <t>9786257098878</t>
         </is>
       </c>
       <c r="B1394" s="1" t="inlineStr">
         <is>
-          <t>Bilyelerimi Attım Denize</t>
+          <t>Gibi Yaşamak</t>
         </is>
       </c>
       <c r="C1394" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1395" spans="1:3">
       <c r="A1395" s="1" t="inlineStr">
         <is>
-          <t>9786257098649</t>
+          <t>9786257098397</t>
         </is>
       </c>
       <c r="B1395" s="1" t="inlineStr">
         <is>
-          <t>Yurtsuz Düş</t>
+          <t>Kırlangıç Hevesi</t>
         </is>
       </c>
       <c r="C1395" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1396" spans="1:3">
       <c r="A1396" s="1" t="inlineStr">
         <is>
-          <t>9786257098724</t>
+          <t>9786257098571</t>
         </is>
       </c>
       <c r="B1396" s="1" t="inlineStr">
         <is>
-          <t>Gün Açar Mavi</t>
+          <t>Her Şiir Bir Tabanca</t>
         </is>
       </c>
       <c r="C1396" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1397" spans="1:3">
       <c r="A1397" s="1" t="inlineStr">
         <is>
-          <t>9786257098793</t>
+          <t>9786257098465</t>
         </is>
       </c>
       <c r="B1397" s="1" t="inlineStr">
         <is>
-          <t>Bir Düş Sürgünü</t>
+          <t>Çın Çınn</t>
         </is>
       </c>
       <c r="C1397" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1398" spans="1:3">
       <c r="A1398" s="1" t="inlineStr">
         <is>
-          <t>9786257098380</t>
+          <t>9786257098588</t>
         </is>
       </c>
       <c r="B1398" s="1" t="inlineStr">
         <is>
-          <t>Litost</t>
+          <t>Işığın 25. Karesi</t>
         </is>
       </c>
       <c r="C1398" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1399" spans="1:3">
       <c r="A1399" s="1" t="inlineStr">
         <is>
-          <t>9786257098687</t>
+          <t>9786257098472</t>
         </is>
       </c>
       <c r="B1399" s="1" t="inlineStr">
         <is>
-          <t>Taş Gölgeler</t>
+          <t>Beton Ağaçlar Altında</t>
         </is>
       </c>
       <c r="C1399" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1400" spans="1:3">
       <c r="A1400" s="1" t="inlineStr">
         <is>
-          <t>9786257098755</t>
+          <t>9786257098663</t>
         </is>
       </c>
       <c r="B1400" s="1" t="inlineStr">
         <is>
-          <t>Nokta</t>
+          <t>Yitik Zaman</t>
         </is>
       </c>
       <c r="C1400" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1401" spans="1:3">
       <c r="A1401" s="1" t="inlineStr">
         <is>
-          <t>9786257098373</t>
+          <t>9786257098731</t>
         </is>
       </c>
       <c r="B1401" s="1" t="inlineStr">
         <is>
-          <t>Ölüler Senfonisi</t>
+          <t>Gök Şiir Dünya Şair</t>
         </is>
       </c>
       <c r="C1401" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="1402" spans="1:3">
       <c r="A1402" s="1" t="inlineStr">
         <is>
-          <t>9786257098359</t>
+          <t>9786257098748</t>
         </is>
       </c>
       <c r="B1402" s="1" t="inlineStr">
         <is>
-          <t>Şarkıların Doğuşu</t>
+          <t>Buyrun Arayın</t>
         </is>
       </c>
       <c r="C1402" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1403" spans="1:3">
       <c r="A1403" s="1" t="inlineStr">
         <is>
-          <t>9786257984041</t>
+          <t>9786257098601</t>
         </is>
       </c>
       <c r="B1403" s="1" t="inlineStr">
         <is>
-          <t>Adım Josephine</t>
+          <t>Uçkun</t>
         </is>
       </c>
       <c r="C1403" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1404" spans="1:3">
       <c r="A1404" s="1" t="inlineStr">
         <is>
-          <t>9786057655646</t>
+          <t>9786257098670</t>
         </is>
       </c>
       <c r="B1404" s="1" t="inlineStr">
         <is>
-          <t>İkİ Ayaklılar Dört Ayaklılar Doğaları</t>
+          <t>Yazdığını Yaşamak</t>
         </is>
       </c>
       <c r="C1404" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1405" spans="1:3">
       <c r="A1405" s="1" t="inlineStr">
         <is>
-          <t>9786057655936</t>
+          <t>9786257098403</t>
         </is>
       </c>
       <c r="B1405" s="1" t="inlineStr">
         <is>
-          <t>Dünya Kaç Kare</t>
+          <t>Kardelende Menekşe Vakti</t>
         </is>
       </c>
       <c r="C1405" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1406" spans="1:3">
       <c r="A1406" s="1" t="inlineStr">
         <is>
-          <t>9786057655967</t>
+          <t>9786257098410</t>
         </is>
       </c>
       <c r="B1406" s="1" t="inlineStr">
         <is>
-          <t>Dostlar Apartmanı</t>
+          <t>Gelincik Ağrısı</t>
         </is>
       </c>
       <c r="C1406" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1407" spans="1:3">
       <c r="A1407" s="1" t="inlineStr">
         <is>
-          <t>9786057655776</t>
+          <t>9786257098489</t>
         </is>
       </c>
       <c r="B1407" s="1" t="inlineStr">
         <is>
-          <t>Aşk Bize Dokununca</t>
+          <t>Alaca Kuş Ağıtı</t>
         </is>
       </c>
       <c r="C1407" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1408" spans="1:3">
       <c r="A1408" s="1" t="inlineStr">
         <is>
-          <t>9786057655981</t>
+          <t>9786257098618</t>
         </is>
       </c>
       <c r="B1408" s="1" t="inlineStr">
         <is>
-          <t>Sazlıktaki Rüzgar</t>
+          <t>Şiirin Şafağında</t>
         </is>
       </c>
       <c r="C1408" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1409" spans="1:3">
       <c r="A1409" s="1" t="inlineStr">
         <is>
-          <t>9786057655875</t>
+          <t>9786257098656</t>
         </is>
       </c>
       <c r="B1409" s="1" t="inlineStr">
         <is>
-          <t>Uğurun Mantığı</t>
+          <t>Koş Kişot</t>
         </is>
       </c>
       <c r="C1409" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1410" spans="1:3">
       <c r="A1410" s="1" t="inlineStr">
         <is>
-          <t>9786057655974</t>
+          <t>9786057655127</t>
         </is>
       </c>
       <c r="B1410" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Ağaç</t>
+          <t>Bin Dün Var Yarında</t>
         </is>
       </c>
       <c r="C1410" s="1">
-        <v>170</v>
+        <v>50</v>
       </c>
     </row>
     <row r="1411" spans="1:3">
       <c r="A1411" s="1" t="inlineStr">
         <is>
-          <t>9786057655998</t>
+          <t>9786057655073</t>
         </is>
       </c>
       <c r="B1411" s="1" t="inlineStr">
         <is>
-          <t>Kuzudan Kaplana</t>
+          <t>Yanlış Kuşlar İskelesi</t>
         </is>
       </c>
       <c r="C1411" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1412" spans="1:3">
       <c r="A1412" s="1" t="inlineStr">
         <is>
-          <t>9786057655950</t>
+          <t>9786057655080</t>
         </is>
       </c>
       <c r="B1412" s="1" t="inlineStr">
         <is>
-          <t>Dilsiz Tekneci</t>
+          <t>Yamalı Rüzgar</t>
         </is>
       </c>
       <c r="C1412" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1413" spans="1:3">
       <c r="A1413" s="1" t="inlineStr">
         <is>
-          <t>9786057655035</t>
+          <t>9786057655141</t>
         </is>
       </c>
       <c r="B1413" s="1" t="inlineStr">
         <is>
-          <t>İp Cambazı</t>
+          <t>Lirbah</t>
         </is>
       </c>
       <c r="C1413" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1414" spans="1:3">
       <c r="A1414" s="1" t="inlineStr">
         <is>
-          <t>9786057655066</t>
+          <t>9786257352932</t>
         </is>
       </c>
       <c r="B1414" s="1" t="inlineStr">
         <is>
-          <t>Haller Kitabı</t>
+          <t>Yalnız Orman</t>
         </is>
       </c>
       <c r="C1414" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1415" spans="1:3">
       <c r="A1415" s="1" t="inlineStr">
         <is>
-          <t>9786057655011</t>
+          <t>9786257352697</t>
         </is>
       </c>
       <c r="B1415" s="1" t="inlineStr">
         <is>
-          <t>Sus'un Gizi</t>
+          <t>Kibrit Yanarken Bükülür</t>
         </is>
       </c>
       <c r="C1415" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1416" spans="1:3">
       <c r="A1416" s="1" t="inlineStr">
         <is>
-          <t>9786057655028</t>
+          <t>9786257352864</t>
         </is>
       </c>
       <c r="B1416" s="1" t="inlineStr">
         <is>
-          <t>Ölü Geyikler İçin Eleji</t>
+          <t>Ateşin Gürültüsü</t>
         </is>
       </c>
       <c r="C1416" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1417" spans="1:3">
       <c r="A1417" s="1" t="inlineStr">
         <is>
-          <t>9786257352079</t>
+          <t>9786057655103</t>
         </is>
       </c>
       <c r="B1417" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Kadınlar Lokali</t>
+          <t>Kendime Savurduğum Hançer</t>
         </is>
       </c>
       <c r="C1417" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1418" spans="1:3">
       <c r="A1418" s="1" t="inlineStr">
         <is>
-          <t>9786257764896</t>
+          <t>9786257311304</t>
         </is>
       </c>
       <c r="B1418" s="1" t="inlineStr">
         <is>
-          <t>Zaman ve Fırat</t>
+          <t>Rabarba</t>
         </is>
       </c>
       <c r="C1418" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="1419" spans="1:3">
       <c r="A1419" s="1" t="inlineStr">
         <is>
-          <t>9786257352017</t>
+          <t>9786257391016</t>
         </is>
       </c>
       <c r="B1419" s="1" t="inlineStr">
         <is>
-          <t>Aforizmalar 1</t>
+          <t>Olay Ufku</t>
         </is>
       </c>
       <c r="C1419" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1420" spans="1:3">
       <c r="A1420" s="1" t="inlineStr">
         <is>
-          <t>9786257311519</t>
+          <t>9786257352796</t>
         </is>
       </c>
       <c r="B1420" s="1" t="inlineStr">
         <is>
-          <t>Sis</t>
+          <t>Tozda Ayak İzleri</t>
         </is>
       </c>
       <c r="C1420" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1421" spans="1:3">
       <c r="A1421" s="1" t="inlineStr">
         <is>
-          <t>9786257352116</t>
+          <t>9786257098885</t>
         </is>
       </c>
       <c r="B1421" s="1" t="inlineStr">
         <is>
-          <t>Şiirin Gizlisi Çok</t>
+          <t>Islatmadan Öp Çölü</t>
         </is>
       </c>
       <c r="C1421" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1422" spans="1:3">
       <c r="A1422" s="1" t="inlineStr">
         <is>
-          <t>9786057655097</t>
+          <t>9786257098427</t>
         </is>
       </c>
       <c r="B1422" s="1" t="inlineStr">
         <is>
-          <t>Kimi Öpsem Yitirir Anneliğini</t>
+          <t>Fesleğen Kokusu</t>
         </is>
       </c>
       <c r="C1422" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1423" spans="1:3">
       <c r="A1423" s="1" t="inlineStr">
         <is>
-          <t>9786257352000</t>
+          <t>9786257098496</t>
         </is>
       </c>
       <c r="B1423" s="1" t="inlineStr">
         <is>
-          <t>Beşik Sırtı</t>
+          <t>Aort</t>
         </is>
       </c>
       <c r="C1423" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1424" spans="1:3">
       <c r="A1424" s="1" t="inlineStr">
         <is>
-          <t>9786257311861</t>
+          <t>9786257098625</t>
         </is>
       </c>
       <c r="B1424" s="1" t="inlineStr">
         <is>
-          <t>İşte Bütün Hikaye Bu</t>
+          <t>Naklen Acılar</t>
         </is>
       </c>
       <c r="C1424" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1425" spans="1:3">
       <c r="A1425" s="1" t="inlineStr">
         <is>
-          <t>9786257352147</t>
+          <t>9786257098694</t>
         </is>
       </c>
       <c r="B1425" s="1" t="inlineStr">
         <is>
-          <t>Sinemanın Maskeler</t>
+          <t>Kutsal Lotusun Uyanışı</t>
         </is>
       </c>
       <c r="C1425" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1426" spans="1:3">
       <c r="A1426" s="1" t="inlineStr">
         <is>
-          <t>9786257352161</t>
+          <t>9786257098762</t>
         </is>
       </c>
       <c r="B1426" s="1" t="inlineStr">
         <is>
-          <t>Benim Sinemacılarım</t>
+          <t>Aras Boyu Çığlık</t>
         </is>
       </c>
       <c r="C1426" s="1">
-        <v>270</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1427" spans="1:3">
       <c r="A1427" s="1" t="inlineStr">
         <is>
-          <t>9786257352154</t>
+          <t>9786257098779</t>
         </is>
       </c>
       <c r="B1427" s="1" t="inlineStr">
         <is>
-          <t>Radyodan Televizyona Arkası Yarın</t>
+          <t>Komşu Sesler</t>
         </is>
       </c>
       <c r="C1427" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1428" spans="1:3">
       <c r="A1428" s="1" t="inlineStr">
         <is>
-          <t>9786257352093</t>
+          <t>9786257098717</t>
         </is>
       </c>
       <c r="B1428" s="1" t="inlineStr">
         <is>
-          <t>Tut Dilimden Şileyda</t>
+          <t>Kelimeler Aurayla Sevişir</t>
         </is>
       </c>
       <c r="C1428" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="1429" spans="1:3">
       <c r="A1429" s="1" t="inlineStr">
         <is>
-          <t>9786257352055</t>
+          <t>9786257098632</t>
         </is>
       </c>
       <c r="B1429" s="1" t="inlineStr">
         <is>
-          <t>Viran Şiir</t>
+          <t>Mirce</t>
         </is>
       </c>
       <c r="C1429" s="1">
-        <v>450</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1430" spans="1:3">
       <c r="A1430" s="1" t="inlineStr">
         <is>
-          <t>9786257352130</t>
+          <t>9786257098526</t>
         </is>
       </c>
       <c r="B1430" s="1" t="inlineStr">
         <is>
-          <t>Bir Göç Hikayesi</t>
+          <t>Adressiz</t>
         </is>
       </c>
       <c r="C1430" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1431" spans="1:3">
       <c r="A1431" s="1" t="inlineStr">
         <is>
-          <t>9786257352086</t>
+          <t>9786257098434</t>
         </is>
       </c>
       <c r="B1431" s="1" t="inlineStr">
         <is>
-          <t>Yer Çekimine Aşık Kuşlar Kulübü</t>
+          <t>Faili Meçhul Yalnızlık</t>
         </is>
       </c>
       <c r="C1431" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1432" spans="1:3">
       <c r="A1432" s="1" t="inlineStr">
         <is>
-          <t>9786257311878</t>
+          <t>9786257098441</t>
         </is>
       </c>
       <c r="B1432" s="1" t="inlineStr">
         <is>
-          <t>Vadi</t>
+          <t>Elleri Olmasa Hüznün</t>
         </is>
       </c>
       <c r="C1432" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1433" spans="1:3">
       <c r="A1433" s="1" t="inlineStr">
         <is>
-          <t>9786257352178</t>
+          <t>9786257098540</t>
         </is>
       </c>
       <c r="B1433" s="1" t="inlineStr">
         <is>
-          <t>Yaza Daha Çok Var Çocuk</t>
+          <t>Bilyelerimi Attım Denize</t>
         </is>
       </c>
       <c r="C1433" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1434" spans="1:3">
       <c r="A1434" s="1" t="inlineStr">
         <is>
-          <t>9786257311779</t>
+          <t>9786257098649</t>
         </is>
       </c>
       <c r="B1434" s="1" t="inlineStr">
         <is>
-          <t>Aşk Örgütlenmektir</t>
+          <t>Yurtsuz Düş</t>
         </is>
       </c>
       <c r="C1434" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1435" spans="1:3">
       <c r="A1435" s="1" t="inlineStr">
         <is>
-          <t>9786257311793</t>
+          <t>9786257098724</t>
         </is>
       </c>
       <c r="B1435" s="1" t="inlineStr">
         <is>
-          <t>Aslan Burcu</t>
+          <t>Gün Açar Mavi</t>
         </is>
       </c>
       <c r="C1435" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1436" spans="1:3">
       <c r="A1436" s="1" t="inlineStr">
         <is>
-          <t>9786257311953</t>
+          <t>9786257098793</t>
         </is>
       </c>
       <c r="B1436" s="1" t="inlineStr">
         <is>
-          <t>Öteki Mülteci</t>
+          <t>Bir Düş Sürgünü</t>
         </is>
       </c>
       <c r="C1436" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1437" spans="1:3">
       <c r="A1437" s="1" t="inlineStr">
         <is>
-          <t>9786257311397</t>
+          <t>9786257098380</t>
         </is>
       </c>
       <c r="B1437" s="1" t="inlineStr">
         <is>
-          <t>Tahirhan</t>
+          <t>Litost</t>
         </is>
       </c>
       <c r="C1437" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1438" spans="1:3">
       <c r="A1438" s="1" t="inlineStr">
         <is>
-          <t>9786257311557</t>
+          <t>9786257098687</t>
         </is>
       </c>
       <c r="B1438" s="1" t="inlineStr">
         <is>
-          <t>Islığımın Ucunda Ay Heybemde Gül Kokusu</t>
+          <t>Taş Gölgeler</t>
         </is>
       </c>
       <c r="C1438" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1439" spans="1:3">
       <c r="A1439" s="1" t="inlineStr">
         <is>
-          <t>9786257311526</t>
+          <t>9786257098755</t>
         </is>
       </c>
       <c r="B1439" s="1" t="inlineStr">
         <is>
-          <t>Sakıncalı Dizeler</t>
+          <t>Nokta</t>
         </is>
       </c>
       <c r="C1439" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1440" spans="1:3">
       <c r="A1440" s="1" t="inlineStr">
         <is>
-          <t>9786257311588</t>
+          <t>9786257098373</t>
         </is>
       </c>
       <c r="B1440" s="1" t="inlineStr">
         <is>
-          <t>Aşk Kimseye Kimliğini Sormaz</t>
+          <t>Ölüler Senfonisi</t>
         </is>
       </c>
       <c r="C1440" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1441" spans="1:3">
       <c r="A1441" s="1" t="inlineStr">
         <is>
-          <t>9786257352024</t>
+          <t>9786257098359</t>
         </is>
       </c>
       <c r="B1441" s="1" t="inlineStr">
         <is>
-          <t>Omnia</t>
+          <t>Şarkıların Doğuşu</t>
         </is>
       </c>
       <c r="C1441" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1442" spans="1:3">
       <c r="A1442" s="1" t="inlineStr">
         <is>
-          <t>9786257311885</t>
+          <t>9786257984041</t>
         </is>
       </c>
       <c r="B1442" s="1" t="inlineStr">
         <is>
-          <t>Yazınsal Söylem</t>
+          <t>Adım Josephine</t>
         </is>
       </c>
       <c r="C1442" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1443" spans="1:3">
       <c r="A1443" s="1" t="inlineStr">
         <is>
-          <t>9786257311700</t>
+          <t>9786057655646</t>
         </is>
       </c>
       <c r="B1443" s="1" t="inlineStr">
         <is>
-          <t>Dağınık Atlas</t>
+          <t>İkİ Ayaklılar Dört Ayaklılar Doğaları</t>
         </is>
       </c>
       <c r="C1443" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1444" spans="1:3">
       <c r="A1444" s="1" t="inlineStr">
         <is>
-          <t>9786257311960</t>
+          <t>9786057655936</t>
         </is>
       </c>
       <c r="B1444" s="1" t="inlineStr">
         <is>
-          <t>İşgal ve İsyan</t>
+          <t>Dünya Kaç Kare</t>
         </is>
       </c>
       <c r="C1444" s="1">
-        <v>280</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1445" spans="1:3">
       <c r="A1445" s="1" t="inlineStr">
         <is>
-          <t>9786057655042</t>
+          <t>9786057655967</t>
         </is>
       </c>
       <c r="B1445" s="1" t="inlineStr">
         <is>
-          <t>Dut Ağacı</t>
+          <t>Dostlar Apartmanı</t>
         </is>
       </c>
       <c r="C1445" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1446" spans="1:3">
       <c r="A1446" s="1" t="inlineStr">
         <is>
-          <t>9786257352109</t>
+          <t>9786057655776</t>
         </is>
       </c>
       <c r="B1446" s="1" t="inlineStr">
         <is>
-          <t>Ve Gül Ve Ateş Ve Su</t>
+          <t>Aşk Bize Dokununca</t>
         </is>
       </c>
       <c r="C1446" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1447" spans="1:3">
       <c r="A1447" s="1" t="inlineStr">
         <is>
-          <t>9786257311892</t>
+          <t>9786057655981</t>
         </is>
       </c>
       <c r="B1447" s="1" t="inlineStr">
         <is>
-          <t>Vakvak Dalında Hüthüt</t>
+          <t>Sazlıktaki Rüzgar</t>
         </is>
       </c>
       <c r="C1447" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1448" spans="1:3">
       <c r="A1448" s="1" t="inlineStr">
         <is>
-          <t>9786257311618</t>
+          <t>9786057655875</t>
         </is>
       </c>
       <c r="B1448" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Siyah Gece Uzun</t>
+          <t>Uğurun Mantığı</t>
         </is>
       </c>
       <c r="C1448" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1449" spans="1:3">
       <c r="A1449" s="1" t="inlineStr">
         <is>
-          <t>9786257764001</t>
+          <t>9786057655974</t>
         </is>
       </c>
       <c r="B1449" s="1" t="inlineStr">
         <is>
-          <t>Dansa Kaldırılmayan Kadın</t>
+          <t>Yalnız Ağaç</t>
         </is>
       </c>
       <c r="C1449" s="1">
-        <v>180</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1450" spans="1:3">
       <c r="A1450" s="1" t="inlineStr">
         <is>
-          <t>9786257311977</t>
+          <t>9786057655998</t>
         </is>
       </c>
       <c r="B1450" s="1" t="inlineStr">
         <is>
-          <t>Güz Kumrusu</t>
+          <t>Kuzudan Kaplana</t>
         </is>
       </c>
       <c r="C1450" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1451" spans="1:3">
       <c r="A1451" s="1" t="inlineStr">
         <is>
-          <t>9786257098847</t>
+          <t>9786057655950</t>
         </is>
       </c>
       <c r="B1451" s="1" t="inlineStr">
         <is>
-          <t>1 Buket 41 Gül</t>
+          <t>Dilsiz Tekneci</t>
         </is>
       </c>
       <c r="C1451" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1452" spans="1:3">
       <c r="A1452" s="1" t="inlineStr">
         <is>
-          <t>9786257098922</t>
+          <t>9786057655035</t>
         </is>
       </c>
       <c r="B1452" s="1" t="inlineStr">
         <is>
-          <t>Bilge Kedi Olmak İstiyor</t>
+          <t>İp Cambazı</t>
         </is>
       </c>
       <c r="C1452" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1453" spans="1:3">
       <c r="A1453" s="1" t="inlineStr">
         <is>
-          <t>9786257098991</t>
+          <t>9786057655066</t>
         </is>
       </c>
       <c r="B1453" s="1" t="inlineStr">
         <is>
-          <t>Gazellertesi</t>
+          <t>Haller Kitabı</t>
         </is>
       </c>
       <c r="C1453" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1454" spans="1:3">
       <c r="A1454" s="1" t="inlineStr">
         <is>
-          <t>9786257098960</t>
+          <t>9786057655011</t>
         </is>
       </c>
       <c r="B1454" s="1" t="inlineStr">
         <is>
-          <t>Sistemin Artıkları</t>
+          <t>Sus'un Gizi</t>
         </is>
       </c>
       <c r="C1454" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1455" spans="1:3">
       <c r="A1455" s="1" t="inlineStr">
         <is>
-          <t>9786257098342</t>
+          <t>9786057655028</t>
         </is>
       </c>
       <c r="B1455" s="1" t="inlineStr">
         <is>
-          <t>Porselen Güvercin</t>
+          <t>Ölü Geyikler İçin Eleji</t>
         </is>
       </c>
       <c r="C1455" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1456" spans="1:3">
       <c r="A1456" s="1" t="inlineStr">
         <is>
-          <t>9786257098861</t>
+          <t>9786257352079</t>
         </is>
       </c>
       <c r="B1456" s="1" t="inlineStr">
         <is>
-          <t>Eskici</t>
+          <t>Sessiz Kadınlar Lokali</t>
         </is>
       </c>
       <c r="C1456" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1457" spans="1:3">
       <c r="A1457" s="1" t="inlineStr">
         <is>
-          <t>9786257311984</t>
+          <t>9786257764896</t>
         </is>
       </c>
       <c r="B1457" s="1" t="inlineStr">
         <is>
-          <t>Ferfene</t>
+          <t>Zaman ve Fırat</t>
         </is>
       </c>
       <c r="C1457" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1458" spans="1:3">
       <c r="A1458" s="1" t="inlineStr">
         <is>
-          <t>9786257311236</t>
+          <t>9786257352017</t>
         </is>
       </c>
       <c r="B1458" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Elisa</t>
+          <t>Aforizmalar 1</t>
         </is>
       </c>
       <c r="C1458" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1459" spans="1:3">
       <c r="A1459" s="1" t="inlineStr">
         <is>
-          <t>9786257311946</t>
+          <t>9786257311519</t>
         </is>
       </c>
       <c r="B1459" s="1" t="inlineStr">
         <is>
-          <t>Seyir Defteri</t>
+          <t>Sis</t>
         </is>
       </c>
       <c r="C1459" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="1460" spans="1:3">
       <c r="A1460" s="1" t="inlineStr">
         <is>
-          <t>9786257984782</t>
+          <t>9786257352116</t>
         </is>
       </c>
       <c r="B1460" s="1" t="inlineStr">
         <is>
-          <t>Uçurtma Yarası</t>
+          <t>Şiirin Gizlisi Çok</t>
         </is>
       </c>
       <c r="C1460" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1461" spans="1:3">
       <c r="A1461" s="1" t="inlineStr">
         <is>
-          <t>9786257984478</t>
+          <t>9786057655097</t>
         </is>
       </c>
       <c r="B1461" s="1" t="inlineStr">
         <is>
-          <t>Allah'ın Sol Yumruğu</t>
+          <t>Kimi Öpsem Yitirir Anneliğini</t>
         </is>
       </c>
       <c r="C1461" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1462" spans="1:3">
       <c r="A1462" s="1" t="inlineStr">
         <is>
-          <t>9786257984751</t>
+          <t>9786257352000</t>
         </is>
       </c>
       <c r="B1462" s="1" t="inlineStr">
         <is>
-          <t>Tartışılan Alevilik</t>
+          <t>Beşik Sırtı</t>
         </is>
       </c>
       <c r="C1462" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1463" spans="1:3">
       <c r="A1463" s="1" t="inlineStr">
         <is>
-          <t>9786257984607</t>
+          <t>9786257311861</t>
         </is>
       </c>
       <c r="B1463" s="1" t="inlineStr">
         <is>
-          <t>Suyun Gölgeye Karıştığı</t>
+          <t>İşte Bütün Hikaye Bu</t>
         </is>
       </c>
       <c r="C1463" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1464" spans="1:3">
       <c r="A1464" s="1" t="inlineStr">
         <is>
-          <t>9786257984614</t>
+          <t>9786257352147</t>
         </is>
       </c>
       <c r="B1464" s="1" t="inlineStr">
         <is>
-          <t>Som Şiiri Aramak</t>
+          <t>Sinemanın Maskeler</t>
         </is>
       </c>
       <c r="C1464" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="1465" spans="1:3">
       <c r="A1465" s="1" t="inlineStr">
         <is>
-          <t>9786257984706</t>
+          <t>9786257352161</t>
         </is>
       </c>
       <c r="B1465" s="1" t="inlineStr">
         <is>
-          <t>Sevlaç</t>
+          <t>Benim Sinemacılarım</t>
         </is>
       </c>
       <c r="C1465" s="1">
-        <v>120</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1466" spans="1:3">
       <c r="A1466" s="1" t="inlineStr">
         <is>
-          <t>9786257984768</t>
+          <t>9786257352154</t>
         </is>
       </c>
       <c r="B1466" s="1" t="inlineStr">
         <is>
-          <t>Niksin Göktaşları</t>
+          <t>Radyodan Televizyona Arkası Yarın</t>
         </is>
       </c>
       <c r="C1466" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1467" spans="1:3">
       <c r="A1467" s="1" t="inlineStr">
         <is>
-          <t>9786257984546</t>
+          <t>9786257352093</t>
         </is>
       </c>
       <c r="B1467" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Kravat</t>
+          <t>Tut Dilimden Şileyda</t>
         </is>
       </c>
       <c r="C1467" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1468" spans="1:3">
       <c r="A1468" s="1" t="inlineStr">
         <is>
-          <t>9786257984539</t>
+          <t>9786257352055</t>
         </is>
       </c>
       <c r="B1468" s="1" t="inlineStr">
         <is>
-          <t>Kaçak</t>
+          <t>Viran Şiir</t>
         </is>
       </c>
       <c r="C1468" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1469" spans="1:3">
       <c r="A1469" s="1" t="inlineStr">
         <is>
-          <t>9786257984720</t>
+          <t>9786257352130</t>
         </is>
       </c>
       <c r="B1469" s="1" t="inlineStr">
         <is>
-          <t>Işığın Peşinde</t>
+          <t>Bir Göç Hikayesi</t>
         </is>
       </c>
       <c r="C1469" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1470" spans="1:3">
       <c r="A1470" s="1" t="inlineStr">
         <is>
-          <t>9786257984355</t>
+          <t>9786257352086</t>
         </is>
       </c>
       <c r="B1470" s="1" t="inlineStr">
         <is>
-          <t>İki Ülke Arasında Kalan Kış</t>
+          <t>Yer Çekimine Aşık Kuşlar Kulübü</t>
         </is>
       </c>
       <c r="C1470" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1471" spans="1:3">
       <c r="A1471" s="1" t="inlineStr">
         <is>
-          <t>9786257984454</t>
+          <t>9786257311878</t>
         </is>
       </c>
       <c r="B1471" s="1" t="inlineStr">
         <is>
-          <t>Güller Kerhanesi</t>
+          <t>Vadi</t>
         </is>
       </c>
       <c r="C1471" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1472" spans="1:3">
       <c r="A1472" s="1" t="inlineStr">
         <is>
-          <t>9786257984386</t>
+          <t>9786257352178</t>
         </is>
       </c>
       <c r="B1472" s="1" t="inlineStr">
         <is>
-          <t>Devlet, Toplum ve Sinema</t>
+          <t>Yaza Daha Çok Var Çocuk</t>
         </is>
       </c>
       <c r="C1472" s="1">
-        <v>270</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1473" spans="1:3">
       <c r="A1473" s="1" t="inlineStr">
         <is>
-          <t>9786257984508</t>
+          <t>9786257311779</t>
         </is>
       </c>
       <c r="B1473" s="1" t="inlineStr">
         <is>
-          <t>Defakto Kanon Miti Olarak Ahmed Arif</t>
+          <t>Aşk Örgütlenmektir</t>
         </is>
       </c>
       <c r="C1473" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1474" spans="1:3">
       <c r="A1474" s="1" t="inlineStr">
         <is>
-          <t>9786257984713</t>
+          <t>9786257311793</t>
         </is>
       </c>
       <c r="B1474" s="1" t="inlineStr">
         <is>
-          <t>Bir Şiir Geçimi</t>
+          <t>Aslan Burcu</t>
         </is>
       </c>
       <c r="C1474" s="1">
-        <v>270</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1475" spans="1:3">
       <c r="A1475" s="1" t="inlineStr">
         <is>
-          <t>9786257984737</t>
+          <t>9786257311953</t>
         </is>
       </c>
       <c r="B1475" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Poetikası</t>
+          <t>Öteki Mülteci</t>
         </is>
       </c>
       <c r="C1475" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1476" spans="1:3">
       <c r="A1476" s="1" t="inlineStr">
         <is>
-          <t>9786257984669</t>
+          <t>9786257311397</t>
         </is>
       </c>
       <c r="B1476" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Tahlili</t>
+          <t>Tahirhan</t>
         </is>
       </c>
       <c r="C1476" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1477" spans="1:3">
       <c r="A1477" s="1" t="inlineStr">
         <is>
-          <t>9786257984690</t>
+          <t>9786257311557</t>
         </is>
       </c>
       <c r="B1477" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zekaya Aykırı Şiirler</t>
+          <t>Islığımın Ucunda Ay Heybemde Gül Kokusu</t>
         </is>
       </c>
       <c r="C1477" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1478" spans="1:3">
       <c r="A1478" s="1" t="inlineStr">
         <is>
-          <t>9786257984799</t>
+          <t>9786257311526</t>
         </is>
       </c>
       <c r="B1478" s="1" t="inlineStr">
         <is>
-          <t>Yama</t>
+          <t>Sakıncalı Dizeler</t>
         </is>
       </c>
       <c r="C1478" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1479" spans="1:3">
       <c r="A1479" s="1" t="inlineStr">
         <is>
-          <t>9786057655134</t>
+          <t>9786257311588</t>
         </is>
       </c>
       <c r="B1479" s="1" t="inlineStr">
         <is>
-          <t>Şair Ve...</t>
+          <t>Aşk Kimseye Kimliğini Sormaz</t>
         </is>
       </c>
       <c r="C1479" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1480" spans="1:3">
       <c r="A1480" s="1" t="inlineStr">
         <is>
-          <t>9786057655318</t>
+          <t>9786257352024</t>
         </is>
       </c>
       <c r="B1480" s="1" t="inlineStr">
         <is>
-          <t>Somnus</t>
+          <t>Omnia</t>
         </is>
       </c>
       <c r="C1480" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1481" spans="1:3">
       <c r="A1481" s="1" t="inlineStr">
         <is>
-          <t>9786057655165</t>
+          <t>9786257311885</t>
         </is>
       </c>
       <c r="B1481" s="1" t="inlineStr">
         <is>
-          <t>Sessiz</t>
+          <t>Yazınsal Söylem</t>
         </is>
       </c>
       <c r="C1481" s="1">
-        <v>750</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1482" spans="1:3">
       <c r="A1482" s="1" t="inlineStr">
         <is>
-          <t>9786057655523</t>
+          <t>9786257311700</t>
         </is>
       </c>
       <c r="B1482" s="1" t="inlineStr">
         <is>
-          <t>Sesime Kor Düşürdün</t>
+          <t>Dağınık Atlas</t>
         </is>
       </c>
       <c r="C1482" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1483" spans="1:3">
       <c r="A1483" s="1" t="inlineStr">
         <is>
-          <t>9786057655486</t>
+          <t>9786257311960</t>
         </is>
       </c>
       <c r="B1483" s="1" t="inlineStr">
         <is>
-          <t>Savruluş</t>
+          <t>İşgal ve İsyan</t>
         </is>
       </c>
       <c r="C1483" s="1">
-        <v>270</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1484" spans="1:3">
       <c r="A1484" s="1" t="inlineStr">
         <is>
-          <t>9786057655479</t>
+          <t>9786057655042</t>
         </is>
       </c>
       <c r="B1484" s="1" t="inlineStr">
         <is>
-          <t>Pipo İçen Kadınlar</t>
+          <t>Dut Ağacı</t>
         </is>
       </c>
       <c r="C1484" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1485" spans="1:3">
       <c r="A1485" s="1" t="inlineStr">
         <is>
-          <t>9786057655257</t>
+          <t>9786257352109</t>
         </is>
       </c>
       <c r="B1485" s="1" t="inlineStr">
         <is>
-          <t>Yolüstü Uğrakları</t>
+          <t>Ve Gül Ve Ateş Ve Su</t>
         </is>
       </c>
       <c r="C1485" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1486" spans="1:3">
       <c r="A1486" s="1" t="inlineStr">
         <is>
-          <t>9786257098892</t>
+          <t>9786257311892</t>
         </is>
       </c>
       <c r="B1486" s="1" t="inlineStr">
         <is>
-          <t>Gel Gülde Demir Dövelim</t>
+          <t>Vakvak Dalında Hüthüt</t>
         </is>
       </c>
       <c r="C1486" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1487" spans="1:3">
       <c r="A1487" s="1" t="inlineStr">
         <is>
-          <t>9786057655264</t>
+          <t>9786257311618</t>
         </is>
       </c>
       <c r="B1487" s="1" t="inlineStr">
         <is>
-          <t>Yasaktır Bu Aşktan Çıkmak</t>
+          <t>Ölüm Siyah Gece Uzun</t>
         </is>
       </c>
       <c r="C1487" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1488" spans="1:3">
       <c r="A1488" s="1" t="inlineStr">
         <is>
-          <t>9786057655295</t>
+          <t>9786257764001</t>
         </is>
       </c>
       <c r="B1488" s="1" t="inlineStr">
         <is>
-          <t>Şimdi İstanbul</t>
+          <t>Dansa Kaldırılmayan Kadın</t>
         </is>
       </c>
       <c r="C1488" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="1489" spans="1:3">
       <c r="A1489" s="1" t="inlineStr">
         <is>
-          <t>9786057655493</t>
+          <t>9786257311977</t>
         </is>
       </c>
       <c r="B1489" s="1" t="inlineStr">
         <is>
-          <t>Şiir Seninle Yer Değiştirir</t>
+          <t>Güz Kumrusu</t>
         </is>
       </c>
       <c r="C1489" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1490" spans="1:3">
       <c r="A1490" s="1" t="inlineStr">
         <is>
-          <t>9786057655110</t>
+          <t>9786257098847</t>
         </is>
       </c>
       <c r="B1490" s="1" t="inlineStr">
         <is>
-          <t>Göze</t>
+          <t>1 Buket 41 Gül</t>
         </is>
       </c>
       <c r="C1490" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1491" spans="1:3">
       <c r="A1491" s="1" t="inlineStr">
         <is>
-          <t>9786057655004</t>
+          <t>9786257098922</t>
         </is>
       </c>
       <c r="B1491" s="1" t="inlineStr">
         <is>
-          <t>Vahşet Çiçeği</t>
+          <t>Bilge Kedi Olmak İstiyor</t>
         </is>
       </c>
       <c r="C1491" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1492" spans="1:3">
       <c r="A1492" s="1" t="inlineStr">
         <is>
-          <t>9786057655059</t>
+          <t>9786257098991</t>
         </is>
       </c>
       <c r="B1492" s="1" t="inlineStr">
         <is>
-          <t>Bekçi Bıyıklı Rönesans Kedisi</t>
+          <t>Gazellertesi</t>
         </is>
       </c>
       <c r="C1492" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1493" spans="1:3">
       <c r="A1493" s="1" t="inlineStr">
         <is>
-          <t>9786257984744</t>
+          <t>9786257098960</t>
         </is>
       </c>
       <c r="B1493" s="1" t="inlineStr">
         <is>
-          <t>Anneyle Kızı</t>
+          <t>Sistemin Artıkları</t>
         </is>
       </c>
       <c r="C1493" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="1494" spans="1:3">
       <c r="A1494" s="1" t="inlineStr">
         <is>
-          <t>9786257984904</t>
+          <t>9786257098342</t>
         </is>
       </c>
       <c r="B1494" s="1" t="inlineStr">
         <is>
-          <t>Fahişeler Sokağı</t>
+          <t>Porselen Güvercin</t>
         </is>
       </c>
       <c r="C1494" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1495" spans="1:3">
       <c r="A1495" s="1" t="inlineStr">
         <is>
-          <t>9786257098120</t>
+          <t>9786257098861</t>
         </is>
       </c>
       <c r="B1495" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzü Varken Kuşlar Kafeste</t>
+          <t>Eskici</t>
         </is>
       </c>
       <c r="C1495" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1496" spans="1:3">
       <c r="A1496" s="1" t="inlineStr">
         <is>
-          <t>9786257098076</t>
+          <t>9786257311984</t>
         </is>
       </c>
       <c r="B1496" s="1" t="inlineStr">
         <is>
-          <t>Gölgeli Kuşku</t>
+          <t>Ferfene</t>
         </is>
       </c>
       <c r="C1496" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1497" spans="1:3">
       <c r="A1497" s="1" t="inlineStr">
         <is>
-          <t>9786257098007</t>
+          <t>9786257311236</t>
         </is>
       </c>
       <c r="B1497" s="1" t="inlineStr">
         <is>
-          <t>Güleyya</t>
+          <t>Sevgili Elisa</t>
         </is>
       </c>
       <c r="C1497" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1498" spans="1:3">
       <c r="A1498" s="1" t="inlineStr">
         <is>
-          <t>9786257984812</t>
+          <t>9786257311946</t>
         </is>
       </c>
       <c r="B1498" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin Geçerli Ayrıcalıklar</t>
+          <t>Seyir Defteri</t>
         </is>
       </c>
       <c r="C1498" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1499" spans="1:3">
       <c r="A1499" s="1" t="inlineStr">
         <is>
-          <t>9786257984973</t>
+          <t>9786257984782</t>
         </is>
       </c>
       <c r="B1499" s="1" t="inlineStr">
         <is>
-          <t>İçli Bir Türküdür Ömür</t>
+          <t>Uçurtma Yarası</t>
         </is>
       </c>
       <c r="C1499" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1500" spans="1:3">
       <c r="A1500" s="1" t="inlineStr">
         <is>
-          <t>9786257098175</t>
+          <t>9786257984478</t>
         </is>
       </c>
       <c r="B1500" s="1" t="inlineStr">
         <is>
-          <t>Kekeme</t>
+          <t>Allah'ın Sol Yumruğu</t>
         </is>
       </c>
       <c r="C1500" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1501" spans="1:3">
       <c r="A1501" s="1" t="inlineStr">
         <is>
-          <t>9786257098038</t>
+          <t>9786257984751</t>
         </is>
       </c>
       <c r="B1501" s="1" t="inlineStr">
         <is>
-          <t>Nuh'un Gemisini Batıran Şiirler</t>
+          <t>Tartışılan Alevilik</t>
         </is>
       </c>
       <c r="C1501" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1502" spans="1:3">
       <c r="A1502" s="1" t="inlineStr">
         <is>
-          <t>9786257098113</t>
+          <t>9786257984607</t>
         </is>
       </c>
       <c r="B1502" s="1" t="inlineStr">
         <is>
-          <t>Şehrazat'ın Düğünü</t>
+          <t>Suyun Gölgeye Karıştığı</t>
         </is>
       </c>
       <c r="C1502" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1503" spans="1:3">
       <c r="A1503" s="1" t="inlineStr">
         <is>
-          <t>9786257984638</t>
+          <t>9786257984614</t>
         </is>
       </c>
       <c r="B1503" s="1" t="inlineStr">
         <is>
-          <t>Şiir Kalbimizde</t>
+          <t>Som Şiiri Aramak</t>
         </is>
       </c>
       <c r="C1503" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1504" spans="1:3">
       <c r="A1504" s="1" t="inlineStr">
         <is>
-          <t>9786257984867</t>
+          <t>9786257984706</t>
         </is>
       </c>
       <c r="B1504" s="1" t="inlineStr">
         <is>
-          <t>Talanya</t>
+          <t>Sevlaç</t>
         </is>
       </c>
       <c r="C1504" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1505" spans="1:3">
       <c r="A1505" s="1" t="inlineStr">
         <is>
-          <t>9786257098106</t>
+          <t>9786257984768</t>
         </is>
       </c>
       <c r="B1505" s="1" t="inlineStr">
         <is>
-          <t>Tanrı Beni Dansa Kaldırdı</t>
+          <t>Niksin Göktaşları</t>
         </is>
       </c>
       <c r="C1505" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="1506" spans="1:3">
       <c r="A1506" s="1" t="inlineStr">
         <is>
-          <t>9786257098090</t>
+          <t>9786257984546</t>
         </is>
       </c>
       <c r="B1506" s="1" t="inlineStr">
         <is>
-          <t>Teneffüs</t>
+          <t>Kırmızı Kravat</t>
         </is>
       </c>
       <c r="C1506" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1507" spans="1:3">
       <c r="A1507" s="1" t="inlineStr">
         <is>
-          <t>9786257984652</t>
+          <t>9786257984539</t>
         </is>
       </c>
       <c r="B1507" s="1" t="inlineStr">
         <is>
-          <t>Uygunsuz Haller</t>
+          <t>Kaçak</t>
         </is>
       </c>
       <c r="C1507" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1508" spans="1:3">
       <c r="A1508" s="1" t="inlineStr">
         <is>
-          <t>9786257984980</t>
+          <t>9786257984720</t>
         </is>
       </c>
       <c r="B1508" s="1" t="inlineStr">
         <is>
-          <t>Üç Yanlış Bir Doğru</t>
+          <t>Işığın Peşinde</t>
         </is>
       </c>
       <c r="C1508" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1509" spans="1:3">
       <c r="A1509" s="1" t="inlineStr">
         <is>
-          <t>9786257984911</t>
+          <t>9786257984355</t>
         </is>
       </c>
       <c r="B1509" s="1" t="inlineStr">
         <is>
-          <t>Yitik Yankı</t>
+          <t>İki Ülke Arasında Kalan Kış</t>
         </is>
       </c>
       <c r="C1509" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1510" spans="1:3">
       <c r="A1510" s="1" t="inlineStr">
         <is>
-          <t>9786257984584</t>
+          <t>9786257984454</t>
         </is>
       </c>
       <c r="B1510" s="1" t="inlineStr">
         <is>
-          <t>Kirpik Bilgisi</t>
+          <t>Güller Kerhanesi</t>
         </is>
       </c>
       <c r="C1510" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1511" spans="1:3">
       <c r="A1511" s="1" t="inlineStr">
         <is>
-          <t>9786254150197</t>
+          <t>9786257984386</t>
         </is>
       </c>
       <c r="B1511" s="1" t="inlineStr">
         <is>
-          <t>Ne Güzel Suçtur Öfke</t>
+          <t>Devlet, Toplum ve Sinema</t>
         </is>
       </c>
       <c r="C1511" s="1">
-        <v>170</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1512" spans="1:3">
       <c r="A1512" s="1" t="inlineStr">
         <is>
-          <t>9786058020412</t>
+          <t>9786257984508</t>
         </is>
       </c>
       <c r="B1512" s="1" t="inlineStr">
         <is>
-          <t>Türk Şiirinde Marksist Eğilim - 1970’li Yıllar</t>
+          <t>Defakto Kanon Miti Olarak Ahmed Arif</t>
         </is>
       </c>
       <c r="C1512" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1513" spans="1:3">
       <c r="A1513" s="1" t="inlineStr">
         <is>
-          <t>9786257984102</t>
+          <t>9786257984713</t>
         </is>
       </c>
       <c r="B1513" s="1" t="inlineStr">
         <is>
-          <t>Seyran</t>
+          <t>Bir Şiir Geçimi</t>
         </is>
       </c>
       <c r="C1513" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1514" spans="1:3">
       <c r="A1514" s="1" t="inlineStr">
         <is>
-          <t>9786257984126</t>
+          <t>9786257984737</t>
         </is>
       </c>
       <c r="B1514" s="1" t="inlineStr">
         <is>
-          <t>Kelleci Fırını</t>
+          <t>Aşkın Poetikası</t>
         </is>
       </c>
       <c r="C1514" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1515" spans="1:3">
       <c r="A1515" s="1" t="inlineStr">
         <is>
-          <t>9786257984157</t>
+          <t>9786257984669</t>
         </is>
       </c>
       <c r="B1515" s="1" t="inlineStr">
         <is>
-          <t>Majüsküliyen Apostrofik Maluf</t>
+          <t>Türkiye Tahlili</t>
         </is>
       </c>
       <c r="C1515" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1516" spans="1:3">
       <c r="A1516" s="1" t="inlineStr">
         <is>
-          <t>9786257984188</t>
+          <t>9786257984690</t>
         </is>
       </c>
       <c r="B1516" s="1" t="inlineStr">
         <is>
-          <t>Utangaç Kırmızı</t>
+          <t>Yapay Zekaya Aykırı Şiirler</t>
         </is>
       </c>
       <c r="C1516" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="1517" spans="1:3">
       <c r="A1517" s="1" t="inlineStr">
         <is>
-          <t>9786257984201</t>
+          <t>9786257984799</t>
         </is>
       </c>
       <c r="B1517" s="1" t="inlineStr">
         <is>
-          <t>Ödüllü Öykü Kitaplarının Eleştirisi</t>
+          <t>Yama</t>
         </is>
       </c>
       <c r="C1517" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1518" spans="1:3">
       <c r="A1518" s="1" t="inlineStr">
         <is>
-          <t>9786257984232</t>
+          <t>9786057655134</t>
         </is>
       </c>
       <c r="B1518" s="1" t="inlineStr">
         <is>
-          <t>Her Aşk Şafakta Ölür</t>
+          <t>Şair Ve...</t>
         </is>
       </c>
       <c r="C1518" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1519" spans="1:3">
       <c r="A1519" s="1" t="inlineStr">
         <is>
-          <t>9786257984263</t>
+          <t>9786057655318</t>
         </is>
       </c>
       <c r="B1519" s="1" t="inlineStr">
         <is>
-          <t>Bütün Günahlarımı Seviyorum</t>
+          <t>Somnus</t>
         </is>
       </c>
       <c r="C1519" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1520" spans="1:3">
       <c r="A1520" s="1" t="inlineStr">
         <is>
-          <t>9786257984317</t>
+          <t>9786057655165</t>
         </is>
       </c>
       <c r="B1520" s="1" t="inlineStr">
         <is>
-          <t>Çorak Ülke</t>
+          <t>Sessiz</t>
         </is>
       </c>
       <c r="C1520" s="1">
-        <v>250</v>
+        <v>750</v>
       </c>
     </row>
     <row r="1521" spans="1:3">
       <c r="A1521" s="1" t="inlineStr">
         <is>
-          <t>9786257984225</t>
+          <t>9786057655523</t>
         </is>
       </c>
       <c r="B1521" s="1" t="inlineStr">
         <is>
-          <t>Redde Cüret</t>
+          <t>Sesime Kor Düşürdün</t>
         </is>
       </c>
       <c r="C1521" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1522" spans="1:3">
       <c r="A1522" s="1" t="inlineStr">
         <is>
-          <t>9786257984256</t>
+          <t>9786057655486</t>
         </is>
       </c>
       <c r="B1522" s="1" t="inlineStr">
         <is>
-          <t>Yol Arkadaşı Hikayeleri</t>
+          <t>Savruluş</t>
         </is>
       </c>
       <c r="C1522" s="1">
-        <v>180</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1523" spans="1:3">
       <c r="A1523" s="1" t="inlineStr">
         <is>
-          <t>9786057655707</t>
+          <t>9786057655479</t>
         </is>
       </c>
       <c r="B1523" s="1" t="inlineStr">
         <is>
-          <t>Ülke Yorgunu</t>
+          <t>Pipo İçen Kadınlar</t>
         </is>
       </c>
       <c r="C1523" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1524" spans="1:3">
       <c r="A1524" s="1" t="inlineStr">
         <is>
-          <t>9786057655578</t>
+          <t>9786057655257</t>
         </is>
       </c>
       <c r="B1524" s="1" t="inlineStr">
         <is>
-          <t>Yıldızlar Açtığında Gözlerin Çocuk</t>
+          <t>Yolüstü Uğrakları</t>
         </is>
       </c>
       <c r="C1524" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1525" spans="1:3">
       <c r="A1525" s="1" t="inlineStr">
         <is>
-          <t>9786057655769</t>
+          <t>9786257098892</t>
         </is>
       </c>
       <c r="B1525" s="1" t="inlineStr">
         <is>
-          <t>Yükseklerin Tatlı Meyveleri</t>
+          <t>Gel Gülde Demir Dövelim</t>
         </is>
       </c>
       <c r="C1525" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1526" spans="1:3">
       <c r="A1526" s="1" t="inlineStr">
         <is>
-          <t>9786057655608</t>
+          <t>9786057655264</t>
         </is>
       </c>
       <c r="B1526" s="1" t="inlineStr">
         <is>
-          <t>Akvaryum Konuşkanı</t>
+          <t>Yasaktır Bu Aşktan Çıkmak</t>
         </is>
       </c>
       <c r="C1526" s="1">
-        <v>170</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1527" spans="1:3">
       <c r="A1527" s="1" t="inlineStr">
         <is>
-          <t>9786057655615</t>
+          <t>9786057655295</t>
         </is>
       </c>
       <c r="B1527" s="1" t="inlineStr">
         <is>
-          <t>Beni O Uysal Kuyuda Bulacaksın</t>
+          <t>Şimdi İstanbul</t>
         </is>
       </c>
       <c r="C1527" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="1528" spans="1:3">
       <c r="A1528" s="1" t="inlineStr">
         <is>
-          <t>9786057655653</t>
+          <t>9786057655493</t>
         </is>
       </c>
       <c r="B1528" s="1" t="inlineStr">
         <is>
-          <t>Gönül Evinin Kiracısı</t>
+          <t>Şiir Seninle Yer Değiştirir</t>
         </is>
       </c>
       <c r="C1528" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1529" spans="1:3">
       <c r="A1529" s="1" t="inlineStr">
         <is>
-          <t>9786057655837</t>
+          <t>9786057655110</t>
         </is>
       </c>
       <c r="B1529" s="1" t="inlineStr">
         <is>
-          <t>Dağın Ardı Aşkşehir</t>
+          <t>Göze</t>
         </is>
       </c>
       <c r="C1529" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1530" spans="1:3">
       <c r="A1530" s="1" t="inlineStr">
         <is>
-          <t>9786057655660</t>
+          <t>9786057655004</t>
         </is>
       </c>
       <c r="B1530" s="1" t="inlineStr">
         <is>
-          <t>Gül Kurudu</t>
+          <t>Vahşet Çiçeği</t>
         </is>
       </c>
       <c r="C1530" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1531" spans="1:3">
       <c r="A1531" s="1" t="inlineStr">
         <is>
-          <t>9786057655868</t>
+          <t>9786057655059</t>
         </is>
       </c>
       <c r="B1531" s="1" t="inlineStr">
         <is>
-          <t>Postacılar Sırdaş Değil</t>
+          <t>Bekçi Bıyıklı Rönesans Kedisi</t>
         </is>
       </c>
       <c r="C1531" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1532" spans="1:3">
       <c r="A1532" s="1" t="inlineStr">
         <is>
-          <t>9786057655585</t>
+          <t>9786257984744</t>
         </is>
       </c>
       <c r="B1532" s="1" t="inlineStr">
         <is>
-          <t>Taşın Kavmi Yok</t>
+          <t>Anneyle Kızı</t>
         </is>
       </c>
       <c r="C1532" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1533" spans="1:3">
       <c r="A1533" s="1" t="inlineStr">
         <is>
-          <t>9786057655684</t>
+          <t>9786257984904</t>
         </is>
       </c>
       <c r="B1533" s="1" t="inlineStr">
         <is>
-          <t>Pu</t>
+          <t>Fahişeler Sokağı</t>
         </is>
       </c>
       <c r="C1533" s="1">
-        <v>190</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1534" spans="1:3">
       <c r="A1534" s="1" t="inlineStr">
         <is>
-          <t>9786057655929</t>
+          <t>9786257098120</t>
         </is>
       </c>
       <c r="B1534" s="1" t="inlineStr">
         <is>
-          <t>O Kendini Çağırınca</t>
+          <t>Gökyüzü Varken Kuşlar Kafeste</t>
         </is>
       </c>
       <c r="C1534" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1535" spans="1:3">
       <c r="A1535" s="1" t="inlineStr">
         <is>
-          <t>9786057655349</t>
+          <t>9786257098076</t>
         </is>
       </c>
       <c r="B1535" s="1" t="inlineStr">
         <is>
-          <t>Pi'ç Kurusu</t>
+          <t>Gölgeli Kuşku</t>
         </is>
       </c>
       <c r="C1535" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1536" spans="1:3">
       <c r="A1536" s="1" t="inlineStr">
         <is>
-          <t>9786057655783</t>
+          <t>9786257098007</t>
         </is>
       </c>
       <c r="B1536" s="1" t="inlineStr">
         <is>
-          <t>Hayal Odası</t>
+          <t>Güleyya</t>
         </is>
       </c>
       <c r="C1536" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1537" spans="1:3">
       <c r="A1537" s="1" t="inlineStr">
         <is>
-          <t>9786057655738</t>
+          <t>9786257984812</t>
         </is>
       </c>
       <c r="B1537" s="1" t="inlineStr">
         <is>
-          <t>Kanadı Güvercin</t>
+          <t>Herkes İçin Geçerli Ayrıcalıklar</t>
         </is>
       </c>
       <c r="C1537" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1538" spans="1:3">
       <c r="A1538" s="1" t="inlineStr">
         <is>
-          <t>9786057655677</t>
+          <t>9786257984973</t>
         </is>
       </c>
       <c r="B1538" s="1" t="inlineStr">
         <is>
-          <t>Melhame-i Kübra Elif</t>
+          <t>İçli Bir Türküdür Ömür</t>
         </is>
       </c>
       <c r="C1538" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1539" spans="1:3">
       <c r="A1539" s="1" t="inlineStr">
         <is>
-          <t>9786057655714</t>
+          <t>9786257098175</t>
         </is>
       </c>
       <c r="B1539" s="1" t="inlineStr">
         <is>
-          <t>Mezel</t>
+          <t>Kekeme</t>
         </is>
       </c>
       <c r="C1539" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1540" spans="1:3">
       <c r="A1540" s="1" t="inlineStr">
         <is>
-          <t>9786057655806</t>
+          <t>9786257098038</t>
         </is>
       </c>
       <c r="B1540" s="1" t="inlineStr">
         <is>
-          <t>777</t>
+          <t>Nuh'un Gemisini Batıran Şiirler</t>
         </is>
       </c>
       <c r="C1540" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1541" spans="1:3">
       <c r="A1541" s="1" t="inlineStr">
         <is>
-          <t>9786257098052</t>
+          <t>9786257098113</t>
         </is>
       </c>
       <c r="B1541" s="1" t="inlineStr">
         <is>
-          <t>Eve İş Değil Şiir Getir Sevgilim</t>
+          <t>Şehrazat'ın Düğünü</t>
         </is>
       </c>
       <c r="C1541" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1542" spans="1:3">
       <c r="A1542" s="1" t="inlineStr">
         <is>
-          <t>9786257098151</t>
+          <t>9786257984638</t>
         </is>
       </c>
       <c r="B1542" s="1" t="inlineStr">
         <is>
-          <t>Dört Elle Sarılmak</t>
+          <t>Şiir Kalbimizde</t>
         </is>
       </c>
       <c r="C1542" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1543" spans="1:3">
       <c r="A1543" s="1" t="inlineStr">
         <is>
-          <t>9786257984379</t>
+          <t>9786257984867</t>
         </is>
       </c>
       <c r="B1543" s="1" t="inlineStr">
         <is>
-          <t>Devin Uyanışı</t>
+          <t>Talanya</t>
         </is>
       </c>
       <c r="C1543" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1544" spans="1:3">
       <c r="A1544" s="1" t="inlineStr">
         <is>
-          <t>9786257098212</t>
+          <t>9786257098106</t>
         </is>
       </c>
       <c r="B1544" s="1" t="inlineStr">
         <is>
-          <t>Deneme Yayını</t>
+          <t>Tanrı Beni Dansa Kaldırdı</t>
         </is>
       </c>
       <c r="C1544" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1545" spans="1:3">
       <c r="A1545" s="1" t="inlineStr">
         <is>
-          <t>9786257984805</t>
+          <t>9786257098090</t>
         </is>
       </c>
       <c r="B1545" s="1" t="inlineStr">
         <is>
-          <t>Çerez Günler Eşiği</t>
+          <t>Teneffüs</t>
         </is>
       </c>
       <c r="C1545" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1546" spans="1:3">
       <c r="A1546" s="1" t="inlineStr">
         <is>
-          <t>9786257984928</t>
+          <t>9786257984652</t>
         </is>
       </c>
       <c r="B1546" s="1" t="inlineStr">
         <is>
-          <t>Çelişkiler Sağanağı</t>
+          <t>Uygunsuz Haller</t>
         </is>
       </c>
       <c r="C1546" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="1547" spans="1:3">
       <c r="A1547" s="1" t="inlineStr">
         <is>
-          <t>9786257984898</t>
+          <t>9786257984980</t>
         </is>
       </c>
       <c r="B1547" s="1" t="inlineStr">
         <is>
-          <t>Ben, Bana 'Sen' Diyen 'Ben'i Yapan Eden Bir Kimse</t>
+          <t>Üç Yanlış Bir Doğru</t>
         </is>
       </c>
       <c r="C1547" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="1548" spans="1:3">
       <c r="A1548" s="1" t="inlineStr">
         <is>
-          <t>9786257098083</t>
+          <t>9786257984911</t>
         </is>
       </c>
       <c r="B1548" s="1" t="inlineStr">
         <is>
-          <t>Belirsiz</t>
+          <t>Yitik Yankı</t>
         </is>
       </c>
       <c r="C1548" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1549" spans="1:3">
       <c r="A1549" s="1" t="inlineStr">
         <is>
-          <t>9786257984850</t>
+          <t>9786257984584</t>
         </is>
       </c>
       <c r="B1549" s="1" t="inlineStr">
         <is>
-          <t>Başka Adamlar</t>
+          <t>Kirpik Bilgisi</t>
         </is>
       </c>
       <c r="C1549" s="1">
-        <v>250</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1550" spans="1:3">
       <c r="A1550" s="1" t="inlineStr">
         <is>
-          <t>9786257984577</t>
+          <t>9786254150197</t>
         </is>
       </c>
       <c r="B1550" s="1" t="inlineStr">
         <is>
-          <t>Badem Çiçekleri Gibi Uzakta</t>
+          <t>Ne Güzel Suçtur Öfke</t>
         </is>
       </c>
       <c r="C1550" s="1">
-        <v>250</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1551" spans="1:3">
       <c r="A1551" s="1" t="inlineStr">
         <is>
-          <t>9786257098014</t>
+          <t>9786058020412</t>
         </is>
       </c>
       <c r="B1551" s="1" t="inlineStr">
         <is>
-          <t>Ali Öldü</t>
+          <t>Türk Şiirinde Marksist Eğilim - 1970’li Yıllar</t>
         </is>
       </c>
       <c r="C1551" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1552" spans="1:3">
       <c r="A1552" s="1" t="inlineStr">
         <is>
-          <t>9786257098021</t>
+          <t>9786257984102</t>
         </is>
       </c>
       <c r="B1552" s="1" t="inlineStr">
         <is>
-          <t>Akıp Gidenler</t>
+          <t>Seyran</t>
         </is>
       </c>
       <c r="C1552" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1553" spans="1:3">
       <c r="A1553" s="1" t="inlineStr">
         <is>
-          <t>9786257984775</t>
+          <t>9786257984126</t>
         </is>
       </c>
       <c r="B1553" s="1" t="inlineStr">
         <is>
-          <t>Ad Bir Çiçektir</t>
+          <t>Kelleci Fırını</t>
         </is>
       </c>
       <c r="C1553" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1554" spans="1:3">
       <c r="A1554" s="1" t="inlineStr">
         <is>
-          <t>9786257984966</t>
+          <t>9786257984157</t>
         </is>
       </c>
       <c r="B1554" s="1" t="inlineStr">
         <is>
-          <t>Anahtar Konuştu</t>
+          <t>Majüsküliyen Apostrofik Maluf</t>
         </is>
       </c>
       <c r="C1554" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1555" spans="1:3">
       <c r="A1555" s="1" t="inlineStr">
         <is>
-          <t>9786257984935</t>
+          <t>9786257984188</t>
         </is>
       </c>
       <c r="B1555" s="1" t="inlineStr">
         <is>
-          <t>Anabolizan</t>
+          <t>Utangaç Kırmızı</t>
         </is>
       </c>
       <c r="C1555" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="1556" spans="1:3">
       <c r="A1556" s="1" t="inlineStr">
         <is>
-          <t>9786057655912</t>
+          <t>9786257984201</t>
         </is>
       </c>
       <c r="B1556" s="1" t="inlineStr">
         <is>
-          <t>Kül Dönümü</t>
+          <t>Ödüllü Öykü Kitaplarının Eleştirisi</t>
         </is>
       </c>
       <c r="C1556" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1557" spans="1:3">
       <c r="A1557" s="1" t="inlineStr">
         <is>
-          <t>9786257391979</t>
+          <t>9786257984232</t>
         </is>
       </c>
       <c r="B1557" s="1" t="inlineStr">
         <is>
-          <t>Mülksüz ve Çıplak</t>
+          <t>Her Aşk Şafakta Ölür</t>
         </is>
       </c>
       <c r="C1557" s="1">
-        <v>250</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1558" spans="1:3">
       <c r="A1558" s="1" t="inlineStr">
         <is>
-          <t>9786057655516</t>
+          <t>9786257984263</t>
         </is>
       </c>
       <c r="B1558" s="1" t="inlineStr">
         <is>
-          <t>Son Uçsuz</t>
+          <t>Bütün Günahlarımı Seviyorum</t>
         </is>
       </c>
       <c r="C1558" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1559" spans="1:3">
       <c r="A1559" s="1" t="inlineStr">
         <is>
-          <t>9786058020450</t>
+          <t>9786257984317</t>
         </is>
       </c>
       <c r="B1559" s="1" t="inlineStr">
         <is>
-          <t>Elke</t>
+          <t>Çorak Ülke</t>
         </is>
       </c>
       <c r="C1559" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="1560" spans="1:3">
       <c r="A1560" s="1" t="inlineStr">
         <is>
-          <t>9786057655752</t>
+          <t>9786257984225</t>
         </is>
       </c>
       <c r="B1560" s="1" t="inlineStr">
         <is>
-          <t>Aklımda Saklanan Deliler</t>
+          <t>Redde Cüret</t>
         </is>
       </c>
       <c r="C1560" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1561" spans="1:3">
       <c r="A1561" s="1" t="inlineStr">
         <is>
-          <t>9786057655745</t>
+          <t>9786257984256</t>
         </is>
       </c>
       <c r="B1561" s="1" t="inlineStr">
         <is>
-          <t>Askıda Kalan Mutluluklar</t>
+          <t>Yol Arkadaşı Hikayeleri</t>
         </is>
       </c>
       <c r="C1561" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1562" spans="1:3">
       <c r="A1562" s="1" t="inlineStr">
         <is>
-          <t>9786057655844</t>
+          <t>9786057655707</t>
         </is>
       </c>
       <c r="B1562" s="1" t="inlineStr">
         <is>
-          <t>Eski Gecenin On İki Kapısı</t>
+          <t>Ülke Yorgunu</t>
         </is>
       </c>
       <c r="C1562" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1563" spans="1:3">
       <c r="A1563" s="1" t="inlineStr">
         <is>
-          <t>9786057655943</t>
+          <t>9786057655578</t>
         </is>
       </c>
       <c r="B1563" s="1" t="inlineStr">
         <is>
-          <t>K1K4</t>
+          <t>Yıldızlar Açtığında Gözlerin Çocuk</t>
         </is>
       </c>
       <c r="C1563" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="1564" spans="1:3">
       <c r="A1564" s="1" t="inlineStr">
         <is>
-          <t>9786057655721</t>
+          <t>9786057655769</t>
         </is>
       </c>
       <c r="B1564" s="1" t="inlineStr">
         <is>
-          <t>İlk Şiirler</t>
+          <t>Yükseklerin Tatlı Meyveleri</t>
         </is>
       </c>
       <c r="C1564" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1565" spans="1:3">
       <c r="A1565" s="1" t="inlineStr">
         <is>
-          <t>9786057655905</t>
+          <t>9786057655608</t>
         </is>
       </c>
       <c r="B1565" s="1" t="inlineStr">
         <is>
-          <t>Dipiz Haikus Octa Deca</t>
+          <t>Akvaryum Konuşkanı</t>
         </is>
       </c>
       <c r="C1565" s="1">
-        <v>160</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1566" spans="1:3">
       <c r="A1566" s="1" t="inlineStr">
         <is>
-          <t>9786057655158</t>
+          <t>9786057655615</t>
         </is>
       </c>
       <c r="B1566" s="1" t="inlineStr">
         <is>
-          <t>Caz Sokağı Atlıları</t>
+          <t>Beni O Uysal Kuyuda Bulacaksın</t>
         </is>
       </c>
       <c r="C1566" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1567" spans="1:3">
       <c r="A1567" s="1" t="inlineStr">
         <is>
-          <t>9786057655820</t>
+          <t>9786057655653</t>
         </is>
       </c>
       <c r="B1567" s="1" t="inlineStr">
         <is>
-          <t>Nergis</t>
+          <t>Gönül Evinin Kiracısı</t>
         </is>
       </c>
       <c r="C1567" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1568" spans="1:3">
       <c r="A1568" s="1" t="inlineStr">
         <is>
-          <t>9786057655790</t>
+          <t>9786057655837</t>
         </is>
       </c>
       <c r="B1568" s="1" t="inlineStr">
         <is>
-          <t>Kana Çiçeği Ölüyordu</t>
+          <t>Dağın Ardı Aşkşehir</t>
         </is>
       </c>
       <c r="C1568" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="1569" spans="1:3">
       <c r="A1569" s="1" t="inlineStr">
         <is>
-          <t>9786057655691</t>
+          <t>9786057655660</t>
         </is>
       </c>
       <c r="B1569" s="1" t="inlineStr">
         <is>
-          <t>Toprak Duman ve Kedi</t>
+          <t>Gül Kurudu</t>
         </is>
       </c>
       <c r="C1569" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1570" spans="1:3">
       <c r="A1570" s="1" t="inlineStr">
         <is>
-          <t>9786057655813</t>
+          <t>9786057655868</t>
         </is>
       </c>
       <c r="B1570" s="1" t="inlineStr">
         <is>
-          <t>Evimdeki Kediler</t>
+          <t>Postacılar Sırdaş Değil</t>
         </is>
       </c>
       <c r="C1570" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1571" spans="1:3">
       <c r="A1571" s="1" t="inlineStr">
         <is>
-          <t>9786257984942</t>
+          <t>9786057655585</t>
         </is>
       </c>
       <c r="B1571" s="1" t="inlineStr">
         <is>
-          <t>Alkım Nakış Kalem Kirkit</t>
+          <t>Taşın Kavmi Yok</t>
         </is>
       </c>
       <c r="C1571" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1572" spans="1:3">
       <c r="A1572" s="1" t="inlineStr">
         <is>
-          <t>9786257098045</t>
+          <t>9786057655684</t>
         </is>
       </c>
       <c r="B1572" s="1" t="inlineStr">
         <is>
-          <t>Kitab-ı Aşk</t>
+          <t>Pu</t>
         </is>
       </c>
       <c r="C1572" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1573" spans="1:3">
       <c r="A1573" s="1" t="inlineStr">
         <is>
-          <t>9786257984423</t>
+          <t>9786057655929</t>
         </is>
       </c>
       <c r="B1573" s="1" t="inlineStr">
         <is>
-          <t>Ateşin Felaketi</t>
+          <t>O Kendini Çağırınca</t>
         </is>
       </c>
       <c r="C1573" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1574" spans="1:3">
       <c r="A1574" s="1" t="inlineStr">
         <is>
-          <t>9786257984119</t>
+          <t>9786057655349</t>
         </is>
       </c>
       <c r="B1574" s="1" t="inlineStr">
         <is>
-          <t>Çinçin Hikayeleri</t>
+          <t>Pi'ç Kurusu</t>
         </is>
       </c>
       <c r="C1574" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1575" spans="1:3">
       <c r="A1575" s="1" t="inlineStr">
         <is>
-          <t>9786257984409</t>
+          <t>9786057655783</t>
         </is>
       </c>
       <c r="B1575" s="1" t="inlineStr">
         <is>
-          <t>Sudan Şeyler</t>
+          <t>Hayal Odası</t>
         </is>
       </c>
       <c r="C1575" s="1">
-        <v>140</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1576" spans="1:3">
       <c r="A1576" s="1" t="inlineStr">
         <is>
-          <t>9786257984287</t>
+          <t>9786057655738</t>
         </is>
       </c>
       <c r="B1576" s="1" t="inlineStr">
         <is>
-          <t>Yaşamak Bazen</t>
+          <t>Kanadı Güvercin</t>
         </is>
       </c>
       <c r="C1576" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="1577" spans="1:3">
       <c r="A1577" s="1" t="inlineStr">
         <is>
-          <t>9786257984348</t>
+          <t>9786057655677</t>
         </is>
       </c>
       <c r="B1577" s="1" t="inlineStr">
         <is>
-          <t>Sigara İçen Kadınlar</t>
+          <t>Melhame-i Kübra Elif</t>
         </is>
       </c>
       <c r="C1577" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1578" spans="1:3">
       <c r="A1578" s="1" t="inlineStr">
         <is>
-          <t>9786257984461</t>
+          <t>9786057655714</t>
         </is>
       </c>
       <c r="B1578" s="1" t="inlineStr">
         <is>
-          <t>Evrenin Islığı</t>
+          <t>Mezel</t>
         </is>
       </c>
       <c r="C1578" s="1">
-        <v>1000</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1579" spans="1:3">
       <c r="A1579" s="1" t="inlineStr">
         <is>
-          <t>9786257984393</t>
+          <t>9786057655806</t>
         </is>
       </c>
       <c r="B1579" s="1" t="inlineStr">
         <is>
-          <t>Retro Öyküler</t>
+          <t>777</t>
         </is>
       </c>
       <c r="C1579" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1580" spans="1:3">
       <c r="A1580" s="1" t="inlineStr">
         <is>
-          <t>9786257984362</t>
+          <t>9786257098052</t>
         </is>
       </c>
       <c r="B1580" s="1" t="inlineStr">
         <is>
-          <t>İki Kalem Bir Ruh</t>
+          <t>Eve İş Değil Şiir Getir Sevgilim</t>
         </is>
       </c>
       <c r="C1580" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1581" spans="1:3">
       <c r="A1581" s="1" t="inlineStr">
         <is>
-          <t>9786257984164</t>
+          <t>9786257098151</t>
         </is>
       </c>
       <c r="B1581" s="1" t="inlineStr">
         <is>
-          <t>Halam ve Ben</t>
+          <t>Dört Elle Sarılmak</t>
         </is>
       </c>
       <c r="C1581" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1582" spans="1:3">
       <c r="A1582" s="1" t="inlineStr">
         <is>
-          <t>9786257984515</t>
+          <t>9786257984379</t>
         </is>
       </c>
       <c r="B1582" s="1" t="inlineStr">
         <is>
-          <t>Nietzsche’de Sürüden Özgürlüğe</t>
+          <t>Devin Uyanışı</t>
         </is>
       </c>
       <c r="C1582" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1583" spans="1:3">
       <c r="A1583" s="1" t="inlineStr">
         <is>
-          <t>9786257984447</t>
+          <t>9786257098212</t>
         </is>
       </c>
       <c r="B1583" s="1" t="inlineStr">
         <is>
-          <t>Linç Lirikleri</t>
+          <t>Deneme Yayını</t>
         </is>
       </c>
       <c r="C1583" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1584" spans="1:3">
       <c r="A1584" s="1" t="inlineStr">
         <is>
-          <t>9786257984300</t>
+          <t>9786257984805</t>
         </is>
       </c>
       <c r="B1584" s="1" t="inlineStr">
         <is>
-          <t>Elidanın Hırsızı</t>
+          <t>Çerez Günler Eşiği</t>
         </is>
       </c>
       <c r="C1584" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1585" spans="1:3">
       <c r="A1585" s="1" t="inlineStr">
         <is>
-          <t>9786257984492</t>
+          <t>9786257984928</t>
         </is>
       </c>
       <c r="B1585" s="1" t="inlineStr">
         <is>
-          <t>Derinde Bir Yer</t>
+          <t>Çelişkiler Sağanağı</t>
         </is>
       </c>
       <c r="C1585" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1586" spans="1:3">
       <c r="A1586" s="1" t="inlineStr">
         <is>
-          <t>9786058020436</t>
+          <t>9786257984898</t>
         </is>
       </c>
       <c r="B1586" s="1" t="inlineStr">
         <is>
-          <t>İmdat Etme Gözlerim</t>
+          <t>Ben, Bana 'Sen' Diyen 'Ben'i Yapan Eden Bir Kimse</t>
         </is>
       </c>
       <c r="C1586" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1587" spans="1:3">
       <c r="A1587" s="1" t="inlineStr">
         <is>
-          <t>9786257984997</t>
+          <t>9786257098083</t>
         </is>
       </c>
       <c r="B1587" s="1" t="inlineStr">
         <is>
-          <t>Modern Zaman Sürgünü</t>
+          <t>Belirsiz</t>
         </is>
       </c>
       <c r="C1587" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1588" spans="1:3">
       <c r="A1588" s="1" t="inlineStr">
         <is>
-          <t>9786057655851</t>
+          <t>9786257984850</t>
         </is>
       </c>
       <c r="B1588" s="1" t="inlineStr">
         <is>
-          <t>Ülkü Tamer Şiiri</t>
+          <t>Başka Adamlar</t>
         </is>
       </c>
       <c r="C1588" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1589" spans="1:3">
       <c r="A1589" s="1" t="inlineStr">
         <is>
-          <t>9786257984171</t>
+          <t>9786257984577</t>
         </is>
       </c>
       <c r="B1589" s="1" t="inlineStr">
         <is>
-          <t>Pencere</t>
+          <t>Badem Çiçekleri Gibi Uzakta</t>
         </is>
       </c>
       <c r="C1589" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1590" spans="1:3">
       <c r="A1590" s="1" t="inlineStr">
         <is>
-          <t>9786257984034</t>
+          <t>9786257098014</t>
         </is>
       </c>
       <c r="B1590" s="1" t="inlineStr">
         <is>
-          <t>Kırk Yama</t>
+          <t>Ali Öldü</t>
         </is>
       </c>
       <c r="C1590" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1591" spans="1:3">
       <c r="A1591" s="1" t="inlineStr">
         <is>
-          <t>9786257984027</t>
+          <t>9786257098021</t>
         </is>
       </c>
       <c r="B1591" s="1" t="inlineStr">
         <is>
-          <t>Sen Sıkı Tut Gülüşünü</t>
+          <t>Akıp Gidenler</t>
         </is>
       </c>
       <c r="C1591" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1592" spans="1:3">
       <c r="A1592" s="1" t="inlineStr">
         <is>
-          <t>9786257984249</t>
+          <t>9786257984775</t>
         </is>
       </c>
       <c r="B1592" s="1" t="inlineStr">
         <is>
-          <t>Harpten Geriye Kalanlar</t>
+          <t>Ad Bir Çiçektir</t>
         </is>
       </c>
       <c r="C1592" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1593" spans="1:3">
       <c r="A1593" s="1" t="inlineStr">
         <is>
-          <t>9786257984133</t>
+          <t>9786257984966</t>
         </is>
       </c>
       <c r="B1593" s="1" t="inlineStr">
         <is>
-          <t>Darjin</t>
+          <t>Anahtar Konuştu</t>
         </is>
       </c>
       <c r="C1593" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1594" spans="1:3">
       <c r="A1594" s="1" t="inlineStr">
         <is>
-          <t>9786057655189</t>
+          <t>9786257984935</t>
         </is>
       </c>
       <c r="B1594" s="1" t="inlineStr">
         <is>
-          <t>Düş Yasak</t>
+          <t>Anabolizan</t>
         </is>
       </c>
       <c r="C1594" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1595" spans="1:3">
       <c r="A1595" s="1" t="inlineStr">
         <is>
-          <t>9786057655172</t>
+          <t>9786057655912</t>
         </is>
       </c>
       <c r="B1595" s="1" t="inlineStr">
         <is>
-          <t>Dertler Dergahı</t>
+          <t>Kül Dönümü</t>
         </is>
       </c>
       <c r="C1595" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1596" spans="1:3">
       <c r="A1596" s="1" t="inlineStr">
         <is>
-          <t>9786057655202</t>
+          <t>9786257391979</t>
         </is>
       </c>
       <c r="B1596" s="1" t="inlineStr">
         <is>
-          <t>Düz Yokuş</t>
+          <t>Mülksüz ve Çıplak</t>
         </is>
       </c>
       <c r="C1596" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1597" spans="1:3">
       <c r="A1597" s="1" t="inlineStr">
         <is>
-          <t>9786057655226</t>
+          <t>9786057655516</t>
         </is>
       </c>
       <c r="B1597" s="1" t="inlineStr">
         <is>
-          <t>Kurtarılmış Zamandan</t>
+          <t>Son Uçsuz</t>
         </is>
       </c>
       <c r="C1597" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1598" spans="1:3">
       <c r="A1598" s="1" t="inlineStr">
         <is>
-          <t>9786057655233</t>
+          <t>9786058020450</t>
         </is>
       </c>
       <c r="B1598" s="1" t="inlineStr">
         <is>
-          <t>Bohem Baykuş ve Ev Cini</t>
+          <t>Elke</t>
         </is>
       </c>
       <c r="C1598" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1599" spans="1:3">
       <c r="A1599" s="1" t="inlineStr">
         <is>
-          <t>9786057655219</t>
+          <t>9786057655752</t>
         </is>
       </c>
       <c r="B1599" s="1" t="inlineStr">
         <is>
-          <t>Raz Beyaz</t>
+          <t>Aklımda Saklanan Deliler</t>
         </is>
       </c>
       <c r="C1599" s="1">
-        <v>160</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1600" spans="1:3">
       <c r="A1600" s="1" t="inlineStr">
         <is>
-          <t>9786057655196</t>
+          <t>9786057655745</t>
         </is>
       </c>
       <c r="B1600" s="1" t="inlineStr">
         <is>
-          <t>Mitolojik Bilinçdışı Çöplüğü</t>
+          <t>Askıda Kalan Mutluluklar</t>
         </is>
       </c>
       <c r="C1600" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1601" spans="1:3">
       <c r="A1601" s="1" t="inlineStr">
         <is>
-          <t>9786056970603</t>
+          <t>9786057655844</t>
         </is>
       </c>
       <c r="B1601" s="1" t="inlineStr">
         <is>
-          <t>İzmarit</t>
+          <t>Eski Gecenin On İki Kapısı</t>
         </is>
       </c>
       <c r="C1601" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1602" spans="1:3">
       <c r="A1602" s="1" t="inlineStr">
         <is>
-          <t>9786056970689</t>
+          <t>9786057655943</t>
         </is>
       </c>
       <c r="B1602" s="1" t="inlineStr">
         <is>
-          <t>Çaçaron Kağıtlar</t>
+          <t>K1K4</t>
         </is>
       </c>
       <c r="C1602" s="1">
-        <v>170</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1603" spans="1:3">
       <c r="A1603" s="1" t="inlineStr">
         <is>
-          <t>9786058020429</t>
+          <t>9786057655721</t>
         </is>
       </c>
       <c r="B1603" s="1" t="inlineStr">
         <is>
-          <t>Maymunun Kitabı</t>
+          <t>İlk Şiirler</t>
         </is>
       </c>
       <c r="C1603" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1604" spans="1:3">
       <c r="A1604" s="1" t="inlineStr">
         <is>
-          <t>9786056970665</t>
+          <t>9786057655905</t>
         </is>
       </c>
       <c r="B1604" s="1" t="inlineStr">
         <is>
-          <t>Uçurum Fuarı</t>
+          <t>Dipiz Haikus Octa Deca</t>
         </is>
       </c>
       <c r="C1604" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1605" spans="1:3">
       <c r="A1605" s="1" t="inlineStr">
         <is>
-          <t>9786056970672</t>
+          <t>9786057655158</t>
         </is>
       </c>
       <c r="B1605" s="1" t="inlineStr">
         <is>
-          <t>Melankolik Kahkaha</t>
+          <t>Caz Sokağı Atlıları</t>
         </is>
       </c>
       <c r="C1605" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1606" spans="1:3">
       <c r="A1606" s="1" t="inlineStr">
         <is>
-          <t>9786056970696</t>
+          <t>9786057655820</t>
         </is>
       </c>
       <c r="B1606" s="1" t="inlineStr">
         <is>
-          <t>Çok Uzak Görünse De</t>
+          <t>Nergis</t>
         </is>
       </c>
       <c r="C1606" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1607" spans="1:3">
       <c r="A1607" s="1" t="inlineStr">
         <is>
-          <t>9786058020405</t>
+          <t>9786057655790</t>
         </is>
       </c>
       <c r="B1607" s="1" t="inlineStr">
         <is>
-          <t>Rüyaların Hayaleti</t>
+          <t>Kana Çiçeği Ölüyordu</t>
         </is>
       </c>
       <c r="C1607" s="1">
-        <v>170</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1608" spans="1:3">
       <c r="A1608" s="1" t="inlineStr">
         <is>
-          <t>9786057655622</t>
+          <t>9786057655691</t>
         </is>
       </c>
       <c r="B1608" s="1" t="inlineStr">
         <is>
-          <t>Kendime Kaçış</t>
+          <t>Toprak Duman ve Kedi</t>
         </is>
       </c>
       <c r="C1608" s="1">
-        <v>290</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1609" spans="1:3">
       <c r="A1609" s="1" t="inlineStr">
         <is>
-          <t>9786057655301</t>
+          <t>9786057655813</t>
         </is>
       </c>
       <c r="B1609" s="1" t="inlineStr">
         <is>
-          <t>Teneke Yazı</t>
+          <t>Evimdeki Kediler</t>
         </is>
       </c>
       <c r="C1609" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1610" spans="1:3">
       <c r="A1610" s="1" t="inlineStr">
         <is>
-          <t>9786057655639</t>
+          <t>9786257984942</t>
         </is>
       </c>
       <c r="B1610" s="1" t="inlineStr">
         <is>
-          <t>Duygusuz</t>
+          <t>Alkım Nakış Kalem Kirkit</t>
         </is>
       </c>
       <c r="C1610" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1611" spans="1:3">
       <c r="A1611" s="1" t="inlineStr">
         <is>
-          <t>9786057655592</t>
+          <t>9786257098045</t>
         </is>
       </c>
       <c r="B1611" s="1" t="inlineStr">
         <is>
-          <t>Takım Elbiseli Acılar</t>
+          <t>Kitab-ı Aşk</t>
         </is>
       </c>
       <c r="C1611" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1612" spans="1:3">
       <c r="A1612" s="1" t="inlineStr">
         <is>
-          <t>9786257984058</t>
+          <t>9786257984423</t>
         </is>
       </c>
       <c r="B1612" s="1" t="inlineStr">
         <is>
-          <t>İki Gurbet Arasında</t>
+          <t>Ateşin Felaketi</t>
         </is>
       </c>
       <c r="C1612" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1613" spans="1:3">
       <c r="A1613" s="1" t="inlineStr">
         <is>
-          <t>9786058020498</t>
+          <t>9786257984119</t>
         </is>
       </c>
       <c r="B1613" s="1" t="inlineStr">
         <is>
-          <t>Reading Hapishanesi Baladı</t>
+          <t>Çinçin Hikayeleri</t>
         </is>
       </c>
       <c r="C1613" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1614" spans="1:3">
       <c r="A1614" s="1" t="inlineStr">
         <is>
-          <t>9786257984072</t>
+          <t>9786257984409</t>
         </is>
       </c>
       <c r="B1614" s="1" t="inlineStr">
         <is>
-          <t>Cemal ve Soysuzluk</t>
+          <t>Sudan Şeyler</t>
         </is>
       </c>
       <c r="C1614" s="1">
-        <v>190</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1615" spans="1:3">
       <c r="A1615" s="1" t="inlineStr">
         <is>
-          <t>9786257984065</t>
+          <t>9786257984287</t>
         </is>
       </c>
       <c r="B1615" s="1" t="inlineStr">
         <is>
-          <t>Akıl Ağacı</t>
+          <t>Yaşamak Bazen</t>
         </is>
       </c>
       <c r="C1615" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1616" spans="1:3">
       <c r="A1616" s="1" t="inlineStr">
         <is>
-          <t>9786058020481</t>
+          <t>9786257984348</t>
         </is>
       </c>
       <c r="B1616" s="1" t="inlineStr">
         <is>
-          <t>Söze Varmak</t>
+          <t>Sigara İçen Kadınlar</t>
         </is>
       </c>
       <c r="C1616" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1617" spans="1:3">
       <c r="A1617" s="1" t="inlineStr">
         <is>
-          <t>9786058020474</t>
+          <t>9786257984461</t>
         </is>
       </c>
       <c r="B1617" s="1" t="inlineStr">
         <is>
-          <t>Şiiridye</t>
+          <t>Evrenin Islığı</t>
         </is>
       </c>
       <c r="C1617" s="1">
-        <v>250</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="1618" spans="1:3">
       <c r="A1618" s="1" t="inlineStr">
         <is>
-          <t>9786257984003</t>
+          <t>9786257984393</t>
         </is>
       </c>
       <c r="B1618" s="1" t="inlineStr">
         <is>
-          <t>Benim Ruhum Dışarlardır</t>
+          <t>Retro Öyküler</t>
         </is>
       </c>
       <c r="C1618" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1619" spans="1:3">
       <c r="A1619" s="1" t="inlineStr">
         <is>
+          <t>9786257984362</t>
+        </is>
+      </c>
+      <c r="B1619" s="1" t="inlineStr">
+        <is>
+          <t>İki Kalem Bir Ruh</t>
+        </is>
+      </c>
+      <c r="C1619" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="1620" spans="1:3">
+      <c r="A1620" s="1" t="inlineStr">
+        <is>
+          <t>9786257984164</t>
+        </is>
+      </c>
+      <c r="B1620" s="1" t="inlineStr">
+        <is>
+          <t>Halam ve Ben</t>
+        </is>
+      </c>
+      <c r="C1620" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="1621" spans="1:3">
+      <c r="A1621" s="1" t="inlineStr">
+        <is>
+          <t>9786257984515</t>
+        </is>
+      </c>
+      <c r="B1621" s="1" t="inlineStr">
+        <is>
+          <t>Nietzsche’de Sürüden Özgürlüğe</t>
+        </is>
+      </c>
+      <c r="C1621" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1622" spans="1:3">
+      <c r="A1622" s="1" t="inlineStr">
+        <is>
+          <t>9786257984447</t>
+        </is>
+      </c>
+      <c r="B1622" s="1" t="inlineStr">
+        <is>
+          <t>Linç Lirikleri</t>
+        </is>
+      </c>
+      <c r="C1622" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1623" spans="1:3">
+      <c r="A1623" s="1" t="inlineStr">
+        <is>
+          <t>9786257984300</t>
+        </is>
+      </c>
+      <c r="B1623" s="1" t="inlineStr">
+        <is>
+          <t>Elidanın Hırsızı</t>
+        </is>
+      </c>
+      <c r="C1623" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1624" spans="1:3">
+      <c r="A1624" s="1" t="inlineStr">
+        <is>
+          <t>9786257984492</t>
+        </is>
+      </c>
+      <c r="B1624" s="1" t="inlineStr">
+        <is>
+          <t>Derinde Bir Yer</t>
+        </is>
+      </c>
+      <c r="C1624" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1625" spans="1:3">
+      <c r="A1625" s="1" t="inlineStr">
+        <is>
+          <t>9786058020436</t>
+        </is>
+      </c>
+      <c r="B1625" s="1" t="inlineStr">
+        <is>
+          <t>İmdat Etme Gözlerim</t>
+        </is>
+      </c>
+      <c r="C1625" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1626" spans="1:3">
+      <c r="A1626" s="1" t="inlineStr">
+        <is>
+          <t>9786257984997</t>
+        </is>
+      </c>
+      <c r="B1626" s="1" t="inlineStr">
+        <is>
+          <t>Modern Zaman Sürgünü</t>
+        </is>
+      </c>
+      <c r="C1626" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="1627" spans="1:3">
+      <c r="A1627" s="1" t="inlineStr">
+        <is>
+          <t>9786057655851</t>
+        </is>
+      </c>
+      <c r="B1627" s="1" t="inlineStr">
+        <is>
+          <t>Ülkü Tamer Şiiri</t>
+        </is>
+      </c>
+      <c r="C1627" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="1628" spans="1:3">
+      <c r="A1628" s="1" t="inlineStr">
+        <is>
+          <t>9786257984171</t>
+        </is>
+      </c>
+      <c r="B1628" s="1" t="inlineStr">
+        <is>
+          <t>Pencere</t>
+        </is>
+      </c>
+      <c r="C1628" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="1629" spans="1:3">
+      <c r="A1629" s="1" t="inlineStr">
+        <is>
+          <t>9786257984034</t>
+        </is>
+      </c>
+      <c r="B1629" s="1" t="inlineStr">
+        <is>
+          <t>Kırk Yama</t>
+        </is>
+      </c>
+      <c r="C1629" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="1630" spans="1:3">
+      <c r="A1630" s="1" t="inlineStr">
+        <is>
+          <t>9786257984027</t>
+        </is>
+      </c>
+      <c r="B1630" s="1" t="inlineStr">
+        <is>
+          <t>Sen Sıkı Tut Gülüşünü</t>
+        </is>
+      </c>
+      <c r="C1630" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="1631" spans="1:3">
+      <c r="A1631" s="1" t="inlineStr">
+        <is>
+          <t>9786257984249</t>
+        </is>
+      </c>
+      <c r="B1631" s="1" t="inlineStr">
+        <is>
+          <t>Harpten Geriye Kalanlar</t>
+        </is>
+      </c>
+      <c r="C1631" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="1632" spans="1:3">
+      <c r="A1632" s="1" t="inlineStr">
+        <is>
+          <t>9786257984133</t>
+        </is>
+      </c>
+      <c r="B1632" s="1" t="inlineStr">
+        <is>
+          <t>Darjin</t>
+        </is>
+      </c>
+      <c r="C1632" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="1633" spans="1:3">
+      <c r="A1633" s="1" t="inlineStr">
+        <is>
+          <t>9786057655189</t>
+        </is>
+      </c>
+      <c r="B1633" s="1" t="inlineStr">
+        <is>
+          <t>Düş Yasak</t>
+        </is>
+      </c>
+      <c r="C1633" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1634" spans="1:3">
+      <c r="A1634" s="1" t="inlineStr">
+        <is>
+          <t>9786057655172</t>
+        </is>
+      </c>
+      <c r="B1634" s="1" t="inlineStr">
+        <is>
+          <t>Dertler Dergahı</t>
+        </is>
+      </c>
+      <c r="C1634" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="1635" spans="1:3">
+      <c r="A1635" s="1" t="inlineStr">
+        <is>
+          <t>9786057655202</t>
+        </is>
+      </c>
+      <c r="B1635" s="1" t="inlineStr">
+        <is>
+          <t>Düz Yokuş</t>
+        </is>
+      </c>
+      <c r="C1635" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="1636" spans="1:3">
+      <c r="A1636" s="1" t="inlineStr">
+        <is>
+          <t>9786057655226</t>
+        </is>
+      </c>
+      <c r="B1636" s="1" t="inlineStr">
+        <is>
+          <t>Kurtarılmış Zamandan</t>
+        </is>
+      </c>
+      <c r="C1636" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1637" spans="1:3">
+      <c r="A1637" s="1" t="inlineStr">
+        <is>
+          <t>9786057655233</t>
+        </is>
+      </c>
+      <c r="B1637" s="1" t="inlineStr">
+        <is>
+          <t>Bohem Baykuş ve Ev Cini</t>
+        </is>
+      </c>
+      <c r="C1637" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1638" spans="1:3">
+      <c r="A1638" s="1" t="inlineStr">
+        <is>
+          <t>9786057655219</t>
+        </is>
+      </c>
+      <c r="B1638" s="1" t="inlineStr">
+        <is>
+          <t>Raz Beyaz</t>
+        </is>
+      </c>
+      <c r="C1638" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1639" spans="1:3">
+      <c r="A1639" s="1" t="inlineStr">
+        <is>
+          <t>9786057655196</t>
+        </is>
+      </c>
+      <c r="B1639" s="1" t="inlineStr">
+        <is>
+          <t>Mitolojik Bilinçdışı Çöplüğü</t>
+        </is>
+      </c>
+      <c r="C1639" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1640" spans="1:3">
+      <c r="A1640" s="1" t="inlineStr">
+        <is>
+          <t>9786056970603</t>
+        </is>
+      </c>
+      <c r="B1640" s="1" t="inlineStr">
+        <is>
+          <t>İzmarit</t>
+        </is>
+      </c>
+      <c r="C1640" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1641" spans="1:3">
+      <c r="A1641" s="1" t="inlineStr">
+        <is>
+          <t>9786056970689</t>
+        </is>
+      </c>
+      <c r="B1641" s="1" t="inlineStr">
+        <is>
+          <t>Çaçaron Kağıtlar</t>
+        </is>
+      </c>
+      <c r="C1641" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="1642" spans="1:3">
+      <c r="A1642" s="1" t="inlineStr">
+        <is>
+          <t>9786058020429</t>
+        </is>
+      </c>
+      <c r="B1642" s="1" t="inlineStr">
+        <is>
+          <t>Maymunun Kitabı</t>
+        </is>
+      </c>
+      <c r="C1642" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1643" spans="1:3">
+      <c r="A1643" s="1" t="inlineStr">
+        <is>
+          <t>9786056970665</t>
+        </is>
+      </c>
+      <c r="B1643" s="1" t="inlineStr">
+        <is>
+          <t>Uçurum Fuarı</t>
+        </is>
+      </c>
+      <c r="C1643" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="1644" spans="1:3">
+      <c r="A1644" s="1" t="inlineStr">
+        <is>
+          <t>9786056970672</t>
+        </is>
+      </c>
+      <c r="B1644" s="1" t="inlineStr">
+        <is>
+          <t>Melankolik Kahkaha</t>
+        </is>
+      </c>
+      <c r="C1644" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1645" spans="1:3">
+      <c r="A1645" s="1" t="inlineStr">
+        <is>
+          <t>9786056970696</t>
+        </is>
+      </c>
+      <c r="B1645" s="1" t="inlineStr">
+        <is>
+          <t>Çok Uzak Görünse De</t>
+        </is>
+      </c>
+      <c r="C1645" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1646" spans="1:3">
+      <c r="A1646" s="1" t="inlineStr">
+        <is>
+          <t>9786058020405</t>
+        </is>
+      </c>
+      <c r="B1646" s="1" t="inlineStr">
+        <is>
+          <t>Rüyaların Hayaleti</t>
+        </is>
+      </c>
+      <c r="C1646" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="1647" spans="1:3">
+      <c r="A1647" s="1" t="inlineStr">
+        <is>
+          <t>9786057655622</t>
+        </is>
+      </c>
+      <c r="B1647" s="1" t="inlineStr">
+        <is>
+          <t>Kendime Kaçış</t>
+        </is>
+      </c>
+      <c r="C1647" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="1648" spans="1:3">
+      <c r="A1648" s="1" t="inlineStr">
+        <is>
+          <t>9786057655301</t>
+        </is>
+      </c>
+      <c r="B1648" s="1" t="inlineStr">
+        <is>
+          <t>Teneke Yazı</t>
+        </is>
+      </c>
+      <c r="C1648" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1649" spans="1:3">
+      <c r="A1649" s="1" t="inlineStr">
+        <is>
+          <t>9786057655639</t>
+        </is>
+      </c>
+      <c r="B1649" s="1" t="inlineStr">
+        <is>
+          <t>Duygusuz</t>
+        </is>
+      </c>
+      <c r="C1649" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="1650" spans="1:3">
+      <c r="A1650" s="1" t="inlineStr">
+        <is>
+          <t>9786057655592</t>
+        </is>
+      </c>
+      <c r="B1650" s="1" t="inlineStr">
+        <is>
+          <t>Takım Elbiseli Acılar</t>
+        </is>
+      </c>
+      <c r="C1650" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1651" spans="1:3">
+      <c r="A1651" s="1" t="inlineStr">
+        <is>
+          <t>9786257984058</t>
+        </is>
+      </c>
+      <c r="B1651" s="1" t="inlineStr">
+        <is>
+          <t>İki Gurbet Arasında</t>
+        </is>
+      </c>
+      <c r="C1651" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1652" spans="1:3">
+      <c r="A1652" s="1" t="inlineStr">
+        <is>
+          <t>9786058020498</t>
+        </is>
+      </c>
+      <c r="B1652" s="1" t="inlineStr">
+        <is>
+          <t>Reading Hapishanesi Baladı</t>
+        </is>
+      </c>
+      <c r="C1652" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1653" spans="1:3">
+      <c r="A1653" s="1" t="inlineStr">
+        <is>
+          <t>9786257984072</t>
+        </is>
+      </c>
+      <c r="B1653" s="1" t="inlineStr">
+        <is>
+          <t>Cemal ve Soysuzluk</t>
+        </is>
+      </c>
+      <c r="C1653" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="1654" spans="1:3">
+      <c r="A1654" s="1" t="inlineStr">
+        <is>
+          <t>9786257984065</t>
+        </is>
+      </c>
+      <c r="B1654" s="1" t="inlineStr">
+        <is>
+          <t>Akıl Ağacı</t>
+        </is>
+      </c>
+      <c r="C1654" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1655" spans="1:3">
+      <c r="A1655" s="1" t="inlineStr">
+        <is>
+          <t>9786058020481</t>
+        </is>
+      </c>
+      <c r="B1655" s="1" t="inlineStr">
+        <is>
+          <t>Söze Varmak</t>
+        </is>
+      </c>
+      <c r="C1655" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1656" spans="1:3">
+      <c r="A1656" s="1" t="inlineStr">
+        <is>
+          <t>9786058020474</t>
+        </is>
+      </c>
+      <c r="B1656" s="1" t="inlineStr">
+        <is>
+          <t>Şiiridye</t>
+        </is>
+      </c>
+      <c r="C1656" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1657" spans="1:3">
+      <c r="A1657" s="1" t="inlineStr">
+        <is>
+          <t>9786257984003</t>
+        </is>
+      </c>
+      <c r="B1657" s="1" t="inlineStr">
+        <is>
+          <t>Benim Ruhum Dışarlardır</t>
+        </is>
+      </c>
+      <c r="C1657" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1658" spans="1:3">
+      <c r="A1658" s="1" t="inlineStr">
+        <is>
           <t>9786257984140</t>
         </is>
       </c>
-      <c r="B1619" s="1" t="inlineStr">
+      <c r="B1658" s="1" t="inlineStr">
         <is>
           <t>Ah Samira</t>
         </is>
       </c>
-      <c r="C1619" s="1">
+      <c r="C1658" s="1">
         <v>200</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>