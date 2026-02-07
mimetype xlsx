--- v0 (2025-10-30)
+++ v1 (2026-02-07)
@@ -85,2740 +85,3265 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9789752484863</t>
+          <t>9789752484214</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Dalaletten Kurtuluş</t>
+          <t>Kelam ve Halk</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>522</v>
+        <v>575</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786055245047</t>
+          <t>9786055245863</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Çekirge Yılı</t>
+          <t>Ufki Şehir Turgut Cansever’in İzinde</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>412</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259762289</t>
+          <t>9786055245733</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Siyaseti Türkçe Düşünmek</t>
+          <t>İkinci Analitikler'in Orta Şerhi</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>580</v>
+        <v>525</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259762258</t>
+          <t>9786055245528</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Zeydi-Mu‘tezili Kelamı</t>
+          <t>Osmanlı Hukukunda İcareteyn</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>360</v>
+        <v>390</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259762272</t>
+          <t>9789752484306</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Kudüsü</t>
+          <t>İslam’da Metafizik Düşünce</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>480</v>
+        <v>472</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786055245917</t>
+          <t>9786055245795</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Bir Osmanlı Kadısının Fıkhi Müktesebatı</t>
+          <t>Çağdaş İslami Akımlar</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>590</v>
+        <v>625</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789752484412</t>
+          <t>9786055245269</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>İmam Şafii ve Çağı</t>
+          <t>Osmanlı Devletinde Hukuk ve Adalet</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>590</v>
+        <v>440</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259762265</t>
+          <t>9786055245900</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Birliği Yeniden Terkip Etmek Turgut Cansever İstanbul’da</t>
+          <t>Gazelden Gazele: Dünün Şiirine Bugünden Bakışlar</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>380</v>
+        <v>480</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786055245115</t>
+          <t>9786055245252</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>İslam Sanatı Dil ve Anlam</t>
+          <t>Ortaçağ'da Bilgi ve Sosyal Pratik - Şam 1190-1350</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>1250</v>
+        <v>495</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259762227</t>
+          <t>9789758740819</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Veda Haccı</t>
+          <t>Varlık ve İnsan: Kemalpaşazade Bağlamında Bir Tasavvurun Yeniden İnşası</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>220</v>
+        <v>420</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786055245191</t>
+          <t>9799758740184</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Tarih-i Raşid ve Zeyli 3. Cilt (Ciltli)</t>
+          <t>Şairin Filistini</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>120</v>
+        <v>380</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259823287</t>
+          <t>9789758740949</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Ümmetin İmamına Hadislerle Siyasi Nasihat</t>
+          <t>Meşrutiyetten Cumhuriyete Makaleler</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>195</v>
+        <v>575</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259823294</t>
+          <t>9789758740000</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Türkler İçin Yönetim Sanatı</t>
+          <t>Kindi Felsefi Risaleler</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>220</v>
+        <v>595</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259823270</t>
+          <t>9789758740444</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Bir Sadrazamdan Devlet Görevlilerine Yazılı Emirler ve Öğütler</t>
+          <t>İttihad-ı Osmani’den Arap İsyanına</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>210</v>
+        <v>490</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259762203</t>
+          <t>9789758740109</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Nasîhatü’l-Mülük</t>
+          <t>İslam Filozoflarından Felsefe Metinleri</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>340</v>
+        <v>670</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786259823263</t>
+          <t>9799758740313</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Arzname</t>
+          <t>Hilafet Risaleleri 5. Cilt  Cumhuriyet Devri</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>360</v>
+        <v>525</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786259823232</t>
+          <t>9799758740207</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Fârâbî ve İbn Sînâ’da Tahayyül</t>
+          <t>Hatıralar: Tanıdıklarım</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>440</v>
+        <v>420</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786055245078</t>
+          <t>9789758740673</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Tuhfe-i Hattatin (Ciltli)</t>
+          <t>Harf Harf Kadınlar</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>2500</v>
+        <v>330</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786055245740</t>
+          <t>9789752484719</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Orta Çağ İslam İktisat Düşüncesi</t>
+          <t>Gazali’nin Felsefi Kelamı</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>374</v>
+        <v>575</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789758740260</t>
+          <t>9789758740284</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>İttihatçı Bir Arap Aydınının Anıları Arapların Gözüyle Osmanlı</t>
+          <t>Filozofların Tutarsızlığı</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>412</v>
+        <v>695</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789758740758</t>
+          <t>9789758740956</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>İdrak ve İnşa</t>
+          <t>Fazıl ve Feylesof Kızım</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>653</v>
+        <v>440</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789752484382</t>
+          <t>9786055245061</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>İslam Sanatında Geometrik Desenler</t>
+          <t>Çağdaş Dönemde Kur’an ve Tefsire Ne Oldu?</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>595</v>
+        <v>380</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786057292841</t>
+          <t>9789758740475</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>İslam Siyaset Düşüncesinin Fıkhi Temelleri Siyasi-fıkhi Hükümlere Dair İncelemeler</t>
+          <t>Biz Osmanlı’ya Neden İsyan Ettik?</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>410</v>
+        <v>385</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786259823201</t>
+          <t>9789752484559</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Akıl ve Ahlak</t>
+          <t>Hadis Rivayetinde Bağlam</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>490</v>
+        <v>595</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786259823249</t>
+          <t>9789752484443</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Suret Cevher ve Varlık</t>
+          <t>İlimleri Sınıflamak</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>546</v>
+        <v>540</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789758740925</t>
+          <t>9789752484337</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Felsefe ve Ölüm Ötesi</t>
+          <t>Ana Meseleleriyle Kelam ve Felsefe</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>421</v>
+        <v>635</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786055245825</t>
+          <t>9789758740482</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Bir Şehir Kurmak</t>
+          <t>Mısır Mısırlılarındır</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>438</v>
+        <v>610</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789752484535</t>
+          <t>9786259372433</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>İmamet Mücadelesi ve Haşimoğulları</t>
+          <t>Adl’e Boyun Eğmek</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>213</v>
+        <v>450</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786259823225</t>
+          <t>9786259372426</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>İtikatta Orta Yol</t>
+          <t>Bir Osmanlı Kadısının Fıkhi Müktesebatı</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>348</v>
+        <v>590</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786259823218</t>
+          <t>9789752484139</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Kelam’ın Teşekkülü</t>
+          <t>Mustasfa</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>595</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786259418292</t>
+          <t>9786259762241</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>İbn Sina Psikolojisinin Yapısı</t>
+          <t>Doğa ve İstidad</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>638</v>
+        <v>450</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789758740826</t>
+          <t>9786259372440</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Trabzon Kent Mirası</t>
+          <t>Kuşatmanın Manzum Hafızası</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>625</v>
+        <v>270</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789758740840</t>
+          <t>9786259372402</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Sufi Diliyle Siyaset</t>
+          <t>Memlük Dönemi Siyaset Düşüncesi</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>297</v>
+        <v>440</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789755248497</t>
+          <t>9786259381008</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Siyasi Nasihatname</t>
+          <t>Retorik'in Orta Şerhi Telhîsu Kitâbi’l-Hatâbe İbn Rüşd</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>302</v>
+        <v>490</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789758740505</t>
+          <t>9786259372419</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Sırat-ı Müstakim Mecmuası (Ciltli)</t>
+          <t>Memlüklerde Siyasete Tasavvufi Yorum</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>529</v>
+        <v>250</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789752484146</t>
+          <t>9789752484863</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Millet Sistemi</t>
+          <t>Dalaletten Kurtuluş</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>422</v>
+        <v>625</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789758740222</t>
+          <t>9786055245047</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Medeniyeti Siyaset, İktisat, Sanat</t>
+          <t>Çekirge Yılı</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>392</v>
+        <v>490</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789758740963</t>
+          <t>9786259762289</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Ortaçağ’da Yüksek Öğretim</t>
+          <t>Siyaseti Türkçe Düşünmek</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>479</v>
+        <v>580</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789758740871</t>
+          <t>9786259762258</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Modernite ve Dünya Düzen(ler)i</t>
+          <t>Zeydi-Mu‘tezili Kelamı</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>284</v>
+        <v>430</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789758740116</t>
+          <t>9786259762272</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Konuşmalar</t>
+          <t>Osmanlı Kudüsü</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>306</v>
+        <v>480</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789758740710</t>
+          <t>9786055245917</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Kitabu’l-Burhan</t>
+          <t>Bir Osmanlı Kadısının Fıkhi Müktesebatı</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>406</v>
+        <v>590</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789758740994</t>
+          <t>9789752484412</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Kızıldeniz</t>
+          <t>İmam Şafii ve Çağı</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>464</v>
+        <v>590</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786055245092</t>
+          <t>9786259762265</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Kasideye Medhiye: Biçime, İşleve ve Muhtevaya Dair Tespitler</t>
+          <t>Birliği Yeniden Terkip Etmek Turgut Cansever İstanbul’da</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>580</v>
+        <v>450</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786055245030</t>
+          <t>9786055245115</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>İtikadda Orta Yol</t>
+          <t>İslam Sanatı Dil ve Anlam</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>509</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786055245559</t>
+          <t>9786259762227</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>İslam İktisat Düşüncesi Tarihi</t>
+          <t>Veda Haccı</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>392</v>
+        <v>270</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789752484641</t>
+          <t>9786055245191</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>İbn Sina’nın Mirası</t>
+          <t>Tarih-i Raşid ve Zeyli 3. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>470</v>
+        <v>120</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789758740048</t>
+          <t>9786259823287</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>İbn Rüşd Felsefesi</t>
+          <t>Ümmetin İmamına Hadislerle Siyasi Nasihat</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>393</v>
+        <v>240</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789758740802</t>
+          <t>9786259823294</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Hak Zail Olmaz</t>
+          <t>Türkler İçin Yönetim Sanatı</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>320</v>
+        <v>270</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789758740970</t>
+          <t>9786259823270</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Güzelin Peşinde</t>
+          <t>Bir Sadrazamdan Devlet Görevlilerine Yazılı Emirler ve Öğütler</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>351</v>
+        <v>270</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789752484238</t>
+          <t>9786259762203</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Din Hukuk Eğitim</t>
+          <t>Nasîhatü’l-Mülük</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>438</v>
+        <v>410</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789758740406</t>
+          <t>9786259823263</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Cemaleddin Afgani’nin Hatıraları</t>
+          <t>Arzname</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>386</v>
+        <v>430</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789758740321</t>
+          <t>9786259823232</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Bir Osmanlı-Arap Gazetecinin Anıları</t>
+          <t>Fârâbî ve İbn Sînâ’da Tahayyül</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>407</v>
+        <v>440</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789752484245</t>
+          <t>9786055245078</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Beşeri Bilimler</t>
+          <t>Tuhfe-i Hattatin (Ciltli)</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>490</v>
+        <v>3000</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789758740888</t>
+          <t>9786055245740</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>İbn Sina Metafiziği</t>
+          <t>Orta Çağ İslam İktisat Düşüncesi</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>416</v>
+        <v>440</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786055245009</t>
+          <t>9789758740260</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Behcetü’l - Fetava</t>
+          <t>İttihatçı Bir Arap Aydınının Anıları Arapların Gözüyle Osmanlı</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>493</v>
+        <v>490</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9789758740437</t>
+          <t>9789758740758</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Abdülhamid’in Valileri</t>
+          <t>İdrak ve İnşa</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>386</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786259414485</t>
+          <t>9789752484382</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Fransız Üniversitelerinin Uzun Yürüyüşü</t>
+          <t>İslam Sanatında Geometrik Desenler</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>493</v>
+        <v>595</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786057292865</t>
+          <t>9786057292841</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Bir Metni Kuşatmak</t>
+          <t>İslam Siyaset Düşüncesinin Fıkhi Temelleri Siyasi-fıkhi Hükümlere Dair İncelemeler</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>493</v>
+        <v>490</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789752484931</t>
+          <t>9786259823201</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Müşahhas Meselelere Dair Osmanlı Aile Hukuku Fetvaları</t>
+          <t>Akıl ve Ahlak</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>450</v>
+        <v>590</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786259418209</t>
+          <t>9786259823249</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Doğru Siyaset İçin Sağlam Sığınak Hısnü’l-Müluk li-Hüsni’s-Süluk</t>
+          <t>Suret Cevher ve Varlık</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>284</v>
+        <v>655</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786057292896</t>
+          <t>9789758740925</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Tacü’l-Kavanin</t>
+          <t>Felsefe ve Ölüm Ötesi</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>402</v>
+        <v>505</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786259418247</t>
+          <t>9786055245825</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Miftahu’l - Adale</t>
+          <t>Bir Şehir Kurmak</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>393</v>
+        <v>525</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786259418223</t>
+          <t>9789752484535</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Kadızade Mehmed İlmi’nin Siyasi Nasihatnamesi</t>
+          <t>İmamet Mücadelesi ve Haşimoğulları</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>421</v>
+        <v>270</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786057292858</t>
+          <t>9786259823225</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Hüner ile Güher</t>
+          <t>İtikatta Orta Yol</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>432</v>
+        <v>420</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786259418230</t>
+          <t>9786259823218</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>İslam Hükümdarlarına Siyasi Nasihatler</t>
+          <t>Kelam’ın Teşekkülü</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>402</v>
+        <v>595</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786259418216</t>
+          <t>9786259418292</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Hilafet ve Mezhepleşme</t>
+          <t>İbn Sina Psikolojisinin Yapısı</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>402</v>
+        <v>766</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786057292889</t>
+          <t>9789758740826</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Aslan ve Çakal</t>
+          <t>Trabzon Kent Mirası</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>406</v>
+        <v>750</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9789752484986</t>
+          <t>9789758740840</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Müslümanlık ile Zındıklığı Ayırt Etmenin Ölçütü</t>
+          <t>Sufi Diliyle Siyaset</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>241</v>
+        <v>340</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789752484993</t>
+          <t>9789755248497</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Nur Kandilliği</t>
+          <t>Siyasi Nasihatname</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>241</v>
+        <v>360</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789752484948</t>
+          <t>9789758740505</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Müzik ve Felsefe Klasik Dönem İslam Filozoflarının Müzik Felsefeleri</t>
+          <t>Sırat-ı Müstakim Mecmuası (Ciltli)</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>377</v>
+        <v>635</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786057292834</t>
+          <t>9789752484146</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>17. Yüzyılda İslam Entelektüel Tarihi Osmanlı İmparatorluğu’nda ve Mağrip’te İlmî Akımlar</t>
+          <t>Osmanlı Millet Sistemi</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>566</v>
+        <v>505</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786057292810</t>
+          <t>9789758740222</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Adalet Gerdanlığı</t>
+          <t>Osmanlı Medeniyeti Siyaset, İktisat, Sanat</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>406</v>
+        <v>470</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789752484894</t>
+          <t>9789758740963</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>İslam Siyaset Düşüncesinin Pseudo-Aristotelesçi Zemini</t>
+          <t>Ortaçağ’da Yüksek Öğretim</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>412</v>
+        <v>575</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786057292803</t>
+          <t>9789758740871</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Sekiz Kelime</t>
+          <t>Modernite ve Dünya Düzen(ler)i</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>328</v>
+        <v>335</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789752484962</t>
+          <t>9789758740116</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Nizam-ı Cedid Risalesi</t>
+          <t>Konuşmalar</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>322</v>
+        <v>360</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789752484870</t>
+          <t>9789758740710</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Tercüme-i Nasihatü’l-Mülük</t>
+          <t>Kitabu’l-Burhan</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>232</v>
+        <v>485</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789752484887</t>
+          <t>9789758740994</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Nizam-ı ‘Atik</t>
+          <t>Kızıldeniz</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>219</v>
+        <v>560</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789752484900</t>
+          <t>9786055245092</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>İbnü'l-Ekfani’nin Düşüncesinde Ahlak, Siyaset ve Firaset</t>
+          <t>Kasideye Medhiye: Biçime, İşleve ve Muhtevaya Dair Tespitler</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>284</v>
+        <v>695</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789752484825</t>
+          <t>9786055245030</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Layiha-i Tatarcıkzade Abdullah - Sultan Selim-i Salis Devrinde Nizam-ı Devlet Hakkında Mütalaat</t>
+          <t>İtikadda Orta Yol</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>280</v>
+        <v>610</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789752484795</t>
+          <t>9786055245559</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Memlükler ve Siyaset-i Şer'iyye Togan Şeyh el-Eşrefi Örneği</t>
+          <t>İslam İktisat Düşüncesi Tarihi</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>351</v>
+        <v>470</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789752484757</t>
+          <t>9789752484641</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Ethostan Ahlaka</t>
+          <t>İbn Sina’nın Mirası</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>494</v>
+        <v>565</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9799758740160</t>
+          <t>9789758740048</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Hilafet Risaleleri 4. Cilt  2. Meşrutiyet Devri</t>
+          <t>İbn Rüşd Felsefesi</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>438</v>
+        <v>472</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9789752484917</t>
+          <t>9789758740802</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>İslam İktisat Düşüncesi Tarihi 2</t>
+          <t>Hak Zail Olmaz</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>412</v>
+        <v>380</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9789752484924</t>
+          <t>9789758740970</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>İslam İktisat Düşüncesi Tarihi 3</t>
+          <t>Güzelin Peşinde</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>529</v>
+        <v>420</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789752484771</t>
+          <t>9789752484238</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Siyasi Tecdid ve Osmanlılar</t>
+          <t>Din Hukuk Eğitim</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>297</v>
+        <v>525</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9789752484832</t>
+          <t>9789758740406</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Mezhepler Arası Mücadele</t>
+          <t>Cemaleddin Afgani’nin Hatıraları</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>450</v>
+        <v>460</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9789752484856</t>
+          <t>9789758740321</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Halkı Kelam İlminden Geri Tutma</t>
+          <t>Bir Osmanlı-Arap Gazetecinin Anıları</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>213</v>
+        <v>485</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9789752484849</t>
+          <t>9789752484245</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Mertebelerinin Düzenlenmesi ve Bilimlerin Konumları</t>
+          <t>Beşeri Bilimler</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>213</v>
+        <v>590</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9789752484788</t>
+          <t>9789758740888</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Din ile Felsefe Arasındaki İlişki Hakkında Son Söz</t>
+          <t>İbn Sina Metafiziği</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>213</v>
+        <v>495</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9789752484801</t>
+          <t>9786055245009</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>İslam Mantığının Gelişimi 1200-1800</t>
+          <t>Behcetü’l - Fetava</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>576</v>
+        <v>595</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9789752484818</t>
+          <t>9789758740437</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>İbn Sina</t>
+          <t>Abdülhamid’in Valileri</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>576</v>
+        <v>460</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9789752484580</t>
+          <t>9786259414485</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Zor Zamanda Siyaset</t>
+          <t>Fransız Üniversitelerinin Uzun Yürüyüşü</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>421</v>
+        <v>570</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9789752484726</t>
+          <t>9786057292865</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Coğrafya ve Mezhep</t>
+          <t>Bir Metni Kuşatmak</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>429</v>
+        <v>595</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9789752484733</t>
+          <t>9789752484931</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Edebi Metinlerinde Teoriden Pratiğe Belagat</t>
+          <t>Müşahhas Meselelere Dair Osmanlı Aile Hukuku Fetvaları</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>537</v>
+        <v>540</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789752484689</t>
+          <t>9786259418209</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Esrar-ı Siyasiyyat</t>
+          <t>Doğru Siyaset İçin Sağlam Sığınak Hısnü’l-Müluk li-Hüsni’s-Süluk</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>264</v>
+        <v>335</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9789752484671</t>
+          <t>9786057292896</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Sufiler ve Sultanlar</t>
+          <t>Tacü’l-Kavanin</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>297</v>
+        <v>480</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9789752484665</t>
+          <t>9786259418247</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>İbn Rüşd ve Thomas Aquinas’ta Akılların Birliği</t>
+          <t>Miftahu’l - Adale</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>393</v>
+        <v>472</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9789752484658</t>
+          <t>9786259418223</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Nizam-ı Devlet</t>
+          <t>Kadızade Mehmed İlmi’nin Siyasi Nasihatnamesi</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>320</v>
+        <v>505</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9789752484634</t>
+          <t>9786057292858</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Varlık ve Zihin</t>
+          <t>Hüner ile Güher</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>522</v>
+        <v>518</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789752484627</t>
+          <t>9786259418230</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Tefsire Giriş</t>
+          <t>İslam Hükümdarlarına Siyasi Nasihatler</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>377</v>
+        <v>480</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9789752484610</t>
+          <t>9786259418216</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>İslami Davanın Güzergahı</t>
+          <t>Hilafet ve Mezhepleşme</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>241</v>
+        <v>480</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9789752484603</t>
+          <t>9786057292889</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Mu'tezile Akaidi</t>
+          <t>Aslan ve Çakal</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>334</v>
+        <v>485</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9789752484597</t>
+          <t>9789752484986</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Kelamın Fizik Kuramı</t>
+          <t>Müslümanlık ile Zındıklığı Ayırt Etmenin Ölçütü</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>429</v>
+        <v>280</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9789752484573</t>
+          <t>9789752484993</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Nizam-ı Alemi Sağlayan Sebeplerin Temelleri</t>
+          <t>Nur Kandilliği</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>276</v>
+        <v>280</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9789752484566</t>
+          <t>9789752484948</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>İslam’ın İlk Müceddidi</t>
+          <t>Müzik ve Felsefe Klasik Dönem İslam Filozoflarının Müzik Felsefeleri</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>393</v>
+        <v>445</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9789752484504</t>
+          <t>9786057292834</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devlet Nizamının Tesisi</t>
+          <t>17. Yüzyılda İslam Entelektüel Tarihi Osmanlı İmparatorluğu’nda ve Mağrip’te İlmî Akımlar</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>241</v>
+        <v>680</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9789752484498</t>
+          <t>9786057292810</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>İbn Sina Sonrası Kavram Mantığı</t>
+          <t>Adalet Gerdanlığı</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>348</v>
+        <v>485</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9789752484481</t>
+          <t>9789752484894</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Sultan, Ordu ve Reaya</t>
+          <t>İslam Siyaset Düşüncesinin Pseudo-Aristotelesçi Zemini</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>342</v>
+        <v>490</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9789752484474</t>
+          <t>9786057292803</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukuk Düşüncesinde İktidar ve Meşruiyet</t>
+          <t>Sekiz Kelime</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>351</v>
+        <v>390</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9789752484450</t>
+          <t>9789752484962</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Amiri ve Felsefesi</t>
+          <t>Nizam-ı Cedid Risalesi</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>386</v>
+        <v>380</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9789752484436</t>
+          <t>9789752484870</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Kaplan ve Tilki</t>
+          <t>Tercüme-i Nasihatü’l-Mülük</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>241</v>
+        <v>270</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9789752484429</t>
+          <t>9789752484887</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>İslam’ın Klasik Çağında Hukuk ve Eğitim</t>
+          <t>Nizam-ı ‘Atik</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>351</v>
+        <v>270</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9789752484399</t>
+          <t>9789752484900</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Erken Modern Osmanlı İmparatorluğu'nda Alimler ve Sultanlar</t>
+          <t>İbnü'l-Ekfani’nin Düşüncesinde Ahlak, Siyaset ve Firaset</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>551</v>
+        <v>335</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9789752484405</t>
+          <t>9789752484825</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>İbn Rüşd - Felsefe Din ve Te'vil</t>
+          <t>Layiha-i Tatarcıkzade Abdullah - Sultan Selim-i Salis Devrinde Nizam-ı Devlet Hakkında Mütalaat</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>528</v>
+        <v>335</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9789752484368</t>
+          <t>9789752484795</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Kamu Yönetimi Adabı</t>
+          <t>Memlükler ve Siyaset-i Şer'iyye Togan Şeyh el-Eşrefi Örneği</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>452</v>
+        <v>420</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9789752484351</t>
+          <t>9789752484757</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Kategoriler ve Retorik</t>
+          <t>Ethostan Ahlaka</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>365</v>
+        <v>595</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9789752484269</t>
+          <t>9799758740160</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Şeyhülislam Mustafa Sabri Efendi’nin Dini Düşüncesi</t>
+          <t>Hilafet Risaleleri 4. Cilt  2. Meşrutiyet Devri</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>479</v>
+        <v>525</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9789752484344</t>
+          <t>9789752484917</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Camiu’l İcareteyn</t>
+          <t>İslam İktisat Düşüncesi Tarihi 2</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>351</v>
+        <v>490</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9789752484313</t>
+          <t>9789752484924</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>İktidar Teleolojisi</t>
+          <t>İslam İktisat Düşüncesi Tarihi 3</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>342</v>
+        <v>635</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9789752484320</t>
+          <t>9789752484771</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Divan’dan Nağmeler: Farklı Boyutlarıyla Edebiyat - Musiki İlişkileri</t>
+          <t>Siyasi Tecdid ve Osmanlılar</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>490</v>
+        <v>340</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9789752484290</t>
+          <t>9789752484832</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Klasik Osmanlı Ceza Hukukunda Şeriat-Kanun Ayrımı</t>
+          <t>Mezhepler Arası Mücadele</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>416</v>
+        <v>540</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9789752484276</t>
+          <t>9789752484856</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Dünyada Ulema</t>
+          <t>Halkı Kelam İlminden Geri Tutma</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>407</v>
+        <v>270</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9789752484283</t>
+          <t>9789752484849</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Celalikıran Kuyucu Murad Paşa</t>
+          <t>Mutluluk Mertebelerinin Düzenlenmesi ve Bilimlerin Konumları</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>361</v>
+        <v>270</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9789752484252</t>
+          <t>9789752484788</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>İhvan’dan Cuheyman’a Suudi Arabistan ve Vehhabilik</t>
+          <t>Din ile Felsefe Arasındaki İlişki Hakkında Son Söz</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>421</v>
+        <v>270</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9789752484153</t>
+          <t>9789752484801</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Felsefe ve Vahiy</t>
+          <t>İslam Mantığının Gelişimi 1200-1800</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>452</v>
+        <v>690</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9789752484221</t>
+          <t>9789752484818</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Sünni Düşüncenin Teşekkülü</t>
+          <t>İbn Sina</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>470</v>
+        <v>690</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9789752484207</t>
+          <t>9789752484580</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Hicve Reva, Mizaha Mayil Güldürücü Metinleri Anlamak - Eski Türk Edebiyatı Çalışmaları 13</t>
+          <t>Zor Zamanda Siyaset</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>490</v>
+        <v>505</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9789752484160</t>
+          <t>9789752484726</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>İslam Atomculuğu</t>
+          <t>Coğrafya ve Mezhep</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>342</v>
+        <v>515</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786055245931</t>
+          <t>9789752484733</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Hukukunda Fetva</t>
+          <t>Osmanlı Edebi Metinlerinde Teoriden Pratiğe Belagat</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>548</v>
+        <v>640</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9789752484184</t>
+          <t>9789752484689</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Siyasetnameleri Yeniden Okumak</t>
+          <t>Esrar-ı Siyasiyyat</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>486</v>
+        <v>285</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9789752484177</t>
+          <t>9789752484671</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Anayasasına Dair</t>
+          <t>Sufiler ve Sultanlar</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>412</v>
+        <v>340</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9789752484122</t>
+          <t>9789752484665</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Zengi ve Eyyubi Dımaşk’ında Ulema ve Medrese (1154-1260)</t>
+          <t>İbn Rüşd ve Thomas Aquinas’ta Akılların Birliği</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>392</v>
+        <v>472</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9789752484108</t>
+          <t>9789752484658</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Abbasiler Döneminde Vezirlik</t>
+          <t>Nizam-ı Devlet</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>416</v>
+        <v>380</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9789752484115</t>
+          <t>9789752484634</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Arapça Elyazmaları İçin Rehber</t>
+          <t>Varlık ve Zihin</t>
         </is>
       </c>
       <c r="C135" s="1">
         <v>625</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9789752484085</t>
+          <t>9789752484627</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Türklerle Omuz Omuza</t>
+          <t>Tefsire Giriş</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>342</v>
+        <v>445</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9789752484054</t>
+          <t>9789752484610</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk ve Felsefe</t>
+          <t>İslami Davanın Güzergahı</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>320</v>
+        <v>280</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9789752484047</t>
+          <t>9789752484603</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Varlık ve Akıl</t>
+          <t>Mu'tezile Akaidi</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>438</v>
+        <v>400</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9789752484696</t>
+          <t>9789752484597</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Şeriat ve Hakikat</t>
+          <t>Kelamın Fizik Kuramı</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>438</v>
+        <v>515</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9789752484023</t>
+          <t>9789752484573</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Bir ve Çok</t>
+          <t>Nizam-ı Alemi Sağlayan Sebeplerin Temelleri</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>392</v>
+        <v>330</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786055245894</t>
+          <t>9789752484566</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Tasvir (Ciltli)</t>
+          <t>İslam’ın İlk Müceddidi</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>2500</v>
+        <v>472</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9789758740598</t>
+          <t>9789752484504</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Tasvir</t>
+          <t>Osmanlı Devlet Nizamının Tesisi</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>2000</v>
+        <v>280</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9789758740581</t>
+          <t>9789752484498</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Adabı</t>
+          <t>İbn Sina Sonrası Kavram Mantığı</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>305</v>
+        <v>420</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786055245993</t>
+          <t>9789752484481</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Hanefilerde Mezhep Usulü</t>
+          <t>Sultan, Ordu ve Reaya</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>416</v>
+        <v>410</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786055245979</t>
+          <t>9789752484474</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Dil, Söz ve Fesahat</t>
+          <t>İslam Hukuk Düşüncesinde İktidar ve Meşruiyet</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>392</v>
+        <v>420</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786055245986</t>
+          <t>9789752484450</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Nasiruddin Tüsi'de Önermeler Mantığı</t>
+          <t>Amiri ve Felsefesi</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>355</v>
+        <v>460</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9789758740550</t>
+          <t>9789752484436</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Aile Hukuku</t>
+          <t>Kaplan ve Tilki</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>351</v>
+        <v>280</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786055245801</t>
+          <t>9789752484429</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Doğa ve Öznellik</t>
+          <t>İslam’ın Klasik Çağında Hukuk ve Eğitim</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>429</v>
+        <v>420</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786055245924</t>
+          <t>9789752484399</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>İslam Hükümdarları İçin Siyaset Rehberi</t>
+          <t>Erken Modern Osmanlı İmparatorluğu'nda Alimler ve Sultanlar</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>342</v>
+        <v>660</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9789752484542</t>
+          <t>9789752484405</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Varlık, Bilgi, Hakikat</t>
+          <t>İbn Rüşd - Felsefe Din ve Te'vil</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>357</v>
+        <v>635</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786055245870</t>
+          <t>9789752484368</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Fıkıh ve Siyaset</t>
+          <t>Kamu Yönetimi Adabı</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>413</v>
+        <v>545</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786055245887</t>
+          <t>9789752484351</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Ortaçağ İslam'ında Mesihçi İnançlar ve İmparatorluk Siyaseti</t>
+          <t>Kategoriler ve Retorik</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>365</v>
+        <v>430</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786055245832</t>
+          <t>9789752484269</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'da İlim ve Fikir Dünyası</t>
+          <t>Şeyhülislam Mustafa Sabri Efendi’nin Dini Düşüncesi</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>406</v>
+        <v>575</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786055245320</t>
+          <t>9789752484344</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Gayrimüslimlere Dair Fetvalar</t>
+          <t>Camiu’l İcareteyn</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>384</v>
+        <v>420</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786055245702</t>
+          <t>9789752484313</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Fahreddin Razi Sonrası Metafizik Düşünce</t>
+          <t>İktidar Teleolojisi</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>464</v>
+        <v>410</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786055245726</t>
+          <t>9789752484320</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Nedensellik Kitabı</t>
+          <t>Divan’dan Nağmeler: Farklı Boyutlarıyla Edebiyat - Musiki İlişkileri</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>460</v>
+        <v>590</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9789752484702</t>
+          <t>9789752484290</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Kelamda Nedensellik</t>
+          <t>Klasik Osmanlı Ceza Hukukunda Şeriat-Kanun Ayrımı</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>402</v>
+        <v>495</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786055245757</t>
+          <t>9789752484276</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Servet</t>
+          <t>Çağdaş Dünyada Ulema</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>393</v>
+        <v>485</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786055245290</t>
+          <t>9789752484283</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Arnavutluk ve Buhran-ı Osmani</t>
+          <t>Celalikıran Kuyucu Murad Paşa</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>255</v>
+        <v>430</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786055245276</t>
+          <t>9789752484252</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Hilafet Risaleleri Cilt 6: Cumhuriyet Devri</t>
+          <t>İhvan’dan Cuheyman’a Suudi Arabistan ve Vehhabilik</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>438</v>
+        <v>505</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786055245665</t>
+          <t>9789752484153</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Saray Adabı</t>
+          <t>Felsefe ve Vahiy</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>302</v>
+        <v>545</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786055245542</t>
+          <t>9789752484221</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Varlık ve İdrak</t>
+          <t>Sünni Düşüncenin Teşekkülü</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>566</v>
+        <v>565</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786055245658</t>
+          <t>9789752484207</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Felsefesi</t>
+          <t>Hicve Reva, Mizaha Mayil Güldürücü Metinleri Anlamak - Eski Türk Edebiyatı Çalışmaları 13</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>464</v>
+        <v>590</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786055245535</t>
+          <t>9789752484160</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Makaleleri</t>
+          <t>İslam Atomculuğu</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>357</v>
+        <v>410</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9789752484191</t>
+          <t>9786055245931</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Sonrası Arnavutluk (1912-1920)</t>
+          <t>Osmanlı Hukukunda Fetva</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>421</v>
+        <v>660</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786055245337</t>
+          <t>9789752484184</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Neticetü'l-Fetava - Şeyhülislam Fetvaları</t>
+          <t>Siyasetnameleri Yeniden Okumak</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>421</v>
+        <v>585</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786055245122</t>
+          <t>9789752484177</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Tarih-i Raşid ve Zeyli (3 Kitap)</t>
+          <t>Osmanlı Anayasasına Dair</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>2300</v>
+        <v>490</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786055245849</t>
+          <t>9789752484122</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Dersleri</t>
+          <t>Zengi ve Eyyubi Dımaşk’ında Ulema ve Medrese (1154-1260)</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>407</v>
+        <v>470</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786055245214</t>
+          <t>9789752484108</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>İslam Mantık Tarihi</t>
+          <t>Abbasiler Döneminde Vezirlik</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>438</v>
+        <v>495</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786055245283</t>
+          <t>9789752484115</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Avlonyalı Ferid Paşa</t>
+          <t>Arapça Elyazmaları İçin Rehber</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>450</v>
+        <v>750</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786055245238</t>
+          <t>9789752484085</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Hukuk, Toplum ve Kültür - Kuzey Afrika 1300-1500</t>
+          <t>Türklerle Omuz Omuza</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>429</v>
+        <v>410</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786055245306</t>
+          <t>9789752484054</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Batı Gözüyle Tecdid</t>
+          <t>Mutluluk ve Felsefe</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>450</v>
+        <v>380</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786055245313</t>
+          <t>9789752484047</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Bilge Yöneticinin El Kitabı</t>
+          <t>Varlık ve Akıl</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>342</v>
+        <v>525</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786055245610</t>
+          <t>9789752484696</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Şia'nın Hadis Anlayışı Üzerine İncelemeler</t>
+          <t>Şeriat ve Hakikat</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>328</v>
+        <v>525</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9789758740178</t>
+          <t>9789752484023</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesinde Felsefe Eleştirileri</t>
+          <t>Bir ve Çok</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>363</v>
+        <v>470</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786055245023</t>
+          <t>9786055245894</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>İslam Dünyasında Kitabın Tarihi</t>
+          <t>Tasvir (Ciltli)</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>363</v>
+        <v>3000</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9789758740420</t>
+          <t>9789758740598</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Ahlak-ı Alai</t>
+          <t>Tasvir</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>493</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786055245511</t>
+          <t>9789758740581</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Felsefe, Tıp ve Tarih : Tabakat Literatürü Üzerine Bir İnceleme</t>
+          <t>Siyaset Adabı</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>393</v>
+        <v>360</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786055245160</t>
+          <t>9786055245993</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Tarih-i Raşid ve Zeyli (3 Kitap) (Ciltli)</t>
+          <t>Hanefilerde Mezhep Usulü</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>3000</v>
+        <v>495</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9789758740032</t>
+          <t>9786055245979</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Hilafet Risaleleri 2. Cilt 2. Abdülhamit Devri</t>
+          <t>Dil, Söz ve Fesahat</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>438</v>
+        <v>470</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
+          <t>9786055245986</t>
+        </is>
+      </c>
+      <c r="B181" s="1" t="inlineStr">
+        <is>
+          <t>Nasiruddin Tüsi'de Önermeler Mantığı</t>
+        </is>
+      </c>
+      <c r="C181" s="1">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="182" spans="1:3">
+      <c r="A182" s="1" t="inlineStr">
+        <is>
+          <t>9789758740550</t>
+        </is>
+      </c>
+      <c r="B182" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı Aile Hukuku</t>
+        </is>
+      </c>
+      <c r="C182" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="183" spans="1:3">
+      <c r="A183" s="1" t="inlineStr">
+        <is>
+          <t>9786055245801</t>
+        </is>
+      </c>
+      <c r="B183" s="1" t="inlineStr">
+        <is>
+          <t>Doğa ve Öznellik</t>
+        </is>
+      </c>
+      <c r="C183" s="1">
+        <v>515</v>
+      </c>
+    </row>
+    <row r="184" spans="1:3">
+      <c r="A184" s="1" t="inlineStr">
+        <is>
+          <t>9786055245924</t>
+        </is>
+      </c>
+      <c r="B184" s="1" t="inlineStr">
+        <is>
+          <t>İslam Hükümdarları İçin Siyaset Rehberi</t>
+        </is>
+      </c>
+      <c r="C184" s="1">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="185" spans="1:3">
+      <c r="A185" s="1" t="inlineStr">
+        <is>
+          <t>9789752484542</t>
+        </is>
+      </c>
+      <c r="B185" s="1" t="inlineStr">
+        <is>
+          <t>Varlık, Bilgi, Hakikat</t>
+        </is>
+      </c>
+      <c r="C185" s="1">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="186" spans="1:3">
+      <c r="A186" s="1" t="inlineStr">
+        <is>
+          <t>9786055245870</t>
+        </is>
+      </c>
+      <c r="B186" s="1" t="inlineStr">
+        <is>
+          <t>Fıkıh ve Siyaset</t>
+        </is>
+      </c>
+      <c r="C186" s="1">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="187" spans="1:3">
+      <c r="A187" s="1" t="inlineStr">
+        <is>
+          <t>9786055245887</t>
+        </is>
+      </c>
+      <c r="B187" s="1" t="inlineStr">
+        <is>
+          <t>Ortaçağ İslam'ında Mesihçi İnançlar ve İmparatorluk Siyaseti</t>
+        </is>
+      </c>
+      <c r="C187" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="188" spans="1:3">
+      <c r="A188" s="1" t="inlineStr">
+        <is>
+          <t>9786055245832</t>
+        </is>
+      </c>
+      <c r="B188" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı'da İlim ve Fikir Dünyası</t>
+        </is>
+      </c>
+      <c r="C188" s="1">
+        <v>485</v>
+      </c>
+    </row>
+    <row r="189" spans="1:3">
+      <c r="A189" s="1" t="inlineStr">
+        <is>
+          <t>9786055245320</t>
+        </is>
+      </c>
+      <c r="B189" s="1" t="inlineStr">
+        <is>
+          <t>Gayrimüslimlere Dair Fetvalar</t>
+        </is>
+      </c>
+      <c r="C189" s="1">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="190" spans="1:3">
+      <c r="A190" s="1" t="inlineStr">
+        <is>
+          <t>9786055245702</t>
+        </is>
+      </c>
+      <c r="B190" s="1" t="inlineStr">
+        <is>
+          <t>Fahreddin Razi Sonrası Metafizik Düşünce</t>
+        </is>
+      </c>
+      <c r="C190" s="1">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="191" spans="1:3">
+      <c r="A191" s="1" t="inlineStr">
+        <is>
+          <t>9786055245726</t>
+        </is>
+      </c>
+      <c r="B191" s="1" t="inlineStr">
+        <is>
+          <t>Nedensellik Kitabı</t>
+        </is>
+      </c>
+      <c r="C191" s="1">
+        <v>555</v>
+      </c>
+    </row>
+    <row r="192" spans="1:3">
+      <c r="A192" s="1" t="inlineStr">
+        <is>
+          <t>9789752484702</t>
+        </is>
+      </c>
+      <c r="B192" s="1" t="inlineStr">
+        <is>
+          <t>Kelamda Nedensellik</t>
+        </is>
+      </c>
+      <c r="C192" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="193" spans="1:3">
+      <c r="A193" s="1" t="inlineStr">
+        <is>
+          <t>9786055245757</t>
+        </is>
+      </c>
+      <c r="B193" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Servet</t>
+        </is>
+      </c>
+      <c r="C193" s="1">
+        <v>472</v>
+      </c>
+    </row>
+    <row r="194" spans="1:3">
+      <c r="A194" s="1" t="inlineStr">
+        <is>
+          <t>9786055245290</t>
+        </is>
+      </c>
+      <c r="B194" s="1" t="inlineStr">
+        <is>
+          <t>Arnavutluk ve Buhran-ı Osmani</t>
+        </is>
+      </c>
+      <c r="C194" s="1">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="195" spans="1:3">
+      <c r="A195" s="1" t="inlineStr">
+        <is>
+          <t>9786055245276</t>
+        </is>
+      </c>
+      <c r="B195" s="1" t="inlineStr">
+        <is>
+          <t>Hilafet Risaleleri Cilt 6: Cumhuriyet Devri</t>
+        </is>
+      </c>
+      <c r="C195" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="196" spans="1:3">
+      <c r="A196" s="1" t="inlineStr">
+        <is>
+          <t>9786055245665</t>
+        </is>
+      </c>
+      <c r="B196" s="1" t="inlineStr">
+        <is>
+          <t>Saray Adabı</t>
+        </is>
+      </c>
+      <c r="C196" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="197" spans="1:3">
+      <c r="A197" s="1" t="inlineStr">
+        <is>
+          <t>9786055245542</t>
+        </is>
+      </c>
+      <c r="B197" s="1" t="inlineStr">
+        <is>
+          <t>Varlık ve İdrak</t>
+        </is>
+      </c>
+      <c r="C197" s="1">
+        <v>680</v>
+      </c>
+    </row>
+    <row r="198" spans="1:3">
+      <c r="A198" s="1" t="inlineStr">
+        <is>
+          <t>9786055245658</t>
+        </is>
+      </c>
+      <c r="B198" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı Felsefesi</t>
+        </is>
+      </c>
+      <c r="C198" s="1">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="199" spans="1:3">
+      <c r="A199" s="1" t="inlineStr">
+        <is>
+          <t>9786055245535</t>
+        </is>
+      </c>
+      <c r="B199" s="1" t="inlineStr">
+        <is>
+          <t>Felsefe Makaleleri</t>
+        </is>
+      </c>
+      <c r="C199" s="1">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="200" spans="1:3">
+      <c r="A200" s="1" t="inlineStr">
+        <is>
+          <t>9789752484191</t>
+        </is>
+      </c>
+      <c r="B200" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı Sonrası Arnavutluk (1912-1920)</t>
+        </is>
+      </c>
+      <c r="C200" s="1">
+        <v>505</v>
+      </c>
+    </row>
+    <row r="201" spans="1:3">
+      <c r="A201" s="1" t="inlineStr">
+        <is>
+          <t>9786055245337</t>
+        </is>
+      </c>
+      <c r="B201" s="1" t="inlineStr">
+        <is>
+          <t>Neticetü'l-Fetava - Şeyhülislam Fetvaları</t>
+        </is>
+      </c>
+      <c r="C201" s="1">
+        <v>505</v>
+      </c>
+    </row>
+    <row r="202" spans="1:3">
+      <c r="A202" s="1" t="inlineStr">
+        <is>
+          <t>9786055245122</t>
+        </is>
+      </c>
+      <c r="B202" s="1" t="inlineStr">
+        <is>
+          <t>Tarih-i Raşid ve Zeyli (3 Kitap)</t>
+        </is>
+      </c>
+      <c r="C202" s="1">
+        <v>2700</v>
+      </c>
+    </row>
+    <row r="203" spans="1:3">
+      <c r="A203" s="1" t="inlineStr">
+        <is>
+          <t>9786055245849</t>
+        </is>
+      </c>
+      <c r="B203" s="1" t="inlineStr">
+        <is>
+          <t>Felsefe Dersleri</t>
+        </is>
+      </c>
+      <c r="C203" s="1">
+        <v>485</v>
+      </c>
+    </row>
+    <row r="204" spans="1:3">
+      <c r="A204" s="1" t="inlineStr">
+        <is>
+          <t>9786055245214</t>
+        </is>
+      </c>
+      <c r="B204" s="1" t="inlineStr">
+        <is>
+          <t>İslam Mantık Tarihi</t>
+        </is>
+      </c>
+      <c r="C204" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="205" spans="1:3">
+      <c r="A205" s="1" t="inlineStr">
+        <is>
+          <t>9786055245283</t>
+        </is>
+      </c>
+      <c r="B205" s="1" t="inlineStr">
+        <is>
+          <t>Avlonyalı Ferid Paşa</t>
+        </is>
+      </c>
+      <c r="C205" s="1">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="206" spans="1:3">
+      <c r="A206" s="1" t="inlineStr">
+        <is>
+          <t>9786055245238</t>
+        </is>
+      </c>
+      <c r="B206" s="1" t="inlineStr">
+        <is>
+          <t>Hukuk, Toplum ve Kültür - Kuzey Afrika 1300-1500</t>
+        </is>
+      </c>
+      <c r="C206" s="1">
+        <v>515</v>
+      </c>
+    </row>
+    <row r="207" spans="1:3">
+      <c r="A207" s="1" t="inlineStr">
+        <is>
+          <t>9786055245306</t>
+        </is>
+      </c>
+      <c r="B207" s="1" t="inlineStr">
+        <is>
+          <t>Batı Gözüyle Tecdid</t>
+        </is>
+      </c>
+      <c r="C207" s="1">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="208" spans="1:3">
+      <c r="A208" s="1" t="inlineStr">
+        <is>
+          <t>9786055245313</t>
+        </is>
+      </c>
+      <c r="B208" s="1" t="inlineStr">
+        <is>
+          <t>Bilge Yöneticinin El Kitabı</t>
+        </is>
+      </c>
+      <c r="C208" s="1">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="209" spans="1:3">
+      <c r="A209" s="1" t="inlineStr">
+        <is>
+          <t>9786055245610</t>
+        </is>
+      </c>
+      <c r="B209" s="1" t="inlineStr">
+        <is>
+          <t>Şia'nın Hadis Anlayışı Üzerine İncelemeler</t>
+        </is>
+      </c>
+      <c r="C209" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="210" spans="1:3">
+      <c r="A210" s="1" t="inlineStr">
+        <is>
+          <t>9789758740178</t>
+        </is>
+      </c>
+      <c r="B210" s="1" t="inlineStr">
+        <is>
+          <t>İslam Düşüncesinde Felsefe Eleştirileri</t>
+        </is>
+      </c>
+      <c r="C210" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="211" spans="1:3">
+      <c r="A211" s="1" t="inlineStr">
+        <is>
+          <t>9786055245023</t>
+        </is>
+      </c>
+      <c r="B211" s="1" t="inlineStr">
+        <is>
+          <t>İslam Dünyasında Kitabın Tarihi</t>
+        </is>
+      </c>
+      <c r="C211" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="212" spans="1:3">
+      <c r="A212" s="1" t="inlineStr">
+        <is>
+          <t>9789758740420</t>
+        </is>
+      </c>
+      <c r="B212" s="1" t="inlineStr">
+        <is>
+          <t>Ahlak-ı Alai</t>
+        </is>
+      </c>
+      <c r="C212" s="1">
+        <v>595</v>
+      </c>
+    </row>
+    <row r="213" spans="1:3">
+      <c r="A213" s="1" t="inlineStr">
+        <is>
+          <t>9786055245511</t>
+        </is>
+      </c>
+      <c r="B213" s="1" t="inlineStr">
+        <is>
+          <t>Felsefe, Tıp ve Tarih : Tabakat Literatürü Üzerine Bir İnceleme</t>
+        </is>
+      </c>
+      <c r="C213" s="1">
+        <v>472</v>
+      </c>
+    </row>
+    <row r="214" spans="1:3">
+      <c r="A214" s="1" t="inlineStr">
+        <is>
+          <t>9786055245160</t>
+        </is>
+      </c>
+      <c r="B214" s="1" t="inlineStr">
+        <is>
+          <t>Tarih-i Raşid ve Zeyli (3 Kitap) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C214" s="1">
+        <v>3300</v>
+      </c>
+    </row>
+    <row r="215" spans="1:3">
+      <c r="A215" s="1" t="inlineStr">
+        <is>
+          <t>9789758740032</t>
+        </is>
+      </c>
+      <c r="B215" s="1" t="inlineStr">
+        <is>
+          <t>Hilafet Risaleleri 2. Cilt 2. Abdülhamit Devri</t>
+        </is>
+      </c>
+      <c r="C215" s="1">
+        <v>438</v>
+      </c>
+    </row>
+    <row r="216" spans="1:3">
+      <c r="A216" s="1" t="inlineStr">
+        <is>
           <t>9789758740024</t>
         </is>
       </c>
-      <c r="B181" s="1" t="inlineStr">
+      <c r="B216" s="1" t="inlineStr">
         <is>
           <t>Hilafet Risaleleri 1. Cilt 2. Abdülhamit Devri</t>
         </is>
       </c>
-      <c r="C181" s="1">
-        <v>438</v>
+      <c r="C216" s="1">
+        <v>525</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>