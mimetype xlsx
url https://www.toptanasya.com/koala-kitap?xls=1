--- v0 (2025-10-30)
+++ v1 (2026-02-07)
@@ -94,256 +94,256 @@
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>9786057390035</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
           <t>Kalp ve Akıl - Yeni Bir Arkadaşla Tanışmak</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>130</v>
+        <v>162</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>9786057390042</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
           <t>Bir Dostluk Hikayesi</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>130</v>
+        <v>162</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>9786057390028</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
           <t>Koşaradım</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>207</v>
+        <v>258</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>9786050611595</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
           <t>Dünya'yı Sev</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>155</v>
+        <v>193</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>9786057390011</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
           <t>Dünya'ya Dokun</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>155</v>
+        <v>193</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>9786057390004</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
           <t>Dünya'yı İyileştir</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>155</v>
+        <v>193</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>9786050611588</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
           <t>Kışt! Kışt! (Ciltli)</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>155</v>
+        <v>193</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>9786050611571</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
           <t>Uykusu Gelmeyen Küçük Koala (Ciltli)</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>280</v>
+        <v>349</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>9786050611564</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
           <t>Küçük Siyah Düğme</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>129</v>
+        <v>161</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>9786050611557</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
           <t>Yaşam Döngüsü</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>129</v>
+        <v>161</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
           <t>9786050611540</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
           <t>Yetişkinler Çözümden Ne Anlar?</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>129</v>
+        <v>161</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
           <t>9786050611533</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
           <t>Ekolojik Çocuk</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>308</v>
+        <v>384</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
           <t>9786050611519</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
           <t>Küçük Kaplan - Saygı</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>129</v>
+        <v>161</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
           <t>9786050611526</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
           <t>Küçük Kaplan - Barış Muhafızı</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>129</v>
+        <v>161</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
           <t>9786050611502</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
           <t>Korkunun Üstesinden Gelen Çocuk</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>280</v>
+        <v>349</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>