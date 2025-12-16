--- v0 (2025-10-29)
+++ v1 (2025-12-16)
@@ -85,6400 +85,6520 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256230910</t>
+          <t>9786256230989</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Yaprak Dedektifi</t>
+          <t>Bağışın Adaleti</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>160</v>
+        <v>260</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256230859</t>
+          <t>9786256230996</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Sasha The Seal / Fok Sasha</t>
+          <t>Bağımlılık</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256230842</t>
+          <t>9786256230972</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>The Narwhal / Narval Nat İngilizce Öğreniyorum</t>
+          <t>Küresel Uluslararası İlişkilerin Yapılanması Kökenleri ve Evrimi</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>140</v>
+        <v>460</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256230873</t>
+          <t>9786258520019</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Snow Stories – Little Wolf / Kar Hikâyeleri – Minik Kurt</t>
+          <t>İstanbul’da Yaşam Mücadelesi</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>140</v>
+        <v>380</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256230880</t>
+          <t>9786258520002</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Snow Stories – Ollie The Owl / Kar Hikayeleri – Baykuş Ollie</t>
+          <t>Animals On The Move (Ciltli)</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>140</v>
+        <v>900</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256230835</t>
+          <t>9786256230941</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Çizgi Roman Bilim /Maceralar – Uzayı Keşfetmek</t>
+          <t>Hayvan Davranışı</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256230811</t>
+          <t>9786256230934</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Çizgi Roman Bilim / Maceralar – Olağanüstü Tıbbi Keşifler</t>
+          <t>Hayal Gücü</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256230804</t>
+          <t>9786256230958</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Çizgi Roman Bilim Maceralar - Dinozorların Peşinde</t>
+          <t>Roma ve Bizans Dünyasında Para</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>160</v>
+        <v>900</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256230903</t>
+          <t>9786256230910</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Tia the Turtle / Kaplumbağa Tia</t>
+          <t>Yaprak Dedektifi</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786256230897</t>
+          <t>9786256230859</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Snow Stories – Ping The Panda / Kar Hikayeleri – Panda Ping</t>
+          <t>Sasha The Seal / Fok Sasha</t>
         </is>
       </c>
       <c r="C11" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786256230866</t>
+          <t>9786256230842</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Snow Stories – Bobi The Bear / Kar Hikayeleri – Ayı Bobi</t>
+          <t>The Narwhal / Narval Nat İngilizce Öğreniyorum</t>
         </is>
       </c>
       <c r="C12" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786256230828</t>
+          <t>9786256230873</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Çizgi Roman Bilim Maceralar - Şaşırtıcı Buluşlar</t>
+          <t>Snow Stories – Little Wolf / Kar Hikâyeleri – Minik Kurt</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786256230781</t>
+          <t>9786256230880</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Bana Hiç Yazmayan Dünyaya</t>
+          <t>Snow Stories – Ollie The Owl / Kar Hikayeleri – Baykuş Ollie</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>380</v>
+        <v>140</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256230798</t>
+          <t>9786256230835</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Fiziksel Zeka</t>
+          <t>Çizgi Roman Bilim /Maceralar – Uzayı Keşfetmek</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>280</v>
+        <v>160</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256230682</t>
+          <t>9786256230811</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Beynin Maceraları: Beynin Duyguları</t>
+          <t>Çizgi Roman Bilim / Maceralar – Olağanüstü Tıbbi Keşifler</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786256230323</t>
+          <t>9786256230804</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Doktora Gidiyorum Mini Sağlık Kitabım</t>
+          <t>Çizgi Roman Bilim Maceralar - Dinozorların Peşinde</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786256230279</t>
+          <t>9786256230903</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Bıcır’ın Kazağı</t>
+          <t>Tia the Turtle / Kaplumbağa Tia</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786057685452</t>
+          <t>9786256230897</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Konstantinopolis / İstanbul (Ciltli)</t>
+          <t>Snow Stories – Ping The Panda / Kar Hikayeleri – Panda Ping</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>1400</v>
+        <v>140</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256230767</t>
+          <t>9786256230866</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Evrimini Anlamak</t>
+          <t>Snow Stories – Bobi The Bear / Kar Hikayeleri – Ayı Bobi</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>240</v>
+        <v>140</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256230774</t>
+          <t>9786256230828</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Zekayı Anlamak</t>
+          <t>Çizgi Roman Bilim Maceralar - Şaşırtıcı Buluşlar</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>240</v>
+        <v>160</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256230101</t>
+          <t>9786256230781</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Memelilerin Yükselişi ve Saltanatı</t>
+          <t>Bana Hiç Yazmayan Dünyaya</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>280</v>
+        <v>380</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786258022384</t>
+          <t>9786256230798</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Klasik Antikitede Kadınlar - Doğumdan Ölüme</t>
+          <t>Fiziksel Zeka</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>380</v>
+        <v>280</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786052116784</t>
+          <t>9786256230682</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Süper Zeka: Yapay Zeka Uygulamaları, Tehlikeler ve Stratejiler</t>
+          <t>Beynin Maceraları: Beynin Duyguları</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>400</v>
+        <v>140</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786052116555</t>
+          <t>9786256230323</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Moğol Fethinden Sonra Anadolu’nun Yeniden İnşası</t>
+          <t>Doktora Gidiyorum Mini Sağlık Kitabım</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>340</v>
+        <v>100</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786258022001</t>
+          <t>9786256230279</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Protesto</t>
+          <t>Bıcır’ın Kazağı</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786259841243</t>
+          <t>9786057685452</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Kendime Ait Bir Yer</t>
+          <t>Konstantinopolis / İstanbul (Ciltli)</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>140</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786256230156</t>
+          <t>9786256230767</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>İki Dilli: İngilizce-Türkçe 100 First Words –On The Go</t>
+          <t>İnsanın Evrimini Anlamak</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>140</v>
+        <v>240</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786256230149</t>
+          <t>9786256230774</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>İki Dilli: İngilizce-Türkçe 100 First Words – Home</t>
+          <t>Zekayı Anlamak</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>140</v>
+        <v>240</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786259494906</t>
+          <t>9786256230101</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>First Words - In the Sea / İngilizce İlk 100 Kelimem - Denizde</t>
+          <t>Memelilerin Yükselişi ve Saltanatı</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>140</v>
+        <v>280</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786056708268</t>
+          <t>9786258022384</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>İngilizce İlk 100 Kelimem - Okul</t>
+          <t>Klasik Antikitede Kadınlar - Doğumdan Ölüme</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>140</v>
+        <v>380</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786256230651</t>
+          <t>9786052116784</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Sakın Dişçiyi Korkutma</t>
+          <t>Süper Zeka: Yapay Zeka Uygulamaları, Tehlikeler ve Stratejiler</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>120</v>
+        <v>400</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786256230668</t>
+          <t>9786052116555</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Nilay'ın Harika Montu</t>
+          <t>Moğol Fethinden Sonra Anadolu’nun Yeniden İnşası</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>140</v>
+        <v>340</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786256230743</t>
+          <t>9786258022001</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Sorular - İlginç Cevaplar: Gezegenimiz</t>
+          <t>Protesto</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786256230699</t>
+          <t>9786259841243</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Beynin Maceraları - Beynin Düşünceleri</t>
+          <t>Kendime Ait Bir Yer</t>
         </is>
       </c>
       <c r="C35" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786256230729</t>
+          <t>9786256230156</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Bir Kedi Öyküsü Gerçek Hayattan Alınmış Bir Öykü</t>
+          <t>İki Dilli: İngilizce-Türkçe 100 First Words –On The Go</t>
         </is>
       </c>
       <c r="C36" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786256230736</t>
+          <t>9786256230149</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Sorular İlginç Cevaplar –  Fen Bilimleri</t>
+          <t>İki Dilli: İngilizce-Türkçe 100 First Words – Home</t>
         </is>
       </c>
       <c r="C37" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786256230750</t>
+          <t>9786259494906</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Sorular İlginç Cevaplar – Çevre</t>
+          <t>First Words - In the Sea / İngilizce İlk 100 Kelimem - Denizde</t>
         </is>
       </c>
       <c r="C38" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786256230675</t>
+          <t>9786056708268</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Beynin Maceraları – Beynin Davranışları Beyin Nasıl Karar Verir Ve Kontrol Eder?</t>
+          <t>İngilizce İlk 100 Kelimem - Okul</t>
         </is>
       </c>
       <c r="C39" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256230705</t>
+          <t>9786256230651</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Beynin Maceraları – Beynin Dünyası Beyin Nedir Ve Nasıl Çalışır?</t>
+          <t>Sakın Dişçiyi Korkutma</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786256230712</t>
+          <t>9786256230668</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Sanat Her Yerde!</t>
+          <t>Nilay'ın Harika Montu</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>175</v>
+        <v>140</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786256230477</t>
+          <t>9786256230743</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Erken Çocuklukta Okuryazarlık Deneyimi</t>
+          <t>Eğlenceli Sorular - İlginç Cevaplar: Gezegenimiz</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>280</v>
+        <v>140</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786059388344</t>
+          <t>9786256230699</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>“Sivil Amiral” Abidin Daver Deniz ve Denizcilik Üzerine Yazılar Seçkisi</t>
+          <t>Beynin Maceraları - Beynin Düşünceleri</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>300</v>
+        <v>140</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786256230606</t>
+          <t>9786256230729</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Architecture, Empire, Orientalism (Ciltli)</t>
+          <t>Bir Kedi Öyküsü Gerçek Hayattan Alınmış Bir Öykü</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>900</v>
+        <v>140</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786256230637</t>
+          <t>9786256230736</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Akademi Üniversiteler Nasıl Ölür</t>
+          <t>Eğlenceli Sorular İlginç Cevaplar –  Fen Bilimleri</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>240</v>
+        <v>140</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786256230644</t>
+          <t>9786256230750</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Misyon Ekonomisi</t>
+          <t>Eğlenceli Sorular İlginç Cevaplar – Çevre</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>260</v>
+        <v>140</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786256230613</t>
+          <t>9786256230675</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Karıncaların Dünyası</t>
+          <t>Beynin Maceraları – Beynin Davranışları Beyin Nasıl Karar Verir Ve Kontrol Eder?</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786256230620</t>
+          <t>9786256230705</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Bilimin Dünyayı Açıklayışını Anlamak</t>
+          <t>Beynin Maceraları – Beynin Dünyası Beyin Nedir Ve Nasıl Çalışır?</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>240</v>
+        <v>140</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786256230583</t>
+          <t>9786256230712</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Sorular İlginç Cevaplar – Dinozorlar</t>
+          <t>Sanat Her Yerde!</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>140</v>
+        <v>175</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786256230590</t>
+          <t>9786256230477</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Sorular İlginç Cevaplar – Vücudum</t>
+          <t>Erken Çocuklukta Okuryazarlık Deneyimi</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>140</v>
+        <v>280</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786256230552</t>
+          <t>9786059388344</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Çizgi Roman Bilim – Biyoloji</t>
+          <t>“Sivil Amiral” Abidin Daver Deniz ve Denizcilik Üzerine Yazılar Seçkisi</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786256230576</t>
+          <t>9786256230606</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Çizgi Roman Bilim – Kimya</t>
+          <t>Architecture, Empire, Orientalism (Ciltli)</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>160</v>
+        <v>900</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786256230569</t>
+          <t>9786256230637</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Çizgi Roman Bilim – Fizik</t>
+          <t>Karanlık Akademi Üniversiteler Nasıl Ölür</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786256230538</t>
+          <t>9786256230644</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Emperyal Yaşam Tarzı Gündelik Yaşam ve Kapitalizmin Ekolojik Krizi</t>
+          <t>Misyon Ekonomisi</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>280</v>
+        <v>260</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786256230545</t>
+          <t>9786256230613</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Shakespeare Nasıl Biriydi?</t>
+          <t>Karıncaların Dünyası</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>210</v>
+        <v>200</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786256230521</t>
+          <t>9786256230620</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Bu Otizm Mi? Klinisyenler, Eğitimciler, Aileler ve İlgilenen Herkes İçin Bir Rehber</t>
+          <t>Bilimin Dünyayı Açıklayışını Anlamak</t>
         </is>
       </c>
       <c r="C56" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786059388337</t>
+          <t>9786256230583</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>A Century of Byzantine Studies in Turkey</t>
+          <t>Eğlenceli Sorular İlginç Cevaplar – Dinozorlar</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>2500</v>
+        <v>140</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786256230507</t>
+          <t>9786256230590</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Hafıza</t>
+          <t>Eğlenceli Sorular İlginç Cevaplar – Vücudum</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786256230514</t>
+          <t>9786256230552</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Helenistik Çağ</t>
+          <t>Çizgi Roman Bilim – Biyoloji</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786256230491</t>
+          <t>9786256230576</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Karamanlıdıka Studies (Ciltli)</t>
+          <t>Çizgi Roman Bilim – Kimya</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>900</v>
+        <v>160</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786256230422</t>
+          <t>9786256230569</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Uf Oldu Geçti</t>
+          <t>Çizgi Roman Bilim – Fizik</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786256230378</t>
+          <t>9786256230538</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Sen Artık Abla Oldun</t>
+          <t>Emperyal Yaşam Tarzı Gündelik Yaşam ve Kapitalizmin Ekolojik Krizi</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>120</v>
+        <v>280</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786256230309</t>
+          <t>9786256230545</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Ceren İle Ceviz ve Cimcime-Müthiş Pasta</t>
+          <t>Shakespeare Nasıl Biriydi?</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>140</v>
+        <v>210</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786256230347</t>
+          <t>9786256230521</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Kahraman Babam</t>
+          <t>Bu Otizm Mi? Klinisyenler, Eğitimciler, Aileler ve İlgilenen Herkes İçin Bir Rehber</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>140</v>
+        <v>240</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786256230316</t>
+          <t>9786059388337</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Dikenli Olsam Ne olur ki!</t>
+          <t>A Century of Byzantine Studies in Turkey</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>120</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786256230286</t>
+          <t>9786256230507</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Birlikte Daha İyiyiz</t>
+          <t>Hafıza</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786256230132</t>
+          <t>9786256230514</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Anadolu'sunda Ekonomik Hayat</t>
+          <t>Helenistik Çağ</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786256230453</t>
+          <t>9786256230491</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Yaşamın Esasları-2 Charles Darwin’i Anlamak</t>
+          <t>Karamanlıdıka Studies (Ciltli)</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>240</v>
+        <v>900</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786256230460</t>
+          <t>9786256230422</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Evrendeki Yaşamı Anlamak</t>
+          <t>Uf Oldu Geçti</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>240</v>
+        <v>100</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786256230415</t>
+          <t>9786256230378</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Sen Artık Abi Oldun</t>
+          <t>Sen Artık Abla Oldun</t>
         </is>
       </c>
       <c r="C70" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786256230408</t>
+          <t>9786256230309</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Sandığından Daha Güçlüsün</t>
+          <t>Ceren İle Ceviz ve Cimcime-Müthiş Pasta</t>
         </is>
       </c>
       <c r="C71" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786256230392</t>
+          <t>9786256230347</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Ormandaki Hayavanlar Neler Yapar?</t>
+          <t>Kahraman Babam</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786256230361</t>
+          <t>9786256230316</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Minik Ayıcığa Kocaman Bir Kucak</t>
+          <t>Dikenli Olsam Ne olur ki!</t>
         </is>
       </c>
       <c r="C73" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786256230354</t>
+          <t>9786256230286</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Kütüphanede Bir Gece</t>
+          <t>Birlikte Daha İyiyiz</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786256230293</t>
+          <t>9786256230132</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Ceren İle Ceviz ve Cimcime-Krep Partisi</t>
+          <t>Osmanlı Anadolu'sunda Ekonomik Hayat</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>140</v>
+        <v>400</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786256230385</t>
+          <t>9786256230453</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Mükemmel Kardan Adam</t>
+          <t>Yaşamın Esasları-2 Charles Darwin’i Anlamak</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>120</v>
+        <v>240</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786256230330</t>
+          <t>9786256230460</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>İki Dilli: İngilizce-Türkçe 100 First Words – Farm / İngilizce İlk 100 Kelimem – Çiftlik İngilizce Öğreniyorum</t>
+          <t>Evrendeki Yaşamı Anlamak</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>140</v>
+        <v>240</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786259452128</t>
+          <t>9786256230415</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Sofra</t>
+          <t>Sen Artık Abi Oldun</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>750</v>
+        <v>120</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786258022674</t>
+          <t>9786256230408</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>İnsan Vücudu - Minik Uzmanlara Kocaman Kelimeler</t>
+          <t>Sandığından Daha Güçlüsün</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786052116814</t>
+          <t>9786256230392</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Ağrının Hikayesi</t>
+          <t>Ormandaki Hayavanlar Neler Yapar?</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786059389150</t>
+          <t>9786256230361</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Paradoks</t>
+          <t>Minik Ayıcığa Kocaman Bir Kucak</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786256230248</t>
+          <t>9786256230354</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Zebbo'nun Çizgileri</t>
+          <t>Kütüphanede Bir Gece</t>
         </is>
       </c>
       <c r="C82" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786259494944</t>
+          <t>9786256230293</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>İki Dilli : İngilizce-Türkçe My Book Of Numbers / Sayılar Kitabım - First Steps To Engıilish / İngilizceye İlk Adımlar İngilizce Öğreniyorum</t>
+          <t>Ceren İle Ceviz ve Cimcime-Krep Partisi</t>
         </is>
       </c>
       <c r="C83" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786256230187</t>
+          <t>9786256230385</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Kurbişko'yu Beklerken</t>
+          <t>Mükemmel Kardan Adam</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786256230194</t>
+          <t>9786256230330</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Sevecenliğin Sesi</t>
+          <t>İki Dilli: İngilizce-Türkçe 100 First Words – Farm / İngilizce İlk 100 Kelimem – Çiftlik İngilizce Öğreniyorum</t>
         </is>
       </c>
       <c r="C85" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786256230224</t>
+          <t>9786259452128</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Tıfıl Şerlok – Kayıp Patateslerin Gizemi</t>
+          <t>Sofra</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>100</v>
+        <v>750</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786256230217</t>
+          <t>9786258022674</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Tıfıl Şerlok-Define Sandığındaki Sır</t>
+          <t>İnsan Vücudu - Minik Uzmanlara Kocaman Kelimeler</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786259820569</t>
+          <t>9786052116814</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Laleleri, Osmanlı Kahvehaneleri</t>
+          <t>Ağrının Hikayesi</t>
         </is>
       </c>
       <c r="C88" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786256230170</t>
+          <t>9786059389150</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>"Bazen" Utangaç</t>
+          <t>Yeşil Paradoks</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786256230163</t>
+          <t>9786256230248</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Bana Hayır Dendiğinde Ne Hissediyorum</t>
+          <t>Zebbo'nun Çizgileri</t>
         </is>
       </c>
       <c r="C90" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786256230231</t>
+          <t>9786259494944</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Tıfıl Şerlok Lunaparktaki Hayalet</t>
+          <t>İki Dilli : İngilizce-Türkçe My Book Of Numbers / Sayılar Kitabım - First Steps To Engıilish / İngilizceye İlk Adımlar İngilizce Öğreniyorum</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786256230200</t>
+          <t>9786256230187</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Tıfıl Şerlok- Bir Japon Balığı Vakası</t>
+          <t>Kurbişko'yu Beklerken</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786256230255</t>
+          <t>9786256230194</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Dönüştürücü</t>
+          <t>Sevecenliğin Sesi</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>300</v>
+        <v>140</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786256230262</t>
+          <t>9786256230224</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Nazi Almanyası</t>
+          <t>Tıfıl Şerlok – Kayıp Patateslerin Gizemi</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>230</v>
+        <v>100</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786256230071</t>
+          <t>9786256230217</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Ay Doğunca</t>
+          <t>Tıfıl Şerlok-Define Sandığındaki Sır</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>140</v>
+        <v>100</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786259494913</t>
+          <t>9786259820569</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Bu Bir Pencere</t>
+          <t>Osmanlı Laleleri, Osmanlı Kahvehaneleri</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786259820583</t>
+          <t>9786256230170</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Tomurcuk</t>
+          <t>"Bazen" Utangaç</t>
         </is>
       </c>
       <c r="C97" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786259494951</t>
+          <t>9786256230163</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Umutlar ve Dilekler</t>
+          <t>Bana Hayır Dendiğinde Ne Hissediyorum</t>
         </is>
       </c>
       <c r="C98" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786056708220</t>
+          <t>9786256230231</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Wanat</t>
+          <t>Tıfıl Şerlok Lunaparktaki Hayalet</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>900</v>
+        <v>100</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786259841267</t>
+          <t>9786256230200</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Wanat</t>
+          <t>Tıfıl Şerlok- Bir Japon Balığı Vakası</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>900</v>
+        <v>100</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786259494968</t>
+          <t>9786256230255</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Sen Büyüksün</t>
+          <t>Dönüştürücü</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786256230040</t>
+          <t>9786256230262</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Güneş İle Tırmık</t>
+          <t>Nazi Almanyası</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>140</v>
+        <v>230</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786256230118</t>
+          <t>9786256230071</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Hakimiyeti Altında Lübnan Şiileri (1516-1788)</t>
+          <t>Ay Doğunca</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>240</v>
+        <v>140</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786256230125</t>
+          <t>9786259494913</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Batı’dan Önce Doğu Dünya Düzenlerinin Yükselişi ve Düşüşü</t>
+          <t>Bu Bir Pencere</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>340</v>
+        <v>140</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786259494937</t>
+          <t>9786259820583</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>My First English Dictionary - İlk İngilizce Sözlüğüm</t>
+          <t>Tomurcuk</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>190</v>
+        <v>140</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786259820545</t>
+          <t>9786259494951</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Zürafa Bu Kitap İçin Çok Uzun</t>
+          <t>Umutlar ve Dilekler</t>
         </is>
       </c>
       <c r="C106" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786259820590</t>
+          <t>9786056708220</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Muhallebimi Filler Bastı!</t>
+          <t>Wanat</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>140</v>
+        <v>900</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786259494920</t>
+          <t>9786259841267</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Dinosaurs - Dinazorlar: İngilizce Öğreniyorum</t>
+          <t>Wanat</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>140</v>
+        <v>900</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786259494975</t>
+          <t>9786259494968</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Dünyaya Hoş Geldin</t>
+          <t>Sen Büyüksün</t>
         </is>
       </c>
       <c r="C109" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786256230057</t>
+          <t>9786256230040</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Afacanlar Bankı</t>
+          <t>Güneş İle Tırmık</t>
         </is>
       </c>
       <c r="C110" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786256230064</t>
+          <t>9786256230118</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Kar Yağınca</t>
+          <t>Osmanlı Hakimiyeti Altında Lübnan Şiileri (1516-1788)</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>140</v>
+        <v>240</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786259494999</t>
+          <t>9786256230125</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Kodlamada İlk Adımlar Değişken Nedir? Okuma Günü Macerası!</t>
+          <t>Batı’dan Önce Doğu Dünya Düzenlerinin Yükselişi ve Düşüşü</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>120</v>
+        <v>340</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786256230033</t>
+          <t>9786259494937</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Kodlamada İlk Adımlar Ayrıştırma Nedir? Rock Müzik Macerası!</t>
+          <t>My First English Dictionary - İlk İngilizce Sözlüğüm</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>120</v>
+        <v>190</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786256230026</t>
+          <t>9786259820545</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Kodlamada İlk Adımlar Döngü Nedir? Ağaç Ev Macerası!</t>
+          <t>Zürafa Bu Kitap İçin Çok Uzun</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786256230002</t>
+          <t>9786259820590</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Kodlamada İlk Adımlar Dallanma Nedir? Doğum Günü Macerası!</t>
+          <t>Muhallebimi Filler Bastı!</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786256230019</t>
+          <t>9786259494920</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Kodlamada İlk Adımlar Sıralama Nedir? Okul Günü Macerası!</t>
+          <t>Dinosaurs - Dinazorlar: İngilizce Öğreniyorum</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786259494982</t>
+          <t>9786259494975</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Kodlamada İlk Adımlar Algoritma Nedir? Havuzlu Park Macerası!</t>
+          <t>Dünyaya Hoş Geldin</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786256230088</t>
+          <t>9786256230057</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Bahis ve Kumar Nasıl Bırakılır? Bağımlılar ve Aileleri İçin Rehber</t>
+          <t>Afacanlar Bankı</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786256230095</t>
+          <t>9786256230064</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Napoleon - Kısa, Büyüleyici Bir Hayat</t>
+          <t>Kar Yağınca</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786259820538</t>
+          <t>9786259494999</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Yakın Arkadaşlar Ayı İle Ördek</t>
+          <t>Kodlamada İlk Adımlar Değişken Nedir? Okuma Günü Macerası!</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786258022575</t>
+          <t>9786256230033</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>The Wall Paintings Of The Church Of St. Nicholas in Demre (Ciltli)</t>
+          <t>Kodlamada İlk Adımlar Ayrıştırma Nedir? Rock Müzik Macerası!</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>1800</v>
+        <v>120</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786259841236</t>
+          <t>9786256230026</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Frank’ın Kompost Yığını</t>
+          <t>Kodlamada İlk Adımlar Döngü Nedir? Ağaç Ev Macerası!</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786259830247</t>
+          <t>9786256230002</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Biraz Mesafe Lütfen - Sosyal Sınırlar Hakkında Bir Kitap</t>
+          <t>Kodlamada İlk Adımlar Dallanma Nedir? Doğum Günü Macerası!</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786259820552</t>
+          <t>9786256230019</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Uçmayı Öğrendiğimde</t>
+          <t>Kodlamada İlk Adımlar Sıralama Nedir? Okul Günü Macerası!</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786259830292</t>
+          <t>9786259494982</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Saklambaç Ayrılmaz İkili: Nezaket ve Arkadaşlık</t>
+          <t>Kodlamada İlk Adımlar Algoritma Nedir? Havuzlu Park Macerası!</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786259820514</t>
+          <t>9786256230088</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Adında Bir Yaprak</t>
+          <t>Bahis ve Kumar Nasıl Bırakılır? Bağımlılar ve Aileleri İçin Rehber</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786259820521</t>
+          <t>9786256230095</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Süper İkili İşbaşında</t>
+          <t>Napoleon - Kısa, Büyüleyici Bir Hayat</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786259820507</t>
+          <t>9786259820538</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Okulda İlk Günüm</t>
+          <t>Yakın Arkadaşlar Ayı İle Ördek</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786259830230</t>
+          <t>9786258022575</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Bıktım Kedi Olmaktan!</t>
+          <t>The Wall Paintings Of The Church Of St. Nicholas in Demre (Ciltli)</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>140</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786259830261</t>
+          <t>9786259841236</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Sorular İlginç Cevaplar - İnanılmaz Seyahatler</t>
+          <t>Frank’ın Kompost Yığını</t>
         </is>
       </c>
       <c r="C130" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786259830254</t>
+          <t>9786259830247</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Sorular İlginç Cevaplar - Büyük Kaşifler</t>
+          <t>Biraz Mesafe Lütfen - Sosyal Sınırlar Hakkında Bir Kitap</t>
         </is>
       </c>
       <c r="C131" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786259830285</t>
+          <t>9786259820552</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Sorular İlginç Cevaplar - Zeki Mucitler</t>
+          <t>Uçmayı Öğrendiğimde</t>
         </is>
       </c>
       <c r="C132" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786259830278</t>
+          <t>9786259830292</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Sorular İlginç Cevaplar - Süper Bilginler</t>
+          <t>Saklambaç Ayrılmaz İkili: Nezaket ve Arkadaşlık</t>
         </is>
       </c>
       <c r="C133" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786258022520</t>
+          <t>9786259820514</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>En Büyük İyilik</t>
+          <t>Sevgi Adında Bir Yaprak</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786057685728</t>
+          <t>9786259820521</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Roman Archaeology in a South Anatolian Landscape (Ciltli)</t>
+          <t>Süper İkili İşbaşında</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>1800</v>
+        <v>100</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786258022308</t>
+          <t>9786259820507</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Değişim Rüzgarları - Anadolu’da Çevre ve Toplum</t>
+          <t>Okulda İlk Günüm</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>900</v>
+        <v>100</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786259741298</t>
+          <t>9786259830230</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Seçim Dinamikleri - Kırılgan Ama Dirençli Bir Süreç?</t>
+          <t>Bıktım Kedi Olmaktan!</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>320</v>
+        <v>140</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786259830209</t>
+          <t>9786259830261</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Amerikan Pasaportu Ulusötesi Çağda Aidiyet ve Vatandaşlık</t>
+          <t>Eğlenceli Sorular İlginç Cevaplar - İnanılmaz Seyahatler</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>240</v>
+        <v>140</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786259841281</t>
+          <t>9786259830254</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Nobelli Hayatlar</t>
+          <t>Eğlenceli Sorular İlginç Cevaplar - Büyük Kaşifler</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786055250065</t>
+          <t>9786259830285</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Edebiyatı, Tarihi ve Kültüründe Hurrem Sultan</t>
+          <t>Eğlenceli Sorular İlginç Cevaplar - Zeki Mucitler</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>280</v>
+        <v>140</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786259841212</t>
+          <t>9786259830278</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Matematik - Şekiller</t>
+          <t>Eğlenceli Sorular İlginç Cevaplar - Süper Bilginler</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786259452159</t>
+          <t>9786258022520</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Matematik - Kesirler</t>
+          <t>En Büyük İyilik</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786259841205</t>
+          <t>9786057685728</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Matematik - Sayılar 11-20</t>
+          <t>Roman Archaeology in a South Anatolian Landscape (Ciltli)</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>120</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786259841229</t>
+          <t>9786258022308</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Matematik - Toplama ve Çıkarma</t>
+          <t>Değişim Rüzgarları - Anadolu’da Çevre ve Toplum</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>120</v>
+        <v>900</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786259452142</t>
+          <t>9786259741298</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Matematik - Eşitlikler</t>
+          <t>Türkiye'de Seçim Dinamikleri - Kırılgan Ama Dirençli Bir Süreç?</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>120</v>
+        <v>320</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786259452173</t>
+          <t>9786259830209</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Matematik - Saat Kaç?</t>
+          <t>Türkiye'de Amerikan Pasaportu Ulusötesi Çağda Aidiyet ve Vatandaşlık</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>120</v>
+        <v>240</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786259452197</t>
+          <t>9786259841281</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Matematik - Sayılar 1-10</t>
+          <t>Nobelli Hayatlar</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786259452180</t>
+          <t>9786055250065</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Matematik - Sayı Sayma</t>
+          <t>Avrupa Edebiyatı, Tarihi ve Kültüründe Hurrem Sultan</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>120</v>
+        <v>280</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786259452166</t>
+          <t>9786259841212</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Matematik - Problem Çözümü</t>
+          <t>Matematik - Şekiller</t>
         </is>
       </c>
       <c r="C149" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786259452135</t>
+          <t>9786259452159</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Matematik - Çarpım Tablosu</t>
+          <t>Matematik - Kesirler</t>
         </is>
       </c>
       <c r="C150" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786259433455</t>
+          <t>9786259841205</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Kuzey</t>
+          <t>Matematik - Sayılar 11-20</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786259433462</t>
+          <t>9786259841229</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Su</t>
+          <t>Matematik - Toplama ve Çıkarma</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786259433424</t>
+          <t>9786259452142</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>İyi Olalım</t>
+          <t>Matematik - Eşitlikler</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786259433479</t>
+          <t>9786259452173</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Zeynep Uyumak İstiyor</t>
+          <t>Matematik - Saat Kaç?</t>
         </is>
       </c>
       <c r="C154" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786059389037</t>
+          <t>9786259452197</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Küçük Asya’nın Tarih Öncesi</t>
+          <t>Matematik - Sayılar 1-10</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>280</v>
+        <v>120</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786055250799</t>
+          <t>9786259452180</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Bizans’ın Yapı Ustaları</t>
+          <t>Matematik - Sayı Sayma</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786059389174</t>
+          <t>9786259452166</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Asar-ı Atika</t>
+          <t>Matematik - Problem Çözümü</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>280</v>
+        <v>120</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786055250010</t>
+          <t>9786259452135</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Yenilgiden Sonra - Doğu Batı ile Yaşamayı Nasıl Öğrendi</t>
+          <t>Matematik - Çarpım Tablosu</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>280</v>
+        <v>120</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786056708206</t>
+          <t>9786259433455</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Antranik'ten Foto Rıdvan'a, Mugamyanlar'dan Gökçeatam'a Ankara'da Fotoğrafçılık ve Posta Kartları (1890-1960)</t>
+          <t>Kuzey</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>1200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786258022759</t>
+          <t>9786259433462</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Hilekar Hücre</t>
+          <t>Su</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>220</v>
+        <v>140</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786258022766</t>
+          <t>9786259433424</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>İnsanların Şekillendirdiği Bir Dünyada Hayvanları Nasıl Sevmeli?</t>
+          <t>İyi Olalım</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>300</v>
+        <v>140</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786056708213</t>
+          <t>9786259433479</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre and His Mystical Poetry (Ciltli)</t>
+          <t>Zeynep Uyumak İstiyor</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>900</v>
+        <v>120</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786259433486</t>
+          <t>9786059389037</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Orman Kitabı</t>
+          <t>Küçük Asya’nın Tarih Öncesi</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>140</v>
+        <v>280</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786259433448</t>
+          <t>9786055250799</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Söğütlükte Rüzgar</t>
+          <t>Bizans’ın Yapı Ustaları</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786259433417</t>
+          <t>9786059389174</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Siyah İnci</t>
+          <t>Asar-ı Atika</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>140</v>
+        <v>280</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786259433431</t>
+          <t>9786055250010</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Peter Pan</t>
+          <t>Yenilgiden Sonra - Doğu Batı ile Yaşamayı Nasıl Öğrendi</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>140</v>
+        <v>280</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786259433400</t>
+          <t>9786056708206</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Oz Büyücüsü</t>
+          <t>Antranik'ten Foto Rıdvan'a, Mugamyanlar'dan Gökçeatam'a Ankara'da Fotoğrafçılık ve Posta Kartları (1890-1960)</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>140</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786056708299</t>
+          <t>9786258022759</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Gizli Bahçe</t>
+          <t>Hilekar Hücre</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786056708282</t>
+          <t>9786258022766</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Define Adası</t>
+          <t>İnsanların Şekillendirdiği Bir Dünyada Hayvanları Nasıl Sevmeli?</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786056708275</t>
+          <t>9786056708213</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Alice Harikalar Diyarında</t>
+          <t>Yunus Emre and His Mystical Poetry (Ciltli)</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>140</v>
+        <v>900</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786056708251</t>
+          <t>9786259433486</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>İngilizce İlk 100 Kelimem - Doğa</t>
+          <t>Orman Kitabı</t>
         </is>
       </c>
       <c r="C171" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786056708237</t>
+          <t>9786259433448</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>İngilizce İlk 100 Kelimem - Yiyecekler</t>
+          <t>Söğütlükte Rüzgar</t>
         </is>
       </c>
       <c r="C172" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786056708244</t>
+          <t>9786259433417</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>İngilizce İlk 100 Kelimem - Hayvanlar</t>
+          <t>Siyah İnci</t>
         </is>
       </c>
       <c r="C173" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786258022735</t>
+          <t>9786259433431</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Tilkinin Bulduğu Kutu</t>
+          <t>Peter Pan</t>
         </is>
       </c>
       <c r="C174" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786258022742</t>
+          <t>9786259433400</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Rüzgar</t>
+          <t>Oz Büyücüsü</t>
         </is>
       </c>
       <c r="C175" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786258022605</t>
+          <t>9786056708299</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Yağmur Ormanları - Minik Uzmanlara Kocaman Kelimeler</t>
+          <t>Gizli Bahçe</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786258022629</t>
+          <t>9786056708282</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Uzay - Minik Uzmanlara Kocaman Kelimeler</t>
+          <t>Define Adası</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786258022032</t>
+          <t>9786056708275</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Tanzimat Döneminde Osmanlı İmparatorluğu</t>
+          <t>Alice Harikalar Diyarında</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>275</v>
+        <v>140</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786258022636</t>
+          <t>9786056708251</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Dinozorlar - Minik Uzmanlara Kocaman Kelimeler</t>
+          <t>İngilizce İlk 100 Kelimem - Doğa</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786258022643</t>
+          <t>9786056708237</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Okyanuslar - Minik Uzmanlara Kocaman Kelimeler</t>
+          <t>İngilizce İlk 100 Kelimem - Yiyecekler</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786258022582</t>
+          <t>9786056708244</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar - Minik Uzmanlara Kocaman Kelimeler</t>
+          <t>İngilizce İlk 100 Kelimem - Hayvanlar</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786258022599</t>
+          <t>9786258022735</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Gezegenimiz - Minik Uzmanlara Kocaman Kelimeler</t>
+          <t>Tilkinin Bulduğu Kutu</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786258022612</t>
+          <t>9786258022742</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Hava Durumu - Minik Uzmanlara Kocaman Kelimeler</t>
+          <t>Rüzgar</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786258022667</t>
+          <t>9786258022605</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Büyüyünce Veteriner Olacağım</t>
+          <t>Yağmur Ormanları - Minik Uzmanlara Kocaman Kelimeler</t>
         </is>
       </c>
       <c r="C184" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786258022681</t>
+          <t>9786258022629</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Senfoni</t>
+          <t>Uzay - Minik Uzmanlara Kocaman Kelimeler</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786258022698</t>
+          <t>9786258022032</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Filler Ağlamaz</t>
+          <t>Tanzimat Döneminde Osmanlı İmparatorluğu</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>120</v>
+        <v>275</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786258022704</t>
+          <t>9786258022636</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Koruyabiliriz</t>
+          <t>Dinozorlar - Minik Uzmanlara Kocaman Kelimeler</t>
         </is>
       </c>
       <c r="C187" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786258022728</t>
+          <t>9786258022643</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Bir Hijyen Kahramanı Olmayı Öğreniyorum</t>
+          <t>Okyanuslar - Minik Uzmanlara Kocaman Kelimeler</t>
         </is>
       </c>
       <c r="C188" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786258022650</t>
+          <t>9786258022582</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Büyüyünce Astronot Olacağım</t>
+          <t>Hayvanlar - Minik Uzmanlara Kocaman Kelimeler</t>
         </is>
       </c>
       <c r="C189" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786258022711</t>
+          <t>9786258022599</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Büyüyünce Mühendis Olacağım</t>
+          <t>Gezegenimiz - Minik Uzmanlara Kocaman Kelimeler</t>
         </is>
       </c>
       <c r="C190" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786258022537</t>
+          <t>9786258022612</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Değişen Yaşam</t>
+          <t>Hava Durumu - Minik Uzmanlara Kocaman Kelimeler</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786258022544</t>
+          <t>9786258022667</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Belirsiz Hasat</t>
+          <t>Büyüyünce Veteriner Olacağım</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786258022551</t>
+          <t>9786258022681</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>The Ottoman Empire (Ciltli)</t>
+          <t>Sihirli Senfoni</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>1200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786258022476</t>
+          <t>9786258022698</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Jansen ve Ankara</t>
+          <t>Filler Ağlamaz</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>800</v>
+        <v>120</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786258022513</t>
+          <t>9786258022704</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Kuramdan Pratiğe Duygu Düzenleme</t>
+          <t>Dünyayı Koruyabiliriz</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786258022568</t>
+          <t>9786258022728</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Türkiye - Batı İlişkileri</t>
+          <t>Bir Hijyen Kahramanı Olmayı Öğreniyorum</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>240</v>
+        <v>120</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786258022490</t>
+          <t>9786258022650</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Bizans Çalışmalarının Serüveni</t>
+          <t>Büyüyünce Astronot Olacağım</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>1400</v>
+        <v>120</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786258022438</t>
+          <t>9786258022711</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Saint Euphemia and Her Church in Istanbul</t>
+          <t>Büyüyünce Mühendis Olacağım</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>1800</v>
+        <v>120</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786258022414</t>
+          <t>9786258022537</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Azize Euphemia ve İstanbul'daki Kilisesi</t>
+          <t>Değişen Yaşam</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>1200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786258022322</t>
+          <t>9786258022544</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Konut Palimpsesti</t>
+          <t>Belirsiz Hasat</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>1600</v>
+        <v>200</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786258022315</t>
+          <t>9786258022551</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Miras, Dünya Mirası ve Gelecek</t>
+          <t>The Ottoman Empire (Ciltli)</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>1400</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786258022353</t>
+          <t>9786258022476</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Ayla Ödekan Armağanı</t>
+          <t>Jansen ve Ankara</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>1200</v>
+        <v>800</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786258022377</t>
+          <t>9786258022513</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Moğol Anadolu'sunda İslam, Edebiyat ve Toplum</t>
+          <t>Kuramdan Pratiğe Duygu Düzenleme</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786258022391</t>
+          <t>9786258022568</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Kızıldeniz</t>
+          <t>Türkiye - Batı İlişkileri</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>260</v>
+        <v>240</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786258022407</t>
+          <t>9786258022490</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Surviving Istanbul - Struggles, Feasts and Calamities in the Seventeenth and Eighteenh Centuries</t>
+          <t>Türkiye'de Bizans Çalışmalarının Serüveni</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>900</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786057685124</t>
+          <t>9786258022438</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>İkinci Cinsiyet 1. Cilt: Olgular ve Efsaneler - 2. Cilt: Yaşanmış Deneyim</t>
+          <t>Saint Euphemia and Her Church in Istanbul</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>480</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786258022292</t>
+          <t>9786258022414</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Dinozorlar Çağı - Dünyanın En Çarpıcı Hayvanlarının Yükselişi ve Çöküşü</t>
+          <t>Azize Euphemia ve İstanbul'daki Kilisesi</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>200</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786057685704</t>
+          <t>9786258022322</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Winds of Change</t>
+          <t>Konut Palimpsesti</t>
         </is>
       </c>
       <c r="C208" s="1">
         <v>1600</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786057685858</t>
+          <t>9786258022315</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>The Sound of Byzantium</t>
+          <t>Miras, Dünya Mirası ve Gelecek</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>1800</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786057685735</t>
+          <t>9786258022353</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>The Georgian Kingdom and Georgian Art</t>
+          <t>Ayla Ödekan Armağanı</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>2000</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786057685711</t>
+          <t>9786258022377</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Stoudios Monastery in Istanbul</t>
+          <t>Moğol Anadolu'sunda İslam, Edebiyat ve Toplum</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>2000</v>
+        <v>280</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786057685759</t>
+          <t>9786258022391</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Space and Communities in Byzantine Anatolia</t>
+          <t>Kızıldeniz</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>2000</v>
+        <v>260</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786057685698</t>
+          <t>9786258022407</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Neolithic Pottery from the Near East</t>
+          <t>Surviving Istanbul - Struggles, Feasts and Calamities in the Seventeenth and Eighteenh Centuries</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>2400</v>
+        <v>900</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786057685681</t>
+          <t>9786057685124</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>The Other Faces of the Empire</t>
+          <t>İkinci Cinsiyet 1. Cilt: Olgular ve Efsaneler - 2. Cilt: Yaşanmış Deneyim</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>1200</v>
+        <v>480</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786258022247</t>
+          <t>9786258022292</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Adaptasyonlar</t>
+          <t>Dinozorlar Çağı - Dünyanın En Çarpıcı Hayvanlarının Yükselişi ve Çöküşü</t>
         </is>
       </c>
       <c r="C215" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786057685841</t>
+          <t>9786057685704</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>The Palimpsest of the House</t>
+          <t>Winds of Change</t>
         </is>
       </c>
       <c r="C216" s="1">
         <v>1600</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786057685865</t>
+          <t>9786057685858</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Heritage, World Heritage, and the Future</t>
+          <t>The Sound of Byzantium</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>1600</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786258022261</t>
+          <t>9786057685735</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Dört Usta Dört Yapı: Ankara ve Çevresinde Geleneksel Konut</t>
+          <t>The Georgian Kingdom and Georgian Art</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>360</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786057685742</t>
+          <t>9786057685711</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>The Construction of a New City Bir Şehir Kurmak: Ankara 1923 - 1933</t>
+          <t>Stoudios Monastery in Istanbul</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>1950</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786258022117</t>
+          <t>9786057685759</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>İstanbu’'da Stoudios Manastırı</t>
+          <t>Space and Communities in Byzantine Anatolia</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>1800</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786258022209</t>
+          <t>9786057685698</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Uykudan Önce</t>
+          <t>Neolithic Pottery from the Near East</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>180</v>
+        <v>2400</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786057685926</t>
+          <t>9786057685681</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Sultan ve Kraliçe - Elizabeth'in İslam Dünyasıyla İlişkilerinin Anlatılmamış Hikayesi</t>
+          <t>The Other Faces of the Empire</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>280</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786058022216</t>
+          <t>9786258022247</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İmparatorluğu’nda Emek ve İktidar Tütün İşçileri, İşyeri Yöneticileri ve Devlet 1872-1912</t>
+          <t>Muhteşem Adaptasyonlar</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786258022070</t>
+          <t>9786057685841</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Halkın Fermanı: Balkan Savaşları’nda Hint Müslüman Tıp Heyeti</t>
+          <t>The Palimpsest of the House</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>240</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786258022148</t>
+          <t>9786057685865</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Uzaydaki Renkli Orman</t>
+          <t>Heritage, World Heritage, and the Future</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>200</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786258022100</t>
+          <t>9786258022261</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası İlişkilerde Metodoloji</t>
+          <t>Dört Usta Dört Yapı: Ankara ve Çevresinde Geleneksel Konut</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>300</v>
+        <v>360</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786057685964</t>
+          <t>9786057685742</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Güneydoğu Anadolu;'da Geç Antik - Erken Ortaçağ Yapıları</t>
+          <t>The Construction of a New City Bir Şehir Kurmak: Ankara 1923 - 1933</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>1000</v>
+        <v>1950</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786258022087</t>
+          <t>9786258022117</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>İntihar ve Bilimkurgu</t>
+          <t>İstanbu’'da Stoudios Manastırı</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>200</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786258022124</t>
+          <t>9786258022209</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Antik Çağlardan Günümüze Kent Alanı Ve Peyzaj Kültürü</t>
+          <t>Uykudan Önce</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>320</v>
+        <v>180</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786258022186</t>
+          <t>9786057685926</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Sivil Toplum: Bir Fikrin Eleştirel Tarihi</t>
+          <t>Sultan ve Kraliçe - Elizabeth'in İslam Dünyasıyla İlişkilerinin Anlatılmamış Hikayesi</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786258022049</t>
+          <t>9786058022216</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Günlerden Bir Gün</t>
+          <t>Osmanlı İmparatorluğu’nda Emek ve İktidar Tütün İşçileri, İşyeri Yöneticileri ve Devlet 1872-1912</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>140</v>
+        <v>240</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786258022063</t>
+          <t>9786258022070</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Aşkla Çalışmanın Politikası</t>
+          <t>Halkın Fermanı: Balkan Savaşları’nda Hint Müslüman Tıp Heyeti</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786258022094</t>
+          <t>9786258022148</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Pembe Yuva</t>
+          <t>Uzaydaki Renkli Orman</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786258022056</t>
+          <t>9786258022100</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Nehir Çocuk</t>
+          <t>Uluslararası İlişkilerde Metodoloji</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786057685995</t>
+          <t>9786057685964</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Gelmek ve Gitmek</t>
+          <t>Güneydoğu Anadolu;'da Geç Antik - Erken Ortaçağ Yapıları</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>180</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786052116869</t>
+          <t>9786258022087</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Maskeli Devletler</t>
+          <t>İntihar ve Bilimkurgu</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786057685933</t>
+          <t>9786258022124</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Haklarını Yitirenler Çin’de Endüstriyel Yurttaşlığın Yükselişi ve Çöküşü</t>
+          <t>Antik Çağlardan Günümüze Kent Alanı Ve Peyzaj Kültürü</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>280</v>
+        <v>320</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786057685889</t>
+          <t>9786258022186</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Tevfik Fikret</t>
+          <t>Sivil Toplum: Bir Fikrin Eleştirel Tarihi</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786057685988</t>
+          <t>9786258022049</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Meçhul Kuvvetlere Kurban</t>
+          <t>Günlerden Bir Gün</t>
         </is>
       </c>
       <c r="C239" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786057685872</t>
+          <t>9786258022063</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Vicdan</t>
+          <t>Aşkla Çalışmanın Politikası</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786057685940</t>
+          <t>9786258022094</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Büyük Yılan</t>
+          <t>Pembe Yuva</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786057685902</t>
+          <t>9786258022056</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Girişimci Devlet</t>
+          <t>Nehir Çocuk</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786057685896</t>
+          <t>9786057685995</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Şempanzeler Dil Öğrenemez: Nim Chimpsky Deneyi</t>
+          <t>Gelmek ve Gitmek</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786057685834</t>
+          <t>9786052116869</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Bir Ağaç Ol!</t>
+          <t>Maskeli Devletler</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786057685216</t>
+          <t>9786057685933</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Bizans Toplumunu Görünür Kılmak (Ciltli)</t>
+          <t>Haklarını Yitirenler Çin’de Endüstriyel Yurttaşlığın Yükselişi ve Çöküşü</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>1600</v>
+        <v>280</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786057685803</t>
+          <t>9786057685889</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Kitap (Ciltli)</t>
+          <t>Tevfik Fikret</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786057685384</t>
+          <t>9786057685988</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Glazed Wares as Cultural Agents in the Byzantine, Seljuk, and Ottoman Lands</t>
+          <t>Meçhul Kuvvetlere Kurban</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>1600</v>
+        <v>140</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786057685377</t>
+          <t>9786057685872</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Spatial Webs</t>
+          <t>Vicdan</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>1900</v>
+        <v>200</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786057685353</t>
+          <t>9786057685940</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Europe Knows Nothing About The Orient</t>
+          <t>Büyük Yılan</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>750</v>
+        <v>180</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786057685360</t>
+          <t>9786057685902</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Sephardic Trajectories</t>
+          <t>Girişimci Devlet</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>750</v>
+        <v>240</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786057685797</t>
+          <t>9786057685896</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Acaba Bu Nedir?</t>
+          <t>Şempanzeler Dil Öğrenemez: Nim Chimpsky Deneyi</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786057685810</t>
+          <t>9786057685834</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Dipsiz Çukurun İçine Doğru: Bir Nöropsikiyatrın Rahatsız Zihinler Üzerine Notları</t>
+          <t>Bir Ağaç Ol!</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786057685780</t>
+          <t>9786057685216</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Berthe Georges-Gaulis'den Mektuplar</t>
+          <t>Bizans Toplumunu Görünür Kılmak (Ciltli)</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>180</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786057685773</t>
+          <t>9786057685803</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Oxford İşletme Grupları Elkitabı</t>
+          <t>Kitap (Ciltli)</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>280</v>
+        <v>140</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786057685643</t>
+          <t>9786057685384</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Sefarad Güzergahları</t>
+          <t>Glazed Wares as Cultural Agents in the Byzantine, Seljuk, and Ottoman Lands</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>220</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786057685766</t>
+          <t>9786057685377</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Ada Lovelace ve Sayıların Başını Döndüren Makine</t>
+          <t>Spatial Webs</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>140</v>
+        <v>1900</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786057685513</t>
+          <t>9786057685353</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>The City Basilica Of Tlos (Ciltli)</t>
+          <t>Europe Knows Nothing About The Orient</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>2200</v>
+        <v>750</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786057685674</t>
+          <t>9786057685360</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Bir Günahkar Geceden Sonra / Muhaberat-ı Hakikiye</t>
+          <t>Sephardic Trajectories</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>160</v>
+        <v>750</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786057685650</t>
+          <t>9786057685797</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Koç Üniversitesi Suna Kıraç Kütüphanesi Yazmalar Kataloğu 2 (Ciltli)</t>
+          <t>Acaba Bu Nedir?</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>1500</v>
+        <v>140</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786057685568</t>
+          <t>9786057685810</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Yusuf Bey</t>
+          <t>Dipsiz Çukurun İçine Doğru: Bir Nöropsikiyatrın Rahatsız Zihinler Üzerine Notları</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>1300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786057685612</t>
+          <t>9786057685780</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Blokzinciri ve Yeni Güven Mimarisi</t>
+          <t>Berthe Georges-Gaulis'den Mektuplar</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786057685599</t>
+          <t>9786057685773</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Bizim Evde</t>
+          <t>Oxford İşletme Grupları Elkitabı</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>140</v>
+        <v>280</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786057685605</t>
+          <t>9786057685643</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Kaybolunca Nereye Gideriz?</t>
+          <t>Sefarad Güzergahları</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786057685636</t>
+          <t>9786057685766</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Bencil Maymun: İnsan Doğası ve Yokoluşa Giden Yolumuz</t>
+          <t>Ada Lovelace ve Sayıların Başını Döndüren Makine</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786057685629</t>
+          <t>9786057685513</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Antitezler</t>
+          <t>The City Basilica Of Tlos (Ciltli)</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>200</v>
+        <v>2200</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786057685537</t>
+          <t>9786057685674</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Mekansal Ağlar</t>
+          <t>Bir Günahkar Geceden Sonra / Muhaberat-ı Hakikiye</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>900</v>
+        <v>160</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786057685520</t>
+          <t>9786057685650</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Asabi Kız Sabiha</t>
+          <t>Koç Üniversitesi Suna Kıraç Kütüphanesi Yazmalar Kataloğu 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>140</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786057685490</t>
+          <t>9786057685568</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Kraliçenin Gölgesi</t>
+          <t>Yusuf Bey</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>180</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786057685506</t>
+          <t>9786057685612</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Haydi Ali, Yemek Vakti!</t>
+          <t>Blokzinciri ve Yeni Güven Mimarisi</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786057685483</t>
+          <t>9786057685599</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Şark'ı Bilmez</t>
+          <t>Bizim Evde</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>300</v>
+        <v>140</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786057685476</t>
+          <t>9786057685605</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Devlet Gibi Görmek</t>
+          <t>Kaybolunca Nereye Gideriz?</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>300</v>
+        <v>140</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786057685346</t>
+          <t>9786057685636</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Tiyatrosu</t>
+          <t>Bencil Maymun: İnsan Doğası ve Yokoluşa Giden Yolumuz</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>340</v>
+        <v>180</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786057685469</t>
+          <t>9786057685629</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Dinozorların Yükselişi ve Çöküşü</t>
+          <t>Antitezler</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786057685285</t>
+          <t>9786057685537</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Kuşlar Konmuş Kitabıma</t>
+          <t>Mekansal Ağlar</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>150</v>
+        <v>900</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786057685292</t>
+          <t>9786057685520</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Ben Dünyaya Geldiğimde</t>
+          <t>Asabi Kız Sabiha</t>
         </is>
       </c>
       <c r="C275" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786057685445</t>
+          <t>9786057685490</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Sınırsız Zihin</t>
+          <t>Kraliçenin Gölgesi</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786057685421</t>
+          <t>9786057685506</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Her Şeyin Değeri</t>
+          <t>Haydi Ali, Yemek Vakti!</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>300</v>
+        <v>140</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786057685414</t>
+          <t>9786057685483</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Sanatta ve Beyin Biliminde İndirgemecilik</t>
+          <t>Avrupa Şark'ı Bilmez</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786057685438</t>
+          <t>9786057685476</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Hınç (Sadeleştirilmiş Metin)</t>
+          <t>Devlet Gibi Görmek</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786057685179</t>
+          <t>9786057685346</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Ne Değişir Ki?</t>
+          <t>Hayvan Tiyatrosu</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>200</v>
+        <v>340</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786057685339</t>
+          <t>9786057685469</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Zekanın Bilimi ve İdeolojisi</t>
+          <t>Dinozorların Yükselişi ve Çöküşü</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786057685322</t>
+          <t>9786057685285</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Yarım-Dünya: Gezegenimizin Hayatta Kalma Mücadelesi</t>
+          <t>Kuşlar Konmuş Kitabıma</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786057685315</t>
+          <t>9786057685292</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf ve Tekinsiz</t>
+          <t>Ben Dünyaya Geldiğimde</t>
         </is>
       </c>
       <c r="C283" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786057685261</t>
+          <t>9786057685445</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Kesik Baş Cinayeti</t>
+          <t>Sınırsız Zihin</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786057685049</t>
+          <t>9786057685421</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>İmparatorluğun Öteki Yüzleri: Toplumsal Hiyerarşi ve Düzen Karşısında Sıradan Hayatlar</t>
+          <t>Her Şeyin Değeri</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786057685162</t>
+          <t>9786057685414</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Böcekler Gezegeni: Tuhaf Yararlı ve Hayranlık Uyandırıcı Dostlarımız Üzerine</t>
+          <t>Sanatta ve Beyin Biliminde İndirgemecilik</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786057685193</t>
+          <t>9786057685438</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Tell Atchana, Alalakh Volume 2a (Text): The Late Bronze 2 City 2006 - 2010 Excavation Seasons (2 Cilt)</t>
+          <t>Hınç (Sadeleştirilmiş Metin)</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>2400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786057685209</t>
+          <t>9786057685179</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Batı Cumhuriyetçiliği ve Şark Hükümdarı</t>
+          <t>Ne Değişir Ki?</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786057685094</t>
+          <t>9786057685339</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Dünya Edebiyatının Ekolojisi</t>
+          <t>Zekanın Bilimi ve İdeolojisi</t>
         </is>
       </c>
       <c r="C289" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786057685186</t>
+          <t>9786057685322</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Yeni Üzerine: Geçmişle Gelecek Arasında Kültürel Ekonomi</t>
+          <t>Yarım-Dünya: Gezegenimizin Hayatta Kalma Mücadelesi</t>
         </is>
       </c>
       <c r="C290" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786057685063</t>
+          <t>9786057685315</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Dijital Ruh: İnsan ve Teknoloji Arasındaki Yaratıcı Ortaklık</t>
+          <t>Tuhaf ve Tekinsiz</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>280</v>
+        <v>140</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786057685087</t>
+          <t>9786057685261</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Serap</t>
+          <t>Kesik Baş Cinayeti</t>
         </is>
       </c>
       <c r="C292" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786057685070</t>
+          <t>9786057685049</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Karşılaştırmalı Siyasal Ekonomi</t>
+          <t>İmparatorluğun Öteki Yüzleri: Toplumsal Hiyerarşi ve Düzen Karşısında Sıradan Hayatlar</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786052116968</t>
+          <t>9786057685162</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Identity And The Other In Byzantium</t>
+          <t>Böcekler Gezegeni: Tuhaf Yararlı ve Hayranlık Uyandırıcı Dostlarımız Üzerine</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>1800</v>
+        <v>200</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786057685032</t>
+          <t>9786057685193</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Risk Tıbbı</t>
+          <t>Tell Atchana, Alalakh Volume 2a (Text): The Late Bronze 2 City 2006 - 2010 Excavation Seasons (2 Cilt)</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>220</v>
+        <v>2400</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786052116890</t>
+          <t>9786057685209</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Rüya Şehirler</t>
+          <t>Batı Cumhuriyetçiliği ve Şark Hükümdarı</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786059389877</t>
+          <t>9786057685094</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Üretim Otomasyonu</t>
+          <t>Dünya Edebiyatının Ekolojisi</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786057685018</t>
+          <t>9786057685186</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Pakize</t>
+          <t>Yeni Üzerine: Geçmişle Gelecek Arasında Kültürel Ekonomi</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786052116944</t>
+          <t>9786057685063</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Buraya Bakarlar</t>
+          <t>Dijital Ruh: İnsan ve Teknoloji Arasındaki Yaratıcı Ortaklık</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>100</v>
+        <v>280</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786057685025</t>
+          <t>9786057685087</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Mitomani</t>
+          <t>Serap</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>220</v>
+        <v>140</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786052116913</t>
+          <t>9786057685070</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Tahıla Karşı - İlk Devletlerin Derin Tarihi</t>
+          <t>Karşılaştırmalı Siyasal Ekonomi</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786052116920</t>
+          <t>9786052116968</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Kaos İmgelemi</t>
+          <t>Identity And The Other In Byzantium</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>300</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786059389600</t>
+          <t>9786057685032</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Modern Ortadoğu’da İşçiler ve Çiftçiler</t>
+          <t>Risk Tıbbı</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786052116852</t>
+          <t>9786052116890</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Medeni Cumhuriyet: Katılımcı Hayatın Sosyolojisi</t>
+          <t>Rüya Şehirler</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786052116739</t>
+          <t>9786059389877</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Ütopyayı Hayata Geçirmek</t>
+          <t>Üretim Otomasyonu</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>240</v>
+        <v>400</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786052116883</t>
+          <t>9786057685018</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Hiper - Bağlı Bir Dünyada İtibar Stratejisi ve Analitiği</t>
+          <t>Pakize</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786052116838</t>
+          <t>9786052116944</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Keynes'ten Lucas ve Ötesine - Makroiktisat Tarihi</t>
+          <t>Buraya Bakarlar</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786052116159</t>
+          <t>9786057685025</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Alakent Churh (Ciltli)</t>
+          <t>Mitomani</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>1600</v>
+        <v>220</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786052116166</t>
+          <t>9786052116913</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Alakent Kilisesi (Ciltli)</t>
+          <t>Tahıla Karşı - İlk Devletlerin Derin Tarihi</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>1600</v>
+        <v>240</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786052116722</t>
+          <t>9786052116920</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Üretmeden Kar Etmek</t>
+          <t>Kaos İmgelemi</t>
         </is>
       </c>
       <c r="C310" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786052116586</t>
+          <t>9786059389600</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Pekin’de Mavi Bir Gökyüzü</t>
+          <t>Modern Ortadoğu’da İşçiler ve Çiftçiler</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786052116760</t>
+          <t>9786052116852</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Timbuktu’nun Elyazmaları</t>
+          <t>Medeni Cumhuriyet: Katılımcı Hayatın Sosyolojisi</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786052116791</t>
+          <t>9786052116739</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Saime</t>
+          <t>Ütopyayı Hayata Geçirmek</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786052116715</t>
+          <t>9786052116883</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Sifon</t>
+          <t>Hiper - Bağlı Bir Dünyada İtibar Stratejisi ve Analitiği</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786052116777</t>
+          <t>9786052116838</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Yaratılıştaki Çatlak - Gen Düzenlemenin Evrime Hükmeden İnanılmaz Gücü</t>
+          <t>Keynes'ten Lucas ve Ötesine - Makroiktisat Tarihi</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786052116708</t>
+          <t>9786052116159</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Büyü</t>
+          <t>Alakent Churh (Ciltli)</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>220</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786052116678</t>
+          <t>9786052116166</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Hayatı Hatırlamak: Otobiyografik Belleğe Bilimsel Yaklaşımlar</t>
+          <t>Alakent Kilisesi (Ciltli)</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>240</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786052116685</t>
+          <t>9786052116722</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Kırk Bela</t>
+          <t>Üretmeden Kar Etmek</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786052116661</t>
+          <t>9786052116586</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Kabuller - Bir Beyin Cerrahının Sınır Tanımayan Hikayesi</t>
+          <t>Pekin’de Mavi Bir Gökyüzü</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786052116609</t>
+          <t>9786052116760</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Küresel Dönüşümü: 1870-1950</t>
+          <t>Timbuktu’nun Elyazmaları</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786052116593</t>
+          <t>9786052116791</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Zaman Yolculuğu</t>
+          <t>Saime</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>240</v>
+        <v>160</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786052116579</t>
+          <t>9786052116715</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Osmanlılar ve Afrika Talanı</t>
+          <t>Sifon</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786052116562</t>
+          <t>9786052116777</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Şevketmeap</t>
+          <t>Yaratılıştaki Çatlak - Gen Düzenlemenin Evrime Hükmeden İnanılmaz Gücü</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>160</v>
+        <v>230</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786052116289</t>
+          <t>9786052116708</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Ahlakın Dışındakiler</t>
+          <t>Beyaz Büyü</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786059389761</t>
+          <t>9786052116678</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>The Tribe Of The Esraris</t>
+          <t>Hayatı Hatırlamak: Otobiyografik Belleğe Bilimsel Yaklaşımlar</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786059389846</t>
+          <t>9786052116685</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Mekan ve Millet</t>
+          <t>Kırk Bela</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786052116531</t>
+          <t>9786052116661</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Biziz, Halk!</t>
+          <t>Kabuller - Bir Beyin Cerrahının Sınır Tanımayan Hikayesi</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>260</v>
+        <v>220</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786052116456</t>
+          <t>9786052116609</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Bana Yalan Söylediler</t>
+          <t>Zamanın Küresel Dönüşümü: 1870-1950</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>260</v>
+        <v>240</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786052116302</t>
+          <t>9786052116593</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Kırılgan Tasarım</t>
+          <t>Zaman Yolculuğu</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>260</v>
+        <v>240</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786059389518</t>
+          <t>9786052116579</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Yapay Cehennemler</t>
+          <t>Osmanlılar ve Afrika Talanı</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786052116326</t>
+          <t>9786052116562</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Blöf Kitap</t>
+          <t>Şevketmeap</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786052116449</t>
+          <t>9786052116289</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Enayi Bir Aşk</t>
+          <t>Ahlakın Dışındakiler</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>140</v>
+        <v>280</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786052116258</t>
+          <t>9786059389761</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>İktidarı Görmek: 21. Yüzyılda Sanat ve Aktivizm</t>
+          <t>The Tribe Of The Esraris</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786052116210</t>
+          <t>9786059389846</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Yenilikçi Çerçeve: Tasarımın Getirdiği Yeni Düşünme Biçimleri</t>
+          <t>Mekan ve Millet</t>
         </is>
       </c>
       <c r="C334" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786052116272</t>
+          <t>9786052116531</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Zombiler</t>
+          <t>Biziz, Halk!</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>280</v>
+        <v>260</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786052116265</t>
+          <t>9786052116456</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Kara Delik</t>
+          <t>Bana Yalan Söylediler</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>160</v>
+        <v>260</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786052116227</t>
+          <t>9786052116302</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>İnsan Ahlakının Doğal Tarihi</t>
+          <t>Kırılgan Tasarım</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786052116180</t>
+          <t>9786059389518</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Güneyin İsyanı</t>
+          <t>Yapay Cehennemler</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786052116234</t>
+          <t>9786052116326</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Daha Yeni Başlıyor</t>
+          <t>Blöf Kitap</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786059389549</t>
+          <t>9786052116449</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Şamlı Berber: 18. Yüzyıl Biladü’ş-Şam’ında Yeni Okuryazarlık</t>
+          <t>Enayi Bir Aşk</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>240</v>
+        <v>140</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786052116203</t>
+          <t>9786052116258</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Vampirin Öpücüğü, Aşığın Kanı: Türkiye’de 1980 Sonrası Popüler Roman</t>
+          <t>İktidarı Görmek: 21. Yüzyılda Sanat ve Aktivizm</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786059389785</t>
+          <t>9786052116210</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Arap Demokratikleşmesi: Demokrasi Olmadan Yapılan Seçimler</t>
+          <t>Yenilikçi Çerçeve: Tasarımın Getirdiği Yeni Düşünme Biçimleri</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786052116173</t>
+          <t>9786052116272</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Adam Smith’in Yemeğini Pişiren Kimdi?</t>
+          <t>Zombiler</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786052116104</t>
+          <t>9786052116265</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Bir Osmanlı Trajedisi</t>
+          <t>Kara Delik</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786059389839</t>
+          <t>9786052116227</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Yeni Çin Seddi</t>
+          <t>İnsan Ahlakının Doğal Tarihi</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786059389860</t>
+          <t>9786052116180</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Kabus</t>
+          <t>Güneyin İsyanı</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786055250492</t>
+          <t>9786052116234</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Nostoi: Indigenous Culture, Migration, and Integration in The Aegean Islands and Western Anatolia During The Late Bronze And Early Iron Age</t>
+          <t>Daha Yeni Başlıyor</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>2500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786059389822</t>
+          <t>9786059389549</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Ütopya Distopya: Tarihsel Olasılığın Koşulları</t>
+          <t>Şamlı Berber: 18. Yüzyıl Biladü’ş-Şam’ında Yeni Okuryazarlık</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786059389853</t>
+          <t>9786052116203</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Dilharap</t>
+          <t>Vampirin Öpücüğü, Aşığın Kanı: Türkiye’de 1980 Sonrası Popüler Roman</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786059389815</t>
+          <t>9786059389785</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Kök Hücre Diyalogları: Tıbbın Sınırlarında Felsefi Ve Bilimsel Arayışlar</t>
+          <t>Arap Demokratikleşmesi: Demokrasi Olmadan Yapılan Seçimler</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786059389693</t>
+          <t>9786052116173</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Palimpsest</t>
+          <t>Adam Smith’in Yemeğini Pişiren Kimdi?</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786059389778</t>
+          <t>9786052116104</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Postu Modern Kızıl Tilki</t>
+          <t>Bir Osmanlı Trajedisi</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786059389754</t>
+          <t>9786059389839</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Viyana Nokta</t>
+          <t>Yeni Çin Seddi</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>100</v>
+        <v>260</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786059389686</t>
+          <t>9786059389860</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Akışta: İnternet Çağında Sanat</t>
+          <t>Kabus</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786059389594</t>
+          <t>9786055250492</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Ekmek Aslanın Ağzında: Osmanlı Şehirlerinde Hayatlarını Kazanmak İçin Mücadele Eden Zanaatkarlar</t>
+          <t>Nostoi: Indigenous Culture, Migration, and Integration in The Aegean Islands and Western Anatolia During The Late Bronze And Early Iron Age</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>300</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786059389679</t>
+          <t>9786059389822</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Medya Arkeolojisi Nedir?</t>
+          <t>Ütopya Distopya: Tarihsel Olasılığın Koşulları</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786059389662</t>
+          <t>9786059389853</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Kibir</t>
+          <t>Dilharap</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786059389709</t>
+          <t>9786059389815</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Proust ve Mürekkepbalığı</t>
+          <t>Kök Hücre Diyalogları: Tıbbın Sınırlarında Felsefi Ve Bilimsel Arayışlar</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786059389587</t>
+          <t>9786059389693</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Dört Gelecek</t>
+          <t>Palimpsest</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786059389532</t>
+          <t>9786059389778</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Özgür ve Bedava</t>
+          <t>Postu Modern Kızıl Tilki</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>220</v>
+        <v>140</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786059389471</t>
+          <t>9786059389754</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Aşkımı Öldürdüm</t>
+          <t>Viyana Nokta</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786059389488</t>
+          <t>9786059389686</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Orta Malı</t>
+          <t>Akışta: İnternet Çağında Sanat</t>
         </is>
       </c>
       <c r="C362" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786059389464</t>
+          <t>9786059389594</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Hukukun Ekolojisi</t>
+          <t>Ekmek Aslanın Ağzında: Osmanlı Şehirlerinde Hayatlarını Kazanmak İçin Mücadele Eden Zanaatkarlar</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786059389365</t>
+          <t>9786059389679</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Biçimler</t>
+          <t>Medya Arkeolojisi Nedir?</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786059389495</t>
+          <t>9786059389662</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Adem’in Laneti</t>
+          <t>Kibir</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786059389457</t>
+          <t>9786059389709</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Keynes Hayek</t>
+          <t>Proust ve Mürekkepbalığı</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>400</v>
+        <v>240</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786059389402</t>
+          <t>9786059389587</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Çalışmanın Mitolojisi</t>
+          <t>Dört Gelecek</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786059389372</t>
+          <t>9786059389532</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Geceleyin Gökyüzü</t>
+          <t>Özgür ve Bedava</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786059389396</t>
+          <t>9786059389471</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Leopold’un Sabunu</t>
+          <t>Aşkımı Öldürdüm</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786059389334</t>
+          <t>9786059389488</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Lydia Arkeolojisi: Gyges’ten Büyük İskender’e</t>
+          <t>Orta Malı</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786059389358</t>
+          <t>9786059389464</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Yeni Kötü Günler</t>
+          <t>Hukukun Ekolojisi</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786059389280</t>
+          <t>9786059389365</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Kemer Sıkmak</t>
+          <t>Biçimler</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>260</v>
+        <v>240</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786059389297</t>
+          <t>9786059389495</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Susuzluk: Antik Dünyada Su ve İktidar</t>
+          <t>Adem’in Laneti</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786059389266</t>
+          <t>9786059389457</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Son Ütopya: Tarihte İnsan Hakları</t>
+          <t>Keynes Hayek</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>280</v>
+        <v>400</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786059389143</t>
+          <t>9786059389402</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Çingene</t>
+          <t>Çalışmanın Mitolojisi</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786059389136</t>
+          <t>9786059389372</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>İnsan Hakları İnsan Haysiyeti ve Kozmopolit İdealler</t>
+          <t>Geceleyin Gökyüzü</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>220</v>
+        <v>140</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786059389198</t>
+          <t>9786059389396</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Roma AŞ</t>
+          <t>Leopold’un Sabunu</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786059389129</t>
+          <t>9786059389334</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Cüzdan Payı Kuralı</t>
+          <t>Lydia Arkeolojisi: Gyges’ten Büyük İskender’e</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786059389112</t>
+          <t>9786059389358</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Dünyayla İş Yapanlar</t>
+          <t>Yeni Kötü Günler</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786059389105</t>
+          <t>9786059389280</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Testosteron: Seks Güç ve Kazanma İradesi</t>
+          <t>Kemer Sıkmak</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>280</v>
+        <v>260</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786059389099</t>
+          <t>9786059389297</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Anne Duyarlığı ve Çocuklarda Bağlanma</t>
+          <t>Susuzluk: Antik Dünyada Su ve İktidar</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786059389082</t>
+          <t>9786059389266</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Mülkiyeti Geri Almak?</t>
+          <t>Son Ütopya: Tarihte İnsan Hakları</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>260</v>
+        <v>280</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786059389068</t>
+          <t>9786059389143</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Zoopolis</t>
+          <t>Çingene</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786059389006</t>
+          <t>9786059389136</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Satın Alınan Zaman</t>
+          <t>İnsan Hakları İnsan Haysiyeti ve Kozmopolit İdealler</t>
         </is>
       </c>
       <c r="C384" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786059389228</t>
+          <t>9786059389198</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Bıçak Altında</t>
+          <t>Roma AŞ</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786055250980</t>
+          <t>9786059389129</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Şehirler ve İçkaleler</t>
+          <t>Cüzdan Payı Kuralı</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>340</v>
+        <v>220</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786059389341</t>
+          <t>9786059389112</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Aklın Çocuk Hali</t>
+          <t>Dünyayla İş Yapanlar</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786055250874</t>
+          <t>9786059389105</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Sanat Dünyasının Senaryoları</t>
+          <t>Testosteron: Seks Güç ve Kazanma İradesi</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786055250782</t>
+          <t>9786059389099</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Jön Türklerin Filistin'i</t>
+          <t>Anne Duyarlığı ve Çocuklarda Bağlanma</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786055250751</t>
+          <t>9786059389082</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Yerinden Edilenlerin Coğrafyaları: Filistin Köy Tarihleri</t>
+          <t>Mülkiyeti Geri Almak?</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>280</v>
+        <v>260</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786055250775</t>
+          <t>9786059389068</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Bakıma Muhtaç: Türkiye’de Alzheimer Hastası Yaşlıların Bakımı</t>
+          <t>Zoopolis</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786055250720</t>
+          <t>9786059389006</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Üniversite ve Ötesi - Genç Yetişkinler İçin Hayat Becerileri</t>
+          <t>Satın Alınan Zaman</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786055250713</t>
+          <t>9786059389228</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Türklük, Müslümanlık, Doğululuk - AB’nin Türkiye Söylemleri</t>
+          <t>Bıçak Altında</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>320</v>
+        <v>220</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786055250706</t>
+          <t>9786055250980</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Eski Yakındoğu’da Kent, Bellek, Anıt</t>
+          <t>Türkiye’de Şehirler ve İçkaleler</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>320</v>
+        <v>340</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786059389631</t>
+          <t>9786059389341</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Sanat Tarihinin Tarihi</t>
+          <t>Aklın Çocuk Hali</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>340</v>
+        <v>300</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786052116111</t>
+          <t>9786055250874</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Büyük Kedi Katliamı</t>
+          <t>Sanat Dünyasının Senaryoları</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786052116470</t>
+          <t>9786055250782</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Rönesans ve Osmanlı Dünyası</t>
+          <t>Jön Türklerin Filistin'i</t>
         </is>
       </c>
       <c r="C397" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786055250690</t>
+          <t>9786055250751</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Kralın Yeni Aklı</t>
+          <t>Yerinden Edilenlerin Coğrafyaları: Filistin Köy Tarihleri</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>400</v>
+        <v>280</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786055250522</t>
+          <t>9786055250775</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Antik Kentler</t>
+          <t>Bakıma Muhtaç: Türkiye’de Alzheimer Hastası Yaşlıların Bakımı</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>420</v>
+        <v>200</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786059389556</t>
+          <t>9786055250720</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Mimarlık Tarihi Nedir?</t>
+          <t>Üniversite ve Ötesi - Genç Yetişkinler İçin Hayat Becerileri</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786055250508</t>
+          <t>9786055250713</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Kriz Bankacılığı</t>
+          <t>Türklük, Müslümanlık, Doğululuk - AB’nin Türkiye Söylemleri</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>260</v>
+        <v>320</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786059389716</t>
+          <t>9786055250706</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Floransa ve Bağdat</t>
+          <t>Eski Yakındoğu’da Kent, Bellek, Anıt</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>300</v>
+        <v>320</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786055250485</t>
+          <t>9786059389631</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Anıtkabir’in Ötesi Atatürk’ün Mezar Mimarisi</t>
+          <t>Sanat Tarihinin Tarihi</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>280</v>
+        <v>340</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786055250461</t>
+          <t>9786052116111</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Camera Ottomana - Photographt and Modernity in the Ottoman Empire 1840-1914 (İngilizce)</t>
+          <t>Büyük Kedi Katliamı</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>2500</v>
+        <v>280</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786055250898</t>
+          <t>9786052116470</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Milada Dönüş</t>
+          <t>Rönesans ve Osmanlı Dünyası</t>
         </is>
       </c>
       <c r="C405" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786055250423</t>
+          <t>9786055250690</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Dünyanın Neresinde?</t>
+          <t>Kralın Yeni Aklı</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>280</v>
+        <v>400</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786056257599</t>
+          <t>9786055250522</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>What Josephine Saw</t>
+          <t>Antik Kentler</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>1500</v>
+        <v>420</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786055250355</t>
+          <t>9786059389556</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Turquerie ve Temsil Politikası, 1728-1876</t>
+          <t>Mimarlık Tarihi Nedir?</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786055250379</t>
+          <t>9786055250508</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Unutulmuş Krallık: Antik Alalah'ta Arkeoloji ve Fotoğraf</t>
+          <t>Kriz Bankacılığı</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>1100</v>
+        <v>260</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786055250300</t>
+          <t>9786059389716</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Legends of Authority: The 1215 Seljuk Inscriptions of Sinop Citadel, Turkey</t>
+          <t>Floransa ve Bağdat</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>1200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786055250287</t>
+          <t>9786055250485</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>İktidar İmgeleri: Sinop İçkalesindeki 1215 Tarihli Selçuklu Yazıtları</t>
+          <t>Anıtkabir’in Ötesi Atatürk’ün Mezar Mimarisi</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>1000</v>
+        <v>280</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786055250805</t>
+          <t>9786055250461</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Radikal Demokrasi - Kitlenin Biyopolitikası Halkın Hegemonyası</t>
+          <t>Camera Ottomana - Photographt and Modernity in the Ottoman Empire 1840-1914 (İngilizce)</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>220</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786055250829</t>
+          <t>9786055250898</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Kurmaca Mekan</t>
+          <t>Milada Dönüş</t>
         </is>
       </c>
       <c r="C413" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786055250324</t>
+          <t>9786055250423</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Yirmi Birinci Yüzyılda Türkiye’de Yahudiler - Hoşgörünün Öteki Yüzü</t>
+          <t>Türkiye Dünyanın Neresinde?</t>
         </is>
       </c>
       <c r="C414" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786055250256</t>
+          <t>9786056257599</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'nin Akdeniz Siyaseti (1923 - 1939)</t>
+          <t>What Josephine Saw</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>280</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786059389440</t>
+          <t>9786055250355</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Benlik, Aile ve İnsan Gelişimi</t>
+          <t>Turquerie ve Temsil Politikası, 1728-1876</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>340</v>
+        <v>300</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786055607135</t>
+          <t>9786055250379</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Tell Atchana, Ancient Alalakh Volume 1 - The 2003-2004 Excavations Seasons (Ciltli)</t>
+          <t>Unutulmuş Krallık: Antik Alalah'ta Arkeoloji ve Fotoğraf</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>2750</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786055250881</t>
+          <t>9786055250300</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Sanat Müzeleri</t>
+          <t>Legends of Authority: The 1215 Seljuk Inscriptions of Sinop Citadel, Turkey</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>260</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786055250867</t>
+          <t>9786055250287</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>İmparatorluk Simsarları</t>
+          <t>İktidar İmgeleri: Sinop İçkalesindeki 1215 Tarihli Selçuklu Yazıtları</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>300</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786052116548</t>
+          <t>9786055250805</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>İnsan Gelişimi, Aile ve Kültür: Farklı Bakış Açıları</t>
+          <t>Radikal Demokrasi - Kitlenin Biyopolitikası Halkın Hegemonyası</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>320</v>
+        <v>220</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786059389792</t>
+          <t>9786055250829</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Buhran Çağında Haysiyet - Zor Zamanlarda İnsan Hakları</t>
+          <t>Kurmaca Mekan</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786052116197</t>
+          <t>9786055250324</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Ölüm ve Labirent</t>
+          <t>Yirmi Birinci Yüzyılda Türkiye’de Yahudiler - Hoşgörünün Öteki Yüzü</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786059389884</t>
+          <t>9786055250256</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Ortaçağda İstanbul</t>
+          <t>Türkiye'nin Akdeniz Siyaseti (1923 - 1939)</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>260</v>
+        <v>280</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786052116647</t>
+          <t>9786059389440</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Kültürel Eleştiri Olarak Antropoloji</t>
+          <t>Benlik, Aile ve İnsan Gelişimi</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>200</v>
+        <v>340</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
+          <t>9786055607135</t>
+        </is>
+      </c>
+      <c r="B425" s="1" t="inlineStr">
+        <is>
+          <t>Tell Atchana, Ancient Alalakh Volume 1 - The 2003-2004 Excavations Seasons (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C425" s="1">
+        <v>2750</v>
+      </c>
+    </row>
+    <row r="426" spans="1:3">
+      <c r="A426" s="1" t="inlineStr">
+        <is>
+          <t>9786055250881</t>
+        </is>
+      </c>
+      <c r="B426" s="1" t="inlineStr">
+        <is>
+          <t>Çağdaş Sanat Müzeleri</t>
+        </is>
+      </c>
+      <c r="C426" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="427" spans="1:3">
+      <c r="A427" s="1" t="inlineStr">
+        <is>
+          <t>9786055250867</t>
+        </is>
+      </c>
+      <c r="B427" s="1" t="inlineStr">
+        <is>
+          <t>İmparatorluk Simsarları</t>
+        </is>
+      </c>
+      <c r="C427" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="428" spans="1:3">
+      <c r="A428" s="1" t="inlineStr">
+        <is>
+          <t>9786052116548</t>
+        </is>
+      </c>
+      <c r="B428" s="1" t="inlineStr">
+        <is>
+          <t>İnsan Gelişimi, Aile ve Kültür: Farklı Bakış Açıları</t>
+        </is>
+      </c>
+      <c r="C428" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="429" spans="1:3">
+      <c r="A429" s="1" t="inlineStr">
+        <is>
+          <t>9786059389792</t>
+        </is>
+      </c>
+      <c r="B429" s="1" t="inlineStr">
+        <is>
+          <t>Buhran Çağında Haysiyet - Zor Zamanlarda İnsan Hakları</t>
+        </is>
+      </c>
+      <c r="C429" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="430" spans="1:3">
+      <c r="A430" s="1" t="inlineStr">
+        <is>
+          <t>9786052116197</t>
+        </is>
+      </c>
+      <c r="B430" s="1" t="inlineStr">
+        <is>
+          <t>Ölüm ve Labirent</t>
+        </is>
+      </c>
+      <c r="C430" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="431" spans="1:3">
+      <c r="A431" s="1" t="inlineStr">
+        <is>
+          <t>9786059389884</t>
+        </is>
+      </c>
+      <c r="B431" s="1" t="inlineStr">
+        <is>
+          <t>Ortaçağda İstanbul</t>
+        </is>
+      </c>
+      <c r="C431" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="432" spans="1:3">
+      <c r="A432" s="1" t="inlineStr">
+        <is>
+          <t>9786052116647</t>
+        </is>
+      </c>
+      <c r="B432" s="1" t="inlineStr">
+        <is>
+          <t>Kültürel Eleştiri Olarak Antropoloji</t>
+        </is>
+      </c>
+      <c r="C432" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="433" spans="1:3">
+      <c r="A433" s="1" t="inlineStr">
+        <is>
           <t>9786052116296</t>
         </is>
       </c>
-      <c r="B425" s="1" t="inlineStr">
+      <c r="B433" s="1" t="inlineStr">
         <is>
           <t>Dönme Kadınlar</t>
         </is>
       </c>
-      <c r="C425" s="1">
+      <c r="C433" s="1">
         <v>210</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>