--- v1 (2025-12-16)
+++ v2 (2026-02-07)
@@ -85,6520 +85,8035 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256230989</t>
+          <t>9786258520255</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Bağışın Adaleti</t>
+          <t>Yerin Altında</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>260</v>
+        <v>140</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256230996</t>
+          <t>9786258520248</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Bağımlılık</t>
+          <t>Yağmur Ormanında</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>220</v>
+        <v>140</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256230972</t>
+          <t>9786258520170</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Küresel Uluslararası İlişkilerin Yapılanması Kökenleri ve Evrimi</t>
+          <t>Edebiyatımızda Kent Hakkı Romanları</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>460</v>
+        <v>280</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786258520019</t>
+          <t>9786258520194</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’da Yaşam Mücadelesi</t>
+          <t>Kusurların Doğal Tarihi</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>380</v>
+        <v>240</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786258520002</t>
+          <t>9786259452111</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Animals On The Move (Ciltli)</t>
+          <t>Sofra</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>900</v>
+        <v>750</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256230941</t>
+          <t>9786259452104</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Davranışı</t>
+          <t>İstanbul'daki Bizans Kalıntılarının Mimari Anlatımı</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>200</v>
+        <v>3200</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256230934</t>
+          <t>9786259841250</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Hayal Gücü</t>
+          <t>Ben De Öyle Hissediyorum!</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256230958</t>
+          <t>9786059389570</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Roma ve Bizans Dünyasında Para</t>
+          <t>Proust ve Mürekkepbalığı; Okuyan Beynin Bilimi ve Hikayesi</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>900</v>
+        <v>80</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256230910</t>
+          <t>9786258022445</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Yaprak Dedektifi</t>
+          <t>Çocuklar (0-18) İçin Kültürel Miras Çalışmaları Çalıştayı II: Öğretmen Odaklı Uygulamalar Bildiriler</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>160</v>
+        <v>400</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786256230859</t>
+          <t>9786258022223</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Sasha The Seal / Fok Sasha</t>
+          <t>Ahlakın Yeni Soyağacı - Psikolojik ve Evrimsel Bir Bakış</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786256230842</t>
+          <t>9786258022018</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>The Narwhal / Narval Nat İngilizce Öğreniyorum</t>
+          <t>Kendi Sözleriyle Yaşayan Atatürk</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>140</v>
+        <v>90</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786256230873</t>
+          <t>9786258022285</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Snow Stories – Little Wolf / Kar Hikâyeleri – Minik Kurt</t>
+          <t>Arılarla Yaşamak</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>140</v>
+        <v>60</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786256230880</t>
+          <t>9786258022193</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Snow Stories – Ollie The Owl / Kar Hikayeleri – Baykuş Ollie</t>
+          <t>Bizans’ın Sesi: Bizans Müzik Aletleri</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>140</v>
+        <v>350</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256230835</t>
+          <t>9786052116845</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Çizgi Roman Bilim /Maceralar – Uzayı Keşfetmek</t>
+          <t>Oyunda Büyümek</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256230811</t>
+          <t>9786052116654</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Çizgi Roman Bilim / Maceralar – Olağanüstü Tıbbi Keşifler</t>
+          <t>Dünyanın Neden Var Olmadığı Üzerine</t>
         </is>
       </c>
       <c r="C16" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786256230804</t>
+          <t>9786055250904</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Çizgi Roman Bilim Maceralar - Dinozorların Peşinde</t>
+          <t>Kültürler Arası Bağlamda Örgütler ve Yönetim</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786256230903</t>
+          <t>9786059389181</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Tia the Turtle / Kaplumbağa Tia</t>
+          <t>Hayali Sermaye</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786256230897</t>
+          <t>9786059389419</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Snow Stories – Ping The Panda / Kar Hikayeleri – Panda Ping</t>
+          <t>Soyağacımızdaki Maymun</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256230866</t>
+          <t>9786059389075</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Snow Stories – Bobi The Bear / Kar Hikayeleri – Ayı Bobi</t>
+          <t>Küratörlük</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256230828</t>
+          <t>9786059389044</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Çizgi Roman Bilim Maceralar - Şaşırtıcı Buluşlar</t>
+          <t>Kontrollü Güç: İnsan Davranışlarının Evrimi</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256230781</t>
+          <t>9786055250454</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Bana Hiç Yazmayan Dünyaya</t>
+          <t>Osmanlı Kardeşler</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>380</v>
+        <v>160</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256230798</t>
+          <t>9786059389624</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Fiziksel Zeka</t>
+          <t>Girişimci Kapital : Silikon Vadisi Tarihi ve Startup Ekonomisi</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>280</v>
+        <v>35</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256230682</t>
+          <t>9786055250362</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Beynin Maceraları: Beynin Duyguları</t>
+          <t>Türkiye’de Yaşlılığın Yapısal Değişimi</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>140</v>
+        <v>25</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786256230323</t>
+          <t>9786055250393</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Doktora Gidiyorum Mini Sağlık Kitabım</t>
+          <t>Non Paris</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>100</v>
+        <v>30</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786256230279</t>
+          <t>9786055250263</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Bıcır’ın Kazağı</t>
+          <t>Antionch On The Orontes / Asi'deki Antakya</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>120</v>
+        <v>850</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786057685452</t>
+          <t>9786055250386</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Konstantinopolis / İstanbul (Ciltli)</t>
+          <t>Kutsal Sentez: Yunan ve Türk Milliyetçiliğine Dini Aşılamak</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>1400</v>
+        <v>60</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786256230767</t>
+          <t>9786056141157</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Evrimini Anlamak</t>
+          <t>Roma Dünyasında Yıkanma</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>240</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786256230774</t>
+          <t>9786056141133</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Zekayı Anlamak</t>
+          <t>Modernliği Dokumak</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>240</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786256230101</t>
+          <t>9786056257575</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Memelilerin Yükselişi ve Saltanatı</t>
+          <t>Kurgu Hedef Tahtasında</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>280</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786258022384</t>
+          <t>9786056257568</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Klasik Antikitede Kadınlar - Doğumdan Ölüme</t>
+          <t>Kadın Sağlığı ve Hastalıkları Hemşireliği El Kitabı</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>380</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786052116784</t>
+          <t>9786055250003</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Süper Zeka: Yapay Zeka Uygulamaları, Tehlikeler ve Stratejiler</t>
+          <t>Josephine’in Gördüğü</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786052116555</t>
+          <t>9786055250089</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Moğol Fethinden Sonra Anadolu’nun Yeniden İnşası</t>
+          <t>İşsiz Yaşam</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>340</v>
+        <v>18</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786258022001</t>
+          <t>9786056257520</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Protesto</t>
+          <t>Edward Said ile Konuşmaya Devam</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>160</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786259841243</t>
+          <t>9786056141102</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Kendime Ait Bir Yer</t>
+          <t>Cumhuriyet Döneminde Geçmişe Bakış Açıları: Klasik ve Bizans Dönemleri</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>140</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786256230156</t>
+          <t>9786056141171</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>İki Dilli: İngilizce-Türkçe 100 First Words –On The Go</t>
+          <t>Birkaç Arpa Boyu (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>140</v>
+        <v>79.63</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786256230149</t>
+          <t>9786056257582</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>İki Dilli: İngilizce-Türkçe 100 First Words – Home</t>
+          <t>Aşk Cumhuriyeti - Türk Popüler Müziğinde Kültürel Mahrem</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>140</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786259494906</t>
+          <t>9786056141140</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>First Words - In the Sea / İngilizce İlk 100 Kelimem - Denizde</t>
+          <t>Aşık Çelebi ve Şairler Tezkiresi Üzerine Yazılar</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>140</v>
+        <v>25</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786056708268</t>
+          <t>9786055250164</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>İngilizce İlk 100 Kelimem - Okul</t>
+          <t>Artamonoff : Picturing Byzantine Istanbul 1930-1947</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>140</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256230651</t>
+          <t>9786055250157</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Sakın Dişçiyi Korkutma</t>
+          <t>Artamonoff: Bizans İstanbul’u İmgeleri 1930–1947</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>120</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786256230668</t>
+          <t>9786055250058</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Nilay'ın Harika Montu</t>
+          <t>Anadolu Medeniyetlerinde Hamam Kültürü</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>140</v>
+        <v>24.07</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786256230743</t>
+          <t>9786059389426</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Sorular - İlginç Cevaplar: Gezegenimiz</t>
+          <t>Ana Babalık</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786256230699</t>
+          <t>9786056257551</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Beynin Maceraları - Beynin Düşünceleri</t>
+          <t>Amiral Bristol Hemşirelik Okulu (1920-1999)</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>140</v>
+        <v>25</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786256230729</t>
+          <t>9786056257513</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Bir Kedi Öyküsü Gerçek Hayattan Alınmış Bir Öykü</t>
+          <t>Ahmet Ağaoğlu ve Hukuk-ı Esasiye Ders Notları</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>140</v>
+        <v>100</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786256230736</t>
+          <t>9786055250249</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Sorular İlginç Cevaplar –  Fen Bilimleri</t>
+          <t>Hafızanın Sokakları İstanbul'da Peyzaj, Hoşgörü ve Ulusal Kimlik</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>140</v>
+        <v>34</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786256230750</t>
+          <t>9786059389389</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Sorular İlginç Cevaplar – Çevre</t>
+          <t>Hayal-i Celal</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>140</v>
+        <v>50</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786256230675</t>
+          <t>9786059389013</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Beynin Maceraları – Beynin Davranışları Beyin Nasıl Karar Verir Ve Kontrol Eder?</t>
+          <t>Uygarlığı Yeniden Nasıl Kurarız?</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>140</v>
+        <v>100</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786256230705</t>
+          <t>9786052116517</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Beynin Maceraları – Beynin Dünyası Beyin Nedir Ve Nasıl Çalışır?</t>
+          <t>Ben Deli Miyim?</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786256230712</t>
+          <t>9786052116463</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Sanat Her Yerde!</t>
+          <t>Mahremiyet</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>175</v>
+        <v>120</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786256230477</t>
+          <t>9786059389433</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Erken Çocuklukta Okuryazarlık Deneyimi</t>
+          <t>Sadun Boro Rotasında</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>280</v>
+        <v>35</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786059388344</t>
+          <t>9786055250553</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>“Sivil Amiral” Abidin Daver Deniz ve Denizcilik Üzerine Yazılar Seçkisi</t>
+          <t>Müze Dersleri</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786256230606</t>
+          <t>9786059389310</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Architecture, Empire, Orientalism (Ciltli)</t>
+          <t>Camera Ottomana - Osmanlı İmparatorluğu’nda Fotoğraf ve Modernite 1840-1914</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>900</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786256230637</t>
+          <t>9786055250836</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Akademi Üniversiteler Nasıl Ölür</t>
+          <t>Ellerle Konuşmak - Türk İşaret Dili Araştırmaları</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>240</v>
+        <v>74</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786256230644</t>
+          <t>9786055250942</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Misyon Ekonomisi</t>
+          <t>Yaşam Neden Var?</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>260</v>
+        <v>90</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786256230613</t>
+          <t>9786052116241</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Karıncaların Dünyası</t>
+          <t>Dikbaşlılar: Bilimi ve Dünyayı Değiştiren 52 Kadın</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786256230620</t>
+          <t>9786059389723</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Bilimin Dünyayı Açıklayışını Anlamak</t>
+          <t>Boşboğaz Bir Adem</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>240</v>
+        <v>140</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786256230583</t>
+          <t>9786059389525</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Sorular İlginç Cevaplar – Dinozorlar</t>
+          <t>Sosyal Adalet Neden Önemlidir</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786256230590</t>
+          <t>9786055250294</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Sorular İlginç Cevaplar – Vücudum</t>
+          <t>Pasif Devrim</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786256230552</t>
+          <t>9786059389808</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Çizgi Roman Bilim – Biyoloji</t>
+          <t>Fizik: Beşinci Elementten Kuarklara Kısa Bir Tarih</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>160</v>
+        <v>80</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786256230576</t>
+          <t>9786055250973</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Çizgi Roman Bilim – Kimya</t>
+          <t>Orta Deniz’in Yapımı</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>160</v>
+        <v>650</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786256230569</t>
+          <t>9786059389501</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Çizgi Roman Bilim – Fizik</t>
+          <t>İslami Bahçeler ve Peyzajlar</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>160</v>
+        <v>400</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786256230538</t>
+          <t>9786055250225</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Emperyal Yaşam Tarzı Gündelik Yaşam ve Kapitalizmin Ekolojik Krizi</t>
+          <t>A First Course in Abstract Mathematics</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>280</v>
+        <v>550</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786256230545</t>
+          <t>9786055250201</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Shakespeare Nasıl Biriydi?</t>
+          <t>İsyan ve Umut Ağları</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>210</v>
+        <v>25</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786256230521</t>
+          <t>9786052116500</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Bu Otizm Mi? Klinisyenler, Eğitimciler, Aileler ve İlgilenen Herkes İçin Bir Rehber</t>
+          <t>Türkiye’de Toplumsal Cinsiyet Çalışmaları</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>240</v>
+        <v>60</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786059388337</t>
+          <t>3990000015347</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>A Century of Byzantine Studies in Turkey</t>
+          <t>Serbest Ticaret Dönemi Romansları</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>2500</v>
+        <v>24</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786256230507</t>
+          <t>9786056141164</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Hafıza</t>
+          <t>Sakatlık Çalışmaları</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>180</v>
+        <v>48.15</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786256230514</t>
+          <t>9786059389273</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Helenistik Çağ</t>
+          <t>Bir Varmış Bir Yokmuş</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>200</v>
+        <v>36</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786256230491</t>
+          <t>9786055250331</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Karamanlıdıka Studies (Ciltli)</t>
+          <t>Osmanlı Laleleri, Osmanlı Kahvehaneleri</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>900</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786256230422</t>
+          <t>9786059389051</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Uf Oldu Geçti</t>
+          <t>Gençleşme</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786256230378</t>
+          <t>9786055250935</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Sen Artık Abla Oldun</t>
+          <t>Unutulmuş Krallıkların Varisleri</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786256230309</t>
+          <t>9786055250021</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Ceren İle Ceviz ve Cimcime-Müthiş Pasta</t>
+          <t>Bilime Övgü</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>140</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786256230347</t>
+          <t>9786055250744</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Kahraman Babam</t>
+          <t>Erken Okur-Yazarlık / 0-3 Yaş Arası Çocuk Kitapları</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786256230316</t>
+          <t>9786055250515</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Dikenli Olsam Ne olur ki!</t>
+          <t>Kritik Kavşak</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>120</v>
+        <v>22</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786256230286</t>
+          <t>9786055250119</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Birlikte Daha İyiyiz</t>
+          <t>1980 Sonrası Türkiye’de Popüler Roman</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>120</v>
+        <v>60</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786256230132</t>
+          <t>9786055250959</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Anadolu'sunda Ekonomik Hayat</t>
+          <t>Atmeydanı'nda Ölüm</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786256230453</t>
+          <t>9786055250218</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Yaşamın Esasları-2 Charles Darwin’i Anlamak</t>
+          <t>Koç Üniversitesi'nin 20. Yılı Nedeniyle Bilime Övgü</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>240</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786256230460</t>
+          <t>9786055250188</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Evrendeki Yaşamı Anlamak</t>
+          <t>Geç Osmanlı ve Erken Cumhuriyet Dönemlerinde Okumayı Öğrenmek</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>240</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786256230415</t>
+          <t>9786057685971</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Sen Artık Abi Oldun</t>
+          <t>Seyahatler ve Kaşifler Atlası</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>120</v>
+        <v>280</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786256230408</t>
+          <t>9786057685551</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Sandığından Daha Güçlüsün</t>
+          <t>İnsan İçin Kentler</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786256230392</t>
+          <t>9786057685056</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Ormandaki Hayavanlar Neler Yapar?</t>
+          <t>Homo Economicus’un Ölümü</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>120</v>
+        <v>90</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786256230361</t>
+          <t>9786057685544</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Minik Ayıcığa Kocaman Bir Kucak</t>
+          <t>Kürekten Yelkene Kaybolan Miras</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>120</v>
+        <v>60</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786256230354</t>
+          <t>9786057685155</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Kütüphanede Bir Gece</t>
+          <t>Çin Bilmecesi</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>140</v>
+        <v>70</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786256230293</t>
+          <t>9786055250041</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Ceren İle Ceviz ve Cimcime-Krep Partisi</t>
+          <t>Raymond Roussel: Ölüm ve Labirent</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>140</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786256230385</t>
+          <t>9786052116630</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Mükemmel Kardan Adam</t>
+          <t>Koç Üniversitesi Suna Kıraç Kütüphanesi Yazmalar Kataloğu 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>120</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786256230330</t>
+          <t>9786057685100</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>İki Dilli: İngilizce-Türkçe 100 First Words – Farm / İngilizce İlk 100 Kelimem – Çiftlik İngilizce Öğreniyorum</t>
+          <t>İkinci Cinsiyet (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>140</v>
+        <v>195</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786259452128</t>
+          <t>9786059388276</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Sofra</t>
+          <t>Alfabe ve Matbuat - Türkiye'de Alfabe Devrimi ve Matbuat Rejimi 1928-1939</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>750</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786258022674</t>
+          <t>9786057685308</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>İnsan Vücudu - Minik Uzmanlara Kocaman Kelimeler</t>
+          <t>Ağaçların Yetiştiği Bina</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786052116814</t>
+          <t>9786059389747</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Ağrının Hikayesi</t>
+          <t>The Book Of Devices</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>220</v>
+        <v>80</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786059389150</t>
+          <t>9786057685230</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Paradoks</t>
+          <t>Dikey Dünya</t>
         </is>
       </c>
       <c r="C89" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786256230248</t>
+          <t>9786258520231</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Zebbo'nun Çizgileri</t>
+          <t>Havada: Doğa Koleksiyonum</t>
         </is>
       </c>
       <c r="C90" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786259494944</t>
+          <t>9786258520224</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>İki Dilli : İngilizce-Türkçe My Book Of Numbers / Sayılar Kitabım - First Steps To Engıilish / İngilizceye İlk Adımlar İngilizce Öğreniyorum</t>
+          <t>Denizin Altında Doğa Koleksiyonum</t>
         </is>
       </c>
       <c r="C91" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786256230187</t>
+          <t>9786258520187</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Kurbişko'yu Beklerken</t>
+          <t>Kanatlı Nöbetçiler</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>140</v>
+        <v>380</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786256230194</t>
+          <t>9786258520200</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Sevecenliğin Sesi</t>
+          <t>Yaşam Bilimlerinde Metaforları Anlamak Yaşamın Esasları – 6</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>140</v>
+        <v>280</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786256230224</t>
+          <t>9786258520217</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Tıfıl Şerlok – Kayıp Patateslerin Gizemi</t>
+          <t>15. Yüzyıl Osmanlı İmparatorluğu’nda Mimarlık ve Malzeme Siyaseti (Ciltli)</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>100</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786256230217</t>
+          <t>9786258520095</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Tıfıl Şerlok-Define Sandığındaki Sır</t>
+          <t>Dinozorlar Sayılara Bayılır - Dinozorlarla Matematik Çok Kolay</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786259820569</t>
+          <t>9786258520101</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Laleleri, Osmanlı Kahvehaneleri</t>
+          <t>Köpek Balıkları Bilime Bayılır - Suyun Altında Bilim Çok Eğlenceli!</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>220</v>
+        <v>140</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786256230170</t>
+          <t>9786258520163</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>"Bazen" Utangaç</t>
+          <t>Winnie the Whale / Balina Winnie (İki Dilli)</t>
         </is>
       </c>
       <c r="C97" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786256230163</t>
+          <t>9786258520156</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Bana Hayır Dendiğinde Ne Hissediyorum</t>
+          <t>Waddle the Penguin / Penguen Paytak (İki Dilli)</t>
         </is>
       </c>
       <c r="C98" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786256230231</t>
+          <t>9786258520125</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Tıfıl Şerlok Lunaparktaki Hayalet</t>
+          <t>Tıfıl Şerlok - T-Rex Kemiklerinin Peşinde</t>
         </is>
       </c>
       <c r="C99" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786256230200</t>
+          <t>9786258520088</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Tıfıl Şerlok- Bir Japon Balığı Vakası</t>
+          <t>Roma Döneminde Anadolu'nun Farklı Geçmişleri</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>100</v>
+        <v>350</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786256230255</t>
+          <t>9786258520064</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Dönüştürücü</t>
+          <t>Montaigne - Kısa, Merak Dolu Bir Hayat</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786256230262</t>
+          <t>9786258520071</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Nazi Almanyası</t>
+          <t>Özgürlük Yolu - İktisat ve İyi Toplum</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>230</v>
+        <v>350</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786256230071</t>
+          <t>9786256230989</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Ay Doğunca</t>
+          <t>Bağışın Adaleti</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>140</v>
+        <v>260</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786259494913</t>
+          <t>9786256230996</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Bu Bir Pencere</t>
+          <t>Bağımlılık</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786259820583</t>
+          <t>9786256230972</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Tomurcuk</t>
+          <t>Küresel Uluslararası İlişkilerin Yapılanması Kökenleri ve Evrimi</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>140</v>
+        <v>460</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786259494951</t>
+          <t>9786258520019</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Umutlar ve Dilekler</t>
+          <t>İstanbul’da Yaşam Mücadelesi</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>140</v>
+        <v>380</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786056708220</t>
+          <t>9786258520002</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Wanat</t>
+          <t>Animals On The Move (Ciltli)</t>
         </is>
       </c>
       <c r="C107" s="1">
         <v>900</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786259841267</t>
+          <t>9786256230941</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Wanat</t>
+          <t>Hayvan Davranışı</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>900</v>
+        <v>200</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786259494968</t>
+          <t>9786256230934</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Sen Büyüksün</t>
+          <t>Hayal Gücü</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786256230040</t>
+          <t>9786256230958</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Güneş İle Tırmık</t>
+          <t>Roma ve Bizans Dünyasında Para</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>140</v>
+        <v>900</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786256230118</t>
+          <t>9786256230910</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Hakimiyeti Altında Lübnan Şiileri (1516-1788)</t>
+          <t>Yaprak Dedektifi</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>240</v>
+        <v>160</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786256230125</t>
+          <t>9786256230859</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Batı’dan Önce Doğu Dünya Düzenlerinin Yükselişi ve Düşüşü</t>
+          <t>Sasha The Seal / Fok Sasha</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>340</v>
+        <v>140</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786259494937</t>
+          <t>9786256230842</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>My First English Dictionary - İlk İngilizce Sözlüğüm</t>
+          <t>The Narwhal / Narval Nat İngilizce Öğreniyorum</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>190</v>
+        <v>140</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786259820545</t>
+          <t>9786256230873</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Zürafa Bu Kitap İçin Çok Uzun</t>
+          <t>Snow Stories – Little Wolf / Kar Hikâyeleri – Minik Kurt</t>
         </is>
       </c>
       <c r="C114" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786259820590</t>
+          <t>9786256230880</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Muhallebimi Filler Bastı!</t>
+          <t>Snow Stories – Ollie The Owl / Kar Hikayeleri – Baykuş Ollie</t>
         </is>
       </c>
       <c r="C115" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786259494920</t>
+          <t>9786256230835</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Dinosaurs - Dinazorlar: İngilizce Öğreniyorum</t>
+          <t>Çizgi Roman Bilim /Maceralar – Uzayı Keşfetmek</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786259494975</t>
+          <t>9786256230811</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Dünyaya Hoş Geldin</t>
+          <t>Çizgi Roman Bilim / Maceralar – Olağanüstü Tıbbi Keşifler</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786256230057</t>
+          <t>9786256230804</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Afacanlar Bankı</t>
+          <t>Çizgi Roman Bilim Maceralar - Dinozorların Peşinde</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786256230064</t>
+          <t>9786256230903</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Kar Yağınca</t>
+          <t>Tia the Turtle / Kaplumbağa Tia</t>
         </is>
       </c>
       <c r="C119" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786259494999</t>
+          <t>9786256230897</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Kodlamada İlk Adımlar Değişken Nedir? Okuma Günü Macerası!</t>
+          <t>Snow Stories – Ping The Panda / Kar Hikayeleri – Panda Ping</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786256230033</t>
+          <t>9786256230866</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Kodlamada İlk Adımlar Ayrıştırma Nedir? Rock Müzik Macerası!</t>
+          <t>Snow Stories – Bobi The Bear / Kar Hikayeleri – Ayı Bobi</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786256230026</t>
+          <t>9786256230828</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Kodlamada İlk Adımlar Döngü Nedir? Ağaç Ev Macerası!</t>
+          <t>Çizgi Roman Bilim Maceralar - Şaşırtıcı Buluşlar</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786256230002</t>
+          <t>9786256230781</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Kodlamada İlk Adımlar Dallanma Nedir? Doğum Günü Macerası!</t>
+          <t>Bana Hiç Yazmayan Dünyaya</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>120</v>
+        <v>380</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786256230019</t>
+          <t>9786256230798</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Kodlamada İlk Adımlar Sıralama Nedir? Okul Günü Macerası!</t>
+          <t>Fiziksel Zeka</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>120</v>
+        <v>280</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786259494982</t>
+          <t>9786256230682</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Kodlamada İlk Adımlar Algoritma Nedir? Havuzlu Park Macerası!</t>
+          <t>Beynin Maceraları: Beynin Duyguları</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786256230088</t>
+          <t>9786256230323</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Bahis ve Kumar Nasıl Bırakılır? Bağımlılar ve Aileleri İçin Rehber</t>
+          <t>Doktora Gidiyorum Mini Sağlık Kitabım</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786256230095</t>
+          <t>9786256230279</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Napoleon - Kısa, Büyüleyici Bir Hayat</t>
+          <t>Bıcır’ın Kazağı</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786259820538</t>
+          <t>9786057685452</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Yakın Arkadaşlar Ayı İle Ördek</t>
+          <t>Konstantinopolis / İstanbul (Ciltli)</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>140</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786258022575</t>
+          <t>9786256230767</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>The Wall Paintings Of The Church Of St. Nicholas in Demre (Ciltli)</t>
+          <t>İnsanın Evrimini Anlamak</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>1800</v>
+        <v>240</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786259841236</t>
+          <t>9786256230774</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Frank’ın Kompost Yığını</t>
+          <t>Zekayı Anlamak</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>140</v>
+        <v>240</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786259830247</t>
+          <t>9786256230101</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Biraz Mesafe Lütfen - Sosyal Sınırlar Hakkında Bir Kitap</t>
+          <t>Memelilerin Yükselişi ve Saltanatı</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>140</v>
+        <v>280</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786259820552</t>
+          <t>9786258022384</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Uçmayı Öğrendiğimde</t>
+          <t>Klasik Antikitede Kadınlar - Doğumdan Ölüme</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>140</v>
+        <v>380</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786259830292</t>
+          <t>9786052116784</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Saklambaç Ayrılmaz İkili: Nezaket ve Arkadaşlık</t>
+          <t>Süper Zeka: Yapay Zeka Uygulamaları, Tehlikeler ve Stratejiler</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>140</v>
+        <v>400</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786259820514</t>
+          <t>9786052116555</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Adında Bir Yaprak</t>
+          <t>Moğol Fethinden Sonra Anadolu’nun Yeniden İnşası</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>140</v>
+        <v>340</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786259820521</t>
+          <t>9786258022001</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Süper İkili İşbaşında</t>
+          <t>Protesto</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786259820507</t>
+          <t>9786259841243</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Okulda İlk Günüm</t>
+          <t>Kendime Ait Bir Yer</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786259830230</t>
+          <t>9786256230156</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Bıktım Kedi Olmaktan!</t>
+          <t>İki Dilli: İngilizce-Türkçe 100 First Words –On The Go</t>
         </is>
       </c>
       <c r="C137" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786259830261</t>
+          <t>9786256230149</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Sorular İlginç Cevaplar - İnanılmaz Seyahatler</t>
+          <t>İki Dilli: İngilizce-Türkçe 100 First Words – Home</t>
         </is>
       </c>
       <c r="C138" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786259830254</t>
+          <t>9786259494906</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Sorular İlginç Cevaplar - Büyük Kaşifler</t>
+          <t>First Words - In the Sea / İngilizce İlk 100 Kelimem - Denizde</t>
         </is>
       </c>
       <c r="C139" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786259830285</t>
+          <t>9786056708268</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Sorular İlginç Cevaplar - Zeki Mucitler</t>
+          <t>İngilizce İlk 100 Kelimem - Okul</t>
         </is>
       </c>
       <c r="C140" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786259830278</t>
+          <t>9786256230651</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Sorular İlginç Cevaplar - Süper Bilginler</t>
+          <t>Sakın Dişçiyi Korkutma</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786258022520</t>
+          <t>9786256230668</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>En Büyük İyilik</t>
+          <t>Nilay'ın Harika Montu</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786057685728</t>
+          <t>9786256230743</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Roman Archaeology in a South Anatolian Landscape (Ciltli)</t>
+          <t>Eğlenceli Sorular - İlginç Cevaplar: Gezegenimiz</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>1800</v>
+        <v>140</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786258022308</t>
+          <t>9786256230699</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Değişim Rüzgarları - Anadolu’da Çevre ve Toplum</t>
+          <t>Beynin Maceraları - Beynin Düşünceleri</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>900</v>
+        <v>140</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786259741298</t>
+          <t>9786256230729</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Seçim Dinamikleri - Kırılgan Ama Dirençli Bir Süreç?</t>
+          <t>Bir Kedi Öyküsü Gerçek Hayattan Alınmış Bir Öykü</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>320</v>
+        <v>140</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786259830209</t>
+          <t>9786256230736</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Amerikan Pasaportu Ulusötesi Çağda Aidiyet ve Vatandaşlık</t>
+          <t>Eğlenceli Sorular İlginç Cevaplar –  Fen Bilimleri</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>240</v>
+        <v>140</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786259841281</t>
+          <t>9786256230750</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Nobelli Hayatlar</t>
+          <t>Eğlenceli Sorular İlginç Cevaplar – Çevre</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786055250065</t>
+          <t>9786256230675</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Edebiyatı, Tarihi ve Kültüründe Hurrem Sultan</t>
+          <t>Beynin Maceraları – Beynin Davranışları Beyin Nasıl Karar Verir Ve Kontrol Eder?</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>280</v>
+        <v>140</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786259841212</t>
+          <t>9786256230705</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Matematik - Şekiller</t>
+          <t>Beynin Maceraları – Beynin Dünyası Beyin Nedir Ve Nasıl Çalışır?</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786259452159</t>
+          <t>9786256230712</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Matematik - Kesirler</t>
+          <t>Sanat Her Yerde!</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>120</v>
+        <v>175</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786259841205</t>
+          <t>9786256230477</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Matematik - Sayılar 11-20</t>
+          <t>Erken Çocuklukta Okuryazarlık Deneyimi</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>120</v>
+        <v>280</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786259841229</t>
+          <t>9786059388344</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Matematik - Toplama ve Çıkarma</t>
+          <t>“Sivil Amiral” Abidin Daver Deniz ve Denizcilik Üzerine Yazılar Seçkisi</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786259452142</t>
+          <t>9786256230606</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Matematik - Eşitlikler</t>
+          <t>Architecture, Empire, Orientalism (Ciltli)</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>120</v>
+        <v>900</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786259452173</t>
+          <t>9786256230637</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Matematik - Saat Kaç?</t>
+          <t>Karanlık Akademi Üniversiteler Nasıl Ölür</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>120</v>
+        <v>240</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786259452197</t>
+          <t>9786256230644</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Matematik - Sayılar 1-10</t>
+          <t>Misyon Ekonomisi</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>120</v>
+        <v>260</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786259452180</t>
+          <t>9786256230613</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Matematik - Sayı Sayma</t>
+          <t>Karıncaların Dünyası</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786259452166</t>
+          <t>9786256230620</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Matematik - Problem Çözümü</t>
+          <t>Bilimin Dünyayı Açıklayışını Anlamak</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>120</v>
+        <v>240</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786259452135</t>
+          <t>9786256230583</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Matematik - Çarpım Tablosu</t>
+          <t>Eğlenceli Sorular İlginç Cevaplar – Dinozorlar</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786259433455</t>
+          <t>9786256230590</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Kuzey</t>
+          <t>Eğlenceli Sorular İlginç Cevaplar – Vücudum</t>
         </is>
       </c>
       <c r="C159" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786259433462</t>
+          <t>9786256230552</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Su</t>
+          <t>Çizgi Roman Bilim – Biyoloji</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786259433424</t>
+          <t>9786256230576</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>İyi Olalım</t>
+          <t>Çizgi Roman Bilim – Kimya</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786259433479</t>
+          <t>9786256230569</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Zeynep Uyumak İstiyor</t>
+          <t>Çizgi Roman Bilim – Fizik</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786059389037</t>
+          <t>9786256230538</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Küçük Asya’nın Tarih Öncesi</t>
+          <t>Emperyal Yaşam Tarzı Gündelik Yaşam ve Kapitalizmin Ekolojik Krizi</t>
         </is>
       </c>
       <c r="C163" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786055250799</t>
+          <t>9786256230545</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Bizans’ın Yapı Ustaları</t>
+          <t>Shakespeare Nasıl Biriydi?</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>300</v>
+        <v>210</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786059389174</t>
+          <t>9786256230521</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Asar-ı Atika</t>
+          <t>Bu Otizm Mi? Klinisyenler, Eğitimciler, Aileler ve İlgilenen Herkes İçin Bir Rehber</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>280</v>
+        <v>240</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786055250010</t>
+          <t>9786059388337</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Yenilgiden Sonra - Doğu Batı ile Yaşamayı Nasıl Öğrendi</t>
+          <t>A Century of Byzantine Studies in Turkey</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>280</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786056708206</t>
+          <t>9786256230507</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Antranik'ten Foto Rıdvan'a, Mugamyanlar'dan Gökçeatam'a Ankara'da Fotoğrafçılık ve Posta Kartları (1890-1960)</t>
+          <t>Hafıza</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>1200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786258022759</t>
+          <t>9786256230514</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Hilekar Hücre</t>
+          <t>Helenistik Çağ</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786258022766</t>
+          <t>9786256230491</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>İnsanların Şekillendirdiği Bir Dünyada Hayvanları Nasıl Sevmeli?</t>
+          <t>Karamanlıdıka Studies (Ciltli)</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>300</v>
+        <v>900</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786056708213</t>
+          <t>9786256230422</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre and His Mystical Poetry (Ciltli)</t>
+          <t>Uf Oldu Geçti</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>900</v>
+        <v>100</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786259433486</t>
+          <t>9786256230378</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Orman Kitabı</t>
+          <t>Sen Artık Abla Oldun</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786259433448</t>
+          <t>9786256230309</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Söğütlükte Rüzgar</t>
+          <t>Ceren İle Ceviz ve Cimcime-Müthiş Pasta</t>
         </is>
       </c>
       <c r="C172" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786259433417</t>
+          <t>9786256230347</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Siyah İnci</t>
+          <t>Kahraman Babam</t>
         </is>
       </c>
       <c r="C173" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786259433431</t>
+          <t>9786256230316</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Peter Pan</t>
+          <t>Dikenli Olsam Ne olur ki!</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786259433400</t>
+          <t>9786256230286</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Oz Büyücüsü</t>
+          <t>Birlikte Daha İyiyiz</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786056708299</t>
+          <t>9786256230132</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Gizli Bahçe</t>
+          <t>Osmanlı Anadolu'sunda Ekonomik Hayat</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>140</v>
+        <v>400</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786056708282</t>
+          <t>9786256230453</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Define Adası</t>
+          <t>Yaşamın Esasları-2 Charles Darwin’i Anlamak</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>140</v>
+        <v>240</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786056708275</t>
+          <t>9786256230460</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Alice Harikalar Diyarında</t>
+          <t>Evrendeki Yaşamı Anlamak</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>140</v>
+        <v>240</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786056708251</t>
+          <t>9786256230415</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>İngilizce İlk 100 Kelimem - Doğa</t>
+          <t>Sen Artık Abi Oldun</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786056708237</t>
+          <t>9786256230408</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>İngilizce İlk 100 Kelimem - Yiyecekler</t>
+          <t>Sandığından Daha Güçlüsün</t>
         </is>
       </c>
       <c r="C180" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786056708244</t>
+          <t>9786256230392</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>İngilizce İlk 100 Kelimem - Hayvanlar</t>
+          <t>Ormandaki Hayavanlar Neler Yapar?</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786258022735</t>
+          <t>9786256230361</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Tilkinin Bulduğu Kutu</t>
+          <t>Minik Ayıcığa Kocaman Bir Kucak</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786258022742</t>
+          <t>9786256230354</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Rüzgar</t>
+          <t>Kütüphanede Bir Gece</t>
         </is>
       </c>
       <c r="C183" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786258022605</t>
+          <t>9786256230293</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Yağmur Ormanları - Minik Uzmanlara Kocaman Kelimeler</t>
+          <t>Ceren İle Ceviz ve Cimcime-Krep Partisi</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786258022629</t>
+          <t>9786256230385</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Uzay - Minik Uzmanlara Kocaman Kelimeler</t>
+          <t>Mükemmel Kardan Adam</t>
         </is>
       </c>
       <c r="C185" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786258022032</t>
+          <t>9786256230330</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Tanzimat Döneminde Osmanlı İmparatorluğu</t>
+          <t>İki Dilli: İngilizce-Türkçe 100 First Words – Farm / İngilizce İlk 100 Kelimem – Çiftlik İngilizce Öğreniyorum</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>275</v>
+        <v>140</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786258022636</t>
+          <t>9786259452128</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Dinozorlar - Minik Uzmanlara Kocaman Kelimeler</t>
+          <t>Sofra</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>120</v>
+        <v>750</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786258022643</t>
+          <t>9786258022674</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Okyanuslar - Minik Uzmanlara Kocaman Kelimeler</t>
+          <t>İnsan Vücudu - Minik Uzmanlara Kocaman Kelimeler</t>
         </is>
       </c>
       <c r="C188" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786258022582</t>
+          <t>9786052116814</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar - Minik Uzmanlara Kocaman Kelimeler</t>
+          <t>Ağrının Hikayesi</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786258022599</t>
+          <t>9786059389150</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Gezegenimiz - Minik Uzmanlara Kocaman Kelimeler</t>
+          <t>Yeşil Paradoks</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786258022612</t>
+          <t>9786256230248</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Hava Durumu - Minik Uzmanlara Kocaman Kelimeler</t>
+          <t>Zebbo'nun Çizgileri</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786258022667</t>
+          <t>9786259494944</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Büyüyünce Veteriner Olacağım</t>
+          <t>İki Dilli : İngilizce-Türkçe My Book Of Numbers / Sayılar Kitabım - First Steps To Engıilish / İngilizceye İlk Adımlar İngilizce Öğreniyorum</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786258022681</t>
+          <t>9786256230187</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Senfoni</t>
+          <t>Kurbişko'yu Beklerken</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786258022698</t>
+          <t>9786256230194</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Filler Ağlamaz</t>
+          <t>Sevecenliğin Sesi</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786258022704</t>
+          <t>9786256230224</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Koruyabiliriz</t>
+          <t>Tıfıl Şerlok – Kayıp Patateslerin Gizemi</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786258022728</t>
+          <t>9786256230217</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Bir Hijyen Kahramanı Olmayı Öğreniyorum</t>
+          <t>Tıfıl Şerlok-Define Sandığındaki Sır</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786258022650</t>
+          <t>9786259820569</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Büyüyünce Astronot Olacağım</t>
+          <t>Osmanlı Laleleri, Osmanlı Kahvehaneleri</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786258022711</t>
+          <t>9786256230170</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Büyüyünce Mühendis Olacağım</t>
+          <t>"Bazen" Utangaç</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786258022537</t>
+          <t>9786256230163</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Değişen Yaşam</t>
+          <t>Bana Hayır Dendiğinde Ne Hissediyorum</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>220</v>
+        <v>140</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786258022544</t>
+          <t>9786256230231</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Belirsiz Hasat</t>
+          <t>Tıfıl Şerlok Lunaparktaki Hayalet</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786258022551</t>
+          <t>9786256230200</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>The Ottoman Empire (Ciltli)</t>
+          <t>Tıfıl Şerlok- Bir Japon Balığı Vakası</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>1200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786258022476</t>
+          <t>9786256230255</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Jansen ve Ankara</t>
+          <t>Dönüştürücü</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>800</v>
+        <v>300</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786258022513</t>
+          <t>9786256230262</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Kuramdan Pratiğe Duygu Düzenleme</t>
+          <t>Nazi Almanyası</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>300</v>
+        <v>230</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786258022568</t>
+          <t>9786256230071</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Türkiye - Batı İlişkileri</t>
+          <t>Ay Doğunca</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>240</v>
+        <v>140</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786258022490</t>
+          <t>9786259494913</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Bizans Çalışmalarının Serüveni</t>
+          <t>Bu Bir Pencere</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>1400</v>
+        <v>140</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786258022438</t>
+          <t>9786259820583</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Saint Euphemia and Her Church in Istanbul</t>
+          <t>Tomurcuk</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>1800</v>
+        <v>140</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786258022414</t>
+          <t>9786259494951</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Azize Euphemia ve İstanbul'daki Kilisesi</t>
+          <t>Umutlar ve Dilekler</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>1200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786258022322</t>
+          <t>9786056708220</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Konut Palimpsesti</t>
+          <t>Wanat</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>1600</v>
+        <v>900</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786258022315</t>
+          <t>9786259841267</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Miras, Dünya Mirası ve Gelecek</t>
+          <t>Wanat</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>1400</v>
+        <v>900</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786258022353</t>
+          <t>9786259494968</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Ayla Ödekan Armağanı</t>
+          <t>Sen Büyüksün</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>1200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786258022377</t>
+          <t>9786256230040</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Moğol Anadolu'sunda İslam, Edebiyat ve Toplum</t>
+          <t>Güneş İle Tırmık</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>280</v>
+        <v>140</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786258022391</t>
+          <t>9786256230118</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Kızıldeniz</t>
+          <t>Osmanlı Hakimiyeti Altında Lübnan Şiileri (1516-1788)</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>260</v>
+        <v>240</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786258022407</t>
+          <t>9786256230125</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Surviving Istanbul - Struggles, Feasts and Calamities in the Seventeenth and Eighteenh Centuries</t>
+          <t>Batı’dan Önce Doğu Dünya Düzenlerinin Yükselişi ve Düşüşü</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>900</v>
+        <v>340</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786057685124</t>
+          <t>9786259494937</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>İkinci Cinsiyet 1. Cilt: Olgular ve Efsaneler - 2. Cilt: Yaşanmış Deneyim</t>
+          <t>My First English Dictionary - İlk İngilizce Sözlüğüm</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>480</v>
+        <v>190</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786258022292</t>
+          <t>9786259820545</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Dinozorlar Çağı - Dünyanın En Çarpıcı Hayvanlarının Yükselişi ve Çöküşü</t>
+          <t>Zürafa Bu Kitap İçin Çok Uzun</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786057685704</t>
+          <t>9786259820590</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Winds of Change</t>
+          <t>Muhallebimi Filler Bastı!</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>1600</v>
+        <v>140</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786057685858</t>
+          <t>9786259494920</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>The Sound of Byzantium</t>
+          <t>Dinosaurs - Dinazorlar: İngilizce Öğreniyorum</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>1800</v>
+        <v>140</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786057685735</t>
+          <t>9786259494975</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>The Georgian Kingdom and Georgian Art</t>
+          <t>Dünyaya Hoş Geldin</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>2000</v>
+        <v>140</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786057685711</t>
+          <t>9786256230057</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Stoudios Monastery in Istanbul</t>
+          <t>Afacanlar Bankı</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>2000</v>
+        <v>140</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786057685759</t>
+          <t>9786256230064</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Space and Communities in Byzantine Anatolia</t>
+          <t>Kar Yağınca</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>2000</v>
+        <v>140</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786057685698</t>
+          <t>9786259494999</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Neolithic Pottery from the Near East</t>
+          <t>Kodlamada İlk Adımlar Değişken Nedir? Okuma Günü Macerası!</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>2400</v>
+        <v>120</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786057685681</t>
+          <t>9786256230033</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>The Other Faces of the Empire</t>
+          <t>Kodlamada İlk Adımlar Ayrıştırma Nedir? Rock Müzik Macerası!</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>1200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786258022247</t>
+          <t>9786256230026</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Adaptasyonlar</t>
+          <t>Kodlamada İlk Adımlar Döngü Nedir? Ağaç Ev Macerası!</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786057685841</t>
+          <t>9786256230002</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>The Palimpsest of the House</t>
+          <t>Kodlamada İlk Adımlar Dallanma Nedir? Doğum Günü Macerası!</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>1600</v>
+        <v>120</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786057685865</t>
+          <t>9786256230019</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Heritage, World Heritage, and the Future</t>
+          <t>Kodlamada İlk Adımlar Sıralama Nedir? Okul Günü Macerası!</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>1600</v>
+        <v>120</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786258022261</t>
+          <t>9786259494982</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Dört Usta Dört Yapı: Ankara ve Çevresinde Geleneksel Konut</t>
+          <t>Kodlamada İlk Adımlar Algoritma Nedir? Havuzlu Park Macerası!</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>360</v>
+        <v>120</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786057685742</t>
+          <t>9786256230088</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>The Construction of a New City Bir Şehir Kurmak: Ankara 1923 - 1933</t>
+          <t>Bahis ve Kumar Nasıl Bırakılır? Bağımlılar ve Aileleri İçin Rehber</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>1950</v>
+        <v>200</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786258022117</t>
+          <t>9786256230095</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>İstanbu’'da Stoudios Manastırı</t>
+          <t>Napoleon - Kısa, Büyüleyici Bir Hayat</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>1800</v>
+        <v>200</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786258022209</t>
+          <t>9786259820538</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Uykudan Önce</t>
+          <t>Yakın Arkadaşlar Ayı İle Ördek</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786057685926</t>
+          <t>9786258022575</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Sultan ve Kraliçe - Elizabeth'in İslam Dünyasıyla İlişkilerinin Anlatılmamış Hikayesi</t>
+          <t>The Wall Paintings Of The Church Of St. Nicholas in Demre (Ciltli)</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>280</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786058022216</t>
+          <t>9786259841236</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İmparatorluğu’nda Emek ve İktidar Tütün İşçileri, İşyeri Yöneticileri ve Devlet 1872-1912</t>
+          <t>Frank’ın Kompost Yığını</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>240</v>
+        <v>140</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786258022070</t>
+          <t>9786259830247</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Halkın Fermanı: Balkan Savaşları’nda Hint Müslüman Tıp Heyeti</t>
+          <t>Biraz Mesafe Lütfen - Sosyal Sınırlar Hakkında Bir Kitap</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>240</v>
+        <v>140</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786258022148</t>
+          <t>9786259820552</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Uzaydaki Renkli Orman</t>
+          <t>Uçmayı Öğrendiğimde</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786258022100</t>
+          <t>9786259830292</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası İlişkilerde Metodoloji</t>
+          <t>Saklambaç Ayrılmaz İkili: Nezaket ve Arkadaşlık</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>300</v>
+        <v>140</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786057685964</t>
+          <t>9786259820514</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Güneydoğu Anadolu;'da Geç Antik - Erken Ortaçağ Yapıları</t>
+          <t>Sevgi Adında Bir Yaprak</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>1000</v>
+        <v>140</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786258022087</t>
+          <t>9786259820521</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>İntihar ve Bilimkurgu</t>
+          <t>Süper İkili İşbaşında</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786258022124</t>
+          <t>9786259820507</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Antik Çağlardan Günümüze Kent Alanı Ve Peyzaj Kültürü</t>
+          <t>Okulda İlk Günüm</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>320</v>
+        <v>100</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786258022186</t>
+          <t>9786259830230</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Sivil Toplum: Bir Fikrin Eleştirel Tarihi</t>
+          <t>Bıktım Kedi Olmaktan!</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>300</v>
+        <v>140</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786258022049</t>
+          <t>9786259830261</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Günlerden Bir Gün</t>
+          <t>Eğlenceli Sorular İlginç Cevaplar - İnanılmaz Seyahatler</t>
         </is>
       </c>
       <c r="C239" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786258022063</t>
+          <t>9786259830254</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Aşkla Çalışmanın Politikası</t>
+          <t>Eğlenceli Sorular İlginç Cevaplar - Büyük Kaşifler</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>220</v>
+        <v>140</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786258022094</t>
+          <t>9786259830285</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Pembe Yuva</t>
+          <t>Eğlenceli Sorular İlginç Cevaplar - Zeki Mucitler</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786258022056</t>
+          <t>9786259830278</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Nehir Çocuk</t>
+          <t>Eğlenceli Sorular İlginç Cevaplar - Süper Bilginler</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786057685995</t>
+          <t>9786258022520</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Gelmek ve Gitmek</t>
+          <t>En Büyük İyilik</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786052116869</t>
+          <t>9786057685728</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Maskeli Devletler</t>
+          <t>Roman Archaeology in a South Anatolian Landscape (Ciltli)</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>280</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786057685933</t>
+          <t>9786258022308</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Haklarını Yitirenler Çin’de Endüstriyel Yurttaşlığın Yükselişi ve Çöküşü</t>
+          <t>Değişim Rüzgarları - Anadolu’da Çevre ve Toplum</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>280</v>
+        <v>900</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786057685889</t>
+          <t>9786259741298</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Tevfik Fikret</t>
+          <t>Türkiye'de Seçim Dinamikleri - Kırılgan Ama Dirençli Bir Süreç?</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>220</v>
+        <v>320</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786057685988</t>
+          <t>9786259830209</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Meçhul Kuvvetlere Kurban</t>
+          <t>Türkiye'de Amerikan Pasaportu Ulusötesi Çağda Aidiyet ve Vatandaşlık</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>140</v>
+        <v>240</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786057685872</t>
+          <t>9786259841281</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Vicdan</t>
+          <t>Nobelli Hayatlar</t>
         </is>
       </c>
       <c r="C248" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786057685940</t>
+          <t>9786055250065</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Büyük Yılan</t>
+          <t>Avrupa Edebiyatı, Tarihi ve Kültüründe Hurrem Sultan</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786057685902</t>
+          <t>9786259841212</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Girişimci Devlet</t>
+          <t>Matematik - Şekiller</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>240</v>
+        <v>120</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786057685896</t>
+          <t>9786259452159</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Şempanzeler Dil Öğrenemez: Nim Chimpsky Deneyi</t>
+          <t>Matematik - Kesirler</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786057685834</t>
+          <t>9786259841205</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Bir Ağaç Ol!</t>
+          <t>Matematik - Sayılar 11-20</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786057685216</t>
+          <t>9786259841229</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Bizans Toplumunu Görünür Kılmak (Ciltli)</t>
+          <t>Matematik - Toplama ve Çıkarma</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>1600</v>
+        <v>120</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786057685803</t>
+          <t>9786259452142</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Kitap (Ciltli)</t>
+          <t>Matematik - Eşitlikler</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786057685384</t>
+          <t>9786259452173</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Glazed Wares as Cultural Agents in the Byzantine, Seljuk, and Ottoman Lands</t>
+          <t>Matematik - Saat Kaç?</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>1600</v>
+        <v>120</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786057685377</t>
+          <t>9786259452197</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Spatial Webs</t>
+          <t>Matematik - Sayılar 1-10</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>1900</v>
+        <v>120</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786057685353</t>
+          <t>9786259452180</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Europe Knows Nothing About The Orient</t>
+          <t>Matematik - Sayı Sayma</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>750</v>
+        <v>120</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786057685360</t>
+          <t>9786259452166</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Sephardic Trajectories</t>
+          <t>Matematik - Problem Çözümü</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>750</v>
+        <v>120</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786057685797</t>
+          <t>9786259452135</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Acaba Bu Nedir?</t>
+          <t>Matematik - Çarpım Tablosu</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786057685810</t>
+          <t>9786259433455</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Dipsiz Çukurun İçine Doğru: Bir Nöropsikiyatrın Rahatsız Zihinler Üzerine Notları</t>
+          <t>Kuzey</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786057685780</t>
+          <t>9786259433462</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Berthe Georges-Gaulis'den Mektuplar</t>
+          <t>Su</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786057685773</t>
+          <t>9786259433424</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Oxford İşletme Grupları Elkitabı</t>
+          <t>İyi Olalım</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>280</v>
+        <v>140</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786057685643</t>
+          <t>9786259433479</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Sefarad Güzergahları</t>
+          <t>Zeynep Uyumak İstiyor</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786057685766</t>
+          <t>9786059389037</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Ada Lovelace ve Sayıların Başını Döndüren Makine</t>
+          <t>Küçük Asya’nın Tarih Öncesi</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>140</v>
+        <v>280</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786057685513</t>
+          <t>9786055250799</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>The City Basilica Of Tlos (Ciltli)</t>
+          <t>Bizans’ın Yapı Ustaları</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>2200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786057685674</t>
+          <t>9786059389174</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Bir Günahkar Geceden Sonra / Muhaberat-ı Hakikiye</t>
+          <t>Asar-ı Atika</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>160</v>
+        <v>280</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786057685650</t>
+          <t>9786055250010</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Koç Üniversitesi Suna Kıraç Kütüphanesi Yazmalar Kataloğu 2 (Ciltli)</t>
+          <t>Yenilgiden Sonra - Doğu Batı ile Yaşamayı Nasıl Öğrendi</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>1500</v>
+        <v>280</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786057685568</t>
+          <t>9786056708206</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Yusuf Bey</t>
+          <t>Antranik'ten Foto Rıdvan'a, Mugamyanlar'dan Gökçeatam'a Ankara'da Fotoğrafçılık ve Posta Kartları (1890-1960)</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>1300</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786057685612</t>
+          <t>9786258022759</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Blokzinciri ve Yeni Güven Mimarisi</t>
+          <t>Hilekar Hücre</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786057685599</t>
+          <t>9786258022766</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Bizim Evde</t>
+          <t>İnsanların Şekillendirdiği Bir Dünyada Hayvanları Nasıl Sevmeli?</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786057685605</t>
+          <t>9786056708213</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Kaybolunca Nereye Gideriz?</t>
+          <t>Yunus Emre and His Mystical Poetry (Ciltli)</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>140</v>
+        <v>900</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786057685636</t>
+          <t>9786259433486</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Bencil Maymun: İnsan Doğası ve Yokoluşa Giden Yolumuz</t>
+          <t>Orman Kitabı</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786057685629</t>
+          <t>9786259433448</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Antitezler</t>
+          <t>Söğütlükte Rüzgar</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786057685537</t>
+          <t>9786259433417</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Mekansal Ağlar</t>
+          <t>Siyah İnci</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>900</v>
+        <v>140</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786057685520</t>
+          <t>9786259433431</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Asabi Kız Sabiha</t>
+          <t>Peter Pan</t>
         </is>
       </c>
       <c r="C275" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786057685490</t>
+          <t>9786259433400</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Kraliçenin Gölgesi</t>
+          <t>Oz Büyücüsü</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786057685506</t>
+          <t>9786056708299</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Haydi Ali, Yemek Vakti!</t>
+          <t>Gizli Bahçe</t>
         </is>
       </c>
       <c r="C277" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786057685483</t>
+          <t>9786056708282</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Şark'ı Bilmez</t>
+          <t>Define Adası</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>300</v>
+        <v>140</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786057685476</t>
+          <t>9786056708275</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Devlet Gibi Görmek</t>
+          <t>Alice Harikalar Diyarında</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>300</v>
+        <v>140</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786057685346</t>
+          <t>9786056708251</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Tiyatrosu</t>
+          <t>İngilizce İlk 100 Kelimem - Doğa</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>340</v>
+        <v>140</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786057685469</t>
+          <t>9786056708237</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Dinozorların Yükselişi ve Çöküşü</t>
+          <t>İngilizce İlk 100 Kelimem - Yiyecekler</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>280</v>
+        <v>140</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786057685285</t>
+          <t>9786056708244</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Kuşlar Konmuş Kitabıma</t>
+          <t>İngilizce İlk 100 Kelimem - Hayvanlar</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786057685292</t>
+          <t>9786258022735</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Ben Dünyaya Geldiğimde</t>
+          <t>Tilkinin Bulduğu Kutu</t>
         </is>
       </c>
       <c r="C283" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786057685445</t>
+          <t>9786258022742</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Sınırsız Zihin</t>
+          <t>Rüzgar</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>220</v>
+        <v>140</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786057685421</t>
+          <t>9786258022605</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Her Şeyin Değeri</t>
+          <t>Yağmur Ormanları - Minik Uzmanlara Kocaman Kelimeler</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786057685414</t>
+          <t>9786258022629</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Sanatta ve Beyin Biliminde İndirgemecilik</t>
+          <t>Uzay - Minik Uzmanlara Kocaman Kelimeler</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786057685438</t>
+          <t>9786258022032</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Hınç (Sadeleştirilmiş Metin)</t>
+          <t>Tanzimat Döneminde Osmanlı İmparatorluğu</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>200</v>
+        <v>275</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786057685179</t>
+          <t>9786258022636</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Ne Değişir Ki?</t>
+          <t>Dinozorlar - Minik Uzmanlara Kocaman Kelimeler</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786057685339</t>
+          <t>9786258022643</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Zekanın Bilimi ve İdeolojisi</t>
+          <t>Okyanuslar - Minik Uzmanlara Kocaman Kelimeler</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786057685322</t>
+          <t>9786258022582</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Yarım-Dünya: Gezegenimizin Hayatta Kalma Mücadelesi</t>
+          <t>Hayvanlar - Minik Uzmanlara Kocaman Kelimeler</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786057685315</t>
+          <t>9786258022599</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf ve Tekinsiz</t>
+          <t>Gezegenimiz - Minik Uzmanlara Kocaman Kelimeler</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786057685261</t>
+          <t>9786258022612</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Kesik Baş Cinayeti</t>
+          <t>Hava Durumu - Minik Uzmanlara Kocaman Kelimeler</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786057685049</t>
+          <t>9786258022667</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>İmparatorluğun Öteki Yüzleri: Toplumsal Hiyerarşi ve Düzen Karşısında Sıradan Hayatlar</t>
+          <t>Büyüyünce Veteriner Olacağım</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>280</v>
+        <v>120</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786057685162</t>
+          <t>9786258022681</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Böcekler Gezegeni: Tuhaf Yararlı ve Hayranlık Uyandırıcı Dostlarımız Üzerine</t>
+          <t>Sihirli Senfoni</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786057685193</t>
+          <t>9786258022698</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Tell Atchana, Alalakh Volume 2a (Text): The Late Bronze 2 City 2006 - 2010 Excavation Seasons (2 Cilt)</t>
+          <t>Filler Ağlamaz</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>2400</v>
+        <v>120</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786057685209</t>
+          <t>9786258022704</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Batı Cumhuriyetçiliği ve Şark Hükümdarı</t>
+          <t>Dünyayı Koruyabiliriz</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>280</v>
+        <v>120</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786057685094</t>
+          <t>9786258022728</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Dünya Edebiyatının Ekolojisi</t>
+          <t>Bir Hijyen Kahramanı Olmayı Öğreniyorum</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786057685186</t>
+          <t>9786258022650</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Yeni Üzerine: Geçmişle Gelecek Arasında Kültürel Ekonomi</t>
+          <t>Büyüyünce Astronot Olacağım</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786057685063</t>
+          <t>9786258022711</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Dijital Ruh: İnsan ve Teknoloji Arasındaki Yaratıcı Ortaklık</t>
+          <t>Büyüyünce Mühendis Olacağım</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>280</v>
+        <v>120</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786057685087</t>
+          <t>9786258022537</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Serap</t>
+          <t>Değişen Yaşam</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786057685070</t>
+          <t>9786258022544</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Karşılaştırmalı Siyasal Ekonomi</t>
+          <t>Belirsiz Hasat</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786052116968</t>
+          <t>9786258022551</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Identity And The Other In Byzantium</t>
+          <t>The Ottoman Empire (Ciltli)</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>1800</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786057685032</t>
+          <t>9786258022476</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Risk Tıbbı</t>
+          <t>Jansen ve Ankara</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>220</v>
+        <v>800</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786052116890</t>
+          <t>9786258022513</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Rüya Şehirler</t>
+          <t>Kuramdan Pratiğe Duygu Düzenleme</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786059389877</t>
+          <t>9786258022568</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Üretim Otomasyonu</t>
+          <t>Türkiye - Batı İlişkileri</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>400</v>
+        <v>240</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786057685018</t>
+          <t>9786258022490</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Pakize</t>
+          <t>Türkiye'de Bizans Çalışmalarının Serüveni</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>140</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786052116944</t>
+          <t>9786258022438</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Buraya Bakarlar</t>
+          <t>Saint Euphemia and Her Church in Istanbul</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>100</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786057685025</t>
+          <t>9786258022414</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Mitomani</t>
+          <t>Azize Euphemia ve İstanbul'daki Kilisesi</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>220</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786052116913</t>
+          <t>9786258022322</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Tahıla Karşı - İlk Devletlerin Derin Tarihi</t>
+          <t>Konut Palimpsesti</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>240</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786052116920</t>
+          <t>9786258022315</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Kaos İmgelemi</t>
+          <t>Miras, Dünya Mirası ve Gelecek</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>300</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786059389600</t>
+          <t>9786258022353</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Modern Ortadoğu’da İşçiler ve Çiftçiler</t>
+          <t>Ayla Ödekan Armağanı</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>300</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786052116852</t>
+          <t>9786258022377</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Medeni Cumhuriyet: Katılımcı Hayatın Sosyolojisi</t>
+          <t>Moğol Anadolu'sunda İslam, Edebiyat ve Toplum</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786052116739</t>
+          <t>9786258022391</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Ütopyayı Hayata Geçirmek</t>
+          <t>Kızıldeniz</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>240</v>
+        <v>260</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786052116883</t>
+          <t>9786258022407</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Hiper - Bağlı Bir Dünyada İtibar Stratejisi ve Analitiği</t>
+          <t>Surviving Istanbul - Struggles, Feasts and Calamities in the Seventeenth and Eighteenh Centuries</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>180</v>
+        <v>900</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786052116838</t>
+          <t>9786057685124</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Keynes'ten Lucas ve Ötesine - Makroiktisat Tarihi</t>
+          <t>İkinci Cinsiyet 1. Cilt: Olgular ve Efsaneler - 2. Cilt: Yaşanmış Deneyim</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>300</v>
+        <v>480</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786052116159</t>
+          <t>9786258022292</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Alakent Churh (Ciltli)</t>
+          <t>Dinozorlar Çağı - Dünyanın En Çarpıcı Hayvanlarının Yükselişi ve Çöküşü</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>1600</v>
+        <v>200</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786052116166</t>
+          <t>9786057685704</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Alakent Kilisesi (Ciltli)</t>
+          <t>Winds of Change</t>
         </is>
       </c>
       <c r="C317" s="1">
         <v>1600</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786052116722</t>
+          <t>9786057685858</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Üretmeden Kar Etmek</t>
+          <t>The Sound of Byzantium</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>300</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786052116586</t>
+          <t>9786057685735</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Pekin’de Mavi Bir Gökyüzü</t>
+          <t>The Georgian Kingdom and Georgian Art</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>240</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786052116760</t>
+          <t>9786057685711</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Timbuktu’nun Elyazmaları</t>
+          <t>Stoudios Monastery in Istanbul</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>220</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786052116791</t>
+          <t>9786057685759</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Saime</t>
+          <t>Space and Communities in Byzantine Anatolia</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>160</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786052116715</t>
+          <t>9786057685698</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Sifon</t>
+          <t>Neolithic Pottery from the Near East</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>200</v>
+        <v>2400</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786052116777</t>
+          <t>9786057685681</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Yaratılıştaki Çatlak - Gen Düzenlemenin Evrime Hükmeden İnanılmaz Gücü</t>
+          <t>The Other Faces of the Empire</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>230</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786052116708</t>
+          <t>9786258022247</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Büyü</t>
+          <t>Muhteşem Adaptasyonlar</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786052116678</t>
+          <t>9786057685841</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Hayatı Hatırlamak: Otobiyografik Belleğe Bilimsel Yaklaşımlar</t>
+          <t>The Palimpsest of the House</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>240</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786052116685</t>
+          <t>9786057685865</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Kırk Bela</t>
+          <t>Heritage, World Heritage, and the Future</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>200</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786052116661</t>
+          <t>9786258022261</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Kabuller - Bir Beyin Cerrahının Sınır Tanımayan Hikayesi</t>
+          <t>Dört Usta Dört Yapı: Ankara ve Çevresinde Geleneksel Konut</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>220</v>
+        <v>360</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786052116609</t>
+          <t>9786057685742</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Küresel Dönüşümü: 1870-1950</t>
+          <t>The Construction of a New City Bir Şehir Kurmak: Ankara 1923 - 1933</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>240</v>
+        <v>1950</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786052116593</t>
+          <t>9786258022117</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Zaman Yolculuğu</t>
+          <t>İstanbu’'da Stoudios Manastırı</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>240</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786052116579</t>
+          <t>9786258022209</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Osmanlılar ve Afrika Talanı</t>
+          <t>Uykudan Önce</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786052116562</t>
+          <t>9786057685926</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Şevketmeap</t>
+          <t>Sultan ve Kraliçe - Elizabeth'in İslam Dünyasıyla İlişkilerinin Anlatılmamış Hikayesi</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>160</v>
+        <v>280</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786052116289</t>
+          <t>9786058022216</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Ahlakın Dışındakiler</t>
+          <t>Osmanlı İmparatorluğu’nda Emek ve İktidar Tütün İşçileri, İşyeri Yöneticileri ve Devlet 1872-1912</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>280</v>
+        <v>240</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786059389761</t>
+          <t>9786258022070</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>The Tribe Of The Esraris</t>
+          <t>Halkın Fermanı: Balkan Savaşları’nda Hint Müslüman Tıp Heyeti</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786059389846</t>
+          <t>9786258022148</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Mekan ve Millet</t>
+          <t>Uzaydaki Renkli Orman</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786052116531</t>
+          <t>9786258022100</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Biziz, Halk!</t>
+          <t>Uluslararası İlişkilerde Metodoloji</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>260</v>
+        <v>300</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786052116456</t>
+          <t>9786057685964</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Bana Yalan Söylediler</t>
+          <t>Güneydoğu Anadolu;'da Geç Antik - Erken Ortaçağ Yapıları</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>260</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786052116302</t>
+          <t>9786258022087</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Kırılgan Tasarım</t>
+          <t>İntihar ve Bilimkurgu</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786059389518</t>
+          <t>9786258022124</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Yapay Cehennemler</t>
+          <t>Antik Çağlardan Günümüze Kent Alanı Ve Peyzaj Kültürü</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>300</v>
+        <v>320</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786052116326</t>
+          <t>9786258022186</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Blöf Kitap</t>
+          <t>Sivil Toplum: Bir Fikrin Eleştirel Tarihi</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786052116449</t>
+          <t>9786258022049</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Enayi Bir Aşk</t>
+          <t>Günlerden Bir Gün</t>
         </is>
       </c>
       <c r="C340" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786052116258</t>
+          <t>9786258022063</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>İktidarı Görmek: 21. Yüzyılda Sanat ve Aktivizm</t>
+          <t>Aşkla Çalışmanın Politikası</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786052116210</t>
+          <t>9786258022094</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Yenilikçi Çerçeve: Tasarımın Getirdiği Yeni Düşünme Biçimleri</t>
+          <t>Pembe Yuva</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786052116272</t>
+          <t>9786258022056</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Zombiler</t>
+          <t>Nehir Çocuk</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786052116265</t>
+          <t>9786057685995</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Kara Delik</t>
+          <t>Gelmek ve Gitmek</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786052116227</t>
+          <t>9786052116869</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>İnsan Ahlakının Doğal Tarihi</t>
+          <t>Maskeli Devletler</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786052116180</t>
+          <t>9786057685933</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Güneyin İsyanı</t>
+          <t>Haklarını Yitirenler Çin’de Endüstriyel Yurttaşlığın Yükselişi ve Çöküşü</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786052116234</t>
+          <t>9786057685889</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Daha Yeni Başlıyor</t>
+          <t>Tevfik Fikret</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786059389549</t>
+          <t>9786057685988</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Şamlı Berber: 18. Yüzyıl Biladü’ş-Şam’ında Yeni Okuryazarlık</t>
+          <t>Meçhul Kuvvetlere Kurban</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>240</v>
+        <v>140</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786052116203</t>
+          <t>9786057685872</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Vampirin Öpücüğü, Aşığın Kanı: Türkiye’de 1980 Sonrası Popüler Roman</t>
+          <t>Vicdan</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786059389785</t>
+          <t>9786057685940</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Arap Demokratikleşmesi: Demokrasi Olmadan Yapılan Seçimler</t>
+          <t>Büyük Yılan</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786052116173</t>
+          <t>9786057685902</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Adam Smith’in Yemeğini Pişiren Kimdi?</t>
+          <t>Girişimci Devlet</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786052116104</t>
+          <t>9786057685896</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Bir Osmanlı Trajedisi</t>
+          <t>Şempanzeler Dil Öğrenemez: Nim Chimpsky Deneyi</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786059389839</t>
+          <t>9786057685834</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Yeni Çin Seddi</t>
+          <t>Bir Ağaç Ol!</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>260</v>
+        <v>180</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786059389860</t>
+          <t>9786057685216</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Kabus</t>
+          <t>Bizans Toplumunu Görünür Kılmak (Ciltli)</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>160</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786055250492</t>
+          <t>9786057685803</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Nostoi: Indigenous Culture, Migration, and Integration in The Aegean Islands and Western Anatolia During The Late Bronze And Early Iron Age</t>
+          <t>Kitap (Ciltli)</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>2500</v>
+        <v>140</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786059389822</t>
+          <t>9786057685384</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Ütopya Distopya: Tarihsel Olasılığın Koşulları</t>
+          <t>Glazed Wares as Cultural Agents in the Byzantine, Seljuk, and Ottoman Lands</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>300</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786059389853</t>
+          <t>9786057685377</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Dilharap</t>
+          <t>Spatial Webs</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>150</v>
+        <v>1900</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786059389815</t>
+          <t>9786057685353</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Kök Hücre Diyalogları: Tıbbın Sınırlarında Felsefi Ve Bilimsel Arayışlar</t>
+          <t>Europe Knows Nothing About The Orient</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>220</v>
+        <v>750</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786059389693</t>
+          <t>9786057685360</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Palimpsest</t>
+          <t>Sephardic Trajectories</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>240</v>
+        <v>750</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786059389778</t>
+          <t>9786057685797</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Postu Modern Kızıl Tilki</t>
+          <t>Acaba Bu Nedir?</t>
         </is>
       </c>
       <c r="C360" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786059389754</t>
+          <t>9786057685810</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Viyana Nokta</t>
+          <t>Dipsiz Çukurun İçine Doğru: Bir Nöropsikiyatrın Rahatsız Zihinler Üzerine Notları</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786059389686</t>
+          <t>9786057685780</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Akışta: İnternet Çağında Sanat</t>
+          <t>Berthe Georges-Gaulis'den Mektuplar</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786059389594</t>
+          <t>9786057685773</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Ekmek Aslanın Ağzında: Osmanlı Şehirlerinde Hayatlarını Kazanmak İçin Mücadele Eden Zanaatkarlar</t>
+          <t>Oxford İşletme Grupları Elkitabı</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786059389679</t>
+          <t>9786057685643</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Medya Arkeolojisi Nedir?</t>
+          <t>Sefarad Güzergahları</t>
         </is>
       </c>
       <c r="C364" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786059389662</t>
+          <t>9786057685766</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Kibir</t>
+          <t>Ada Lovelace ve Sayıların Başını Döndüren Makine</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786059389709</t>
+          <t>9786057685513</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Proust ve Mürekkepbalığı</t>
+          <t>The City Basilica Of Tlos (Ciltli)</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>240</v>
+        <v>2200</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786059389587</t>
+          <t>9786057685674</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Dört Gelecek</t>
+          <t>Bir Günahkar Geceden Sonra / Muhaberat-ı Hakikiye</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786059389532</t>
+          <t>9786057685650</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Özgür ve Bedava</t>
+          <t>Koç Üniversitesi Suna Kıraç Kütüphanesi Yazmalar Kataloğu 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>220</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786059389471</t>
+          <t>9786057685568</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Aşkımı Öldürdüm</t>
+          <t>Yusuf Bey</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>160</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786059389488</t>
+          <t>9786057685612</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Orta Malı</t>
+          <t>Blokzinciri ve Yeni Güven Mimarisi</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786059389464</t>
+          <t>9786057685599</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Hukukun Ekolojisi</t>
+          <t>Bizim Evde</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>190</v>
+        <v>140</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786059389365</t>
+          <t>9786057685605</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Biçimler</t>
+          <t>Kaybolunca Nereye Gideriz?</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>240</v>
+        <v>140</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786059389495</t>
+          <t>9786057685636</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Adem’in Laneti</t>
+          <t>Bencil Maymun: İnsan Doğası ve Yokoluşa Giden Yolumuz</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786059389457</t>
+          <t>9786057685629</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Keynes Hayek</t>
+          <t>Antitezler</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786059389402</t>
+          <t>9786057685537</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Çalışmanın Mitolojisi</t>
+          <t>Mekansal Ağlar</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>200</v>
+        <v>900</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786059389372</t>
+          <t>9786057685520</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Geceleyin Gökyüzü</t>
+          <t>Asabi Kız Sabiha</t>
         </is>
       </c>
       <c r="C376" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786059389396</t>
+          <t>9786057685490</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Leopold’un Sabunu</t>
+          <t>Kraliçenin Gölgesi</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786059389334</t>
+          <t>9786057685506</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Lydia Arkeolojisi: Gyges’ten Büyük İskender’e</t>
+          <t>Haydi Ali, Yemek Vakti!</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>300</v>
+        <v>140</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786059389358</t>
+          <t>9786057685483</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Yeni Kötü Günler</t>
+          <t>Avrupa Şark'ı Bilmez</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786059389280</t>
+          <t>9786057685476</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Kemer Sıkmak</t>
+          <t>Devlet Gibi Görmek</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>260</v>
+        <v>300</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786059389297</t>
+          <t>9786057685346</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Susuzluk: Antik Dünyada Su ve İktidar</t>
+          <t>Hayvan Tiyatrosu</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>300</v>
+        <v>340</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786059389266</t>
+          <t>9786057685469</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Son Ütopya: Tarihte İnsan Hakları</t>
+          <t>Dinozorların Yükselişi ve Çöküşü</t>
         </is>
       </c>
       <c r="C382" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786059389143</t>
+          <t>9786057685285</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Çingene</t>
+          <t>Kuşlar Konmuş Kitabıma</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>240</v>
+        <v>150</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786059389136</t>
+          <t>9786057685292</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>İnsan Hakları İnsan Haysiyeti ve Kozmopolit İdealler</t>
+          <t>Ben Dünyaya Geldiğimde</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>220</v>
+        <v>140</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786059389198</t>
+          <t>9786057685445</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Roma AŞ</t>
+          <t>Sınırsız Zihin</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786059389129</t>
+          <t>9786057685421</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Cüzdan Payı Kuralı</t>
+          <t>Her Şeyin Değeri</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786059389112</t>
+          <t>9786057685414</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Dünyayla İş Yapanlar</t>
+          <t>Sanatta ve Beyin Biliminde İndirgemecilik</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786059389105</t>
+          <t>9786057685438</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Testosteron: Seks Güç ve Kazanma İradesi</t>
+          <t>Hınç (Sadeleştirilmiş Metin)</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786059389099</t>
+          <t>9786057685179</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Anne Duyarlığı ve Çocuklarda Bağlanma</t>
+          <t>Ne Değişir Ki?</t>
         </is>
       </c>
       <c r="C389" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786059389082</t>
+          <t>9786057685339</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Mülkiyeti Geri Almak?</t>
+          <t>Zekanın Bilimi ve İdeolojisi</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>260</v>
+        <v>300</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786059389068</t>
+          <t>9786057685322</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Zoopolis</t>
+          <t>Yarım-Dünya: Gezegenimizin Hayatta Kalma Mücadelesi</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786059389006</t>
+          <t>9786057685315</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Satın Alınan Zaman</t>
+          <t>Tuhaf ve Tekinsiz</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>220</v>
+        <v>140</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786059389228</t>
+          <t>9786057685261</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Bıçak Altında</t>
+          <t>Kesik Baş Cinayeti</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>220</v>
+        <v>140</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786055250980</t>
+          <t>9786057685049</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Şehirler ve İçkaleler</t>
+          <t>İmparatorluğun Öteki Yüzleri: Toplumsal Hiyerarşi ve Düzen Karşısında Sıradan Hayatlar</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>340</v>
+        <v>280</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786059389341</t>
+          <t>9786057685162</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Aklın Çocuk Hali</t>
+          <t>Böcekler Gezegeni: Tuhaf Yararlı ve Hayranlık Uyandırıcı Dostlarımız Üzerine</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786055250874</t>
+          <t>9786057685193</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Sanat Dünyasının Senaryoları</t>
+          <t>Tell Atchana, Alalakh Volume 2a (Text): The Late Bronze 2 City 2006 - 2010 Excavation Seasons (2 Cilt)</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>250</v>
+        <v>2400</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786055250782</t>
+          <t>9786057685209</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Jön Türklerin Filistin'i</t>
+          <t>Batı Cumhuriyetçiliği ve Şark Hükümdarı</t>
         </is>
       </c>
       <c r="C397" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786055250751</t>
+          <t>9786057685094</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Yerinden Edilenlerin Coğrafyaları: Filistin Köy Tarihleri</t>
+          <t>Dünya Edebiyatının Ekolojisi</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786055250775</t>
+          <t>9786057685186</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Bakıma Muhtaç: Türkiye’de Alzheimer Hastası Yaşlıların Bakımı</t>
+          <t>Yeni Üzerine: Geçmişle Gelecek Arasında Kültürel Ekonomi</t>
         </is>
       </c>
       <c r="C399" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786055250720</t>
+          <t>9786057685063</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Üniversite ve Ötesi - Genç Yetişkinler İçin Hayat Becerileri</t>
+          <t>Dijital Ruh: İnsan ve Teknoloji Arasındaki Yaratıcı Ortaklık</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786055250713</t>
+          <t>9786057685087</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Türklük, Müslümanlık, Doğululuk - AB’nin Türkiye Söylemleri</t>
+          <t>Serap</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>320</v>
+        <v>140</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786055250706</t>
+          <t>9786057685070</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Eski Yakındoğu’da Kent, Bellek, Anıt</t>
+          <t>Karşılaştırmalı Siyasal Ekonomi</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786059389631</t>
+          <t>9786052116968</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Sanat Tarihinin Tarihi</t>
+          <t>Identity And The Other In Byzantium</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>340</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786052116111</t>
+          <t>9786057685032</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Büyük Kedi Katliamı</t>
+          <t>Risk Tıbbı</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786052116470</t>
+          <t>9786052116890</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Rönesans ve Osmanlı Dünyası</t>
+          <t>Rüya Şehirler</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786055250690</t>
+          <t>9786059389877</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Kralın Yeni Aklı</t>
+          <t>Üretim Otomasyonu</t>
         </is>
       </c>
       <c r="C406" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786055250522</t>
+          <t>9786057685018</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Antik Kentler</t>
+          <t>Pakize</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>420</v>
+        <v>140</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786059389556</t>
+          <t>9786052116944</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Mimarlık Tarihi Nedir?</t>
+          <t>Buraya Bakarlar</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>220</v>
+        <v>100</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786055250508</t>
+          <t>9786057685025</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Kriz Bankacılığı</t>
+          <t>Mitomani</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>260</v>
+        <v>220</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786059389716</t>
+          <t>9786052116913</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Floransa ve Bağdat</t>
+          <t>Tahıla Karşı - İlk Devletlerin Derin Tarihi</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786055250485</t>
+          <t>9786052116920</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Anıtkabir’in Ötesi Atatürk’ün Mezar Mimarisi</t>
+          <t>Kaos İmgelemi</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786055250461</t>
+          <t>9786059389600</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Camera Ottomana - Photographt and Modernity in the Ottoman Empire 1840-1914 (İngilizce)</t>
+          <t>Modern Ortadoğu’da İşçiler ve Çiftçiler</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>2500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786055250898</t>
+          <t>9786052116852</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Milada Dönüş</t>
+          <t>Medeni Cumhuriyet: Katılımcı Hayatın Sosyolojisi</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786055250423</t>
+          <t>9786052116739</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Dünyanın Neresinde?</t>
+          <t>Ütopyayı Hayata Geçirmek</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>280</v>
+        <v>240</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786056257599</t>
+          <t>9786052116883</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>What Josephine Saw</t>
+          <t>Hiper - Bağlı Bir Dünyada İtibar Stratejisi ve Analitiği</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>1500</v>
+        <v>180</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786055250355</t>
+          <t>9786052116838</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Turquerie ve Temsil Politikası, 1728-1876</t>
+          <t>Keynes'ten Lucas ve Ötesine - Makroiktisat Tarihi</t>
         </is>
       </c>
       <c r="C416" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786055250379</t>
+          <t>9786052116159</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Unutulmuş Krallık: Antik Alalah'ta Arkeoloji ve Fotoğraf</t>
+          <t>Alakent Churh (Ciltli)</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>1100</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786055250300</t>
+          <t>9786052116166</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Legends of Authority: The 1215 Seljuk Inscriptions of Sinop Citadel, Turkey</t>
+          <t>Alakent Kilisesi (Ciltli)</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>1200</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786055250287</t>
+          <t>9786052116722</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>İktidar İmgeleri: Sinop İçkalesindeki 1215 Tarihli Selçuklu Yazıtları</t>
+          <t>Üretmeden Kar Etmek</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>1000</v>
+        <v>300</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786055250805</t>
+          <t>9786052116586</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Radikal Demokrasi - Kitlenin Biyopolitikası Halkın Hegemonyası</t>
+          <t>Pekin’de Mavi Bir Gökyüzü</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786055250829</t>
+          <t>9786052116760</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Kurmaca Mekan</t>
+          <t>Timbuktu’nun Elyazmaları</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786055250324</t>
+          <t>9786052116791</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Yirmi Birinci Yüzyılda Türkiye’de Yahudiler - Hoşgörünün Öteki Yüzü</t>
+          <t>Saime</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>280</v>
+        <v>160</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786055250256</t>
+          <t>9786052116715</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'nin Akdeniz Siyaseti (1923 - 1939)</t>
+          <t>Sifon</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786059389440</t>
+          <t>9786052116777</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Benlik, Aile ve İnsan Gelişimi</t>
+          <t>Yaratılıştaki Çatlak - Gen Düzenlemenin Evrime Hükmeden İnanılmaz Gücü</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>340</v>
+        <v>230</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786055607135</t>
+          <t>9786052116708</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Tell Atchana, Ancient Alalakh Volume 1 - The 2003-2004 Excavations Seasons (Ciltli)</t>
+          <t>Beyaz Büyü</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>2750</v>
+        <v>220</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786055250881</t>
+          <t>9786052116678</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Sanat Müzeleri</t>
+          <t>Hayatı Hatırlamak: Otobiyografik Belleğe Bilimsel Yaklaşımlar</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>260</v>
+        <v>240</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786055250867</t>
+          <t>9786052116685</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>İmparatorluk Simsarları</t>
+          <t>Kırk Bela</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786052116548</t>
+          <t>9786052116661</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>İnsan Gelişimi, Aile ve Kültür: Farklı Bakış Açıları</t>
+          <t>Kabuller - Bir Beyin Cerrahının Sınır Tanımayan Hikayesi</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>320</v>
+        <v>220</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786059389792</t>
+          <t>9786052116609</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Buhran Çağında Haysiyet - Zor Zamanlarda İnsan Hakları</t>
+          <t>Zamanın Küresel Dönüşümü: 1870-1950</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786052116197</t>
+          <t>9786052116593</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Ölüm ve Labirent</t>
+          <t>Zaman Yolculuğu</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786059389884</t>
+          <t>9786052116579</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Ortaçağda İstanbul</t>
+          <t>Osmanlılar ve Afrika Talanı</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>260</v>
+        <v>220</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786052116647</t>
+          <t>9786052116562</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Kültürel Eleştiri Olarak Antropoloji</t>
+          <t>Şevketmeap</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
+          <t>9786052116289</t>
+        </is>
+      </c>
+      <c r="B433" s="1" t="inlineStr">
+        <is>
+          <t>Ahlakın Dışındakiler</t>
+        </is>
+      </c>
+      <c r="C433" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="434" spans="1:3">
+      <c r="A434" s="1" t="inlineStr">
+        <is>
+          <t>9786059389761</t>
+        </is>
+      </c>
+      <c r="B434" s="1" t="inlineStr">
+        <is>
+          <t>The Tribe Of The Esraris</t>
+        </is>
+      </c>
+      <c r="C434" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="435" spans="1:3">
+      <c r="A435" s="1" t="inlineStr">
+        <is>
+          <t>9786059389846</t>
+        </is>
+      </c>
+      <c r="B435" s="1" t="inlineStr">
+        <is>
+          <t>Mekan ve Millet</t>
+        </is>
+      </c>
+      <c r="C435" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="436" spans="1:3">
+      <c r="A436" s="1" t="inlineStr">
+        <is>
+          <t>9786052116531</t>
+        </is>
+      </c>
+      <c r="B436" s="1" t="inlineStr">
+        <is>
+          <t>Biziz, Halk!</t>
+        </is>
+      </c>
+      <c r="C436" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="437" spans="1:3">
+      <c r="A437" s="1" t="inlineStr">
+        <is>
+          <t>9786052116456</t>
+        </is>
+      </c>
+      <c r="B437" s="1" t="inlineStr">
+        <is>
+          <t>Bana Yalan Söylediler</t>
+        </is>
+      </c>
+      <c r="C437" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="438" spans="1:3">
+      <c r="A438" s="1" t="inlineStr">
+        <is>
+          <t>9786052116302</t>
+        </is>
+      </c>
+      <c r="B438" s="1" t="inlineStr">
+        <is>
+          <t>Kırılgan Tasarım</t>
+        </is>
+      </c>
+      <c r="C438" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="439" spans="1:3">
+      <c r="A439" s="1" t="inlineStr">
+        <is>
+          <t>9786059389518</t>
+        </is>
+      </c>
+      <c r="B439" s="1" t="inlineStr">
+        <is>
+          <t>Yapay Cehennemler</t>
+        </is>
+      </c>
+      <c r="C439" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="440" spans="1:3">
+      <c r="A440" s="1" t="inlineStr">
+        <is>
+          <t>9786052116326</t>
+        </is>
+      </c>
+      <c r="B440" s="1" t="inlineStr">
+        <is>
+          <t>Blöf Kitap</t>
+        </is>
+      </c>
+      <c r="C440" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="441" spans="1:3">
+      <c r="A441" s="1" t="inlineStr">
+        <is>
+          <t>9786052116449</t>
+        </is>
+      </c>
+      <c r="B441" s="1" t="inlineStr">
+        <is>
+          <t>Enayi Bir Aşk</t>
+        </is>
+      </c>
+      <c r="C441" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="442" spans="1:3">
+      <c r="A442" s="1" t="inlineStr">
+        <is>
+          <t>9786052116258</t>
+        </is>
+      </c>
+      <c r="B442" s="1" t="inlineStr">
+        <is>
+          <t>İktidarı Görmek: 21. Yüzyılda Sanat ve Aktivizm</t>
+        </is>
+      </c>
+      <c r="C442" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="443" spans="1:3">
+      <c r="A443" s="1" t="inlineStr">
+        <is>
+          <t>9786052116210</t>
+        </is>
+      </c>
+      <c r="B443" s="1" t="inlineStr">
+        <is>
+          <t>Yenilikçi Çerçeve: Tasarımın Getirdiği Yeni Düşünme Biçimleri</t>
+        </is>
+      </c>
+      <c r="C443" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="444" spans="1:3">
+      <c r="A444" s="1" t="inlineStr">
+        <is>
+          <t>9786052116272</t>
+        </is>
+      </c>
+      <c r="B444" s="1" t="inlineStr">
+        <is>
+          <t>Zombiler</t>
+        </is>
+      </c>
+      <c r="C444" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="445" spans="1:3">
+      <c r="A445" s="1" t="inlineStr">
+        <is>
+          <t>9786052116265</t>
+        </is>
+      </c>
+      <c r="B445" s="1" t="inlineStr">
+        <is>
+          <t>Kara Delik</t>
+        </is>
+      </c>
+      <c r="C445" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="446" spans="1:3">
+      <c r="A446" s="1" t="inlineStr">
+        <is>
+          <t>9786052116227</t>
+        </is>
+      </c>
+      <c r="B446" s="1" t="inlineStr">
+        <is>
+          <t>İnsan Ahlakının Doğal Tarihi</t>
+        </is>
+      </c>
+      <c r="C446" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="447" spans="1:3">
+      <c r="A447" s="1" t="inlineStr">
+        <is>
+          <t>9786052116180</t>
+        </is>
+      </c>
+      <c r="B447" s="1" t="inlineStr">
+        <is>
+          <t>Güneyin İsyanı</t>
+        </is>
+      </c>
+      <c r="C447" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="448" spans="1:3">
+      <c r="A448" s="1" t="inlineStr">
+        <is>
+          <t>9786052116234</t>
+        </is>
+      </c>
+      <c r="B448" s="1" t="inlineStr">
+        <is>
+          <t>Daha Yeni Başlıyor</t>
+        </is>
+      </c>
+      <c r="C448" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="449" spans="1:3">
+      <c r="A449" s="1" t="inlineStr">
+        <is>
+          <t>9786059389549</t>
+        </is>
+      </c>
+      <c r="B449" s="1" t="inlineStr">
+        <is>
+          <t>Şamlı Berber: 18. Yüzyıl Biladü’ş-Şam’ında Yeni Okuryazarlık</t>
+        </is>
+      </c>
+      <c r="C449" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="450" spans="1:3">
+      <c r="A450" s="1" t="inlineStr">
+        <is>
+          <t>9786052116203</t>
+        </is>
+      </c>
+      <c r="B450" s="1" t="inlineStr">
+        <is>
+          <t>Vampirin Öpücüğü, Aşığın Kanı: Türkiye’de 1980 Sonrası Popüler Roman</t>
+        </is>
+      </c>
+      <c r="C450" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="451" spans="1:3">
+      <c r="A451" s="1" t="inlineStr">
+        <is>
+          <t>9786059389785</t>
+        </is>
+      </c>
+      <c r="B451" s="1" t="inlineStr">
+        <is>
+          <t>Arap Demokratikleşmesi: Demokrasi Olmadan Yapılan Seçimler</t>
+        </is>
+      </c>
+      <c r="C451" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="452" spans="1:3">
+      <c r="A452" s="1" t="inlineStr">
+        <is>
+          <t>9786052116173</t>
+        </is>
+      </c>
+      <c r="B452" s="1" t="inlineStr">
+        <is>
+          <t>Adam Smith’in Yemeğini Pişiren Kimdi?</t>
+        </is>
+      </c>
+      <c r="C452" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="453" spans="1:3">
+      <c r="A453" s="1" t="inlineStr">
+        <is>
+          <t>9786052116104</t>
+        </is>
+      </c>
+      <c r="B453" s="1" t="inlineStr">
+        <is>
+          <t>Bir Osmanlı Trajedisi</t>
+        </is>
+      </c>
+      <c r="C453" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="454" spans="1:3">
+      <c r="A454" s="1" t="inlineStr">
+        <is>
+          <t>9786059389839</t>
+        </is>
+      </c>
+      <c r="B454" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Çin Seddi</t>
+        </is>
+      </c>
+      <c r="C454" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="455" spans="1:3">
+      <c r="A455" s="1" t="inlineStr">
+        <is>
+          <t>9786059389860</t>
+        </is>
+      </c>
+      <c r="B455" s="1" t="inlineStr">
+        <is>
+          <t>Kabus</t>
+        </is>
+      </c>
+      <c r="C455" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="456" spans="1:3">
+      <c r="A456" s="1" t="inlineStr">
+        <is>
+          <t>9786055250492</t>
+        </is>
+      </c>
+      <c r="B456" s="1" t="inlineStr">
+        <is>
+          <t>Nostoi: Indigenous Culture, Migration, and Integration in The Aegean Islands and Western Anatolia During The Late Bronze And Early Iron Age</t>
+        </is>
+      </c>
+      <c r="C456" s="1">
+        <v>2500</v>
+      </c>
+    </row>
+    <row r="457" spans="1:3">
+      <c r="A457" s="1" t="inlineStr">
+        <is>
+          <t>9786059389822</t>
+        </is>
+      </c>
+      <c r="B457" s="1" t="inlineStr">
+        <is>
+          <t>Ütopya Distopya: Tarihsel Olasılığın Koşulları</t>
+        </is>
+      </c>
+      <c r="C457" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="458" spans="1:3">
+      <c r="A458" s="1" t="inlineStr">
+        <is>
+          <t>9786059389853</t>
+        </is>
+      </c>
+      <c r="B458" s="1" t="inlineStr">
+        <is>
+          <t>Dilharap</t>
+        </is>
+      </c>
+      <c r="C458" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="459" spans="1:3">
+      <c r="A459" s="1" t="inlineStr">
+        <is>
+          <t>9786059389815</t>
+        </is>
+      </c>
+      <c r="B459" s="1" t="inlineStr">
+        <is>
+          <t>Kök Hücre Diyalogları: Tıbbın Sınırlarında Felsefi Ve Bilimsel Arayışlar</t>
+        </is>
+      </c>
+      <c r="C459" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="460" spans="1:3">
+      <c r="A460" s="1" t="inlineStr">
+        <is>
+          <t>9786059389693</t>
+        </is>
+      </c>
+      <c r="B460" s="1" t="inlineStr">
+        <is>
+          <t>Palimpsest</t>
+        </is>
+      </c>
+      <c r="C460" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="461" spans="1:3">
+      <c r="A461" s="1" t="inlineStr">
+        <is>
+          <t>9786059389778</t>
+        </is>
+      </c>
+      <c r="B461" s="1" t="inlineStr">
+        <is>
+          <t>Postu Modern Kızıl Tilki</t>
+        </is>
+      </c>
+      <c r="C461" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="462" spans="1:3">
+      <c r="A462" s="1" t="inlineStr">
+        <is>
+          <t>9786059389754</t>
+        </is>
+      </c>
+      <c r="B462" s="1" t="inlineStr">
+        <is>
+          <t>Viyana Nokta</t>
+        </is>
+      </c>
+      <c r="C462" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="463" spans="1:3">
+      <c r="A463" s="1" t="inlineStr">
+        <is>
+          <t>9786059389686</t>
+        </is>
+      </c>
+      <c r="B463" s="1" t="inlineStr">
+        <is>
+          <t>Akışta: İnternet Çağında Sanat</t>
+        </is>
+      </c>
+      <c r="C463" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="464" spans="1:3">
+      <c r="A464" s="1" t="inlineStr">
+        <is>
+          <t>9786059389594</t>
+        </is>
+      </c>
+      <c r="B464" s="1" t="inlineStr">
+        <is>
+          <t>Ekmek Aslanın Ağzında: Osmanlı Şehirlerinde Hayatlarını Kazanmak İçin Mücadele Eden Zanaatkarlar</t>
+        </is>
+      </c>
+      <c r="C464" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="465" spans="1:3">
+      <c r="A465" s="1" t="inlineStr">
+        <is>
+          <t>9786059389679</t>
+        </is>
+      </c>
+      <c r="B465" s="1" t="inlineStr">
+        <is>
+          <t>Medya Arkeolojisi Nedir?</t>
+        </is>
+      </c>
+      <c r="C465" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="466" spans="1:3">
+      <c r="A466" s="1" t="inlineStr">
+        <is>
+          <t>9786059389662</t>
+        </is>
+      </c>
+      <c r="B466" s="1" t="inlineStr">
+        <is>
+          <t>Kibir</t>
+        </is>
+      </c>
+      <c r="C466" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="467" spans="1:3">
+      <c r="A467" s="1" t="inlineStr">
+        <is>
+          <t>9786059389709</t>
+        </is>
+      </c>
+      <c r="B467" s="1" t="inlineStr">
+        <is>
+          <t>Proust ve Mürekkepbalığı</t>
+        </is>
+      </c>
+      <c r="C467" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="468" spans="1:3">
+      <c r="A468" s="1" t="inlineStr">
+        <is>
+          <t>9786059389587</t>
+        </is>
+      </c>
+      <c r="B468" s="1" t="inlineStr">
+        <is>
+          <t>Dört Gelecek</t>
+        </is>
+      </c>
+      <c r="C468" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="469" spans="1:3">
+      <c r="A469" s="1" t="inlineStr">
+        <is>
+          <t>9786059389532</t>
+        </is>
+      </c>
+      <c r="B469" s="1" t="inlineStr">
+        <is>
+          <t>Özgür ve Bedava</t>
+        </is>
+      </c>
+      <c r="C469" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="470" spans="1:3">
+      <c r="A470" s="1" t="inlineStr">
+        <is>
+          <t>9786059389471</t>
+        </is>
+      </c>
+      <c r="B470" s="1" t="inlineStr">
+        <is>
+          <t>Aşkımı Öldürdüm</t>
+        </is>
+      </c>
+      <c r="C470" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="471" spans="1:3">
+      <c r="A471" s="1" t="inlineStr">
+        <is>
+          <t>9786059389488</t>
+        </is>
+      </c>
+      <c r="B471" s="1" t="inlineStr">
+        <is>
+          <t>Orta Malı</t>
+        </is>
+      </c>
+      <c r="C471" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="472" spans="1:3">
+      <c r="A472" s="1" t="inlineStr">
+        <is>
+          <t>9786059389464</t>
+        </is>
+      </c>
+      <c r="B472" s="1" t="inlineStr">
+        <is>
+          <t>Hukukun Ekolojisi</t>
+        </is>
+      </c>
+      <c r="C472" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="473" spans="1:3">
+      <c r="A473" s="1" t="inlineStr">
+        <is>
+          <t>9786059389365</t>
+        </is>
+      </c>
+      <c r="B473" s="1" t="inlineStr">
+        <is>
+          <t>Biçimler</t>
+        </is>
+      </c>
+      <c r="C473" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="474" spans="1:3">
+      <c r="A474" s="1" t="inlineStr">
+        <is>
+          <t>9786059389495</t>
+        </is>
+      </c>
+      <c r="B474" s="1" t="inlineStr">
+        <is>
+          <t>Adem’in Laneti</t>
+        </is>
+      </c>
+      <c r="C474" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="475" spans="1:3">
+      <c r="A475" s="1" t="inlineStr">
+        <is>
+          <t>9786059389457</t>
+        </is>
+      </c>
+      <c r="B475" s="1" t="inlineStr">
+        <is>
+          <t>Keynes Hayek</t>
+        </is>
+      </c>
+      <c r="C475" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="476" spans="1:3">
+      <c r="A476" s="1" t="inlineStr">
+        <is>
+          <t>9786059389402</t>
+        </is>
+      </c>
+      <c r="B476" s="1" t="inlineStr">
+        <is>
+          <t>Çalışmanın Mitolojisi</t>
+        </is>
+      </c>
+      <c r="C476" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="477" spans="1:3">
+      <c r="A477" s="1" t="inlineStr">
+        <is>
+          <t>9786059389372</t>
+        </is>
+      </c>
+      <c r="B477" s="1" t="inlineStr">
+        <is>
+          <t>Geceleyin Gökyüzü</t>
+        </is>
+      </c>
+      <c r="C477" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="478" spans="1:3">
+      <c r="A478" s="1" t="inlineStr">
+        <is>
+          <t>9786059389396</t>
+        </is>
+      </c>
+      <c r="B478" s="1" t="inlineStr">
+        <is>
+          <t>Leopold’un Sabunu</t>
+        </is>
+      </c>
+      <c r="C478" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="479" spans="1:3">
+      <c r="A479" s="1" t="inlineStr">
+        <is>
+          <t>9786059389334</t>
+        </is>
+      </c>
+      <c r="B479" s="1" t="inlineStr">
+        <is>
+          <t>Lydia Arkeolojisi: Gyges’ten Büyük İskender’e</t>
+        </is>
+      </c>
+      <c r="C479" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="480" spans="1:3">
+      <c r="A480" s="1" t="inlineStr">
+        <is>
+          <t>9786059389358</t>
+        </is>
+      </c>
+      <c r="B480" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Kötü Günler</t>
+        </is>
+      </c>
+      <c r="C480" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="481" spans="1:3">
+      <c r="A481" s="1" t="inlineStr">
+        <is>
+          <t>9786059389280</t>
+        </is>
+      </c>
+      <c r="B481" s="1" t="inlineStr">
+        <is>
+          <t>Kemer Sıkmak</t>
+        </is>
+      </c>
+      <c r="C481" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="482" spans="1:3">
+      <c r="A482" s="1" t="inlineStr">
+        <is>
+          <t>9786059389297</t>
+        </is>
+      </c>
+      <c r="B482" s="1" t="inlineStr">
+        <is>
+          <t>Susuzluk: Antik Dünyada Su ve İktidar</t>
+        </is>
+      </c>
+      <c r="C482" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="483" spans="1:3">
+      <c r="A483" s="1" t="inlineStr">
+        <is>
+          <t>9786059389266</t>
+        </is>
+      </c>
+      <c r="B483" s="1" t="inlineStr">
+        <is>
+          <t>Son Ütopya: Tarihte İnsan Hakları</t>
+        </is>
+      </c>
+      <c r="C483" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="484" spans="1:3">
+      <c r="A484" s="1" t="inlineStr">
+        <is>
+          <t>9786059389143</t>
+        </is>
+      </c>
+      <c r="B484" s="1" t="inlineStr">
+        <is>
+          <t>Çingene</t>
+        </is>
+      </c>
+      <c r="C484" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="485" spans="1:3">
+      <c r="A485" s="1" t="inlineStr">
+        <is>
+          <t>9786059389136</t>
+        </is>
+      </c>
+      <c r="B485" s="1" t="inlineStr">
+        <is>
+          <t>İnsan Hakları İnsan Haysiyeti ve Kozmopolit İdealler</t>
+        </is>
+      </c>
+      <c r="C485" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="486" spans="1:3">
+      <c r="A486" s="1" t="inlineStr">
+        <is>
+          <t>9786059389198</t>
+        </is>
+      </c>
+      <c r="B486" s="1" t="inlineStr">
+        <is>
+          <t>Roma AŞ</t>
+        </is>
+      </c>
+      <c r="C486" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="487" spans="1:3">
+      <c r="A487" s="1" t="inlineStr">
+        <is>
+          <t>9786059389129</t>
+        </is>
+      </c>
+      <c r="B487" s="1" t="inlineStr">
+        <is>
+          <t>Cüzdan Payı Kuralı</t>
+        </is>
+      </c>
+      <c r="C487" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="488" spans="1:3">
+      <c r="A488" s="1" t="inlineStr">
+        <is>
+          <t>9786059389112</t>
+        </is>
+      </c>
+      <c r="B488" s="1" t="inlineStr">
+        <is>
+          <t>Dünyayla İş Yapanlar</t>
+        </is>
+      </c>
+      <c r="C488" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="489" spans="1:3">
+      <c r="A489" s="1" t="inlineStr">
+        <is>
+          <t>9786059389105</t>
+        </is>
+      </c>
+      <c r="B489" s="1" t="inlineStr">
+        <is>
+          <t>Testosteron: Seks Güç ve Kazanma İradesi</t>
+        </is>
+      </c>
+      <c r="C489" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="490" spans="1:3">
+      <c r="A490" s="1" t="inlineStr">
+        <is>
+          <t>9786059389099</t>
+        </is>
+      </c>
+      <c r="B490" s="1" t="inlineStr">
+        <is>
+          <t>Anne Duyarlığı ve Çocuklarda Bağlanma</t>
+        </is>
+      </c>
+      <c r="C490" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="491" spans="1:3">
+      <c r="A491" s="1" t="inlineStr">
+        <is>
+          <t>9786059389082</t>
+        </is>
+      </c>
+      <c r="B491" s="1" t="inlineStr">
+        <is>
+          <t>Mülkiyeti Geri Almak?</t>
+        </is>
+      </c>
+      <c r="C491" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="492" spans="1:3">
+      <c r="A492" s="1" t="inlineStr">
+        <is>
+          <t>9786059389068</t>
+        </is>
+      </c>
+      <c r="B492" s="1" t="inlineStr">
+        <is>
+          <t>Zoopolis</t>
+        </is>
+      </c>
+      <c r="C492" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="493" spans="1:3">
+      <c r="A493" s="1" t="inlineStr">
+        <is>
+          <t>9786059389006</t>
+        </is>
+      </c>
+      <c r="B493" s="1" t="inlineStr">
+        <is>
+          <t>Satın Alınan Zaman</t>
+        </is>
+      </c>
+      <c r="C493" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="494" spans="1:3">
+      <c r="A494" s="1" t="inlineStr">
+        <is>
+          <t>9786059389228</t>
+        </is>
+      </c>
+      <c r="B494" s="1" t="inlineStr">
+        <is>
+          <t>Bıçak Altında</t>
+        </is>
+      </c>
+      <c r="C494" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="495" spans="1:3">
+      <c r="A495" s="1" t="inlineStr">
+        <is>
+          <t>9786055250980</t>
+        </is>
+      </c>
+      <c r="B495" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye’de Şehirler ve İçkaleler</t>
+        </is>
+      </c>
+      <c r="C495" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="496" spans="1:3">
+      <c r="A496" s="1" t="inlineStr">
+        <is>
+          <t>9786059389341</t>
+        </is>
+      </c>
+      <c r="B496" s="1" t="inlineStr">
+        <is>
+          <t>Aklın Çocuk Hali</t>
+        </is>
+      </c>
+      <c r="C496" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="497" spans="1:3">
+      <c r="A497" s="1" t="inlineStr">
+        <is>
+          <t>9786055250874</t>
+        </is>
+      </c>
+      <c r="B497" s="1" t="inlineStr">
+        <is>
+          <t>Sanat Dünyasının Senaryoları</t>
+        </is>
+      </c>
+      <c r="C497" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="498" spans="1:3">
+      <c r="A498" s="1" t="inlineStr">
+        <is>
+          <t>9786055250782</t>
+        </is>
+      </c>
+      <c r="B498" s="1" t="inlineStr">
+        <is>
+          <t>Jön Türklerin Filistin'i</t>
+        </is>
+      </c>
+      <c r="C498" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="499" spans="1:3">
+      <c r="A499" s="1" t="inlineStr">
+        <is>
+          <t>9786055250751</t>
+        </is>
+      </c>
+      <c r="B499" s="1" t="inlineStr">
+        <is>
+          <t>Yerinden Edilenlerin Coğrafyaları: Filistin Köy Tarihleri</t>
+        </is>
+      </c>
+      <c r="C499" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="500" spans="1:3">
+      <c r="A500" s="1" t="inlineStr">
+        <is>
+          <t>9786055250775</t>
+        </is>
+      </c>
+      <c r="B500" s="1" t="inlineStr">
+        <is>
+          <t>Bakıma Muhtaç: Türkiye’de Alzheimer Hastası Yaşlıların Bakımı</t>
+        </is>
+      </c>
+      <c r="C500" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="501" spans="1:3">
+      <c r="A501" s="1" t="inlineStr">
+        <is>
+          <t>9786055250720</t>
+        </is>
+      </c>
+      <c r="B501" s="1" t="inlineStr">
+        <is>
+          <t>Üniversite ve Ötesi - Genç Yetişkinler İçin Hayat Becerileri</t>
+        </is>
+      </c>
+      <c r="C501" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="502" spans="1:3">
+      <c r="A502" s="1" t="inlineStr">
+        <is>
+          <t>9786055250713</t>
+        </is>
+      </c>
+      <c r="B502" s="1" t="inlineStr">
+        <is>
+          <t>Türklük, Müslümanlık, Doğululuk - AB’nin Türkiye Söylemleri</t>
+        </is>
+      </c>
+      <c r="C502" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="503" spans="1:3">
+      <c r="A503" s="1" t="inlineStr">
+        <is>
+          <t>9786055250706</t>
+        </is>
+      </c>
+      <c r="B503" s="1" t="inlineStr">
+        <is>
+          <t>Eski Yakındoğu’da Kent, Bellek, Anıt</t>
+        </is>
+      </c>
+      <c r="C503" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="504" spans="1:3">
+      <c r="A504" s="1" t="inlineStr">
+        <is>
+          <t>9786059389631</t>
+        </is>
+      </c>
+      <c r="B504" s="1" t="inlineStr">
+        <is>
+          <t>Sanat Tarihinin Tarihi</t>
+        </is>
+      </c>
+      <c r="C504" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="505" spans="1:3">
+      <c r="A505" s="1" t="inlineStr">
+        <is>
+          <t>9786052116111</t>
+        </is>
+      </c>
+      <c r="B505" s="1" t="inlineStr">
+        <is>
+          <t>Büyük Kedi Katliamı</t>
+        </is>
+      </c>
+      <c r="C505" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="506" spans="1:3">
+      <c r="A506" s="1" t="inlineStr">
+        <is>
+          <t>9786052116470</t>
+        </is>
+      </c>
+      <c r="B506" s="1" t="inlineStr">
+        <is>
+          <t>Rönesans ve Osmanlı Dünyası</t>
+        </is>
+      </c>
+      <c r="C506" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="507" spans="1:3">
+      <c r="A507" s="1" t="inlineStr">
+        <is>
+          <t>9786055250690</t>
+        </is>
+      </c>
+      <c r="B507" s="1" t="inlineStr">
+        <is>
+          <t>Kralın Yeni Aklı</t>
+        </is>
+      </c>
+      <c r="C507" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="508" spans="1:3">
+      <c r="A508" s="1" t="inlineStr">
+        <is>
+          <t>9786055250522</t>
+        </is>
+      </c>
+      <c r="B508" s="1" t="inlineStr">
+        <is>
+          <t>Antik Kentler</t>
+        </is>
+      </c>
+      <c r="C508" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="509" spans="1:3">
+      <c r="A509" s="1" t="inlineStr">
+        <is>
+          <t>9786059389556</t>
+        </is>
+      </c>
+      <c r="B509" s="1" t="inlineStr">
+        <is>
+          <t>Mimarlık Tarihi Nedir?</t>
+        </is>
+      </c>
+      <c r="C509" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="510" spans="1:3">
+      <c r="A510" s="1" t="inlineStr">
+        <is>
+          <t>9786055250508</t>
+        </is>
+      </c>
+      <c r="B510" s="1" t="inlineStr">
+        <is>
+          <t>Kriz Bankacılığı</t>
+        </is>
+      </c>
+      <c r="C510" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="511" spans="1:3">
+      <c r="A511" s="1" t="inlineStr">
+        <is>
+          <t>9786059389716</t>
+        </is>
+      </c>
+      <c r="B511" s="1" t="inlineStr">
+        <is>
+          <t>Floransa ve Bağdat</t>
+        </is>
+      </c>
+      <c r="C511" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="512" spans="1:3">
+      <c r="A512" s="1" t="inlineStr">
+        <is>
+          <t>9786055250485</t>
+        </is>
+      </c>
+      <c r="B512" s="1" t="inlineStr">
+        <is>
+          <t>Anıtkabir’in Ötesi Atatürk’ün Mezar Mimarisi</t>
+        </is>
+      </c>
+      <c r="C512" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="513" spans="1:3">
+      <c r="A513" s="1" t="inlineStr">
+        <is>
+          <t>9786055250461</t>
+        </is>
+      </c>
+      <c r="B513" s="1" t="inlineStr">
+        <is>
+          <t>Camera Ottomana - Photographt and Modernity in the Ottoman Empire 1840-1914 (İngilizce)</t>
+        </is>
+      </c>
+      <c r="C513" s="1">
+        <v>2500</v>
+      </c>
+    </row>
+    <row r="514" spans="1:3">
+      <c r="A514" s="1" t="inlineStr">
+        <is>
+          <t>9786055250898</t>
+        </is>
+      </c>
+      <c r="B514" s="1" t="inlineStr">
+        <is>
+          <t>Milada Dönüş</t>
+        </is>
+      </c>
+      <c r="C514" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="515" spans="1:3">
+      <c r="A515" s="1" t="inlineStr">
+        <is>
+          <t>9786055250423</t>
+        </is>
+      </c>
+      <c r="B515" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye Dünyanın Neresinde?</t>
+        </is>
+      </c>
+      <c r="C515" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="516" spans="1:3">
+      <c r="A516" s="1" t="inlineStr">
+        <is>
+          <t>9786056257599</t>
+        </is>
+      </c>
+      <c r="B516" s="1" t="inlineStr">
+        <is>
+          <t>What Josephine Saw</t>
+        </is>
+      </c>
+      <c r="C516" s="1">
+        <v>1500</v>
+      </c>
+    </row>
+    <row r="517" spans="1:3">
+      <c r="A517" s="1" t="inlineStr">
+        <is>
+          <t>9786055250355</t>
+        </is>
+      </c>
+      <c r="B517" s="1" t="inlineStr">
+        <is>
+          <t>Turquerie ve Temsil Politikası, 1728-1876</t>
+        </is>
+      </c>
+      <c r="C517" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="518" spans="1:3">
+      <c r="A518" s="1" t="inlineStr">
+        <is>
+          <t>9786055250379</t>
+        </is>
+      </c>
+      <c r="B518" s="1" t="inlineStr">
+        <is>
+          <t>Unutulmuş Krallık: Antik Alalah'ta Arkeoloji ve Fotoğraf</t>
+        </is>
+      </c>
+      <c r="C518" s="1">
+        <v>1100</v>
+      </c>
+    </row>
+    <row r="519" spans="1:3">
+      <c r="A519" s="1" t="inlineStr">
+        <is>
+          <t>9786055250300</t>
+        </is>
+      </c>
+      <c r="B519" s="1" t="inlineStr">
+        <is>
+          <t>Legends of Authority: The 1215 Seljuk Inscriptions of Sinop Citadel, Turkey</t>
+        </is>
+      </c>
+      <c r="C519" s="1">
+        <v>1200</v>
+      </c>
+    </row>
+    <row r="520" spans="1:3">
+      <c r="A520" s="1" t="inlineStr">
+        <is>
+          <t>9786055250287</t>
+        </is>
+      </c>
+      <c r="B520" s="1" t="inlineStr">
+        <is>
+          <t>İktidar İmgeleri: Sinop İçkalesindeki 1215 Tarihli Selçuklu Yazıtları</t>
+        </is>
+      </c>
+      <c r="C520" s="1">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="521" spans="1:3">
+      <c r="A521" s="1" t="inlineStr">
+        <is>
+          <t>9786055250805</t>
+        </is>
+      </c>
+      <c r="B521" s="1" t="inlineStr">
+        <is>
+          <t>Radikal Demokrasi - Kitlenin Biyopolitikası Halkın Hegemonyası</t>
+        </is>
+      </c>
+      <c r="C521" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="522" spans="1:3">
+      <c r="A522" s="1" t="inlineStr">
+        <is>
+          <t>9786055250829</t>
+        </is>
+      </c>
+      <c r="B522" s="1" t="inlineStr">
+        <is>
+          <t>Kurmaca Mekan</t>
+        </is>
+      </c>
+      <c r="C522" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="523" spans="1:3">
+      <c r="A523" s="1" t="inlineStr">
+        <is>
+          <t>9786055250324</t>
+        </is>
+      </c>
+      <c r="B523" s="1" t="inlineStr">
+        <is>
+          <t>Yirmi Birinci Yüzyılda Türkiye’de Yahudiler - Hoşgörünün Öteki Yüzü</t>
+        </is>
+      </c>
+      <c r="C523" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="524" spans="1:3">
+      <c r="A524" s="1" t="inlineStr">
+        <is>
+          <t>9786055250256</t>
+        </is>
+      </c>
+      <c r="B524" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye'nin Akdeniz Siyaseti (1923 - 1939)</t>
+        </is>
+      </c>
+      <c r="C524" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="525" spans="1:3">
+      <c r="A525" s="1" t="inlineStr">
+        <is>
+          <t>9786059389440</t>
+        </is>
+      </c>
+      <c r="B525" s="1" t="inlineStr">
+        <is>
+          <t>Benlik, Aile ve İnsan Gelişimi</t>
+        </is>
+      </c>
+      <c r="C525" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="526" spans="1:3">
+      <c r="A526" s="1" t="inlineStr">
+        <is>
+          <t>9786055607135</t>
+        </is>
+      </c>
+      <c r="B526" s="1" t="inlineStr">
+        <is>
+          <t>Tell Atchana, Ancient Alalakh Volume 1 - The 2003-2004 Excavations Seasons (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C526" s="1">
+        <v>2750</v>
+      </c>
+    </row>
+    <row r="527" spans="1:3">
+      <c r="A527" s="1" t="inlineStr">
+        <is>
+          <t>9786055250881</t>
+        </is>
+      </c>
+      <c r="B527" s="1" t="inlineStr">
+        <is>
+          <t>Çağdaş Sanat Müzeleri</t>
+        </is>
+      </c>
+      <c r="C527" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="528" spans="1:3">
+      <c r="A528" s="1" t="inlineStr">
+        <is>
+          <t>9786055250867</t>
+        </is>
+      </c>
+      <c r="B528" s="1" t="inlineStr">
+        <is>
+          <t>İmparatorluk Simsarları</t>
+        </is>
+      </c>
+      <c r="C528" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="529" spans="1:3">
+      <c r="A529" s="1" t="inlineStr">
+        <is>
+          <t>9786052116548</t>
+        </is>
+      </c>
+      <c r="B529" s="1" t="inlineStr">
+        <is>
+          <t>İnsan Gelişimi, Aile ve Kültür: Farklı Bakış Açıları</t>
+        </is>
+      </c>
+      <c r="C529" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="530" spans="1:3">
+      <c r="A530" s="1" t="inlineStr">
+        <is>
+          <t>9786059389792</t>
+        </is>
+      </c>
+      <c r="B530" s="1" t="inlineStr">
+        <is>
+          <t>Buhran Çağında Haysiyet - Zor Zamanlarda İnsan Hakları</t>
+        </is>
+      </c>
+      <c r="C530" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="531" spans="1:3">
+      <c r="A531" s="1" t="inlineStr">
+        <is>
+          <t>9786052116197</t>
+        </is>
+      </c>
+      <c r="B531" s="1" t="inlineStr">
+        <is>
+          <t>Ölüm ve Labirent</t>
+        </is>
+      </c>
+      <c r="C531" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="532" spans="1:3">
+      <c r="A532" s="1" t="inlineStr">
+        <is>
+          <t>9786059389884</t>
+        </is>
+      </c>
+      <c r="B532" s="1" t="inlineStr">
+        <is>
+          <t>Ortaçağda İstanbul</t>
+        </is>
+      </c>
+      <c r="C532" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="533" spans="1:3">
+      <c r="A533" s="1" t="inlineStr">
+        <is>
+          <t>9786052116647</t>
+        </is>
+      </c>
+      <c r="B533" s="1" t="inlineStr">
+        <is>
+          <t>Kültürel Eleştiri Olarak Antropoloji</t>
+        </is>
+      </c>
+      <c r="C533" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="534" spans="1:3">
+      <c r="A534" s="1" t="inlineStr">
+        <is>
           <t>9786052116296</t>
         </is>
       </c>
-      <c r="B433" s="1" t="inlineStr">
+      <c r="B534" s="1" t="inlineStr">
         <is>
           <t>Dönme Kadınlar</t>
         </is>
       </c>
-      <c r="C433" s="1">
+      <c r="C534" s="1">
         <v>210</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>