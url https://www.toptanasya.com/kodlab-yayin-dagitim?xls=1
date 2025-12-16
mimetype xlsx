--- v0 (2025-10-29)
+++ v1 (2025-12-16)
@@ -85,6580 +85,6595 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786257440820</t>
+          <t>9786256677265</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>A’dan Z’ye Siber Güvenlik</t>
+          <t>Excel ile Tam Güç</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>243.75</v>
+        <v>450</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256677241</t>
+          <t>9786257440820</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>SAP FI Danışman Rehberi</t>
+          <t>A’dan Z’ye Siber Güvenlik</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>500</v>
+        <v>243.75</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256677289</t>
+          <t>9786256677241</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Dijital Yaşam Rehberi</t>
+          <t>SAP FI Danışman Rehberi</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>99</v>
+        <v>500</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>2025230411270</t>
+          <t>9786256677289</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Mega Siber Güvenlik Seti</t>
+          <t>Dijital Yaşam Rehberi</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>2793.75</v>
+        <v>99</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256677272</t>
+          <t>2025230411270</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Bir Bilişimci Yetişiyor</t>
+          <t>Mega Siber Güvenlik Seti</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>75</v>
+        <v>2793.75</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256677258</t>
+          <t>9786256677272</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka Tabanlı Siber Güvenliğe Giriş</t>
+          <t>Bir Bilişimci Yetişiyor</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>300</v>
+        <v>75</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256677104</t>
+          <t>9786256677258</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Sıfırdan Uygulamalara Python</t>
+          <t>Yapay Zeka Tabanlı Siber Güvenliğe Giriş</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>325</v>
+        <v>300</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256677180</t>
+          <t>9786256677104</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka ile Modern Web Tasarımı</t>
+          <t>Sıfırdan Uygulamalara Python</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>1105</v>
+        <v>325</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256677005</t>
+          <t>9786256677180</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Hızlı Linux</t>
+          <t>Yapay Zeka ile Modern Web Tasarımı</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>97.5</v>
+        <v>1105</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786256677050</t>
+          <t>9786256677005</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>mBlock 5 ile Arduino Projeleri</t>
+          <t>Hızlı Linux</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>243.75</v>
+        <v>97.5</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786257440844</t>
+          <t>9786256677050</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>ChatGPT Dijital Dilin Büyüsü</t>
+          <t>mBlock 5 ile Arduino Projeleri</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>325</v>
+        <v>243.75</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786257440882</t>
+          <t>9786257440844</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>SGAM Siber Güvenlik Araçları ve Metodolojileri</t>
+          <t>ChatGPT Dijital Dilin Büyüsü</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>406.25</v>
+        <v>325</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786257440899</t>
+          <t>9786257440882</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Sap Co</t>
+          <t>SGAM Siber Güvenlik Araçları ve Metodolojileri</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>243.75</v>
+        <v>406.25</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>2023010201227</t>
+          <t>9786257440899</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Algoritma Başlangıç Seti</t>
+          <t>Sap Co</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>893.75</v>
+        <v>243.75</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>2023040201227</t>
+          <t>2023010201227</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Python Öğreniyorum Eğitim Seti</t>
+          <t>Algoritma Başlangıç Seti</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>1218.75</v>
+        <v>893.75</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786257440516</t>
+          <t>2023040201227</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Oyun Geliştiriciliğine Giriş ve Unreal Engine 5</t>
+          <t>Python Öğreniyorum Eğitim Seti</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>325</v>
+        <v>1218.75</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786257440509</t>
+          <t>9786257440516</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Python Tabanlı Algoritma</t>
+          <t>Oyun Geliştiriciliğine Giriş ve Unreal Engine 5</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>406.25</v>
+        <v>325</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>2022123987455</t>
+          <t>9786257440509</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Robotik Kodlama Eğitim Seti</t>
+          <t>Python Tabanlı Algoritma</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>1600.63</v>
+        <v>406.25</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786257440448</t>
+          <t>2022123987455</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>PICI6F877A Temelli PLC Sürüm 2.0</t>
+          <t>Çocuklar İçin Robotik Kodlama Eğitim Seti</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>487.5</v>
+        <v>1600.63</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786257440417</t>
+          <t>9786257440448</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Metaverse</t>
+          <t>PICI6F877A Temelli PLC Sürüm 2.0</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>160.88</v>
+        <v>487.5</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786257440394</t>
+          <t>9786257440417</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Adobe Illustrator CC</t>
+          <t>Metaverse</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>325</v>
+        <v>160.88</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786257440400</t>
+          <t>9786257440394</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Asp.Net Core İle Proje Geliştirme</t>
+          <t>Adobe Illustrator CC</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>243.75</v>
+        <v>325</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786257440233</t>
+          <t>9786257440400</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Sistem Ve Network Mühendisliği</t>
+          <t>Asp.Net Core İle Proje Geliştirme</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>406.25</v>
+        <v>243.75</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786257440226</t>
+          <t>9786257440233</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Excel 365 İle Veri Analizi Ve İş Uygulamaları</t>
+          <t>Sistem Ve Network Mühendisliği</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>650</v>
+        <v>406.25</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>2022052118951</t>
+          <t>9786257440226</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Sistem Yöneticiliği Seti 3</t>
+          <t>Excel 365 İle Veri Analizi Ve İş Uygulamaları</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>2275</v>
+        <v>650</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>2022052118944</t>
+          <t>2022052118951</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Süper Excel Eğitim Seti 2</t>
+          <t>Sistem Yöneticiliği Seti 3</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>2356.25</v>
+        <v>2275</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786052118344</t>
+          <t>2022052118944</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Scala ile Yeni Nesil Programlama</t>
+          <t>Süper Excel Eğitim Seti 2</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>406.25</v>
+        <v>2356.25</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786052118054</t>
+          <t>9786052118344</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>App İnventor</t>
+          <t>Scala ile Yeni Nesil Programlama</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>243.75</v>
+        <v>406.25</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786052118061</t>
+          <t>9786052118054</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Python 3</t>
+          <t>App İnventor</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>325</v>
+        <v>243.75</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786052118672</t>
+          <t>9786052118061</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Kuantum Hesaplayıcılar ve Kuantum Hesaplamaya Giriş</t>
+          <t>Python 3</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>219.38</v>
+        <v>325</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>2016199700827</t>
+          <t>9786052118672</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Makine Mühendisliği Seti - 3</t>
+          <t>Kuantum Hesaplayıcılar ve Kuantum Hesaplamaya Giriş</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>2925</v>
+        <v>219.38</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>2016199700261</t>
+          <t>2016199700827</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Makine Mühendisliği Seti - 2</t>
+          <t>Makine Mühendisliği Seti - 3</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>2681.25</v>
+        <v>2925</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>2016199700254</t>
+          <t>2016199700261</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Makine Mühendisliği Seti</t>
+          <t>Makine Mühendisliği Seti - 2</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>1868.75</v>
+        <v>2681.25</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>2016199701077</t>
+          <t>2016199700254</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Grafik Tasarım Uzmanlığı Seti (4 Kitap Takım)</t>
+          <t>Makine Mühendisliği Seti</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>3167.13</v>
+        <v>1868.75</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786054205141</t>
+          <t>2016199701077</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Bilgisayar Öğreniyorum 2012</t>
+          <t>Grafik Tasarım Uzmanlığı Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>406.25</v>
+        <v>3167.13</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>2016199000316</t>
+          <t>9786054205141</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Oyun Programlama Seti (3 Kitap Takım)</t>
+          <t>Bilgisayar Öğreniyorum 2012</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>869.38</v>
+        <v>406.25</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>2016199700728</t>
+          <t>2016199000316</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Başlangıçtan Uzmanlığa Windows Server Seti (3 Kitap Takım)</t>
+          <t>Oyun Programlama Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>1950</v>
+        <v>869.38</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>2016199700292</t>
+          <t>2016199700728</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Office ve İş Yönetimi Eğitim Seti (6 Kitap Takım)</t>
+          <t>Başlangıçtan Uzmanlığa Windows Server Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>2518.75</v>
+        <v>1950</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>2016199700841</t>
+          <t>2016199700292</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Mühendisler Için 3 Boyutlu Tasarım Seti - 2 (5 Kitap Takım)</t>
+          <t>Office ve İş Yönetimi Eğitim Seti (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>3085.88</v>
+        <v>2518.75</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>2016199700179</t>
+          <t>2016199700841</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Excel Eğitim Seti (2 Kitap Takım)</t>
+          <t>Mühendisler Için 3 Boyutlu Tasarım Seti - 2 (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>975</v>
+        <v>3085.88</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786059118897</t>
+          <t>2016199700179</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Ansys Workbench</t>
+          <t>Excel Eğitim Seti (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>406.25</v>
+        <v>975</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786059118866</t>
+          <t>9786059118897</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Her Yönüyle HTML</t>
+          <t>Ansys Workbench</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>325</v>
+        <v>406.25</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786052118382</t>
+          <t>9786059118866</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin Arduino</t>
+          <t>Her Yönüyle HTML</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>219.38</v>
+        <v>325</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786052118375</t>
+          <t>9786052118382</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Asp.Net Core</t>
+          <t>Herkes İçin Arduino</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>243.75</v>
+        <v>219.38</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>2016199000323</t>
+          <t>9786052118375</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Oyun Programlama Seti (3 Kitap Takım)</t>
+          <t>Asp.Net Core</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>869.38</v>
+        <v>243.75</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>2016199700858</t>
+          <t>2016199000323</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Mühendisler İçin 3 Boyutlu Tasarım Seti 3 (4 Kitap Takım)</t>
+          <t>Oyun Programlama Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>2679.63</v>
+        <v>869.38</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>2016199700834</t>
+          <t>2016199700858</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Mühendisler İçin 3 Boyutlu Tasarım Seti (6 Kitap Takım)</t>
+          <t>Mühendisler İçin 3 Boyutlu Tasarım Seti 3 (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>3329.63</v>
+        <v>2679.63</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786052118146</t>
+          <t>2016199700834</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Web Geliştiricileri İçin Linux</t>
+          <t>Mühendisler İçin 3 Boyutlu Tasarım Seti (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>406.25</v>
+        <v>3329.63</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786059118873</t>
+          <t>9786052118146</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Her Yönüyle C# 10</t>
+          <t>Web Geliştiricileri İçin Linux</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>812.5</v>
+        <v>406.25</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786059118767</t>
+          <t>9786059118873</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Raspberry PI</t>
+          <t>Her Yönüyle C# 10</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>243.75</v>
+        <v>812.5</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786052118207</t>
+          <t>9786059118767</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Python Öğreniyorum</t>
+          <t>Raspberry PI</t>
         </is>
       </c>
       <c r="C52" s="1">
         <v>243.75</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>2016199700971</t>
+          <t>9786052118207</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Excel Eğitim Seti 2</t>
+          <t>Python Öğreniyorum</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>1300</v>
+        <v>243.75</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786059118965</t>
+          <t>2016199700971</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Projeler İle CATIA</t>
+          <t>Excel Eğitim Seti 2</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>406.25</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786055201500</t>
+          <t>9786059118965</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Autocad 2015</t>
+          <t>Projeler İle CATIA</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>325</v>
+        <v>406.25</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786055201425</t>
+          <t>9786055201500</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Projeler ile Excel ve Makrolar</t>
+          <t>Autocad 2015</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>975</v>
+        <v>325</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786059118484</t>
+          <t>9786055201425</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>AngularJS ile Web ve Mobil Uygulama Geliştirme</t>
+          <t>Projeler ile Excel ve Makrolar</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>219.38</v>
+        <v>975</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786055201340</t>
+          <t>9786059118484</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Projeler İle C# 7.0 ve SQL Server 2016</t>
+          <t>AngularJS ile Web ve Mobil Uygulama Geliştirme</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>731.25</v>
+        <v>219.38</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786054205622</t>
+          <t>9786055201340</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Standart Edition Java 8</t>
+          <t>Projeler İle C# 7.0 ve SQL Server 2016</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>487.5</v>
+        <v>731.25</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786059118460</t>
+          <t>9786054205622</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>VHDL İle Sayısal Tasarım ve FPGA Uygulamaları</t>
+          <t>Standart Edition Java 8</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>325</v>
+        <v>487.5</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786055201586</t>
+          <t>9786059118460</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Her Yönüyle C# 6.0</t>
+          <t>VHDL İle Sayısal Tasarım ve FPGA Uygulamaları</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>406.25</v>
+        <v>325</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786055201364</t>
+          <t>9786055201586</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Autolisp Visual Lisp</t>
+          <t>Her Yönüyle C# 6.0</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>325</v>
+        <v>406.25</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786055201289</t>
+          <t>9786055201364</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Dijital Fotoğrafçılığa Merhaba</t>
+          <t>Autolisp Visual Lisp</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>160.88</v>
+        <v>325</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786054205059</t>
+          <t>9786055201289</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Uzmanlar İçin PHP</t>
+          <t>Dijital Fotoğrafçılığa Merhaba</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>325</v>
+        <v>160.88</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786055201128</t>
+          <t>9786054205059</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalarla ASP.NET</t>
+          <t>Uzmanlar İçin PHP</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>487.5</v>
+        <v>325</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786054205554</t>
+          <t>9786055201128</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Ubuntu</t>
+          <t>Uygulamalarla ASP.NET</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>243.75</v>
+        <v>487.5</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786054205387</t>
+          <t>9786054205554</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin İlk ve Tek SAP ABAP / 4 Kitabı</t>
+          <t>Ubuntu</t>
         </is>
       </c>
       <c r="C67" s="1">
         <v>243.75</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786054205806</t>
+          <t>9786054205387</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>T - SQL ve SQL Server 2012</t>
+          <t>Türkiye’nin İlk ve Tek SAP ABAP / 4 Kitabı</t>
         </is>
       </c>
       <c r="C68" s="1">
         <v>243.75</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786054205219</t>
+          <t>9786054205806</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>SQL Server 2008 R2</t>
+          <t>T - SQL ve SQL Server 2012</t>
         </is>
       </c>
       <c r="C69" s="1">
         <v>243.75</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786054205882</t>
+          <t>9786054205219</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>SolidWorks ve SolidCam 3DQuickPress 2012</t>
+          <t>SQL Server 2008 R2</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>650</v>
+        <v>243.75</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786054205196</t>
+          <t>9786054205882</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Solidworks Solidcam 2011 Tasarım-Üretim</t>
+          <t>SolidWorks ve SolidCam 3DQuickPress 2012</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>487.5</v>
+        <v>650</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786055201180</t>
+          <t>9786054205196</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Solidworks 2013</t>
+          <t>Solidworks Solidcam 2011 Tasarım-Üretim</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>650</v>
+        <v>487.5</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786054205356</t>
+          <t>9786055201180</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Seo 2013 - Search Engine Optimization</t>
+          <t>Solidworks 2013</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>243.75</v>
+        <v>650</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786054205561</t>
+          <t>9786054205356</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Robot Programlama</t>
+          <t>Seo 2013 - Search Engine Optimization</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>219.38</v>
+        <v>243.75</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786055201210</t>
+          <t>9786054205561</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>RFID Gömülü Sistemler ile Mimarisi ve Programlama</t>
+          <t>Robot Programlama</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>325</v>
+        <v>219.38</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786054205103</t>
+          <t>9786055201210</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Python</t>
+          <t>RFID Gömülü Sistemler ile Mimarisi ve Programlama</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>406.25</v>
+        <v>325</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786054205745</t>
+          <t>9786054205103</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Profesyonel WordPress</t>
+          <t>Python</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>219.38</v>
+        <v>406.25</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786054205837</t>
+          <t>9786054205745</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>PHP</t>
+          <t>Profesyonel WordPress</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>406.25</v>
+        <v>219.38</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786054205004</t>
+          <t>9786054205837</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Photoshop CS5</t>
+          <t>PHP</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>243.75</v>
+        <v>406.25</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786054205493</t>
+          <t>9786054205004</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Pardus 2011</t>
+          <t>Photoshop CS5</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>219.38</v>
+        <v>243.75</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786054205226</t>
+          <t>9786054205493</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Oracle 11g R2</t>
+          <t>Pardus 2011</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>243.75</v>
+        <v>219.38</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786054205349</t>
+          <t>9786054205226</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Office 2010</t>
+          <t>Oracle 11g R2</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>325</v>
+        <v>243.75</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786054205752</t>
+          <t>9786054205349</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>MicroSoft Project 2016</t>
+          <t>Office 2010</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>243.75</v>
+        <v>325</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786054205448</t>
+          <t>9786054205752</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Maya Zbrush - Karakter Modelleme</t>
+          <t>MicroSoft Project 2016</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>219.38</v>
+        <v>243.75</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786054205073</t>
+          <t>9786054205448</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Maya Unlimited 2009</t>
+          <t>Maya Zbrush - Karakter Modelleme</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>406.25</v>
+        <v>219.38</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786054205585</t>
+          <t>9786054205073</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Matlab</t>
+          <t>Maya Unlimited 2009</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>243.75</v>
+        <v>406.25</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786054205790</t>
+          <t>9786054205585</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>JQuery Mobile</t>
+          <t>Matlab</t>
         </is>
       </c>
       <c r="C87" s="1">
         <v>243.75</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786054205394</t>
+          <t>9786054205790</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Jquery</t>
+          <t>JQuery Mobile</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>406.25</v>
+        <v>243.75</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786054205721</t>
+          <t>9786054205394</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Joomla</t>
+          <t>Jquery</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>243.75</v>
+        <v>406.25</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786054205110</t>
+          <t>9786054205721</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>JavaScript</t>
+          <t>Joomla</t>
         </is>
       </c>
       <c r="C90" s="1">
         <v>243.75</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786054205257</t>
+          <t>9786054205110</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Java ve Java Teknolojileri</t>
+          <t>JavaScript</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>406.25</v>
+        <v>243.75</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786054205462</t>
+          <t>9786054205257</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>İOS Programlamaya Giriş</t>
+          <t>Java ve Java Teknolojileri</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>219.38</v>
+        <v>406.25</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786054205035</t>
+          <t>9786054205462</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>İnternet Explorer 8</t>
+          <t>İOS Programlamaya Giriş</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>160.88</v>
+        <v>219.38</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786055201067</t>
+          <t>9786054205035</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>İleri Web Tasarım Teknikleri</t>
+          <t>İnternet Explorer 8</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>219.38</v>
+        <v>160.88</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786054205370</t>
+          <t>9786055201067</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Mobil Proglamlama</t>
+          <t>İleri Web Tasarım Teknikleri</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>325</v>
+        <v>219.38</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786055201463</t>
+          <t>9786054205370</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Asp Net Mvc5</t>
+          <t>Mobil Proglamlama</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>406.25</v>
+        <v>325</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786055201319</t>
+          <t>9786055201463</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Android Tabanlı Mobil Uygulama Geliştirme</t>
+          <t>Asp Net Mvc5</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>243.75</v>
+        <v>406.25</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786055201272</t>
+          <t>9786055201319</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>After Effects CS6 and CC</t>
+          <t>Android Tabanlı Mobil Uygulama Geliştirme</t>
         </is>
       </c>
       <c r="C98" s="1">
         <v>243.75</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786055201258</t>
+          <t>9786055201272</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>İleri Seviye Windows Server 2012</t>
+          <t>After Effects CS6 and CC</t>
         </is>
       </c>
       <c r="C99" s="1">
         <v>243.75</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786055201678</t>
+          <t>9786055201258</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Swift ve Objective-C İle İOS SDK</t>
+          <t>İleri Seviye Windows Server 2012</t>
         </is>
       </c>
       <c r="C100" s="1">
         <v>243.75</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786055201555</t>
+          <t>9786055201678</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Projeler İle SQL Server 2016</t>
+          <t>Swift ve Objective-C İle İOS SDK</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>325</v>
+        <v>243.75</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786054205363</t>
+          <t>9786055201555</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Indesign CS6 ve CC</t>
+          <t>Projeler İle SQL Server 2016</t>
         </is>
       </c>
       <c r="C102" s="1">
         <v>325</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786055201432</t>
+          <t>9786054205363</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Backtrack 5 R3 ve Penetrasyon Testleri</t>
+          <t>Indesign CS6 ve CC</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>243.75</v>
+        <v>325</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786055201401</t>
+          <t>9786055201432</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Solidworks ve Solidcam 2014</t>
+          <t>Backtrack 5 R3 ve Penetrasyon Testleri</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>650</v>
+        <v>243.75</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786055201333</t>
+          <t>9786055201401</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Php ile E-Ticaret Kapıları</t>
+          <t>Solidworks ve Solidcam 2014</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>325</v>
+        <v>650</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786052118221</t>
+          <t>9786055201333</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Teknolojileri ve Yönetim Bilişim Sistemleri</t>
+          <t>Php ile E-Ticaret Kapıları</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>243.75</v>
+        <v>325</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786052118139</t>
+          <t>9786052118221</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>E-Ticaret Rehberi</t>
+          <t>Bilgi Teknolojileri ve Yönetim Bilişim Sistemleri</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>219.38</v>
+        <v>243.75</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786052118092</t>
+          <t>9786052118139</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Kendi Siteni Kendin Koru</t>
+          <t>E-Ticaret Rehberi</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>243.75</v>
+        <v>219.38</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786059118811</t>
+          <t>9786052118092</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Torque 3D</t>
+          <t>Kendi Siteni Kendin Koru</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>219.38</v>
+        <v>243.75</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786059118842</t>
+          <t>9786059118811</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Sap PP 1. Cilt</t>
+          <t>Torque 3D</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>406.25</v>
+        <v>219.38</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786052118269</t>
+          <t>9786059118842</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Arm Cortex - M4 İle Mikrodenetleyici Programlama</t>
+          <t>Sap PP 1. Cilt</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>487.5</v>
+        <v>406.25</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786052118191</t>
+          <t>9786052118269</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>C# ile Nesne Tabanlı Programlama</t>
+          <t>Arm Cortex - M4 İle Mikrodenetleyici Programlama</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>243.75</v>
+        <v>487.5</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786052118016</t>
+          <t>9786052118191</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Bilgisayar Öğreniyorum</t>
+          <t>C# ile Nesne Tabanlı Programlama</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>406.25</v>
+        <v>243.75</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786052118023</t>
+          <t>9786052118016</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Hızlı Office</t>
+          <t>Bilgisayar Öğreniyorum</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>455</v>
+        <v>406.25</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786059118828</t>
+          <t>9786052118023</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Nesnelerin İnterneti</t>
+          <t>Hızlı Office</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>219.38</v>
+        <v>455</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786059118590</t>
+          <t>9786059118828</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Office 2016 Türkçe</t>
+          <t>Nesnelerin İnterneti</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>243.75</v>
+        <v>219.38</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786052118276</t>
+          <t>9786059118590</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Autocad</t>
+          <t>Office 2016 Türkçe</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>325</v>
+        <v>243.75</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786059118941</t>
+          <t>9786052118276</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Sap Abap - 4</t>
+          <t>Autocad</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>487.5</v>
+        <v>325</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786052118085</t>
+          <t>9786059118941</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Bilişim Teknolojileri ve Yazılım</t>
+          <t>Sap Abap - 4</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>325</v>
+        <v>487.5</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786059118903</t>
+          <t>9786052118085</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Scratch ile Programlama</t>
+          <t>Bilişim Teknolojileri ve Yazılım</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>243.75</v>
+        <v>325</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786059118774</t>
+          <t>9786059118903</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Unity 3D İle Oyun Programlama</t>
+          <t>Scratch ile Programlama</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>325</v>
+        <v>243.75</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786059118651</t>
+          <t>9786059118774</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>AUTOCAD 2017</t>
+          <t>Unity 3D İle Oyun Programlama</t>
         </is>
       </c>
       <c r="C122" s="1">
         <v>325</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786059118613</t>
+          <t>9786059118651</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Node.Js</t>
+          <t>AUTOCAD 2017</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>219.38</v>
+        <v>325</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786059118620</t>
+          <t>9786059118613</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Laravel</t>
+          <t>Node.Js</t>
         </is>
       </c>
       <c r="C124" s="1">
         <v>219.38</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>2016199700766</t>
+          <t>9786059118620</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Oyun Programlama Uzmanlığı Seti (4 Kitap Takım)</t>
+          <t>Laravel</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>1194.38</v>
+        <v>219.38</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>2016199700759</t>
+          <t>2016199700766</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Projeler İle Arduino Eğitim Seti (4 Kitap Takım)</t>
+          <t>Oyun Programlama Uzmanlığı Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>1113.13</v>
+        <v>1194.38</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>2016199700810</t>
+          <t>2016199700759</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Scratch İle Kolay Programlama Seti (3 Kitap Takım)</t>
+          <t>Projeler İle Arduino Eğitim Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>893.75</v>
+        <v>1113.13</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>2016199700490</t>
+          <t>2016199700810</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Windows Server Sistem Yönetimi Seti (2 Kitap Takım)</t>
+          <t>Scratch İle Kolay Programlama Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>1462.5</v>
+        <v>893.75</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786059118798</t>
+          <t>2016199700490</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Yeni Başlayanlar İçin Windows Server</t>
+          <t>Windows Server Sistem Yönetimi Seti (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>487.5</v>
+        <v>1462.5</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786059118743</t>
+          <t>9786059118798</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım Seo</t>
+          <t>Yeni Başlayanlar İçin Windows Server</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>243.75</v>
+        <v>487.5</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786059118446</t>
+          <t>9786059118743</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Mikrodenetleyiciler İle Seri İletişim</t>
+          <t>Adım Adım Seo</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>487.5</v>
+        <v>243.75</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786059118880</t>
+          <t>9786059118446</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Full Stack MVC</t>
+          <t>Mikrodenetleyiciler İle Seri İletişim</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>243.75</v>
+        <v>487.5</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786059118507</t>
+          <t>9786059118880</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Phonegap Cordova ile Mobil Uygulama Geliştirme</t>
+          <t>Full Stack MVC</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>219.38</v>
+        <v>243.75</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786059118835</t>
+          <t>9786059118507</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Kod Blokları İle Arduino</t>
+          <t>Phonegap Cordova ile Mobil Uygulama Geliştirme</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>243.75</v>
+        <v>219.38</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786059118682</t>
+          <t>9786059118835</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>V-RAY 3.3</t>
+          <t>Kod Blokları İle Arduino</t>
         </is>
       </c>
       <c r="C135" s="1">
         <v>243.75</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786059118699</t>
+          <t>9786059118682</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>SAP BW</t>
+          <t>V-RAY 3.3</t>
         </is>
       </c>
       <c r="C136" s="1">
         <v>243.75</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786055201487</t>
+          <t>9786059118699</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Cinema 4D</t>
+          <t>SAP BW</t>
         </is>
       </c>
       <c r="C137" s="1">
         <v>243.75</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786055201593</t>
+          <t>9786055201487</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>3D Studio Max 2017</t>
+          <t>Cinema 4D</t>
         </is>
       </c>
       <c r="C138" s="1">
         <v>243.75</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786055201371</t>
+          <t>9786055201593</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Exchange Server 2013</t>
+          <t>3D Studio Max 2017</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>325</v>
+        <v>243.75</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786055201234</t>
+          <t>9786055201371</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Javascript Programlama</t>
+          <t>Exchange Server 2013</t>
         </is>
       </c>
       <c r="C140" s="1">
         <v>325</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786055201142</t>
+          <t>9786055201234</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Yazılımcılar İçin İleri Seviye T-SQL Programlama</t>
+          <t>Javascript Programlama</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>406.25</v>
+        <v>325</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786054205264</t>
+          <t>9786055201142</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>XML ve İleri XML Teknolojileri</t>
+          <t>Yazılımcılar İçin İleri Seviye T-SQL Programlama</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>243.75</v>
+        <v>406.25</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786054205202</t>
+          <t>9786054205264</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>XHTML ve CSS</t>
+          <t>XML ve İleri XML Teknolojileri</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>325</v>
+        <v>243.75</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786054205523</t>
+          <t>9786054205202</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>WPF</t>
+          <t>XHTML ve CSS</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>243.75</v>
+        <v>325</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786055201227</t>
+          <t>9786054205523</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Windows Server 2012</t>
+          <t>WPF</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>325</v>
+        <v>243.75</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786054205646</t>
+          <t>9786055201227</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Windows 8</t>
+          <t>Windows Server 2012</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>219.38</v>
+        <v>325</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786054205547</t>
+          <t>9786054205646</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Web Tasarım Temelleri</t>
+          <t>Windows 8</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>325</v>
+        <v>219.38</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786054205134</t>
+          <t>9786054205547</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Web Tasarım Rehberi</t>
+          <t>Web Tasarım Temelleri</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>406.25</v>
+        <v>325</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786054205820</t>
+          <t>9786054205134</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Visual Studio 2012</t>
+          <t>Web Tasarım Rehberi</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>243.75</v>
+        <v>406.25</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786054205172</t>
+          <t>9786054205820</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Visual Basic .Net 2010</t>
+          <t>Visual Studio 2012</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>568.75</v>
+        <v>243.75</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786054205417</t>
+          <t>9786054205172</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Visual Studio 2010</t>
+          <t>Visual Basic .Net 2010</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>325</v>
+        <v>568.75</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786054205479</t>
+          <t>9786054205417</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Windows Server 2008 R2/SP1</t>
+          <t>Visual Studio 2010</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>243.75</v>
+        <v>325</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786055201388</t>
+          <t>9786054205479</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Android Programlama</t>
+          <t>Windows Server 2008 R2/SP1</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>219.38</v>
+        <v>243.75</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786055201296</t>
+          <t>9786055201388</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>SAP SD modülüne giriş</t>
+          <t>Android Programlama</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>243.75</v>
+        <v>219.38</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786055201302</t>
+          <t>9786055201296</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Tasarımdan Programlamaya Mobil Uygulama Geliştirme</t>
+          <t>SAP SD modülüne giriş</t>
         </is>
       </c>
       <c r="C155" s="1">
         <v>243.75</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786055201036</t>
+          <t>9786055201302</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Illustrator CS6</t>
+          <t>Tasarımdan Programlamaya Mobil Uygulama Geliştirme</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>325</v>
+        <v>243.75</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786054205240</t>
+          <t>9786055201036</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Her Yönüyle PHP 6</t>
+          <t>Illustrator CS6</t>
         </is>
       </c>
       <c r="C157" s="1">
         <v>325</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786054205486</t>
+          <t>9786054205240</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Her Yönüyle HTML5</t>
+          <t>Her Yönüyle PHP 6</t>
         </is>
       </c>
       <c r="C158" s="1">
         <v>325</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786055201111</t>
+          <t>9786054205486</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Her Yönüyle C# 5.0</t>
+          <t>Her Yönüyle HTML5</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>487.5</v>
+        <v>325</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786054205295</t>
+          <t>9786055201111</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Her Yönüyle C# 4.0</t>
+          <t>Her Yönüyle C# 5.0</t>
         </is>
       </c>
       <c r="C160" s="1">
         <v>487.5</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786055201098</t>
+          <t>9786054205295</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Her Yönüyle C</t>
+          <t>Her Yönüyle C# 4.0</t>
         </is>
       </c>
       <c r="C161" s="1">
         <v>487.5</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786055201043</t>
+          <t>9786055201098</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Her Yönüyle  WordPress</t>
+          <t>Her Yönüyle C</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>243.75</v>
+        <v>487.5</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786054205608</t>
+          <t>9786055201043</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Grafik-Tasarım Rehberi</t>
+          <t>Her Yönüyle  WordPress</t>
         </is>
       </c>
       <c r="C163" s="1">
         <v>243.75</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786054205400</t>
+          <t>9786054205608</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Grafik ve Animasyon</t>
+          <t>Grafik-Tasarım Rehberi</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>325</v>
+        <v>243.75</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786054205813</t>
+          <t>9786054205400</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Google App Engine</t>
+          <t>Grafik ve Animasyon</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>219.38</v>
+        <v>325</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786054205868</t>
+          <t>9786054205813</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Flash CS6 ve ActionScript 3.0</t>
+          <t>Google App Engine</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>325</v>
+        <v>219.38</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786054205028</t>
+          <t>9786054205868</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Flash CS4</t>
+          <t>Flash CS6 ve ActionScript 3.0</t>
         </is>
       </c>
       <c r="C167" s="1">
         <v>325</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786054205288</t>
+          <t>9786054205028</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Exchange Server 2010</t>
+          <t>Flash CS4</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>243.75</v>
+        <v>325</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786054205431</t>
+          <t>9786054205288</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Excel 2010 ve VBA</t>
+          <t>Exchange Server 2010</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>325</v>
+        <v>243.75</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786054205684</t>
+          <t>9786054205431</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Dijital Elektronik</t>
+          <t>Excel 2010 ve VBA</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>219.38</v>
+        <v>325</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786054205516</t>
+          <t>9786054205684</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Coreldraw X5</t>
+          <t>Dijital Elektronik</t>
         </is>
       </c>
       <c r="C171" s="1">
         <v>219.38</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786054205738</t>
+          <t>9786054205516</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>C++ Eğitim Kitabı</t>
+          <t>Coreldraw X5</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>325</v>
+        <v>219.38</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786054205639</t>
+          <t>9786054205738</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>C# ve VB.NET ile Uygulamalı Eğitim Kaynağı Silverlight 4</t>
+          <t>C++ Eğitim Kitabı</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>243.75</v>
+        <v>325</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786054205011</t>
+          <t>9786054205639</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>C# ile Asp.Net 4</t>
+          <t>C# ve VB.NET ile Uygulamalı Eğitim Kaynağı Silverlight 4</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>406.25</v>
+        <v>243.75</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786055201081</t>
+          <t>9786054205011</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Bilgisayar Öğreniyorum 2013</t>
+          <t>C# ile Asp.Net 4</t>
         </is>
       </c>
       <c r="C175" s="1">
         <v>406.25</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786054205783</t>
+          <t>9786055201081</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Bilgisayar Kullanıyorum</t>
+          <t>Bilgisayar Öğreniyorum 2013</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>325</v>
+        <v>406.25</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786054205875</t>
+          <t>9786054205783</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>AutoCad 2013 ve Autolisp</t>
+          <t>Bilgisayar Kullanıyorum</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>406.25</v>
+        <v>325</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786054205592</t>
+          <t>9786054205875</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>AutoCad 2012 and Autolisp</t>
+          <t>AutoCad 2013 ve Autolisp</t>
         </is>
       </c>
       <c r="C178" s="1">
         <v>406.25</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786054205318</t>
+          <t>9786054205592</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>AutoCad 2011 and AutoLisp</t>
+          <t>AutoCad 2012 and Autolisp</t>
         </is>
       </c>
       <c r="C179" s="1">
         <v>406.25</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786054205653</t>
+          <t>9786054205318</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>ASP.NET MVC3 RAZOR</t>
+          <t>AutoCad 2011 and AutoLisp</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>243.75</v>
+        <v>406.25</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786054205844</t>
+          <t>9786054205653</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>ASP. NET MVC4</t>
+          <t>ASP.NET MVC3 RAZOR</t>
         </is>
       </c>
       <c r="C181" s="1">
         <v>243.75</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786055201074</t>
+          <t>9786054205844</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Android Studio İle Programlama</t>
+          <t>ASP. NET MVC4</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>406.25</v>
+        <v>243.75</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786054205509</t>
+          <t>9786055201074</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Android</t>
+          <t>Android Studio İle Programlama</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>325</v>
+        <v>406.25</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786055201241</t>
+          <t>9786054205509</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Algoritma ve Programlama Mantığı</t>
+          <t>Android</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>243.75</v>
+        <v>325</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786054205530</t>
+          <t>9786055201241</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Algoritma</t>
+          <t>Algoritma ve Programlama Mantığı</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>325</v>
+        <v>243.75</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786055201166</t>
+          <t>9786054205530</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Ağ ve Yazılım Güvenliği</t>
+          <t>Algoritma</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>243.75</v>
+        <v>325</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786054205332</t>
+          <t>9786055201166</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Adobe Illustrator CS5</t>
+          <t>Ağ ve Yazılım Güvenliği</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>325</v>
+        <v>243.75</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786054205325</t>
+          <t>9786054205332</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Adobe Flash Professional CS5 and ActionScript 3.0</t>
+          <t>Adobe Illustrator CS5</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>406.25</v>
+        <v>325</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786054205660</t>
+          <t>9786054205325</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Adobe Dreamweaver CS5.5</t>
+          <t>Adobe Flash Professional CS5 and ActionScript 3.0</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>325</v>
+        <v>406.25</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786054205905</t>
+          <t>9786054205660</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>3D Studio Max Karakter Modelleme ve Dokulandırma (Renkli Baskı)</t>
+          <t>Adobe Dreamweaver CS5.5</t>
         </is>
       </c>
       <c r="C190" s="1">
         <v>325</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786055201050</t>
+          <t>9786054205905</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>After Effects CS6</t>
+          <t>3D Studio Max Karakter Modelleme ve Dokulandırma (Renkli Baskı)</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>219.38</v>
+        <v>325</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786054205301</t>
+          <t>9786055201050</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>10 Adımda Yazılım Geliştirme</t>
+          <t>After Effects CS6</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>243.75</v>
+        <v>219.38</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786054205042</t>
+          <t>9786054205301</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>10 Adımda Web Tasarımı</t>
+          <t>10 Adımda Yazılım Geliştirme</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>219.38</v>
+        <v>243.75</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786054205189</t>
+          <t>9786054205042</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>10 Adımda Online Satış Sitesi</t>
+          <t>10 Adımda Web Tasarımı</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>160.88</v>
+        <v>219.38</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786054205080</t>
+          <t>9786054205189</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>10 Adımda Flash Oyun Programlama</t>
+          <t>10 Adımda Online Satış Sitesi</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>243.75</v>
+        <v>160.88</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786054205707</t>
+          <t>9786054205080</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>10 Adımda E-Ticaret Sitesi Tasarım ve Programlama</t>
+          <t>10 Adımda Flash Oyun Programlama</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>219.38</v>
+        <v>243.75</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786054205165</t>
+          <t>9786054205707</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>10 Adımda Bilgisayar Güvenliği</t>
+          <t>10 Adımda E-Ticaret Sitesi Tasarım ve Programlama</t>
         </is>
       </c>
       <c r="C197" s="1">
         <v>219.38</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786054205677</t>
+          <t>9786054205165</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Adobe Muse</t>
+          <t>10 Adımda Bilgisayar Güvenliği</t>
         </is>
       </c>
       <c r="C198" s="1">
         <v>219.38</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786055201159</t>
+          <t>9786054205677</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Adobe Indesign İle Dijital ve Basılı Yayıncılık</t>
+          <t>Adobe Muse</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>243.75</v>
+        <v>219.38</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786059118514</t>
+          <t>9786055201159</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>IIS 8.5</t>
+          <t>Adobe Indesign İle Dijital ve Basılı Yayıncılık</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>160.88</v>
+        <v>243.75</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786059118521</t>
+          <t>9786059118514</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Metasploit ve Penetrasyon Testleri</t>
+          <t>IIS 8.5</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>243.75</v>
+        <v>160.88</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786055201326</t>
+          <t>9786059118521</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Mastercam X7</t>
+          <t>Metasploit ve Penetrasyon Testleri</t>
         </is>
       </c>
       <c r="C202" s="1">
         <v>243.75</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786054205158</t>
+          <t>9786055201326</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Windows 7</t>
+          <t>Mastercam X7</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>325</v>
+        <v>243.75</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786059118675</t>
+          <t>9786054205158</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>ATMEL ile Gömülü Sistemlere Giriş</t>
+          <t>Windows 7</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>243.75</v>
+        <v>325</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786059118545</t>
+          <t>9786059118675</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Modüler Sisteme Göre Temel Bilgi Teknolojileri</t>
+          <t>ATMEL ile Gömülü Sistemlere Giriş</t>
         </is>
       </c>
       <c r="C205" s="1">
         <v>243.75</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786059118538</t>
+          <t>9786059118545</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Asp. Net İle Proje Geliştirme</t>
+          <t>Modüler Sisteme Göre Temel Bilgi Teknolojileri</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>219.38</v>
+        <v>243.75</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786059118477</t>
+          <t>9786059118538</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Solidworks ve Solidcam 2015</t>
+          <t>Asp. Net İle Proje Geliştirme</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>650</v>
+        <v>219.38</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786055201647</t>
+          <t>9786059118477</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Unreal Engine 4</t>
+          <t>Solidworks ve Solidcam 2015</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>219.38</v>
+        <v>650</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786055201470</t>
+          <t>9786055201647</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Visual Studio 2015 - Oku, İzle, Dinle, Öğren!</t>
+          <t>Unreal Engine 4</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>325</v>
+        <v>219.38</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786059118804</t>
+          <t>9786055201470</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka</t>
+          <t>Visual Studio 2015 - Oku, İzle, Dinle, Öğren!</t>
         </is>
       </c>
       <c r="C210" s="1">
         <v>325</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786059118606</t>
+          <t>9786059118804</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Windows Server Sistem Yönetimi 2. Cilt</t>
+          <t>Yapay Zeka</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>731.25</v>
+        <v>325</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786055201661</t>
+          <t>9786059118606</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Unity 3D</t>
+          <t>Windows Server Sistem Yönetimi 2. Cilt</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>243.75</v>
+        <v>731.25</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786055201623</t>
+          <t>9786055201661</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>WordPress Tema Programlama</t>
+          <t>Unity 3D</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>219.38</v>
+        <v>243.75</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786055201517</t>
+          <t>9786055201623</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Projeler İle Arduino</t>
+          <t>WordPress Tema Programlama</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>325</v>
+        <v>219.38</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786059118705</t>
+          <t>9786055201517</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>C++ İle Projeler</t>
+          <t>Projeler İle Arduino</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>243.75</v>
+        <v>325</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786059118712</t>
+          <t>9786059118705</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Ruby Programlama</t>
+          <t>C++ İle Projeler</t>
         </is>
       </c>
       <c r="C216" s="1">
         <v>243.75</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786059118729</t>
+          <t>9786059118712</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Youtube</t>
+          <t>Ruby Programlama</t>
         </is>
       </c>
       <c r="C217" s="1">
         <v>243.75</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786059118736</t>
+          <t>9786059118729</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>ASP.Net Web Apı ve Özellikleri</t>
+          <t>Youtube</t>
         </is>
       </c>
       <c r="C218" s="1">
         <v>243.75</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786059118583</t>
+          <t>9786059118736</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>React Native</t>
+          <t>ASP.Net Web Apı ve Özellikleri</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>219.38</v>
+        <v>243.75</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786059118026</t>
+          <t>9786059118583</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Bootstrap 3</t>
+          <t>React Native</t>
         </is>
       </c>
       <c r="C220" s="1">
         <v>219.38</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786055201654</t>
+          <t>9786059118026</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Android Oyun Programlamaya Giriş</t>
+          <t>Bootstrap 3</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>243.75</v>
+        <v>219.38</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786055201395</t>
+          <t>9786055201654</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Solidworks 2014</t>
+          <t>Android Oyun Programlamaya Giriş</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>325</v>
+        <v>243.75</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786055201418</t>
+          <t>9786055201395</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Facebook Programlama</t>
+          <t>Solidworks 2014</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>219.38</v>
+        <v>325</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786059118576</t>
+          <t>9786055201418</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>SAP FI</t>
+          <t>Facebook Programlama</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>243.75</v>
+        <v>219.38</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786055201609</t>
+          <t>9786059118576</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Algoritmalar</t>
+          <t>SAP FI</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>406.25</v>
+        <v>243.75</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786055201562</t>
+          <t>9786055201609</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Bilgisayar Öğreniyorum</t>
+          <t>Algoritmalar</t>
         </is>
       </c>
       <c r="C226" s="1">
         <v>406.25</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786257440196</t>
+          <t>9786055201562</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Projelerle Yapak Zeka ve Bilgisayarlı Görü</t>
+          <t>Bilgisayar Öğreniyorum</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>487.5</v>
+        <v>406.25</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786257440202</t>
+          <t>9786257440196</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Genel Veri Tabanı Tasarımı</t>
+          <t>Projelerle Yapak Zeka ve Bilgisayarlı Görü</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>243.75</v>
+        <v>487.5</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786257440189</t>
+          <t>9786257440202</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Veri Bilimi İçin Python</t>
+          <t>Genel Veri Tabanı Tasarımı</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>406.25</v>
+        <v>243.75</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786055201203</t>
+          <t>9786257440189</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Office 2013 Türkçe</t>
+          <t>Veri Bilimi İçin Python</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>325</v>
+        <v>406.25</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786052118542</t>
+          <t>9786055201203</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Şapkalı Seo</t>
+          <t>Office 2013 Türkçe</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>219.38</v>
+        <v>325</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>2016199700999</t>
+          <t>9786052118542</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Süper Excel Eğitim Seti ( 5 Kitap Takım)</t>
+          <t>Beyaz Şapkalı Seo</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>1706.25</v>
+        <v>219.38</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>2021200701359</t>
+          <t>2016199700999</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Php Eğitim Seti (3 Kitap Takım)</t>
+          <t>Süper Excel Eğitim Seti ( 5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>1056.25</v>
+        <v>1706.25</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786052118535</t>
+          <t>2021200701359</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Makrolar ve Visual Basic 2019</t>
+          <t>Php Eğitim Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>243.75</v>
+        <v>1056.25</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786052118498</t>
+          <t>9786052118535</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>SQL Server 2019</t>
+          <t>Makrolar ve Visual Basic 2019</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>219.38</v>
+        <v>243.75</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>2021200701403</t>
+          <t>9786052118498</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Sistem Yönetimi Seti 2 (3 Kitap Takım)</t>
+          <t>SQL Server 2019</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>1868.75</v>
+        <v>219.38</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786052118528</t>
+          <t>2021200701403</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Bilgisayar Mühendisliğine Giriş</t>
+          <t>Sistem Yönetimi Seti 2 (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>325</v>
+        <v>1868.75</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>2016199701244</t>
+          <t>9786052118528</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Arduino Programlama Seti</t>
+          <t>Bilgisayar Mühendisliğine Giriş</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>1495</v>
+        <v>325</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>2016199701251</t>
+          <t>2016199701244</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>C/C++ Programlama Seti</t>
+          <t>Arduino Programlama Seti</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>1462.5</v>
+        <v>1495</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>2016199701138</t>
+          <t>2016199701251</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Bilgisayar Destekli Tasarım ve İmalat Seti 2 (6 Kitap Takım)</t>
+          <t>C/C++ Programlama Seti</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>3250</v>
+        <v>1462.5</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>2016199701121</t>
+          <t>2016199701138</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Bilgisayar Destekli Tasarım ve İmalat Seti (5 Kitap Takım)</t>
+          <t>Bilgisayar Destekli Tasarım ve İmalat Seti 2 (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>3006.25</v>
+        <v>3250</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786052118412</t>
+          <t>2016199701121</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Matlab</t>
+          <t>Bilgisayar Destekli Tasarım ve İmalat Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>243.75</v>
+        <v>3006.25</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786052118689</t>
+          <t>9786052118412</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Yazılımcılar için İş Başvuru Zamanı</t>
+          <t>Matlab</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>1218.75</v>
+        <v>243.75</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786052118511</t>
+          <t>9786052118689</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Microsoft Azure Altyapı ve Platform Servisleri</t>
+          <t>Yazılımcılar için İş Başvuru Zamanı</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>1625</v>
+        <v>1218.75</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786052118627</t>
+          <t>9786052118511</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Modern Frontend - Sıfırdan ileri Seviye Web Tasarımı</t>
+          <t>Microsoft Azure Altyapı ve Platform Servisleri</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>406.25</v>
+        <v>1625</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786052118481</t>
+          <t>9786052118627</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Yeni Başlayanlar İçin 3DS Max Mimari Modelleme</t>
+          <t>Modern Frontend - Sıfırdan ileri Seviye Web Tasarımı</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>325</v>
+        <v>406.25</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>2016199701190</t>
+          <t>9786052118481</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Veritabanı Uzmanlık Seti 3</t>
+          <t>Yeni Başlayanlar İçin 3DS Max Mimari Modelleme</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>2681.25</v>
+        <v>325</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>2016199701183</t>
+          <t>2016199701190</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Veritabanı Uzmanlık Seti 2</t>
+          <t>Veritabanı Uzmanlık Seti 3</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>2031.25</v>
+        <v>2681.25</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786052118290</t>
+          <t>2016199701183</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Sıfırdan İleri Seviyeye PHP Web Programlama</t>
+          <t>Veritabanı Uzmanlık Seti 2</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>487.5</v>
+        <v>2031.25</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>2021200701311</t>
+          <t>9786052118290</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Grafik Tasarım Seti (3 Kitap Takım)</t>
+          <t>Sıfırdan İleri Seviyeye PHP Web Programlama</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>2923.38</v>
+        <v>487.5</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>2016199701176</t>
+          <t>2021200701311</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Veritabanı Uzmanlık Seti</t>
+          <t>Grafik Tasarım Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>1706.25</v>
+        <v>2923.38</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>2016199701213</t>
+          <t>2016199701176</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>3D Modelleme ve Animasyon Seti 2</t>
+          <t>Veritabanı Uzmanlık Seti</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>2031.25</v>
+        <v>1706.25</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>2016199701107</t>
+          <t>2016199701213</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Mobil Programlama Uzmanlık Seti 3 (6 Kitap Takım)</t>
+          <t>3D Modelleme ve Animasyon Seti 2</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>2112.5</v>
+        <v>2031.25</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>2016199701091</t>
+          <t>2016199701107</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Mobil Programlama Uzmanlık Seti 2 (5 Kitap Takım)</t>
+          <t>Mobil Programlama Uzmanlık Seti 3 (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>1462.5</v>
+        <v>2112.5</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>2016199701084</t>
+          <t>2016199701091</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Mobil Programlama Uzmanlık Seti (4 Kitap Takım)</t>
+          <t>Mobil Programlama Uzmanlık Seti 2 (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>1218.75</v>
+        <v>1462.5</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>2016199701046</t>
+          <t>2016199701084</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Oyun Programlama Uzmanlığı Seti 2 (4 Kitap Takım)</t>
+          <t>Mobil Programlama Uzmanlık Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>1194.38</v>
+        <v>1218.75</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786256677234</t>
+          <t>2016199701046</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Ağ ve Siber Güvenlik Temelleri</t>
+          <t>Oyun Programlama Uzmanlığı Seti 2 (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>300</v>
+        <v>1194.38</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786054205912</t>
+          <t>9786256677234</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Photoshop</t>
+          <t>Ağ ve Siber Güvenlik Temelleri</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>406.25</v>
+        <v>300</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786054205691</t>
+          <t>9786054205912</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Photoshop CS5.5</t>
+          <t>Photoshop</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>325</v>
+        <v>406.25</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786054205899</t>
+          <t>9786054205691</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Dijital Fotoğrafçılık</t>
+          <t>Photoshop CS5.5</t>
         </is>
       </c>
       <c r="C260" s="1">
         <v>325</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786059118637</t>
+          <t>9786054205899</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Photoshop CC (Renkli Özel Baskı)</t>
+          <t>Dijital Fotoğrafçılık</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>973.38</v>
+        <v>325</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786052118443</t>
+          <t>9786059118637</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Grafik Tasarım Rehberi</t>
+          <t>Photoshop CC (Renkli Özel Baskı)</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>1625</v>
+        <v>973.38</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786256677227</t>
+          <t>9786052118443</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Dijital Dünyada Güvenli Adımlar</t>
+          <t>Grafik Tasarım Rehberi</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>260</v>
+        <v>1625</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786059118552</t>
+          <t>9786256677227</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Kali Linux</t>
+          <t>Dijital Dünyada Güvenli Adımlar</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>325</v>
+        <v>260</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786059118750</t>
+          <t>9786059118552</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Projeler ile Python</t>
+          <t>Kali Linux</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>243.75</v>
+        <v>325</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>2020239700982</t>
+          <t>9786059118750</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Süper Phyton Seti 2</t>
+          <t>Projeler ile Python</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>1885</v>
+        <v>243.75</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>2020239700890</t>
+          <t>2020239700982</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Süper Python Seti</t>
+          <t>Süper Phyton Seti 2</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>1397.5</v>
+        <v>1885</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786052118504</t>
+          <t>2020239700890</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Her Yönüyle Python</t>
+          <t>Süper Python Seti</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>585</v>
+        <v>1397.5</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786256677142</t>
+          <t>9786052118504</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka İle Pratik Uygulamalar</t>
+          <t>Her Yönüyle Python</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>325</v>
+        <v>585</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>2022125641799</t>
+          <t>9786256677142</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Java Eğitim Seti</t>
+          <t>Yapay Zeka İle Pratik Uygulamalar</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>1023.75</v>
+        <v>325</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786055201104</t>
+          <t>2022125641799</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Yeni Başlayanlar İçin Java</t>
+          <t>Java Eğitim Seti</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>780</v>
+        <v>1023.75</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>2016199701022</t>
+          <t>9786055201104</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Android Başlangıç Seti (2 Kitap Takım)</t>
+          <t>Yeni Başlayanlar İçin Java</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>1267.5</v>
+        <v>780</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786256677210</t>
+          <t>2016199701022</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>SAP SD Satış ve Dağıtım Temel Kullanıcı Kılavuzu</t>
+          <t>Android Başlangıç Seti (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>325</v>
+        <v>1267.5</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786256677128</t>
+          <t>9786256677210</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Kotlin İle Pratik Uygulamalar</t>
+          <t>SAP SD Satış ve Dağıtım Temel Kullanıcı Kılavuzu</t>
         </is>
       </c>
       <c r="C274" s="1">
         <v>325</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>2023110071133</t>
+          <t>9786256677128</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Siber Güvenlik Eğitim Seti 2</t>
+          <t>Kotlin İle Pratik Uygulamalar</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>1950</v>
+        <v>325</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786256677043</t>
+          <t>2023110071133</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Excel VBA Programlama</t>
+          <t>Siber Güvenlik Eğitim Seti 2</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>406.25</v>
+        <v>1950</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>2024987200046</t>
+          <t>9786256677043</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Mega Excel Eğitim Seti</t>
+          <t>Excel VBA Programlama</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>2762.5</v>
+        <v>406.25</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786256677029</t>
+          <t>2024987200046</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Unity 3D İle Kendi Oyununu Kendin Yap</t>
+          <t>Mega Excel Eğitim Seti</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>325</v>
+        <v>2762.5</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786257440950</t>
+          <t>9786256677029</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin Bilgisayara Giriş</t>
+          <t>Unity 3D İle Kendi Oyununu Kendin Yap</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>487.5</v>
+        <v>325</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786257440929</t>
+          <t>9786257440950</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Visual Studio İle Adım Adım Web Uygulama Geliştirme</t>
+          <t>Herkes İçin Bilgisayara Giriş</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>325</v>
+        <v>487.5</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786257440837</t>
+          <t>9786257440929</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>İş Analizi Rehberi</t>
+          <t>Visual Studio İle Adım Adım Web Uygulama Geliştirme</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>406.25</v>
+        <v>325</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786257440554</t>
+          <t>9786257440837</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Microsoft Power Bi</t>
+          <t>İş Analizi Rehberi</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>243.75</v>
+        <v>406.25</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786257440547</t>
+          <t>9786257440554</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Python İle Algoritma Ve Programlama</t>
+          <t>Microsoft Power Bi</t>
         </is>
       </c>
       <c r="C283" s="1">
         <v>243.75</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786257440523</t>
+          <t>9786257440547</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>SQL Server 2022</t>
+          <t>Python İle Algoritma Ve Programlama</t>
         </is>
       </c>
       <c r="C284" s="1">
         <v>243.75</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786257440424</t>
+          <t>9786257440523</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Wordpress Uygulamalı Web Site Tasarımı Eğitimi</t>
+          <t>SQL Server 2022</t>
         </is>
       </c>
       <c r="C285" s="1">
         <v>243.75</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786052118467</t>
+          <t>9786257440424</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Visual Basic ile Catia V5 Otomasyonu</t>
+          <t>Wordpress Uygulamalı Web Site Tasarımı Eğitimi</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>568.75</v>
+        <v>243.75</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>2016199700698</t>
+          <t>9786052118467</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Web Tasarım Seti - 3 (10 Kitap Takım)</t>
+          <t>Visual Basic ile Catia V5 Otomasyonu</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>3250</v>
+        <v>568.75</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>2016199700964</t>
+          <t>2016199700698</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Genç Mucitler Seti 4</t>
+          <t>Web Tasarım Seti - 3 (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>1259.38</v>
+        <v>3250</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>2016199700803</t>
+          <t>2016199700964</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Scratch ile Arduino Eğitim Seti (4 Kitap)</t>
+          <t>Genç Mucitler Seti 4</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>1218.75</v>
+        <v>1259.38</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>2016199700476</t>
+          <t>2016199700803</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Web Tasarıma Giriş Seti (5 Kitap Takım)</t>
+          <t>Scratch ile Arduino Eğitim Seti (4 Kitap)</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>1706.25</v>
+        <v>1218.75</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786052118108</t>
+          <t>2016199700476</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Remotexy</t>
+          <t>Web Tasarıma Giriş Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>243.75</v>
+        <v>1706.25</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786055201357</t>
+          <t>9786052118108</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Sharepoint 2013</t>
+          <t>Remotexy</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>219.38</v>
+        <v>243.75</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786052118214</t>
+          <t>9786055201357</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Web Tasarım Rehberi</t>
+          <t>Sharepoint 2013</t>
         </is>
       </c>
       <c r="C293" s="1">
         <v>219.38</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786059118910</t>
+          <t>9786052118214</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Scratch İle Arduino</t>
+          <t>Çocuklar İçin Web Tasarım Rehberi</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>243.75</v>
+        <v>219.38</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>2021200701700</t>
+          <t>9786059118910</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Adobe Grafik Tasarım Uzmanlığı Seti (6 Kitap Takım)</t>
+          <t>Scratch İle Arduino</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>2435.88</v>
+        <v>243.75</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786054205271</t>
+          <t>2021200701700</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Hacking Interface</t>
+          <t>Adobe Grafik Tasarım Uzmanlığı Seti (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>243.75</v>
+        <v>2435.88</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786055201173</t>
+          <t>9786054205271</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Elektronik Devre Elemanları</t>
+          <t>Hacking Interface</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>406.25</v>
+        <v>243.75</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786052118559</t>
+          <t>9786055201173</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Yeni Başlayanlar İçin Web Tasarım Kılavuzu</t>
+          <t>Elektronik Devre Elemanları</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>243.75</v>
+        <v>406.25</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>2021200701366</t>
+          <t>9786052118559</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Sap Programlama Seti (4 Kitap Takım)</t>
+          <t>Yeni Başlayanlar İçin Web Tasarım Kılavuzu</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>1706.25</v>
+        <v>243.75</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>2021200701335</t>
+          <t>2021200701366</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Arduino Programlama Eğitim Seti (6 Kitap Takım)</t>
+          <t>Sap Programlama Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>1576.25</v>
+        <v>1706.25</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>2021200701342</t>
+          <t>2021200701335</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Scratch Eğitim Seti (3 Kitap Takım)</t>
+          <t>Arduino Programlama Eğitim Seti (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>893.75</v>
+        <v>1576.25</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>2016199700438</t>
+          <t>2021200701342</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Veritabanı Eğitim Seti 2 (5 Kitap Takım)</t>
+          <t>Scratch Eğitim Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>1543.75</v>
+        <v>893.75</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786052118399</t>
+          <t>2016199700438</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Derin Öğrenme</t>
+          <t>Veritabanı Eğitim Seti 2 (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>219.38</v>
+        <v>1543.75</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786052118610</t>
+          <t>9786052118399</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Python Projeler ve Popüler Kütüphaneler</t>
+          <t>Derin Öğrenme</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>487.5</v>
+        <v>219.38</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>2016199700988</t>
+          <t>9786052118610</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Programlama Eğitim Seti 2 (4 Kitap Takım)</t>
+          <t>Python Projeler ve Popüler Kütüphaneler</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>2405</v>
+        <v>487.5</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>2016199700377</t>
+          <t>2016199700988</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Programlama Uzmanlık Seti (4 Kitap Takım)</t>
+          <t>Programlama Eğitim Seti 2 (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>1868.75</v>
+        <v>2405</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>2016199701916</t>
+          <t>2016199700377</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>C# Eğitim Seti (5 Kitap Takım)</t>
+          <t>Programlama Uzmanlık Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>2275</v>
+        <v>1868.75</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>2023010201234</t>
+          <t>2016199701916</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>C# Eğitim Seti 3</t>
+          <t>C# Eğitim Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>1868.75</v>
+        <v>2275</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>2016199701930</t>
+          <t>2023010201234</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>C# Eğitim Seti 2 (4 Kitap Takım)</t>
+          <t>C# Eğitim Seti 3</t>
         </is>
       </c>
       <c r="C309" s="1">
         <v>1868.75</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>2016199701169</t>
+          <t>2016199701930</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Yazılımcılar İçin Programlama Seti 3</t>
+          <t>C# Eğitim Seti 2 (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>3461.25</v>
+        <v>1868.75</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786054205127</t>
+          <t>2016199701169</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Programlama ve Veri Tabanı Mantığı</t>
+          <t>Yazılımcılar İçin Programlama Seti 3</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>487.5</v>
+        <v>3461.25</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786054205714</t>
+          <t>9786054205127</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Objective-C</t>
+          <t>Programlama ve Veri Tabanı Mantığı</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>325</v>
+        <v>487.5</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786055201197</t>
+          <t>9786054205714</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Netduino - Oku, İzle, Dinle, Öğren!</t>
+          <t>Objective-C</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>243.75</v>
+        <v>325</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786054205615</t>
+          <t>9786055201197</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Windows Phone Mango 7 ve 7.5</t>
+          <t>Netduino - Oku, İzle, Dinle, Öğren!</t>
         </is>
       </c>
       <c r="C314" s="1">
         <v>243.75</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786054205455</t>
+          <t>9786054205615</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Uzmanlığa Giden Yol: Framework 4.0</t>
+          <t>Windows Phone Mango 7 ve 7.5</t>
         </is>
       </c>
       <c r="C315" s="1">
         <v>243.75</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786054205929</t>
+          <t>9786054205455</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Dreamweaver CS6 ile CC</t>
+          <t>Uzmanlığa Giden Yol: Framework 4.0</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>325</v>
+        <v>243.75</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786054205233</t>
+          <t>9786054205929</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>AS3 İle Sunucu Programlama ve PHP-MySQL Entegrasyonu</t>
+          <t>Dreamweaver CS6 ile CC</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>203.13</v>
+        <v>325</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786054205066</t>
+          <t>9786054205233</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Adobe Air</t>
+          <t>AS3 İle Sunucu Programlama ve PHP-MySQL Entegrasyonu</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>325</v>
+        <v>203.13</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786055201135</t>
+          <t>9786054205066</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>3D Studio Max İç ve Dış Mekan Modelleme</t>
+          <t>Adobe Air</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>243.75</v>
+        <v>325</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>2024987200039</t>
+          <t>9786055201135</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Programlama Uzmanlık Seti 4</t>
+          <t>3D Studio Max İç ve Dış Mekan Modelleme</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>1543.75</v>
+        <v>243.75</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>2024987200022</t>
+          <t>2024987200039</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>C# Eğitim Seti 1</t>
+          <t>Programlama Uzmanlık Seti 4</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>1462.5</v>
+        <v>1543.75</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>2024987200015</t>
+          <t>2024987200022</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>C# Eğitim Seti 4</t>
+          <t>C# Eğitim Seti 1</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>1056.25</v>
+        <v>1462.5</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786257440912</t>
+          <t>2024987200015</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Excel Power Query &amp; Power Pıvot İle - Veri Analizi ve Raporlama</t>
+          <t>C# Eğitim Seti 4</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>243.75</v>
+        <v>1056.25</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786257440967</t>
+          <t>9786257440912</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka İle Sağlık</t>
+          <t>Excel Power Query &amp; Power Pıvot İle - Veri Analizi ve Raporlama</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>406.25</v>
+        <v>243.75</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>2023110071126</t>
+          <t>9786257440967</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Siber Güvenlik Eğitim Seti</t>
+          <t>Yapay Zeka İle Sağlık</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>1543.75</v>
+        <v>406.25</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786257440646</t>
+          <t>2023110071126</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Temiz Kod</t>
+          <t>Siber Güvenlik Eğitim Seti</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>487.5</v>
+        <v>1543.75</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786257440530</t>
+          <t>9786257440646</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Adobe InDesign CC</t>
+          <t>Temiz Kod</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>325</v>
+        <v>487.5</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786257440561</t>
+          <t>9786257440530</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Projeler İle C# 11 Ve Ef Core 7.0</t>
+          <t>Adobe InDesign CC</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>487.5</v>
+        <v>325</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>2022125641898</t>
+          <t>9786257440561</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Elektronik Mühendisliği Seti</t>
+          <t>Projeler İle C# 11 Ve Ef Core 7.0</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>1868.75</v>
+        <v>487.5</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786257440493</t>
+          <t>2022125641898</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Autocad Eğitim Kitabı</t>
+          <t>Elektronik Mühendisliği Seti</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>487.5</v>
+        <v>1868.75</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>2022125641782</t>
+          <t>9786257440493</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Pardus Eğitim Seti</t>
+          <t>Autocad Eğitim Kitabı</t>
         </is>
       </c>
       <c r="C331" s="1">
         <v>487.5</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>2022124289749</t>
+          <t>2022125641782</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Yeni Başlayanlar İçin Kolay Web Programlama Seti (5 Kitap)</t>
+          <t>Pardus Eğitim Seti</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>1194.38</v>
+        <v>487.5</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786257440479</t>
+          <t>2022124289749</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Makine Öğrenmesi</t>
+          <t>Yeni Başlayanlar İçin Kolay Web Programlama Seti (5 Kitap)</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>243.75</v>
+        <v>1194.38</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>2022163538662</t>
+          <t>9786257440479</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Süper SAP Programlama Seti 3</t>
+          <t>Çocuklar İçin Makine Öğrenmesi</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>3250</v>
+        <v>243.75</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>2022163538679</t>
+          <t>2022163538662</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Sap PP Eğitim Seti - 2 Kitap</t>
+          <t>Süper SAP Programlama Seti 3</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>893.75</v>
+        <v>3250</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786257440370</t>
+          <t>2022163538679</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Sap PP 2. Cilt</t>
+          <t>Sap PP Eğitim Seti - 2 Kitap</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>487.5</v>
+        <v>893.75</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>2022163538655</t>
+          <t>9786257440370</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Süper Sap Programlama Eğitim Seti 2</t>
+          <t>Sap PP 2. Cilt</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>2762.5</v>
+        <v>487.5</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>2020145625423</t>
+          <t>2022163538655</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka Kütüphanesi Seti</t>
+          <t>Süper Sap Programlama Eğitim Seti 2</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>7141.88</v>
+        <v>2762.5</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>2016199700514</t>
+          <t>2020145625423</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>3D Studio Max Eğitim Seti (3 Kitap Takım)</t>
+          <t>Yapay Zeka Kütüphanesi Seti</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>893.75</v>
+        <v>7141.88</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>2016199700155</t>
+          <t>2016199700514</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Elektronik Eğitim Seti 2 (5 Kitap Takım)</t>
+          <t>3D Studio Max Eğitim Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>1763.13</v>
+        <v>893.75</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>2016199700094</t>
+          <t>2016199700155</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Arduino Eğitim Seti 2 (3 Kitap Takım)</t>
+          <t>Elektronik Eğitim Seti 2 (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>869.38</v>
+        <v>1763.13</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>2016199700230</t>
+          <t>2016199700094</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Linux Eğitim Seti 2</t>
+          <t>Arduino Eğitim Seti 2 (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>975</v>
+        <v>869.38</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786052118030</t>
+          <t>2016199700230</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Opencart İle E-Ticaret</t>
+          <t>Linux Eğitim Seti 2</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>243.75</v>
+        <v>975</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786257440219</t>
+          <t>9786052118030</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>SAP EWM El Kitabı</t>
+          <t>Opencart İle E-Ticaret</t>
         </is>
       </c>
       <c r="C344" s="1">
         <v>243.75</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>2020145625409</t>
+          <t>9786257440219</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Süper Python Seti 3 (7 Kitap Takım)</t>
+          <t>SAP EWM El Kitabı</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>2535</v>
+        <v>243.75</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>2020145625416</t>
+          <t>2020145625409</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Süper Yapay Zeka Mühendisliği Seti 2 (7 Kitap Takım)</t>
+          <t>Süper Python Seti 3 (7 Kitap Takım)</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>2039.38</v>
+        <v>2535</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786257440172</t>
+          <t>2020145625416</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Python İle Veri Madenciliği</t>
+          <t>Süper Yapay Zeka Mühendisliği Seti 2 (7 Kitap Takım)</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>243.75</v>
+        <v>2039.38</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786052118696</t>
+          <t>9786257440172</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin Pardus</t>
+          <t>Python İle Veri Madenciliği</t>
         </is>
       </c>
       <c r="C348" s="1">
         <v>243.75</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>2016199700491</t>
+          <t>9786052118696</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Süper Sap Programlama Seti (6 Kitap Takım)</t>
+          <t>Herkes İçin Pardus</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>1950</v>
+        <v>243.75</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>2021200702301</t>
+          <t>2016199700491</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>C/C++ Programlama Seti 2 (5 Kitap Takım)</t>
+          <t>Süper Sap Programlama Seti (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>1868.75</v>
+        <v>1950</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>2021200701601</t>
+          <t>2021200702301</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Süper Modern Web Tasarım Seti (9 Kitap Takım)</t>
+          <t>C/C++ Programlama Seti 2 (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>3630.25</v>
+        <v>1868.75</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786052118665</t>
+          <t>2021200701601</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Entity Framework İle Modern Veri Erişimi</t>
+          <t>Süper Modern Web Tasarım Seti (9 Kitap Takım)</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>243.75</v>
+        <v>3630.25</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>2021200701373</t>
+          <t>9786052118665</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Unity 3D Eğitim Seti (4 Kitap Takım)</t>
+          <t>Entity Framework İle Modern Veri Erişimi</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>1218.75</v>
+        <v>243.75</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>2021200701205</t>
+          <t>2021200701373</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Modern Web Tasarım Seti 2 (5 Kitap Takım)</t>
+          <t>Unity 3D Eğitim Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>1600.63</v>
+        <v>1218.75</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>2021200701212</t>
+          <t>2021200701205</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Süper Yapay Zeka Mühendisliği Seti (6 Kitap Takım)</t>
+          <t>Modern Web Tasarım Seti 2 (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>1551.88</v>
+        <v>1600.63</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>2021200701175</t>
+          <t>2021200701212</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Oyun Programlama Seti 6 (4 Kitap Takım)</t>
+          <t>Süper Yapay Zeka Mühendisliği Seti (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>1218.75</v>
+        <v>1551.88</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>2021200701168</t>
+          <t>2021200701175</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Oyun Programlama Seti 5 (4 Kitap Takım)</t>
+          <t>Oyun Programlama Seti 6 (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C357" s="1">
         <v>1218.75</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>2021200701182</t>
+          <t>2021200701168</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Oyun Programlama Seti 7 (3 Kitap Takım)</t>
+          <t>Oyun Programlama Seti 5 (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>893.75</v>
+        <v>1218.75</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>2021200701199</t>
+          <t>2021200701182</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Modern Web Tasarım Seti (4 Kitap Takım)</t>
+          <t>Oyun Programlama Seti 7 (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>1381.25</v>
+        <v>893.75</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786052118658</t>
+          <t>2021200701199</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Articulate 360 İle Dijital İçerik Geliştirme</t>
+          <t>Modern Web Tasarım Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>243.75</v>
+        <v>1381.25</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786052118641</t>
+          <t>9786052118658</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Unity 3D İle Temel Seviye VR Oyun Geliştirme</t>
+          <t>Articulate 360 İle Dijital İçerik Geliştirme</t>
         </is>
       </c>
       <c r="C361" s="1">
         <v>243.75</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786052118634</t>
+          <t>9786052118641</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>R Programlamaya Giriş</t>
+          <t>Unity 3D İle Temel Seviye VR Oyun Geliştirme</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>219.38</v>
+        <v>243.75</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>2021199700104</t>
+          <t>9786052118634</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>PHP ile WEB Programlama Seti 2 (6 Kitap Takım)</t>
+          <t>R Programlamaya Giriş</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>2006.88</v>
+        <v>219.38</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>2021199700203</t>
+          <t>2021199700104</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>PHP İle WEB Programlama Seti (5 Kitap Takım)</t>
+          <t>PHP ile WEB Programlama Seti 2 (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>1787.5</v>
+        <v>2006.88</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>2016199700513</t>
+          <t>2021199700203</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>3D Eğitim Seti (5 Kitap Takım)</t>
+          <t>PHP İle WEB Programlama Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>1462.5</v>
+        <v>1787.5</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786052118603</t>
+          <t>2016199700513</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Kobiler İçin PHP ile Online Satış Sistemi</t>
+          <t>3D Eğitim Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>325</v>
+        <v>1462.5</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>2020199700889</t>
+          <t>9786052118603</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Web Programlama Seti 2 (4 Kitap Takım)</t>
+          <t>Kobiler İçin PHP ile Online Satış Sistemi</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>1462.5</v>
+        <v>325</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786052118580</t>
+          <t>2020199700889</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Ortaokul Öğrencileri İçin Small Basic ile Kodlama Eğitimi</t>
+          <t>Web Programlama Seti 2 (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>219.38</v>
+        <v>1462.5</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>2016199701908</t>
+          <t>9786052118580</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Hızlı ve Kolay Web Tasarım Seti (7 Kitap Takım)</t>
+          <t>Ortaokul Öğrencileri İçin Small Basic ile Kodlama Eğitimi</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>2549.63</v>
+        <v>219.38</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>2016199701808</t>
+          <t>2016199701908</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Hızlı ve Kolay Web Tasarım Seti 2 (4 Kitap Takım)</t>
+          <t>Hızlı ve Kolay Web Tasarım Seti (7 Kitap Takım)</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>1113.13</v>
+        <v>2549.63</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>2016199701708</t>
+          <t>2016199701808</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Hızlı ve Kolay Web Tasarım Seti 3 (5 Kitap Takım)</t>
+          <t>Hızlı ve Kolay Web Tasarım Seti 2 (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>1332.5</v>
+        <v>1113.13</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>2016199701054</t>
+          <t>2016199701708</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka Mühendisliği Seti 2 (5 Kitap Takım)</t>
+          <t>Hızlı ve Kolay Web Tasarım Seti 3 (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C372" s="1">
         <v>1332.5</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786052118566</t>
+          <t>2016199701054</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Tensorflow İle Derin Öğrenme</t>
+          <t>Yapay Zeka Mühendisliği Seti 2 (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>219.38</v>
+        <v>1332.5</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786052118573</t>
+          <t>9786052118566</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Pardus Sistem Yönetimi</t>
+          <t>Tensorflow İle Derin Öğrenme</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>243.75</v>
+        <v>219.38</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>2016199700888</t>
+          <t>9786052118573</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Web Programlama Seti (3 Kitap Takım)</t>
+          <t>Pardus Sistem Yönetimi</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>975</v>
+        <v>243.75</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>2016199700889</t>
+          <t>2016199700888</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Python Eğitim Seti</t>
+          <t>Web Programlama Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>812.5</v>
+        <v>975</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786052118474</t>
+          <t>2016199700889</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>C/C++ Programlama</t>
+          <t>Python Eğitim Seti</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>406.25</v>
+        <v>812.5</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>2016199701206</t>
+          <t>9786052118474</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>3D Modelleme ve Animasyon Seti</t>
+          <t>C/C++ Programlama</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>1787.5</v>
+        <v>406.25</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>2016199701060</t>
+          <t>2016199701206</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Linux Eğitim Seti (4 Kitap Takım)</t>
+          <t>3D Modelleme ve Animasyon Seti</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>1356.88</v>
+        <v>1787.5</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>2016199701053</t>
+          <t>2016199701060</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka Mühendisliği Seti (4 Kitap Takım)</t>
+          <t>Linux Eğitim Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>1113.13</v>
+        <v>1356.88</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786052118436</t>
+          <t>2016199701053</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Android Oyun Programlama</t>
+          <t>Yapay Zeka Mühendisliği Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>325</v>
+        <v>1113.13</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786052118429</t>
+          <t>9786052118436</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>A'dan Z'ye Blockchain</t>
+          <t>Android Oyun Programlama</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>243.75</v>
+        <v>325</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786052118405</t>
+          <t>9786052118429</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Gnu Linux</t>
+          <t>A'dan Z'ye Blockchain</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>219.38</v>
+        <v>243.75</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>2016199701015</t>
+          <t>9786052118405</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Arduino Atölye Seti (4 Kitap Takım)</t>
+          <t>Gnu Linux</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>1007.5</v>
+        <v>219.38</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786052118368</t>
+          <t>2016199701015</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Arduino Atölyesi</t>
+          <t>Arduino Atölye Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>243.75</v>
+        <v>1007.5</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786052118351</t>
+          <t>9786052118368</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>C# Çözümlü Soru Bankası</t>
+          <t>Arduino Atölyesi</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>325</v>
+        <v>243.75</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>2016199700995</t>
+          <t>9786052118351</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Elektrik Elektronik Mühendisliği Seti (5 Kitap Takım)</t>
+          <t>C# Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>2193.75</v>
+        <v>325</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>2016199701008</t>
+          <t>2016199700995</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Mühendislik Seti (4 Kitap Takım)</t>
+          <t>Elektrik Elektronik Mühendisliği Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>1868.75</v>
+        <v>2193.75</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786052118306</t>
+          <t>2016199701008</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Stratejik Seo</t>
+          <t>Mühendislik Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>406.25</v>
+        <v>1868.75</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786052118313</t>
+          <t>9786052118306</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Temel Network</t>
+          <t>Stratejik Seo</t>
         </is>
       </c>
       <c r="C390" s="1">
         <v>406.25</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786052118320</t>
+          <t>9786052118313</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalar İle Rhinoceros 3D</t>
+          <t>Temel Network</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>243.75</v>
+        <v>406.25</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>2016199700315</t>
+          <t>9786052118320</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Oyun Programlama Seti 3 (3 Kitap Takım)</t>
+          <t>Uygulamalar İle Rhinoceros 3D</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>975</v>
+        <v>243.75</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>2016199700919</t>
+          <t>2016199700315</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Global Hacking ve Güvenlik Seti 2</t>
+          <t>Oyun Programlama Seti 3 (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>1300</v>
+        <v>975</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786052118245</t>
+          <t>2016199700919</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Word ve Excel İçin Otomasyon Çözümleri</t>
+          <t>Global Hacking ve Güvenlik Seti 2</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>325</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>2016199700605</t>
+          <t>9786052118245</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Programlamaya Giriş Seti 2</t>
+          <t>Word ve Excel İçin Otomasyon Çözümleri</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>1543.75</v>
+        <v>325</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>2016199700957</t>
+          <t>2016199700605</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Genç Mucitler Seti 3</t>
+          <t>Programlamaya Giriş Seti 2</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>609.38</v>
+        <v>1543.75</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>2016199700940</t>
+          <t>2016199700957</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Genç Mucitler Seti 2</t>
+          <t>Genç Mucitler Seti 3</t>
         </is>
       </c>
       <c r="C397" s="1">
         <v>609.38</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>2016199700933</t>
+          <t>2016199700940</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Genç Mucitler Seti</t>
+          <t>Genç Mucitler Seti 2</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>365.63</v>
+        <v>609.38</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786052118238</t>
+          <t>2016199700933</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalar ile QT</t>
+          <t>Genç Mucitler Seti</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>243.75</v>
+        <v>365.63</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>2016199700582</t>
+          <t>9786052118238</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Elektronik Eğitim Seti - 4 (7 Kitap Takım)</t>
+          <t>Uygulamalar ile QT</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>2575.63</v>
+        <v>243.75</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>2016199700087</t>
+          <t>2016199700582</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Arduino Eğitim Seti (4 Kitap Takım)</t>
+          <t>Elektronik Eğitim Seti - 4 (7 Kitap Takım)</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>1275.63</v>
+        <v>2575.63</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>2016199700452</t>
+          <t>2016199700087</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Web Tasarım Seti (8 Kitap Takım)</t>
+          <t>Arduino Eğitim Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>2356.25</v>
+        <v>1275.63</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>2016199700148</t>
+          <t>2016199700452</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Elektronik Eğitim Seti (4 Kitap Takım)</t>
+          <t>Web Tasarım Seti (8 Kitap Takım)</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>1438.13</v>
+        <v>2356.25</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>2016199700629</t>
+          <t>2016199700148</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Web Tasarım Seti 2 (9 Kitap Takım)</t>
+          <t>Elektronik Eğitim Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>2762.5</v>
+        <v>1438.13</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>2016199700865</t>
+          <t>2016199700629</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>PHP Tabanlı WEB Tasarım Seti (5 Kitap Takım)</t>
+          <t>Web Tasarım Seti 2 (9 Kitap Takım)</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>1868.75</v>
+        <v>2762.5</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786052118184</t>
+          <t>2016199700865</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Oracle Veri Tabanı Güvenliği ve Sızma Testleri</t>
+          <t>PHP Tabanlı WEB Tasarım Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>243.75</v>
+        <v>1868.75</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786052118153</t>
+          <t>9786052118184</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Yeni Başlayanlar İçin Sap / Abap 4</t>
+          <t>Oracle Veri Tabanı Güvenliği ve Sızma Testleri</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>325</v>
+        <v>243.75</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786052118122</t>
+          <t>9786052118153</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Sap S/4 Hana</t>
+          <t>Yeni Başlayanlar İçin Sap / Abap 4</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>812.5</v>
+        <v>325</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786052118115</t>
+          <t>9786052118122</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Veri Yönetimi</t>
+          <t>Sap S/4 Hana</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>243.75</v>
+        <v>812.5</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786052118078</t>
+          <t>9786052118115</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalar İle Autocad</t>
+          <t>Veri Yönetimi</t>
         </is>
       </c>
       <c r="C410" s="1">
         <v>243.75</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786052118047</t>
+          <t>9786052118078</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Angularjs</t>
+          <t>Uygulamalar İle Autocad</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>406.25</v>
+        <v>243.75</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>2016199700384</t>
+          <t>9786052118047</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Programlamaya Giriş Seti (3 Kitap Takım)</t>
+          <t>Angularjs</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>1218.75</v>
+        <v>406.25</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>2016199700162</t>
+          <t>2016199700384</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Elektronik Eğitim Seti 3 (6 Kitap Takım)</t>
+          <t>Programlamaya Giriş Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>2250.63</v>
+        <v>1218.75</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>2016199700599</t>
+          <t>2016199700162</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Mühendislik Seti (6 Kitap Takım)</t>
+          <t>Elektronik Eğitim Seti 3 (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>1925.63</v>
+        <v>2250.63</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>2016199700674</t>
+          <t>2016199700599</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Arduino Eğitim Seti 3 (5 Kitap Takım)</t>
+          <t>Mühendislik Seti (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>1763.13</v>
+        <v>1925.63</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>2016199700391</t>
+          <t>2016199700674</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>SAP Eğitim Seti (3 Kitap Takım)</t>
+          <t>Arduino Eğitim Seti 3 (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>1625</v>
+        <v>1763.13</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786059118972</t>
+          <t>2016199700391</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Temel C Programlama</t>
+          <t>SAP Eğitim Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>406.25</v>
+        <v>1625</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786052118009</t>
+          <t>9786059118972</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Genç Mucitler 3 - Her Çocuk Mucittir</t>
+          <t>Temel C Programlama</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>121.88</v>
+        <v>406.25</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786059118996</t>
+          <t>9786052118009</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Genç Mucitler 2 - Her Çocuk Mucittir</t>
+          <t>Genç Mucitler 3 - Her Çocuk Mucittir</t>
         </is>
       </c>
       <c r="C419" s="1">
         <v>121.88</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786059118989</t>
+          <t>9786059118996</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Genç Mucitler 1 - Her Çocuk Mucittir</t>
+          <t>Genç Mucitler 2 - Her Çocuk Mucittir</t>
         </is>
       </c>
       <c r="C420" s="1">
         <v>121.88</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786059118927</t>
+          <t>9786059118989</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>SolidWorks &amp; Solidcam 2018</t>
+          <t>Genç Mucitler 1 - Her Çocuk Mucittir</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>1137.5</v>
+        <v>121.88</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786059118859</t>
+          <t>9786059118927</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Buluta Giden Yol Office 365 ve Exchange Server</t>
+          <t>SolidWorks &amp; Solidcam 2018</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>325</v>
+        <v>1137.5</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>2016199700186</t>
+          <t>9786059118859</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Global Hacking ve Güvenlik Seti (4 Kitap Takım)</t>
+          <t>Buluta Giden Yol Office 365 ve Exchange Server</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>1056.25</v>
+        <v>325</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>2016199700636</t>
+          <t>2016199700186</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Yeni Nesil Web Tasarım Seti (7 Kitap Takım)</t>
+          <t>Global Hacking ve Güvenlik Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>2356.25</v>
+        <v>1056.25</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>2016199700322</t>
+          <t>2016199700636</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Oyun Programlama Seti 4 (3 Kitap Takım)</t>
+          <t>Yeni Nesil Web Tasarım Seti (7 Kitap Takım)</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>975</v>
+        <v>2356.25</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>2016199700544</t>
+          <t>2016199700322</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Algoritma Eğitim Seti (3 Kitap Takım)</t>
+          <t>Oyun Programlama Seti 4 (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C426" s="1">
         <v>975</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>2016199700421</t>
+          <t>2016199700544</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Veritabanı Eğitim Seti (4 Kitap Takım)</t>
+          <t>Algoritma Eğitim Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>1218.75</v>
+        <v>975</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>2016199700308</t>
+          <t>2016199700421</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Open Source (Açık Kaynak) Seti</t>
+          <t>Veritabanı Eğitim Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>975</v>
+        <v>1218.75</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786059118781</t>
+          <t>2016199700308</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>CSS3</t>
+          <t>Open Source (Açık Kaynak) Seti</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>325</v>
+        <v>975</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786059118668</t>
+          <t>9786059118781</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Comsol</t>
+          <t>CSS3</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>406.25</v>
+        <v>325</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786059118644</t>
+          <t>9786059118668</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Windows 10 Uygulama Geliştirme</t>
+          <t>Comsol</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>243.75</v>
+        <v>406.25</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786059118569</t>
+          <t>9786059118644</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Windows Server Sistem Yönetimi 1. Cilt</t>
+          <t>Windows 10 Uygulama Geliştirme</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>731.25</v>
+        <v>243.75</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786054205578</t>
+          <t>9786059118569</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Sharepoint Portal 2010</t>
+          <t>Windows Server Sistem Yönetimi 1. Cilt</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>97.5</v>
+        <v>731.25</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786055201616</t>
+          <t>9786054205578</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Yeni Başlayanlar İçin Excel</t>
+          <t>Sharepoint Portal 2010</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>243.75</v>
+        <v>97.5</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786059118453</t>
+          <t>9786055201616</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Arduino ve Android İle Uzaktan Kontrol Sistemleri - 34 Proje</t>
+          <t>Yeni Başlayanlar İçin Excel</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>219.38</v>
+        <v>243.75</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786055201579</t>
+          <t>9786059118453</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>CentOS Sistem ve Sunucu Yönetimi</t>
+          <t>Arduino ve Android İle Uzaktan Kontrol Sistemleri - 34 Proje</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>406.25</v>
+        <v>219.38</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
+          <t>9786055201579</t>
+        </is>
+      </c>
+      <c r="B437" s="1" t="inlineStr">
+        <is>
+          <t>CentOS Sistem ve Sunucu Yönetimi</t>
+        </is>
+      </c>
+      <c r="C437" s="1">
+        <v>406.25</v>
+      </c>
+    </row>
+    <row r="438" spans="1:3">
+      <c r="A438" s="1" t="inlineStr">
+        <is>
           <t>9786055201456</t>
         </is>
       </c>
-      <c r="B437" s="1" t="inlineStr">
+      <c r="B438" s="1" t="inlineStr">
         <is>
           <t>Adobe Premiere Pro CC</t>
         </is>
       </c>
-      <c r="C437" s="1">
+      <c r="C438" s="1">
         <v>243.75</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>