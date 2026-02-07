--- v1 (2025-12-16)
+++ v2 (2026-02-07)
@@ -85,6595 +85,6610 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256677265</t>
+          <t>2022163538686</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Excel ile Tam Güç</t>
+          <t>Asp.Net Core Eğitim Seti</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>450</v>
+        <v>487.5</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786257440820</t>
+          <t>9786256677265</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>A’dan Z’ye Siber Güvenlik</t>
+          <t>Excel ile Tam Güç</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>243.75</v>
+        <v>450</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256677241</t>
+          <t>9786257440820</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>SAP FI Danışman Rehberi</t>
+          <t>A’dan Z’ye Siber Güvenlik</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>500</v>
+        <v>243.75</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256677289</t>
+          <t>9786256677241</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Dijital Yaşam Rehberi</t>
+          <t>SAP FI Danışman Rehberi</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>99</v>
+        <v>500</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>2025230411270</t>
+          <t>9786256677289</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Mega Siber Güvenlik Seti</t>
+          <t>Dijital Yaşam Rehberi</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>2793.75</v>
+        <v>99</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256677272</t>
+          <t>2025230411270</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Bir Bilişimci Yetişiyor</t>
+          <t>Mega Siber Güvenlik Seti</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>75</v>
+        <v>2793.75</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256677258</t>
+          <t>9786256677272</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka Tabanlı Siber Güvenliğe Giriş</t>
+          <t>Bir Bilişimci Yetişiyor</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>300</v>
+        <v>75</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256677104</t>
+          <t>9786256677258</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Sıfırdan Uygulamalara Python</t>
+          <t>Yapay Zeka Tabanlı Siber Güvenliğe Giriş</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>325</v>
+        <v>300</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256677180</t>
+          <t>9786256677104</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka ile Modern Web Tasarımı</t>
+          <t>Sıfırdan Uygulamalara Python</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>1105</v>
+        <v>325</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786256677005</t>
+          <t>9786256677180</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Hızlı Linux</t>
+          <t>Yapay Zeka ile Modern Web Tasarımı</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>97.5</v>
+        <v>1105</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786256677050</t>
+          <t>9786256677005</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>mBlock 5 ile Arduino Projeleri</t>
+          <t>Hızlı Linux</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>243.75</v>
+        <v>97.5</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786257440844</t>
+          <t>9786256677050</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>ChatGPT Dijital Dilin Büyüsü</t>
+          <t>mBlock 5 ile Arduino Projeleri</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>325</v>
+        <v>243.75</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786257440882</t>
+          <t>9786257440844</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>SGAM Siber Güvenlik Araçları ve Metodolojileri</t>
+          <t>ChatGPT Dijital Dilin Büyüsü</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>406.25</v>
+        <v>325</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786257440899</t>
+          <t>9786257440882</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Sap Co</t>
+          <t>SGAM Siber Güvenlik Araçları ve Metodolojileri</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>243.75</v>
+        <v>406.25</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>2023010201227</t>
+          <t>9786257440899</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Algoritma Başlangıç Seti</t>
+          <t>Sap Co</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>893.75</v>
+        <v>243.75</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>2023040201227</t>
+          <t>2023010201227</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Python Öğreniyorum Eğitim Seti</t>
+          <t>Algoritma Başlangıç Seti</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>1218.75</v>
+        <v>893.75</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786257440516</t>
+          <t>2023040201227</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Oyun Geliştiriciliğine Giriş ve Unreal Engine 5</t>
+          <t>Python Öğreniyorum Eğitim Seti</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>325</v>
+        <v>1218.75</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786257440509</t>
+          <t>9786257440516</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Python Tabanlı Algoritma</t>
+          <t>Oyun Geliştiriciliğine Giriş ve Unreal Engine 5</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>406.25</v>
+        <v>325</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>2022123987455</t>
+          <t>9786257440509</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Robotik Kodlama Eğitim Seti</t>
+          <t>Python Tabanlı Algoritma</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>1600.63</v>
+        <v>406.25</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786257440448</t>
+          <t>2022123987455</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>PICI6F877A Temelli PLC Sürüm 2.0</t>
+          <t>Çocuklar İçin Robotik Kodlama Eğitim Seti</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>487.5</v>
+        <v>1600.63</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786257440417</t>
+          <t>9786257440448</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Metaverse</t>
+          <t>PICI6F877A Temelli PLC Sürüm 2.0</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>160.88</v>
+        <v>487.5</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786257440394</t>
+          <t>9786257440417</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Adobe Illustrator CC</t>
+          <t>Metaverse</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>325</v>
+        <v>160.88</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786257440400</t>
+          <t>9786257440394</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Asp.Net Core İle Proje Geliştirme</t>
+          <t>Adobe Illustrator CC</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>243.75</v>
+        <v>325</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786257440233</t>
+          <t>9786257440400</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Sistem Ve Network Mühendisliği</t>
+          <t>Asp.Net Core İle Proje Geliştirme</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>406.25</v>
+        <v>243.75</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786257440226</t>
+          <t>9786257440233</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Excel 365 İle Veri Analizi Ve İş Uygulamaları</t>
+          <t>Sistem Ve Network Mühendisliği</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>650</v>
+        <v>406.25</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>2022052118951</t>
+          <t>9786257440226</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Sistem Yöneticiliği Seti 3</t>
+          <t>Excel 365 İle Veri Analizi Ve İş Uygulamaları</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>2275</v>
+        <v>650</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>2022052118944</t>
+          <t>2022052118951</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Süper Excel Eğitim Seti 2</t>
+          <t>Sistem Yöneticiliği Seti 3</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>2356.25</v>
+        <v>2275</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786052118344</t>
+          <t>2022052118944</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Scala ile Yeni Nesil Programlama</t>
+          <t>Süper Excel Eğitim Seti 2</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>406.25</v>
+        <v>2356.25</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786052118054</t>
+          <t>9786052118344</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>App İnventor</t>
+          <t>Scala ile Yeni Nesil Programlama</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>243.75</v>
+        <v>406.25</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786052118061</t>
+          <t>9786052118054</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Python 3</t>
+          <t>App İnventor</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>325</v>
+        <v>243.75</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786052118672</t>
+          <t>9786052118061</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Kuantum Hesaplayıcılar ve Kuantum Hesaplamaya Giriş</t>
+          <t>Python 3</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>219.38</v>
+        <v>325</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>2016199700827</t>
+          <t>9786052118672</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Makine Mühendisliği Seti - 3</t>
+          <t>Kuantum Hesaplayıcılar ve Kuantum Hesaplamaya Giriş</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>2925</v>
+        <v>219.38</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>2016199700261</t>
+          <t>2016199700827</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Makine Mühendisliği Seti - 2</t>
+          <t>Makine Mühendisliği Seti - 3</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>2681.25</v>
+        <v>2925</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>2016199700254</t>
+          <t>2016199700261</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Makine Mühendisliği Seti</t>
+          <t>Makine Mühendisliği Seti - 2</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>1868.75</v>
+        <v>2681.25</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>2016199701077</t>
+          <t>2016199700254</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Grafik Tasarım Uzmanlığı Seti (4 Kitap Takım)</t>
+          <t>Makine Mühendisliği Seti</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>3167.13</v>
+        <v>1868.75</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786054205141</t>
+          <t>2016199701077</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Bilgisayar Öğreniyorum 2012</t>
+          <t>Grafik Tasarım Uzmanlığı Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>406.25</v>
+        <v>3167.13</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>2016199000316</t>
+          <t>9786054205141</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Oyun Programlama Seti (3 Kitap Takım)</t>
+          <t>Bilgisayar Öğreniyorum 2012</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>869.38</v>
+        <v>406.25</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>2016199700728</t>
+          <t>2016199000316</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Başlangıçtan Uzmanlığa Windows Server Seti (3 Kitap Takım)</t>
+          <t>Oyun Programlama Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>1950</v>
+        <v>869.38</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>2016199700292</t>
+          <t>2016199700728</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Office ve İş Yönetimi Eğitim Seti (6 Kitap Takım)</t>
+          <t>Başlangıçtan Uzmanlığa Windows Server Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>2518.75</v>
+        <v>1950</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>2016199700841</t>
+          <t>2016199700292</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Mühendisler Için 3 Boyutlu Tasarım Seti - 2 (5 Kitap Takım)</t>
+          <t>Office ve İş Yönetimi Eğitim Seti (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>3085.88</v>
+        <v>2518.75</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>2016199700179</t>
+          <t>2016199700841</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Excel Eğitim Seti (2 Kitap Takım)</t>
+          <t>Mühendisler Için 3 Boyutlu Tasarım Seti - 2 (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>975</v>
+        <v>3085.88</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786059118897</t>
+          <t>2016199700179</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Ansys Workbench</t>
+          <t>Excel Eğitim Seti (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>406.25</v>
+        <v>975</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786059118866</t>
+          <t>9786059118897</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Her Yönüyle HTML</t>
+          <t>Ansys Workbench</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>325</v>
+        <v>406.25</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786052118382</t>
+          <t>9786059118866</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin Arduino</t>
+          <t>Her Yönüyle HTML</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>219.38</v>
+        <v>325</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786052118375</t>
+          <t>9786052118382</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Asp.Net Core</t>
+          <t>Herkes İçin Arduino</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>243.75</v>
+        <v>219.38</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>2016199000323</t>
+          <t>9786052118375</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Oyun Programlama Seti (3 Kitap Takım)</t>
+          <t>Asp.Net Core</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>869.38</v>
+        <v>243.75</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>2016199700858</t>
+          <t>2016199000323</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Mühendisler İçin 3 Boyutlu Tasarım Seti 3 (4 Kitap Takım)</t>
+          <t>Oyun Programlama Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>2679.63</v>
+        <v>869.38</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>2016199700834</t>
+          <t>2016199700858</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Mühendisler İçin 3 Boyutlu Tasarım Seti (6 Kitap Takım)</t>
+          <t>Mühendisler İçin 3 Boyutlu Tasarım Seti 3 (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>3329.63</v>
+        <v>2679.63</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786052118146</t>
+          <t>2016199700834</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Web Geliştiricileri İçin Linux</t>
+          <t>Mühendisler İçin 3 Boyutlu Tasarım Seti (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>406.25</v>
+        <v>3329.63</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786059118873</t>
+          <t>9786052118146</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Her Yönüyle C# 10</t>
+          <t>Web Geliştiricileri İçin Linux</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>812.5</v>
+        <v>406.25</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786059118767</t>
+          <t>9786059118873</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Raspberry PI</t>
+          <t>Her Yönüyle C# 10</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>243.75</v>
+        <v>812.5</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786052118207</t>
+          <t>9786059118767</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Python Öğreniyorum</t>
+          <t>Raspberry PI</t>
         </is>
       </c>
       <c r="C53" s="1">
         <v>243.75</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>2016199700971</t>
+          <t>9786052118207</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Excel Eğitim Seti 2</t>
+          <t>Python Öğreniyorum</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>1300</v>
+        <v>243.75</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786059118965</t>
+          <t>2016199700971</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Projeler İle CATIA</t>
+          <t>Excel Eğitim Seti 2</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>406.25</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786055201500</t>
+          <t>9786059118965</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Autocad 2015</t>
+          <t>Projeler İle CATIA</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>325</v>
+        <v>406.25</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786055201425</t>
+          <t>9786055201500</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Projeler ile Excel ve Makrolar</t>
+          <t>Autocad 2015</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>975</v>
+        <v>325</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786059118484</t>
+          <t>9786055201425</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>AngularJS ile Web ve Mobil Uygulama Geliştirme</t>
+          <t>Projeler ile Excel ve Makrolar</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>219.38</v>
+        <v>975</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786055201340</t>
+          <t>9786059118484</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Projeler İle C# 7.0 ve SQL Server 2016</t>
+          <t>AngularJS ile Web ve Mobil Uygulama Geliştirme</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>731.25</v>
+        <v>219.38</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786054205622</t>
+          <t>9786055201340</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Standart Edition Java 8</t>
+          <t>Projeler İle C# 7.0 ve SQL Server 2016</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>487.5</v>
+        <v>731.25</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786059118460</t>
+          <t>9786054205622</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>VHDL İle Sayısal Tasarım ve FPGA Uygulamaları</t>
+          <t>Standart Edition Java 8</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>325</v>
+        <v>487.5</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786055201586</t>
+          <t>9786059118460</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Her Yönüyle C# 6.0</t>
+          <t>VHDL İle Sayısal Tasarım ve FPGA Uygulamaları</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>406.25</v>
+        <v>325</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786055201364</t>
+          <t>9786055201586</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Autolisp Visual Lisp</t>
+          <t>Her Yönüyle C# 6.0</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>325</v>
+        <v>406.25</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786055201289</t>
+          <t>9786055201364</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Dijital Fotoğrafçılığa Merhaba</t>
+          <t>Autolisp Visual Lisp</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>160.88</v>
+        <v>325</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786054205059</t>
+          <t>9786055201289</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Uzmanlar İçin PHP</t>
+          <t>Dijital Fotoğrafçılığa Merhaba</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>325</v>
+        <v>160.88</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786055201128</t>
+          <t>9786054205059</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalarla ASP.NET</t>
+          <t>Uzmanlar İçin PHP</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>487.5</v>
+        <v>325</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786054205554</t>
+          <t>9786055201128</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Ubuntu</t>
+          <t>Uygulamalarla ASP.NET</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>243.75</v>
+        <v>487.5</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786054205387</t>
+          <t>9786054205554</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin İlk ve Tek SAP ABAP / 4 Kitabı</t>
+          <t>Ubuntu</t>
         </is>
       </c>
       <c r="C68" s="1">
         <v>243.75</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786054205806</t>
+          <t>9786054205387</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>T - SQL ve SQL Server 2012</t>
+          <t>Türkiye’nin İlk ve Tek SAP ABAP / 4 Kitabı</t>
         </is>
       </c>
       <c r="C69" s="1">
         <v>243.75</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786054205219</t>
+          <t>9786054205806</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>SQL Server 2008 R2</t>
+          <t>T - SQL ve SQL Server 2012</t>
         </is>
       </c>
       <c r="C70" s="1">
         <v>243.75</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786054205882</t>
+          <t>9786054205219</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>SolidWorks ve SolidCam 3DQuickPress 2012</t>
+          <t>SQL Server 2008 R2</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>650</v>
+        <v>243.75</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786054205196</t>
+          <t>9786054205882</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Solidworks Solidcam 2011 Tasarım-Üretim</t>
+          <t>SolidWorks ve SolidCam 3DQuickPress 2012</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>487.5</v>
+        <v>650</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786055201180</t>
+          <t>9786054205196</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Solidworks 2013</t>
+          <t>Solidworks Solidcam 2011 Tasarım-Üretim</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>650</v>
+        <v>487.5</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786054205356</t>
+          <t>9786055201180</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Seo 2013 - Search Engine Optimization</t>
+          <t>Solidworks 2013</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>243.75</v>
+        <v>650</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786054205561</t>
+          <t>9786054205356</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Robot Programlama</t>
+          <t>Seo 2013 - Search Engine Optimization</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>219.38</v>
+        <v>243.75</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786055201210</t>
+          <t>9786054205561</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>RFID Gömülü Sistemler ile Mimarisi ve Programlama</t>
+          <t>Robot Programlama</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>325</v>
+        <v>219.38</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786054205103</t>
+          <t>9786055201210</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Python</t>
+          <t>RFID Gömülü Sistemler ile Mimarisi ve Programlama</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>406.25</v>
+        <v>325</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786054205745</t>
+          <t>9786054205103</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Profesyonel WordPress</t>
+          <t>Python</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>219.38</v>
+        <v>406.25</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786054205837</t>
+          <t>9786054205745</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>PHP</t>
+          <t>Profesyonel WordPress</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>406.25</v>
+        <v>219.38</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786054205004</t>
+          <t>9786054205837</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Photoshop CS5</t>
+          <t>PHP</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>243.75</v>
+        <v>406.25</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786054205493</t>
+          <t>9786054205004</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Pardus 2011</t>
+          <t>Photoshop CS5</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>219.38</v>
+        <v>243.75</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786054205226</t>
+          <t>9786054205493</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Oracle 11g R2</t>
+          <t>Pardus 2011</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>243.75</v>
+        <v>219.38</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786054205349</t>
+          <t>9786054205226</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Office 2010</t>
+          <t>Oracle 11g R2</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>325</v>
+        <v>243.75</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786054205752</t>
+          <t>9786054205349</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>MicroSoft Project 2016</t>
+          <t>Office 2010</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>243.75</v>
+        <v>325</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786054205448</t>
+          <t>9786054205752</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Maya Zbrush - Karakter Modelleme</t>
+          <t>MicroSoft Project 2016</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>219.38</v>
+        <v>243.75</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786054205073</t>
+          <t>9786054205448</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Maya Unlimited 2009</t>
+          <t>Maya Zbrush - Karakter Modelleme</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>406.25</v>
+        <v>219.38</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786054205585</t>
+          <t>9786054205073</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Matlab</t>
+          <t>Maya Unlimited 2009</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>243.75</v>
+        <v>406.25</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786054205790</t>
+          <t>9786054205585</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>JQuery Mobile</t>
+          <t>Matlab</t>
         </is>
       </c>
       <c r="C88" s="1">
         <v>243.75</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786054205394</t>
+          <t>9786054205790</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Jquery</t>
+          <t>JQuery Mobile</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>406.25</v>
+        <v>243.75</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786054205721</t>
+          <t>9786054205394</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Joomla</t>
+          <t>Jquery</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>243.75</v>
+        <v>406.25</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786054205110</t>
+          <t>9786054205721</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>JavaScript</t>
+          <t>Joomla</t>
         </is>
       </c>
       <c r="C91" s="1">
         <v>243.75</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786054205257</t>
+          <t>9786054205110</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Java ve Java Teknolojileri</t>
+          <t>JavaScript</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>406.25</v>
+        <v>243.75</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786054205462</t>
+          <t>9786054205257</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>İOS Programlamaya Giriş</t>
+          <t>Java ve Java Teknolojileri</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>219.38</v>
+        <v>406.25</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786054205035</t>
+          <t>9786054205462</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>İnternet Explorer 8</t>
+          <t>İOS Programlamaya Giriş</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>160.88</v>
+        <v>219.38</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786055201067</t>
+          <t>9786054205035</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>İleri Web Tasarım Teknikleri</t>
+          <t>İnternet Explorer 8</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>219.38</v>
+        <v>160.88</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786054205370</t>
+          <t>9786055201067</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Mobil Proglamlama</t>
+          <t>İleri Web Tasarım Teknikleri</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>325</v>
+        <v>219.38</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786055201463</t>
+          <t>9786054205370</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Asp Net Mvc5</t>
+          <t>Mobil Proglamlama</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>406.25</v>
+        <v>325</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786055201319</t>
+          <t>9786055201463</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Android Tabanlı Mobil Uygulama Geliştirme</t>
+          <t>Asp Net Mvc5</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>243.75</v>
+        <v>406.25</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786055201272</t>
+          <t>9786055201319</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>After Effects CS6 and CC</t>
+          <t>Android Tabanlı Mobil Uygulama Geliştirme</t>
         </is>
       </c>
       <c r="C99" s="1">
         <v>243.75</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786055201258</t>
+          <t>9786055201272</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>İleri Seviye Windows Server 2012</t>
+          <t>After Effects CS6 and CC</t>
         </is>
       </c>
       <c r="C100" s="1">
         <v>243.75</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786055201678</t>
+          <t>9786055201258</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Swift ve Objective-C İle İOS SDK</t>
+          <t>İleri Seviye Windows Server 2012</t>
         </is>
       </c>
       <c r="C101" s="1">
         <v>243.75</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786055201555</t>
+          <t>9786055201678</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Projeler İle SQL Server 2016</t>
+          <t>Swift ve Objective-C İle İOS SDK</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>325</v>
+        <v>243.75</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786054205363</t>
+          <t>9786055201555</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Indesign CS6 ve CC</t>
+          <t>Projeler İle SQL Server 2016</t>
         </is>
       </c>
       <c r="C103" s="1">
         <v>325</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786055201432</t>
+          <t>9786054205363</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Backtrack 5 R3 ve Penetrasyon Testleri</t>
+          <t>Indesign CS6 ve CC</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>243.75</v>
+        <v>325</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786055201401</t>
+          <t>9786055201432</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Solidworks ve Solidcam 2014</t>
+          <t>Backtrack 5 R3 ve Penetrasyon Testleri</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>650</v>
+        <v>243.75</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786055201333</t>
+          <t>9786055201401</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Php ile E-Ticaret Kapıları</t>
+          <t>Solidworks ve Solidcam 2014</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>325</v>
+        <v>650</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786052118221</t>
+          <t>9786055201333</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Teknolojileri ve Yönetim Bilişim Sistemleri</t>
+          <t>Php ile E-Ticaret Kapıları</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>243.75</v>
+        <v>325</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786052118139</t>
+          <t>9786052118221</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>E-Ticaret Rehberi</t>
+          <t>Bilgi Teknolojileri ve Yönetim Bilişim Sistemleri</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>219.38</v>
+        <v>243.75</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786052118092</t>
+          <t>9786052118139</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Kendi Siteni Kendin Koru</t>
+          <t>E-Ticaret Rehberi</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>243.75</v>
+        <v>219.38</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786059118811</t>
+          <t>9786052118092</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Torque 3D</t>
+          <t>Kendi Siteni Kendin Koru</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>219.38</v>
+        <v>243.75</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786059118842</t>
+          <t>9786059118811</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Sap PP 1. Cilt</t>
+          <t>Torque 3D</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>406.25</v>
+        <v>219.38</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786052118269</t>
+          <t>9786059118842</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Arm Cortex - M4 İle Mikrodenetleyici Programlama</t>
+          <t>Sap PP 1. Cilt</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>487.5</v>
+        <v>406.25</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786052118191</t>
+          <t>9786052118269</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>C# ile Nesne Tabanlı Programlama</t>
+          <t>Arm Cortex - M4 İle Mikrodenetleyici Programlama</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>243.75</v>
+        <v>487.5</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786052118016</t>
+          <t>9786052118191</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Bilgisayar Öğreniyorum</t>
+          <t>C# ile Nesne Tabanlı Programlama</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>406.25</v>
+        <v>243.75</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786052118023</t>
+          <t>9786052118016</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Hızlı Office</t>
+          <t>Bilgisayar Öğreniyorum</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>455</v>
+        <v>406.25</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786059118828</t>
+          <t>9786052118023</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Nesnelerin İnterneti</t>
+          <t>Hızlı Office</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>219.38</v>
+        <v>455</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786059118590</t>
+          <t>9786059118828</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Office 2016 Türkçe</t>
+          <t>Nesnelerin İnterneti</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>243.75</v>
+        <v>219.38</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786052118276</t>
+          <t>9786059118590</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Autocad</t>
+          <t>Office 2016 Türkçe</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>325</v>
+        <v>243.75</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786059118941</t>
+          <t>9786052118276</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Sap Abap - 4</t>
+          <t>Autocad</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>487.5</v>
+        <v>325</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786052118085</t>
+          <t>9786059118941</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Bilişim Teknolojileri ve Yazılım</t>
+          <t>Sap Abap - 4</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>325</v>
+        <v>487.5</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786059118903</t>
+          <t>9786052118085</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Scratch ile Programlama</t>
+          <t>Bilişim Teknolojileri ve Yazılım</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>243.75</v>
+        <v>325</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786059118774</t>
+          <t>9786059118903</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Unity 3D İle Oyun Programlama</t>
+          <t>Scratch ile Programlama</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>325</v>
+        <v>243.75</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786059118651</t>
+          <t>9786059118774</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>AUTOCAD 2017</t>
+          <t>Unity 3D İle Oyun Programlama</t>
         </is>
       </c>
       <c r="C123" s="1">
         <v>325</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786059118613</t>
+          <t>9786059118651</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Node.Js</t>
+          <t>AUTOCAD 2017</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>219.38</v>
+        <v>325</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786059118620</t>
+          <t>9786059118613</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Laravel</t>
+          <t>Node.Js</t>
         </is>
       </c>
       <c r="C125" s="1">
         <v>219.38</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>2016199700766</t>
+          <t>9786059118620</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Oyun Programlama Uzmanlığı Seti (4 Kitap Takım)</t>
+          <t>Laravel</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>1194.38</v>
+        <v>219.38</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>2016199700759</t>
+          <t>2016199700766</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Projeler İle Arduino Eğitim Seti (4 Kitap Takım)</t>
+          <t>Oyun Programlama Uzmanlığı Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>1113.13</v>
+        <v>1194.38</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>2016199700810</t>
+          <t>2016199700759</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Scratch İle Kolay Programlama Seti (3 Kitap Takım)</t>
+          <t>Projeler İle Arduino Eğitim Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>893.75</v>
+        <v>1113.13</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>2016199700490</t>
+          <t>2016199700810</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Windows Server Sistem Yönetimi Seti (2 Kitap Takım)</t>
+          <t>Scratch İle Kolay Programlama Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>1462.5</v>
+        <v>893.75</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786059118798</t>
+          <t>2016199700490</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Yeni Başlayanlar İçin Windows Server</t>
+          <t>Windows Server Sistem Yönetimi Seti (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>487.5</v>
+        <v>1462.5</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786059118743</t>
+          <t>9786059118798</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım Seo</t>
+          <t>Yeni Başlayanlar İçin Windows Server</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>243.75</v>
+        <v>487.5</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786059118446</t>
+          <t>9786059118743</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Mikrodenetleyiciler İle Seri İletişim</t>
+          <t>Adım Adım Seo</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>487.5</v>
+        <v>243.75</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786059118880</t>
+          <t>9786059118446</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Full Stack MVC</t>
+          <t>Mikrodenetleyiciler İle Seri İletişim</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>243.75</v>
+        <v>487.5</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786059118507</t>
+          <t>9786059118880</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Phonegap Cordova ile Mobil Uygulama Geliştirme</t>
+          <t>Full Stack MVC</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>219.38</v>
+        <v>243.75</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786059118835</t>
+          <t>9786059118507</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Kod Blokları İle Arduino</t>
+          <t>Phonegap Cordova ile Mobil Uygulama Geliştirme</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>243.75</v>
+        <v>219.38</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786059118682</t>
+          <t>9786059118835</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>V-RAY 3.3</t>
+          <t>Kod Blokları İle Arduino</t>
         </is>
       </c>
       <c r="C136" s="1">
         <v>243.75</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786059118699</t>
+          <t>9786059118682</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>SAP BW</t>
+          <t>V-RAY 3.3</t>
         </is>
       </c>
       <c r="C137" s="1">
         <v>243.75</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786055201487</t>
+          <t>9786059118699</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Cinema 4D</t>
+          <t>SAP BW</t>
         </is>
       </c>
       <c r="C138" s="1">
         <v>243.75</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786055201593</t>
+          <t>9786055201487</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>3D Studio Max 2017</t>
+          <t>Cinema 4D</t>
         </is>
       </c>
       <c r="C139" s="1">
         <v>243.75</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786055201371</t>
+          <t>9786055201593</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Exchange Server 2013</t>
+          <t>3D Studio Max 2017</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>325</v>
+        <v>243.75</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786055201234</t>
+          <t>9786055201371</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Javascript Programlama</t>
+          <t>Exchange Server 2013</t>
         </is>
       </c>
       <c r="C141" s="1">
         <v>325</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786055201142</t>
+          <t>9786055201234</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Yazılımcılar İçin İleri Seviye T-SQL Programlama</t>
+          <t>Javascript Programlama</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>406.25</v>
+        <v>325</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786054205264</t>
+          <t>9786055201142</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>XML ve İleri XML Teknolojileri</t>
+          <t>Yazılımcılar İçin İleri Seviye T-SQL Programlama</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>243.75</v>
+        <v>406.25</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786054205202</t>
+          <t>9786054205264</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>XHTML ve CSS</t>
+          <t>XML ve İleri XML Teknolojileri</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>325</v>
+        <v>243.75</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786054205523</t>
+          <t>9786054205202</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>WPF</t>
+          <t>XHTML ve CSS</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>243.75</v>
+        <v>325</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786055201227</t>
+          <t>9786054205523</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Windows Server 2012</t>
+          <t>WPF</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>325</v>
+        <v>243.75</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786054205646</t>
+          <t>9786055201227</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Windows 8</t>
+          <t>Windows Server 2012</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>219.38</v>
+        <v>325</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786054205547</t>
+          <t>9786054205646</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Web Tasarım Temelleri</t>
+          <t>Windows 8</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>325</v>
+        <v>219.38</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786054205134</t>
+          <t>9786054205547</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Web Tasarım Rehberi</t>
+          <t>Web Tasarım Temelleri</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>406.25</v>
+        <v>325</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786054205820</t>
+          <t>9786054205134</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Visual Studio 2012</t>
+          <t>Web Tasarım Rehberi</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>243.75</v>
+        <v>406.25</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786054205172</t>
+          <t>9786054205820</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Visual Basic .Net 2010</t>
+          <t>Visual Studio 2012</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>568.75</v>
+        <v>243.75</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786054205417</t>
+          <t>9786054205172</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Visual Studio 2010</t>
+          <t>Visual Basic .Net 2010</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>325</v>
+        <v>568.75</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786054205479</t>
+          <t>9786054205417</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Windows Server 2008 R2/SP1</t>
+          <t>Visual Studio 2010</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>243.75</v>
+        <v>325</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786055201388</t>
+          <t>9786054205479</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Android Programlama</t>
+          <t>Windows Server 2008 R2/SP1</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>219.38</v>
+        <v>243.75</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786055201296</t>
+          <t>9786055201388</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>SAP SD modülüne giriş</t>
+          <t>Android Programlama</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>243.75</v>
+        <v>219.38</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786055201302</t>
+          <t>9786055201296</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Tasarımdan Programlamaya Mobil Uygulama Geliştirme</t>
+          <t>SAP SD modülüne giriş</t>
         </is>
       </c>
       <c r="C156" s="1">
         <v>243.75</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786055201036</t>
+          <t>9786055201302</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Illustrator CS6</t>
+          <t>Tasarımdan Programlamaya Mobil Uygulama Geliştirme</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>325</v>
+        <v>243.75</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786054205240</t>
+          <t>9786055201036</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Her Yönüyle PHP 6</t>
+          <t>Illustrator CS6</t>
         </is>
       </c>
       <c r="C158" s="1">
         <v>325</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786054205486</t>
+          <t>9786054205240</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Her Yönüyle HTML5</t>
+          <t>Her Yönüyle PHP 6</t>
         </is>
       </c>
       <c r="C159" s="1">
         <v>325</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786055201111</t>
+          <t>9786054205486</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Her Yönüyle C# 5.0</t>
+          <t>Her Yönüyle HTML5</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>487.5</v>
+        <v>325</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786054205295</t>
+          <t>9786055201111</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Her Yönüyle C# 4.0</t>
+          <t>Her Yönüyle C# 5.0</t>
         </is>
       </c>
       <c r="C161" s="1">
         <v>487.5</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786055201098</t>
+          <t>9786054205295</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Her Yönüyle C</t>
+          <t>Her Yönüyle C# 4.0</t>
         </is>
       </c>
       <c r="C162" s="1">
         <v>487.5</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786055201043</t>
+          <t>9786055201098</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Her Yönüyle  WordPress</t>
+          <t>Her Yönüyle C</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>243.75</v>
+        <v>487.5</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786054205608</t>
+          <t>9786055201043</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Grafik-Tasarım Rehberi</t>
+          <t>Her Yönüyle  WordPress</t>
         </is>
       </c>
       <c r="C164" s="1">
         <v>243.75</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786054205400</t>
+          <t>9786054205608</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Grafik ve Animasyon</t>
+          <t>Grafik-Tasarım Rehberi</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>325</v>
+        <v>243.75</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786054205813</t>
+          <t>9786054205400</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Google App Engine</t>
+          <t>Grafik ve Animasyon</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>219.38</v>
+        <v>325</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786054205868</t>
+          <t>9786054205813</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Flash CS6 ve ActionScript 3.0</t>
+          <t>Google App Engine</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>325</v>
+        <v>219.38</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786054205028</t>
+          <t>9786054205868</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Flash CS4</t>
+          <t>Flash CS6 ve ActionScript 3.0</t>
         </is>
       </c>
       <c r="C168" s="1">
         <v>325</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786054205288</t>
+          <t>9786054205028</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Exchange Server 2010</t>
+          <t>Flash CS4</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>243.75</v>
+        <v>325</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786054205431</t>
+          <t>9786054205288</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Excel 2010 ve VBA</t>
+          <t>Exchange Server 2010</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>325</v>
+        <v>243.75</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786054205684</t>
+          <t>9786054205431</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Dijital Elektronik</t>
+          <t>Excel 2010 ve VBA</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>219.38</v>
+        <v>325</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786054205516</t>
+          <t>9786054205684</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Coreldraw X5</t>
+          <t>Dijital Elektronik</t>
         </is>
       </c>
       <c r="C172" s="1">
         <v>219.38</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786054205738</t>
+          <t>9786054205516</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>C++ Eğitim Kitabı</t>
+          <t>Coreldraw X5</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>325</v>
+        <v>219.38</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786054205639</t>
+          <t>9786054205738</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>C# ve VB.NET ile Uygulamalı Eğitim Kaynağı Silverlight 4</t>
+          <t>C++ Eğitim Kitabı</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>243.75</v>
+        <v>325</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786054205011</t>
+          <t>9786054205639</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>C# ile Asp.Net 4</t>
+          <t>C# ve VB.NET ile Uygulamalı Eğitim Kaynağı Silverlight 4</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>406.25</v>
+        <v>243.75</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786055201081</t>
+          <t>9786054205011</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Bilgisayar Öğreniyorum 2013</t>
+          <t>C# ile Asp.Net 4</t>
         </is>
       </c>
       <c r="C176" s="1">
         <v>406.25</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786054205783</t>
+          <t>9786055201081</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Bilgisayar Kullanıyorum</t>
+          <t>Bilgisayar Öğreniyorum 2013</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>325</v>
+        <v>406.25</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786054205875</t>
+          <t>9786054205783</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>AutoCad 2013 ve Autolisp</t>
+          <t>Bilgisayar Kullanıyorum</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>406.25</v>
+        <v>325</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786054205592</t>
+          <t>9786054205875</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>AutoCad 2012 and Autolisp</t>
+          <t>AutoCad 2013 ve Autolisp</t>
         </is>
       </c>
       <c r="C179" s="1">
         <v>406.25</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786054205318</t>
+          <t>9786054205592</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>AutoCad 2011 and AutoLisp</t>
+          <t>AutoCad 2012 and Autolisp</t>
         </is>
       </c>
       <c r="C180" s="1">
         <v>406.25</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786054205653</t>
+          <t>9786054205318</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>ASP.NET MVC3 RAZOR</t>
+          <t>AutoCad 2011 and AutoLisp</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>243.75</v>
+        <v>406.25</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786054205844</t>
+          <t>9786054205653</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>ASP. NET MVC4</t>
+          <t>ASP.NET MVC3 RAZOR</t>
         </is>
       </c>
       <c r="C182" s="1">
         <v>243.75</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786055201074</t>
+          <t>9786054205844</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Android Studio İle Programlama</t>
+          <t>ASP. NET MVC4</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>406.25</v>
+        <v>243.75</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786054205509</t>
+          <t>9786055201074</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Android</t>
+          <t>Android Studio İle Programlama</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>325</v>
+        <v>406.25</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786055201241</t>
+          <t>9786054205509</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Algoritma ve Programlama Mantığı</t>
+          <t>Android</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>243.75</v>
+        <v>325</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786054205530</t>
+          <t>9786055201241</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Algoritma</t>
+          <t>Algoritma ve Programlama Mantığı</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>325</v>
+        <v>243.75</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786055201166</t>
+          <t>9786054205530</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Ağ ve Yazılım Güvenliği</t>
+          <t>Algoritma</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>243.75</v>
+        <v>325</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786054205332</t>
+          <t>9786055201166</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Adobe Illustrator CS5</t>
+          <t>Ağ ve Yazılım Güvenliği</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>325</v>
+        <v>243.75</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786054205325</t>
+          <t>9786054205332</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Adobe Flash Professional CS5 and ActionScript 3.0</t>
+          <t>Adobe Illustrator CS5</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>406.25</v>
+        <v>325</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786054205660</t>
+          <t>9786054205325</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Adobe Dreamweaver CS5.5</t>
+          <t>Adobe Flash Professional CS5 and ActionScript 3.0</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>325</v>
+        <v>406.25</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786054205905</t>
+          <t>9786054205660</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>3D Studio Max Karakter Modelleme ve Dokulandırma (Renkli Baskı)</t>
+          <t>Adobe Dreamweaver CS5.5</t>
         </is>
       </c>
       <c r="C191" s="1">
         <v>325</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786055201050</t>
+          <t>9786054205905</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>After Effects CS6</t>
+          <t>3D Studio Max Karakter Modelleme ve Dokulandırma (Renkli Baskı)</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>219.38</v>
+        <v>325</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786054205301</t>
+          <t>9786055201050</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>10 Adımda Yazılım Geliştirme</t>
+          <t>After Effects CS6</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>243.75</v>
+        <v>219.38</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786054205042</t>
+          <t>9786054205301</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>10 Adımda Web Tasarımı</t>
+          <t>10 Adımda Yazılım Geliştirme</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>219.38</v>
+        <v>243.75</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786054205189</t>
+          <t>9786054205042</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>10 Adımda Online Satış Sitesi</t>
+          <t>10 Adımda Web Tasarımı</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>160.88</v>
+        <v>219.38</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786054205080</t>
+          <t>9786054205189</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>10 Adımda Flash Oyun Programlama</t>
+          <t>10 Adımda Online Satış Sitesi</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>243.75</v>
+        <v>160.88</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786054205707</t>
+          <t>9786054205080</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>10 Adımda E-Ticaret Sitesi Tasarım ve Programlama</t>
+          <t>10 Adımda Flash Oyun Programlama</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>219.38</v>
+        <v>243.75</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786054205165</t>
+          <t>9786054205707</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>10 Adımda Bilgisayar Güvenliği</t>
+          <t>10 Adımda E-Ticaret Sitesi Tasarım ve Programlama</t>
         </is>
       </c>
       <c r="C198" s="1">
         <v>219.38</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786054205677</t>
+          <t>9786054205165</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Adobe Muse</t>
+          <t>10 Adımda Bilgisayar Güvenliği</t>
         </is>
       </c>
       <c r="C199" s="1">
         <v>219.38</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786055201159</t>
+          <t>9786054205677</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Adobe Indesign İle Dijital ve Basılı Yayıncılık</t>
+          <t>Adobe Muse</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>243.75</v>
+        <v>219.38</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786059118514</t>
+          <t>9786055201159</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>IIS 8.5</t>
+          <t>Adobe Indesign İle Dijital ve Basılı Yayıncılık</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>160.88</v>
+        <v>243.75</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786059118521</t>
+          <t>9786059118514</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Metasploit ve Penetrasyon Testleri</t>
+          <t>IIS 8.5</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>243.75</v>
+        <v>160.88</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786055201326</t>
+          <t>9786059118521</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Mastercam X7</t>
+          <t>Metasploit ve Penetrasyon Testleri</t>
         </is>
       </c>
       <c r="C203" s="1">
         <v>243.75</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786054205158</t>
+          <t>9786055201326</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Windows 7</t>
+          <t>Mastercam X7</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>325</v>
+        <v>243.75</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786059118675</t>
+          <t>9786054205158</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>ATMEL ile Gömülü Sistemlere Giriş</t>
+          <t>Windows 7</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>243.75</v>
+        <v>325</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786059118545</t>
+          <t>9786059118675</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Modüler Sisteme Göre Temel Bilgi Teknolojileri</t>
+          <t>ATMEL ile Gömülü Sistemlere Giriş</t>
         </is>
       </c>
       <c r="C206" s="1">
         <v>243.75</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786059118538</t>
+          <t>9786059118545</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Asp. Net İle Proje Geliştirme</t>
+          <t>Modüler Sisteme Göre Temel Bilgi Teknolojileri</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>219.38</v>
+        <v>243.75</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786059118477</t>
+          <t>9786059118538</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Solidworks ve Solidcam 2015</t>
+          <t>Asp. Net İle Proje Geliştirme</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>650</v>
+        <v>219.38</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786055201647</t>
+          <t>9786059118477</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Unreal Engine 4</t>
+          <t>Solidworks ve Solidcam 2015</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>219.38</v>
+        <v>650</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786055201470</t>
+          <t>9786055201647</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Visual Studio 2015 - Oku, İzle, Dinle, Öğren!</t>
+          <t>Unreal Engine 4</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>325</v>
+        <v>219.38</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786059118804</t>
+          <t>9786055201470</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka</t>
+          <t>Visual Studio 2015 - Oku, İzle, Dinle, Öğren!</t>
         </is>
       </c>
       <c r="C211" s="1">
         <v>325</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786059118606</t>
+          <t>9786059118804</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Windows Server Sistem Yönetimi 2. Cilt</t>
+          <t>Yapay Zeka</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>731.25</v>
+        <v>325</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786055201661</t>
+          <t>9786059118606</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Unity 3D</t>
+          <t>Windows Server Sistem Yönetimi 2. Cilt</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>243.75</v>
+        <v>731.25</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786055201623</t>
+          <t>9786055201661</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>WordPress Tema Programlama</t>
+          <t>Unity 3D</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>219.38</v>
+        <v>243.75</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786055201517</t>
+          <t>9786055201623</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Projeler İle Arduino</t>
+          <t>WordPress Tema Programlama</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>325</v>
+        <v>219.38</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786059118705</t>
+          <t>9786055201517</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>C++ İle Projeler</t>
+          <t>Projeler İle Arduino</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>243.75</v>
+        <v>325</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786059118712</t>
+          <t>9786059118705</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Ruby Programlama</t>
+          <t>C++ İle Projeler</t>
         </is>
       </c>
       <c r="C217" s="1">
         <v>243.75</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786059118729</t>
+          <t>9786059118712</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Youtube</t>
+          <t>Ruby Programlama</t>
         </is>
       </c>
       <c r="C218" s="1">
         <v>243.75</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786059118736</t>
+          <t>9786059118729</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>ASP.Net Web Apı ve Özellikleri</t>
+          <t>Youtube</t>
         </is>
       </c>
       <c r="C219" s="1">
         <v>243.75</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786059118583</t>
+          <t>9786059118736</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>React Native</t>
+          <t>ASP.Net Web Apı ve Özellikleri</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>219.38</v>
+        <v>243.75</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786059118026</t>
+          <t>9786059118583</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Bootstrap 3</t>
+          <t>React Native</t>
         </is>
       </c>
       <c r="C221" s="1">
         <v>219.38</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786055201654</t>
+          <t>9786059118026</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Android Oyun Programlamaya Giriş</t>
+          <t>Bootstrap 3</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>243.75</v>
+        <v>219.38</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786055201395</t>
+          <t>9786055201654</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Solidworks 2014</t>
+          <t>Android Oyun Programlamaya Giriş</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>325</v>
+        <v>243.75</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786055201418</t>
+          <t>9786055201395</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Facebook Programlama</t>
+          <t>Solidworks 2014</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>219.38</v>
+        <v>325</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786059118576</t>
+          <t>9786055201418</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>SAP FI</t>
+          <t>Facebook Programlama</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>243.75</v>
+        <v>219.38</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786055201609</t>
+          <t>9786059118576</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Algoritmalar</t>
+          <t>SAP FI</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>406.25</v>
+        <v>243.75</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786055201562</t>
+          <t>9786055201609</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Bilgisayar Öğreniyorum</t>
+          <t>Algoritmalar</t>
         </is>
       </c>
       <c r="C227" s="1">
         <v>406.25</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786257440196</t>
+          <t>9786055201562</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Projelerle Yapak Zeka ve Bilgisayarlı Görü</t>
+          <t>Bilgisayar Öğreniyorum</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>487.5</v>
+        <v>406.25</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786257440202</t>
+          <t>9786257440196</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Genel Veri Tabanı Tasarımı</t>
+          <t>Projelerle Yapak Zeka ve Bilgisayarlı Görü</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>243.75</v>
+        <v>487.5</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786257440189</t>
+          <t>9786257440202</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Veri Bilimi İçin Python</t>
+          <t>Genel Veri Tabanı Tasarımı</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>406.25</v>
+        <v>243.75</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786055201203</t>
+          <t>9786257440189</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Office 2013 Türkçe</t>
+          <t>Veri Bilimi İçin Python</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>325</v>
+        <v>406.25</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786052118542</t>
+          <t>9786055201203</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Şapkalı Seo</t>
+          <t>Office 2013 Türkçe</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>219.38</v>
+        <v>325</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>2016199700999</t>
+          <t>9786052118542</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Süper Excel Eğitim Seti ( 5 Kitap Takım)</t>
+          <t>Beyaz Şapkalı Seo</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>1706.25</v>
+        <v>219.38</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>2021200701359</t>
+          <t>2016199700999</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Php Eğitim Seti (3 Kitap Takım)</t>
+          <t>Süper Excel Eğitim Seti ( 5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>1056.25</v>
+        <v>1706.25</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786052118535</t>
+          <t>2021200701359</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Makrolar ve Visual Basic 2019</t>
+          <t>Php Eğitim Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>243.75</v>
+        <v>1056.25</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786052118498</t>
+          <t>9786052118535</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>SQL Server 2019</t>
+          <t>Makrolar ve Visual Basic 2019</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>219.38</v>
+        <v>243.75</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>2021200701403</t>
+          <t>9786052118498</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Sistem Yönetimi Seti 2 (3 Kitap Takım)</t>
+          <t>SQL Server 2019</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>1868.75</v>
+        <v>219.38</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786052118528</t>
+          <t>2021200701403</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Bilgisayar Mühendisliğine Giriş</t>
+          <t>Sistem Yönetimi Seti 2 (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>325</v>
+        <v>1868.75</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>2016199701244</t>
+          <t>9786052118528</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Arduino Programlama Seti</t>
+          <t>Bilgisayar Mühendisliğine Giriş</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>1495</v>
+        <v>325</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>2016199701251</t>
+          <t>2016199701244</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>C/C++ Programlama Seti</t>
+          <t>Arduino Programlama Seti</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>1462.5</v>
+        <v>1495</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>2016199701138</t>
+          <t>2016199701251</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Bilgisayar Destekli Tasarım ve İmalat Seti 2 (6 Kitap Takım)</t>
+          <t>C/C++ Programlama Seti</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>3250</v>
+        <v>1462.5</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>2016199701121</t>
+          <t>2016199701138</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Bilgisayar Destekli Tasarım ve İmalat Seti (5 Kitap Takım)</t>
+          <t>Bilgisayar Destekli Tasarım ve İmalat Seti 2 (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>3006.25</v>
+        <v>3250</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786052118412</t>
+          <t>2016199701121</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Matlab</t>
+          <t>Bilgisayar Destekli Tasarım ve İmalat Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>243.75</v>
+        <v>3006.25</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786052118689</t>
+          <t>9786052118412</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Yazılımcılar için İş Başvuru Zamanı</t>
+          <t>Matlab</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>1218.75</v>
+        <v>243.75</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786052118511</t>
+          <t>9786052118689</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Microsoft Azure Altyapı ve Platform Servisleri</t>
+          <t>Yazılımcılar için İş Başvuru Zamanı</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>1625</v>
+        <v>1218.75</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786052118627</t>
+          <t>9786052118511</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Modern Frontend - Sıfırdan ileri Seviye Web Tasarımı</t>
+          <t>Microsoft Azure Altyapı ve Platform Servisleri</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>406.25</v>
+        <v>1625</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786052118481</t>
+          <t>9786052118627</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Yeni Başlayanlar İçin 3DS Max Mimari Modelleme</t>
+          <t>Modern Frontend - Sıfırdan ileri Seviye Web Tasarımı</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>325</v>
+        <v>406.25</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>2016199701190</t>
+          <t>9786052118481</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Veritabanı Uzmanlık Seti 3</t>
+          <t>Yeni Başlayanlar İçin 3DS Max Mimari Modelleme</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>2681.25</v>
+        <v>325</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>2016199701183</t>
+          <t>2016199701190</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Veritabanı Uzmanlık Seti 2</t>
+          <t>Veritabanı Uzmanlık Seti 3</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>2031.25</v>
+        <v>2681.25</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786052118290</t>
+          <t>2016199701183</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Sıfırdan İleri Seviyeye PHP Web Programlama</t>
+          <t>Veritabanı Uzmanlık Seti 2</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>487.5</v>
+        <v>2031.25</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>2021200701311</t>
+          <t>9786052118290</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Grafik Tasarım Seti (3 Kitap Takım)</t>
+          <t>Sıfırdan İleri Seviyeye PHP Web Programlama</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>2923.38</v>
+        <v>487.5</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>2016199701176</t>
+          <t>2021200701311</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Veritabanı Uzmanlık Seti</t>
+          <t>Grafik Tasarım Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>1706.25</v>
+        <v>2923.38</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>2016199701213</t>
+          <t>2016199701176</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>3D Modelleme ve Animasyon Seti 2</t>
+          <t>Veritabanı Uzmanlık Seti</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>2031.25</v>
+        <v>1706.25</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>2016199701107</t>
+          <t>2016199701213</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Mobil Programlama Uzmanlık Seti 3 (6 Kitap Takım)</t>
+          <t>3D Modelleme ve Animasyon Seti 2</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>2112.5</v>
+        <v>2031.25</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>2016199701091</t>
+          <t>2016199701107</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Mobil Programlama Uzmanlık Seti 2 (5 Kitap Takım)</t>
+          <t>Mobil Programlama Uzmanlık Seti 3 (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>1462.5</v>
+        <v>2112.5</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>2016199701084</t>
+          <t>2016199701091</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Mobil Programlama Uzmanlık Seti (4 Kitap Takım)</t>
+          <t>Mobil Programlama Uzmanlık Seti 2 (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>1218.75</v>
+        <v>1462.5</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>2016199701046</t>
+          <t>2016199701084</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Oyun Programlama Uzmanlığı Seti 2 (4 Kitap Takım)</t>
+          <t>Mobil Programlama Uzmanlık Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>1194.38</v>
+        <v>1218.75</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786256677234</t>
+          <t>2016199701046</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Ağ ve Siber Güvenlik Temelleri</t>
+          <t>Oyun Programlama Uzmanlığı Seti 2 (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>300</v>
+        <v>1194.38</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786054205912</t>
+          <t>9786256677234</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Photoshop</t>
+          <t>Ağ ve Siber Güvenlik Temelleri</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>406.25</v>
+        <v>300</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786054205691</t>
+          <t>9786054205912</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Photoshop CS5.5</t>
+          <t>Photoshop</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>325</v>
+        <v>406.25</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786054205899</t>
+          <t>9786054205691</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Dijital Fotoğrafçılık</t>
+          <t>Photoshop CS5.5</t>
         </is>
       </c>
       <c r="C261" s="1">
         <v>325</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786059118637</t>
+          <t>9786054205899</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Photoshop CC (Renkli Özel Baskı)</t>
+          <t>Dijital Fotoğrafçılık</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>973.38</v>
+        <v>325</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786052118443</t>
+          <t>9786059118637</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Grafik Tasarım Rehberi</t>
+          <t>Photoshop CC (Renkli Özel Baskı)</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>1625</v>
+        <v>973.38</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786256677227</t>
+          <t>9786052118443</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Dijital Dünyada Güvenli Adımlar</t>
+          <t>Grafik Tasarım Rehberi</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>260</v>
+        <v>1625</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786059118552</t>
+          <t>9786256677227</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Kali Linux</t>
+          <t>Dijital Dünyada Güvenli Adımlar</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>325</v>
+        <v>260</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786059118750</t>
+          <t>9786059118552</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Projeler ile Python</t>
+          <t>Kali Linux</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>243.75</v>
+        <v>325</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>2020239700982</t>
+          <t>9786059118750</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Süper Phyton Seti 2</t>
+          <t>Projeler ile Python</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>1885</v>
+        <v>243.75</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>2020239700890</t>
+          <t>2020239700982</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Süper Python Seti</t>
+          <t>Süper Phyton Seti 2</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>1397.5</v>
+        <v>1885</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786052118504</t>
+          <t>2020239700890</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Her Yönüyle Python</t>
+          <t>Süper Python Seti</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>585</v>
+        <v>1397.5</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786256677142</t>
+          <t>9786052118504</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka İle Pratik Uygulamalar</t>
+          <t>Her Yönüyle Python</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>325</v>
+        <v>585</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>2022125641799</t>
+          <t>9786256677142</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Java Eğitim Seti</t>
+          <t>Yapay Zeka İle Pratik Uygulamalar</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>1023.75</v>
+        <v>325</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786055201104</t>
+          <t>2022125641799</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Yeni Başlayanlar İçin Java</t>
+          <t>Java Eğitim Seti</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>780</v>
+        <v>1023.75</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>2016199701022</t>
+          <t>9786055201104</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Android Başlangıç Seti (2 Kitap Takım)</t>
+          <t>Yeni Başlayanlar İçin Java</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>1267.5</v>
+        <v>780</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786256677210</t>
+          <t>2016199701022</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>SAP SD Satış ve Dağıtım Temel Kullanıcı Kılavuzu</t>
+          <t>Android Başlangıç Seti (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>325</v>
+        <v>1267.5</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786256677128</t>
+          <t>9786256677210</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Kotlin İle Pratik Uygulamalar</t>
+          <t>SAP SD Satış ve Dağıtım Temel Kullanıcı Kılavuzu</t>
         </is>
       </c>
       <c r="C275" s="1">
         <v>325</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>2023110071133</t>
+          <t>9786256677128</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Siber Güvenlik Eğitim Seti 2</t>
+          <t>Kotlin İle Pratik Uygulamalar</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>1950</v>
+        <v>325</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786256677043</t>
+          <t>2023110071133</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Excel VBA Programlama</t>
+          <t>Siber Güvenlik Eğitim Seti 2</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>406.25</v>
+        <v>1950</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>2024987200046</t>
+          <t>9786256677043</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Mega Excel Eğitim Seti</t>
+          <t>Excel VBA Programlama</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>2762.5</v>
+        <v>406.25</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786256677029</t>
+          <t>2024987200046</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Unity 3D İle Kendi Oyununu Kendin Yap</t>
+          <t>Mega Excel Eğitim Seti</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>325</v>
+        <v>2762.5</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786257440950</t>
+          <t>9786256677029</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin Bilgisayara Giriş</t>
+          <t>Unity 3D İle Kendi Oyununu Kendin Yap</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>487.5</v>
+        <v>325</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786257440929</t>
+          <t>9786257440950</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Visual Studio İle Adım Adım Web Uygulama Geliştirme</t>
+          <t>Herkes İçin Bilgisayara Giriş</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>325</v>
+        <v>487.5</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786257440837</t>
+          <t>9786257440929</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>İş Analizi Rehberi</t>
+          <t>Visual Studio İle Adım Adım Web Uygulama Geliştirme</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>406.25</v>
+        <v>325</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786257440554</t>
+          <t>9786257440837</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Microsoft Power Bi</t>
+          <t>İş Analizi Rehberi</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>243.75</v>
+        <v>406.25</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786257440547</t>
+          <t>9786257440554</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Python İle Algoritma Ve Programlama</t>
+          <t>Microsoft Power Bi</t>
         </is>
       </c>
       <c r="C284" s="1">
         <v>243.75</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786257440523</t>
+          <t>9786257440547</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>SQL Server 2022</t>
+          <t>Python İle Algoritma Ve Programlama</t>
         </is>
       </c>
       <c r="C285" s="1">
         <v>243.75</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786257440424</t>
+          <t>9786257440523</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Wordpress Uygulamalı Web Site Tasarımı Eğitimi</t>
+          <t>SQL Server 2022</t>
         </is>
       </c>
       <c r="C286" s="1">
         <v>243.75</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786052118467</t>
+          <t>9786257440424</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Visual Basic ile Catia V5 Otomasyonu</t>
+          <t>Wordpress Uygulamalı Web Site Tasarımı Eğitimi</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>568.75</v>
+        <v>243.75</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>2016199700698</t>
+          <t>9786052118467</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Web Tasarım Seti - 3 (10 Kitap Takım)</t>
+          <t>Visual Basic ile Catia V5 Otomasyonu</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>3250</v>
+        <v>568.75</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>2016199700964</t>
+          <t>2016199700698</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Genç Mucitler Seti 4</t>
+          <t>Web Tasarım Seti - 3 (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>1259.38</v>
+        <v>3250</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>2016199700803</t>
+          <t>2016199700964</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Scratch ile Arduino Eğitim Seti (4 Kitap)</t>
+          <t>Genç Mucitler Seti 4</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>1218.75</v>
+        <v>1259.38</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>2016199700476</t>
+          <t>2016199700803</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Web Tasarıma Giriş Seti (5 Kitap Takım)</t>
+          <t>Scratch ile Arduino Eğitim Seti (4 Kitap)</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>1706.25</v>
+        <v>1218.75</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786052118108</t>
+          <t>2016199700476</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Remotexy</t>
+          <t>Web Tasarıma Giriş Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>243.75</v>
+        <v>1706.25</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786055201357</t>
+          <t>9786052118108</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Sharepoint 2013</t>
+          <t>Remotexy</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>219.38</v>
+        <v>243.75</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786052118214</t>
+          <t>9786055201357</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Web Tasarım Rehberi</t>
+          <t>Sharepoint 2013</t>
         </is>
       </c>
       <c r="C294" s="1">
         <v>219.38</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786059118910</t>
+          <t>9786052118214</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Scratch İle Arduino</t>
+          <t>Çocuklar İçin Web Tasarım Rehberi</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>243.75</v>
+        <v>219.38</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>2021200701700</t>
+          <t>9786059118910</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Adobe Grafik Tasarım Uzmanlığı Seti (6 Kitap Takım)</t>
+          <t>Scratch İle Arduino</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>2435.88</v>
+        <v>243.75</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786054205271</t>
+          <t>2021200701700</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Hacking Interface</t>
+          <t>Adobe Grafik Tasarım Uzmanlığı Seti (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>243.75</v>
+        <v>2435.88</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786055201173</t>
+          <t>9786054205271</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Elektronik Devre Elemanları</t>
+          <t>Hacking Interface</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>406.25</v>
+        <v>243.75</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786052118559</t>
+          <t>9786055201173</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Yeni Başlayanlar İçin Web Tasarım Kılavuzu</t>
+          <t>Elektronik Devre Elemanları</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>243.75</v>
+        <v>406.25</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>2021200701366</t>
+          <t>9786052118559</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Sap Programlama Seti (4 Kitap Takım)</t>
+          <t>Yeni Başlayanlar İçin Web Tasarım Kılavuzu</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>1706.25</v>
+        <v>243.75</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>2021200701335</t>
+          <t>2021200701366</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Arduino Programlama Eğitim Seti (6 Kitap Takım)</t>
+          <t>Sap Programlama Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>1576.25</v>
+        <v>1706.25</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>2021200701342</t>
+          <t>2021200701335</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Scratch Eğitim Seti (3 Kitap Takım)</t>
+          <t>Arduino Programlama Eğitim Seti (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>893.75</v>
+        <v>1576.25</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>2016199700438</t>
+          <t>2021200701342</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Veritabanı Eğitim Seti 2 (5 Kitap Takım)</t>
+          <t>Scratch Eğitim Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>1543.75</v>
+        <v>893.75</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786052118399</t>
+          <t>2016199700438</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Derin Öğrenme</t>
+          <t>Veritabanı Eğitim Seti 2 (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>219.38</v>
+        <v>1543.75</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786052118610</t>
+          <t>9786052118399</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Python Projeler ve Popüler Kütüphaneler</t>
+          <t>Derin Öğrenme</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>487.5</v>
+        <v>219.38</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>2016199700988</t>
+          <t>9786052118610</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Programlama Eğitim Seti 2 (4 Kitap Takım)</t>
+          <t>Python Projeler ve Popüler Kütüphaneler</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>2405</v>
+        <v>487.5</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>2016199700377</t>
+          <t>2016199700988</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Programlama Uzmanlık Seti (4 Kitap Takım)</t>
+          <t>Programlama Eğitim Seti 2 (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>1868.75</v>
+        <v>2405</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>2016199701916</t>
+          <t>2016199700377</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>C# Eğitim Seti (5 Kitap Takım)</t>
+          <t>Programlama Uzmanlık Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>2275</v>
+        <v>1868.75</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>2023010201234</t>
+          <t>2016199701916</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>C# Eğitim Seti 3</t>
+          <t>C# Eğitim Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>1868.75</v>
+        <v>2275</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>2016199701930</t>
+          <t>2023010201234</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>C# Eğitim Seti 2 (4 Kitap Takım)</t>
+          <t>C# Eğitim Seti 3</t>
         </is>
       </c>
       <c r="C310" s="1">
         <v>1868.75</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>2016199701169</t>
+          <t>2016199701930</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Yazılımcılar İçin Programlama Seti 3</t>
+          <t>C# Eğitim Seti 2 (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>3461.25</v>
+        <v>1868.75</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786054205127</t>
+          <t>2016199701169</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Programlama ve Veri Tabanı Mantığı</t>
+          <t>Yazılımcılar İçin Programlama Seti 3</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>487.5</v>
+        <v>3461.25</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786054205714</t>
+          <t>9786054205127</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Objective-C</t>
+          <t>Programlama ve Veri Tabanı Mantığı</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>325</v>
+        <v>487.5</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786055201197</t>
+          <t>9786054205714</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Netduino - Oku, İzle, Dinle, Öğren!</t>
+          <t>Objective-C</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>243.75</v>
+        <v>325</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786054205615</t>
+          <t>9786055201197</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Windows Phone Mango 7 ve 7.5</t>
+          <t>Netduino - Oku, İzle, Dinle, Öğren!</t>
         </is>
       </c>
       <c r="C315" s="1">
         <v>243.75</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786054205455</t>
+          <t>9786054205615</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Uzmanlığa Giden Yol: Framework 4.0</t>
+          <t>Windows Phone Mango 7 ve 7.5</t>
         </is>
       </c>
       <c r="C316" s="1">
         <v>243.75</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786054205929</t>
+          <t>9786054205455</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Dreamweaver CS6 ile CC</t>
+          <t>Uzmanlığa Giden Yol: Framework 4.0</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>325</v>
+        <v>243.75</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786054205233</t>
+          <t>9786054205929</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>AS3 İle Sunucu Programlama ve PHP-MySQL Entegrasyonu</t>
+          <t>Dreamweaver CS6 ile CC</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>203.13</v>
+        <v>325</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786054205066</t>
+          <t>9786054205233</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Adobe Air</t>
+          <t>AS3 İle Sunucu Programlama ve PHP-MySQL Entegrasyonu</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>325</v>
+        <v>203.13</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786055201135</t>
+          <t>9786054205066</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>3D Studio Max İç ve Dış Mekan Modelleme</t>
+          <t>Adobe Air</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>243.75</v>
+        <v>325</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>2024987200039</t>
+          <t>9786055201135</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Programlama Uzmanlık Seti 4</t>
+          <t>3D Studio Max İç ve Dış Mekan Modelleme</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>1543.75</v>
+        <v>243.75</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>2024987200022</t>
+          <t>2024987200039</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>C# Eğitim Seti 1</t>
+          <t>Programlama Uzmanlık Seti 4</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>1462.5</v>
+        <v>1543.75</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>2024987200015</t>
+          <t>2024987200022</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>C# Eğitim Seti 4</t>
+          <t>C# Eğitim Seti 1</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>1056.25</v>
+        <v>1462.5</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786257440912</t>
+          <t>2024987200015</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Excel Power Query &amp; Power Pıvot İle - Veri Analizi ve Raporlama</t>
+          <t>C# Eğitim Seti 4</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>243.75</v>
+        <v>1056.25</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786257440967</t>
+          <t>9786257440912</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka İle Sağlık</t>
+          <t>Excel Power Query &amp; Power Pıvot İle - Veri Analizi ve Raporlama</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>406.25</v>
+        <v>243.75</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>2023110071126</t>
+          <t>9786257440967</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Siber Güvenlik Eğitim Seti</t>
+          <t>Yapay Zeka İle Sağlık</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>1543.75</v>
+        <v>406.25</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786257440646</t>
+          <t>2023110071126</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Temiz Kod</t>
+          <t>Siber Güvenlik Eğitim Seti</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>487.5</v>
+        <v>1543.75</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786257440530</t>
+          <t>9786257440646</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Adobe InDesign CC</t>
+          <t>Temiz Kod</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>325</v>
+        <v>487.5</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786257440561</t>
+          <t>9786257440530</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Projeler İle C# 11 Ve Ef Core 7.0</t>
+          <t>Adobe InDesign CC</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>487.5</v>
+        <v>325</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>2022125641898</t>
+          <t>9786257440561</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Elektronik Mühendisliği Seti</t>
+          <t>Projeler İle C# 11 Ve Ef Core 7.0</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>1868.75</v>
+        <v>487.5</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786257440493</t>
+          <t>2022125641898</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Autocad Eğitim Kitabı</t>
+          <t>Elektronik Mühendisliği Seti</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>487.5</v>
+        <v>1868.75</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>2022125641782</t>
+          <t>9786257440493</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Pardus Eğitim Seti</t>
+          <t>Autocad Eğitim Kitabı</t>
         </is>
       </c>
       <c r="C332" s="1">
         <v>487.5</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>2022124289749</t>
+          <t>2022125641782</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Yeni Başlayanlar İçin Kolay Web Programlama Seti (5 Kitap)</t>
+          <t>Pardus Eğitim Seti</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>1194.38</v>
+        <v>487.5</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786257440479</t>
+          <t>2022124289749</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Makine Öğrenmesi</t>
+          <t>Yeni Başlayanlar İçin Kolay Web Programlama Seti (5 Kitap)</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>243.75</v>
+        <v>1194.38</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>2022163538662</t>
+          <t>9786257440479</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Süper SAP Programlama Seti 3</t>
+          <t>Çocuklar İçin Makine Öğrenmesi</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>3250</v>
+        <v>243.75</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>2022163538679</t>
+          <t>2022163538662</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Sap PP Eğitim Seti - 2 Kitap</t>
+          <t>Süper SAP Programlama Seti 3</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>893.75</v>
+        <v>3250</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786257440370</t>
+          <t>2022163538679</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Sap PP 2. Cilt</t>
+          <t>Sap PP Eğitim Seti - 2 Kitap</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>487.5</v>
+        <v>893.75</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>2022163538655</t>
+          <t>9786257440370</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Süper Sap Programlama Eğitim Seti 2</t>
+          <t>Sap PP 2. Cilt</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>2762.5</v>
+        <v>487.5</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>2020145625423</t>
+          <t>2022163538655</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka Kütüphanesi Seti</t>
+          <t>Süper Sap Programlama Eğitim Seti 2</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>7141.88</v>
+        <v>2762.5</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>2016199700514</t>
+          <t>2020145625423</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>3D Studio Max Eğitim Seti (3 Kitap Takım)</t>
+          <t>Yapay Zeka Kütüphanesi Seti</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>893.75</v>
+        <v>7141.88</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>2016199700155</t>
+          <t>2016199700514</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Elektronik Eğitim Seti 2 (5 Kitap Takım)</t>
+          <t>3D Studio Max Eğitim Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>1763.13</v>
+        <v>893.75</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>2016199700094</t>
+          <t>2016199700155</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Arduino Eğitim Seti 2 (3 Kitap Takım)</t>
+          <t>Elektronik Eğitim Seti 2 (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>869.38</v>
+        <v>1763.13</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>2016199700230</t>
+          <t>2016199700094</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Linux Eğitim Seti 2</t>
+          <t>Arduino Eğitim Seti 2 (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>975</v>
+        <v>869.38</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786052118030</t>
+          <t>2016199700230</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Opencart İle E-Ticaret</t>
+          <t>Linux Eğitim Seti 2</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>243.75</v>
+        <v>975</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786257440219</t>
+          <t>9786052118030</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>SAP EWM El Kitabı</t>
+          <t>Opencart İle E-Ticaret</t>
         </is>
       </c>
       <c r="C345" s="1">
         <v>243.75</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>2020145625409</t>
+          <t>9786257440219</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Süper Python Seti 3 (7 Kitap Takım)</t>
+          <t>SAP EWM El Kitabı</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>2535</v>
+        <v>243.75</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>2020145625416</t>
+          <t>2020145625409</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Süper Yapay Zeka Mühendisliği Seti 2 (7 Kitap Takım)</t>
+          <t>Süper Python Seti 3 (7 Kitap Takım)</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>2039.38</v>
+        <v>2535</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786257440172</t>
+          <t>2020145625416</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Python İle Veri Madenciliği</t>
+          <t>Süper Yapay Zeka Mühendisliği Seti 2 (7 Kitap Takım)</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>243.75</v>
+        <v>2039.38</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786052118696</t>
+          <t>9786257440172</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin Pardus</t>
+          <t>Python İle Veri Madenciliği</t>
         </is>
       </c>
       <c r="C349" s="1">
         <v>243.75</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>2016199700491</t>
+          <t>9786052118696</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Süper Sap Programlama Seti (6 Kitap Takım)</t>
+          <t>Herkes İçin Pardus</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>1950</v>
+        <v>243.75</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>2021200702301</t>
+          <t>2016199700491</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>C/C++ Programlama Seti 2 (5 Kitap Takım)</t>
+          <t>Süper Sap Programlama Seti (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>1868.75</v>
+        <v>1950</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>2021200701601</t>
+          <t>2021200702301</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Süper Modern Web Tasarım Seti (9 Kitap Takım)</t>
+          <t>C/C++ Programlama Seti 2 (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>3630.25</v>
+        <v>1868.75</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786052118665</t>
+          <t>2021200701601</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Entity Framework İle Modern Veri Erişimi</t>
+          <t>Süper Modern Web Tasarım Seti (9 Kitap Takım)</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>243.75</v>
+        <v>3630.25</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>2021200701373</t>
+          <t>9786052118665</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Unity 3D Eğitim Seti (4 Kitap Takım)</t>
+          <t>Entity Framework İle Modern Veri Erişimi</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>1218.75</v>
+        <v>243.75</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>2021200701205</t>
+          <t>2021200701373</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Modern Web Tasarım Seti 2 (5 Kitap Takım)</t>
+          <t>Unity 3D Eğitim Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>1600.63</v>
+        <v>1218.75</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>2021200701212</t>
+          <t>2021200701205</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Süper Yapay Zeka Mühendisliği Seti (6 Kitap Takım)</t>
+          <t>Modern Web Tasarım Seti 2 (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>1551.88</v>
+        <v>1600.63</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>2021200701175</t>
+          <t>2021200701212</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Oyun Programlama Seti 6 (4 Kitap Takım)</t>
+          <t>Süper Yapay Zeka Mühendisliği Seti (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>1218.75</v>
+        <v>1551.88</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>2021200701168</t>
+          <t>2021200701175</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Oyun Programlama Seti 5 (4 Kitap Takım)</t>
+          <t>Oyun Programlama Seti 6 (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C358" s="1">
         <v>1218.75</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>2021200701182</t>
+          <t>2021200701168</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Oyun Programlama Seti 7 (3 Kitap Takım)</t>
+          <t>Oyun Programlama Seti 5 (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>893.75</v>
+        <v>1218.75</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>2021200701199</t>
+          <t>2021200701182</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Modern Web Tasarım Seti (4 Kitap Takım)</t>
+          <t>Oyun Programlama Seti 7 (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>1381.25</v>
+        <v>893.75</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786052118658</t>
+          <t>2021200701199</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Articulate 360 İle Dijital İçerik Geliştirme</t>
+          <t>Modern Web Tasarım Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>243.75</v>
+        <v>1381.25</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786052118641</t>
+          <t>9786052118658</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Unity 3D İle Temel Seviye VR Oyun Geliştirme</t>
+          <t>Articulate 360 İle Dijital İçerik Geliştirme</t>
         </is>
       </c>
       <c r="C362" s="1">
         <v>243.75</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786052118634</t>
+          <t>9786052118641</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>R Programlamaya Giriş</t>
+          <t>Unity 3D İle Temel Seviye VR Oyun Geliştirme</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>219.38</v>
+        <v>243.75</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>2021199700104</t>
+          <t>9786052118634</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>PHP ile WEB Programlama Seti 2 (6 Kitap Takım)</t>
+          <t>R Programlamaya Giriş</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>2006.88</v>
+        <v>219.38</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>2021199700203</t>
+          <t>2021199700104</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>PHP İle WEB Programlama Seti (5 Kitap Takım)</t>
+          <t>PHP ile WEB Programlama Seti 2 (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>1787.5</v>
+        <v>2006.88</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>2016199700513</t>
+          <t>2021199700203</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>3D Eğitim Seti (5 Kitap Takım)</t>
+          <t>PHP İle WEB Programlama Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>1462.5</v>
+        <v>1787.5</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786052118603</t>
+          <t>2016199700513</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Kobiler İçin PHP ile Online Satış Sistemi</t>
+          <t>3D Eğitim Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>325</v>
+        <v>1462.5</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>2020199700889</t>
+          <t>9786052118603</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Web Programlama Seti 2 (4 Kitap Takım)</t>
+          <t>Kobiler İçin PHP ile Online Satış Sistemi</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>1462.5</v>
+        <v>325</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786052118580</t>
+          <t>2020199700889</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Ortaokul Öğrencileri İçin Small Basic ile Kodlama Eğitimi</t>
+          <t>Web Programlama Seti 2 (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>219.38</v>
+        <v>1462.5</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>2016199701908</t>
+          <t>9786052118580</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Hızlı ve Kolay Web Tasarım Seti (7 Kitap Takım)</t>
+          <t>Ortaokul Öğrencileri İçin Small Basic ile Kodlama Eğitimi</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>2549.63</v>
+        <v>219.38</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>2016199701808</t>
+          <t>2016199701908</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Hızlı ve Kolay Web Tasarım Seti 2 (4 Kitap Takım)</t>
+          <t>Hızlı ve Kolay Web Tasarım Seti (7 Kitap Takım)</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>1113.13</v>
+        <v>2549.63</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>2016199701708</t>
+          <t>2016199701808</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Hızlı ve Kolay Web Tasarım Seti 3 (5 Kitap Takım)</t>
+          <t>Hızlı ve Kolay Web Tasarım Seti 2 (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>1332.5</v>
+        <v>1113.13</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>2016199701054</t>
+          <t>2016199701708</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka Mühendisliği Seti 2 (5 Kitap Takım)</t>
+          <t>Hızlı ve Kolay Web Tasarım Seti 3 (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C373" s="1">
         <v>1332.5</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786052118566</t>
+          <t>2016199701054</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Tensorflow İle Derin Öğrenme</t>
+          <t>Yapay Zeka Mühendisliği Seti 2 (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>219.38</v>
+        <v>1332.5</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786052118573</t>
+          <t>9786052118566</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Pardus Sistem Yönetimi</t>
+          <t>Tensorflow İle Derin Öğrenme</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>243.75</v>
+        <v>219.38</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>2016199700888</t>
+          <t>9786052118573</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Web Programlama Seti (3 Kitap Takım)</t>
+          <t>Pardus Sistem Yönetimi</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>975</v>
+        <v>243.75</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>2016199700889</t>
+          <t>2016199700888</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Python Eğitim Seti</t>
+          <t>Web Programlama Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>812.5</v>
+        <v>975</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786052118474</t>
+          <t>2016199700889</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>C/C++ Programlama</t>
+          <t>Python Eğitim Seti</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>406.25</v>
+        <v>812.5</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>2016199701206</t>
+          <t>9786052118474</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>3D Modelleme ve Animasyon Seti</t>
+          <t>C/C++ Programlama</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>1787.5</v>
+        <v>406.25</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>2016199701060</t>
+          <t>2016199701206</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Linux Eğitim Seti (4 Kitap Takım)</t>
+          <t>3D Modelleme ve Animasyon Seti</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>1356.88</v>
+        <v>1787.5</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>2016199701053</t>
+          <t>2016199701060</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka Mühendisliği Seti (4 Kitap Takım)</t>
+          <t>Linux Eğitim Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>1113.13</v>
+        <v>1356.88</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786052118436</t>
+          <t>2016199701053</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Android Oyun Programlama</t>
+          <t>Yapay Zeka Mühendisliği Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>325</v>
+        <v>1113.13</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786052118429</t>
+          <t>9786052118436</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>A'dan Z'ye Blockchain</t>
+          <t>Android Oyun Programlama</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>243.75</v>
+        <v>325</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786052118405</t>
+          <t>9786052118429</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Gnu Linux</t>
+          <t>A'dan Z'ye Blockchain</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>219.38</v>
+        <v>243.75</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>2016199701015</t>
+          <t>9786052118405</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Arduino Atölye Seti (4 Kitap Takım)</t>
+          <t>Gnu Linux</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>1007.5</v>
+        <v>219.38</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786052118368</t>
+          <t>2016199701015</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Arduino Atölyesi</t>
+          <t>Arduino Atölye Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>243.75</v>
+        <v>1007.5</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786052118351</t>
+          <t>9786052118368</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>C# Çözümlü Soru Bankası</t>
+          <t>Arduino Atölyesi</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>325</v>
+        <v>243.75</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>2016199700995</t>
+          <t>9786052118351</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Elektrik Elektronik Mühendisliği Seti (5 Kitap Takım)</t>
+          <t>C# Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>2193.75</v>
+        <v>325</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>2016199701008</t>
+          <t>2016199700995</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Mühendislik Seti (4 Kitap Takım)</t>
+          <t>Elektrik Elektronik Mühendisliği Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>1868.75</v>
+        <v>2193.75</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786052118306</t>
+          <t>2016199701008</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Stratejik Seo</t>
+          <t>Mühendislik Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>406.25</v>
+        <v>1868.75</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786052118313</t>
+          <t>9786052118306</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Temel Network</t>
+          <t>Stratejik Seo</t>
         </is>
       </c>
       <c r="C391" s="1">
         <v>406.25</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786052118320</t>
+          <t>9786052118313</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalar İle Rhinoceros 3D</t>
+          <t>Temel Network</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>243.75</v>
+        <v>406.25</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>2016199700315</t>
+          <t>9786052118320</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Oyun Programlama Seti 3 (3 Kitap Takım)</t>
+          <t>Uygulamalar İle Rhinoceros 3D</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>975</v>
+        <v>243.75</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>2016199700919</t>
+          <t>2016199700315</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Global Hacking ve Güvenlik Seti 2</t>
+          <t>Oyun Programlama Seti 3 (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>1300</v>
+        <v>975</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786052118245</t>
+          <t>2016199700919</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Word ve Excel İçin Otomasyon Çözümleri</t>
+          <t>Global Hacking ve Güvenlik Seti 2</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>325</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>2016199700605</t>
+          <t>9786052118245</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Programlamaya Giriş Seti 2</t>
+          <t>Word ve Excel İçin Otomasyon Çözümleri</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>1543.75</v>
+        <v>325</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>2016199700957</t>
+          <t>2016199700605</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Genç Mucitler Seti 3</t>
+          <t>Programlamaya Giriş Seti 2</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>609.38</v>
+        <v>1543.75</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>2016199700940</t>
+          <t>2016199700957</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Genç Mucitler Seti 2</t>
+          <t>Genç Mucitler Seti 3</t>
         </is>
       </c>
       <c r="C398" s="1">
         <v>609.38</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>2016199700933</t>
+          <t>2016199700940</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Genç Mucitler Seti</t>
+          <t>Genç Mucitler Seti 2</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>365.63</v>
+        <v>609.38</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786052118238</t>
+          <t>2016199700933</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalar ile QT</t>
+          <t>Genç Mucitler Seti</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>243.75</v>
+        <v>365.63</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>2016199700582</t>
+          <t>9786052118238</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Elektronik Eğitim Seti - 4 (7 Kitap Takım)</t>
+          <t>Uygulamalar ile QT</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>2575.63</v>
+        <v>243.75</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>2016199700087</t>
+          <t>2016199700582</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Arduino Eğitim Seti (4 Kitap Takım)</t>
+          <t>Elektronik Eğitim Seti - 4 (7 Kitap Takım)</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>1275.63</v>
+        <v>2575.63</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>2016199700452</t>
+          <t>2016199700087</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Web Tasarım Seti (8 Kitap Takım)</t>
+          <t>Arduino Eğitim Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>2356.25</v>
+        <v>1275.63</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>2016199700148</t>
+          <t>2016199700452</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Elektronik Eğitim Seti (4 Kitap Takım)</t>
+          <t>Web Tasarım Seti (8 Kitap Takım)</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>1438.13</v>
+        <v>2356.25</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>2016199700629</t>
+          <t>2016199700148</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Web Tasarım Seti 2 (9 Kitap Takım)</t>
+          <t>Elektronik Eğitim Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>2762.5</v>
+        <v>1438.13</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>2016199700865</t>
+          <t>2016199700629</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>PHP Tabanlı WEB Tasarım Seti (5 Kitap Takım)</t>
+          <t>Web Tasarım Seti 2 (9 Kitap Takım)</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>1868.75</v>
+        <v>2762.5</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786052118184</t>
+          <t>2016199700865</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Oracle Veri Tabanı Güvenliği ve Sızma Testleri</t>
+          <t>PHP Tabanlı WEB Tasarım Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>243.75</v>
+        <v>1868.75</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786052118153</t>
+          <t>9786052118184</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Yeni Başlayanlar İçin Sap / Abap 4</t>
+          <t>Oracle Veri Tabanı Güvenliği ve Sızma Testleri</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>325</v>
+        <v>243.75</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786052118122</t>
+          <t>9786052118153</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Sap S/4 Hana</t>
+          <t>Yeni Başlayanlar İçin Sap / Abap 4</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>812.5</v>
+        <v>325</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786052118115</t>
+          <t>9786052118122</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Veri Yönetimi</t>
+          <t>Sap S/4 Hana</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>243.75</v>
+        <v>812.5</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786052118078</t>
+          <t>9786052118115</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalar İle Autocad</t>
+          <t>Veri Yönetimi</t>
         </is>
       </c>
       <c r="C411" s="1">
         <v>243.75</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786052118047</t>
+          <t>9786052118078</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Angularjs</t>
+          <t>Uygulamalar İle Autocad</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>406.25</v>
+        <v>243.75</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>2016199700384</t>
+          <t>9786052118047</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Programlamaya Giriş Seti (3 Kitap Takım)</t>
+          <t>Angularjs</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>1218.75</v>
+        <v>406.25</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>2016199700162</t>
+          <t>2016199700384</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Elektronik Eğitim Seti 3 (6 Kitap Takım)</t>
+          <t>Programlamaya Giriş Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>2250.63</v>
+        <v>1218.75</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>2016199700599</t>
+          <t>2016199700162</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Mühendislik Seti (6 Kitap Takım)</t>
+          <t>Elektronik Eğitim Seti 3 (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>1925.63</v>
+        <v>2250.63</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>2016199700674</t>
+          <t>2016199700599</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Arduino Eğitim Seti 3 (5 Kitap Takım)</t>
+          <t>Mühendislik Seti (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>1763.13</v>
+        <v>1925.63</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>2016199700391</t>
+          <t>2016199700674</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>SAP Eğitim Seti (3 Kitap Takım)</t>
+          <t>Arduino Eğitim Seti 3 (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>1625</v>
+        <v>1763.13</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786059118972</t>
+          <t>2016199700391</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Temel C Programlama</t>
+          <t>SAP Eğitim Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>406.25</v>
+        <v>1625</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786052118009</t>
+          <t>9786059118972</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Genç Mucitler 3 - Her Çocuk Mucittir</t>
+          <t>Temel C Programlama</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>121.88</v>
+        <v>406.25</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786059118996</t>
+          <t>9786052118009</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Genç Mucitler 2 - Her Çocuk Mucittir</t>
+          <t>Genç Mucitler 3 - Her Çocuk Mucittir</t>
         </is>
       </c>
       <c r="C420" s="1">
         <v>121.88</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786059118989</t>
+          <t>9786059118996</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Genç Mucitler 1 - Her Çocuk Mucittir</t>
+          <t>Genç Mucitler 2 - Her Çocuk Mucittir</t>
         </is>
       </c>
       <c r="C421" s="1">
         <v>121.88</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786059118927</t>
+          <t>9786059118989</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>SolidWorks &amp; Solidcam 2018</t>
+          <t>Genç Mucitler 1 - Her Çocuk Mucittir</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>1137.5</v>
+        <v>121.88</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786059118859</t>
+          <t>9786059118927</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Buluta Giden Yol Office 365 ve Exchange Server</t>
+          <t>SolidWorks &amp; Solidcam 2018</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>325</v>
+        <v>1137.5</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>2016199700186</t>
+          <t>9786059118859</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Global Hacking ve Güvenlik Seti (4 Kitap Takım)</t>
+          <t>Buluta Giden Yol Office 365 ve Exchange Server</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>1056.25</v>
+        <v>325</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>2016199700636</t>
+          <t>2016199700186</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Yeni Nesil Web Tasarım Seti (7 Kitap Takım)</t>
+          <t>Global Hacking ve Güvenlik Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>2356.25</v>
+        <v>1056.25</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>2016199700322</t>
+          <t>2016199700636</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Oyun Programlama Seti 4 (3 Kitap Takım)</t>
+          <t>Yeni Nesil Web Tasarım Seti (7 Kitap Takım)</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>975</v>
+        <v>2356.25</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>2016199700544</t>
+          <t>2016199700322</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Algoritma Eğitim Seti (3 Kitap Takım)</t>
+          <t>Oyun Programlama Seti 4 (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C427" s="1">
         <v>975</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>2016199700421</t>
+          <t>2016199700544</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Veritabanı Eğitim Seti (4 Kitap Takım)</t>
+          <t>Algoritma Eğitim Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>1218.75</v>
+        <v>975</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>2016199700308</t>
+          <t>2016199700421</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Open Source (Açık Kaynak) Seti</t>
+          <t>Veritabanı Eğitim Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>975</v>
+        <v>1218.75</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786059118781</t>
+          <t>2016199700308</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>CSS3</t>
+          <t>Open Source (Açık Kaynak) Seti</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>325</v>
+        <v>975</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786059118668</t>
+          <t>9786059118781</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Comsol</t>
+          <t>CSS3</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>406.25</v>
+        <v>325</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786059118644</t>
+          <t>9786059118668</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Windows 10 Uygulama Geliştirme</t>
+          <t>Comsol</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>243.75</v>
+        <v>406.25</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786059118569</t>
+          <t>9786059118644</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Windows Server Sistem Yönetimi 1. Cilt</t>
+          <t>Windows 10 Uygulama Geliştirme</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>731.25</v>
+        <v>243.75</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786054205578</t>
+          <t>9786059118569</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Sharepoint Portal 2010</t>
+          <t>Windows Server Sistem Yönetimi 1. Cilt</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>97.5</v>
+        <v>731.25</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786055201616</t>
+          <t>9786054205578</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Yeni Başlayanlar İçin Excel</t>
+          <t>Sharepoint Portal 2010</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>243.75</v>
+        <v>97.5</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786059118453</t>
+          <t>9786055201616</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Arduino ve Android İle Uzaktan Kontrol Sistemleri - 34 Proje</t>
+          <t>Yeni Başlayanlar İçin Excel</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>219.38</v>
+        <v>243.75</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786055201579</t>
+          <t>9786059118453</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>CentOS Sistem ve Sunucu Yönetimi</t>
+          <t>Arduino ve Android İle Uzaktan Kontrol Sistemleri - 34 Proje</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>406.25</v>
+        <v>219.38</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
+          <t>9786055201579</t>
+        </is>
+      </c>
+      <c r="B438" s="1" t="inlineStr">
+        <is>
+          <t>CentOS Sistem ve Sunucu Yönetimi</t>
+        </is>
+      </c>
+      <c r="C438" s="1">
+        <v>406.25</v>
+      </c>
+    </row>
+    <row r="439" spans="1:3">
+      <c r="A439" s="1" t="inlineStr">
+        <is>
           <t>9786055201456</t>
         </is>
       </c>
-      <c r="B438" s="1" t="inlineStr">
+      <c r="B439" s="1" t="inlineStr">
         <is>
           <t>Adobe Premiere Pro CC</t>
         </is>
       </c>
-      <c r="C438" s="1">
+      <c r="C439" s="1">
         <v>243.75</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>