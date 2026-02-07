--- v0 (2025-10-30)
+++ v1 (2026-02-07)
@@ -85,685 +85,700 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786056525001</t>
+          <t>9786056913174</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Humeynicilik</t>
+          <t>Son Devir Mutasavvıflarından Doktor Münir Derman - Hayatı, Eserleri ve Tasavvufi Görüşleri</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>40</v>
+        <v>500</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786056525087</t>
+          <t>9786056525001</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Medcezir - Üstün Buluş</t>
+          <t>Humeynicilik</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>70</v>
+        <v>40</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786057183705</t>
+          <t>9786056525087</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Büyük Doğu Gençliğinin Vasıfları</t>
+          <t>Medcezir - Üstün Buluş</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>168</v>
+        <v>70</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786057433381</t>
+          <t>9786057183705</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Necip Fazıl'ın Şiirlerine Şerh Denemesi</t>
+          <t>Büyük Doğu Gençliğinin Vasıfları</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>100</v>
+        <v>168</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786058228672</t>
+          <t>9786057433381</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Muhtasar Siyer-i Nebi</t>
+          <t>Necip Fazıl'ın Şiirlerine Şerh Denemesi</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>78</v>
+        <v>100</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786056525070</t>
+          <t>9786058228672</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Kimlik</t>
+          <t>Muhtasar Siyer-i Nebi</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>48</v>
+        <v>78</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786057157201</t>
+          <t>9786056525070</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Fikir Çilesi Haysiyetinin Müstesna Genci Salih Mirzabeyoğlu</t>
+          <t>Kimlik</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>178</v>
+        <v>48</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786057183712</t>
+          <t>9786057157201</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Gölge’den Akıncı Güç’e İslami Hareketin Temelleri</t>
+          <t>Fikir Çilesi Haysiyetinin Müstesna Genci Salih Mirzabeyoğlu</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>285</v>
+        <v>178</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786056913198</t>
+          <t>9786057183712</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Kalb Devri</t>
+          <t>Gölge’den Akıncı Güç’e İslami Hareketin Temelleri</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>73</v>
+        <v>285</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786057433305</t>
+          <t>9786056913198</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Sade Hayat</t>
+          <t>Kalb Devri</t>
         </is>
       </c>
       <c r="C11" s="1">
         <v>73</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786056525094</t>
+          <t>9786057433305</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Kumandan Salih Mirzabeyoğlu - Metris Hatıraları</t>
+          <t>Sade Hayat</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>75</v>
+        <v>73</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786056913167</t>
+          <t>9786056525094</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Te’sisü’n-Nazar ve Ruhü’l-Fıkh</t>
+          <t>Kumandan Salih Mirzabeyoğlu - Metris Hatıraları</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>79</v>
+        <v>75</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786056913143</t>
+          <t>9786056913167</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>İlm-i Hadis Hanefilik Maturidilik (Ciltli)</t>
+          <t>Te’sisü’n-Nazar ve Ruhü’l-Fıkh</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>210</v>
+        <v>79</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786056913136</t>
+          <t>9786056913143</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Kemal Paşazade ve Risale fi Beyan Ahval Ez-Zamair (Ciltli)</t>
+          <t>İlm-i Hadis Hanefilik Maturidilik (Ciltli)</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>285</v>
+        <v>210</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786058228658</t>
+          <t>9786056913136</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Kıraat İlminde Verş ile Hafs Rivayetinin Karşılaştırılması (Arapça)</t>
+          <t>Kemal Paşazade ve Risale fi Beyan Ahval Ez-Zamair (Ciltli)</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>109</v>
+        <v>285</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786058228665</t>
+          <t>9786058228658</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Manastırlı İsmail Hakkı</t>
+          <t>Kıraat İlminde Verş ile Hafs Rivayetinin Karşılaştırılması (Arapça)</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>108</v>
+        <v>109</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786058535770</t>
+          <t>9786058228665</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Susun Çocuklar Konuşuyor Veya Ufka Bakmak</t>
+          <t>Manastırlı İsmail Hakkı</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>75</v>
+        <v>108</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786058309098</t>
+          <t>9786058535770</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Kumandan Baba'nın Hayat Hikayesi</t>
+          <t>Susun Çocuklar Konuşuyor Veya Ufka Bakmak</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786056525063</t>
+          <t>9786058309098</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Kırk Satır - Tarihe Dair</t>
+          <t>Kumandan Baba'nın Hayat Hikayesi</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>45</v>
+        <v>60</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786056525025</t>
+          <t>9786056525063</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Saklı İnci</t>
+          <t>Kırk Satır - Tarihe Dair</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>30</v>
+        <v>45</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786058309012</t>
+          <t>9786056525025</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Sıradışı Bir 28 Şubat Hikayesi</t>
+          <t>Saklı İnci</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>63</v>
+        <v>30</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786058374157</t>
+          <t>9786058309012</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>40 Hadis - Zevkten İdrak</t>
+          <t>Sıradışı Bir 28 Şubat Hikayesi</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>60</v>
+        <v>63</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786056525056</t>
+          <t>9786058374157</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Hırka-i Şerif ve Cami</t>
+          <t>40 Hadis - Zevkten İdrak</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>42</v>
+        <v>60</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786058535787</t>
+          <t>9786056525056</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Bir Çocuğun Gözünden 28 Şubat</t>
+          <t>Hırka-i Şerif ve Cami</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>81</v>
+        <v>42</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786058309050</t>
+          <t>9786058535787</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Hayat Size Güzel</t>
+          <t>Bir Çocuğun Gözünden 28 Şubat</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>72</v>
+        <v>81</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786056525018</t>
+          <t>9786058309050</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Mavi Defter: Nokta 1</t>
+          <t>Hayat Size Güzel</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>82</v>
+        <v>72</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786058309036</t>
+          <t>9786056525018</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Daldan Dala - Eşya ve Hadiselerin Muhasebesi</t>
+          <t>Mavi Defter: Nokta 1</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>79</v>
+        <v>82</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786058374171</t>
+          <t>9786058309036</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Firari - Trajikomik Hatıralar</t>
+          <t>Daldan Dala - Eşya ve Hadiselerin Muhasebesi</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>63</v>
+        <v>79</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786058535749</t>
+          <t>9786058374171</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>İbda Diyalektiği'nde Terkibi Hükümlere Bakış</t>
+          <t>Firari - Trajikomik Hatıralar</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>75</v>
+        <v>63</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786058535732</t>
+          <t>9786058535749</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Sanat (Ciltli)</t>
+          <t>İbda Diyalektiği'nde Terkibi Hükümlere Bakış</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>105</v>
+        <v>75</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786058228627</t>
+          <t>9786058535732</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Elmalılı Muhammed Hamdi Yazır ve Tenkitçi Yönü</t>
+          <t>Sanat (Ciltli)</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>78</v>
+        <v>105</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786058309043</t>
+          <t>9786058228627</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Davudoğlu Hocaefendi'nin Mukaddime, Takdim ve Takrizleri</t>
+          <t>Elmalılı Muhammed Hamdi Yazır ve Tenkitçi Yönü</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>73</v>
+        <v>78</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786058228603</t>
+          <t>9786058309043</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Mavi Defter: Nokta 2</t>
+          <t>Ahmet Davudoğlu Hocaefendi'nin Mukaddime, Takdim ve Takrizleri</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>75</v>
+        <v>73</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786058309081</t>
+          <t>9786058228603</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Şeyhu'l Mücahidin İzzeddin Kassam</t>
+          <t>Mavi Defter: Nokta 2</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>127</v>
+        <v>75</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786058535794</t>
+          <t>9786058309081</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Kalebend - Siccin Defterleri</t>
+          <t>Şeyhu'l Mücahidin İzzeddin Kassam</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>82</v>
+        <v>127</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786058309067</t>
+          <t>9786058535794</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Deli Düşünceler - Psikolojimizi Tahlil Ediyoruz</t>
+          <t>Kalebend - Siccin Defterleri</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>63</v>
+        <v>82</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786058228641</t>
+          <t>9786058309067</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Büyük Doğu'da Felsefe ve Hikmet</t>
+          <t>Deli Düşünceler - Psikolojimizi Tahlil Ediyoruz</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>94</v>
+        <v>63</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786058535701</t>
+          <t>9786058228641</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Şiirinde Gemicilik Terimleri (Ciltli)</t>
+          <t>Büyük Doğu'da Felsefe ve Hikmet</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>126</v>
+        <v>94</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>3990201379624</t>
+          <t>9786058535701</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf - Sonsuzluk Ufku</t>
+          <t>Osmanlı Şiirinde Gemicilik Terimleri (Ciltli)</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>84</v>
+        <v>126</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786058228696</t>
+          <t>3990201379624</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>İmam Maturidi'nin Tefsir Literatürüne Tesiri</t>
+          <t>Tasavvuf - Sonsuzluk Ufku</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>202</v>
+        <v>84</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786056913105</t>
+          <t>9786058228696</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Ümmüd Dünya: Mekke-i Mükerreme</t>
+          <t>İmam Maturidi'nin Tefsir Literatürüne Tesiri</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>78</v>
+        <v>202</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786056913112</t>
+          <t>9786056913105</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Dibace Edebiyat ve Sanat Yazıları</t>
+          <t>Ümmüd Dünya: Mekke-i Mükerreme</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>90</v>
+        <v>78</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
+          <t>9786056913112</t>
+        </is>
+      </c>
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t>Dibace Edebiyat ve Sanat Yazıları</t>
+        </is>
+      </c>
+      <c r="C44" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="45" spans="1:3">
+      <c r="A45" s="1" t="inlineStr">
+        <is>
           <t>9786058309005</t>
         </is>
       </c>
-      <c r="B44" s="1" t="inlineStr">
+      <c r="B45" s="1" t="inlineStr">
         <is>
           <t>Yavuz Sultan Selim Divanı (Ciltli)</t>
         </is>
       </c>
-      <c r="C44" s="1">
+      <c r="C45" s="1">
         <v>210</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>