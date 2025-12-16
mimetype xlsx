--- v0 (2025-10-30)
+++ v1 (2025-12-16)
@@ -85,2905 +85,2950 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256896345</t>
+          <t>9786256896383</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Durdurulamayan İnsanlık 3</t>
+          <t>Zamanın Ruhu Nostalji</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>540</v>
+        <v>260</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256896338</t>
+          <t>9786256896376</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Ekofeminizm</t>
+          <t>Kutsal Otu Örmek</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>495</v>
+        <v>650</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256896321</t>
+          <t>9786256896369</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Bizler Yarının Türkleriyiz</t>
+          <t>Mutlu Bir Hayat İçin Farkındalık</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>320</v>
+        <v>280</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256896314</t>
+          <t>9786256896345</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Beterotu</t>
+          <t>Durdurulamayan İnsanlık 3</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>220</v>
+        <v>540</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256896307</t>
+          <t>9786256896338</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Katip Bartleby</t>
+          <t>Ekofeminizm</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>205</v>
+        <v>495</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256896291</t>
+          <t>9786256896321</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Kanca</t>
+          <t>Bizler Yarının Türkleriyiz</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>220</v>
+        <v>320</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256896116</t>
+          <t>9786256896314</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Anne Ben Düştüm mü?</t>
+          <t>Beterotu</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>320</v>
+        <v>220</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786052205181</t>
+          <t>9786256896307</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Yuval Noah Harari Seti (Ciltsiz)</t>
+          <t>Katip Bartleby</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>1492</v>
+        <v>205</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786052205303</t>
+          <t>9786256896291</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Argonautlar</t>
+          <t>Kanca</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>290</v>
+        <v>220</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786055029432</t>
+          <t>9786256896116</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Edgar ve Allan Poe'nun Gizemli Serüvenleri - 3: Kedi ve Sarkaç</t>
+          <t>Anne Ben Düştüm mü?</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>240</v>
+        <v>320</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786052205839</t>
+          <t>9786052205181</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Marx Okumak</t>
+          <t>Yuval Noah Harari Seti (Ciltsiz)</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>216</v>
+        <v>1492</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786052205402</t>
+          <t>9786052205303</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Sessizliğin Yanıtı</t>
+          <t>Argonautlar</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>220</v>
+        <v>290</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786256896284</t>
+          <t>9786055029432</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Birbirinin İyiliğini İstemek ve Birbirine Kötülük Etmek</t>
+          <t>Edgar ve Allan Poe'nun Gizemli Serüvenleri - 3: Kedi ve Sarkaç</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>260</v>
+        <v>240</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786055029654</t>
+          <t>9786052205839</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Deleuze</t>
+          <t>Marx Okumak</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>295</v>
+        <v>216</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256896277</t>
+          <t>9786052205402</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Terra Incognita - On Sekizinci ve On Dokuzuncu Yüzyılda Cehaletin Tarihi</t>
+          <t>Sessizliğin Yanıtı</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>256</v>
+        <v>220</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786256896260</t>
+          <t>9786256896284</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Neksus (Ciltli)</t>
+          <t>Birbirinin İyiliğini İstemek ve Birbirine Kötülük Etmek</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>896</v>
+        <v>260</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786256896253</t>
+          <t>9786055029654</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Nesnelerin Tükenen Hayatı</t>
+          <t>Deleuze</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>216</v>
+        <v>295</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786256896246</t>
+          <t>9786256896277</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Neksus</t>
+          <t>Terra Incognita - On Sekizinci ve On Dokuzuncu Yüzyılda Cehaletin Tarihi</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>550</v>
+        <v>256</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256896239</t>
+          <t>9786256896260</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Bugünün Normali Uyum Olarak Bireycilik</t>
+          <t>Neksus (Ciltli)</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>280</v>
+        <v>896</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256896215</t>
+          <t>9786256896253</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Kipling’ten Masallar</t>
+          <t>Nesnelerin Tükenen Hayatı</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>325</v>
+        <v>216</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786052205198</t>
+          <t>9786256896246</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Yuval Noah Harari Seti (Ciltli)</t>
+          <t>Neksus</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>2432</v>
+        <v>550</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786052205044</t>
+          <t>9786256896239</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Önemli Haritalar (Ciltli)</t>
+          <t>Bugünün Normali Uyum Olarak Bireycilik</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>500</v>
+        <v>280</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786052205259</t>
+          <t>9786256896215</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Ağaçlar</t>
+          <t>Kipling’ten Masallar</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>260</v>
+        <v>325</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786055029395</t>
+          <t>9786052205198</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Yol Bilenler</t>
+          <t>Yuval Noah Harari Seti (Ciltli)</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>266</v>
+        <v>2432</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786052205501</t>
+          <t>9786052205044</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Tuhafı Aşma Zamanı</t>
+          <t>Önemli Haritalar (Ciltli)</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>342</v>
+        <v>500</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786058667914</t>
+          <t>9786052205259</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Kara Kedi</t>
+          <t>Ağaçlar</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>295</v>
+        <v>260</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786052205341</t>
+          <t>9786055029395</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Lacan'da Aşk</t>
+          <t>Yol Bilenler</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>428</v>
+        <v>266</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786256896222</t>
+          <t>9786052205501</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Stoacılığı Yaşamak</t>
+          <t>Tuhafı Aşma Zamanı</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>428</v>
+        <v>342</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786256896208</t>
+          <t>9786058667914</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Gıdaların Beyniniz Üzerindeki Etkisi</t>
+          <t>Kara Kedi</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>475</v>
+        <v>295</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786256896185</t>
+          <t>9786052205341</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Normalliğin Deliliği</t>
+          <t>Lacan'da Aşk</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>328</v>
+        <v>428</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786256896178</t>
+          <t>9786256896222</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Demir John: Erkekler Üzerine Bir Kitap</t>
+          <t>Stoacılığı Yaşamak</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>398</v>
+        <v>428</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786052205051</t>
+          <t>9786256896208</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Nostalji - İnsan Ne Zaman Evindedir?</t>
+          <t>Gıdaların Beyniniz Üzerindeki Etkisi</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>220</v>
+        <v>475</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786256896192</t>
+          <t>9786256896185</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Fabrikası ve Seçme Yazılar</t>
+          <t>Normalliğin Deliliği</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>280</v>
+        <v>328</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786256896161</t>
+          <t>9786256896178</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Neandertal</t>
+          <t>Demir John: Erkekler Üzerine Bir Kitap</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>552</v>
+        <v>398</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786256896154</t>
+          <t>9786052205051</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Basit Yaşama Felsefesi</t>
+          <t>Nostalji - İnsan Ne Zaman Evindedir?</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>260</v>
+        <v>220</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786256896062</t>
+          <t>9786256896192</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Histeri</t>
+          <t>Edebiyat Fabrikası ve Seçme Yazılar</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>388</v>
+        <v>280</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786256896055</t>
+          <t>9786256896161</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Beyin Fırtınası</t>
+          <t>Neandertal</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>418</v>
+        <v>552</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786256896130</t>
+          <t>9786256896154</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Cinsellik ve Başarısız Mutlak</t>
+          <t>Basit Yaşama Felsefesi</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>540</v>
+        <v>260</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256896147</t>
+          <t>9786256896062</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Şu Anda Burada Mıyız?</t>
+          <t>Histeri</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>240</v>
+        <v>388</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786256896093</t>
+          <t>9786256896055</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Güvenlik İlkesi</t>
+          <t>Beyin Fırtınası</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>295</v>
+        <v>418</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786256896123</t>
+          <t>9786256896130</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Alev Makinesi</t>
+          <t>Cinsellik ve Başarısız Mutlak</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>370</v>
+        <v>540</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786256896109</t>
+          <t>9786256896147</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Durdurulamayan İnsanlık 2</t>
+          <t>Şu Anda Burada Mıyız?</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>540</v>
+        <v>240</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786256896079</t>
+          <t>9786256896093</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Bir Rus Piyanistin Otoportresi</t>
+          <t>Güvenlik İlkesi</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>240</v>
+        <v>295</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786256896086</t>
+          <t>9786256896123</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Bir Kaşifin Felsefesi</t>
+          <t>Alev Makinesi</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>240</v>
+        <v>370</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786256896031</t>
+          <t>9786256896109</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Zaman - Zemin - Zuhur</t>
+          <t>Durdurulamayan İnsanlık 2</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>314</v>
+        <v>540</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786256896024</t>
+          <t>9786256896079</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Aksi Gibi</t>
+          <t>Bir Rus Piyanistin Otoportresi</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786256896048</t>
+          <t>9786256896086</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Bilgisi</t>
+          <t>Bir Kaşifin Felsefesi</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>288</v>
+        <v>240</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786256896017</t>
+          <t>9786256896031</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Doğanın Gizli Ağı</t>
+          <t>Zaman - Zemin - Zuhur</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>280</v>
+        <v>314</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786256896000</t>
+          <t>9786256896024</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Büyücüler Çağı</t>
+          <t>Aksi Gibi</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>424</v>
+        <v>220</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786052205990</t>
+          <t>9786256896048</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Yürümek, Adım Adım</t>
+          <t>Yaşam Bilgisi</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>225</v>
+        <v>288</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786052205983</t>
+          <t>9786256896017</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Yumuşaklığın Gücü</t>
+          <t>Doğanın Gizli Ağı</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>225</v>
+        <v>280</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786052205969</t>
+          <t>9786256896000</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Mistik Yerler ve Çözülmemiş Gizemler</t>
+          <t>Büyücüler Çağı</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>475</v>
+        <v>424</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786052205976</t>
+          <t>9786052205990</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Meditasyonun Temelleri</t>
+          <t>Yürümek, Adım Adım</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>238</v>
+        <v>225</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786052205952</t>
+          <t>9786052205983</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Çalışma - Taş Devrinden Robot Çağına Zamanımızı Nasıl Harcadığımızın Tarihi</t>
+          <t>Yumuşaklığın Gücü</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>408</v>
+        <v>225</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786052205945</t>
+          <t>9786052205969</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Durdurulamayan İnsanlık</t>
+          <t>Mistik Yerler ve Çözülmemiş Gizemler</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>540</v>
+        <v>475</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786052205921</t>
+          <t>9786052205976</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Müzikli Beyin</t>
+          <t>Meditasyonun Temelleri</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>316</v>
+        <v>238</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786052205914</t>
+          <t>9786052205952</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Berlin'in İlk Günleri</t>
+          <t>Çalışma - Taş Devrinden Robot Çağına Zamanımızı Nasıl Harcadığımızın Tarihi</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>280</v>
+        <v>408</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786052205815</t>
+          <t>9786052205945</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Anekdotlar</t>
+          <t>Durdurulamayan İnsanlık</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>418</v>
+        <v>540</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786052205907</t>
+          <t>9786052205921</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Sapiens: Grafik Tarih 2</t>
+          <t>Müzikli Beyin</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>768</v>
+        <v>316</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786052205891</t>
+          <t>9786052205914</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Riske Övgü</t>
+          <t>Berlin'in İlk Günleri</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>285</v>
+        <v>280</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786052205884</t>
+          <t>9786052205815</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>İnsan, Hayvan ve Ötesi</t>
+          <t>Anekdotlar</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>270</v>
+        <v>418</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786052205877</t>
+          <t>9786052205907</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Tanrım Orada Mısın? Benim, Margaret</t>
+          <t>Sapiens: Grafik Tarih 2</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>216</v>
+        <v>768</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786052205860</t>
+          <t>9786052205891</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Hegel ve Modern Toplum</t>
+          <t>Riske Övgü</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>324</v>
+        <v>285</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786052205853</t>
+          <t>9786052205884</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Novasen</t>
+          <t>İnsan, Hayvan ve Ötesi</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>225</v>
+        <v>270</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786052205846</t>
+          <t>9786052205877</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Hav</t>
+          <t>Tanrım Orada Mısın? Benim, Margaret</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>406</v>
+        <v>216</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786052205822</t>
+          <t>9786052205860</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Sessizliğin Tarihi</t>
+          <t>Hegel ve Modern Toplum</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>238</v>
+        <v>324</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786052205808</t>
+          <t>9786052205853</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Sayılar ve Türümüze Katkıları</t>
+          <t>Novasen</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>314</v>
+        <v>225</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786052205792</t>
+          <t>9786052205846</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Karamel Set (4 Kitap Takım Kutulu)</t>
+          <t>Hav</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>850</v>
+        <v>406</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786052205785</t>
+          <t>9786052205822</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Gelecekten Gelen Şiir</t>
+          <t>Sessizliğin Tarihi</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>228</v>
+        <v>238</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786052205754</t>
+          <t>9786052205808</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Değişim Kolektifi Gençlik Dizisi 1: Hayali Sınırlar</t>
+          <t>Sayılar ve Türümüze Katkıları</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>175</v>
+        <v>314</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786052205761</t>
+          <t>9786052205792</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Değişim Kolektifi Gençlik Dizisi 2: Plastik Kriziyle Mücadele Etmek</t>
+          <t>Karamel Set (4 Kitap Takım Kutulu)</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>175</v>
+        <v>850</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786052205778</t>
+          <t>9786052205785</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Değişim Kolektifi Gençlik Dizisi 3: Beton Çocuklar</t>
+          <t>Gelecekten Gelen Şiir</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>175</v>
+        <v>228</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786052205747</t>
+          <t>9786052205754</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Karamel 4: Çifte Karamel</t>
+          <t>Değişim Kolektifi Gençlik Dizisi 1: Hayali Sınırlar</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>280</v>
+        <v>175</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786052205716</t>
+          <t>9786052205761</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Karamel 2: Süper Karamel</t>
+          <t>Değişim Kolektifi Gençlik Dizisi 2: Plastik Kriziyle Mücadele Etmek</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>225</v>
+        <v>175</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786052205730</t>
+          <t>9786052205778</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Karamel 1: Dördüncü Sınıfa Giden Bir Hiçin Hikayesi</t>
+          <t>Değişim Kolektifi Gençlik Dizisi 3: Beton Çocuklar</t>
         </is>
       </c>
       <c r="C76" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786052205723</t>
+          <t>9786052205747</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Karamel 3: Karamel Çılgınlığı</t>
+          <t>Karamel 4: Çifte Karamel</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>190</v>
+        <v>280</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786052205709</t>
+          <t>9786052205716</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>İnsan Sonrası Bilgi</t>
+          <t>Karamel 2: Süper Karamel</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>276</v>
+        <v>225</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786052205693</t>
+          <t>9786052205730</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Sapiens: Grafik Tarih Birinci Cilt</t>
+          <t>Karamel 1: Dördüncü Sınıfa Giden Bir Hiçin Hikayesi</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>744</v>
+        <v>175</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786052205679</t>
+          <t>9786052205723</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Günlük Ritüeller 2</t>
+          <t>Karamel 3: Karamel Çılgınlığı</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>400</v>
+        <v>190</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786052205662</t>
+          <t>9786052205709</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Aptallarla Ne Yapmalı?</t>
+          <t>İnsan Sonrası Bilgi</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>240</v>
+        <v>276</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786052205655</t>
+          <t>9786052205693</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Hayvanların Gizli Yaşamı</t>
+          <t>Sapiens: Grafik Tarih Birinci Cilt</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>275</v>
+        <v>744</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786052205631</t>
+          <t>9786052205679</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Schadenfreude</t>
+          <t>Günlük Ritüeller 2</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>240</v>
+        <v>400</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786052205624</t>
+          <t>9786052205662</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Dilenciler ve Kibirliler</t>
+          <t>Aptallarla Ne Yapmalı?</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>260</v>
+        <v>240</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786052205594</t>
+          <t>9786052205655</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Yunan Mitleri (2 Cilt Takım - Özel Kutulu)</t>
+          <t>Hayvanların Gizli Yaşamı</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>1110</v>
+        <v>275</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786052205587</t>
+          <t>9786052205631</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Rengeyiği Türkleri: Dukhalar</t>
+          <t>Schadenfreude</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>304</v>
+        <v>240</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786052205570</t>
+          <t>9786052205624</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Edgar ve Allan Poe’nun Gizemli Serüvenleri (3 Kitap Takım)</t>
+          <t>Dilenciler ve Kibirliler</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>665</v>
+        <v>260</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786052205563</t>
+          <t>9786052205594</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Spinoza Tayfası</t>
+          <t>Yunan Mitleri (2 Cilt Takım - Özel Kutulu)</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>566</v>
+        <v>1110</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786052205556</t>
+          <t>9786052205587</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Arzunun Sınırları</t>
+          <t>Rengeyiği Türkleri: Dukhalar</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>558</v>
+        <v>304</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786052205549</t>
+          <t>9786052205570</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Güney Afrika</t>
+          <t>Edgar ve Allan Poe’nun Gizemli Serüvenleri (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>306</v>
+        <v>665</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786052205518</t>
+          <t>9786052205563</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Kolomb’dan Davidoff’a Tütün</t>
+          <t>Spinoza Tayfası</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>216</v>
+        <v>566</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786052205525</t>
+          <t>9786052205556</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Dünya Masalları Seçkisi</t>
+          <t>Arzunun Sınırları</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>1750</v>
+        <v>558</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786055029890</t>
+          <t>9786052205549</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Destanlar: İlyada - Odysseia - Aeneis (3 Kitap Takım)</t>
+          <t>Güney Afrika</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>725</v>
+        <v>306</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786052205440</t>
+          <t>9786052205518</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Tamtamların Sesi Afrika’dan On Masal</t>
+          <t>Kolomb’dan Davidoff’a Tütün</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>295</v>
+        <v>216</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786052205488</t>
+          <t>9786052205525</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Mukaşi Mukaşi Evvel Zaman İçinde Japonya’da</t>
+          <t>Dünya Masalları Seçkisi</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>295</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786052205457</t>
+          <t>9786055029890</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Doğu’dan Bin Bir Masal</t>
+          <t>Çocuklar İçin Destanlar: İlyada - Odysseia - Aeneis (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>295</v>
+        <v>725</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786052205495</t>
+          <t>9786052205440</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Baba Yaga’nın Ormanında Rusya’dan Masallar</t>
+          <t>Tamtamların Sesi Afrika’dan On Masal</t>
         </is>
       </c>
       <c r="C97" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786052205471</t>
+          <t>9786052205488</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>İtalya’dan Sihirli Yiyecekler - Masallara Buyurun</t>
+          <t>Mukaşi Mukaşi Evvel Zaman İçinde Japonya’da</t>
         </is>
       </c>
       <c r="C98" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786052205464</t>
+          <t>9786052205457</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Tepeli Akbabanın Kanatları Üstünde Şili’den Masallar</t>
+          <t>Doğu’dan Bin Bir Masal</t>
         </is>
       </c>
       <c r="C99" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786052205389</t>
+          <t>9786052205495</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Aeneis</t>
+          <t>Baba Yaga’nın Ormanında Rusya’dan Masallar</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>240</v>
+        <v>295</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786052205372</t>
+          <t>9786052205471</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>İlyada</t>
+          <t>İtalya’dan Sihirli Yiyecekler - Masallara Buyurun</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>250</v>
+        <v>295</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786052205365</t>
+          <t>9786052205464</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Odysseia</t>
+          <t>Tepeli Akbabanın Kanatları Üstünde Şili’den Masallar</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>250</v>
+        <v>295</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786052205419</t>
+          <t>9786052205389</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Beslenme Hakkında Doğru Bildiğimiz Yanlışlar</t>
+          <t>Aeneis</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>380</v>
+        <v>240</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786052205396</t>
+          <t>9786052205372</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Yeni Gerçekçilik Manifestosu</t>
+          <t>İlyada</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786052205358</t>
+          <t>9786052205365</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Karşılaşmalar</t>
+          <t>Odysseia</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>440</v>
+        <v>250</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786052205334</t>
+          <t>9786052205419</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Yedi Ucuz Şey Üzerinden Dünya Tarihi</t>
+          <t>Beslenme Hakkında Doğru Bildiğimiz Yanlışlar</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>342</v>
+        <v>380</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786055029883</t>
+          <t>9786052205396</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Fotoğraf Yazıları</t>
+          <t>Yeni Gerçekçilik Manifestosu</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>260</v>
+        <v>220</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786052205327</t>
+          <t>9786052205358</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Yedi Deli Adam</t>
+          <t>Karşılaşmalar</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>352</v>
+        <v>440</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786052205310</t>
+          <t>9786052205334</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Rota</t>
+          <t>Yedi Ucuz Şey Üzerinden Dünya Tarihi</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>220</v>
+        <v>342</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786052205297</t>
+          <t>9786055029883</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Geceler</t>
+          <t>Fotoğraf Yazıları</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>295</v>
+        <v>260</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786052205280</t>
+          <t>9786052205327</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Aurelia</t>
+          <t>Yedi Deli Adam</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>295</v>
+        <v>352</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786052205273</t>
+          <t>9786052205310</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Düzen Adamı</t>
+          <t>Rota</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>390</v>
+        <v>220</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786052205266</t>
+          <t>9786052205297</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Dava</t>
+          <t>Beyaz Geceler</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>604</v>
+        <v>295</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786052205242</t>
+          <t>9786052205280</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Bira</t>
+          <t>Aurelia</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>360</v>
+        <v>295</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786052205204</t>
+          <t>9786052205273</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Albert Amca İle: Zaman ve Uzay - Kara Delikler - Kuantum Macerası Seti (3 Kitap Takım)</t>
+          <t>Düzen Adamı</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>645</v>
+        <v>390</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786052205174</t>
+          <t>9786052205266</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyıl İçin 21 Ders (Ciltli)</t>
+          <t>Dava</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>672</v>
+        <v>604</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786052205211</t>
+          <t>9786052205242</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Hayvanların Tarihi</t>
+          <t>Bira</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>295</v>
+        <v>360</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786052205167</t>
+          <t>9786052205204</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bir Toplum Felsefesi: Öbekleşme Kuramı ve Toplumsal Karmaşıklık</t>
+          <t>Albert Amca İle: Zaman ve Uzay - Kara Delikler - Kuantum Macerası Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>294</v>
+        <v>645</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786052205143</t>
+          <t>9786052205174</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Geceler</t>
+          <t>21. Yüzyıl İçin 21 Ders (Ciltli)</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>185</v>
+        <v>672</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786052205136</t>
+          <t>9786052205211</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Darwin’le Akşam Yemeği</t>
+          <t>Hayvanların Tarihi</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>352</v>
+        <v>295</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786052205129</t>
+          <t>9786052205167</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Aurelia</t>
+          <t>Yeni Bir Toplum Felsefesi: Öbekleşme Kuramı ve Toplumsal Karmaşıklık</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>185</v>
+        <v>294</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786052205082</t>
+          <t>9786052205143</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyıl İçin 21 Ders</t>
+          <t>Beyaz Geceler</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>412</v>
+        <v>185</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786052205112</t>
+          <t>9786052205136</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Albert Amca ile Zaman ve Uzay - 1</t>
+          <t>Darwin’le Akşam Yemeği</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>220</v>
+        <v>352</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786052205099</t>
+          <t>9786052205129</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Albert Amca ile Kara Delikler - 2</t>
+          <t>Aurelia</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>220</v>
+        <v>185</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786052205105</t>
+          <t>9786052205082</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Albert Amca ile Kuantum Macerası - 3</t>
+          <t>21. Yüzyıl İçin 21 Ders</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>220</v>
+        <v>412</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786052205068</t>
+          <t>9786052205112</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Duygular Sözlüğü</t>
+          <t>Albert Amca ile Zaman ve Uzay - 1</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>395</v>
+        <v>220</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786055029869</t>
+          <t>9786052205099</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Patikalar Üzerine</t>
+          <t>Albert Amca ile Kara Delikler - 2</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>475</v>
+        <v>220</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786052205013</t>
+          <t>9786052205105</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Mümkün Ütopya</t>
+          <t>Albert Amca ile Kuantum Macerası - 3</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>342</v>
+        <v>220</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786052205006</t>
+          <t>9786052205068</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Kadın: Sonsuz Coğrafya</t>
+          <t>Duygular Sözlüğü</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>504</v>
+        <v>395</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786055029906</t>
+          <t>9786055029869</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Dönüşüm</t>
+          <t>Patikalar Üzerine</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>185</v>
+        <v>475</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786055029913</t>
+          <t>9786052205013</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Satranç</t>
+          <t>Mümkün Ütopya</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>185</v>
+        <v>342</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786055029920</t>
+          <t>9786052205006</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Walter Benjamin - Gershom G. Scholem Mektuplaşmalar 1932-1940</t>
+          <t>Kadın: Sonsuz Coğrafya</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>424</v>
+        <v>504</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786055029876</t>
+          <t>9786055029906</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Darwin'in Kayıp Dünyası</t>
+          <t>Dönüşüm</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>324</v>
+        <v>185</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786055029852</t>
+          <t>9786055029913</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Evren</t>
+          <t>Satranç</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>288</v>
+        <v>185</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786055029845</t>
+          <t>9786055029920</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Kökenler: Yaratılışın Bilimsel Öyküsü</t>
+          <t>Walter Benjamin - Gershom G. Scholem Mektuplaşmalar 1932-1940</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>522</v>
+        <v>424</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786055029838</t>
+          <t>9786055029876</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Dolce Vegan: Kolay, Geleneksel ve Sağlıklı Vegan Tatlılar</t>
+          <t>Darwin'in Kayıp Dünyası</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>400</v>
+        <v>324</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786055029821</t>
+          <t>9786055029852</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Babil'in Kadınları: Mezopotamya'da Toplumsal Cinsiyet ve Temsil</t>
+          <t>İçimizdeki Evren</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>388</v>
+        <v>288</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786055029814</t>
+          <t>9786055029845</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Kuzey ve Orta Afrika - Alternatif Bir Gezi Rehberi</t>
+          <t>Kökenler: Yaratılışın Bilimsel Öyküsü</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>352</v>
+        <v>522</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786055029807</t>
+          <t>9786055029838</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Hava Nasıl Tarih Yazar</t>
+          <t>Dolce Vegan: Kolay, Geleneksel ve Sağlıklı Vegan Tatlılar</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>280</v>
+        <v>400</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786055029791</t>
+          <t>9786055029821</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Mavibent</t>
+          <t>Babil'in Kadınları: Mezopotamya'da Toplumsal Cinsiyet ve Temsil</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>220</v>
+        <v>388</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786055029760</t>
+          <t>9786055029814</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Modern Avrupa Halkları Tarihi</t>
+          <t>Kuzey ve Orta Afrika - Alternatif Bir Gezi Rehberi</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>380</v>
+        <v>352</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786055029593</t>
+          <t>9786055029807</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Cennet</t>
+          <t>Hava Nasıl Tarih Yazar</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>458</v>
+        <v>280</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786055029715</t>
+          <t>9786055029791</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Marcel Duchamp ve İşin Reddi</t>
+          <t>Mavibent</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>205</v>
+        <v>220</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786055029562</t>
+          <t>9786055029760</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Okumak ve Anlamak</t>
+          <t>Modern Avrupa Halkları Tarihi</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>370</v>
+        <v>380</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786055029685</t>
+          <t>9786055029593</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Pizza ve Oskar</t>
+          <t>Karanlık Cennet</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>234</v>
+        <v>458</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786055029678</t>
+          <t>9786055029715</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Ölüler Nasıl Düşler</t>
+          <t>Marcel Duchamp ve İşin Reddi</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>270</v>
+        <v>205</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786055029647</t>
+          <t>9786055029562</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Yürümenin Felsefesi</t>
+          <t>Okumak ve Anlamak</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>240</v>
+        <v>370</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786055029661</t>
+          <t>9786055029685</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Tarihin İnsanları</t>
+          <t>Pizza ve Oskar</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>294</v>
+        <v>234</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786055029708</t>
+          <t>9786055029678</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Göçebe Özneler</t>
+          <t>Ölüler Nasıl Düşler</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>494</v>
+        <v>270</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786055029692</t>
+          <t>9786055029647</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Robot Anatomisi</t>
+          <t>Yürümenin Felsefesi</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>370</v>
+        <v>240</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786055029586</t>
+          <t>9786055029661</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Bir Maske</t>
+          <t>Tarihin İnsanları</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>295</v>
+        <v>294</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786055029739</t>
+          <t>9786055029708</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Sapiens: Hayvanlardan Tanrılara (Ciltli)</t>
+          <t>Göçebe Özneler</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>848</v>
+        <v>494</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786055029753</t>
+          <t>9786055029692</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Senden Gayrı Aşık mı Yoktur</t>
+          <t>Robot Anatomisi</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>266</v>
+        <v>370</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786055029623</t>
+          <t>9786055029586</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Melodisi</t>
+          <t>Gizemli Bir Maske</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>294</v>
+        <v>295</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786055029630</t>
+          <t>9786055029739</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Homo Deus: Yarının Kısa Bir Tarihi</t>
+          <t>Sapiens: Hayvanlardan Tanrılara (Ciltli)</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>560</v>
+        <v>848</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786055029746</t>
+          <t>9786055029753</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Homo Deus: Yarının Kısa Bir Tarihi (Ciltli)</t>
+          <t>Senden Gayrı Aşık mı Yoktur</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>912</v>
+        <v>266</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786055029579</t>
+          <t>9786055029623</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Tanrının Yükseklik Korkusu</t>
+          <t>Zamanın Melodisi</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>208</v>
+        <v>294</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786055029142</t>
+          <t>9786055029630</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Olmak</t>
+          <t>Homo Deus: Yarının Kısa Bir Tarihi</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>285</v>
+        <v>560</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786055029555</t>
+          <t>9786055029746</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Bedreddin</t>
+          <t>Homo Deus: Yarının Kısa Bir Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>205</v>
+        <v>912</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786055029524</t>
+          <t>9786055029579</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Wittgenstein Jr.</t>
+          <t>Tanrının Yükseklik Korkusu</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>270</v>
+        <v>208</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786055029487</t>
+          <t>9786055029142</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Fanilik Üzerine Düşünceler</t>
+          <t>Hayvan Olmak</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>252</v>
+        <v>285</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786055029470</t>
+          <t>9786055029555</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Doğu Asya - Alternatif Bir Gezi Rehberi</t>
+          <t>Bedreddin</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>396</v>
+        <v>205</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786055029494</t>
+          <t>9786055029524</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Devrimin Kardeşleri</t>
+          <t>Wittgenstein Jr.</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>530</v>
+        <v>270</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786055029135</t>
+          <t>9786055029487</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Köpeklerin Sohbeti</t>
+          <t>Fanilik Üzerine Düşünceler</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>185</v>
+        <v>252</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786055029456</t>
+          <t>9786055029470</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Satranç</t>
+          <t>Doğu Asya - Alternatif Bir Gezi Rehberi</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>250</v>
+        <v>396</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786055029425</t>
+          <t>9786055029494</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>İdeoloji Olarak Biyoloji</t>
+          <t>Devrimin Kardeşleri</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>220</v>
+        <v>530</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786055029272</t>
+          <t>9786055029135</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>İnsan Sonrası</t>
+          <t>Köpeklerin Sohbeti</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>285</v>
+        <v>185</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786055029098</t>
+          <t>9786055029456</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bir Bakışla Derrida</t>
+          <t>Satranç</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>225</v>
+        <v>250</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786055029364</t>
+          <t>9786055029425</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Körler Ülkesi</t>
+          <t>İdeoloji Olarak Biyoloji</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786055029357</t>
+          <t>9786055029272</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Sapiens: Hayvanlardan Tanrılara</t>
+          <t>İnsan Sonrası</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>520</v>
+        <v>285</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786055029371</t>
+          <t>9786055029098</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Sinemaya Giriş : Bilimkurgu</t>
+          <t>Yeni Bir Bakışla Derrida</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>304</v>
+        <v>225</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786056355950</t>
+          <t>9786055029364</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Maximilian Ponder’ın Muteber Beyni</t>
+          <t>Körler Ülkesi</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>370</v>
+        <v>250</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786055029340</t>
+          <t>9786055029357</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Edgar ve Allan Poe’nun Gizemli Serüvenleri - 2 : Tüyler Ürperten Bir Gece Yarısı</t>
+          <t>Sapiens: Hayvanlardan Tanrılara</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>220</v>
+        <v>520</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786055029302</t>
+          <t>9786055029371</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Palto</t>
+          <t>Sinemaya Giriş : Bilimkurgu</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>185</v>
+        <v>304</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786055029265</t>
+          <t>9786056355950</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Anlatının Gücü</t>
+          <t>Maximilian Ponder’ın Muteber Beyni</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>225</v>
+        <v>370</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786055029289</t>
+          <t>9786055029340</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Sinemaya Giriş: Belgesel</t>
+          <t>Edgar ve Allan Poe’nun Gizemli Serüvenleri - 2 : Tüyler Ürperten Bir Gece Yarısı</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>332</v>
+        <v>220</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786056355967</t>
+          <t>9786055029302</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bir Bakışla: Adorno</t>
+          <t>Palto</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>225</v>
+        <v>185</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786056355905</t>
+          <t>9786055029265</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bir Bakışla Heidegger</t>
+          <t>Anlatının Gücü</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>240</v>
+        <v>225</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786055029258</t>
+          <t>9786055029289</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Peter Schlemihl'in Olağanüstü Öyküsü</t>
+          <t>Sinemaya Giriş: Belgesel</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>185</v>
+        <v>332</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786055029197</t>
+          <t>9786056355967</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bir Bakışla Baudrillard</t>
+          <t>Yeni Bir Bakışla: Adorno</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>220</v>
+        <v>225</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786055029067</t>
+          <t>9786056355905</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Günlük Ritüeller</t>
+          <t>Yeni Bir Bakışla Heidegger</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>285</v>
+        <v>240</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786055029128</t>
+          <t>9786055029258</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Dogma</t>
+          <t>Peter Schlemihl'in Olağanüstü Öyküsü</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>280</v>
+        <v>185</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786058611993</t>
+          <t>9786055029197</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bir Bakışla Deleuze</t>
+          <t>Yeni Bir Bakışla Baudrillard</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>225</v>
+        <v>220</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786055029029</t>
+          <t>9786055029067</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Gezi Ruhu ve Politik Teori</t>
+          <t>Günlük Ritüeller</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>205</v>
+        <v>285</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786058611955</t>
+          <t>9786055029128</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>İşgal Et</t>
+          <t>Dogma</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>205</v>
+        <v>280</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786058611962</t>
+          <t>9786058611993</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Latin Amerika - Alternatif Bir Gezi Rehberi</t>
+          <t>Yeni Bir Bakışla Deleuze</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>368</v>
+        <v>225</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786058611924</t>
+          <t>9786055029029</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzüne Rest - Sarı Çıyanın Rüyası</t>
+          <t>Gezi Ruhu ve Politik Teori</t>
         </is>
       </c>
       <c r="C187" s="1">
         <v>205</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786056355981</t>
+          <t>9786058611955</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Seks ve Ceza</t>
+          <t>İşgal Et</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>514</v>
+        <v>205</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786058667945</t>
+          <t>9786058611962</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Palto</t>
+          <t>Latin Amerika - Alternatif Bir Gezi Rehberi</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>250</v>
+        <v>368</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786058611931</t>
+          <t>9786058611924</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Edgar ve Allan Poe’nun Gizemli Serüvenleri - 1 : Hikaye Başlıyor</t>
+          <t>Yeryüzüne Rest - Sarı Çıyanın Rüyası</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>220</v>
+        <v>205</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786058667976</t>
+          <t>9786056355981</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Değiştiren 100 Fikir</t>
+          <t>Seks ve Ceza</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>475</v>
+        <v>514</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
+          <t>9786058667945</t>
+        </is>
+      </c>
+      <c r="B192" s="1" t="inlineStr">
+        <is>
+          <t>Palto</t>
+        </is>
+      </c>
+      <c r="C192" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="193" spans="1:3">
+      <c r="A193" s="1" t="inlineStr">
+        <is>
+          <t>9786058611931</t>
+        </is>
+      </c>
+      <c r="B193" s="1" t="inlineStr">
+        <is>
+          <t>Edgar ve Allan Poe’nun Gizemli Serüvenleri - 1 : Hikaye Başlıyor</t>
+        </is>
+      </c>
+      <c r="C193" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="194" spans="1:3">
+      <c r="A194" s="1" t="inlineStr">
+        <is>
+          <t>9786058667976</t>
+        </is>
+      </c>
+      <c r="B194" s="1" t="inlineStr">
+        <is>
+          <t>Dünyayı Değiştiren 100 Fikir</t>
+        </is>
+      </c>
+      <c r="C194" s="1">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="195" spans="1:3">
+      <c r="A195" s="1" t="inlineStr">
+        <is>
           <t>9786058667907</t>
         </is>
       </c>
-      <c r="B192" s="1" t="inlineStr">
+      <c r="B195" s="1" t="inlineStr">
         <is>
           <t>Dönüşüm</t>
         </is>
       </c>
-      <c r="C192" s="1">
+      <c r="C195" s="1">
         <v>295</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>