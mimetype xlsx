--- v1 (2025-12-16)
+++ v2 (2026-02-07)
@@ -85,2950 +85,3010 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256896383</t>
+          <t>9786256896352</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Ruhu Nostalji</t>
+          <t>Nietzsche Banliyöde</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>260</v>
+        <v>550</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256896376</t>
+          <t>9786256896413</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Otu Örmek</t>
+          <t>İlk Hikâye</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>650</v>
+        <v>275</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256896369</t>
+          <t>9786256896406</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Bir Hayat İçin Farkındalık</t>
+          <t>Dünyaya Çocuk Getirmek Ne Anlama Gelir?</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>280</v>
+        <v>495</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256896345</t>
+          <t>9786256896390</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Durdurulamayan İnsanlık 3</t>
+          <t>Kötü Arkadaş</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>540</v>
+        <v>420</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256896338</t>
+          <t>9786256896383</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Ekofeminizm</t>
+          <t>Zamanın Ruhu Nostalji</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>495</v>
+        <v>260</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256896321</t>
+          <t>9786256896376</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Bizler Yarının Türkleriyiz</t>
+          <t>Kutsal Otu Örmek</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>320</v>
+        <v>685</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256896314</t>
+          <t>9786256896369</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Beterotu</t>
+          <t>Mutlu Bir Hayat İçin Farkındalık</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>220</v>
+        <v>310</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256896307</t>
+          <t>9786256896345</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Katip Bartleby</t>
+          <t>Durdurulamayan İnsanlık 3</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>205</v>
+        <v>595</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256896291</t>
+          <t>9786256896338</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Kanca</t>
+          <t>Ekofeminizm</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>220</v>
+        <v>655</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786256896116</t>
+          <t>9786256896321</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Anne Ben Düştüm mü?</t>
+          <t>Bizler Yarının Türkleriyiz</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>320</v>
+        <v>395</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786052205181</t>
+          <t>9786256896314</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Yuval Noah Harari Seti (Ciltsiz)</t>
+          <t>Beterotu</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>1492</v>
+        <v>220</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786052205303</t>
+          <t>9786256896307</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Argonautlar</t>
+          <t>Katip Bartleby</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>290</v>
+        <v>205</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786055029432</t>
+          <t>9786256896291</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Edgar ve Allan Poe'nun Gizemli Serüvenleri - 3: Kedi ve Sarkaç</t>
+          <t>Kanca</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786052205839</t>
+          <t>9786256896116</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Marx Okumak</t>
+          <t>Anne Ben Düştüm mü?</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>216</v>
+        <v>395</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786052205402</t>
+          <t>9786052205181</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Sessizliğin Yanıtı</t>
+          <t>Yuval Noah Harari Seti (Ciltsiz)</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>220</v>
+        <v>1730</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786256896284</t>
+          <t>9786052205303</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Birbirinin İyiliğini İstemek ve Birbirine Kötülük Etmek</t>
+          <t>Argonautlar</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>260</v>
+        <v>325</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786055029654</t>
+          <t>9786055029432</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Deleuze</t>
+          <t>Edgar ve Allan Poe'nun Gizemli Serüvenleri - 3: Kedi ve Sarkaç</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>295</v>
+        <v>260</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786256896277</t>
+          <t>9786052205839</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Terra Incognita - On Sekizinci ve On Dokuzuncu Yüzyılda Cehaletin Tarihi</t>
+          <t>Marx Okumak</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>256</v>
+        <v>295</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256896260</t>
+          <t>9786052205402</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Neksus (Ciltli)</t>
+          <t>Sessizliğin Yanıtı</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>896</v>
+        <v>220</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256896253</t>
+          <t>9786256896284</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Nesnelerin Tükenen Hayatı</t>
+          <t>Birbirinin İyiliğini İstemek ve Birbirine Kötülük Etmek</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>216</v>
+        <v>310</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256896246</t>
+          <t>9786055029654</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Neksus</t>
+          <t>Deleuze</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>550</v>
+        <v>385</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256896239</t>
+          <t>9786256896277</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Bugünün Normali Uyum Olarak Bireycilik</t>
+          <t>Terra Incognita - On Sekizinci ve On Dokuzuncu Yüzyılda Cehaletin Tarihi</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>280</v>
+        <v>345</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256896215</t>
+          <t>9786256896260</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Kipling’ten Masallar</t>
+          <t>Neksus (Ciltli)</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>325</v>
+        <v>930</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786052205198</t>
+          <t>9786256896253</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Yuval Noah Harari Seti (Ciltli)</t>
+          <t>Nesnelerin Tükenen Hayatı</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>2432</v>
+        <v>295</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786052205044</t>
+          <t>9786256896246</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Önemli Haritalar (Ciltli)</t>
+          <t>Neksus</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>500</v>
+        <v>630</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786052205259</t>
+          <t>9786256896239</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Ağaçlar</t>
+          <t>Bugünün Normali Uyum Olarak Bireycilik</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>260</v>
+        <v>335</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786055029395</t>
+          <t>9786256896215</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Yol Bilenler</t>
+          <t>Kipling’ten Masallar</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>266</v>
+        <v>325</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786052205501</t>
+          <t>9786052205198</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Tuhafı Aşma Zamanı</t>
+          <t>Yuval Noah Harari Seti (Ciltli)</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>342</v>
+        <v>2530</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786058667914</t>
+          <t>9786052205044</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Kara Kedi</t>
+          <t>Önemli Haritalar (Ciltli)</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>295</v>
+        <v>500</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786052205341</t>
+          <t>9786052205259</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Lacan'da Aşk</t>
+          <t>Ağaçlar</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>428</v>
+        <v>260</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786256896222</t>
+          <t>9786055029395</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Stoacılığı Yaşamak</t>
+          <t>Yol Bilenler</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>428</v>
+        <v>350</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786256896208</t>
+          <t>9786052205501</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Gıdaların Beyniniz Üzerindeki Etkisi</t>
+          <t>Tuhafı Aşma Zamanı</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>475</v>
+        <v>460</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786256896185</t>
+          <t>9786058667914</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Normalliğin Deliliği</t>
+          <t>Kara Kedi</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>328</v>
+        <v>295</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786256896178</t>
+          <t>9786052205341</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Demir John: Erkekler Üzerine Bir Kitap</t>
+          <t>Lacan'da Aşk</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>398</v>
+        <v>495</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786052205051</t>
+          <t>9786256896222</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Nostalji - İnsan Ne Zaman Evindedir?</t>
+          <t>Stoacılığı Yaşamak</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>220</v>
+        <v>495</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786256896192</t>
+          <t>9786256896208</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Fabrikası ve Seçme Yazılar</t>
+          <t>Gıdaların Beyniniz Üzerindeki Etkisi</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>280</v>
+        <v>520</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786256896161</t>
+          <t>9786256896185</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Neandertal</t>
+          <t>Normalliğin Deliliği</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>552</v>
+        <v>425</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786256896154</t>
+          <t>9786256896178</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Basit Yaşama Felsefesi</t>
+          <t>Demir John: Erkekler Üzerine Bir Kitap</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>260</v>
+        <v>485</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256896062</t>
+          <t>9786052205051</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Histeri</t>
+          <t>Nostalji - İnsan Ne Zaman Evindedir?</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>388</v>
+        <v>260</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786256896055</t>
+          <t>9786256896192</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Beyin Fırtınası</t>
+          <t>Edebiyat Fabrikası ve Seçme Yazılar</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>418</v>
+        <v>360</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786256896130</t>
+          <t>9786256896161</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Cinsellik ve Başarısız Mutlak</t>
+          <t>Neandertal</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>540</v>
+        <v>645</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786256896147</t>
+          <t>9786256896154</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Şu Anda Burada Mıyız?</t>
+          <t>Basit Yaşama Felsefesi</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>240</v>
+        <v>310</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786256896093</t>
+          <t>9786256896062</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Güvenlik İlkesi</t>
+          <t>Histeri</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>295</v>
+        <v>475</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786256896123</t>
+          <t>9786256896055</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Alev Makinesi</t>
+          <t>Beyin Fırtınası</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>370</v>
+        <v>495</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786256896109</t>
+          <t>9786256896130</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Durdurulamayan İnsanlık 2</t>
+          <t>Cinsellik ve Başarısız Mutlak</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>540</v>
+        <v>625</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786256896079</t>
+          <t>9786256896147</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Bir Rus Piyanistin Otoportresi</t>
+          <t>Şu Anda Burada Mıyız?</t>
         </is>
       </c>
       <c r="C47" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786256896086</t>
+          <t>9786256896093</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Bir Kaşifin Felsefesi</t>
+          <t>Güvenlik İlkesi</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>240</v>
+        <v>385</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786256896031</t>
+          <t>9786256896123</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Zaman - Zemin - Zuhur</t>
+          <t>Alev Makinesi</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>314</v>
+        <v>420</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786256896024</t>
+          <t>9786256896109</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Aksi Gibi</t>
+          <t>Durdurulamayan İnsanlık 2</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>220</v>
+        <v>595</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786256896048</t>
+          <t>9786256896079</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Bilgisi</t>
+          <t>Bir Rus Piyanistin Otoportresi</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>288</v>
+        <v>275</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786256896017</t>
+          <t>9786256896086</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Doğanın Gizli Ağı</t>
+          <t>Bir Kaşifin Felsefesi</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>280</v>
+        <v>295</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786256896000</t>
+          <t>9786256896031</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Büyücüler Çağı</t>
+          <t>Zaman - Zemin - Zuhur</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>424</v>
+        <v>395</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786052205990</t>
+          <t>9786256896024</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Yürümek, Adım Adım</t>
+          <t>Aksi Gibi</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>225</v>
+        <v>220</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786052205983</t>
+          <t>9786256896048</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Yumuşaklığın Gücü</t>
+          <t>Yaşam Bilgisi</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>225</v>
+        <v>395</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786052205969</t>
+          <t>9786256896017</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Mistik Yerler ve Çözülmemiş Gizemler</t>
+          <t>Doğanın Gizli Ağı</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>475</v>
+        <v>345</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786052205976</t>
+          <t>9786256896000</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Meditasyonun Temelleri</t>
+          <t>Büyücüler Çağı</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>238</v>
+        <v>495</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786052205952</t>
+          <t>9786052205990</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Çalışma - Taş Devrinden Robot Çağına Zamanımızı Nasıl Harcadığımızın Tarihi</t>
+          <t>Yürümek, Adım Adım</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>408</v>
+        <v>260</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786052205945</t>
+          <t>9786052205983</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Durdurulamayan İnsanlık</t>
+          <t>Yumuşaklığın Gücü</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>540</v>
+        <v>260</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786052205921</t>
+          <t>9786052205969</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Müzikli Beyin</t>
+          <t>Mistik Yerler ve Çözülmemiş Gizemler</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>316</v>
+        <v>475</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786052205914</t>
+          <t>9786052205976</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Berlin'in İlk Günleri</t>
+          <t>Meditasyonun Temelleri</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>280</v>
+        <v>320</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786052205815</t>
+          <t>9786052205952</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Anekdotlar</t>
+          <t>Çalışma - Taş Devrinden Robot Çağına Zamanımızı Nasıl Harcadığımızın Tarihi</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>418</v>
+        <v>495</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786052205907</t>
+          <t>9786052205945</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Sapiens: Grafik Tarih 2</t>
+          <t>Durdurulamayan İnsanlık</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>768</v>
+        <v>595</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786052205891</t>
+          <t>9786052205921</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Riske Övgü</t>
+          <t>Müzikli Beyin</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>285</v>
+        <v>375</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786052205884</t>
+          <t>9786052205914</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>İnsan, Hayvan ve Ötesi</t>
+          <t>Berlin'in İlk Günleri</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>270</v>
+        <v>345</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786052205877</t>
+          <t>9786052205815</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Tanrım Orada Mısın? Benim, Margaret</t>
+          <t>Anekdotlar</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>216</v>
+        <v>495</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786052205860</t>
+          <t>9786052205907</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Hegel ve Modern Toplum</t>
+          <t>Sapiens: Grafik Tarih 2</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>324</v>
+        <v>845</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786052205853</t>
+          <t>9786052205891</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Novasen</t>
+          <t>Riske Övgü</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>225</v>
+        <v>375</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786052205846</t>
+          <t>9786052205884</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Hav</t>
+          <t>İnsan, Hayvan ve Ötesi</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>406</v>
+        <v>370</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786052205822</t>
+          <t>9786052205877</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Sessizliğin Tarihi</t>
+          <t>Tanrım Orada Mısın? Benim, Margaret</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>238</v>
+        <v>265</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786052205808</t>
+          <t>9786052205860</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Sayılar ve Türümüze Katkıları</t>
+          <t>Hegel ve Modern Toplum</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>314</v>
+        <v>395</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786052205792</t>
+          <t>9786052205853</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Karamel Set (4 Kitap Takım Kutulu)</t>
+          <t>Novasen</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>850</v>
+        <v>260</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786052205785</t>
+          <t>9786052205846</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Gelecekten Gelen Şiir</t>
+          <t>Hav</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>228</v>
+        <v>450</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786052205754</t>
+          <t>9786052205822</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Değişim Kolektifi Gençlik Dizisi 1: Hayali Sınırlar</t>
+          <t>Sessizliğin Tarihi</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>175</v>
+        <v>275</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786052205761</t>
+          <t>9786052205808</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Değişim Kolektifi Gençlik Dizisi 2: Plastik Kriziyle Mücadele Etmek</t>
+          <t>Sayılar ve Türümüze Katkıları</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>175</v>
+        <v>395</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786052205778</t>
+          <t>9786052205792</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Değişim Kolektifi Gençlik Dizisi 3: Beton Çocuklar</t>
+          <t>Karamel Set (4 Kitap Takım Kutulu)</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>175</v>
+        <v>850</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786052205747</t>
+          <t>9786052205785</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Karamel 4: Çifte Karamel</t>
+          <t>Gelecekten Gelen Şiir</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>280</v>
+        <v>295</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786052205716</t>
+          <t>9786052205754</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Karamel 2: Süper Karamel</t>
+          <t>Değişim Kolektifi Gençlik Dizisi 1: Hayali Sınırlar</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>225</v>
+        <v>175</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786052205730</t>
+          <t>9786052205761</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Karamel 1: Dördüncü Sınıfa Giden Bir Hiçin Hikayesi</t>
+          <t>Değişim Kolektifi Gençlik Dizisi 2: Plastik Kriziyle Mücadele Etmek</t>
         </is>
       </c>
       <c r="C79" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786052205723</t>
+          <t>9786052205778</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Karamel 3: Karamel Çılgınlığı</t>
+          <t>Değişim Kolektifi Gençlik Dizisi 3: Beton Çocuklar</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>190</v>
+        <v>175</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786052205709</t>
+          <t>9786052205747</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>İnsan Sonrası Bilgi</t>
+          <t>Karamel 4: Çifte Karamel</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>276</v>
+        <v>280</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786052205693</t>
+          <t>9786052205716</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Sapiens: Grafik Tarih Birinci Cilt</t>
+          <t>Karamel 2: Süper Karamel</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>744</v>
+        <v>225</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786052205679</t>
+          <t>9786052205730</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Günlük Ritüeller 2</t>
+          <t>Karamel 1: Dördüncü Sınıfa Giden Bir Hiçin Hikayesi</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>400</v>
+        <v>175</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786052205662</t>
+          <t>9786052205723</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Aptallarla Ne Yapmalı?</t>
+          <t>Karamel 3: Karamel Çılgınlığı</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786052205655</t>
+          <t>9786052205709</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Hayvanların Gizli Yaşamı</t>
+          <t>İnsan Sonrası Bilgi</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>275</v>
+        <v>360</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786052205631</t>
+          <t>9786052205693</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Schadenfreude</t>
+          <t>Sapiens: Grafik Tarih Birinci Cilt</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>240</v>
+        <v>845</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786052205624</t>
+          <t>9786052205679</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Dilenciler ve Kibirliler</t>
+          <t>Günlük Ritüeller 2</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>260</v>
+        <v>475</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786052205594</t>
+          <t>9786052205662</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Yunan Mitleri (2 Cilt Takım - Özel Kutulu)</t>
+          <t>Aptallarla Ne Yapmalı?</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>1110</v>
+        <v>295</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786052205587</t>
+          <t>9786052205655</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Rengeyiği Türkleri: Dukhalar</t>
+          <t>Hayvanların Gizli Yaşamı</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>304</v>
+        <v>335</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786052205570</t>
+          <t>9786052205631</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Edgar ve Allan Poe’nun Gizemli Serüvenleri (3 Kitap Takım)</t>
+          <t>Schadenfreude</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>665</v>
+        <v>295</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786052205563</t>
+          <t>9786052205624</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Spinoza Tayfası</t>
+          <t>Dilenciler ve Kibirliler</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>566</v>
+        <v>295</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786052205556</t>
+          <t>9786052205594</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Arzunun Sınırları</t>
+          <t>Yunan Mitleri (2 Cilt Takım - Özel Kutulu)</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>558</v>
+        <v>1275</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786052205549</t>
+          <t>9786052205587</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Güney Afrika</t>
+          <t>Rengeyiği Türkleri: Dukhalar</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>306</v>
+        <v>395</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786052205518</t>
+          <t>9786052205570</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Kolomb’dan Davidoff’a Tütün</t>
+          <t>Edgar ve Allan Poe’nun Gizemli Serüvenleri (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>216</v>
+        <v>765</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786052205525</t>
+          <t>9786052205563</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Dünya Masalları Seçkisi</t>
+          <t>Spinoza Tayfası</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>1750</v>
+        <v>595</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786055029890</t>
+          <t>9786052205556</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Destanlar: İlyada - Odysseia - Aeneis (3 Kitap Takım)</t>
+          <t>Arzunun Sınırları</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>725</v>
+        <v>645</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786052205440</t>
+          <t>9786052205549</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Tamtamların Sesi Afrika’dan On Masal</t>
+          <t>Güney Afrika</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>295</v>
+        <v>350</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786052205488</t>
+          <t>9786052205518</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Mukaşi Mukaşi Evvel Zaman İçinde Japonya’da</t>
+          <t>Kolomb’dan Davidoff’a Tütün</t>
         </is>
       </c>
       <c r="C98" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786052205457</t>
+          <t>9786052205525</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Doğu’dan Bin Bir Masal</t>
+          <t>Dünya Masalları Seçkisi</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>295</v>
+        <v>2190</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786052205495</t>
+          <t>9786055029890</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Baba Yaga’nın Ormanında Rusya’dan Masallar</t>
+          <t>Çocuklar İçin Destanlar: İlyada - Odysseia - Aeneis (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>295</v>
+        <v>865</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786052205471</t>
+          <t>9786052205440</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>İtalya’dan Sihirli Yiyecekler - Masallara Buyurun</t>
+          <t>Tamtamların Sesi Afrika’dan On Masal</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>295</v>
+        <v>375</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786052205464</t>
+          <t>9786052205488</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Tepeli Akbabanın Kanatları Üstünde Şili’den Masallar</t>
+          <t>Mukaşi Mukaşi Evvel Zaman İçinde Japonya’da</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>295</v>
+        <v>375</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786052205389</t>
+          <t>9786052205457</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Aeneis</t>
+          <t>Doğu’dan Bin Bir Masal</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>240</v>
+        <v>375</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786052205372</t>
+          <t>9786052205495</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>İlyada</t>
+          <t>Baba Yaga’nın Ormanında Rusya’dan Masallar</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>250</v>
+        <v>375</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786052205365</t>
+          <t>9786052205471</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Odysseia</t>
+          <t>İtalya’dan Sihirli Yiyecekler - Masallara Buyurun</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>250</v>
+        <v>375</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786052205419</t>
+          <t>9786052205464</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Beslenme Hakkında Doğru Bildiğimiz Yanlışlar</t>
+          <t>Tepeli Akbabanın Kanatları Üstünde Şili’den Masallar</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>380</v>
+        <v>375</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786052205396</t>
+          <t>9786052205389</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Yeni Gerçekçilik Manifestosu</t>
+          <t>Aeneis</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>220</v>
+        <v>295</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786052205358</t>
+          <t>9786052205372</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Karşılaşmalar</t>
+          <t>İlyada</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>440</v>
+        <v>295</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786052205334</t>
+          <t>9786052205365</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Yedi Ucuz Şey Üzerinden Dünya Tarihi</t>
+          <t>Odysseia</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>342</v>
+        <v>295</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786055029883</t>
+          <t>9786052205419</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Fotoğraf Yazıları</t>
+          <t>Beslenme Hakkında Doğru Bildiğimiz Yanlışlar</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>260</v>
+        <v>425</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786052205327</t>
+          <t>9786052205396</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Yedi Deli Adam</t>
+          <t>Yeni Gerçekçilik Manifestosu</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>352</v>
+        <v>260</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786052205310</t>
+          <t>9786052205358</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Rota</t>
+          <t>Karşılaşmalar</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>220</v>
+        <v>495</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786052205297</t>
+          <t>9786052205334</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Geceler</t>
+          <t>Yedi Ucuz Şey Üzerinden Dünya Tarihi</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>295</v>
+        <v>460</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786052205280</t>
+          <t>9786055029883</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Aurelia</t>
+          <t>Fotoğraf Yazıları</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>295</v>
+        <v>335</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786052205273</t>
+          <t>9786052205327</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Düzen Adamı</t>
+          <t>Yedi Deli Adam</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>390</v>
+        <v>395</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786052205266</t>
+          <t>9786052205310</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Dava</t>
+          <t>Rota</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>604</v>
+        <v>260</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786052205242</t>
+          <t>9786052205297</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Bira</t>
+          <t>Beyaz Geceler</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>360</v>
+        <v>295</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786052205204</t>
+          <t>9786052205280</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Albert Amca İle: Zaman ve Uzay - Kara Delikler - Kuantum Macerası Seti (3 Kitap Takım)</t>
+          <t>Aurelia</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>645</v>
+        <v>295</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786052205174</t>
+          <t>9786052205273</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyıl İçin 21 Ders (Ciltli)</t>
+          <t>Düzen Adamı</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>672</v>
+        <v>460</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786052205211</t>
+          <t>9786052205266</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Hayvanların Tarihi</t>
+          <t>Dava</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>295</v>
+        <v>695</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786052205167</t>
+          <t>9786052205242</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bir Toplum Felsefesi: Öbekleşme Kuramı ve Toplumsal Karmaşıklık</t>
+          <t>Bira</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>294</v>
+        <v>445</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786052205143</t>
+          <t>9786052205204</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Geceler</t>
+          <t>Albert Amca İle: Zaman ve Uzay - Kara Delikler - Kuantum Macerası Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>185</v>
+        <v>765</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786052205136</t>
+          <t>9786052205174</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Darwin’le Akşam Yemeği</t>
+          <t>21. Yüzyıl İçin 21 Ders (Ciltli)</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>352</v>
+        <v>695</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786052205129</t>
+          <t>9786052205211</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Aurelia</t>
+          <t>Hayvanların Tarihi</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>185</v>
+        <v>360</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786052205082</t>
+          <t>9786052205167</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyıl İçin 21 Ders</t>
+          <t>Yeni Bir Toplum Felsefesi: Öbekleşme Kuramı ve Toplumsal Karmaşıklık</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>412</v>
+        <v>294</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786052205112</t>
+          <t>9786052205143</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Albert Amca ile Zaman ve Uzay - 1</t>
+          <t>Beyaz Geceler</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>220</v>
+        <v>185</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786052205099</t>
+          <t>9786052205136</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Albert Amca ile Kara Delikler - 2</t>
+          <t>Darwin’le Akşam Yemeği</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>220</v>
+        <v>475</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786052205105</t>
+          <t>9786052205129</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Albert Amca ile Kuantum Macerası - 3</t>
+          <t>Aurelia</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>220</v>
+        <v>185</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786052205068</t>
+          <t>9786052205082</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Duygular Sözlüğü</t>
+          <t>21. Yüzyıl İçin 21 Ders</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>395</v>
+        <v>495</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786055029869</t>
+          <t>9786052205112</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Patikalar Üzerine</t>
+          <t>Albert Amca ile Zaman ve Uzay - 1</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>475</v>
+        <v>260</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786052205013</t>
+          <t>9786052205099</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Mümkün Ütopya</t>
+          <t>Albert Amca ile Kara Delikler - 2</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>342</v>
+        <v>260</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786052205006</t>
+          <t>9786052205105</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Kadın: Sonsuz Coğrafya</t>
+          <t>Albert Amca ile Kuantum Macerası - 3</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>504</v>
+        <v>260</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786055029906</t>
+          <t>9786052205068</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Dönüşüm</t>
+          <t>Duygular Sözlüğü</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>185</v>
+        <v>465</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786055029913</t>
+          <t>9786055029869</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Satranç</t>
+          <t>Patikalar Üzerine</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>185</v>
+        <v>520</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786055029920</t>
+          <t>9786052205013</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Walter Benjamin - Gershom G. Scholem Mektuplaşmalar 1932-1940</t>
+          <t>Mümkün Ütopya</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>424</v>
+        <v>425</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786055029876</t>
+          <t>9786052205006</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Darwin'in Kayıp Dünyası</t>
+          <t>Kadın: Sonsuz Coğrafya</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>324</v>
+        <v>580</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786055029852</t>
+          <t>9786055029906</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Evren</t>
+          <t>Dönüşüm</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>288</v>
+        <v>185</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786055029845</t>
+          <t>9786055029913</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Kökenler: Yaratılışın Bilimsel Öyküsü</t>
+          <t>Satranç</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>522</v>
+        <v>185</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786055029838</t>
+          <t>9786055029920</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Dolce Vegan: Kolay, Geleneksel ve Sağlıklı Vegan Tatlılar</t>
+          <t>Walter Benjamin - Gershom G. Scholem Mektuplaşmalar 1932-1940</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>400</v>
+        <v>475</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786055029821</t>
+          <t>9786055029876</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Babil'in Kadınları: Mezopotamya'da Toplumsal Cinsiyet ve Temsil</t>
+          <t>Darwin'in Kayıp Dünyası</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>388</v>
+        <v>435</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786055029814</t>
+          <t>9786055029852</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Kuzey ve Orta Afrika - Alternatif Bir Gezi Rehberi</t>
+          <t>İçimizdeki Evren</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>352</v>
+        <v>395</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786055029807</t>
+          <t>9786055029845</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Hava Nasıl Tarih Yazar</t>
+          <t>Kökenler: Yaratılışın Bilimsel Öyküsü</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>280</v>
+        <v>595</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786055029791</t>
+          <t>9786055029838</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Mavibent</t>
+          <t>Dolce Vegan: Kolay, Geleneksel ve Sağlıklı Vegan Tatlılar</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>220</v>
+        <v>400</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786055029760</t>
+          <t>9786055029821</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Modern Avrupa Halkları Tarihi</t>
+          <t>Babil'in Kadınları: Mezopotamya'da Toplumsal Cinsiyet ve Temsil</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>380</v>
+        <v>495</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786055029593</t>
+          <t>9786055029814</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Cennet</t>
+          <t>Kuzey ve Orta Afrika - Alternatif Bir Gezi Rehberi</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>458</v>
+        <v>400</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786055029715</t>
+          <t>9786055029807</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Marcel Duchamp ve İşin Reddi</t>
+          <t>Hava Nasıl Tarih Yazar</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>205</v>
+        <v>350</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786055029562</t>
+          <t>9786055029791</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Okumak ve Anlamak</t>
+          <t>Mavibent</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>370</v>
+        <v>220</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786055029685</t>
+          <t>9786055029760</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Pizza ve Oskar</t>
+          <t>Modern Avrupa Halkları Tarihi</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>234</v>
+        <v>450</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786055029678</t>
+          <t>9786055029593</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Ölüler Nasıl Düşler</t>
+          <t>Karanlık Cennet</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>270</v>
+        <v>495</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786055029647</t>
+          <t>9786055029715</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Yürümenin Felsefesi</t>
+          <t>Marcel Duchamp ve İşin Reddi</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>240</v>
+        <v>205</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786055029661</t>
+          <t>9786055029562</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Tarihin İnsanları</t>
+          <t>Okumak ve Anlamak</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>294</v>
+        <v>450</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786055029708</t>
+          <t>9786055029685</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Göçebe Özneler</t>
+          <t>Pizza ve Oskar</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>494</v>
+        <v>290</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786055029692</t>
+          <t>9786055029678</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Robot Anatomisi</t>
+          <t>Ölüler Nasıl Düşler</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>370</v>
+        <v>270</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786055029586</t>
+          <t>9786055029647</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Bir Maske</t>
+          <t>Yürümenin Felsefesi</t>
         </is>
       </c>
       <c r="C154" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786055029739</t>
+          <t>9786055029661</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Sapiens: Hayvanlardan Tanrılara (Ciltli)</t>
+          <t>Tarihin İnsanları</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>848</v>
+        <v>395</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786055029753</t>
+          <t>9786055029708</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Senden Gayrı Aşık mı Yoktur</t>
+          <t>Göçebe Özneler</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>266</v>
+        <v>560</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786055029623</t>
+          <t>9786055029692</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Melodisi</t>
+          <t>Robot Anatomisi</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>294</v>
+        <v>440</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786055029630</t>
+          <t>9786055029586</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Homo Deus: Yarının Kısa Bir Tarihi</t>
+          <t>Gizemli Bir Maske</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>560</v>
+        <v>295</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786055029746</t>
+          <t>9786055029739</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Homo Deus: Yarının Kısa Bir Tarihi (Ciltli)</t>
+          <t>Sapiens: Hayvanlardan Tanrılara (Ciltli)</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>912</v>
+        <v>895</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786055029579</t>
+          <t>9786055029753</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Tanrının Yükseklik Korkusu</t>
+          <t>Senden Gayrı Aşık mı Yoktur</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>208</v>
+        <v>350</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786055029142</t>
+          <t>9786055029623</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Olmak</t>
+          <t>Zamanın Melodisi</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>285</v>
+        <v>385</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786055029555</t>
+          <t>9786055029630</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Bedreddin</t>
+          <t>Homo Deus: Yarının Kısa Bir Tarihi</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>205</v>
+        <v>640</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786055029524</t>
+          <t>9786055029746</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Wittgenstein Jr.</t>
+          <t>Homo Deus: Yarının Kısa Bir Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>270</v>
+        <v>940</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786055029487</t>
+          <t>9786055029579</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Fanilik Üzerine Düşünceler</t>
+          <t>Tanrının Yükseklik Korkusu</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>252</v>
+        <v>220</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786055029470</t>
+          <t>9786055029142</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Doğu Asya - Alternatif Bir Gezi Rehberi</t>
+          <t>Hayvan Olmak</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>396</v>
+        <v>375</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786055029494</t>
+          <t>9786055029555</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Devrimin Kardeşleri</t>
+          <t>Bedreddin</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>530</v>
+        <v>205</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786055029135</t>
+          <t>9786055029524</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Köpeklerin Sohbeti</t>
+          <t>Wittgenstein Jr.</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>185</v>
+        <v>335</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786055029456</t>
+          <t>9786055029487</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Satranç</t>
+          <t>Fanilik Üzerine Düşünceler</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>250</v>
+        <v>345</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786055029425</t>
+          <t>9786055029470</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>İdeoloji Olarak Biyoloji</t>
+          <t>Doğu Asya - Alternatif Bir Gezi Rehberi</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>220</v>
+        <v>400</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786055029272</t>
+          <t>9786055029494</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>İnsan Sonrası</t>
+          <t>Devrimin Kardeşleri</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>285</v>
+        <v>530</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786055029098</t>
+          <t>9786055029135</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bir Bakışla Derrida</t>
+          <t>Köpeklerin Sohbeti</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>225</v>
+        <v>185</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786055029364</t>
+          <t>9786055029456</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Körler Ülkesi</t>
+          <t>Satranç</t>
         </is>
       </c>
       <c r="C172" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786055029357</t>
+          <t>9786055029425</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Sapiens: Hayvanlardan Tanrılara</t>
+          <t>İdeoloji Olarak Biyoloji</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>520</v>
+        <v>260</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786055029371</t>
+          <t>9786055029272</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Sinemaya Giriş : Bilimkurgu</t>
+          <t>İnsan Sonrası</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>304</v>
+        <v>370</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786056355950</t>
+          <t>9786055029098</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Maximilian Ponder’ın Muteber Beyni</t>
+          <t>Yeni Bir Bakışla Derrida</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>370</v>
+        <v>260</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786055029340</t>
+          <t>9786055029364</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Edgar ve Allan Poe’nun Gizemli Serüvenleri - 2 : Tüyler Ürperten Bir Gece Yarısı</t>
+          <t>Körler Ülkesi</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786055029302</t>
+          <t>9786055029357</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Palto</t>
+          <t>Sapiens: Hayvanlardan Tanrılara</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>185</v>
+        <v>595</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786055029265</t>
+          <t>9786055029371</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Anlatının Gücü</t>
+          <t>Sinemaya Giriş : Bilimkurgu</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>225</v>
+        <v>410</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786055029289</t>
+          <t>9786056355950</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Sinemaya Giriş: Belgesel</t>
+          <t>Maximilian Ponder’ın Muteber Beyni</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>332</v>
+        <v>435</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786056355967</t>
+          <t>9786055029340</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bir Bakışla: Adorno</t>
+          <t>Edgar ve Allan Poe’nun Gizemli Serüvenleri - 2 : Tüyler Ürperten Bir Gece Yarısı</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>225</v>
+        <v>260</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786056355905</t>
+          <t>9786055029302</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bir Bakışla Heidegger</t>
+          <t>Palto</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>240</v>
+        <v>185</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786055029258</t>
+          <t>9786055029265</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Peter Schlemihl'in Olağanüstü Öyküsü</t>
+          <t>Anlatının Gücü</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>185</v>
+        <v>275</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786055029197</t>
+          <t>9786055029289</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bir Bakışla Baudrillard</t>
+          <t>Sinemaya Giriş: Belgesel</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>220</v>
+        <v>440</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786055029067</t>
+          <t>9786056355967</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Günlük Ritüeller</t>
+          <t>Yeni Bir Bakışla: Adorno</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>285</v>
+        <v>260</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786055029128</t>
+          <t>9786056355905</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Dogma</t>
+          <t>Yeni Bir Bakışla Heidegger</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>280</v>
+        <v>295</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786058611993</t>
+          <t>9786055029258</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bir Bakışla Deleuze</t>
+          <t>Peter Schlemihl'in Olağanüstü Öyküsü</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>225</v>
+        <v>185</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786055029029</t>
+          <t>9786055029197</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Gezi Ruhu ve Politik Teori</t>
+          <t>Yeni Bir Bakışla Baudrillard</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>205</v>
+        <v>260</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786058611955</t>
+          <t>9786055029067</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>İşgal Et</t>
+          <t>Günlük Ritüeller</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>205</v>
+        <v>335</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786058611962</t>
+          <t>9786055029128</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Latin Amerika - Alternatif Bir Gezi Rehberi</t>
+          <t>Dogma</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>368</v>
+        <v>280</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786058611924</t>
+          <t>9786058611993</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzüne Rest - Sarı Çıyanın Rüyası</t>
+          <t>Yeni Bir Bakışla Deleuze</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>205</v>
+        <v>260</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786056355981</t>
+          <t>9786055029029</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Seks ve Ceza</t>
+          <t>Gezi Ruhu ve Politik Teori</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>514</v>
+        <v>205</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786058667945</t>
+          <t>9786058611955</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Palto</t>
+          <t>İşgal Et</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>250</v>
+        <v>205</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786058611931</t>
+          <t>9786058611962</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Edgar ve Allan Poe’nun Gizemli Serüvenleri - 1 : Hikaye Başlıyor</t>
+          <t>Latin Amerika - Alternatif Bir Gezi Rehberi</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>220</v>
+        <v>400</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786058667976</t>
+          <t>9786058611924</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Değiştiren 100 Fikir</t>
+          <t>Yeryüzüne Rest - Sarı Çıyanın Rüyası</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>475</v>
+        <v>205</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
+          <t>9786056355981</t>
+        </is>
+      </c>
+      <c r="B195" s="1" t="inlineStr">
+        <is>
+          <t>Seks ve Ceza</t>
+        </is>
+      </c>
+      <c r="C195" s="1">
+        <v>595</v>
+      </c>
+    </row>
+    <row r="196" spans="1:3">
+      <c r="A196" s="1" t="inlineStr">
+        <is>
+          <t>9786058667945</t>
+        </is>
+      </c>
+      <c r="B196" s="1" t="inlineStr">
+        <is>
+          <t>Palto</t>
+        </is>
+      </c>
+      <c r="C196" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="197" spans="1:3">
+      <c r="A197" s="1" t="inlineStr">
+        <is>
+          <t>9786058611931</t>
+        </is>
+      </c>
+      <c r="B197" s="1" t="inlineStr">
+        <is>
+          <t>Edgar ve Allan Poe’nun Gizemli Serüvenleri - 1 : Hikaye Başlıyor</t>
+        </is>
+      </c>
+      <c r="C197" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="198" spans="1:3">
+      <c r="A198" s="1" t="inlineStr">
+        <is>
+          <t>9786058667976</t>
+        </is>
+      </c>
+      <c r="B198" s="1" t="inlineStr">
+        <is>
+          <t>Dünyayı Değiştiren 100 Fikir</t>
+        </is>
+      </c>
+      <c r="C198" s="1">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="199" spans="1:3">
+      <c r="A199" s="1" t="inlineStr">
+        <is>
           <t>9786058667907</t>
         </is>
       </c>
-      <c r="B195" s="1" t="inlineStr">
+      <c r="B199" s="1" t="inlineStr">
         <is>
           <t>Dönüşüm</t>
         </is>
       </c>
-      <c r="C195" s="1">
+      <c r="C199" s="1">
         <v>295</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>