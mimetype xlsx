--- v0 (2025-12-16)
+++ v1 (2026-02-07)
@@ -85,3325 +85,3760 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255607799</t>
+          <t>9786255607898</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Çok Dergi Sayı 6</t>
+          <t>Çok Dergi Sayı 7</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255607584</t>
+          <t>9786255607621</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>İşimdeyim Gücümdeyim 3 (1. Hamur Lüks Baskı)</t>
+          <t>Yeni Normal Cilt 3</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>550</v>
+        <v>280</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255607577</t>
+          <t>9786255607669</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>İşimdeyim Gücümdeyim 3</t>
+          <t>Winx Club #20 – Şeytani Rüzgar</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>450</v>
+        <v>160</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256449312</t>
+          <t>9786255607652</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Şiki Otogi</t>
+          <t>Winx Club #19 – Canavarlar Firarda</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255607362</t>
+          <t>9786255607645</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Saçlı Pamuk Prenses Cilt 1</t>
+          <t>Winx Club #18 – Rüyaların Koruyucusu</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255607447</t>
+          <t>9786255607638</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Beyblade Cilt 5</t>
+          <t>Winx Club #17 – Balmoral Hayaleti</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255607430</t>
+          <t>9786255607508</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Blue Lock Cilt 20</t>
+          <t>Tougen Anki Cilt 5 - Lanetli İblis Soyu</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255607423</t>
+          <t>9786255607492</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Blue Lock Cilt 19</t>
+          <t>Tougen Anki Cilt 4 - Lanetli İblis Soyu</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255607416</t>
+          <t>9786255607485</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Blue Lock Cilt 18</t>
+          <t>Tougen Anki Cilt 3 - Lanetli İblis Soyu</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786255607409</t>
+          <t>9786255607478</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Blue Lock Cilt 17</t>
+          <t>Tougen Anki Cilt 2 - Lanetli İblis Soyu</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786255607393</t>
+          <t>9786255607461</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Blue Lock 16. Cilt</t>
+          <t>Tougen Anki Cilt 1 - Lanetli İblis Soyu</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786255607386</t>
+          <t>9786255607829</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Çok Dergi Sayı 5</t>
+          <t>Solo Leveling Novel Cilt 08</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>100</v>
+        <v>380</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786256449916</t>
+          <t>9786255607812</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Given Box Set 1-9 (9 kitap)</t>
+          <t>Solo Leveling Novel Cilt 07</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>1980</v>
+        <v>380</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786255607232</t>
+          <t>9786255607782</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Suzume</t>
+          <t>Solo Leveling Webtoon Cilt 5</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>620</v>
+        <v>790</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256449565</t>
+          <t>9786255607775</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Kıyamet Lunaparkı</t>
+          <t>Solo Leveling Webtoon Cilt 5</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>385</v>
+        <v>625</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786255607225</t>
+          <t>9786255607614</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Hayatımı Yıllık 10 Bin Yen'e Sattım</t>
+          <t>Ragnarok Valkürleri Cilt 7</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>620</v>
+        <v>280</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786255607249</t>
+          <t>9786255607607</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Ano Hana Cilt 1</t>
+          <t>NieR: Automata - Pearl Harbor Çıkarma Operasyonu Cilt 4</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786255607263</t>
+          <t>9786255607805</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Made in Abyss Cilt 10</t>
+          <t>Manga Nasıl Çizilir - Master Book</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786052115657</t>
+          <t>9786255607454</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Benim De Söyleyeceklerim Var Cilt 4</t>
+          <t>Maid-Sama: Başkan Aslında Bir Hizmetçi! Cilt 1</t>
         </is>
       </c>
       <c r="C20" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786052115794</t>
+          <t>9786255607713</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Kralın Oyunu: Başlangıç Cilt 1</t>
+          <t>Büyücü Kız Madoka Magica - Hayaletlerin Ayaklanışı (Varyant)</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>220</v>
+        <v>750</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786052115732</t>
+          <t>9786255607706</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Beyblade Cilt 1</t>
+          <t>Büyücü Kız Madoka Magica (Varyant)</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>150</v>
+        <v>750</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786052115329</t>
+          <t>9786255607720</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Büyücü Kız Madoka Magica Cilt 1</t>
+          <t>Büyücü Kız Madoka Magica - Bir İsyan Öyküsü (Varyant)</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>220</v>
+        <v>750</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786052115374</t>
+          <t>9786255607683</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>K-on!</t>
+          <t>Büyücü Kız Madoka Magica - Bir İsyan Öyküsü Cilt 3</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>410</v>
+        <v>280</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786255607331</t>
+          <t>9786255607690</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Naber Sayı 16</t>
+          <t>Büyücü Kız Madoka Magica - Bir İsyan Öyküsü Cilt 2</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>100</v>
+        <v>280</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786255607270</t>
+          <t>9786255607676</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Şafağın Kızı Yona Cilt 4</t>
+          <t>Büyücü Kız Madoka Magica - Bir İsyan Öyküsü Cilt 1</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786255607195</t>
+          <t>9786255607355</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Gangsta Cilt 8</t>
+          <t>Dengeki Daisy Cilt 3 - Kahramanım Mavi Papatya</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786255607201</t>
+          <t>9786052115084</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Solo Leveling Novel Cilt 5</t>
+          <t>Otisabi Dokunaklı Temaslar-3</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>300</v>
+        <v>460</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786256449459</t>
+          <t>9786052115343</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Solo Leveling Cilt 2</t>
+          <t>Büyücü Kız Madoka Magica Cilt 2</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786255607218</t>
+          <t>9786052115237</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Solo Leveling Novel Cilt 6</t>
+          <t>Made in Abyss (Cilt 2)</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786255607188</t>
+          <t>9786255607799</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Gangsta Cilt 7</t>
+          <t>Çok Dergi Sayı 6</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>220</v>
+        <v>125</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786255607126</t>
+          <t>9786255607584</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Kubilay Odabaş Karikatürler 3</t>
+          <t>İşimdeyim Gücümdeyim 3 (1. Hamur Lüks Baskı)</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>145</v>
+        <v>700</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786255607119</t>
+          <t>9786255607577</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Kişisel Gelişmeyişim</t>
+          <t>İşimdeyim Gücümdeyim 3</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>220</v>
+        <v>550</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786052115886</t>
+          <t>9786256449312</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Paradise Kiss Cilt 2 - Cennet Öpücüğü</t>
+          <t>Şiki Otogi</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>580</v>
+        <v>280</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786256449978</t>
+          <t>9786255607362</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Mum ve Deniz Kızı</t>
+          <t>Kızıl Saçlı Pamuk Prenses Cilt 1</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786256449961</t>
+          <t>9786255607447</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Uyu Ay Ormanı Tanrısı</t>
+          <t>Beyblade Cilt 5</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786255607324</t>
+          <t>9786255607430</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Çok Dergi Sayı 4</t>
+          <t>Blue Lock Cilt 20</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>100</v>
+        <v>280</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786256449527</t>
+          <t>9786255607423</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Blue Lock Cilt 4</t>
+          <t>Blue Lock Cilt 19</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786256449510</t>
+          <t>9786255607416</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Blue Lock Cilt 3</t>
+          <t>Blue Lock Cilt 18</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786255607058</t>
+          <t>9786255607409</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Solo Leveling Webtoon Cilt 4</t>
+          <t>Blue Lock Cilt 17</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>500</v>
+        <v>280</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786255607065</t>
+          <t>9786255607393</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Solo Leveling Webtoon Cilt 4</t>
+          <t>Blue Lock 16. Cilt</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>630</v>
+        <v>280</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786256449503</t>
+          <t>9786255607386</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Blue Lock Cilt 2</t>
+          <t>Çok Dergi Sayı 5</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>220</v>
+        <v>125</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786255607171</t>
+          <t>9786256449916</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Blue Lock Cilt 15</t>
+          <t>Given Box Set 1-9 (9 kitap)</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>220</v>
+        <v>2520</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786255607157</t>
+          <t>9786255607232</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Blue Lock Cilt 13</t>
+          <t>Suzume</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>220</v>
+        <v>780</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786255607164</t>
+          <t>9786256449565</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Blue Lock Cilt 14</t>
+          <t>Kıyamet Lunaparkı</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>220</v>
+        <v>480</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786256449343</t>
+          <t>9786255607225</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Blue Lock Cilt 1</t>
+          <t>Hayatımı Yıllık 10 Bin Yen'e Sattım</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>220</v>
+        <v>780</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786259704708</t>
+          <t>9786255607249</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Mucize Uğur Böceği ile Kara Kedi 2. Kitap</t>
+          <t>Ano Hana Cilt 1</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786259526591</t>
+          <t>9786255607263</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Mucize Uğur Böceği ile Kara Kedi 1. Kitap</t>
+          <t>Made in Abyss Cilt 10</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786255607089</t>
+          <t>9786052115657</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Vanitas’ın Anı Defteri Cilt 2</t>
+          <t>Benim De Söyleyeceklerim Var Cilt 4</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>265</v>
+        <v>320</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786255607140</t>
+          <t>9786052115794</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Blue Lock Cilt 12</t>
+          <t>Kralın Oyunu: Başlangıç Cilt 1</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786255607133</t>
+          <t>9786052115732</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Blue Lock Cilt 11</t>
+          <t>Beyblade Cilt 1</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786255607041</t>
+          <t>9786052115329</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Solo Leveling Webtoon Cilt 3 (Varyant Kapak)</t>
+          <t>Büyücü Kız Madoka Magica Cilt 1</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>630</v>
+        <v>280</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786255607034</t>
+          <t>9786052115374</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Solo Leveling Webtoon Cilt 3</t>
+          <t>K-on!</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>500</v>
+        <v>520</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786256449992</t>
+          <t>9786255607331</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Soğuk</t>
+          <t>Naber Sayı 16</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>180</v>
+        <v>125</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786256449985</t>
+          <t>9786255607270</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Kızların Kıyamet Yolculuğu Cilt 5 - 6</t>
+          <t>Şafağın Kızı Yona Cilt 4</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>360</v>
+        <v>250</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786052115022</t>
+          <t>9786255607195</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Kendimi Durduracak Değilim</t>
+          <t>Gangsta Cilt 8</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786255607010</t>
+          <t>9786255607201</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Titana Saldırı: Kayıp Kızlar</t>
+          <t>Solo Leveling Novel Cilt 5</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>500</v>
+        <v>380</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786255607072</t>
+          <t>9786256449459</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Kobayaşi Hanesi'nin Hizmetçi Ejderhası 3&amp;4</t>
+          <t>Solo Leveling Cilt 2</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>360</v>
+        <v>380</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786052115848</t>
+          <t>9786255607218</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Cesur Yeni Pigya</t>
+          <t>Solo Leveling Novel Cilt 6</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>340</v>
+        <v>380</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786256449770</t>
+          <t>9786255607188</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Titana Saldırı - İzole Şehrin Hanımı</t>
+          <t>Gangsta Cilt 7</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>290</v>
+        <v>280</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786255607102</t>
+          <t>9786255607126</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Çok Dergi Sayı 3</t>
+          <t>Kubilay Odabaş Karikatürler 3</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786256449954</t>
+          <t>9786255607119</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Mösyö Tristus</t>
+          <t>Kişisel Gelişmeyişim</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786256449930</t>
+          <t>9786052115886</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Nihayet Çıkmazı</t>
+          <t>Paradise Kiss Cilt 2 - Cennet Öpücüğü</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>220</v>
+        <v>730</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786256449572</t>
+          <t>9786256449978</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>NieR: Automata - Pearl Harbor Çıkarma Operasyonu Cilt 1</t>
+          <t>Kırmızı Mum ve Deniz Kızı</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786052115817</t>
+          <t>9786256449961</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Emanon'un Hatıraları</t>
+          <t>Uyu Ay Ormanı Tanrısı</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786256449589</t>
+          <t>9786255607324</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Dengeki Daisy Cilt 2 – Kahramanım, Mavi Papatya</t>
+          <t>Çok Dergi Sayı 4</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>200</v>
+        <v>125</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786256449596</t>
+          <t>9786256449527</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Good Bye</t>
+          <t>Blue Lock Cilt 4</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786256449640</t>
+          <t>9786256449510</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Solo Leveling Novel Cilt 04</t>
+          <t>Blue Lock Cilt 3</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786256449169</t>
+          <t>9786255607058</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Kızların Kıyamet Yolculuğu Cilt 3 - 4</t>
+          <t>Solo Leveling Webtoon Cilt 4</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>360</v>
+        <v>625</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786052115770</t>
+          <t>9786255607065</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Kamisama Kiss Cilt 1 - Tanrılık Görevine Başladım</t>
+          <t>Solo Leveling Webtoon Cilt 4</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>200</v>
+        <v>790</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786052115589</t>
+          <t>9786256449503</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Benim De Söyleyeceklerim Var Cilt 1</t>
+          <t>Blue Lock Cilt 2</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786256449251</t>
+          <t>9786255607171</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Solo Leveling Webtoon Cilt 2</t>
+          <t>Blue Lock Cilt 15</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>630</v>
+        <v>280</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786256449671</t>
+          <t>9786255607157</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Solo Leveling Webtoon Cilt 2</t>
+          <t>Blue Lock Cilt 13</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>500</v>
+        <v>280</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9740202402066</t>
+          <t>9786255607164</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Solo Leveling Manga Cilt 1</t>
+          <t>Blue Lock Cilt 14</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>630</v>
+        <v>280</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786256449602</t>
+          <t>9786256449343</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Naber Sayı 14</t>
+          <t>Blue Lock Cilt 1</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>100</v>
+        <v>280</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786259526584</t>
+          <t>9786259704708</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Winx Club Sayı #16 - Kral Meçhul</t>
+          <t>Mucize Uğur Böceği ile Kara Kedi 2. Kitap</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>130</v>
+        <v>240</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786259526577</t>
+          <t>9786259526591</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Winx Club Sayı #15 - Ejderhalar Diyarı</t>
+          <t>Mucize Uğur Böceği ile Kara Kedi 1. Kitap</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>130</v>
+        <v>240</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786259526560</t>
+          <t>9786255607089</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Winx Club Sayı #14 - Bir Başına</t>
+          <t>Vanitas’ın Anı Defteri Cilt 2</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>130</v>
+        <v>335</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786259526553</t>
+          <t>9786255607140</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Winx Club Sayı #13 - Ay Işığı</t>
+          <t>Blue Lock Cilt 12</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>130</v>
+        <v>280</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786259526546</t>
+          <t>9786255607133</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Winx Club Sayı #12 - Sihir Savaşı</t>
+          <t>Blue Lock Cilt 11</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>130</v>
+        <v>280</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786259526539</t>
+          <t>9786255607041</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Winx Club Sayı #11 - Ejder Ateşi</t>
+          <t>Solo Leveling Webtoon Cilt 3 (Varyant Kapak)</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>130</v>
+        <v>790</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786259526522</t>
+          <t>9786255607034</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Winx Club Sayı #10 - Aydınlanma</t>
+          <t>Solo Leveling Webtoon Cilt 3</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>130</v>
+        <v>625</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786259526515</t>
+          <t>9786256449992</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Winx Club Sayı #9 - Bloom'a Bir İş</t>
+          <t>Soğuk</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>130</v>
+        <v>180</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786256449831</t>
+          <t>9786256449985</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Galip Tekin Tuhaf Öyküler 4</t>
+          <t>Kızların Kıyamet Yolculuğu Cilt 5 - 6</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>385</v>
+        <v>450</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786256449947</t>
+          <t>9786052115022</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Naber Sayı 15</t>
+          <t>Kendimi Durduracak Değilim</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786256449923</t>
+          <t>9786255607010</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Çok Dergi Sayı 2</t>
+          <t>Titana Saldırı: Kayıp Kızlar</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>100</v>
+        <v>625</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786052115190</t>
+          <t>9786255607072</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Otisabi 7 - Sen De Beni Öp</t>
+          <t>Kobayaşi Hanesi'nin Hizmetçi Ejderhası 3&amp;4</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>385</v>
+        <v>450</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786052115213</t>
+          <t>9786052115848</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Otisabi 6 - İnleyen Nağmeler</t>
+          <t>Cesur Yeni Pigya</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>385</v>
+        <v>340</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786052115206</t>
+          <t>9786256449770</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Otisabi 5 - Kadınlara Fısıldayan Adam</t>
+          <t>Titana Saldırı - İzole Şehrin Hanımı</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>385</v>
+        <v>360</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786052115046</t>
+          <t>9786255607102</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Otisabi 1 - Başımdan Geçti Bunlar</t>
+          <t>Çok Dergi Sayı 3</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>300</v>
+        <v>125</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786256449787</t>
+          <t>9786256449954</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Çok Dergi Sayı 1</t>
+          <t>Mösyö Tristus</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>100</v>
+        <v>280</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786256449701</t>
+          <t>9786256449930</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Ragnarok Valkürleri Cilt 6</t>
+          <t>Nihayet Çıkmazı</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786256449756</t>
+          <t>9786256449572</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Blue Lock Cilt 10</t>
+          <t>NieR: Automata - Pearl Harbor Çıkarma Operasyonu Cilt 1</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786256449749</t>
+          <t>9786052115817</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Blue Lock Cilt 09</t>
+          <t>Emanon'un Hatıraları</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786259526508</t>
+          <t>9786256449589</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Winx Club 8 - Bir Perinin Kalbi</t>
+          <t>Dengeki Daisy Cilt 2 – Kahramanım, Mavi Papatya</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>130</v>
+        <v>250</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786057144546</t>
+          <t>9786256449596</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Winx Club 7 - Cadılar Okulu</t>
+          <t>Good Bye</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>130</v>
+        <v>190</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786057144539</t>
+          <t>9786256449640</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Winx Club 6 - Bataklık Canavarı</t>
+          <t>Solo Leveling Novel Cilt 04</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>130</v>
+        <v>380</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786057144591</t>
+          <t>9786256449169</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Winx Club 5 - Karanlığın Esiri</t>
+          <t>Kızların Kıyamet Yolculuğu Cilt 3 - 4</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>130</v>
+        <v>450</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786057144577</t>
+          <t>9786052115770</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Winx Club 3 - Kızılçeşme Çocukları</t>
+          <t>Kamisama Kiss Cilt 1 - Tanrılık Görevine Başladım</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>130</v>
+        <v>250</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786256449794</t>
+          <t>9786052115589</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Titana Saldırı - Kayıp Kızlar 2</t>
+          <t>Benim De Söyleyeceklerim Var Cilt 1</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>220</v>
+        <v>320</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786256449763</t>
+          <t>9786256449251</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Titana Saldırı Cilt 1- Kayıp Kızlar</t>
+          <t>Solo Leveling Webtoon Cilt 2</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>220</v>
+        <v>790</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786256449732</t>
+          <t>9786256449671</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Blue Lock 08</t>
+          <t>Solo Leveling Webtoon Cilt 2</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>220</v>
+        <v>625</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786256449725</t>
+          <t>9740202402066</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Blue Lock 07</t>
+          <t>Solo Leveling Manga Cilt 1</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>220</v>
+        <v>790</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786256449718</t>
+          <t>9786256449602</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Blue Lock 06</t>
+          <t>Naber Sayı 14</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>220</v>
+        <v>125</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786256449695</t>
+          <t>9786259526584</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Moriwaki'nin Deprem Rehberi 2</t>
+          <t>Winx Club Sayı #16 - Kral Meçhul</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786256449824</t>
+          <t>9786259526577</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Titana Saldırı - Çöküşten Önce 3</t>
+          <t>Winx Club Sayı #15 - Ejderhalar Diyarı</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786256449817</t>
+          <t>9786259526560</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Titana Saldırı - Çöküşten Önce 2</t>
+          <t>Winx Club Sayı #14 - Bir Başına</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786256449800</t>
+          <t>9786259526553</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Titana Saldırı - Çöküşten Önce 1</t>
+          <t>Winx Club Sayı #13 - Ay Işığı</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786256449619</t>
+          <t>9786259526546</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Blue Lock Cilt 5</t>
+          <t>Winx Club Sayı #12 - Sihir Savaşı</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786256449664</t>
+          <t>9786259526539</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>NieR: Automata Cilt 3 - Pearl Harbor Çıkarma Operasyonu</t>
+          <t>Winx Club Sayı #11 - Ejder Ateşi</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786256449626</t>
+          <t>9786259526522</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Ateş Böceklerinin Işıldayan Ormanlarına</t>
+          <t>Winx Club Sayı #10 - Aydınlanma</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786256449688</t>
+          <t>9786259526515</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Pastel Dünya</t>
+          <t>Winx Club Sayı #9 - Bloom'a Bir İş</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786256449367</t>
+          <t>9786256449831</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Orange Cilt 7</t>
+          <t>Galip Tekin Tuhaf Öyküler 4</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>220</v>
+        <v>480</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786256449350</t>
+          <t>9786256449947</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Orange Cilt 6</t>
+          <t>Naber Sayı 15</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>220</v>
+        <v>125</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786256449558</t>
+          <t>9786256449923</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Kamisama Kiss Cilt 4</t>
+          <t>Çok Dergi Sayı 2</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>200</v>
+        <v>125</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786256449442</t>
+          <t>9786052115190</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Büyücü Kız Madoka Magica - Hayaletlerin Ayaklanışı Cilt 3</t>
+          <t>Otisabi 7 - Sen De Beni Öp</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>220</v>
+        <v>460</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786052115978</t>
+          <t>9786052115213</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Büyücü Kız Madoka Magica - Hayaletlerin Ayaklanışı Cilt 2</t>
+          <t>Otisabi 6 - İnleyen Nağmeler</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>220</v>
+        <v>460</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786256449534</t>
+          <t>9786052115206</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Bakemonogatari Cilt 1</t>
+          <t>Otisabi 5 - Kadınlara Fısıldayan Adam</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>220</v>
+        <v>460</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786256449213</t>
+          <t>9786052115046</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Şafağın Kızı Yona Cilt 3</t>
+          <t>Otisabi 1 - Başımdan Geçti Bunlar</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786256449541</t>
+          <t>9786256449787</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Naber Sayı 13</t>
+          <t>Çok Dergi Sayı 1</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786256449435</t>
+          <t>9786256449701</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Solo Leveling Webtoon Cilt 1 (2. Hamur - Ana Kapak)</t>
+          <t>Ragnarok Valkürleri Cilt 6</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>500</v>
+        <v>280</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786256449336</t>
+          <t>9786256449756</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Otisabi Manga Serisi Cilt 4</t>
+          <t>Blue Lock Cilt 10</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786256449480</t>
+          <t>9786256449749</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Beyblade Cilt 4</t>
+          <t>Blue Lock Cilt 09</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786256449466</t>
+          <t>9786259526508</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Adanmış Karikatürler</t>
+          <t>Winx Club 8 - Bir Perinin Kalbi</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>145</v>
+        <v>160</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786256449497</t>
+          <t>9786057144546</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Btooom! Cilt 04</t>
+          <t>Winx Club 7 - Cadılar Okulu</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786052115909</t>
+          <t>9786057144539</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Ragnarok Valkürleri – Tuhaf Öykü Cilt 3</t>
+          <t>Winx Club 6 - Bataklık Canavarı</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786052115985</t>
+          <t>9786057144591</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Mari'nin İçindeyim Cilt 1</t>
+          <t>Winx Club 5 - Karanlığın Esiri</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786256449206</t>
+          <t>9786057144577</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Ragnarok Valkürleri Cilt 5</t>
+          <t>Winx Club 3 - Kızılçeşme Çocukları</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786256449220</t>
+          <t>9786256449794</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Made in Abyss Cilt 9</t>
+          <t>Titana Saldırı - Kayıp Kızlar 2</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786256449107</t>
+          <t>9786256449763</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Naber Sayı 12</t>
+          <t>Titana Saldırı Cilt 1- Kayıp Kızlar</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>100</v>
+        <v>280</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>4440000004242</t>
+          <t>9786256449732</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Tezuka Manga Sayı: 1 - Aralık 2022</t>
+          <t>Blue Lock 08</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786256449121</t>
+          <t>9786256449725</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Vampir Avcısı D - Ölümcül Takip</t>
+          <t>Blue Lock 07</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786256449138</t>
+          <t>9786256449718</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Vampir Avcısı D - Ölü Şehrin Hikayesi</t>
+          <t>Blue Lock 06</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786256449428</t>
+          <t>9786256449695</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Otisabi Manga Serisi Cilt 3</t>
+          <t>Moriwaki'nin Deprem Rehberi 2</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786256449404</t>
+          <t>9786256449824</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Kaya</t>
+          <t>Titana Saldırı - Çöküşten Önce 3</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>145</v>
+        <v>250</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786256449411</t>
+          <t>9786256449817</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Moriwaki’s Guide to Earthquakes</t>
+          <t>Titana Saldırı - Çöküşten Önce 2</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786256449305</t>
+          <t>9786256449800</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Solo Leveling Novel Cilt 1</t>
+          <t>Titana Saldırı - Çöküşten Önce 1</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786052115039</t>
+          <t>9786256449619</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Karikatürler - 2</t>
+          <t>Blue Lock Cilt 5</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>145</v>
+        <v>280</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786052115916</t>
+          <t>9786256449664</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Karikatürler - 1</t>
+          <t>NieR: Automata Cilt 3 - Pearl Harbor Çıkarma Operasyonu</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>145</v>
+        <v>280</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786256449268</t>
+          <t>9786256449626</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Yeni Normal Cilt 2</t>
+          <t>Ateş Böceklerinin Işıldayan Ormanlarına</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786256449398</t>
+          <t>9786256449688</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Orange Novel Cilt 3</t>
+          <t>Pastel Dünya</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786256449381</t>
+          <t>9786256449367</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Orange Novel Cilt 2</t>
+          <t>Orange Cilt 7</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786256449374</t>
+          <t>9786256449350</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Orange Novel Cilt 1</t>
+          <t>Orange Cilt 6</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786256449237</t>
+          <t>9786256449558</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Gangsta Cilt 6</t>
+          <t>Kamisama Kiss Cilt 4</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786256449183</t>
+          <t>9786256449442</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Drifters Cilt 3</t>
+          <t>Büyücü Kız Madoka Magica - Hayaletlerin Ayaklanışı Cilt 3</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786256449190</t>
+          <t>9786052115978</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Drifters Cilt 4</t>
+          <t>Büyücü Kız Madoka Magica - Hayaletlerin Ayaklanışı Cilt 2</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786256449329</t>
+          <t>9786256449534</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Moriwaki’nin Deprem Rehberi</t>
+          <t>Bakemonogatari Cilt 1</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786256449275</t>
+          <t>9786256449213</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Beyblade Cilt 3</t>
+          <t>Şafağın Kızı Yona Cilt 3</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786052115992</t>
+          <t>9786256449541</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Beyblade Cilt 2</t>
+          <t>Naber Sayı 13</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>150</v>
+        <v>125</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786256449299</t>
+          <t>9786256449435</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Naber Sayı 11</t>
+          <t>Solo Leveling Webtoon Cilt 1 (2. Hamur - Ana Kapak)</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>100</v>
+        <v>625</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786052115954</t>
+          <t>9786256449336</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Kralın Oyunu Cilt 2</t>
+          <t>Otisabi Manga Serisi Cilt 4</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786052115688</t>
+          <t>9786256449480</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Raşomon ve Kappa</t>
+          <t>Beyblade Cilt 4</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>110</v>
+        <v>190</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786052115961</t>
+          <t>9786256449466</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Şafağın Kızı Yona - Cilt 2</t>
+          <t>Adanmış Karikatürler</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786256449152</t>
+          <t>9786256449497</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Orange Cilt 5</t>
+          <t>Btooom! Cilt 04</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786256449145</t>
+          <t>9786052115909</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Orange Cilt 4</t>
+          <t>Ragnarok Valkürleri – Tuhaf Öykü Cilt 3</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>4440000003218</t>
+          <t>9786052115985</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Tezuka Manga Sayı: 2 - Nisan 2023</t>
+          <t>Mari'nin İçindeyim Cilt 1</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786256449114</t>
+          <t>9786256449206</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Naber Sayı 10</t>
+          <t>Ragnarok Valkürleri Cilt 5</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>100</v>
+        <v>280</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786052115015</t>
+          <t>9786256449220</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Kamisama Kiss - Tanrılık Görevine Başladım Cilt 3</t>
+          <t>Made in Abyss Cilt 9</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786256449176</t>
+          <t>9786256449107</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Given Cilt 1</t>
+          <t>Naber Sayı 12</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>220</v>
+        <v>125</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786256449084</t>
+          <t>4440000004242</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Drifters Cilt 2</t>
+          <t>Tezuka Manga Sayı: 1 - Aralık 2022</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>240</v>
+        <v>150</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786256449077</t>
+          <t>9786256449121</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Sakura Çiçeklerinin Altında</t>
+          <t>Vampir Avcısı D - Ölümcül Takip</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786052115718</t>
+          <t>9786256449138</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Kara Kertenkele ve Canlı Koltuk</t>
+          <t>Vampir Avcısı D - Ölü Şehrin Hikayesi</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786052115930</t>
+          <t>9786256449428</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Ragnarok Valkürleri Cilt 4</t>
+          <t>Otisabi Manga Serisi Cilt 3</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786052115800</t>
+          <t>9786256449404</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Kamisama Kiss - Tanrılık Görevine Başladım Cilt 2</t>
+          <t>Kaya</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786052115756</t>
+          <t>9786256449411</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Kobayaşi Hanesi’nin Hizmetçi Ejderhası Cilt 1 ve 2</t>
+          <t>Moriwaki’s Guide to Earthquakes</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>360</v>
+        <v>280</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786052115893</t>
+          <t>9786256449305</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Ragnarok Valkürleri - Tuhaf Öykü Cilt 2</t>
+          <t>Solo Leveling Novel Cilt 1</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>220</v>
+        <v>380</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786052115862</t>
+          <t>9786052115039</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Ragnarok Valkürleri Cilt 3</t>
+          <t>Karikatürler - 2</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>2017052019094</t>
+          <t>9786052115916</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Dünya Klasikleri (Ciltli)</t>
+          <t>Karikatürler - 1</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>700</v>
+        <v>180</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786052115534</t>
+          <t>9786256449268</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Gangsta Cilt 5</t>
+          <t>Yeni Normal Cilt 2</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786052115541</t>
+          <t>9786256449398</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Orange Cilt 3</t>
+          <t>Orange Novel Cilt 3</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786052115671</t>
+          <t>9786256449381</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Perfect Blue - Rüyaysa Uyanayım</t>
+          <t>Orange Novel Cilt 2</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786052115701</t>
+          <t>9786256449374</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Şafağın Kızı Yona Cilt 1</t>
+          <t>Orange Novel Cilt 1</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786052115763</t>
+          <t>9786256449237</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Otisabi Manga Cilt 2</t>
+          <t>Gangsta Cilt 6</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786052115565</t>
+          <t>9786256449183</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Made in Abyss Cilt - 8</t>
+          <t>Drifters Cilt 3</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786057144522</t>
+          <t>9786256449190</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Afro Samuray</t>
+          <t>Drifters Cilt 4</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>290</v>
+        <v>300</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786052115664</t>
+          <t>9786256449329</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Dünya Klasikleri</t>
+          <t>Moriwaki’nin Deprem Rehberi</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786052115558</t>
+          <t>9786256449275</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Herkesin Keyfi Yerinde</t>
+          <t>Beyblade Cilt 3</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>120</v>
+        <v>190</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786057111586</t>
+          <t>9786052115992</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Yeni Normal</t>
+          <t>Beyblade Cilt 2</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786057111593</t>
+          <t>9786256449299</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Tadımlık Otobüs Hikayeleri</t>
+          <t>Naber Sayı 11</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>200</v>
+        <v>125</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786057144515</t>
+          <t>9786052115954</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Ragnarok Valkürleri - Tuhaf Öykü - Lü Bu Fengxian - Uçan General</t>
+          <t>Kralın Oyunu Cilt 2</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786052115428</t>
+          <t>9786052115688</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Kyoto’nun Arka Yüzü</t>
+          <t>Raşomon ve Kappa</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>220</v>
+        <v>140</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786052115633</t>
+          <t>9786052115961</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>İşimdeyim Gücümdeyim 2</t>
+          <t>Şafağın Kızı Yona - Cilt 2</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>420</v>
+        <v>250</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786052115626</t>
+          <t>9786256449152</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>İşimdeyim Gücümdeyim 1</t>
+          <t>Orange Cilt 5</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>420</v>
+        <v>300</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786052115602</t>
+          <t>9786256449145</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Benim De Söyleyeceklerim Var Cilt 3</t>
+          <t>Orange Cilt 4</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786052115596</t>
+          <t>4440000003218</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Benim De Söyleyeceklerim Var Cilt 2</t>
+          <t>Tezuka Manga Sayı: 2 - Nisan 2023</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786052115527</t>
+          <t>9786256449114</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Btooom! Cilt 3</t>
+          <t>Naber Sayı 10</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>220</v>
+        <v>125</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786057111548</t>
+          <t>9786052115015</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Ragnarok Valkürleri Cilt 2</t>
+          <t>Kamisama Kiss - Tanrılık Görevine Başladım Cilt 3</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786052115503</t>
+          <t>9786256449176</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Vampir Avcısı D - Rüzgar Yükselince</t>
+          <t>Given Cilt 1</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786052115510</t>
+          <t>9786256449084</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>K-On! Cilt 3 ve 4</t>
+          <t>Drifters Cilt 2</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>410</v>
+        <v>300</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786052115121</t>
+          <t>9786256449077</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>The End of The Fxxxing World</t>
+          <t>Sakura Çiçeklerinin Altında</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>120</v>
+        <v>190</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786052115473</t>
+          <t>9786052115718</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>I Am Not Okay With This</t>
+          <t>Kara Kertenkele ve Canlı Koltuk</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>120</v>
+        <v>190</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786057111517</t>
+          <t>9786052115930</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Ragnarök Valkürleri Cilt 1</t>
+          <t>Ragnarok Valkürleri Cilt 4</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786052115497</t>
+          <t>9786052115800</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Gangsta (Cilt 4)</t>
+          <t>Kamisama Kiss - Tanrılık Görevine Başladım Cilt 2</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786052115480</t>
+          <t>9786052115756</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Orange Cilt 2</t>
+          <t>Kobayaşi Hanesi’nin Hizmetçi Ejderhası Cilt 1 ve 2</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>220</v>
+        <v>450</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786052115442</t>
+          <t>9786052115893</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Orange Cilt 1</t>
+          <t>Ragnarok Valkürleri - Tuhaf Öykü Cilt 2</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786052115466</t>
+          <t>9786052115862</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Made in Abyss Cilt 7</t>
+          <t>Ragnarok Valkürleri Cilt 3</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786052115459</t>
+          <t>2017052019094</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Btooom! Cilt 2</t>
+          <t>Dünya Klasikleri (Ciltli)</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>220</v>
+        <v>800</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786052115220</t>
+          <t>9786052115534</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Otisabi 8 - Aşk Benim</t>
+          <t>Gangsta Cilt 5</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>385</v>
+        <v>280</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786058240988</t>
+          <t>9786052115541</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Perfect Blue - Mükemmel Başkalaşım</t>
+          <t>Orange Cilt 3</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786052115411</t>
+          <t>9786052115671</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Büyücü Kız Madoka Magica Cilt: 3</t>
+          <t>Perfect Blue - Rüyaysa Uyanayım</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786052115404</t>
+          <t>9786052115701</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Btooom! 01</t>
+          <t>Şafağın Kızı Yona Cilt 1</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786052115381</t>
+          <t>9786052115763</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Gangsta 3</t>
+          <t>Otisabi Manga Cilt 2</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786052115350</t>
+          <t>9786052115565</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Made in Abyss Cilt 6</t>
+          <t>Made in Abyss Cilt - 8</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786052115336</t>
+          <t>9786057144522</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Gangsta Cilt 2</t>
+          <t>Afro Samuray</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>220</v>
+        <v>290</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786052115305</t>
+          <t>9786052115664</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Made in Abyss Cilt 5</t>
+          <t>Dünya Klasikleri</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>200</v>
+        <v>550</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786052115275</t>
+          <t>9786052115558</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Gangsta Cilt 1</t>
+          <t>Herkesin Keyfi Yerinde</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786052115299</t>
+          <t>9786057111586</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Vampir Avcısı D Cilt 1</t>
+          <t>Yeni Normal</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786052115251</t>
+          <t>9786057111593</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Made in Abyss Cilt 4</t>
+          <t>Tadımlık Otobüs Hikayeleri</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786052115244</t>
+          <t>9786057144515</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Made in Abyss Cilt 3</t>
+          <t>Ragnarok Valkürleri - Tuhaf Öykü - Lü Bu Fengxian - Uçan General</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786052115183</t>
+          <t>9786052115428</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Otisabi 9 - Yavaş Yavaş Hepsini</t>
+          <t>Kyoto’nun Arka Yüzü</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>385</v>
+        <v>280</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786052115176</t>
+          <t>9786052115633</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Made in Abyss Cilt 1</t>
+          <t>İşimdeyim Gücümdeyim 2</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>200</v>
+        <v>550</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786052115138</t>
+          <t>9786052115626</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Öyküler 3</t>
+          <t>İşimdeyim Gücümdeyim 1</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>385</v>
+        <v>550</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786052115114</t>
+          <t>9786052115602</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Öyküler 2</t>
+          <t>Benim De Söyleyeceklerim Var Cilt 3</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>385</v>
+        <v>320</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786052115107</t>
+          <t>9786052115596</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Öyküler 1</t>
+          <t>Benim De Söyleyeceklerim Var Cilt 2</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>385</v>
+        <v>320</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786052115008</t>
+          <t>9786052115527</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Ben 3</t>
+          <t>Btooom! Cilt 3</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786058240933</t>
+          <t>9786057111548</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>En Kahraman Rıdvan 10 - Şeytan Rıdvan'a Karşı</t>
+          <t>Ragnarok Valkürleri Cilt 2</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786058240926</t>
+          <t>9786052115503</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Obje Art (Ciltli)</t>
+          <t>Vampir Avcısı D - Rüzgar Yükselince</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786058240919</t>
+          <t>9786052115510</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>The Mongollar (Ciltli)</t>
+          <t>K-On! Cilt 3 ve 4</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>120</v>
+        <v>520</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786058240902</t>
+          <t>9786052115121</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>İlk İhsan (Ciltli)</t>
+          <t>The End of The Fxxxing World</t>
         </is>
       </c>
       <c r="C219" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
+          <t>9786052115473</t>
+        </is>
+      </c>
+      <c r="B220" s="1" t="inlineStr">
+        <is>
+          <t>I Am Not Okay With This</t>
+        </is>
+      </c>
+      <c r="C220" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="221" spans="1:3">
+      <c r="A221" s="1" t="inlineStr">
+        <is>
+          <t>9786057111517</t>
+        </is>
+      </c>
+      <c r="B221" s="1" t="inlineStr">
+        <is>
+          <t>Ragnarök Valkürleri Cilt 1</t>
+        </is>
+      </c>
+      <c r="C221" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="222" spans="1:3">
+      <c r="A222" s="1" t="inlineStr">
+        <is>
+          <t>9786052115497</t>
+        </is>
+      </c>
+      <c r="B222" s="1" t="inlineStr">
+        <is>
+          <t>Gangsta (Cilt 4)</t>
+        </is>
+      </c>
+      <c r="C222" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="223" spans="1:3">
+      <c r="A223" s="1" t="inlineStr">
+        <is>
+          <t>9786052115480</t>
+        </is>
+      </c>
+      <c r="B223" s="1" t="inlineStr">
+        <is>
+          <t>Orange Cilt 2</t>
+        </is>
+      </c>
+      <c r="C223" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="224" spans="1:3">
+      <c r="A224" s="1" t="inlineStr">
+        <is>
+          <t>9786052115442</t>
+        </is>
+      </c>
+      <c r="B224" s="1" t="inlineStr">
+        <is>
+          <t>Orange Cilt 1</t>
+        </is>
+      </c>
+      <c r="C224" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="225" spans="1:3">
+      <c r="A225" s="1" t="inlineStr">
+        <is>
+          <t>9786052115466</t>
+        </is>
+      </c>
+      <c r="B225" s="1" t="inlineStr">
+        <is>
+          <t>Made in Abyss Cilt 7</t>
+        </is>
+      </c>
+      <c r="C225" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="226" spans="1:3">
+      <c r="A226" s="1" t="inlineStr">
+        <is>
+          <t>9786052115459</t>
+        </is>
+      </c>
+      <c r="B226" s="1" t="inlineStr">
+        <is>
+          <t>Btooom! Cilt 2</t>
+        </is>
+      </c>
+      <c r="C226" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="227" spans="1:3">
+      <c r="A227" s="1" t="inlineStr">
+        <is>
+          <t>9786052115220</t>
+        </is>
+      </c>
+      <c r="B227" s="1" t="inlineStr">
+        <is>
+          <t>Otisabi 8 - Aşk Benim</t>
+        </is>
+      </c>
+      <c r="C227" s="1">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="228" spans="1:3">
+      <c r="A228" s="1" t="inlineStr">
+        <is>
+          <t>9786058240988</t>
+        </is>
+      </c>
+      <c r="B228" s="1" t="inlineStr">
+        <is>
+          <t>Perfect Blue - Mükemmel Başkalaşım</t>
+        </is>
+      </c>
+      <c r="C228" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="229" spans="1:3">
+      <c r="A229" s="1" t="inlineStr">
+        <is>
+          <t>9786052115411</t>
+        </is>
+      </c>
+      <c r="B229" s="1" t="inlineStr">
+        <is>
+          <t>Büyücü Kız Madoka Magica Cilt: 3</t>
+        </is>
+      </c>
+      <c r="C229" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="230" spans="1:3">
+      <c r="A230" s="1" t="inlineStr">
+        <is>
+          <t>9786052115404</t>
+        </is>
+      </c>
+      <c r="B230" s="1" t="inlineStr">
+        <is>
+          <t>Btooom! 01</t>
+        </is>
+      </c>
+      <c r="C230" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="231" spans="1:3">
+      <c r="A231" s="1" t="inlineStr">
+        <is>
+          <t>9786052115381</t>
+        </is>
+      </c>
+      <c r="B231" s="1" t="inlineStr">
+        <is>
+          <t>Gangsta 3</t>
+        </is>
+      </c>
+      <c r="C231" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="232" spans="1:3">
+      <c r="A232" s="1" t="inlineStr">
+        <is>
+          <t>9786052115350</t>
+        </is>
+      </c>
+      <c r="B232" s="1" t="inlineStr">
+        <is>
+          <t>Made in Abyss Cilt 6</t>
+        </is>
+      </c>
+      <c r="C232" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="233" spans="1:3">
+      <c r="A233" s="1" t="inlineStr">
+        <is>
+          <t>9786052115336</t>
+        </is>
+      </c>
+      <c r="B233" s="1" t="inlineStr">
+        <is>
+          <t>Gangsta Cilt 2</t>
+        </is>
+      </c>
+      <c r="C233" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="234" spans="1:3">
+      <c r="A234" s="1" t="inlineStr">
+        <is>
+          <t>9786052115305</t>
+        </is>
+      </c>
+      <c r="B234" s="1" t="inlineStr">
+        <is>
+          <t>Made in Abyss Cilt 5</t>
+        </is>
+      </c>
+      <c r="C234" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="235" spans="1:3">
+      <c r="A235" s="1" t="inlineStr">
+        <is>
+          <t>9786052115275</t>
+        </is>
+      </c>
+      <c r="B235" s="1" t="inlineStr">
+        <is>
+          <t>Gangsta Cilt 1</t>
+        </is>
+      </c>
+      <c r="C235" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="236" spans="1:3">
+      <c r="A236" s="1" t="inlineStr">
+        <is>
+          <t>9786052115299</t>
+        </is>
+      </c>
+      <c r="B236" s="1" t="inlineStr">
+        <is>
+          <t>Vampir Avcısı D Cilt 1</t>
+        </is>
+      </c>
+      <c r="C236" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="237" spans="1:3">
+      <c r="A237" s="1" t="inlineStr">
+        <is>
+          <t>9786052115251</t>
+        </is>
+      </c>
+      <c r="B237" s="1" t="inlineStr">
+        <is>
+          <t>Made in Abyss Cilt 4</t>
+        </is>
+      </c>
+      <c r="C237" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="238" spans="1:3">
+      <c r="A238" s="1" t="inlineStr">
+        <is>
+          <t>9786052115244</t>
+        </is>
+      </c>
+      <c r="B238" s="1" t="inlineStr">
+        <is>
+          <t>Made in Abyss Cilt 3</t>
+        </is>
+      </c>
+      <c r="C238" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="239" spans="1:3">
+      <c r="A239" s="1" t="inlineStr">
+        <is>
+          <t>9786052115183</t>
+        </is>
+      </c>
+      <c r="B239" s="1" t="inlineStr">
+        <is>
+          <t>Otisabi 9 - Yavaş Yavaş Hepsini</t>
+        </is>
+      </c>
+      <c r="C239" s="1">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="240" spans="1:3">
+      <c r="A240" s="1" t="inlineStr">
+        <is>
+          <t>9786052115176</t>
+        </is>
+      </c>
+      <c r="B240" s="1" t="inlineStr">
+        <is>
+          <t>Made in Abyss Cilt 1</t>
+        </is>
+      </c>
+      <c r="C240" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="241" spans="1:3">
+      <c r="A241" s="1" t="inlineStr">
+        <is>
+          <t>9786052115138</t>
+        </is>
+      </c>
+      <c r="B241" s="1" t="inlineStr">
+        <is>
+          <t>Tuhaf Öyküler 3</t>
+        </is>
+      </c>
+      <c r="C241" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="242" spans="1:3">
+      <c r="A242" s="1" t="inlineStr">
+        <is>
+          <t>9786052115114</t>
+        </is>
+      </c>
+      <c r="B242" s="1" t="inlineStr">
+        <is>
+          <t>Tuhaf Öyküler 2</t>
+        </is>
+      </c>
+      <c r="C242" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="243" spans="1:3">
+      <c r="A243" s="1" t="inlineStr">
+        <is>
+          <t>9786052115107</t>
+        </is>
+      </c>
+      <c r="B243" s="1" t="inlineStr">
+        <is>
+          <t>Tuhaf Öyküler 1</t>
+        </is>
+      </c>
+      <c r="C243" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="244" spans="1:3">
+      <c r="A244" s="1" t="inlineStr">
+        <is>
+          <t>9786052115008</t>
+        </is>
+      </c>
+      <c r="B244" s="1" t="inlineStr">
+        <is>
+          <t>Ben 3</t>
+        </is>
+      </c>
+      <c r="C244" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="245" spans="1:3">
+      <c r="A245" s="1" t="inlineStr">
+        <is>
+          <t>9786058240933</t>
+        </is>
+      </c>
+      <c r="B245" s="1" t="inlineStr">
+        <is>
+          <t>En Kahraman Rıdvan 10 - Şeytan Rıdvan'a Karşı</t>
+        </is>
+      </c>
+      <c r="C245" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="246" spans="1:3">
+      <c r="A246" s="1" t="inlineStr">
+        <is>
+          <t>9786058240926</t>
+        </is>
+      </c>
+      <c r="B246" s="1" t="inlineStr">
+        <is>
+          <t>Obje Art (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C246" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="247" spans="1:3">
+      <c r="A247" s="1" t="inlineStr">
+        <is>
+          <t>9786058240919</t>
+        </is>
+      </c>
+      <c r="B247" s="1" t="inlineStr">
+        <is>
+          <t>The Mongollar (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C247" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="248" spans="1:3">
+      <c r="A248" s="1" t="inlineStr">
+        <is>
+          <t>9786058240902</t>
+        </is>
+      </c>
+      <c r="B248" s="1" t="inlineStr">
+        <is>
+          <t>İlk İhsan (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C248" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="249" spans="1:3">
+      <c r="A249" s="1" t="inlineStr">
+        <is>
           <t>9786052115053</t>
         </is>
       </c>
-      <c r="B220" s="1" t="inlineStr">
+      <c r="B249" s="1" t="inlineStr">
         <is>
           <t>Otisabi - Kayıtdışı Hatıralar - 4</t>
         </is>
       </c>
-      <c r="C220" s="1">
-        <v>385</v>
+      <c r="C249" s="1">
+        <v>460</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>