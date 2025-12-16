--- v0 (2025-10-30)
+++ v1 (2025-12-16)
@@ -85,3820 +85,4000 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256994355</t>
+          <t>9786256994362</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>ABD’nin Beyaz Kültürel Dayatmaları ve Yükseköğretim</t>
+          <t>Dostoyevski Anna Grigoryevna Mektuplar</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>450</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256994324</t>
+          <t>9786256994409</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>30 Mayıs 1876 Darbesi ve Meşrutiyetin İlanı</t>
+          <t>Anlatı Aynası</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>310</v>
+        <v>900</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256994348</t>
+          <t>9786256994393</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Bir İdeolojik Bağnazlık Örneği Olarak Murat Belge'nin Edebiyat Yazıları</t>
+          <t>Dağlarda Gölgem</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>275</v>
+        <v>450</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256994331</t>
+          <t>9786257369343</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Çölde Siyaset Orta Doğu’dan Kesitler</t>
+          <t>Her Şey Bitti Ana'ya Söyleyin</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>480</v>
+        <v>600</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256994294</t>
+          <t>9786257369015</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Üçüncü Hayatım</t>
+          <t>İrod’un Gölgesi</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>250</v>
+        <v>380</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256994300</t>
+          <t>9786257643290</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Yurtsever Demokrasi ve Tam Bağımsızlık</t>
+          <t>İstanbul Sosyoloji Geleneği (1910-2010) ve Korkut Tuna</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789752439740</t>
+          <t>9786058109810</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Karlsbad'da Geçen Günlerim</t>
+          <t>1492 The Gates Of Heaven</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>210</v>
+        <v>1900</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256994287</t>
+          <t>9789752439986</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Silahları Gömmek</t>
+          <t>Journey to The Beloved (Ciltli)</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>510</v>
+        <v>569</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789752439801</t>
+          <t>9789752439047</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Beş Çember Kitabı</t>
+          <t>Ben ve Sen</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>160</v>
+        <v>141</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786256994256</t>
+          <t>9786257852012</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Literatürk: Batı Kanonu &amp; Türkler (2 Cilt)</t>
+          <t>Ben ve Sen</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>750</v>
+        <v>155</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786056919541</t>
+          <t>3990000080037</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Dağlar ve Rüzgar</t>
+          <t>Beyazıt Akman - Osman Seti (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>160</v>
+        <v>90</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789752439276</t>
+          <t>9789752439351</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Kaos ve Belirsizlik</t>
+          <t>Bostan</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>155</v>
+        <v>185</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789752439221</t>
+          <t>9786256994355</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Fusus El-Hikem</t>
+          <t>ABD’nin Beyaz Kültürel Dayatmaları ve Yükseköğretim</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>320</v>
+        <v>450</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789752439344</t>
+          <t>9786256994324</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Gülistan</t>
+          <t>30 Mayıs 1876 Darbesi ve Meşrutiyetin İlanı</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>205</v>
+        <v>310</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789752439139</t>
+          <t>9786256994348</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Boğaziçine Sığınanlar</t>
+          <t>Bir İdeolojik Bağnazlık Örneği Olarak Murat Belge'nin Edebiyat Yazıları</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>205</v>
+        <v>275</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786058069787</t>
+          <t>9786256994331</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Ortadoğu: Aktörler Unsurlar Sistemler</t>
+          <t>Çölde Siyaset Orta Doğu’dan Kesitler</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>600</v>
+        <v>480</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786058093508</t>
+          <t>9786256994294</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Kürk Mantolu Madonna</t>
+          <t>Üçüncü Hayatım</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>210</v>
+        <v>250</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786058109889</t>
+          <t>9786256994300</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Şeytan</t>
+          <t>Yurtsever Demokrasi ve Tam Bağımsızlık</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789752439771</t>
+          <t>9789752439740</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Savaş Sanatı</t>
+          <t>Karlsbad'da Geçen Günlerim</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>130</v>
+        <v>210</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786058005730</t>
+          <t>9786256994287</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Cumalı Ordugahı</t>
+          <t>Silahları Gömmek</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>220</v>
+        <v>510</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256994249</t>
+          <t>9789752439801</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Sultan Aziz Döneminde Bir İhtilal Örgütü Meslek Cemiyeti</t>
+          <t>Beş Çember Kitabı</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>286</v>
+        <v>160</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256994225</t>
+          <t>9786256994256</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>ABD’nin Beyaz Egemen İktidar Projesi</t>
+          <t>Literatürk: Batı Kanonu &amp; Türkler (2 Cilt)</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>360</v>
+        <v>750</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256994201</t>
+          <t>9786056919541</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Said Nursi ve Risale-i Nur Gerçeği</t>
+          <t>Dağlar ve Rüzgar</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>195</v>
+        <v>160</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786256994195</t>
+          <t>9789752439276</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>ABD'de Beyaz Milliyetçilik, Irkçılık ve Demokrasi - Kültürel Bir Değerlendirme</t>
+          <t>Kaos ve Belirsizlik</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>325</v>
+        <v>155</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786257369169</t>
+          <t>9789752439221</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Otuzbeş Yıl Evvelki Demlerinde</t>
+          <t>Fusus El-Hikem</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>137</v>
+        <v>320</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786257369145</t>
+          <t>9789752439344</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Mafyanın Kasası</t>
+          <t>Gülistan</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>220</v>
+        <v>205</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786257369206</t>
+          <t>9789752439139</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Kırk Yıl Evvelkiler</t>
+          <t>Boğaziçine Sığınanlar</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>143</v>
+        <v>205</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786257643443</t>
+          <t>9786058069787</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Kazan Ben Kepçe</t>
+          <t>Ortadoğu: Aktörler Unsurlar Sistemler</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>176</v>
+        <v>600</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786257369213</t>
+          <t>9786058093508</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Hayalhane-i İstanbul</t>
+          <t>Kürk Mantolu Madonna</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>156</v>
+        <v>210</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786257369220</t>
+          <t>9786058109889</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Eski Konaklar Bize Neler Anlatıyor?</t>
+          <t>İçimizdeki Şeytan</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>130</v>
+        <v>250</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786257852166</t>
+          <t>9789752439771</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Eski Günlerde</t>
+          <t>Savaş Sanatı</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>176</v>
+        <v>130</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786256994188</t>
+          <t>9786058005730</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Eski Defterdekiler</t>
+          <t>Cumalı Ordugahı</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>137</v>
+        <v>220</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786257643504</t>
+          <t>9786256994249</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Bir Zamanlar İstanbul</t>
+          <t>Sultan Aziz Döneminde Bir İhtilal Örgütü Meslek Cemiyeti</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>137</v>
+        <v>286</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786257643511</t>
+          <t>9786256994225</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Bir Varmış Bir Yokmuş</t>
+          <t>ABD’nin Beyaz Egemen İktidar Projesi</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>137</v>
+        <v>360</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786256994164</t>
+          <t>9786256994201</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyıl Afro - Amerikan Romanında Beyaz Kimliğinin İşleyişi</t>
+          <t>Said Nursi ve Risale-i Nur Gerçeği</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>351</v>
+        <v>195</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786256994140</t>
+          <t>9786256994195</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Masal Olanlar - Türk Edebiyatı Klasikleri</t>
+          <t>ABD'de Beyaz Milliyetçilik, Irkçılık ve Demokrasi - Kültürel Bir Değerlendirme</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>310</v>
+        <v>325</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786256994157</t>
+          <t>9786257369169</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Otuz Sene Evvel İstanbul - Türk Edebiyatı Klasikleri</t>
+          <t>Otuzbeş Yıl Evvelki Demlerinde</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>310</v>
+        <v>137</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786256994133</t>
+          <t>9786257369145</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Üç Askeri Kritik</t>
+          <t>Mafyanın Kasası</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>141</v>
+        <v>220</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256994126</t>
+          <t>9786257369206</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Posta Kutusu 213</t>
+          <t>Kırk Yıl Evvelkiler</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>170</v>
+        <v>143</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786256994102</t>
+          <t>9786257643443</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>My Father, Cemil Meriç: A Turkish Intellectual of the 20th Century</t>
+          <t>İstanbul Kazan Ben Kepçe</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>1000</v>
+        <v>176</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786257369886</t>
+          <t>9786257369213</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Türk ve İslam Tarihine Kısa Bir Bakış</t>
+          <t>Hayalhane-i İstanbul</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>125</v>
+        <v>156</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786257369701</t>
+          <t>9786257369220</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Fontamara</t>
+          <t>Eski Konaklar Bize Neler Anlatıyor?</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>170</v>
+        <v>130</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786256994089</t>
+          <t>9786257852166</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Anasu Yerleşim'den Arahnimu Bibi ve Kuklamu'nun Duydukları Mesela: Ki Aether, Ateş, Hava, Su, Topraklardı</t>
+          <t>Eski Günlerde</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>351</v>
+        <v>176</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786257369961</t>
+          <t>9786256994188</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Hevsel Bahçesinde Bir Dut Ağacı</t>
+          <t>Eski Defterdekiler</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>203</v>
+        <v>137</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786257369855</t>
+          <t>9786257643504</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Golha’nın Yüzü</t>
+          <t>Bir Zamanlar İstanbul</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>125</v>
+        <v>137</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786257369978</t>
+          <t>9786257643511</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>DIJWAR: Faili Meçhul Cinayetler ve Diyarbakır Cezaevi’ne Dair Her Şey</t>
+          <t>Bir Varmış Bir Yokmuş</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>250</v>
+        <v>137</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786257369985</t>
+          <t>9786256994164</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Affet Bizi Marin</t>
+          <t>21. Yüzyıl Afro - Amerikan Romanında Beyaz Kimliğinin İşleyişi</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>185</v>
+        <v>351</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786256994072</t>
+          <t>9786256994140</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Manşetlerle Hükümet, Koalisyon ve Cumhurbaşkanlığı Krizleri</t>
+          <t>Masal Olanlar - Türk Edebiyatı Klasikleri</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>215</v>
+        <v>310</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786256994065</t>
+          <t>9786256994157</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Atatürk - Cumhuriyet ve Özgürlük</t>
+          <t>Otuz Sene Evvel İstanbul - Türk Edebiyatı Klasikleri</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>390</v>
+        <v>310</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786256994034</t>
+          <t>9786256994133</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>The Emiriad The Life And Deeds Of Mehmet, Emperor Of The Turks</t>
+          <t>Üç Askeri Kritik</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>1800</v>
+        <v>141</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786256994027</t>
+          <t>9786256994126</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Emir Türk İmparatoru Mehmet’in Hayatı Ve Fetihleri</t>
+          <t>Posta Kutusu 213</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>1000</v>
+        <v>170</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786256994010</t>
+          <t>9786256994102</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Fedailer Cemiyeti Ve Kuleli Vakası Türkiye Tarihindeki İlk Darbe Teşebbüsü Tarihindeki İlk Darbe Teşebbüsü</t>
+          <t>My Father, Cemil Meriç: A Turkish Intellectual of the 20th Century</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>190</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786256994003</t>
+          <t>9786257369886</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Yeraltı Edebiyatı</t>
+          <t>Türk ve İslam Tarihine Kısa Bir Bakış</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>310</v>
+        <v>125</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786257369879</t>
+          <t>9786257369701</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>İki Alev Arasında: Şuşa’nın Romanı</t>
+          <t>Fontamara</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>280</v>
+        <v>170</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786257369992</t>
+          <t>9786256994089</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Ortadoğu’da Türk Askeri Misyonu</t>
+          <t>Anasu Yerleşim'den Arahnimu Bibi ve Kuklamu'nun Duydukları Mesela: Ki Aether, Ateş, Hava, Su, Topraklardı</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>125</v>
+        <v>351</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>4440000001973</t>
+          <t>9786257369961</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>15 Temmuz Fotoğraf Albümü (Büyük Boy, Arnavutça) (Ciltli)</t>
+          <t>Hevsel Bahçesinde Bir Dut Ağacı</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>2958</v>
+        <v>203</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789752439153</t>
+          <t>9786257369855</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>15 Temmuz Fotoğraf Albümü (Büyük Boy, İngilizce) (Ciltli)</t>
+          <t>Golha’nın Yüzü</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>2958</v>
+        <v>125</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789752439146</t>
+          <t>9786257369978</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>15 Temmuz Fotoğraf Albümü (Büyük Boy, Almanca) (Ciltli)</t>
+          <t>DIJWAR: Faili Meçhul Cinayetler ve Diyarbakır Cezaevi’ne Dair Her Şey</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>2958</v>
+        <v>250</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>4440000001972</t>
+          <t>9786257369985</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>15 Temmuz Fotoğraf Albümü (Büyük Boy, Rusça) (Ciltli)</t>
+          <t>Affet Bizi Marin</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>2958</v>
+        <v>185</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>4440000001971</t>
+          <t>9786256994072</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>15 Temmuz Fotoğraf Albümü (Ciltli, Küçük Boy)</t>
+          <t>Manşetlerle Hükümet, Koalisyon ve Cumhurbaşkanlığı Krizleri</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>1850</v>
+        <v>215</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>4440000001970</t>
+          <t>9786256994065</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>15 Temmuz Fotoğraf Albümü (Küçük Boy)</t>
+          <t>Atatürk - Cumhuriyet ve Özgürlük</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>1850</v>
+        <v>390</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786257369954</t>
+          <t>9786256994034</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Hasan Fehmi ve Serbesti Gazetesi</t>
+          <t>The Emiriad The Life And Deeds Of Mehmet, Emperor Of The Turks</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>246</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786257369947</t>
+          <t>9786256994027</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Kurmacayı Yıkmak</t>
+          <t>Emir Türk İmparatoru Mehmet’in Hayatı Ve Fetihleri</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>130</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786257369930</t>
+          <t>9786256994010</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Vecihi Hürkuş</t>
+          <t>Fedailer Cemiyeti Ve Kuleli Vakası Türkiye Tarihindeki İlk Darbe Teşebbüsü Tarihindeki İlk Darbe Teşebbüsü</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786257369893</t>
+          <t>9786256994003</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Batı Resminin Yedi Yüzyılı</t>
+          <t>Yeraltı Edebiyatı</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>2100</v>
+        <v>310</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786257369831</t>
+          <t>9786257369879</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Çin Ekonomisini Anlamak</t>
+          <t>İki Alev Arasında: Şuşa’nın Romanı</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786257369916</t>
+          <t>9786257369992</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Bir Hikaye-i Sevda - Türk Edebiyatı Klasikleri</t>
+          <t>Ortadoğu’da Türk Askeri Misyonu</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>150</v>
+        <v>125</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786257369923</t>
+          <t>4440000001973</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Bahar ve Kelebekler</t>
+          <t>15 Temmuz Fotoğraf Albümü (Büyük Boy, Arnavutça) (Ciltli)</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>112</v>
+        <v>2958</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786257369909</t>
+          <t>9789752439153</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Kitle Kültürü ve Edebiyat</t>
+          <t>15 Temmuz Fotoğraf Albümü (Büyük Boy, İngilizce) (Ciltli)</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>136</v>
+        <v>2958</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786257369862</t>
+          <t>9789752439146</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Çıkış İçin 40 Kapı</t>
+          <t>15 Temmuz Fotoğraf Albümü (Büyük Boy, Almanca) (Ciltli)</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>150</v>
+        <v>2958</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786257369848</t>
+          <t>4440000001972</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Ortadoğu’da Aşiret Siyaseti</t>
+          <t>15 Temmuz Fotoğraf Albümü (Büyük Boy, Rusça) (Ciltli)</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>205</v>
+        <v>2958</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786257369824</t>
+          <t>4440000001971</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Sosyolojisi Temsilcisi Ümit Meriç</t>
+          <t>15 Temmuz Fotoğraf Albümü (Ciltli, Küçük Boy)</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>280</v>
+        <v>1850</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786257369770</t>
+          <t>4440000001970</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Ahir Zaman</t>
+          <t>15 Temmuz Fotoğraf Albümü (Küçük Boy)</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>112</v>
+        <v>1850</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786257369817</t>
+          <t>9786257369954</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Şiirde Aydınlık</t>
+          <t>Hasan Fehmi ve Serbesti Gazetesi</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>75</v>
+        <v>246</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786257369787</t>
+          <t>9786257369947</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Mektuplar Arızalar Yazılar</t>
+          <t>Kurmacayı Yıkmak</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>136</v>
+        <v>130</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786257369756</t>
+          <t>9786257369930</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Define</t>
+          <t>Vecihi Hürkuş</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>90</v>
+        <v>150</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786257369763</t>
+          <t>9786257369893</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Eylül</t>
+          <t>Batı Resminin Yedi Yüzyılı</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>136</v>
+        <v>2100</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786257369794</t>
+          <t>9786257369831</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Küçük Şeyler</t>
+          <t>Çin Ekonomisini Anlamak</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>75</v>
+        <v>300</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786257369800</t>
+          <t>9786257369916</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>İntibah</t>
+          <t>Bir Hikaye-i Sevda - Türk Edebiyatı Klasikleri</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>123</v>
+        <v>150</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786257369664</t>
+          <t>9786257369923</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Güneş Motel Olayı</t>
+          <t>Bahar ve Kelebekler</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>205</v>
+        <v>112</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786257369671</t>
+          <t>9786257369909</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Çağlayanlar</t>
+          <t>Kitle Kültürü ve Edebiyat</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>88</v>
+        <v>136</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786257369695</t>
+          <t>9786257369862</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Ahlak, Estetik ve Şiir</t>
+          <t>Çıkış İçin 40 Kapı</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>163</v>
+        <v>150</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786257369633</t>
+          <t>9786257369848</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Zaman Zaman İçinde</t>
+          <t>Ortadoğu’da Aşiret Siyaseti</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>136</v>
+        <v>205</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786257369725</t>
+          <t>9786257369824</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Sol Darbe Teşebbüsü</t>
+          <t>Türkiye Sosyolojisi Temsilcisi Ümit Meriç</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>205</v>
+        <v>280</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786257369688</t>
+          <t>9786257369770</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Ömer'in Çocukluğu</t>
+          <t>Ahir Zaman</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>70</v>
+        <v>112</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786257369510</t>
+          <t>9786257369817</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Akif</t>
+          <t>Şiirde Aydınlık</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>205</v>
+        <v>75</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786257369619</t>
+          <t>9786257369787</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Hindistan'ın Dulları ve Kadın</t>
+          <t>Mektuplar Arızalar Yazılar</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>112</v>
+        <v>136</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786257369572</t>
+          <t>9786257369756</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Saray Yıllarım (3 Cilt Takım)</t>
+          <t>Define</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>2400</v>
+        <v>90</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786257369558</t>
+          <t>9786257369763</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Neden Geldim Amerika’ya?</t>
+          <t>Eylül</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>171</v>
+        <v>136</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786257369527</t>
+          <t>9786257369794</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Sekülerleşme ve Dindarlık Bağlamında Kürt Milliyetçiliği</t>
+          <t>Küçük Şeyler</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>185</v>
+        <v>75</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786257369541</t>
+          <t>9786257369800</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Durum</t>
+          <t>İntibah</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>264</v>
+        <v>123</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786257369534</t>
+          <t>9786257369664</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Eşcinsellik ve Cinsel Sapkınlıklar Sorunu</t>
+          <t>Güneş Motel Olayı</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>141</v>
+        <v>205</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786257369503</t>
+          <t>9786257369671</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Bir Cinayetin Aslı</t>
+          <t>Çağlayanlar</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>170</v>
+        <v>88</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786257369435</t>
+          <t>9786257369695</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Araba Sevdası</t>
+          <t>Ahlak, Estetik ve Şiir</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>141</v>
+        <v>163</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786257369497</t>
+          <t>9786257369633</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Çin Bilgeliği</t>
+          <t>Zaman Zaman İçinde</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>150</v>
+        <v>136</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786257369428</t>
+          <t>9786257369725</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Denize Doğru</t>
+          <t>Türkiye'de Sol Darbe Teşebbüsü</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>75</v>
+        <v>205</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786257369442</t>
+          <t>9786257369688</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Erkek Sünnetinin Öyküsü</t>
+          <t>Ömer'in Çocukluğu</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>150</v>
+        <v>70</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786257643771</t>
+          <t>9786257369510</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Farz Et Ki Dönemedim</t>
+          <t>Mehmet Akif</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>130</v>
+        <v>205</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786257643733</t>
+          <t>9786257369619</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Gelecek Arayışı</t>
+          <t>Hindistan'ın Dulları ve Kadın</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>170</v>
+        <v>112</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786257369480</t>
+          <t>9786257369572</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Hace-i Evvel</t>
+          <t>Beyaz Saray Yıllarım (3 Cilt Takım)</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>112</v>
+        <v>2400</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786257369411</t>
+          <t>9786257369558</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Sezai Karakoç'un Düşünce Ufukları</t>
+          <t>Neden Geldim Amerika’ya?</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>130</v>
+        <v>171</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786257369473</t>
+          <t>9786257369527</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Telaşsız Yazılar</t>
+          <t>Sekülerleşme ve Dindarlık Bağlamında Kürt Milliyetçiliği</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>125</v>
+        <v>185</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786257369466</t>
+          <t>9786257369541</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Yaşama Felsefesine Giriş</t>
+          <t>Durum</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>136</v>
+        <v>264</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786257369459</t>
+          <t>9786257369534</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Amerika'da Irkçı Söylem ve Şiddet</t>
+          <t>Eşcinsellik ve Cinsel Sapkınlıklar Sorunu</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>163</v>
+        <v>141</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786257369138</t>
+          <t>9786257369503</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Paris ve Londra'da Beş Parasız</t>
+          <t>Bir Cinayetin Aslı</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>130</v>
+        <v>170</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786257369398</t>
+          <t>9786257369435</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>'Temsil'den 'Anlam'a - Metaforik Düşüncenin İzinde</t>
+          <t>Araba Sevdası</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>125</v>
+        <v>141</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786257369381</t>
+          <t>9786257369497</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Gizli Mabed</t>
+          <t>Çin Bilgeliği</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>95</v>
+        <v>150</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786257369374</t>
+          <t>9786257369428</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Jönler</t>
+          <t>Denize Doğru</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>112</v>
+        <v>75</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786257369367</t>
+          <t>9786257369442</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Yeni Devir Yazıları</t>
+          <t>Erkek Sünnetinin Öyküsü</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>112</v>
+        <v>150</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786257369404</t>
+          <t>9786257643771</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Mağdurların Coğrafyasında (Ciltli)</t>
+          <t>Farz Et Ki Dönemedim</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>310</v>
+        <v>130</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786257852302</t>
+          <t>9786257643733</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>The History Of The Saljuq Turks</t>
+          <t>Gelecek Arayışı</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>666</v>
+        <v>170</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786257643719</t>
+          <t>9786257369480</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Senin Şarkın Gezmeli Dilden Dile</t>
+          <t>Hace-i Evvel</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>95</v>
+        <v>112</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786257643764</t>
+          <t>9786257369411</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Aşk Diye Diye</t>
+          <t>Sezai Karakoç'un Düşünce Ufukları</t>
         </is>
       </c>
       <c r="C114" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786257643788</t>
+          <t>9786257369473</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Mağdurların Coğrafyasında</t>
+          <t>Telaşsız Yazılar</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>171</v>
+        <v>125</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786257643740</t>
+          <t>9786257369466</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Felatun Bey ile Rakım Efendi</t>
+          <t>Yaşama Felsefesine Giriş</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>112</v>
+        <v>136</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786257643726</t>
+          <t>9786257369459</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Kuklamu</t>
+          <t>Amerika'da Irkçı Söylem ve Şiddet</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>205</v>
+        <v>163</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786257643702</t>
+          <t>9786257369138</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Taaşşuk-ı Talat ve Fitnat</t>
+          <t>Paris ve Londra'da Beş Parasız</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>75</v>
+        <v>130</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786257852142</t>
+          <t>9786257369398</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Din, Siyaset ve Mimari: Amerika Diyanet Merkezinin Tarihi</t>
+          <t>'Temsil'den 'Anlam'a - Metaforik Düşüncenin İzinde</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>1000</v>
+        <v>125</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786257643757</t>
+          <t>9786257369381</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Cezmi</t>
+          <t>Gizli Mabed</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>130</v>
+        <v>95</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786257643696</t>
+          <t>9786257369374</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Tarihi Nutuklar 1922-1924</t>
+          <t>Jönler</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>155</v>
+        <v>112</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786257852272</t>
+          <t>9786257369367</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Yalan Söyleme Sanatı</t>
+          <t>Yeni Devir Yazıları</t>
         </is>
       </c>
       <c r="C122" s="1">
         <v>112</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786257852289</t>
+          <t>9786257369404</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Papazın Kızı</t>
+          <t>Mağdurların Coğrafyasında (Ciltli)</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>130</v>
+        <v>310</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786257852296</t>
+          <t>9786257852302</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Meontoloji</t>
+          <t>The History Of The Saljuq Turks</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>130</v>
+        <v>666</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786257852265</t>
+          <t>9786257643719</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Beni Bu Güzel Havalar Mahvetti</t>
+          <t>Senin Şarkın Gezmeli Dilden Dile</t>
         </is>
       </c>
       <c r="C125" s="1">
         <v>95</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786257852128</t>
+          <t>9786257643764</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>1984</t>
+          <t>Aşk Diye Diye</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>300</v>
+        <v>130</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786257852104</t>
+          <t>9786257643788</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Çevirizm</t>
+          <t>Mağdurların Coğrafyasında</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>150</v>
+        <v>171</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786257369626</t>
+          <t>9786257643740</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Çiftliği</t>
+          <t>Felatun Bey ile Rakım Efendi</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>95</v>
+        <v>112</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786257852111</t>
+          <t>9786257643726</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Disleksi Anahtarı</t>
+          <t>Kuklamu</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>185</v>
+        <v>205</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786257852159</t>
+          <t>9786257643702</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>TKT Takiye-Kumpas-Tasfiye</t>
+          <t>Taaşşuk-ı Talat ve Fitnat</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>225</v>
+        <v>75</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786257852135</t>
+          <t>9786257852142</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Gladyo</t>
+          <t>Din, Siyaset ve Mimari: Amerika Diyanet Merkezinin Tarihi</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>171</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786257852074</t>
+          <t>9786257643757</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>1453 The Conquest</t>
+          <t>Cezmi</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>2100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786257852098</t>
+          <t>9786257643696</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Nutuk (Ciltli)</t>
+          <t>Tarihi Nutuklar 1922-1924</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>850</v>
+        <v>155</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786257852081</t>
+          <t>9786257852272</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Nutuk</t>
+          <t>Yalan Söyleme Sanatı</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>600</v>
+        <v>112</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786257852050</t>
+          <t>9786257852289</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Tarih ile Mit Arasında Kudüs</t>
+          <t>Papazın Kızı</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>171</v>
+        <v>130</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786257852067</t>
+          <t>9786257852296</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>İngiliz-Osmanlı İlişkileri: 1578-1632</t>
+          <t>Meontoloji</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>131</v>
+        <v>130</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786257852043</t>
+          <t>9786257852265</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Siyasal İletişim - Dünya Örnekleri Çerçevesinde</t>
+          <t>Beni Bu Güzel Havalar Mahvetti</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>310</v>
+        <v>95</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786257852036</t>
+          <t>9786257852128</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Selected Writings of Mohammed A. Russel Webb</t>
+          <t>1984</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>702</v>
+        <v>300</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786058005761</t>
+          <t>9786257852104</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyılda Küresel(leşen) Tehdit Amerika</t>
+          <t>Çevirizm</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>171</v>
+        <v>150</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786257852005</t>
+          <t>9786257369626</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>İşgal Edilmiş Devlet</t>
+          <t>Hayvan Çiftliği</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>171</v>
+        <v>95</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9789752439160</t>
+          <t>9786257852111</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Mazeret Yok Çıkış Var: İletişimde Başarı</t>
+          <t>Disleksi Anahtarı</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>310</v>
+        <v>185</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786058005716</t>
+          <t>9786257852159</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Mazeret Yok Çıkış Var: Liderlikte Başarı</t>
+          <t>TKT Takiye-Kumpas-Tasfiye</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>340</v>
+        <v>225</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786058093539</t>
+          <t>9786257852135</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Mazeret Yok Çıkış Var: Hayatta Başarı</t>
+          <t>Gladyo</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>340</v>
+        <v>171</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786056966231</t>
+          <t>9786257852074</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Bölüğün Muharebe Talimi</t>
+          <t>1453 The Conquest</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>175</v>
+        <v>2100</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786058005792</t>
+          <t>9786257852098</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>1915 Olaylarının İç Yüzü</t>
+          <t>Nutuk (Ciltli)</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>171</v>
+        <v>850</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786058005754</t>
+          <t>9786257852081</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Estetik Endişe</t>
+          <t>Nutuk</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>155</v>
+        <v>600</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786058005778</t>
+          <t>9786257852050</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Fatih Sultan Mehmed’in Aşk ve Zafer Mektupları</t>
+          <t>Tarih ile Mit Arasında Kudüs</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>141</v>
+        <v>171</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786058005785</t>
+          <t>9786257852067</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat ve Eleştiri Yazıları</t>
+          <t>İngiliz-Osmanlı İlişkileri: 1578-1632</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>465</v>
+        <v>131</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786058005747</t>
+          <t>9786257852043</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Bak Çekirge</t>
+          <t>Siyasal İletişim - Dünya Örnekleri Çerçevesinde</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>155</v>
+        <v>310</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786058005723</t>
+          <t>9786257852036</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Portreler: Ortadoğu’nun Kilit Taşları</t>
+          <t>Selected Writings of Mohammed A. Russel Webb</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>247</v>
+        <v>702</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786056966262</t>
+          <t>9786058005761</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Devrim Arabaları</t>
+          <t>21. Yüzyılda Küresel(leşen) Tehdit Amerika</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>218</v>
+        <v>171</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786056966279</t>
+          <t>9786257852005</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Rumeli'de Son Demler ve Ötesi (2 Cilt Takım)</t>
+          <t>İşgal Edilmiş Devlet</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>1400</v>
+        <v>171</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786058069794</t>
+          <t>9789752439160</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Ermişin Bahçesi</t>
+          <t>Mazeret Yok Çıkış Var: İletişimde Başarı</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>110</v>
+        <v>310</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786058005709</t>
+          <t>9786058005716</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Takımın Muharebe Talimi</t>
+          <t>Mazeret Yok Çıkış Var: Liderlikte Başarı</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>175</v>
+        <v>340</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786056966248</t>
+          <t>9786058093539</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Hicaz Yahudileri</t>
+          <t>Mazeret Yok Çıkış Var: Hayatta Başarı</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>171</v>
+        <v>340</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786056966255</t>
+          <t>9786056966231</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Journey to The Beloved</t>
+          <t>Bölüğün Muharebe Talimi</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>666</v>
+        <v>175</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786056919589</t>
+          <t>9786058005792</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Rethinking Hadith Methodology</t>
+          <t>1915 Olaylarının İç Yüzü</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>1800</v>
+        <v>171</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786056966224</t>
+          <t>9786058005754</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Eskişehir - İzmit Konuşmaları 1923</t>
+          <t>Estetik Endişe</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>171</v>
+        <v>155</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786056966200</t>
+          <t>9786058005778</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Türk Siyasi Tarihinde Anap ve Turgut Özal</t>
+          <t>Fatih Sultan Mehmed’in Aşk ve Zafer Mektupları</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>280</v>
+        <v>141</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786058069770</t>
+          <t>9786058005785</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Kod Adı: Sapkın</t>
+          <t>Edebiyat ve Eleştiri Yazıları</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>171</v>
+        <v>465</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786058069763</t>
+          <t>9786058005747</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Sivas Kongresi Günleri</t>
+          <t>Bak Çekirge</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>171</v>
+        <v>155</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786058069732</t>
+          <t>9786058005723</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>The Puppet - The New Tool of the Global Forces The Hizmet Movement</t>
+          <t>Portreler: Ortadoğu’nun Kilit Taşları</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>926</v>
+        <v>247</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786058069749</t>
+          <t>9786056966262</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Chinese Witness</t>
+          <t>Devrim Arabaları</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>666</v>
+        <v>218</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786058069756</t>
+          <t>9786056966279</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Milli Görüş Siyaseti</t>
+          <t>Rumeli'de Son Demler ve Ötesi (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>171</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786056919596</t>
+          <t>9786058069794</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>The Gallipoli Front of World War 1</t>
+          <t>Ermişin Bahçesi</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>666</v>
+        <v>110</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786056919572</t>
+          <t>9786058005709</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>The Architect of Love</t>
+          <t>Takımın Muharebe Talimi</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>666</v>
+        <v>175</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786058069725</t>
+          <t>9786056966248</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Anekdotlar</t>
+          <t>Hicaz Yahudileri</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>220</v>
+        <v>171</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786058093560</t>
+          <t>9786056966255</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Ben Yunus</t>
+          <t>Journey to The Beloved</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>150</v>
+        <v>666</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786058069701</t>
+          <t>9786056919589</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Damga Kuramı</t>
+          <t>Rethinking Hadith Methodology</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>150</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786056919558</t>
+          <t>9786056966224</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Her İnsan Bir Ayet</t>
+          <t>Eskişehir - İzmit Konuşmaları 1923</t>
         </is>
       </c>
       <c r="C170" s="1">
         <v>171</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786056919510</t>
+          <t>9786056966200</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Amerika'da Bir Osmanlı - Muhammed A. R. Webb</t>
+          <t>Türk Siyasi Tarihinde Anap ve Turgut Özal</t>
         </is>
       </c>
       <c r="C171" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786058093546</t>
+          <t>9786058069770</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Amok Koşucusu</t>
+          <t>Kod Adı: Sapkın</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>95</v>
+        <v>171</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786056919565</t>
+          <t>9786058069763</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Meçhul Bir Kadının Mektubu</t>
+          <t>Sivas Kongresi Günleri</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>95</v>
+        <v>171</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786058069718</t>
+          <t>9786058069732</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Hamdi Tanpınar'da Hastalık</t>
+          <t>The Puppet - The New Tool of the Global Forces The Hizmet Movement</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>233</v>
+        <v>926</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786056919527</t>
+          <t>9786058069749</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Amerika'da Gazetecilik</t>
+          <t>Chinese Witness</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>280</v>
+        <v>666</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786058093553</t>
+          <t>9786058069756</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Ben Piri</t>
+          <t>Milli Görüş Siyaseti</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>160</v>
+        <v>171</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786058093591</t>
+          <t>9786056919596</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Osman Kuruluş 1302</t>
+          <t>The Gallipoli Front of World War 1</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>300</v>
+        <v>666</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786056919503</t>
+          <t>9786056919572</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Osman Kanunu 1299</t>
+          <t>The Architect of Love</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>350</v>
+        <v>666</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786058093577</t>
+          <t>9786058069725</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Cennetin Kapıları 1492</t>
+          <t>Anekdotlar</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786058093584</t>
+          <t>9786058093560</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın İlk Günü 1453</t>
+          <t>Ben Yunus</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786058093522</t>
+          <t>9786058069701</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Cemal Kaşıkçı - Hayatı, Mücadelesi, Sırları</t>
+          <t>Damga Kuramı</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786058093515</t>
+          <t>9786056919558</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Ehliyetsiz İktidar</t>
+          <t>Her İnsan Bir Ayet</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>141</v>
+        <v>171</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786058109834</t>
+          <t>9786056919510</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Kağnı</t>
+          <t>Amerika'da Bir Osmanlı - Muhammed A. R. Webb</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>110</v>
+        <v>280</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786058109841</t>
+          <t>9786058093546</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Ses</t>
+          <t>Amok Koşucusu</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>90</v>
+        <v>95</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786058109865</t>
+          <t>9786056919565</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Esirler</t>
+          <t>Meçhul Bir Kadının Mektubu</t>
         </is>
       </c>
       <c r="C185" s="1">
         <v>95</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786058109827</t>
+          <t>9786058069718</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Değirmen</t>
+          <t>Ahmet Hamdi Tanpınar'da Hastalık</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>110</v>
+        <v>233</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786058109896</t>
+          <t>9786056919527</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Kuyucaklı Yusuf</t>
+          <t>Amerika'da Gazetecilik</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786058109858</t>
+          <t>9786058093553</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Sırça Köşk</t>
+          <t>Ben Piri</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>171</v>
+        <v>160</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786058109872</t>
+          <t>9786058093591</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Yeni Dünya</t>
+          <t>Osman Kuruluş 1302</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>110</v>
+        <v>300</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9789752439979</t>
+          <t>9786056919503</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Pierre Loti - Yerleşik Yabancı</t>
+          <t>Osman Kanunu 1299</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>155</v>
+        <v>350</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786058109803</t>
+          <t>9786058093577</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Selçukname</t>
+          <t>Cennetin Kapıları 1492</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>171</v>
+        <v>300</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9789752439931</t>
+          <t>9786058093584</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal Atatürk</t>
+          <t>Dünyanın İlk Günü 1453</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>465</v>
+        <v>350</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9789752439962</t>
+          <t>9786058093522</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Zabit ve Kumandan ile Hasbihal</t>
+          <t>Cemal Kaşıkçı - Hayatı, Mücadelesi, Sırları</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>110</v>
+        <v>130</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9789752439856</t>
+          <t>9786058093515</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>In The Age Of Information and Innovation Forty Fours In Management (Ciltli)</t>
+          <t>Ehliyetsiz İktidar</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>556</v>
+        <v>141</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9789752439955</t>
+          <t>9786058109834</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Öteki Türkiye’de Din ve Modernleşme</t>
+          <t>Kağnı</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>171</v>
+        <v>110</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9789752439948</t>
+          <t>9786058109841</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Teselli</t>
+          <t>Ses</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>171</v>
+        <v>90</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9789752439924</t>
+          <t>9786058109865</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Bilgi ve Yenilik Çağında Yönetimde 40 Dörtler</t>
+          <t>Esirler</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>233</v>
+        <v>95</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9789752439863</t>
+          <t>9786058109827</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Birinci Dünya Harbinde</t>
+          <t>Değirmen</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>371</v>
+        <v>110</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9789752439917</t>
+          <t>9786058109896</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Bahçıvan</t>
+          <t>Kuyucaklı Yusuf</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>141</v>
+        <v>150</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9789752439900</t>
+          <t>9786058109858</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Ermiş</t>
+          <t>Sırça Köşk</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>125</v>
+        <v>171</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9789752439870</t>
+          <t>9786058109872</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet İdeolojisi ve Fuat Köprülü</t>
+          <t>Yeni Dünya</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>155</v>
+        <v>110</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9789752439894</t>
+          <t>9789752439979</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Brezilya Seyahatnamesi</t>
+          <t>Pierre Loti - Yerleşik Yabancı</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>125</v>
+        <v>155</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9789752439887</t>
+          <t>9786058109803</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Keşifler Çağında Türkler, Mağripliler ve İngilizler</t>
+          <t>Selçukname</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>371</v>
+        <v>171</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9789752439122</t>
+          <t>9789752439931</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Anafartalar Muharebatına Ait Tarihçe</t>
+          <t>Mustafa Kemal Atatürk</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>185</v>
+        <v>465</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9789752439177</t>
+          <t>9789752439962</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Gurbet Cehennemi</t>
+          <t>Zabit ve Kumandan ile Hasbihal</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>620</v>
+        <v>110</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9789752439245</t>
+          <t>9789752439856</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Kaimo'er</t>
+          <t>In The Age Of Information and Innovation Forty Fours In Management (Ciltli)</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>155</v>
+        <v>556</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9789752439238</t>
+          <t>9789752439955</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Katip Bartleby</t>
+          <t>Öteki Türkiye’de Din ve Modernleşme</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>95</v>
+        <v>171</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9789752439832</t>
+          <t>9789752439948</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Teşkilat-ı Mahsusa’dan Kurtuluş Savaşı’na Kızılca Kıyamet</t>
+          <t>Aşk ve Teselli</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>340</v>
+        <v>171</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9789752439696</t>
+          <t>9789752439924</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Bahriyesi</t>
+          <t>Bilgi ve Yenilik Çağında Yönetimde 40 Dörtler</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>310</v>
+        <v>233</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9789752439849</t>
+          <t>9789752439863</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Soru ve Cevaplarla Sabatay Sevi - Sabataycılar</t>
+          <t>Birinci Dünya Harbinde</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>185</v>
+        <v>371</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9789752439825</t>
+          <t>9789752439917</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Sivil Edebiyat</t>
+          <t>Bahçıvan</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>155</v>
+        <v>141</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9789752439795</t>
+          <t>9789752439900</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Şair Mehmet Akif İçin Memleketin Fikir ve Edebiyat Adamları Ne Diyor?</t>
+          <t>Ermiş</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>112</v>
+        <v>125</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9789752439788</t>
+          <t>9789752439870</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Gece Uçuşu</t>
+          <t>Cumhuriyet İdeolojisi ve Fuat Köprülü</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>141</v>
+        <v>155</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9789752439818</t>
+          <t>9789752439894</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Ki Ben Hep Sevdim</t>
+          <t>Brezilya Seyahatnamesi</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>171</v>
+        <v>125</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9789752439757</t>
+          <t>9789752439887</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Sabahattin Ali - Bir Cinayetin Anatomisi</t>
+          <t>Keşifler Çağında Türkler, Mağripliler ve İngilizler</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>141</v>
+        <v>371</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9789752439764</t>
+          <t>9789752439122</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Çölde Son Türk Destanları</t>
+          <t>Anafartalar Muharebatına Ait Tarihçe</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>390</v>
+        <v>185</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9789752439641</t>
+          <t>9789752439177</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Saraydan Hatıralar</t>
+          <t>Gurbet Cehennemi</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>171</v>
+        <v>620</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9789752439634</t>
+          <t>9789752439245</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Celvetiyye</t>
+          <t>Kaimo'er</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>125</v>
+        <v>155</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9789752439658</t>
+          <t>9789752439238</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Amerikan Edebiyatından Kısa Öyküler</t>
+          <t>Katip Bartleby</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>171</v>
+        <v>95</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9789752439627</t>
+          <t>9789752439832</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal Atatürk - Hatıra Notları 1916</t>
+          <t>Teşkilat-ı Mahsusa’dan Kurtuluş Savaşı’na Kızılca Kıyamet</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>171</v>
+        <v>340</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9789752439481</t>
+          <t>9789752439696</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Necip Fazıl'dan Menderes'e Mektuplar</t>
+          <t>Osmanlı Bahriyesi</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>205</v>
+        <v>310</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9789752439603</t>
+          <t>9789752439849</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Batı Sol Türkiye</t>
+          <t>Soru ve Cevaplarla Sabatay Sevi - Sabataycılar</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>203</v>
+        <v>185</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9789752439573</t>
+          <t>9789752439825</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Kara Kitabı</t>
+          <t>Sivil Edebiyat</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>372</v>
+        <v>155</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9789752439597</t>
+          <t>9789752439795</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Satranç</t>
+          <t>Şair Mehmet Akif İçin Memleketin Fikir ve Edebiyat Adamları Ne Diyor?</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>95</v>
+        <v>112</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9789752439528</t>
+          <t>9789752439788</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Chaotic Uncertainty (Ciltli)</t>
+          <t>Gece Uçuşu</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>666</v>
+        <v>141</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9789752439511</t>
+          <t>9789752439818</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Chaotic Uncertainty</t>
+          <t>Ki Ben Hep Sevdim</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>556</v>
+        <v>171</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9789752439504</t>
+          <t>9789752439757</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Hadis Şerhçiliğinde Konevi ve Kırk Hadis’i</t>
+          <t>Sabahattin Ali - Bir Cinayetin Anatomisi</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>130</v>
+        <v>141</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9789752439566</t>
+          <t>9789752439764</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Arıburnu Muharebeleri Raporu</t>
+          <t>Çölde Son Türk Destanları</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>225</v>
+        <v>390</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9789752439399</t>
+          <t>9789752439641</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Tomboy</t>
+          <t>Saraydan Hatıralar</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>926</v>
+        <v>171</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9789752439474</t>
+          <t>9789752439634</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Kendi Kitabını Oku</t>
+          <t>Celvetiyye</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>130</v>
+        <v>125</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9789752439450</t>
+          <t>9789752439658</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Necip Fazıl - Eksik Kareler</t>
+          <t>Amerikan Edebiyatından Kısa Öyküler</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>155</v>
+        <v>171</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9789752439429</t>
+          <t>9789752439627</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Bir Başka Gökyüzü</t>
+          <t>Mustafa Kemal Atatürk - Hatıra Notları 1916</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>155</v>
+        <v>171</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9789752439405</t>
+          <t>9789752439481</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Bir Eleştirmen Olarak Ahmet Hamdi Tanpınar</t>
+          <t>Necip Fazıl'dan Menderes'e Mektuplar</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>130</v>
+        <v>205</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9789752439382</t>
+          <t>9789752439603</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Disinformation (Ciltli)</t>
+          <t>Batı Sol Türkiye</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>740</v>
+        <v>203</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9789752439375</t>
+          <t>9789752439573</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Ottoman Women (Ciltli)</t>
+          <t>Tarihin Kara Kitabı</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>556</v>
+        <v>372</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9789752439368</t>
+          <t>9789752439597</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Erdoganophobia (Ciltli)</t>
+          <t>Satranç</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>740</v>
+        <v>95</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9789752439306</t>
+          <t>9789752439528</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>İdam Sehpasındaki Dışişleri Bakanı: Fatin Rüştü Zorlu</t>
+          <t>Chaotic Uncertainty (Ciltli)</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>340</v>
+        <v>666</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9789752439269</t>
+          <t>9789752439511</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Çin Gücü</t>
+          <t>Chaotic Uncertainty</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>340</v>
+        <v>556</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9789752439252</t>
+          <t>9789752439504</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Tarihin İzinde</t>
+          <t>Hadis Şerhçiliğinde Konevi ve Kırk Hadis’i</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>185</v>
+        <v>130</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9789752439214</t>
+          <t>9789752439566</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Akif</t>
+          <t>Arıburnu Muharebeleri Raporu</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>185</v>
+        <v>225</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9789752439207</t>
+          <t>9789752439399</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Türk Siyasetinde Erbakan</t>
+          <t>Tomboy</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>310</v>
+        <v>926</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9789752439191</t>
+          <t>9789752439474</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Fetullahçılığın Tarihi</t>
+          <t>Kendi Kitabını Oku</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>351</v>
+        <v>130</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9789752439184</t>
+          <t>9789752439450</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Batılı Kadın Seyyahların Gözüyle Osmanlı Kadını</t>
+          <t>Necip Fazıl - Eksik Kareler</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>141</v>
+        <v>155</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9789752439016</t>
+          <t>9789752439429</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Erdoğanofobi</t>
+          <t>Bir Başka Gökyüzü</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>205</v>
+        <v>155</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9789752439115</t>
+          <t>9789752439405</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Darbenin Perde Arkası: Akıncı Üssü’nün Şifreleri</t>
+          <t>Bir Eleştirmen Olarak Ahmet Hamdi Tanpınar</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>160</v>
+        <v>130</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9789752439108</t>
+          <t>9789752439382</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Tarihçi Gözüyle Siyaset</t>
+          <t>Disinformation (Ciltli)</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>310</v>
+        <v>740</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9789752439092</t>
+          <t>9789752439375</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Ak Parti ve Kürtler</t>
+          <t>Ottoman Women (Ciltli)</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>171</v>
+        <v>556</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9789752439085</t>
+          <t>9789752439368</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>The Modern Assassin</t>
+          <t>Erdoganophobia (Ciltli)</t>
         </is>
       </c>
       <c r="C248" s="1">
         <v>740</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9789752439078</t>
+          <t>9789752439306</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>İşgalin Yapı Taşları</t>
+          <t>İdam Sehpasındaki Dışişleri Bakanı: Fatin Rüştü Zorlu</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>218</v>
+        <v>340</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9789752439054</t>
+          <t>9789752439269</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Diyalektiğin Sonu</t>
+          <t>Çin Gücü</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>141</v>
+        <v>340</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9789752439009</t>
+          <t>9789752439252</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Siyasi Hafıza</t>
+          <t>Kayıp Tarihin İzinde</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>800</v>
+        <v>185</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9789752439030</t>
+          <t>9789752439214</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Kestanepazarı’ndan Pensilvanya’ya Fetullahçı Terör Örgütü</t>
+          <t>Akif</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>171</v>
+        <v>185</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
+          <t>9789752439207</t>
+        </is>
+      </c>
+      <c r="B253" s="1" t="inlineStr">
+        <is>
+          <t>Türk Siyasetinde Erbakan</t>
+        </is>
+      </c>
+      <c r="C253" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="254" spans="1:3">
+      <c r="A254" s="1" t="inlineStr">
+        <is>
+          <t>9789752439191</t>
+        </is>
+      </c>
+      <c r="B254" s="1" t="inlineStr">
+        <is>
+          <t>Fetullahçılığın Tarihi</t>
+        </is>
+      </c>
+      <c r="C254" s="1">
+        <v>351</v>
+      </c>
+    </row>
+    <row r="255" spans="1:3">
+      <c r="A255" s="1" t="inlineStr">
+        <is>
+          <t>9789752439184</t>
+        </is>
+      </c>
+      <c r="B255" s="1" t="inlineStr">
+        <is>
+          <t>Batılı Kadın Seyyahların Gözüyle Osmanlı Kadını</t>
+        </is>
+      </c>
+      <c r="C255" s="1">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="256" spans="1:3">
+      <c r="A256" s="1" t="inlineStr">
+        <is>
+          <t>9789752439016</t>
+        </is>
+      </c>
+      <c r="B256" s="1" t="inlineStr">
+        <is>
+          <t>Erdoğanofobi</t>
+        </is>
+      </c>
+      <c r="C256" s="1">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="257" spans="1:3">
+      <c r="A257" s="1" t="inlineStr">
+        <is>
+          <t>9789752439115</t>
+        </is>
+      </c>
+      <c r="B257" s="1" t="inlineStr">
+        <is>
+          <t>Darbenin Perde Arkası: Akıncı Üssü’nün Şifreleri</t>
+        </is>
+      </c>
+      <c r="C257" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="258" spans="1:3">
+      <c r="A258" s="1" t="inlineStr">
+        <is>
+          <t>9789752439108</t>
+        </is>
+      </c>
+      <c r="B258" s="1" t="inlineStr">
+        <is>
+          <t>Tarihçi Gözüyle Siyaset</t>
+        </is>
+      </c>
+      <c r="C258" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="259" spans="1:3">
+      <c r="A259" s="1" t="inlineStr">
+        <is>
+          <t>9789752439092</t>
+        </is>
+      </c>
+      <c r="B259" s="1" t="inlineStr">
+        <is>
+          <t>Ak Parti ve Kürtler</t>
+        </is>
+      </c>
+      <c r="C259" s="1">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="260" spans="1:3">
+      <c r="A260" s="1" t="inlineStr">
+        <is>
+          <t>9789752439085</t>
+        </is>
+      </c>
+      <c r="B260" s="1" t="inlineStr">
+        <is>
+          <t>The Modern Assassin</t>
+        </is>
+      </c>
+      <c r="C260" s="1">
+        <v>740</v>
+      </c>
+    </row>
+    <row r="261" spans="1:3">
+      <c r="A261" s="1" t="inlineStr">
+        <is>
+          <t>9789752439078</t>
+        </is>
+      </c>
+      <c r="B261" s="1" t="inlineStr">
+        <is>
+          <t>İşgalin Yapı Taşları</t>
+        </is>
+      </c>
+      <c r="C261" s="1">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="262" spans="1:3">
+      <c r="A262" s="1" t="inlineStr">
+        <is>
+          <t>9789752439054</t>
+        </is>
+      </c>
+      <c r="B262" s="1" t="inlineStr">
+        <is>
+          <t>Diyalektiğin Sonu</t>
+        </is>
+      </c>
+      <c r="C262" s="1">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="263" spans="1:3">
+      <c r="A263" s="1" t="inlineStr">
+        <is>
+          <t>9789752439009</t>
+        </is>
+      </c>
+      <c r="B263" s="1" t="inlineStr">
+        <is>
+          <t>Siyasi Hafıza</t>
+        </is>
+      </c>
+      <c r="C263" s="1">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="264" spans="1:3">
+      <c r="A264" s="1" t="inlineStr">
+        <is>
+          <t>9789752439030</t>
+        </is>
+      </c>
+      <c r="B264" s="1" t="inlineStr">
+        <is>
+          <t>Kestanepazarı’ndan Pensilvanya’ya Fetullahçı Terör Örgütü</t>
+        </is>
+      </c>
+      <c r="C264" s="1">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="265" spans="1:3">
+      <c r="A265" s="1" t="inlineStr">
+        <is>
           <t>9789752439023</t>
         </is>
       </c>
-      <c r="B253" s="1" t="inlineStr">
+      <c r="B265" s="1" t="inlineStr">
         <is>
           <t>Modern Zamanların Hasan Sabbah'ı: Fetullah Gülen</t>
         </is>
       </c>
-      <c r="C253" s="1">
+      <c r="C265" s="1">
         <v>170</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>