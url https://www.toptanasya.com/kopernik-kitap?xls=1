--- v1 (2025-12-16)
+++ v2 (2026-02-07)
@@ -94,3991 +94,3991 @@
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>9786256994362</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
           <t>Dostoyevski Anna Grigoryevna Mektuplar</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>1500</v>
+        <v>1905</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>9786256994409</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
           <t>Anlatı Aynası</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>900</v>
+        <v>1143</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>9786256994393</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
           <t>Dağlarda Gölgem</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>450</v>
+        <v>571.5</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>9786257369343</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
           <t>Her Şey Bitti Ana'ya Söyleyin</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>600</v>
+        <v>762</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>9786257369015</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
           <t>İrod’un Gölgesi</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>380</v>
+        <v>482.6</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>9786257643290</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
           <t>İstanbul Sosyoloji Geleneği (1910-2010) ve Korkut Tuna</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>450</v>
+        <v>571.5</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>9786058109810</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
           <t>1492 The Gates Of Heaven</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>1900</v>
+        <v>2413</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>9789752439986</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
           <t>Journey to The Beloved (Ciltli)</t>
         </is>
       </c>
       <c r="C9" s="1">
         <v>569</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>9789752439047</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
           <t>Ben ve Sen</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>141</v>
+        <v>179.07</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>9786257852012</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
           <t>Ben ve Sen</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>155</v>
+        <v>196.85</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
           <t>3990000080037</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
           <t>Beyazıt Akman - Osman Seti (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C12" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
           <t>9789752439351</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
           <t>Bostan</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>185</v>
+        <v>234.95</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
           <t>9786256994355</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
           <t>ABD’nin Beyaz Kültürel Dayatmaları ve Yükseköğretim</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>450</v>
+        <v>571.5</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
           <t>9786256994324</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
           <t>30 Mayıs 1876 Darbesi ve Meşrutiyetin İlanı</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>310</v>
+        <v>393.7</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
           <t>9786256994348</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
           <t>Bir İdeolojik Bağnazlık Örneği Olarak Murat Belge'nin Edebiyat Yazıları</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>275</v>
+        <v>349.25</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
           <t>9786256994331</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
           <t>Çölde Siyaset Orta Doğu’dan Kesitler</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>480</v>
+        <v>609.6</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
           <t>9786256994294</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
           <t>Üçüncü Hayatım</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>250</v>
+        <v>317.5</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
           <t>9786256994300</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
           <t>Yurtsever Demokrasi ve Tam Bağımsızlık</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>300</v>
+        <v>381</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
           <t>9789752439740</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
           <t>Karlsbad'da Geçen Günlerim</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>210</v>
+        <v>266.7</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
           <t>9786256994287</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
           <t>Silahları Gömmek</t>
         </is>
       </c>
       <c r="C21" s="1">
         <v>510</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
           <t>9789752439801</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
           <t>Beş Çember Kitabı</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>160</v>
+        <v>203.2</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
           <t>9786256994256</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
           <t>Literatürk: Batı Kanonu &amp; Türkler (2 Cilt)</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>750</v>
+        <v>952.5</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
           <t>9786056919541</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
           <t>Dağlar ve Rüzgar</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>160</v>
+        <v>203.2</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
           <t>9789752439276</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
           <t>Kaos ve Belirsizlik</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>155</v>
+        <v>196.85</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
           <t>9789752439221</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
           <t>Fusus El-Hikem</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>320</v>
+        <v>406.4</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
           <t>9789752439344</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
           <t>Gülistan</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>205</v>
+        <v>260.35</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
           <t>9789752439139</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
           <t>Boğaziçine Sığınanlar</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>205</v>
+        <v>260.35</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
           <t>9786058069787</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
           <t>Ortadoğu: Aktörler Unsurlar Sistemler</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>600</v>
+        <v>762</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
           <t>9786058093508</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
           <t>Kürk Mantolu Madonna</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>210</v>
+        <v>266.7</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
           <t>9786058109889</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
           <t>İçimizdeki Şeytan</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>250</v>
+        <v>317.5</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
           <t>9789752439771</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
           <t>Savaş Sanatı</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>130</v>
+        <v>165.1</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
           <t>9786058005730</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
           <t>Cumalı Ordugahı</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>220</v>
+        <v>279.4</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
           <t>9786256994249</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
           <t>Sultan Aziz Döneminde Bir İhtilal Örgütü Meslek Cemiyeti</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>286</v>
+        <v>363.22</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
           <t>9786256994225</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
           <t>ABD’nin Beyaz Egemen İktidar Projesi</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>360</v>
+        <v>457.2</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
           <t>9786256994201</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
           <t>Said Nursi ve Risale-i Nur Gerçeği</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>195</v>
+        <v>247.65</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
           <t>9786256994195</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
           <t>ABD'de Beyaz Milliyetçilik, Irkçılık ve Demokrasi - Kültürel Bir Değerlendirme</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>325</v>
+        <v>412.75</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
           <t>9786257369169</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
           <t>Otuzbeş Yıl Evvelki Demlerinde</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>137</v>
+        <v>173.99</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
           <t>9786257369145</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
           <t>Mafyanın Kasası</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>220</v>
+        <v>279.4</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
           <t>9786257369206</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
           <t>Kırk Yıl Evvelkiler</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>143</v>
+        <v>181.61</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
           <t>9786257643443</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
           <t>İstanbul Kazan Ben Kepçe</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>176</v>
+        <v>223.52</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
           <t>9786257369213</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
           <t>Hayalhane-i İstanbul</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>156</v>
+        <v>198.12</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
           <t>9786257369220</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
           <t>Eski Konaklar Bize Neler Anlatıyor?</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>130</v>
+        <v>165.1</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
           <t>9786257852166</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
           <t>Eski Günlerde</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>176</v>
+        <v>223.52</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
           <t>9786256994188</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
           <t>Eski Defterdekiler</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>137</v>
+        <v>173.99</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
           <t>9786257643504</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
           <t>Bir Zamanlar İstanbul</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>137</v>
+        <v>173.99</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
           <t>9786257643511</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
           <t>Bir Varmış Bir Yokmuş</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>137</v>
+        <v>173.99</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
           <t>9786256994164</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
           <t>21. Yüzyıl Afro - Amerikan Romanında Beyaz Kimliğinin İşleyişi</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>351</v>
+        <v>445.77</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
           <t>9786256994140</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
           <t>Masal Olanlar - Türk Edebiyatı Klasikleri</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>310</v>
+        <v>393.7</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
           <t>9786256994157</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
           <t>Otuz Sene Evvel İstanbul - Türk Edebiyatı Klasikleri</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>310</v>
+        <v>393.7</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
           <t>9786256994133</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
           <t>Üç Askeri Kritik</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>141</v>
+        <v>179.07</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
           <t>9786256994126</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
           <t>Posta Kutusu 213</t>
         </is>
       </c>
       <c r="C52" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
           <t>9786256994102</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
           <t>My Father, Cemil Meriç: A Turkish Intellectual of the 20th Century</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>1000</v>
+        <v>1270</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
           <t>9786257369886</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
           <t>Türk ve İslam Tarihine Kısa Bir Bakış</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>125</v>
+        <v>158.75</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
           <t>9786257369701</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
           <t>Fontamara</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>170</v>
+        <v>215.9</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
           <t>9786256994089</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
           <t>Anasu Yerleşim'den Arahnimu Bibi ve Kuklamu'nun Duydukları Mesela: Ki Aether, Ateş, Hava, Su, Topraklardı</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>351</v>
+        <v>445.77</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
           <t>9786257369961</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
           <t>Hevsel Bahçesinde Bir Dut Ağacı</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>203</v>
+        <v>257.81</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
           <t>9786257369855</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
           <t>Golha’nın Yüzü</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>125</v>
+        <v>158.75</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
           <t>9786257369978</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
           <t>DIJWAR: Faili Meçhul Cinayetler ve Diyarbakır Cezaevi’ne Dair Her Şey</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>250</v>
+        <v>317.5</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
           <t>9786257369985</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
           <t>Affet Bizi Marin</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>185</v>
+        <v>234.95</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
           <t>9786256994072</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
           <t>Manşetlerle Hükümet, Koalisyon ve Cumhurbaşkanlığı Krizleri</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>215</v>
+        <v>273.05</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
           <t>9786256994065</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
           <t>Atatürk - Cumhuriyet ve Özgürlük</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>390</v>
+        <v>495.3</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
           <t>9786256994034</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
           <t>The Emiriad The Life And Deeds Of Mehmet, Emperor Of The Turks</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>1800</v>
+        <v>2286</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
           <t>9786256994027</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
           <t>Emir Türk İmparatoru Mehmet’in Hayatı Ve Fetihleri</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>1000</v>
+        <v>1270</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
           <t>9786256994010</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
           <t>Fedailer Cemiyeti Ve Kuleli Vakası Türkiye Tarihindeki İlk Darbe Teşebbüsü Tarihindeki İlk Darbe Teşebbüsü</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>190</v>
+        <v>241.3</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
           <t>9786256994003</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
           <t>Yeraltı Edebiyatı</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>310</v>
+        <v>393.7</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
           <t>9786257369879</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
           <t>İki Alev Arasında: Şuşa’nın Romanı</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>280</v>
+        <v>355.6</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
           <t>9786257369992</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
           <t>Ortadoğu’da Türk Askeri Misyonu</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>125</v>
+        <v>158.75</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
           <t>4440000001973</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
           <t>15 Temmuz Fotoğraf Albümü (Büyük Boy, Arnavutça) (Ciltli)</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>2958</v>
+        <v>3756.66</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
           <t>9789752439153</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
           <t>15 Temmuz Fotoğraf Albümü (Büyük Boy, İngilizce) (Ciltli)</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>2958</v>
+        <v>3756.66</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
           <t>9789752439146</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
           <t>15 Temmuz Fotoğraf Albümü (Büyük Boy, Almanca) (Ciltli)</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>2958</v>
+        <v>3756.66</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
           <t>4440000001972</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
           <t>15 Temmuz Fotoğraf Albümü (Büyük Boy, Rusça) (Ciltli)</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>2958</v>
+        <v>3756.66</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
           <t>4440000001971</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
           <t>15 Temmuz Fotoğraf Albümü (Ciltli, Küçük Boy)</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>1850</v>
+        <v>2349.5</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
           <t>4440000001970</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
           <t>15 Temmuz Fotoğraf Albümü (Küçük Boy)</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>1850</v>
+        <v>2349.5</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
           <t>9786257369954</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
           <t>Hasan Fehmi ve Serbesti Gazetesi</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>246</v>
+        <v>312.42</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
           <t>9786257369947</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
           <t>Kurmacayı Yıkmak</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>130</v>
+        <v>165.1</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
           <t>9786257369930</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
           <t>Vecihi Hürkuş</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>150</v>
+        <v>190.5</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
           <t>9786257369893</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
           <t>Batı Resminin Yedi Yüzyılı</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>2100</v>
+        <v>2667</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
           <t>9786257369831</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
           <t>Çin Ekonomisini Anlamak</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>300</v>
+        <v>381</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
           <t>9786257369916</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
           <t>Bir Hikaye-i Sevda - Türk Edebiyatı Klasikleri</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>150</v>
+        <v>190.5</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
           <t>9786257369923</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
           <t>Bahar ve Kelebekler</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>112</v>
+        <v>142.24</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
           <t>9786257369909</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
           <t>Kitle Kültürü ve Edebiyat</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>136</v>
+        <v>172.72</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
           <t>9786257369862</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
           <t>Çıkış İçin 40 Kapı</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>150</v>
+        <v>190.5</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
           <t>9786257369848</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
           <t>Ortadoğu’da Aşiret Siyaseti</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>205</v>
+        <v>260.35</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
           <t>9786257369824</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
           <t>Türkiye Sosyolojisi Temsilcisi Ümit Meriç</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>280</v>
+        <v>355.6</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
           <t>9786257369770</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
           <t>Ahir Zaman</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>112</v>
+        <v>142.24</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
           <t>9786257369817</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
           <t>Şiirde Aydınlık</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>75</v>
+        <v>95.25</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
           <t>9786257369787</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
           <t>Mektuplar Arızalar Yazılar</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>136</v>
+        <v>172.72</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
           <t>9786257369756</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
           <t>Define</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>90</v>
+        <v>114.3</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
           <t>9786257369763</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
           <t>Eylül</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>136</v>
+        <v>172.72</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
           <t>9786257369794</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
           <t>Küçük Şeyler</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>75</v>
+        <v>95.25</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
           <t>9786257369800</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
           <t>İntibah</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>123</v>
+        <v>156.21</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
           <t>9786257369664</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
           <t>Güneş Motel Olayı</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>205</v>
+        <v>260.35</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
           <t>9786257369671</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
           <t>Çağlayanlar</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>88</v>
+        <v>111.76</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
           <t>9786257369695</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
           <t>Ahlak, Estetik ve Şiir</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>163</v>
+        <v>207.01</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
           <t>9786257369633</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
           <t>Zaman Zaman İçinde</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>136</v>
+        <v>172.72</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
           <t>9786257369725</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
           <t>Türkiye'de Sol Darbe Teşebbüsü</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>205</v>
+        <v>260.35</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
           <t>9786257369688</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
           <t>Ömer'in Çocukluğu</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>70</v>
+        <v>88.9</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
           <t>9786257369510</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
           <t>Mehmet Akif</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>205</v>
+        <v>260.35</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
           <t>9786257369619</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
           <t>Hindistan'ın Dulları ve Kadın</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>112</v>
+        <v>142.24</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
           <t>9786257369572</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
           <t>Beyaz Saray Yıllarım (3 Cilt Takım)</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>2400</v>
+        <v>3048</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
           <t>9786257369558</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
           <t>Neden Geldim Amerika’ya?</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>171</v>
+        <v>217.17</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
           <t>9786257369527</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
           <t>Sekülerleşme ve Dindarlık Bağlamında Kürt Milliyetçiliği</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>185</v>
+        <v>234.95</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
           <t>9786257369541</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
           <t>Durum</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>264</v>
+        <v>335.28</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
           <t>9786257369534</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
           <t>Eşcinsellik ve Cinsel Sapkınlıklar Sorunu</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>141</v>
+        <v>179.07</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
           <t>9786257369503</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
           <t>Bir Cinayetin Aslı</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>170</v>
+        <v>215.9</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
           <t>9786257369435</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
           <t>Araba Sevdası</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>141</v>
+        <v>179.07</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
           <t>9786257369497</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
           <t>Çin Bilgeliği</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>150</v>
+        <v>190.5</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
           <t>9786257369428</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
           <t>Denize Doğru</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>75</v>
+        <v>95.25</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
           <t>9786257369442</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
           <t>Erkek Sünnetinin Öyküsü</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>150</v>
+        <v>190.5</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
           <t>9786257643771</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
           <t>Farz Et Ki Dönemedim</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>130</v>
+        <v>165.1</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
           <t>9786257643733</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
           <t>Gelecek Arayışı</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>170</v>
+        <v>215.9</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
           <t>9786257369480</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
           <t>Hace-i Evvel</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>112</v>
+        <v>142.24</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
           <t>9786257369411</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
           <t>Sezai Karakoç'un Düşünce Ufukları</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>130</v>
+        <v>165.1</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
           <t>9786257369473</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
           <t>Telaşsız Yazılar</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>125</v>
+        <v>158.75</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
           <t>9786257369466</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
           <t>Yaşama Felsefesine Giriş</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>136</v>
+        <v>172.72</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
           <t>9786257369459</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
           <t>Amerika'da Irkçı Söylem ve Şiddet</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>163</v>
+        <v>207.01</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
           <t>9786257369138</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
           <t>Paris ve Londra'da Beş Parasız</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>130</v>
+        <v>165.1</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
           <t>9786257369398</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
           <t>'Temsil'den 'Anlam'a - Metaforik Düşüncenin İzinde</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>125</v>
+        <v>158.75</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
           <t>9786257369381</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
           <t>Gizli Mabed</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>95</v>
+        <v>120.65</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
           <t>9786257369374</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
           <t>Jönler</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>112</v>
+        <v>142.24</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
           <t>9786257369367</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
           <t>Yeni Devir Yazıları</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>112</v>
+        <v>142.24</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
           <t>9786257369404</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
           <t>Mağdurların Coğrafyasında (Ciltli)</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>310</v>
+        <v>393.7</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
           <t>9786257852302</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
           <t>The History Of The Saljuq Turks</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>666</v>
+        <v>845.82</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
           <t>9786257643719</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
           <t>Senin Şarkın Gezmeli Dilden Dile</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>95</v>
+        <v>120.65</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
           <t>9786257643764</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
           <t>Aşk Diye Diye</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>130</v>
+        <v>165.1</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
           <t>9786257643788</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
           <t>Mağdurların Coğrafyasında</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>171</v>
+        <v>217.17</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
           <t>9786257643740</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
           <t>Felatun Bey ile Rakım Efendi</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>112</v>
+        <v>142.24</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
           <t>9786257643726</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
           <t>Kuklamu</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>205</v>
+        <v>260.35</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
           <t>9786257643702</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
           <t>Taaşşuk-ı Talat ve Fitnat</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>75</v>
+        <v>95.25</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
           <t>9786257852142</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
           <t>Din, Siyaset ve Mimari: Amerika Diyanet Merkezinin Tarihi</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>1000</v>
+        <v>1270</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
           <t>9786257643757</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
           <t>Cezmi</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>130</v>
+        <v>165.1</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
           <t>9786257643696</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
           <t>Tarihi Nutuklar 1922-1924</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>155</v>
+        <v>196.85</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
           <t>9786257852272</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
           <t>Yalan Söyleme Sanatı</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>112</v>
+        <v>142.24</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
           <t>9786257852289</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
           <t>Papazın Kızı</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>130</v>
+        <v>165.1</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
           <t>9786257852296</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
           <t>Meontoloji</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>130</v>
+        <v>165.1</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
           <t>9786257852265</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
           <t>Beni Bu Güzel Havalar Mahvetti</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>95</v>
+        <v>120.65</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
           <t>9786257852128</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
           <t>1984</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>300</v>
+        <v>381</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
           <t>9786257852104</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
           <t>Çevirizm</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>150</v>
+        <v>190.5</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
           <t>9786257369626</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
           <t>Hayvan Çiftliği</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>95</v>
+        <v>120.65</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
           <t>9786257852111</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
           <t>Disleksi Anahtarı</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>185</v>
+        <v>234.95</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
           <t>9786257852159</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
           <t>TKT Takiye-Kumpas-Tasfiye</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>225</v>
+        <v>285.75</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
           <t>9786257852135</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
           <t>Gladyo</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>171</v>
+        <v>217.17</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
           <t>9786257852074</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
           <t>1453 The Conquest</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>2100</v>
+        <v>2667</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
           <t>9786257852098</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
           <t>Nutuk (Ciltli)</t>
         </is>
       </c>
       <c r="C145" s="1">
         <v>850</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
           <t>9786257852081</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
           <t>Nutuk</t>
         </is>
       </c>
       <c r="C146" s="1">
         <v>600</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
           <t>9786257852050</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
           <t>Tarih ile Mit Arasında Kudüs</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>171</v>
+        <v>217.17</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
           <t>9786257852067</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
           <t>İngiliz-Osmanlı İlişkileri: 1578-1632</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>131</v>
+        <v>161.29</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
           <t>9786257852043</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
           <t>Siyasal İletişim - Dünya Örnekleri Çerçevesinde</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>310</v>
+        <v>393.7</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
           <t>9786257852036</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
           <t>Selected Writings of Mohammed A. Russel Webb</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>702</v>
+        <v>891.54</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
           <t>9786058005761</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
           <t>21. Yüzyılda Küresel(leşen) Tehdit Amerika</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>171</v>
+        <v>217.17</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
           <t>9786257852005</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
           <t>İşgal Edilmiş Devlet</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>171</v>
+        <v>217.17</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
           <t>9789752439160</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
           <t>Mazeret Yok Çıkış Var: İletişimde Başarı</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>310</v>
+        <v>393.7</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
           <t>9786058005716</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
           <t>Mazeret Yok Çıkış Var: Liderlikte Başarı</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>340</v>
+        <v>431.8</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
           <t>9786058093539</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
           <t>Mazeret Yok Çıkış Var: Hayatta Başarı</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>340</v>
+        <v>431.8</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
           <t>9786056966231</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
           <t>Bölüğün Muharebe Talimi</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>175</v>
+        <v>222.25</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
           <t>9786058005792</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
           <t>1915 Olaylarının İç Yüzü</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>171</v>
+        <v>217.17</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
           <t>9786058005754</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
           <t>Estetik Endişe</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>155</v>
+        <v>196.85</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
           <t>9786058005778</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
           <t>Fatih Sultan Mehmed’in Aşk ve Zafer Mektupları</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>141</v>
+        <v>179.07</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
           <t>9786058005785</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
           <t>Edebiyat ve Eleştiri Yazıları</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>465</v>
+        <v>590.55</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
           <t>9786058005747</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
           <t>Bak Çekirge</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>155</v>
+        <v>196.85</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
           <t>9786058005723</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
           <t>Portreler: Ortadoğu’nun Kilit Taşları</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>247</v>
+        <v>313.69</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
           <t>9786056966262</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
           <t>Devrim Arabaları</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>218</v>
+        <v>276.86</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
           <t>9786056966279</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
           <t>Rumeli'de Son Demler ve Ötesi (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>1400</v>
+        <v>1778</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
           <t>9786058069794</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
           <t>Ermişin Bahçesi</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>110</v>
+        <v>139.7</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
           <t>9786058005709</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
           <t>Takımın Muharebe Talimi</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>175</v>
+        <v>222.25</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
           <t>9786056966248</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
           <t>Hicaz Yahudileri</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>171</v>
+        <v>217.17</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
           <t>9786056966255</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
           <t>Journey to The Beloved</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>666</v>
+        <v>845.82</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
           <t>9786056919589</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
           <t>Rethinking Hadith Methodology</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>1800</v>
+        <v>2286</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
           <t>9786056966224</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
           <t>Eskişehir - İzmit Konuşmaları 1923</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>171</v>
+        <v>217.17</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
           <t>9786056966200</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
           <t>Türk Siyasi Tarihinde Anap ve Turgut Özal</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>280</v>
+        <v>355.6</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
           <t>9786058069770</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
           <t>Kod Adı: Sapkın</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>171</v>
+        <v>217.17</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
           <t>9786058069763</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
           <t>Sivas Kongresi Günleri</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>171</v>
+        <v>217.17</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
           <t>9786058069732</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
           <t>The Puppet - The New Tool of the Global Forces The Hizmet Movement</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>926</v>
+        <v>1176.02</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
           <t>9786058069749</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
           <t>Chinese Witness</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>666</v>
+        <v>845.82</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
           <t>9786058069756</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
           <t>Milli Görüş Siyaseti</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>171</v>
+        <v>217.17</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
           <t>9786056919596</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
           <t>The Gallipoli Front of World War 1</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>666</v>
+        <v>845.82</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
           <t>9786056919572</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
           <t>The Architect of Love</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>666</v>
+        <v>845.82</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
           <t>9786058069725</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
           <t>Anekdotlar</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>220</v>
+        <v>279.4</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
           <t>9786058093560</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
           <t>Ben Yunus</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>150</v>
+        <v>190.5</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
           <t>9786058069701</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
           <t>Damga Kuramı</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>150</v>
+        <v>190.5</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
           <t>9786056919558</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
           <t>Her İnsan Bir Ayet</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>171</v>
+        <v>217.17</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
           <t>9786056919510</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
           <t>Amerika'da Bir Osmanlı - Muhammed A. R. Webb</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>280</v>
+        <v>355.6</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
           <t>9786058093546</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
           <t>Amok Koşucusu</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>95</v>
+        <v>120.65</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
           <t>9786056919565</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
           <t>Meçhul Bir Kadının Mektubu</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>95</v>
+        <v>120.65</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
           <t>9786058069718</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
           <t>Ahmet Hamdi Tanpınar'da Hastalık</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>233</v>
+        <v>295.91</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
           <t>9786056919527</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
           <t>Amerika'da Gazetecilik</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>280</v>
+        <v>355.6</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
           <t>9786058093553</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
           <t>Ben Piri</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>160</v>
+        <v>203.2</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
           <t>9786058093591</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
           <t>Osman Kuruluş 1302</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>300</v>
+        <v>381</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
           <t>9786056919503</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
           <t>Osman Kanunu 1299</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>350</v>
+        <v>444.5</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
           <t>9786058093577</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
           <t>Cennetin Kapıları 1492</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>300</v>
+        <v>381</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
           <t>9786058093584</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
           <t>Dünyanın İlk Günü 1453</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>350</v>
+        <v>444.5</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
           <t>9786058093522</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
           <t>Cemal Kaşıkçı - Hayatı, Mücadelesi, Sırları</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>130</v>
+        <v>165.1</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
           <t>9786058093515</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
           <t>Ehliyetsiz İktidar</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>141</v>
+        <v>179.07</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
           <t>9786058109834</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
           <t>Kağnı</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>110</v>
+        <v>139.7</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
           <t>9786058109841</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
           <t>Ses</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>90</v>
+        <v>114.3</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
           <t>9786058109865</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
           <t>Esirler</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>95</v>
+        <v>120.65</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
           <t>9786058109827</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
           <t>Değirmen</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>110</v>
+        <v>139.7</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
           <t>9786058109896</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
           <t>Kuyucaklı Yusuf</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>150</v>
+        <v>190.5</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
           <t>9786058109858</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
           <t>Sırça Köşk</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>171</v>
+        <v>217.17</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
           <t>9786058109872</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
           <t>Yeni Dünya</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>110</v>
+        <v>139.7</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
           <t>9789752439979</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
           <t>Pierre Loti - Yerleşik Yabancı</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>155</v>
+        <v>196.85</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
           <t>9786058109803</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
           <t>Selçukname</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>171</v>
+        <v>217.17</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
           <t>9789752439931</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
           <t>Mustafa Kemal Atatürk</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>465</v>
+        <v>590.55</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
           <t>9789752439962</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
           <t>Zabit ve Kumandan ile Hasbihal</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>110</v>
+        <v>139.7</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
           <t>9789752439856</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
           <t>In The Age Of Information and Innovation Forty Fours In Management (Ciltli)</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>556</v>
+        <v>706.12</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
           <t>9789752439955</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
           <t>Öteki Türkiye’de Din ve Modernleşme</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>171</v>
+        <v>217.17</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
           <t>9789752439948</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
           <t>Aşk ve Teselli</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>171</v>
+        <v>217.17</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
           <t>9789752439924</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
           <t>Bilgi ve Yenilik Çağında Yönetimde 40 Dörtler</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>233</v>
+        <v>295.91</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
           <t>9789752439863</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
           <t>Birinci Dünya Harbinde</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>371</v>
+        <v>471.17</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
           <t>9789752439917</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
           <t>Bahçıvan</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>141</v>
+        <v>179.07</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
           <t>9789752439900</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
           <t>Ermiş</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>125</v>
+        <v>158.75</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
           <t>9789752439870</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
           <t>Cumhuriyet İdeolojisi ve Fuat Köprülü</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>155</v>
+        <v>196.85</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
           <t>9789752439894</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
           <t>Brezilya Seyahatnamesi</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>125</v>
+        <v>158.75</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
           <t>9789752439887</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
           <t>Keşifler Çağında Türkler, Mağripliler ve İngilizler</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>371</v>
+        <v>471.17</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
           <t>9789752439122</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
           <t>Anafartalar Muharebatına Ait Tarihçe</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>185</v>
+        <v>234.95</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
           <t>9789752439177</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
           <t>Gurbet Cehennemi</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>620</v>
+        <v>787.4</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
           <t>9789752439245</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
           <t>Kaimo'er</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>155</v>
+        <v>196.85</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
           <t>9789752439238</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
           <t>Katip Bartleby</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>95</v>
+        <v>120.65</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
           <t>9789752439832</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
           <t>Teşkilat-ı Mahsusa’dan Kurtuluş Savaşı’na Kızılca Kıyamet</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>340</v>
+        <v>431.8</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
           <t>9789752439696</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
           <t>Osmanlı Bahriyesi</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>310</v>
+        <v>393.7</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
           <t>9789752439849</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
           <t>Soru ve Cevaplarla Sabatay Sevi - Sabataycılar</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>185</v>
+        <v>234.95</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
           <t>9789752439825</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
           <t>Sivil Edebiyat</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>155</v>
+        <v>196.85</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
           <t>9789752439795</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
           <t>Şair Mehmet Akif İçin Memleketin Fikir ve Edebiyat Adamları Ne Diyor?</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>112</v>
+        <v>142.24</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
           <t>9789752439788</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
           <t>Gece Uçuşu</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>141</v>
+        <v>179.07</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
           <t>9789752439818</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
           <t>Ki Ben Hep Sevdim</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>171</v>
+        <v>217.17</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
           <t>9789752439757</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
           <t>Sabahattin Ali - Bir Cinayetin Anatomisi</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>141</v>
+        <v>179.07</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
           <t>9789752439764</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
           <t>Çölde Son Türk Destanları</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>390</v>
+        <v>495.3</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
           <t>9789752439641</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
           <t>Saraydan Hatıralar</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>171</v>
+        <v>217.17</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
           <t>9789752439634</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
           <t>Celvetiyye</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>125</v>
+        <v>158.75</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
           <t>9789752439658</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
           <t>Amerikan Edebiyatından Kısa Öyküler</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>171</v>
+        <v>217.17</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
           <t>9789752439627</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
           <t>Mustafa Kemal Atatürk - Hatıra Notları 1916</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>171</v>
+        <v>217.17</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
           <t>9789752439481</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
           <t>Necip Fazıl'dan Menderes'e Mektuplar</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>205</v>
+        <v>260.35</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
           <t>9789752439603</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
           <t>Batı Sol Türkiye</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>203</v>
+        <v>257.81</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
           <t>9789752439573</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
           <t>Tarihin Kara Kitabı</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>372</v>
+        <v>472.44</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
           <t>9789752439597</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
           <t>Satranç</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>95</v>
+        <v>120.65</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
           <t>9789752439528</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
           <t>Chaotic Uncertainty (Ciltli)</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>666</v>
+        <v>845.82</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
           <t>9789752439511</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
           <t>Chaotic Uncertainty</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>556</v>
+        <v>706.12</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
           <t>9789752439504</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
           <t>Hadis Şerhçiliğinde Konevi ve Kırk Hadis’i</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>130</v>
+        <v>165.1</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
           <t>9789752439566</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
           <t>Arıburnu Muharebeleri Raporu</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>225</v>
+        <v>285.75</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
           <t>9789752439399</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
           <t>Tomboy</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>926</v>
+        <v>1176.02</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
           <t>9789752439474</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
           <t>Kendi Kitabını Oku</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>130</v>
+        <v>165.1</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
           <t>9789752439450</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
           <t>Necip Fazıl - Eksik Kareler</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>155</v>
+        <v>196.85</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
           <t>9789752439429</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
           <t>Bir Başka Gökyüzü</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>155</v>
+        <v>196.85</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
           <t>9789752439405</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
           <t>Bir Eleştirmen Olarak Ahmet Hamdi Tanpınar</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>130</v>
+        <v>165.1</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
           <t>9789752439382</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
           <t>Disinformation (Ciltli)</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>740</v>
+        <v>939.8</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
           <t>9789752439375</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
           <t>Ottoman Women (Ciltli)</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>556</v>
+        <v>706.12</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
           <t>9789752439368</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
           <t>Erdoganophobia (Ciltli)</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>740</v>
+        <v>939.8</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
           <t>9789752439306</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
           <t>İdam Sehpasındaki Dışişleri Bakanı: Fatin Rüştü Zorlu</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>340</v>
+        <v>431.8</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
           <t>9789752439269</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
           <t>Çin Gücü</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>340</v>
+        <v>431.8</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
           <t>9789752439252</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
           <t>Kayıp Tarihin İzinde</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>185</v>
+        <v>234.95</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
           <t>9789752439214</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
           <t>Akif</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>185</v>
+        <v>234.95</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
           <t>9789752439207</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
           <t>Türk Siyasetinde Erbakan</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>310</v>
+        <v>393.7</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
           <t>9789752439191</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
           <t>Fetullahçılığın Tarihi</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>351</v>
+        <v>445.77</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
           <t>9789752439184</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
           <t>Batılı Kadın Seyyahların Gözüyle Osmanlı Kadını</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>141</v>
+        <v>179.07</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
           <t>9789752439016</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
           <t>Erdoğanofobi</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>205</v>
+        <v>260.35</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
           <t>9789752439115</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
           <t>Darbenin Perde Arkası: Akıncı Üssü’nün Şifreleri</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>160</v>
+        <v>203.2</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
           <t>9789752439108</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
           <t>Tarihçi Gözüyle Siyaset</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>310</v>
+        <v>393.7</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
           <t>9789752439092</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
           <t>Ak Parti ve Kürtler</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>171</v>
+        <v>217.17</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
           <t>9789752439085</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
           <t>The Modern Assassin</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>740</v>
+        <v>939.8</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
           <t>9789752439078</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
           <t>İşgalin Yapı Taşları</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>218</v>
+        <v>276.86</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
           <t>9789752439054</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
           <t>Diyalektiğin Sonu</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>141</v>
+        <v>179.07</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
           <t>9789752439009</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
           <t>Siyasi Hafıza</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>800</v>
+        <v>1016</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
           <t>9789752439030</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
           <t>Kestanepazarı’ndan Pensilvanya’ya Fetullahçı Terör Örgütü</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>171</v>
+        <v>217.17</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
           <t>9789752439023</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
           <t>Modern Zamanların Hasan Sabbah'ı: Fetullah Gülen</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>170</v>
+        <v>215.9</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>