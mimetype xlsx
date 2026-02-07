--- v0 (2025-10-30)
+++ v1 (2026-02-07)
@@ -85,565 +85,940 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786052215197</t>
+          <t>9786052215098</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Saf – Öte Tarafa Bir Delik</t>
+          <t>Kur'an Meali</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>230</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786056183966</t>
+          <t>9786056498114</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Bugün İnseydi Muhtevası Ne Olurdu?</t>
+          <t>Hindistan Günlükleri</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>185</v>
+        <v>350</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786056183935</t>
+          <t>9786056378454</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>1938’den 2011’e Atatürk’ün Vasiyeti</t>
+          <t>Romalıların Yükselişi ve Çöküşü</t>
         </is>
       </c>
       <c r="C4" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786058252912</t>
+          <t>9786052215050</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Medya Nefret ve Ötekileştirme</t>
+          <t>Albaydım</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>195</v>
+        <v>450</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786052215180</t>
+          <t>9786052215067</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Koronavirüs Günlükleri</t>
+          <t>1814'te Dersaadet ve Çanakkale'ye Seyahat</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>175</v>
+        <v>450</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786058252967</t>
+          <t>9786052215074</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Fazilet ve Asalet</t>
+          <t>17. Asır Ortalarında Osmanlı Üzerinden İran'a Seyahat</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>275</v>
+        <v>300</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786052215166</t>
+          <t>9786058252998</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Muhammed b. Yusuf es-Senusi ve Akaidine Dair Bir İnceleme</t>
+          <t>Rasyonel Teoloji</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>125</v>
+        <v>475</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786052215159</t>
+          <t>9786056378416</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>18. Yüzyıl Türkiyesinde Örf ve Adetler</t>
+          <t>Medya Demokrasisi</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>375</v>
+        <v>450</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786052215104</t>
+          <t>9786056183911</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Manevi Gücü</t>
+          <t>Atatürk’e Kafa Tutanlar</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>375</v>
+        <v>475</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786052215081</t>
+          <t>9786056378409</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Fatiha ve Zehraveyn Tefsiri (Ciltli)</t>
+          <t>Akdeniz</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>600</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786052215043</t>
+          <t>9786056183997</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Bir Şey Yapmalı</t>
+          <t>Haç ve Hilal Altında</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>175</v>
+        <v>785</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786052215036</t>
+          <t>9786056644634</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Dinin Dönüşümü</t>
+          <t>Dinler Tarihi</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>175</v>
+        <v>875</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786058252943</t>
+          <t>9786056644641</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Avrupa'da Milliyetçilik</t>
+          <t>İstanbul Adaları</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>275</v>
+        <v>375</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786052215012</t>
+          <t>9786058252905</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Deizm ve Ateizm Üzerine</t>
+          <t>Mezopotamya Mitolojisi Sözlüğü</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>450</v>
+        <v>650</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786058252936</t>
+          <t>9786056498152</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Fikirler Çağı</t>
+          <t>Dijitalleşen Din</t>
         </is>
       </c>
       <c r="C16" s="1">
         <v>850</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786058252981</t>
+          <t>9786056644610</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>İki Söz İçin Bir Anı - 1</t>
+          <t>Timur Devrinde Kadis'ten Semerkand'a Seyahat</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>150</v>
+        <v>425</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786052215005</t>
+          <t>9786056498121</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Çomuk Duran</t>
+          <t>Farsça Okuma Parçaları - 1</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>150</v>
+        <v>850</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786058252950</t>
+          <t>9786056498145</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Hegel'in Felsefesi ve Marx'ın Tarih Anlayışı</t>
+          <t>Siyasal Kimliklerin Oluşumu</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>225</v>
+        <v>750</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786058252974</t>
+          <t>9786056183928</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Filozoflar ve Politika</t>
+          <t>Veysel Kareni ve Üveysilik</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>225</v>
+        <v>300</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786056644696</t>
+          <t>9786052215173</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Freud ve Öğretisi</t>
+          <t>Nietzsche’nin Platon Eleştirisi</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>225</v>
+        <v>650</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786056378430</t>
+          <t>9786052215142</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>İlk İnsanlar ve Hz. Adem</t>
+          <t>Wittgenstein - Dilin Yörüngesinde Felsefe</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>350</v>
+        <v>750</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786058252929</t>
+          <t>9786052215029</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Derikli Dilan</t>
+          <t>Yedi Sufi'den Çağrı</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>175</v>
+        <v>395</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786056183973</t>
+          <t>9786052215135</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>İslamiyet ve Demokrasi</t>
+          <t>Farabi’de Dil - Mantık İlişkisi</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>450</v>
+        <v>750</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786056183980</t>
+          <t>9786052215111</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Neden</t>
+          <t>Terbiye ve Sosyoloji</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>275</v>
+        <v>300</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786056644689</t>
+          <t>9786052215128</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Türk Devleti Hizmetindeki Ermeniler</t>
+          <t>Aristo’nun Mantık ve İlim Anlayışı</t>
         </is>
       </c>
       <c r="C26" s="1">
         <v>375</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786056644672</t>
+          <t>9786052215197</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Polonyalı Bir Seyyahın Gözünden 16. Asır Türkiyesi</t>
+          <t>Saf – Öte Tarafa Bir Delik</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>375</v>
+        <v>230</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786056644627</t>
+          <t>9786056183966</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Anadolu ve Ermenistan'a Yolculuk</t>
+          <t>Kur’an Bugün İnseydi Muhtevası Ne Olurdu?</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>300</v>
+        <v>375</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786056644603</t>
+          <t>9786056183935</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Zihin Karıştırıcı Meseleler</t>
+          <t>1938’den 2011’e Atatürk’ün Vasiyeti</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>175</v>
+        <v>475</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786056498183</t>
+          <t>9786058252912</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Hayat Tortusu</t>
+          <t>Medya Nefret ve Ötekileştirme</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>175</v>
+        <v>425</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786056498169</t>
+          <t>9786052215180</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Online Reklamcılık</t>
+          <t>Koronavirüs Günlükleri</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>225</v>
+        <v>300</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786056498138</t>
+          <t>9786058252967</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Nüans</t>
+          <t>Fazilet ve Asalet</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>100</v>
+        <v>375</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786056378478</t>
+          <t>9786052215166</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Avrupa'da Demokrasi Üzerine Düşünceler</t>
+          <t>Muhammed b. Yusuf es-Senusi ve Akaidine Dair Bir İnceleme</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>225</v>
+        <v>275</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786056378447</t>
+          <t>9786052215159</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Spor ve Medya</t>
+          <t>18. Yüzyıl Türkiyesinde Örf ve Adetler</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>650</v>
+        <v>475</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786056378461</t>
+          <t>9786052215104</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Bir Başka Açıdan Sorularla Bediüzzaman</t>
+          <t>Türklerin Manevi Gücü</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>170</v>
+        <v>450</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
+          <t>9786052215081</t>
+        </is>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>Fatiha ve Zehraveyn Tefsiri (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C36" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="37" spans="1:3">
+      <c r="A37" s="1" t="inlineStr">
+        <is>
+          <t>9786052215043</t>
+        </is>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>Bir Şey Yapmalı</t>
+        </is>
+      </c>
+      <c r="C37" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="38" spans="1:3">
+      <c r="A38" s="1" t="inlineStr">
+        <is>
+          <t>9786052215036</t>
+        </is>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>Dinin Dönüşümü</t>
+        </is>
+      </c>
+      <c r="C38" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="39" spans="1:3">
+      <c r="A39" s="1" t="inlineStr">
+        <is>
+          <t>9786058252943</t>
+        </is>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>Avrupa'da Milliyetçilik</t>
+        </is>
+      </c>
+      <c r="C39" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="40" spans="1:3">
+      <c r="A40" s="1" t="inlineStr">
+        <is>
+          <t>9786052215012</t>
+        </is>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>Deizm ve Ateizm Üzerine</t>
+        </is>
+      </c>
+      <c r="C40" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="41" spans="1:3">
+      <c r="A41" s="1" t="inlineStr">
+        <is>
+          <t>9786058252936</t>
+        </is>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>Fikirler Çağı</t>
+        </is>
+      </c>
+      <c r="C41" s="1">
+        <v>1250</v>
+      </c>
+    </row>
+    <row r="42" spans="1:3">
+      <c r="A42" s="1" t="inlineStr">
+        <is>
+          <t>9786058252981</t>
+        </is>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>İki Söz İçin Bir Anı - 1</t>
+        </is>
+      </c>
+      <c r="C42" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="43" spans="1:3">
+      <c r="A43" s="1" t="inlineStr">
+        <is>
+          <t>9786052215005</t>
+        </is>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>Çomuk Duran</t>
+        </is>
+      </c>
+      <c r="C43" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="44" spans="1:3">
+      <c r="A44" s="1" t="inlineStr">
+        <is>
+          <t>9786058252950</t>
+        </is>
+      </c>
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t>Hegel'in Felsefesi ve Marx'ın Tarih Anlayışı</t>
+        </is>
+      </c>
+      <c r="C44" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="45" spans="1:3">
+      <c r="A45" s="1" t="inlineStr">
+        <is>
+          <t>9786058252974</t>
+        </is>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>Filozoflar ve Politika</t>
+        </is>
+      </c>
+      <c r="C45" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="46" spans="1:3">
+      <c r="A46" s="1" t="inlineStr">
+        <is>
+          <t>9786056644696</t>
+        </is>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>Freud ve Öğretisi</t>
+        </is>
+      </c>
+      <c r="C46" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="47" spans="1:3">
+      <c r="A47" s="1" t="inlineStr">
+        <is>
+          <t>9786056378430</t>
+        </is>
+      </c>
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t>İlk İnsanlar ve Hz. Adem</t>
+        </is>
+      </c>
+      <c r="C47" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="48" spans="1:3">
+      <c r="A48" s="1" t="inlineStr">
+        <is>
+          <t>9786058252929</t>
+        </is>
+      </c>
+      <c r="B48" s="1" t="inlineStr">
+        <is>
+          <t>Derikli Dilan</t>
+        </is>
+      </c>
+      <c r="C48" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="49" spans="1:3">
+      <c r="A49" s="1" t="inlineStr">
+        <is>
+          <t>9786056183973</t>
+        </is>
+      </c>
+      <c r="B49" s="1" t="inlineStr">
+        <is>
+          <t>İslamiyet ve Demokrasi</t>
+        </is>
+      </c>
+      <c r="C49" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="50" spans="1:3">
+      <c r="A50" s="1" t="inlineStr">
+        <is>
+          <t>9786056183980</t>
+        </is>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>Neden</t>
+        </is>
+      </c>
+      <c r="C50" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="51" spans="1:3">
+      <c r="A51" s="1" t="inlineStr">
+        <is>
+          <t>9786056644689</t>
+        </is>
+      </c>
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t>Türk Devleti Hizmetindeki Ermeniler</t>
+        </is>
+      </c>
+      <c r="C51" s="1">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="52" spans="1:3">
+      <c r="A52" s="1" t="inlineStr">
+        <is>
+          <t>9786056644672</t>
+        </is>
+      </c>
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t>Polonyalı Bir Seyyahın Gözünden 16. Asır Türkiyesi</t>
+        </is>
+      </c>
+      <c r="C52" s="1">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="53" spans="1:3">
+      <c r="A53" s="1" t="inlineStr">
+        <is>
+          <t>9786056644627</t>
+        </is>
+      </c>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t>Anadolu ve Ermenistan'a Yolculuk</t>
+        </is>
+      </c>
+      <c r="C53" s="1">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="54" spans="1:3">
+      <c r="A54" s="1" t="inlineStr">
+        <is>
+          <t>9786056644603</t>
+        </is>
+      </c>
+      <c r="B54" s="1" t="inlineStr">
+        <is>
+          <t>Zihin Karıştırıcı Meseleler</t>
+        </is>
+      </c>
+      <c r="C54" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="55" spans="1:3">
+      <c r="A55" s="1" t="inlineStr">
+        <is>
+          <t>9786056498183</t>
+        </is>
+      </c>
+      <c r="B55" s="1" t="inlineStr">
+        <is>
+          <t>Hayat Tortusu</t>
+        </is>
+      </c>
+      <c r="C55" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="56" spans="1:3">
+      <c r="A56" s="1" t="inlineStr">
+        <is>
+          <t>9786056498169</t>
+        </is>
+      </c>
+      <c r="B56" s="1" t="inlineStr">
+        <is>
+          <t>Online Reklamcılık</t>
+        </is>
+      </c>
+      <c r="C56" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="57" spans="1:3">
+      <c r="A57" s="1" t="inlineStr">
+        <is>
+          <t>9786056498138</t>
+        </is>
+      </c>
+      <c r="B57" s="1" t="inlineStr">
+        <is>
+          <t>Nüans</t>
+        </is>
+      </c>
+      <c r="C57" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="58" spans="1:3">
+      <c r="A58" s="1" t="inlineStr">
+        <is>
+          <t>9786056378478</t>
+        </is>
+      </c>
+      <c r="B58" s="1" t="inlineStr">
+        <is>
+          <t>Avrupa'da Demokrasi Üzerine Düşünceler</t>
+        </is>
+      </c>
+      <c r="C58" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="59" spans="1:3">
+      <c r="A59" s="1" t="inlineStr">
+        <is>
+          <t>9786056378447</t>
+        </is>
+      </c>
+      <c r="B59" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye'de Spor ve Medya</t>
+        </is>
+      </c>
+      <c r="C59" s="1">
+        <v>825</v>
+      </c>
+    </row>
+    <row r="60" spans="1:3">
+      <c r="A60" s="1" t="inlineStr">
+        <is>
+          <t>9786056378461</t>
+        </is>
+      </c>
+      <c r="B60" s="1" t="inlineStr">
+        <is>
+          <t>Bir Başka Açıdan Sorularla Bediüzzaman</t>
+        </is>
+      </c>
+      <c r="C60" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="61" spans="1:3">
+      <c r="A61" s="1" t="inlineStr">
+        <is>
           <t>9786056378485</t>
         </is>
       </c>
-      <c r="B36" s="1" t="inlineStr">
+      <c r="B61" s="1" t="inlineStr">
         <is>
           <t>Medya ve Din</t>
         </is>
       </c>
-      <c r="C36" s="1">
-        <v>650</v>
+      <c r="C61" s="1">
+        <v>825</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>