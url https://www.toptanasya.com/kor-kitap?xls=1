--- v0 (2025-10-30)
+++ v1 (2025-12-16)
@@ -85,2095 +85,2170 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786257392600</t>
+          <t>9786257392648</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Yanlış İliklenen Düğme -Geçmişle Gelecek Arasında Cumhuriyet-</t>
+          <t>Osmanlı Gerçeği</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>800</v>
+        <v>600</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786257392594</t>
+          <t>9786257392655</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Emperyalizm</t>
+          <t>Gerçekten Ne İstiyorsun?</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786257392570</t>
+          <t>9786257392631</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Yayın Emekçisinin Adı Yok</t>
+          <t>İlk Sovyet</t>
         </is>
       </c>
       <c r="C4" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786257392587</t>
+          <t>9786257392624</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Bu Yas Bitmez</t>
+          <t>İzler</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786257392556</t>
+          <t>9786257392617</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka ve İşin Geleceği</t>
+          <t>Milyonların Milyonda Biri</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786257392549</t>
+          <t>9786257392600</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Filistin Kartalları</t>
+          <t>Yanlış İliklenen Düğme</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>300</v>
+        <v>800</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786257392532</t>
+          <t>9786257392594</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Sırlarım İpte Asılı Kaldı Balım</t>
+          <t>Emperyalizm</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786257392518</t>
+          <t>9786257392570</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Küresel Refah Yalanı/ Neoliberaller Yoksulluğu ve Sömürüyü Maskelemek İçin Verileri Nasıl Tahrif Ediyor?</t>
+          <t>Yayın Emekçisinin Adı Yok</t>
         </is>
       </c>
       <c r="C9" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786257392525</t>
+          <t>9786257392587</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar Masallar ve Yaşam/ Çocuk ve Gençlik Edebiyatı Üzerine (1871-2015)</t>
+          <t>Bu Yas Bitmez</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786052283578</t>
+          <t>9786257392556</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Kırk Yamalı Ayna</t>
+          <t>Yapay Zeka ve İşin Geleceği</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786257392471</t>
+          <t>9786257392549</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Yönetmeyi Nasıl Öğrendik?</t>
+          <t>Filistin Kartalları</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786257392259</t>
+          <t>9786257392532</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Şah İsmail'in Serencamı</t>
+          <t>Sırlarım İpte Asılı Kaldı Balım</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786257392495</t>
+          <t>9786257392518</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Türk Devlet Siyaseti ve Tartışmaları</t>
+          <t>Küresel Refah Yalanı/ Neoliberaller Yoksulluğu ve Sömürüyü Maskelemek İçin Verileri Nasıl Tahrif Ediyor?</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786257392464</t>
+          <t>9786257392525</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>1915 Bir Ölüm Yolculuğu: Krikor Zohrab</t>
+          <t>Çocuklar Masallar ve Yaşam/ Çocuk ve Gençlik Edebiyatı Üzerine (1871-2015)</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>425</v>
+        <v>300</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786257392488</t>
+          <t>9786052283578</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Kanatçikov - Çarlık Rusyası'nda Devrimci Bir İşçinin Anıları</t>
+          <t>Kırk Yamalı Ayna</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>330</v>
+        <v>200</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786257392457</t>
+          <t>9786257392471</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Olimpiyat Hayırcılar Kapitalist Mega Sporlara Karşı Mücadele</t>
+          <t>Yönetmeyi Nasıl Öğrendik?</t>
         </is>
       </c>
       <c r="C17" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786257392440</t>
+          <t>9786257392259</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Ağaçlar Çiçekteydi Ahmet Say</t>
+          <t>Şah İsmail'in Serencamı</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786257392426</t>
+          <t>9786257392495</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Fırtına Kuşları</t>
+          <t>Türk Devlet Siyaseti ve Tartışmaları</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786257392419</t>
+          <t>9786257392464</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Konut Sorunu</t>
+          <t>1915 Bir Ölüm Yolculuğu: Krikor Zohrab</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>100</v>
+        <v>425</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786257392433</t>
+          <t>9786257392488</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Çarlık Dumasında Bolşevikler</t>
+          <t>Kanatçikov - Çarlık Rusyası'nda Devrimci Bir İşçinin Anıları</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>250</v>
+        <v>330</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786257392396</t>
+          <t>9786257392457</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>İpek Halıya Ters Binen Kedi</t>
+          <t>Olimpiyat Hayırcılar Kapitalist Mega Sporlara Karşı Mücadele</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786257392204</t>
+          <t>9786257392440</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Dil ve Politika</t>
+          <t>Ağaçlar Çiçekteydi Ahmet Say</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786257392372</t>
+          <t>9786257392426</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Mühendis</t>
+          <t>Fırtına Kuşları</t>
         </is>
       </c>
       <c r="C24" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786257392389</t>
+          <t>9786257392419</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Sabır Taşı</t>
+          <t>Konut Sorunu</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786257392365</t>
+          <t>9786257392433</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Çulluk</t>
+          <t>Çarlık Dumasında Bolşevikler</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786257392358</t>
+          <t>9786257392396</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Kurtlar Arasında Çıplak</t>
+          <t>İpek Halıya Ters Binen Kedi</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786257392341</t>
+          <t>9786257392204</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Dil, Kültür, Çeviri</t>
+          <t>Dil ve Politika</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786257392327</t>
+          <t>9786257392372</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet’te Ermeni ve Rum Mallarının Türkleştirilmesi (1920-1930) - Emval-i Metrukenin Tasfiyesi 2</t>
+          <t>Mühendis</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>600</v>
+        <v>200</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786257392310</t>
+          <t>9786257392389</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'da Ermeni ve Rum Mallarının Türkleştirilmesi (1914-1919) - Emval-i Metrukenin Tasfiyesi 1</t>
+          <t>Sabır Taşı</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>550</v>
+        <v>250</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786257392266</t>
+          <t>9786257392365</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Mahallenin Namusu</t>
+          <t>Çulluk</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786257392303</t>
+          <t>9786257392358</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Gogol Dönemi Rus Edebiyatı</t>
+          <t>Kurtlar Arasında Çıplak</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786257392334</t>
+          <t>9786257392341</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Yoksul Evler</t>
+          <t>Dil, Kültür, Çeviri</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786257392273</t>
+          <t>9786257392327</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Mavi Defter - Ekim Öngününde Lenin</t>
+          <t>Cumhuriyet’te Ermeni ve Rum Mallarının Türkleştirilmesi (1920-1930) - Emval-i Metrukenin Tasfiyesi 2</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>150</v>
+        <v>600</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786257392297</t>
+          <t>9786257392310</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Güneşin Savrulduğu Yerden - Bingöl Hikayeleri</t>
+          <t>Osmanlı'da Ermeni ve Rum Mallarının Türkleştirilmesi (1914-1919) - Emval-i Metrukenin Tasfiyesi 1</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>150</v>
+        <v>550</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786257392280</t>
+          <t>9786257392266</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Hayata Karşı Hayat</t>
+          <t>Mahallenin Namusu</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786257392235</t>
+          <t>9786257392303</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Tanzimat, İstibdat ve Meşrutiyet Tiyatrosunda Mardiros Mınakyan</t>
+          <t>Gogol Dönemi Rus Edebiyatı</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786257392228</t>
+          <t>9786257392334</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Sözün Saklı Yörüngesi - Ahmet Say</t>
+          <t>Yoksul Evler</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786257392211</t>
+          <t>9786257392273</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Anlatılan Senin Hikayendir - Evrensel'in İnadı ve Direnci</t>
+          <t>Mavi Defter - Ekim Öngününde Lenin</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786257392198</t>
+          <t>9786257392297</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Robotlar İşimizi Elimizden Alacak Mı?</t>
+          <t>Güneşin Savrulduğu Yerden - Bingöl Hikayeleri</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786257392150</t>
+          <t>9786257392280</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Ne Yapmalı?</t>
+          <t>Hayata Karşı Hayat</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786257392143</t>
+          <t>9786257392235</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Tütün</t>
+          <t>Tanzimat, İstibdat ve Meşrutiyet Tiyatrosunda Mardiros Mınakyan</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786257392181</t>
+          <t>9786257392228</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Zamanı Gelince</t>
+          <t>Sözün Saklı Yörüngesi - Ahmet Say</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786257392167</t>
+          <t>9786257392211</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Hapishane</t>
+          <t>Anlatılan Senin Hikayendir - Evrensel'in İnadı ve Direnci</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>170</v>
+        <v>350</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786257392112</t>
+          <t>9786257392198</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Karakalpak Kızı</t>
+          <t>Robotlar İşimizi Elimizden Alacak Mı?</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786257392129</t>
+          <t>9786257392150</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Burjuvaziye Yedeklenme Teorisi</t>
+          <t>Ne Yapmalı?</t>
         </is>
       </c>
       <c r="C46" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786257392105</t>
+          <t>9786257392143</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Konut Balonu</t>
+          <t>Tütün</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786052283653</t>
+          <t>9786257392181</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Vatandaş Abuzer</t>
+          <t>Zamanı Gelince</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786257392136</t>
+          <t>9786257392167</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Bizim 68</t>
+          <t>Hapishane</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>250</v>
+        <v>170</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786257392075</t>
+          <t>9786257392112</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Uygunsuz Adım</t>
+          <t>Karakalpak Kızı</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786257392068</t>
+          <t>9786257392129</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Devletin Dahili Harbi</t>
+          <t>Burjuvaziye Yedeklenme Teorisi</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>700</v>
+        <v>200</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786257392044</t>
+          <t>9786257392105</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Toprağa Dönüş</t>
+          <t>Türkiye'de Konut Balonu</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786257392051</t>
+          <t>9786052283653</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Anayasa Sorunu - Seçme Yazılar</t>
+          <t>Vatandaş Abuzer</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786052283950</t>
+          <t>9786257392136</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Lenin ve Rus Devrimi</t>
+          <t>Bizim 68</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786052283943</t>
+          <t>9786257392075</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Sermaye ve Emek</t>
+          <t>Uygunsuz Adım</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786052283929</t>
+          <t>9786257392068</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>18. Hücre</t>
+          <t>Devletin Dahili Harbi</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>150</v>
+        <v>700</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786052283974</t>
+          <t>9786257392044</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Goriot Baba</t>
+          <t>Toprağa Dönüş</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786052283981</t>
+          <t>9786257392051</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Vadideki Zambak</t>
+          <t>Anayasa Sorunu - Seçme Yazılar</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>250</v>
+        <v>170</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786257392006</t>
+          <t>9786052283950</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Odunluk Günlükleri</t>
+          <t>Lenin ve Rus Devrimi</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786257392013</t>
+          <t>9786052283943</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Emeğin Rızası</t>
+          <t>Sermaye ve Emek</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786052283998</t>
+          <t>9786052283929</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Perşembe Mektupları</t>
+          <t>18. Hücre</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786257392037</t>
+          <t>9786052283974</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Nazım'ın Bursa Yılları</t>
+          <t>Goriot Baba</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786052283936</t>
+          <t>9786052283981</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Bolşevik Çalışma -Enternasyonal Deneyimi</t>
+          <t>Vadideki Zambak</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786052283875</t>
+          <t>9786257392006</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Heinrich (2 Cilt Takım) (Ciltli)</t>
+          <t>Odunluk Günlükleri</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>600</v>
+        <v>150</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786052283905</t>
+          <t>9786257392013</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Sekizinci Kıta</t>
+          <t>Emeğin Rızası</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786052283868</t>
+          <t>9786052283998</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Engels ve Diyalektik</t>
+          <t>Perşembe Mektupları</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786052283912</t>
+          <t>9786257392037</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Engels'te Doğanın Diyalektiği</t>
+          <t>Nazım'ın Bursa Yılları</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786052283851</t>
+          <t>9786052283936</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Yok Olan İstanbul</t>
+          <t>Bolşevik Çalışma -Enternasyonal Deneyimi</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786052283837</t>
+          <t>9786052283875</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Sermayenin Yeni Hafif Piyadeleri</t>
+          <t>Yeşil Heinrich (2 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>170</v>
+        <v>600</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786052283844</t>
+          <t>9786052283905</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Yedek İşgücü Ordusu</t>
+          <t>Sekizinci Kıta</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>170</v>
+        <v>140</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786052283820</t>
+          <t>9786052283868</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>NSU Cinayetleri</t>
+          <t>Engels ve Diyalektik</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786052283813</t>
+          <t>9786052283912</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Salıncak</t>
+          <t>Engels'te Doğanın Diyalektiği</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786052283783</t>
+          <t>9786052283851</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Müzik ve Bir Arada Yaşam</t>
+          <t>Yok Olan İstanbul</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786052283790</t>
+          <t>9786052283837</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>İklim Kahverengi</t>
+          <t>Sermayenin Yeni Hafif Piyadeleri</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>250</v>
+        <v>170</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786052283769</t>
+          <t>9786052283844</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Dar Üçgende Üç İsyan</t>
+          <t>Türkiye’de Yedek İşgücü Ordusu</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>350</v>
+        <v>170</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786052283806</t>
+          <t>9786052283820</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Adresim Ayakkabılarım</t>
+          <t>NSU Cinayetleri</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786052283752</t>
+          <t>9786052283813</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Ben de Halimce Bedreddinem</t>
+          <t>Salıncak</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>375</v>
+        <v>170</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786052283745</t>
+          <t>9786052283783</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Duymak Zorundasınız - 10 Ekim Ankara Katliamı Davası</t>
+          <t>Müzik ve Bir Arada Yaşam</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786058216303</t>
+          <t>9786052283790</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Ve Durgun Akardı Don - 1</t>
+          <t>İklim Kahverengi</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786058216334</t>
+          <t>9786052283769</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Ve Durgun Akardı Don - 4</t>
+          <t>Dar Üçgende Üç İsyan</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786058216327</t>
+          <t>9786052283806</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Ve Durgun Akardı Don - 3</t>
+          <t>Adresim Ayakkabılarım</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>400</v>
+        <v>170</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786058216310</t>
+          <t>9786052283752</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Ve Durgun Akardı Don - 2</t>
+          <t>Ben de Halimce Bedreddinem</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>370</v>
+        <v>375</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786052283691</t>
+          <t>9786052283745</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Dipten Gelen Dalga 2</t>
+          <t>Duymak Zorundasınız - 10 Ekim Ankara Katliamı Davası</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>375</v>
+        <v>300</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786052283684</t>
+          <t>9786058216303</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Dipten Gelen Dalga 1</t>
+          <t>Ve Durgun Akardı Don - 1</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>375</v>
+        <v>400</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786052283738</t>
+          <t>9786058216334</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Fırtına 2. Cilt</t>
+          <t>Ve Durgun Akardı Don - 4</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786052283714</t>
+          <t>9786058216327</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Fırtına 1. Cilt</t>
+          <t>Ve Durgun Akardı Don - 3</t>
         </is>
       </c>
       <c r="C86" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786052283721</t>
+          <t>9786058216310</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Paris Düşerken</t>
+          <t>Ve Durgun Akardı Don - 2</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>450</v>
+        <v>370</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786052283660</t>
+          <t>9786052283691</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Ermeni Diasporası</t>
+          <t>Dipten Gelen Dalga 2</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>330</v>
+        <v>375</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786052283639</t>
+          <t>9786052283684</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Fransız Devriminde Kadınlar</t>
+          <t>Dipten Gelen Dalga 1</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>180</v>
+        <v>375</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786052283646</t>
+          <t>9786052283738</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Amerikan İç Savaşı</t>
+          <t>Fırtına 2. Cilt</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786052283622</t>
+          <t>9786052283714</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Fontamara</t>
+          <t>Fırtına 1. Cilt</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>235</v>
+        <v>400</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786052283615</t>
+          <t>9786052283721</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Haklarımız Var!</t>
+          <t>Paris Düşerken</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786052283608</t>
+          <t>9786052283660</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Felsefede Antropolojik İlke ve Komünal Mülkiyete Karşı Felsefi Önyargıların Eleştirisi</t>
+          <t>Ermeni Diasporası</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>115</v>
+        <v>330</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786052283585</t>
+          <t>9786052283639</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Parola 555K</t>
+          <t>Fransız Devriminde Kadınlar</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786052283554</t>
+          <t>9786052283646</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Şeytan</t>
+          <t>Amerikan İç Savaşı</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786052283547</t>
+          <t>9786052283622</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Seçme Öyküler</t>
+          <t>Fontamara</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>170</v>
+        <v>235</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786052283530</t>
+          <t>9786052283615</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Kürk Mantolu Madonna</t>
+          <t>Haklarımız Var!</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786052283523</t>
+          <t>9786052283608</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Kuyucaklı Yusuf</t>
+          <t>Felsefede Antropolojik İlke ve Komünal Mülkiyete Karşı Felsefi Önyargıların Eleştirisi</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>170</v>
+        <v>115</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786052283448</t>
+          <t>9786052283585</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Fırtınanın Ortasında - Ateşi Çalmak 2</t>
+          <t>Parola 555K</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786052283509</t>
+          <t>9786052283554</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>İkinci Keman - Ateşi Çalmak 5</t>
+          <t>İçimizdeki Şeytan</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>325</v>
+        <v>170</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786052283493</t>
+          <t>9786052283547</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Yaşamın Doruğu - Ateşi Çalmak 4</t>
+          <t>Seçme Öyküler</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>375</v>
+        <v>170</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786052283479</t>
+          <t>9786052283530</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Karl Marx’ın Gençliği - Ateşi Çalmak 1</t>
+          <t>Kürk Mantolu Madonna</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>425</v>
+        <v>150</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786052283486</t>
+          <t>9786052283523</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Sınamalar - Ateşi Çalmak 3</t>
+          <t>Kuyucaklı Yusuf</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>375</v>
+        <v>170</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786052283462</t>
+          <t>9786052283448</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Türk Safo’su Mihri Hatun</t>
+          <t>Fırtınanın Ortasında - Ateşi Çalmak 2</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786052283516</t>
+          <t>9786052283509</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Kılancık Sesleri</t>
+          <t>İkinci Keman - Ateşi Çalmak 5</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>200</v>
+        <v>325</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786052283424</t>
+          <t>9786052283493</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Manifestoya Partiya Komunist</t>
+          <t>Yaşamın Doruğu - Ateşi Çalmak 4</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>150</v>
+        <v>375</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786052283370</t>
+          <t>9786052283479</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Komünist Parti Manifestosu</t>
+          <t>Karl Marx’ın Gençliği - Ateşi Çalmak 1</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>150</v>
+        <v>425</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786052283363</t>
+          <t>9786052283486</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Demir Ökçe</t>
+          <t>Sınamalar - Ateşi Çalmak 3</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>200</v>
+        <v>375</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786052283417</t>
+          <t>9786052283462</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Umut Hep Vardır</t>
+          <t>Türk Safo’su Mihri Hatun</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786052283400</t>
+          <t>9786052283516</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Tarihsel Materyalizm Üzerine Mektuplar 1890-1894</t>
+          <t>Kılancık Sesleri</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>70</v>
+        <v>200</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786052283387</t>
+          <t>9786052283424</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Çalınan Hayatlar</t>
+          <t>Manifestoya Partiya Komunist</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786052283394</t>
+          <t>9786052283370</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Paramazlar</t>
+          <t>Komünist Parti Manifestosu</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786052283295</t>
+          <t>9786052283363</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Hıristiyan Protestanlığının ve Kızılbaş İnancının Doğuşu</t>
+          <t>Demir Ökçe</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786052283264</t>
+          <t>9786052283417</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Marx ve Yabancılaşma</t>
+          <t>Umut Hep Vardır</t>
         </is>
       </c>
       <c r="C114" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786052283233</t>
+          <t>9786052283400</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Sovyetler Birliği Komünist Partisi (Bolşevik) Tarihi</t>
+          <t>Tarihsel Materyalizm Üzerine Mektuplar 1890-1894</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>375</v>
+        <v>70</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786052283240</t>
+          <t>9786052283387</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Ateş</t>
+          <t>Çalınan Hayatlar</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786052283158</t>
+          <t>9786052283394</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Sığınmacı Çocuk</t>
+          <t>Paramazlar</t>
         </is>
       </c>
       <c r="C117" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786052283226</t>
+          <t>9786052283295</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Koca Kurt</t>
+          <t>Hıristiyan Protestanlığının ve Kızılbaş İnancının Doğuşu</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786052283196</t>
+          <t>9786052283264</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Maddi Olmayan Emek Teorisi</t>
+          <t>Marx ve Yabancılaşma</t>
         </is>
       </c>
       <c r="C119" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786052283202</t>
+          <t>9786052283233</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Masallar ve Toplumsal Cinsiyet</t>
+          <t>Sovyetler Birliği Komünist Partisi (Bolşevik) Tarihi</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>285</v>
+        <v>375</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786052283189</t>
+          <t>9786052283240</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Bir Kadın İşçinin Gençliği</t>
+          <t>Ateş</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786052283172</t>
+          <t>9786052283158</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Çıkrıklar Durunca</t>
+          <t>Sığınmacı Çocuk</t>
         </is>
       </c>
       <c r="C122" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786052283134</t>
+          <t>9786052283226</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Horasan'dan Nasıl Geldik?</t>
+          <t>Koca Kurt</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786052283110</t>
+          <t>9786052283196</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Yapmalı?</t>
+          <t>Maddi Olmayan Emek Teorisi</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786052283097</t>
+          <t>9786052283202</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Kayıt Dışı Ekonomide Örgütlenen Kadın İşçiler</t>
+          <t>Masallar ve Toplumsal Cinsiyet</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>200</v>
+        <v>285</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786052283103</t>
+          <t>9786052283189</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Marksizm ve Tarih</t>
+          <t>Bir Kadın İşçinin Gençliği</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786052283028</t>
+          <t>9786052283172</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Strateji ve Taktik</t>
+          <t>Çıkrıklar Durunca</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>70</v>
+        <v>200</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786052283059</t>
+          <t>9786052283134</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Sosyalizm ve Savaş</t>
+          <t>Horasan'dan Nasıl Geldik?</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>150</v>
+        <v>500</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786052283011</t>
+          <t>9786052283110</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Marksizm ve Dil</t>
+          <t>Nasıl Yapmalı?</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>70</v>
+        <v>450</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786052283035</t>
+          <t>9786052283097</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Ücret, Fiyat ve Kar</t>
+          <t>Kayıt Dışı Ekonomide Örgütlenen Kadın İşçiler</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>70</v>
+        <v>200</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786052283073</t>
+          <t>9786052283103</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Marksizmin Bir Karikatürü ve Emperyalist Ekonomizm</t>
+          <t>Marksizm ve Tarih</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>100</v>
+        <v>170</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786052283004</t>
+          <t>9786052283028</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Anarşizm mi Sosyalizm mi?</t>
+          <t>Strateji ve Taktik</t>
         </is>
       </c>
       <c r="C132" s="1">
         <v>70</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786052283066</t>
+          <t>9786052283059</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Marksist Öğreti</t>
+          <t>Sosyalizm ve Savaş</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786058239050</t>
+          <t>9786052283011</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Türk Nüfus Mühendisliği</t>
+          <t>Marksizm ve Dil</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>700</v>
+        <v>70</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786058239043</t>
+          <t>9786052283035</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Emekçileri İzlemek (Ciltli)</t>
+          <t>Ücret, Fiyat ve Kar</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>170</v>
+        <v>70</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786058239067</t>
+          <t>9786052283073</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Ana</t>
+          <t>Marksizmin Bir Karikatürü ve Emperyalist Ekonomizm</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786058239074</t>
+          <t>9786052283004</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Burası Politeknik</t>
+          <t>Anarşizm mi Sosyalizm mi?</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>170</v>
+        <v>70</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
+          <t>9786052283066</t>
+        </is>
+      </c>
+      <c r="B138" s="1" t="inlineStr">
+        <is>
+          <t>Marksist Öğreti</t>
+        </is>
+      </c>
+      <c r="C138" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="139" spans="1:3">
+      <c r="A139" s="1" t="inlineStr">
+        <is>
+          <t>9786058239050</t>
+        </is>
+      </c>
+      <c r="B139" s="1" t="inlineStr">
+        <is>
+          <t>Türk Nüfus Mühendisliği</t>
+        </is>
+      </c>
+      <c r="C139" s="1">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="140" spans="1:3">
+      <c r="A140" s="1" t="inlineStr">
+        <is>
+          <t>9786058239043</t>
+        </is>
+      </c>
+      <c r="B140" s="1" t="inlineStr">
+        <is>
+          <t>Emekçileri İzlemek (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C140" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="141" spans="1:3">
+      <c r="A141" s="1" t="inlineStr">
+        <is>
+          <t>9786058239067</t>
+        </is>
+      </c>
+      <c r="B141" s="1" t="inlineStr">
+        <is>
+          <t>Ana</t>
+        </is>
+      </c>
+      <c r="C141" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="142" spans="1:3">
+      <c r="A142" s="1" t="inlineStr">
+        <is>
+          <t>9786058239074</t>
+        </is>
+      </c>
+      <c r="B142" s="1" t="inlineStr">
+        <is>
+          <t>Burası Politeknik</t>
+        </is>
+      </c>
+      <c r="C142" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="143" spans="1:3">
+      <c r="A143" s="1" t="inlineStr">
+        <is>
           <t>9786058239012</t>
         </is>
       </c>
-      <c r="B138" s="1" t="inlineStr">
+      <c r="B143" s="1" t="inlineStr">
         <is>
           <t>Börklüce</t>
         </is>
       </c>
-      <c r="C138" s="1">
+      <c r="C143" s="1">
         <v>270</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>