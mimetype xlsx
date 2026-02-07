--- v1 (2025-12-16)
+++ v2 (2026-02-07)
@@ -85,2170 +85,2245 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786257392648</t>
+          <t>9786257392662</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Gerçeği</t>
+          <t>Din Üzerine</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>600</v>
+        <v>100</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786257392655</t>
+          <t>9786052283356</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Gerçekten Ne İstiyorsun?</t>
+          <t>Ücretli Emek ve Sermaye</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>500</v>
+        <v>80</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786257392631</t>
+          <t>9786052283219</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>İlk Sovyet</t>
+          <t>Diyalektik ve Tarihsel Materyalizm</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>150</v>
+        <v>80</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786257392624</t>
+          <t>9786257392501</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>İzler</t>
+          <t>Wall Street’in Think Tank'i: Dış İlişkiler Konseyi ve Neoliberal Jeopolitik İmparatorluk</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786257392617</t>
+          <t>9786257392563</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Milyonların Milyonda Biri</t>
+          <t>Yazıp Altına İmza Attıklarım - Sennur Sezer</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786257392600</t>
+          <t>9786257392648</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Yanlış İliklenen Düğme</t>
+          <t>Osmanlı Gerçeği</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>800</v>
+        <v>600</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786257392594</t>
+          <t>9786257392655</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Emperyalizm</t>
+          <t>Gerçekten Ne İstiyorsun?</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786257392570</t>
+          <t>9786257392631</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Yayın Emekçisinin Adı Yok</t>
+          <t>İlk Sovyet</t>
         </is>
       </c>
       <c r="C9" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786257392587</t>
+          <t>9786257392624</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Bu Yas Bitmez</t>
+          <t>İzler</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786257392556</t>
+          <t>9786257392617</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka ve İşin Geleceği</t>
+          <t>Milyonların Milyonda Biri</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786257392549</t>
+          <t>9786257392600</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Filistin Kartalları</t>
+          <t>Yanlış İliklenen Düğme</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>300</v>
+        <v>800</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786257392532</t>
+          <t>9786257392594</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Sırlarım İpte Asılı Kaldı Balım</t>
+          <t>Emperyalizm</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786257392518</t>
+          <t>9786257392570</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Küresel Refah Yalanı/ Neoliberaller Yoksulluğu ve Sömürüyü Maskelemek İçin Verileri Nasıl Tahrif Ediyor?</t>
+          <t>Yayın Emekçisinin Adı Yok</t>
         </is>
       </c>
       <c r="C14" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786257392525</t>
+          <t>9786257392587</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar Masallar ve Yaşam/ Çocuk ve Gençlik Edebiyatı Üzerine (1871-2015)</t>
+          <t>Bu Yas Bitmez</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>300</v>
+        <v>270</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786052283578</t>
+          <t>9786257392556</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Kırk Yamalı Ayna</t>
+          <t>Yapay Zeka ve İşin Geleceği</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786257392471</t>
+          <t>9786257392549</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Yönetmeyi Nasıl Öğrendik?</t>
+          <t>Filistin Kartalları</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786257392259</t>
+          <t>9786257392532</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Şah İsmail'in Serencamı</t>
+          <t>Sırlarım İpte Asılı Kaldı Balım</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786257392495</t>
+          <t>9786257392518</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Türk Devlet Siyaseti ve Tartışmaları</t>
+          <t>Küresel Refah Yalanı/ Neoliberaller Yoksulluğu ve Sömürüyü Maskelemek İçin Verileri Nasıl Tahrif Ediyor?</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786257392464</t>
+          <t>9786257392525</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>1915 Bir Ölüm Yolculuğu: Krikor Zohrab</t>
+          <t>Çocuklar Masallar ve Yaşam/ Çocuk ve Gençlik Edebiyatı Üzerine (1871-2015)</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>425</v>
+        <v>350</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786257392488</t>
+          <t>9786052283578</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Kanatçikov - Çarlık Rusyası'nda Devrimci Bir İşçinin Anıları</t>
+          <t>Kırk Yamalı Ayna</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>330</v>
+        <v>250</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786257392457</t>
+          <t>9786257392471</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Olimpiyat Hayırcılar Kapitalist Mega Sporlara Karşı Mücadele</t>
+          <t>Yönetmeyi Nasıl Öğrendik?</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786257392440</t>
+          <t>9786257392259</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Ağaçlar Çiçekteydi Ahmet Say</t>
+          <t>Şah İsmail'in Serencamı</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>400</v>
+        <v>550</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786257392426</t>
+          <t>9786257392495</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Fırtına Kuşları</t>
+          <t>Türk Devlet Siyaseti ve Tartışmaları</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786257392419</t>
+          <t>9786257392464</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Konut Sorunu</t>
+          <t>1915 Bir Ölüm Yolculuğu: Krikor Zohrab</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>100</v>
+        <v>550</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786257392433</t>
+          <t>9786257392488</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Çarlık Dumasında Bolşevikler</t>
+          <t>Kanatçikov - Çarlık Rusyası'nda Devrimci Bir İşçinin Anıları</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786257392396</t>
+          <t>9786257392457</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>İpek Halıya Ters Binen Kedi</t>
+          <t>Olimpiyat Hayırcılar Kapitalist Mega Sporlara Karşı Mücadele</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786257392204</t>
+          <t>9786257392440</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Dil ve Politika</t>
+          <t>Ağaçlar Çiçekteydi Ahmet Say</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786257392372</t>
+          <t>9786257392426</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Mühendis</t>
+          <t>Fırtına Kuşları</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786257392389</t>
+          <t>9786257392419</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Sabır Taşı</t>
+          <t>Konut Sorunu</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786257392365</t>
+          <t>9786257392433</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Çulluk</t>
+          <t>Çarlık Dumasında Bolşevikler</t>
         </is>
       </c>
       <c r="C31" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786257392358</t>
+          <t>9786257392396</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Kurtlar Arasında Çıplak</t>
+          <t>İpek Halıya Ters Binen Kedi</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786257392341</t>
+          <t>9786257392204</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Dil, Kültür, Çeviri</t>
+          <t>Dil ve Politika</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786257392327</t>
+          <t>9786257392372</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet’te Ermeni ve Rum Mallarının Türkleştirilmesi (1920-1930) - Emval-i Metrukenin Tasfiyesi 2</t>
+          <t>Mühendis</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>600</v>
+        <v>250</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786257392310</t>
+          <t>9786257392389</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'da Ermeni ve Rum Mallarının Türkleştirilmesi (1914-1919) - Emval-i Metrukenin Tasfiyesi 1</t>
+          <t>Sabır Taşı</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>550</v>
+        <v>250</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786257392266</t>
+          <t>9786257392365</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Mahallenin Namusu</t>
+          <t>Çulluk</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786257392303</t>
+          <t>9786257392358</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Gogol Dönemi Rus Edebiyatı</t>
+          <t>Kurtlar Arasında Çıplak</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786257392334</t>
+          <t>9786257392341</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Yoksul Evler</t>
+          <t>Dil, Kültür, Çeviri</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786257392273</t>
+          <t>9786257392327</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Mavi Defter - Ekim Öngününde Lenin</t>
+          <t>Cumhuriyet’te Ermeni ve Rum Mallarının Türkleştirilmesi (1920-1930) - Emval-i Metrukenin Tasfiyesi 2</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>150</v>
+        <v>600</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786257392297</t>
+          <t>9786257392310</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Güneşin Savrulduğu Yerden - Bingöl Hikayeleri</t>
+          <t>Osmanlı'da Ermeni ve Rum Mallarının Türkleştirilmesi (1914-1919) - Emval-i Metrukenin Tasfiyesi 1</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>150</v>
+        <v>700</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786257392280</t>
+          <t>9786257392266</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Hayata Karşı Hayat</t>
+          <t>Mahallenin Namusu</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786257392235</t>
+          <t>9786257392303</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Tanzimat, İstibdat ve Meşrutiyet Tiyatrosunda Mardiros Mınakyan</t>
+          <t>Gogol Dönemi Rus Edebiyatı</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786257392228</t>
+          <t>9786257392334</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Sözün Saklı Yörüngesi - Ahmet Say</t>
+          <t>Yoksul Evler</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786257392211</t>
+          <t>9786257392273</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Anlatılan Senin Hikayendir - Evrensel'in İnadı ve Direnci</t>
+          <t>Mavi Defter - Ekim Öngününde Lenin</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786257392198</t>
+          <t>9786257392297</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Robotlar İşimizi Elimizden Alacak Mı?</t>
+          <t>Güneşin Savrulduğu Yerden - Bingöl Hikayeleri</t>
         </is>
       </c>
       <c r="C45" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786257392150</t>
+          <t>9786257392280</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Ne Yapmalı?</t>
+          <t>Hayata Karşı Hayat</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786257392143</t>
+          <t>9786257392235</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Tütün</t>
+          <t>Tanzimat, İstibdat ve Meşrutiyet Tiyatrosunda Mardiros Mınakyan</t>
         </is>
       </c>
       <c r="C47" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786257392181</t>
+          <t>9786257392228</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Zamanı Gelince</t>
+          <t>Sözün Saklı Yörüngesi - Ahmet Say</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>200</v>
+        <v>330</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786257392167</t>
+          <t>9786257392211</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Hapishane</t>
+          <t>Anlatılan Senin Hikayendir - Evrensel'in İnadı ve Direnci</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>170</v>
+        <v>400</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786257392112</t>
+          <t>9786257392198</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Karakalpak Kızı</t>
+          <t>Robotlar İşimizi Elimizden Alacak Mı?</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786257392129</t>
+          <t>9786257392150</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Burjuvaziye Yedeklenme Teorisi</t>
+          <t>Ne Yapmalı?</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786257392105</t>
+          <t>9786257392143</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Konut Balonu</t>
+          <t>Tütün</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786052283653</t>
+          <t>9786257392181</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Vatandaş Abuzer</t>
+          <t>Zamanı Gelince</t>
         </is>
       </c>
       <c r="C53" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786257392136</t>
+          <t>9786257392167</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Bizim 68</t>
+          <t>Hapishane</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786257392075</t>
+          <t>9786257392112</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Uygunsuz Adım</t>
+          <t>Karakalpak Kızı</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786257392068</t>
+          <t>9786257392129</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Devletin Dahili Harbi</t>
+          <t>Burjuvaziye Yedeklenme Teorisi</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>700</v>
+        <v>250</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786257392044</t>
+          <t>9786257392105</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Toprağa Dönüş</t>
+          <t>Türkiye'de Konut Balonu</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786257392051</t>
+          <t>9786052283653</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Anayasa Sorunu - Seçme Yazılar</t>
+          <t>Vatandaş Abuzer</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786052283950</t>
+          <t>9786257392136</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Lenin ve Rus Devrimi</t>
+          <t>Bizim 68</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786052283943</t>
+          <t>9786257392075</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Sermaye ve Emek</t>
+          <t>Uygunsuz Adım</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786052283929</t>
+          <t>9786257392068</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>18. Hücre</t>
+          <t>Devletin Dahili Harbi</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>150</v>
+        <v>800</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786052283974</t>
+          <t>9786257392044</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Goriot Baba</t>
+          <t>Toprağa Dönüş</t>
         </is>
       </c>
       <c r="C62" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786052283981</t>
+          <t>9786257392051</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Vadideki Zambak</t>
+          <t>Anayasa Sorunu - Seçme Yazılar</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786257392006</t>
+          <t>9786052283950</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Odunluk Günlükleri</t>
+          <t>Lenin ve Rus Devrimi</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786257392013</t>
+          <t>9786052283943</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Emeğin Rızası</t>
+          <t>Sermaye ve Emek</t>
         </is>
       </c>
       <c r="C65" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786052283998</t>
+          <t>9786052283929</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Perşembe Mektupları</t>
+          <t>18. Hücre</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786257392037</t>
+          <t>9786052283974</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Nazım'ın Bursa Yılları</t>
+          <t>Goriot Baba</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786052283936</t>
+          <t>9786052283981</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Bolşevik Çalışma -Enternasyonal Deneyimi</t>
+          <t>Vadideki Zambak</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786052283875</t>
+          <t>9786257392006</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Heinrich (2 Cilt Takım) (Ciltli)</t>
+          <t>Odunluk Günlükleri</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>600</v>
+        <v>150</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786052283905</t>
+          <t>9786257392013</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Sekizinci Kıta</t>
+          <t>Emeğin Rızası</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786052283868</t>
+          <t>9786052283998</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Engels ve Diyalektik</t>
+          <t>Perşembe Mektupları</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786052283912</t>
+          <t>9786257392037</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Engels'te Doğanın Diyalektiği</t>
+          <t>Nazım'ın Bursa Yılları</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786052283851</t>
+          <t>9786052283936</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Yok Olan İstanbul</t>
+          <t>Bolşevik Çalışma -Enternasyonal Deneyimi</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786052283837</t>
+          <t>9786052283875</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Sermayenin Yeni Hafif Piyadeleri</t>
+          <t>Yeşil Heinrich (2 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>170</v>
+        <v>700</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786052283844</t>
+          <t>9786052283905</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Yedek İşgücü Ordusu</t>
+          <t>Sekizinci Kıta</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>170</v>
+        <v>140</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786052283820</t>
+          <t>9786052283868</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>NSU Cinayetleri</t>
+          <t>Engels ve Diyalektik</t>
         </is>
       </c>
       <c r="C76" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786052283813</t>
+          <t>9786052283912</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Salıncak</t>
+          <t>Engels'te Doğanın Diyalektiği</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786052283783</t>
+          <t>9786052283851</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Müzik ve Bir Arada Yaşam</t>
+          <t>Yok Olan İstanbul</t>
         </is>
       </c>
       <c r="C78" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786052283790</t>
+          <t>9786052283837</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>İklim Kahverengi</t>
+          <t>Sermayenin Yeni Hafif Piyadeleri</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786052283769</t>
+          <t>9786052283844</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Dar Üçgende Üç İsyan</t>
+          <t>Türkiye’de Yedek İşgücü Ordusu</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786052283806</t>
+          <t>9786052283820</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Adresim Ayakkabılarım</t>
+          <t>NSU Cinayetleri</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786052283752</t>
+          <t>9786052283813</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Ben de Halimce Bedreddinem</t>
+          <t>Salıncak</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>375</v>
+        <v>200</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786052283745</t>
+          <t>9786052283783</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Duymak Zorundasınız - 10 Ekim Ankara Katliamı Davası</t>
+          <t>Müzik ve Bir Arada Yaşam</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786058216303</t>
+          <t>9786052283790</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Ve Durgun Akardı Don - 1</t>
+          <t>İklim Kahverengi</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786058216334</t>
+          <t>9786052283769</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Ve Durgun Akardı Don - 4</t>
+          <t>Dar Üçgende Üç İsyan</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786058216327</t>
+          <t>9786052283806</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Ve Durgun Akardı Don - 3</t>
+          <t>Adresim Ayakkabılarım</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786058216310</t>
+          <t>9786052283752</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Ve Durgun Akardı Don - 2</t>
+          <t>Ben de Halimce Bedreddinem</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>370</v>
+        <v>500</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786052283691</t>
+          <t>9786052283745</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Dipten Gelen Dalga 2</t>
+          <t>Duymak Zorundasınız - 10 Ekim Ankara Katliamı Davası</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>375</v>
+        <v>400</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786052283684</t>
+          <t>9786058216303</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Dipten Gelen Dalga 1</t>
+          <t>Ve Durgun Akardı Don - 1</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>375</v>
+        <v>450</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786052283738</t>
+          <t>9786058216334</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Fırtına 2. Cilt</t>
+          <t>Ve Durgun Akardı Don - 4</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786052283714</t>
+          <t>9786058216327</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Fırtına 1. Cilt</t>
+          <t>Ve Durgun Akardı Don - 3</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786052283721</t>
+          <t>9786058216310</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Paris Düşerken</t>
+          <t>Ve Durgun Akardı Don - 2</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>450</v>
+        <v>420</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786052283660</t>
+          <t>9786052283691</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Ermeni Diasporası</t>
+          <t>Dipten Gelen Dalga 2</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>330</v>
+        <v>450</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786052283639</t>
+          <t>9786052283684</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Fransız Devriminde Kadınlar</t>
+          <t>Dipten Gelen Dalga 1</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>180</v>
+        <v>450</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786052283646</t>
+          <t>9786052283738</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Amerikan İç Savaşı</t>
+          <t>Fırtına 2. Cilt</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786052283622</t>
+          <t>9786052283714</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Fontamara</t>
+          <t>Fırtına 1. Cilt</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>235</v>
+        <v>500</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786052283615</t>
+          <t>9786052283721</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Haklarımız Var!</t>
+          <t>Paris Düşerken</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786052283608</t>
+          <t>9786052283660</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Felsefede Antropolojik İlke ve Komünal Mülkiyete Karşı Felsefi Önyargıların Eleştirisi</t>
+          <t>Ermeni Diasporası</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>115</v>
+        <v>400</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786052283585</t>
+          <t>9786052283639</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Parola 555K</t>
+          <t>Fransız Devriminde Kadınlar</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786052283554</t>
+          <t>9786052283646</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Şeytan</t>
+          <t>Amerikan İç Savaşı</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786052283547</t>
+          <t>9786052283622</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Seçme Öyküler</t>
+          <t>Fontamara</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>170</v>
+        <v>275</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786052283530</t>
+          <t>9786052283615</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Kürk Mantolu Madonna</t>
+          <t>Haklarımız Var!</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786052283523</t>
+          <t>9786052283608</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Kuyucaklı Yusuf</t>
+          <t>Felsefede Antropolojik İlke ve Komünal Mülkiyete Karşı Felsefi Önyargıların Eleştirisi</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786052283448</t>
+          <t>9786052283585</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Fırtınanın Ortasında - Ateşi Çalmak 2</t>
+          <t>Parola 555K</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786052283509</t>
+          <t>9786052283554</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>İkinci Keman - Ateşi Çalmak 5</t>
+          <t>İçimizdeki Şeytan</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>325</v>
+        <v>200</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786052283493</t>
+          <t>9786052283547</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Yaşamın Doruğu - Ateşi Çalmak 4</t>
+          <t>Seçme Öyküler</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>375</v>
+        <v>200</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786052283479</t>
+          <t>9786052283530</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Karl Marx’ın Gençliği - Ateşi Çalmak 1</t>
+          <t>Kürk Mantolu Madonna</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>425</v>
+        <v>200</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786052283486</t>
+          <t>9786052283523</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Sınamalar - Ateşi Çalmak 3</t>
+          <t>Kuyucaklı Yusuf</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>375</v>
+        <v>200</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786052283462</t>
+          <t>9786052283448</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Türk Safo’su Mihri Hatun</t>
+          <t>Fırtınanın Ortasında - Ateşi Çalmak 2</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786052283516</t>
+          <t>9786052283509</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Kılancık Sesleri</t>
+          <t>İkinci Keman - Ateşi Çalmak 5</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786052283424</t>
+          <t>9786052283493</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Manifestoya Partiya Komunist</t>
+          <t>Yaşamın Doruğu - Ateşi Çalmak 4</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786052283370</t>
+          <t>9786052283479</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Komünist Parti Manifestosu</t>
+          <t>Karl Marx’ın Gençliği - Ateşi Çalmak 1</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>150</v>
+        <v>550</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786052283363</t>
+          <t>9786052283486</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Demir Ökçe</t>
+          <t>Sınamalar - Ateşi Çalmak 3</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786052283417</t>
+          <t>9786052283462</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Umut Hep Vardır</t>
+          <t>Türk Safo’su Mihri Hatun</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786052283400</t>
+          <t>9786052283516</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Tarihsel Materyalizm Üzerine Mektuplar 1890-1894</t>
+          <t>Kılancık Sesleri</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>70</v>
+        <v>200</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786052283387</t>
+          <t>9786052283424</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Çalınan Hayatlar</t>
+          <t>Manifestoya Partiya Komunist</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786052283394</t>
+          <t>9786052283370</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Paramazlar</t>
+          <t>Komünist Parti Manifestosu</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786052283295</t>
+          <t>9786052283363</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Hıristiyan Protestanlığının ve Kızılbaş İnancının Doğuşu</t>
+          <t>Demir Ökçe</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786052283264</t>
+          <t>9786052283417</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Marx ve Yabancılaşma</t>
+          <t>Umut Hep Vardır</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786052283233</t>
+          <t>9786052283400</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Sovyetler Birliği Komünist Partisi (Bolşevik) Tarihi</t>
+          <t>Tarihsel Materyalizm Üzerine Mektuplar 1890-1894</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>375</v>
+        <v>70</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786052283240</t>
+          <t>9786052283387</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Ateş</t>
+          <t>Çalınan Hayatlar</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786052283158</t>
+          <t>9786052283394</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Sığınmacı Çocuk</t>
+          <t>Paramazlar</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786052283226</t>
+          <t>9786052283295</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Koca Kurt</t>
+          <t>Hıristiyan Protestanlığının ve Kızılbaş İnancının Doğuşu</t>
         </is>
       </c>
       <c r="C123" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786052283196</t>
+          <t>9786052283264</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Maddi Olmayan Emek Teorisi</t>
+          <t>Marx ve Yabancılaşma</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786052283202</t>
+          <t>9786052283233</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Masallar ve Toplumsal Cinsiyet</t>
+          <t>Sovyetler Birliği Komünist Partisi (Bolşevik) Tarihi</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>285</v>
+        <v>450</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786052283189</t>
+          <t>9786052283240</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Bir Kadın İşçinin Gençliği</t>
+          <t>Ateş</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786052283172</t>
+          <t>9786052283158</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Çıkrıklar Durunca</t>
+          <t>Sığınmacı Çocuk</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786052283134</t>
+          <t>9786052283226</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Horasan'dan Nasıl Geldik?</t>
+          <t>Koca Kurt</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786052283110</t>
+          <t>9786052283196</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Yapmalı?</t>
+          <t>Maddi Olmayan Emek Teorisi</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786052283097</t>
+          <t>9786052283202</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Kayıt Dışı Ekonomide Örgütlenen Kadın İşçiler</t>
+          <t>Masallar ve Toplumsal Cinsiyet</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786052283103</t>
+          <t>9786052283189</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Marksizm ve Tarih</t>
+          <t>Bir Kadın İşçinin Gençliği</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786052283028</t>
+          <t>9786052283172</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Strateji ve Taktik</t>
+          <t>Çıkrıklar Durunca</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>70</v>
+        <v>250</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786052283059</t>
+          <t>9786052283134</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Sosyalizm ve Savaş</t>
+          <t>Horasan'dan Nasıl Geldik?</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>150</v>
+        <v>600</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786052283011</t>
+          <t>9786052283110</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Marksizm ve Dil</t>
+          <t>Nasıl Yapmalı?</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>70</v>
+        <v>450</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786052283035</t>
+          <t>9786052283097</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Ücret, Fiyat ve Kar</t>
+          <t>Kayıt Dışı Ekonomide Örgütlenen Kadın İşçiler</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>70</v>
+        <v>250</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786052283073</t>
+          <t>9786052283103</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Marksizmin Bir Karikatürü ve Emperyalist Ekonomizm</t>
+          <t>Marksizm ve Tarih</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786052283004</t>
+          <t>9786052283028</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Anarşizm mi Sosyalizm mi?</t>
+          <t>Strateji ve Taktik</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>70</v>
+        <v>80</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786052283066</t>
+          <t>9786052283059</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Marksist Öğreti</t>
+          <t>Sosyalizm ve Savaş</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786058239050</t>
+          <t>9786052283011</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Türk Nüfus Mühendisliği</t>
+          <t>Marksizm ve Dil</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>700</v>
+        <v>80</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786058239043</t>
+          <t>9786052283035</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Emekçileri İzlemek (Ciltli)</t>
+          <t>Ücret, Fiyat ve Kar</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>170</v>
+        <v>80</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786058239067</t>
+          <t>9786052283073</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Ana</t>
+          <t>Marksizmin Bir Karikatürü ve Emperyalist Ekonomizm</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786058239074</t>
+          <t>9786052283004</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Burası Politeknik</t>
+          <t>Anarşizm mi Sosyalizm mi?</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>170</v>
+        <v>80</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
+          <t>9786052283066</t>
+        </is>
+      </c>
+      <c r="B143" s="1" t="inlineStr">
+        <is>
+          <t>Marksist Öğreti</t>
+        </is>
+      </c>
+      <c r="C143" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="144" spans="1:3">
+      <c r="A144" s="1" t="inlineStr">
+        <is>
+          <t>9786058239050</t>
+        </is>
+      </c>
+      <c r="B144" s="1" t="inlineStr">
+        <is>
+          <t>Türk Nüfus Mühendisliği</t>
+        </is>
+      </c>
+      <c r="C144" s="1">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="145" spans="1:3">
+      <c r="A145" s="1" t="inlineStr">
+        <is>
+          <t>9786058239043</t>
+        </is>
+      </c>
+      <c r="B145" s="1" t="inlineStr">
+        <is>
+          <t>Emekçileri İzlemek (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C145" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="146" spans="1:3">
+      <c r="A146" s="1" t="inlineStr">
+        <is>
+          <t>9786058239067</t>
+        </is>
+      </c>
+      <c r="B146" s="1" t="inlineStr">
+        <is>
+          <t>Ana</t>
+        </is>
+      </c>
+      <c r="C146" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="147" spans="1:3">
+      <c r="A147" s="1" t="inlineStr">
+        <is>
+          <t>9786058239074</t>
+        </is>
+      </c>
+      <c r="B147" s="1" t="inlineStr">
+        <is>
+          <t>Burası Politeknik</t>
+        </is>
+      </c>
+      <c r="C147" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="148" spans="1:3">
+      <c r="A148" s="1" t="inlineStr">
+        <is>
           <t>9786058239012</t>
         </is>
       </c>
-      <c r="B143" s="1" t="inlineStr">
+      <c r="B148" s="1" t="inlineStr">
         <is>
           <t>Börklüce</t>
         </is>
       </c>
-      <c r="C143" s="1">
-        <v>270</v>
+      <c r="C148" s="1">
+        <v>320</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>