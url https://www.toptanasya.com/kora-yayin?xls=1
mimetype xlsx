--- v0 (2025-10-30)
+++ v1 (2025-12-16)
@@ -85,2245 +85,2305 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256095144</t>
+          <t>9786256095151</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Hamalın Karısı</t>
+          <t>Ele</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256095120</t>
+          <t>9786256095175</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Ankara Garı</t>
+          <t>Bir Başkalık Aradım</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256095137</t>
+          <t>9786256095168</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Konuşmazsam Yaram Ağlar</t>
+          <t>Mor Dağların Türküsü</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256095106</t>
+          <t>9786256095182</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Gül de Üşür</t>
+          <t>Karanlık Bir Gecede - İki Kadın Bir Erkek</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256095083</t>
+          <t>9786256095144</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Pes Etmeyen Kadın</t>
+          <t>Hamalın Karısı</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256095076</t>
+          <t>9786256095120</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Kargapazarı Dağları</t>
+          <t>Ankara Garı</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256095090</t>
+          <t>9786256095137</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Artvin Karanfili</t>
+          <t>Konuşmazsam Yaram Ağlar</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>125</v>
+        <v>100</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256095069</t>
+          <t>9786256095106</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Maviydi Suydu Buğuydu</t>
+          <t>Gül de Üşür</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256095052</t>
+          <t>9786256095083</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Sudaki Kan / Mezbaha</t>
+          <t>Pes Etmeyen Kadın</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786256095045</t>
+          <t>9786256095076</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Düğüm</t>
+          <t>Kargapazarı Dağları</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>240</v>
+        <v>100</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786256095038</t>
+          <t>9786256095090</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>İzmir Sefarad Yahudilerinde Dinsel ve Din Dışı Müzik Pratikleri</t>
+          <t>Artvin Karanfili</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>280</v>
+        <v>125</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786256095021</t>
+          <t>9786256095069</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Beni Cennete Götür</t>
+          <t>Maviydi Suydu Buğuydu</t>
         </is>
       </c>
       <c r="C13" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786256095014</t>
+          <t>9786256095052</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Ardahan Toprağında Büyüyen Yediverenler</t>
+          <t>Sudaki Kan / Mezbaha</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>750</v>
+        <v>200</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256095007</t>
+          <t>9786256095045</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Marsyas Ölür Dirilir</t>
+          <t>Düğüm</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>140</v>
+        <v>240</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786055601997</t>
+          <t>9786256095038</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Mebrure Diyarbakır - İstanbul Dörtgeninde Dram Dolu Bir Yaşam</t>
+          <t>İzmir Sefarad Yahudilerinde Dinsel ve Din Dışı Müzik Pratikleri</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>65</v>
+        <v>280</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789758800353</t>
+          <t>9786256095021</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Basel Uzlaşılarının Yetersizliği ve Bankara Alternatif Model</t>
+          <t>Beni Cennete Götür</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789758800919</t>
+          <t>9786256095014</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Ayrıntılar Yüzünden</t>
+          <t>Ardahan Toprağında Büyüyen Yediverenler</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>70</v>
+        <v>750</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789757957751</t>
+          <t>9786256095007</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Ayrılıkların Şairi</t>
+          <t>Marsyas Ölür Dirilir</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789758800889</t>
+          <t>9786055601997</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Aynanın Gözyaşı</t>
+          <t>Mebrure Diyarbakır - İstanbul Dörtgeninde Dram Dolu Bir Yaşam</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>100</v>
+        <v>65</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789758800483</t>
+          <t>9789758800353</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Ay Zamanı Zalımca</t>
+          <t>Basel Uzlaşılarının Yetersizliği ve Bankara Alternatif Model</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789758800476</t>
+          <t>9789758800919</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Aşklara Ayrılık Yağıyor</t>
+          <t>Ayrıntılar Yüzünden</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>120</v>
+        <v>70</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789758800117</t>
+          <t>9789757957751</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Aşk Utandı</t>
+          <t>Ayrılıkların Şairi</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786055601317</t>
+          <t>9789758800889</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Akıl Tamircisi</t>
+          <t>Aynanın Gözyaşı</t>
         </is>
       </c>
       <c r="C24" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786055601195</t>
+          <t>9789758800483</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Ahtapot Sevişmeleri</t>
+          <t>Ay Zamanı Zalımca</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789758800162</t>
+          <t>9789758800476</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Adım Yalnızlık Benim</t>
+          <t>Aşklara Ayrılık Yağıyor</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786055601348</t>
+          <t>9789758800117</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Gülüşün Düştü</t>
+          <t>Aşk Utandı</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786055601331</t>
+          <t>9786055601317</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Gönül Kuşum</t>
+          <t>Akıl Tamircisi</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789758800612</t>
+          <t>9786055601195</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Git Bu Şehirden</t>
+          <t>Ahtapot Sevişmeleri</t>
         </is>
       </c>
       <c r="C29" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789758800865</t>
+          <t>9789758800162</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Gelin Bizi Ayırt Edin Ulan</t>
+          <t>Adım Yalnızlık Benim</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789758800940</t>
+          <t>9786055601348</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Gece Zamandır Sadece</t>
+          <t>Gülüşün Düştü</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786055601102</t>
+          <t>9786055601331</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Gece Uzun Gün Uzaktı</t>
+          <t>Gönül Kuşum</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789758800315</t>
+          <t>9789758800612</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Garda Kalan Son Öpücük</t>
+          <t>Git Bu Şehirden</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786055601263</t>
+          <t>9789758800865</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Gün İçin</t>
+          <t>Gelin Bizi Ayırt Edin Ulan</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786055601171</t>
+          <t>9789758800940</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Düşlerimi Alır Yanıma Giderim</t>
+          <t>Gece Zamandır Sadece</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786055601379</t>
+          <t>9786055601102</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Rıhtımında</t>
+          <t>Gece Uzun Gün Uzaktı</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786055601270</t>
+          <t>9789758800315</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Ortası Issızlık</t>
+          <t>Garda Kalan Son Öpücük</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786055601188</t>
+          <t>9786055601263</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Bir Sanrıydı Manolya</t>
+          <t>En Güzel Gün İçin</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786055601393</t>
+          <t>9786055601171</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Benim Kabuslarım</t>
+          <t>Düşlerimi Alır Yanıma Giderim</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789758800391</t>
+          <t>9786055601379</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Dilde Ağıdım Gözde Hüznüm Olursun</t>
+          <t>Dünyanın Rıhtımında</t>
         </is>
       </c>
       <c r="C40" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786055601973</t>
+          <t>9786055601270</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Unutulanlar</t>
+          <t>Dünyanın Ortası Issızlık</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>250</v>
+        <v>80</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786055601966</t>
+          <t>9786055601188</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Kimim Ben</t>
+          <t>Bir Sanrıydı Manolya</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786055601959</t>
+          <t>9786055601393</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Hoçvan’ın Gülü</t>
+          <t>Benim Kabuslarım</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786055601942</t>
+          <t>9789758800391</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Kumkapılı Kadın</t>
+          <t>Dilde Ağıdım Gözde Hüznüm Olursun</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>200</v>
+        <v>80</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786055601928</t>
+          <t>9786055601973</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Kum Krallığı</t>
+          <t>Unutulanlar</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786055601904</t>
+          <t>9786055601966</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Nedir, Ne Değildir?</t>
+          <t>Kimim Ben</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>200</v>
+        <v>110</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786055601898</t>
+          <t>9786055601959</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın 'En Güzel Suç'u</t>
+          <t>Hoçvan’ın Gülü</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786055601881</t>
+          <t>9786055601942</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Eskiler Satıyoom!..</t>
+          <t>Kumkapılı Kadın</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786055601874</t>
+          <t>9786055601928</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Kırık Kilit</t>
+          <t>Kum Krallığı</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786055601867</t>
+          <t>9786055601904</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Ağıldaki Kızılcık</t>
+          <t>Felsefe Nedir, Ne Değildir?</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786055601850</t>
+          <t>9786055601898</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Aşka Doğru</t>
+          <t>Dünyanın 'En Güzel Suç'u</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786055601836</t>
+          <t>9786055601881</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Çilekli Masal Pastası</t>
+          <t>Eskiler Satıyoom!..</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786055601829</t>
+          <t>9786055601874</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Meşeler Göverince</t>
+          <t>Kırık Kilit</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786055601812</t>
+          <t>9786055601867</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Söz</t>
+          <t>Ağıldaki Kızılcık</t>
         </is>
       </c>
       <c r="C54" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786055601782</t>
+          <t>9786055601850</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Gazetecilik Oyunu</t>
+          <t>Aşka Doğru</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>100</v>
+        <v>220</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786055601805</t>
+          <t>9786055601836</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Dondurma Ülkesi</t>
+          <t>Çilekli Masal Pastası</t>
         </is>
       </c>
       <c r="C56" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786055601799</t>
+          <t>9786055601829</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Zilli Saat</t>
+          <t>Meşeler Göverince</t>
         </is>
       </c>
       <c r="C57" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786055601775</t>
+          <t>9786055601812</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Ölünce de Kırmızı Ruj Sürüyor musunuz?</t>
+          <t>Söz</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786055601768</t>
+          <t>9786055601782</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Taş ve Gül</t>
+          <t>Gazetecilik Oyunu</t>
         </is>
       </c>
       <c r="C59" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786055601751</t>
+          <t>9786055601805</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Araf</t>
+          <t>Dondurma Ülkesi</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786055601744</t>
+          <t>9786055601799</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Çırpınıp Ölsem Sevdalarda</t>
+          <t>Zilli Saat</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786055601737</t>
+          <t>9786055601775</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Dokunulmamış</t>
+          <t>Ölünce de Kırmızı Ruj Sürüyor musunuz?</t>
         </is>
       </c>
       <c r="C62" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789757957713</t>
+          <t>9786055601768</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Göçmen Türküsü</t>
+          <t>Taş ve Gül</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786055601720</t>
+          <t>9786055601751</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Yaprak ve Su</t>
+          <t>Araf</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786055601706</t>
+          <t>9786055601744</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Uçuşan Öyküler</t>
+          <t>Çırpınıp Ölsem Sevdalarda</t>
         </is>
       </c>
       <c r="C65" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786055601713</t>
+          <t>9786055601737</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Sakın Kızma Anne</t>
+          <t>Dokunulmamış</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786055601690</t>
+          <t>9789757957713</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Kuşların Şarkısı</t>
+          <t>Göçmen Türküsü</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>100</v>
+        <v>80</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786055601676</t>
+          <t>9786055601720</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Ceylan ve Tavuskuşu</t>
+          <t>Yaprak ve Su</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786055601683</t>
+          <t>9786055601706</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Buharlı Saat</t>
+          <t>Uçuşan Öyküler</t>
         </is>
       </c>
       <c r="C69" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786055601669</t>
+          <t>9786055601713</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Gonca Bir Güldü</t>
+          <t>Sakın Kızma Anne</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786055601645</t>
+          <t>9786055601690</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Aşk’a Zum</t>
+          <t>Kuşların Şarkısı</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786055601652</t>
+          <t>9786055601676</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Aydınlığın Bedeli</t>
+          <t>Ceylan ve Tavuskuşu</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>150</v>
+        <v>80</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786055601638</t>
+          <t>9786055601683</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Çiçeğime Notlar</t>
+          <t>Buharlı Saat</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786055601614</t>
+          <t>9786055601669</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Güneşi İçen Çocuklar</t>
+          <t>Gonca Bir Güldü</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786055601621</t>
+          <t>9786055601645</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Kırık Yüzlü Adam</t>
+          <t>Aşk’a Zum</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>70</v>
+        <v>200</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786055601607</t>
+          <t>9786055601652</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Bir Aşk Şarkısı Provası</t>
+          <t>Aydınlığın Bedeli</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786055601584</t>
+          <t>9786055601638</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Aşk Gitme Benden</t>
+          <t>Kızıl Çiçeğime Notlar</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786055601591</t>
+          <t>9786055601614</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Dul</t>
+          <t>Güneşi İçen Çocuklar</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786055601577</t>
+          <t>9786055601621</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Paraşütteki Çocuk</t>
+          <t>Kırık Yüzlü Adam</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>250</v>
+        <v>70</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786055601560</t>
+          <t>9786055601607</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Seher Uykusu</t>
+          <t>Bir Aşk Şarkısı Provası</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>200</v>
+        <v>80</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786055601553</t>
+          <t>9786055601584</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Silahların Gölgesinde Aşk (Ciltli)</t>
+          <t>Aşk Gitme Benden</t>
         </is>
       </c>
       <c r="C81" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786055601430</t>
+          <t>9786055601591</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>11. Lanet</t>
+          <t>Beyaz Dul</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786055601546</t>
+          <t>9786055601577</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Suya Dökülen Hasret</t>
+          <t>Paraşütteki Çocuk</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>40</v>
+        <v>250</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786055601539</t>
+          <t>9786055601560</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Umut Hep Var</t>
+          <t>Seher Uykusu</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786055601522</t>
+          <t>9786055601553</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>İnsan, Doğa ve Özgürlük</t>
+          <t>Silahların Gölgesinde Aşk (Ciltli)</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786055601515</t>
+          <t>9786055601430</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Seki’nin Mor Menevşeleri</t>
+          <t>11. Lanet</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786055601485</t>
+          <t>9786055601546</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Viran Köfteci</t>
+          <t>Suya Dökülen Hasret</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>100</v>
+        <v>40</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786055601492</t>
+          <t>9786055601539</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Esey ile Haydar Çavuş</t>
+          <t>Umut Hep Var</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786055601508</t>
+          <t>9786055601522</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Çam Deviren</t>
+          <t>İnsan, Doğa ve Özgürlük</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9789757957416</t>
+          <t>9786055601515</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Bora İçin Şiirler</t>
+          <t>Seki’nin Mor Menevşeleri</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786055601478</t>
+          <t>9786055601485</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Biz Seninle Bir Bakış Aşk’tık</t>
+          <t>Viran Köfteci</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>90</v>
+        <v>100</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786055601461</t>
+          <t>9786055601492</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Natalya’nın İç Dökmeleri</t>
+          <t>Esey ile Haydar Çavuş</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9779757957646</t>
+          <t>9786055601508</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Fırtınanın Ortasındaki Yaşam</t>
+          <t>Çam Deviren</t>
         </is>
       </c>
       <c r="C93" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9789758800742</t>
+          <t>9789757957416</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Sadeleşmek</t>
+          <t>Bora İçin Şiirler</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>30</v>
+        <v>140</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9789758800018</t>
+          <t>9786055601478</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Ateşim Ol</t>
+          <t>Biz Seninle Bir Bakış Aşk’tık</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>100</v>
+        <v>90</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789757957805</t>
+          <t>9786055601461</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Tanrılar Boylamı</t>
+          <t>Natalya’nın İç Dökmeleri</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9789757957454</t>
+          <t>9779757957646</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Lulua - Narina Koyu</t>
+          <t>Fırtınanın Ortasındaki Yaşam</t>
         </is>
       </c>
       <c r="C97" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9789757957959</t>
+          <t>9789758800742</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Düşlerimin Gül Şafağı</t>
+          <t>Sadeleşmek</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>90</v>
+        <v>30</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9789758800179</t>
+          <t>9789758800018</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Çöl Yalnızlığı</t>
+          <t>Ateşim Ol</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9789758800216</t>
+          <t>9789757957805</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Sev-dalı Su</t>
+          <t>Tanrılar Boylamı</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>100</v>
+        <v>80</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789758800537</t>
+          <t>9789757957454</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Gönlümün Mahzeninden Sana Sevda Türküleri (Ciltli)</t>
+          <t>Lulua - Narina Koyu</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>90</v>
+        <v>100</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9789758800957</t>
+          <t>9789757957959</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Karanlığın İçindeki Işık Işığın İçindeki Karanlık</t>
+          <t>Düşlerimin Gül Şafağı</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>110</v>
+        <v>90</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786055601119</t>
+          <t>9789758800179</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>A'dan Z'ye One Minute Fıkraları</t>
+          <t>Çöl Yalnızlığı</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>90</v>
+        <v>80</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786055601065</t>
+          <t>9789758800216</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Yanlış Yataklarda Çürüyor Etlerimiz</t>
+          <t>Sev-dalı Su</t>
         </is>
       </c>
       <c r="C104" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786055601232</t>
+          <t>9789758800537</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Karanlıkta Yazabiliyorum Anne</t>
+          <t>Gönlümün Mahzeninden Sana Sevda Türküleri (Ciltli)</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>100</v>
+        <v>90</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9789757957928</t>
+          <t>9789758800957</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’a Kırk Satır</t>
+          <t>Karanlığın İçindeki Işık Işığın İçindeki Karanlık</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>120</v>
+        <v>110</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9789758800667</t>
+          <t>9786055601119</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>İdil</t>
+          <t>A'dan Z'ye One Minute Fıkraları</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>100</v>
+        <v>90</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9789758800254</t>
+          <t>9786055601065</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Beyleri</t>
+          <t>Yanlış Yataklarda Çürüyor Etlerimiz</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>90</v>
+        <v>100</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9789758800766</t>
+          <t>9786055601232</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Amansız Bir Aşk</t>
+          <t>Karanlıkta Yazabiliyorum Anne</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>140</v>
+        <v>100</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786055601249</t>
+          <t>9789757957928</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Aldanmayanlar Boş Gezer</t>
+          <t>İstanbul’a Kırk Satır</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9789757957836</t>
+          <t>9789758800667</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Yakılacak Şiirler</t>
+          <t>İdil</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786055601447</t>
+          <t>9789758800254</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Sisli Günler</t>
+          <t>Anadolu Beyleri</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>180</v>
+        <v>90</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9789757957843</t>
+          <t>9789758800766</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Chat Geyikleri</t>
+          <t>Amansız Bir Aşk</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9789758800223</t>
+          <t>9786055601249</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Yüreğimle Yüreğine Dokunsam</t>
+          <t>Aldanmayanlar Boş Gezer</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>90</v>
+        <v>150</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9789758800988</t>
+          <t>9789757957836</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Şiirimsi Çığlıklar</t>
+          <t>Yakılacak Şiirler</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9789758800490</t>
+          <t>9786055601447</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcım ve Ben</t>
+          <t>Sisli Günler</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9789757957591</t>
+          <t>9789757957843</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>...ist</t>
+          <t>Chat Geyikleri</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>30</v>
+        <v>150</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9789758800711</t>
+          <t>9789758800223</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Eylül Sürgünleri</t>
+          <t>Yüreğimle Yüreğine Dokunsam</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>200</v>
+        <v>90</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>3990000001829</t>
+          <t>9789758800988</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>4 Kan Nasıl Oldu, Ne Hissettiler? Farklı Sosyal Statüdeki Kadınların Duyguları</t>
+          <t>Şiirimsi Çığlıklar</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9789758800568</t>
+          <t>9789758800490</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Yaralı Gönül İniltileri</t>
+          <t>Yaratıcım ve Ben</t>
         </is>
       </c>
       <c r="C120" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>3990000025532</t>
+          <t>9789757957591</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Uyumayan Acı</t>
+          <t>...ist</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>70</v>
+        <v>30</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>3990000015596</t>
+          <t>9789758800711</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>TKP-İşçinin Sesi</t>
+          <t>Eylül Sürgünleri</t>
         </is>
       </c>
       <c r="C122" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9789758800674</t>
+          <t>3990000001829</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Gazilik ve Kimlik</t>
+          <t>4 Kan Nasıl Oldu, Ne Hissettiler? Farklı Sosyal Statüdeki Kadınların Duyguları</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9799757957514</t>
+          <t>9789758800568</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Aşağı Bahçe</t>
+          <t>Yaralı Gönül İniltileri</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9789758800841</t>
+          <t>3990000025532</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>O Bizim Son Umudumuz</t>
+          <t>Uyumayan Acı</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>60</v>
+        <v>70</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9789758800797</t>
+          <t>3990000015596</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Deşifre Etme Yalnızlığımı</t>
+          <t>TKP-İşçinin Sesi</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>90</v>
+        <v>200</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9799757957965</t>
+          <t>9789758800674</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Seslerin Sesi</t>
+          <t>Gazilik ve Kimlik</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>120</v>
+        <v>50</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9789757957317</t>
+          <t>9799757957514</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Siz Bizi Küçük mü Sanıyorsunuz</t>
+          <t>Aşağı Bahçe</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>30</v>
+        <v>120</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9789758800773</t>
+          <t>9789758800841</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Zarfsız Mektuplar</t>
+          <t>O Bizim Son Umudumuz</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>100</v>
+        <v>60</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9789758800247</t>
+          <t>9789758800797</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Yasağına Yaslandım</t>
+          <t>Deşifre Etme Yalnızlığımı</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>100</v>
+        <v>90</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9789758800292</t>
+          <t>9799757957965</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Yalansız Yalnızlığım</t>
+          <t>Seslerin Sesi</t>
         </is>
       </c>
       <c r="C131" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9789758800780</t>
+          <t>9789757957317</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Yağmur Durunca</t>
+          <t>Siz Bizi Küçük mü Sanıyorsunuz</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>280</v>
+        <v>30</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786055601362</t>
+          <t>9789758800773</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Üzüntülerimin Karakışı</t>
+          <t>Zarfsız Mektuplar</t>
         </is>
       </c>
       <c r="C133" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9789758800360</t>
+          <t>9789758800247</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>The Inadequacy of Basels Convergences and The Alternative Model for Banking</t>
+          <t>Yasağına Yaslandım</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9789758800858</t>
+          <t>9789758800292</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Soğuk Takvim</t>
+          <t>Yalansız Yalnızlığım</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786055601416</t>
+          <t>9789758800780</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Sen Benim En Güzel Şiirimsin</t>
+          <t>Yağmur Durunca</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>100</v>
+        <v>280</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>3990000003114</t>
+          <t>9786055601362</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Paslı Hınçlar Ülkesi</t>
+          <t>Üzüntülerimin Karakışı</t>
         </is>
       </c>
       <c r="C137" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>3990000087158</t>
+          <t>9789758800360</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Palyaçonun Ayna Sığınağı</t>
+          <t>The Inadequacy of Basels Convergences and The Alternative Model for Banking</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786055601133</t>
+          <t>9789758800858</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Ömrümü Çalan Aşk</t>
+          <t>Soğuk Takvim</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786055601126</t>
+          <t>9786055601416</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Okula El Salla</t>
+          <t>Sen Benim En Güzel Şiirimsin</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9789758800896</t>
+          <t>3990000003114</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Nuh’un Gemisini Beklerken</t>
+          <t>Paslı Hınçlar Ülkesi</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9789758800971</t>
+          <t>3990000087158</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Nar Ağacı Çiçek Açtı</t>
+          <t>Palyaçonun Ayna Sığınağı</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786055601201</t>
+          <t>9786055601133</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Müşteri Yine Haklı</t>
+          <t>Ömrümü Çalan Aşk</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>3990000037124</t>
+          <t>9786055601126</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Kirlerin/in Üstünde Mavi</t>
+          <t>Okula El Salla</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786055601027</t>
+          <t>9789758800896</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>İçi Görünen Şiirler</t>
+          <t>Nuh’un Gemisini Beklerken</t>
         </is>
       </c>
       <c r="C145" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786055601072</t>
+          <t>9789758800971</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Hüseyin ve Mezar Kazıcı Mahdumları</t>
+          <t>Nar Ağacı Çiçek Açtı</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786055601355</t>
+          <t>9786055601201</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Hülle ve Töre</t>
+          <t>Müşteri Yine Haklı</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
+          <t>3990000037124</t>
+        </is>
+      </c>
+      <c r="B148" s="1" t="inlineStr">
+        <is>
+          <t>Kirlerin/in Üstünde Mavi</t>
+        </is>
+      </c>
+      <c r="C148" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="149" spans="1:3">
+      <c r="A149" s="1" t="inlineStr">
+        <is>
+          <t>9786055601027</t>
+        </is>
+      </c>
+      <c r="B149" s="1" t="inlineStr">
+        <is>
+          <t>İçi Görünen Şiirler</t>
+        </is>
+      </c>
+      <c r="C149" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="150" spans="1:3">
+      <c r="A150" s="1" t="inlineStr">
+        <is>
+          <t>9786055601072</t>
+        </is>
+      </c>
+      <c r="B150" s="1" t="inlineStr">
+        <is>
+          <t>Hüseyin ve Mezar Kazıcı Mahdumları</t>
+        </is>
+      </c>
+      <c r="C150" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="151" spans="1:3">
+      <c r="A151" s="1" t="inlineStr">
+        <is>
+          <t>9786055601355</t>
+        </is>
+      </c>
+      <c r="B151" s="1" t="inlineStr">
+        <is>
+          <t>Hülle ve Töre</t>
+        </is>
+      </c>
+      <c r="C151" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="152" spans="1:3">
+      <c r="A152" s="1" t="inlineStr">
+        <is>
           <t>9786055601140</t>
         </is>
       </c>
-      <c r="B148" s="1" t="inlineStr">
+      <c r="B152" s="1" t="inlineStr">
         <is>
           <t>Hazar ile Çağrı</t>
         </is>
       </c>
-      <c r="C148" s="1">
+      <c r="C152" s="1">
         <v>140</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>