--- v1 (2025-12-16)
+++ v2 (2026-02-07)
@@ -304,81 +304,81 @@
         <is>
           <t>9786256095045</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
           <t>Düğüm</t>
         </is>
       </c>
       <c r="C15" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
           <t>9786256095038</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
           <t>İzmir Sefarad Yahudilerinde Dinsel ve Din Dışı Müzik Pratikleri</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
           <t>9786256095021</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
           <t>Beni Cennete Götür</t>
         </is>
       </c>
       <c r="C17" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
           <t>9786256095014</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
           <t>Ardahan Toprağında Büyüyen Yediverenler</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>750</v>
+        <v>800</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
           <t>9786256095007</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
           <t>Marsyas Ölür Dirilir</t>
         </is>
       </c>
       <c r="C19" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
           <t>9786055601997</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
@@ -784,51 +784,51 @@
         <is>
           <t>9786055601959</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
           <t>Hoçvan’ın Gülü</t>
         </is>
       </c>
       <c r="C47" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
           <t>9786055601942</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
           <t>Kumkapılı Kadın</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
           <t>9786055601928</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
           <t>Kum Krallığı</t>
         </is>
       </c>
       <c r="C49" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
           <t>9786055601904</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
@@ -1069,96 +1069,96 @@
         <is>
           <t>9786055601737</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
           <t>Dokunulmamış</t>
         </is>
       </c>
       <c r="C66" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
           <t>9789757957713</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
           <t>Göçmen Türküsü</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
           <t>9786055601720</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
           <t>Yaprak ve Su</t>
         </is>
       </c>
       <c r="C68" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
           <t>9786055601706</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
           <t>Uçuşan Öyküler</t>
         </is>
       </c>
       <c r="C69" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
           <t>9786055601713</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
           <t>Sakın Kızma Anne</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
           <t>9786055601690</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
           <t>Kuşların Şarkısı</t>
         </is>
       </c>
       <c r="C71" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
           <t>9786055601676</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
@@ -1309,51 +1309,51 @@
         <is>
           <t>9786055601591</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
           <t>Beyaz Dul</t>
         </is>
       </c>
       <c r="C82" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
           <t>9786055601577</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
           <t>Paraşütteki Çocuk</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
           <t>9786055601560</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
           <t>Seher Uykusu</t>
         </is>
       </c>
       <c r="C84" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
           <t>9786055601553</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
@@ -1444,96 +1444,96 @@
         <is>
           <t>9786055601485</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
           <t>Viran Köfteci</t>
         </is>
       </c>
       <c r="C91" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
           <t>9786055601492</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
           <t>Esey ile Haydar Çavuş</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
           <t>9786055601508</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
           <t>Çam Deviren</t>
         </is>
       </c>
       <c r="C93" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
           <t>9789757957416</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
           <t>Bora İçin Şiirler</t>
         </is>
       </c>
       <c r="C94" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
           <t>9786055601478</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
           <t>Biz Seninle Bir Bakış Aşk’tık</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>90</v>
+        <v>100</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
           <t>9786055601461</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
           <t>Natalya’nın İç Dökmeleri</t>
         </is>
       </c>
       <c r="C96" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
           <t>9779757957646</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
@@ -1744,51 +1744,51 @@
         <is>
           <t>9789758800667</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
           <t>İdil</t>
         </is>
       </c>
       <c r="C111" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
           <t>9789758800254</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
           <t>Anadolu Beyleri</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>90</v>
+        <v>100</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
           <t>9789758800766</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
           <t>Amansız Bir Aşk</t>
         </is>
       </c>
       <c r="C113" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
           <t>9786055601249</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
@@ -2104,51 +2104,51 @@
         <is>
           <t>9789758800292</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
           <t>Yalansız Yalnızlığım</t>
         </is>
       </c>
       <c r="C135" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
           <t>9789758800780</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
           <t>Yağmur Durunca</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
           <t>9786055601362</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
           <t>Üzüntülerimin Karakışı</t>
         </is>
       </c>
       <c r="C137" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
           <t>9789758800360</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
@@ -2194,51 +2194,51 @@
         <is>
           <t>3990000003114</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
           <t>Paslı Hınçlar Ülkesi</t>
         </is>
       </c>
       <c r="C141" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
           <t>3990000087158</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
           <t>Palyaçonun Ayna Sığınağı</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
           <t>9786055601133</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
           <t>Ömrümü Çalan Aşk</t>
         </is>
       </c>
       <c r="C143" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
           <t>9786055601126</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>