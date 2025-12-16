--- v0 (2025-10-30)
+++ v1 (2025-12-16)
@@ -85,9895 +85,9955 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256353848</t>
+          <t>9786256353954</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Kedilerin Şifalı Gücü</t>
+          <t>İnsanları Tanıma Sanatı (Ciltli)</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>320</v>
+        <v>240</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786257781817</t>
+          <t>9786256353992</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Çiftliği</t>
+          <t>Moby Dick (Ciltli)</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>105</v>
+        <v>325</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256353862</t>
+          <t>9786256353831</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>İyi Besin Sakin Zihin</t>
+          <t>Mankafa Wilson (Ciltli)</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>320</v>
+        <v>290</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256353923</t>
+          <t>9786256353930</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Safahat (Ciltli)</t>
+          <t>Bunu Düşünmek İstemezdim</t>
         </is>
       </c>
       <c r="C5" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256353909</t>
+          <t>9786256353848</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Tarihi</t>
+          <t>Kedilerin Şifalı Gücü</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>280</v>
+        <v>320</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256353800</t>
+          <t>9786257781817</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Türkçülüğün Esasları</t>
+          <t>Hayvan Çiftliği</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>140</v>
+        <v>105</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256353855</t>
+          <t>9786256353862</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar ve Ergenler İçin Bilişsel Davranışçı Terapi Yardım Kiti</t>
+          <t>İyi Besin Sakin Zihin</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>350</v>
+        <v>320</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256353947</t>
+          <t>9786256353923</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Sen Yeter ki İste</t>
+          <t>Safahat (Ciltli)</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>290</v>
+        <v>240</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256353770</t>
+          <t>9786256353909</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Nala’nın Dünyası</t>
+          <t>Aşkın Tarihi</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>270</v>
+        <v>280</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786256353787</t>
+          <t>9786256353800</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Nala’nın Dünyası (Ciltli)</t>
+          <t>Türkçülüğün Esasları</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>320</v>
+        <v>140</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786256353763</t>
+          <t>9786256353855</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Jack Reacher 1 - Mezbaha</t>
+          <t>Çocuklar ve Ergenler İçin Bilişsel Davranışçı Terapi Yardım Kiti</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>340</v>
+        <v>350</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786256353343</t>
+          <t>9786256353947</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Oblomov</t>
+          <t>Sen Yeter ki İste</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>220</v>
+        <v>290</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786057572318</t>
+          <t>9786256353770</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Bellek</t>
+          <t>Nala’nın Dünyası</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>190</v>
+        <v>270</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786059702911</t>
+          <t>9786256353787</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Bir Kadının Mektubu (Ciltsiz)</t>
+          <t>Nala’nın Dünyası (Ciltli)</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>80</v>
+        <v>320</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786059702928</t>
+          <t>9786256353763</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Bir Delinin Hatıra Defteri</t>
+          <t>Jack Reacher 1 - Mezbaha</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>80</v>
+        <v>340</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786059702935</t>
+          <t>9786256353343</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Bir Kadının Yaşamından 24 Saat (Ciltsiz)</t>
+          <t>Oblomov</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>80</v>
+        <v>220</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786057572158</t>
+          <t>9786057572318</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Genç Werther’in Acıları (Ciltsiz)</t>
+          <t>Bellek</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>105</v>
+        <v>190</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786057572165</t>
+          <t>9786059702911</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Yeraltından Notlar (Ciltslz)</t>
+          <t>Bilinmeyen Bir Kadının Mektubu (Ciltsiz)</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>60</v>
+        <v>80</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786057572141</t>
+          <t>9786059702928</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Gurur (Ciltsiz)</t>
+          <t>Bir Delinin Hatıra Defteri</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>160</v>
+        <v>80</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786057572240</t>
+          <t>9786059702935</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Seyyah</t>
+          <t>Bir Kadının Yaşamından 24 Saat (Ciltsiz)</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>240</v>
+        <v>80</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786057572462</t>
+          <t>9786057572158</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Babalar ve Oğullar</t>
+          <t>Genç Werther’in Acıları (Ciltsiz)</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>130</v>
+        <v>105</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786057572455</t>
+          <t>9786057572165</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>İki Şehrin Hikayesi</t>
+          <t>Yeraltından Notlar (Ciltslz)</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>210</v>
+        <v>60</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786057572431</t>
+          <t>9786057572141</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Toplum Sözleşmesi</t>
+          <t>Aşk ve Gurur (Ciltsiz)</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>105</v>
+        <v>160</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786057572400</t>
+          <t>9786057572240</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Ermiş</t>
+          <t>Seyyah</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>80</v>
+        <v>240</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786057572011</t>
+          <t>9786057572462</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Kitapçı Mendel - Bir Yaz Öyküsü</t>
+          <t>Babalar ve Oğullar</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>80</v>
+        <v>130</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786057572028</t>
+          <t>9786057572455</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Kızıl - İki Yalnız İnsan</t>
+          <t>İki Şehrin Hikayesi</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>80</v>
+        <v>210</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786059702997</t>
+          <t>9786057572431</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Korku</t>
+          <t>Toplum Sözleşmesi</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>80</v>
+        <v>105</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786059702966</t>
+          <t>9786057572400</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Milena'ya Mektuplar</t>
+          <t>Ermiş</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>161</v>
+        <v>80</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786057572004</t>
+          <t>9786057572011</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Yakıcı Sır</t>
+          <t>Kitapçı Mendel - Bir Yaz Öyküsü</t>
         </is>
       </c>
       <c r="C30" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786057572035</t>
+          <t>9786057572028</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Olağanüstü Bir Gece</t>
+          <t>Kızıl - İki Yalnız İnsan</t>
         </is>
       </c>
       <c r="C31" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786059702591</t>
+          <t>9786059702997</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Oda</t>
+          <t>Korku</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>28</v>
+        <v>80</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786059702584</t>
+          <t>9786059702966</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Öldüm Çık</t>
+          <t>Milena'ya Mektuplar</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>28</v>
+        <v>161</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786059702386</t>
+          <t>9786057572004</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Bir Kadının Mektubu - Olağanüstü Bir Gece (Ciltli)</t>
+          <t>Yakıcı Sır</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>27</v>
+        <v>80</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786059702980</t>
+          <t>9786057572035</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Amok Koşucusu</t>
+          <t>Olağanüstü Bir Gece</t>
         </is>
       </c>
       <c r="C35" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786059702959</t>
+          <t>9786059702591</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Geceler</t>
+          <t>Oda</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>80</v>
+        <v>28</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786057572172</t>
+          <t>9786059702584</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Bir İdam Mahkumunun Son Günü</t>
+          <t>Öldüm Çık</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>105</v>
+        <v>28</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786054629220</t>
+          <t>9786059702386</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Zaman Haritası</t>
+          <t>Bilinmeyen Bir Kadının Mektubu - Olağanüstü Bir Gece (Ciltli)</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>18.52</v>
+        <v>27</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786054188390</t>
+          <t>9786059702980</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Yitik Cennet</t>
+          <t>Amok Koşucusu</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>14.81</v>
+        <v>80</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786054188437</t>
+          <t>9786059702959</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Yitik</t>
+          <t>Beyaz Geceler</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>15.74</v>
+        <v>80</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786054188567</t>
+          <t>9786057572172</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Yeni Başlayanlar İçin İslam Tarihi</t>
+          <t>Bir İdam Mahkumunun Son Günü</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>13.89</v>
+        <v>105</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786054629084</t>
+          <t>9786054629220</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Yalan Makinesi</t>
+          <t>Zaman Haritası</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>16.67</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786054629015</t>
+          <t>9786054188390</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Ya Hep Ya Hiç</t>
+          <t>Yitik Cennet</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>16.67</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9799759990311</t>
+          <t>9786054188437</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Vatikan Karşısında Farmasonluk</t>
+          <t>Yitik</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>9.26</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786059702003</t>
+          <t>9786054188567</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Var Olmanın Gücü</t>
+          <t>Yeni Başlayanlar İçin İslam Tarihi</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>27</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786054629213</t>
+          <t>9786054629084</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Vahşi Güzel</t>
+          <t>Yalan Makinesi</t>
         </is>
       </c>
       <c r="C46" s="1">
         <v>16.67</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9799944983104</t>
+          <t>9786054629015</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Üçüncü Tercüme</t>
+          <t>Ya Hep Ya Hiç</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>13.89</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789944983655</t>
+          <t>9799759990311</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Üçüncü Dalga</t>
+          <t>Vatikan Karşısında Farmasonluk</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>39</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786054629374</t>
+          <t>9786059702003</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Tutsak</t>
+          <t>Var Olmanın Gücü</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>18.52</v>
+        <v>27</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786054188369</t>
+          <t>9786054629213</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Tutku</t>
+          <t>Vahşi Güzel</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>12.96</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786054629060</t>
+          <t>9799944983104</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Travma</t>
+          <t>Üçüncü Tercüme</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>9.17</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786054188765</t>
+          <t>9789944983655</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Travma</t>
+          <t>Üçüncü Dalga</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>31.85</v>
+        <v>39</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786054188116</t>
+          <t>9786054629374</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Tetikçi</t>
+          <t>Tutsak</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>13.89</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786054188727</t>
+          <t>9786054188369</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Teslimiyet</t>
+          <t>Tutku</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>16.67</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9799759990564</t>
+          <t>9786054629060</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Terapistim, Aşkım</t>
+          <t>Travma</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>7.41</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786054629107</t>
+          <t>9786054188765</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Tepelerin Kemikleri</t>
+          <t>Travma</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>18.52</v>
+        <v>31.85</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786054188550</t>
+          <t>9786054188116</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Teklif</t>
+          <t>Tetikçi</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>16.67</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786054188673</t>
+          <t>9786054188727</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Tavuk Suyuna Çorba: İlham ve Motivasyon</t>
+          <t>Teslimiyet</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>18</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786054188499</t>
+          <t>9799759990564</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Tavuk Suyuna Çorba: Hayallerinizdeki Hayatı Yaşayın</t>
+          <t>Terapistim, Aşkım</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>18</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786054629176</t>
+          <t>9786054629107</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Tavuk Suyuna Çorba: Anne Adayları İçin</t>
+          <t>Tepelerin Kemikleri</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>14.81</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786054629206</t>
+          <t>9786054188550</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Tavuk Suyuna Çorba - Fark Yaratan İnsanlar</t>
+          <t>Teklif</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>18</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786054629008</t>
+          <t>9786054188673</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Tavuk Suyuna Çorba - Aşk Öyküleri</t>
+          <t>Tavuk Suyuna Çorba: İlham ve Motivasyon</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>15</v>
+        <v>18</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786054629282</t>
+          <t>9786054188499</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Tavuk Suyuna Çorba - Asla Pes Etme</t>
+          <t>Tavuk Suyuna Çorba: Hayallerinizdeki Hayatı Yaşayın</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786054188994</t>
+          <t>9786054629176</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Taşıyıcı</t>
+          <t>Tavuk Suyuna Çorba: Anne Adayları İçin</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>16.67</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9799750039774</t>
+          <t>9786054629206</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Tanrı’nın Kızı Bir Kadın Mesih?</t>
+          <t>Tavuk Suyuna Çorba - Fark Yaratan İnsanlar</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>18.52</v>
+        <v>18</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9799944983173</t>
+          <t>9786054629008</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Şok Gelecek Korkusu</t>
+          <t>Tavuk Suyuna Çorba - Aşk Öyküleri</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>14.81</v>
+        <v>15</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9799759990052</t>
+          <t>9786054629282</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Şeytanın Atlıları Kutsal Kase’nin Peşinde 1. Kitap</t>
+          <t>Tavuk Suyuna Çorba - Asla Pes Etme</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>16.67</v>
+        <v>20</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9789944983600</t>
+          <t>9786054188994</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Şahitler Kulübü</t>
+          <t>Taşıyıcı</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>12.96</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9789944983426</t>
+          <t>9799750039774</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Sözlü Dövüş: Kibarca İkna Sanatı</t>
+          <t>Tanrı’nın Kızı Bir Kadın Mesih?</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>270</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786054188345</t>
+          <t>9799944983173</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Sorular Kitabı</t>
+          <t>Şok Gelecek Korkusu</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>8.33</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786054188079</t>
+          <t>9799759990052</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Son Tapınak Şövalyesi</t>
+          <t>Şeytanın Atlıları Kutsal Kase’nin Peşinde 1. Kitap</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>9.26</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789944083027</t>
+          <t>9789944983600</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Son Tapınak Şövalyesi</t>
+          <t>Şahitler Kulübü</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>18.52</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9789944983945</t>
+          <t>9789944983426</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Şeytan Yıldızı</t>
+          <t>Sözlü Dövüş: Kibarca İkna Sanatı</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>20.37</v>
+        <v>270</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789944983457</t>
+          <t>9786054188345</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Son Ayinler</t>
+          <t>Sorular Kitabı</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>12.96</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786054188154</t>
+          <t>9786054188079</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Siz: Güzellik Sırları</t>
+          <t>Son Tapınak Şövalyesi</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>22.22</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786054629381</t>
+          <t>9789944083027</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Siz Diyettesiniz</t>
+          <t>Son Tapınak Şövalyesi</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>23.15</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786054188772</t>
+          <t>9789944983945</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Siz Çocuğunuzu Büyütürken</t>
+          <t>Şeytan Yıldızı</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>23.15</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786054188444</t>
+          <t>9789944983457</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Siz Bebeğinizi Beklerken</t>
+          <t>Son Ayinler</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>23.15</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9799944983036</t>
+          <t>9786054188154</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Siz Akıllı Hasta</t>
+          <t>Siz: Güzellik Sırları</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>18.52</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786054188253</t>
+          <t>9786054629381</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Son Harem</t>
+          <t>Siz Diyettesiniz</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>19.44</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786054629121</t>
+          <t>9786054188772</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Siz - Kullanım Kılavuzunuz</t>
+          <t>Siz Çocuğunuzu Büyütürken</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>25</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9799759990519</t>
+          <t>9786054188444</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Siz  Kullanım Kılavuzunuz</t>
+          <t>Siz Bebeğinizi Beklerken</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>18.52</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9789944983518</t>
+          <t>9799944983036</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Siz  Genç Kalın</t>
+          <t>Siz Akıllı Hasta</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>20</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786054188963</t>
+          <t>9786054188253</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Sır</t>
+          <t>Son Harem</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>18.52</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786054188178</t>
+          <t>9786054629121</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Sınırlar</t>
+          <t>Siz - Kullanım Kılavuzunuz</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>27</v>
+        <v>25</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786054188734</t>
+          <t>9799759990519</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Sensiz Asla</t>
+          <t>Siz  Kullanım Kılavuzunuz</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>14.81</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786054629244</t>
+          <t>9789944983518</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Savaşçı</t>
+          <t>Siz  Genç Kalın</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>16.67</v>
+        <v>20</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786054629077</t>
+          <t>9786054188963</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Saplantı</t>
+          <t>Sır</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>9.17</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786054188932</t>
+          <t>9786054188178</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Saplantı</t>
+          <t>Sınırlar</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>16.67</v>
+        <v>27</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786054188529</t>
+          <t>9786054188734</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Sadece Seninim</t>
+          <t>Sensiz Asla</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>13.89</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786054188161</t>
+          <t>9786054629244</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Sadece 3 Saniyeniz Var</t>
+          <t>Savaşçı</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>12.96</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786054188512</t>
+          <t>9786054629077</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Sabır</t>
+          <t>Saplantı</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>16.67</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786054188918</t>
+          <t>9786054188932</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Pusu</t>
+          <t>Saplantı</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>14.81</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786054188031</t>
+          <t>9786054188529</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Psikopat</t>
+          <t>Sadece Seninim</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>9.26</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9799944983111</t>
+          <t>9786054188161</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Psikopat</t>
+          <t>Sadece 3 Saniyeniz Var</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>15.74</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786054188789</t>
+          <t>9786054188512</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Saklı Düşler</t>
+          <t>Sabır</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>14.81</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9789944983419</t>
+          <t>9786054188918</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Pozitif Gücün Büyüsü İçinizdeki Gücü Keşfedin</t>
+          <t>Pusu</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>25</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786054629411</t>
+          <t>9786054188031</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Pencereme Aşk Kondu</t>
+          <t>Psikopat</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>18.52</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9789944983556</t>
+          <t>9799944983111</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Paris Sarhoşu</t>
+          <t>Psikopat</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>12.96</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9789944983983</t>
+          <t>9786054188789</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Paranoya</t>
+          <t>Saklı Düşler</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>16.67</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786054629329</t>
+          <t>9789944983419</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Sakın Aşağı Bakma</t>
+          <t>Pozitif Gücün Büyüsü İçinizdeki Gücü Keşfedin</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>16.67</v>
+        <v>25</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786054188475</t>
+          <t>9786054629411</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Ölümden Daha Derin</t>
+          <t>Pencereme Aşk Kondu</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>17.59</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786054188703</t>
+          <t>9789944983556</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Ölüm İçgüdüsü</t>
+          <t>Paris Sarhoşu</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>18.52</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786054188628</t>
+          <t>9789944983983</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Öfke Tuzağı</t>
+          <t>Paranoya</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>15.74</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9789944983938</t>
+          <t>9786054629329</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Ovaların Kurdu Cengiz Han (Ciltli)</t>
+          <t>Sakın Aşağı Bakma</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>23.15</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9789944983723</t>
+          <t>9786054188475</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Okçuların Efendisi</t>
+          <t>Ölümden Daha Derin</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>18.52</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786054188833</t>
+          <t>9786054188703</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Neredeyse Kusursuz</t>
+          <t>Ölüm İçgüdüsü</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>13.89</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9799944983272</t>
+          <t>9786054188628</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Nemfoman Bir Kadının Günlüğü Gerçek Bir Yaşam Öyküsü</t>
+          <t>Öfke Tuzağı</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>10.19</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786054629435</t>
+          <t>9789944983938</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Bir Alışkanlıktır</t>
+          <t>Ovaların Kurdu Cengiz Han (Ciltli)</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>14.81</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786054188338</t>
+          <t>9789944983723</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Mutluluğun Coğrafyası</t>
+          <t>Okçuların Efendisi</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>14.81</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9789944983402</t>
+          <t>9786054188833</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Mozaik Cinayetler</t>
+          <t>Neredeyse Kusursuz</t>
         </is>
       </c>
       <c r="C111" s="1">
         <v>13.89</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9799759990588</t>
+          <t>9799944983272</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Mossad Gizli Tarihi</t>
+          <t>Nemfoman Bir Kadının Günlüğü Gerçek Bir Yaşam Öyküsü</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>14.81</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9799750039712</t>
+          <t>9786054629435</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Michelangelo’nun Defteri</t>
+          <t>Mutluluk Bir Alışkanlıktır</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>11.11</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9789944983549</t>
+          <t>9786054188338</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Melek Yüzlü Şeytan</t>
+          <t>Mutluluğun Coğrafyası</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>9.26</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786054188260</t>
+          <t>9789944983402</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Mavi Defter</t>
+          <t>Mozaik Cinayetler</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>12.04</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786054188659</t>
+          <t>9799759990588</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Maskesiz</t>
+          <t>Mossad Gizli Tarihi</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>15.74</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9799944983005</t>
+          <t>9799750039712</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Lanetli İkona</t>
+          <t>Michelangelo’nun Defteri</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>13.89</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786054188826</t>
+          <t>9789944983549</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Mirasyedi</t>
+          <t>Melek Yüzlü Şeytan</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>15.74</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>3990000014961</t>
+          <t>9786054188260</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Küllerin Mirası</t>
+          <t>Mavi Defter</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>21.3</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786054188048</t>
+          <t>9786054188659</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Kase’nin Peşinde - Şeytanın Atlıları 1. Kitap</t>
+          <t>Maskesiz</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>9.17</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786054188062</t>
+          <t>9799944983005</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Kase’nin Peşinde - Heretik 3. Kitap</t>
+          <t>Lanetli İkona</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>9.17</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786054188055</t>
+          <t>9786054188826</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Kase’nin Peşinde - Cehennem Savaşçıları 2. Kitap</t>
+          <t>Mirasyedi</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>9.17</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786054188017</t>
+          <t>3990000014961</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Kusursuz Katil</t>
+          <t>Küllerin Mirası</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>18.52</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786054188543</t>
+          <t>9786054188048</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Kurşun İşlemez Satışçı</t>
+          <t>Kutsal Kase’nin Peşinde - Şeytanın Atlıları 1. Kitap</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>13.89</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786054629138</t>
+          <t>9786054188062</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Kulüp 1000</t>
+          <t>Kutsal Kase’nin Peşinde - Heretik 3. Kitap</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>20.37</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9789944983570</t>
+          <t>9786054188055</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Konuştukça Batıyoruz</t>
+          <t>Kutsal Kase’nin Peşinde - Cehennem Savaşçıları 2. Kitap</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>10.19</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786054188758</t>
+          <t>9786054188017</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Kollarımdaki Yabancı</t>
+          <t>Kusursuz Katil</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>14.81</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786054188109</t>
+          <t>9786054188543</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Kobay</t>
+          <t>Kurşun İşlemez Satışçı</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>9.26</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786054188024</t>
+          <t>9786054629138</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Korkusuzca Yaşamak</t>
+          <t>Kulüp 1000</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>11.11</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786054629022</t>
+          <t>9789944983570</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Klon</t>
+          <t>Konuştukça Batıyoruz</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>9.17</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786054188147</t>
+          <t>9786054188758</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Kibele’nin Sırrı</t>
+          <t>Kollarımdaki Yabancı</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>13.89</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786054188383</t>
+          <t>9786054188109</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Kızılgerdan</t>
+          <t>Kobay</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>17.59</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786054188277</t>
+          <t>9786054188024</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Nehir</t>
+          <t>Korkusuzca Yaşamak</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>15.74</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9789944983969</t>
+          <t>9786054629022</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Kıyamet Silahı: Haarp</t>
+          <t>Klon</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>14.81</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786054188888</t>
+          <t>9786054188147</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Kır Zincirlerini</t>
+          <t>Kibele’nin Sırrı</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>16.67</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786054629268</t>
+          <t>9786054188383</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Kelebek</t>
+          <t>Kızılgerdan</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>20.37</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786054629046</t>
+          <t>9786054188277</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Kayboluş</t>
+          <t>Kızıl Nehir</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>9.17</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786054629237</t>
+          <t>9789944983969</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Kara Melek</t>
+          <t>Kıyamet Silahı: Haarp</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>16.67</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786054188536</t>
+          <t>9786054188888</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Kalp Hırsızı</t>
+          <t>Kır Zincirlerini</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>13.89</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786054188604</t>
+          <t>9786054629268</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Kalbimin Tek Sahibi</t>
+          <t>Kelebek</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>17.59</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9789944983891</t>
+          <t>9786054629046</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Kalbim: Doktoruma Bir Sorum Var</t>
+          <t>Kayboluş</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>13.89</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9799944983012</t>
+          <t>9786054629237</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Kabala’nın Gizli Bilgeliği</t>
+          <t>Kara Melek</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>8.33</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786054188284</t>
+          <t>9786054188536</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>İtalyanca Kelime Kartları</t>
+          <t>Kalp Hırsızı</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>10</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786054188123</t>
+          <t>9786054188604</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>İstediğinizi Elde Etmenin Büyüsü</t>
+          <t>Kalbimin Tek Sahibi</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>12.04</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9789944983686</t>
+          <t>9789944983891</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>İspanyolca Kelime Kartları</t>
+          <t>Kalbim: Doktoruma Bir Sorum Var</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>9.26</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9789944983433</t>
+          <t>9799944983012</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>İslam</t>
+          <t>Kabala’nın Gizli Bilgeliği</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>11.11</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786054629145</t>
+          <t>9786054188284</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>İskoçyalı’nın Kollarında</t>
+          <t>İtalyanca Kelime Kartları</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>16.67</v>
+        <v>10</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786054188802</t>
+          <t>9786054188123</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>İskoçyalı’nın Gelini</t>
+          <t>İstediğinizi Elde Etmenin Büyüsü</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>13.89</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786054188352</t>
+          <t>9789944983686</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>İroni</t>
+          <t>İspanyolca Kelime Kartları</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>16.67</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9789944983631</t>
+          <t>9789944983433</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>İnsanların Aklına Girme Sanatı</t>
+          <t>İslam</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>15.74</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786054629169</t>
+          <t>9786054629145</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>İnsanları Çözümleme Sanatı</t>
+          <t>İskoçyalı’nın Kollarında</t>
         </is>
       </c>
       <c r="C151" s="1">
         <v>16.67</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9789944983952</t>
+          <t>9786054188802</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>90 Saniyede İnsanlara Kendinizi Nasıl Sevdirirsiniz</t>
+          <t>İskoçyalı’nın Gelini</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>10.19</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9789944983525</t>
+          <t>9786054188352</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>İnancın Büyüsü</t>
+          <t>İroni</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>10.19</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786054629336</t>
+          <t>9789944983631</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>İkinci Şanslar Durağı</t>
+          <t>İnsanların Aklına Girme Sanatı</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>16.67</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9789944983495</t>
+          <t>9786054629169</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>İki Eroinmanın Aşk Hikayesi</t>
+          <t>İnsanları Çözümleme Sanatı</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>11.11</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786054629190</t>
+          <t>9789944983952</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>İki Ateş Arasında</t>
+          <t>90 Saniyede İnsanlara Kendinizi Nasıl Sevdirirsiniz</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>16.67</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786054188741</t>
+          <t>9789944983525</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>İhtiras Çemberi</t>
+          <t>İnancın Büyüsü</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>18.52</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9789944983815</t>
+          <t>9786054629336</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>İhanet</t>
+          <t>İkinci Şanslar Durağı</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>6.48</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786054188598</t>
+          <t>9789944983495</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Işıldayan</t>
+          <t>İki Eroinmanın Aşk Hikayesi</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>13.89</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786054629299</t>
+          <t>9786054629190</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Her Kalp Kendi Şarkısını Söyler</t>
+          <t>İki Ateş Arasında</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>25</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9799750039729</t>
+          <t>9786054188741</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Muhammed (S.A.V.) İslam Peygamberinin Biyografisi</t>
+          <t>İhtiras Çemberi</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>13.89</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786054188987</t>
+          <t>9789944983815</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Hayallerimin Arka Bahçesi</t>
+          <t>İhanet</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>14.81</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786054188949</t>
+          <t>9786054188598</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Günahkar</t>
+          <t>Işıldayan</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>16.67</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786054188857</t>
+          <t>9786054629299</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Gurur</t>
+          <t>Her Kalp Kendi Şarkısını Söyler</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>16.67</v>
+        <v>25</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9789750039737</t>
+          <t>9799750039729</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Heretik Kutsal Kase’nin Peşinde 3. Kitap</t>
+          <t>Hazreti Muhammed (S.A.V.) İslam Peygamberinin Biyografisi</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>15.74</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9789944983365</t>
+          <t>9786054188987</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Gölgedeki İzler</t>
+          <t>Hayallerimin Arka Bahçesi</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>17.59</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786054629565</t>
+          <t>9786054188949</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Mucizeler Atölyesi</t>
+          <t>Günahkar</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>15.74</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786054629558</t>
+          <t>9786054188857</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>EFT ile Mucizevi İyileşme</t>
+          <t>Gurur</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>25</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786054629886</t>
+          <t>9789750039737</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Biçare Aşk</t>
+          <t>Heretik Kutsal Kase’nin Peşinde 3. Kitap</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>18.52</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786054629756</t>
+          <t>9789944983365</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Hipno - Terapist</t>
+          <t>Gölgedeki İzler</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>15.74</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786054629763</t>
+          <t>9786054629565</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>İhanet</t>
+          <t>Mucizeler Atölyesi</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>20</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786054629749</t>
+          <t>9786054629558</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Kızıl 1-2-3</t>
+          <t>EFT ile Mucizevi İyileşme</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>32</v>
+        <v>25</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786054629688</t>
+          <t>9786054629886</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Size Yalan Söyleyemezler</t>
+          <t>Biçare Aşk</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>13.89</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786054629695</t>
+          <t>9786054629756</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Stratejik İkna</t>
+          <t>Hipno - Terapist</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>28</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786054629657</t>
+          <t>9786054629763</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Asla Bir İskoçyalı Sevme</t>
+          <t>İhanet</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>16.67</v>
+        <v>20</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786054629725</t>
+          <t>9786054629749</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>“Evet” Dedirtme Sanatı</t>
+          <t>Kızıl 1-2-3</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>18</v>
+        <v>32</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786054629718</t>
+          <t>9786054629688</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Fahişe</t>
+          <t>Size Yalan Söyleyemezler</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>18.52</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786054629701</t>
+          <t>9786054629695</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>9. Kız</t>
+          <t>Stratejik İkna</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>20.37</v>
+        <v>28</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786054629817</t>
+          <t>9786054629657</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Göremediğimiz Tüm Işıklar</t>
+          <t>Asla Bir İskoçyalı Sevme</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>35</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9789944983624</t>
+          <t>9786054629725</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlar İçin Beş Sevgi Dili</t>
+          <t>“Evet” Dedirtme Sanatı</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>12.04</v>
+        <v>18</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786054629732</t>
+          <t>9786054629718</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Medcezir</t>
+          <t>Fahişe</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>20.37</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786054629664</t>
+          <t>9786054629701</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Avuçlarının Arasına Bir Kalp Bıraktım</t>
+          <t>9. Kız</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>15.74</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786054629671</t>
+          <t>9786054629817</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Hayalet Adam</t>
+          <t>Göremediğimiz Tüm Işıklar</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>18.52</v>
+        <v>35</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786059702799</t>
+          <t>9789944983624</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Acı Mevsim</t>
+          <t>Yalnızlar İçin Beş Sevgi Dili</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>29</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786059702829</t>
+          <t>9786054629732</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Bez Ciltli Klasikler (20 Kitap Kutulu)</t>
+          <t>Medcezir</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>667</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786059702478</t>
+          <t>9786054629664</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Bıçağın İki Yüzü</t>
+          <t>Avuçlarının Arasına Bir Kalp Bıraktım</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>22</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786059702454</t>
+          <t>9786054629671</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Son Krallık</t>
+          <t>Hayalet Adam</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>22</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786059702447</t>
+          <t>9786059702799</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Hayat Sizi Seviyor!</t>
+          <t>Acı Mevsim</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>25</v>
+        <v>29</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786059702744</t>
+          <t>9786059702829</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Kör Kuşlar</t>
+          <t>Bez Ciltli Klasikler (20 Kitap Kutulu)</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>28</v>
+        <v>667</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786059702669</t>
+          <t>9786059702478</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Başkalarını Bırak, Kendi Hayatına Bak</t>
+          <t>Bıçağın İki Yüzü</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>20</v>
+        <v>22</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786059702492</t>
+          <t>9786059702454</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Etkili İletişimin 13 Kuralı</t>
+          <t>Son Krallık</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>25</v>
+        <v>22</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786059702270</t>
+          <t>9786059702447</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Asla Geri Dönme</t>
+          <t>Hayat Sizi Seviyor!</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>28</v>
+        <v>25</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786059702645</t>
+          <t>9786059702744</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Denek 375</t>
+          <t>Kör Kuşlar</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>240</v>
+        <v>28</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786059702102</t>
+          <t>9786059702669</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Dahilerin Oynadığı Oyunlar</t>
+          <t>Başkalarını Bırak, Kendi Hayatına Bak</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>29</v>
+        <v>20</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786059702119</t>
+          <t>9786059702492</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>21 Günde Güç İçinizde</t>
+          <t>Etkili İletişimin 13 Kuralı</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>20</v>
+        <v>25</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786059702096</t>
+          <t>9786059702270</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Ev Hanımı</t>
+          <t>Asla Geri Dönme</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>20</v>
+        <v>28</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786054629954</t>
+          <t>9786059702645</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Kişiliğinizi Keşfedin</t>
+          <t>Denek 375</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>20</v>
+        <v>240</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786054629947</t>
+          <t>9786059702102</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>İnsanların Oynadığı Oyunlar</t>
+          <t>Dahilerin Oynadığı Oyunlar</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>27</v>
+        <v>29</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786059702157</t>
+          <t>9786059702119</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Öz</t>
+          <t>21 Günde Güç İçinizde</t>
         </is>
       </c>
       <c r="C199" s="1">
         <v>20</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786059702201</t>
+          <t>9786059702096</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Mossad Gizli Tarihi: Gideon’un Casusları 2. Kitap</t>
+          <t>Ev Hanımı</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>22</v>
+        <v>20</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786059702683</t>
+          <t>9786054629954</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Yüzü Olmayan Adam</t>
+          <t>Kişiliğinizi Keşfedin</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>240</v>
+        <v>20</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786059702140</t>
+          <t>9786054629947</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Yol</t>
+          <t>İnsanların Oynadığı Oyunlar</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>18</v>
+        <v>27</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786059702539</t>
+          <t>9786059702157</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Körebe</t>
+          <t>Öz</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>35</v>
+        <v>20</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786054629992</t>
+          <t>9786059702201</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Eşekarısı Fabrikası</t>
+          <t>Mossad Gizli Tarihi: Gideon’un Casusları 2. Kitap</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>25</v>
+        <v>22</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786059702409</t>
+          <t>9786059702683</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Kalbim Kadar Karanlık</t>
+          <t>Yüzü Olmayan Adam</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>18</v>
+        <v>240</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786059702072</t>
+          <t>9786059702140</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Benim Oğlum Bir Eroinman</t>
+          <t>Yol</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786059702195</t>
+          <t>9786059702539</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Mossad Gizli Tarihi: Gideon’un Casusları 1. Kitap</t>
+          <t>Körebe</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>24</v>
+        <v>35</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786059702362</t>
+          <t>9786054629992</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Aura</t>
+          <t>Eşekarısı Fabrikası</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>240</v>
+        <v>25</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786059702331</t>
+          <t>9786059702409</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Soğuk Kalp</t>
+          <t>Kalbim Kadar Karanlık</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>28</v>
+        <v>18</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786059702324</t>
+          <t>9786059702072</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Çiçekleri</t>
+          <t>Benim Oğlum Bir Eroinman</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>22</v>
+        <v>17</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786054629879</t>
+          <t>9786059702195</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Ölü Filozoflar Kahvesi</t>
+          <t>Mossad Gizli Tarihi: Gideon’un Casusları 1. Kitap</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>175</v>
+        <v>24</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786059702508</t>
+          <t>9786059702362</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Fısıldayan Gölgeler</t>
+          <t>Aura</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>22</v>
+        <v>240</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786059702393</t>
+          <t>9786059702331</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Bir Delinin Hatıra Defteri (Ciltli)</t>
+          <t>Soğuk Kalp</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>105</v>
+        <v>28</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786059702416</t>
+          <t>9786059702324</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Sıradaki Sensin</t>
+          <t>Ölüm Çiçekleri</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>28</v>
+        <v>22</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786054629916</t>
+          <t>9786054629879</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Tavuk Suyuna Çorba</t>
+          <t>Ölü Filozoflar Kahvesi</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>20</v>
+        <v>175</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786054629985</t>
+          <t>9786059702508</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Cinayet Terapisi</t>
+          <t>Fısıldayan Gölgeler</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>18.52</v>
+        <v>22</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786054629824</t>
+          <t>9786059702393</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Tatlı Ceza</t>
+          <t>Bir Delinin Hatıra Defteri (Ciltli)</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>22</v>
+        <v>105</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786054629787</t>
+          <t>9786059702416</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Tavuk Suyuna Çorba - Umudunu Kaybetme</t>
+          <t>Sıradaki Sensin</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>20</v>
+        <v>28</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786054629794</t>
+          <t>9786054629916</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Gümüş İmparatorluk</t>
+          <t>Tavuk Suyuna Çorba</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>18.52</v>
+        <v>20</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786059702294</t>
+          <t>9786054629985</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>İnsan Ne ile Yaşar? (Ciltli)</t>
+          <t>Cinayet Terapisi</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>130</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786059702287</t>
+          <t>9786054629824</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Bir Kadının Yaşamından 24 Saat (Ciltli)</t>
+          <t>Tatlı Ceza</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>29</v>
+        <v>22</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786059702010</t>
+          <t>9786054629787</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Fatih</t>
+          <t>Tavuk Suyuna Çorba - Umudunu Kaybetme</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>20.37</v>
+        <v>20</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786059702027</t>
+          <t>9786054629794</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Neden Korktuğunu Biliyorum</t>
+          <t>Gümüş İmparatorluk</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>22</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786054629893</t>
+          <t>9786059702294</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Panzehir</t>
+          <t>İnsan Ne ile Yaşar? (Ciltli)</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>28</v>
+        <v>130</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786059702133</t>
+          <t>9786059702287</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Tuzak</t>
+          <t>Bir Kadının Yaşamından 24 Saat (Ciltli)</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>20</v>
+        <v>29</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786054629961</t>
+          <t>9786059702010</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Noktalarla Terapi</t>
+          <t>Fatih</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>18.52</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786054629527</t>
+          <t>9786059702027</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Geceyarısı Tutkusu</t>
+          <t>Neden Korktuğunu Biliyorum</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>16.67</v>
+        <v>22</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786054629541</t>
+          <t>9786054629893</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Şifacı</t>
+          <t>Panzehir</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>14.81</v>
+        <v>28</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786054629534</t>
+          <t>9786059702133</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Kuklacı Çocuk</t>
+          <t>Tuzak</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>16.67</v>
+        <v>20</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786054629596</t>
+          <t>9786054629961</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Bilinçaltı Kişiliğiniz</t>
+          <t>Noktalarla Terapi</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>15.99</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786059702126</t>
+          <t>9786054629527</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Karanlıktaki Kız</t>
+          <t>Geceyarısı Tutkusu</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>20</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786059702089</t>
+          <t>9786054629541</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Görme Duyma Konuşma</t>
+          <t>Şifacı</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>28</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786054629855</t>
+          <t>9786054629534</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Hayatınızı Şarj Edin</t>
+          <t>Kuklacı Çocuk</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>18</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786054629602</t>
+          <t>9786054629596</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzünün Uzak Ucu</t>
+          <t>Bilinçaltı Kişiliğiniz</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>18.52</v>
+        <v>15.99</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786054629589</t>
+          <t>9786059702126</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Amatörler</t>
+          <t>Karanlıktaki Kız</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>18.52</v>
+        <v>20</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786054629572</t>
+          <t>9786059702089</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Gazap</t>
+          <t>Görme Duyma Konuşma</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>18.52</v>
+        <v>28</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786059702058</t>
+          <t>9786054629855</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Öldürme Dersleri</t>
+          <t>Hayatınızı Şarj Edin</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>320</v>
+        <v>18</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786054629770</t>
+          <t>9786054629602</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Akılgözü</t>
+          <t>Gökyüzünün Uzak Ucu</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>29</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>3990000027707</t>
+          <t>9786054629589</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Bir Kadının Seks Günlüğü</t>
+          <t>Amatörler</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>13.89</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786054629633</t>
+          <t>9786054629572</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Sıfırlama Diyeti</t>
+          <t>Gazap</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>16.67</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786059702034</t>
+          <t>9786059702058</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Soğuk El</t>
+          <t>Öldürme Dersleri</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>22</v>
+        <v>320</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786059702065</t>
+          <t>9786054629770</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>Akılgözü</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>20</v>
+        <v>29</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786059702041</t>
+          <t>3990000027707</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Yüreğimin Senden Tarafı</t>
+          <t>Bir Kadının Seks Günlüğü</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>24</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786054629930</t>
+          <t>9786054629633</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Benimle Öl</t>
+          <t>Sıfırlama Diyeti</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>20</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786054629831</t>
+          <t>9786059702034</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Bütün - Beyinli Çocuk</t>
+          <t>Soğuk El</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>25</v>
+        <v>22</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786054629909</t>
+          <t>9786059702065</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Tabu</t>
+          <t>5</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>240</v>
+        <v>20</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786054629503</t>
+          <t>9786059702041</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Kalp Yalnızca İçeriden Açılan Bir Kapıdır</t>
+          <t>Yüreğimin Senden Tarafı</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>25</v>
+        <v>24</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786054629466</t>
+          <t>9786054629930</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Anında Analiz</t>
+          <t>Benimle Öl</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786054629473</t>
+          <t>9786054629831</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Tanrı Küçük Günahları Affeder</t>
+          <t>Bütün - Beyinli Çocuk</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>18.52</v>
+        <v>25</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786054629480</t>
+          <t>9786054629909</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Aşka Adanmış Bir Gün</t>
+          <t>Tabu</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>18.52</v>
+        <v>240</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786054629428</t>
+          <t>9786054629503</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Ne Düşündüğünü Biliyorum (Mark Allen Smith)</t>
+          <t>Kalp Yalnızca İçeriden Açılan Bir Kapıdır</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>28</v>
+        <v>25</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786054188246</t>
+          <t>9786054629466</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Ne Düşündüğünü Biliyorum</t>
+          <t>Anında Analiz</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>30</v>
+        <v>18</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786054629459</t>
+          <t>9786054629473</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Sürgün</t>
+          <t>Tanrı Küçük Günahları Affeder</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>16.67</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786054629923</t>
+          <t>9786054629480</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Harry August'in İlk On Beş Hayatı</t>
+          <t>Aşka Adanmış Bir Gün</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>22</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786054629626</t>
+          <t>9786054629428</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Kırık Kalpler Kürü</t>
+          <t>Ne Düşündüğünü Biliyorum (Mark Allen Smith)</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>16.67</v>
+        <v>28</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786054188581</t>
+          <t>9786054188246</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Asi</t>
+          <t>Ne Düşündüğünü Biliyorum</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>15.74</v>
+        <v>30</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9789944983341</t>
+          <t>9786054629459</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Arsız Tanrıçalar</t>
+          <t>Sürgün</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>6.48</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9789944983563</t>
+          <t>9786054629923</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Burçlar</t>
+          <t>Harry August'in İlk On Beş Hayatı</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>14.81</v>
+        <v>22</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786054629312</t>
+          <t>9786054629626</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Bumerang</t>
+          <t>Kırık Kalpler Kürü</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>17.59</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786054188185</t>
+          <t>9786054188581</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Güllerin Duvağı</t>
+          <t>Asi</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>12.96</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786054188956</t>
+          <t>9789944983341</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Gül ve Diken</t>
+          <t>Arsız Tanrıçalar</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>16.67</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786057572936</t>
+          <t>9789944983563</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne Avonlea (Mavi Kapak) (Ciltli)</t>
+          <t>Burçlar</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>195</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9780448453682</t>
+          <t>9786054629312</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Ebeveyn Kitapları Seti (4 Kitap Takım)</t>
+          <t>Bumerang</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>870</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786054629510</t>
+          <t>9786054188185</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcı Beyin Gücü</t>
+          <t>Güllerin Duvağı</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>14.81</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9799750039781</t>
+          <t>9786054188956</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Google Hikayesi</t>
+          <t>Gül ve Diken</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>13.89</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9799944983197</t>
+          <t>9786057572936</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Gizli Tarih</t>
+          <t>Yeşilin Kızı Anne Avonlea (Mavi Kapak) (Ciltli)</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>19.44</v>
+        <v>195</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9789944983389</t>
+          <t>9780448453682</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Gizli Örgütler</t>
+          <t>Ebeveyn Kitapları Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>15.74</v>
+        <v>870</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9789944983440</t>
+          <t>9786054629510</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Gizlenen Tarih</t>
+          <t>Yaratıcı Beyin Gücü</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>13.89</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9799759994081</t>
+          <t>9799750039781</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Genç Kalma Sırları</t>
+          <t>Google Hikayesi</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>20.37</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786054188840</t>
+          <t>9799944983197</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Geç Gelen Mutluluk</t>
+          <t>Gizli Tarih</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>16.67</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786054188680</t>
+          <t>9789944983389</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Frederica</t>
+          <t>Gizli Örgütler</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>14.81</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9789944983921</t>
+          <t>9789944983440</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Fransızca Kelime Kartları</t>
+          <t>Gizlenen Tarih</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>9.26</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9789944983839</t>
+          <t>9799759994081</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Forbes İş Dünyasından Tüm Zamanların En Büyük Başarı Hikayeleri</t>
+          <t>Genç Kalma Sırları</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>13.89</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786054629800</t>
+          <t>9786054188840</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Evliliğin Dört Mevsimi</t>
+          <t>Geç Gelen Mutluluk</t>
         </is>
       </c>
       <c r="C274" s="1">
         <v>16.67</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9799944983258</t>
+          <t>9786054188680</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Eskisi Gibi Olmayacak</t>
+          <t>Frederica</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>6.48</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9789944983617</t>
+          <t>9789944983921</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Elmas Tarlaları</t>
+          <t>Fransızca Kelime Kartları</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>8.33</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786054188871</t>
+          <t>9789944983839</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Einstein Faktörü</t>
+          <t>Forbes İş Dünyasından Tüm Zamanların En Büyük Başarı Hikayeleri</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>16.67</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786054188130</t>
+          <t>9786054629800</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Düşüncenin İyileştirici Gücü</t>
+          <t>Evliliğin Dört Mevsimi</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>25</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9789944983501</t>
+          <t>9799944983258</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Düşüncenin Gücü</t>
+          <t>Eskisi Gibi Olmayacak</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>17</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9789944983464</t>
+          <t>9789944983617</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Aslında Kim Yönetiyor?</t>
+          <t>Elmas Tarlaları</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>15.74</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9789944983884</t>
+          <t>9786054188871</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Efendileri</t>
+          <t>Einstein Faktörü</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>15.74</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786054188666</t>
+          <t>9786054188130</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Dogma</t>
+          <t>Düşüncenin İyileştirici Gücü</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>17.59</v>
+        <v>25</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786054188314</t>
+          <t>9789944983501</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Dilenci Kral ve Mutluluğun Sırrı</t>
+          <t>Düşüncenin Gücü</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>11.11</v>
+        <v>17</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786054188376</t>
+          <t>9789944983464</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Deyimler - İngilizce Kelime Kartları</t>
+          <t>Dünyayı Aslında Kim Yönetiyor?</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>9.26</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786054188086</t>
+          <t>9789944983884</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Deja Vu</t>
+          <t>Dünyanın Efendileri</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>18.52</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9789944983846</t>
+          <t>9786054188666</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Defne Öz’den Genç Kızlara Diyet Formülleri</t>
+          <t>Dogma</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>10.19</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786054629398</t>
+          <t>9786054188314</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Dante Denklemi</t>
+          <t>Dilenci Kral ve Mutluluğun Sırrı</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>20.37</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9799944983050</t>
+          <t>9786054188376</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Da Vinci Şifresi’nin Ardındaki Adam Bir Dan Brown Biyografisi</t>
+          <t>Deyimler - İngilizce Kelime Kartları</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>8.33</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9799750039750</t>
+          <t>9786054188086</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Da Vinci Mirası</t>
+          <t>Deja Vu</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>13.89</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786054188642</t>
+          <t>9789944983846</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Çirkin</t>
+          <t>Defne Öz’den Genç Kızlara Diyet Formülleri</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>15.74</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9789944983587</t>
+          <t>9786054629398</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Çağların Sırrı</t>
+          <t>Dante Denklemi</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>10.19</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9799759990540</t>
+          <t>9799944983050</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Cennet ve Güç Yeni Dünya Düzeninde Amerika ve Avrupa</t>
+          <t>Da Vinci Şifresi’nin Ardındaki Adam Bir Dan Brown Biyografisi</t>
         </is>
       </c>
       <c r="C292" s="1">
         <v>8.33</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9799759990113</t>
+          <t>9799750039750</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Cem Sultan Bir Osmanlı Prensinin Trajik Öyküsü</t>
+          <t>Da Vinci Mirası</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>9.26</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9799759990229</t>
+          <t>9786054188642</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Cehennem Savaşçıları Kutsal Kase’nin Peşinde 2. Kitap</t>
+          <t>Çirkin</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>16.67</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9799756387923</t>
+          <t>9789944983587</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Büyük İskender</t>
+          <t>Çağların Sırrı</t>
         </is>
       </c>
       <c r="C295" s="1">
         <v>10.19</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9799944983135</t>
+          <t>9799759990540</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Bush’un Ajandası</t>
+          <t>Cennet ve Güç Yeni Dünya Düzeninde Amerika ve Avrupa</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>12.04</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9789944983877</t>
+          <t>9799759990113</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Bu Yıl Herkese Evet</t>
+          <t>Cem Sultan Bir Osmanlı Prensinin Trajik Öyküsü</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>13.89</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9789944983471</t>
+          <t>9799759990229</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Bir Yunanlı Gazeteci Gözüyle Atatürk</t>
+          <t>Cehennem Savaşçıları Kutsal Kase’nin Peşinde 2. Kitap</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>10.19</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9799944983234</t>
+          <t>9799756387923</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Bir Genç Kızın Uyuşturucu Günlüğü</t>
+          <t>Büyük İskender</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>135</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9799944983159</t>
+          <t>9799944983135</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Bir Cinayetin Psikanalizi</t>
+          <t>Bush’un Ajandası</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>320</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786054188406</t>
+          <t>9789944983877</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Bilinçli Rüyalar Dünyasını Keşfetmek (Lucid Dreaming)</t>
+          <t>Bu Yıl Herkese Evet</t>
         </is>
       </c>
       <c r="C301" s="1">
         <v>13.89</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786054188000</t>
+          <t>9789944983471</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Bilinçaltının Gücü</t>
+          <t>Bir Yunanlı Gazeteci Gözüyle Atatürk</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>25</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786054188208</t>
+          <t>9799944983234</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Beyninizi Kamçılayın</t>
+          <t>Bir Genç Kızın Uyuşturucu Günlüğü</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>12.96</v>
+        <v>135</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786054629275</t>
+          <t>9799944983159</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Cesaretin Var mı?</t>
+          <t>Bir Cinayetin Psikanalizi</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>16.67</v>
+        <v>320</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9789944983662</t>
+          <t>9786054188406</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Zambaklar Ülkesinde</t>
+          <t>Bilinçli Rüyalar Dünyasını Keşfetmek (Lucid Dreaming)</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>5.56</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9799944983098</t>
+          <t>9786054188000</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Cevabı Tıkla</t>
+          <t>Bilinçaltının Gücü</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>12.96</v>
+        <v>25</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786054188901</t>
+          <t>9786054188208</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Beyaz</t>
+          <t>Beyninizi Kamçılayın</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>13.89</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786054629091</t>
+          <t>9786054629275</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Beni Uzaklarda Arama</t>
+          <t>Cesaretin Var mı?</t>
         </is>
       </c>
       <c r="C308" s="1">
         <v>16.67</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786054629305</t>
+          <t>9789944983662</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Beden Dili Kutsal Kitabı</t>
+          <t>Beyaz Zambaklar Ülkesinde</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>18</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786054629114</t>
+          <t>9799944983098</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Bedel</t>
+          <t>Cevabı Tıkla</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>18.52</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9799944983296</t>
+          <t>9786054188901</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Bay Tanrı, Ben Anna</t>
+          <t>Beyaz</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>8.33</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786054629053</t>
+          <t>9786054629091</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Bana Bir Söz Yeter</t>
+          <t>Beni Uzaklarda Arama</t>
         </is>
       </c>
       <c r="C312" s="1">
         <v>16.67</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9789944983594</t>
+          <t>9786054629305</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Babam Öldüğünde Ağlamadım</t>
+          <t>Beden Dili Kutsal Kitabı</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>11.11</v>
+        <v>18</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786054188093</t>
+          <t>9786054629114</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Azincourt</t>
+          <t>Bedel</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>20.37</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9799750039767</t>
+          <t>9799944983296</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Tarihi</t>
+          <t>Bay Tanrı, Ben Anna</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>12.04</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786054188482</t>
+          <t>9786054629053</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Aşka Bir Şans Daha</t>
+          <t>Bana Bir Söz Yeter</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>12.96</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786054188697</t>
+          <t>9789944983594</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Aşk Tutulması</t>
+          <t>Babam Öldüğünde Ağlamadım</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>12.96</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9799944983203</t>
+          <t>9786054188093</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Aşıklar ve Oyuncular</t>
+          <t>Azincourt</t>
         </is>
       </c>
       <c r="C318" s="1">
         <v>20.37</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9799944983043</t>
+          <t>9799750039767</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Annenin Günlüğü Neden Her Gün Anneler Günü Olmasın?</t>
+          <t>Aşkın Tarihi</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>15.74</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9799759990045</t>
+          <t>9786054188482</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Amerikan Gizli Hükümeti Kurukafa &amp; Kemikler</t>
+          <t>Aşka Bir Şans Daha</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>13.89</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9789944983914</t>
+          <t>9786054188697</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Almanca Kelime Kartları</t>
+          <t>Aşk Tutulması</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>9.26</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9789944983907</t>
+          <t>9799944983203</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Aklındakini Okuyabilirim!</t>
+          <t>Aşıklar ve Oyuncular</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>23</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786054188321</t>
+          <t>9799944983043</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>25. Saat</t>
+          <t>Annenin Günlüğü Neden Her Gün Anneler Günü Olmasın?</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>12.96</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9799944983074</t>
+          <t>9799759990045</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>2040 Amerika İslam Cumhuriyeti</t>
+          <t>Amerikan Gizli Hükümeti Kurukafa &amp; Kemikler</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>20.37</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786054188796</t>
+          <t>9789944983914</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Zor Kadın</t>
+          <t>Almanca Kelime Kartları</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>14.81</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9789944983976</t>
+          <t>9789944983907</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Zirveye Çıkan Yol</t>
+          <t>Aklındakini Okuyabilirim!</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>14.81</v>
+        <v>23</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9799944983302</t>
+          <t>9786054188321</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Zihnin 11 Prensibi</t>
+          <t>25. Saat</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>10.19</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9789944983488</t>
+          <t>9799944983074</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Zihin Okuma Teknikleri</t>
+          <t>2040 Amerika İslam Cumhuriyeti</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>12.96</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9799944983128</t>
+          <t>9786054188796</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Zenginlik Devrimi Nasıl Yaratılacak ve Hayatınızı Nasıl Değiştirecek?</t>
+          <t>Zor Kadın</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>20.37</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786057572929</t>
+          <t>9789944983976</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne Avonlea (Yeşil Kapak) (Ciltli)</t>
+          <t>Zirveye Çıkan Yol</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>195</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786057572714</t>
+          <t>9799944983302</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Cerrah</t>
+          <t>Zihnin 11 Prensibi</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>240</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786054629404</t>
+          <t>9789944983488</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Deja Vu</t>
+          <t>Zihin Okuma Teknikleri</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>240</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786057572424</t>
+          <t>9799944983128</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Diriliş (Ciltli)</t>
+          <t>Zenginlik Devrimi Nasıl Yaratılacak ve Hayatınızı Nasıl Değiştirecek?</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>210</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786059702805</t>
+          <t>9786057572929</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Anında Etkileme</t>
+          <t>Yeşilin Kızı Anne Avonlea (Yeşil Kapak) (Ciltli)</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>190</v>
+        <v>195</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786059702812</t>
+          <t>9786057572714</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Yenilikçinin İkilemi</t>
+          <t>Cerrah</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9799944983241</t>
+          <t>9786054629404</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Cüretkar</t>
+          <t>Deja Vu</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>6.9</v>
+        <v>240</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786057572066</t>
+          <t>9786057572424</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Bir Yufka Yürek - Dürüst Hırsız</t>
+          <t>Diriliş (Ciltli)</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>9</v>
+        <v>210</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786057572073</t>
+          <t>9786059702805</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Ceza Kolonisinde Gözlem</t>
+          <t>Anında Etkileme</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>8.5</v>
+        <v>190</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786057572080</t>
+          <t>9786059702812</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Köy Öğretmeni</t>
+          <t>Yenilikçinin İkilemi</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>8.5</v>
+        <v>220</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786057572042</t>
+          <t>9799944983241</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Açlık Sanatçısı</t>
+          <t>Cüretkar</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>80</v>
+        <v>6.9</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786057572059</t>
+          <t>9786057572066</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Başkasının Karısı ve Yatağın Altındaki Koca</t>
+          <t>Bir Yufka Yürek - Dürüst Hırsız</t>
         </is>
       </c>
       <c r="C341" s="1">
         <v>9</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786057572103</t>
+          <t>9786057572073</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarda Sınırlar</t>
+          <t>Ceza Kolonisinde Gözlem</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>25</v>
+        <v>8.5</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786057572332</t>
+          <t>9786057572080</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Görünmeyen Koleksiyon</t>
+          <t>Köy Öğretmeni</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>7</v>
+        <v>8.5</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786057572387</t>
+          <t>9786057572042</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Ay Işığı Sokağı</t>
+          <t>Açlık Sanatçısı</t>
         </is>
       </c>
       <c r="C344" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786057572264</t>
+          <t>9786057572059</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Mürebbiye - Leporella</t>
+          <t>Başkasının Karısı ve Yatağın Altındaki Koca</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>8.5</v>
+        <v>9</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786057572257</t>
+          <t>9786057572103</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Karmaşık Duygular</t>
+          <t>Çocuklarda Sınırlar</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>80</v>
+        <v>25</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786057572370</t>
+          <t>9786057572332</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Uğultulu Tepeler</t>
+          <t>Görünmeyen Koleksiyon</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>160</v>
+        <v>7</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786057572356</t>
+          <t>9786057572387</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Böyle Buyurdu Zerdüşt</t>
+          <t>Ay Işığı Sokağı</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>130</v>
+        <v>80</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786256353879</t>
+          <t>9786057572264</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Hayat Bilgeliği Kılavuzu ve Akıllı Yaşama Sanatı (Ciltli)</t>
+          <t>Mürebbiye - Leporella</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>170</v>
+        <v>8.5</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786256353916</t>
+          <t>9786057572257</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Shirley (Ciltli)</t>
+          <t>Karmaşık Duygular</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>290</v>
+        <v>80</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786256353893</t>
+          <t>9786057572370</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Robinson Crusoe (Ciltli)</t>
+          <t>Uğultulu Tepeler</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786057572417</t>
+          <t>9786057572356</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>İnsan Ne İle Yaşar?</t>
+          <t>Böyle Buyurdu Zerdüşt</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>90</v>
+        <v>130</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786057572363</t>
+          <t>9786256353879</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Diş</t>
+          <t>Hayat Bilgeliği Kılavuzu ve Akıllı Yaşama Sanatı (Ciltli)</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>130</v>
+        <v>170</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786054629619</t>
+          <t>9786256353916</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Savcı</t>
+          <t>Shirley (Ciltli)</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>340</v>
+        <v>290</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786256353817</t>
+          <t>9786256353893</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Kem Göz</t>
+          <t>Robinson Crusoe (Ciltli)</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>320</v>
+        <v>220</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786256353824</t>
+          <t>9786057572417</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>İş Bana Düşer</t>
+          <t>İnsan Ne İle Yaşar?</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>240</v>
+        <v>90</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786256353756</t>
+          <t>9786057572363</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Beş Kutsal Yara</t>
+          <t>Beyaz Diş</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>270</v>
+        <v>130</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786256353749</t>
+          <t>9786054629619</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Kevin Hakkında Konuşmalıyız</t>
+          <t>Savcı</t>
         </is>
       </c>
       <c r="C358" s="1">
         <v>340</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786059702325</t>
+          <t>9786256353817</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Milena’ya Mektuplar</t>
+          <t>Kem Göz</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>85</v>
+        <v>320</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786257781838</t>
+          <t>9786256353824</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Sergüzeşt</t>
+          <t>İş Bana Düşer</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>50</v>
+        <v>240</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>1020000000168</t>
+          <t>9786256353756</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Çizgili Defter 14 Butik Defter</t>
+          <t>Beş Kutsal Yara</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>27.95</v>
+        <v>270</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786054188925</t>
+          <t>9786256353749</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Zaman Çarkı</t>
+          <t>Kevin Hakkında Konuşmalıyız</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>320</v>
+        <v>340</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786054629152</t>
+          <t>9786059702325</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Şizofren</t>
+          <t>Milena’ya Mektuplar</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>240</v>
+        <v>85</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9789944983693</t>
+          <t>9786257781838</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>KPDS, TOEFL, ÜDS, YDS</t>
+          <t>Sergüzeşt</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>90</v>
+        <v>50</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9789944983860</t>
+          <t>1020000000168</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Kelime Kartları</t>
+          <t>Çizgili Defter 14 Butik Defter</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>90</v>
+        <v>27.95</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9789944983396</t>
+          <t>9786054188925</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Eşanlamlı Kelime Kartları</t>
+          <t>Zaman Çarkı</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>90</v>
+        <v>320</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786059702737</t>
+          <t>9786054629152</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>İyileştiren Yiyecekler</t>
+          <t>Şizofren</t>
         </is>
       </c>
       <c r="C367" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786057572950</t>
+          <t>9789944983693</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>50 Dakikalık Seans</t>
+          <t>KPDS, TOEFL, ÜDS, YDS</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>190</v>
+        <v>90</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9780448443526</t>
+          <t>9789944983860</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Çok Satan Psikoloji Kitapları Seti (3 Kitap Takım)</t>
+          <t>İngilizce Kelime Kartları</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>465</v>
+        <v>90</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786257781473</t>
+          <t>9789944983396</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Önsezi</t>
+          <t>İngilizce Eşanlamlı Kelime Kartları</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>340</v>
+        <v>90</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9788860798542</t>
+          <t>9786059702737</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne Seti (4 Kitap Takım) (Ciltli)</t>
+          <t>İyileştiren Yiyecekler</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>630</v>
+        <v>240</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786057572226</t>
+          <t>9786057572950</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Her Şey Tabakta Başlar</t>
+          <t>50 Dakikalık Seans</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786057572295</t>
+          <t>9780448443526</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Kumarbaz</t>
+          <t>Çok Satan Psikoloji Kitapları Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>130</v>
+        <v>465</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786057572202</t>
+          <t>9786257781473</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Takıntı</t>
+          <t>Önsezi</t>
         </is>
       </c>
       <c r="C374" s="1">
         <v>340</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786256353725</t>
+          <t>9788860798542</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Meczup</t>
+          <t>Yeşilin Kızı Anne Seti (4 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>115</v>
+        <v>630</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786057572233</t>
+          <t>9786057572226</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Bir de Bu Açıdan Bak</t>
+          <t>Her Şey Tabakta Başlar</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>320</v>
+        <v>240</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786059702621</t>
+          <t>9786057572295</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>İdealist Öğretmen</t>
+          <t>Kumarbaz</t>
         </is>
       </c>
       <c r="C377" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786256353701</t>
+          <t>9786057572202</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Sais Çırakları</t>
+          <t>Takıntı</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>130</v>
+        <v>340</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786256353732</t>
+          <t>9786256353725</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Damga (Ciltli)</t>
+          <t>Meczup</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>220</v>
+        <v>115</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786256353718</t>
+          <t>9786057572233</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Geç Gelen Şöhret (Ciltli)</t>
+          <t>Bir de Bu Açıdan Bak</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>115</v>
+        <v>320</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786059702560</t>
+          <t>9786059702621</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcı Düşünce</t>
+          <t>İdealist Öğretmen</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>270</v>
+        <v>130</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786057572288</t>
+          <t>9786256353701</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Sıçrayış</t>
+          <t>Sais Çırakları</t>
         </is>
       </c>
       <c r="C382" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786256353695</t>
+          <t>9786256353732</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Psikolojik Karate: Hayatın Darbelerine Karşı Kendini Savunma Rehberi</t>
+          <t>Kızıl Damga (Ciltli)</t>
         </is>
       </c>
       <c r="C383" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786256353251</t>
+          <t>9786256353718</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Ebeveynler İçin Öz Şefkat: Çocuğunuzu Kendinize Özen Göstererek Büyütün</t>
+          <t>Geç Gelen Şöhret (Ciltli)</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>290</v>
+        <v>115</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786256353626</t>
+          <t>9786059702560</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Bana Aşkın Ne Olduğunu Söyle</t>
+          <t>Yaratıcı Düşünce</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>260</v>
+        <v>270</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786256353022</t>
+          <t>9786057572288</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Dil Yolcusu</t>
+          <t>Sıçrayış</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>320</v>
+        <v>130</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786257781831</t>
+          <t>9786256353695</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Sergüzeşt</t>
+          <t>Psikolojik Karate: Hayatın Darbelerine Karşı Kendini Savunma Rehberi</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>105</v>
+        <v>220</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786256353596</t>
+          <t>9786256353251</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Yaşama Sanatı</t>
+          <t>Ebeveynler İçin Öz Şefkat: Çocuğunuzu Kendinize Özen Göstererek Büyütün</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>230</v>
+        <v>290</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786256353602</t>
+          <t>9786256353626</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>İletişim Sanatı</t>
+          <t>Bana Aşkın Ne Olduğunu Söyle</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>180</v>
+        <v>260</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786256353619</t>
+          <t>9786256353022</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Zen ve Gezegeni Kurtarma Sanatı</t>
+          <t>Dil Yolcusu</t>
         </is>
       </c>
       <c r="C390" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786256353633</t>
+          <t>9786257781831</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Bizi Ayırana Dek</t>
+          <t>Sergüzeşt</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>320</v>
+        <v>105</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786256353664</t>
+          <t>9786256353596</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Hamlet (Ciltli)</t>
+          <t>Yaşama Sanatı</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>195</v>
+        <v>230</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786256353688</t>
+          <t>9786256353602</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Macbeth (Ciltli)</t>
+          <t>İletişim Sanatı</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786256353503</t>
+          <t>9786256353619</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Farkına Bile Varmadan</t>
+          <t>Zen ve Gezegeni Kurtarma Sanatı</t>
         </is>
       </c>
       <c r="C394" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786057572134</t>
+          <t>9786256353633</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Kendinle Savaşma Sanatı</t>
+          <t>Ölüm Bizi Ayırana Dek</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>270</v>
+        <v>320</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786256353527</t>
+          <t>9786256353664</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Vadideki Zambak</t>
+          <t>Hamlet (Ciltli)</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>140</v>
+        <v>195</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786256353565</t>
+          <t>9786256353688</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Seçme Hikayeler</t>
+          <t>Macbeth (Ciltli)</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>130</v>
+        <v>140</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786257781879</t>
+          <t>9786256353503</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Piyanist</t>
+          <t>Farkına Bile Varmadan</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>130</v>
+        <v>320</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786256353534</t>
+          <t>9786057572134</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>İnsancıklar</t>
+          <t>Kendinle Savaşma Sanatı</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>115</v>
+        <v>270</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786057572486</t>
+          <t>9786256353527</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Şeytan</t>
+          <t>Vadideki Zambak</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>130</v>
+        <v>140</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786256353442</t>
+          <t>9786256353565</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Mucizeleri</t>
+          <t>Seçme Hikayeler</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>110</v>
+        <v>130</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786256353572</t>
+          <t>9786257781879</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Af</t>
+          <t>Piyanist</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>320</v>
+        <v>130</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786256353497</t>
+          <t>9786256353534</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Zihnini Derle Topla - Kaygıdan ve Aşırı Düşünmeden Kurtulma Rehberi</t>
+          <t>İnsancıklar</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>320</v>
+        <v>115</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786256353541</t>
+          <t>9786057572486</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Etrafım Psikopatlarla Dolu: İşte ve Hayatta Manipülasyon ve İstismardan Korunmanın Yolları</t>
+          <t>İçimizdeki Şeytan</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>260</v>
+        <v>130</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786257781787</t>
+          <t>9786256353442</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Felatun Bey ile Rakım Efendi</t>
+          <t>Hayatın Mucizeleri</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>130</v>
+        <v>110</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786054629442</t>
+          <t>9786256353572</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Cimri</t>
+          <t>Af</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>110</v>
+        <v>320</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786256353411</t>
+          <t>9786256353497</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Yıldız Gezgini</t>
+          <t>Zihnini Derle Topla - Kaygıdan ve Aşırı Düşünmeden Kurtulma Rehberi</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>130</v>
+        <v>320</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786257781862</t>
+          <t>9786256353541</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Yeraltından Notlar</t>
+          <t>Etrafım Psikopatlarla Dolu: İşte ve Hayatta Manipülasyon ve İstismardan Korunmanın Yolları</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>105</v>
+        <v>260</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786256353435</t>
+          <t>9786257781787</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Pollyanna</t>
+          <t>Felatun Bey ile Rakım Efendi</t>
         </is>
       </c>
       <c r="C409" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786256353367</t>
+          <t>9786054629442</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Martin Eden</t>
+          <t>Cimri</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>210</v>
+        <v>110</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786257781824</t>
+          <t>9786256353411</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Mai ve Siyah</t>
+          <t>Yıldız Gezgini</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>160</v>
+        <v>130</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786257781794</t>
+          <t>9786257781862</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Kuyucaklı Yusuf</t>
+          <t>Yeraltından Notlar</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>130</v>
+        <v>105</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786256353374</t>
+          <t>9786256353435</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Jane Eyre</t>
+          <t>Pollyanna</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>210</v>
+        <v>130</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786057572783</t>
+          <t>9786256353367</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>İntibah</t>
+          <t>Martin Eden</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>130</v>
+        <v>210</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786257781800</t>
+          <t>9786257781824</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Ivan İlyiç’in Ölümü</t>
+          <t>Mai ve Siyah</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>80</v>
+        <v>160</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786257781886</t>
+          <t>9786257781794</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Don Kişot</t>
+          <t>Kuyucaklı Yusuf</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>160</v>
+        <v>130</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786256353459</t>
+          <t>9786256353374</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Morgue Sokağı Cinayetleri</t>
+          <t>Jane Eyre</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>105</v>
+        <v>210</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786256353428</t>
+          <t>9786057572783</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Dr. Moreau’nun Adası</t>
+          <t>İntibah</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>105</v>
+        <v>130</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786257781763</t>
+          <t>9786257781800</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Memnu</t>
+          <t>Ivan İlyiç’in Ölümü</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>160</v>
+        <v>80</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786057572219</t>
+          <t>9786257781886</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Bebekler Ne İster</t>
+          <t>Don Kişot</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>450</v>
+        <v>160</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786256353404</t>
+          <t>9786256353459</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Yıldız Gezgini (Bez Cilt) (Ciltli)</t>
+          <t>Morgue Sokağı Cinayetleri</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>195</v>
+        <v>105</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786256353398</t>
+          <t>9786256353428</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Dr. Moreau'nun Adası (Bez Cilt) (Ciltli)</t>
+          <t>Dr. Moreau’nun Adası</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>130</v>
+        <v>105</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786256353381</t>
+          <t>9786257781763</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Hayatımızı Şekillendiren 10 Yıl: Yirmili Yaşlarımız Neden Önemlidir ve Bu Yılları En İyi Nasıl Değerlendiririz?</t>
+          <t>Aşk-ı Memnu</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>270</v>
+        <v>160</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786256353329</t>
+          <t>9786057572219</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Kaza</t>
+          <t>Bebekler Ne İster</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>340</v>
+        <v>450</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786256353336</t>
+          <t>9786256353404</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Prens</t>
+          <t>Yıldız Gezgini (Bez Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>150</v>
+        <v>195</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786256353312</t>
+          <t>9786256353398</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Yılan Avı</t>
+          <t>Dr. Moreau'nun Adası (Bez Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>320</v>
+        <v>130</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786256353305</t>
+          <t>9786256353381</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Mrs. Dalloway</t>
+          <t>Hayatımızı Şekillendiren 10 Yıl: Yirmili Yaşlarımız Neden Önemlidir ve Bu Yılları En İyi Nasıl Değerlendiririz?</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>155</v>
+        <v>270</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786256353268</t>
+          <t>9786256353329</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>İnci Küpeli Kız</t>
+          <t>Kaza</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>275</v>
+        <v>340</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786256353299</t>
+          <t>9786256353336</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Anna Karenina Cilt II (Ciltli)</t>
+          <t>Prens</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>275</v>
+        <v>150</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786256353275</t>
+          <t>9786256353312</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Anna Karenina Cilt I ve II (Ciltli)</t>
+          <t>Yılan Avı</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>550</v>
+        <v>320</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786256353282</t>
+          <t>9786256353305</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Anna Karenina Cilt I (Ciltli)</t>
+          <t>Mrs. Dalloway</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>275</v>
+        <v>155</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786256353244</t>
+          <t>9786256353268</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Hayat İçin Felsefe - ve Başka Tehlikeli Durumlarda</t>
+          <t>İnci Küpeli Kız</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>320</v>
+        <v>275</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786256353220</t>
+          <t>9786256353299</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Kuantum Ekonomisi Dijital Devrimden Sonra İnsanlık ve Dünya</t>
+          <t>Anna Karenina Cilt II (Ciltli)</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>270</v>
+        <v>275</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786256353213</t>
+          <t>9786256353275</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Şato (Ciltli)</t>
+          <t>Anna Karenina Cilt I ve II (Ciltli)</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>195</v>
+        <v>550</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786059702973</t>
+          <t>9786256353282</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Sefiller</t>
+          <t>Anna Karenina Cilt I (Ciltli)</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>160</v>
+        <v>275</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786256353206</t>
+          <t>9786256353244</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Solgun Mavi Gözler</t>
+          <t>Hayat İçin Felsefe - ve Başka Tehlikeli Durumlarda</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>340</v>
+        <v>320</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786256353190</t>
+          <t>9786256353220</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Bir Öğretmenin Hikayesi</t>
+          <t>Kuantum Ekonomisi Dijital Devrimden Sonra İnsanlık ve Dünya</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>220</v>
+        <v>270</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786256353176</t>
+          <t>9786256353213</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes : Kızıl Soruşturma &amp; Dörtlerin İşareti</t>
+          <t>Şato (Ciltli)</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>220</v>
+        <v>195</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786256353183</t>
+          <t>9786059702973</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes : Baskerville Tazısı &amp; Korku Vadisi</t>
+          <t>Sefiller</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786256353169</t>
+          <t>9786256353206</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes’ün Maceraları (Ciltli)</t>
+          <t>Solgun Mavi Gözler</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>220</v>
+        <v>340</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786256353152</t>
+          <t>9786256353190</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Ölümsüzlük ve Pilgrim</t>
+          <t>Bir Öğretmenin Hikayesi</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>340</v>
+        <v>220</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786257781855</t>
+          <t>9786256353176</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Vatan Yahut Silistre</t>
+          <t>Sherlock Holmes : Kızıl Soruşturma &amp; Dörtlerin İşareti</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>80</v>
+        <v>220</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786257781756</t>
+          <t>9786256353183</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>1984</t>
+          <t>Sherlock Holmes : Baskerville Tazısı &amp; Korku Vadisi</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786256353091</t>
+          <t>9786256353169</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Rodin - Cezanne (Ciltli)</t>
+          <t>Sherlock Holmes’ün Maceraları (Ciltli)</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786256353107</t>
+          <t>9786256353152</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Metafiziği (Ciltli)</t>
+          <t>Ölümsüzlük ve Pilgrim</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>105</v>
+        <v>340</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786256353084</t>
+          <t>9786257781855</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Genç Şaire Mektuplar - Bir Genç Kadına Mektuplar</t>
+          <t>Vatan Yahut Silistre</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>105</v>
+        <v>80</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786256353138</t>
+          <t>9786257781756</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Kemiklerin Mirası - 2. Kitap</t>
+          <t>1984</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>340</v>
+        <v>150</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786256353114</t>
+          <t>9786256353091</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Görünmez Gardiyan -1. Kitap</t>
+          <t>Rodin - Cezanne (Ciltli)</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>340</v>
+        <v>150</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786256353121</t>
+          <t>9786256353107</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Fırtınaya Adak - 3. Kitap</t>
+          <t>Aşkın Metafiziği (Ciltli)</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>340</v>
+        <v>105</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786256353077</t>
+          <t>9786256353084</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Ne Oldu Sana?</t>
+          <t>Genç Şaire Mektuplar - Bir Genç Kadına Mektuplar</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>320</v>
+        <v>105</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786257781992</t>
+          <t>9786256353138</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Zehra</t>
+          <t>Kemiklerin Mirası - 2. Kitap</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>130</v>
+        <v>340</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786256353008</t>
+          <t>9786256353114</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Falaka</t>
+          <t>Görünmez Gardiyan -1. Kitap</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>115</v>
+        <v>340</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786256353060</t>
+          <t>9786256353121</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Freud’u Anlamak: Hayatta ve Terapide</t>
+          <t>Fırtınaya Adak - 3. Kitap</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>240</v>
+        <v>340</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786256353053</t>
+          <t>9786256353077</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Ölmeye Değer</t>
+          <t>Ne Oldu Sana?</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>340</v>
+        <v>320</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786256353046</t>
+          <t>9786257781992</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Olma Cesareti</t>
+          <t>Zehra</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>270</v>
+        <v>130</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786256353015</t>
+          <t>9786256353008</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Tembellik Hakkı (Bez Cilt) (Ciltli)</t>
+          <t>Falaka</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>105</v>
+        <v>115</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786257781985</t>
+          <t>9786256353060</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Felsefenin Tesellisi Üzerine (I-V) (Ciltli)</t>
+          <t>Freud’u Anlamak: Hayatta ve Terapide</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786257781954</t>
+          <t>9786256353053</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Suikast Bürosu (Ciltli)</t>
+          <t>Ölmeye Değer</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>150</v>
+        <v>340</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786257781961</t>
+          <t>9786256353046</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Dr. Jekyll ve Bay Hyde (Ciltli)</t>
+          <t>Mutlu Olma Cesareti</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>105</v>
+        <v>270</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786257781893</t>
+          <t>9786256353015</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>İslam: Kısa Bir Tarihçe (Ciltli)</t>
+          <t>Tembellik Hakkı (Bez Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>255</v>
+        <v>105</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786257781923</t>
+          <t>9786257781985</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Doktor Katran ve Profesör Tüy Sistemi (Öykü Seçkisi)</t>
+          <t>Felsefenin Tesellisi Üzerine (I-V) (Ciltli)</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>185</v>
+        <v>160</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786257781770</t>
+          <t>9786257781954</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Eylül</t>
+          <t>Suikast Bürosu (Ciltli)</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786257781671</t>
+          <t>9786257781961</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Zavallı Çocuk (Bez Cilt) (Ciltli)</t>
+          <t>Dr. Jekyll ve Bay Hyde (Ciltli)</t>
         </is>
       </c>
       <c r="C463" s="1">
         <v>105</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786257781749</t>
+          <t>9786257781893</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Emily’nin Arayışı (Bez Cilt) (Ciltli)</t>
+          <t>İslam: Kısa Bir Tarihçe (Ciltli)</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>220</v>
+        <v>255</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786257781725</t>
+          <t>9786257781923</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Emily Yeni Ay Çiftliği’nde (Bez Cilt) (Ciltli)</t>
+          <t>Doktor Katran ve Profesör Tüy Sistemi (Öykü Seçkisi)</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>220</v>
+        <v>185</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786257781732</t>
+          <t>9786257781770</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Emily Tırmanıyor (Bez Cilt) (Ciltli)</t>
+          <t>Eylül</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786257781947</t>
+          <t>9786257781671</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Orhan Veli Bütün Şiirleri (Ciltli)</t>
+          <t>Zavallı Çocuk (Bez Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>295</v>
+        <v>105</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786257781916</t>
+          <t>9786257781749</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Yıkıcı Duygular</t>
+          <t>Emily’nin Arayışı (Bez Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>340</v>
+        <v>220</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786257781909</t>
+          <t>9786257781725</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Ütopya (Bez Cilt) (Ciltli)</t>
+          <t>Emily Yeni Ay Çiftliği’nde (Bez Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786257781688</t>
+          <t>9786257781732</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Karabibik (Bez Cilt) (Ciltli)</t>
+          <t>Emily Tırmanıyor (Bez Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>105</v>
+        <v>220</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786257781381</t>
+          <t>9786257781947</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Şair Evlenmesi (Bez Cilt) (Ciltli)</t>
+          <t>Orhan Veli Bütün Şiirleri (Ciltli)</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>105</v>
+        <v>295</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786257781695</t>
+          <t>9786257781916</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Taaşşuk-ı Talat ve Fitnat (Bez Cilt) (Ciltli)</t>
+          <t>Yıkıcı Duygular</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>135</v>
+        <v>340</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786257781718</t>
+          <t>9786257781909</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Kapan</t>
+          <t>Ütopya (Bez Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>340</v>
+        <v>160</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786257781701</t>
+          <t>9786257781688</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Gençler İçin Beş Sevgi Dili</t>
+          <t>Karabibik (Bez Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>320</v>
+        <v>105</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786257781657</t>
+          <t>9786257781381</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Biz (Ciltli)</t>
+          <t>Şair Evlenmesi (Bez Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>175</v>
+        <v>105</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786257781596</t>
+          <t>9786257781695</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Gece Gelir</t>
+          <t>Taaşşuk-ı Talat ve Fitnat (Bez Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>320</v>
+        <v>135</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786257781664</t>
+          <t>9786257781718</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Kuzey ve Güney (Ciltli)</t>
+          <t>Kapan</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>275</v>
+        <v>340</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786257781626</t>
+          <t>9786257781701</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne Rilla (Ciltli)</t>
+          <t>Gençler İçin Beş Sevgi Dili</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>195</v>
+        <v>320</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786257781640</t>
+          <t>9786257781657</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Mucizeleri (Ciltli)</t>
+          <t>Biz (Ciltli)</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>150</v>
+        <v>175</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786257781633</t>
+          <t>9786257781596</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Travmayı İyileştirmek</t>
+          <t>Ölüm Gece Gelir</t>
         </is>
       </c>
       <c r="C480" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786257781619</t>
+          <t>9786257781664</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar Neden Başarısız Olur?</t>
+          <t>Kuzey ve Güney (Ciltli)</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>270</v>
+        <v>275</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786257781589</t>
+          <t>9786257781626</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Veba (Ciltli)</t>
+          <t>Yeşilin Kızı Anne Rilla (Ciltli)</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>105</v>
+        <v>195</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786257781602</t>
+          <t>9786257781640</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Deniz Feneri (Ciltli)</t>
+          <t>Hayatın Mucizeleri (Ciltli)</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>185</v>
+        <v>150</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786257781541</t>
+          <t>9786257781633</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>İsimsiz Çocuk</t>
+          <t>Travmayı İyileştirmek</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>170</v>
+        <v>320</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786257781572</t>
+          <t>9786257781619</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Genç Bir Doktorun Anıları (Ciltli)</t>
+          <t>Çocuklar Neden Başarısız Olur?</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>150</v>
+        <v>270</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786257781565</t>
+          <t>9786257781589</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>1984 (Ciltli)</t>
+          <t>Kızıl Veba (Ciltli)</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>275</v>
+        <v>105</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786257781558</t>
+          <t>9786257781602</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Güneş Kent (Ciltli)</t>
+          <t>Deniz Feneri (Ciltli)</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>105</v>
+        <v>185</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786257781534</t>
+          <t>9786257781541</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Grimm Masalları 2 (Ciltli)</t>
+          <t>İsimsiz Çocuk</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>275</v>
+        <v>170</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786257781527</t>
+          <t>9786257781572</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Grimm Masalları 1 (Ciltli)</t>
+          <t>Genç Bir Doktorun Anıları (Ciltli)</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>275</v>
+        <v>150</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786257781510</t>
+          <t>9786257781565</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Alamut - Fedailerin Kalesi (Ciltli)</t>
+          <t>1984 (Ciltli)</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>295</v>
+        <v>275</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786257781503</t>
+          <t>9786257781558</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Ölümsüz Kardeşin Gözleri (Ciltli)</t>
+          <t>Güneş Kent (Ciltli)</t>
         </is>
       </c>
       <c r="C491" s="1">
         <v>105</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786257781480</t>
+          <t>9786257781534</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne 7 - Gökkuşağı Vadisi (Ciltli)</t>
+          <t>Grimm Masalları 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>195</v>
+        <v>275</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786257781497</t>
+          <t>9786257781527</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Piyanist (Ciltli)</t>
+          <t>Grimm Masalları 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>210</v>
+        <v>275</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786257781398</t>
+          <t>9786257781510</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Mai ve Siyah (Ciltli)</t>
+          <t>Alamut - Fedailerin Kalesi (Ciltli)</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>195</v>
+        <v>295</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786257781404</t>
+          <t>9786257781503</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Hayattan Sahneler (Ciltli)</t>
+          <t>Ölümsüz Kardeşin Gözleri (Ciltli)</t>
         </is>
       </c>
       <c r="C495" s="1">
         <v>105</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786257781428</t>
+          <t>9786257781480</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Gulyabani (Ciltli)</t>
+          <t>Yeşilin Kızı Anne 7 - Gökkuşağı Vadisi (Ciltli)</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>160</v>
+        <v>195</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786257781411</t>
+          <t>9786257781497</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Seçme Hikayeler (Ciltli)</t>
+          <t>Piyanist (Ciltli)</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>185</v>
+        <v>210</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786257781466</t>
+          <t>9786257781398</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Erika Ewald’ın Aşkı (Ciltli)</t>
+          <t>Mai ve Siyah (Ciltli)</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>105</v>
+        <v>195</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786257781459</t>
+          <t>9786257781404</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Frankenstein (Ciltli)</t>
+          <t>Hayattan Sahneler (Ciltli)</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>185</v>
+        <v>105</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786257781442</t>
+          <t>9786257781428</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>İyi Eşler (Ciltli)</t>
+          <t>Gulyabani (Ciltli)</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9786257781435</t>
+          <t>9786257781411</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Emma (Ciltli)</t>
+          <t>Seçme Hikayeler (Ciltli)</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>275</v>
+        <v>185</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9786257781299</t>
+          <t>9786257781466</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Montessori Çocuğu</t>
+          <t>Erika Ewald’ın Aşkı (Ciltli)</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>400</v>
+        <v>105</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786257781374</t>
+          <t>9786257781459</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne - Ingleside (Ciltli)</t>
+          <t>Frankenstein (Ciltli)</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>195</v>
+        <v>185</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786257781213</t>
+          <t>9786257781442</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Sis</t>
+          <t>İyi Eşler (Ciltli)</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>340</v>
+        <v>220</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9786257781305</t>
+          <t>9786257781435</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>9. Mezar</t>
+          <t>Emma (Ciltli)</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>340</v>
+        <v>275</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786257781329</t>
+          <t>9786257781299</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Reçine</t>
+          <t>Montessori Çocuğu</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>280</v>
+        <v>400</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9786257781367</t>
+          <t>9786257781374</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Don Kişot (Ciltli)</t>
+          <t>Yeşilin Kızı Anne - Ingleside (Ciltli)</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>220</v>
+        <v>195</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786257781343</t>
+          <t>9786257781213</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Tess (Ciltli)</t>
+          <t>Sis</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>275</v>
+        <v>340</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786257781350</t>
+          <t>9786257781305</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Köpek Kalbi (Ciltli)</t>
+          <t>9. Mezar</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>130</v>
+        <v>340</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9786257781275</t>
+          <t>9786257781329</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Sevginin Kökleri</t>
+          <t>Reçine</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>320</v>
+        <v>280</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9786257781312</t>
+          <t>9786257781367</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne - Rüya Evi (Ciltli)</t>
+          <t>Don Kişot (Ciltli)</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>195</v>
+        <v>220</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9786257781251</t>
+          <t>9786257781343</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Cimri (Ciltli)</t>
+          <t>Tess (Ciltli)</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>150</v>
+        <v>275</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9786257781282</t>
+          <t>9786257781350</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Tepenin Laneti</t>
+          <t>Köpek Kalbi (Ciltli)</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>340</v>
+        <v>130</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9786257781244</t>
+          <t>9786257781275</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Heidi (Ciltli)</t>
+          <t>Sevginin Kökleri</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>185</v>
+        <v>320</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9786257781237</t>
+          <t>9786257781312</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Pollyanna (Ciltli)</t>
+          <t>Yeşilin Kızı Anne - Rüya Evi (Ciltli)</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>185</v>
+        <v>195</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9786257781220</t>
+          <t>9786257781251</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Alice Harikalar Diyarında (Ciltli)</t>
+          <t>Cimri (Ciltli)</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9786257781190</t>
+          <t>9786257781282</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Bir Kuzey Macerası (Ciltli)</t>
+          <t>Tepenin Laneti</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>105</v>
+        <v>340</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9786257781176</t>
+          <t>9786257781244</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Aptallığın Övgüsü (Ciltli)</t>
+          <t>Heidi (Ciltli)</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>150</v>
+        <v>185</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786257781183</t>
+          <t>9786257781237</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>İnsan Nedir? (Ciltli)</t>
+          <t>Pollyanna (Ciltli)</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>140</v>
+        <v>185</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9780448453699</t>
+          <t>9786257781220</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Psikoloji Kitapları Seti (3 Kitap Takım)</t>
+          <t>Alice Harikalar Diyarında (Ciltli)</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>530</v>
+        <v>140</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9782081222145</t>
+          <t>9786257781190</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Yaşamdan İlham Alanlar Seti (4 Kitap Takım)</t>
+          <t>Bir Kuzey Macerası (Ciltli)</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>1045</v>
+        <v>105</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9786257781152</t>
+          <t>9786257781176</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Ermişin Bahçesi (Ciltli)</t>
+          <t>Aptallığın Övgüsü (Ciltli)</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>105</v>
+        <v>150</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9786057572882</t>
+          <t>9786257781183</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Etrafım Aptallarla Dolu</t>
+          <t>İnsan Nedir? (Ciltli)</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>320</v>
+        <v>140</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9786257781169</t>
+          <t>9780448453699</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne Rüzgarlı Kavaklar (Ciltli)</t>
+          <t>Psikoloji Kitapları Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>195</v>
+        <v>530</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9786257781145</t>
+          <t>9782081222145</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Çiftliği (Ciltli)</t>
+          <t>Yaşamdan İlham Alanlar Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>130</v>
+        <v>1045</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9786257781138</t>
+          <t>9786257781152</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Vişne Bahçesi - Bez Cilt (Ciltli)</t>
+          <t>Ermişin Bahçesi (Ciltli)</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>130</v>
+        <v>105</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9786257781107</t>
+          <t>9786057572882</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Lyon’da Düğün - Bez Cilt (Ciltli)</t>
+          <t>Etrafım Aptallarla Dolu</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>130</v>
+        <v>320</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9786257781121</t>
+          <t>9786257781169</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Aforizmalar - Bez Cilt (Ciltli)</t>
+          <t>Yeşilin Kızı Anne Rüzgarlı Kavaklar (Ciltli)</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>105</v>
+        <v>195</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9786257781114</t>
+          <t>9786257781145</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kadınlar (Ciltli)</t>
+          <t>Hayvan Çiftliği (Ciltli)</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>220</v>
+        <v>130</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9786257781077</t>
+          <t>9786257781138</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Neva Bulvarı (Ciltli)</t>
+          <t>Vişne Bahçesi - Bez Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>105</v>
+        <v>130</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9786257781084</t>
+          <t>9786257781107</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Altıncı Koğuş (Ciltli)</t>
+          <t>Lyon’da Düğün - Bez Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>105</v>
+        <v>130</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9786057572875</t>
+          <t>9786257781121</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Danimarkalılara Özgü Ebeveynlik : Dünyanın En Mutlu Çocukları Nasıl Yetişiyor</t>
+          <t>Aforizmalar - Bez Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>170</v>
+        <v>105</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9786257781060</t>
+          <t>9786257781114</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Ada - Yeşilin Kızı Anne 3 (Ciltli)</t>
+          <t>Küçük Kadınlar (Ciltli)</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>195</v>
+        <v>220</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9786257781046</t>
+          <t>9786257781077</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Oblomov (Ciltli)</t>
+          <t>Neva Bulvarı (Ciltli)</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>275</v>
+        <v>105</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9786257781053</t>
+          <t>9786257781084</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Efendi ile Uşağı (Ciltli)</t>
+          <t>Altıncı Koğuş (Ciltli)</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>130</v>
+        <v>105</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9786057572998</t>
+          <t>9786057572875</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Sergüzeşt (Ciltli)</t>
+          <t>Danimarkalılara Özgü Ebeveynlik : Dünyanın En Mutlu Çocukları Nasıl Yetişiyor</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>130</v>
+        <v>170</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9786257781039</t>
+          <t>9786257781060</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut Hikayeleri (Ciltli)</t>
+          <t>Ada - Yeşilin Kızı Anne 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>160</v>
+        <v>195</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9786057572981</t>
+          <t>9786257781046</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Vatan Yahut Silistre (Ciltli)</t>
+          <t>Oblomov (Ciltli)</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>105</v>
+        <v>275</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9786057572899</t>
+          <t>9786257781053</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Araba Sevdası (Ciltli)</t>
+          <t>Efendi ile Uşağı (Ciltli)</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>155</v>
+        <v>130</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9786257781008</t>
+          <t>9786057572998</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>İntibah (Ciltli)</t>
+          <t>Sergüzeşt (Ciltli)</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>160</v>
+        <v>130</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9786257781015</t>
+          <t>9786257781039</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Felatun Bey ile Rakım Efendi (Ciltli)</t>
+          <t>Dede Korkut Hikayeleri (Ciltli)</t>
         </is>
       </c>
       <c r="C541" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9786257781022</t>
+          <t>9786057572981</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Eylül (Ciltli)</t>
+          <t>Vatan Yahut Silistre (Ciltli)</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>185</v>
+        <v>105</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9786057572974</t>
+          <t>9786057572899</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Memnu (Ciltli)</t>
+          <t>Araba Sevdası (Ciltli)</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>220</v>
+        <v>155</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9786057572837</t>
+          <t>9786257781008</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Billy Milligan’ın Zihinleri</t>
+          <t>İntibah (Ciltli)</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>340</v>
+        <v>160</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9786057572967</t>
+          <t>9786257781015</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Zaman Makinesi (Ciltli)</t>
+          <t>Felatun Bey ile Rakım Efendi (Ciltli)</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9786057572868</t>
+          <t>9786257781022</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Babaya Mektup (Ciltli)</t>
+          <t>Eylül (Ciltli)</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>105</v>
+        <v>185</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9786057572905</t>
+          <t>9786057572974</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Araba Sevdası</t>
+          <t>Aşk-ı Memnu (Ciltli)</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9786057572943</t>
+          <t>9786057572837</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne Avonlea (Mor Kapak) (Ciltli)</t>
+          <t>Billy Milligan’ın Zihinleri</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>195</v>
+        <v>340</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9786057572912</t>
+          <t>9786057572967</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne Avonlea (Siyah Kapak) (Ciltli)</t>
+          <t>Zaman Makinesi (Ciltli)</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>195</v>
+        <v>130</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9786057572851</t>
+          <t>9786057572868</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Ivan İlyiç’in Ölümü (Ciltli)</t>
+          <t>Babaya Mektup (Ciltli)</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>115</v>
+        <v>105</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9786057572844</t>
+          <t>9786057572905</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Savaş Sanatı (Ciltli)</t>
+          <t>Araba Sevdası</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>105</v>
+        <v>120</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9786057572820</t>
+          <t>9786057572943</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Merhamet</t>
+          <t>Yeşilin Kızı Anne Avonlea (Mor Kapak) (Ciltli)</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>340</v>
+        <v>195</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9786057572776</t>
+          <t>9786057572912</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Kuyucaklı Yusuf (Ciltli)</t>
+          <t>Yeşilin Kızı Anne Avonlea (Siyah Kapak) (Ciltli)</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>175</v>
+        <v>195</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9786057572806</t>
+          <t>9786057572851</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Geçmişe Yolculuk (Ciltli)</t>
+          <t>Ivan İlyiç’in Ölümü (Ciltli)</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>105</v>
+        <v>115</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9786057572813</t>
+          <t>9786057572844</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Bir Çöküşün Öyküsü (Ciltli)</t>
+          <t>Savaş Sanatı (Ciltli)</t>
         </is>
       </c>
       <c r="C555" s="1">
         <v>105</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9786057572790</t>
+          <t>9786057572820</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Morgue Sokağı Cinayetleri (Ciltli)</t>
+          <t>Merhamet</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>130</v>
+        <v>340</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9786057572745</t>
+          <t>9786057572776</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Jane Eyre (Ciltli)</t>
+          <t>Kuyucaklı Yusuf (Ciltli)</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>275</v>
+        <v>175</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9786057572738</t>
+          <t>9786057572806</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Gatsby (Ciltli)</t>
+          <t>Geçmişe Yolculuk (Ciltli)</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>155</v>
+        <v>105</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9786057572752</t>
+          <t>9786057572813</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>İnsancıklar (Ciltli)</t>
+          <t>Bir Çöküşün Öyküsü (Ciltli)</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>160</v>
+        <v>105</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9786057572721</t>
+          <t>9786057572790</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne (Ciltli)</t>
+          <t>Morgue Sokağı Cinayetleri (Ciltli)</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>220</v>
+        <v>130</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9786057572509</t>
+          <t>9786057572745</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>İrade Terbiyesi (Ciltli)</t>
+          <t>Jane Eyre (Ciltli)</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>195</v>
+        <v>275</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9786057572523</t>
+          <t>9786057572738</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>İnsan Ne ile Yaşar (Ciltli)</t>
+          <t>Muhteşem Gatsby (Ciltli)</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>130</v>
+        <v>155</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9786057572691</t>
+          <t>9786057572752</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Palto (Ciltli)</t>
+          <t>İnsancıklar (Ciltli)</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>105</v>
+        <v>160</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9786057572608</t>
+          <t>9786057572721</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Açlık Sanatçısı (Ciltli)</t>
+          <t>Yeşilin Kızı Anne (Ciltli)</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>105</v>
+        <v>220</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9786057572622</t>
+          <t>9786057572509</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Korku (Ciltli)</t>
+          <t>İrade Terbiyesi (Ciltli)</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>105</v>
+        <v>195</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9786057572592</t>
+          <t>9786057572523</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Ay Işığı Sokağı (Ciltli)</t>
+          <t>İnsan Ne ile Yaşar (Ciltli)</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>105</v>
+        <v>130</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9786057572677</t>
+          <t>9786057572691</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Ermiş (Ciltli)</t>
+          <t>Palto (Ciltli)</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>115</v>
+        <v>105</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9786057572707</t>
+          <t>9786057572608</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Diriliş (Ciltli)</t>
+          <t>Açlık Sanatçısı (Ciltli)</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>275</v>
+        <v>105</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9786057572547</t>
+          <t>9786057572622</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Bir İdam Mahkumunun Son Günü (Ciltli)</t>
+          <t>Korku (Ciltli)</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>130</v>
+        <v>105</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9786057572684</t>
+          <t>9786057572592</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Bir Delinin Hatıra Defteri (Ciltli)</t>
+          <t>Ay Işığı Sokağı (Ciltli)</t>
         </is>
       </c>
       <c r="C570" s="1">
         <v>105</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9786057572585</t>
+          <t>9786057572677</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Bir Kadının Mektubu (Ciltli)</t>
+          <t>Ermiş (Ciltli)</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>105</v>
+        <v>115</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9786057572639</t>
+          <t>9786057572707</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Amok Koşucusu (Ciltli)</t>
+          <t>Diriliş (Ciltli)</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>105</v>
+        <v>275</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9786057572615</t>
+          <t>9786057572547</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Ceza Kolonisinde (Ciltli)</t>
+          <t>Bir İdam Mahkumunun Son Günü (Ciltli)</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>105</v>
+        <v>130</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9786057572554</t>
+          <t>9786057572684</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Kitapçı Mendel (Ciltli)</t>
+          <t>Bir Delinin Hatıra Defteri (Ciltli)</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>130</v>
+        <v>105</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9786057572660</t>
+          <t>9786057572585</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Yakıcı Sır (Ciltli)</t>
+          <t>Bilinmeyen Bir Kadının Mektubu (Ciltli)</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>115</v>
+        <v>105</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9786057572578</t>
+          <t>9786057572639</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Bir Kadının Yaşamından 24 Saat (Ciltli)</t>
+          <t>Amok Koşucusu (Ciltli)</t>
         </is>
       </c>
       <c r="C576" s="1">
         <v>105</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9786057572646</t>
+          <t>9786057572615</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Görünmeyen Koleksiyon (Ciltli)</t>
+          <t>Ceza Kolonisinde (Ciltli)</t>
         </is>
       </c>
       <c r="C577" s="1">
         <v>105</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9786057572653</t>
+          <t>9786057572554</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Karmaşık Duygular (Ciltli)</t>
+          <t>Kitapçı Mendel (Ciltli)</t>
         </is>
       </c>
       <c r="C578" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9786057572561</t>
+          <t>9786057572660</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Olağanüstü Bir Gece (Ciltli)</t>
+          <t>Yakıcı Sır (Ciltli)</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>105</v>
+        <v>115</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9786057572530</t>
+          <t>9786057572578</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>61 Saat</t>
+          <t>Bir Kadının Yaşamından 24 Saat (Ciltli)</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>320</v>
+        <v>105</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9786057572394</t>
+          <t>9786057572646</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Gitsem Bir Türlü Kalsam Bir Türlü</t>
+          <t>Görünmeyen Koleksiyon (Ciltli)</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>340</v>
+        <v>105</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9786057572479</t>
+          <t>9786057572653</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Şeytan (Ciltli)</t>
+          <t>Karmaşık Duygular (Ciltli)</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>195</v>
+        <v>130</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9786057572448</t>
+          <t>9786057572561</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Dorian Gray’in Portresi</t>
+          <t>Olağanüstü Bir Gece (Ciltli)</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>130</v>
+        <v>105</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9786057572325</t>
+          <t>9786057572530</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Kürk Mantolu Madonna</t>
+          <t>61 Saat</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>110</v>
+        <v>320</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9786059702379</t>
+          <t>9786057572394</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Araf</t>
+          <t>Gitsem Bir Türlü Kalsam Bir Türlü</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>320</v>
+        <v>340</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9786057572349</t>
+          <t>9786057572479</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Denemeler</t>
+          <t>İçimizdeki Şeytan (Ciltli)</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>130</v>
+        <v>195</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9786057572301</t>
+          <t>9786057572448</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Kendine Ait Bir Oda</t>
+          <t>Dorian Gray’in Portresi</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>105</v>
+        <v>130</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9786057572271</t>
+          <t>9786057572325</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Kürk Mantolu Madonna (Ciltli)</t>
+          <t>Kürk Mantolu Madonna</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>150</v>
+        <v>110</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9786057572189</t>
+          <t>9786059702379</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Rezonans Kanunu</t>
+          <t>Araf</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>240</v>
+        <v>320</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9786057572110</t>
+          <t>9786057572349</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>DNA</t>
+          <t>Denemeler</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>340</v>
+        <v>130</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9786057572097</t>
+          <t>9786057572301</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Palto</t>
+          <t>Kendine Ait Bir Oda</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>80</v>
+        <v>105</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9786059702942</t>
+          <t>9786057572271</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Fırtınada Yanacaksın</t>
+          <t>Kürk Mantolu Madonna (Ciltli)</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>340</v>
+        <v>150</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9786059702874</t>
+          <t>9786057572189</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Dönüşüm</t>
+          <t>Rezonans Kanunu</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>80</v>
+        <v>240</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9786059702898</t>
+          <t>9786057572110</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Suç ve Ceza</t>
+          <t>DNA</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>220</v>
+        <v>340</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9786059702881</t>
+          <t>9786057572097</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Satranç</t>
+          <t>Palto</t>
         </is>
       </c>
       <c r="C595" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9786059702836</t>
+          <t>9786059702942</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Öyküler (Ciltli)</t>
+          <t>Fırtınada Yanacaksın</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>175</v>
+        <v>340</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9786059702904</t>
+          <t>9786059702874</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Bebeğiniz Uykuyu Çok Sevecek</t>
+          <t>Dönüşüm</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>190</v>
+        <v>80</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9786059702843</t>
+          <t>9786059702898</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Psikopati</t>
+          <t>Suç ve Ceza</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>340</v>
+        <v>220</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9786059702850</t>
+          <t>9786059702881</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Anne’nin Duygusal Yokluğu</t>
+          <t>Satranç</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>320</v>
+        <v>80</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9786059702782</t>
+          <t>9786059702836</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Suç ve Ceza (Ciltli)</t>
+          <t>Öyküler (Ciltli)</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>280</v>
+        <v>175</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9786059702775</t>
+          <t>9786059702904</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Kitlelerin Psikolojisi</t>
+          <t>Bebeğiniz Uykuyu Çok Sevecek</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>170</v>
+        <v>190</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9786059702768</t>
+          <t>9786059702843</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Dorian Gray'in Portresi (Ciltli)</t>
+          <t>Psikopati</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>185</v>
+        <v>340</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9786059702751</t>
+          <t>9786059702850</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>John Verdon Polisiye Set (5 Kitap Kutulu)</t>
+          <t>Anne’nin Duygusal Yokluğu</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>1375</v>
+        <v>320</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9786059702713</t>
+          <t>9786059702782</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Genç Werther’in Acıları (Ciltli)</t>
+          <t>Suç ve Ceza (Ciltli)</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>130</v>
+        <v>280</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9786059702720</t>
+          <t>9786059702775</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Issız Ev</t>
+          <t>Kitlelerin Psikolojisi</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>320</v>
+        <v>170</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9786059702706</t>
+          <t>9786059702768</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>O Gece</t>
+          <t>Dorian Gray'in Portresi (Ciltli)</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>340</v>
+        <v>185</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9786059702690</t>
+          <t>9786059702751</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>Toplum Sözleşmesi (Ciltli)</t>
+          <t>John Verdon Polisiye Set (5 Kitap Kutulu)</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>130</v>
+        <v>1700</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9786059702676</t>
+          <t>9786059702713</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Beş Sevgi Dili</t>
+          <t>Genç Werther’in Acıları (Ciltli)</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>220</v>
+        <v>130</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9786059702652</t>
+          <t>9786059702720</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>Sefiller (Ciltli)</t>
+          <t>Issız Ev</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>220</v>
+        <v>320</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9786059702638</t>
+          <t>9786059702706</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Ölü Canlar (Ciltli)</t>
+          <t>O Gece</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>220</v>
+        <v>340</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9786059702607</t>
+          <t>9786059702690</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Martin Eden (Ciltli)</t>
+          <t>Toplum Sözleşmesi (Ciltli)</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>275</v>
+        <v>130</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9786059702614</t>
+          <t>9786059702676</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>Köpek Gibi Büyütülmüş Çocuk</t>
+          <t>Çocuklar İçin Beş Sevgi Dili</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>340</v>
+        <v>220</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9786059702553</t>
+          <t>9786059702652</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed (Ciltli)</t>
+          <t>Sefiller (Ciltli)</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>275</v>
+        <v>220</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9786059702577</t>
+          <t>9786059702638</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Zambaklar Ülkesinde - Bez Cilt (Ciltli)</t>
+          <t>Ölü Canlar (Ciltli)</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>175</v>
+        <v>220</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9786059702546</t>
+          <t>9786059702607</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Böyle Buyurdu Zerdüşt (Ciltli)</t>
+          <t>Martin Eden (Ciltli)</t>
         </is>
       </c>
       <c r="C615" s="1">
-        <v>220</v>
+        <v>275</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9786059702522</t>
+          <t>9786059702614</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>Denemeler (Ciltli)</t>
+          <t>Köpek Gibi Büyütülmüş Çocuk</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>195</v>
+        <v>340</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9786059702515</t>
+          <t>9786059702553</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>26</t>
+          <t>Hz. Muhammed (Ciltli)</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>140</v>
+        <v>275</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9786059702430</t>
+          <t>9786059702577</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Dava (Ciltli)</t>
+          <t>Beyaz Zambaklar Ülkesinde - Bez Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>185</v>
+        <v>175</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9786059702423</t>
+          <t>9786059702546</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Diş (Ciltli)</t>
+          <t>Böyle Buyurdu Zerdüşt (Ciltli)</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9786059702485</t>
+          <t>9786059702522</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>Babalar ve Oğullar (Ciltli)</t>
+          <t>Denemeler (Ciltli)</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>185</v>
+        <v>195</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9786059702461</t>
+          <t>9786059702515</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Kendine Ait Bir Oda (Ciltli)</t>
+          <t>26</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>130</v>
+        <v>140</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9786059702355</t>
+          <t>9786059702430</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>Milena'ya Mektuplar (Ciltli)</t>
+          <t>Dava (Ciltli)</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>220</v>
+        <v>185</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9786057572516</t>
+          <t>9786059702423</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>Kumarbaz (Ciltli)</t>
+          <t>Beyaz Diş (Ciltli)</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9786059702164</t>
+          <t>9786059702485</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>Google Sırları</t>
+          <t>Babalar ve Oğullar (Ciltli)</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>340</v>
+        <v>185</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9786059702317</t>
+          <t>9786059702461</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>Uğultulu Tepeler (Ciltli)</t>
+          <t>Kendine Ait Bir Oda (Ciltli)</t>
         </is>
       </c>
       <c r="C625" s="1">
-        <v>275</v>
+        <v>130</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9786059702300</t>
+          <t>9786059702355</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>Vadideki Zambak (Ciltli)</t>
+          <t>Milena'ya Mektuplar (Ciltli)</t>
         </is>
       </c>
       <c r="C626" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9786059702249</t>
+          <t>9786057572516</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Kurt Gölü</t>
+          <t>Kumarbaz (Ciltli)</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>340</v>
+        <v>160</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9786059702171</t>
+          <t>9786059702164</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Psikoz</t>
+          <t>Google Sırları</t>
         </is>
       </c>
       <c r="C628" s="1">
         <v>340</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9786059702256</t>
+          <t>9786059702317</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>Dönüşüm (Ciltli)</t>
+          <t>Uğultulu Tepeler (Ciltli)</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>105</v>
+        <v>275</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9786059702263</t>
+          <t>9786059702300</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>Yeraltından Notlar (Ciltli)</t>
+          <t>Vadideki Zambak (Ciltli)</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>130</v>
+        <v>220</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9786059702218</t>
+          <t>9786059702249</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>Satranç (Ciltli)</t>
+          <t>Kurt Gölü</t>
         </is>
       </c>
       <c r="C631" s="1">
-        <v>105</v>
+        <v>340</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9786059702225</t>
+          <t>9786059702171</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>İki Şehrin Hikayesi (Ciltli)</t>
+          <t>Psikoz</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>275</v>
+        <v>340</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9786059702232</t>
+          <t>9786059702256</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Gurur (Ciltli)</t>
+          <t>Dönüşüm (Ciltli)</t>
         </is>
       </c>
       <c r="C633" s="1">
-        <v>240</v>
+        <v>105</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9786054629978</t>
+          <t>9786059702263</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>Gece</t>
+          <t>Yeraltından Notlar (Ciltli)</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>170</v>
+        <v>130</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9786054629848</t>
+          <t>9786059702218</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>Obsesif</t>
+          <t>Satranç (Ciltli)</t>
         </is>
       </c>
       <c r="C635" s="1">
-        <v>320</v>
+        <v>105</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9786054629497</t>
+          <t>9786059702225</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>30 Adımda Özgüven</t>
+          <t>İki Şehrin Hikayesi (Ciltli)</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>320</v>
+        <v>275</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9789944983709</t>
+          <t>9786059702232</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Kelime Kartları: Ekonomi Terimleri</t>
+          <t>Aşk ve Gurur (Ciltli)</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>90</v>
+        <v>240</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9786054629640</t>
+          <t>9786054629978</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>Peter Pan Ölmeli</t>
+          <t>Gece</t>
         </is>
       </c>
       <c r="C638" s="1">
-        <v>340</v>
+        <v>170</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9786054629862</t>
+          <t>9786054629848</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>Algernon’a Çiçekler</t>
+          <t>Obsesif</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>270</v>
+        <v>320</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9786054188451</t>
+          <t>9786054629497</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>İnsanları Okumak</t>
+          <t>30 Adımda Özgüven</t>
         </is>
       </c>
       <c r="C640" s="1">
-        <v>340</v>
+        <v>320</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9786057572493</t>
+          <t>9789944983709</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>Histeri</t>
+          <t>İngilizce Kelime Kartları: Ekonomi Terimleri</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>320</v>
+        <v>90</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9786054188819</t>
+          <t>9786054629640</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>Klon</t>
+          <t>Peter Pan Ölmeli</t>
         </is>
       </c>
       <c r="C642" s="1">
         <v>340</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9786054188611</t>
+          <t>9786054629862</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>Kayboluş</t>
+          <t>Algernon’a Çiçekler</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>320</v>
+        <v>270</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9786054188307</t>
+          <t>9786054188451</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Kelime Kartları Argo Sözlüğü</t>
+          <t>İnsanları Okumak</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>40</v>
+        <v>340</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9786054188895</t>
+          <t>9786057572493</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>Gözlerini Sımsıkı Kapat</t>
+          <t>Histeri</t>
         </is>
       </c>
       <c r="C645" s="1">
-        <v>340</v>
+        <v>320</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9786054188970</t>
+          <t>9786054188819</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>Fedailerin Kalesi Alamut</t>
+          <t>Klon</t>
         </is>
       </c>
       <c r="C646" s="1">
         <v>340</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9789944983990</t>
+          <t>9786054188611</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Zambaklar Ülkesinde</t>
+          <t>Kayboluş</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>160</v>
+        <v>320</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9789944983372</t>
+          <t>9786054188307</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Beş Sevgi Dili</t>
+          <t>İngilizce Kelime Kartları Argo Sözlüğü</t>
         </is>
       </c>
       <c r="C648" s="1">
-        <v>220</v>
+        <v>40</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9786054188710</t>
+          <t>9786054188895</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>Aklından Bir Sayı Tut</t>
+          <t>Gözlerini Sımsıkı Kapat</t>
         </is>
       </c>
       <c r="C649" s="1">
         <v>340</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9786054629367</t>
+          <t>9786054188970</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>Akıl Oyunları</t>
+          <t>Fedailerin Kalesi Alamut</t>
         </is>
       </c>
       <c r="C650" s="1">
-        <v>320</v>
+        <v>340</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9786054629183</t>
+          <t>9789944983990</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Akıl Labirenti</t>
+          <t>Beyaz Zambaklar Ülkesinde</t>
         </is>
       </c>
       <c r="C651" s="1">
-        <v>320</v>
+        <v>160</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9789944983648</t>
+          <t>9789944983372</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcı Dehanın Sırları</t>
+          <t>Beş Sevgi Dili</t>
         </is>
       </c>
       <c r="C652" s="1">
-        <v>320</v>
+        <v>220</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9786054629251</t>
+          <t>9786054188710</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>Şeytanı Uyandırma</t>
+          <t>Aklından Bir Sayı Tut</t>
         </is>
       </c>
       <c r="C653" s="1">
         <v>340</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9786054188239</t>
+          <t>9786054629367</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>Sil Baştan</t>
+          <t>Akıl Oyunları</t>
         </is>
       </c>
       <c r="C654" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9786054188291</t>
+          <t>9786054629183</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>Rusça Kelime Kartları</t>
+          <t>Akıl Labirenti</t>
         </is>
       </c>
       <c r="C655" s="1">
-        <v>40</v>
+        <v>320</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9786054188413</t>
+          <t>9789944983648</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>Psiko Analist</t>
+          <t>Yaratıcı Dehanın Sırları</t>
         </is>
       </c>
       <c r="C656" s="1">
-        <v>340</v>
+        <v>320</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9786054629343</t>
+          <t>9786054629251</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>Profesör</t>
+          <t>Şeytanı Uyandırma</t>
         </is>
       </c>
       <c r="C657" s="1">
         <v>340</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
+          <t>9786054188239</t>
+        </is>
+      </c>
+      <c r="B658" s="1" t="inlineStr">
+        <is>
+          <t>Sil Baştan</t>
+        </is>
+      </c>
+      <c r="C658" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="659" spans="1:3">
+      <c r="A659" s="1" t="inlineStr">
+        <is>
+          <t>9786054188291</t>
+        </is>
+      </c>
+      <c r="B659" s="1" t="inlineStr">
+        <is>
+          <t>Rusça Kelime Kartları</t>
+        </is>
+      </c>
+      <c r="C659" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="660" spans="1:3">
+      <c r="A660" s="1" t="inlineStr">
+        <is>
+          <t>9786054188413</t>
+        </is>
+      </c>
+      <c r="B660" s="1" t="inlineStr">
+        <is>
+          <t>Psiko Analist</t>
+        </is>
+      </c>
+      <c r="C660" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="661" spans="1:3">
+      <c r="A661" s="1" t="inlineStr">
+        <is>
+          <t>9786054629343</t>
+        </is>
+      </c>
+      <c r="B661" s="1" t="inlineStr">
+        <is>
+          <t>Profesör</t>
+        </is>
+      </c>
+      <c r="C661" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="662" spans="1:3">
+      <c r="A662" s="1" t="inlineStr">
+        <is>
           <t>9786054629350</t>
         </is>
       </c>
-      <c r="B658" s="1" t="inlineStr">
+      <c r="B662" s="1" t="inlineStr">
         <is>
           <t>Konuşmamız Lazım</t>
         </is>
       </c>
-      <c r="C658" s="1">
+      <c r="C662" s="1">
         <v>190</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>