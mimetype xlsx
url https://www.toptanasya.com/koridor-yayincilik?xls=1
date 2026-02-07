--- v1 (2025-12-16)
+++ v2 (2026-02-07)
@@ -85,9955 +85,10015 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256353954</t>
+          <t>9786258510003</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>İnsanları Tanıma Sanatı (Ciltli)</t>
+          <t>Kedi Öyküleri (Ciltli)</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>240</v>
+        <v>270</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256353992</t>
+          <t>9786256353985</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Moby Dick (Ciltli)</t>
+          <t>Süper Hüzünlü Bir Aşk Hikayesi</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>325</v>
+        <v>375</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256353831</t>
+          <t>9786258510027</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Mankafa Wilson (Ciltli)</t>
+          <t>Mavi Saat</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>290</v>
+        <v>375</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256353930</t>
+          <t>9786258510010</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Bunu Düşünmek İstemezdim</t>
+          <t>Sonuna Kadar</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>240</v>
+        <v>375</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256353848</t>
+          <t>9786256353954</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Kedilerin Şifalı Gücü</t>
+          <t>İnsanları Tanıma Sanatı (Ciltli)</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>320</v>
+        <v>240</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786257781817</t>
+          <t>9786256353992</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Çiftliği</t>
+          <t>Moby Dick (Ciltli)</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>105</v>
+        <v>325</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256353862</t>
+          <t>9786256353831</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>İyi Besin Sakin Zihin</t>
+          <t>Mankafa Wilson (Ciltli)</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>320</v>
+        <v>290</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256353923</t>
+          <t>9786256353930</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Safahat (Ciltli)</t>
+          <t>Bunu Düşünmek İstemezdim</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>240</v>
+        <v>265</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256353909</t>
+          <t>9786256353848</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Tarihi</t>
+          <t>Kedilerin Şifalı Gücü</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786256353800</t>
+          <t>9786257781817</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Türkçülüğün Esasları</t>
+          <t>Hayvan Çiftliği</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>140</v>
+        <v>115</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786256353855</t>
+          <t>9786256353862</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar ve Ergenler İçin Bilişsel Davranışçı Terapi Yardım Kiti</t>
+          <t>İyi Besin Sakin Zihin</t>
         </is>
       </c>
       <c r="C12" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786256353947</t>
+          <t>9786256353923</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Sen Yeter ki İste</t>
+          <t>Safahat (Ciltli)</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>290</v>
+        <v>240</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786256353770</t>
+          <t>9786256353909</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Nala’nın Dünyası</t>
+          <t>Aşkın Tarihi</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>270</v>
+        <v>310</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256353787</t>
+          <t>9786256353800</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Nala’nın Dünyası (Ciltli)</t>
+          <t>Türkçülüğün Esasları</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>320</v>
+        <v>140</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256353763</t>
+          <t>9786256353855</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Jack Reacher 1 - Mezbaha</t>
+          <t>Çocuklar ve Ergenler İçin Bilişsel Davranışçı Terapi Yardım Kiti</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>340</v>
+        <v>385</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786256353343</t>
+          <t>9786256353947</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Oblomov</t>
+          <t>Sen Yeter ki İste</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>220</v>
+        <v>320</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786057572318</t>
+          <t>9786256353770</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Bellek</t>
+          <t>Nala’nın Dünyası</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786059702911</t>
+          <t>9786256353787</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Bir Kadının Mektubu (Ciltsiz)</t>
+          <t>Nala’nın Dünyası (Ciltli)</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>80</v>
+        <v>350</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786059702928</t>
+          <t>9786256353763</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Bir Delinin Hatıra Defteri</t>
+          <t>Jack Reacher 1 - Mezbaha</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>80</v>
+        <v>375</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786059702935</t>
+          <t>9786256353343</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Bir Kadının Yaşamından 24 Saat (Ciltsiz)</t>
+          <t>Oblomov</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>80</v>
+        <v>240</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786057572158</t>
+          <t>9786057572318</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Genç Werther’in Acıları (Ciltsiz)</t>
+          <t>Bellek</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>105</v>
+        <v>190</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786057572165</t>
+          <t>9786059702911</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Yeraltından Notlar (Ciltslz)</t>
+          <t>Bilinmeyen Bir Kadının Mektubu (Ciltsiz)</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>60</v>
+        <v>90</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786057572141</t>
+          <t>9786059702928</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Gurur (Ciltsiz)</t>
+          <t>Bir Delinin Hatıra Defteri</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>160</v>
+        <v>80</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786057572240</t>
+          <t>9786059702935</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Seyyah</t>
+          <t>Bir Kadının Yaşamından 24 Saat (Ciltsiz)</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>240</v>
+        <v>90</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786057572462</t>
+          <t>9786057572158</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Babalar ve Oğullar</t>
+          <t>Genç Werther’in Acıları (Ciltsiz)</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>130</v>
+        <v>115</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786057572455</t>
+          <t>9786057572165</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>İki Şehrin Hikayesi</t>
+          <t>Yeraltından Notlar (Ciltslz)</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>210</v>
+        <v>60</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786057572431</t>
+          <t>9786057572141</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Toplum Sözleşmesi</t>
+          <t>Aşk ve Gurur (Ciltsiz)</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>105</v>
+        <v>175</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786057572400</t>
+          <t>9786057572240</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Ermiş</t>
+          <t>Seyyah</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>80</v>
+        <v>240</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786057572011</t>
+          <t>9786057572462</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Kitapçı Mendel - Bir Yaz Öyküsü</t>
+          <t>Babalar ve Oğullar</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>80</v>
+        <v>145</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786057572028</t>
+          <t>9786057572455</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Kızıl - İki Yalnız İnsan</t>
+          <t>İki Şehrin Hikayesi</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>80</v>
+        <v>230</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786059702997</t>
+          <t>9786057572431</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Korku</t>
+          <t>Toplum Sözleşmesi</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>80</v>
+        <v>115</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786059702966</t>
+          <t>9786057572400</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Milena'ya Mektuplar</t>
+          <t>Ermiş</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>161</v>
+        <v>90</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786057572004</t>
+          <t>9786057572011</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Yakıcı Sır</t>
+          <t>Kitapçı Mendel - Bir Yaz Öyküsü</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>80</v>
+        <v>90</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786057572035</t>
+          <t>9786057572028</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Olağanüstü Bir Gece</t>
+          <t>Kızıl - İki Yalnız İnsan</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>80</v>
+        <v>90</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786059702591</t>
+          <t>9786059702997</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Oda</t>
+          <t>Korku</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>28</v>
+        <v>90</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786059702584</t>
+          <t>9786059702966</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Öldüm Çık</t>
+          <t>Milena'ya Mektuplar</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>28</v>
+        <v>180</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786059702386</t>
+          <t>9786057572004</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Bir Kadının Mektubu - Olağanüstü Bir Gece (Ciltli)</t>
+          <t>Yakıcı Sır</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>27</v>
+        <v>90</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786059702980</t>
+          <t>9786057572035</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Amok Koşucusu</t>
+          <t>Olağanüstü Bir Gece</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>80</v>
+        <v>90</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786059702959</t>
+          <t>9786059702591</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Geceler</t>
+          <t>Oda</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>80</v>
+        <v>28</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786057572172</t>
+          <t>9786059702584</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Bir İdam Mahkumunun Son Günü</t>
+          <t>Öldüm Çık</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>105</v>
+        <v>28</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786054629220</t>
+          <t>9786059702386</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Zaman Haritası</t>
+          <t>Bilinmeyen Bir Kadının Mektubu - Olağanüstü Bir Gece (Ciltli)</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>18.52</v>
+        <v>27</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786054188390</t>
+          <t>9786059702980</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Yitik Cennet</t>
+          <t>Amok Koşucusu</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>14.81</v>
+        <v>90</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786054188437</t>
+          <t>9786059702959</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Yitik</t>
+          <t>Beyaz Geceler</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>15.74</v>
+        <v>90</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786054188567</t>
+          <t>9786057572172</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Yeni Başlayanlar İçin İslam Tarihi</t>
+          <t>Bir İdam Mahkumunun Son Günü</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>13.89</v>
+        <v>115</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786054629084</t>
+          <t>9786054629220</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Yalan Makinesi</t>
+          <t>Zaman Haritası</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>16.67</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786054629015</t>
+          <t>9786054188390</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Ya Hep Ya Hiç</t>
+          <t>Yitik Cennet</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>16.67</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9799759990311</t>
+          <t>9786054188437</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Vatikan Karşısında Farmasonluk</t>
+          <t>Yitik</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>9.26</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786059702003</t>
+          <t>9786054188567</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Var Olmanın Gücü</t>
+          <t>Yeni Başlayanlar İçin İslam Tarihi</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>27</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786054629213</t>
+          <t>9786054629084</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Vahşi Güzel</t>
+          <t>Yalan Makinesi</t>
         </is>
       </c>
       <c r="C50" s="1">
         <v>16.67</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9799944983104</t>
+          <t>9786054629015</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Üçüncü Tercüme</t>
+          <t>Ya Hep Ya Hiç</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>13.89</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789944983655</t>
+          <t>9799759990311</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Üçüncü Dalga</t>
+          <t>Vatikan Karşısında Farmasonluk</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>39</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786054629374</t>
+          <t>9786059702003</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Tutsak</t>
+          <t>Var Olmanın Gücü</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>18.52</v>
+        <v>27</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786054188369</t>
+          <t>9786054629213</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Tutku</t>
+          <t>Vahşi Güzel</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>12.96</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786054629060</t>
+          <t>9799944983104</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Travma</t>
+          <t>Üçüncü Tercüme</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>9.17</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786054188765</t>
+          <t>9789944983655</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Travma</t>
+          <t>Üçüncü Dalga</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>31.85</v>
+        <v>39</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786054188116</t>
+          <t>9786054629374</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Tetikçi</t>
+          <t>Tutsak</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>13.89</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786054188727</t>
+          <t>9786054188369</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Teslimiyet</t>
+          <t>Tutku</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>16.67</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9799759990564</t>
+          <t>9786054629060</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Terapistim, Aşkım</t>
+          <t>Travma</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>7.41</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786054629107</t>
+          <t>9786054188765</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Tepelerin Kemikleri</t>
+          <t>Travma</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>18.52</v>
+        <v>31.85</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786054188550</t>
+          <t>9786054188116</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Teklif</t>
+          <t>Tetikçi</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>16.67</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786054188673</t>
+          <t>9786054188727</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Tavuk Suyuna Çorba: İlham ve Motivasyon</t>
+          <t>Teslimiyet</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>18</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786054188499</t>
+          <t>9799759990564</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Tavuk Suyuna Çorba: Hayallerinizdeki Hayatı Yaşayın</t>
+          <t>Terapistim, Aşkım</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>18</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786054629176</t>
+          <t>9786054629107</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Tavuk Suyuna Çorba: Anne Adayları İçin</t>
+          <t>Tepelerin Kemikleri</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>14.81</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786054629206</t>
+          <t>9786054188550</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Tavuk Suyuna Çorba - Fark Yaratan İnsanlar</t>
+          <t>Teklif</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>18</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786054629008</t>
+          <t>9786054188673</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Tavuk Suyuna Çorba - Aşk Öyküleri</t>
+          <t>Tavuk Suyuna Çorba: İlham ve Motivasyon</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>15</v>
+        <v>18</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786054629282</t>
+          <t>9786054188499</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Tavuk Suyuna Çorba - Asla Pes Etme</t>
+          <t>Tavuk Suyuna Çorba: Hayallerinizdeki Hayatı Yaşayın</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786054188994</t>
+          <t>9786054629176</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Taşıyıcı</t>
+          <t>Tavuk Suyuna Çorba: Anne Adayları İçin</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>16.67</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9799750039774</t>
+          <t>9786054629206</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Tanrı’nın Kızı Bir Kadın Mesih?</t>
+          <t>Tavuk Suyuna Çorba - Fark Yaratan İnsanlar</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>18.52</v>
+        <v>18</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9799944983173</t>
+          <t>9786054629008</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Şok Gelecek Korkusu</t>
+          <t>Tavuk Suyuna Çorba - Aşk Öyküleri</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>14.81</v>
+        <v>15</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9799759990052</t>
+          <t>9786054629282</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Şeytanın Atlıları Kutsal Kase’nin Peşinde 1. Kitap</t>
+          <t>Tavuk Suyuna Çorba - Asla Pes Etme</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>16.67</v>
+        <v>20</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789944983600</t>
+          <t>9786054188994</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Şahitler Kulübü</t>
+          <t>Taşıyıcı</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>12.96</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9789944983426</t>
+          <t>9799750039774</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Sözlü Dövüş: Kibarca İkna Sanatı</t>
+          <t>Tanrı’nın Kızı Bir Kadın Mesih?</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>270</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786054188345</t>
+          <t>9799944983173</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Sorular Kitabı</t>
+          <t>Şok Gelecek Korkusu</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>8.33</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786054188079</t>
+          <t>9799759990052</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Son Tapınak Şövalyesi</t>
+          <t>Şeytanın Atlıları Kutsal Kase’nin Peşinde 1. Kitap</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>9.26</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789944083027</t>
+          <t>9789944983600</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Son Tapınak Şövalyesi</t>
+          <t>Şahitler Kulübü</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>18.52</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789944983945</t>
+          <t>9789944983426</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Şeytan Yıldızı</t>
+          <t>Sözlü Dövüş: Kibarca İkna Sanatı</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>20.37</v>
+        <v>300</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789944983457</t>
+          <t>9786054188345</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Son Ayinler</t>
+          <t>Sorular Kitabı</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>12.96</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786054188154</t>
+          <t>9786054188079</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Siz: Güzellik Sırları</t>
+          <t>Son Tapınak Şövalyesi</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>22.22</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786054629381</t>
+          <t>9789944083027</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Siz Diyettesiniz</t>
+          <t>Son Tapınak Şövalyesi</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>23.15</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786054188772</t>
+          <t>9789944983945</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Siz Çocuğunuzu Büyütürken</t>
+          <t>Şeytan Yıldızı</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>23.15</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786054188444</t>
+          <t>9789944983457</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Siz Bebeğinizi Beklerken</t>
+          <t>Son Ayinler</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>23.15</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9799944983036</t>
+          <t>9786054188154</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Siz Akıllı Hasta</t>
+          <t>Siz: Güzellik Sırları</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>18.52</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786054188253</t>
+          <t>9786054629381</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Son Harem</t>
+          <t>Siz Diyettesiniz</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>19.44</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786054629121</t>
+          <t>9786054188772</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Siz - Kullanım Kılavuzunuz</t>
+          <t>Siz Çocuğunuzu Büyütürken</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>25</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9799759990519</t>
+          <t>9786054188444</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Siz  Kullanım Kılavuzunuz</t>
+          <t>Siz Bebeğinizi Beklerken</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>18.52</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9789944983518</t>
+          <t>9799944983036</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Siz  Genç Kalın</t>
+          <t>Siz Akıllı Hasta</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>20</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786054188963</t>
+          <t>9786054188253</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Sır</t>
+          <t>Son Harem</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>18.52</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786054188178</t>
+          <t>9786054629121</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Sınırlar</t>
+          <t>Siz - Kullanım Kılavuzunuz</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>27</v>
+        <v>25</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786054188734</t>
+          <t>9799759990519</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Sensiz Asla</t>
+          <t>Siz  Kullanım Kılavuzunuz</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>14.81</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786054629244</t>
+          <t>9789944983518</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Savaşçı</t>
+          <t>Siz  Genç Kalın</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>16.67</v>
+        <v>20</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786054629077</t>
+          <t>9786054188963</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Saplantı</t>
+          <t>Sır</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>9.17</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786054188932</t>
+          <t>9786054188178</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Saplantı</t>
+          <t>Sınırlar</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>16.67</v>
+        <v>27</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786054188529</t>
+          <t>9786054188734</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Sadece Seninim</t>
+          <t>Sensiz Asla</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>13.89</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786054188161</t>
+          <t>9786054629244</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Sadece 3 Saniyeniz Var</t>
+          <t>Savaşçı</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>12.96</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786054188512</t>
+          <t>9786054629077</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Sabır</t>
+          <t>Saplantı</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>16.67</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786054188918</t>
+          <t>9786054188932</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Pusu</t>
+          <t>Saplantı</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>14.81</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786054188031</t>
+          <t>9786054188529</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Psikopat</t>
+          <t>Sadece Seninim</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>9.26</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9799944983111</t>
+          <t>9786054188161</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Psikopat</t>
+          <t>Sadece 3 Saniyeniz Var</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>15.74</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786054188789</t>
+          <t>9786054188512</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Saklı Düşler</t>
+          <t>Sabır</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>14.81</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789944983419</t>
+          <t>9786054188918</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Pozitif Gücün Büyüsü İçinizdeki Gücü Keşfedin</t>
+          <t>Pusu</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>25</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786054629411</t>
+          <t>9786054188031</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Pencereme Aşk Kondu</t>
+          <t>Psikopat</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>18.52</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9789944983556</t>
+          <t>9799944983111</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Paris Sarhoşu</t>
+          <t>Psikopat</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>12.96</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9789944983983</t>
+          <t>9786054188789</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Paranoya</t>
+          <t>Saklı Düşler</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>16.67</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786054629329</t>
+          <t>9789944983419</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Sakın Aşağı Bakma</t>
+          <t>Pozitif Gücün Büyüsü İçinizdeki Gücü Keşfedin</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>16.67</v>
+        <v>25</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786054188475</t>
+          <t>9786054629411</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Ölümden Daha Derin</t>
+          <t>Pencereme Aşk Kondu</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>17.59</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786054188703</t>
+          <t>9789944983556</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Ölüm İçgüdüsü</t>
+          <t>Paris Sarhoşu</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>18.52</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786054188628</t>
+          <t>9789944983983</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Öfke Tuzağı</t>
+          <t>Paranoya</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>15.74</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9789944983938</t>
+          <t>9786054629329</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Ovaların Kurdu Cengiz Han (Ciltli)</t>
+          <t>Sakın Aşağı Bakma</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>23.15</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9789944983723</t>
+          <t>9786054188475</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Okçuların Efendisi</t>
+          <t>Ölümden Daha Derin</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>18.52</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786054188833</t>
+          <t>9786054188703</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Neredeyse Kusursuz</t>
+          <t>Ölüm İçgüdüsü</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>13.89</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9799944983272</t>
+          <t>9786054188628</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Nemfoman Bir Kadının Günlüğü Gerçek Bir Yaşam Öyküsü</t>
+          <t>Öfke Tuzağı</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>10.19</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786054629435</t>
+          <t>9789944983938</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Bir Alışkanlıktır</t>
+          <t>Ovaların Kurdu Cengiz Han (Ciltli)</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>14.81</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786054188338</t>
+          <t>9789944983723</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Mutluluğun Coğrafyası</t>
+          <t>Okçuların Efendisi</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>14.81</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9789944983402</t>
+          <t>9786054188833</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Mozaik Cinayetler</t>
+          <t>Neredeyse Kusursuz</t>
         </is>
       </c>
       <c r="C115" s="1">
         <v>13.89</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9799759990588</t>
+          <t>9799944983272</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Mossad Gizli Tarihi</t>
+          <t>Nemfoman Bir Kadının Günlüğü Gerçek Bir Yaşam Öyküsü</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>14.81</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9799750039712</t>
+          <t>9786054629435</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Michelangelo’nun Defteri</t>
+          <t>Mutluluk Bir Alışkanlıktır</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>11.11</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9789944983549</t>
+          <t>9786054188338</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Melek Yüzlü Şeytan</t>
+          <t>Mutluluğun Coğrafyası</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>9.26</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786054188260</t>
+          <t>9789944983402</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Mavi Defter</t>
+          <t>Mozaik Cinayetler</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>12.04</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786054188659</t>
+          <t>9799759990588</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Maskesiz</t>
+          <t>Mossad Gizli Tarihi</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>15.74</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9799944983005</t>
+          <t>9799750039712</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Lanetli İkona</t>
+          <t>Michelangelo’nun Defteri</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>13.89</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786054188826</t>
+          <t>9789944983549</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Mirasyedi</t>
+          <t>Melek Yüzlü Şeytan</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>15.74</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>3990000014961</t>
+          <t>9786054188260</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Küllerin Mirası</t>
+          <t>Mavi Defter</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>21.3</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786054188048</t>
+          <t>9786054188659</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Kase’nin Peşinde - Şeytanın Atlıları 1. Kitap</t>
+          <t>Maskesiz</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>9.17</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786054188062</t>
+          <t>9799944983005</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Kase’nin Peşinde - Heretik 3. Kitap</t>
+          <t>Lanetli İkona</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>9.17</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786054188055</t>
+          <t>9786054188826</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Kase’nin Peşinde - Cehennem Savaşçıları 2. Kitap</t>
+          <t>Mirasyedi</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>9.17</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786054188017</t>
+          <t>3990000014961</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Kusursuz Katil</t>
+          <t>Küllerin Mirası</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>18.52</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786054188543</t>
+          <t>9786054188048</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Kurşun İşlemez Satışçı</t>
+          <t>Kutsal Kase’nin Peşinde - Şeytanın Atlıları 1. Kitap</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>13.89</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786054629138</t>
+          <t>9786054188062</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Kulüp 1000</t>
+          <t>Kutsal Kase’nin Peşinde - Heretik 3. Kitap</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>20.37</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9789944983570</t>
+          <t>9786054188055</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Konuştukça Batıyoruz</t>
+          <t>Kutsal Kase’nin Peşinde - Cehennem Savaşçıları 2. Kitap</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>10.19</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786054188758</t>
+          <t>9786054188017</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Kollarımdaki Yabancı</t>
+          <t>Kusursuz Katil</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>14.81</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786054188109</t>
+          <t>9786054188543</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Kobay</t>
+          <t>Kurşun İşlemez Satışçı</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>9.26</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786054188024</t>
+          <t>9786054629138</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Korkusuzca Yaşamak</t>
+          <t>Kulüp 1000</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>11.11</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786054629022</t>
+          <t>9789944983570</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Klon</t>
+          <t>Konuştukça Batıyoruz</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>9.17</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786054188147</t>
+          <t>9786054188758</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Kibele’nin Sırrı</t>
+          <t>Kollarımdaki Yabancı</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>13.89</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786054188383</t>
+          <t>9786054188109</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Kızılgerdan</t>
+          <t>Kobay</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>17.59</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786054188277</t>
+          <t>9786054188024</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Nehir</t>
+          <t>Korkusuzca Yaşamak</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>15.74</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9789944983969</t>
+          <t>9786054629022</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Kıyamet Silahı: Haarp</t>
+          <t>Klon</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>14.81</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786054188888</t>
+          <t>9786054188147</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Kır Zincirlerini</t>
+          <t>Kibele’nin Sırrı</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>16.67</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786054629268</t>
+          <t>9786054188383</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Kelebek</t>
+          <t>Kızılgerdan</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>20.37</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786054629046</t>
+          <t>9786054188277</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Kayboluş</t>
+          <t>Kızıl Nehir</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>9.17</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786054629237</t>
+          <t>9789944983969</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Kara Melek</t>
+          <t>Kıyamet Silahı: Haarp</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>16.67</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786054188536</t>
+          <t>9786054188888</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Kalp Hırsızı</t>
+          <t>Kır Zincirlerini</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>13.89</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786054188604</t>
+          <t>9786054629268</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Kalbimin Tek Sahibi</t>
+          <t>Kelebek</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>17.59</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9789944983891</t>
+          <t>9786054629046</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Kalbim: Doktoruma Bir Sorum Var</t>
+          <t>Kayboluş</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>13.89</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9799944983012</t>
+          <t>9786054629237</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Kabala’nın Gizli Bilgeliği</t>
+          <t>Kara Melek</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>8.33</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786054188284</t>
+          <t>9786054188536</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>İtalyanca Kelime Kartları</t>
+          <t>Kalp Hırsızı</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>10</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786054188123</t>
+          <t>9786054188604</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>İstediğinizi Elde Etmenin Büyüsü</t>
+          <t>Kalbimin Tek Sahibi</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>12.04</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9789944983686</t>
+          <t>9789944983891</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>İspanyolca Kelime Kartları</t>
+          <t>Kalbim: Doktoruma Bir Sorum Var</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>9.26</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9789944983433</t>
+          <t>9799944983012</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>İslam</t>
+          <t>Kabala’nın Gizli Bilgeliği</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>11.11</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786054629145</t>
+          <t>9786054188284</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>İskoçyalı’nın Kollarında</t>
+          <t>İtalyanca Kelime Kartları</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>16.67</v>
+        <v>10</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786054188802</t>
+          <t>9786054188123</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>İskoçyalı’nın Gelini</t>
+          <t>İstediğinizi Elde Etmenin Büyüsü</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>13.89</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786054188352</t>
+          <t>9789944983686</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>İroni</t>
+          <t>İspanyolca Kelime Kartları</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>16.67</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9789944983631</t>
+          <t>9789944983433</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>İnsanların Aklına Girme Sanatı</t>
+          <t>İslam</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>15.74</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786054629169</t>
+          <t>9786054629145</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>İnsanları Çözümleme Sanatı</t>
+          <t>İskoçyalı’nın Kollarında</t>
         </is>
       </c>
       <c r="C155" s="1">
         <v>16.67</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9789944983952</t>
+          <t>9786054188802</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>90 Saniyede İnsanlara Kendinizi Nasıl Sevdirirsiniz</t>
+          <t>İskoçyalı’nın Gelini</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>10.19</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9789944983525</t>
+          <t>9786054188352</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>İnancın Büyüsü</t>
+          <t>İroni</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>10.19</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786054629336</t>
+          <t>9789944983631</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>İkinci Şanslar Durağı</t>
+          <t>İnsanların Aklına Girme Sanatı</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>16.67</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9789944983495</t>
+          <t>9786054629169</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>İki Eroinmanın Aşk Hikayesi</t>
+          <t>İnsanları Çözümleme Sanatı</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>11.11</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786054629190</t>
+          <t>9789944983952</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>İki Ateş Arasında</t>
+          <t>90 Saniyede İnsanlara Kendinizi Nasıl Sevdirirsiniz</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>16.67</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786054188741</t>
+          <t>9789944983525</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>İhtiras Çemberi</t>
+          <t>İnancın Büyüsü</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>18.52</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9789944983815</t>
+          <t>9786054629336</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>İhanet</t>
+          <t>İkinci Şanslar Durağı</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>6.48</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786054188598</t>
+          <t>9789944983495</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Işıldayan</t>
+          <t>İki Eroinmanın Aşk Hikayesi</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>13.89</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786054629299</t>
+          <t>9786054629190</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Her Kalp Kendi Şarkısını Söyler</t>
+          <t>İki Ateş Arasında</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>25</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9799750039729</t>
+          <t>9786054188741</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Muhammed (S.A.V.) İslam Peygamberinin Biyografisi</t>
+          <t>İhtiras Çemberi</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>13.89</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786054188987</t>
+          <t>9789944983815</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Hayallerimin Arka Bahçesi</t>
+          <t>İhanet</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>14.81</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786054188949</t>
+          <t>9786054188598</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Günahkar</t>
+          <t>Işıldayan</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>16.67</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786054188857</t>
+          <t>9786054629299</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Gurur</t>
+          <t>Her Kalp Kendi Şarkısını Söyler</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>16.67</v>
+        <v>25</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9789750039737</t>
+          <t>9799750039729</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Heretik Kutsal Kase’nin Peşinde 3. Kitap</t>
+          <t>Hazreti Muhammed (S.A.V.) İslam Peygamberinin Biyografisi</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>15.74</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9789944983365</t>
+          <t>9786054188987</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Gölgedeki İzler</t>
+          <t>Hayallerimin Arka Bahçesi</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>17.59</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786054629565</t>
+          <t>9786054188949</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Mucizeler Atölyesi</t>
+          <t>Günahkar</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>15.74</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786054629558</t>
+          <t>9786054188857</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>EFT ile Mucizevi İyileşme</t>
+          <t>Gurur</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>25</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786054629886</t>
+          <t>9789750039737</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Biçare Aşk</t>
+          <t>Heretik Kutsal Kase’nin Peşinde 3. Kitap</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>18.52</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786054629756</t>
+          <t>9789944983365</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Hipno - Terapist</t>
+          <t>Gölgedeki İzler</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>15.74</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786054629763</t>
+          <t>9786054629565</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>İhanet</t>
+          <t>Mucizeler Atölyesi</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>20</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786054629749</t>
+          <t>9786054629558</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Kızıl 1-2-3</t>
+          <t>EFT ile Mucizevi İyileşme</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>32</v>
+        <v>25</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786054629688</t>
+          <t>9786054629886</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Size Yalan Söyleyemezler</t>
+          <t>Biçare Aşk</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>13.89</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786054629695</t>
+          <t>9786054629756</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Stratejik İkna</t>
+          <t>Hipno - Terapist</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>28</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786054629657</t>
+          <t>9786054629763</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Asla Bir İskoçyalı Sevme</t>
+          <t>İhanet</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>16.67</v>
+        <v>20</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786054629725</t>
+          <t>9786054629749</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>“Evet” Dedirtme Sanatı</t>
+          <t>Kızıl 1-2-3</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>18</v>
+        <v>32</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786054629718</t>
+          <t>9786054629688</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Fahişe</t>
+          <t>Size Yalan Söyleyemezler</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>18.52</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786054629701</t>
+          <t>9786054629695</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>9. Kız</t>
+          <t>Stratejik İkna</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>20.37</v>
+        <v>28</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786054629817</t>
+          <t>9786054629657</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Göremediğimiz Tüm Işıklar</t>
+          <t>Asla Bir İskoçyalı Sevme</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>35</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9789944983624</t>
+          <t>9786054629725</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlar İçin Beş Sevgi Dili</t>
+          <t>“Evet” Dedirtme Sanatı</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>12.04</v>
+        <v>18</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786054629732</t>
+          <t>9786054629718</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Medcezir</t>
+          <t>Fahişe</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>20.37</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786054629664</t>
+          <t>9786054629701</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Avuçlarının Arasına Bir Kalp Bıraktım</t>
+          <t>9. Kız</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>15.74</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786054629671</t>
+          <t>9786054629817</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Hayalet Adam</t>
+          <t>Göremediğimiz Tüm Işıklar</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>18.52</v>
+        <v>35</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786059702799</t>
+          <t>9789944983624</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Acı Mevsim</t>
+          <t>Yalnızlar İçin Beş Sevgi Dili</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>29</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786059702829</t>
+          <t>9786054629732</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Bez Ciltli Klasikler (20 Kitap Kutulu)</t>
+          <t>Medcezir</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>667</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786059702478</t>
+          <t>9786054629664</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Bıçağın İki Yüzü</t>
+          <t>Avuçlarının Arasına Bir Kalp Bıraktım</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>22</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786059702454</t>
+          <t>9786054629671</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Son Krallık</t>
+          <t>Hayalet Adam</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>22</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786059702447</t>
+          <t>9786059702799</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Hayat Sizi Seviyor!</t>
+          <t>Acı Mevsim</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>25</v>
+        <v>29</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786059702744</t>
+          <t>9786059702829</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Kör Kuşlar</t>
+          <t>Bez Ciltli Klasikler (20 Kitap Kutulu)</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>28</v>
+        <v>667</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786059702669</t>
+          <t>9786059702478</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Başkalarını Bırak, Kendi Hayatına Bak</t>
+          <t>Bıçağın İki Yüzü</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>20</v>
+        <v>22</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786059702492</t>
+          <t>9786059702454</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Etkili İletişimin 13 Kuralı</t>
+          <t>Son Krallık</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>25</v>
+        <v>22</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786059702270</t>
+          <t>9786059702447</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Asla Geri Dönme</t>
+          <t>Hayat Sizi Seviyor!</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>28</v>
+        <v>25</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786059702645</t>
+          <t>9786059702744</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Denek 375</t>
+          <t>Kör Kuşlar</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>240</v>
+        <v>28</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786059702102</t>
+          <t>9786059702669</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Dahilerin Oynadığı Oyunlar</t>
+          <t>Başkalarını Bırak, Kendi Hayatına Bak</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>29</v>
+        <v>20</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786059702119</t>
+          <t>9786059702492</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>21 Günde Güç İçinizde</t>
+          <t>Etkili İletişimin 13 Kuralı</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>20</v>
+        <v>25</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786059702096</t>
+          <t>9786059702270</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Ev Hanımı</t>
+          <t>Asla Geri Dönme</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>20</v>
+        <v>28</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786054629954</t>
+          <t>9786059702645</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Kişiliğinizi Keşfedin</t>
+          <t>Denek 375</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>20</v>
+        <v>240</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786054629947</t>
+          <t>9786059702102</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>İnsanların Oynadığı Oyunlar</t>
+          <t>Dahilerin Oynadığı Oyunlar</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>27</v>
+        <v>29</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786059702157</t>
+          <t>9786059702119</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Öz</t>
+          <t>21 Günde Güç İçinizde</t>
         </is>
       </c>
       <c r="C203" s="1">
         <v>20</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786059702201</t>
+          <t>9786059702096</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Mossad Gizli Tarihi: Gideon’un Casusları 2. Kitap</t>
+          <t>Ev Hanımı</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>22</v>
+        <v>20</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786059702683</t>
+          <t>9786054629954</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Yüzü Olmayan Adam</t>
+          <t>Kişiliğinizi Keşfedin</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>240</v>
+        <v>20</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786059702140</t>
+          <t>9786054629947</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Yol</t>
+          <t>İnsanların Oynadığı Oyunlar</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>18</v>
+        <v>27</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786059702539</t>
+          <t>9786059702157</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Körebe</t>
+          <t>Öz</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>35</v>
+        <v>20</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786054629992</t>
+          <t>9786059702201</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Eşekarısı Fabrikası</t>
+          <t>Mossad Gizli Tarihi: Gideon’un Casusları 2. Kitap</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>25</v>
+        <v>22</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786059702409</t>
+          <t>9786059702683</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Kalbim Kadar Karanlık</t>
+          <t>Yüzü Olmayan Adam</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>18</v>
+        <v>240</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786059702072</t>
+          <t>9786059702140</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Benim Oğlum Bir Eroinman</t>
+          <t>Yol</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786059702195</t>
+          <t>9786059702539</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Mossad Gizli Tarihi: Gideon’un Casusları 1. Kitap</t>
+          <t>Körebe</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>24</v>
+        <v>35</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786059702362</t>
+          <t>9786054629992</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Aura</t>
+          <t>Eşekarısı Fabrikası</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>240</v>
+        <v>25</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786059702331</t>
+          <t>9786059702409</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Soğuk Kalp</t>
+          <t>Kalbim Kadar Karanlık</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>28</v>
+        <v>18</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786059702324</t>
+          <t>9786059702072</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Çiçekleri</t>
+          <t>Benim Oğlum Bir Eroinman</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>22</v>
+        <v>17</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786054629879</t>
+          <t>9786059702195</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Ölü Filozoflar Kahvesi</t>
+          <t>Mossad Gizli Tarihi: Gideon’un Casusları 1. Kitap</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>175</v>
+        <v>24</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786059702508</t>
+          <t>9786059702362</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Fısıldayan Gölgeler</t>
+          <t>Aura</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>22</v>
+        <v>240</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786059702393</t>
+          <t>9786059702331</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Bir Delinin Hatıra Defteri (Ciltli)</t>
+          <t>Soğuk Kalp</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>105</v>
+        <v>28</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786059702416</t>
+          <t>9786059702324</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Sıradaki Sensin</t>
+          <t>Ölüm Çiçekleri</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>28</v>
+        <v>22</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786054629916</t>
+          <t>9786054629879</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Tavuk Suyuna Çorba</t>
+          <t>Ölü Filozoflar Kahvesi</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>20</v>
+        <v>175</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786054629985</t>
+          <t>9786059702508</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Cinayet Terapisi</t>
+          <t>Fısıldayan Gölgeler</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>18.52</v>
+        <v>22</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786054629824</t>
+          <t>9786059702393</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Tatlı Ceza</t>
+          <t>Bir Delinin Hatıra Defteri (Ciltli)</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>22</v>
+        <v>105</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786054629787</t>
+          <t>9786059702416</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Tavuk Suyuna Çorba - Umudunu Kaybetme</t>
+          <t>Sıradaki Sensin</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>20</v>
+        <v>28</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786054629794</t>
+          <t>9786054629916</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Gümüş İmparatorluk</t>
+          <t>Tavuk Suyuna Çorba</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>18.52</v>
+        <v>20</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786059702294</t>
+          <t>9786054629985</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>İnsan Ne ile Yaşar? (Ciltli)</t>
+          <t>Cinayet Terapisi</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>130</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786059702287</t>
+          <t>9786054629824</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Bir Kadının Yaşamından 24 Saat (Ciltli)</t>
+          <t>Tatlı Ceza</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>29</v>
+        <v>22</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786059702010</t>
+          <t>9786054629787</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Fatih</t>
+          <t>Tavuk Suyuna Çorba - Umudunu Kaybetme</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>20.37</v>
+        <v>20</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786059702027</t>
+          <t>9786054629794</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Neden Korktuğunu Biliyorum</t>
+          <t>Gümüş İmparatorluk</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>22</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786054629893</t>
+          <t>9786059702294</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Panzehir</t>
+          <t>İnsan Ne ile Yaşar? (Ciltli)</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>28</v>
+        <v>130</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786059702133</t>
+          <t>9786059702287</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Tuzak</t>
+          <t>Bir Kadının Yaşamından 24 Saat (Ciltli)</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>20</v>
+        <v>29</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786054629961</t>
+          <t>9786059702010</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Noktalarla Terapi</t>
+          <t>Fatih</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>18.52</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786054629527</t>
+          <t>9786059702027</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Geceyarısı Tutkusu</t>
+          <t>Neden Korktuğunu Biliyorum</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>16.67</v>
+        <v>22</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786054629541</t>
+          <t>9786054629893</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Şifacı</t>
+          <t>Panzehir</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>14.81</v>
+        <v>28</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786054629534</t>
+          <t>9786059702133</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Kuklacı Çocuk</t>
+          <t>Tuzak</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>16.67</v>
+        <v>20</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786054629596</t>
+          <t>9786054629961</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Bilinçaltı Kişiliğiniz</t>
+          <t>Noktalarla Terapi</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>15.99</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786059702126</t>
+          <t>9786054629527</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Karanlıktaki Kız</t>
+          <t>Geceyarısı Tutkusu</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>20</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786059702089</t>
+          <t>9786054629541</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Görme Duyma Konuşma</t>
+          <t>Şifacı</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>28</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786054629855</t>
+          <t>9786054629534</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Hayatınızı Şarj Edin</t>
+          <t>Kuklacı Çocuk</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>18</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786054629602</t>
+          <t>9786054629596</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzünün Uzak Ucu</t>
+          <t>Bilinçaltı Kişiliğiniz</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>18.52</v>
+        <v>15.99</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786054629589</t>
+          <t>9786059702126</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Amatörler</t>
+          <t>Karanlıktaki Kız</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>18.52</v>
+        <v>20</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786054629572</t>
+          <t>9786059702089</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Gazap</t>
+          <t>Görme Duyma Konuşma</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>18.52</v>
+        <v>28</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786059702058</t>
+          <t>9786054629855</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Öldürme Dersleri</t>
+          <t>Hayatınızı Şarj Edin</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>320</v>
+        <v>18</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786054629770</t>
+          <t>9786054629602</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Akılgözü</t>
+          <t>Gökyüzünün Uzak Ucu</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>29</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>3990000027707</t>
+          <t>9786054629589</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Bir Kadının Seks Günlüğü</t>
+          <t>Amatörler</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>13.89</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786054629633</t>
+          <t>9786054629572</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Sıfırlama Diyeti</t>
+          <t>Gazap</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>16.67</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786059702034</t>
+          <t>9786059702058</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Soğuk El</t>
+          <t>Öldürme Dersleri</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>22</v>
+        <v>350</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786059702065</t>
+          <t>9786054629770</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>Akılgözü</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>20</v>
+        <v>29</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786059702041</t>
+          <t>3990000027707</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Yüreğimin Senden Tarafı</t>
+          <t>Bir Kadının Seks Günlüğü</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>24</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786054629930</t>
+          <t>9786054629633</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Benimle Öl</t>
+          <t>Sıfırlama Diyeti</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>20</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786054629831</t>
+          <t>9786059702034</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Bütün - Beyinli Çocuk</t>
+          <t>Soğuk El</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>25</v>
+        <v>22</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786054629909</t>
+          <t>9786059702065</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Tabu</t>
+          <t>5</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>240</v>
+        <v>20</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786054629503</t>
+          <t>9786059702041</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Kalp Yalnızca İçeriden Açılan Bir Kapıdır</t>
+          <t>Yüreğimin Senden Tarafı</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>25</v>
+        <v>24</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786054629466</t>
+          <t>9786054629930</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Anında Analiz</t>
+          <t>Benimle Öl</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786054629473</t>
+          <t>9786054629831</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Tanrı Küçük Günahları Affeder</t>
+          <t>Bütün - Beyinli Çocuk</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>18.52</v>
+        <v>25</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786054629480</t>
+          <t>9786054629909</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Aşka Adanmış Bir Gün</t>
+          <t>Tabu</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>18.52</v>
+        <v>240</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786054629428</t>
+          <t>9786054629503</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Ne Düşündüğünü Biliyorum (Mark Allen Smith)</t>
+          <t>Kalp Yalnızca İçeriden Açılan Bir Kapıdır</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>28</v>
+        <v>25</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786054188246</t>
+          <t>9786054629466</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Ne Düşündüğünü Biliyorum</t>
+          <t>Anında Analiz</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>30</v>
+        <v>18</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786054629459</t>
+          <t>9786054629473</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Sürgün</t>
+          <t>Tanrı Küçük Günahları Affeder</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>16.67</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786054629923</t>
+          <t>9786054629480</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Harry August'in İlk On Beş Hayatı</t>
+          <t>Aşka Adanmış Bir Gün</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>22</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786054629626</t>
+          <t>9786054629428</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Kırık Kalpler Kürü</t>
+          <t>Ne Düşündüğünü Biliyorum (Mark Allen Smith)</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>16.67</v>
+        <v>28</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786054188581</t>
+          <t>9786054188246</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Asi</t>
+          <t>Ne Düşündüğünü Biliyorum</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>15.74</v>
+        <v>30</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9789944983341</t>
+          <t>9786054629459</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Arsız Tanrıçalar</t>
+          <t>Sürgün</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>6.48</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9789944983563</t>
+          <t>9786054629923</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Burçlar</t>
+          <t>Harry August'in İlk On Beş Hayatı</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>14.81</v>
+        <v>22</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786054629312</t>
+          <t>9786054629626</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Bumerang</t>
+          <t>Kırık Kalpler Kürü</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>17.59</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786054188185</t>
+          <t>9786054188581</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Güllerin Duvağı</t>
+          <t>Asi</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>12.96</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786054188956</t>
+          <t>9789944983341</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Gül ve Diken</t>
+          <t>Arsız Tanrıçalar</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>16.67</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786057572936</t>
+          <t>9789944983563</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne Avonlea (Mavi Kapak) (Ciltli)</t>
+          <t>Burçlar</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>195</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9780448453682</t>
+          <t>9786054629312</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Ebeveyn Kitapları Seti (4 Kitap Takım)</t>
+          <t>Bumerang</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>870</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786054629510</t>
+          <t>9786054188185</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcı Beyin Gücü</t>
+          <t>Güllerin Duvağı</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>14.81</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9799750039781</t>
+          <t>9786054188956</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Google Hikayesi</t>
+          <t>Gül ve Diken</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>13.89</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9799944983197</t>
+          <t>9786057572936</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Gizli Tarih</t>
+          <t>Yeşilin Kızı Anne Avonlea (Mavi Kapak) (Ciltli)</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>19.44</v>
+        <v>195</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9789944983389</t>
+          <t>9780448453682</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Gizli Örgütler</t>
+          <t>Ebeveyn Kitapları Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>15.74</v>
+        <v>870</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9789944983440</t>
+          <t>9786054629510</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Gizlenen Tarih</t>
+          <t>Yaratıcı Beyin Gücü</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>13.89</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9799759994081</t>
+          <t>9799750039781</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Genç Kalma Sırları</t>
+          <t>Google Hikayesi</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>20.37</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786054188840</t>
+          <t>9799944983197</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Geç Gelen Mutluluk</t>
+          <t>Gizli Tarih</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>16.67</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786054188680</t>
+          <t>9789944983389</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Frederica</t>
+          <t>Gizli Örgütler</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>14.81</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9789944983921</t>
+          <t>9789944983440</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Fransızca Kelime Kartları</t>
+          <t>Gizlenen Tarih</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>9.26</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9789944983839</t>
+          <t>9799759994081</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Forbes İş Dünyasından Tüm Zamanların En Büyük Başarı Hikayeleri</t>
+          <t>Genç Kalma Sırları</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>13.89</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786054629800</t>
+          <t>9786054188840</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Evliliğin Dört Mevsimi</t>
+          <t>Geç Gelen Mutluluk</t>
         </is>
       </c>
       <c r="C278" s="1">
         <v>16.67</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9799944983258</t>
+          <t>9786054188680</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Eskisi Gibi Olmayacak</t>
+          <t>Frederica</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>6.48</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9789944983617</t>
+          <t>9789944983921</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Elmas Tarlaları</t>
+          <t>Fransızca Kelime Kartları</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>8.33</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786054188871</t>
+          <t>9789944983839</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Einstein Faktörü</t>
+          <t>Forbes İş Dünyasından Tüm Zamanların En Büyük Başarı Hikayeleri</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>16.67</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786054188130</t>
+          <t>9786054629800</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Düşüncenin İyileştirici Gücü</t>
+          <t>Evliliğin Dört Mevsimi</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>25</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9789944983501</t>
+          <t>9799944983258</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Düşüncenin Gücü</t>
+          <t>Eskisi Gibi Olmayacak</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>17</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9789944983464</t>
+          <t>9789944983617</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Aslında Kim Yönetiyor?</t>
+          <t>Elmas Tarlaları</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>15.74</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9789944983884</t>
+          <t>9786054188871</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Efendileri</t>
+          <t>Einstein Faktörü</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>15.74</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786054188666</t>
+          <t>9786054188130</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Dogma</t>
+          <t>Düşüncenin İyileştirici Gücü</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>17.59</v>
+        <v>25</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786054188314</t>
+          <t>9789944983501</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Dilenci Kral ve Mutluluğun Sırrı</t>
+          <t>Düşüncenin Gücü</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>11.11</v>
+        <v>17</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786054188376</t>
+          <t>9789944983464</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Deyimler - İngilizce Kelime Kartları</t>
+          <t>Dünyayı Aslında Kim Yönetiyor?</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>9.26</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786054188086</t>
+          <t>9789944983884</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Deja Vu</t>
+          <t>Dünyanın Efendileri</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>18.52</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9789944983846</t>
+          <t>9786054188666</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Defne Öz’den Genç Kızlara Diyet Formülleri</t>
+          <t>Dogma</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>10.19</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786054629398</t>
+          <t>9786054188314</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Dante Denklemi</t>
+          <t>Dilenci Kral ve Mutluluğun Sırrı</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>20.37</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9799944983050</t>
+          <t>9786054188376</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Da Vinci Şifresi’nin Ardındaki Adam Bir Dan Brown Biyografisi</t>
+          <t>Deyimler - İngilizce Kelime Kartları</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>8.33</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9799750039750</t>
+          <t>9786054188086</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Da Vinci Mirası</t>
+          <t>Deja Vu</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>13.89</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786054188642</t>
+          <t>9789944983846</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Çirkin</t>
+          <t>Defne Öz’den Genç Kızlara Diyet Formülleri</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>15.74</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9789944983587</t>
+          <t>9786054629398</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Çağların Sırrı</t>
+          <t>Dante Denklemi</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>10.19</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9799759990540</t>
+          <t>9799944983050</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Cennet ve Güç Yeni Dünya Düzeninde Amerika ve Avrupa</t>
+          <t>Da Vinci Şifresi’nin Ardındaki Adam Bir Dan Brown Biyografisi</t>
         </is>
       </c>
       <c r="C296" s="1">
         <v>8.33</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9799759990113</t>
+          <t>9799750039750</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Cem Sultan Bir Osmanlı Prensinin Trajik Öyküsü</t>
+          <t>Da Vinci Mirası</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>9.26</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9799759990229</t>
+          <t>9786054188642</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Cehennem Savaşçıları Kutsal Kase’nin Peşinde 2. Kitap</t>
+          <t>Çirkin</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>16.67</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9799756387923</t>
+          <t>9789944983587</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Büyük İskender</t>
+          <t>Çağların Sırrı</t>
         </is>
       </c>
       <c r="C299" s="1">
         <v>10.19</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9799944983135</t>
+          <t>9799759990540</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Bush’un Ajandası</t>
+          <t>Cennet ve Güç Yeni Dünya Düzeninde Amerika ve Avrupa</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>12.04</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9789944983877</t>
+          <t>9799759990113</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Bu Yıl Herkese Evet</t>
+          <t>Cem Sultan Bir Osmanlı Prensinin Trajik Öyküsü</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>13.89</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9789944983471</t>
+          <t>9799759990229</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Bir Yunanlı Gazeteci Gözüyle Atatürk</t>
+          <t>Cehennem Savaşçıları Kutsal Kase’nin Peşinde 2. Kitap</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>10.19</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9799944983234</t>
+          <t>9799756387923</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Bir Genç Kızın Uyuşturucu Günlüğü</t>
+          <t>Büyük İskender</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>135</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9799944983159</t>
+          <t>9799944983135</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Bir Cinayetin Psikanalizi</t>
+          <t>Bush’un Ajandası</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>320</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786054188406</t>
+          <t>9789944983877</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Bilinçli Rüyalar Dünyasını Keşfetmek (Lucid Dreaming)</t>
+          <t>Bu Yıl Herkese Evet</t>
         </is>
       </c>
       <c r="C305" s="1">
         <v>13.89</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786054188000</t>
+          <t>9789944983471</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Bilinçaltının Gücü</t>
+          <t>Bir Yunanlı Gazeteci Gözüyle Atatürk</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>25</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786054188208</t>
+          <t>9799944983234</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Beyninizi Kamçılayın</t>
+          <t>Bir Genç Kızın Uyuşturucu Günlüğü</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>12.96</v>
+        <v>135</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786054629275</t>
+          <t>9799944983159</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Cesaretin Var mı?</t>
+          <t>Bir Cinayetin Psikanalizi</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>16.67</v>
+        <v>350</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9789944983662</t>
+          <t>9786054188406</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Zambaklar Ülkesinde</t>
+          <t>Bilinçli Rüyalar Dünyasını Keşfetmek (Lucid Dreaming)</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>5.56</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9799944983098</t>
+          <t>9786054188000</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Cevabı Tıkla</t>
+          <t>Bilinçaltının Gücü</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>12.96</v>
+        <v>25</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786054188901</t>
+          <t>9786054188208</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Beyaz</t>
+          <t>Beyninizi Kamçılayın</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>13.89</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786054629091</t>
+          <t>9786054629275</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Beni Uzaklarda Arama</t>
+          <t>Cesaretin Var mı?</t>
         </is>
       </c>
       <c r="C312" s="1">
         <v>16.67</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786054629305</t>
+          <t>9789944983662</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Beden Dili Kutsal Kitabı</t>
+          <t>Beyaz Zambaklar Ülkesinde</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>18</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786054629114</t>
+          <t>9799944983098</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Bedel</t>
+          <t>Cevabı Tıkla</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>18.52</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9799944983296</t>
+          <t>9786054188901</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Bay Tanrı, Ben Anna</t>
+          <t>Beyaz</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>8.33</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786054629053</t>
+          <t>9786054629091</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Bana Bir Söz Yeter</t>
+          <t>Beni Uzaklarda Arama</t>
         </is>
       </c>
       <c r="C316" s="1">
         <v>16.67</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9789944983594</t>
+          <t>9786054629305</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Babam Öldüğünde Ağlamadım</t>
+          <t>Beden Dili Kutsal Kitabı</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>11.11</v>
+        <v>18</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786054188093</t>
+          <t>9786054629114</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Azincourt</t>
+          <t>Bedel</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>20.37</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9799750039767</t>
+          <t>9799944983296</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Tarihi</t>
+          <t>Bay Tanrı, Ben Anna</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>12.04</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786054188482</t>
+          <t>9786054629053</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Aşka Bir Şans Daha</t>
+          <t>Bana Bir Söz Yeter</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>12.96</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786054188697</t>
+          <t>9789944983594</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Aşk Tutulması</t>
+          <t>Babam Öldüğünde Ağlamadım</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>12.96</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9799944983203</t>
+          <t>9786054188093</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Aşıklar ve Oyuncular</t>
+          <t>Azincourt</t>
         </is>
       </c>
       <c r="C322" s="1">
         <v>20.37</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9799944983043</t>
+          <t>9799750039767</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Annenin Günlüğü Neden Her Gün Anneler Günü Olmasın?</t>
+          <t>Aşkın Tarihi</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>15.74</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9799759990045</t>
+          <t>9786054188482</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Amerikan Gizli Hükümeti Kurukafa &amp; Kemikler</t>
+          <t>Aşka Bir Şans Daha</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>13.89</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9789944983914</t>
+          <t>9786054188697</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Almanca Kelime Kartları</t>
+          <t>Aşk Tutulması</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>9.26</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9789944983907</t>
+          <t>9799944983203</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Aklındakini Okuyabilirim!</t>
+          <t>Aşıklar ve Oyuncular</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>23</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786054188321</t>
+          <t>9799944983043</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>25. Saat</t>
+          <t>Annenin Günlüğü Neden Her Gün Anneler Günü Olmasın?</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>12.96</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9799944983074</t>
+          <t>9799759990045</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>2040 Amerika İslam Cumhuriyeti</t>
+          <t>Amerikan Gizli Hükümeti Kurukafa &amp; Kemikler</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>20.37</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786054188796</t>
+          <t>9789944983914</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Zor Kadın</t>
+          <t>Almanca Kelime Kartları</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>14.81</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9789944983976</t>
+          <t>9789944983907</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Zirveye Çıkan Yol</t>
+          <t>Aklındakini Okuyabilirim!</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>14.81</v>
+        <v>23</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9799944983302</t>
+          <t>9786054188321</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Zihnin 11 Prensibi</t>
+          <t>25. Saat</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>10.19</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9789944983488</t>
+          <t>9799944983074</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Zihin Okuma Teknikleri</t>
+          <t>2040 Amerika İslam Cumhuriyeti</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>12.96</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9799944983128</t>
+          <t>9786054188796</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Zenginlik Devrimi Nasıl Yaratılacak ve Hayatınızı Nasıl Değiştirecek?</t>
+          <t>Zor Kadın</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>20.37</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786057572929</t>
+          <t>9789944983976</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne Avonlea (Yeşil Kapak) (Ciltli)</t>
+          <t>Zirveye Çıkan Yol</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>195</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786057572714</t>
+          <t>9799944983302</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Cerrah</t>
+          <t>Zihnin 11 Prensibi</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>240</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786054629404</t>
+          <t>9789944983488</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Deja Vu</t>
+          <t>Zihin Okuma Teknikleri</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>240</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786057572424</t>
+          <t>9799944983128</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Diriliş (Ciltli)</t>
+          <t>Zenginlik Devrimi Nasıl Yaratılacak ve Hayatınızı Nasıl Değiştirecek?</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>210</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786059702805</t>
+          <t>9786057572929</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Anında Etkileme</t>
+          <t>Yeşilin Kızı Anne Avonlea (Yeşil Kapak) (Ciltli)</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>190</v>
+        <v>195</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786059702812</t>
+          <t>9786057572714</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Yenilikçinin İkilemi</t>
+          <t>Cerrah</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9799944983241</t>
+          <t>9786054629404</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Cüretkar</t>
+          <t>Deja Vu</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>6.9</v>
+        <v>240</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786057572066</t>
+          <t>9786057572424</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Bir Yufka Yürek - Dürüst Hırsız</t>
+          <t>Diriliş (Ciltli)</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>9</v>
+        <v>230</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786057572073</t>
+          <t>9786059702805</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Ceza Kolonisinde Gözlem</t>
+          <t>Anında Etkileme</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>8.5</v>
+        <v>190</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786057572080</t>
+          <t>9786059702812</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Köy Öğretmeni</t>
+          <t>Yenilikçinin İkilemi</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>8.5</v>
+        <v>220</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786057572042</t>
+          <t>9799944983241</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Açlık Sanatçısı</t>
+          <t>Cüretkar</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>80</v>
+        <v>6.9</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786057572059</t>
+          <t>9786057572066</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Başkasının Karısı ve Yatağın Altındaki Koca</t>
+          <t>Bir Yufka Yürek - Dürüst Hırsız</t>
         </is>
       </c>
       <c r="C345" s="1">
         <v>9</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786057572103</t>
+          <t>9786057572073</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarda Sınırlar</t>
+          <t>Ceza Kolonisinde Gözlem</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>25</v>
+        <v>8.5</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786057572332</t>
+          <t>9786057572080</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Görünmeyen Koleksiyon</t>
+          <t>Köy Öğretmeni</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>7</v>
+        <v>8.5</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786057572387</t>
+          <t>9786057572042</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Ay Işığı Sokağı</t>
+          <t>Açlık Sanatçısı</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>80</v>
+        <v>90</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786057572264</t>
+          <t>9786057572059</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Mürebbiye - Leporella</t>
+          <t>Başkasının Karısı ve Yatağın Altındaki Koca</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>8.5</v>
+        <v>9</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786057572257</t>
+          <t>9786057572103</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Karmaşık Duygular</t>
+          <t>Çocuklarda Sınırlar</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>80</v>
+        <v>25</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786057572370</t>
+          <t>9786057572332</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Uğultulu Tepeler</t>
+          <t>Görünmeyen Koleksiyon</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>160</v>
+        <v>7</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786057572356</t>
+          <t>9786057572387</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Böyle Buyurdu Zerdüşt</t>
+          <t>Ay Işığı Sokağı</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>130</v>
+        <v>90</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786256353879</t>
+          <t>9786057572264</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Hayat Bilgeliği Kılavuzu ve Akıllı Yaşama Sanatı (Ciltli)</t>
+          <t>Mürebbiye - Leporella</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>170</v>
+        <v>8.5</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786256353916</t>
+          <t>9786057572257</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Shirley (Ciltli)</t>
+          <t>Karmaşık Duygular</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>290</v>
+        <v>90</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786256353893</t>
+          <t>9786057572370</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Robinson Crusoe (Ciltli)</t>
+          <t>Uğultulu Tepeler</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>220</v>
+        <v>175</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786057572417</t>
+          <t>9786057572356</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>İnsan Ne İle Yaşar?</t>
+          <t>Böyle Buyurdu Zerdüşt</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>90</v>
+        <v>145</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786057572363</t>
+          <t>9786256353879</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Diş</t>
+          <t>Hayat Bilgeliği Kılavuzu ve Akıllı Yaşama Sanatı (Ciltli)</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>130</v>
+        <v>170</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786054629619</t>
+          <t>9786256353916</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Savcı</t>
+          <t>Shirley (Ciltli)</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>340</v>
+        <v>290</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786256353817</t>
+          <t>9786256353893</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Kem Göz</t>
+          <t>Robinson Crusoe (Ciltli)</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>320</v>
+        <v>220</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786256353824</t>
+          <t>9786057572417</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>İş Bana Düşer</t>
+          <t>İnsan Ne İle Yaşar?</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>240</v>
+        <v>100</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786256353756</t>
+          <t>9786057572363</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Beş Kutsal Yara</t>
+          <t>Beyaz Diş</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>270</v>
+        <v>145</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786256353749</t>
+          <t>9786054629619</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Kevin Hakkında Konuşmalıyız</t>
+          <t>Savcı</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>340</v>
+        <v>375</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786059702325</t>
+          <t>9786256353817</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Milena’ya Mektuplar</t>
+          <t>Kem Göz</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>85</v>
+        <v>350</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786257781838</t>
+          <t>9786256353824</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Sergüzeşt</t>
+          <t>İş Bana Düşer</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>50</v>
+        <v>265</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>1020000000168</t>
+          <t>9786256353756</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Çizgili Defter 14 Butik Defter</t>
+          <t>Beş Kutsal Yara</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>27.95</v>
+        <v>300</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786054188925</t>
+          <t>9786256353749</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Zaman Çarkı</t>
+          <t>Kevin Hakkında Konuşmalıyız</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>320</v>
+        <v>375</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786054629152</t>
+          <t>9786059702325</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Şizofren</t>
+          <t>Milena’ya Mektuplar</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>240</v>
+        <v>85</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9789944983693</t>
+          <t>9786257781838</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>KPDS, TOEFL, ÜDS, YDS</t>
+          <t>Sergüzeşt</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>90</v>
+        <v>50</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9789944983860</t>
+          <t>1020000000168</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Kelime Kartları</t>
+          <t>Çizgili Defter 14 Butik Defter</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>90</v>
+        <v>27.95</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9789944983396</t>
+          <t>9786054188925</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Eşanlamlı Kelime Kartları</t>
+          <t>Zaman Çarkı</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>90</v>
+        <v>350</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786059702737</t>
+          <t>9786054629152</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>İyileştiren Yiyecekler</t>
+          <t>Şizofren</t>
         </is>
       </c>
       <c r="C371" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786057572950</t>
+          <t>9789944983693</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>50 Dakikalık Seans</t>
+          <t>KPDS, TOEFL, ÜDS, YDS</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>190</v>
+        <v>100</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9780448443526</t>
+          <t>9789944983860</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Çok Satan Psikoloji Kitapları Seti (3 Kitap Takım)</t>
+          <t>İngilizce Kelime Kartları</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>465</v>
+        <v>100</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786257781473</t>
+          <t>9789944983396</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Önsezi</t>
+          <t>İngilizce Eşanlamlı Kelime Kartları</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>340</v>
+        <v>100</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9788860798542</t>
+          <t>9786059702737</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne Seti (4 Kitap Takım) (Ciltli)</t>
+          <t>İyileştiren Yiyecekler</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>630</v>
+        <v>240</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786057572226</t>
+          <t>9786057572950</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Her Şey Tabakta Başlar</t>
+          <t>50 Dakikalık Seans</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>240</v>
+        <v>210</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786057572295</t>
+          <t>9780448443526</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Kumarbaz</t>
+          <t>Çok Satan Psikoloji Kitapları Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>130</v>
+        <v>465</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786057572202</t>
+          <t>9786257781473</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Takıntı</t>
+          <t>Önsezi</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>340</v>
+        <v>375</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786256353725</t>
+          <t>9788860798542</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Meczup</t>
+          <t>Yeşilin Kızı Anne Seti (4 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>115</v>
+        <v>630</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786057572233</t>
+          <t>9786057572226</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Bir de Bu Açıdan Bak</t>
+          <t>Her Şey Tabakta Başlar</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>320</v>
+        <v>240</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786059702621</t>
+          <t>9786057572295</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>İdealist Öğretmen</t>
+          <t>Kumarbaz</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>130</v>
+        <v>145</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786256353701</t>
+          <t>9786057572202</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Sais Çırakları</t>
+          <t>Takıntı</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>130</v>
+        <v>375</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786256353732</t>
+          <t>9786256353725</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Damga (Ciltli)</t>
+          <t>Meczup</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>220</v>
+        <v>115</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786256353718</t>
+          <t>9786057572233</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Geç Gelen Şöhret (Ciltli)</t>
+          <t>Bir de Bu Açıdan Bak</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>115</v>
+        <v>350</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786059702560</t>
+          <t>9786059702621</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcı Düşünce</t>
+          <t>İdealist Öğretmen</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>270</v>
+        <v>145</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786057572288</t>
+          <t>9786256353701</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Sıçrayış</t>
+          <t>Sais Çırakları</t>
         </is>
       </c>
       <c r="C386" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786256353695</t>
+          <t>9786256353732</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Psikolojik Karate: Hayatın Darbelerine Karşı Kendini Savunma Rehberi</t>
+          <t>Kızıl Damga (Ciltli)</t>
         </is>
       </c>
       <c r="C387" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786256353251</t>
+          <t>9786256353718</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Ebeveynler İçin Öz Şefkat: Çocuğunuzu Kendinize Özen Göstererek Büyütün</t>
+          <t>Geç Gelen Şöhret (Ciltli)</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>290</v>
+        <v>115</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786256353626</t>
+          <t>9786059702560</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Bana Aşkın Ne Olduğunu Söyle</t>
+          <t>Yaratıcı Düşünce</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>260</v>
+        <v>300</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786256353022</t>
+          <t>9786057572288</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Dil Yolcusu</t>
+          <t>Sıçrayış</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>320</v>
+        <v>145</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786257781831</t>
+          <t>9786256353695</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Sergüzeşt</t>
+          <t>Psikolojik Karate: Hayatın Darbelerine Karşı Kendini Savunma Rehberi</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>105</v>
+        <v>240</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786256353596</t>
+          <t>9786256353251</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Yaşama Sanatı</t>
+          <t>Ebeveynler İçin Öz Şefkat: Çocuğunuzu Kendinize Özen Göstererek Büyütün</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>230</v>
+        <v>320</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786256353602</t>
+          <t>9786256353626</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>İletişim Sanatı</t>
+          <t>Bana Aşkın Ne Olduğunu Söyle</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>180</v>
+        <v>285</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786256353619</t>
+          <t>9786256353022</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Zen ve Gezegeni Kurtarma Sanatı</t>
+          <t>Dil Yolcusu</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786256353633</t>
+          <t>9786257781831</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Bizi Ayırana Dek</t>
+          <t>Sergüzeşt</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>320</v>
+        <v>115</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786256353664</t>
+          <t>9786256353596</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Hamlet (Ciltli)</t>
+          <t>Yaşama Sanatı</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>195</v>
+        <v>255</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786256353688</t>
+          <t>9786256353602</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Macbeth (Ciltli)</t>
+          <t>İletişim Sanatı</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786256353503</t>
+          <t>9786256353619</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Farkına Bile Varmadan</t>
+          <t>Zen ve Gezegeni Kurtarma Sanatı</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786057572134</t>
+          <t>9786256353633</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Kendinle Savaşma Sanatı</t>
+          <t>Ölüm Bizi Ayırana Dek</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>270</v>
+        <v>350</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786256353527</t>
+          <t>9786256353664</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Vadideki Zambak</t>
+          <t>Hamlet (Ciltli)</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>140</v>
+        <v>195</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786256353565</t>
+          <t>9786256353688</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Seçme Hikayeler</t>
+          <t>Macbeth (Ciltli)</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>130</v>
+        <v>140</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786257781879</t>
+          <t>9786256353503</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Piyanist</t>
+          <t>Farkına Bile Varmadan</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>130</v>
+        <v>350</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786256353534</t>
+          <t>9786057572134</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>İnsancıklar</t>
+          <t>Kendinle Savaşma Sanatı</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>115</v>
+        <v>300</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786057572486</t>
+          <t>9786256353527</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Şeytan</t>
+          <t>Vadideki Zambak</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>130</v>
+        <v>155</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786256353442</t>
+          <t>9786256353565</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Mucizeleri</t>
+          <t>Seçme Hikayeler</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>110</v>
+        <v>145</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786256353572</t>
+          <t>9786257781879</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Af</t>
+          <t>Piyanist</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>320</v>
+        <v>145</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786256353497</t>
+          <t>9786256353534</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Zihnini Derle Topla - Kaygıdan ve Aşırı Düşünmeden Kurtulma Rehberi</t>
+          <t>İnsancıklar</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>320</v>
+        <v>130</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786256353541</t>
+          <t>9786057572486</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Etrafım Psikopatlarla Dolu: İşte ve Hayatta Manipülasyon ve İstismardan Korunmanın Yolları</t>
+          <t>İçimizdeki Şeytan</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>260</v>
+        <v>145</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786257781787</t>
+          <t>9786256353442</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Felatun Bey ile Rakım Efendi</t>
+          <t>Hayatın Mucizeleri</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>130</v>
+        <v>120</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786054629442</t>
+          <t>9786256353572</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Cimri</t>
+          <t>Af</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>110</v>
+        <v>350</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786256353411</t>
+          <t>9786256353497</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Yıldız Gezgini</t>
+          <t>Zihnini Derle Topla - Kaygıdan ve Aşırı Düşünmeden Kurtulma Rehberi</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>130</v>
+        <v>350</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786257781862</t>
+          <t>9786256353541</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Yeraltından Notlar</t>
+          <t>Etrafım Psikopatlarla Dolu: İşte ve Hayatta Manipülasyon ve İstismardan Korunmanın Yolları</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>105</v>
+        <v>285</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786256353435</t>
+          <t>9786257781787</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Pollyanna</t>
+          <t>Felatun Bey ile Rakım Efendi</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>130</v>
+        <v>145</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786256353367</t>
+          <t>9786054629442</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Martin Eden</t>
+          <t>Cimri</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>210</v>
+        <v>120</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786257781824</t>
+          <t>9786256353411</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Mai ve Siyah</t>
+          <t>Yıldız Gezgini</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>160</v>
+        <v>145</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786257781794</t>
+          <t>9786257781862</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Kuyucaklı Yusuf</t>
+          <t>Yeraltından Notlar</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>130</v>
+        <v>115</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786256353374</t>
+          <t>9786256353435</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Jane Eyre</t>
+          <t>Pollyanna</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>210</v>
+        <v>145</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786057572783</t>
+          <t>9786256353367</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>İntibah</t>
+          <t>Martin Eden</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>130</v>
+        <v>230</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786257781800</t>
+          <t>9786257781824</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Ivan İlyiç’in Ölümü</t>
+          <t>Mai ve Siyah</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>80</v>
+        <v>175</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786257781886</t>
+          <t>9786257781794</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Don Kişot</t>
+          <t>Kuyucaklı Yusuf</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>160</v>
+        <v>145</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786256353459</t>
+          <t>9786256353374</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Morgue Sokağı Cinayetleri</t>
+          <t>Jane Eyre</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>105</v>
+        <v>230</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786256353428</t>
+          <t>9786057572783</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Dr. Moreau’nun Adası</t>
+          <t>İntibah</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>105</v>
+        <v>145</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786257781763</t>
+          <t>9786257781800</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Memnu</t>
+          <t>Ivan İlyiç’in Ölümü</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>160</v>
+        <v>90</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786057572219</t>
+          <t>9786257781886</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Bebekler Ne İster</t>
+          <t>Don Kişot</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>450</v>
+        <v>175</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786256353404</t>
+          <t>9786256353459</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Yıldız Gezgini (Bez Cilt) (Ciltli)</t>
+          <t>Morgue Sokağı Cinayetleri</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>195</v>
+        <v>115</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786256353398</t>
+          <t>9786256353428</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Dr. Moreau'nun Adası (Bez Cilt) (Ciltli)</t>
+          <t>Dr. Moreau’nun Adası</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>130</v>
+        <v>115</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786256353381</t>
+          <t>9786257781763</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Hayatımızı Şekillendiren 10 Yıl: Yirmili Yaşlarımız Neden Önemlidir ve Bu Yılları En İyi Nasıl Değerlendiririz?</t>
+          <t>Aşk-ı Memnu</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>270</v>
+        <v>175</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786256353329</t>
+          <t>9786057572219</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Kaza</t>
+          <t>Bebekler Ne İster</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>340</v>
+        <v>495</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786256353336</t>
+          <t>9786256353404</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Prens</t>
+          <t>Yıldız Gezgini (Bez Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>150</v>
+        <v>195</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786256353312</t>
+          <t>9786256353398</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Yılan Avı</t>
+          <t>Dr. Moreau'nun Adası (Bez Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>320</v>
+        <v>130</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786256353305</t>
+          <t>9786256353381</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Mrs. Dalloway</t>
+          <t>Hayatımızı Şekillendiren 10 Yıl: Yirmili Yaşlarımız Neden Önemlidir ve Bu Yılları En İyi Nasıl Değerlendiririz?</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>155</v>
+        <v>300</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786256353268</t>
+          <t>9786256353329</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>İnci Küpeli Kız</t>
+          <t>Kaza</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>275</v>
+        <v>375</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786256353299</t>
+          <t>9786256353336</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Anna Karenina Cilt II (Ciltli)</t>
+          <t>Prens</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>275</v>
+        <v>150</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786256353275</t>
+          <t>9786256353312</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Anna Karenina Cilt I ve II (Ciltli)</t>
+          <t>Yılan Avı</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>550</v>
+        <v>350</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786256353282</t>
+          <t>9786256353305</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Anna Karenina Cilt I (Ciltli)</t>
+          <t>Mrs. Dalloway</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>275</v>
+        <v>155</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786256353244</t>
+          <t>9786256353268</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Hayat İçin Felsefe - ve Başka Tehlikeli Durumlarda</t>
+          <t>İnci Küpeli Kız</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>320</v>
+        <v>275</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786256353220</t>
+          <t>9786256353299</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Kuantum Ekonomisi Dijital Devrimden Sonra İnsanlık ve Dünya</t>
+          <t>Anna Karenina Cilt II (Ciltli)</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>270</v>
+        <v>275</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786256353213</t>
+          <t>9786256353275</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Şato (Ciltli)</t>
+          <t>Anna Karenina Cilt I ve II (Ciltli)</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>195</v>
+        <v>550</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786059702973</t>
+          <t>9786256353282</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Sefiller</t>
+          <t>Anna Karenina Cilt I (Ciltli)</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>160</v>
+        <v>275</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786256353206</t>
+          <t>9786256353244</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Solgun Mavi Gözler</t>
+          <t>Hayat İçin Felsefe - ve Başka Tehlikeli Durumlarda</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>340</v>
+        <v>350</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786256353190</t>
+          <t>9786256353220</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Bir Öğretmenin Hikayesi</t>
+          <t>Kuantum Ekonomisi Dijital Devrimden Sonra İnsanlık ve Dünya</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786256353176</t>
+          <t>9786256353213</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes : Kızıl Soruşturma &amp; Dörtlerin İşareti</t>
+          <t>Şato (Ciltli)</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>220</v>
+        <v>195</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786256353183</t>
+          <t>9786059702973</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes : Baskerville Tazısı &amp; Korku Vadisi</t>
+          <t>Sefiller</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>220</v>
+        <v>175</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786256353169</t>
+          <t>9786256353206</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes’ün Maceraları (Ciltli)</t>
+          <t>Solgun Mavi Gözler</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>220</v>
+        <v>375</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786256353152</t>
+          <t>9786256353190</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Ölümsüzlük ve Pilgrim</t>
+          <t>Bir Öğretmenin Hikayesi</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>340</v>
+        <v>240</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786257781855</t>
+          <t>9786256353176</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Vatan Yahut Silistre</t>
+          <t>Sherlock Holmes : Kızıl Soruşturma &amp; Dörtlerin İşareti</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>80</v>
+        <v>220</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786257781756</t>
+          <t>9786256353183</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>1984</t>
+          <t>Sherlock Holmes : Baskerville Tazısı &amp; Korku Vadisi</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786256353091</t>
+          <t>9786256353169</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Rodin - Cezanne (Ciltli)</t>
+          <t>Sherlock Holmes’ün Maceraları (Ciltli)</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786256353107</t>
+          <t>9786256353152</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Metafiziği (Ciltli)</t>
+          <t>Ölümsüzlük ve Pilgrim</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>105</v>
+        <v>375</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786256353084</t>
+          <t>9786257781855</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Genç Şaire Mektuplar - Bir Genç Kadına Mektuplar</t>
+          <t>Vatan Yahut Silistre</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>105</v>
+        <v>90</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786256353138</t>
+          <t>9786257781756</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Kemiklerin Mirası - 2. Kitap</t>
+          <t>1984</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>340</v>
+        <v>165</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786256353114</t>
+          <t>9786256353091</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Görünmez Gardiyan -1. Kitap</t>
+          <t>Rodin - Cezanne (Ciltli)</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>340</v>
+        <v>150</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786256353121</t>
+          <t>9786256353107</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Fırtınaya Adak - 3. Kitap</t>
+          <t>Aşkın Metafiziği (Ciltli)</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>340</v>
+        <v>105</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786256353077</t>
+          <t>9786256353084</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Ne Oldu Sana?</t>
+          <t>Genç Şaire Mektuplar - Bir Genç Kadına Mektuplar</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>320</v>
+        <v>105</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786257781992</t>
+          <t>9786256353138</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Zehra</t>
+          <t>Kemiklerin Mirası - 2. Kitap</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>130</v>
+        <v>375</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786256353008</t>
+          <t>9786256353114</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Falaka</t>
+          <t>Görünmez Gardiyan -1. Kitap</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>115</v>
+        <v>375</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786256353060</t>
+          <t>9786256353121</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Freud’u Anlamak: Hayatta ve Terapide</t>
+          <t>Fırtınaya Adak - 3. Kitap</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>240</v>
+        <v>375</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786256353053</t>
+          <t>9786256353077</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Ölmeye Değer</t>
+          <t>Ne Oldu Sana?</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>340</v>
+        <v>350</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786256353046</t>
+          <t>9786257781992</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Olma Cesareti</t>
+          <t>Zehra</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>270</v>
+        <v>130</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786256353015</t>
+          <t>9786256353008</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Tembellik Hakkı (Bez Cilt) (Ciltli)</t>
+          <t>Falaka</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>105</v>
+        <v>115</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786257781985</t>
+          <t>9786256353060</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Felsefenin Tesellisi Üzerine (I-V) (Ciltli)</t>
+          <t>Freud’u Anlamak: Hayatta ve Terapide</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>160</v>
+        <v>265</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786257781954</t>
+          <t>9786256353053</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Suikast Bürosu (Ciltli)</t>
+          <t>Ölmeye Değer</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>150</v>
+        <v>375</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786257781961</t>
+          <t>9786256353046</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Dr. Jekyll ve Bay Hyde (Ciltli)</t>
+          <t>Mutlu Olma Cesareti</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>105</v>
+        <v>300</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786257781893</t>
+          <t>9786256353015</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>İslam: Kısa Bir Tarihçe (Ciltli)</t>
+          <t>Tembellik Hakkı (Bez Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>255</v>
+        <v>105</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786257781923</t>
+          <t>9786257781985</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Doktor Katran ve Profesör Tüy Sistemi (Öykü Seçkisi)</t>
+          <t>Felsefenin Tesellisi Üzerine (I-V) (Ciltli)</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>185</v>
+        <v>160</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786257781770</t>
+          <t>9786257781954</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Eylül</t>
+          <t>Suikast Bürosu (Ciltli)</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786257781671</t>
+          <t>9786257781961</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Zavallı Çocuk (Bez Cilt) (Ciltli)</t>
+          <t>Dr. Jekyll ve Bay Hyde (Ciltli)</t>
         </is>
       </c>
       <c r="C467" s="1">
         <v>105</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786257781749</t>
+          <t>9786257781893</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Emily’nin Arayışı (Bez Cilt) (Ciltli)</t>
+          <t>İslam: Kısa Bir Tarihçe (Ciltli)</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>220</v>
+        <v>255</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786257781725</t>
+          <t>9786257781923</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Emily Yeni Ay Çiftliği’nde (Bez Cilt) (Ciltli)</t>
+          <t>Doktor Katran ve Profesör Tüy Sistemi (Öykü Seçkisi)</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>220</v>
+        <v>185</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786257781732</t>
+          <t>9786257781770</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Emily Tırmanıyor (Bez Cilt) (Ciltli)</t>
+          <t>Eylül</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>220</v>
+        <v>175</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786257781947</t>
+          <t>9786257781671</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Orhan Veli Bütün Şiirleri (Ciltli)</t>
+          <t>Zavallı Çocuk (Bez Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>295</v>
+        <v>105</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786257781916</t>
+          <t>9786257781749</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Yıkıcı Duygular</t>
+          <t>Emily’nin Arayışı (Bez Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>340</v>
+        <v>220</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786257781909</t>
+          <t>9786257781725</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Ütopya (Bez Cilt) (Ciltli)</t>
+          <t>Emily Yeni Ay Çiftliği’nde (Bez Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786257781688</t>
+          <t>9786257781732</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Karabibik (Bez Cilt) (Ciltli)</t>
+          <t>Emily Tırmanıyor (Bez Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>105</v>
+        <v>220</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786257781381</t>
+          <t>9786257781947</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Şair Evlenmesi (Bez Cilt) (Ciltli)</t>
+          <t>Orhan Veli Bütün Şiirleri (Ciltli)</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>105</v>
+        <v>295</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786257781695</t>
+          <t>9786257781916</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Taaşşuk-ı Talat ve Fitnat (Bez Cilt) (Ciltli)</t>
+          <t>Yıkıcı Duygular</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>135</v>
+        <v>375</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786257781718</t>
+          <t>9786257781909</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Kapan</t>
+          <t>Ütopya (Bez Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>340</v>
+        <v>160</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786257781701</t>
+          <t>9786257781688</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Gençler İçin Beş Sevgi Dili</t>
+          <t>Karabibik (Bez Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>320</v>
+        <v>105</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786257781657</t>
+          <t>9786257781381</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Biz (Ciltli)</t>
+          <t>Şair Evlenmesi (Bez Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>175</v>
+        <v>105</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786257781596</t>
+          <t>9786257781695</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Gece Gelir</t>
+          <t>Taaşşuk-ı Talat ve Fitnat (Bez Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>320</v>
+        <v>135</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786257781664</t>
+          <t>9786257781718</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Kuzey ve Güney (Ciltli)</t>
+          <t>Kapan</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>275</v>
+        <v>375</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786257781626</t>
+          <t>9786257781701</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne Rilla (Ciltli)</t>
+          <t>Gençler İçin Beş Sevgi Dili</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>195</v>
+        <v>350</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786257781640</t>
+          <t>9786257781657</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Mucizeleri (Ciltli)</t>
+          <t>Biz (Ciltli)</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>150</v>
+        <v>175</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786257781633</t>
+          <t>9786257781596</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Travmayı İyileştirmek</t>
+          <t>Ölüm Gece Gelir</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786257781619</t>
+          <t>9786257781664</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar Neden Başarısız Olur?</t>
+          <t>Kuzey ve Güney (Ciltli)</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>270</v>
+        <v>275</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786257781589</t>
+          <t>9786257781626</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Veba (Ciltli)</t>
+          <t>Yeşilin Kızı Anne Rilla (Ciltli)</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>105</v>
+        <v>195</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786257781602</t>
+          <t>9786257781640</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Deniz Feneri (Ciltli)</t>
+          <t>Hayatın Mucizeleri (Ciltli)</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>185</v>
+        <v>150</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786257781541</t>
+          <t>9786257781633</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>İsimsiz Çocuk</t>
+          <t>Travmayı İyileştirmek</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>170</v>
+        <v>350</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786257781572</t>
+          <t>9786257781619</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Genç Bir Doktorun Anıları (Ciltli)</t>
+          <t>Çocuklar Neden Başarısız Olur?</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786257781565</t>
+          <t>9786257781589</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>1984 (Ciltli)</t>
+          <t>Kızıl Veba (Ciltli)</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>275</v>
+        <v>105</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786257781558</t>
+          <t>9786257781602</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Güneş Kent (Ciltli)</t>
+          <t>Deniz Feneri (Ciltli)</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>105</v>
+        <v>185</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786257781534</t>
+          <t>9786257781541</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Grimm Masalları 2 (Ciltli)</t>
+          <t>İsimsiz Çocuk</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>275</v>
+        <v>190</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786257781527</t>
+          <t>9786257781572</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Grimm Masalları 1 (Ciltli)</t>
+          <t>Genç Bir Doktorun Anıları (Ciltli)</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>275</v>
+        <v>150</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786257781510</t>
+          <t>9786257781565</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Alamut - Fedailerin Kalesi (Ciltli)</t>
+          <t>1984 (Ciltli)</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>295</v>
+        <v>275</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786257781503</t>
+          <t>9786257781558</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Ölümsüz Kardeşin Gözleri (Ciltli)</t>
+          <t>Güneş Kent (Ciltli)</t>
         </is>
       </c>
       <c r="C495" s="1">
         <v>105</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786257781480</t>
+          <t>9786257781534</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne 7 - Gökkuşağı Vadisi (Ciltli)</t>
+          <t>Grimm Masalları 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>195</v>
+        <v>275</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786257781497</t>
+          <t>9786257781527</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Piyanist (Ciltli)</t>
+          <t>Grimm Masalları 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>210</v>
+        <v>275</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786257781398</t>
+          <t>9786257781510</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Mai ve Siyah (Ciltli)</t>
+          <t>Alamut - Fedailerin Kalesi (Ciltli)</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>195</v>
+        <v>295</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786257781404</t>
+          <t>9786257781503</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Hayattan Sahneler (Ciltli)</t>
+          <t>Ölümsüz Kardeşin Gözleri (Ciltli)</t>
         </is>
       </c>
       <c r="C499" s="1">
         <v>105</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786257781428</t>
+          <t>9786257781480</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Gulyabani (Ciltli)</t>
+          <t>Yeşilin Kızı Anne 7 - Gökkuşağı Vadisi (Ciltli)</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>160</v>
+        <v>195</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9786257781411</t>
+          <t>9786257781497</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Seçme Hikayeler (Ciltli)</t>
+          <t>Piyanist (Ciltli)</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>185</v>
+        <v>210</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9786257781466</t>
+          <t>9786257781398</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Erika Ewald’ın Aşkı (Ciltli)</t>
+          <t>Mai ve Siyah (Ciltli)</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>105</v>
+        <v>195</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786257781459</t>
+          <t>9786257781404</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Frankenstein (Ciltli)</t>
+          <t>Hayattan Sahneler (Ciltli)</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>185</v>
+        <v>105</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786257781442</t>
+          <t>9786257781428</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>İyi Eşler (Ciltli)</t>
+          <t>Gulyabani (Ciltli)</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9786257781435</t>
+          <t>9786257781411</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Emma (Ciltli)</t>
+          <t>Seçme Hikayeler (Ciltli)</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>275</v>
+        <v>185</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786257781299</t>
+          <t>9786257781466</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Montessori Çocuğu</t>
+          <t>Erika Ewald’ın Aşkı (Ciltli)</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>400</v>
+        <v>105</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9786257781374</t>
+          <t>9786257781459</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne - Ingleside (Ciltli)</t>
+          <t>Frankenstein (Ciltli)</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>195</v>
+        <v>185</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786257781213</t>
+          <t>9786257781442</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Sis</t>
+          <t>İyi Eşler (Ciltli)</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>340</v>
+        <v>220</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786257781305</t>
+          <t>9786257781435</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>9. Mezar</t>
+          <t>Emma (Ciltli)</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>340</v>
+        <v>275</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9786257781329</t>
+          <t>9786257781299</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Reçine</t>
+          <t>Montessori Çocuğu</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>280</v>
+        <v>440</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9786257781367</t>
+          <t>9786257781374</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Don Kişot (Ciltli)</t>
+          <t>Yeşilin Kızı Anne - Ingleside (Ciltli)</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>220</v>
+        <v>195</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9786257781343</t>
+          <t>9786257781213</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Tess (Ciltli)</t>
+          <t>Sis</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>275</v>
+        <v>375</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9786257781350</t>
+          <t>9786257781305</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Köpek Kalbi (Ciltli)</t>
+          <t>9. Mezar</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>130</v>
+        <v>375</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9786257781275</t>
+          <t>9786257781329</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Sevginin Kökleri</t>
+          <t>Reçine</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>320</v>
+        <v>310</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9786257781312</t>
+          <t>9786257781367</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne - Rüya Evi (Ciltli)</t>
+          <t>Don Kişot (Ciltli)</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>195</v>
+        <v>220</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9786257781251</t>
+          <t>9786257781343</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Cimri (Ciltli)</t>
+          <t>Tess (Ciltli)</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>150</v>
+        <v>275</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9786257781282</t>
+          <t>9786257781350</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Tepenin Laneti</t>
+          <t>Köpek Kalbi (Ciltli)</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>340</v>
+        <v>130</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9786257781244</t>
+          <t>9786257781275</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Heidi (Ciltli)</t>
+          <t>Sevginin Kökleri</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>185</v>
+        <v>350</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786257781237</t>
+          <t>9786257781312</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Pollyanna (Ciltli)</t>
+          <t>Yeşilin Kızı Anne - Rüya Evi (Ciltli)</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>185</v>
+        <v>195</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9786257781220</t>
+          <t>9786257781251</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Alice Harikalar Diyarında (Ciltli)</t>
+          <t>Cimri (Ciltli)</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9786257781190</t>
+          <t>9786257781282</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Bir Kuzey Macerası (Ciltli)</t>
+          <t>Tepenin Laneti</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>105</v>
+        <v>375</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9786257781176</t>
+          <t>9786257781244</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Aptallığın Övgüsü (Ciltli)</t>
+          <t>Heidi (Ciltli)</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>150</v>
+        <v>185</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9786257781183</t>
+          <t>9786257781237</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>İnsan Nedir? (Ciltli)</t>
+          <t>Pollyanna (Ciltli)</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>140</v>
+        <v>185</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9780448453699</t>
+          <t>9786257781220</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Psikoloji Kitapları Seti (3 Kitap Takım)</t>
+          <t>Alice Harikalar Diyarında (Ciltli)</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>530</v>
+        <v>140</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9782081222145</t>
+          <t>9786257781190</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Yaşamdan İlham Alanlar Seti (4 Kitap Takım)</t>
+          <t>Bir Kuzey Macerası (Ciltli)</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>1045</v>
+        <v>105</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9786257781152</t>
+          <t>9786257781176</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Ermişin Bahçesi (Ciltli)</t>
+          <t>Aptallığın Övgüsü (Ciltli)</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>105</v>
+        <v>150</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9786057572882</t>
+          <t>9786257781183</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Etrafım Aptallarla Dolu</t>
+          <t>İnsan Nedir? (Ciltli)</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>320</v>
+        <v>140</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9786257781169</t>
+          <t>9780448453699</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne Rüzgarlı Kavaklar (Ciltli)</t>
+          <t>Psikoloji Kitapları Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>195</v>
+        <v>530</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9786257781145</t>
+          <t>9782081222145</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Çiftliği (Ciltli)</t>
+          <t>Yaşamdan İlham Alanlar Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>130</v>
+        <v>1045</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9786257781138</t>
+          <t>9786257781152</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Vişne Bahçesi - Bez Cilt (Ciltli)</t>
+          <t>Ermişin Bahçesi (Ciltli)</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>130</v>
+        <v>105</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9786257781107</t>
+          <t>9786057572882</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Lyon’da Düğün - Bez Cilt (Ciltli)</t>
+          <t>Etrafım Aptallarla Dolu</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>130</v>
+        <v>350</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9786257781121</t>
+          <t>9786257781169</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Aforizmalar - Bez Cilt (Ciltli)</t>
+          <t>Yeşilin Kızı Anne Rüzgarlı Kavaklar (Ciltli)</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>105</v>
+        <v>195</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9786257781114</t>
+          <t>9786257781145</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kadınlar (Ciltli)</t>
+          <t>Hayvan Çiftliği (Ciltli)</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>220</v>
+        <v>130</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9786257781077</t>
+          <t>9786257781138</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Neva Bulvarı (Ciltli)</t>
+          <t>Vişne Bahçesi - Bez Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>105</v>
+        <v>130</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9786257781084</t>
+          <t>9786257781107</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Altıncı Koğuş (Ciltli)</t>
+          <t>Lyon’da Düğün - Bez Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>105</v>
+        <v>130</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9786057572875</t>
+          <t>9786257781121</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Danimarkalılara Özgü Ebeveynlik : Dünyanın En Mutlu Çocukları Nasıl Yetişiyor</t>
+          <t>Aforizmalar - Bez Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>170</v>
+        <v>105</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9786257781060</t>
+          <t>9786257781114</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Ada - Yeşilin Kızı Anne 3 (Ciltli)</t>
+          <t>Küçük Kadınlar (Ciltli)</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>195</v>
+        <v>220</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9786257781046</t>
+          <t>9786257781077</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Oblomov (Ciltli)</t>
+          <t>Neva Bulvarı (Ciltli)</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>275</v>
+        <v>105</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9786257781053</t>
+          <t>9786257781084</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Efendi ile Uşağı (Ciltli)</t>
+          <t>Altıncı Koğuş (Ciltli)</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>130</v>
+        <v>105</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9786057572998</t>
+          <t>9786057572875</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Sergüzeşt (Ciltli)</t>
+          <t>Danimarkalılara Özgü Ebeveynlik : Dünyanın En Mutlu Çocukları Nasıl Yetişiyor</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>130</v>
+        <v>190</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9786257781039</t>
+          <t>9786257781060</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut Hikayeleri (Ciltli)</t>
+          <t>Ada - Yeşilin Kızı Anne 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>160</v>
+        <v>195</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9786057572981</t>
+          <t>9786257781046</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Vatan Yahut Silistre (Ciltli)</t>
+          <t>Oblomov (Ciltli)</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>105</v>
+        <v>275</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9786057572899</t>
+          <t>9786257781053</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Araba Sevdası (Ciltli)</t>
+          <t>Efendi ile Uşağı (Ciltli)</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>155</v>
+        <v>130</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9786257781008</t>
+          <t>9786057572998</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>İntibah (Ciltli)</t>
+          <t>Sergüzeşt (Ciltli)</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>160</v>
+        <v>130</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9786257781015</t>
+          <t>9786257781039</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Felatun Bey ile Rakım Efendi (Ciltli)</t>
+          <t>Dede Korkut Hikayeleri (Ciltli)</t>
         </is>
       </c>
       <c r="C545" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9786257781022</t>
+          <t>9786057572981</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Eylül (Ciltli)</t>
+          <t>Vatan Yahut Silistre (Ciltli)</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>185</v>
+        <v>105</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9786057572974</t>
+          <t>9786057572899</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Memnu (Ciltli)</t>
+          <t>Araba Sevdası (Ciltli)</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>220</v>
+        <v>155</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9786057572837</t>
+          <t>9786257781008</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Billy Milligan’ın Zihinleri</t>
+          <t>İntibah (Ciltli)</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>340</v>
+        <v>160</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9786057572967</t>
+          <t>9786257781015</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Zaman Makinesi (Ciltli)</t>
+          <t>Felatun Bey ile Rakım Efendi (Ciltli)</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9786057572868</t>
+          <t>9786257781022</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Babaya Mektup (Ciltli)</t>
+          <t>Eylül (Ciltli)</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>105</v>
+        <v>185</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9786057572905</t>
+          <t>9786057572974</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Araba Sevdası</t>
+          <t>Aşk-ı Memnu (Ciltli)</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9786057572943</t>
+          <t>9786057572837</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne Avonlea (Mor Kapak) (Ciltli)</t>
+          <t>Billy Milligan’ın Zihinleri</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>195</v>
+        <v>375</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9786057572912</t>
+          <t>9786057572967</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne Avonlea (Siyah Kapak) (Ciltli)</t>
+          <t>Zaman Makinesi (Ciltli)</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>195</v>
+        <v>130</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9786057572851</t>
+          <t>9786057572868</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Ivan İlyiç’in Ölümü (Ciltli)</t>
+          <t>Babaya Mektup (Ciltli)</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>115</v>
+        <v>105</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9786057572844</t>
+          <t>9786057572905</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Savaş Sanatı (Ciltli)</t>
+          <t>Araba Sevdası</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>105</v>
+        <v>130</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9786057572820</t>
+          <t>9786057572943</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Merhamet</t>
+          <t>Yeşilin Kızı Anne Avonlea (Mor Kapak) (Ciltli)</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>340</v>
+        <v>195</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9786057572776</t>
+          <t>9786057572912</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Kuyucaklı Yusuf (Ciltli)</t>
+          <t>Yeşilin Kızı Anne Avonlea (Siyah Kapak) (Ciltli)</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>175</v>
+        <v>195</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9786057572806</t>
+          <t>9786057572851</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Geçmişe Yolculuk (Ciltli)</t>
+          <t>Ivan İlyiç’in Ölümü (Ciltli)</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>105</v>
+        <v>115</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9786057572813</t>
+          <t>9786057572844</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Bir Çöküşün Öyküsü (Ciltli)</t>
+          <t>Savaş Sanatı (Ciltli)</t>
         </is>
       </c>
       <c r="C559" s="1">
         <v>105</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9786057572790</t>
+          <t>9786057572820</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Morgue Sokağı Cinayetleri (Ciltli)</t>
+          <t>Merhamet</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>130</v>
+        <v>375</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9786057572745</t>
+          <t>9786057572776</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Jane Eyre (Ciltli)</t>
+          <t>Kuyucaklı Yusuf (Ciltli)</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>275</v>
+        <v>175</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9786057572738</t>
+          <t>9786057572806</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Gatsby (Ciltli)</t>
+          <t>Geçmişe Yolculuk (Ciltli)</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>155</v>
+        <v>105</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9786057572752</t>
+          <t>9786057572813</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>İnsancıklar (Ciltli)</t>
+          <t>Bir Çöküşün Öyküsü (Ciltli)</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>160</v>
+        <v>105</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9786057572721</t>
+          <t>9786057572790</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne (Ciltli)</t>
+          <t>Morgue Sokağı Cinayetleri (Ciltli)</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>220</v>
+        <v>130</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9786057572509</t>
+          <t>9786057572745</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>İrade Terbiyesi (Ciltli)</t>
+          <t>Jane Eyre (Ciltli)</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>195</v>
+        <v>275</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9786057572523</t>
+          <t>9786057572738</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>İnsan Ne ile Yaşar (Ciltli)</t>
+          <t>Muhteşem Gatsby (Ciltli)</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>130</v>
+        <v>155</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9786057572691</t>
+          <t>9786057572752</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Palto (Ciltli)</t>
+          <t>İnsancıklar (Ciltli)</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>105</v>
+        <v>160</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9786057572608</t>
+          <t>9786057572721</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Açlık Sanatçısı (Ciltli)</t>
+          <t>Yeşilin Kızı Anne (Ciltli)</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>105</v>
+        <v>220</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9786057572622</t>
+          <t>9786057572509</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Korku (Ciltli)</t>
+          <t>İrade Terbiyesi (Ciltli)</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>105</v>
+        <v>195</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9786057572592</t>
+          <t>9786057572523</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Ay Işığı Sokağı (Ciltli)</t>
+          <t>İnsan Ne ile Yaşar (Ciltli)</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>105</v>
+        <v>130</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9786057572677</t>
+          <t>9786057572691</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Ermiş (Ciltli)</t>
+          <t>Palto (Ciltli)</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>115</v>
+        <v>105</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9786057572707</t>
+          <t>9786057572608</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Diriliş (Ciltli)</t>
+          <t>Açlık Sanatçısı (Ciltli)</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>275</v>
+        <v>105</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9786057572547</t>
+          <t>9786057572622</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Bir İdam Mahkumunun Son Günü (Ciltli)</t>
+          <t>Korku (Ciltli)</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>130</v>
+        <v>105</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9786057572684</t>
+          <t>9786057572592</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Bir Delinin Hatıra Defteri (Ciltli)</t>
+          <t>Ay Işığı Sokağı (Ciltli)</t>
         </is>
       </c>
       <c r="C574" s="1">
         <v>105</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9786057572585</t>
+          <t>9786057572677</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Bir Kadının Mektubu (Ciltli)</t>
+          <t>Ermiş (Ciltli)</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>105</v>
+        <v>115</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9786057572639</t>
+          <t>9786057572707</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Amok Koşucusu (Ciltli)</t>
+          <t>Diriliş (Ciltli)</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>105</v>
+        <v>275</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9786057572615</t>
+          <t>9786057572547</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Ceza Kolonisinde (Ciltli)</t>
+          <t>Bir İdam Mahkumunun Son Günü (Ciltli)</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>105</v>
+        <v>130</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9786057572554</t>
+          <t>9786057572684</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Kitapçı Mendel (Ciltli)</t>
+          <t>Bir Delinin Hatıra Defteri (Ciltli)</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>130</v>
+        <v>105</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9786057572660</t>
+          <t>9786057572585</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Yakıcı Sır (Ciltli)</t>
+          <t>Bilinmeyen Bir Kadının Mektubu (Ciltli)</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>115</v>
+        <v>105</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9786057572578</t>
+          <t>9786057572639</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Bir Kadının Yaşamından 24 Saat (Ciltli)</t>
+          <t>Amok Koşucusu (Ciltli)</t>
         </is>
       </c>
       <c r="C580" s="1">
         <v>105</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9786057572646</t>
+          <t>9786057572615</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Görünmeyen Koleksiyon (Ciltli)</t>
+          <t>Ceza Kolonisinde (Ciltli)</t>
         </is>
       </c>
       <c r="C581" s="1">
         <v>105</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9786057572653</t>
+          <t>9786057572554</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Karmaşık Duygular (Ciltli)</t>
+          <t>Kitapçı Mendel (Ciltli)</t>
         </is>
       </c>
       <c r="C582" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9786057572561</t>
+          <t>9786057572660</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Olağanüstü Bir Gece (Ciltli)</t>
+          <t>Yakıcı Sır (Ciltli)</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>105</v>
+        <v>115</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9786057572530</t>
+          <t>9786057572578</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>61 Saat</t>
+          <t>Bir Kadının Yaşamından 24 Saat (Ciltli)</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>320</v>
+        <v>105</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9786057572394</t>
+          <t>9786057572646</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Gitsem Bir Türlü Kalsam Bir Türlü</t>
+          <t>Görünmeyen Koleksiyon (Ciltli)</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>340</v>
+        <v>105</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9786057572479</t>
+          <t>9786057572653</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Şeytan (Ciltli)</t>
+          <t>Karmaşık Duygular (Ciltli)</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>195</v>
+        <v>130</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9786057572448</t>
+          <t>9786057572561</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Dorian Gray’in Portresi</t>
+          <t>Olağanüstü Bir Gece (Ciltli)</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>130</v>
+        <v>105</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9786057572325</t>
+          <t>9786057572530</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Kürk Mantolu Madonna</t>
+          <t>61 Saat</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>110</v>
+        <v>350</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9786059702379</t>
+          <t>9786057572394</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Araf</t>
+          <t>Gitsem Bir Türlü Kalsam Bir Türlü</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>320</v>
+        <v>375</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9786057572349</t>
+          <t>9786057572479</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Denemeler</t>
+          <t>İçimizdeki Şeytan (Ciltli)</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>130</v>
+        <v>195</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9786057572301</t>
+          <t>9786057572448</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Kendine Ait Bir Oda</t>
+          <t>Dorian Gray’in Portresi</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>105</v>
+        <v>145</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9786057572271</t>
+          <t>9786057572325</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Kürk Mantolu Madonna (Ciltli)</t>
+          <t>Kürk Mantolu Madonna</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9786057572189</t>
+          <t>9786059702379</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Rezonans Kanunu</t>
+          <t>Araf</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9786057572110</t>
+          <t>9786057572349</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>DNA</t>
+          <t>Denemeler</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>340</v>
+        <v>145</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9786057572097</t>
+          <t>9786057572301</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Palto</t>
+          <t>Kendine Ait Bir Oda</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>80</v>
+        <v>115</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9786059702942</t>
+          <t>9786057572271</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Fırtınada Yanacaksın</t>
+          <t>Kürk Mantolu Madonna (Ciltli)</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>340</v>
+        <v>150</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9786059702874</t>
+          <t>9786057572189</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Dönüşüm</t>
+          <t>Rezonans Kanunu</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>80</v>
+        <v>265</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9786059702898</t>
+          <t>9786057572110</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Suç ve Ceza</t>
+          <t>DNA</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>220</v>
+        <v>375</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9786059702881</t>
+          <t>9786057572097</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Satranç</t>
+          <t>Palto</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>80</v>
+        <v>90</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9786059702836</t>
+          <t>9786059702942</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Öyküler (Ciltli)</t>
+          <t>Fırtınada Yanacaksın</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>175</v>
+        <v>375</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9786059702904</t>
+          <t>9786059702874</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Bebeğiniz Uykuyu Çok Sevecek</t>
+          <t>Dönüşüm</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>190</v>
+        <v>90</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9786059702843</t>
+          <t>9786059702898</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Psikopati</t>
+          <t>Suç ve Ceza</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>340</v>
+        <v>240</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9786059702850</t>
+          <t>9786059702881</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>Anne’nin Duygusal Yokluğu</t>
+          <t>Satranç</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>320</v>
+        <v>90</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9786059702782</t>
+          <t>9786059702836</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Suç ve Ceza (Ciltli)</t>
+          <t>Öyküler (Ciltli)</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>280</v>
+        <v>175</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9786059702775</t>
+          <t>9786059702904</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Kitlelerin Psikolojisi</t>
+          <t>Bebeğiniz Uykuyu Çok Sevecek</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>170</v>
+        <v>210</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9786059702768</t>
+          <t>9786059702843</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>Dorian Gray'in Portresi (Ciltli)</t>
+          <t>Psikopati</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>185</v>
+        <v>375</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9786059702751</t>
+          <t>9786059702850</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>John Verdon Polisiye Set (5 Kitap Kutulu)</t>
+          <t>Anne’nin Duygusal Yokluğu</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>1700</v>
+        <v>350</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9786059702713</t>
+          <t>9786059702782</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Genç Werther’in Acıları (Ciltli)</t>
+          <t>Suç ve Ceza (Ciltli)</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>130</v>
+        <v>280</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9786059702720</t>
+          <t>9786059702775</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>Issız Ev</t>
+          <t>Kitlelerin Psikolojisi</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>320</v>
+        <v>190</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9786059702706</t>
+          <t>9786059702768</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>O Gece</t>
+          <t>Dorian Gray'in Portresi (Ciltli)</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>340</v>
+        <v>185</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9786059702690</t>
+          <t>9786059702751</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Toplum Sözleşmesi (Ciltli)</t>
+          <t>John Verdon Polisiye Set (5 Kitap Kutulu)</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>130</v>
+        <v>1700</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9786059702676</t>
+          <t>9786059702713</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Beş Sevgi Dili</t>
+          <t>Genç Werther’in Acıları (Ciltli)</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>220</v>
+        <v>130</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9786059702652</t>
+          <t>9786059702720</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Sefiller (Ciltli)</t>
+          <t>Issız Ev</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9786059702638</t>
+          <t>9786059702706</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Ölü Canlar (Ciltli)</t>
+          <t>O Gece</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>220</v>
+        <v>375</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9786059702607</t>
+          <t>9786059702690</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Martin Eden (Ciltli)</t>
+          <t>Toplum Sözleşmesi (Ciltli)</t>
         </is>
       </c>
       <c r="C615" s="1">
-        <v>275</v>
+        <v>130</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9786059702614</t>
+          <t>9786059702676</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>Köpek Gibi Büyütülmüş Çocuk</t>
+          <t>Çocuklar İçin Beş Sevgi Dili</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>340</v>
+        <v>240</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9786059702553</t>
+          <t>9786059702652</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed (Ciltli)</t>
+          <t>Sefiller (Ciltli)</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>275</v>
+        <v>220</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9786059702577</t>
+          <t>9786059702638</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Zambaklar Ülkesinde - Bez Cilt (Ciltli)</t>
+          <t>Ölü Canlar (Ciltli)</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>175</v>
+        <v>220</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9786059702546</t>
+          <t>9786059702607</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Böyle Buyurdu Zerdüşt (Ciltli)</t>
+          <t>Martin Eden (Ciltli)</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>220</v>
+        <v>275</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9786059702522</t>
+          <t>9786059702614</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>Denemeler (Ciltli)</t>
+          <t>Köpek Gibi Büyütülmüş Çocuk</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>195</v>
+        <v>375</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9786059702515</t>
+          <t>9786059702553</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>26</t>
+          <t>Hz. Muhammed (Ciltli)</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>140</v>
+        <v>275</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9786059702430</t>
+          <t>9786059702577</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>Dava (Ciltli)</t>
+          <t>Beyaz Zambaklar Ülkesinde - Bez Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>185</v>
+        <v>175</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9786059702423</t>
+          <t>9786059702546</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Diş (Ciltli)</t>
+          <t>Böyle Buyurdu Zerdüşt (Ciltli)</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9786059702485</t>
+          <t>9786059702522</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>Babalar ve Oğullar (Ciltli)</t>
+          <t>Denemeler (Ciltli)</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>185</v>
+        <v>195</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9786059702461</t>
+          <t>9786059702515</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>Kendine Ait Bir Oda (Ciltli)</t>
+          <t>26</t>
         </is>
       </c>
       <c r="C625" s="1">
-        <v>130</v>
+        <v>140</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9786059702355</t>
+          <t>9786059702430</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>Milena'ya Mektuplar (Ciltli)</t>
+          <t>Dava (Ciltli)</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>220</v>
+        <v>185</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9786057572516</t>
+          <t>9786059702423</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Kumarbaz (Ciltli)</t>
+          <t>Beyaz Diş (Ciltli)</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9786059702164</t>
+          <t>9786059702485</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Google Sırları</t>
+          <t>Babalar ve Oğullar (Ciltli)</t>
         </is>
       </c>
       <c r="C628" s="1">
-        <v>340</v>
+        <v>185</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9786059702317</t>
+          <t>9786059702461</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>Uğultulu Tepeler (Ciltli)</t>
+          <t>Kendine Ait Bir Oda (Ciltli)</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>275</v>
+        <v>130</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9786059702300</t>
+          <t>9786059702355</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>Vadideki Zambak (Ciltli)</t>
+          <t>Milena'ya Mektuplar (Ciltli)</t>
         </is>
       </c>
       <c r="C630" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9786059702249</t>
+          <t>9786057572516</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>Kurt Gölü</t>
+          <t>Kumarbaz (Ciltli)</t>
         </is>
       </c>
       <c r="C631" s="1">
-        <v>340</v>
+        <v>160</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9786059702171</t>
+          <t>9786059702164</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>Psikoz</t>
+          <t>Google Sırları</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>340</v>
+        <v>375</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9786059702256</t>
+          <t>9786059702317</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Dönüşüm (Ciltli)</t>
+          <t>Uğultulu Tepeler (Ciltli)</t>
         </is>
       </c>
       <c r="C633" s="1">
-        <v>105</v>
+        <v>275</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9786059702263</t>
+          <t>9786059702300</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>Yeraltından Notlar (Ciltli)</t>
+          <t>Vadideki Zambak (Ciltli)</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>130</v>
+        <v>220</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9786059702218</t>
+          <t>9786059702249</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>Satranç (Ciltli)</t>
+          <t>Kurt Gölü</t>
         </is>
       </c>
       <c r="C635" s="1">
-        <v>105</v>
+        <v>375</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9786059702225</t>
+          <t>9786059702171</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>İki Şehrin Hikayesi (Ciltli)</t>
+          <t>Psikoz</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>275</v>
+        <v>375</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9786059702232</t>
+          <t>9786059702256</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Gurur (Ciltli)</t>
+          <t>Dönüşüm (Ciltli)</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>240</v>
+        <v>105</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9786054629978</t>
+          <t>9786059702263</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>Gece</t>
+          <t>Yeraltından Notlar (Ciltli)</t>
         </is>
       </c>
       <c r="C638" s="1">
-        <v>170</v>
+        <v>130</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9786054629848</t>
+          <t>9786059702218</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>Obsesif</t>
+          <t>Satranç (Ciltli)</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>320</v>
+        <v>105</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9786054629497</t>
+          <t>9786059702225</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>30 Adımda Özgüven</t>
+          <t>İki Şehrin Hikayesi (Ciltli)</t>
         </is>
       </c>
       <c r="C640" s="1">
-        <v>320</v>
+        <v>275</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9789944983709</t>
+          <t>9786059702232</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Kelime Kartları: Ekonomi Terimleri</t>
+          <t>Aşk ve Gurur (Ciltli)</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>90</v>
+        <v>240</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9786054629640</t>
+          <t>9786054629978</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>Peter Pan Ölmeli</t>
+          <t>Gece</t>
         </is>
       </c>
       <c r="C642" s="1">
-        <v>340</v>
+        <v>190</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9786054629862</t>
+          <t>9786054629848</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>Algernon’a Çiçekler</t>
+          <t>Obsesif</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>270</v>
+        <v>350</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9786054188451</t>
+          <t>9786054629497</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>İnsanları Okumak</t>
+          <t>30 Adımda Özgüven</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>340</v>
+        <v>350</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9786057572493</t>
+          <t>9789944983709</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>Histeri</t>
+          <t>İngilizce Kelime Kartları: Ekonomi Terimleri</t>
         </is>
       </c>
       <c r="C645" s="1">
-        <v>320</v>
+        <v>100</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9786054188819</t>
+          <t>9786054629640</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>Klon</t>
+          <t>Peter Pan Ölmeli</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>340</v>
+        <v>375</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9786054188611</t>
+          <t>9786054629862</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Kayboluş</t>
+          <t>Algernon’a Çiçekler</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9786054188307</t>
+          <t>9786054188451</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Kelime Kartları Argo Sözlüğü</t>
+          <t>İnsanları Okumak</t>
         </is>
       </c>
       <c r="C648" s="1">
-        <v>40</v>
+        <v>375</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9786054188895</t>
+          <t>9786057572493</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>Gözlerini Sımsıkı Kapat</t>
+          <t>Histeri</t>
         </is>
       </c>
       <c r="C649" s="1">
-        <v>340</v>
+        <v>350</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9786054188970</t>
+          <t>9786054188819</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>Fedailerin Kalesi Alamut</t>
+          <t>Klon</t>
         </is>
       </c>
       <c r="C650" s="1">
-        <v>340</v>
+        <v>375</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9789944983990</t>
+          <t>9786054188611</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Zambaklar Ülkesinde</t>
+          <t>Kayboluş</t>
         </is>
       </c>
       <c r="C651" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9789944983372</t>
+          <t>9786054188307</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>Beş Sevgi Dili</t>
+          <t>İngilizce Kelime Kartları Argo Sözlüğü</t>
         </is>
       </c>
       <c r="C652" s="1">
-        <v>220</v>
+        <v>40</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9786054188710</t>
+          <t>9786054188895</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>Aklından Bir Sayı Tut</t>
+          <t>Gözlerini Sımsıkı Kapat</t>
         </is>
       </c>
       <c r="C653" s="1">
-        <v>340</v>
+        <v>375</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9786054629367</t>
+          <t>9786054188970</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>Akıl Oyunları</t>
+          <t>Fedailerin Kalesi Alamut</t>
         </is>
       </c>
       <c r="C654" s="1">
-        <v>320</v>
+        <v>375</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9786054629183</t>
+          <t>9789944983990</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>Akıl Labirenti</t>
+          <t>Beyaz Zambaklar Ülkesinde</t>
         </is>
       </c>
       <c r="C655" s="1">
-        <v>320</v>
+        <v>175</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9789944983648</t>
+          <t>9789944983372</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcı Dehanın Sırları</t>
+          <t>Beş Sevgi Dili</t>
         </is>
       </c>
       <c r="C656" s="1">
-        <v>320</v>
+        <v>240</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9786054629251</t>
+          <t>9786054188710</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>Şeytanı Uyandırma</t>
+          <t>Aklından Bir Sayı Tut</t>
         </is>
       </c>
       <c r="C657" s="1">
-        <v>340</v>
+        <v>375</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9786054188239</t>
+          <t>9786054629367</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>Sil Baştan</t>
+          <t>Akıl Oyunları</t>
         </is>
       </c>
       <c r="C658" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9786054188291</t>
+          <t>9786054629183</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>Rusça Kelime Kartları</t>
+          <t>Akıl Labirenti</t>
         </is>
       </c>
       <c r="C659" s="1">
-        <v>40</v>
+        <v>350</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9786054188413</t>
+          <t>9789944983648</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>Psiko Analist</t>
+          <t>Yaratıcı Dehanın Sırları</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>340</v>
+        <v>350</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9786054629343</t>
+          <t>9786054629251</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>Profesör</t>
+          <t>Şeytanı Uyandırma</t>
         </is>
       </c>
       <c r="C661" s="1">
-        <v>340</v>
+        <v>375</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
+          <t>9786054188239</t>
+        </is>
+      </c>
+      <c r="B662" s="1" t="inlineStr">
+        <is>
+          <t>Sil Baştan</t>
+        </is>
+      </c>
+      <c r="C662" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="663" spans="1:3">
+      <c r="A663" s="1" t="inlineStr">
+        <is>
+          <t>9786054188291</t>
+        </is>
+      </c>
+      <c r="B663" s="1" t="inlineStr">
+        <is>
+          <t>Rusça Kelime Kartları</t>
+        </is>
+      </c>
+      <c r="C663" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="664" spans="1:3">
+      <c r="A664" s="1" t="inlineStr">
+        <is>
+          <t>9786054188413</t>
+        </is>
+      </c>
+      <c r="B664" s="1" t="inlineStr">
+        <is>
+          <t>Psiko Analist</t>
+        </is>
+      </c>
+      <c r="C664" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="665" spans="1:3">
+      <c r="A665" s="1" t="inlineStr">
+        <is>
+          <t>9786054629343</t>
+        </is>
+      </c>
+      <c r="B665" s="1" t="inlineStr">
+        <is>
+          <t>Profesör</t>
+        </is>
+      </c>
+      <c r="C665" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="666" spans="1:3">
+      <c r="A666" s="1" t="inlineStr">
+        <is>
           <t>9786054629350</t>
         </is>
       </c>
-      <c r="B662" s="1" t="inlineStr">
+      <c r="B666" s="1" t="inlineStr">
         <is>
           <t>Konuşmamız Lazım</t>
         </is>
       </c>
-      <c r="C662" s="1">
-        <v>190</v>
+      <c r="C666" s="1">
+        <v>210</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>