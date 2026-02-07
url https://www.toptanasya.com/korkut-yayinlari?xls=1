--- v0 (2025-12-08)
+++ v1 (2026-02-07)
@@ -97,43 +97,808 @@
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>9786259251561</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
           <t>Sorulara Cevaplar 1 - Tarih Eğitim Kültür</t>
         </is>
       </c>
       <c r="C2" s="1">
         <v>588</v>
       </c>
     </row>
+    <row r="3" spans="1:3">
+      <c r="A3" s="1" t="inlineStr">
+        <is>
+          <t>9786256420946</t>
+        </is>
+      </c>
+      <c r="B3" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Türk Edebiyatı Tarihi 2 - İkinci Abdülhamit Dönemi Türk Edebiyatı</t>
+        </is>
+      </c>
+      <c r="C3" s="1">
+        <v>594</v>
+      </c>
+    </row>
+    <row r="4" spans="1:3">
+      <c r="A4" s="1" t="inlineStr">
+        <is>
+          <t>9786256420793</t>
+        </is>
+      </c>
+      <c r="B4" s="1" t="inlineStr">
+        <is>
+          <t>Yaşanmamış Çocukluk</t>
+        </is>
+      </c>
+      <c r="C4" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="5" spans="1:3">
+      <c r="A5" s="1" t="inlineStr">
+        <is>
+          <t>9786256420830</t>
+        </is>
+      </c>
+      <c r="B5" s="1" t="inlineStr">
+        <is>
+          <t>Bir Edebiyat Mistiği: Mehmet Nuri Parmaksız</t>
+        </is>
+      </c>
+      <c r="C5" s="1">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="6" spans="1:3">
+      <c r="A6" s="1" t="inlineStr">
+        <is>
+          <t>9786057155115</t>
+        </is>
+      </c>
+      <c r="B6" s="1" t="inlineStr">
+        <is>
+          <t>Söz Merdiveni</t>
+        </is>
+      </c>
+      <c r="C6" s="1">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="7" spans="1:3">
+      <c r="A7" s="1" t="inlineStr">
+        <is>
+          <t>9786256420748</t>
+        </is>
+      </c>
+      <c r="B7" s="1" t="inlineStr">
+        <is>
+          <t>Şahsiyetler ve Eserler</t>
+        </is>
+      </c>
+      <c r="C7" s="1">
+        <v>464</v>
+      </c>
+    </row>
+    <row r="8" spans="1:3">
+      <c r="A8" s="1" t="inlineStr">
+        <is>
+          <t>9786256420755</t>
+        </is>
+      </c>
+      <c r="B8" s="1" t="inlineStr">
+        <is>
+          <t>Edebiyat Bilimine Katkılar I</t>
+        </is>
+      </c>
+      <c r="C8" s="1">
+        <v>434</v>
+      </c>
+    </row>
+    <row r="9" spans="1:3">
+      <c r="A9" s="1" t="inlineStr">
+        <is>
+          <t>9786256420007</t>
+        </is>
+      </c>
+      <c r="B9" s="1" t="inlineStr">
+        <is>
+          <t>Azerbaycan Türkiye</t>
+        </is>
+      </c>
+      <c r="C9" s="1">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="10" spans="1:3">
+      <c r="A10" s="1" t="inlineStr">
+        <is>
+          <t>9786256420502</t>
+        </is>
+      </c>
+      <c r="B10" s="1" t="inlineStr">
+        <is>
+          <t>Sorulara Cevaplar 2</t>
+        </is>
+      </c>
+      <c r="C10" s="1">
+        <v>458</v>
+      </c>
+    </row>
+    <row r="11" spans="1:3">
+      <c r="A11" s="1" t="inlineStr">
+        <is>
+          <t>9786256420496</t>
+        </is>
+      </c>
+      <c r="B11" s="1" t="inlineStr">
+        <is>
+          <t>Edebiyat Bilimine Katkılar 2</t>
+        </is>
+      </c>
+      <c r="C11" s="1">
+        <v>438</v>
+      </c>
+    </row>
+    <row r="12" spans="1:3">
+      <c r="A12" s="1" t="inlineStr">
+        <is>
+          <t>9786256420359</t>
+        </is>
+      </c>
+      <c r="B12" s="1" t="inlineStr">
+        <is>
+          <t>Kadim Şehir Antakya ve Bin Yılın Depremi</t>
+        </is>
+      </c>
+      <c r="C12" s="1">
+        <v>358</v>
+      </c>
+    </row>
+    <row r="13" spans="1:3">
+      <c r="A13" s="1" t="inlineStr">
+        <is>
+          <t>9786256420366</t>
+        </is>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
+        <is>
+          <t>Aşkı/nı Öldür</t>
+        </is>
+      </c>
+      <c r="C13" s="1">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="14" spans="1:3">
+      <c r="A14" s="1" t="inlineStr">
+        <is>
+          <t>9786256420342</t>
+        </is>
+      </c>
+      <c r="B14" s="1" t="inlineStr">
+        <is>
+          <t>Aşk Doktoru - Sor-Çöz Yöntemiyle İlişki Sorunları ve Çözümleri</t>
+        </is>
+      </c>
+      <c r="C14" s="1">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="15" spans="1:3">
+      <c r="A15" s="1" t="inlineStr">
+        <is>
+          <t>9786256420250</t>
+        </is>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>Kurtuldum</t>
+        </is>
+      </c>
+      <c r="C15" s="1">
+        <v>318</v>
+      </c>
+    </row>
+    <row r="16" spans="1:3">
+      <c r="A16" s="1" t="inlineStr">
+        <is>
+          <t>9786057155153</t>
+        </is>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>Gökyüzünün Adamı</t>
+        </is>
+      </c>
+      <c r="C16" s="1">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="17" spans="1:3">
+      <c r="A17" s="1" t="inlineStr">
+        <is>
+          <t>9786256420236</t>
+        </is>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>Kaybolan Zamanın Ruhu</t>
+        </is>
+      </c>
+      <c r="C17" s="1">
+        <v>398</v>
+      </c>
+    </row>
+    <row r="18" spans="1:3">
+      <c r="A18" s="1" t="inlineStr">
+        <is>
+          <t>9786256420229</t>
+        </is>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>Dev ve Dahi Necip Fazıl Kısakürek Şiir ve Ruh Dünyası</t>
+        </is>
+      </c>
+      <c r="C18" s="1">
+        <v>494</v>
+      </c>
+    </row>
+    <row r="19" spans="1:3">
+      <c r="A19" s="1" t="inlineStr">
+        <is>
+          <t>9786256420199</t>
+        </is>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>Şimdi Düşünme Zamanı</t>
+        </is>
+      </c>
+      <c r="C19" s="1">
+        <v>386</v>
+      </c>
+    </row>
+    <row r="20" spans="1:3">
+      <c r="A20" s="1" t="inlineStr">
+        <is>
+          <t>9786256420045</t>
+        </is>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>Bilal-i Habeşi</t>
+        </is>
+      </c>
+      <c r="C20" s="1">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="21" spans="1:3">
+      <c r="A21" s="1" t="inlineStr">
+        <is>
+          <t>9786256420021</t>
+        </is>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>Mus'ab B. Umeyr</t>
+        </is>
+      </c>
+      <c r="C21" s="1">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="22" spans="1:3">
+      <c r="A22" s="1" t="inlineStr">
+        <is>
+          <t>9786256420069</t>
+        </is>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>Genç Yüreklere Dokunmak</t>
+        </is>
+      </c>
+      <c r="C22" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="23" spans="1:3">
+      <c r="A23" s="1" t="inlineStr">
+        <is>
+          <t>9786256420038</t>
+        </is>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>Mesneviden Gençliğe Öğretiler</t>
+        </is>
+      </c>
+      <c r="C23" s="1">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="24" spans="1:3">
+      <c r="A24" s="1" t="inlineStr">
+        <is>
+          <t>9786256420052</t>
+        </is>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>Her Anne Bir Melektir</t>
+        </is>
+      </c>
+      <c r="C24" s="1">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="25" spans="1:3">
+      <c r="A25" s="1" t="inlineStr">
+        <is>
+          <t>9786256420076</t>
+        </is>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>Halid B. Velid - Allah’ın Kılıcı</t>
+        </is>
+      </c>
+      <c r="C25" s="1">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="26" spans="1:3">
+      <c r="A26" s="1" t="inlineStr">
+        <is>
+          <t>9786256420014</t>
+        </is>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>Tarihimi Çok Seviyorum</t>
+        </is>
+      </c>
+      <c r="C26" s="1">
+        <v>312</v>
+      </c>
+    </row>
+    <row r="27" spans="1:3">
+      <c r="A27" s="1" t="inlineStr">
+        <is>
+          <t>9786057270696</t>
+        </is>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>Dünya Nereye Gidiyor</t>
+        </is>
+      </c>
+      <c r="C27" s="1">
+        <v>398</v>
+      </c>
+    </row>
+    <row r="28" spans="1:3">
+      <c r="A28" s="1" t="inlineStr">
+        <is>
+          <t>9786057315540</t>
+        </is>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Damla Damla Şiirler</t>
+        </is>
+      </c>
+      <c r="C28" s="1">
+        <v>296</v>
+      </c>
+    </row>
+    <row r="29" spans="1:3">
+      <c r="A29" s="1" t="inlineStr">
+        <is>
+          <t>9786057277459</t>
+        </is>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>100. Yılında Cumhuriyetimiz Anlamak</t>
+        </is>
+      </c>
+      <c r="C29" s="1">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="30" spans="1:3">
+      <c r="A30" s="1" t="inlineStr">
+        <is>
+          <t>9786057277442</t>
+        </is>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>Benim Adım Çalgay</t>
+        </is>
+      </c>
+      <c r="C30" s="1">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="31" spans="1:3">
+      <c r="A31" s="1" t="inlineStr">
+        <is>
+          <t>9786057277428</t>
+        </is>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>Kütahya Erguniyye Mevlevihanesi’nin Klasik Türk Musikisine Etkileri</t>
+        </is>
+      </c>
+      <c r="C31" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="32" spans="1:3">
+      <c r="A32" s="1" t="inlineStr">
+        <is>
+          <t>9786057315595</t>
+        </is>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Kafdağı Masalları - Güvercinlerin Dili</t>
+        </is>
+      </c>
+      <c r="C32" s="1">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="33" spans="1:3">
+      <c r="A33" s="1" t="inlineStr">
+        <is>
+          <t>9786057315588</t>
+        </is>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>Kafdağı Masalları - Çıt Çıt Çelmeli Mor Yağlıklı Kız</t>
+        </is>
+      </c>
+      <c r="C33" s="1">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="34" spans="1:3">
+      <c r="A34" s="1" t="inlineStr">
+        <is>
+          <t>9786057277404</t>
+        </is>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>Kafdağı Masalları - Boncuklu Peri</t>
+        </is>
+      </c>
+      <c r="C34" s="1">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="35" spans="1:3">
+      <c r="A35" s="1" t="inlineStr">
+        <is>
+          <t>9786057277411</t>
+        </is>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>Kafdağı Masalları - Altın Boynuz</t>
+        </is>
+      </c>
+      <c r="C35" s="1">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="36" spans="1:3">
+      <c r="A36" s="1" t="inlineStr">
+        <is>
+          <t>9786057315564</t>
+        </is>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>Estetik Eleştirinin Kavram - Terim ve Anahtarları</t>
+        </is>
+      </c>
+      <c r="C36" s="1">
+        <v>554</v>
+      </c>
+    </row>
+    <row r="37" spans="1:3">
+      <c r="A37" s="1" t="inlineStr">
+        <is>
+          <t>9786057315571</t>
+        </is>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>Çıkış Yolu</t>
+        </is>
+      </c>
+      <c r="C37" s="1">
+        <v>424</v>
+      </c>
+    </row>
+    <row r="38" spans="1:3">
+      <c r="A38" s="1" t="inlineStr">
+        <is>
+          <t>9786057155177</t>
+        </is>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>Türk Hikayesi Tahlilleri</t>
+        </is>
+      </c>
+      <c r="C38" s="1">
+        <v>458</v>
+      </c>
+    </row>
+    <row r="39" spans="1:3">
+      <c r="A39" s="1" t="inlineStr">
+        <is>
+          <t>9786057315557</t>
+        </is>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>Cığır</t>
+        </is>
+      </c>
+      <c r="C39" s="1">
+        <v>348</v>
+      </c>
+    </row>
+    <row r="40" spans="1:3">
+      <c r="A40" s="1" t="inlineStr">
+        <is>
+          <t>9786057155160</t>
+        </is>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>Hikayeyi Hanedan-ı Al-i Osman</t>
+        </is>
+      </c>
+      <c r="C40" s="1">
+        <v>332</v>
+      </c>
+    </row>
+    <row r="41" spans="1:3">
+      <c r="A41" s="1" t="inlineStr">
+        <is>
+          <t>9786057155139</t>
+        </is>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>Boyuttakiler</t>
+        </is>
+      </c>
+      <c r="C41" s="1">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="42" spans="1:3">
+      <c r="A42" s="1" t="inlineStr">
+        <is>
+          <t>9786057155146</t>
+        </is>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>Zordur Kadın Olmak Anadolu’da 2</t>
+        </is>
+      </c>
+      <c r="C42" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="43" spans="1:3">
+      <c r="A43" s="1" t="inlineStr">
+        <is>
+          <t>9786057155122</t>
+        </is>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>Karınca Misali</t>
+        </is>
+      </c>
+      <c r="C43" s="1">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="44" spans="1:3">
+      <c r="A44" s="1" t="inlineStr">
+        <is>
+          <t>9786057142658</t>
+        </is>
+      </c>
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t>Sade Şiirler</t>
+        </is>
+      </c>
+      <c r="C44" s="1">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="45" spans="1:3">
+      <c r="A45" s="1" t="inlineStr">
+        <is>
+          <t>9786057142634</t>
+        </is>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>Boğaç Han Destanı</t>
+        </is>
+      </c>
+      <c r="C45" s="1">
+        <v>318</v>
+      </c>
+    </row>
+    <row r="46" spans="1:3">
+      <c r="A46" s="1" t="inlineStr">
+        <is>
+          <t>9786057142610</t>
+        </is>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>Emine Işınsu Kitabı</t>
+        </is>
+      </c>
+      <c r="C46" s="1">
+        <v>398</v>
+      </c>
+    </row>
+    <row r="47" spans="1:3">
+      <c r="A47" s="1" t="inlineStr">
+        <is>
+          <t>9786057142627</t>
+        </is>
+      </c>
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t>Türk'ün Sözü</t>
+        </is>
+      </c>
+      <c r="C47" s="1">
+        <v>336</v>
+      </c>
+    </row>
+    <row r="48" spans="1:3">
+      <c r="A48" s="1" t="inlineStr">
+        <is>
+          <t>9786057142603</t>
+        </is>
+      </c>
+      <c r="B48" s="1" t="inlineStr">
+        <is>
+          <t>Konuşan Bengü Taşlar</t>
+        </is>
+      </c>
+      <c r="C48" s="1">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="49" spans="1:3">
+      <c r="A49" s="1" t="inlineStr">
+        <is>
+          <t>9786256420557</t>
+        </is>
+      </c>
+      <c r="B49" s="1" t="inlineStr">
+        <is>
+          <t>Hüzünlü Bir Gece</t>
+        </is>
+      </c>
+      <c r="C49" s="1">
+        <v>296</v>
+      </c>
+    </row>
+    <row r="50" spans="1:3">
+      <c r="A50" s="1" t="inlineStr">
+        <is>
+          <t>9786256420540</t>
+        </is>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>Aşkın Büyüsü</t>
+        </is>
+      </c>
+      <c r="C50" s="1">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="51" spans="1:3">
+      <c r="A51" s="1" t="inlineStr">
+        <is>
+          <t>9786256420533</t>
+        </is>
+      </c>
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t>Trafik Bir Sevdadır</t>
+        </is>
+      </c>
+      <c r="C51" s="1">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="52" spans="1:3">
+      <c r="A52" s="1" t="inlineStr">
+        <is>
+          <t>9786256420526</t>
+        </is>
+      </c>
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t>Zindanlar Kaderim Oldu</t>
+        </is>
+      </c>
+      <c r="C52" s="1">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="53" spans="1:3">
+      <c r="A53" s="1" t="inlineStr">
+        <is>
+          <t>9786256420267</t>
+        </is>
+      </c>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t>Gönül Muallime</t>
+        </is>
+      </c>
+      <c r="C53" s="1">
+        <v>258</v>
+      </c>
+    </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>