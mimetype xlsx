--- v0 (2025-10-30)
+++ v1 (2025-12-16)
@@ -85,670 +85,700 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259568331</t>
+          <t>9786259568355</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Köy Seyirlik Oyunları</t>
+          <t>Taş Devrinde Kadın: Süslenme ve Moda Anlayışı</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>250</v>
+        <v>210</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259568324</t>
+          <t>9786259568348</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Çerkesya Bağımsızlık Savaşının Son Yılı (1863-1864)</t>
+          <t>Zoraki Etnografın İmkânsız Romanı</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>180</v>
+        <v>290</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786056980787</t>
+          <t>9786259568331</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Bizans ve Müslüman Türk Anadolu’nun Doğuşu (1040-1130)</t>
+          <t>Köy Seyirlik Oyunları</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>750</v>
+        <v>250</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259568317</t>
+          <t>9786259568324</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Kafkasya'da Gizli Bir Bourdieu Hayranı</t>
+          <t>Çerkesya Bağımsızlık Savaşının Son Yılı (1863-1864)</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>550</v>
+        <v>180</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259568300</t>
+          <t>9786056980787</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>‘Yerli’nin Bakışı</t>
+          <t>Bizans ve Müslüman Türk Anadolu’nun Doğuşu (1040-1130)</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>380</v>
+        <v>750</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259412696</t>
+          <t>9786259568317</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Türkçe-Rusça Konuşma Kılavuzu / Турецко-Русский Разговорник</t>
+          <t>Kafkasya'da Gizli Bir Bourdieu Hayranı</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>420</v>
+        <v>550</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259412689</t>
+          <t>9786259568300</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Çerkesya Hakkında Diplomatik Raporlar (1836-1840)</t>
+          <t>‘Yerli’nin Bakışı</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>350</v>
+        <v>380</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259412672</t>
+          <t>9786259412696</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Antropoloji Yapmak</t>
+          <t>Türkçe-Rusça Konuşma Kılavuzu / Турецко-Русский Разговорник</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>230</v>
+        <v>420</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786056980794</t>
+          <t>9786259412689</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Etnisiteyi Yeniden Düşünmek</t>
+          <t>Çerkesya Hakkında Diplomatik Raporlar (1836-1840)</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786056980770</t>
+          <t>9786259412672</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Erzurum'a Yolculuk</t>
+          <t>Antropoloji Yapmak</t>
         </is>
       </c>
       <c r="C11" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259412665</t>
+          <t>9786056980794</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıslıtürk Solcular ve Sol Hareketler 1919-1965</t>
+          <t>Etnisiteyi Yeniden Düşünmek</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>270</v>
+        <v>400</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259412658</t>
+          <t>9786056980770</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Milyarder: Giangiacomo Feltrinelli</t>
+          <t>Erzurum'a Yolculuk</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>300</v>
+        <v>230</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259412641</t>
+          <t>9786259412665</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Dil ve Kültür Üzerine Antropolojik Okumalar</t>
+          <t>Kıbrıslıtürk Solcular ve Sol Hareketler 1919-1965</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>310</v>
+        <v>270</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786058185517</t>
+          <t>9786259412658</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Çerkes Soykırımı</t>
+          <t>Kızıl Milyarder: Giangiacomo Feltrinelli</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>480</v>
+        <v>300</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259412634</t>
+          <t>9786259412641</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs’ta Demokrasi Bunalımları ve Vretçalı Hoca Özker Özgür</t>
+          <t>Dil ve Kültür Üzerine Antropolojik Okumalar</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>300</v>
+        <v>310</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786259412627</t>
+          <t>9786058185517</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Antropoloji ve Antropologlar</t>
+          <t>Çerkes Soykırımı</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>450</v>
+        <v>480</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786259412610</t>
+          <t>9786259412634</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Nart Sosruko’nun Doğuşu</t>
+          <t>Kıbrıs’ta Demokrasi Bunalımları ve Vretçalı Hoca Özker Özgür</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786259412603</t>
+          <t>9786259412627</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Şovey: Nartların At Yarışı</t>
+          <t>Antropoloji ve Antropologlar</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786057290632</t>
+          <t>9786259412610</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Kafkas Irkının Yükselişi ve Düşüşü</t>
+          <t>Nart Sosruko’nun Doğuşu</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>600</v>
+        <v>200</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786057290694</t>
+          <t>9786259412603</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Babam, Rüzgar ve Yıldızlar</t>
+          <t>Şovey: Nartların At Yarışı</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786057290687</t>
+          <t>9786057290632</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Tlepş ve Ağaç Tanrıçası</t>
+          <t>Kafkas Irkının Yükselişi ve Düşüşü</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786057290670</t>
+          <t>9786057290694</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Nartların Altın Ağacı</t>
+          <t>Babam, Rüzgar ve Yıldızlar</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786057290663</t>
+          <t>9786057290687</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Seteney Çiçeği</t>
+          <t>Tlepş ve Ağaç Tanrıçası</t>
         </is>
       </c>
       <c r="C24" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786057290656</t>
+          <t>9786057290670</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>İmparatorluk Hudutları</t>
+          <t>Nartların Altın Ağacı</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>590</v>
+        <v>200</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786057290649</t>
+          <t>9786057290663</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Etno-Kültürel Ötekileri</t>
+          <t>Seteney Çiçeği</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>550</v>
+        <v>200</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786057290618</t>
+          <t>9786057290656</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Karadeniz Bozkırında Savaş, Devlet ve Toplum (1500-1700)</t>
+          <t>İmparatorluk Hudutları</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>600</v>
+        <v>590</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786057290625</t>
+          <t>9786057290649</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Bir Neolitik Çağ Masalı: Toprak Ana ve Çoban Ana</t>
+          <t>Türkiye’nin Etno-Kültürel Ötekileri</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>200</v>
+        <v>550</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786057290601</t>
+          <t>9786057290618</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Dil Antropolojisi</t>
+          <t>Karadeniz Bozkırında Savaş, Devlet ve Toplum (1500-1700)</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>310</v>
+        <v>600</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786056980763</t>
+          <t>9786057290625</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Solunun Kıbrıs Çıkmazı (1950-1980)</t>
+          <t>Bir Neolitik Çağ Masalı: Toprak Ana ve Çoban Ana</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>330</v>
+        <v>200</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786056980756</t>
+          <t>9786057290601</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Enformasyon Çağında Marx Okumak</t>
+          <t>Dil Antropolojisi</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>750</v>
+        <v>310</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786056980749</t>
+          <t>9786056980763</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Kafkasya’da Rus Yayılmacılığı</t>
+          <t>Türkiye Solunun Kıbrıs Çıkmazı (1950-1980)</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>370</v>
+        <v>330</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786056980732</t>
+          <t>9786056980756</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Karadeniz ve Avrupa, Yakın Doğu, Asya Erken Dönem Uygarlıkları</t>
+          <t>Enformasyon Çağında Marx Okumak</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>700</v>
+        <v>750</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786056980725</t>
+          <t>9786056980749</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Zapt Et Ya Da Yok Et</t>
+          <t>Kafkasya’da Rus Yayılmacılığı</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>700</v>
+        <v>370</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786056980701</t>
+          <t>9786056980732</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşme: Doğu ve Batı</t>
+          <t>Karadeniz ve Avrupa, Yakın Doğu, Asya Erken Dönem Uygarlıkları</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>440</v>
+        <v>700</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786058185593</t>
+          <t>9786056980725</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Modern Ortadoğu’da Zorunlu Göç ve Mülksüzleştirme</t>
+          <t>Zapt Et Ya Da Yok Et</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>500</v>
+        <v>700</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786058185586</t>
+          <t>9786056980701</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Sızı</t>
+          <t>Küreselleşme: Doğu ve Batı</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>200</v>
+        <v>440</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786058185579</t>
+          <t>9786058185593</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Küresel Diasporalar</t>
+          <t>Modern Ortadoğu’da Zorunlu Göç ve Mülksüzleştirme</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786058185562</t>
+          <t>9786058185586</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Benim Dağıstanım</t>
+          <t>Sızı</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786058185548</t>
+          <t>9786058185579</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Bir Dosya Üç Cinayet</t>
+          <t>Küresel Diasporalar</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>230</v>
+        <v>400</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786058185531</t>
+          <t>9786058185562</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Sovyet Sonrası Rusya’da Etnik İlişkiler</t>
+          <t>Benim Dağıstanım</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786058185524</t>
+          <t>9786058185548</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Misafir Kızlar</t>
+          <t>Bir Dosya Üç Cinayet</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>370</v>
+        <v>230</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
+          <t>9786058185531</t>
+        </is>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>Sovyet Sonrası Rusya’da Etnik İlişkiler</t>
+        </is>
+      </c>
+      <c r="C43" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="44" spans="1:3">
+      <c r="A44" s="1" t="inlineStr">
+        <is>
+          <t>9786058185524</t>
+        </is>
+      </c>
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t>Misafir Kızlar</t>
+        </is>
+      </c>
+      <c r="C44" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="45" spans="1:3">
+      <c r="A45" s="1" t="inlineStr">
+        <is>
           <t>9786058185555</t>
         </is>
       </c>
-      <c r="B43" s="1" t="inlineStr">
+      <c r="B45" s="1" t="inlineStr">
         <is>
           <t>Haçeş Hikayeleri</t>
         </is>
       </c>
-      <c r="C43" s="1">
+      <c r="C45" s="1">
         <v>350</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>