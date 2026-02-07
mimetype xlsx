--- v1 (2025-12-16)
+++ v2 (2026-02-07)
@@ -94,691 +94,691 @@
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>9786259568355</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
           <t>Taş Devrinde Kadın: Süslenme ve Moda Anlayışı</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>210</v>
+        <v>300</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>9786259568348</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
           <t>Zoraki Etnografın İmkânsız Romanı</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>290</v>
+        <v>400</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>9786259568331</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
           <t>Köy Seyirlik Oyunları</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>9786259568324</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
           <t>Çerkesya Bağımsızlık Savaşının Son Yılı (1863-1864)</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>180</v>
+        <v>270</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>9786056980787</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
           <t>Bizans ve Müslüman Türk Anadolu’nun Doğuşu (1040-1130)</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>750</v>
+        <v>950</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>9786259568317</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
           <t>Kafkasya'da Gizli Bir Bourdieu Hayranı</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>550</v>
+        <v>800</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>9786259568300</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
           <t>‘Yerli’nin Bakışı</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>380</v>
+        <v>510</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>9786259412696</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
           <t>Türkçe-Rusça Konuşma Kılavuzu / Турецко-Русский Разговорник</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>420</v>
+        <v>550</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>9786259412689</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
           <t>Çerkesya Hakkında Diplomatik Raporlar (1836-1840)</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>350</v>
+        <v>470</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>9786259412672</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
           <t>Antropoloji Yapmak</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>230</v>
+        <v>330</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
           <t>9786056980794</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
           <t>Etnisiteyi Yeniden Düşünmek</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>400</v>
+        <v>530</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
           <t>9786056980770</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
           <t>Erzurum'a Yolculuk</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>230</v>
+        <v>330</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
           <t>9786259412665</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
           <t>Kıbrıslıtürk Solcular ve Sol Hareketler 1919-1965</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>270</v>
+        <v>370</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
           <t>9786259412658</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
           <t>Kızıl Milyarder: Giangiacomo Feltrinelli</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>300</v>
+        <v>410</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
           <t>9786259412641</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
           <t>Dil ve Kültür Üzerine Antropolojik Okumalar</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>310</v>
+        <v>420</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
           <t>9786058185517</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
           <t>Çerkes Soykırımı</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>480</v>
+        <v>620</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
           <t>9786259412634</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
           <t>Kıbrıs’ta Demokrasi Bunalımları ve Vretçalı Hoca Özker Özgür</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>300</v>
+        <v>410</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
           <t>9786259412627</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
           <t>Antropoloji ve Antropologlar</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>450</v>
+        <v>590</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
           <t>9786259412610</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
           <t>Nart Sosruko’nun Doğuşu</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
           <t>9786259412603</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
           <t>Şovey: Nartların At Yarışı</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
           <t>9786057290632</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
           <t>Kafkas Irkının Yükselişi ve Düşüşü</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>600</v>
+        <v>770</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
           <t>9786057290694</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
           <t>Babam, Rüzgar ve Yıldızlar</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>300</v>
+        <v>410</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
           <t>9786057290687</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
           <t>Tlepş ve Ağaç Tanrıçası</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
           <t>9786057290670</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
           <t>Nartların Altın Ağacı</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
           <t>9786057290663</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
           <t>Seteney Çiçeği</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
           <t>9786057290656</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
           <t>İmparatorluk Hudutları</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>590</v>
+        <v>760</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
           <t>9786057290649</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
           <t>Türkiye’nin Etno-Kültürel Ötekileri</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>550</v>
+        <v>710</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
           <t>9786057290618</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
           <t>Karadeniz Bozkırında Savaş, Devlet ve Toplum (1500-1700)</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>600</v>
+        <v>770</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
           <t>9786057290625</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
           <t>Bir Neolitik Çağ Masalı: Toprak Ana ve Çoban Ana</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>200</v>
+        <v>290</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
           <t>9786057290601</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
           <t>Dil Antropolojisi</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>310</v>
+        <v>420</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
           <t>9786056980763</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
           <t>Türkiye Solunun Kıbrıs Çıkmazı (1950-1980)</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>330</v>
+        <v>450</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
           <t>9786056980756</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
           <t>Enformasyon Çağında Marx Okumak</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>750</v>
+        <v>920</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
           <t>9786056980749</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
           <t>Kafkasya’da Rus Yayılmacılığı</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>370</v>
+        <v>490</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
           <t>9786056980732</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
           <t>Karadeniz ve Avrupa, Yakın Doğu, Asya Erken Dönem Uygarlıkları</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>700</v>
+        <v>890</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
           <t>9786056980725</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
           <t>Zapt Et Ya Da Yok Et</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>700</v>
+        <v>890</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
           <t>9786056980701</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
           <t>Küreselleşme: Doğu ve Batı</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>440</v>
+        <v>580</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
           <t>9786058185593</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
           <t>Modern Ortadoğu’da Zorunlu Göç ve Mülksüzleştirme</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>500</v>
+        <v>650</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
           <t>9786058185586</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
           <t>Sızı</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>200</v>
+        <v>290</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
           <t>9786058185579</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
           <t>Küresel Diasporalar</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>400</v>
+        <v>530</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
           <t>9786058185562</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
           <t>Benim Dağıstanım</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>450</v>
+        <v>590</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
           <t>9786058185548</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
           <t>Bir Dosya Üç Cinayet</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>230</v>
+        <v>330</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
           <t>9786058185531</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
           <t>Sovyet Sonrası Rusya’da Etnik İlişkiler</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>300</v>
+        <v>410</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
           <t>9786058185524</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
           <t>Misafir Kızlar</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>370</v>
+        <v>490</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
           <t>9786058185555</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
           <t>Haçeş Hikayeleri</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>350</v>
+        <v>470</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>