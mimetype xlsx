--- v0 (2025-10-29)
+++ v1 (2025-12-16)
@@ -85,910 +85,940 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786057908483</t>
+          <t>9786057908391</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Dersim Operasyonu</t>
+          <t>Normal Ebeveyn</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786054991891</t>
+          <t>9786057908490</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyetimizin Emanetçisi Olan Çocuklarımız İçin Nutuk</t>
+          <t>Güvenlik ve Çatışma Teorisi</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>90</v>
+        <v>250</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786054991440</t>
+          <t>9786057908483</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>OsmanlıI Tarihi - Savaşlar - Padişahlar - Önemli Olaylar</t>
+          <t>Atatürk'ün Dersim Operasyonu</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786057908476</t>
+          <t>9786054991891</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Merhaba, Ben Disleksi</t>
+          <t>Cumhuriyetimizin Emanetçisi Olan Çocuklarımız İçin Nutuk</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786057908469</t>
+          <t>9786054991440</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Lacivert Sevdalar</t>
+          <t>OsmanlıI Tarihi - Savaşlar - Padişahlar - Önemli Olaylar</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>200</v>
+        <v>290</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786054991815</t>
+          <t>9786057908476</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Terörle Mücadele Yöntemi</t>
+          <t>Merhaba, Ben Disleksi</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786057908452</t>
+          <t>9786057908469</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Her Yönüyle Kick Boks</t>
+          <t>Lacivert Sevdalar</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786054991334</t>
+          <t>9786054991815</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Türk Papa</t>
+          <t>Atatürk'ün Terörle Mücadele Yöntemi</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786054991518</t>
+          <t>9786057908452</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluş Savaşı'nda Atatürk'ün İstihbarat Faaliyetleri</t>
+          <t>Her Yönüyle Kick Boks</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>190</v>
+        <v>350</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786057908087</t>
+          <t>9786054991334</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'ye Karşı Örtülü İstila ve Psikolojik Savaş</t>
+          <t>Türk Papa</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>90</v>
+        <v>320</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786054991259</t>
+          <t>9786054991518</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Korkunun Çocukları</t>
+          <t>Kurtuluş Savaşı'nda Atatürk'ün İstihbarat Faaliyetleri</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>250</v>
+        <v>190</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786057908001</t>
+          <t>9786057908087</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Çatışan Ortadoğu</t>
+          <t>Türkiye'ye Karşı Örtülü İstila ve Psikolojik Savaş</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>120</v>
+        <v>90</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786057908025</t>
+          <t>9786054991259</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>PKK Kampında Bir Ülkücü</t>
+          <t>Korkunun Çocukları</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786057908445</t>
+          <t>9786057908001</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Kozmik Bir Kağan Oğuz Kağan</t>
+          <t>Çatışan Ortadoğu</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786057908193</t>
+          <t>9786057908025</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Ana Türk</t>
+          <t>PKK Kampında Bir Ülkücü</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>190</v>
+        <v>120</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786057908438</t>
+          <t>9786057908445</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün Vedası 1938</t>
+          <t>Kozmik Bir Kağan Oğuz Kağan</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786057908223</t>
+          <t>9786057908193</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Türkçülüğün Esasları</t>
+          <t>Ana Türk</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786057908247</t>
+          <t>9786057908438</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Türk Devlet Geleneğinde Milli İstihbarat</t>
+          <t>Atatürk'ün Vedası 1938</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786057908421</t>
+          <t>9786057908223</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Orta Doğu’da Sınırlar Çizilirken</t>
+          <t>Türkçülüğün Esasları</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786054991044</t>
+          <t>9786057908247</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Gizli Örgütler İlluminati</t>
+          <t>Türk Devlet Geleneğinde Milli İstihbarat</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786057908056</t>
+          <t>9786057908421</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Türklerde 5 Element</t>
+          <t>Orta Doğu’da Sınırlar Çizilirken</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786057908353</t>
+          <t>9786054991044</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Kurt Ve Sirius Yıldızı</t>
+          <t>Gizli Örgütler İlluminati</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786057908414</t>
+          <t>9786057908056</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Sultan Abdülhamid ve Gerçekler</t>
+          <t>Türklerde 5 Element</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>320</v>
+        <v>160</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786057908407</t>
+          <t>9786057908353</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Kürekçay Anlaşmasından Şuşa Beyannamesine Karabağ</t>
+          <t>Kurt Ve Sirius Yıldızı</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786054991990</t>
+          <t>9786057908414</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Çarpıtılan Tarihle Hesaplaşma</t>
+          <t>Sultan Abdülhamid ve Gerçekler</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>320</v>
+        <v>390</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786054991778</t>
+          <t>9786057908407</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Türklerin İslamı Kabulü</t>
+          <t>Kürekçay Anlaşmasından Şuşa Beyannamesine Karabağ</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786057908377</t>
+          <t>9786054991990</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Şeyh Said İsyanı ve Gerçekler</t>
+          <t>Çarpıtılan Tarihle Hesaplaşma</t>
         </is>
       </c>
       <c r="C28" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786057908384</t>
+          <t>9786054991778</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Hitlerin Sırrı</t>
+          <t>Türklerin İslamı Kabulü</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786057908339</t>
+          <t>9786057908377</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Hurafeler - 2</t>
+          <t>Şeyh Said İsyanı ve Gerçekler</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>250</v>
+        <v>390</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786057908322</t>
+          <t>9786057908384</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar Sınır Sever</t>
+          <t>Hitlerin Sırrı</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786057908292</t>
+          <t>9786057908339</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>İskilipli Atıf Gerçeği</t>
+          <t>Hurafeler - 2</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786057908308</t>
+          <t>9786057908322</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Hurafeler</t>
+          <t>Çocuklar Sınır Sever</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>290</v>
+        <v>180</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786057908261</t>
+          <t>9786057908292</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Zambaklar Ülkesinde</t>
+          <t>İskilipli Atıf Gerçeği</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>120</v>
+        <v>190</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786057908209</t>
+          <t>9786057908308</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Curtus Lupus - Kurdun İzinde</t>
+          <t>Hurafeler</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>160</v>
+        <v>290</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786057908117</t>
+          <t>9786057908261</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Büyük Bozkırın Yükselişi - Nazarbayev Liderliği</t>
+          <t>Beyaz Zambaklar Ülkesinde</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786057908162</t>
+          <t>9786057908209</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin - Kurtuluş Savaşı Tarihi</t>
+          <t>Curtus Lupus - Kurdun İzinde</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>80</v>
+        <v>160</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786057908186</t>
+          <t>9786057908117</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin - Atatürk'ün Hayatı</t>
+          <t>Büyük Bozkırın Yükselişi - Nazarbayev Liderliği</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>90</v>
+        <v>200</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786057908179</t>
+          <t>9786057908162</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin - Kurtuluş Savaşı Kahramanları</t>
+          <t>Çocuklar İçin - Kurtuluş Savaşı Tarihi</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786057908100</t>
+          <t>9786057908186</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Ölüler Nefes Almaz - Bir Ülkücü Bir Devrimci Bir Kadın</t>
+          <t>Çocuklar İçin - Atatürk'ün Hayatı</t>
         </is>
       </c>
       <c r="C40" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786057908131</t>
+          <t>9786057908179</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Gök Tanrının Gölgesi Şaman Türklerde Şamanizm</t>
+          <t>Çocuklar İçin - Kurtuluş Savaşı Kahramanları</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786057908018</t>
+          <t>9786057908100</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Zavallı Bir Kuşun Feryadı</t>
+          <t>Ölüler Nefes Almaz - Bir Ülkücü Bir Devrimci Bir Kadın</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>60</v>
+        <v>120</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786054991983</t>
+          <t>9786057908131</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Kula Kulluk Sorunu</t>
+          <t>Gök Tanrının Gölgesi Şaman Türklerde Şamanizm</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786054991792</t>
+          <t>9786057908018</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Her Şey Milliyetçi Türkiye İçin</t>
+          <t>Zavallı Bir Kuşun Feryadı</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>200</v>
+        <v>60</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786054991754</t>
+          <t>9786054991983</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Suriyeli Göçü</t>
+          <t>Kula Kulluk Sorunu</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>60</v>
+        <v>200</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786054991679</t>
+          <t>9786054991792</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Aleviliğin Yazılı Kaynakları</t>
+          <t>Her Şey Milliyetçi Türkiye İçin</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>90</v>
+        <v>200</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786054991563</t>
+          <t>9786054991754</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Türk Mitolojisi</t>
+          <t>Suriyeli Göçü</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>260</v>
+        <v>60</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786054991549</t>
+          <t>9786054991679</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Jitem</t>
+          <t>Aleviliğin Yazılı Kaynakları</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>200</v>
+        <v>90</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786054991143</t>
+          <t>9786054991563</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal'in Muhafızı Topal Osman</t>
+          <t>Türk Mitolojisi</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>320</v>
+        <v>290</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786054991129</t>
+          <t>9786054991549</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Bozkurt Atatürk - Türk'ün Bilge Başbuğu</t>
+          <t>Jitem</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786054125920</t>
+          <t>9786054991143</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Zihin Kontrolü</t>
+          <t>Mustafa Kemal'in Muhafızı Topal Osman</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>160</v>
+        <v>320</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786054125692</t>
+          <t>9786054991129</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Derin Abiler</t>
+          <t>Bozkurt Atatürk - Türk'ün Bilge Başbuğu</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786054125777</t>
+          <t>9786054125920</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>PKK’yı Kim Kurdu?</t>
+          <t>Zihin Kontrolü</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786054125500</t>
+          <t>9786054125692</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Kökeni</t>
+          <t>Derin Abiler</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786054125593</t>
+          <t>9786054125777</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Yeşil</t>
+          <t>PKK’yı Kim Kurdu?</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786054125999</t>
+          <t>9786054125500</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Türk Kimliği ve Travma</t>
+          <t>Türklerin Kökeni</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786054125579</t>
+          <t>9786054125593</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası İlişkilerin Ekonomi Politiği</t>
+          <t>Yeşil</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>225</v>
+        <v>250</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786054125517</t>
+          <t>9786054125999</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>5-6-2 Tamam Değil Reis</t>
+          <t>Türk Kimliği ve Travma</t>
         </is>
       </c>
       <c r="C58" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
+          <t>9786054125579</t>
+        </is>
+      </c>
+      <c r="B59" s="1" t="inlineStr">
+        <is>
+          <t>Uluslararası İlişkilerin Ekonomi Politiği</t>
+        </is>
+      </c>
+      <c r="C59" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="60" spans="1:3">
+      <c r="A60" s="1" t="inlineStr">
+        <is>
+          <t>9786054125517</t>
+        </is>
+      </c>
+      <c r="B60" s="1" t="inlineStr">
+        <is>
+          <t>5-6-2 Tamam Değil Reis</t>
+        </is>
+      </c>
+      <c r="C60" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="61" spans="1:3">
+      <c r="A61" s="1" t="inlineStr">
+        <is>
           <t>9786054125821</t>
         </is>
       </c>
-      <c r="B59" s="1" t="inlineStr">
+      <c r="B61" s="1" t="inlineStr">
         <is>
           <t>Kayıp Türkler</t>
         </is>
       </c>
-      <c r="C59" s="1">
-        <v>220</v>
+      <c r="C61" s="1">
+        <v>290</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>