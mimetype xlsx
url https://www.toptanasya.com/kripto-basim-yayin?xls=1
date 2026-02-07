--- v1 (2025-12-16)
+++ v2 (2026-02-07)
@@ -85,940 +85,955 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786057908391</t>
+          <t>9786057908124</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Normal Ebeveyn</t>
+          <t>Merhaba, Ben Otizm!</t>
         </is>
       </c>
       <c r="C2" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786057908490</t>
+          <t>9786057908391</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Güvenlik ve Çatışma Teorisi</t>
+          <t>Normal Ebeveyn</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786057908483</t>
+          <t>9786057908490</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Dersim Operasyonu</t>
+          <t>Güvenlik ve Çatışma Teorisi</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786054991891</t>
+          <t>9786057908483</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyetimizin Emanetçisi Olan Çocuklarımız İçin Nutuk</t>
+          <t>Atatürk'ün Dersim Operasyonu</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>120</v>
+        <v>350</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786054991440</t>
+          <t>9786054991891</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>OsmanlıI Tarihi - Savaşlar - Padişahlar - Önemli Olaylar</t>
+          <t>Cumhuriyetimizin Emanetçisi Olan Çocuklarımız İçin Nutuk</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>290</v>
+        <v>120</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786057908476</t>
+          <t>9786054991440</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Merhaba, Ben Disleksi</t>
+          <t>OsmanlıI Tarihi - Savaşlar - Padişahlar - Önemli Olaylar</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>180</v>
+        <v>290</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786057908469</t>
+          <t>9786057908476</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Lacivert Sevdalar</t>
+          <t>Merhaba, Ben Disleksi</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786054991815</t>
+          <t>9786057908469</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Terörle Mücadele Yöntemi</t>
+          <t>Lacivert Sevdalar</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786057908452</t>
+          <t>9786054991815</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Her Yönüyle Kick Boks</t>
+          <t>Atatürk'ün Terörle Mücadele Yöntemi</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786054991334</t>
+          <t>9786057908452</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Türk Papa</t>
+          <t>Her Yönüyle Kick Boks</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786054991518</t>
+          <t>9786054991334</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluş Savaşı'nda Atatürk'ün İstihbarat Faaliyetleri</t>
+          <t>Türk Papa</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>190</v>
+        <v>320</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786057908087</t>
+          <t>9786054991518</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'ye Karşı Örtülü İstila ve Psikolojik Savaş</t>
+          <t>Kurtuluş Savaşı'nda Atatürk'ün İstihbarat Faaliyetleri</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>90</v>
+        <v>190</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786054991259</t>
+          <t>9786057908087</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Korkunun Çocukları</t>
+          <t>Türkiye'ye Karşı Örtülü İstila ve Psikolojik Savaş</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>250</v>
+        <v>90</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786057908001</t>
+          <t>9786054991259</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Çatışan Ortadoğu</t>
+          <t>Korkunun Çocukları</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786057908025</t>
+          <t>9786057908001</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>PKK Kampında Bir Ülkücü</t>
+          <t>Çatışan Ortadoğu</t>
         </is>
       </c>
       <c r="C16" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786057908445</t>
+          <t>9786057908025</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Kozmik Bir Kağan Oğuz Kağan</t>
+          <t>PKK Kampında Bir Ülkücü</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786057908193</t>
+          <t>9786057908445</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Ana Türk</t>
+          <t>Kozmik Bir Kağan Oğuz Kağan</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786057908438</t>
+          <t>9786057908193</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Vedası 1938</t>
+          <t>Ana Türk</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>350</v>
+        <v>190</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786057908223</t>
+          <t>9786057908438</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Türkçülüğün Esasları</t>
+          <t>Atatürk'ün Vedası 1938</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786057908247</t>
+          <t>9786057908223</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Türk Devlet Geleneğinde Milli İstihbarat</t>
+          <t>Türkçülüğün Esasları</t>
         </is>
       </c>
       <c r="C21" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786057908421</t>
+          <t>9786057908247</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Orta Doğu’da Sınırlar Çizilirken</t>
+          <t>Türk Devlet Geleneğinde Milli İstihbarat</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786054991044</t>
+          <t>9786057908421</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Gizli Örgütler İlluminati</t>
+          <t>Orta Doğu’da Sınırlar Çizilirken</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>250</v>
+        <v>190</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786057908056</t>
+          <t>9786054991044</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Türklerde 5 Element</t>
+          <t>Gizli Örgütler İlluminati</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786057908353</t>
+          <t>9786057908056</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Kurt Ve Sirius Yıldızı</t>
+          <t>Türklerde 5 Element</t>
         </is>
       </c>
       <c r="C25" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786057908414</t>
+          <t>9786057908353</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Sultan Abdülhamid ve Gerçekler</t>
+          <t>Kurt Ve Sirius Yıldızı</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>390</v>
+        <v>160</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786057908407</t>
+          <t>9786057908414</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Kürekçay Anlaşmasından Şuşa Beyannamesine Karabağ</t>
+          <t>Sultan Abdülhamid ve Gerçekler</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>120</v>
+        <v>390</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786054991990</t>
+          <t>9786057908407</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Çarpıtılan Tarihle Hesaplaşma</t>
+          <t>Kürekçay Anlaşmasından Şuşa Beyannamesine Karabağ</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>320</v>
+        <v>120</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786054991778</t>
+          <t>9786054991990</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Türklerin İslamı Kabulü</t>
+          <t>Çarpıtılan Tarihle Hesaplaşma</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786057908377</t>
+          <t>9786054991778</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Şeyh Said İsyanı ve Gerçekler</t>
+          <t>Türklerin İslamı Kabulü</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>390</v>
+        <v>200</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786057908384</t>
+          <t>9786057908377</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Hitlerin Sırrı</t>
+          <t>Şeyh Said İsyanı ve Gerçekler</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>200</v>
+        <v>390</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786057908339</t>
+          <t>9786057908384</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Hurafeler - 2</t>
+          <t>Hitlerin Sırrı</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786057908322</t>
+          <t>9786057908339</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar Sınır Sever</t>
+          <t>Hurafeler - 2</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786057908292</t>
+          <t>9786057908322</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>İskilipli Atıf Gerçeği</t>
+          <t>Çocuklar Sınır Sever</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786057908308</t>
+          <t>9786057908292</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Hurafeler</t>
+          <t>İskilipli Atıf Gerçeği</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>290</v>
+        <v>190</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786057908261</t>
+          <t>9786057908308</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Zambaklar Ülkesinde</t>
+          <t>Hurafeler</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>160</v>
+        <v>290</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786057908209</t>
+          <t>9786057908261</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Curtus Lupus - Kurdun İzinde</t>
+          <t>Beyaz Zambaklar Ülkesinde</t>
         </is>
       </c>
       <c r="C37" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786057908117</t>
+          <t>9786057908209</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Büyük Bozkırın Yükselişi - Nazarbayev Liderliği</t>
+          <t>Curtus Lupus - Kurdun İzinde</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786057908162</t>
+          <t>9786057908117</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin - Kurtuluş Savaşı Tarihi</t>
+          <t>Büyük Bozkırın Yükselişi - Nazarbayev Liderliği</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786057908186</t>
+          <t>9786057908162</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin - Atatürk'ün Hayatı</t>
+          <t>Çocuklar İçin - Kurtuluş Savaşı Tarihi</t>
         </is>
       </c>
       <c r="C40" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786057908179</t>
+          <t>9786057908186</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin - Kurtuluş Savaşı Kahramanları</t>
+          <t>Çocuklar İçin - Atatürk'ün Hayatı</t>
         </is>
       </c>
       <c r="C41" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786057908100</t>
+          <t>9786057908179</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Ölüler Nefes Almaz - Bir Ülkücü Bir Devrimci Bir Kadın</t>
+          <t>Çocuklar İçin - Kurtuluş Savaşı Kahramanları</t>
         </is>
       </c>
       <c r="C42" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786057908131</t>
+          <t>9786057908100</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Gök Tanrının Gölgesi Şaman Türklerde Şamanizm</t>
+          <t>Ölüler Nefes Almaz - Bir Ülkücü Bir Devrimci Bir Kadın</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786057908018</t>
+          <t>9786057908131</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Zavallı Bir Kuşun Feryadı</t>
+          <t>Gök Tanrının Gölgesi Şaman Türklerde Şamanizm</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>60</v>
+        <v>250</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786054991983</t>
+          <t>9786057908018</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Kula Kulluk Sorunu</t>
+          <t>Zavallı Bir Kuşun Feryadı</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>200</v>
+        <v>60</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786054991792</t>
+          <t>9786054991983</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Her Şey Milliyetçi Türkiye İçin</t>
+          <t>Kula Kulluk Sorunu</t>
         </is>
       </c>
       <c r="C46" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786054991754</t>
+          <t>9786054991792</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Suriyeli Göçü</t>
+          <t>Her Şey Milliyetçi Türkiye İçin</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>60</v>
+        <v>200</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786054991679</t>
+          <t>9786054991754</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Aleviliğin Yazılı Kaynakları</t>
+          <t>Suriyeli Göçü</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>90</v>
+        <v>60</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786054991563</t>
+          <t>9786054991679</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Türk Mitolojisi</t>
+          <t>Aleviliğin Yazılı Kaynakları</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>290</v>
+        <v>90</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786054991549</t>
+          <t>9786054991563</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Jitem</t>
+          <t>Türk Mitolojisi</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>250</v>
+        <v>290</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786054991143</t>
+          <t>9786054991549</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal'in Muhafızı Topal Osman</t>
+          <t>Jitem</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786054991129</t>
+          <t>9786054991143</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Bozkurt Atatürk - Türk'ün Bilge Başbuğu</t>
+          <t>Mustafa Kemal'in Muhafızı Topal Osman</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786054125920</t>
+          <t>9786054991129</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Zihin Kontrolü</t>
+          <t>Bozkurt Atatürk - Türk'ün Bilge Başbuğu</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786054125692</t>
+          <t>9786054125920</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Derin Abiler</t>
+          <t>Zihin Kontrolü</t>
         </is>
       </c>
       <c r="C54" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786054125777</t>
+          <t>9786054125692</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>PKK’yı Kim Kurdu?</t>
+          <t>Derin Abiler</t>
         </is>
       </c>
       <c r="C55" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786054125500</t>
+          <t>9786054125777</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Kökeni</t>
+          <t>PKK’yı Kim Kurdu?</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786054125593</t>
+          <t>9786054125500</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Yeşil</t>
+          <t>Türklerin Kökeni</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>250</v>
+        <v>260</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786054125999</t>
+          <t>9786054125593</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Türk Kimliği ve Travma</t>
+          <t>Yeşil</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786054125579</t>
+          <t>9786054125999</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası İlişkilerin Ekonomi Politiği</t>
+          <t>Türk Kimliği ve Travma</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>225</v>
+        <v>200</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786054125517</t>
+          <t>9786054125579</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>5-6-2 Tamam Değil Reis</t>
+          <t>Uluslararası İlişkilerin Ekonomi Politiği</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>250</v>
+        <v>225</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
+          <t>9786054125517</t>
+        </is>
+      </c>
+      <c r="B61" s="1" t="inlineStr">
+        <is>
+          <t>5-6-2 Tamam Değil Reis</t>
+        </is>
+      </c>
+      <c r="C61" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="62" spans="1:3">
+      <c r="A62" s="1" t="inlineStr">
+        <is>
           <t>9786054125821</t>
         </is>
       </c>
-      <c r="B61" s="1" t="inlineStr">
+      <c r="B62" s="1" t="inlineStr">
         <is>
           <t>Kayıp Türkler</t>
         </is>
       </c>
-      <c r="C61" s="1">
+      <c r="C62" s="1">
         <v>290</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>