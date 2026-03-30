--- v2 (2026-02-07)
+++ v3 (2026-03-30)
@@ -85,955 +85,3610 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786057908124</t>
+          <t>9786057908360</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Merhaba, Ben Otizm!</t>
+          <t>Sümer Mitolojisi ve Temel Astroloji</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786057908391</t>
+          <t>9786057908346</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Normal Ebeveyn</t>
+          <t>Lozan Gerçeği</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786057908490</t>
+          <t>9786054991716</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Güvenlik ve Çatışma Teorisi</t>
+          <t>Turan Ülküsü Türk Milliyetçiliği ve Turancılık</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>250</v>
+        <v>20</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786057908483</t>
+          <t>9786054991921</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Dersim Operasyonu</t>
+          <t>Her Yönüyle Lozan Antlaşması</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>350</v>
+        <v>40</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786054991891</t>
+          <t>9786054991839</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyetimizin Emanetçisi Olan Çocuklarımız İçin Nutuk</t>
+          <t>Dedeler Aleviliği Anlatıyor</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>120</v>
+        <v>90</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786054991440</t>
+          <t>9786054991822</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>OsmanlıI Tarihi - Savaşlar - Padişahlar - Önemli Olaylar</t>
+          <t>Kuvva Kartalı</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>290</v>
+        <v>20</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786057908476</t>
+          <t>9786054991846</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Merhaba, Ben Disleksi</t>
+          <t>Çanakkale Ateşi - Kurt Hüseyin</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>180</v>
+        <v>20</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786057908469</t>
+          <t>9786054991853</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Lacivert Sevdalar</t>
+          <t>Mustafa İle Kemal</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>250</v>
+        <v>40</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786054991815</t>
+          <t>9786057908049</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Terörle Mücadele Yöntemi</t>
+          <t>Hünkar Hacı Bektaş Veli</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>200</v>
+        <v>16</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786057908452</t>
+          <t>9786054991631</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Her Yönüyle Kick Boks</t>
+          <t>Derin Sultan Abdülhamid</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>350</v>
+        <v>95</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786054991334</t>
+          <t>9786054991242</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Türk Papa</t>
+          <t>Türk İnkılabı İmparatorluktan Cumhuriyete 1878 - 1922</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>320</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786054991518</t>
+          <t>9786054125234</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluş Savaşı'nda Atatürk'ün İstihbarat Faaliyetleri</t>
+          <t>Zazalar Ve Türklük</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>190</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786057908087</t>
+          <t>9786054125326</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'ye Karşı Örtülü İstila ve Psikolojik Savaş</t>
+          <t>Uluslararası İnsani Sorunlar</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>90</v>
+        <v>8</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786054991259</t>
+          <t>9786054125449</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Korkunun Çocukları</t>
+          <t>Büyük Hun Hakanı Mete Han</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>250</v>
+        <v>25</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786057908001</t>
+          <t>9786054125036</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Çatışan Ortadoğu</t>
+          <t>Türkiye’nin Etnik Yapısı</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>120</v>
+        <v>25</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786057908025</t>
+          <t>9786054125197</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>PKK Kampında Bir Ülkücü</t>
+          <t>Türk Sorunu</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>120</v>
+        <v>29</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786057908445</t>
+          <t>9786054125302</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Kozmik Bir Kağan Oğuz Kağan</t>
+          <t>Türk Ordusu PKK’yı Nasıl Yendi? (Ciltli)</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>200</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786057908193</t>
+          <t>9786054125166</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Ana Türk</t>
+          <t>Türk Kimliği</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>190</v>
+        <v>35</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786057908438</t>
+          <t>9786054125562</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Vedası 1938</t>
+          <t>Türk Dış Politikasında 41 Kriz</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>350</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786057908223</t>
+          <t>9786054125258</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Türkçülüğün Esasları</t>
+          <t>Türk Derin Devleti</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>160</v>
+        <v>9.9</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786057908247</t>
+          <t>9786054125128</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Türk Devlet Geleneğinde Milli İstihbarat</t>
+          <t>Türk Aleviliği</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>160</v>
+        <v>35</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786057908421</t>
+          <t>9786054125739</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Orta Doğu’da Sınırlar Çizilirken</t>
+          <t>Saka Türklerinin Kadın Hakanı Tomris Han</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>190</v>
+        <v>17</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786054991044</t>
+          <t>9786054125685</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Gizli Örgütler İlluminati</t>
+          <t>Terörün Gizli Efendileri</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>250</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786057908056</t>
+          <t>9786054125241</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Türklerde 5 Element</t>
+          <t>Tarihi, Siyasi ve Kültürel YönleriyleTürklerin Dünyası ve Türkiye’nin Dış Türkler Politikası</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>160</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786057908353</t>
+          <t>9786054125111</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Kurt Ve Sirius Yıldızı</t>
+          <t>Si-An’dan Tiran’a İpek Yolu Tarihi</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>160</v>
+        <v>10</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786057908414</t>
+          <t>9786054125678</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Sultan Abdülhamid ve Gerçekler</t>
+          <t>Reisim Çatlı - Bozkurtların Kanunu</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>390</v>
+        <v>16</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786057908407</t>
+          <t>9786054125180</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Kürekçay Anlaşmasından Şuşa Beyannamesine Karabağ</t>
+          <t>Pusu ve Katliamların Kronolojisi</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>120</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786054991990</t>
+          <t>9786054125746</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Çarpıtılan Tarihle Hesaplaşma</t>
+          <t>PKK’nın Dersim Sorunu</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>320</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786054991778</t>
+          <t>9786054125067</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Türklerin İslamı Kabulü</t>
+          <t>PKK Terörü Neden Bitmedi Nasıl Biter?</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>200</v>
+        <v>29</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786057908377</t>
+          <t>9786054125838</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Şeyh Said İsyanı ve Gerçekler</t>
+          <t>PKK ile Pazarlık - Öcalan İle Anayasa Yapmak</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>390</v>
+        <v>29</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786057908384</t>
+          <t>9786054125227</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Hitlerin Sırrı</t>
+          <t>Osmanlı’nın Yasından Atatürk’ün Türkiye’sine</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>200</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786057908339</t>
+          <t>9786054125845</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Hurafeler - 2</t>
+          <t>Osmanlı’nın Derin Adamı Yakup Cemil</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>250</v>
+        <v>13.9</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786057908322</t>
+          <t>9786054125555</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar Sınır Sever</t>
+          <t>Osmanlı Devleti’nde Harem Hayatı</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>200</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786057908292</t>
+          <t>9786054125371</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>İskilipli Atıf Gerçeği</t>
+          <t>Osmanlı Devleti Döneminde Dersim Sancağı</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>190</v>
+        <v>20</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786057908308</t>
+          <t>9786054125029</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Hurafeler</t>
+          <t>Oruç İbadeti</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>290</v>
+        <v>6</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786057908261</t>
+          <t>9786054125609</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Zambaklar Ülkesinde</t>
+          <t>Mission Kurdistan</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>160</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786057908209</t>
+          <t>9786054125135</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Curtus Lupus - Kurdun İzinde</t>
+          <t>Milli Güvenlik Notları</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>160</v>
+        <v>10</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786057908117</t>
+          <t>9786054125142</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Büyük Bozkırın Yükselişi - Nazarbayev Liderliği</t>
+          <t>Milli Bilinç Nasıl Kırılır?</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>200</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786057908162</t>
+          <t>9786054125098</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin - Kurtuluş Savaşı Tarihi</t>
+          <t>Öteki Din</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>120</v>
+        <v>19</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786057908186</t>
+          <t>9786054125005</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin - Atatürk'ün Hayatı</t>
+          <t>Metropol Alanlarda Kamu Güvenliği</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>120</v>
+        <v>12</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786057908179</t>
+          <t>9786054125456</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin - Kurtuluş Savaşı Kahramanları</t>
+          <t>Mete Han’ın Oğlu Kiok Han</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>120</v>
+        <v>15</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786057908100</t>
+          <t>9786054125104</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Ölüler Nefes Almaz - Bir Ülkücü Bir Devrimci Bir Kadın</t>
+          <t>Kürtler ve Türklük</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>120</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786057908131</t>
+          <t>9786054125081</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Gök Tanrının Gölgesi Şaman Türklerde Şamanizm</t>
+          <t>Küresel Sürtükler</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>250</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786057908018</t>
+          <t>9786054125319</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Zavallı Bir Kuşun Feryadı</t>
+          <t>Küllerinden Doğan Şehir İzmir 1922</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>60</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786054991983</t>
+          <t>9786054125791</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Kula Kulluk Sorunu</t>
+          <t>Küçük Orta Doğu Suriye</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>200</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786054991792</t>
+          <t>9786054125289</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Her Şey Milliyetçi Türkiye İçin</t>
+          <t>Kur’an’ın Terkedilen Emri Bilim</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>200</v>
+        <v>9.9</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786054991754</t>
+          <t>9786054125333</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Suriyeli Göçü</t>
+          <t>Kızılbaş Türkler</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>60</v>
+        <v>30</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786054991679</t>
+          <t>9786054125760</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Aleviliğin Yazılı Kaynakları</t>
+          <t>İttihat Terakki’nin Gizli Propaganda Faaliyetleri ve Abdülhamid</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>90</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786054991563</t>
+          <t>9786054125753</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Türk Mitolojisi</t>
+          <t>İstiklal Harbinde İç İsyanlar</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>290</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786054991549</t>
+          <t>9786054125012</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Jitem</t>
+          <t>İstihbarat Teorisi</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>250</v>
+        <v>50</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786054991143</t>
+          <t>9786054125418</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal'in Muhafızı Topal Osman</t>
+          <t>İkinci Tek Parti Dönemi</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>320</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786054991129</t>
+          <t>9786054125715</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Bozkurt Atatürk - Türk'ün Bilge Başbuğu</t>
+          <t>Hunlar da Çılgındı</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>250</v>
+        <v>20</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786054125920</t>
+          <t>9786054125357</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Zihin Kontrolü</t>
+          <t>Humeyni İran İslam Devrimi</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>250</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786054125692</t>
+          <t>9786054125647</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Derin Abiler</t>
+          <t>Halide Edib ve Gerçekler</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>250</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786054125777</t>
+          <t>9786054125869</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>PKK’yı Kim Kurdu?</t>
+          <t>Gördüm Onlar Yaşıyor</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>250</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786054125500</t>
+          <t>9786054125661</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Kökeni</t>
+          <t>Gök Moğolların Başbuğu Cengiz Han</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>260</v>
+        <v>19</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786054125593</t>
+          <t>9786054125159</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Yeşil</t>
+          <t>Ermeni Psikolojik Savaşı</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>250</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786054125999</t>
+          <t>9786054125395</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Türk Kimliği ve Travma</t>
+          <t>Doğu Raporu</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>200</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786054125579</t>
+          <t>9786054125463</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası İlişkilerin Ekonomi Politiği</t>
+          <t>Diyarbakır Müziği ve Folkloru</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>225</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786054125517</t>
+          <t>9786054125487</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>5-6-2 Tamam Değil Reis</t>
+          <t>Diyarbakır Kültürü</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>250</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
+          <t>9786054125401</t>
+        </is>
+      </c>
+      <c r="B62" s="1" t="inlineStr">
+        <is>
+          <t>Dersimli Diyap Ağa</t>
+        </is>
+      </c>
+      <c r="C62" s="1">
+        <v>10.19</v>
+      </c>
+    </row>
+    <row r="63" spans="1:3">
+      <c r="A63" s="1" t="inlineStr">
+        <is>
+          <t>9786054125296</t>
+        </is>
+      </c>
+      <c r="B63" s="1" t="inlineStr">
+        <is>
+          <t>Dersim İsyanları</t>
+        </is>
+      </c>
+      <c r="C63" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="64" spans="1:3">
+      <c r="A64" s="1" t="inlineStr">
+        <is>
+          <t>9786054125586</t>
+        </is>
+      </c>
+      <c r="B64" s="1" t="inlineStr">
+        <is>
+          <t>Hedef Turan</t>
+        </is>
+      </c>
+      <c r="C64" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="65" spans="1:3">
+      <c r="A65" s="1" t="inlineStr">
+        <is>
+          <t>9786054125531</t>
+        </is>
+      </c>
+      <c r="B65" s="1" t="inlineStr">
+        <is>
+          <t>Cesetler Gölgeler Yalanlar</t>
+        </is>
+      </c>
+      <c r="C65" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="66" spans="1:3">
+      <c r="A66" s="1" t="inlineStr">
+        <is>
+          <t>9786054125432</t>
+        </is>
+      </c>
+      <c r="B66" s="1" t="inlineStr">
+        <is>
+          <t>Teoman Han</t>
+        </is>
+      </c>
+      <c r="C66" s="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="67" spans="1:3">
+      <c r="A67" s="1" t="inlineStr">
+        <is>
+          <t>9786054125364</t>
+        </is>
+      </c>
+      <c r="B67" s="1" t="inlineStr">
+        <is>
+          <t>Bizden Ne İstiyorlar?</t>
+        </is>
+      </c>
+      <c r="C67" s="1">
+        <v>17.59</v>
+      </c>
+    </row>
+    <row r="68" spans="1:3">
+      <c r="A68" s="1" t="inlineStr">
+        <is>
+          <t>9786054125074</t>
+        </is>
+      </c>
+      <c r="B68" s="1" t="inlineStr">
+        <is>
+          <t>Bitmeyen Hesap</t>
+        </is>
+      </c>
+      <c r="C68" s="1">
+        <v>17.59</v>
+      </c>
+    </row>
+    <row r="69" spans="1:3">
+      <c r="A69" s="1" t="inlineStr">
+        <is>
+          <t>9786054125616</t>
+        </is>
+      </c>
+      <c r="B69" s="1" t="inlineStr">
+        <is>
+          <t>Harem Ağası</t>
+        </is>
+      </c>
+      <c r="C69" s="1">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="70" spans="1:3">
+      <c r="A70" s="1" t="inlineStr">
+        <is>
+          <t>9786054125388</t>
+        </is>
+      </c>
+      <c r="B70" s="1" t="inlineStr">
+        <is>
+          <t>Bağımlılık Paradigmaları ve Türk Milliyetçiliği</t>
+        </is>
+      </c>
+      <c r="C70" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="71" spans="1:3">
+      <c r="A71" s="1" t="inlineStr">
+        <is>
+          <t>9786054125630</t>
+        </is>
+      </c>
+      <c r="B71" s="1" t="inlineStr">
+        <is>
+          <t>Avrupa Birliği'nin Etnik Yapısı</t>
+        </is>
+      </c>
+      <c r="C71" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="72" spans="1:3">
+      <c r="A72" s="1" t="inlineStr">
+        <is>
+          <t>9786054125807</t>
+        </is>
+      </c>
+      <c r="B72" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk’ün Gizli Kalmış Musul Harekatı</t>
+        </is>
+      </c>
+      <c r="C72" s="1">
+        <v>12.5</v>
+      </c>
+    </row>
+    <row r="73" spans="1:3">
+      <c r="A73" s="1" t="inlineStr">
+        <is>
+          <t>9786054125623</t>
+        </is>
+      </c>
+      <c r="B73" s="1" t="inlineStr">
+        <is>
+          <t>Aşk’a Tutunmak</t>
+        </is>
+      </c>
+      <c r="C73" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="74" spans="1:3">
+      <c r="A74" s="1" t="inlineStr">
+        <is>
+          <t>9786054125814</t>
+        </is>
+      </c>
+      <c r="B74" s="1" t="inlineStr">
+        <is>
+          <t>Asina - Chie - Shih - Shuai - Kür Şad</t>
+        </is>
+      </c>
+      <c r="C74" s="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="75" spans="1:3">
+      <c r="A75" s="1" t="inlineStr">
+        <is>
+          <t>9786054125425</t>
+        </is>
+      </c>
+      <c r="B75" s="1" t="inlineStr">
+        <is>
+          <t>Apo, Pilot ve Derin Devlet</t>
+        </is>
+      </c>
+      <c r="C75" s="1">
+        <v>12.5</v>
+      </c>
+    </row>
+    <row r="76" spans="1:3">
+      <c r="A76" s="1" t="inlineStr">
+        <is>
+          <t>9786054125043</t>
+        </is>
+      </c>
+      <c r="B76" s="1" t="inlineStr">
+        <is>
+          <t>Amerikalı Diplomatların Güneydoğu Faaliyetleri</t>
+        </is>
+      </c>
+      <c r="C76" s="1">
+        <v>9.9</v>
+      </c>
+    </row>
+    <row r="77" spans="1:3">
+      <c r="A77" s="1" t="inlineStr">
+        <is>
+          <t>9786054125494</t>
+        </is>
+      </c>
+      <c r="B77" s="1" t="inlineStr">
+        <is>
+          <t>Aleviliğin Yazılmayan Tarihi</t>
+        </is>
+      </c>
+      <c r="C77" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="78" spans="1:3">
+      <c r="A78" s="1" t="inlineStr">
+        <is>
+          <t>9786054125654</t>
+        </is>
+      </c>
+      <c r="B78" s="1" t="inlineStr">
+        <is>
+          <t>A’dan Z’ye Terörizm</t>
+        </is>
+      </c>
+      <c r="C78" s="1">
+        <v>11.57</v>
+      </c>
+    </row>
+    <row r="79" spans="1:3">
+      <c r="A79" s="1" t="inlineStr">
+        <is>
+          <t>9786054125852</t>
+        </is>
+      </c>
+      <c r="B79" s="1" t="inlineStr">
+        <is>
+          <t>ABD İstihbaratı 1947-2014</t>
+        </is>
+      </c>
+      <c r="C79" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="80" spans="1:3">
+      <c r="A80" s="1" t="inlineStr">
+        <is>
+          <t>9786054125470</t>
+        </is>
+      </c>
+      <c r="B80" s="1" t="inlineStr">
+        <is>
+          <t>Diyarbakır Tarihi</t>
+        </is>
+      </c>
+      <c r="C80" s="1">
+        <v>14.81</v>
+      </c>
+    </row>
+    <row r="81" spans="1:3">
+      <c r="A81" s="1" t="inlineStr">
+        <is>
+          <t>9786054991150</t>
+        </is>
+      </c>
+      <c r="B81" s="1" t="inlineStr">
+        <is>
+          <t>Oğuz Kağan Destanı</t>
+        </is>
+      </c>
+      <c r="C81" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="82" spans="1:3">
+      <c r="A82" s="1" t="inlineStr">
+        <is>
+          <t>9786054991105</t>
+        </is>
+      </c>
+      <c r="B82" s="1" t="inlineStr">
+        <is>
+          <t>Büyük Güçlerin Suriye Planı</t>
+        </is>
+      </c>
+      <c r="C82" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="83" spans="1:3">
+      <c r="A83" s="1" t="inlineStr">
+        <is>
+          <t>9786054991013</t>
+        </is>
+      </c>
+      <c r="B83" s="1" t="inlineStr">
+        <is>
+          <t>Uluslararası İlişkiler Teorileri Temel Kavramlar</t>
+        </is>
+      </c>
+      <c r="C83" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="84" spans="1:3">
+      <c r="A84" s="1" t="inlineStr">
+        <is>
+          <t>9786054125951</t>
+        </is>
+      </c>
+      <c r="B84" s="1" t="inlineStr">
+        <is>
+          <t>Dünyayı Yöneten Güç : İstihbarat Bilimi</t>
+        </is>
+      </c>
+      <c r="C84" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="85" spans="1:3">
+      <c r="A85" s="1" t="inlineStr">
+        <is>
+          <t>9786054991051</t>
+        </is>
+      </c>
+      <c r="B85" s="1" t="inlineStr">
+        <is>
+          <t>Geçmişten Günümüze Türk İstihbarat Teşkilatı</t>
+        </is>
+      </c>
+      <c r="C85" s="1">
+        <v>12.04</v>
+      </c>
+    </row>
+    <row r="86" spans="1:3">
+      <c r="A86" s="1" t="inlineStr">
+        <is>
+          <t>9786054991037</t>
+        </is>
+      </c>
+      <c r="B86" s="1" t="inlineStr">
+        <is>
+          <t>Hünkar Hacı Bektaş-ı Veli - Ali'nin Sırrı</t>
+        </is>
+      </c>
+      <c r="C86" s="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="87" spans="1:3">
+      <c r="A87" s="1" t="inlineStr">
+        <is>
+          <t>9786054991006</t>
+        </is>
+      </c>
+      <c r="B87" s="1" t="inlineStr">
+        <is>
+          <t>Tarihteki Kutsal İhanetler</t>
+        </is>
+      </c>
+      <c r="C87" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="88" spans="1:3">
+      <c r="A88" s="1" t="inlineStr">
+        <is>
+          <t>9786054125982</t>
+        </is>
+      </c>
+      <c r="B88" s="1" t="inlineStr">
+        <is>
+          <t>Kendi Ülkesinde Kuşatılan Ordu - Türk Silahlı Kuvvetleri</t>
+        </is>
+      </c>
+      <c r="C88" s="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="89" spans="1:3">
+      <c r="A89" s="1" t="inlineStr">
+        <is>
+          <t>9786054991594</t>
+        </is>
+      </c>
+      <c r="B89" s="1" t="inlineStr">
+        <is>
+          <t>Alevilik Bildirgesi</t>
+        </is>
+      </c>
+      <c r="C89" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="90" spans="1:3">
+      <c r="A90" s="1" t="inlineStr">
+        <is>
+          <t>9786054991358</t>
+        </is>
+      </c>
+      <c r="B90" s="1" t="inlineStr">
+        <is>
+          <t>Yeniden Türk Milliyetçiliği</t>
+        </is>
+      </c>
+      <c r="C90" s="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="91" spans="1:3">
+      <c r="A91" s="1" t="inlineStr">
+        <is>
+          <t>9786054991365</t>
+        </is>
+      </c>
+      <c r="B91" s="1" t="inlineStr">
+        <is>
+          <t>Gelecek 1000 Yılda da Buradayız</t>
+        </is>
+      </c>
+      <c r="C91" s="1">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="92" spans="1:3">
+      <c r="A92" s="1" t="inlineStr">
+        <is>
+          <t>9786057908070</t>
+        </is>
+      </c>
+      <c r="B92" s="1" t="inlineStr">
+        <is>
+          <t>Güldüren İşkence</t>
+        </is>
+      </c>
+      <c r="C92" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="93" spans="1:3">
+      <c r="A93" s="1" t="inlineStr">
+        <is>
+          <t>9786057908063</t>
+        </is>
+      </c>
+      <c r="B93" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı'da İdam Edilen Alimler</t>
+        </is>
+      </c>
+      <c r="C93" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="94" spans="1:3">
+      <c r="A94" s="1" t="inlineStr">
+        <is>
+          <t>9786054991686</t>
+        </is>
+      </c>
+      <c r="B94" s="1" t="inlineStr">
+        <is>
+          <t>Ülkücü - Türk Milliyetçiliği Temel Kavramlar</t>
+        </is>
+      </c>
+      <c r="C94" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="95" spans="1:3">
+      <c r="A95" s="1" t="inlineStr">
+        <is>
+          <t>9786054991624</t>
+        </is>
+      </c>
+      <c r="B95" s="1" t="inlineStr">
+        <is>
+          <t>Türkmen Yurdunun İstilası</t>
+        </is>
+      </c>
+      <c r="C95" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="96" spans="1:3">
+      <c r="A96" s="1" t="inlineStr">
+        <is>
+          <t>9786054991570</t>
+        </is>
+      </c>
+      <c r="B96" s="1" t="inlineStr">
+        <is>
+          <t>CIA ve Orta Doğu</t>
+        </is>
+      </c>
+      <c r="C96" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="97" spans="1:3">
+      <c r="A97" s="1" t="inlineStr">
+        <is>
+          <t>9786054991488</t>
+        </is>
+      </c>
+      <c r="B97" s="1" t="inlineStr">
+        <is>
+          <t>Başarılı Çocuk</t>
+        </is>
+      </c>
+      <c r="C97" s="1">
+        <v>11.99</v>
+      </c>
+    </row>
+    <row r="98" spans="1:3">
+      <c r="A98" s="1" t="inlineStr">
+        <is>
+          <t>9786054991266</t>
+        </is>
+      </c>
+      <c r="B98" s="1" t="inlineStr">
+        <is>
+          <t>Milli Güvenlik Teorisi</t>
+        </is>
+      </c>
+      <c r="C98" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="99" spans="1:3">
+      <c r="A99" s="1" t="inlineStr">
+        <is>
+          <t>9786054991273</t>
+        </is>
+      </c>
+      <c r="B99" s="1" t="inlineStr">
+        <is>
+          <t>Teşkilat-ı Mahsusa'nın 100. Yılında Türk İstihbaratı</t>
+        </is>
+      </c>
+      <c r="C99" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="100" spans="1:3">
+      <c r="A100" s="1" t="inlineStr">
+        <is>
+          <t>9786054991938</t>
+        </is>
+      </c>
+      <c r="B100" s="1" t="inlineStr">
+        <is>
+          <t>Temel İstihbarat (Büyük Boy)</t>
+        </is>
+      </c>
+      <c r="C100" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="101" spans="1:3">
+      <c r="A101" s="1" t="inlineStr">
+        <is>
+          <t>9786054991655</t>
+        </is>
+      </c>
+      <c r="B101" s="1" t="inlineStr">
+        <is>
+          <t>Türk Siyasi Tarihi 1789 - 1980</t>
+        </is>
+      </c>
+      <c r="C101" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="102" spans="1:3">
+      <c r="A102" s="1" t="inlineStr">
+        <is>
+          <t>9786054991280</t>
+        </is>
+      </c>
+      <c r="B102" s="1" t="inlineStr">
+        <is>
+          <t>Mustafa Kemal Atatürk'ten Günümüze - Cumhurbaşkanları ve Dış Politika</t>
+        </is>
+      </c>
+      <c r="C102" s="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="103" spans="1:3">
+      <c r="A103" s="1" t="inlineStr">
+        <is>
+          <t>9786054991303</t>
+        </is>
+      </c>
+      <c r="B103" s="1" t="inlineStr">
+        <is>
+          <t>Kurtlar ve Kuzular</t>
+        </is>
+      </c>
+      <c r="C103" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="104" spans="1:3">
+      <c r="A104" s="1" t="inlineStr">
+        <is>
+          <t>9786054991884</t>
+        </is>
+      </c>
+      <c r="B104" s="1" t="inlineStr">
+        <is>
+          <t>Kesnizani - Irak'ın FETÖ'sü</t>
+        </is>
+      </c>
+      <c r="C104" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="105" spans="1:3">
+      <c r="A105" s="1" t="inlineStr">
+        <is>
+          <t>9786054991396</t>
+        </is>
+      </c>
+      <c r="B105" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı'dan Günümüze Alman Gizli Servisi</t>
+        </is>
+      </c>
+      <c r="C105" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="106" spans="1:3">
+      <c r="A106" s="1" t="inlineStr">
+        <is>
+          <t>9786054991969</t>
+        </is>
+      </c>
+      <c r="B106" s="1" t="inlineStr">
+        <is>
+          <t>Atina'da Son Mehter - Teselya Zaferi</t>
+        </is>
+      </c>
+      <c r="C106" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="107" spans="1:3">
+      <c r="A107" s="1" t="inlineStr">
+        <is>
+          <t>9786054991945</t>
+        </is>
+      </c>
+      <c r="B107" s="1" t="inlineStr">
+        <is>
+          <t>Türkistan'da Bir Bozkurt: Enver Paşa</t>
+        </is>
+      </c>
+      <c r="C107" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="108" spans="1:3">
+      <c r="A108" s="1" t="inlineStr">
+        <is>
+          <t>9786054991952</t>
+        </is>
+      </c>
+      <c r="B108" s="1" t="inlineStr">
+        <is>
+          <t>Kızıl Elma ve Başbuğ</t>
+        </is>
+      </c>
+      <c r="C108" s="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="109" spans="1:3">
+      <c r="A109" s="1" t="inlineStr">
+        <is>
+          <t>9786054991556</t>
+        </is>
+      </c>
+      <c r="B109" s="1" t="inlineStr">
+        <is>
+          <t>Emperyalizme Karşı Yerli ve Milli Duruş</t>
+        </is>
+      </c>
+      <c r="C109" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="110" spans="1:3">
+      <c r="A110" s="1" t="inlineStr">
+        <is>
+          <t>9786054991532</t>
+        </is>
+      </c>
+      <c r="B110" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk İnönü Dönemlerinde</t>
+        </is>
+      </c>
+      <c r="C110" s="1">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="111" spans="1:3">
+      <c r="A111" s="1" t="inlineStr">
+        <is>
+          <t>9786054991426</t>
+        </is>
+      </c>
+      <c r="B111" s="1" t="inlineStr">
+        <is>
+          <t>Darbelerin Siyasi Tarihi</t>
+        </is>
+      </c>
+      <c r="C111" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="112" spans="1:3">
+      <c r="A112" s="1" t="inlineStr">
+        <is>
+          <t>9786054991709</t>
+        </is>
+      </c>
+      <c r="B112" s="1" t="inlineStr">
+        <is>
+          <t>İstiklal Mahkemeleri Meclis Tutanakları</t>
+        </is>
+      </c>
+      <c r="C112" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="113" spans="1:3">
+      <c r="A113" s="1" t="inlineStr">
+        <is>
+          <t>9786054991389</t>
+        </is>
+      </c>
+      <c r="B113" s="1" t="inlineStr">
+        <is>
+          <t>Türk İslam Ülküsünün Temel Meseleleri</t>
+        </is>
+      </c>
+      <c r="C113" s="1">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="114" spans="1:3">
+      <c r="A114" s="1" t="inlineStr">
+        <is>
+          <t>9786054991372</t>
+        </is>
+      </c>
+      <c r="B114" s="1" t="inlineStr">
+        <is>
+          <t>On İki İmam</t>
+        </is>
+      </c>
+      <c r="C114" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="115" spans="1:3">
+      <c r="A115" s="1" t="inlineStr">
+        <is>
+          <t>9786057908032</t>
+        </is>
+      </c>
+      <c r="B115" s="1" t="inlineStr">
+        <is>
+          <t>Altın Bozkırlar</t>
+        </is>
+      </c>
+      <c r="C115" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="116" spans="1:3">
+      <c r="A116" s="1" t="inlineStr">
+        <is>
+          <t>9786054991785</t>
+        </is>
+      </c>
+      <c r="B116" s="1" t="inlineStr">
+        <is>
+          <t>Kuzey'e Yolculuk</t>
+        </is>
+      </c>
+      <c r="C116" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="117" spans="1:3">
+      <c r="A117" s="1" t="inlineStr">
+        <is>
+          <t>9786054991808</t>
+        </is>
+      </c>
+      <c r="B117" s="1" t="inlineStr">
+        <is>
+          <t>Ana</t>
+        </is>
+      </c>
+      <c r="C117" s="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="118" spans="1:3">
+      <c r="A118" s="1" t="inlineStr">
+        <is>
+          <t>9786054991600</t>
+        </is>
+      </c>
+      <c r="B118" s="1" t="inlineStr">
+        <is>
+          <t>Türk - İngiliz İstihbarat Savaşları</t>
+        </is>
+      </c>
+      <c r="C118" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="119" spans="1:3">
+      <c r="A119" s="1" t="inlineStr">
+        <is>
+          <t>9786054991525</t>
+        </is>
+      </c>
+      <c r="B119" s="1" t="inlineStr">
+        <is>
+          <t>Alevilikte Allah İnancı</t>
+        </is>
+      </c>
+      <c r="C119" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="120" spans="1:3">
+      <c r="A120" s="1" t="inlineStr">
+        <is>
+          <t>9786054991914</t>
+        </is>
+      </c>
+      <c r="B120" s="1" t="inlineStr">
+        <is>
+          <t>Türk Ordusunun Kuzey Irak Operasyonları</t>
+        </is>
+      </c>
+      <c r="C120" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="121" spans="1:3">
+      <c r="A121" s="1" t="inlineStr">
+        <is>
+          <t>9786054991907</t>
+        </is>
+      </c>
+      <c r="B121" s="1" t="inlineStr">
+        <is>
+          <t>Lozan'ın Deşifresi</t>
+        </is>
+      </c>
+      <c r="C121" s="1">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="122" spans="1:3">
+      <c r="A122" s="1" t="inlineStr">
+        <is>
+          <t>9786054991860</t>
+        </is>
+      </c>
+      <c r="B122" s="1" t="inlineStr">
+        <is>
+          <t>Togarma'nın Çocukları</t>
+        </is>
+      </c>
+      <c r="C122" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="123" spans="1:3">
+      <c r="A123" s="1" t="inlineStr">
+        <is>
+          <t>9786054991495</t>
+        </is>
+      </c>
+      <c r="B123" s="1" t="inlineStr">
+        <is>
+          <t>Seni Anlasaydık Bu Hale Gelmezdik</t>
+        </is>
+      </c>
+      <c r="C123" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="124" spans="1:3">
+      <c r="A124" s="1" t="inlineStr">
+        <is>
+          <t>9786054991501</t>
+        </is>
+      </c>
+      <c r="B124" s="1" t="inlineStr">
+        <is>
+          <t>Kürt İsyanları</t>
+        </is>
+      </c>
+      <c r="C124" s="1">
+        <v>12.95</v>
+      </c>
+    </row>
+    <row r="125" spans="1:3">
+      <c r="A125" s="1" t="inlineStr">
+        <is>
+          <t>9786054991761</t>
+        </is>
+      </c>
+      <c r="B125" s="1" t="inlineStr">
+        <is>
+          <t>Türk Milliyetçiliği</t>
+        </is>
+      </c>
+      <c r="C125" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="126" spans="1:3">
+      <c r="A126" s="1" t="inlineStr">
+        <is>
+          <t>9786054991747</t>
+        </is>
+      </c>
+      <c r="B126" s="1" t="inlineStr">
+        <is>
+          <t>Türk Hakanı -  Şah İsmail</t>
+        </is>
+      </c>
+      <c r="C126" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="127" spans="1:3">
+      <c r="A127" s="1" t="inlineStr">
+        <is>
+          <t>9786054991457</t>
+        </is>
+      </c>
+      <c r="B127" s="1" t="inlineStr">
+        <is>
+          <t>Ölümsüz Bozkurtlar</t>
+        </is>
+      </c>
+      <c r="C127" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="128" spans="1:3">
+      <c r="A128" s="1" t="inlineStr">
+        <is>
+          <t>9786054991464</t>
+        </is>
+      </c>
+      <c r="B128" s="1" t="inlineStr">
+        <is>
+          <t>A'dan Z'ye Alevilik</t>
+        </is>
+      </c>
+      <c r="C128" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="129" spans="1:3">
+      <c r="A129" s="1" t="inlineStr">
+        <is>
+          <t>9786054991471</t>
+        </is>
+      </c>
+      <c r="B129" s="1" t="inlineStr">
+        <is>
+          <t>Hedef İslam</t>
+        </is>
+      </c>
+      <c r="C129" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="130" spans="1:3">
+      <c r="A130" s="1" t="inlineStr">
+        <is>
+          <t>9786054991310</t>
+        </is>
+      </c>
+      <c r="B130" s="1" t="inlineStr">
+        <is>
+          <t>Kürt Aleviliği</t>
+        </is>
+      </c>
+      <c r="C130" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="131" spans="1:3">
+      <c r="A131" s="1" t="inlineStr">
+        <is>
+          <t>9786054991297</t>
+        </is>
+      </c>
+      <c r="B131" s="1" t="inlineStr">
+        <is>
+          <t>Türk İnkılabı - Mustafa Kemal Atatürk Dönemi 1919 - 1938</t>
+        </is>
+      </c>
+      <c r="C131" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="132" spans="1:3">
+      <c r="A132" s="1" t="inlineStr">
+        <is>
+          <t>9786054991235</t>
+        </is>
+      </c>
+      <c r="B132" s="1" t="inlineStr">
+        <is>
+          <t>Bilinmeyen Yönleriyle Zazalar - Kürtler - Aleviler</t>
+        </is>
+      </c>
+      <c r="C132" s="1">
+        <v>11.57</v>
+      </c>
+    </row>
+    <row r="133" spans="1:3">
+      <c r="A133" s="1" t="inlineStr">
+        <is>
+          <t>9786054991198</t>
+        </is>
+      </c>
+      <c r="B133" s="1" t="inlineStr">
+        <is>
+          <t>Rusya’nın Türk  Cumhuriyetleri Politikası</t>
+        </is>
+      </c>
+      <c r="C133" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="134" spans="1:3">
+      <c r="A134" s="1" t="inlineStr">
+        <is>
+          <t>9786054991167</t>
+        </is>
+      </c>
+      <c r="B134" s="1" t="inlineStr">
+        <is>
+          <t>Emir Timur Yıldırım Bayezid</t>
+        </is>
+      </c>
+      <c r="C134" s="1">
+        <v>12.95</v>
+      </c>
+    </row>
+    <row r="135" spans="1:3">
+      <c r="A135" s="1" t="inlineStr">
+        <is>
+          <t>9786054991693</t>
+        </is>
+      </c>
+      <c r="B135" s="1" t="inlineStr">
+        <is>
+          <t>Kod Adı: Kaptan</t>
+        </is>
+      </c>
+      <c r="C135" s="1">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="136" spans="1:3">
+      <c r="A136" s="1" t="inlineStr">
+        <is>
+          <t>9786054991341</t>
+        </is>
+      </c>
+      <c r="B136" s="1" t="inlineStr">
+        <is>
+          <t>Türk Savaş Sanatı</t>
+        </is>
+      </c>
+      <c r="C136" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="137" spans="1:3">
+      <c r="A137" s="1" t="inlineStr">
+        <is>
+          <t>9786054991617</t>
+        </is>
+      </c>
+      <c r="B137" s="1" t="inlineStr">
+        <is>
+          <t>Türk Dış Politikasını Nasıl Bilirdiniz?</t>
+        </is>
+      </c>
+      <c r="C137" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="138" spans="1:3">
+      <c r="A138" s="1" t="inlineStr">
+        <is>
+          <t>9786054991662</t>
+        </is>
+      </c>
+      <c r="B138" s="1" t="inlineStr">
+        <is>
+          <t>Türklük ve İslamiyet</t>
+        </is>
+      </c>
+      <c r="C138" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="139" spans="1:3">
+      <c r="A139" s="1" t="inlineStr">
+        <is>
+          <t>9786054125722</t>
+        </is>
+      </c>
+      <c r="B139" s="1" t="inlineStr">
+        <is>
+          <t>Yahudiliğin Büyük Sırrı</t>
+        </is>
+      </c>
+      <c r="C139" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="140" spans="1:3">
+      <c r="A140" s="1" t="inlineStr">
+        <is>
+          <t>9786054991327</t>
+        </is>
+      </c>
+      <c r="B140" s="1" t="inlineStr">
+        <is>
+          <t>Hırvat Ulusunun Oluşumu</t>
+        </is>
+      </c>
+      <c r="C140" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="141" spans="1:3">
+      <c r="A141" s="1" t="inlineStr">
+        <is>
+          <t>9786054991204</t>
+        </is>
+      </c>
+      <c r="B141" s="1" t="inlineStr">
+        <is>
+          <t>Darbe ve Demokrasi</t>
+        </is>
+      </c>
+      <c r="C141" s="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="142" spans="1:3">
+      <c r="A142" s="1" t="inlineStr">
+        <is>
+          <t>9786054991402</t>
+        </is>
+      </c>
+      <c r="B142" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk’ü Öldürme Planları</t>
+        </is>
+      </c>
+      <c r="C142" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="143" spans="1:3">
+      <c r="A143" s="1" t="inlineStr">
+        <is>
+          <t>9786054991419</t>
+        </is>
+      </c>
+      <c r="B143" s="1" t="inlineStr">
+        <is>
+          <t>Türk Dış Politikası</t>
+        </is>
+      </c>
+      <c r="C143" s="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="144" spans="1:3">
+      <c r="A144" s="1" t="inlineStr">
+        <is>
+          <t>9786054991211</t>
+        </is>
+      </c>
+      <c r="B144" s="1" t="inlineStr">
+        <is>
+          <t>Bir İhanet Ve Varoluş Mücadelesi Kripto 32</t>
+        </is>
+      </c>
+      <c r="C144" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="145" spans="1:3">
+      <c r="A145" s="1" t="inlineStr">
+        <is>
+          <t>9786054991228</t>
+        </is>
+      </c>
+      <c r="B145" s="1" t="inlineStr">
+        <is>
+          <t>İsrail Ordusu ve İstihbarat Örgütleri</t>
+        </is>
+      </c>
+      <c r="C145" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="146" spans="1:3">
+      <c r="A146" s="1" t="inlineStr">
+        <is>
+          <t>9786054991099</t>
+        </is>
+      </c>
+      <c r="B146" s="1" t="inlineStr">
+        <is>
+          <t>İstihbarat Örgütleri</t>
+        </is>
+      </c>
+      <c r="C146" s="1">
+        <v>16.67</v>
+      </c>
+    </row>
+    <row r="147" spans="1:3">
+      <c r="A147" s="1" t="inlineStr">
+        <is>
+          <t>9786054991075</t>
+        </is>
+      </c>
+      <c r="B147" s="1" t="inlineStr">
+        <is>
+          <t>100. Yılında Birinci Dünya Savaşı</t>
+        </is>
+      </c>
+      <c r="C147" s="1">
+        <v>23.15</v>
+      </c>
+    </row>
+    <row r="148" spans="1:3">
+      <c r="A148" s="1" t="inlineStr">
+        <is>
+          <t>9786054991082</t>
+        </is>
+      </c>
+      <c r="B148" s="1" t="inlineStr">
+        <is>
+          <t>Algı Yönetimi</t>
+        </is>
+      </c>
+      <c r="C148" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="149" spans="1:3">
+      <c r="A149" s="1" t="inlineStr">
+        <is>
+          <t>9786054991068</t>
+        </is>
+      </c>
+      <c r="B149" s="1" t="inlineStr">
+        <is>
+          <t>Başbuğ Türkeş</t>
+        </is>
+      </c>
+      <c r="C149" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="150" spans="1:3">
+      <c r="A150" s="1" t="inlineStr">
+        <is>
+          <t>9786054125968</t>
+        </is>
+      </c>
+      <c r="B150" s="1" t="inlineStr">
+        <is>
+          <t>Seçkinler Kitabı</t>
+        </is>
+      </c>
+      <c r="C150" s="1">
+        <v>12.5</v>
+      </c>
+    </row>
+    <row r="151" spans="1:3">
+      <c r="A151" s="1" t="inlineStr">
+        <is>
+          <t>9786054125975</t>
+        </is>
+      </c>
+      <c r="B151" s="1" t="inlineStr">
+        <is>
+          <t>İnkılap Tarihi 1878-1922</t>
+        </is>
+      </c>
+      <c r="C151" s="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="152" spans="1:3">
+      <c r="A152" s="1" t="inlineStr">
+        <is>
+          <t>9786054125944</t>
+        </is>
+      </c>
+      <c r="B152" s="1" t="inlineStr">
+        <is>
+          <t>Aksaçlılar Meclisi</t>
+        </is>
+      </c>
+      <c r="C152" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="153" spans="1:3">
+      <c r="A153" s="1" t="inlineStr">
+        <is>
+          <t>9786054125203</t>
+        </is>
+      </c>
+      <c r="B153" s="1" t="inlineStr">
+        <is>
+          <t>21. Yüzyılda Savaş</t>
+        </is>
+      </c>
+      <c r="C153" s="1">
+        <v>14.81</v>
+      </c>
+    </row>
+    <row r="154" spans="1:3">
+      <c r="A154" s="1" t="inlineStr">
+        <is>
+          <t>9786054125784</t>
+        </is>
+      </c>
+      <c r="B154" s="1" t="inlineStr">
+        <is>
+          <t>21. Yüzyılda Prens</t>
+        </is>
+      </c>
+      <c r="C154" s="1">
+        <v>37.04</v>
+      </c>
+    </row>
+    <row r="155" spans="1:3">
+      <c r="A155" s="1" t="inlineStr">
+        <is>
+          <t>9786054125210</t>
+        </is>
+      </c>
+      <c r="B155" s="1" t="inlineStr">
+        <is>
+          <t>101 Soruda Kürtler</t>
+        </is>
+      </c>
+      <c r="C155" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="156" spans="1:3">
+      <c r="A156" s="1" t="inlineStr">
+        <is>
+          <t>9786054125548</t>
+        </is>
+      </c>
+      <c r="B156" s="1" t="inlineStr">
+        <is>
+          <t>1 Ayet 1 Soru 1 Denklem</t>
+        </is>
+      </c>
+      <c r="C156" s="1">
+        <v>12.5</v>
+      </c>
+    </row>
+    <row r="157" spans="1:3">
+      <c r="A157" s="1" t="inlineStr">
+        <is>
+          <t>9786054991174</t>
+        </is>
+      </c>
+      <c r="B157" s="1" t="inlineStr">
+        <is>
+          <t>Gerilla Kontrgerilla Savaşı</t>
+        </is>
+      </c>
+      <c r="C157" s="1">
+        <v>11.57</v>
+      </c>
+    </row>
+    <row r="158" spans="1:3">
+      <c r="A158" s="1" t="inlineStr">
+        <is>
+          <t>9786054991181</t>
+        </is>
+      </c>
+      <c r="B158" s="1" t="inlineStr">
+        <is>
+          <t>İstihbarat Dünyası</t>
+        </is>
+      </c>
+      <c r="C158" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="159" spans="1:3">
+      <c r="A159" s="1" t="inlineStr">
+        <is>
+          <t>9786054991136</t>
+        </is>
+      </c>
+      <c r="B159" s="1" t="inlineStr">
+        <is>
+          <t>Hazarlar: Yahudi Türkler, Türk Yahudiler ve Ötekiler</t>
+        </is>
+      </c>
+      <c r="C159" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="160" spans="1:3">
+      <c r="A160" s="1" t="inlineStr">
+        <is>
+          <t>9786054991112</t>
+        </is>
+      </c>
+      <c r="B160" s="1" t="inlineStr">
+        <is>
+          <t>İnterpol</t>
+        </is>
+      </c>
+      <c r="C160" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="161" spans="1:3">
+      <c r="A161" s="1" t="inlineStr">
+        <is>
+          <t>9786054125890</t>
+        </is>
+      </c>
+      <c r="B161" s="1" t="inlineStr">
+        <is>
+          <t>Allah'ın Aslanı Hz. Ali</t>
+        </is>
+      </c>
+      <c r="C161" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="162" spans="1:3">
+      <c r="A162" s="1" t="inlineStr">
+        <is>
+          <t>9786054125883</t>
+        </is>
+      </c>
+      <c r="B162" s="1" t="inlineStr">
+        <is>
+          <t>Kürt Elhanı Alp Urungu</t>
+        </is>
+      </c>
+      <c r="C162" s="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="163" spans="1:3">
+      <c r="A163" s="1" t="inlineStr">
+        <is>
+          <t>9786054125906</t>
+        </is>
+      </c>
+      <c r="B163" s="1" t="inlineStr">
+        <is>
+          <t>Anadolu Evliyaları Kerametleri</t>
+        </is>
+      </c>
+      <c r="C163" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="164" spans="1:3">
+      <c r="A164" s="1" t="inlineStr">
+        <is>
+          <t>9786054125876</t>
+        </is>
+      </c>
+      <c r="B164" s="1" t="inlineStr">
+        <is>
+          <t>Alamut'un Piri Hasan Sabbah</t>
+        </is>
+      </c>
+      <c r="C164" s="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="165" spans="1:3">
+      <c r="A165" s="1" t="inlineStr">
+        <is>
+          <t>9786054125937</t>
+        </is>
+      </c>
+      <c r="B165" s="1" t="inlineStr">
+        <is>
+          <t>Kayıp İncil Barnabas</t>
+        </is>
+      </c>
+      <c r="C165" s="1">
+        <v>6.95</v>
+      </c>
+    </row>
+    <row r="166" spans="1:3">
+      <c r="A166" s="1" t="inlineStr">
+        <is>
+          <t>9786054125913</t>
+        </is>
+      </c>
+      <c r="B166" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk ve İslam</t>
+        </is>
+      </c>
+      <c r="C166" s="1">
+        <v>14.95</v>
+      </c>
+    </row>
+    <row r="167" spans="1:3">
+      <c r="A167" s="1" t="inlineStr">
+        <is>
+          <t>2789789000163</t>
+        </is>
+      </c>
+      <c r="B167" s="1" t="inlineStr">
+        <is>
+          <t>Derin Devlet Seti (5 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C167" s="1">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="168" spans="1:3">
+      <c r="A168" s="1" t="inlineStr">
+        <is>
+          <t>9786057908315</t>
+        </is>
+      </c>
+      <c r="B168" s="1" t="inlineStr">
+        <is>
+          <t>Orta Doğu’da İstihbarat Oyunları</t>
+        </is>
+      </c>
+      <c r="C168" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="169" spans="1:3">
+      <c r="A169" s="1" t="inlineStr">
+        <is>
+          <t>9786057908285</t>
+        </is>
+      </c>
+      <c r="B169" s="1" t="inlineStr">
+        <is>
+          <t>Bey ile Büyücü</t>
+        </is>
+      </c>
+      <c r="C169" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="170" spans="1:3">
+      <c r="A170" s="1" t="inlineStr">
+        <is>
+          <t>9786057908216</t>
+        </is>
+      </c>
+      <c r="B170" s="1" t="inlineStr">
+        <is>
+          <t>Toros - Kıbrıs'ta Yaralı Bir Bozkurt</t>
+        </is>
+      </c>
+      <c r="C170" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="171" spans="1:3">
+      <c r="A171" s="1" t="inlineStr">
+        <is>
+          <t>9786057908094</t>
+        </is>
+      </c>
+      <c r="B171" s="1" t="inlineStr">
+        <is>
+          <t>Kızıl Elma - Kutsal Emanet</t>
+        </is>
+      </c>
+      <c r="C171" s="1">
+        <v>12.5</v>
+      </c>
+    </row>
+    <row r="172" spans="1:3">
+      <c r="A172" s="1" t="inlineStr">
+        <is>
+          <t>9786057908230</t>
+        </is>
+      </c>
+      <c r="B172" s="1" t="inlineStr">
+        <is>
+          <t>Stratejik Göç Mühendisliği</t>
+        </is>
+      </c>
+      <c r="C172" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="173" spans="1:3">
+      <c r="A173" s="1" t="inlineStr">
+        <is>
+          <t>9786057908254</t>
+        </is>
+      </c>
+      <c r="B173" s="1" t="inlineStr">
+        <is>
+          <t>Bozkurt Teşkilatı</t>
+        </is>
+      </c>
+      <c r="C173" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="174" spans="1:3">
+      <c r="A174" s="1" t="inlineStr">
+        <is>
+          <t>9786057908278</t>
+        </is>
+      </c>
+      <c r="B174" s="1" t="inlineStr">
+        <is>
+          <t>Baron - Curtus Lupus</t>
+        </is>
+      </c>
+      <c r="C174" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="175" spans="1:3">
+      <c r="A175" s="1" t="inlineStr">
+        <is>
+          <t>9786054991976</t>
+        </is>
+      </c>
+      <c r="B175" s="1" t="inlineStr">
+        <is>
+          <t>Malatya Kabadayıları</t>
+        </is>
+      </c>
+      <c r="C175" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="176" spans="1:3">
+      <c r="A176" s="1" t="inlineStr">
+        <is>
+          <t>9786054991877</t>
+        </is>
+      </c>
+      <c r="B176" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk ve Türk Milliyetçiliği</t>
+        </is>
+      </c>
+      <c r="C176" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="177" spans="1:3">
+      <c r="A177" s="1" t="inlineStr">
+        <is>
+          <t>9786057908155</t>
+        </is>
+      </c>
+      <c r="B177" s="1" t="inlineStr">
+        <is>
+          <t>İngiliz Ajanlar</t>
+        </is>
+      </c>
+      <c r="C177" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="178" spans="1:3">
+      <c r="A178" s="1" t="inlineStr">
+        <is>
+          <t>9786057908148</t>
+        </is>
+      </c>
+      <c r="B178" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklar Ne İster? Biz Ne Anlarız?</t>
+        </is>
+      </c>
+      <c r="C178" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="179" spans="1:3">
+      <c r="A179" s="1" t="inlineStr">
+        <is>
+          <t>9786057908124</t>
+        </is>
+      </c>
+      <c r="B179" s="1" t="inlineStr">
+        <is>
+          <t>Merhaba, Ben Otizm!</t>
+        </is>
+      </c>
+      <c r="C179" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="180" spans="1:3">
+      <c r="A180" s="1" t="inlineStr">
+        <is>
+          <t>9786057908391</t>
+        </is>
+      </c>
+      <c r="B180" s="1" t="inlineStr">
+        <is>
+          <t>Normal Ebeveyn</t>
+        </is>
+      </c>
+      <c r="C180" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="181" spans="1:3">
+      <c r="A181" s="1" t="inlineStr">
+        <is>
+          <t>9786057908490</t>
+        </is>
+      </c>
+      <c r="B181" s="1" t="inlineStr">
+        <is>
+          <t>Güvenlik ve Çatışma Teorisi</t>
+        </is>
+      </c>
+      <c r="C181" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="182" spans="1:3">
+      <c r="A182" s="1" t="inlineStr">
+        <is>
+          <t>9786057908483</t>
+        </is>
+      </c>
+      <c r="B182" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk'ün Dersim Operasyonu</t>
+        </is>
+      </c>
+      <c r="C182" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="183" spans="1:3">
+      <c r="A183" s="1" t="inlineStr">
+        <is>
+          <t>9786054991891</t>
+        </is>
+      </c>
+      <c r="B183" s="1" t="inlineStr">
+        <is>
+          <t>Cumhuriyetimizin Emanetçisi Olan Çocuklarımız İçin Nutuk</t>
+        </is>
+      </c>
+      <c r="C183" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="184" spans="1:3">
+      <c r="A184" s="1" t="inlineStr">
+        <is>
+          <t>9786054991440</t>
+        </is>
+      </c>
+      <c r="B184" s="1" t="inlineStr">
+        <is>
+          <t>OsmanlıI Tarihi - Savaşlar - Padişahlar - Önemli Olaylar</t>
+        </is>
+      </c>
+      <c r="C184" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="185" spans="1:3">
+      <c r="A185" s="1" t="inlineStr">
+        <is>
+          <t>9786057908476</t>
+        </is>
+      </c>
+      <c r="B185" s="1" t="inlineStr">
+        <is>
+          <t>Merhaba, Ben Disleksi</t>
+        </is>
+      </c>
+      <c r="C185" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="186" spans="1:3">
+      <c r="A186" s="1" t="inlineStr">
+        <is>
+          <t>9786057908469</t>
+        </is>
+      </c>
+      <c r="B186" s="1" t="inlineStr">
+        <is>
+          <t>Lacivert Sevdalar</t>
+        </is>
+      </c>
+      <c r="C186" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="187" spans="1:3">
+      <c r="A187" s="1" t="inlineStr">
+        <is>
+          <t>9786054991815</t>
+        </is>
+      </c>
+      <c r="B187" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk'ün Terörle Mücadele Yöntemi</t>
+        </is>
+      </c>
+      <c r="C187" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="188" spans="1:3">
+      <c r="A188" s="1" t="inlineStr">
+        <is>
+          <t>9786057908452</t>
+        </is>
+      </c>
+      <c r="B188" s="1" t="inlineStr">
+        <is>
+          <t>Her Yönüyle Kick Boks</t>
+        </is>
+      </c>
+      <c r="C188" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="189" spans="1:3">
+      <c r="A189" s="1" t="inlineStr">
+        <is>
+          <t>9786054991334</t>
+        </is>
+      </c>
+      <c r="B189" s="1" t="inlineStr">
+        <is>
+          <t>Türk Papa</t>
+        </is>
+      </c>
+      <c r="C189" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="190" spans="1:3">
+      <c r="A190" s="1" t="inlineStr">
+        <is>
+          <t>9786054991518</t>
+        </is>
+      </c>
+      <c r="B190" s="1" t="inlineStr">
+        <is>
+          <t>Kurtuluş Savaşı'nda Atatürk'ün İstihbarat Faaliyetleri</t>
+        </is>
+      </c>
+      <c r="C190" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="191" spans="1:3">
+      <c r="A191" s="1" t="inlineStr">
+        <is>
+          <t>9786057908087</t>
+        </is>
+      </c>
+      <c r="B191" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye'ye Karşı Örtülü İstila ve Psikolojik Savaş</t>
+        </is>
+      </c>
+      <c r="C191" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="192" spans="1:3">
+      <c r="A192" s="1" t="inlineStr">
+        <is>
+          <t>9786054991259</t>
+        </is>
+      </c>
+      <c r="B192" s="1" t="inlineStr">
+        <is>
+          <t>Korkunun Çocukları</t>
+        </is>
+      </c>
+      <c r="C192" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="193" spans="1:3">
+      <c r="A193" s="1" t="inlineStr">
+        <is>
+          <t>9786057908001</t>
+        </is>
+      </c>
+      <c r="B193" s="1" t="inlineStr">
+        <is>
+          <t>Çatışan Ortadoğu</t>
+        </is>
+      </c>
+      <c r="C193" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="194" spans="1:3">
+      <c r="A194" s="1" t="inlineStr">
+        <is>
+          <t>9786057908025</t>
+        </is>
+      </c>
+      <c r="B194" s="1" t="inlineStr">
+        <is>
+          <t>PKK Kampında Bir Ülkücü</t>
+        </is>
+      </c>
+      <c r="C194" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="195" spans="1:3">
+      <c r="A195" s="1" t="inlineStr">
+        <is>
+          <t>9786057908445</t>
+        </is>
+      </c>
+      <c r="B195" s="1" t="inlineStr">
+        <is>
+          <t>Kozmik Bir Kağan Oğuz Kağan</t>
+        </is>
+      </c>
+      <c r="C195" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="196" spans="1:3">
+      <c r="A196" s="1" t="inlineStr">
+        <is>
+          <t>9786057908193</t>
+        </is>
+      </c>
+      <c r="B196" s="1" t="inlineStr">
+        <is>
+          <t>Ana Türk</t>
+        </is>
+      </c>
+      <c r="C196" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="197" spans="1:3">
+      <c r="A197" s="1" t="inlineStr">
+        <is>
+          <t>9786057908438</t>
+        </is>
+      </c>
+      <c r="B197" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk'ün Vedası 1938</t>
+        </is>
+      </c>
+      <c r="C197" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="198" spans="1:3">
+      <c r="A198" s="1" t="inlineStr">
+        <is>
+          <t>9786057908223</t>
+        </is>
+      </c>
+      <c r="B198" s="1" t="inlineStr">
+        <is>
+          <t>Türkçülüğün Esasları</t>
+        </is>
+      </c>
+      <c r="C198" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="199" spans="1:3">
+      <c r="A199" s="1" t="inlineStr">
+        <is>
+          <t>9786057908247</t>
+        </is>
+      </c>
+      <c r="B199" s="1" t="inlineStr">
+        <is>
+          <t>Türk Devlet Geleneğinde Milli İstihbarat</t>
+        </is>
+      </c>
+      <c r="C199" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="200" spans="1:3">
+      <c r="A200" s="1" t="inlineStr">
+        <is>
+          <t>9786057908421</t>
+        </is>
+      </c>
+      <c r="B200" s="1" t="inlineStr">
+        <is>
+          <t>Orta Doğu’da Sınırlar Çizilirken</t>
+        </is>
+      </c>
+      <c r="C200" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="201" spans="1:3">
+      <c r="A201" s="1" t="inlineStr">
+        <is>
+          <t>9786054991044</t>
+        </is>
+      </c>
+      <c r="B201" s="1" t="inlineStr">
+        <is>
+          <t>Gizli Örgütler İlluminati</t>
+        </is>
+      </c>
+      <c r="C201" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="202" spans="1:3">
+      <c r="A202" s="1" t="inlineStr">
+        <is>
+          <t>9786057908056</t>
+        </is>
+      </c>
+      <c r="B202" s="1" t="inlineStr">
+        <is>
+          <t>Türklerde 5 Element</t>
+        </is>
+      </c>
+      <c r="C202" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="203" spans="1:3">
+      <c r="A203" s="1" t="inlineStr">
+        <is>
+          <t>9786057908353</t>
+        </is>
+      </c>
+      <c r="B203" s="1" t="inlineStr">
+        <is>
+          <t>Kurt Ve Sirius Yıldızı</t>
+        </is>
+      </c>
+      <c r="C203" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="204" spans="1:3">
+      <c r="A204" s="1" t="inlineStr">
+        <is>
+          <t>9786057908414</t>
+        </is>
+      </c>
+      <c r="B204" s="1" t="inlineStr">
+        <is>
+          <t>Sultan Abdülhamid ve Gerçekler</t>
+        </is>
+      </c>
+      <c r="C204" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="205" spans="1:3">
+      <c r="A205" s="1" t="inlineStr">
+        <is>
+          <t>9786057908407</t>
+        </is>
+      </c>
+      <c r="B205" s="1" t="inlineStr">
+        <is>
+          <t>Kürekçay Anlaşmasından Şuşa Beyannamesine Karabağ</t>
+        </is>
+      </c>
+      <c r="C205" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="206" spans="1:3">
+      <c r="A206" s="1" t="inlineStr">
+        <is>
+          <t>9786054991990</t>
+        </is>
+      </c>
+      <c r="B206" s="1" t="inlineStr">
+        <is>
+          <t>Çarpıtılan Tarihle Hesaplaşma</t>
+        </is>
+      </c>
+      <c r="C206" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="207" spans="1:3">
+      <c r="A207" s="1" t="inlineStr">
+        <is>
+          <t>9786054991778</t>
+        </is>
+      </c>
+      <c r="B207" s="1" t="inlineStr">
+        <is>
+          <t>Türklerin İslamı Kabulü</t>
+        </is>
+      </c>
+      <c r="C207" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="208" spans="1:3">
+      <c r="A208" s="1" t="inlineStr">
+        <is>
+          <t>9786057908377</t>
+        </is>
+      </c>
+      <c r="B208" s="1" t="inlineStr">
+        <is>
+          <t>Şeyh Said İsyanı ve Gerçekler</t>
+        </is>
+      </c>
+      <c r="C208" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="209" spans="1:3">
+      <c r="A209" s="1" t="inlineStr">
+        <is>
+          <t>9786057908384</t>
+        </is>
+      </c>
+      <c r="B209" s="1" t="inlineStr">
+        <is>
+          <t>Hitlerin Sırrı</t>
+        </is>
+      </c>
+      <c r="C209" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="210" spans="1:3">
+      <c r="A210" s="1" t="inlineStr">
+        <is>
+          <t>9786057908339</t>
+        </is>
+      </c>
+      <c r="B210" s="1" t="inlineStr">
+        <is>
+          <t>Hurafeler - 2</t>
+        </is>
+      </c>
+      <c r="C210" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="211" spans="1:3">
+      <c r="A211" s="1" t="inlineStr">
+        <is>
+          <t>9786057908322</t>
+        </is>
+      </c>
+      <c r="B211" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklar Sınır Sever</t>
+        </is>
+      </c>
+      <c r="C211" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="212" spans="1:3">
+      <c r="A212" s="1" t="inlineStr">
+        <is>
+          <t>9786057908292</t>
+        </is>
+      </c>
+      <c r="B212" s="1" t="inlineStr">
+        <is>
+          <t>İskilipli Atıf Gerçeği</t>
+        </is>
+      </c>
+      <c r="C212" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="213" spans="1:3">
+      <c r="A213" s="1" t="inlineStr">
+        <is>
+          <t>9786057908308</t>
+        </is>
+      </c>
+      <c r="B213" s="1" t="inlineStr">
+        <is>
+          <t>Hurafeler</t>
+        </is>
+      </c>
+      <c r="C213" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="214" spans="1:3">
+      <c r="A214" s="1" t="inlineStr">
+        <is>
+          <t>9786057908261</t>
+        </is>
+      </c>
+      <c r="B214" s="1" t="inlineStr">
+        <is>
+          <t>Beyaz Zambaklar Ülkesinde</t>
+        </is>
+      </c>
+      <c r="C214" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="215" spans="1:3">
+      <c r="A215" s="1" t="inlineStr">
+        <is>
+          <t>9786057908209</t>
+        </is>
+      </c>
+      <c r="B215" s="1" t="inlineStr">
+        <is>
+          <t>Curtus Lupus - Kurdun İzinde</t>
+        </is>
+      </c>
+      <c r="C215" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="216" spans="1:3">
+      <c r="A216" s="1" t="inlineStr">
+        <is>
+          <t>9786057908117</t>
+        </is>
+      </c>
+      <c r="B216" s="1" t="inlineStr">
+        <is>
+          <t>Büyük Bozkırın Yükselişi - Nazarbayev Liderliği</t>
+        </is>
+      </c>
+      <c r="C216" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="217" spans="1:3">
+      <c r="A217" s="1" t="inlineStr">
+        <is>
+          <t>9786057908162</t>
+        </is>
+      </c>
+      <c r="B217" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklar İçin - Kurtuluş Savaşı Tarihi</t>
+        </is>
+      </c>
+      <c r="C217" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="218" spans="1:3">
+      <c r="A218" s="1" t="inlineStr">
+        <is>
+          <t>9786057908186</t>
+        </is>
+      </c>
+      <c r="B218" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklar İçin - Atatürk'ün Hayatı</t>
+        </is>
+      </c>
+      <c r="C218" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="219" spans="1:3">
+      <c r="A219" s="1" t="inlineStr">
+        <is>
+          <t>9786057908179</t>
+        </is>
+      </c>
+      <c r="B219" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklar İçin - Kurtuluş Savaşı Kahramanları</t>
+        </is>
+      </c>
+      <c r="C219" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="220" spans="1:3">
+      <c r="A220" s="1" t="inlineStr">
+        <is>
+          <t>9786057908100</t>
+        </is>
+      </c>
+      <c r="B220" s="1" t="inlineStr">
+        <is>
+          <t>Ölüler Nefes Almaz - Bir Ülkücü Bir Devrimci Bir Kadın</t>
+        </is>
+      </c>
+      <c r="C220" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="221" spans="1:3">
+      <c r="A221" s="1" t="inlineStr">
+        <is>
+          <t>9786057908131</t>
+        </is>
+      </c>
+      <c r="B221" s="1" t="inlineStr">
+        <is>
+          <t>Gök Tanrının Gölgesi Şaman Türklerde Şamanizm</t>
+        </is>
+      </c>
+      <c r="C221" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="222" spans="1:3">
+      <c r="A222" s="1" t="inlineStr">
+        <is>
+          <t>9786057908018</t>
+        </is>
+      </c>
+      <c r="B222" s="1" t="inlineStr">
+        <is>
+          <t>Zavallı Bir Kuşun Feryadı</t>
+        </is>
+      </c>
+      <c r="C222" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="223" spans="1:3">
+      <c r="A223" s="1" t="inlineStr">
+        <is>
+          <t>9786054991983</t>
+        </is>
+      </c>
+      <c r="B223" s="1" t="inlineStr">
+        <is>
+          <t>Kula Kulluk Sorunu</t>
+        </is>
+      </c>
+      <c r="C223" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="224" spans="1:3">
+      <c r="A224" s="1" t="inlineStr">
+        <is>
+          <t>9786054991792</t>
+        </is>
+      </c>
+      <c r="B224" s="1" t="inlineStr">
+        <is>
+          <t>Her Şey Milliyetçi Türkiye İçin</t>
+        </is>
+      </c>
+      <c r="C224" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="225" spans="1:3">
+      <c r="A225" s="1" t="inlineStr">
+        <is>
+          <t>9786054991754</t>
+        </is>
+      </c>
+      <c r="B225" s="1" t="inlineStr">
+        <is>
+          <t>Suriyeli Göçü</t>
+        </is>
+      </c>
+      <c r="C225" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="226" spans="1:3">
+      <c r="A226" s="1" t="inlineStr">
+        <is>
+          <t>9786054991679</t>
+        </is>
+      </c>
+      <c r="B226" s="1" t="inlineStr">
+        <is>
+          <t>Aleviliğin Yazılı Kaynakları</t>
+        </is>
+      </c>
+      <c r="C226" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="227" spans="1:3">
+      <c r="A227" s="1" t="inlineStr">
+        <is>
+          <t>9786054991563</t>
+        </is>
+      </c>
+      <c r="B227" s="1" t="inlineStr">
+        <is>
+          <t>Türk Mitolojisi</t>
+        </is>
+      </c>
+      <c r="C227" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="228" spans="1:3">
+      <c r="A228" s="1" t="inlineStr">
+        <is>
+          <t>9786054991549</t>
+        </is>
+      </c>
+      <c r="B228" s="1" t="inlineStr">
+        <is>
+          <t>Jitem</t>
+        </is>
+      </c>
+      <c r="C228" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="229" spans="1:3">
+      <c r="A229" s="1" t="inlineStr">
+        <is>
+          <t>9786054991143</t>
+        </is>
+      </c>
+      <c r="B229" s="1" t="inlineStr">
+        <is>
+          <t>Mustafa Kemal'in Muhafızı Topal Osman</t>
+        </is>
+      </c>
+      <c r="C229" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="230" spans="1:3">
+      <c r="A230" s="1" t="inlineStr">
+        <is>
+          <t>9786054991129</t>
+        </is>
+      </c>
+      <c r="B230" s="1" t="inlineStr">
+        <is>
+          <t>Bozkurt Atatürk - Türk'ün Bilge Başbuğu</t>
+        </is>
+      </c>
+      <c r="C230" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="231" spans="1:3">
+      <c r="A231" s="1" t="inlineStr">
+        <is>
+          <t>9786054125920</t>
+        </is>
+      </c>
+      <c r="B231" s="1" t="inlineStr">
+        <is>
+          <t>Zihin Kontrolü</t>
+        </is>
+      </c>
+      <c r="C231" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="232" spans="1:3">
+      <c r="A232" s="1" t="inlineStr">
+        <is>
+          <t>9786054125692</t>
+        </is>
+      </c>
+      <c r="B232" s="1" t="inlineStr">
+        <is>
+          <t>Derin Abiler</t>
+        </is>
+      </c>
+      <c r="C232" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="233" spans="1:3">
+      <c r="A233" s="1" t="inlineStr">
+        <is>
+          <t>9786054125777</t>
+        </is>
+      </c>
+      <c r="B233" s="1" t="inlineStr">
+        <is>
+          <t>PKK’yı Kim Kurdu?</t>
+        </is>
+      </c>
+      <c r="C233" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="234" spans="1:3">
+      <c r="A234" s="1" t="inlineStr">
+        <is>
+          <t>9786054125500</t>
+        </is>
+      </c>
+      <c r="B234" s="1" t="inlineStr">
+        <is>
+          <t>Türklerin Kökeni</t>
+        </is>
+      </c>
+      <c r="C234" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="235" spans="1:3">
+      <c r="A235" s="1" t="inlineStr">
+        <is>
+          <t>9786054125593</t>
+        </is>
+      </c>
+      <c r="B235" s="1" t="inlineStr">
+        <is>
+          <t>Yeşil</t>
+        </is>
+      </c>
+      <c r="C235" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="236" spans="1:3">
+      <c r="A236" s="1" t="inlineStr">
+        <is>
+          <t>9786054125999</t>
+        </is>
+      </c>
+      <c r="B236" s="1" t="inlineStr">
+        <is>
+          <t>Türk Kimliği ve Travma</t>
+        </is>
+      </c>
+      <c r="C236" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="237" spans="1:3">
+      <c r="A237" s="1" t="inlineStr">
+        <is>
+          <t>9786054125579</t>
+        </is>
+      </c>
+      <c r="B237" s="1" t="inlineStr">
+        <is>
+          <t>Uluslararası İlişkilerin Ekonomi Politiği</t>
+        </is>
+      </c>
+      <c r="C237" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="238" spans="1:3">
+      <c r="A238" s="1" t="inlineStr">
+        <is>
+          <t>9786054125517</t>
+        </is>
+      </c>
+      <c r="B238" s="1" t="inlineStr">
+        <is>
+          <t>5-6-2 Tamam Değil Reis</t>
+        </is>
+      </c>
+      <c r="C238" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="239" spans="1:3">
+      <c r="A239" s="1" t="inlineStr">
+        <is>
           <t>9786054125821</t>
         </is>
       </c>
-      <c r="B62" s="1" t="inlineStr">
+      <c r="B239" s="1" t="inlineStr">
         <is>
           <t>Kayıp Türkler</t>
         </is>
       </c>
-      <c r="C62" s="1">
+      <c r="C239" s="1">
         <v>290</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>