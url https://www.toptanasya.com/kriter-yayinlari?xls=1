--- v0 (2025-10-30)
+++ v1 (2026-03-29)
@@ -85,17605 +85,21805 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255948502</t>
+          <t>9786258535655</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Lezzetlerin İzinde</t>
+          <t>Nitel Bir Araştırmacının Gözünden Sağlık Sisteminde Değişim: Hastane Koridorlarından Etnografik Notlar</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>900</v>
+        <v>270</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255948519</t>
+          <t>9786258535563</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Cryptocurrencies And Economic Modeling</t>
+          <t>Muallim</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>300</v>
+        <v>530</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255948526</t>
+          <t>9786258535662</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Sanat Tarihçisi Ne İş Yapar?</t>
+          <t>ABD’de Ev Okulu Uygulaması</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>600</v>
+        <v>250</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255948496</t>
+          <t>9786258535327</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Dönüşüm “Yeni Paradigmalar ve Yaklaşımlar”</t>
+          <t>Doğu Grubu Ağızlarının Ses ve Şekil Özellikleri</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>400</v>
+        <v>900</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255948373</t>
+          <t>9786258535648</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Doğu ve Batı Edebiyatında Polisiye</t>
+          <t>Balkanlar</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>300</v>
+        <v>950</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255948465</t>
+          <t>9786258535051</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Savunma Ajansı</t>
+          <t>Sultan (V) Murad’ın Ölümü</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255948489</t>
+          <t>9786258535280</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Sultan (II) Mehmed’in Ölümü</t>
+          <t>Osmanlı Balkan Şehirlerinde Bulgar Kimliği</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>260</v>
+        <v>280</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255948441</t>
+          <t>9786255948557</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>VR Film: Yeni Teknolojilerle Geleneksel Anlatı ve Normların Dönüşümü</t>
+          <t>Sarasvati’nin Hüzünleri, Kayıp Nehir, Bahao</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>250</v>
+        <v>470</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255948472</t>
+          <t>9786258535396</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Yetki Devri Politikası</t>
+          <t>Yeni Başlayanlar İçin Güncel Gelişmeler Işığında Avrupa Birliği</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>260</v>
+        <v>320</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786255948397</t>
+          <t>9786258535358</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Dönüşümün Yüzleri</t>
+          <t>Türkiye’de Popüler Kültür, Din ve Tasavvuf</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>220</v>
+        <v>330</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786256103948</t>
+          <t>9786258535259</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Sistematik Yaklaşımla Tonal Dikte - II Uygulama Kitabı</t>
+          <t>Uygulamalı Dilbilim 2</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>170</v>
+        <v>360</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786255948045</t>
+          <t>9786258535068</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Sistematik Yaklaşımla Tonal Dikte - II</t>
+          <t>Eğitim Sosyolojisi</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>170</v>
+        <v>390</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786255948410</t>
+          <t>9786258535464</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Ömer Demirbağ ve Şiiri</t>
+          <t>Çalışmanın Değişen Anlamı ve Geleceği</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>250</v>
+        <v>380</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786255948458</t>
+          <t>9786258535419</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>İnsanlar, Kitaplar ve Filmler</t>
+          <t>Sungu: Norşen/ Norşin</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>170</v>
+        <v>700</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786255948328</t>
+          <t>9786258535150</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Gurbet</t>
+          <t>Sinema ve Mekan</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>310</v>
+        <v>650</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786255948366</t>
+          <t>9786258535471</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>İşletme Yönetimi ve Finans Analizleri</t>
+          <t>Hatay Araştırmaları - 8</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786255948380</t>
+          <t>9786258535556</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Hizmet Yazıları</t>
+          <t>Kestirimci Bakımda Makine Öğrenimi</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>220</v>
+        <v>230</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786255948403</t>
+          <t>9786258535242</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Defteri</t>
+          <t>Engelsiz Bilişim 2025: Yapay Zeka Çağında Erişilebilirlik</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>190</v>
+        <v>340</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786255948335</t>
+          <t>9786258535198</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Sistematik Yaklaşımla Tonal Dikte - I</t>
+          <t>Çağdaş Özbek Şairi: Tahir Kahhar ve Şiirleri</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>180</v>
+        <v>720</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786255948359</t>
+          <t>9786258535167</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Okuma ve Yazılı Anlatım</t>
+          <t>Avatarını Söyle, Sana Kim Olduğunu Söyleyeyim!</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>300</v>
+        <v>310</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786255948342</t>
+          <t>9786258535389</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Sistematik Yaklaşımla Tonal Dikte - I Uygulama Kitabı</t>
+          <t>Türk ve Japon Kültürünün Temelinde İki İnanış:  Gök Tanrı ve Şintoizm</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>180</v>
+        <v>420</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786255948281</t>
+          <t>9786258535099</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Trajik Söylem</t>
+          <t>Timurlenk - Şark’ın En Büyük Hükümdarı</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786255948243</t>
+          <t>9786258535518</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı Veri Madenciliği Algoritmaları</t>
+          <t>Sanat Tarihi Yazıları</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>250</v>
+        <v>370</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786255948175</t>
+          <t>9786258535440</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Strategies For Developing And Strengthening Operational And Personal Capacities To Provide Support Services To Refugees</t>
+          <t>Multifaceted Interpretations on Drama</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786255948014</t>
+          <t>9786258535037</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Muʻininin Manzum Feraizi</t>
+          <t>Modernleşme ve Gelenek Arasında Türk Romanında Gündelik Hayatın Yeniden İnşası (1870-1901)</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>280</v>
+        <v>550</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786255948236</t>
+          <t>9786258535341</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Kadın, Toplum ve Edebiyat: Premçand’ın Öykülerinde Hint Kadını</t>
+          <t>Kutuplaşan Dünyada Türkiye: Ekonomi, Siyaset ve Yönetim Alanında Dönüşümler</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>300</v>
+        <v>270</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786255948304</t>
+          <t>9786258535501</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>İngiltere’de Feminizmin Doğuşu</t>
+          <t>Edebiyatta Aile</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>220</v>
+        <v>400</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786255948144</t>
+          <t>9786258535310</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Bedri Rahmi Eyüboğlu Şiiri “Türküler Dolusu”</t>
+          <t>Japonca Dilbilgisi Yapılarının Anlam ve Kullanımları</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786255948212</t>
+          <t>9786258535129</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Dijital Tiyatro</t>
+          <t>İş Yaşamına Manevi Bakış</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>380</v>
+        <v>230</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786255948229</t>
+          <t>9786258535525</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>İngiltere’nin Filistin Politikaları</t>
+          <t>Seçim Müzikleri Üzerine</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>190</v>
+        <v>270</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786256103979</t>
+          <t>9786258535365</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Future(s) of Communication: Promises and Predicaments</t>
+          <t>Seci'li Tefsir Geleneği ve İbn Korkmaz</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>450</v>
+        <v>430</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786255948168</t>
+          <t>9786258535594</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Money Laundering Phenomenon</t>
+          <t>Kurgusal Dünyalar ve Toplumsal Gerçeklikler</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>210</v>
+        <v>260</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786255948182</t>
+          <t>9786258535495</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Özdeş Olmayan Paralel Makinelerle Çizelgeleme: Genetik Algoritma İle Optimizasyon Yaklaşımı</t>
+          <t>Kolay Dilin Temelleri ve Türkçe Kolay Dil İlkeleri Kılavuzu</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>170</v>
+        <v>310</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786255948083</t>
+          <t>9786255948991</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Sivas Toprakkale (İç Kale) Kazıları Sırlı Seramik ve Çini Buluntuları (2019-2021)</t>
+          <t>Afet ve Dezenformasyon: 2023 Türkiye Depreminde HAARP Komplo Teorisi</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>1600</v>
+        <v>200</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786255948137</t>
+          <t>9786258535297</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Bilim İletişimi</t>
+          <t>Yönetimde Çağdaş Kavram ve Uygulamalar</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>220</v>
+        <v>310</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786255948113</t>
+          <t>9786258535402</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Alışveriş Merkezlerinde Sunulan Hizmetlerin Tüketici Davranışlarına Etkisi</t>
+          <t>Yitik Bir Devrime Ağıt</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>190</v>
+        <v>320</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786256103658</t>
+          <t>9786258535105</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatının Aydınlık Yüzü Sevinç Çokum</t>
+          <t>Yaratıcı Okuma</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>900</v>
+        <v>310</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786256103665</t>
+          <t>9786258535044</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Disiplinlerarası Bir Bakış Açısı İle 1940’lardan Günümüze Barış Çalışmaları</t>
+          <t>Yapay Zeka Teknolojileri ve Dijital Platformlar</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786255948076</t>
+          <t>9786258535433</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Trauma Theory And Fiction</t>
+          <t>Türk Folklorunun Akademik Seyri</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786256606647</t>
+          <t>9786258535372</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Şumnu’da Günümüze Gelen Osmanlı Mimarî Eserleri</t>
+          <t>Yapay Zeka ve Etik</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786255948090</t>
+          <t>9786258535174</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Selâhaddin Eyyûbî’nin Kutsal Toprakları Fethi</t>
+          <t>Şehir Coğrafyası</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>170</v>
+        <v>700</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786255948069</t>
+          <t>9786258535143</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Digital Transformation In Education</t>
+          <t>Sağlık Ekonomisi</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786255948106</t>
+          <t>9786258535006</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Güney Kore Sinemasında Modern Trajedi: Lee Chang Dong Sineması</t>
+          <t>Risaletü’l-İslam</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>200</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786256103627</t>
+          <t>9786258535112</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Gönül Kimi Severse</t>
+          <t>1897 Osmanlı-Yunan Savaşı’nda Esir Yunanlar</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>150</v>
+        <v>440</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786256103719</t>
+          <t>9786258535136</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyete Adanmış Bir Ömür Hasan Reşit Tankut (1891-1980)</t>
+          <t>American Cultural Idetity in The Magic Box</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>600</v>
+        <v>250</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786256103702</t>
+          <t>9786258535075</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Kalkınmada Yozgat'ın Potansiyeli Problemleri ve Çözüm Önerileri</t>
+          <t>Bir Kaos Coğrafyası Ortadoğu</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>330</v>
+        <v>360</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786256103795</t>
+          <t>9786258535204</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>The Imagist Movement In Poetry: A Revolution In Words And Verse</t>
+          <t>Kültürümüzde Manzum Yağmur Duaları</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786256103559</t>
+          <t>9786255948984</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Tedarik Zinciri Dağıtım Ağı Kapsamında Depo Yeri Seçimi ve Araç Rotalama</t>
+          <t>Prizrenli Şeyh Yusuf Efendi ve Divanı</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786256103818</t>
+          <t>9786255948953</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Bitlis Kalesi 2023 Yılı Kazı Sezonu ve Buluntuları</t>
+          <t>ABD Dış Politikasında İran</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>400</v>
+        <v>675</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786256103801</t>
+          <t>9786256103351</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Tarihi ve Kültürel Yönleriyle: Bulanık</t>
+          <t>Osmanlı ve Cumhuriyet Dönemi Salnamelerinde Zonguldak</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>270</v>
+        <v>740</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786255948007</t>
+          <t>9786255948861</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Sabrî Dîvânı</t>
+          <t>Readings on Füruzan</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>320</v>
+        <v>420</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786256103757</t>
+          <t>9786255948885</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Mekânın Sosyal Boyutu</t>
+          <t>Beyaz Perdede Göç Hikâyeleri</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>190</v>
+        <v>285</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786256103931</t>
+          <t>9786255948694</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Lozan’dan Günümüze Batı Trakya’da Türk Sivil Toplum Kuruluşları ve Faaliyetleri</t>
+          <t>Umut ve Psikolojik Danışma</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>410</v>
+        <v>340</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786256103900</t>
+          <t>9786255948960</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Kimlik ve Mizah</t>
+          <t>Rehber-i Ahlâk</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>170</v>
+        <v>285</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786256103887</t>
+          <t>9786255948946</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Differing Perspectives on Literary Texts</t>
+          <t>Vahyin Elçilerinden Eğitsel Mesajlar</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>220</v>
+        <v>340</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786256103825</t>
+          <t>9786255948977</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Çemişgezek, Pertek ve Hozat Yöresi Ağızları</t>
+          <t>Algoritmik Aklın Yükselişi</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>410</v>
+        <v>845</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786256103368</t>
+          <t>9786255948922</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Sociology of the Commons and Rural Land Ownership in Burkina Faso</t>
+          <t>Hakikate Şiddetin Soykütüğü</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>210</v>
+        <v>250</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786256103399</t>
+          <t>9786255948816</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Kamu Kurumlarında Etik İklim ve Örgütsel İntikam</t>
+          <t>Hakikatin Sesi: Post-Truth Çağında Emerson</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>230</v>
+        <v>285</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786256103306</t>
+          <t>9786255948915</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Antik Roma Ekonomisinin Modellenmesi</t>
+          <t>Türk Milliyetçiliğinde Düşünce İzlekleri</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>400</v>
+        <v>235</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786256103320</t>
+          <t>9786255948892</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Deborah Levy’nin Öz Yaşam Öyküleri</t>
+          <t>Modernizmin Düşünsel Tarihi ve Avangart Sanat Hareketleri</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>240</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786256103375</t>
+          <t>9786255948793</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Harran’daki Suriyeli Göçmenler</t>
+          <t>Sultan (II) Mahmud’un Ölümü</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>280</v>
+        <v>235</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786256606975</t>
+          <t>9786255948878</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Les relations diplomatiques a Istanbul au XVIIIe siecle a travers le point de vue du diplomate français Villeneuve</t>
+          <t>Tarihsel Süreçte Bolu ve Seyyahların İzlenimleri</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>180</v>
+        <v>235</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786059336659</t>
+          <t>9786255948847</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Uşak’ta Yaşayan Gazilerin Anılarında Kore Savaşı</t>
+          <t>Direksiyon Sosyolojisi</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>310</v>
+        <v>390</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786256103689</t>
+          <t>9786255948809</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>İnsanlık ve Medeniyet Tarihi</t>
+          <t>Tarihin Ötesinde</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>550</v>
+        <v>285</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786256103474</t>
+          <t>9786255948823</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Coğrafya Biliminde Güncel Konular ve Araştırmalar</t>
+          <t>Türk Eğitim Sisteminin Tarihsel Gelişimi</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>350</v>
+        <v>575</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786256103955</t>
+          <t>9786255948779</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Batılılaşma Sürecinde Homeros’u Okumak (Metinler)</t>
+          <t>Tur Kayağı Yapan Doğa Sporcularının Seyahat Motivasyonları ve Memnuniyet Düzeylerinin Belirlenmesi</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>250</v>
+        <v>325</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786256103856</t>
+          <t>9786255948908</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Yenilenebilir Enerji ve Enerji Verimliliği</t>
+          <t>Kamu Güvenliği</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>180</v>
+        <v>420</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786256103528</t>
+          <t>9786255948854</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Vision Of Apocalypse: An Insight Into Apocalypse</t>
+          <t>Türk Hikayesinde Din ve İnanç Algısı</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>350</v>
+        <v>585</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786256103924</t>
+          <t>9786255948762</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Ekonomisi</t>
+          <t>Yurt ve Dünya Dergisinde Çeviri ve İdeoloji</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>230</v>
+        <v>340</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786256103771</t>
+          <t>9786255948786</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Türk Folklor Tarihine Giriş</t>
+          <t>Early Modernist British Poetry and the Avant-garde: From Theory to Practice</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>160</v>
+        <v>260</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786256103788</t>
+          <t>9786256103832</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakâr Düşünce Üzerine Bir Analiz: Tahsin Demiray</t>
+          <t>1922 Çanak(kale) Olayı</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>170</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786256103672</t>
+          <t>9786256103436</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Millî Mücadele Yıllarında Yozgat</t>
+          <t>Türkiye'de Yeniden Çeviribilim</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>200</v>
+        <v>480</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786256103993</t>
+          <t>9786255948670</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Sevgilinin Hayaliyle Mest Olduk</t>
+          <t>Türkiye Cumhuriyeti’nin Yüz Yıllık Kamu Yönetimi</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>160</v>
+        <v>550</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786256103573</t>
+          <t>9786255948724</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Güncel Akademik Araştırmalar</t>
+          <t>Türk Polisiye Romanında Celil Oker</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>290</v>
+        <v>440</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786256103511</t>
+          <t>9786255948687</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Muğla’da Sürdürülebilir Turizm</t>
+          <t>Osmanlı’dan Cumhuriyet’e Masonluk</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>250</v>
+        <v>325</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786256103610</t>
+          <t>9786255948748</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Hizmetler/Giriş-Tarihçe-Uygulamalar</t>
+          <t>Cuatro Ensayos Sobre Arte Dominicano</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>580</v>
+        <v>585</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786256103696</t>
+          <t>9786255948571</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Sultan III. Ahmet Dönemi Enderûn Hazinesi Gelir-Gider Defterleri (1703-1730)</t>
+          <t>Dijital Teknolojiler ve Akıllı Kentler</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>480</v>
+        <v>250</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786256103542</t>
+          <t>9786255948656</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Tersine Lojistikte Araç Rotalama</t>
+          <t>Türkçe Bildirme Kipi Genel Zaman Ulamı</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>140</v>
+        <v>340</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786256103863</t>
+          <t>9786255948632</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Trabzon’dan Manzaralar</t>
+          <t>Spatial Analysis - I : Spatial Dimensions in Design Thinking</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>230</v>
+        <v>520</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786256103740</t>
+          <t>9786255948298</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet’in Taşra Elitleri Serhat Vilayetlerinde Siyasal Seçkinler</t>
+          <t>Posthuman Space in Mario Petrucci and Alice Oswald's Poetry</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>220</v>
+        <v>340</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786256103634</t>
+          <t>9786255948601</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Kaynakları</t>
+          <t>Sosyal Medyada Kullanıcı Emeği</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>170</v>
+        <v>210</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786256103764</t>
+          <t>9786255948021</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Perilous Nature: The Resonance of Ecological Crisis in Contemporary Literature</t>
+          <t>Ferdi ve Şürekası</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>220</v>
+        <v>235</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786256103641</t>
+          <t>9786255948588</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Coğrafyasında Batı Emperyalizmi</t>
+          <t>Bir Hanımın Defteri</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>240</v>
+        <v>260</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786256103894</t>
+          <t>9786255948533</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Kadimden Cedide Osmanlı Donanması: 1770-1790</t>
+          <t>Zübdetü’t-Tevarih’te Peygamberler Tarihi</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>260</v>
+        <v>315</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786256103849</t>
+          <t>9786255948663</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Güft ü Gû</t>
+          <t>Yeni Nesil Sınıf İçi Değerlendirme Teknikleri</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>210</v>
+        <v>260</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786256103412</t>
+          <t>9786255948618</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Albert Camus/ Çağa ve İnsana Tanıklık</t>
+          <t>Yönetim Kurulu Yapısı ve Finansal Performans İlişkisi: Türk Sigorta Sektöründen Kanıtlar</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>210</v>
+        <v>195</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786256103481</t>
+          <t>9786255948434</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Afet Yönetim Politikalarına Bir Katkı</t>
+          <t>Türkçede Sözcük Türetimi</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786256103566</t>
+          <t>9786256103733</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Tarihsel Boyutlarıyla Türk Basınında Özdenetim Kuruluşları</t>
+          <t>Yenilenebilir Enerji ve Enerji Verimliliği</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>170</v>
+        <v>235</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786256103450</t>
+          <t>9786256606272</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Parental Deprivation and Social Adaptation Problems in Children in Developmental Psychology</t>
+          <t>Kerkük Şehri ve Türkmenler</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>350</v>
+        <v>170</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786256103535</t>
+          <t>9786256606296</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Modern Erkeğin İnşası</t>
+          <t>Kolay Kolaj</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>210</v>
+        <v>450</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786256103467</t>
+          <t>9786256968325</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Lâle Müldür Şiiri Notaların Gümüş Ağırlığı</t>
+          <t>Rize’de Şapka Hadisesi ve İstiklal Mahkemesi Duruşmaları</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>130</v>
+        <v>90</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786256103603</t>
+          <t>9786258373226</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Exploring the Mysteries of Anti-Detective Fiction</t>
+          <t>Türkiye’nin Orta Doğu’ya Dönüşü ve Mîsak-ı Milli</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786256103504</t>
+          <t>9786258012606</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Bâkî’de Tasavvuf ve Kırk Gazel Şerhi</t>
+          <t>XII. Yüzyıl Latin Kroniklerine Göre Haçlıların Alexios Komnenos Algısı</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>300</v>
+        <v>320</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786256606937</t>
+          <t>9786258012552</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Perdede Mor Direniş</t>
+          <t>Aleviliğin El Kitabı</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>180</v>
+        <v>230</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786256103382</t>
+          <t>9786059336406</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Girişimcilik</t>
+          <t>Harran Üniversitesi Osmanbey Kampüsü'nün Coğrafi Etüdü</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>160</v>
+        <v>65</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786256103405</t>
+          <t>9786052228616</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Repertuvardan Seçme Örneklerle Dikte Çalışmaları – 1</t>
+          <t>Dijital Çağda İllüzyonel Pazarlama</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>340</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786256103429</t>
+          <t>9786052228449</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Üretken (Generative) Yapay Zekâ ve Büyük Dil Modelleri (LLM)</t>
+          <t>Sigorta Sahtecilik ve Suistimalleri Üzerine Bir Araştırma</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>300</v>
+        <v>140</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786256606159</t>
+          <t>9786057890252</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Jet-Lag</t>
+          <t>Karşılaştırmalı Edebiyat Yazıları</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>160</v>
+        <v>90</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786256103498</t>
+          <t>9786057890030</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Muş’ta Yaşayan Kuzey Kafkasya Halkları</t>
+          <t>Oto Sigortaları Hasar Süreçleri</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>230</v>
+        <v>40</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786256606623</t>
+          <t>9786059336352</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Sosyolojinin İmkânlarıyla Türk Sineması ve Türk Romanları Üzerine Değerlendirmeler</t>
+          <t>Alıştırmalı Diksiyon Dersleri</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>290</v>
+        <v>35</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786257130370</t>
+          <t>9786059336413</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>İlköğretimde Analojiler Kavram Karikatürleri ve Tahmin - Gözlem - Açıklama Teknikleriyle Desteklenmiş Fen ve Teknoloji Eğitiminin Öğrenme Ürünlerine Etkisi</t>
+          <t>Farklı Yönleriyle Çocuk ve Gençlik Edebiyatı Ürünleri</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>230</v>
+        <v>35</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786055863234</t>
+          <t>9786057890528</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Bilgisayara Giriş</t>
+          <t>Kütahya Halk Şairleri</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>230</v>
+        <v>340</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786256103313</t>
+          <t>9786054613304</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Din Sosyolojisinin Tarihsel Serüveni</t>
+          <t>Avrupa Birliği ve Kalkınma Ajanslarına Yönelik Proje Hazırlama Rehberi</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>570</v>
+        <v>180</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786256103344</t>
+          <t>9786052228548</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Böcek Üçlemesi</t>
+          <t>43. Şehir Bizim Kütahya</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>250</v>
+        <v>405</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786256103337</t>
+          <t>9786052228500</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Performans Değerlendirme</t>
+          <t>Ülke Rekabet Gücüne Ekonomik Özgürlüklerin Etkisi: Panel Veri Analizi</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>190</v>
+        <v>36</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786256103269</t>
+          <t>9786052228203</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>The Paleographical Analysis Of The Manichean Script For Middle Iranian And Old Uyghur Texts</t>
+          <t>Nefʿi  Siham-ı Kaza</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>300</v>
+        <v>125</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786256103290</t>
+          <t>9786052228234</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Tarihî Batı Türkçesi ve Doğu Türkçesinde -sA Biçim Birimi</t>
+          <t>Liderlik Davranışları ve Örgütsel Bağlılık</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>500</v>
+        <v>25</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786256103214</t>
+          <t>9786052228227</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>PKK Terör Örgütü ve Diyarbakır Anneleri</t>
+          <t>Filibe’de Osmanlı Mimari Eserleri</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>240</v>
+        <v>30</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786256103283</t>
+          <t>9786052228210</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Öğretiminde Yaratıcı Düşünme Teknikleri</t>
+          <t>Esnek Üretim Sistemleri</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>400</v>
+        <v>140</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786256103191</t>
+          <t>9786052228920</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Bruno Etienne Sosyolojisinde Müslüman Toplum</t>
+          <t>Alternatif Yatırım Aracı ve Hedge Enstrümanı Olarak Kripto Paralar</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>350</v>
+        <v>25</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786257033176</t>
+          <t>9786054613717</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Sevdâ’î Dîvân</t>
+          <t>Soyut Cebir</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>230</v>
+        <v>40</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786256103252</t>
+          <t>9786054613694</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Konaklarının Yabancı Misafirleri: Mürebbiyeler</t>
+          <t>Sanat Eleştirisine Giriş</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>200</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786256103276</t>
+          <t>9786054613847</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Acısu Çayı Havzası’nın Jeomorfolojisi (Zara-İmranlı)</t>
+          <t>Edebiyat ve Ötesi</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>230</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786256606920</t>
+          <t>9786054613670</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>İngiliz Romanından Örneklerle Eleştirel Okumalar</t>
+          <t>Yazma Eğitimi</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>160</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786256103245</t>
+          <t>9786054613687</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatta Kadin ve Yemek: Metinsel Kesişimler</t>
+          <t>Kelime Öğretimi</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>420</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786256103221</t>
+          <t>3990000016929</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatında Milenyum Kuşağı Öykücülüğü</t>
+          <t>Complete Semigroups Of Binary Relations</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>570</v>
+        <v>80</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786256103153</t>
+          <t>9786054613397</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Tüketici-Marka Etkileşiminde Transmedya Hikâye Anlatıcılığı</t>
+          <t>Dini İnanç, İbadet ve Dua'nın Umutsuzlukla İlişkisi</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>400</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786256103184</t>
+          <t>9786052228289</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Kolluk İçin Mağdur Psikolojisi</t>
+          <t>Roland Destanı'nda Kötülük ve Şiddet Dili</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>180</v>
+        <v>35</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786256103238</t>
+          <t>9786059336031</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Kolluk İçin Suç Psikolojisi</t>
+          <t>Belediyelerde Hizmet Kalitesi ve Müşteri Memnuniyeti</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>160</v>
+        <v>22</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786256103207</t>
+          <t>9786059336635</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Networks of Adaptation and Retelling in Irish Fiction</t>
+          <t>Uygarlık Tarihi</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>210</v>
+        <v>140</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786256103160</t>
+          <t>9786054613984</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Ey Okur! Hikayemiz Burada Tamam Oldu</t>
+          <t>Ivaz Paşa Oğlu Atayi (ö. 1437) Divanı</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>240</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786256103177</t>
+          <t>9786054613946</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Jan Svankmajer Sinemasında Gerçeküstücü Tekinsizlik</t>
+          <t>Reklam ve İkna</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>340</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786256103092</t>
+          <t>9786052228319</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Rus Edebiyatının Aynasında Rusya Cilt 2</t>
+          <t>Araf'taki Edebiyat</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>340</v>
+        <v>210</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786256103047</t>
+          <t>9786059336956</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Kurmaca Tekniği Bakımından Nazlı Eray’ın Romanları</t>
+          <t>Sosyo-ekonomik Yönleriyle Hatay'daki Suriyeliler</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>680</v>
+        <v>140</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786256103146</t>
+          <t>9786052228241</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>İran, Suriye Savaşı ve Hizbullah</t>
+          <t>Konaklama İşletmeleri İçin Modern Bir BütçelemeTekniği - Faliyet Tabanlı Bütçeleme</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>280</v>
+        <v>25</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786256103108</t>
+          <t>9786059336703</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Giritli Ahmed Efendi’nin Fezail-i Kuds-i Şerif’i</t>
+          <t>Anne ve Bebek Bağlanması ve Anne Kişilik Özellikleri</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>200</v>
+        <v>50</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786256103122</t>
+          <t>9786059336765</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Genetik Hastalıklar ve Spor</t>
+          <t>Muhbir: Osmanlı Basınının Sivri Dili</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>160</v>
+        <v>75</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786256103085</t>
+          <t>9786059336475</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>8K1K 8 Kalem 1 Kitap</t>
+          <t>Kapasite Yaklaşımı Bağlamında Türkiye'de Kadın Yoksulluğu ve Kadının Özgürlüğü Meselesi</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>200</v>
+        <v>25</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786256606364</t>
+          <t>9786059336505</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>L’aventure Du Roman Turc Sous L’ınfluence Du Roman Françaıs Au Xıxe Sıècle</t>
+          <t>Üretim Yöntemi</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786256606562</t>
+          <t>9786059336376</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Cumhuriyeti'nin Yüz Yıllık Kimlik Politikası</t>
+          <t>The Administrative Transformation of Public Museums</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>200</v>
+        <v>55</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786256103115</t>
+          <t>9786059336819</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre'nin Işığında Kahramanın Yolculuğu</t>
+          <t>Osmanlı Minyatüründe Kadın</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>230</v>
+        <v>45</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786256103023</t>
+          <t>9786052228265</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Jeopolitik Sorunları</t>
+          <t>Aile Şirketlerinde Kurumsallaşma ve Yeniden Yapılanma</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>230</v>
+        <v>30</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786256103061</t>
+          <t>9786052228166</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Sürdürülebilir Finans Sözlüğü</t>
+          <t>Küreselleşme, Yönetişim ve Kamu İşletmeciliği</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>200</v>
+        <v>275</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786258373424</t>
+          <t>9786059336321</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Recovering Memories And Reconstructıng Realities: Magical Realism And Kazuo Ishiguro’s The Buried Giant</t>
+          <t>Osmanlılar 1</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>230</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786256103030</t>
+          <t>9786059336314</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Çalışanlarının Kronizm Algısı Üzerine Etik Liderlik ve Psikolojik Sermaye İlişkileri</t>
+          <t>Batı Edebiyatında Mizah</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>210</v>
+        <v>80</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786256103139</t>
+          <t>9786059336116</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>20. Yüzyıl İspanyol Romanında Yüzyıl Ortası KuşağıKadın Yazarlar ve Eserlerinde İç Savaş Sonrasının İzleri</t>
+          <t>Kültürel Turizm</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>210</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786256103054</t>
+          <t>9786059336109</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’dan Cumhuriyete Arşiv Belgeleri Işığında Balya Tarihi</t>
+          <t>Fairies Or Scaries (Ciltli)</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>650</v>
+        <v>110</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786256103078</t>
+          <t>9786059336383</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Nat Pinkerton Asma Köprü Üzerinde Mücadele Açıklamalı Çevrim Yazı</t>
+          <t>Dış Politika Denemeleri</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>160</v>
+        <v>28</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786256103009</t>
+          <t>9786059336451</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>2000 Sonrası Dönemde Türkiye İle Güney Afrika Cumhuriyeti Arasındaki Ekonomik İlişkiler</t>
+          <t>Diyarbakır Örneği: Kentsel Mekanların Kullanımı ve Seyyar Satıcılık</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>200</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786256606968</t>
+          <t>9786059336253</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Sredstva Hudojestvennoy Vırazitel'nosti. Tropı</t>
+          <t>Aşk Filmlerinden Divan Şiirine, Karpuz Kabuğundan Halk Şiirine Bakmak</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>140</v>
+        <v>235</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786256103016</t>
+          <t>9786059336093</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>İdeolojiler Bağlamında Ak Parti'nin Sosyal Politika Yaklaşımı ve Uygulamaları</t>
+          <t>100. Yılında Türk ve Anzak Halklarının Çanakkale Savaşı ve Şehitliği Algısı</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>310</v>
+        <v>30</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786256606890</t>
+          <t>9786054613953</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Diyalojik Halkla İlişkiler Bağlamında Dijital Medyanın Kullanımı</t>
+          <t>Tatarca</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>260</v>
+        <v>70</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786256606982</t>
+          <t>9789750118647</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Çapanoğlu İsyanı ve Çerkez Ethem Yağması</t>
+          <t>Üniversiteler İçin Türk Dili Yazılı ve Sözlü Anlatım</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>200</v>
+        <v>20</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786256606951</t>
+          <t>9786054613052</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Anamın Duası</t>
+          <t>İşletme Becerileri Grup Çalışması</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>690</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786256606944</t>
+          <t>9786054613106</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Modern İş Dünyasının Sessiz Çığlığı: Sessiz İstifa</t>
+          <t>İstatistik 2</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>190</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786256606999</t>
+          <t>9786055863906</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Günahkar Kalbi</t>
+          <t>İstatistik 1</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>180</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786258373851</t>
+          <t>9786055863517</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Terör Örgütlerinin Finansman Kaynakları ve Yöntemleri</t>
+          <t>İlköğretimde Drama</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>210</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786256606913</t>
+          <t>9786055863050</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Gömlek Ateşten Suyu Şiirden</t>
+          <t>İlkokuma ve Yazma Öğretimi</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>160</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786256894303</t>
+          <t>9786054613502</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Çokuluslu Şirketlerin Küreselleşmesi</t>
+          <t>İlkokullarda "Oyun ve Fiziki Etkinlikler" Dersi Öğretimi</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>280</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786256606906</t>
+          <t>9789750118685</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Mekana Bağlanma ve Mekan Kimliği</t>
+          <t>Günümüz Uygur Şairlerinden Hezret ve Nicadi’nin Şiirlerinden Seçmeler</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>180</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786256606814</t>
+          <t>9786050063134</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Çamlıhemşin İlçesi ve Yakın Çevresinin CBS-AHS Yöntemi İle Ekoturizme Uygun Alanlarının Belirlenmesi</t>
+          <t>Grammar Test Book</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>260</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786256606869</t>
+          <t>9786055863647</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Özel Yetenekli Öğrenciler İçin Farklılaştırılmış Fen Bilimleri Dersi Öğretim Modülü</t>
+          <t>Uygulamalar ve Şirket Örnekleriyle Girişimcilik</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>250</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786256606838</t>
+          <t>9786055863913</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>İzdivaç Muhabereleri</t>
+          <t>Genel Muhasebe</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>180</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786256606807</t>
+          <t>9786054613472</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı Dilbilim - I</t>
+          <t>Genel Hematoloji</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>230</v>
+        <v>50</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786256606883</t>
+          <t>9786054613069</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>XVI. Yüzyılda Kepsud Nahiyesi</t>
+          <t>Gençlik Edebiyatı ve İlkgençlik Romanı</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>240</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786256606876</t>
+          <t>9786055863296</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Balkan Harbi’nde Müretteb Dördüncü Kolordu’nun Harekatı</t>
+          <t>Gazel Şerhleri</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>630</v>
+        <v>20</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786256606852</t>
+          <t>9786055863661</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Somut Olmayan Kültürel Miras ve Turizm</t>
+          <t>Fortran 90</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>500</v>
+        <v>40</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786256606821</t>
+          <t>9786054613021</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Çeviri Proje Yönetimi</t>
+          <t>Finansman Problemleri</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>180</v>
+        <v>85</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786256606784</t>
+          <t>9786054613434</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Tarihi Türkçe Kur’an Tercümeleri Üzerine Araştırmalar</t>
+          <t>Finansal Yönetim</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>210</v>
+        <v>30</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786256606845</t>
+          <t>3990000008523</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Aramızdaki Sınır: Suriyeli Sığınmacı Hikayeleri</t>
+          <t>Erken Çocukluk Gelişimi ve Eğitimi</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>160</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786256606791</t>
+          <t>9786050063059</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Sosyo-Coğrafi Sorun Olarak Kanunla İhtilafa Düşmüş Çocukların Suç Coğrafyası Perspektifiyle İncelenmesi</t>
+          <t>Eleştirel Düşünme</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>190</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786256606739</t>
+          <t>9786054613014</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Padişah Kadınlar - Osmanlı Sarayında Valide Sultanlar</t>
+          <t>Elektroanalitik Kimya</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>230</v>
+        <v>30</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786256606777</t>
+          <t>9786054613090</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Moderniteyi İslamlaştırma Projesi Fas Örneği</t>
+          <t>Ein Roman Der Moderne</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>290</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786256606760</t>
+          <t>9786055863241</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Yapım İşleri Genel Şartnamesine Göre İnşaat Sözleşme Yönetimi Yüksek Fen Kurulu, Sayıştay, Yargıtay Kararları</t>
+          <t>Eğitim Psikolojisi</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>350</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786256606722</t>
+          <t>9786054613274</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Anadolu’nun Doğa Tarihi</t>
+          <t>Edebiyatımızda Popüler Roman ve Aka Gündüz</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>380</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786256606609</t>
+          <t>9786054613250</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatımızda Ka‘be-Hicaz-Hac Konulu Türler ve Hacı Ahmed Baba’nın Da‘vet-Namesi</t>
+          <t>Edebiyat Tarihimiz Üzerine Araştırmalar</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>200</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786256606746</t>
+          <t>9786054613113</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Mentoring Program for Professionals to Support Integration of Immigrant Women in the form of Blended-Learning</t>
+          <t>Doğu Türkistan Dışındaki Uygur Şairleri</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>250</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786256606692</t>
+          <t>9786054613366</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Birleşmiş Milletler ve Türkiye'de Sosyal Refah</t>
+          <t>Doğu Karadeniz Bölgesinde Çay Tarımı Yapılan Topraklarda Bazı Bitki Besin Maddelerinde Zamana Bağlı Olarak Meydana Gelen Değişmeler</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>210</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786256606715</t>
+          <t>9786055863173</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Dindarlık İle Demokratik Bilimsel ve Sanatsal Tutum Arasındaki İlişki</t>
+          <t>Doğru ve Etkili Konuşma Sanatı</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>330</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786256606708</t>
+          <t>9786055863708</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Data Based Leadership</t>
+          <t>Çözümlü Soyut Cebir Problemleri</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>230</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786256606661</t>
+          <t>9786054613359</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Yunan Edebiyatında Halk Türküleri</t>
+          <t>Çay Bitkisinin Verim ve Kalitesi Üzerine Bazı Toprak ve Bitki Özelliklerinin Etkisi</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>290</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786256894822</t>
+          <t>9789750118661</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>II. Abdülhamid Han Devri Önemli Restorasyonları: Şam Emevi Camii ve Selanik Ayasofya Camii</t>
+          <t>Çağdaş Türk Lehçeleri El Kitabı</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>690</v>
+        <v>50</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786256606654</t>
+          <t>9786054613311</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Filibe'de Osmanlı Mimari Eserleri</t>
+          <t>Bulgar Edebiyatı</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>340</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786256606548</t>
+          <t>9786055863371</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Ekonomi-Politik Araştırmalar</t>
+          <t>Budinli Hisali Divanı</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>240</v>
+        <v>90</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786256606685</t>
+          <t>9786050063042</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Dijital Çağda Marka Sadakati</t>
+          <t>Bir Deste Berceste</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>280</v>
+        <v>205</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786256606593</t>
+          <t>9789750118678</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Fransızca Dil Bilgisinin Yapı Taşları</t>
+          <t>Bilgisayara Giriş</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>210</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786256606678</t>
+          <t>9786054613496</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Apokalips</t>
+          <t>Benlik Saygısı ve Din</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>240</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786055863692</t>
+          <t>9786055863418</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Genetik Laboratuvar Kılavuzu</t>
+          <t>Başkaldırı ve Uyum - Türk Muhafazakarlığı ve Nurettin Topçu</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>180</v>
+        <v>55</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786055863685</t>
+          <t>9786054613175</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Genel Genetik</t>
+          <t>Banka Muhasebesi</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>350</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786054613649</t>
+          <t>9786055863531</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>E-Ticaret</t>
+          <t>Avrupa Kimliği Kurgusu</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>240</v>
+        <v>150</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786055863272</t>
+          <t>9786054613229</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Bilimine Giriş</t>
+          <t>Astronomi ve Uzay Bilimleri</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>210</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786054613540</t>
+          <t>9786054613373</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Bayburt’un Ünlü Halk Şairleri</t>
+          <t>Almanca - Türkçe Garantili Gramer</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>200</v>
+        <v>75</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786055863388</t>
+          <t>9786054613489</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Atatürk İlkeleri ve İnkılap Tarihi</t>
+          <t>50 Uygulamada PIC BASIC PRO</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>280</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786257130257</t>
+          <t>9786054613281</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Hareketler ve Sosyal Medya</t>
+          <t>20. Yüzyılda Türkiye ve Balkanlar</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>280</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786256606531</t>
+          <t>9786050063097</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Feza’il-i Beytü’l-Mukaddes</t>
+          <t>ALES 5 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>750</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786256606616</t>
+          <t>9786055863876</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Tehzîbü’ş-Şiyem Fî-Nazmi’l-Hikem</t>
+          <t>Eğitim Bilimine Giriş</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>300</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786256606425</t>
+          <t>9786059336161</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Yerel Yönetimlerde Mali Özerklik ve İstanbul İlçe Belediyelerinin 2014-2018 Yılları Gelir Bütçelerinin Mali Özerklik Yönünden Değerlendirilmesi</t>
+          <t>Osmanlı'dan Cumhuriyet'e Denizciler</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>440</v>
+        <v>28</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786256606630</t>
+          <t>9786055863449</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Güzel Sanatlar Liselerinde Müzik Eğitimi Odaklı Araştırmalar</t>
+          <t>Atatürk İlkeleri ve İnkılap Tarihi - 2</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>160</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786256606586</t>
+          <t>9786059336543</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Anıt Ağaçlara Coğrafi Bakış</t>
+          <t>Ulus Markalama</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>500</v>
+        <v>65</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786256606487</t>
+          <t>9786059336574</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Hür Tefekkürün Kalelerinden İbret Gazetesi</t>
+          <t>Azgelişmişlik ve Dış Ticaret</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>690</v>
+        <v>17</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786256606494</t>
+          <t>9786059336390</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Engelsiz Bilişim 2023 - Engelsiz Dijital Dönüşüm</t>
+          <t>Osmanlı’dan Cumhuriyet’e Yetim</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>190</v>
+        <v>165</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786256606470</t>
+          <t>9786054613939</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>The Anxious Self: Existence and Nothingness in Samuel Beckett’s Waiting for Godot, Endgame, and Happy Days</t>
+          <t>Markaların Sosyal Medya Yönetimi</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>190</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786256606456</t>
+          <t>9786055863555</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. Bayram Durbilmez’e Armağan -55. Yaş Anısına- Cilt I</t>
+          <t>Japonca Yazı Sistemi Kanji Cilt 1</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>780</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786256606500</t>
+          <t>9786054613915</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyetin 100. Yılına Armağan - Sosyal Bilimler Çerçevesinde Güncel Araştırmalar</t>
+          <t>Japonca Yazı Sistemi Kanji Cilt 2</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>750</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786256606463</t>
+          <t>9786059336017</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. Bayram Durbilmez'e Armağan -55. Yaş Anısına- Cilt II</t>
+          <t>Sosyal Medyada Kurumsal İtibar Yönetimi</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>820</v>
+        <v>210</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786256606517</t>
+          <t>9786054613892</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Eleştiri Kuramı Olarak Kesişimsellik ve Afro-Amerikan Kadın Yazını: Irk, Sınıf ve Cinsiyet</t>
+          <t>Sessiz Ötekiler</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>290</v>
+        <v>25</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786256606289</t>
+          <t>9786054613922</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Solaklı Çayı Havzası’nın (Trabzon) Uygulamalı Jeomorfolojisi</t>
+          <t>Marka Konumlandırma ve Algılama</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>300</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786256606555</t>
+          <t>9786054613809</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Siyasal Kampanyalar Propaganda ve Reklamcılık</t>
+          <t>Osmanlı Devleti'nde Eski Eser Kaçakçılığı : Truva Örneği</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>240</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786256894044</t>
+          <t>9786054613861</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Reklamlarda Yaratıcılık &amp; Temel Yaratıcı Stratejiler</t>
+          <t>Divan Şiirinde Rubai</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786256606401</t>
+          <t>9786054613908</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Gençlerin Sosyal Sapma ve Şiddet Olguları Çerçevesinde Değerlendirilmesi</t>
+          <t>Yeni Medya ve İletişimsel Yaklaşımlar</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>260</v>
+        <v>220</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786256606227</t>
+          <t>9786054613885</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Yerel Yönetimlerde Pazarlama Sorunları ve Çözüm</t>
+          <t>Televizyonda Yaşlı Temsilleri ve Yaşçılık</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>310</v>
+        <v>35</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786256606326</t>
+          <t>9786257669764</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Varto Alevileri</t>
+          <t>Japonca Ad Durum Ekleri</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>400</v>
+        <v>260</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786256606418</t>
+          <t>9786054613595</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatında İktidar Mücadelesi (1896-1923)</t>
+          <t>Çocuk Edebiyatı ve Mevlana’nın Mesnevisi</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>480</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786256606319</t>
+          <t>9786055863975</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka ve İletişim</t>
+          <t>Çocuk Edebiyatı</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>500</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786256606371</t>
+          <t>9786050063127</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Eski Anadolu Türkçesiyle Yazılmış Muhtasar Bir Klasik Kozmos Kitabı</t>
+          <t>Edebiyat Bağlamında Alman Dilinin Gelişim Tarihi</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>380</v>
+        <v>220</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786256606357</t>
+          <t>9786055863944</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Diversifying Feminisms in the Literary World</t>
+          <t>Dünya’da ve Türkiye’de Yoksulluğun Özgün Yapısı ve Yoksullukla Mücadele</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>350</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786256968134</t>
+          <t>9786055863739</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatında Ütopik Romanlar ve Ütopyanın Kurgusu (1980-2005)</t>
+          <t>Dünya Siyasi Tarihi</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>240</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786256606579</t>
+          <t>9786054613182</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Menakıb-ı Haseniyye Kastamonulu Hasan Hilmi Efendi’nin Menkıbeleri</t>
+          <t>Finansal Türev Ürünlerde Risk ve Excel Uygulamalı RMD Hesaplama Yöntemleri</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>250</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786256606432</t>
+          <t>9786054613045</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Örgüt Yönetiminde Duygular</t>
+          <t>Finansal Piyasa Analizleri ve Portföy Yönetimi</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>240</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786256606395</t>
+          <t>9786055863364</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Tekafül Sigortacılığı: Literatür Araştırması</t>
+          <t>Fatimi Devleti Tarihi</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>160</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786256894792</t>
+          <t>9786055863616</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Muslim Woman Representation in Western Literature</t>
+          <t>Etkili İletişim Becerileri</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>160</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786256894846</t>
+          <t>9786054613205</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Makalat-ı İrfan</t>
+          <t>İlk Okuma - Yazma Öğretimi</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>280</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786256606142</t>
+          <t>9786055863920</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Kadınlarının Mesleği Olarak Türk Hikayesinde Daktilo Kızlar</t>
+          <t>İletişim Kurma Becerileri</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>240</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786256606302</t>
+          <t>9786054613342</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Bolu Folklorunda Maniler</t>
+          <t>İlahi Dinlerde Kurtuluş Anlayışı</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>240</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786256606241</t>
+          <t>9786055863470</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Mitolojik Avrupa Sanatında Doğa</t>
+          <t>Karakalpak Türkçesi Grameri</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>180</v>
+        <v>90</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786256606449</t>
+          <t>9786055863067</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Boğaz Sözcüğünün Monografisi</t>
+          <t>Öğretim İlke ve Yöntemler</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>190</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786256606524</t>
+          <t>9786055863005</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Suriyeli Sığınmacılar ve Türkiye Gerçeği</t>
+          <t>Ortaçağ Türk Tarihi Ana Kaynakları</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>200</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786256606333</t>
+          <t>9786055863951</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Bugüne Türk Yazınında Kadının Temsili - The Representation of Women in Turkish Literature from Past to Present</t>
+          <t>Yaşlılık</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>380</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786256606388</t>
+          <t>9786055863029</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Ritüelden Dramatiğe Antik Yunan’da Oyuncu Bedeni</t>
+          <t>Üniversiteler İçin Türk Dili Yazılı ve Sözlü Anlatım</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>400</v>
+        <v>20</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786256606340</t>
+          <t>9786054613557</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Eşitlikçi Olmayan Bir Tutum Olarak Fanatizm</t>
+          <t>Kal’a-i Sultaniye Kazasının Sosyal ve Ekonomik Yapısı</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>180</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786256606180</t>
+          <t>9786054613564</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Din Öğretiminde 21. Yüzyıl Becerileri</t>
+          <t>İşletme ve Çevre</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>310</v>
+        <v>90</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786256606234</t>
+          <t>9786054613199</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Carson McCullers’ın Yalnız Elleri</t>
+          <t>İşletme Finansı</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>150</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786256606258</t>
+          <t>9786257669184</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Bir Başka Açıdan Strateji</t>
+          <t>Bizans Sanatı'nda Büyük Bayramlar</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786256606197</t>
+          <t>9786055863548</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Sinema ve Cinsiyet</t>
+          <t>Yeni Üniversite</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>200</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786256606265</t>
+          <t>9786055863869</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>İtilaf Güçlerinin İstanbul’daki İşgal Uygulamaları (1918-1923)</t>
+          <t>Yeni Başlayanlar İçin Ekonomi</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>880</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786256606166</t>
+          <t>9786055863852</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili II</t>
+          <t>Yeni Başlayanlar İçin Bankacılık</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>260</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786256606173</t>
+          <t>9786055863999</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Sivas Folkloru Üzerine Yazılar</t>
+          <t>Uygulamalı Bilimler İçin İstatistik ve Araştırma Yöntemleri</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>240</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786256606203</t>
+          <t>9786054613007</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>İstiklal Harbi’nden 21. Yüzyıla Türkiye Cumhuriyeti</t>
+          <t>Uluslararası Güvenlik Çalışmaları</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>500</v>
+        <v>75</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786256894884</t>
+          <t>9786055863524</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Yeni Reklam Yaratıcılığı</t>
+          <t>Uluslararası Finansal Piyasalarda Portföy Yönetimi ve Opsiyon Sözleşmeleri</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>230</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786256606210</t>
+          <t>9786054613120</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Agenda of Translation Studies</t>
+          <t>Türkmen Atasözleri</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>310</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786256606036</t>
+          <t>9786054613618</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Unbelonging in Postcolonial Literature</t>
+          <t>Türkiye’de E-Öğrenme</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>310</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786256894358</t>
+          <t>9786054613380</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatında İktidar Mücadelesi (1860-1895)</t>
+          <t>Türkiye Ekonomisinde Ticari ve Finansal Serbestleşme</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>230</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786256606111</t>
+          <t>9786054613632</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>1980-1990 Dönemi Türk Siyasal Sürecinde ANAP ve ANAP Seçmen Profili</t>
+          <t>Türk Eğitim Sistemi ve Okul Yönetimi</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>180</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786256606029</t>
+          <t>9786055863197</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Ekonomisinde Teknolojik İlerleme, Bölüşüm ve Kar Oraninin Seyri: 1972-2003</t>
+          <t>Türk Dili Yazılı Anlatım - Sözlü Anlatım</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>210</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786256606128</t>
+          <t>9786055863340</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Sürdürülebilirlik Bağlamında Bütünleşik Pazarlama İletişimi</t>
+          <t>Türk Dış Politikasında Güncel Paradigmalar</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>240</v>
+        <v>80</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786256606135</t>
+          <t>9786055863210</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Süleyman Elesgerov’un Tar İçin Daimi Hareket Eseri: Müzikal-Teknik Analiz ve Bağlamaya Uyarlama</t>
+          <t>Başlangıçtan Günümüze Türk Edebiyatında Tür ve Şekil Bilgisi</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786256894952</t>
+          <t>9786054613328</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Süleyman bin Mustafavi el-Kütahyavi LUGAT-İ KUR’AN</t>
+          <t>Toprak ve Bitkide Verimlilik Analizleri</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>700</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786256894563</t>
+          <t>9786054613298</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Narsisistik Yansımalar: Reşat Nuri Güntekin'in Romanlarında Aşk, Kimlik, Anadolu</t>
+          <t>Türkçe Öğretimi Açısından Çocuk Edebiyatı</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>290</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786256606104</t>
+          <t>9786055863814</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Kentbilim Öğretileri</t>
+          <t>Temel Bilgi Teknolojileri Kullanımı</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>680</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786256606067</t>
+          <t>9786055863487</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği Kuruluşu, Organları ve Ekonomik Boyutu</t>
+          <t>TBMM’deki Çanakkale Milletvekillerinin Siyasi Faaliyetleri (1920-1927)</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>230</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786256606050</t>
+          <t>9786054613243</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği ve Türk Finans Piyasalarının Entegrasyon Süreci</t>
+          <t>Tarih-i Edebiyat-ı Osmaniye</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>350</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786256894877</t>
+          <t>9786055863111</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Her Yönüyle Akademik Başarı</t>
+          <t>Şiraz’dan İstanbul’a</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>440</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786256894907</t>
+          <t>9786055863333</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Georgi Pulevski’nin Makedonca-Arnavutça-Türkçe Sözlüğü</t>
+          <t>Şiir Çözümlemeleri</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>570</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786256894914</t>
+          <t>9786055863845</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Fıtratın İzinde: İslam ve Çevre</t>
+          <t>Türkçe Öğretimi</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>210</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786256894976</t>
+          <t>9786055863012</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Faziletlerin Özü (Nuhbetü’l-Fezail)</t>
+          <t>Siyasal İletişim</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>210</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786256606043</t>
+          <t>9786054613083</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Din Eğitiminde Birey ve Ahlak</t>
+          <t>Sistematik Zooloji - 2 Laboratuarı Uygulama Kitabı</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>180</v>
+        <v>80</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786256894921</t>
+          <t>9786055863043</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Endüstri 4.0, Lojistik 4.0, Yapay Zeka ve Kullanıcı Analitiği Perspektifinde Dijitalleşme</t>
+          <t>Sınıf Yönetimi Teori ve Pratik Uygulamalar</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>190</v>
+        <v>165</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786256606005</t>
+          <t>9786055863722</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Yönetmen Sineması Cilt-II: Çağdaş Türk Sinemasında Öykü Söylem ve Tematik Yapı</t>
+          <t>Sınıf Öğretmenliği Eğitiminde Beden Eğitimi Öğretimi</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>500</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786256606081</t>
+          <t>9786055863142</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Nezaket ve Usul-i Muaşeret</t>
+          <t>Satuk Buğra Han ve Oğulları (921-1212)</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>200</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786256894990</t>
+          <t>9786055863937</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Yönetmen Sineması Cilt-I: Klasik Türk Sinemasında Öykü Söylem ve Tematik Yapı</t>
+          <t>Pozitif İletişim</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>500</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786256606074</t>
+          <t>9786055863425</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Altay Tiyatrosunda Levirat</t>
+          <t>Para ve Para Teorileri</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>180</v>
+        <v>20</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786256894761</t>
+          <t>9786054613465</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Yükseköğretim Kurumlarında Bilişim Teknolojileri Kullanımının Örgüt Performansına Etkileri</t>
+          <t>Örgütlerde İletişim</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>300</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786256894778</t>
+          <t>9786055863609</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Tuva Türkçesinde İkileme ve Yinelemeler</t>
+          <t>Omurgalı Hayvanların Anatomisi</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>380</v>
+        <v>80</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786256894808</t>
+          <t>9786055863807</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Patent Odaklı Teknoloji Değerlendirmesi</t>
+          <t>Omurgalı Hayvan Embriyolojisi</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>180</v>
+        <v>40</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786256894891</t>
+          <t>9789750118692</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Öğretim Elemanlarının Öğretimsel Gelişimi Üzerine Bir Araştırma</t>
+          <t>Okuma Becerisi Öğretimi ve Değerlendirilmesi</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>230</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786256606098</t>
+          <t>9786055863715</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Kulp/Pasur</t>
+          <t>Okul Öncesi Öğretmenliği Eğitiminde Beden Eğitimi Oyun Öğretimi</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>570</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786256894938</t>
+          <t>9786055863968</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Coğrafya ve İnsan</t>
+          <t>Mustafa Seyit Sutüven’in Şiirleri Üzerine Bir İnceleme</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>750</v>
+        <v>140</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786256894839</t>
+          <t>9786055863821</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Çocuk Şiirinde Değerler</t>
+          <t>Muhasebe ve Vergi Denetimi</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>240</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786256894662</t>
+          <t>9786055863135</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşlık Sosyolojisi</t>
+          <t>Mevlana Methiyeleri</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>430</v>
+        <v>80</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786256606012</t>
+          <t>9786054613076</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Mecdi Sadreddin Sayman’ın Eserleri Üzerine Bir İnceleme</t>
+          <t>Maple ile Sembolik Hesaplama</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>230</v>
+        <v>205</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786256894983</t>
+          <t>9786055863211</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Demokrat Parti Döneminde Devlet Adamlarının Karadeniz Bölgesine Yaptıkları Ziyaretler (1950-1960)</t>
+          <t>Kuramdan Uygulamaya Yazma Yöntemleri</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>290</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786256894853</t>
+          <t>9786055863159</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>İslâmiyet’in Maarife Taallûku ve Nazar-ı Muarizinde Tebyini</t>
+          <t>KPSS Eğitim Bilimleri Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>430</v>
+        <v>20</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786256894754</t>
+          <t>9786055863562</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Büyükşehir Belediyeleri Yönetiminde Güncel Tartışmalar</t>
+          <t>Konuşma Eğitimi</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>420</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786256894723</t>
+          <t>9786054613526</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Görsel İletişim Çalışmaları: Tasarım ve Reklam Seçkisi</t>
+          <t>Konaklama İşletmelerinde Kriz Yönetimi</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>200</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786256894969</t>
+          <t>9786055863319</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>J. G. Ballard</t>
+          <t>Klasik Dönem Osmanlı Nesri</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>260</v>
+        <v>70</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786256894730</t>
+          <t>9786055863104</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal Sosyal Sorunlar</t>
+          <t>Kazak Türkçesi</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>160</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786256894815</t>
+          <t>9786055863678</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Havayolu Operasyonlarında Aksaklık Yönetimi</t>
+          <t>Karşılaştırmalı Edebiyat Bilimi</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>200</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786256894945</t>
+          <t>9786257033794</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Mısırlı Napolyon</t>
+          <t>Havacılık Ajandası</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>290</v>
+        <v>180</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786256894716</t>
+          <t>9786257130752</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası İlişkilerin Yeni Güç Rekabet Sahası: Siber Uzay</t>
+          <t>Aliya İzzetbegoviç’in Düşüncesinde İslam ve Eğitim</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>420</v>
+        <v>110</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786256894556</t>
+          <t>9786257669597</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Antikçağlardan Ortaçağlara Turan-İran Coğrafyasında Şehir, Kültür ve Medeniyet</t>
+          <t>Sinemada Dijital Dönüşüm Animasyon ve Görsel Efekt</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>440</v>
+        <v>210</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786256894709</t>
+          <t>9786257033985</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>The Theatrical Gap Dramatıc Persona</t>
+          <t>Dijital Dönüşümde Yeni Yetkinlikler: Yeni Seçim Yöntemleri ve Oyunlaştırma</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>260</v>
+        <v>70</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786256894785</t>
+          <t>9786257669191</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medya Mecralarında Sosyoloji</t>
+          <t>Kars'ta “Hayat”</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>280</v>
+        <v>65</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786256894860</t>
+          <t>9786257033978</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Sultan II. Murat Devri</t>
+          <t>Fantastik Edebiyat ve Masal</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>190</v>
+        <v>135</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786256894570</t>
+          <t>9786257130059</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Bulanık Mantık (Fuzzy Logic) ve Coğrafi Bilgi Sistemleri ile Yamaç Paraşütü Faaliyetlerine Uygun Alanların Belirlenmesi</t>
+          <t>Türk Sinemasında Öncüler</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>380</v>
+        <v>455</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786256894655</t>
+          <t>9786057890061</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Kullanım Kılavuzu-II: İlk Çocukluk (3-6 yaş)</t>
+          <t>The Golden Sayings of Epictetus</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>250</v>
+        <v>340</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786256894631</t>
+          <t>9786057890597</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Aragon Krallığı</t>
+          <t>Haber Aracı Olarak Fotoğraf</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>340</v>
+        <v>220</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786256894495</t>
+          <t>9786257033237</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>İhsan Ozanoğlu Divanı</t>
+          <t>Jandarma Tarihi Kaynakları</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>290</v>
+        <v>135</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786256894686</t>
+          <t>9786057890740</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Görsel İletişim Çalışmaları: Sinema Seçkisi</t>
+          <t>İstatistiksel Yöntemler ve Deneme Planlanması</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>260</v>
+        <v>90</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786256894679</t>
+          <t>9786257033725</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Filmlerin Gölgesinde</t>
+          <t>İskenderun ve Limanı (1832-1914)</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>180</v>
+        <v>260</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786256894693</t>
+          <t>9786057890337</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>İş Güvenliği Bağlamında İş Becerikliliği ve İş Performansı</t>
+          <t>İletişimde Dijitalleşme ve Yeni Nesil Habercilik</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>210</v>
+        <v>75</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786256894648</t>
+          <t>9786255948502</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Emeğin Taşeronlaştırılması ve Denetimi</t>
+          <t>Kayıp Lezzetlerin İzinde</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>370</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786256894747</t>
+          <t>9786255948519</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Savaş – Göç – Kadın</t>
+          <t>Cryptocurrencies And Economic Modeling</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>310</v>
+        <v>390</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786256894617</t>
+          <t>9786255948526</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Rus Edebiyatının Aynasında Rusya</t>
+          <t>Sanat Tarihçisi Ne İş Yapar?</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>310</v>
+        <v>780</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786256894525</t>
+          <t>9786255948496</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Vasiyyeti’l-ʻArifİn Abdurrahmanı’d-darIr</t>
+          <t>Eğitimde Dönüşüm “Yeni Paradigmalar ve Yaklaşımlar”</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>390</v>
+        <v>520</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786256894587</t>
+          <t>9786255948373</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Labirent: Yapay Zekâ Bir Deva Mı Yoksa Çıkmaz Mı?</t>
+          <t>Doğu ve Batı Edebiyatında Polisiye</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>430</v>
+        <v>390</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786256894532</t>
+          <t>9786255948465</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>İktisat, Maliye ve İşletme Alanında Güncel Çalışmalar</t>
+          <t>Avrupa Savunma Ajansı</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>260</v>
+        <v>220</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786256894549</t>
+          <t>9786255948489</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Hapishane Edebiyati ve Dünya Edebiyatinda Hapishane Deneyimleri</t>
+          <t>Sultan (II) Mehmed’in Ölümü</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>200</v>
+        <v>340</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786256894518</t>
+          <t>9786255948441</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Eskişehir Osmangazi Üniversitesi Yabancı Diller Bölümü İngilizce Hazırlık Programının Değerlendirilmesi ve Bir Model Önerisi</t>
+          <t>VR Film: Yeni Teknolojilerle Geleneksel Anlatı ve Normların Dönüşümü</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>230</v>
+        <v>325</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786256894594</t>
+          <t>9786255948472</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Action Research in Turkey: A Qualitative Review and an Example</t>
+          <t>Yetki Devri Politikası</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>180</v>
+        <v>340</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786256894600</t>
+          <t>9786255948397</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Cemil Pekyahşi’nin Vecize Dünyası ve Beşinci Kitap</t>
+          <t>Sosyal Dönüşümün Yüzleri</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>600</v>
+        <v>285</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786256894624</t>
+          <t>9786256103948</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Türk Sinemasında Büyü</t>
+          <t>Sistematik Yaklaşımla Tonal Dikte - II Uygulama Kitabı</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786256894488</t>
+          <t>9786255948045</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Ortadoğu'da Şiddet, Medya ve Kimlik</t>
+          <t>Sistematik Yaklaşımla Tonal Dikte - II</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786256894440</t>
+          <t>9786255948410</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal Sosyal İnovasyon</t>
+          <t>Ömer Demirbağ ve Şiiri</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>440</v>
+        <v>325</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786256894501</t>
+          <t>9786255948458</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Afrika Örf ve Adet Hukukunda Self-Determinasyon Hakkı</t>
+          <t>İnsanlar, Kitaplar ve Filmler</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>400</v>
+        <v>220</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786256894471</t>
+          <t>9786255948328</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Ardahan İli Ağızları Sözlüğü</t>
+          <t>Gurbet</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>370</v>
+        <v>405</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786256894457</t>
+          <t>9786255948366</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Çok Derinlikli Otomatik Depolama ve Çekme Sistemlerinde Depo Lokasyon Atama Optimizasyonu</t>
+          <t>İşletme Yönetimi ve Finans Analizleri</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>240</v>
+        <v>390</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786256894464</t>
+          <t>9786255948380</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Karçal Dağları’nın Buzul Jeomorfolojisi ve 36Cl Kozmojenik Jeokronolojisi</t>
+          <t>Sosyal Hizmet Yazıları</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>250</v>
+        <v>285</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786256894419</t>
+          <t>9786255948403</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Cin Dağı’nın Periglasyal Jeomorfolojisi</t>
+          <t>Türkiye Defteri</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786256894426</t>
+          <t>9786255948335</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Türkçenin Yabancı Dil Olarak Öğretiminde Kalıp Sözlerin Yaratıcı Drama Yöntemi İle Anlatımı</t>
+          <t>Sistematik Yaklaşımla Tonal Dikte - I</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>200</v>
+        <v>235</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786256894389</t>
+          <t>9786255948359</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Sabuhi Ahmed Dede</t>
+          <t>Okuma ve Yazılı Anlatım</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>500</v>
+        <v>390</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786256894433</t>
+          <t>9786255948342</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Okul Müdürleri İçin Ders Denetimi Rehberi</t>
+          <t>Sistematik Yaklaşımla Tonal Dikte - I Uygulama Kitabı</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>330</v>
+        <v>235</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786256894402</t>
+          <t>9786255948281</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Çok Partili Dönemde Samsun’da Siyaset ve Ekonomi (1945-1960)</t>
+          <t>Trajik Söylem</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>700</v>
+        <v>285</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786256894396</t>
+          <t>9786255948243</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Liderlik Davranışı ve Toplumsal Norm İlişkisi</t>
+          <t>Uygulamalı Veri Madenciliği Algoritmaları</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>240</v>
+        <v>325</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786256894365</t>
+          <t>9786255948175</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Society 5.0 for Gifted Education</t>
+          <t>Strategies For Developing And Strengthening Operational And Personal Capacities To Provide Support Services To Refugees</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>210</v>
+        <v>260</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786256894105</t>
+          <t>9786255948014</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Halit Ziya Uşaklıgil Röportajlar, Konuşmalar, Anketler</t>
+          <t>Muʻininin Manzum Feraizi</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>340</v>
+        <v>365</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786256894341</t>
+          <t>9786255948236</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Üstün Yetenekliler Eğitimi İçin Toplum 5.0</t>
+          <t>Kadın, Toplum ve Edebiyat: Premçand’ın Öykülerinde Hint Kadını</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>200</v>
+        <v>390</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786256894372</t>
+          <t>9786255948304</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>The Art of Dying Within the Swan Songs</t>
+          <t>İngiltere’de Feminizmin Doğuşu</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>310</v>
+        <v>285</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786256968318</t>
+          <t>9786255948144</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Gastronomi Turizmi ve Trabzon Potansiyeli</t>
+          <t>Bedri Rahmi Eyüboğlu Şiiri “Türküler Dolusu”</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>240</v>
+        <v>210</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786258373523</t>
+          <t>9786255948212</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Erzincan Şehrinin Mekansal Değişimi Tarihi Mimari Örnekleri 1839-1939</t>
+          <t>Dijital Tiyatro</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>180</v>
+        <v>495</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786256894327</t>
+          <t>9786255948229</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Yükseköğretim Kurumlarında Özel Güvenlik Sistemleri</t>
+          <t>İngiltere’nin Filistin Politikaları</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>210</v>
+        <v>250</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786256894334</t>
+          <t>9786256103979</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Sosyal İnşacılık Perspektifinden Teorik ve Uygulamalı Bilimsel İncelemeler</t>
+          <t>Future(s) of Communication: Promises and Predicaments</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>210</v>
+        <v>585</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786256894310</t>
+          <t>9786255948168</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Kent ve Sosyal Sermaye</t>
+          <t>Money Laundering Phenomenon</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>240</v>
+        <v>275</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786256894297</t>
+          <t>9786255948182</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Soğuk Savaş Sonrası Türkiye'nin Balkanlar Üzerindeki Etkisi</t>
+          <t>Özdeş Olmayan Paralel Makinelerle Çizelgeleme: Genetik Algoritma İle Optimizasyon Yaklaşımı</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>210</v>
+        <v>220</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786256894228</t>
+          <t>9786255948083</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Görsel Masal Anlatıcısı Çizgi Film ve Animasyonlar</t>
+          <t>Sivas Toprakkale (İç Kale) Kazıları Sırlı Seramik ve Çini Buluntuları (2019-2021)</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>160</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786256894235</t>
+          <t>9786255948137</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Dijital Çağda Kültürel Miras İletişimi</t>
+          <t>Bilim İletişimi</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>250</v>
+        <v>285</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786256894266</t>
+          <t>9786255948113</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İdaresinde İşkodra Vilayeti (1876-1912)</t>
+          <t>Alışveriş Merkezlerinde Sunulan Hizmetlerin Tüketici Davranışlarına Etkisi</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786256894280</t>
+          <t>9786256103658</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>TKP'den Sonra Kadro Dergisinden Önce Şevket Süreyya (1928-1932)</t>
+          <t>Türk Edebiyatının Aydınlık Yüzü Sevinç Çokum</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>180</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786256894273</t>
+          <t>9786256103665</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Neo-Colonialism in Graham Greene's Fiction</t>
+          <t>Disiplinlerarası Bir Bakış Açısı İle 1940’lardan Günümüze Barış Çalışmaları</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>240</v>
+        <v>260</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786256894211</t>
+          <t>9786255948076</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>The Myth of the Female Hand: Forms of Female Power</t>
+          <t>Trauma Theory And Fiction</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>180</v>
+        <v>195</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786256968028</t>
+          <t>9786256606647</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Önceki Öğrenmenin Tanınması</t>
+          <t>Şumnu’da Günümüze Gelen Osmanlı Mimarî Eserleri</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786256968455</t>
+          <t>9786255948090</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Spencer Kagan'ın İşbirlikli Öğrenme Yapıları</t>
+          <t>Selâhaddin Eyyûbî’nin Kutsal Toprakları Fethi</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>230</v>
+        <v>220</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786258012804</t>
+          <t>9786255948069</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Beden İmgesi Esnekliğini Geliştirmeye Yönelik Grup Psikoeğitimi</t>
+          <t>Digital Transformation In Education</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>150</v>
+        <v>325</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786052228456</t>
+          <t>9786255948106</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Köy Enstitülerinde Mesleki Teknik Eğitim (1940-1954)</t>
+          <t>Güney Kore Sinemasında Modern Trajedi: Lee Chang Dong Sineması</t>
         </is>
       </c>
       <c r="C324" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786052228883</t>
+          <t>9786256103627</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Etkinlik Temelli Türkçe Öğretimi</t>
+          <t>Gönül Kimi Severse</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>300</v>
+        <v>195</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786052228999</t>
+          <t>9786256103719</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Moral Principles In Education</t>
+          <t>Cumhuriyete Adanmış Bir Ömür Hasan Reşit Tankut (1891-1980)</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>290</v>
+        <v>780</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786057890290</t>
+          <t>9786256103702</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Yapılandırmacı Yaklaşımda Kullanılan Bir Yöntem: Bağlaşık Öğretim</t>
+          <t>Uluslararası Kalkınmada Yozgat'ın Potansiyeli Problemleri ve Çözüm Önerileri</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>150</v>
+        <v>420</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786059336710</t>
+          <t>9786256103795</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Eğitimcilerde Tükenmişlik Sendromu ve Kurumsal Bağlılık</t>
+          <t>The Imagist Movement In Poetry: A Revolution In Words And Verse</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>180</v>
+        <v>235</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786052228272</t>
+          <t>9786256103559</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Orta Anadolu Volkanikleri Üzerinde Drenajın Gelişimi</t>
+          <t>Tedarik Zinciri Dağıtım Ağı Kapsamında Depo Yeri Seçimi ve Araç Rotalama</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>820</v>
+        <v>260</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786059336482</t>
+          <t>9786256103818</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Sunzi Bingfa'nın İngilizce ve Türkçe Çevirileri</t>
+          <t>Bitlis Kalesi 2023 Yılı Kazı Sezonu ve Buluntuları</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>420</v>
+        <v>520</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786052228142</t>
+          <t>9786256103801</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>İtalyanca Deyimler Öğretim ve Çeviri</t>
+          <t>Tarihi ve Kültürel Yönleriyle: Bulanık</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786059336628</t>
+          <t>9786255948007</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Planlı Değişim Sürecinin Okulların Geliştirilmesinde Kullanılması</t>
+          <t>Sabrî Dîvânı</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>210</v>
+        <v>420</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786256894198</t>
+          <t>9786256103757</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Sorumluluğu Bakışlardan Anlamak</t>
+          <t>Mekânın Sosyal Boyutu</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>490</v>
+        <v>250</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786256894204</t>
+          <t>9786256103931</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Gelibolu Vilayeti 1923-1926</t>
+          <t>Lozan’dan Günümüze Batı Trakya’da Türk Sivil Toplum Kuruluşları ve Faaliyetleri</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>280</v>
+        <v>535</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786256894242</t>
+          <t>9786256103900</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Rus Siyasal Modernleşmesi (19. ve 20. Yüzyıllar)</t>
+          <t>Kimlik ve Mizah</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786256894167</t>
+          <t>9786256103887</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Vecizeler</t>
+          <t>Differing Perspectives on Literary Texts</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>380</v>
+        <v>285</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786256894099</t>
+          <t>9786256103825</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Development of Corporate Governance in Turkey by Sectors</t>
+          <t>Çemişgezek, Pertek ve Hozat Yöresi Ağızları</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>240</v>
+        <v>535</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786256894082</t>
+          <t>9786256103368</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Davranışsal Maliye Yaklaşımları İle Vergi Uyumunun Artırılması</t>
+          <t>Sociology of the Commons and Rural Land Ownership in Burkina Faso</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>190</v>
+        <v>275</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786256894174</t>
+          <t>9786256103399</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Çok Gün Çok Gece Önce ve Asırlar Sonra Ahmet Kaçar</t>
+          <t>Kamu Kurumlarında Etik İklim ve Örgütsel İntikam</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786256894181</t>
+          <t>9786256103306</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Bilgi ve Teknoloji Sürecinde Muhasebe Sistemi</t>
+          <t>Antik Roma Ekonomisinin Modellenmesi</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>310</v>
+        <v>520</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786256894143</t>
+          <t>9786256103320</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Engelli Bireylerin İş Hayatındaki Motivasyonu</t>
+          <t>Deborah Levy’nin Öz Yaşam Öyküleri</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>180</v>
+        <v>315</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786256894136</t>
+          <t>9786256103375</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Gastronominin Disiplinlerarası Yolculuğu</t>
+          <t>Harran’daki Suriyeli Göçmenler</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>250</v>
+        <v>365</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786256894150</t>
+          <t>9786256606975</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Machine Learning Applications in Operations Management</t>
+          <t>Les relations diplomatiques a Istanbul au XVIIIe siecle a travers le point de vue du diplomate français Villeneuve</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>190</v>
+        <v>235</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786256894129</t>
+          <t>9786059336659</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Eğitimsel Büyük Veri ve İşlevleri</t>
+          <t>Uşak’ta Yaşayan Gazilerin Anılarında Kore Savaşı</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>330</v>
+        <v>405</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786256894068</t>
+          <t>9786256103689</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Bazı Felsefe Problemleri</t>
+          <t>İnsanlık ve Medeniyet Tarihi</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>250</v>
+        <v>715</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786256894075</t>
+          <t>9786256103474</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Hizmet Kavram ve Uygulamalar</t>
+          <t>Coğrafya Biliminde Güncel Konular ve Araştırmalar</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>330</v>
+        <v>455</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786256894037</t>
+          <t>9786256103955</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Medya ve Çocuk</t>
+          <t>Batılılaşma Sürecinde Homeros’u Okumak (Metinler)</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>250</v>
+        <v>325</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786256894051</t>
+          <t>9786256103856</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Firdevsi-yi Rumi Süleymân-name-yi Kebir</t>
+          <t>Yenilenebilir Enerji ve Enerji Verimliliği</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>630</v>
+        <v>220</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786256894006</t>
+          <t>9786256103528</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Karakter Ve Mekân Tarımında Doku</t>
+          <t>Vision Of Apocalypse: An Insight Into Apocalypse</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>350</v>
+        <v>455</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786256894112</t>
+          <t>9786256103924</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Kent ve Kadın</t>
+          <t>Türkiye Ekonomisi</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786258012729</t>
+          <t>9786256103771</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Türkçeden İngilizceye Çeviri Kitabı</t>
+          <t>Türk Folklor Tarihine Giriş</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>160</v>
+        <v>210</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786256894020</t>
+          <t>9786256103788</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>1 Mart 2003 Başbakanlık Tezkeresi’nin Reddedilme Nedenleri</t>
+          <t>Muhafazakâr Düşünce Üzerine Bir Analiz: Tahsin Demiray</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786256968998</t>
+          <t>9786256103672</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Nuru’l-İslam</t>
+          <t>Millî Mücadele Yıllarında Yozgat</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>780</v>
+        <v>260</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786256968974</t>
+          <t>9786256103993</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Kazak Türkçesinde Ölçü</t>
+          <t>Sevgilinin Hayaliyle Mest Olduk</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>380</v>
+        <v>210</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786256894013</t>
+          <t>9786256103573</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Başarıyı Etkileyen Faktörler</t>
+          <t>Güncel Akademik Araştırmalar</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>160</v>
+        <v>380</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786256968967</t>
+          <t>9786256103511</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Urmiye Müzesi’nde Bulunan İslam Dönemine Ait Bir Grup Sırlı Seramik</t>
+          <t>Muğla’da Sürdürülebilir Turizm</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>1000</v>
+        <v>325</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786256968714</t>
+          <t>9786256103610</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Barok'ta Dans Müziği 1</t>
+          <t>Sosyal Hizmetler/Giriş-Tarihçe-Uygulamalar</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>240</v>
+        <v>750</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786256968875</t>
+          <t>9786256103696</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Turizmciler İçin Japonca 1 - Turist Rehberleri İçin</t>
+          <t>Sultan III. Ahmet Dönemi Enderûn Hazinesi Gelir-Gider Defterleri (1703-1730)</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>230</v>
+        <v>620</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786256968592</t>
+          <t>9786256103542</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Kissa-i Musa</t>
+          <t>Tersine Lojistikte Araç Rotalama</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786256968769</t>
+          <t>9786256103863</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Barok'ta Dans Müziği 2</t>
+          <t>Trabzon’dan Manzaralar</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>210</v>
+        <v>300</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786256968783</t>
+          <t>9786256103740</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>İnteraktif Eşlikli Solfej - 1</t>
+          <t>Cumhuriyet’in Taşra Elitleri Serhat Vilayetlerinde Siyasal Seçkinler</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>280</v>
+        <v>285</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786256968868</t>
+          <t>9786256103634</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Tedarik Zincirinde İş Birlikçi Tahminleme</t>
+          <t>Tarihin Kaynakları</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786256968929</t>
+          <t>9786256103764</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Divan Şiirinde Hamamdaki Sevgilinin Estetik ve Edebi Serüveni</t>
+          <t>Perilous Nature: The Resonance of Ecological Crisis in Contemporary Literature</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>260</v>
+        <v>275</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786256968851</t>
+          <t>9786256103641</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Anlatının Söylemi: Saatleri Ayarlama Enstitüsü’nün Anlatıbilimsel İncelemesi</t>
+          <t>Osmanlı Coğrafyasında Batı Emperyalizmi</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>250</v>
+        <v>315</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786256968806</t>
+          <t>9786256103894</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Runik Harfli Metinlerde Eşdizimlilik</t>
+          <t>Kadimden Cedide Osmanlı Donanması: 1770-1790</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>190</v>
+        <v>340</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786256968905</t>
+          <t>9786256103849</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Mondros</t>
+          <t>Güft ü Gû</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>250</v>
+        <v>275</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786256968745</t>
+          <t>9786256103412</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Günümüze İstanbul Mutfağına Etki Eden Rum ve Ermeni Mutfağı ve Diğer Etnik Kültürler</t>
+          <t>Albert Camus/ Çağa ve İnsana Tanıklık</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>160</v>
+        <v>275</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786256968950</t>
+          <t>9786256103481</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Kadınların Kimlik Arayışı</t>
+          <t>Afet Yönetim Politikalarına Bir Katkı</t>
         </is>
       </c>
       <c r="C368" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786256968912</t>
+          <t>9786256103566</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Bulanık TOPSIS Yöntemiyle Tedarikçi Seçimi</t>
+          <t>Tarihsel Boyutlarıyla Türk Basınında Özdenetim Kuruluşları</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786256968882</t>
+          <t>9786256103450</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Döneminde Malazgirt (1923-1960)</t>
+          <t>Parental Deprivation and Social Adaptation Problems in Children in Developmental Psychology</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>210</v>
+        <v>455</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786256968813</t>
+          <t>9786256103535</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyetin 100. Yılında Balıkesir Armağanı</t>
+          <t>Modern Erkeğin İnşası</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>440</v>
+        <v>275</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786256968936</t>
+          <t>9786256103467</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Dünyada ve Türkiye’de Bağımsız Denetimin ve Muhasebe Mevzuatının Gelişimi</t>
+          <t>Lâle Müldür Şiiri Notaların Gümüş Ağırlığı</t>
         </is>
       </c>
       <c r="C372" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786256968899</t>
+          <t>9786256103603</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>İmalat İşletmelerinde Altı Sigma Uygulamaları</t>
+          <t>Exploring the Mysteries of Anti-Detective Fiction</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786256968981</t>
+          <t>9786256103504</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>İmgenin Yolculuğu</t>
+          <t>Bâkî’de Tasavvuf ve Kırk Gazel Şerhi</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>250</v>
+        <v>390</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786256968844</t>
+          <t>9786256606937</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Sinemada Irk Ayrımcılığı Tartışmaları</t>
+          <t>Beyaz Perdede Mor Direniş</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>280</v>
+        <v>235</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786256968790</t>
+          <t>9786256103382</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Ekonomisinde Krizler</t>
+          <t>Girişimcilik</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>290</v>
+        <v>210</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786256968943</t>
+          <t>9786256103405</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Yeni Ekonomi ve Toplum</t>
+          <t>Repertuvardan Seçme Örneklerle Dikte Çalışmaları – 1</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>310</v>
+        <v>440</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786256968820</t>
+          <t>9786256103429</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Digital Transformation: Corporate Communication in The Context of Industry 4.0</t>
+          <t>Üretken (Generative) Yapay Zekâ ve Büyük Dil Modelleri (LLM)</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>180</v>
+        <v>390</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786256968776</t>
+          <t>9786256606159</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Kalite Bağlamında Uzaktan Eğitim</t>
+          <t>Jet-Lag</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>290</v>
+        <v>210</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786256968646</t>
+          <t>9786256103498</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Medikal Sektöründe Hata Türleri ve Etkileri Analizi</t>
+          <t>Muş’ta Yaşayan Kuzey Kafkasya Halkları</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786256968660</t>
+          <t>9786256606623</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Türk Romanında Kimlik Problemi 1980-2000</t>
+          <t>Sosyolojinin İmkânlarıyla Türk Sineması ve Türk Romanları Üzerine Değerlendirmeler</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>550</v>
+        <v>380</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786256968837</t>
+          <t>9786257130370</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Yeni Medyanın Toplumsal Yansımaları</t>
+          <t>İlköğretimde Analojiler Kavram Karikatürleri ve Tahmin - Gözlem - Açıklama Teknikleriyle Desteklenmiş Fen ve Teknoloji Eğitiminin Öğrenme Ürünlerine Etkisi</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786256968752</t>
+          <t>9786055863234</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Geç Antik Çağ Ön Asya Kaynaklarında Türkler</t>
+          <t>Bilgisayara Giriş</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>210</v>
+        <v>300</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786256968721</t>
+          <t>9786256103313</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Ulusal Güvenlik Politikasında Tarih, Kültür ve Kimlik</t>
+          <t>Din Sosyolojisinin Tarihsel Serüveni</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>330</v>
+        <v>740</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786258373912</t>
+          <t>9786256103344</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Churchill - İnönü Savaşı: Adana Görüşmeleri (30-31 Ocak 1943)</t>
+          <t>Kutsal Böcek Üçlemesi</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>440</v>
+        <v>325</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786256968738</t>
+          <t>9786256103337</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Şair Taşrada</t>
+          <t>Performans Değerlendirme</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786256968554</t>
+          <t>9786256103269</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Mudurnu Nüfus Defteri-II (1840)</t>
+          <t>The Paleographical Analysis Of The Manichean Script For Middle Iranian And Old Uyghur Texts</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>240</v>
+        <v>390</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786256968547</t>
+          <t>9786256103290</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Mudurnu Nüfus Defteri-I (1840)</t>
+          <t>Tarihî Batı Türkçesi ve Doğu Türkçesinde -sA Biçim Birimi</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>350</v>
+        <v>650</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786256968707</t>
+          <t>9786256103214</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Post Truth Çağda Siyaset</t>
+          <t>PKK Terör Örgütü ve Diyarbakır Anneleri</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>260</v>
+        <v>315</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786256968691</t>
+          <t>9786256103283</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>İmparator I. Aleksios Komnenos Döneminde Bizans-Batı İlişkileri (1081-1118) (Ciltli)</t>
+          <t>Türkçe Öğretiminde Yaratıcı Düşünme Teknikleri</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>240</v>
+        <v>520</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786256968240</t>
+          <t>9786256103191</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Veri Yönetimi</t>
+          <t>Bruno Etienne Sosyolojisinde Müslüman Toplum</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>440</v>
+        <v>455</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786256968462</t>
+          <t>9786257033176</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Siber Ortam ve Suç</t>
+          <t>Sevdâ’î Dîvân</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>340</v>
+        <v>300</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786256968288</t>
+          <t>9786256103252</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’da Türkçe Yazılmış Matbu Kırk Hadisler ve Din Eğitimi Açısından Önemi</t>
+          <t>Osmanlı Konaklarının Yabancı Misafirleri: Mürebbiyeler</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>380</v>
+        <v>260</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786256968639</t>
+          <t>9786256103276</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Medya ve İnsan Hakları</t>
+          <t>Acısu Çayı Havzası’nın Jeomorfolojisi (Zara-İmranlı)</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>330</v>
+        <v>300</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786256968677</t>
+          <t>9786256606920</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Havaalanı Faaliyetleri ve Stratejik Yönetim İle İnsan Faktörü</t>
+          <t>İngiliz Romanından Örneklerle Eleştirel Okumalar</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786256968615</t>
+          <t>9786256103245</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Rus Dilbilimsel Çeviri Kuramı Vilen Komissarov, Eşdeğerlik</t>
+          <t>Edebiyatta Kadin ve Yemek: Metinsel Kesişimler</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>240</v>
+        <v>550</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786256968622</t>
+          <t>9786256103221</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Piyanonun Anatomisi</t>
+          <t>Türk Edebiyatında Milenyum Kuşağı Öykücülüğü</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>160</v>
+        <v>740</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786256968684</t>
+          <t>9786256103153</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Kabil Elçisi Ömer Fahreddin Paşa</t>
+          <t>Tüketici-Marka Etkileşiminde Transmedya Hikâye Anlatıcılığı</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>200</v>
+        <v>520</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786258012569</t>
+          <t>9786256103184</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Güncel Gelişmeler ve Veriler Işığında Uluslararası Ticaret</t>
+          <t>Kolluk İçin Mağdur Psikolojisi</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>180</v>
+        <v>235</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786256968257</t>
+          <t>9786256103238</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Etik Liderlik</t>
+          <t>Kolluk İçin Suç Psikolojisi</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>380</v>
+        <v>210</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786256968653</t>
+          <t>9786256103207</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Devlet Muhasebesi Organizasyonu</t>
+          <t>Networks of Adaptation and Retelling in Irish Fiction</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>340</v>
+        <v>275</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786256968394</t>
+          <t>9786256103160</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Safi Mustafa Efendi’nin Tarihleri</t>
+          <t>Ey Okur! Hikayemiz Burada Tamam Oldu</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>250</v>
+        <v>315</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786256968523</t>
+          <t>9786256103177</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Postmodern Trends in Literature and Arts</t>
+          <t>Jan Svankmajer Sinemasında Gerçeküstücü Tekinsizlik</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>240</v>
+        <v>440</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786256968271</t>
+          <t>9786256103092</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Sağlık, İstihdam, Eğitim - Küresel Sağlık Krizi (COVID-19) OECD Ülkelerinin Uyguladığı Sosyal Politikalar</t>
+          <t>Rus Edebiyatının Aynasında Rusya Cilt 2</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>450</v>
+        <v>440</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786256968349</t>
+          <t>9786256103047</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Erzurum İlinde Coğrafya Araştırmaları</t>
+          <t>Kurmaca Tekniği Bakımından Nazlı Eray’ın Romanları</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>750</v>
+        <v>845</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786256968110</t>
+          <t>9786256103146</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Çukurova Tarihi Araştırmaları - 1</t>
+          <t>İran, Suriye Savaşı ve Hizbullah</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>480</v>
+        <v>365</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786256968431</t>
+          <t>9786256103108</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Writing while Traveling all Around</t>
+          <t>Giritli Ahmed Efendi’nin Fezail-i Kuds-i Şerif’i</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>240</v>
+        <v>260</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786256968561</t>
+          <t>9786256103122</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası İlişkilerde Altıncı Büyük Tartışma - Çoğulcu, Küresel ve Merkezsiz Bir Teorik Yapı Mümkün Mü?</t>
+          <t>Genetik Hastalıklar ve Spor</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786256968059</t>
+          <t>9786256103085</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Sivas İli Zara İlçesi Ağzı</t>
+          <t>8K1K 8 Kalem 1 Kitap</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>370</v>
+        <v>260</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786256968578</t>
+          <t>9786256606364</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Beyin Göçü Politikaları - Tarihsel Derinliğinden Uluslararası Sistemde İtme ve Çekme Bağlamında Etkileri</t>
+          <t>L’aventure Du Roman Turc Sous L’ınfluence Du Roman Françaıs Au Xıxe Sıècle</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>300</v>
+        <v>210</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786256968165</t>
+          <t>9786256606562</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medya ve Algoritmalar</t>
+          <t>Türkiye Cumhuriyeti'nin Yüz Yıllık Kimlik Politikası</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>340</v>
+        <v>260</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786256968585</t>
+          <t>9786256103115</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Soğuk Savaş Döneminde Yugoslavya - Siyaset- Ekonomi- Dış Politika (1945-1990)</t>
+          <t>Yunus Emre'nin Işığında Kahramanın Yolculuğu</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>600</v>
+        <v>300</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786256968332</t>
+          <t>9786256103023</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Yönetiminde Tıbbi Terminoloji</t>
+          <t>Türkiye’nin Jeopolitik Sorunları</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786256968608</t>
+          <t>9786256103061</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>İzmir Belediye Reisi Rauf Onursal - Hayatı, Siyasi Yaşamı ve Yassıada Duruşmaları ve Sonrası</t>
+          <t>Sürdürülebilir Finans Sözlüğü</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>230</v>
+        <v>260</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786256968479</t>
+          <t>9786258373424</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Kredi Tahsisi ve Ticari Kredi Taleplerinin Değerlendirilmesi</t>
+          <t>Recovering Memories And Reconstructıng Realities: Magical Realism And Kazuo Ishiguro’s The Buried Giant</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786256968301</t>
+          <t>9786256103030</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Dijital Çağda Finansal Okuryazarlık ve Mental Muhasebe</t>
+          <t>Sağlık Çalışanlarının Kronizm Algısı Üzerine Etik Liderlik ve Psikolojik Sermaye İlişkileri</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>150</v>
+        <v>275</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786256968370</t>
+          <t>9786256103139</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>17. Yüzyıla Ait İki Dilli (Türkçe-Farsça) Bir Yudit Kitabı (Book Of Judith) Dastan-ı Cudit</t>
+          <t>20. Yüzyıl İspanyol Romanında Yüzyıl Ortası KuşağıKadın Yazarlar ve Eserlerinde İç Savaş Sonrasının İzleri</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>480</v>
+        <v>275</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786256968158</t>
+          <t>9786256103054</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Samsun’da XIX. Yüzyılda Batı Etkili Mimarlık Örnekleri</t>
+          <t>Osmanlı’dan Cumhuriyete Arşiv Belgeleri Işığında Balya Tarihi</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>210</v>
+        <v>845</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786256968233</t>
+          <t>9786256103078</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Spinoza’da İdeoloji Kavramının Kökenleri</t>
+          <t>Nat Pinkerton Asma Köprü Üzerinde Mücadele Açıklamalı Çevrim Yazı</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>290</v>
+        <v>210</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786256968516</t>
+          <t>9786256103009</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Emeğin Dijitalleşmesi: Sosyal Ağın Zorlayıcılığı Üzerine</t>
+          <t>2000 Sonrası Dönemde Türkiye İle Güney Afrika Cumhuriyeti Arasındaki Ekonomik İlişkiler</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>310</v>
+        <v>260</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786256968295</t>
+          <t>9786256606968</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Çalışma Kavramına Sosyolojik Bakış</t>
+          <t>Sredstva Hudojestvennoy Vırazitel'nosti. Tropı</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>280</v>
+        <v>190</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786256968448</t>
+          <t>9786256103016</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>2021 Yılı Türk Sözlü Geleneğinden Derlenen Dini Memoratlar</t>
+          <t>İdeolojiler Bağlamında Ak Parti'nin Sosyal Politika Yaklaşımı ve Uygulamaları</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>310</v>
+        <v>405</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786256968141</t>
+          <t>9786256606890</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Tarihsel Süreçte Muş Yerel Basını ve Yayın Kültürü</t>
+          <t>Diyalojik Halkla İlişkiler Bağlamında Dijital Medyanın Kullanımı</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>370</v>
+        <v>340</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786256968264</t>
+          <t>9786256606982</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Seçilmiş Örneklerle Türkiye’de Yer Değiştiren Yerleşmeler</t>
+          <t>Çapanoğlu İsyanı ve Çerkez Ethem Yağması</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>550</v>
+        <v>260</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786256968356</t>
+          <t>9786256606951</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Risk Yönetimi Çerçevesinde Dağıtım Ağı Operasyonel Risklerinin İncelenmesi</t>
+          <t>Anamın Duası</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>230</v>
+        <v>890</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786256968363</t>
+          <t>9786256606944</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Ortaçağ Anadolu’sunda Sanat ve Sembolizm</t>
+          <t>Modern İş Dünyasının Sessiz Çığlığı: Sessiz İstifa</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>340</v>
+        <v>250</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786256968097</t>
+          <t>9786256606999</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Muhtasar İran Edebiyatı Tarihi ve Tartışmalar / Hüseyin Daniş</t>
+          <t>Günahkar Kalbi</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>260</v>
+        <v>235</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786256968493</t>
+          <t>9786258373851</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>I. Meşrutiyet Döneminde Adapazarı ve Çevresi (1876-1908)</t>
+          <t>Terör Örgütlerinin Finansman Kaynakları ve Yöntemleri</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>500</v>
+        <v>275</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786256968417</t>
+          <t>9786256606913</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Engelsiz Bilişim 2022: Teknoloji Işığında Yaşam</t>
+          <t>Gömlek Ateşten Suyu Şiirden</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>380</v>
+        <v>210</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786256968189</t>
+          <t>9786256894303</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Yabancıların Yabancısı: Türkler</t>
+          <t>Çokuluslu Şirketlerin Küreselleşmesi</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>250</v>
+        <v>365</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786256968530</t>
+          <t>9786256606906</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Sözlü Çeviri ve Teknoloji</t>
+          <t>Mekana Bağlanma ve Mekan Kimliği</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>180</v>
+        <v>235</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786256968202</t>
+          <t>9786256606814</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilimlerde Güncel Araştırmalar</t>
+          <t>Çamlıhemşin İlçesi ve Yakın Çevresinin CBS-AHS Yöntemi İle Ekoturizme Uygun Alanlarının Belirlenmesi</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>310</v>
+        <v>340</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786256968219</t>
+          <t>9786256606869</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilimler Çerçevesinde Bağimsizlik ve Yeniden Kuruluş</t>
+          <t>Özel Yetenekli Öğrenciler İçin Farklılaştırılmış Fen Bilimleri Dersi Öğretim Modülü</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>300</v>
+        <v>325</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786256968400</t>
+          <t>9786256606838</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>İşletmelerde Güncel Etik Yaklaşımlar</t>
+          <t>İzdivaç Muhabereleri</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>250</v>
+        <v>235</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786256968424</t>
+          <t>9786256606807</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>İletişim Perspektifinden Çanakkale’nin Değerleri</t>
+          <t>Uygulamalı Dilbilim - I</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786256968172</t>
+          <t>9786256606883</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Hedef Maliyetleme - Türk İnşaat İşletmelerinde Uygulanabilirliği</t>
+          <t>XVI. Yüzyılda Kepsud Nahiyesi</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>210</v>
+        <v>315</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786256968011</t>
+          <t>9786256606876</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Fazlullah Han Lügati</t>
+          <t>Balkan Harbi’nde Müretteb Dördüncü Kolordu’nun Harekatı</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>690</v>
+        <v>820</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786256968387</t>
+          <t>9786256606852</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Batı Türkçesinde Algı Fiilleri</t>
+          <t>Somut Olmayan Kültürel Miras ve Turizm</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>280</v>
+        <v>650</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786258373936</t>
+          <t>9786256606821</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Yusufeli Barajı’nın Çevresel Etkileri</t>
+          <t>Çeviri Proje Yönetimi</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>440</v>
+        <v>235</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786256968042</t>
+          <t>9786256606784</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Yusuf Sünbül Sinan Kitab-ı Tarikatname</t>
+          <t>Tarihi Türkçe Kur’an Tercümeleri Üzerine Araştırmalar</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>210</v>
+        <v>275</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786256968127</t>
+          <t>9786256606845</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Social Media Its Impact and Its Use</t>
+          <t>Aramızdaki Sınır: Suriyeli Sığınmacı Hikayeleri</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786256968226</t>
+          <t>9786256606791</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Representations of Mythological and Historical Women in Literature</t>
+          <t>Sosyo-Coğrafi Sorun Olarak Kanunla İhtilafa Düşmüş Çocukların Suç Coğrafyası Perspektifiyle İncelenmesi</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786256968066</t>
+          <t>9786256606739</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Öğrenen Destek Hizmetlerinde Kalitenin Ölçümlenmesi</t>
+          <t>Padişah Kadınlar - Osmanlı Sarayında Valide Sultanlar</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786256968004</t>
+          <t>9786256606777</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>İktisadi ve İdari Bilimlerde Güncel Araştırmalar</t>
+          <t>Moderniteyi İslamlaştırma Projesi Fas Örneği</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>340</v>
+        <v>380</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786256968073</t>
+          <t>9786256606760</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Gündem Belirleme Kuramı Çerçevesinde Dijital Medya</t>
+          <t>Yapım İşleri Genel Şartnamesine Göre İnşaat Sözleşme Yönetimi Yüksek Fen Kurulu, Sayıştay, Yargıtay Kararları</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>160</v>
+        <v>455</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786258373844</t>
+          <t>9786256606722</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Dijitalleşme ve Din</t>
+          <t>Anadolu’nun Doğa Tarihi</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>880</v>
+        <v>495</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786258373967</t>
+          <t>9786256606609</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Davranışsal Finans ve Davranışsal Finans Teorisinde Yatırımcı Davranışları</t>
+          <t>Edebiyatımızda Ka‘be-Hicaz-Hac Konulu Türler ve Hacı Ahmed Baba’nın Da‘vet-Namesi</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>160</v>
+        <v>260</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786256968103</t>
+          <t>9786256606746</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Gotik Okumalar</t>
+          <t>Mentoring Program for Professionals to Support Integration of Immigrant Women in the form of Blended-Learning</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>210</v>
+        <v>325</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786256968035</t>
+          <t>9786256606692</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Belge - Oyun</t>
+          <t>Birleşmiş Milletler ve Türkiye'de Sosyal Refah</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>180</v>
+        <v>275</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786256968080</t>
+          <t>9786256606715</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>18. Yüzyılda Osmanlı Taşra Tezgahlarında Kalyon İnşa Organizasyonu</t>
+          <t>Dindarlık İle Demokratik Bilimsel ve Sanatsal Tutum Arasındaki İlişki</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>310</v>
+        <v>420</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786258373974</t>
+          <t>9786256606708</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Türk Romanında Mitik Görünüm</t>
+          <t>Data Based Leadership</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>470</v>
+        <v>300</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786258373868</t>
+          <t>9786256606661</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Benim Gördüğüm Tanpınar</t>
+          <t>Çağdaş Yunan Edebiyatında Halk Türküleri</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>340</v>
+        <v>380</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786258373981</t>
+          <t>9786256894822</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Göçmen Kaçakçılığı ve İnsan Ticareti Suçları</t>
+          <t>II. Abdülhamid Han Devri Önemli Restorasyonları: Şam Emevi Camii ve Selanik Ayasofya Camii</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>250</v>
+        <v>890</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786258373615</t>
+          <t>9786256606654</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Digital Transformation in Banking Industry Financial Security, Audit and Business Perspective</t>
+          <t>Filibe'de Osmanlı Mimari Eserleri</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>180</v>
+        <v>440</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786258373998</t>
+          <t>9786256606548</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Antarktika Siyasetini Şekillendiren Güncel Meseleler</t>
+          <t>Ekonomi-Politik Araştırmalar</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>160</v>
+        <v>315</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786258373943</t>
+          <t>9786256606685</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>A Kristevan Reading Of George Eliot’s Early Novels</t>
+          <t>Dijital Çağda Marka Sadakati</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>200</v>
+        <v>365</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786258373950</t>
+          <t>9786256606593</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Orta Çağ Almanyası’nın Kısa Tarihi</t>
+          <t>Fransızca Dil Bilgisinin Yapı Taşları</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>230</v>
+        <v>275</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786258373929</t>
+          <t>9786256606678</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı Üretim Yürütme Sistemleri</t>
+          <t>Apokalips</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>210</v>
+        <v>315</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786258373837</t>
+          <t>9786055863692</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Türk Ekranından Yansımalar</t>
+          <t>Genetik Laboratuvar Kılavuzu</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>250</v>
+        <v>235</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786258373653</t>
+          <t>9786055863685</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatında Mensur Mi'rac-Nameler ve Musa B. Ahmed Antaki'nin Mensur Mi'rac-Namesi</t>
+          <t>Genel Genetik</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>240</v>
+        <v>455</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786258373905</t>
+          <t>9786054613649</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Türev Piyasalar ve Türev Ürünler</t>
+          <t>E-Ticaret</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>160</v>
+        <v>315</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786258373882</t>
+          <t>9786055863272</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Münafikun Suresi Bağlamında Münafık Karakteri</t>
+          <t>Eğitim Bilimine Giriş</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>160</v>
+        <v>275</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786258373684</t>
+          <t>9786054613540</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Marka Mimarisinde Ulusal ve Global Başarı Hikayeleri</t>
+          <t>Bayburt’un Ünlü Halk Şairleri</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>310</v>
+        <v>260</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786258373608</t>
+          <t>9786055863388</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>İş Dünyasında Endüstri 4.0 Dönüşümü: 'İş'te Robot</t>
+          <t>Atatürk İlkeleri ve İnkılap Tarihi</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>160</v>
+        <v>365</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786258373691</t>
+          <t>9786257130257</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>İktisadi ve İdari Meseleler Üzerine - 2</t>
+          <t>Toplumsal Hareketler ve Sosyal Medya</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>280</v>
+        <v>365</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786258373707</t>
+          <t>9786256606531</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Hukuk, Diplomasi ve Meşruiyet: Kıbrıs</t>
+          <t>Feza’il-i Beytü’l-Mukaddes</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>330</v>
+        <v>975</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786258373813</t>
+          <t>9786256606616</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Global Ekran ve Kültür</t>
+          <t>Tehzîbü’ş-Şiyem Fî-Nazmi’l-Hikem</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>250</v>
+        <v>390</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786258373769</t>
+          <t>9786256606425</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Genetiği Değiştirilmiş Ürünlere Yönelik Tüketici Davranışları</t>
+          <t>Yerel Yönetimlerde Mali Özerklik ve İstanbul İlçe Belediyelerinin 2014-2018 Yılları Gelir Bütçelerinin Mali Özerklik Yönünden Değerlendirilmesi</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>240</v>
+        <v>575</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786258373738</t>
+          <t>9786256606630</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Dijitalleşmeye Sosyal Bakış</t>
+          <t>Güzel Sanatlar Liselerinde Müzik Eğitimi Odaklı Araştırmalar</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>300</v>
+        <v>210</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786258373790</t>
+          <t>9786256606586</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Türabi Divanı</t>
+          <t>Anıt Ağaçlara Coğrafi Bakış</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>1000</v>
+        <v>650</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786257130738</t>
+          <t>9786256606487</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Tanzimat’tan Meşrutiyet’e Gerede</t>
+          <t>Hür Tefekkürün Kalelerinden İbret Gazetesi</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>490</v>
+        <v>890</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786258373899</t>
+          <t>9786256606494</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Beceri Eğitiminin Gençlerin Sosyal Beceri Seviyelerine Etkisi</t>
+          <t>Engelsiz Bilişim 2023 - Engelsiz Dijital Dönüşüm</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>210</v>
+        <v>250</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786258373660</t>
+          <t>9786256606470</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Örgütlerde Eğlence, Mizah ve Oyun</t>
+          <t>The Anxious Self: Existence and Nothingness in Samuel Beckett’s Waiting for Godot, Endgame, and Happy Days</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786258373677</t>
+          <t>9786256606456</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Mitik Bir Topografya Olarak Venedik</t>
+          <t>Prof. Dr. Bayram Durbilmez’e Armağan -55. Yaş Anısına- Cilt I</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>250</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786258373509</t>
+          <t>9786256606500</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>İkna Temelli Halkla İlişkiler</t>
+          <t>Cumhuriyetin 100. Yılına Armağan - Sosyal Bilimler Çerçevesinde Güncel Araştırmalar</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>250</v>
+        <v>975</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786258373554</t>
+          <t>9786256606463</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>İkna Perspektifinden İletişim Çalışmaları</t>
+          <t>Prof. Dr. Bayram Durbilmez'e Armağan -55. Yaş Anısına- Cilt II</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>210</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786258373530</t>
+          <t>9786256606517</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>İkna Odaklı Reklam</t>
+          <t>Sosyal Eleştiri Kuramı Olarak Kesişimsellik ve Afro-Amerikan Kadın Yazını: Irk, Sınıf ve Cinsiyet</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>340</v>
+        <v>380</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786258373806</t>
+          <t>9786256606289</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Hastanelerde Mali Hizmetler</t>
+          <t>Solaklı Çayı Havzası’nın (Trabzon) Uygulamalı Jeomorfolojisi</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>160</v>
+        <v>390</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786258373752</t>
+          <t>9786256606555</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Gazete Yayıncılığında Editoryal Bağımsızlık Problemi</t>
+          <t>Siyasal Kampanyalar Propaganda ve Reklamcılık</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>180</v>
+        <v>315</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786258373622</t>
+          <t>9786256894044</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Dijital Çağda İşkolizm</t>
+          <t>Reklamlarda Yaratıcılık &amp; Temel Yaratıcı Stratejiler</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>160</v>
+        <v>235</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786258373714</t>
+          <t>9786256606401</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Bilimsel Araştırma Projeleri - Ağ Teorisi Perspektifi</t>
+          <t>Gençlerin Sosyal Sapma ve Şiddet Olguları Çerçevesinde Değerlendirilmesi</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>180</v>
+        <v>340</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786258373578</t>
+          <t>9786256606227</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Klasik Türk Şiirinde Yemin</t>
+          <t>Yerel Yönetimlerde Pazarlama Sorunları ve Çözüm</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>260</v>
+        <v>405</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786258373875</t>
+          <t>9786256606326</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Kamu Yönetiminde Güncel Perspektifler</t>
+          <t>Varto Alevileri</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>240</v>
+        <v>520</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786258373783</t>
+          <t>9786256606418</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Genişletilmiş Gerçeklik Teknolojileri ve Güvenlik Uygulamaları</t>
+          <t>Türk Edebiyatında İktidar Mücadelesi (1896-1923)</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>500</v>
+        <v>620</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786258373639</t>
+          <t>9786256606319</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Görsel İletişim Sürecinde Görsel Pedagojik Farkındalık</t>
+          <t>Yapay Zeka ve İletişim</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>450</v>
+        <v>650</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786258373448</t>
+          <t>9786256606371</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Gençlik ve Din</t>
+          <t>Eski Anadolu Türkçesiyle Yazılmış Muhtasar Bir Klasik Kozmos Kitabı</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>570</v>
+        <v>495</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786258373646</t>
+          <t>9786256606357</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Coğrafi Boyutlarıyla Kent ve Kentleşme</t>
+          <t>Diversifying Feminisms in the Literary World</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>690</v>
+        <v>455</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786258373776</t>
+          <t>9786256968134</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Gençlerin Kadınlık ve Erkekliğe İlişkin Çelişik Algı ve Tutumları</t>
+          <t>Türk Edebiyatında Ütopik Romanlar ve Ütopyanın Kurgusu (1980-2005)</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>190</v>
+        <v>315</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786258373745</t>
+          <t>9786256606579</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Ekodrama</t>
+          <t>Menakıb-ı Haseniyye Kastamonulu Hasan Hilmi Efendi’nin Menkıbeleri</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>380</v>
+        <v>325</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786258373721</t>
+          <t>9786256606432</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Bobi Frs’ye Geçiş Süreci ve Bağımsız Denetçiler Üzerine Bir Araştırma</t>
+          <t>Örgüt Yönetiminde Duygular</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>240</v>
+        <v>315</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786258373493</t>
+          <t>9786256606395</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Orta Amerika (Kara Alanı)</t>
+          <t>Tekafül Sigortacılığı: Literatür Araştırması</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>290</v>
+        <v>210</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786258373820</t>
+          <t>9786256894792</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Anaakım Sinemada Siyahi Özne</t>
+          <t>Muslim Woman Representation in Western Literature</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>200</v>
+        <v>210</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786258373547</t>
+          <t>9786256894846</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Şiirin Düş Çınarı Nurettin Durman</t>
+          <t>Makalat-ı İrfan</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>350</v>
+        <v>365</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786258373370</t>
+          <t>9786256606142</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Görsel İletişimde Disiplinlerarası Yaklaşımlar</t>
+          <t>Cumhuriyet Kadınlarının Mesleği Olarak Türk Hikayesinde Daktilo Kızlar</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>690</v>
+        <v>315</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786258373592</t>
+          <t>9786256606302</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Televizyon Dizilerinin Üretiminde Emek Süreci</t>
+          <t>Bolu Folklorunda Maniler</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>280</v>
+        <v>315</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786258373486</t>
+          <t>9786256606241</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Menippean Strategies in Peter Barnes’ Plays</t>
+          <t>Mitolojik Avrupa Sanatında Doğa</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>230</v>
+        <v>235</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786258373585</t>
+          <t>9786256606449</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Kırgız Türklerinin Kadın Bahadırı: Gülgaakı</t>
+          <t>Boğaz Sözcüğünün Monografisi</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>440</v>
+        <v>250</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786258373561</t>
+          <t>9786256606524</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Kendi İşini Kurmak ve Yönetmek - Girişimcilik ve Kobi’ler</t>
+          <t>Suriyeli Sığınmacılar ve Türkiye Gerçeği</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>190</v>
+        <v>260</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786258373516</t>
+          <t>9786256606333</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Üretim Bilişim Sistemleri ve Uygulama Örnekleri</t>
+          <t>Geçmişten Bugüne Türk Yazınında Kadının Temsili - The Representation of Women in Turkish Literature from Past to Present</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>160</v>
+        <v>495</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786258012545</t>
+          <t>9786256606388</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Ücret Payı</t>
+          <t>Ritüelden Dramatiğe Antik Yunan’da Oyuncu Bedeni</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>180</v>
+        <v>520</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9786258373455</t>
+          <t>9786256606340</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Cinsiyet Eşitliği ve Kalkınma</t>
+          <t>Eşitlikçi Olmayan Bir Tutum Olarak Fanatizm</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>210</v>
+        <v>235</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9786258373479</t>
+          <t>9786256606180</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Recueil d'Auteurs et de Textes de la Littérature Française</t>
+          <t>Din Öğretiminde 21. Yüzyıl Becerileri</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>230</v>
+        <v>405</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786258373400</t>
+          <t>9786256606234</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Process Management and Digital Solutions for Enterprises</t>
+          <t>Carson McCullers’ın Yalnız Elleri</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>180</v>
+        <v>195</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786258373462</t>
+          <t>9786256606258</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Mobil Bankacılıkta Hizmet Kalitesi ve Marka Bağımlılığı</t>
+          <t>Bir Başka Açıdan Strateji</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>210</v>
+        <v>455</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9786258373431</t>
+          <t>9786256606197</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>İspanya Çağdaş Dört Yazar Üzerine İnceleme</t>
+          <t>Sinema ve Cinsiyet</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786258373417</t>
+          <t>9786256606265</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Sahillerin Efendisi Aydın Bey</t>
+          <t>İtilaf Güçlerinin İstanbul’daki İşgal Uygulamaları (1918-1923)</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>160</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9786258373363</t>
+          <t>9786256606166</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Şüphecilik Bağlamında Sosyal Ağlar ve Reklam</t>
+          <t>Türk Dili II</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>240</v>
+        <v>340</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786258373387</t>
+          <t>9786256606173</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Refah Devleti ve Yoksulluk Kapsamında İktisat Tarihi</t>
+          <t>Sivas Folkloru Üzerine Yazılar</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>210</v>
+        <v>315</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786258373394</t>
+          <t>9786256606203</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Aile İçi Etkileşimler</t>
+          <t>İstiklal Harbi’nden 21. Yüzyıla Türkiye Cumhuriyeti</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>370</v>
+        <v>650</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9786258373356</t>
+          <t>9786256894884</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Postmodern Çağda Toplumsal Kimlikler</t>
+          <t>Yeni Reklam Yaratıcılığı</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>330</v>
+        <v>300</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9786258373349</t>
+          <t>9786256606210</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Şiddet Sarmalındaki Kadınlar ve Yaşam Algıları</t>
+          <t>Agenda of Translation Studies</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>210</v>
+        <v>405</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9786258373332</t>
+          <t>9786256606036</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Kemalpaşa Dağı’nda Fiziki Coğrafya ve İklim-Ağaç Büyüme İlişkisi Üzerine Araştırmalar</t>
+          <t>Unbelonging in Postcolonial Literature</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>450</v>
+        <v>405</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9786258373295</t>
+          <t>9786256894358</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Çevrimiçi Eğitimde Kalite ve Öğrenen Destek Hizmetleri</t>
+          <t>Türk Edebiyatında İktidar Mücadelesi (1860-1895)</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9786258373325</t>
+          <t>9786256606111</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Ombudsman Teorisi ve Karşılaştırmalı Ülke Uygulamaları</t>
+          <t>1980-1990 Dönemi Türk Siyasal Sürecinde ANAP ve ANAP Seçmen Profili</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>530</v>
+        <v>235</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9786258373301</t>
+          <t>9786256606029</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Yazıları</t>
+          <t>Türkiye Ekonomisinde Teknolojik İlerleme, Bölüşüm ve Kar Oraninin Seyri: 1972-2003</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>350</v>
+        <v>275</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9786258373318</t>
+          <t>9786256606128</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Antik Yunan Eğitiminde Kadın</t>
+          <t>Sürdürülebilirlik Bağlamında Bütünleşik Pazarlama İletişimi</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>480</v>
+        <v>315</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9786258373288</t>
+          <t>9786256606135</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>The Belt and Road Initiative: Transforming Eurasian Space</t>
+          <t>Süleyman Elesgerov’un Tar İçin Daimi Hareket Eseri: Müzikal-Teknik Analiz ve Bağlamaya Uyarlama</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>290</v>
+        <v>235</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9786258373240</t>
+          <t>9786256894952</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Makine Öğrenmesi Tabanlı Kestirimci Bakım</t>
+          <t>Süleyman bin Mustafavi el-Kütahyavi LUGAT-İ KUR’AN</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>210</v>
+        <v>910</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786258373257</t>
+          <t>9786256894563</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Enneagram ve Örgütlerde Demokrasi, Muhalefet, Sessizlik</t>
+          <t>Narsisistik Yansımalar: Reşat Nuri Güntekin'in Romanlarında Aşk, Kimlik, Anadolu</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>280</v>
+        <v>380</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9786258373264</t>
+          <t>9786256606104</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Markalaşalım</t>
+          <t>Kentbilim Öğretileri</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>340</v>
+        <v>845</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9786258373189</t>
+          <t>9786256606067</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Ferdi ve Dîvanı</t>
+          <t>Avrupa Birliği Kuruluşu, Organları ve Ekonomik Boyutu</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9786258373219</t>
+          <t>9786256606050</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Genelleştirilmiş En Küçük Kareler Tahmin Edicisinin Etkinliğine Yönelik Uygulamalar</t>
+          <t>Avrupa Birliği ve Türk Finans Piyasalarının Entegrasyon Süreci</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>160</v>
+        <v>455</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9786258373028</t>
+          <t>9786256894877</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Amik Ovası ve Yakın Çevresinin Jeomorfolojisi</t>
+          <t>Her Yönüyle Akademik Başarı</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>260</v>
+        <v>575</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9786258373141</t>
+          <t>9786256894907</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Ekonomisi ve Bankacılığının Tozlu ve Dumanlı Yılları 1980-2001</t>
+          <t>Georgi Pulevski’nin Makedonca-Arnavutça-Türkçe Sözlüğü</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>190</v>
+        <v>740</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9786258373202</t>
+          <t>9786256894914</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Sicill-i Ahvallerde Aydın Doğumlu Memurlar (1834-1890)</t>
+          <t>Fıtratın İzinde: İslam ve Çevre</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>260</v>
+        <v>275</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9786258373233</t>
+          <t>9786256894976</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Intellectual Property Monopolies in Global</t>
+          <t>Faziletlerin Özü (Nuhbetü’l-Fezail)</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>150</v>
+        <v>275</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9786258373172</t>
+          <t>9786256606043</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’daki Hattate Mezar Taşları</t>
+          <t>Din Eğitiminde Birey ve Ahlak</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>190</v>
+        <v>235</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9786258373158</t>
+          <t>9786256894921</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>İktidar Mücadelesi Temelinde Osmanlı Tarihi</t>
+          <t>Endüstri 4.0, Lojistik 4.0, Yapay Zeka ve Kullanıcı Analitiği Perspektifinde Dijitalleşme</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9786258373165</t>
+          <t>9786256606005</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Hominidlere Genel Bir Bakış</t>
+          <t>Yönetmen Sineması Cilt-II: Çağdaş Türk Sinemasında Öykü Söylem ve Tematik Yapı</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>200</v>
+        <v>650</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9786258373196</t>
+          <t>9786256606081</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Duygular Kitabı</t>
+          <t>Nezaket ve Usul-i Muaşeret</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>240</v>
+        <v>260</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9786258373127</t>
+          <t>9786256894990</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Kalite 4.0</t>
+          <t>Yönetmen Sineması Cilt-I: Klasik Türk Sinemasında Öykü Söylem ve Tematik Yapı</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>200</v>
+        <v>650</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9786258373134</t>
+          <t>9786256606074</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Ben'in Yüzleri</t>
+          <t>Altay Tiyatrosunda Levirat</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>350</v>
+        <v>235</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9786257033336</t>
+          <t>9786256894761</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Anthropology And The Classics</t>
+          <t>Yükseköğretim Kurumlarında Bilişim Teknolojileri Kullanımının Örgüt Performansına Etkileri</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>380</v>
+        <v>390</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9786257033282</t>
+          <t>9786256894778</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Lectures On Russian Literature: Pushkin, Gogol, Turgenef, Tolstoy</t>
+          <t>Tuva Türkçesinde İkileme ve Yinelemeler</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>350</v>
+        <v>495</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9786054613816</t>
+          <t>9786256894808</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Spor Endüstrisinde Markalaşma</t>
+          <t>Patent Odaklı Teknoloji Değerlendirmesi</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>210</v>
+        <v>235</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9786258373103</t>
+          <t>9786256894891</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Political Branding and Youth in the UK</t>
+          <t>Öğretim Elemanlarının Öğretimsel Gelişimi Üzerine Bir Araştırma</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9786258012996</t>
+          <t>9786256606098</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Necdet Sakaoğlu’na Armağan - Sanat Tarihi Yazıları</t>
+          <t>Kulp/Pasur</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>690</v>
+        <v>740</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9786258012941</t>
+          <t>9786256894938</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Dijital Çağın Çocukları</t>
+          <t>Coğrafya ve İnsan</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>260</v>
+        <v>975</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9786258373059</t>
+          <t>9786256894839</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Ayanzade Namık Ekrem’in Manzum ve Manzum-Mensur Eserleri</t>
+          <t>Çağdaş Çocuk Şiirinde Değerler</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>430</v>
+        <v>315</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9786258373110</t>
+          <t>9786256894662</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Aykırı Yazar Lillian Hellman</t>
+          <t>Arkadaşlık Sosyolojisi</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>160</v>
+        <v>560</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9786258373080</t>
+          <t>9786256606012</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Örgütsel Ses Çıkarma Davranışı ve Öncülleri</t>
+          <t>Mecdi Sadreddin Sayman’ın Eserleri Üzerine Bir İnceleme</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9786258373097</t>
+          <t>9786256894983</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Bireysellik Yanılsaması</t>
+          <t>Demokrat Parti Döneminde Devlet Adamlarının Karadeniz Bölgesine Yaptıkları Ziyaretler (1950-1960)</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>250</v>
+        <v>380</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9786258012989</t>
+          <t>9786256894853</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Yetkinlik ve Ödül Sarmalının Motivasyona İz Düşümü</t>
+          <t>İslâmiyet’in Maarife Taallûku ve Nazar-ı Muarizinde Tebyini</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>250</v>
+        <v>560</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9786258012798</t>
+          <t>9786256894754</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>XIII. Yüzyıldan Günümüze Yazılı Metinlerden Tanıklarla Tarihsel ve Çağdaş Türkiye Türkçesinde Sahiplik - Aitlik - Özgülük Kavramlarının İşaretlenmesi</t>
+          <t>Büyükşehir Belediyeleri Yönetiminde Güncel Tartışmalar</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>1100</v>
+        <v>550</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9786258012835</t>
+          <t>9786256894723</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Kuraklık</t>
+          <t>Görsel İletişim Çalışmaları: Tasarım ve Reklam Seçkisi</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>160</v>
+        <v>260</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9786258373035</t>
+          <t>9786256894969</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Rejimler</t>
+          <t>J. G. Ballard</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>160</v>
+        <v>340</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9786258012972</t>
+          <t>9786256894730</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Sicilya’da II. Frıedrich İle Papalık Arasındaki Hâkimiyet Mücadelesi (1194-1268)</t>
+          <t>Kurumsal Sosyal Sorunlar</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>340</v>
+        <v>210</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9786258012965</t>
+          <t>9786256894815</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Nasyonal Sosyalist Dönemde Yaşam ve Alman Yazını</t>
+          <t>Havayolu Operasyonlarında Aksaklık Yönetimi</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>240</v>
+        <v>260</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9786258373004</t>
+          <t>9786256894945</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Modernizm ve İslamcı Politik Felsefenin Eleştirisine Giriş</t>
+          <t>Mısırlı Napolyon</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>230</v>
+        <v>380</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9786258373073</t>
+          <t>9786256894716</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Evanjelik Misyonerlerde Bilişimle Yaygın Din Eğitimi</t>
+          <t>Uluslararası İlişkilerin Yeni Güç Rekabet Sahası: Siber Uzay</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>200</v>
+        <v>550</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9786258012927</t>
+          <t>9786256894556</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Ermeni Okullarında Din Eğitimi</t>
+          <t>Antikçağlardan Ortaçağlara Turan-İran Coğrafyasında Şehir, Kültür ve Medeniyet</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>310</v>
+        <v>575</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9786258373042</t>
+          <t>9786256894709</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Müşteri Kötü Davranışlarının Örgütler ve Çalışanlar Açısından İncelenmesi</t>
+          <t>The Theatrical Gap Dramatıc Persona</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>180</v>
+        <v>340</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9786258373011</t>
+          <t>9786256894785</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>İşletmelerde Yapay Zeka Kullanımı</t>
+          <t>Sosyal Medya Mecralarında Sosyoloji</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>210</v>
+        <v>365</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9786258373066</t>
+          <t>9786256894860</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Haksız Rekabete İlişkin Bilirkişi Raporları ve Uzman Görüşleri (2018-2021)</t>
+          <t>Sultan II. Murat Devri</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>290</v>
+        <v>250</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9786258012903</t>
+          <t>9786256894570</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Dijital Çağda Kariyer Yönetimi</t>
+          <t>Bulanık Mantık (Fuzzy Logic) ve Coğrafi Bilgi Sistemleri ile Yamaç Paraşütü Faaliyetlerine Uygun Alanların Belirlenmesi</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>160</v>
+        <v>495</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9786258012958</t>
+          <t>9786256894655</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Özdeşleşme ve Marka Bağımlılığının Sneaker Markalarına Etkisi</t>
+          <t>Kullanım Kılavuzu-II: İlk Çocukluk (3-6 yaş)</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>190</v>
+        <v>325</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9786258012910</t>
+          <t>9786256894631</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Kalkınma Yönetimi Politiği</t>
+          <t>Aragon Krallığı</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>350</v>
+        <v>440</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9786258012781</t>
+          <t>9786256894495</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Göç Politikaları</t>
+          <t>İhsan Ozanoğlu Divanı</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>440</v>
+        <v>380</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9786258012811</t>
+          <t>9786256894686</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Kamu Kesimi İstihdamında Ücretlerin Vergilendirilmesinde Ayrımcılık</t>
+          <t>Görsel İletişim Çalışmaları: Sinema Seçkisi</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>210</v>
+        <v>340</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9786258012774</t>
+          <t>9786256894679</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>İş Ve Yaşam Dengesi</t>
+          <t>Filmlerin Gölgesinde</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>250</v>
+        <v>235</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9786258012767</t>
+          <t>9786256894693</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Finansal Teknolojilerin Ve Dijital Dönüşümün İş İlanları Üzerine Etkisi</t>
+          <t>İş Güvenliği Bağlamında İş Becerikliliği ve İş Performansı</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>200</v>
+        <v>275</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9786258012712</t>
+          <t>9786256894648</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Döneminde Türkiye Cumhuriyeti-Irak Krallığı Münasebetleri</t>
+          <t>Emeğin Taşeronlaştırılması ve Denetimi</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>160</v>
+        <v>480</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9786258012668</t>
+          <t>9786256894747</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Mikro Direnişler</t>
+          <t>Savaş – Göç – Kadın</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>390</v>
+        <v>405</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9786258012538</t>
+          <t>9786256894617</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>PISA Matematik Okuryazarlığı Testlerinde Madde Yanlılığı Araştırması</t>
+          <t>Rus Edebiyatının Aynasında Rusya</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>180</v>
+        <v>405</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9786258012637</t>
+          <t>9786256894525</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Üniversite Öğrencilerinin Sosyal Baskınlık Yönelimi ve Başka Bazı Değişkenler Açısından Karşılaştırılması</t>
+          <t>Vasiyyeti’l-ʻArifİn Abdurrahmanı’d-darIr</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>150</v>
+        <v>510</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9786258012521</t>
+          <t>9786256894587</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’deki Havayolu İşletmelerinde Performans Ölçme Aracı Olarak Balanced Scorecard Uygulamalarının Değerlendirilmesi</t>
+          <t>Labirent: Yapay Zekâ Bir Deva Mı Yoksa Çıkmaz Mı?</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>200</v>
+        <v>560</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9786258012590</t>
+          <t>9786256894532</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Hoshin Kanri Modeliyle Yönetim Fonksiyonlarının Entegrasyonu</t>
+          <t>İktisat, Maliye ve İşletme Alanında Güncel Çalışmalar</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>240</v>
+        <v>340</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9786258012583</t>
+          <t>9786256894549</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Altıncı Cumhurbaşkanının Seçimi Meselesi</t>
+          <t>Hapishane Edebiyati ve Dünya Edebiyatinda Hapishane Deneyimleri</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9786258012200</t>
+          <t>9786256894518</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Tükenmişlik Sendromu</t>
+          <t>Eskişehir Osmangazi Üniversitesi Yabancı Diller Bölümü İngilizce Hazırlık Programının Değerlendirilmesi ve Bir Model Önerisi</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9786258012163</t>
+          <t>9786256894594</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Reklam Göstergebilimi</t>
+          <t>Action Research in Turkey: A Qualitative Review and an Example</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>350</v>
+        <v>235</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9786258012255</t>
+          <t>9786256894600</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Organizasyonlarda Mobbing ve İlişkili Değişkenler</t>
+          <t>Mehmet Cemil Pekyahşi’nin Vecize Dünyası ve Beşinci Kitap</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>230</v>
+        <v>780</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9786258012064</t>
+          <t>9786256894624</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Toplumundan Süper Akıllı Toplum’a Geçiş</t>
+          <t>Türk Sinemasında Büyü</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>180</v>
+        <v>260</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9786257033435</t>
+          <t>9786256894488</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Essays On Education And Kindred Subjects</t>
+          <t>Ortadoğu'da Şiddet, Medya ve Kimlik</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>500</v>
+        <v>365</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9786257669825</t>
+          <t>9786256894440</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Öğretimi - 1</t>
+          <t>Kurumsal Sosyal İnovasyon</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>300</v>
+        <v>575</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9786257669351</t>
+          <t>9786256894501</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Developing Esp Courses In The Flipped Learning Environment</t>
+          <t>Afrika Örf ve Adet Hukukunda Self-Determinasyon Hakkı</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>180</v>
+        <v>520</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9786257130363</t>
+          <t>9786256894471</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Etkin Öğrenme, Strateji Kullanımı, Matematik Başarısı, Güdü ve Cinsiyet İlişkileri</t>
+          <t>Ardahan İli Ağızları Sözlüğü</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>230</v>
+        <v>480</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9786257669863</t>
+          <t>9786256894457</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Corpus-based Contrastive Analysis of Support Verb Constructions by EFL Learners</t>
+          <t>Çok Derinlikli Otomatik Depolama ve Çekme Sistemlerinde Depo Lokasyon Atama Optimizasyonu</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>210</v>
+        <v>315</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9786257130097</t>
+          <t>9786256894464</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Öğrenme Öğretme Stratejileri</t>
+          <t>Karçal Dağları’nın Buzul Jeomorfolojisi ve 36Cl Kozmojenik Jeokronolojisi</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>180</v>
+        <v>325</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9786257669832</t>
+          <t>9786256894419</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Öğretimi - 2</t>
+          <t>Cin Dağı’nın Periglasyal Jeomorfolojisi</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>280</v>
+        <v>210</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9786257033473</t>
+          <t>9786256894426</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>The Teaching of History</t>
+          <t>Türkçenin Yabancı Dil Olarak Öğretiminde Kalıp Sözlerin Yaratıcı Drama Yöntemi İle Anlatımı</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>340</v>
+        <v>260</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9786257033459</t>
+          <t>9786256894389</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Talks To Teachers On Psychology: And To Students On Some Of Life's Ideals</t>
+          <t>Sabuhi Ahmed Dede</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>380</v>
+        <v>650</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9786257033411</t>
+          <t>9786256894433</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Pedagogics As A System</t>
+          <t>Okul Müdürleri İçin Ders Denetimi Rehberi</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>380</v>
+        <v>420</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9786257669078</t>
+          <t>9786256894402</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Yabancı Dil Olarak Türkçe Öğretiminde Başlangıç Düzeyi Alıştırmalar</t>
+          <t>Çok Partili Dönemde Samsun’da Siyaset ve Ekonomi (1945-1960)</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>160</v>
+        <v>910</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9786257033367</t>
+          <t>9786256894396</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Aristotle And Ancient Educational Ideals</t>
+          <t>Liderlik Davranışı ve Toplumsal Norm İlişkisi</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>380</v>
+        <v>315</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9786257130646</t>
+          <t>9786256894365</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Sanskrit Dili Okuma-Yazma Kitabı</t>
+          <t>Society 5.0 for Gifted Education</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>180</v>
+        <v>275</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9786257033572</t>
+          <t>9786256894105</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Yazma Eğitimi</t>
+          <t>Halit Ziya Uşaklıgil Röportajlar, Konuşmalar, Anketler</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>250</v>
+        <v>440</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9786257033503</t>
+          <t>9786256894341</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Dil Bilgisi Öğretimi</t>
+          <t>Üstün Yetenekliler Eğitimi İçin Toplum 5.0</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>390</v>
+        <v>260</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9786257130776</t>
+          <t>9786256894372</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Genre Analysis Based Pedagogy</t>
+          <t>The Art of Dying Within the Swan Songs</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>190</v>
+        <v>405</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9786257669573</t>
+          <t>9786256968318</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Problems Reflected in the Learning-Teaching Processes in Fine Arts High Schools</t>
+          <t>Gastronomi Turizmi ve Trabzon Potansiyeli</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>180</v>
+        <v>315</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9786257033220</t>
+          <t>9786258373523</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Eğitim 4.0 Ekseninde Türkiye'de İşletme Eğitiminin Dünü Bugünü ve Yarını</t>
+          <t>Erzincan Şehrinin Mekansal Değişimi Tarihi Mimari Örnekleri 1839-1939</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>260</v>
+        <v>235</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9786257033497</t>
+          <t>9786256894327</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>The Elements of General Method</t>
+          <t>Yükseköğretim Kurumlarında Özel Güvenlik Sistemleri</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>380</v>
+        <v>275</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9786257033442</t>
+          <t>9786256894334</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Practical School Discipline</t>
+          <t>Sosyal İnşacılık Perspektifinden Teorik ve Uygulamalı Bilimsel İncelemeler</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>380</v>
+        <v>275</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9786057890795</t>
+          <t>9786256894310</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Eğitimi Öğretmen Adaylarının Ekolojik Ayak İzlerinin ve Çevre Eğitim Puanlarının İncelenmesi</t>
+          <t>Kent ve Sosyal Sermaye</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>160</v>
+        <v>315</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9786257130004</t>
+          <t>9786256894297</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Mirjaqıp Duwlatov’un Türkçe Rusça Sözlüğü: Türk Tili</t>
+          <t>Soğuk Savaş Sonrası Türkiye'nin Balkanlar Üzerindeki Etkisi</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>310</v>
+        <v>275</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9786057890443</t>
+          <t>9786256894228</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Okul Geliştirme Danışmanlığı</t>
+          <t>Görsel Masal Anlatıcısı Çizgi Film ve Animasyonlar</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>240</v>
+        <v>210</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9786257033596</t>
+          <t>9786256894235</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Senglah'ın Tematik Sözlüğü (İsimler)</t>
+          <t>Dijital Çağda Kültürel Miras İletişimi</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>670</v>
+        <v>325</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9786257033633</t>
+          <t>9786256894266</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Etkinlik Örnekleriyle Dijital Vatandaşlık Eğitimi</t>
+          <t>Osmanlı İdaresinde İşkodra Vilayeti (1876-1912)</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>160</v>
+        <v>390</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9786057890818</t>
+          <t>9786256894280</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Sözlü Kültür Bağlamında Mardin Arapça Atasözleri</t>
+          <t>TKP'den Sonra Kadro Dergisinden Önce Şevket Süreyya (1928-1932)</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>820</v>
+        <v>235</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9786258373271</t>
+          <t>9786256894273</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Disiplinlerarası İletişim Çalışmaları</t>
+          <t>Neo-Colonialism in Graham Greene's Fiction</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>250</v>
+        <v>315</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9786258012866</t>
+          <t>9786256894211</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Makineler ve Çeviri: Alpac Raporuna Retrospektif Bir Bakış</t>
+          <t>The Myth of the Female Hand: Forms of Female Power</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>160</v>
+        <v>235</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9786258012880</t>
+          <t>9786256968028</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Örgütlerde Toksik Davranışlar</t>
+          <t>Önceki Öğrenmenin Tanınması</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>440</v>
+        <v>260</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9786258012828</t>
+          <t>9786256968455</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Hukuk Bağlamında İnsanlığın Ortak Mirası: Antarktik Doğal Kaynaklarının Küresel Yönetimi Örneği</t>
+          <t>Spencer Kagan'ın İşbirlikli Öğrenme Yapıları</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9786258012873</t>
+          <t>9786258012804</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>Din Eğitimi Açısından Kurana Göre İtaat Kavramının Olgusal Analizi</t>
+          <t>Beden İmgesi Esnekliğini Geliştirmeye Yönelik Grup Psikoeğitimi</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>480</v>
+        <v>195</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9786258012842</t>
+          <t>9786052228456</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Göç, Kültürleşme ve Entegrasyon Suriyeliler Ne Kadar Uyum Sağladı?</t>
+          <t>Köy Enstitülerinde Mesleki Teknik Eğitim (1940-1954)</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>190</v>
+        <v>340</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9786258012897</t>
+          <t>9786052228883</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Günümüze Amerika Birleşik Devletlerinin Ortadoğu Politikaları</t>
+          <t>Etkinlik Temelli Türkçe Öğretimi</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>160</v>
+        <v>390</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9786258012859</t>
+          <t>9786052228999</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>Yeni Medyada Yanlış Bilgi: Komplo Teorileri ve Bilimin İnkarı</t>
+          <t>Moral Principles In Education</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>260</v>
+        <v>380</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9786258012385</t>
+          <t>9786057890290</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>Türk Modernleşmesinin İdeolojik Analizi</t>
+          <t>Yapılandırmacı Yaklaşımda Kullanılan Bir Yöntem: Bağlaşık Öğretim</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>180</v>
+        <v>195</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9786258012750</t>
+          <t>9786059336710</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Portföy Yönetimi</t>
+          <t>Eğitimcilerde Tükenmişlik Sendromu ve Kurumsal Bağlılık</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>160</v>
+        <v>235</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9786258012613</t>
+          <t>9786052228272</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devleti Dış Borçlarının Ağ Analizi</t>
+          <t>Orta Anadolu Volkanikleri Üzerinde Drenajın Gelişimi</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>240</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9786258012743</t>
+          <t>9786059336482</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Popüler Tarihi Romanlarda İstanbul (1871-1986)</t>
+          <t>Sunzi Bingfa'nın İngilizce ve Türkçe Çevirileri</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>440</v>
+        <v>550</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9786258012644</t>
+          <t>9786052228142</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Dar Mükellef Kurumların Vergilendirilmesi</t>
+          <t>İtalyanca Deyimler Öğretim ve Çeviri</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>370</v>
+        <v>200</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9786258012736</t>
+          <t>9786059336628</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>Medikal Turizm ve Ekonomik Yönü</t>
+          <t>Planlı Değişim Sürecinin Okulların Geliştirilmesinde Kullanılması</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>290</v>
+        <v>275</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9786258012682</t>
+          <t>9786256894198</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Faaliyet Gösteren Sivil Toplum Kuruluşlarında İtibar</t>
+          <t>Sosyal Sorumluluğu Bakışlardan Anlamak</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>230</v>
+        <v>635</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9786258012699</t>
+          <t>9786256894204</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’deki Medya Okuryazarlığı Eğitimi İçin Bir Uygulama Önerisi</t>
+          <t>Gelibolu Vilayeti 1923-1926</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>280</v>
+        <v>365</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9786258012675</t>
+          <t>9786256894242</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Marmara Bölgesi’ndeki İllerin Daha İyi Yaşam Endekslerinin Tüik 2015 Verileri Kullanılarak Veri Zarflama Analizi Ve Güvenli Bölge Yaklaşımları İle Ölçülmesi</t>
+          <t>Rus Siyasal Modernleşmesi (19. ve 20. Yüzyıllar)</t>
         </is>
       </c>
       <c r="C615" s="1">
-        <v>200</v>
+        <v>235</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9786258012705</t>
+          <t>9786256894167</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>Tüketim Kültürü Bağlamında Televizyonda Realite Şov Programları</t>
+          <t>Vecizeler</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>250</v>
+        <v>495</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9786258012460</t>
+          <t>9786256894099</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Algoritma Test Programları</t>
+          <t>Development of Corporate Governance in Turkey by Sectors</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>190</v>
+        <v>315</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9786258012651</t>
+          <t>9786256894082</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Murathan Mungan - Bir Kültürel Okuma Denemesi</t>
+          <t>Davranışsal Maliye Yaklaşımları İle Vergi Uyumunun Artırılması</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9786258012620</t>
+          <t>9786256894174</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Sinemasal Kadınlar</t>
+          <t>Çok Gün Çok Gece Önce ve Asırlar Sonra Ahmet Kaçar</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>210</v>
+        <v>260</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9786258012132</t>
+          <t>9786256894181</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>Değişim Yönetiminin Başarı Unsurları</t>
+          <t>Bilgi ve Teknoloji Sürecinde Muhasebe Sistemi</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>150</v>
+        <v>405</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9786258012576</t>
+          <t>9786256894143</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Stratejik Birleşme ve Satın Almalar</t>
+          <t>Engelli Bireylerin İş Hayatındaki Motivasyonu</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>300</v>
+        <v>235</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9786258012231</t>
+          <t>9786256894136</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>Satış Geliştirme Araçlarına Yönelik Tüketici Segmentlerinin Örtük Sınıf Analizi İle Belirlenmesi</t>
+          <t>Gastronominin Disiplinlerarası Yolculuğu</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>240</v>
+        <v>325</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9786258012514</t>
+          <t>9786256894150</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>Doğal</t>
+          <t>Machine Learning Applications in Operations Management</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9786258012484</t>
+          <t>9786256894129</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>Bitlis İlinin Arazi Örtüsünün Belirlenmesi Kullanımı ve Planlamasına Yönelik Öneriler (Ciltli)</t>
+          <t>Eğitimsel Büyük Veri ve İşlevleri</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>210</v>
+        <v>420</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9786258012330</t>
+          <t>9786256894068</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>Mecmua-i Nezair</t>
+          <t>Bazı Felsefe Problemleri</t>
         </is>
       </c>
       <c r="C625" s="1">
-        <v>420</v>
+        <v>325</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9786258012453</t>
+          <t>9786256894075</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>The Effects of Interaction Design in Mobile Publishing</t>
+          <t>Sosyal Hizmet Kavram ve Uygulamalar</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>190</v>
+        <v>420</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9786258012422</t>
+          <t>9786256894037</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Engelsiz Bilişim 2021</t>
+          <t>Medya ve Çocuk</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>290</v>
+        <v>325</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9786258012354</t>
+          <t>9786256894051</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Medya ve İletişim Çalışmaları</t>
+          <t>Firdevsi-yi Rumi Süleymân-name-yi Kebir</t>
         </is>
       </c>
       <c r="C628" s="1">
-        <v>290</v>
+        <v>820</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9786258012491</t>
+          <t>9786256894006</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>İş Yaşamında Yalnızlık ve Kariyer Gelişimi</t>
+          <t>Karakter Ve Mekân Tarımında Doku</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>160</v>
+        <v>455</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9786258012477</t>
+          <t>9786256894112</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>II. Dünya Savaşı Yıllarında Batı Anadolu Kent Ve Taşrasında Sosyo Ekonomik Yaşam</t>
+          <t>Kent ve Kadın</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9786258012446</t>
+          <t>9786258012729</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>International Security And Terrorism</t>
+          <t>Türkçeden İngilizceye Çeviri Kitabı</t>
         </is>
       </c>
       <c r="C631" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9786258012507</t>
+          <t>9786256894020</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>Home In Western Literature</t>
+          <t>1 Mart 2003 Başbakanlık Tezkeresi’nin Reddedilme Nedenleri</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>490</v>
+        <v>210</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9786258012408</t>
+          <t>9786256968998</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Geleneksel Yayıncılıktan Dijital Yayıncılığa “Televizyon Mecrası”</t>
+          <t>Nuru’l-İslam</t>
         </is>
       </c>
       <c r="C633" s="1">
-        <v>300</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9786258012439</t>
+          <t>9786256968974</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>Eğlendirerek Değer Edindiren İzlence: Çizgi Filmler</t>
+          <t>Kazak Türkçesinde Ölçü</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>210</v>
+        <v>495</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9786258012378</t>
+          <t>9786256894013</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>Dijital Ortamda Marka İletişiminde Fayda - Zarar Ekseni: Vaka Analizleri</t>
+          <t>Eğitimde Başarıyı Etkileyen Faktörler</t>
         </is>
       </c>
       <c r="C635" s="1">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9786258012392</t>
+          <t>9786256968967</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>Bulanık Mantık ve Sigorta Şirketlerinin Performansı Üzerine Bir Araştırma</t>
+          <t>Urmiye Müzesi’nde Bulunan İslam Dönemine Ait Bir Grup Sırlı Seramik</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>150</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9786258012347</t>
+          <t>9786256968714</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>Yönetim ve Medya Alanında Seçme Konular</t>
+          <t>Barok'ta Dans Müziği 1</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>180</v>
+        <v>315</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9786258012309</t>
+          <t>9786256968875</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>Yeni Medya ve Sanal Diplomasi</t>
+          <t>Turizmciler İçin Japonca 1 - Turist Rehberleri İçin</t>
         </is>
       </c>
       <c r="C638" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9786258012286</t>
+          <t>9786256968592</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>Women’s Worlds Via Women’s Words</t>
+          <t>Kissa-i Musa</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>250</v>
+        <v>390</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9786258012316</t>
+          <t>9786256968769</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilimler Perspektifinden Salgın Hastalıklar ve Toplumsal Dönüşüm</t>
+          <t>Barok'ta Dans Müziği 2</t>
         </is>
       </c>
       <c r="C640" s="1">
-        <v>400</v>
+        <v>275</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9786258012361</t>
+          <t>9786256968783</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>Joyce’un Çeviri Portresi</t>
+          <t>İnteraktif Eşlikli Solfej - 1</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>200</v>
+        <v>365</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9786258012279</t>
+          <t>9786256968868</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>İç Anadolu Bölgesi’nde Tarımsal Üretim ve Planlama</t>
+          <t>Tedarik Zincirinde İş Birlikçi Tahminleme</t>
         </is>
       </c>
       <c r="C642" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9786258012323</t>
+          <t>9786256968929</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>İsyan</t>
+          <t>Divan Şiirinde Hamamdaki Sevgilinin Estetik ve Edebi Serüveni</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>190</v>
+        <v>340</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9786258012248</t>
+          <t>9786256968851</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>Qualitat: Als ein Instrument der Produktpolitik in der Automobilindustrie</t>
+          <t>Anlatının Söylemi: Saatleri Ayarlama Enstitüsü’nün Anlatıbilimsel İncelemesi</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>180</v>
+        <v>325</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9786258012224</t>
+          <t>9786256968806</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>Yarına Kalan</t>
+          <t>Runik Harfli Metinlerde Eşdizimlilik</t>
         </is>
       </c>
       <c r="C645" s="1">
-        <v>310</v>
+        <v>250</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9786258012293</t>
+          <t>9786256968905</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>Coğrafi Perspektifle Dağ Ve Dağlık Alanlar 2</t>
+          <t>Mondros</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>420</v>
+        <v>325</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9786258012262</t>
+          <t>9786256968745</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Hititlerde Tekerlekli Arabalar</t>
+          <t>Geçmişten Günümüze İstanbul Mutfağına Etki Eden Rum ve Ermeni Mutfağı ve Diğer Etnik Kültürler</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>200</v>
+        <v>210</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9786258012170</t>
+          <t>9786256968950</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarda Motor Gelişim</t>
+          <t>Kadınların Kimlik Arayışı</t>
         </is>
       </c>
       <c r="C648" s="1">
-        <v>210</v>
+        <v>250</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9786258012194</t>
+          <t>9786256968912</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal Sosyal Sorumluluk Ve İtibar Yönetimi</t>
+          <t>Bulanık TOPSIS Yöntemiyle Tedarikçi Seçimi</t>
         </is>
       </c>
       <c r="C649" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9786258012217</t>
+          <t>9786256968882</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>Vedat Türkali</t>
+          <t>Cumhuriyet Döneminde Malazgirt (1923-1960)</t>
         </is>
       </c>
       <c r="C650" s="1">
-        <v>350</v>
+        <v>275</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9786258012156</t>
+          <t>9786256968813</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Selçuklu Çağı Anadolu Türk Mimarisinde Kadının Rolü</t>
+          <t>Cumhuriyetin 100. Yılında Balıkesir Armağanı</t>
         </is>
       </c>
       <c r="C651" s="1">
-        <v>450</v>
+        <v>575</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9786258012187</t>
+          <t>9786256968936</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>Kütükten Düşülen Türkmenler</t>
+          <t>Dünyada ve Türkiye’de Bağımsız Denetimin ve Muhasebe Mevzuatının Gelişimi</t>
         </is>
       </c>
       <c r="C652" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9786258012149</t>
+          <t>9786256968899</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>Engelli Çocuk Sahibi Kadınlar Ve Sosyal Politika</t>
+          <t>İmalat İşletmelerinde Altı Sigma Uygulamaları</t>
         </is>
       </c>
       <c r="C653" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9786258012095</t>
+          <t>9786256968981</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>Visions Of Dystopia - A Portrait Of Twentieth Century</t>
+          <t>İmgenin Yolculuğu</t>
         </is>
       </c>
       <c r="C654" s="1">
-        <v>370</v>
+        <v>325</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9786258012125</t>
+          <t>9786256968844</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>Ulusal Basında Kıbrıs Sorunu</t>
+          <t>Sinemada Irk Ayrımcılığı Tartışmaları</t>
         </is>
       </c>
       <c r="C655" s="1">
-        <v>550</v>
+        <v>365</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9786258012088</t>
+          <t>9786256968790</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>İşçi ve Sinema</t>
+          <t>Türkiye Ekonomisinde Krizler</t>
         </is>
       </c>
       <c r="C656" s="1">
-        <v>450</v>
+        <v>380</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9786258012118</t>
+          <t>9786256968943</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>Dijital Çağda Z Kuşağı Gerçekleri</t>
+          <t>Yeni Ekonomi ve Toplum</t>
         </is>
       </c>
       <c r="C657" s="1">
-        <v>590</v>
+        <v>405</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9786258012040</t>
+          <t>9786256968820</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>Aydın’da Fetih ve Horasan Erenleri</t>
+          <t>Digital Transformation: Corporate Communication in The Context of Industry 4.0</t>
         </is>
       </c>
       <c r="C658" s="1">
-        <v>160</v>
+        <v>235</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9786258012101</t>
+          <t>9786256968776</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>2000 Sonrası Türkiye’nin Ulusal ve Uluslararası Güvenliğine Yönelik Tehditlerin Oluşum Analizi</t>
+          <t>Kalite Bağlamında Uzaktan Eğitim</t>
         </is>
       </c>
       <c r="C659" s="1">
-        <v>340</v>
+        <v>380</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9786258012057</t>
+          <t>9786256968646</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>Shakespearean State of Rivalry between Hobbes and Girard</t>
+          <t>Medikal Sektöründe Hata Türleri ve Etkileri Analizi</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>240</v>
+        <v>235</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9786258012071</t>
+          <t>9786256968660</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>A Buying Behaviour Framework for Small Businesses</t>
+          <t>Türk Romanında Kimlik Problemi 1980-2000</t>
         </is>
       </c>
       <c r="C661" s="1">
-        <v>290</v>
+        <v>715</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9786258012033</t>
+          <t>9786256968837</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği Güvenlik Politikalarında Terörizm İle Mücadelenin Yeri</t>
+          <t>Yeni Medyanın Toplumsal Yansımaları</t>
         </is>
       </c>
       <c r="C662" s="1">
-        <v>160</v>
+        <v>520</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9786257669061</t>
+          <t>9786256968752</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>Kars Halk Kültüründe Geçiş Dönemleri</t>
+          <t>Geç Antik Çağ Ön Asya Kaynaklarında Türkler</t>
         </is>
       </c>
       <c r="C663" s="1">
-        <v>240</v>
+        <v>275</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9786257669955</t>
+          <t>9786256968721</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>Amerika Birleşik Devletleri'nde Basın ve İfade Özgürlüğü</t>
+          <t>Türkiye’nin Ulusal Güvenlik Politikasında Tarih, Kültür ve Kimlik</t>
         </is>
       </c>
       <c r="C664" s="1">
-        <v>160</v>
+        <v>420</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9786257669887</t>
+          <t>9786258373912</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>Güncel  Yaklaşımlarla Kalite ve Kalite Yönetimi Sistemleri</t>
+          <t>Churchill - İnönü Savaşı: Adana Görüşmeleri (30-31 Ocak 1943)</t>
         </is>
       </c>
       <c r="C665" s="1">
-        <v>240</v>
+        <v>575</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>9786258012019</t>
+          <t>9786256968738</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>Hakikatin Peşinde</t>
+          <t>Şair Taşrada</t>
         </is>
       </c>
       <c r="C666" s="1">
-        <v>290</v>
+        <v>235</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>9786257669962</t>
+          <t>9786256968554</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadele Dönemi’nde Bitlis</t>
+          <t>Mudurnu Nüfus Defteri-II (1840)</t>
         </is>
       </c>
       <c r="C667" s="1">
-        <v>390</v>
+        <v>240</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>9786258012026</t>
+          <t>9786256968547</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>“Sorularla” Çocuk Psikolojisi</t>
+          <t>Mudurnu Nüfus Defteri-I (1840)</t>
         </is>
       </c>
       <c r="C668" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>9786257669993</t>
+          <t>9786256968707</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>Coğrafyanın Kısa Tarihi</t>
+          <t>Post Truth Çağda Siyaset</t>
         </is>
       </c>
       <c r="C669" s="1">
-        <v>180</v>
+        <v>340</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9786257669894</t>
+          <t>9786256968691</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>Depresyon ve Etkili Psikoterapi Yöntemleri</t>
+          <t>İmparator I. Aleksios Komnenos Döneminde Bizans-Batı İlişkileri (1081-1118) (Ciltli)</t>
         </is>
       </c>
       <c r="C670" s="1">
-        <v>200</v>
+        <v>315</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>9786257669931</t>
+          <t>9786256968240</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>Yassıada’da Yargılanan Artvin Milletvekilleri</t>
+          <t>Veri Yönetimi</t>
         </is>
       </c>
       <c r="C671" s="1">
-        <v>380</v>
+        <v>575</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>9786257669870</t>
+          <t>9786256968462</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>Türkçenin Minimalist Dilbilgisi</t>
+          <t>Siber Ortam ve Suç</t>
         </is>
       </c>
       <c r="C672" s="1">
-        <v>300</v>
+        <v>440</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>9786258012002</t>
+          <t>9786256968288</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>Pravda Gazetesinde Kore Savaşı</t>
+          <t>Osmanlı’da Türkçe Yazılmış Matbu Kırk Hadisler ve Din Eğitimi Açısından Önemi</t>
         </is>
       </c>
       <c r="C673" s="1">
-        <v>230</v>
+        <v>495</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>9786257669917</t>
+          <t>9786256968639</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>Medya-İktidar- Demokrasi Sansür ve Otosansür</t>
+          <t>Medya ve İnsan Hakları</t>
         </is>
       </c>
       <c r="C674" s="1">
-        <v>230</v>
+        <v>420</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9786257669948</t>
+          <t>9786256968677</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>Habsburg Serhaddindeki Osmanlı Garnizonlarının Finansmanı</t>
+          <t>Havaalanı Faaliyetleri ve Stratejik Yönetim İle İnsan Faktörü</t>
         </is>
       </c>
       <c r="C675" s="1">
-        <v>200</v>
+        <v>235</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>9786257669801</t>
+          <t>9786256968615</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>Bilişsel Çeviribilime Doğru</t>
+          <t>Rus Dilbilimsel Çeviri Kuramı Vilen Komissarov, Eşdeğerlik</t>
         </is>
       </c>
       <c r="C676" s="1">
-        <v>470</v>
+        <v>315</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>9786257669818</t>
+          <t>9786256968622</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyılda Tedarik Zinciri Yönetimi</t>
+          <t>Piyanonun Anatomisi</t>
         </is>
       </c>
       <c r="C677" s="1">
-        <v>380</v>
+        <v>210</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9786257669900</t>
+          <t>9786256968684</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>Yeni Televizyon Teknolojileri ve Değişen Habercilik</t>
+          <t>Kabil Elçisi Ömer Fahreddin Paşa</t>
         </is>
       </c>
       <c r="C678" s="1">
-        <v>210</v>
+        <v>260</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>9786257669924</t>
+          <t>9786258012569</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>Lojistik Merkez Olarak İstanbul’un Hava Ulaşımındaki Yeri</t>
+          <t>Güncel Gelişmeler ve Veriler Işığında Uluslararası Ticaret</t>
         </is>
       </c>
       <c r="C679" s="1">
-        <v>210</v>
+        <v>235</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>9786257669849</t>
+          <t>9786256968257</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Büyükşehirlerinde Kentleşme</t>
+          <t>Etik Liderlik</t>
         </is>
       </c>
       <c r="C680" s="1">
-        <v>180</v>
+        <v>495</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9786257669986</t>
+          <t>9786256968653</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>Memluk Devleti'nde Merkeziyetçi Yapının Oluşumu (1250-1341)</t>
+          <t>Devlet Muhasebesi Organizasyonu</t>
         </is>
       </c>
       <c r="C681" s="1">
-        <v>380</v>
+        <v>440</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>9786257669979</t>
+          <t>9786256968394</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>Borçlanma, Büyüme ve Krizler</t>
+          <t>Safi Mustafa Efendi’nin Tarihleri</t>
         </is>
       </c>
       <c r="C682" s="1">
-        <v>180</v>
+        <v>325</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>9786257669856</t>
+          <t>9786256968523</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>Tanzimat Dönemi Nüfus Sayımlarında Karacasu Kazası</t>
+          <t>Postmodern Trends in Literature and Arts</t>
         </is>
       </c>
       <c r="C683" s="1">
-        <v>340</v>
+        <v>315</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>9786257669771</t>
+          <t>9786256968271</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>Ekolojik Kriz</t>
+          <t>Sağlık, İstihdam, Eğitim - Küresel Sağlık Krizi (COVID-19) OECD Ülkelerinin Uyguladığı Sosyal Politikalar</t>
         </is>
       </c>
       <c r="C684" s="1">
-        <v>260</v>
+        <v>585</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>9786257669795</t>
+          <t>9786256968349</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>Düğün Dernek - Sivas’ta Evlenme Gelenekleri</t>
+          <t>Erzurum İlinde Coğrafya Araştırmaları</t>
         </is>
       </c>
       <c r="C685" s="1">
-        <v>540</v>
+        <v>975</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>9786257669788</t>
+          <t>9786256968110</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>Bolu Folklorunda Doğum Geleneği</t>
+          <t>Çukurova Tarihi Araştırmaları - 1</t>
         </is>
       </c>
       <c r="C686" s="1">
-        <v>230</v>
+        <v>620</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>9786257669757</t>
+          <t>9786256968431</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Kurumlarında Muhasebe Etiği</t>
+          <t>Writing while Traveling all Around</t>
         </is>
       </c>
       <c r="C687" s="1">
-        <v>180</v>
+        <v>315</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>9786257669719</t>
+          <t>9786256968561</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>1927-1964 Radyo Yayıncılığına Hayat Verenler</t>
+          <t>Uluslararası İlişkilerde Altıncı Büyük Tartışma - Çoğulcu, Küresel ve Merkezsiz Bir Teorik Yapı Mümkün Mü?</t>
         </is>
       </c>
       <c r="C688" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>9786257669733</t>
+          <t>9786256968059</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>Ödüllü Yönetmenlerle Kısa Film ve Belgesel Üzerine Söyleşiler</t>
+          <t>Sivas İli Zara İlçesi Ağzı</t>
         </is>
       </c>
       <c r="C689" s="1">
-        <v>200</v>
+        <v>480</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>9786257669726</t>
+          <t>9786256968578</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>Kuva-yı Milliyeci Bir Belediye Başkanı: Keçeci Zade Hafız Mehmet Emin Bey</t>
+          <t>Türkiye’nin Beyin Göçü Politikaları - Tarihsel Derinliğinden Uluslararası Sistemde İtme ve Çekme Bağlamında Etkileri</t>
         </is>
       </c>
       <c r="C690" s="1">
-        <v>250</v>
+        <v>390</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>9786257669702</t>
+          <t>9786256968165</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medyada Adalet Arayışı</t>
+          <t>Sosyal Medya ve Algoritmalar</t>
         </is>
       </c>
       <c r="C691" s="1">
-        <v>250</v>
+        <v>440</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>9786257669634</t>
+          <t>9786256968585</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>Pandemide Dijital Nefret Söylemi: Çin Virüsü</t>
+          <t>Soğuk Savaş Döneminde Yugoslavya - Siyaset- Ekonomi- Dış Politika (1945-1990)</t>
         </is>
       </c>
       <c r="C692" s="1">
-        <v>350</v>
+        <v>780</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t>9786257669696</t>
+          <t>9786256968332</t>
         </is>
       </c>
       <c r="B693" s="1" t="inlineStr">
         <is>
-          <t>Dijital Dönüşüm Çağında Meslekler ve Mesleki Yetkinlik Beklentileri</t>
+          <t>Sağlık Yönetiminde Tıbbi Terminoloji</t>
         </is>
       </c>
       <c r="C693" s="1">
-        <v>570</v>
+        <v>235</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="1" t="inlineStr">
         <is>
-          <t>9786257669566</t>
+          <t>9786256968608</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t>New Topics in Organizational Behavior</t>
+          <t>İzmir Belediye Reisi Rauf Onursal - Hayatı, Siyasi Yaşamı ve Yassıada Duruşmaları ve Sonrası</t>
         </is>
       </c>
       <c r="C694" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t>9786257669689</t>
+          <t>9786256968479</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
-          <t>Fasih Ahmed Dede Divanı Bağlamlı Dizin ve İşlevsel Sözlüğü</t>
+          <t>Kredi Tahsisi ve Ticari Kredi Taleplerinin Değerlendirilmesi</t>
         </is>
       </c>
       <c r="C695" s="1">
-        <v>250</v>
+        <v>235</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t>9786257669665</t>
+          <t>9786256968301</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t>Fasih Ahmed Dede Hayatı, Eserleri ve Edebi Şahsiyeti</t>
+          <t>Dijital Çağda Finansal Okuryazarlık ve Mental Muhasebe</t>
         </is>
       </c>
       <c r="C696" s="1">
-        <v>150</v>
+        <v>195</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t>9786257669672</t>
+          <t>9786256968370</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t>Süleyman Hüsnü Paşa Mebani’l-İnşa (Cild-i Sani)</t>
+          <t>17. Yüzyıla Ait İki Dilli (Türkçe-Farsça) Bir Yudit Kitabı (Book Of Judith) Dastan-ı Cudit</t>
         </is>
       </c>
       <c r="C697" s="1">
-        <v>180</v>
+        <v>620</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t>9786052228913</t>
+          <t>9786256968158</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t>Sevda’i Leyla ile Mecnun [Kıssa-i Leyli Birle Mecnun]</t>
+          <t>Samsun’da XIX. Yüzyılda Batı Etkili Mimarlık Örnekleri</t>
         </is>
       </c>
       <c r="C698" s="1">
-        <v>290</v>
+        <v>275</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t>9786257669641</t>
+          <t>9786256968233</t>
         </is>
       </c>
       <c r="B699" s="1" t="inlineStr">
         <is>
-          <t>Ruh Sağlığı Çalışanlarında Duygusal Emek, Psikolojik İyi Oluş ve Psikolojik Sermaye</t>
+          <t>Spinoza’da İdeoloji Kavramının Kökenleri</t>
         </is>
       </c>
       <c r="C699" s="1">
-        <v>230</v>
+        <v>380</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="1" t="inlineStr">
         <is>
-          <t>9786257669658</t>
+          <t>9786256968516</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t>Reklamda Kaynak ve Kanal Olarak Sosyal Medya Fenomenleri</t>
+          <t>Emeğin Dijitalleşmesi: Sosyal Ağın Zorlayıcılığı Üzerine</t>
         </is>
       </c>
       <c r="C700" s="1">
-        <v>260</v>
+        <v>405</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t>9786257669627</t>
+          <t>9786256968295</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
-          <t>Mert Irmağı Havzası’nda (Samsun) Doğal Afet Risklerinin Analizi</t>
+          <t>Çalışma Kavramına Sosyolojik Bakış</t>
         </is>
       </c>
       <c r="C701" s="1">
-        <v>570</v>
+        <v>365</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t>9786257669610</t>
+          <t>9786256968448</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşme ve Medya İlişkisi</t>
+          <t>2021 Yılı Türk Sözlü Geleneğinden Derlenen Dini Memoratlar</t>
         </is>
       </c>
       <c r="C702" s="1">
-        <v>210</v>
+        <v>405</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="1" t="inlineStr">
         <is>
-          <t>9786257669528</t>
+          <t>9786256968141</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
-          <t>Kültürel Çalışmalar Perspektifinden Toplumsal Cinsiyetin Alımlanması</t>
+          <t>Tarihsel Süreçte Muş Yerel Basını ve Yayın Kültürü</t>
         </is>
       </c>
       <c r="C703" s="1">
-        <v>350</v>
+        <v>480</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="1" t="inlineStr">
         <is>
-          <t>9786257669122</t>
+          <t>9786256968264</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
-          <t>Sahih-i Buhari Hadisleri Işığında İyi İnsan Olmak</t>
+          <t>Seçilmiş Örneklerle Türkiye’de Yer Değiştiren Yerleşmeler</t>
         </is>
       </c>
       <c r="C704" s="1">
-        <v>300</v>
+        <v>715</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t>9786257669603</t>
+          <t>9786256968356</t>
         </is>
       </c>
       <c r="B705" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Pandemiye Türkiye'de Kadın ve Eğitim</t>
+          <t>Risk Yönetimi Çerçevesinde Dağıtım Ağı Operasyonel Risklerinin İncelenmesi</t>
         </is>
       </c>
       <c r="C705" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t>9786257669580</t>
+          <t>9786256968363</t>
         </is>
       </c>
       <c r="B706" s="1" t="inlineStr">
         <is>
-          <t>Relational Economic Growth Analysis: Complementarity and Substitution</t>
+          <t>Ortaçağ Anadolu’sunda Sanat ve Sembolizm</t>
         </is>
       </c>
       <c r="C706" s="1">
-        <v>200</v>
+        <v>440</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t>9786257669498</t>
+          <t>9786256968097</t>
         </is>
       </c>
       <c r="B707" s="1" t="inlineStr">
         <is>
-          <t>Kübizm ve Sinema</t>
+          <t>Muhtasar İran Edebiyatı Tarihi ve Tartışmalar / Hüseyin Daniş</t>
         </is>
       </c>
       <c r="C707" s="1">
-        <v>190</v>
+        <v>340</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="1" t="inlineStr">
         <is>
-          <t>9786257669511</t>
+          <t>9786256968493</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t>Üsküp’ün Akif’i</t>
+          <t>I. Meşrutiyet Döneminde Adapazarı ve Çevresi (1876-1908)</t>
         </is>
       </c>
       <c r="C708" s="1">
-        <v>200</v>
+        <v>650</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t>9786257669542</t>
+          <t>9786256968417</t>
         </is>
       </c>
       <c r="B709" s="1" t="inlineStr">
         <is>
-          <t>Tarihi Türk Lehçelerinde Ünsüzler</t>
+          <t>Engelsiz Bilişim 2022: Teknoloji Işığında Yaşam</t>
         </is>
       </c>
       <c r="C709" s="1">
-        <v>540</v>
+        <v>495</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t>9786257669559</t>
+          <t>9786256968189</t>
         </is>
       </c>
       <c r="B710" s="1" t="inlineStr">
         <is>
-          <t>Bütünleşik Pazarlama İletişimi</t>
+          <t>Yabancıların Yabancısı: Türkler</t>
         </is>
       </c>
       <c r="C710" s="1">
-        <v>260</v>
+        <v>325</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t>9786257669450</t>
+          <t>9786256968530</t>
         </is>
       </c>
       <c r="B711" s="1" t="inlineStr">
         <is>
-          <t>Herbert Marcuse’nin ‘Baskıcı Hoşgörü’ Kavramı ve Teknoloji Tezleri</t>
+          <t>Sözlü Çeviri ve Teknoloji</t>
         </is>
       </c>
       <c r="C711" s="1">
-        <v>430</v>
+        <v>235</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="1" t="inlineStr">
         <is>
-          <t>9786257669535</t>
+          <t>9786256968202</t>
         </is>
       </c>
       <c r="B712" s="1" t="inlineStr">
         <is>
-          <t>Dijital Düzen</t>
+          <t>Sosyal Bilimlerde Güncel Araştırmalar</t>
         </is>
       </c>
       <c r="C712" s="1">
-        <v>240</v>
+        <v>405</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" s="1" t="inlineStr">
         <is>
-          <t>9786257669504</t>
+          <t>9786256968219</t>
         </is>
       </c>
       <c r="B713" s="1" t="inlineStr">
         <is>
-          <t>Cinayet Destanları</t>
+          <t>Sosyal Bilimler Çerçevesinde Bağimsizlik ve Yeniden Kuruluş</t>
         </is>
       </c>
       <c r="C713" s="1">
-        <v>210</v>
+        <v>390</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" s="1" t="inlineStr">
         <is>
-          <t>9786257669436</t>
+          <t>9786256968400</t>
         </is>
       </c>
       <c r="B714" s="1" t="inlineStr">
         <is>
-          <t>Eski İngiliz Şiiri</t>
+          <t>İşletmelerde Güncel Etik Yaklaşımlar</t>
         </is>
       </c>
       <c r="C714" s="1">
-        <v>380</v>
+        <v>325</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" s="1" t="inlineStr">
         <is>
-          <t>9786257669429</t>
+          <t>9786256968424</t>
         </is>
       </c>
       <c r="B715" s="1" t="inlineStr">
         <is>
-          <t>Kuvvet Kullanma Aracı Olarak Koruma Sorumluluğu - Darfur ve Libya</t>
+          <t>İletişim Perspektifinden Çanakkale’nin Değerleri</t>
         </is>
       </c>
       <c r="C715" s="1">
-        <v>240</v>
+        <v>365</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" s="1" t="inlineStr">
         <is>
-          <t>9786257669412</t>
+          <t>9786256968172</t>
         </is>
       </c>
       <c r="B716" s="1" t="inlineStr">
         <is>
-          <t>Youtube Türkiye’de Kültür, Siyaset ve Tüketim - 2</t>
+          <t>Hedef Maliyetleme - Türk İnşaat İşletmelerinde Uygulanabilirliği</t>
         </is>
       </c>
       <c r="C716" s="1">
-        <v>450</v>
+        <v>275</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" s="1" t="inlineStr">
         <is>
-          <t>9786257669443</t>
+          <t>9786256968011</t>
         </is>
       </c>
       <c r="B717" s="1" t="inlineStr">
         <is>
-          <t>Medya, Aile ve Kuşaklar</t>
+          <t>Fazlullah Han Lügati</t>
         </is>
       </c>
       <c r="C717" s="1">
-        <v>200</v>
+        <v>890</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" s="1" t="inlineStr">
         <is>
-          <t>9786257669474</t>
+          <t>9786256968387</t>
         </is>
       </c>
       <c r="B718" s="1" t="inlineStr">
         <is>
-          <t>Maskeli Medya</t>
+          <t>Batı Türkçesinde Algı Fiilleri</t>
         </is>
       </c>
       <c r="C718" s="1">
-        <v>200</v>
+        <v>365</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" s="1" t="inlineStr">
         <is>
-          <t>9786257669405</t>
+          <t>9786258373936</t>
         </is>
       </c>
       <c r="B719" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal İletişimde Güncel Yaklaşımlar</t>
+          <t>Yusufeli Barajı’nın Çevresel Etkileri</t>
         </is>
       </c>
       <c r="C719" s="1">
-        <v>310</v>
+        <v>575</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" s="1" t="inlineStr">
         <is>
-          <t>9786257669481</t>
+          <t>9786256968042</t>
         </is>
       </c>
       <c r="B720" s="1" t="inlineStr">
         <is>
-          <t>Çingeneler Ne/Nasıl Anlatır?</t>
+          <t>Yusuf Sünbül Sinan Kitab-ı Tarikatname</t>
         </is>
       </c>
       <c r="C720" s="1">
-        <v>280</v>
+        <v>275</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" s="1" t="inlineStr">
         <is>
-          <t>9786257669467</t>
+          <t>9786256968127</t>
         </is>
       </c>
       <c r="B721" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. Gonca Telli ile Bütünleşik Pazarlama Yönetiminde Vaka Analizleri</t>
+          <t>Social Media Its Impact and Its Use</t>
         </is>
       </c>
       <c r="C721" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" s="1" t="inlineStr">
         <is>
-          <t>9786257669306</t>
+          <t>9786256968226</t>
         </is>
       </c>
       <c r="B722" s="1" t="inlineStr">
         <is>
-          <t>Süheyl ü Nevbahar'ın Metin Dilbilimsel Yapısı</t>
+          <t>Representations of Mythological and Historical Women in Literature</t>
         </is>
       </c>
       <c r="C722" s="1">
-        <v>740</v>
+        <v>260</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" s="1" t="inlineStr">
         <is>
-          <t>9786257669320</t>
+          <t>9786256968066</t>
         </is>
       </c>
       <c r="B723" s="1" t="inlineStr">
         <is>
-          <t>Yeni Dönem Pazarlama İletişimi Yaklaşımları</t>
+          <t>Öğrenen Destek Hizmetlerinde Kalitenin Ölçümlenmesi</t>
         </is>
       </c>
       <c r="C723" s="1">
-        <v>310</v>
+        <v>210</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" s="1" t="inlineStr">
         <is>
-          <t>9786257669375</t>
+          <t>9786256968004</t>
         </is>
       </c>
       <c r="B724" s="1" t="inlineStr">
         <is>
-          <t>Türk - Irak Münasebetleri (1932-1963)</t>
+          <t>İktisadi ve İdari Bilimlerde Güncel Araştırmalar</t>
         </is>
       </c>
       <c r="C724" s="1">
-        <v>290</v>
+        <v>440</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" s="1" t="inlineStr">
         <is>
-          <t>9786257669344</t>
+          <t>9786256968073</t>
         </is>
       </c>
       <c r="B725" s="1" t="inlineStr">
         <is>
-          <t>Açıklamalı Yeni Kelimeler Sözlüğü</t>
+          <t>Gündem Belirleme Kuramı Çerçevesinde Dijital Medya</t>
         </is>
       </c>
       <c r="C725" s="1">
-        <v>590</v>
+        <v>210</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" s="1" t="inlineStr">
         <is>
-          <t>9786257669368</t>
+          <t>9786258373844</t>
         </is>
       </c>
       <c r="B726" s="1" t="inlineStr">
         <is>
-          <t>Ortadoğu Çalışmaları</t>
+          <t>Dijitalleşme ve Din</t>
         </is>
       </c>
       <c r="C726" s="1">
-        <v>250</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" s="1" t="inlineStr">
         <is>
-          <t>9786257669337</t>
+          <t>9786258373967</t>
         </is>
       </c>
       <c r="B727" s="1" t="inlineStr">
         <is>
-          <t>SPSS ve R Uygulamalı Sayma Verisi Regresyon Analizi Modelleri</t>
+          <t>Davranışsal Finans ve Davranışsal Finans Teorisinde Yatırımcı Davranışları</t>
         </is>
       </c>
       <c r="C727" s="1">
-        <v>200</v>
+        <v>210</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" s="1" t="inlineStr">
         <is>
-          <t>9786257669399</t>
+          <t>9786256968103</t>
         </is>
       </c>
       <c r="B728" s="1" t="inlineStr">
         <is>
-          <t>Tıp Eğitiminde Bilişim Teknolojileri</t>
+          <t>Çağdaş Gotik Okumalar</t>
         </is>
       </c>
       <c r="C728" s="1">
-        <v>230</v>
+        <v>275</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" s="1" t="inlineStr">
         <is>
-          <t>9786257669382</t>
+          <t>9786256968035</t>
         </is>
       </c>
       <c r="B729" s="1" t="inlineStr">
         <is>
-          <t>1980 Sonrası Kadın Yazarların Romanlarında Annelik</t>
+          <t>Belge - Oyun</t>
         </is>
       </c>
       <c r="C729" s="1">
-        <v>570</v>
+        <v>235</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" s="1" t="inlineStr">
         <is>
-          <t>9786257669313</t>
+          <t>9786256968080</t>
         </is>
       </c>
       <c r="B730" s="1" t="inlineStr">
         <is>
-          <t>Siyasi Yasakların Sonu: 6 Eylül 1987 Referandumu</t>
+          <t>18. Yüzyılda Osmanlı Taşra Tezgahlarında Kalyon İnşa Organizasyonu</t>
         </is>
       </c>
       <c r="C730" s="1">
-        <v>300</v>
+        <v>405</v>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" s="1" t="inlineStr">
         <is>
-          <t>9786257669276</t>
+          <t>9786258373974</t>
         </is>
       </c>
       <c r="B731" s="1" t="inlineStr">
         <is>
-          <t>Divan-ı Cemil Mahmüd</t>
+          <t>Türk Romanında Mitik Görünüm</t>
         </is>
       </c>
       <c r="C731" s="1">
-        <v>210</v>
+        <v>610</v>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" s="1" t="inlineStr">
         <is>
-          <t>9786257669290</t>
+          <t>9786258373868</t>
         </is>
       </c>
       <c r="B732" s="1" t="inlineStr">
         <is>
-          <t>Belediyelerde Sayıştay Denetimi</t>
+          <t>Benim Gördüğüm Tanpınar</t>
         </is>
       </c>
       <c r="C732" s="1">
-        <v>530</v>
+        <v>440</v>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" s="1" t="inlineStr">
         <is>
-          <t>9786257669252</t>
+          <t>9786258373981</t>
         </is>
       </c>
       <c r="B733" s="1" t="inlineStr">
         <is>
-          <t>Çocukluk Travması</t>
+          <t>Göçmen Kaçakçılığı ve İnsan Ticareti Suçları</t>
         </is>
       </c>
       <c r="C733" s="1">
-        <v>180</v>
+        <v>325</v>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" s="1" t="inlineStr">
         <is>
-          <t>9786257669269</t>
+          <t>9786258373615</t>
         </is>
       </c>
       <c r="B734" s="1" t="inlineStr">
         <is>
-          <t>Organizasyonlarda İnsan Kaynakları Problemlerinin Çözümü</t>
+          <t>Digital Transformation in Banking Industry Financial Security, Audit and Business Perspective</t>
         </is>
       </c>
       <c r="C734" s="1">
-        <v>260</v>
+        <v>235</v>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" s="1" t="inlineStr">
         <is>
-          <t>9786257669238</t>
+          <t>9786258373998</t>
         </is>
       </c>
       <c r="B735" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’deki Özel Havayolu İşletmelerinin Rekabet Stratejileri Üzerine Bir Araştırma</t>
+          <t>Antarktika Siyasetini Şekillendiren Güncel Meseleler</t>
         </is>
       </c>
       <c r="C735" s="1">
-        <v>260</v>
+        <v>210</v>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" s="1" t="inlineStr">
         <is>
-          <t>9786257669283</t>
+          <t>9786258373943</t>
         </is>
       </c>
       <c r="B736" s="1" t="inlineStr">
         <is>
-          <t>Çalışma Hayatında Anneliğin Dönüşümü</t>
+          <t>A Kristevan Reading Of George Eliot’s Early Novels</t>
         </is>
       </c>
       <c r="C736" s="1">
-        <v>340</v>
+        <v>260</v>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" s="1" t="inlineStr">
         <is>
-          <t>9786257669245</t>
+          <t>9786258373950</t>
         </is>
       </c>
       <c r="B737" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği Bölgesel Politikası ve Macaristan</t>
+          <t>Orta Çağ Almanyası’nın Kısa Tarihi</t>
         </is>
       </c>
       <c r="C737" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" s="1" t="inlineStr">
         <is>
-          <t>9786257130721</t>
+          <t>9786258373929</t>
         </is>
       </c>
       <c r="B738" s="1" t="inlineStr">
         <is>
-          <t>Klasik Çağda Osmanlı</t>
+          <t>Uygulamalı Üretim Yürütme Sistemleri</t>
         </is>
       </c>
       <c r="C738" s="1">
-        <v>180</v>
+        <v>275</v>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" s="1" t="inlineStr">
         <is>
-          <t>9786257669146</t>
+          <t>9786258373837</t>
         </is>
       </c>
       <c r="B739" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Müziksel İşitme Eğitimi Araştırmaları</t>
+          <t>Türk Ekranından Yansımalar</t>
         </is>
       </c>
       <c r="C739" s="1">
-        <v>190</v>
+        <v>325</v>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" s="1" t="inlineStr">
         <is>
-          <t>9786257669207</t>
+          <t>9786258373653</t>
         </is>
       </c>
       <c r="B740" s="1" t="inlineStr">
         <is>
-          <t>Galata'da Sarraf İşletmeleri (1691-1733)</t>
+          <t>Türk Edebiyatında Mensur Mi'rac-Nameler ve Musa B. Ahmed Antaki'nin Mensur Mi'rac-Namesi</t>
         </is>
       </c>
       <c r="C740" s="1">
-        <v>250</v>
+        <v>315</v>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" s="1" t="inlineStr">
         <is>
-          <t>9786257669221</t>
+          <t>9786258373905</t>
         </is>
       </c>
       <c r="B741" s="1" t="inlineStr">
         <is>
-          <t>Köstendil, Dubnitsa, Vratsa ve Lom Şehirlerinde Günümüze Gelen Osmanlı Eserleri - Evlad-ı Fatihan Serisi</t>
+          <t>Türev Piyasalar ve Türev Ürünler</t>
         </is>
       </c>
       <c r="C741" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" s="1" t="inlineStr">
         <is>
-          <t>9786257669108</t>
+          <t>9786258373882</t>
         </is>
       </c>
       <c r="B742" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Sektöründe Uygulanan Güncel Pazarlama Yaklaşımları</t>
+          <t>Münafikun Suresi Bağlamında Münafık Karakteri</t>
         </is>
       </c>
       <c r="C742" s="1">
-        <v>310</v>
+        <v>210</v>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" s="1" t="inlineStr">
         <is>
-          <t>9786257669214</t>
+          <t>9786258373684</t>
         </is>
       </c>
       <c r="B743" s="1" t="inlineStr">
         <is>
-          <t>Bellek ve Anımsama</t>
+          <t>Marka Mimarisinde Ulusal ve Global Başarı Hikayeleri</t>
         </is>
       </c>
       <c r="C743" s="1">
-        <v>160</v>
+        <v>405</v>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" s="1" t="inlineStr">
         <is>
-          <t>9786257130592</t>
+          <t>9786258373608</t>
         </is>
       </c>
       <c r="B744" s="1" t="inlineStr">
         <is>
-          <t>Farklı Anneler ve Farklı Çocuklar</t>
+          <t>İş Dünyasında Endüstri 4.0 Dönüşümü: 'İş'te Robot</t>
         </is>
       </c>
       <c r="C744" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="745" spans="1:3">
       <c r="A745" s="1" t="inlineStr">
         <is>
-          <t>9786257669177</t>
+          <t>9786258373691</t>
         </is>
       </c>
       <c r="B745" s="1" t="inlineStr">
         <is>
-          <t>Türk Cumhuriyetleri</t>
+          <t>İktisadi ve İdari Meseleler Üzerine - 2</t>
         </is>
       </c>
       <c r="C745" s="1">
-        <v>750</v>
+        <v>365</v>
       </c>
     </row>
     <row r="746" spans="1:3">
       <c r="A746" s="1" t="inlineStr">
         <is>
-          <t>9786257669139</t>
+          <t>9786258373707</t>
         </is>
       </c>
       <c r="B746" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Türkçesinde Edatlar</t>
+          <t>Hukuk, Diplomasi ve Meşruiyet: Kıbrıs</t>
         </is>
       </c>
       <c r="C746" s="1">
         <v>420</v>
       </c>
     </row>
     <row r="747" spans="1:3">
       <c r="A747" s="1" t="inlineStr">
         <is>
-          <t>9786257669153</t>
+          <t>9786258373813</t>
         </is>
       </c>
       <c r="B747" s="1" t="inlineStr">
         <is>
-          <t>Kalkınma ve Kırsal Kalkınma</t>
+          <t>Global Ekran ve Kültür</t>
         </is>
       </c>
       <c r="C747" s="1">
-        <v>150</v>
+        <v>325</v>
       </c>
     </row>
     <row r="748" spans="1:3">
       <c r="A748" s="1" t="inlineStr">
         <is>
-          <t>9786257669160</t>
+          <t>9786258373769</t>
         </is>
       </c>
       <c r="B748" s="1" t="inlineStr">
         <is>
-          <t>100 Soruda Kazakistan</t>
+          <t>Genetiği Değiştirilmiş Ürünlere Yönelik Tüketici Davranışları</t>
         </is>
       </c>
       <c r="C748" s="1">
-        <v>230</v>
+        <v>315</v>
       </c>
     </row>
     <row r="749" spans="1:3">
       <c r="A749" s="1" t="inlineStr">
         <is>
-          <t>9786257669092</t>
+          <t>9786258373738</t>
         </is>
       </c>
       <c r="B749" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Öz</t>
+          <t>Dijitalleşmeye Sosyal Bakış</t>
         </is>
       </c>
       <c r="C749" s="1">
-        <v>290</v>
+        <v>390</v>
       </c>
     </row>
     <row r="750" spans="1:3">
       <c r="A750" s="1" t="inlineStr">
         <is>
-          <t>9786257669030</t>
+          <t>9786258373790</t>
         </is>
       </c>
       <c r="B750" s="1" t="inlineStr">
         <is>
-          <t>Priştineli Begzade Nureddin 2. Divan</t>
+          <t>Türabi Divanı</t>
         </is>
       </c>
       <c r="C750" s="1">
-        <v>260</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="751" spans="1:3">
       <c r="A751" s="1" t="inlineStr">
         <is>
-          <t>9786257669009</t>
+          <t>9786257130738</t>
         </is>
       </c>
       <c r="B751" s="1" t="inlineStr">
         <is>
-          <t>Perakendecilikte Genetik Algoritma İle Depo Yerleşimi</t>
+          <t>Tanzimat’tan Meşrutiyet’e Gerede</t>
         </is>
       </c>
       <c r="C751" s="1">
-        <v>160</v>
+        <v>635</v>
       </c>
     </row>
     <row r="752" spans="1:3">
       <c r="A752" s="1" t="inlineStr">
         <is>
-          <t>9786257130950</t>
+          <t>9786258373899</t>
         </is>
       </c>
       <c r="B752" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşme Sürecinde Akıllı Şehirler: Paradigma, Yönelimler ve Fırsatlar</t>
+          <t>Sosyal Beceri Eğitiminin Gençlerin Sosyal Beceri Seviyelerine Etkisi</t>
         </is>
       </c>
       <c r="C752" s="1">
-        <v>260</v>
+        <v>275</v>
       </c>
     </row>
     <row r="753" spans="1:3">
       <c r="A753" s="1" t="inlineStr">
         <is>
-          <t>9786257669115</t>
+          <t>9786258373660</t>
         </is>
       </c>
       <c r="B753" s="1" t="inlineStr">
         <is>
-          <t>Beşir Fuad’ın Güneş Mecmuası</t>
+          <t>Örgütlerde Eğlence, Mizah ve Oyun</t>
         </is>
       </c>
       <c r="C753" s="1">
-        <v>450</v>
+        <v>210</v>
       </c>
     </row>
     <row r="754" spans="1:3">
       <c r="A754" s="1" t="inlineStr">
         <is>
-          <t>9786257130684</t>
+          <t>9786258373677</t>
         </is>
       </c>
       <c r="B754" s="1" t="inlineStr">
         <is>
-          <t>Britanya Kültür Tarihi 1</t>
+          <t>Mitik Bir Topografya Olarak Venedik</t>
         </is>
       </c>
       <c r="C754" s="1">
-        <v>180</v>
+        <v>325</v>
       </c>
     </row>
     <row r="755" spans="1:3">
       <c r="A755" s="1" t="inlineStr">
         <is>
-          <t>9786257669085</t>
+          <t>9786258373509</t>
         </is>
       </c>
       <c r="B755" s="1" t="inlineStr">
         <is>
-          <t>Türkçe - Arapça Konuşma Kılavuzu</t>
+          <t>İkna Temelli Halkla İlişkiler</t>
         </is>
       </c>
       <c r="C755" s="1">
-        <v>160</v>
+        <v>325</v>
       </c>
     </row>
     <row r="756" spans="1:3">
       <c r="A756" s="1" t="inlineStr">
         <is>
-          <t>9786257669016</t>
+          <t>9786258373554</t>
         </is>
       </c>
       <c r="B756" s="1" t="inlineStr">
         <is>
-          <t>Dijital Pazarlama İletişimi</t>
+          <t>İkna Perspektifinden İletişim Çalışmaları</t>
         </is>
       </c>
       <c r="C756" s="1">
-        <v>380</v>
+        <v>275</v>
       </c>
     </row>
     <row r="757" spans="1:3">
       <c r="A757" s="1" t="inlineStr">
         <is>
-          <t>9786257130943</t>
+          <t>9786258373530</t>
         </is>
       </c>
       <c r="B757" s="1" t="inlineStr">
         <is>
-          <t>2. Abdülhamid Dönemi Görsel Temsiliyet</t>
+          <t>İkna Odaklı Reklam</t>
         </is>
       </c>
       <c r="C757" s="1">
-        <v>230</v>
+        <v>440</v>
       </c>
     </row>
     <row r="758" spans="1:3">
       <c r="A758" s="1" t="inlineStr">
         <is>
-          <t>9786257130981</t>
+          <t>9786258373806</t>
         </is>
       </c>
       <c r="B758" s="1" t="inlineStr">
         <is>
-          <t>2. Meşrutiyet - Osmanlı Tarihi Araştırmaları 2</t>
+          <t>Hastanelerde Mali Hizmetler</t>
         </is>
       </c>
       <c r="C758" s="1">
-        <v>500</v>
+        <v>210</v>
       </c>
     </row>
     <row r="759" spans="1:3">
       <c r="A759" s="1" t="inlineStr">
         <is>
-          <t>9786257669047</t>
+          <t>9786258373752</t>
         </is>
       </c>
       <c r="B759" s="1" t="inlineStr">
         <is>
-          <t>Gençlik Turizmi</t>
+          <t>Gazete Yayıncılığında Editoryal Bağımsızlık Problemi</t>
         </is>
       </c>
       <c r="C759" s="1">
-        <v>160</v>
+        <v>235</v>
       </c>
     </row>
     <row r="760" spans="1:3">
       <c r="A760" s="1" t="inlineStr">
         <is>
-          <t>9786257669054</t>
+          <t>9786258373622</t>
         </is>
       </c>
       <c r="B760" s="1" t="inlineStr">
         <is>
-          <t>Pazarlamada Dönüşüm</t>
+          <t>Dijital Çağda İşkolizm</t>
         </is>
       </c>
       <c r="C760" s="1">
-        <v>310</v>
+        <v>210</v>
       </c>
     </row>
     <row r="761" spans="1:3">
       <c r="A761" s="1" t="inlineStr">
         <is>
-          <t>9786257669023</t>
+          <t>9786258373714</t>
         </is>
       </c>
       <c r="B761" s="1" t="inlineStr">
         <is>
-          <t>Sahraaltı Afrika Ülkelerinin İktisadi Gelişme Sürecine Kısa Bir Bakış</t>
+          <t>Bilimsel Araştırma Projeleri - Ağ Teorisi Perspektifi</t>
         </is>
       </c>
       <c r="C761" s="1">
-        <v>190</v>
+        <v>235</v>
       </c>
     </row>
     <row r="762" spans="1:3">
       <c r="A762" s="1" t="inlineStr">
         <is>
-          <t>9786257130813</t>
+          <t>9786258373578</t>
         </is>
       </c>
       <c r="B762" s="1" t="inlineStr">
         <is>
-          <t>Türk Romanında Postmodernizm</t>
+          <t>Klasik Türk Şiirinde Yemin</t>
         </is>
       </c>
       <c r="C762" s="1">
-        <v>430</v>
+        <v>340</v>
       </c>
     </row>
     <row r="763" spans="1:3">
       <c r="A763" s="1" t="inlineStr">
         <is>
-          <t>9786257130806</t>
+          <t>9786258373875</t>
         </is>
       </c>
       <c r="B763" s="1" t="inlineStr">
         <is>
-          <t>Ben Bir Ara</t>
+          <t>Kamu Yönetiminde Güncel Perspektifler</t>
         </is>
       </c>
       <c r="C763" s="1">
-        <v>480</v>
+        <v>315</v>
       </c>
     </row>
     <row r="764" spans="1:3">
       <c r="A764" s="1" t="inlineStr">
         <is>
-          <t>9786257130998</t>
+          <t>9786258373783</t>
         </is>
       </c>
       <c r="B764" s="1" t="inlineStr">
         <is>
-          <t>Bornova Ovası ve Çevresinde İklim Değişkenliğinin Ağaç Gelişimine Etkisi</t>
+          <t>Genişletilmiş Gerçeklik Teknolojileri ve Güvenlik Uygulamaları</t>
         </is>
       </c>
       <c r="C764" s="1">
-        <v>380</v>
+        <v>650</v>
       </c>
     </row>
     <row r="765" spans="1:3">
       <c r="A765" s="1" t="inlineStr">
         <is>
-          <t>9786257130936</t>
+          <t>9786258373639</t>
         </is>
       </c>
       <c r="B765" s="1" t="inlineStr">
         <is>
-          <t>Arif Divanı</t>
+          <t>Görsel İletişim Sürecinde Görsel Pedagojik Farkındalık</t>
         </is>
       </c>
       <c r="C765" s="1">
-        <v>310</v>
+        <v>585</v>
       </c>
     </row>
     <row r="766" spans="1:3">
       <c r="A766" s="1" t="inlineStr">
         <is>
-          <t>9786257130790</t>
+          <t>9786258373448</t>
         </is>
       </c>
       <c r="B766" s="1" t="inlineStr">
         <is>
-          <t>The Determinants of Local Government Performance In A Small Island Economy</t>
+          <t>Gençlik ve Din</t>
         </is>
       </c>
       <c r="C766" s="1">
-        <v>180</v>
+        <v>740</v>
       </c>
     </row>
     <row r="767" spans="1:3">
       <c r="A767" s="1" t="inlineStr">
         <is>
-          <t>9786257130837</t>
+          <t>9786258373646</t>
         </is>
       </c>
       <c r="B767" s="1" t="inlineStr">
         <is>
-          <t>1908-1983 Arası Dönemde Türkiye’de Askeri Kültür ve Laiklik İlişkisi</t>
+          <t>Coğrafi Boyutlarıyla Kent ve Kentleşme</t>
         </is>
       </c>
       <c r="C767" s="1">
-        <v>180</v>
+        <v>890</v>
       </c>
     </row>
     <row r="768" spans="1:3">
       <c r="A768" s="1" t="inlineStr">
         <is>
-          <t>9786257130882</t>
+          <t>9786258373776</t>
         </is>
       </c>
       <c r="B768" s="1" t="inlineStr">
         <is>
-          <t>Küresel Şehirler</t>
+          <t>Gençlerin Kadınlık ve Erkekliğe İlişkin Çelişik Algı ve Tutumları</t>
         </is>
       </c>
       <c r="C768" s="1">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="769" spans="1:3">
       <c r="A769" s="1" t="inlineStr">
         <is>
-          <t>9786257130899</t>
+          <t>9786258373745</t>
         </is>
       </c>
       <c r="B769" s="1" t="inlineStr">
         <is>
-          <t>Ordu İli Turizm Merkezlerinin Çok Kriterli Karar Verme Yöntemlerine Göre Analizi</t>
+          <t>Ekodrama</t>
         </is>
       </c>
       <c r="C769" s="1">
-        <v>190</v>
+        <v>495</v>
       </c>
     </row>
     <row r="770" spans="1:3">
       <c r="A770" s="1" t="inlineStr">
         <is>
-          <t>9786257130974</t>
+          <t>9786258373721</t>
         </is>
       </c>
       <c r="B770" s="1" t="inlineStr">
         <is>
-          <t>Konaklama Tesislerine Mekansal Teoriler Açısından Bakış</t>
+          <t>Bobi Frs’ye Geçiş Süreci ve Bağımsız Denetçiler Üzerine Bir Araştırma</t>
         </is>
       </c>
       <c r="C770" s="1">
-        <v>200</v>
+        <v>315</v>
       </c>
     </row>
     <row r="771" spans="1:3">
       <c r="A771" s="1" t="inlineStr">
         <is>
-          <t>9786257130905</t>
+          <t>9786258373493</t>
         </is>
       </c>
       <c r="B771" s="1" t="inlineStr">
         <is>
-          <t>Temel Yaşam Becerisi Finansal Okuryazarlık</t>
+          <t>Orta Amerika (Kara Alanı)</t>
         </is>
       </c>
       <c r="C771" s="1">
-        <v>180</v>
+        <v>380</v>
       </c>
     </row>
     <row r="772" spans="1:3">
       <c r="A772" s="1" t="inlineStr">
         <is>
-          <t>9786257130967</t>
+          <t>9786258373820</t>
         </is>
       </c>
       <c r="B772" s="1" t="inlineStr">
         <is>
-          <t>Mecmü' Atü' Ş-Sanayi</t>
+          <t>Anaakım Sinemada Siyahi Özne</t>
         </is>
       </c>
       <c r="C772" s="1">
-        <v>630</v>
+        <v>260</v>
       </c>
     </row>
     <row r="773" spans="1:3">
       <c r="A773" s="1" t="inlineStr">
         <is>
-          <t>9786257130844</t>
+          <t>9786258373547</t>
         </is>
       </c>
       <c r="B773" s="1" t="inlineStr">
         <is>
-          <t>Ücret Teorileri</t>
+          <t>Şiirin Düş Çınarı Nurettin Durman</t>
         </is>
       </c>
       <c r="C773" s="1">
-        <v>160</v>
+        <v>455</v>
       </c>
     </row>
     <row r="774" spans="1:3">
       <c r="A774" s="1" t="inlineStr">
         <is>
-          <t>9786257130929</t>
+          <t>9786258373370</t>
         </is>
       </c>
       <c r="B774" s="1" t="inlineStr">
         <is>
-          <t>Arthur Schnitzler Öykülerinde Ölüm Olgusu</t>
+          <t>Görsel İletişimde Disiplinlerarası Yaklaşımlar</t>
         </is>
       </c>
       <c r="C774" s="1">
-        <v>310</v>
+        <v>890</v>
       </c>
     </row>
     <row r="775" spans="1:3">
       <c r="A775" s="1" t="inlineStr">
         <is>
-          <t>9786257130868</t>
+          <t>9786258373592</t>
         </is>
       </c>
       <c r="B775" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Ekstrem Kurak ve Nemli Dönemler (1951-2018)</t>
+          <t>Televizyon Dizilerinin Üretiminde Emek Süreci</t>
         </is>
       </c>
       <c r="C775" s="1">
-        <v>250</v>
+        <v>365</v>
       </c>
     </row>
     <row r="776" spans="1:3">
       <c r="A776" s="1" t="inlineStr">
         <is>
-          <t>9786257130875</t>
+          <t>9786258373486</t>
         </is>
       </c>
       <c r="B776" s="1" t="inlineStr">
         <is>
-          <t>Havacılık Sektöründe Entelektüel Sermaye İnovasyon ve Performans</t>
+          <t>Menippean Strategies in Peter Barnes’ Plays</t>
         </is>
       </c>
       <c r="C776" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="777" spans="1:3">
       <c r="A777" s="1" t="inlineStr">
         <is>
-          <t>9786257130769</t>
+          <t>9786258373585</t>
         </is>
       </c>
       <c r="B777" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği ve Avrupa Birliği-Türkiye İlişkileri</t>
+          <t>Kırgız Türklerinin Kadın Bahadırı: Gülgaakı</t>
         </is>
       </c>
       <c r="C777" s="1">
-        <v>300</v>
+        <v>575</v>
       </c>
     </row>
     <row r="778" spans="1:3">
       <c r="A778" s="1" t="inlineStr">
         <is>
-          <t>3990057130851</t>
+          <t>9786258373561</t>
         </is>
       </c>
       <c r="B778" s="1" t="inlineStr">
         <is>
-          <t>Beşeri Bilimler Ekseninde Güncel Araştırmalar</t>
+          <t>Kendi İşini Kurmak ve Yönetmek - Girişimcilik ve Kobi’ler</t>
         </is>
       </c>
       <c r="C778" s="1">
-        <v>650</v>
+        <v>250</v>
       </c>
     </row>
     <row r="779" spans="1:3">
       <c r="A779" s="1" t="inlineStr">
         <is>
-          <t>9786257130783</t>
+          <t>9786258373516</t>
         </is>
       </c>
       <c r="B779" s="1" t="inlineStr">
         <is>
-          <t>Priştineli Begazade Nureddin 1. Divan</t>
+          <t>Üretim Bilişim Sistemleri ve Uygulama Örnekleri</t>
         </is>
       </c>
       <c r="C779" s="1">
-        <v>790</v>
+        <v>210</v>
       </c>
     </row>
     <row r="780" spans="1:3">
       <c r="A780" s="1" t="inlineStr">
         <is>
-          <t>9786257130677</t>
+          <t>9786258012545</t>
         </is>
       </c>
       <c r="B780" s="1" t="inlineStr">
         <is>
-          <t>Büyük Britanya Müzelerindeki Osmanlı Seramik Koleksiyonları</t>
+          <t>Türkiye’de Ücret Payı</t>
         </is>
       </c>
       <c r="C780" s="1">
-        <v>820</v>
+        <v>235</v>
       </c>
     </row>
     <row r="781" spans="1:3">
       <c r="A781" s="1" t="inlineStr">
         <is>
-          <t>9786257130707</t>
+          <t>9786258373455</t>
         </is>
       </c>
       <c r="B781" s="1" t="inlineStr">
         <is>
-          <t>Çok Kriterli Karar Verme Yöntemi Seçiminde Yeni Bir Yaklaşım</t>
+          <t>Toplumsal Cinsiyet Eşitliği ve Kalkınma</t>
         </is>
       </c>
       <c r="C781" s="1">
-        <v>150</v>
+        <v>275</v>
       </c>
     </row>
     <row r="782" spans="1:3">
       <c r="A782" s="1" t="inlineStr">
         <is>
-          <t>9786257130745</t>
+          <t>9786258373479</t>
         </is>
       </c>
       <c r="B782" s="1" t="inlineStr">
         <is>
-          <t>Marginal Women in Theatre</t>
+          <t>Recueil d'Auteurs et de Textes de la Littérature Française</t>
         </is>
       </c>
       <c r="C782" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="783" spans="1:3">
       <c r="A783" s="1" t="inlineStr">
         <is>
-          <t>9786257033183</t>
+          <t>9786258373400</t>
         </is>
       </c>
       <c r="B783" s="1" t="inlineStr">
         <is>
-          <t>Money Laundering Phenomenon</t>
+          <t>Process Management and Digital Solutions for Enterprises</t>
         </is>
       </c>
       <c r="C783" s="1">
-        <v>190</v>
+        <v>235</v>
       </c>
     </row>
     <row r="784" spans="1:3">
       <c r="A784" s="1" t="inlineStr">
         <is>
-          <t>9786257130714</t>
+          <t>9786258373462</t>
         </is>
       </c>
       <c r="B784" s="1" t="inlineStr">
         <is>
-          <t>Coğrafi Perspektifle Dağ ve Dağlık Alanlar</t>
+          <t>Mobil Bankacılıkta Hizmet Kalitesi ve Marka Bağımlılığı</t>
         </is>
       </c>
       <c r="C784" s="1">
-        <v>500</v>
+        <v>275</v>
       </c>
     </row>
     <row r="785" spans="1:3">
       <c r="A785" s="1" t="inlineStr">
         <is>
-          <t>9786257130820</t>
+          <t>9786258373431</t>
         </is>
       </c>
       <c r="B785" s="1" t="inlineStr">
         <is>
-          <t>İşçi Göçlerinin Büyük Britanya Emek Piyasasına Etkileri</t>
+          <t>İspanya Çağdaş Dört Yazar Üzerine İnceleme</t>
         </is>
       </c>
       <c r="C785" s="1">
-        <v>230</v>
+        <v>260</v>
       </c>
     </row>
     <row r="786" spans="1:3">
       <c r="A786" s="1" t="inlineStr">
         <is>
-          <t>9786257130653</t>
+          <t>9786258373417</t>
         </is>
       </c>
       <c r="B786" s="1" t="inlineStr">
         <is>
-          <t>İnternet ve E-Ticaret</t>
+          <t>Sahillerin Efendisi Aydın Bey</t>
         </is>
       </c>
       <c r="C786" s="1">
-        <v>160</v>
+        <v>210</v>
       </c>
     </row>
     <row r="787" spans="1:3">
       <c r="A787" s="1" t="inlineStr">
         <is>
-          <t>9786257130691</t>
+          <t>9786258373363</t>
         </is>
       </c>
       <c r="B787" s="1" t="inlineStr">
         <is>
-          <t>Gölgenin Edebiyattaki İzdüşümleri</t>
+          <t>Şüphecilik Bağlamında Sosyal Ağlar ve Reklam</t>
         </is>
       </c>
       <c r="C787" s="1">
-        <v>190</v>
+        <v>315</v>
       </c>
     </row>
     <row r="788" spans="1:3">
       <c r="A788" s="1" t="inlineStr">
         <is>
-          <t>9786257130660</t>
+          <t>9786258373387</t>
         </is>
       </c>
       <c r="B788" s="1" t="inlineStr">
         <is>
-          <t>Bayburt Halk Bilimi</t>
+          <t>Refah Devleti ve Yoksulluk Kapsamında İktisat Tarihi</t>
         </is>
       </c>
       <c r="C788" s="1">
-        <v>440</v>
+        <v>275</v>
       </c>
     </row>
     <row r="789" spans="1:3">
       <c r="A789" s="1" t="inlineStr">
         <is>
-          <t>9786257130424</t>
+          <t>9786258373394</t>
         </is>
       </c>
       <c r="B789" s="1" t="inlineStr">
         <is>
-          <t>Evolution of Economics</t>
+          <t>Aile İçi Etkileşimler</t>
         </is>
       </c>
       <c r="C789" s="1">
-        <v>190</v>
+        <v>480</v>
       </c>
     </row>
     <row r="790" spans="1:3">
       <c r="A790" s="1" t="inlineStr">
         <is>
-          <t>9786257130554</t>
+          <t>9786258373356</t>
         </is>
       </c>
       <c r="B790" s="1" t="inlineStr">
         <is>
-          <t>Aile İşletmelerinde Stratejik Yönetim</t>
+          <t>Postmodern Çağda Toplumsal Kimlikler</t>
         </is>
       </c>
       <c r="C790" s="1">
-        <v>400</v>
+        <v>420</v>
       </c>
     </row>
     <row r="791" spans="1:3">
       <c r="A791" s="1" t="inlineStr">
         <is>
-          <t>9786257130523</t>
+          <t>9786258373349</t>
         </is>
       </c>
       <c r="B791" s="1" t="inlineStr">
         <is>
-          <t>Aile İşletmelerinde Pazarlama ve Marka Yönetimi</t>
+          <t>Şiddet Sarmalındaki Kadınlar ve Yaşam Algıları</t>
         </is>
       </c>
       <c r="C791" s="1">
-        <v>310</v>
+        <v>275</v>
       </c>
     </row>
     <row r="792" spans="1:3">
       <c r="A792" s="1" t="inlineStr">
         <is>
-          <t>9786257130578</t>
+          <t>9786258373332</t>
         </is>
       </c>
       <c r="B792" s="1" t="inlineStr">
         <is>
-          <t>Aile İşletmelerinde Muhasebe, Finans ve Denetim</t>
+          <t>Kemalpaşa Dağı’nda Fiziki Coğrafya ve İklim-Ağaç Büyüme İlişkisi Üzerine Araştırmalar</t>
         </is>
       </c>
       <c r="C792" s="1">
-        <v>290</v>
+        <v>585</v>
       </c>
     </row>
     <row r="793" spans="1:3">
       <c r="A793" s="1" t="inlineStr">
         <is>
-          <t>9786257130530</t>
+          <t>9786258373295</t>
         </is>
       </c>
       <c r="B793" s="1" t="inlineStr">
         <is>
-          <t>Aile İşletmeciliğinde Tarım İşletmeleri ve Farklı Kurumsallaşma Örnekleri</t>
+          <t>Çevrimiçi Eğitimde Kalite ve Öğrenen Destek Hizmetleri</t>
         </is>
       </c>
       <c r="C793" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="794" spans="1:3">
       <c r="A794" s="1" t="inlineStr">
         <is>
-          <t>9786257130585</t>
+          <t>9786258373325</t>
         </is>
       </c>
       <c r="B794" s="1" t="inlineStr">
         <is>
-          <t>Aile İlişkileri Bağlamında Aile İşletmeleri</t>
+          <t>Ombudsman Teorisi ve Karşılaştırmalı Ülke Uygulamaları</t>
         </is>
       </c>
       <c r="C794" s="1">
-        <v>440</v>
+        <v>690</v>
       </c>
     </row>
     <row r="795" spans="1:3">
       <c r="A795" s="1" t="inlineStr">
         <is>
-          <t>9786257130561</t>
+          <t>9786258373301</t>
         </is>
       </c>
       <c r="B795" s="1" t="inlineStr">
         <is>
-          <t>Eskiçağ Metinlerinde Alaşiya Ülkesi</t>
+          <t>İstanbul Yazıları</t>
         </is>
       </c>
       <c r="C795" s="1">
-        <v>230</v>
+        <v>455</v>
       </c>
     </row>
     <row r="796" spans="1:3">
       <c r="A796" s="1" t="inlineStr">
         <is>
-          <t>9786257130547</t>
+          <t>9786258373318</t>
         </is>
       </c>
       <c r="B796" s="1" t="inlineStr">
         <is>
-          <t>Tek Ebeveynli Ailelerde Aile Aidiyeti</t>
+          <t>Antik Yunan Eğitiminde Kadın</t>
         </is>
       </c>
       <c r="C796" s="1">
-        <v>210</v>
+        <v>620</v>
       </c>
     </row>
     <row r="797" spans="1:3">
       <c r="A797" s="1" t="inlineStr">
         <is>
-          <t>9786257130615</t>
+          <t>9786258373288</t>
         </is>
       </c>
       <c r="B797" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyılda Bütünleşik Pazarlama İletişimi</t>
+          <t>The Belt and Road Initiative: Transforming Eurasian Space</t>
         </is>
       </c>
       <c r="C797" s="1">
-        <v>350</v>
+        <v>380</v>
       </c>
     </row>
     <row r="798" spans="1:3">
       <c r="A798" s="1" t="inlineStr">
         <is>
-          <t>9786257130516</t>
+          <t>9786258373240</t>
         </is>
       </c>
       <c r="B798" s="1" t="inlineStr">
         <is>
-          <t>Türkiye İklimi</t>
+          <t>Makine Öğrenmesi Tabanlı Kestirimci Bakım</t>
         </is>
       </c>
       <c r="C798" s="1">
-        <v>160</v>
+        <v>275</v>
       </c>
     </row>
     <row r="799" spans="1:3">
       <c r="A799" s="1" t="inlineStr">
         <is>
-          <t>9786257130608</t>
+          <t>9786258373257</t>
         </is>
       </c>
       <c r="B799" s="1" t="inlineStr">
         <is>
-          <t>Kamuda Etiği Yeniden Düşünmek: Hizmetten Yararlananların Etik Davranış İlkeleri</t>
+          <t>Enneagram ve Örgütlerde Demokrasi, Muhalefet, Sessizlik</t>
         </is>
       </c>
       <c r="C799" s="1">
-        <v>240</v>
+        <v>365</v>
       </c>
     </row>
     <row r="800" spans="1:3">
       <c r="A800" s="1" t="inlineStr">
         <is>
-          <t>9786257130622</t>
+          <t>9786258373264</t>
         </is>
       </c>
       <c r="B800" s="1" t="inlineStr">
         <is>
-          <t>Sanat Musahabeleri</t>
+          <t>Markalaşalım</t>
         </is>
       </c>
       <c r="C800" s="1">
-        <v>150</v>
+        <v>440</v>
       </c>
     </row>
     <row r="801" spans="1:3">
       <c r="A801" s="1" t="inlineStr">
         <is>
-          <t>9786257130509</t>
+          <t>9786258373189</t>
         </is>
       </c>
       <c r="B801" s="1" t="inlineStr">
         <is>
-          <t>Futbol Yayınlarında Görüntü Dili</t>
+          <t>Ferdi ve Dîvanı</t>
         </is>
       </c>
       <c r="C801" s="1">
-        <v>210</v>
+        <v>650</v>
       </c>
     </row>
     <row r="802" spans="1:3">
       <c r="A802" s="1" t="inlineStr">
         <is>
-          <t>9786257130639</t>
+          <t>9786258373219</t>
         </is>
       </c>
       <c r="B802" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Tilavetinde Temsili Okuma</t>
+          <t>Genelleştirilmiş En Küçük Kareler Tahmin Edicisinin Etkinliğine Yönelik Uygulamalar</t>
         </is>
       </c>
       <c r="C802" s="1">
-        <v>250</v>
+        <v>210</v>
       </c>
     </row>
     <row r="803" spans="1:3">
       <c r="A803" s="1" t="inlineStr">
         <is>
-          <t>9786257130479</t>
+          <t>9786258373028</t>
         </is>
       </c>
       <c r="B803" s="1" t="inlineStr">
         <is>
-          <t>Havayolu Tüketicisi Satın Alma Davranışı (Ciltli)</t>
+          <t>Amik Ovası ve Yakın Çevresinin Jeomorfolojisi</t>
         </is>
       </c>
       <c r="C803" s="1">
-        <v>210</v>
+        <v>340</v>
       </c>
     </row>
     <row r="804" spans="1:3">
       <c r="A804" s="1" t="inlineStr">
         <is>
-          <t>9786257130486</t>
+          <t>9786258373141</t>
         </is>
       </c>
       <c r="B804" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka Fırsat Mı, Yoksa Tehdit Mi?</t>
+          <t>Türkiye Ekonomisi ve Bankacılığının Tozlu ve Dumanlı Yılları 1980-2001</t>
         </is>
       </c>
       <c r="C804" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="805" spans="1:3">
       <c r="A805" s="1" t="inlineStr">
         <is>
-          <t>9786257130493</t>
+          <t>9786258373202</t>
         </is>
       </c>
       <c r="B805" s="1" t="inlineStr">
         <is>
-          <t>Kriz, Algı ve Markalaşma Açısından İletişim Yönetimi</t>
+          <t>Sicill-i Ahvallerde Aydın Doğumlu Memurlar (1834-1890)</t>
         </is>
       </c>
       <c r="C805" s="1">
-        <v>250</v>
+        <v>340</v>
       </c>
     </row>
     <row r="806" spans="1:3">
       <c r="A806" s="1" t="inlineStr">
         <is>
-          <t>9786257130387</t>
+          <t>9786258373233</t>
         </is>
       </c>
       <c r="B806" s="1" t="inlineStr">
         <is>
-          <t>Youtube Türkiye'de Kültür, Siyaset ve Tüketim 1</t>
+          <t>Intellectual Property Monopolies in Global</t>
         </is>
       </c>
       <c r="C806" s="1">
-        <v>370</v>
+        <v>195</v>
       </c>
     </row>
     <row r="807" spans="1:3">
       <c r="A807" s="1" t="inlineStr">
         <is>
-          <t>9786257130332</t>
+          <t>9786258373172</t>
         </is>
       </c>
       <c r="B807" s="1" t="inlineStr">
         <is>
-          <t>Mısırlı Şahidi Divanı</t>
+          <t>İstanbul’daki Hattate Mezar Taşları</t>
         </is>
       </c>
       <c r="C807" s="1">
-        <v>780</v>
+        <v>250</v>
       </c>
     </row>
     <row r="808" spans="1:3">
       <c r="A808" s="1" t="inlineStr">
         <is>
-          <t>9786257130462</t>
+          <t>9786258373158</t>
         </is>
       </c>
       <c r="B808" s="1" t="inlineStr">
         <is>
-          <t>Reklam İkna ve İdeoloji</t>
+          <t>İktidar Mücadelesi Temelinde Osmanlı Tarihi</t>
         </is>
       </c>
       <c r="C808" s="1">
-        <v>230</v>
+        <v>390</v>
       </c>
     </row>
     <row r="809" spans="1:3">
       <c r="A809" s="1" t="inlineStr">
         <is>
-          <t>9786257130295</t>
+          <t>9786258373165</t>
         </is>
       </c>
       <c r="B809" s="1" t="inlineStr">
         <is>
-          <t>Aile Şirketlerinin Kurumsallaşma Düzeyi İle Finansal Performans İlişkisi</t>
+          <t>Hominidlere Genel Bir Bakış</t>
         </is>
       </c>
       <c r="C809" s="1">
-        <v>180</v>
+        <v>260</v>
       </c>
     </row>
     <row r="810" spans="1:3">
       <c r="A810" s="1" t="inlineStr">
         <is>
-          <t>9786257130431</t>
+          <t>9786258373196</t>
         </is>
       </c>
       <c r="B810" s="1" t="inlineStr">
         <is>
-          <t>1262 -1845 Yılı Siverek Kefalet Defteri</t>
+          <t>Duygular Kitabı</t>
         </is>
       </c>
       <c r="C810" s="1">
-        <v>340</v>
+        <v>315</v>
       </c>
     </row>
     <row r="811" spans="1:3">
       <c r="A811" s="1" t="inlineStr">
         <is>
-          <t>9786257130417</t>
+          <t>9786258373127</t>
         </is>
       </c>
       <c r="B811" s="1" t="inlineStr">
         <is>
-          <t>Hatay Halk Kültürü Üzerine Araştırmalar</t>
+          <t>Kalite 4.0</t>
         </is>
       </c>
       <c r="C811" s="1">
-        <v>180</v>
+        <v>260</v>
       </c>
     </row>
     <row r="812" spans="1:3">
       <c r="A812" s="1" t="inlineStr">
         <is>
-          <t>9786257130271</t>
+          <t>9786258373134</t>
         </is>
       </c>
       <c r="B812" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Kurumlarında Güncel Muhasebe ve Finans</t>
+          <t>Ben'in Yüzleri</t>
         </is>
       </c>
       <c r="C812" s="1">
-        <v>180</v>
+        <v>455</v>
       </c>
     </row>
     <row r="813" spans="1:3">
       <c r="A813" s="1" t="inlineStr">
         <is>
-          <t>9786257130455</t>
+          <t>9786257033336</t>
         </is>
       </c>
       <c r="B813" s="1" t="inlineStr">
         <is>
-          <t>Sinemada Kurgu ve Anlatı İlişkisi</t>
+          <t>Anthropology And The Classics</t>
         </is>
       </c>
       <c r="C813" s="1">
-        <v>250</v>
+        <v>495</v>
       </c>
     </row>
     <row r="814" spans="1:3">
       <c r="A814" s="1" t="inlineStr">
         <is>
-          <t>9786257033312</t>
+          <t>9786257033282</t>
         </is>
       </c>
       <c r="B814" s="1" t="inlineStr">
         <is>
-          <t>The Erotic Motive in Literature</t>
+          <t>Lectures On Russian Literature: Pushkin, Gogol, Turgenef, Tolstoy</t>
         </is>
       </c>
       <c r="C814" s="1">
-        <v>380</v>
+        <v>455</v>
       </c>
     </row>
     <row r="815" spans="1:3">
       <c r="A815" s="1" t="inlineStr">
         <is>
-          <t>9786257130325</t>
+          <t>9786054613816</t>
         </is>
       </c>
       <c r="B815" s="1" t="inlineStr">
         <is>
-          <t>Riske Maruz Değer</t>
+          <t>Spor Endüstrisinde Markalaşma</t>
         </is>
       </c>
       <c r="C815" s="1">
-        <v>180</v>
+        <v>275</v>
       </c>
     </row>
     <row r="816" spans="1:3">
       <c r="A816" s="1" t="inlineStr">
         <is>
-          <t>9786257130301</t>
+          <t>9786258373103</t>
         </is>
       </c>
       <c r="B816" s="1" t="inlineStr">
         <is>
-          <t>FRS Kapsamında Finansal Durum Tablosu ve Özkaynaklar İçin Muhasebe Uygulamaları</t>
+          <t>Political Branding and Youth in the UK</t>
         </is>
       </c>
       <c r="C816" s="1">
-        <v>200</v>
+        <v>235</v>
       </c>
     </row>
     <row r="817" spans="1:3">
       <c r="A817" s="1" t="inlineStr">
         <is>
-          <t>9786257130219</t>
+          <t>9786258012996</t>
         </is>
       </c>
       <c r="B817" s="1" t="inlineStr">
         <is>
-          <t>Deconstructing Anthropocentrism</t>
+          <t>Necdet Sakaoğlu’na Armağan - Sanat Tarihi Yazıları</t>
         </is>
       </c>
       <c r="C817" s="1">
-        <v>200</v>
+        <v>890</v>
       </c>
     </row>
     <row r="818" spans="1:3">
       <c r="A818" s="1" t="inlineStr">
         <is>
-          <t>9786257130349</t>
+          <t>9786258012941</t>
         </is>
       </c>
       <c r="B818" s="1" t="inlineStr">
         <is>
-          <t>Atmosferik Tozun Uzaktan Algılama ile Belirlenmesi</t>
+          <t>Dijital Çağın Çocukları</t>
         </is>
       </c>
       <c r="C818" s="1">
-        <v>160</v>
+        <v>340</v>
       </c>
     </row>
     <row r="819" spans="1:3">
       <c r="A819" s="1" t="inlineStr">
         <is>
-          <t>9786257130400</t>
+          <t>9786258373059</t>
         </is>
       </c>
       <c r="B819" s="1" t="inlineStr">
         <is>
-          <t>Ateş Hattı</t>
+          <t>Ayanzade Namık Ekrem’in Manzum ve Manzum-Mensur Eserleri</t>
         </is>
       </c>
       <c r="C819" s="1">
-        <v>480</v>
+        <v>560</v>
       </c>
     </row>
     <row r="820" spans="1:3">
       <c r="A820" s="1" t="inlineStr">
         <is>
-          <t>9786257130448</t>
+          <t>9786258373110</t>
         </is>
       </c>
       <c r="B820" s="1" t="inlineStr">
         <is>
-          <t>Perdeye Yansıyan Gurbet, Türk Dış Göçü ve Sinema</t>
+          <t>Aykırı Yazar Lillian Hellman</t>
         </is>
       </c>
       <c r="C820" s="1">
-        <v>370</v>
+        <v>210</v>
       </c>
     </row>
     <row r="821" spans="1:3">
       <c r="A821" s="1" t="inlineStr">
         <is>
-          <t>9786257130394</t>
+          <t>9786258373080</t>
         </is>
       </c>
       <c r="B821" s="1" t="inlineStr">
         <is>
-          <t>Raufi Divançesi</t>
+          <t>Örgütsel Ses Çıkarma Davranışı ve Öncülleri</t>
         </is>
       </c>
       <c r="C821" s="1">
-        <v>210</v>
+        <v>300</v>
       </c>
     </row>
     <row r="822" spans="1:3">
       <c r="A822" s="1" t="inlineStr">
         <is>
-          <t>9786257130356</t>
+          <t>9786258373097</t>
         </is>
       </c>
       <c r="B822" s="1" t="inlineStr">
         <is>
-          <t>Kelebek Etkisi</t>
+          <t>Bireysellik Yanılsaması</t>
         </is>
       </c>
       <c r="C822" s="1">
-        <v>260</v>
+        <v>325</v>
       </c>
     </row>
     <row r="823" spans="1:3">
       <c r="A823" s="1" t="inlineStr">
         <is>
-          <t>9786257130288</t>
+          <t>9786258012989</t>
         </is>
       </c>
       <c r="B823" s="1" t="inlineStr">
         <is>
-          <t>Sömürgeden Küresele Ulusötesi Afrika Sineması ve Abderrahmane Sissako</t>
+          <t>Yetkinlik ve Ödül Sarmalının Motivasyona İz Düşümü</t>
         </is>
       </c>
       <c r="C823" s="1">
-        <v>280</v>
+        <v>325</v>
       </c>
     </row>
     <row r="824" spans="1:3">
       <c r="A824" s="1" t="inlineStr">
         <is>
-          <t>9786257130233</t>
+          <t>9786258012798</t>
         </is>
       </c>
       <c r="B824" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medya Yönetimi ve Müşteri Sermayesi</t>
+          <t>XIII. Yüzyıldan Günümüze Yazılı Metinlerden Tanıklarla Tarihsel ve Çağdaş Türkiye Türkçesinde Sahiplik - Aitlik - Özgülük Kavramlarının İşaretlenmesi</t>
         </is>
       </c>
       <c r="C824" s="1">
-        <v>210</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="825" spans="1:3">
       <c r="A825" s="1" t="inlineStr">
         <is>
-          <t>9786257130318</t>
+          <t>9786258012835</t>
         </is>
       </c>
       <c r="B825" s="1" t="inlineStr">
         <is>
-          <t>Halkla İlişkiler Perspektifinden Medya ve Yerel Yönetim İlişkisi</t>
+          <t>Türkiye’de Kuraklık</t>
         </is>
       </c>
       <c r="C825" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="826" spans="1:3">
       <c r="A826" s="1" t="inlineStr">
         <is>
-          <t>9786257130202</t>
+          <t>9786258373035</t>
         </is>
       </c>
       <c r="B826" s="1" t="inlineStr">
         <is>
-          <t>Çeviribilimde Ölçme ve Değerlendirme</t>
+          <t>Uluslararası Rejimler</t>
         </is>
       </c>
       <c r="C826" s="1">
-        <v>250</v>
+        <v>210</v>
       </c>
     </row>
     <row r="827" spans="1:3">
       <c r="A827" s="1" t="inlineStr">
         <is>
-          <t>9786257130264</t>
+          <t>9786258012972</t>
         </is>
       </c>
       <c r="B827" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Son Otuz Yılı</t>
+          <t>Sicilya’da II. Frıedrich İle Papalık Arasındaki Hâkimiyet Mücadelesi (1194-1268)</t>
         </is>
       </c>
       <c r="C827" s="1">
-        <v>290</v>
+        <v>440</v>
       </c>
     </row>
     <row r="828" spans="1:3">
       <c r="A828" s="1" t="inlineStr">
         <is>
-          <t>9786257033527</t>
+          <t>9786258012965</t>
         </is>
       </c>
       <c r="B828" s="1" t="inlineStr">
         <is>
-          <t>Thinking and Learning to Think</t>
+          <t>Nasyonal Sosyalist Dönemde Yaşam ve Alman Yazını</t>
         </is>
       </c>
       <c r="C828" s="1">
-        <v>440</v>
+        <v>315</v>
       </c>
     </row>
     <row r="829" spans="1:3">
       <c r="A829" s="1" t="inlineStr">
         <is>
-          <t>9786257033510</t>
+          <t>9786258373004</t>
         </is>
       </c>
       <c r="B829" s="1" t="inlineStr">
         <is>
-          <t>The Teacher: Essays and Addresses on Education</t>
+          <t>Modernizm ve İslamcı Politik Felsefenin Eleştirisine Giriş</t>
         </is>
       </c>
       <c r="C829" s="1">
-        <v>440</v>
+        <v>300</v>
       </c>
     </row>
     <row r="830" spans="1:3">
       <c r="A830" s="1" t="inlineStr">
         <is>
-          <t>9786257130226</t>
+          <t>9786258373073</t>
         </is>
       </c>
       <c r="B830" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Edebiyatı Numuneleri, Mehmed Celal</t>
+          <t>Evanjelik Misyonerlerde Bilişimle Yaygın Din Eğitimi</t>
         </is>
       </c>
       <c r="C830" s="1">
-        <v>490</v>
+        <v>260</v>
       </c>
     </row>
     <row r="831" spans="1:3">
       <c r="A831" s="1" t="inlineStr">
         <is>
-          <t>9786257033428</t>
+          <t>9786258012927</t>
         </is>
       </c>
       <c r="B831" s="1" t="inlineStr">
         <is>
-          <t>On The Future Of Our Educational Institutions</t>
+          <t>Ermeni Okullarında Din Eğitimi</t>
         </is>
       </c>
       <c r="C831" s="1">
-        <v>340</v>
+        <v>405</v>
       </c>
     </row>
     <row r="832" spans="1:3">
       <c r="A832" s="1" t="inlineStr">
         <is>
-          <t>9786257033480</t>
+          <t>9786258373042</t>
         </is>
       </c>
       <c r="B832" s="1" t="inlineStr">
         <is>
-          <t>The Psychology and Pedagogy Of Anger</t>
+          <t>Müşteri Kötü Davranışlarının Örgütler ve Çalışanlar Açısından İncelenmesi</t>
         </is>
       </c>
       <c r="C832" s="1">
-        <v>340</v>
+        <v>235</v>
       </c>
     </row>
     <row r="833" spans="1:3">
       <c r="A833" s="1" t="inlineStr">
         <is>
-          <t>9786257130240</t>
+          <t>9786258373011</t>
         </is>
       </c>
       <c r="B833" s="1" t="inlineStr">
         <is>
-          <t>The Changing Perspectives of Central Asia in the 21st Century</t>
+          <t>İşletmelerde Yapay Zeka Kullanımı</t>
         </is>
       </c>
       <c r="C833" s="1">
-        <v>380</v>
+        <v>275</v>
       </c>
     </row>
     <row r="834" spans="1:3">
       <c r="A834" s="1" t="inlineStr">
         <is>
-          <t>9786257130189</t>
+          <t>9786258373066</t>
         </is>
       </c>
       <c r="B834" s="1" t="inlineStr">
         <is>
-          <t>Türk Sinemasında Anlatı ve Karakter Açısından Birey</t>
+          <t>Haksız Rekabete İlişkin Bilirkişi Raporları ve Uzman Görüşleri (2018-2021)</t>
         </is>
       </c>
       <c r="C834" s="1">
-        <v>420</v>
+        <v>380</v>
       </c>
     </row>
     <row r="835" spans="1:3">
       <c r="A835" s="1" t="inlineStr">
         <is>
-          <t>9786257130172</t>
+          <t>9786258012903</t>
         </is>
       </c>
       <c r="B835" s="1" t="inlineStr">
         <is>
-          <t>Bosna Savaşı Srebrenica Katliamı ve Türk Romanı</t>
+          <t>Dijital Çağda Kariyer Yönetimi</t>
         </is>
       </c>
       <c r="C835" s="1">
-        <v>290</v>
+        <v>210</v>
       </c>
     </row>
     <row r="836" spans="1:3">
       <c r="A836" s="1" t="inlineStr">
         <is>
-          <t>9786257130196</t>
+          <t>9786258012958</t>
         </is>
       </c>
       <c r="B836" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Çağı’nda Müşteri İlişkileri Yönetimi</t>
+          <t>Özdeşleşme ve Marka Bağımlılığının Sneaker Markalarına Etkisi</t>
         </is>
       </c>
       <c r="C836" s="1">
-        <v>340</v>
+        <v>250</v>
       </c>
     </row>
     <row r="837" spans="1:3">
       <c r="A837" s="1" t="inlineStr">
         <is>
-          <t>9786257130165</t>
+          <t>9786258012910</t>
         </is>
       </c>
       <c r="B837" s="1" t="inlineStr">
         <is>
-          <t>Retro Pazarlama ve Spor</t>
+          <t>Türkiye’nin Kalkınma Yönetimi Politiği</t>
         </is>
       </c>
       <c r="C837" s="1">
-        <v>210</v>
+        <v>455</v>
       </c>
     </row>
     <row r="838" spans="1:3">
       <c r="A838" s="1" t="inlineStr">
         <is>
-          <t>9786257033398</t>
+          <t>9786258012781</t>
         </is>
       </c>
       <c r="B838" s="1" t="inlineStr">
         <is>
-          <t>Life In The Medieval University</t>
+          <t>Türkiye’de Göç Politikaları</t>
         </is>
       </c>
       <c r="C838" s="1">
-        <v>350</v>
+        <v>575</v>
       </c>
     </row>
     <row r="839" spans="1:3">
       <c r="A839" s="1" t="inlineStr">
         <is>
-          <t>9786257033404</t>
+          <t>9786258012811</t>
         </is>
       </c>
       <c r="B839" s="1" t="inlineStr">
         <is>
-          <t>History of Education</t>
+          <t>Kamu Kesimi İstihdamında Ücretlerin Vergilendirilmesinde Ayrımcılık</t>
         </is>
       </c>
       <c r="C839" s="1">
-        <v>570</v>
+        <v>275</v>
       </c>
     </row>
     <row r="840" spans="1:3">
       <c r="A840" s="1" t="inlineStr">
         <is>
-          <t>9786257130158</t>
+          <t>9786258012774</t>
         </is>
       </c>
       <c r="B840" s="1" t="inlineStr">
         <is>
-          <t>Haremeynü’ş-Şerifeyn ve Bağlı Birimlerine Ait Gelir Ve Masrafları İhtiva Eden 1175 Nolu Vakıf Muhasebe Defteri</t>
+          <t>İş Ve Yaşam Dengesi</t>
         </is>
       </c>
       <c r="C840" s="1">
-        <v>180</v>
+        <v>325</v>
       </c>
     </row>
     <row r="841" spans="1:3">
       <c r="A841" s="1" t="inlineStr">
         <is>
-          <t>9786257033534</t>
+          <t>9786258012767</t>
         </is>
       </c>
       <c r="B841" s="1" t="inlineStr">
         <is>
-          <t>Education as Service</t>
+          <t>Finansal Teknolojilerin Ve Dijital Dönüşümün İş İlanları Üzerine Etkisi</t>
         </is>
       </c>
       <c r="C841" s="1">
-        <v>250</v>
+        <v>260</v>
       </c>
     </row>
     <row r="842" spans="1:3">
       <c r="A842" s="1" t="inlineStr">
         <is>
-          <t>9786257130141</t>
+          <t>9786258012712</t>
         </is>
       </c>
       <c r="B842" s="1" t="inlineStr">
         <is>
-          <t>Belediyelerde İnovasyon</t>
+          <t>Atatürk Döneminde Türkiye Cumhuriyeti-Irak Krallığı Münasebetleri</t>
         </is>
       </c>
       <c r="C842" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="843" spans="1:3">
       <c r="A843" s="1" t="inlineStr">
         <is>
-          <t>9786257130103</t>
+          <t>9786258012668</t>
         </is>
       </c>
       <c r="B843" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Örgüt Kültürü Çalışmaları</t>
+          <t>Mikro Direnişler</t>
         </is>
       </c>
       <c r="C843" s="1">
-        <v>180</v>
+        <v>510</v>
       </c>
     </row>
     <row r="844" spans="1:3">
       <c r="A844" s="1" t="inlineStr">
         <is>
-          <t>9786257033701</t>
+          <t>9786258012538</t>
         </is>
       </c>
       <c r="B844" s="1" t="inlineStr">
         <is>
-          <t>Tarihi Türk Lehçelerinde Ok Edatı</t>
+          <t>PISA Matematik Okuryazarlığı Testlerinde Madde Yanlılığı Araştırması</t>
         </is>
       </c>
       <c r="C844" s="1">
-        <v>230</v>
+        <v>235</v>
       </c>
     </row>
     <row r="845" spans="1:3">
       <c r="A845" s="1" t="inlineStr">
         <is>
-          <t>3990057033589</t>
+          <t>9786258012637</t>
         </is>
       </c>
       <c r="B845" s="1" t="inlineStr">
         <is>
-          <t>Simülasyon Tekniği İle Nakit Bütçesinin Oluşturulması</t>
+          <t>Üniversite Öğrencilerinin Sosyal Baskınlık Yönelimi ve Başka Bazı Değişkenler Açısından Karşılaştırılması</t>
         </is>
       </c>
       <c r="C845" s="1">
-        <v>370</v>
+        <v>195</v>
       </c>
     </row>
     <row r="846" spans="1:3">
       <c r="A846" s="1" t="inlineStr">
         <is>
-          <t>9786257033381</t>
+          <t>9786258012521</t>
         </is>
       </c>
       <c r="B846" s="1" t="inlineStr">
         <is>
-          <t>Education Et Sociologie</t>
+          <t>Türkiye’deki Havayolu İşletmelerinde Performans Ölçme Aracı Olarak Balanced Scorecard Uygulamalarının Değerlendirilmesi</t>
         </is>
       </c>
       <c r="C846" s="1">
-        <v>280</v>
+        <v>260</v>
       </c>
     </row>
     <row r="847" spans="1:3">
       <c r="A847" s="1" t="inlineStr">
         <is>
-          <t>9786257033640</t>
+          <t>9786258012590</t>
         </is>
       </c>
       <c r="B847" s="1" t="inlineStr">
         <is>
-          <t>Econometrics in Practice</t>
+          <t>Hoshin Kanri Modeliyle Yönetim Fonksiyonlarının Entegrasyonu</t>
         </is>
       </c>
       <c r="C847" s="1">
-        <v>340</v>
+        <v>315</v>
       </c>
     </row>
     <row r="848" spans="1:3">
       <c r="A848" s="1" t="inlineStr">
         <is>
-          <t>9786257033350</t>
+          <t>9786258012583</t>
         </is>
       </c>
       <c r="B848" s="1" t="inlineStr">
         <is>
-          <t>Craftsmanship In Teaching</t>
+          <t>Altıncı Cumhurbaşkanının Seçimi Meselesi</t>
         </is>
       </c>
       <c r="C848" s="1">
-        <v>250</v>
+        <v>260</v>
       </c>
     </row>
     <row r="849" spans="1:3">
       <c r="A849" s="1" t="inlineStr">
         <is>
-          <t>9786257033374</t>
+          <t>9786258012200</t>
         </is>
       </c>
       <c r="B849" s="1" t="inlineStr">
         <is>
-          <t>A Practical Enquiry Into The Philosophy Of Education</t>
+          <t>Tükenmişlik Sendromu</t>
         </is>
       </c>
       <c r="C849" s="1">
-        <v>440</v>
+        <v>210</v>
       </c>
     </row>
     <row r="850" spans="1:3">
       <c r="A850" s="1" t="inlineStr">
         <is>
-          <t>9786257130134</t>
+          <t>9786258012163</t>
         </is>
       </c>
       <c r="B850" s="1" t="inlineStr">
         <is>
-          <t>Kurum Kimliği Penceresinden Tüketici Güveni</t>
+          <t>Reklam Göstergebilimi</t>
         </is>
       </c>
       <c r="C850" s="1">
-        <v>210</v>
+        <v>455</v>
       </c>
     </row>
     <row r="851" spans="1:3">
       <c r="A851" s="1" t="inlineStr">
         <is>
-          <t>9786257130110</t>
+          <t>9786258012255</t>
         </is>
       </c>
       <c r="B851" s="1" t="inlineStr">
         <is>
-          <t>Sinema Filmlerinde İnsan Hakları</t>
+          <t>Organizasyonlarda Mobbing ve İlişkili Değişkenler</t>
         </is>
       </c>
       <c r="C851" s="1">
-        <v>310</v>
+        <v>300</v>
       </c>
     </row>
     <row r="852" spans="1:3">
       <c r="A852" s="1" t="inlineStr">
         <is>
-          <t>9786257130073</t>
+          <t>9786258012064</t>
         </is>
       </c>
       <c r="B852" s="1" t="inlineStr">
         <is>
-          <t>Kolektivist Uluslaşma ve Afrika'da Milli Devlet Oluşumu</t>
+          <t>Bilgi Toplumundan Süper Akıllı Toplum’a Geçiş</t>
         </is>
       </c>
       <c r="C852" s="1">
-        <v>380</v>
+        <v>235</v>
       </c>
     </row>
     <row r="853" spans="1:3">
       <c r="A853" s="1" t="inlineStr">
         <is>
-          <t>9786257033947</t>
+          <t>9786257033435</t>
         </is>
       </c>
       <c r="B853" s="1" t="inlineStr">
         <is>
-          <t>Psychological Empowerment: An Academic Research</t>
+          <t>Essays On Education And Kindred Subjects</t>
         </is>
       </c>
       <c r="C853" s="1">
-        <v>240</v>
+        <v>650</v>
       </c>
     </row>
     <row r="854" spans="1:3">
       <c r="A854" s="1" t="inlineStr">
         <is>
-          <t>9786257130042</t>
+          <t>9786257669825</t>
         </is>
       </c>
       <c r="B854" s="1" t="inlineStr">
         <is>
-          <t>Yönetim Danışmanlığı ve Değer Zincirine Katkısı</t>
+          <t>Türkçe Öğretimi - 1</t>
         </is>
       </c>
       <c r="C854" s="1">
-        <v>260</v>
+        <v>390</v>
       </c>
     </row>
     <row r="855" spans="1:3">
       <c r="A855" s="1" t="inlineStr">
         <is>
-          <t>9786257130127</t>
+          <t>9786257669351</t>
         </is>
       </c>
       <c r="B855" s="1" t="inlineStr">
         <is>
-          <t>Artvin Tarihi Bibliyografyası</t>
+          <t>Developing Esp Courses In The Flipped Learning Environment</t>
         </is>
       </c>
       <c r="C855" s="1">
-        <v>210</v>
+        <v>235</v>
       </c>
     </row>
     <row r="856" spans="1:3">
       <c r="A856" s="1" t="inlineStr">
         <is>
-          <t>9786257033855</t>
+          <t>9786257130363</t>
         </is>
       </c>
       <c r="B856" s="1" t="inlineStr">
         <is>
-          <t>İran’da Nüfuz Mücadelesi</t>
+          <t>Etkin Öğrenme, Strateji Kullanımı, Matematik Başarısı, Güdü ve Cinsiyet İlişkileri</t>
         </is>
       </c>
       <c r="C856" s="1">
-        <v>480</v>
+        <v>300</v>
       </c>
     </row>
     <row r="857" spans="1:3">
       <c r="A857" s="1" t="inlineStr">
         <is>
-          <t>9786257130080</t>
+          <t>9786257669863</t>
         </is>
       </c>
       <c r="B857" s="1" t="inlineStr">
         <is>
-          <t>Girişimcilik Ekosisteminin Teorik Temelleri</t>
+          <t>Corpus-based Contrastive Analysis of Support Verb Constructions by EFL Learners</t>
         </is>
       </c>
       <c r="C857" s="1">
-        <v>190</v>
+        <v>275</v>
       </c>
     </row>
     <row r="858" spans="1:3">
       <c r="A858" s="1" t="inlineStr">
         <is>
-          <t>9786257130066</t>
+          <t>9786257130097</t>
         </is>
       </c>
       <c r="B858" s="1" t="inlineStr">
         <is>
-          <t>Hollywood Sinemasında Din ve İnanç Temsilleri</t>
+          <t>Öğrenme Öğretme Stratejileri</t>
         </is>
       </c>
       <c r="C858" s="1">
-        <v>290</v>
+        <v>235</v>
       </c>
     </row>
     <row r="859" spans="1:3">
       <c r="A859" s="1" t="inlineStr">
         <is>
-          <t>9786257130028</t>
+          <t>9786257669832</t>
         </is>
       </c>
       <c r="B859" s="1" t="inlineStr">
         <is>
-          <t>Satır - Arası Toplumsal Cinsiyet</t>
+          <t>Türkçe Öğretimi - 2</t>
         </is>
       </c>
       <c r="C859" s="1">
-        <v>200</v>
+        <v>365</v>
       </c>
     </row>
     <row r="860" spans="1:3">
       <c r="A860" s="1" t="inlineStr">
         <is>
-          <t>9786257130035</t>
+          <t>9786257033473</t>
         </is>
       </c>
       <c r="B860" s="1" t="inlineStr">
         <is>
-          <t>İbret - Mehmed Tahir Münif</t>
+          <t>The Teaching of History</t>
         </is>
       </c>
       <c r="C860" s="1">
-        <v>230</v>
+        <v>440</v>
       </c>
     </row>
     <row r="861" spans="1:3">
       <c r="A861" s="1" t="inlineStr">
         <is>
-          <t>9786257033961</t>
+          <t>9786257033459</t>
         </is>
       </c>
       <c r="B861" s="1" t="inlineStr">
         <is>
-          <t>Delayed Marriage Age for Young People, Social Factors and İmplications Sociological-Field Study  / Teahhuru Sinni’z-Zevaci ʻinde’ş-Şebab El-ʻavamilu Ve’l-Munʻekisatu’l-İctimaʻiyye</t>
+          <t>Talks To Teachers On Psychology: And To Students On Some Of Life's Ideals</t>
         </is>
       </c>
       <c r="C861" s="1">
-        <v>440</v>
+        <v>495</v>
       </c>
     </row>
     <row r="862" spans="1:3">
       <c r="A862" s="1" t="inlineStr">
         <is>
-          <t>9786257130011</t>
+          <t>9786257033411</t>
         </is>
       </c>
       <c r="B862" s="1" t="inlineStr">
         <is>
-          <t>Ekoeleştirel Bakışla Robinson Crusoe, Zor Zamanlar ve Su Diyarı Eserlerinin İncelenmesi</t>
+          <t>Pedagogics As A System</t>
         </is>
       </c>
       <c r="C862" s="1">
-        <v>210</v>
+        <v>495</v>
       </c>
     </row>
     <row r="863" spans="1:3">
       <c r="A863" s="1" t="inlineStr">
         <is>
-          <t>9786052228937</t>
+          <t>9786257669078</t>
         </is>
       </c>
       <c r="B863" s="1" t="inlineStr">
         <is>
-          <t>Hastane Personeli Seçiminin Çok Kriterli Karar Verme Yöntemleriyle Karşılaştırmalı Analizi</t>
+          <t>Yabancı Dil Olarak Türkçe Öğretiminde Başlangıç Düzeyi Alıştırmalar</t>
         </is>
       </c>
       <c r="C863" s="1">
-        <v>250</v>
+        <v>210</v>
       </c>
     </row>
     <row r="864" spans="1:3">
       <c r="A864" s="1" t="inlineStr">
         <is>
-          <t>9786257033992</t>
+          <t>9786257033367</t>
         </is>
       </c>
       <c r="B864" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Paleodemografisi Paleolitik Dönemden Osmanlı Dönemine Anadolu İnsanı</t>
+          <t>Aristotle And Ancient Educational Ideals</t>
         </is>
       </c>
       <c r="C864" s="1">
-        <v>250</v>
+        <v>495</v>
       </c>
     </row>
     <row r="865" spans="1:3">
       <c r="A865" s="1" t="inlineStr">
         <is>
-          <t>9786257033954</t>
+          <t>9786257130646</t>
         </is>
       </c>
       <c r="B865" s="1" t="inlineStr">
         <is>
-          <t>Eğitim ve Okul Yazıları</t>
+          <t>Sanskrit Dili Okuma-Yazma Kitabı</t>
         </is>
       </c>
       <c r="C865" s="1">
-        <v>190</v>
+        <v>235</v>
       </c>
     </row>
     <row r="866" spans="1:3">
       <c r="A866" s="1" t="inlineStr">
         <is>
-          <t>9786257033916</t>
+          <t>9786257033572</t>
         </is>
       </c>
       <c r="B866" s="1" t="inlineStr">
         <is>
-          <t>Cevat Heyet'in Azerbaycan Türklüğüne Hizmetleri ve Varlık Dergisi</t>
+          <t>Yazma Eğitimi</t>
         </is>
       </c>
       <c r="C866" s="1">
-        <v>280</v>
+        <v>325</v>
       </c>
     </row>
     <row r="867" spans="1:3">
       <c r="A867" s="1" t="inlineStr">
         <is>
-          <t>9786257033909</t>
+          <t>9786257033503</t>
         </is>
       </c>
       <c r="B867" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Ulaşım Ağları</t>
+          <t>Dil Bilgisi Öğretimi</t>
         </is>
       </c>
       <c r="C867" s="1">
-        <v>500</v>
+        <v>510</v>
       </c>
     </row>
     <row r="868" spans="1:3">
       <c r="A868" s="1" t="inlineStr">
         <is>
-          <t>9786257033923</t>
+          <t>9786257130776</t>
         </is>
       </c>
       <c r="B868" s="1" t="inlineStr">
         <is>
-          <t>Kuram ve Yaklaşımlar Özelinde Benlik</t>
+          <t>Genre Analysis Based Pedagogy</t>
         </is>
       </c>
       <c r="C868" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="869" spans="1:3">
       <c r="A869" s="1" t="inlineStr">
         <is>
-          <t>9786257033824</t>
+          <t>9786257669573</t>
         </is>
       </c>
       <c r="B869" s="1" t="inlineStr">
         <is>
-          <t>Düzlerçamı Kızılçam Ormanında (Antalya) Uzaktan Algılama ile Toprak Üstü Orman Biyokütlesinin BElirlenmesi</t>
+          <t>Problems Reflected in the Learning-Teaching Processes in Fine Arts High Schools</t>
         </is>
       </c>
       <c r="C869" s="1">
-        <v>150</v>
+        <v>235</v>
       </c>
     </row>
     <row r="870" spans="1:3">
       <c r="A870" s="1" t="inlineStr">
         <is>
-          <t>9786257033817</t>
+          <t>9786257033220</t>
         </is>
       </c>
       <c r="B870" s="1" t="inlineStr">
         <is>
-          <t>Spatial Clustering of Notifiable Communicable Diseases in Turkey</t>
+          <t>Eğitim 4.0 Ekseninde Türkiye'de İşletme Eğitiminin Dünü Bugünü ve Yarını</t>
         </is>
       </c>
       <c r="C870" s="1">
-        <v>160</v>
+        <v>340</v>
       </c>
     </row>
     <row r="871" spans="1:3">
       <c r="A871" s="1" t="inlineStr">
         <is>
-          <t>9786257033930</t>
+          <t>9786257033497</t>
         </is>
       </c>
       <c r="B871" s="1" t="inlineStr">
         <is>
-          <t>Adli Raporlama</t>
+          <t>The Elements of General Method</t>
         </is>
       </c>
       <c r="C871" s="1">
-        <v>210</v>
+        <v>495</v>
       </c>
     </row>
     <row r="872" spans="1:3">
       <c r="A872" s="1" t="inlineStr">
         <is>
-          <t>9786257033886</t>
+          <t>9786257033442</t>
         </is>
       </c>
       <c r="B872" s="1" t="inlineStr">
         <is>
-          <t>Adli Görüşme: Amaç Yöntem ve Teknikler</t>
+          <t>Practical School Discipline</t>
         </is>
       </c>
       <c r="C872" s="1">
-        <v>210</v>
+        <v>495</v>
       </c>
     </row>
     <row r="873" spans="1:3">
       <c r="A873" s="1" t="inlineStr">
         <is>
-          <t>9786257033879</t>
+          <t>9786057890795</t>
         </is>
       </c>
       <c r="B873" s="1" t="inlineStr">
         <is>
-          <t>Tercüme-i Tevrìt</t>
+          <t>Okul Öncesi Eğitimi Öğretmen Adaylarının Ekolojik Ayak İzlerinin ve Çevre Eğitim Puanlarının İncelenmesi</t>
         </is>
       </c>
       <c r="C873" s="1">
-        <v>230</v>
+        <v>210</v>
       </c>
     </row>
     <row r="874" spans="1:3">
       <c r="A874" s="1" t="inlineStr">
         <is>
-          <t>9786257033862</t>
+          <t>9786257130004</t>
         </is>
       </c>
       <c r="B874" s="1" t="inlineStr">
         <is>
-          <t>Amerikan Tarihinde Savaş Politikalarının Ekolojik Yansımaları</t>
+          <t>Mirjaqıp Duwlatov’un Türkçe Rusça Sözlüğü: Türk Tili</t>
         </is>
       </c>
       <c r="C874" s="1">
-        <v>180</v>
+        <v>405</v>
       </c>
     </row>
     <row r="875" spans="1:3">
       <c r="A875" s="1" t="inlineStr">
         <is>
-          <t>9786257033831</t>
+          <t>9786057890443</t>
         </is>
       </c>
       <c r="B875" s="1" t="inlineStr">
         <is>
-          <t>Sanayileşme Olgusunun Kirlilik Sığınağı Hipotezi ve Çevresel Vergiler Açısından Yeniden Değerlendirilmesi</t>
+          <t>Okul Geliştirme Danışmanlığı</t>
         </is>
       </c>
       <c r="C875" s="1">
-        <v>230</v>
+        <v>315</v>
       </c>
     </row>
     <row r="876" spans="1:3">
       <c r="A876" s="1" t="inlineStr">
         <is>
-          <t>9786257033893</t>
+          <t>9786257033596</t>
         </is>
       </c>
       <c r="B876" s="1" t="inlineStr">
         <is>
-          <t>Postmodernizmin İz Düşümleri</t>
+          <t>Senglah'ın Tematik Sözlüğü (İsimler)</t>
         </is>
       </c>
       <c r="C876" s="1">
-        <v>470</v>
+        <v>845</v>
       </c>
     </row>
     <row r="877" spans="1:3">
       <c r="A877" s="1" t="inlineStr">
         <is>
-          <t>9786257033787</t>
+          <t>9786257033633</t>
         </is>
       </c>
       <c r="B877" s="1" t="inlineStr">
         <is>
-          <t>Urfalı Divan Şairleri</t>
+          <t>Etkinlik Örnekleriyle Dijital Vatandaşlık Eğitimi</t>
         </is>
       </c>
       <c r="C877" s="1">
-        <v>350</v>
+        <v>210</v>
       </c>
     </row>
     <row r="878" spans="1:3">
       <c r="A878" s="1" t="inlineStr">
         <is>
-          <t>9786257033763</t>
+          <t>9786057890818</t>
         </is>
       </c>
       <c r="B878" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’deki Kürt Meselesi Galtungyan Bir Bakış</t>
+          <t>Sözlü Kültür Bağlamında Mardin Arapça Atasözleri</t>
         </is>
       </c>
       <c r="C878" s="1">
-        <v>310</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="879" spans="1:3">
       <c r="A879" s="1" t="inlineStr">
         <is>
-          <t>9786257033848</t>
+          <t>9786258373271</t>
         </is>
       </c>
       <c r="B879" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Kentleşme Politikaları ve Konut Talebini Etkileyen Faktörler: Svec Analizi</t>
+          <t>Disiplinlerarası İletişim Çalışmaları</t>
         </is>
       </c>
       <c r="C879" s="1">
-        <v>240</v>
+        <v>325</v>
       </c>
     </row>
     <row r="880" spans="1:3">
       <c r="A880" s="1" t="inlineStr">
         <is>
-          <t>9786257033800</t>
+          <t>9786258012866</t>
         </is>
       </c>
       <c r="B880" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da İyi İnsan Olmaya Dair Ayetler</t>
+          <t>Makineler ve Çeviri: Alpac Raporuna Retrospektif Bir Bakış</t>
         </is>
       </c>
       <c r="C880" s="1">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
     <row r="881" spans="1:3">
       <c r="A881" s="1" t="inlineStr">
         <is>
-          <t>9786257033749</t>
+          <t>9786258012880</t>
         </is>
       </c>
       <c r="B881" s="1" t="inlineStr">
         <is>
-          <t>Çokkültürlülük İnsani Güvenlik ve Öteki Algısı</t>
+          <t>Örgütlerde Toksik Davranışlar</t>
         </is>
       </c>
       <c r="C881" s="1">
-        <v>200</v>
+        <v>575</v>
       </c>
     </row>
     <row r="882" spans="1:3">
       <c r="A882" s="1" t="inlineStr">
         <is>
-          <t>9786257033770</t>
+          <t>9786258012828</t>
         </is>
       </c>
       <c r="B882" s="1" t="inlineStr">
         <is>
-          <t>Contextual Vulnerabilities Approach To Understand Victimization In Cyberspace</t>
+          <t>Uluslararası Hukuk Bağlamında İnsanlığın Ortak Mirası: Antarktik Doğal Kaynaklarının Küresel Yönetimi Örneği</t>
         </is>
       </c>
       <c r="C882" s="1">
-        <v>150</v>
+        <v>210</v>
       </c>
     </row>
     <row r="883" spans="1:3">
       <c r="A883" s="1" t="inlineStr">
         <is>
-          <t>9786257033756</t>
+          <t>9786258012873</t>
         </is>
       </c>
       <c r="B883" s="1" t="inlineStr">
         <is>
-          <t>Savaş Üzerine Notlar</t>
+          <t>Din Eğitimi Açısından Kurana Göre İtaat Kavramının Olgusal Analizi</t>
         </is>
       </c>
       <c r="C883" s="1">
-        <v>230</v>
+        <v>620</v>
       </c>
     </row>
     <row r="884" spans="1:3">
       <c r="A884" s="1" t="inlineStr">
         <is>
-          <t>9786257033626</t>
+          <t>9786258012842</t>
         </is>
       </c>
       <c r="B884" s="1" t="inlineStr">
         <is>
-          <t>Küre Dağları’nın Azdavay ve Pınarbaşı (Kastamonu) İlçeleri Arasında Kalan Bölümünde Karst Topoğrafyası Araştırmaları</t>
+          <t>Göç, Kültürleşme ve Entegrasyon Suriyeliler Ne Kadar Uyum Sağladı?</t>
         </is>
       </c>
       <c r="C884" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="885" spans="1:3">
       <c r="A885" s="1" t="inlineStr">
         <is>
-          <t>9786052228586</t>
+          <t>9786258012897</t>
         </is>
       </c>
       <c r="B885" s="1" t="inlineStr">
         <is>
-          <t>17. 18. YY. Rus Pedagojik Düşüncesi</t>
+          <t>Geçmişten Günümüze Amerika Birleşik Devletlerinin Ortadoğu Politikaları</t>
         </is>
       </c>
       <c r="C885" s="1">
-        <v>260</v>
+        <v>210</v>
       </c>
     </row>
     <row r="886" spans="1:3">
       <c r="A886" s="1" t="inlineStr">
         <is>
-          <t>9786257033732</t>
+          <t>9786258012859</t>
         </is>
       </c>
       <c r="B886" s="1" t="inlineStr">
         <is>
-          <t>The Evolution Of Critical Trends In Contemporary Sociology/ Tatavvuru’l-Itticahati’n-Nakdiyyeti Fi ʻIlmi’l-Ictimâʻi’l-Muʻasir</t>
+          <t>Yeni Medyada Yanlış Bilgi: Komplo Teorileri ve Bilimin İnkarı</t>
         </is>
       </c>
       <c r="C886" s="1">
-        <v>580</v>
+        <v>340</v>
       </c>
     </row>
     <row r="887" spans="1:3">
       <c r="A887" s="1" t="inlineStr">
         <is>
-          <t>9786257033657</t>
+          <t>9786258012385</t>
         </is>
       </c>
       <c r="B887" s="1" t="inlineStr">
         <is>
-          <t>Para Politikası Makro İhtiyati Politikalar ve Finansal İstikrar</t>
+          <t>Türk Modernleşmesinin İdeolojik Analizi</t>
         </is>
       </c>
       <c r="C887" s="1">
-        <v>240</v>
+        <v>235</v>
       </c>
     </row>
     <row r="888" spans="1:3">
       <c r="A888" s="1" t="inlineStr">
         <is>
-          <t>9786257033558</t>
+          <t>9786258012750</t>
         </is>
       </c>
       <c r="B888" s="1" t="inlineStr">
         <is>
-          <t>Understanding Modern Macroeconomic Schools - A Comparative Analysis</t>
+          <t>Portföy Yönetimi</t>
         </is>
       </c>
       <c r="C888" s="1">
-        <v>160</v>
+        <v>210</v>
       </c>
     </row>
     <row r="889" spans="1:3">
       <c r="A889" s="1" t="inlineStr">
         <is>
-          <t>9786257033688</t>
+          <t>9786258012613</t>
         </is>
       </c>
       <c r="B889" s="1" t="inlineStr">
         <is>
-          <t>Mardin Abbaraları</t>
+          <t>Osmanlı Devleti Dış Borçlarının Ağ Analizi</t>
         </is>
       </c>
       <c r="C889" s="1">
-        <v>230</v>
+        <v>315</v>
       </c>
     </row>
     <row r="890" spans="1:3">
       <c r="A890" s="1" t="inlineStr">
         <is>
-          <t>9786257033664</t>
+          <t>9786258012743</t>
         </is>
       </c>
       <c r="B890" s="1" t="inlineStr">
         <is>
-          <t>Kültürel Miras ve Sinema</t>
+          <t>Popüler Tarihi Romanlarda İstanbul (1871-1986)</t>
         </is>
       </c>
       <c r="C890" s="1">
-        <v>280</v>
+        <v>575</v>
       </c>
     </row>
     <row r="891" spans="1:3">
       <c r="A891" s="1" t="inlineStr">
         <is>
-          <t>9786257033671</t>
+          <t>9786258012644</t>
         </is>
       </c>
       <c r="B891" s="1" t="inlineStr">
         <is>
-          <t>Çankırılı Mecbur Efendi Divanı</t>
+          <t>Dar Mükellef Kurumların Vergilendirilmesi</t>
         </is>
       </c>
       <c r="C891" s="1">
-        <v>350</v>
+        <v>480</v>
       </c>
     </row>
     <row r="892" spans="1:3">
       <c r="A892" s="1" t="inlineStr">
         <is>
-          <t>9786257033077</t>
+          <t>9786258012736</t>
         </is>
       </c>
       <c r="B892" s="1" t="inlineStr">
         <is>
-          <t>Ticaret Odası Rehberi ve Samsun’da Ticari Hayat</t>
+          <t>Medikal Turizm ve Ekonomik Yönü</t>
         </is>
       </c>
       <c r="C892" s="1">
-        <v>210</v>
+        <v>380</v>
       </c>
     </row>
     <row r="893" spans="1:3">
       <c r="A893" s="1" t="inlineStr">
         <is>
-          <t>9786257033695</t>
+          <t>9786258012682</t>
         </is>
       </c>
       <c r="B893" s="1" t="inlineStr">
         <is>
-          <t>Hikaye-i Meyyal Ü Şehnaz</t>
+          <t>Türkiye'de Faaliyet Gösteren Sivil Toplum Kuruluşlarında İtibar</t>
         </is>
       </c>
       <c r="C893" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="894" spans="1:3">
       <c r="A894" s="1" t="inlineStr">
         <is>
-          <t>9786257033602</t>
+          <t>9786258012699</t>
         </is>
       </c>
       <c r="B894" s="1" t="inlineStr">
         <is>
-          <t>Hanyalı Kami Divanı</t>
+          <t>Türkiye’deki Medya Okuryazarlığı Eğitimi İçin Bir Uygulama Önerisi</t>
         </is>
       </c>
       <c r="C894" s="1">
-        <v>470</v>
+        <v>365</v>
       </c>
     </row>
     <row r="895" spans="1:3">
       <c r="A895" s="1" t="inlineStr">
         <is>
-          <t>9786052228951</t>
+          <t>9786258012675</t>
         </is>
       </c>
       <c r="B895" s="1" t="inlineStr">
         <is>
-          <t>Siyasi İktidarsızlık ve Uluslararası Ticaret Afganistan Örneği</t>
+          <t>Marmara Bölgesi’ndeki İllerin Daha İyi Yaşam Endekslerinin Tüik 2015 Verileri Kullanılarak Veri Zarflama Analizi Ve Güvenli Bölge Yaklaşımları İle Ölçülmesi</t>
         </is>
       </c>
       <c r="C895" s="1">
-        <v>240</v>
+        <v>260</v>
       </c>
     </row>
     <row r="896" spans="1:3">
       <c r="A896" s="1" t="inlineStr">
         <is>
-          <t>9786257033565</t>
+          <t>9786258012705</t>
         </is>
       </c>
       <c r="B896" s="1" t="inlineStr">
         <is>
-          <t>İslamı Çeviriyle Savunmak</t>
+          <t>Tüketim Kültürü Bağlamında Televizyonda Realite Şov Programları</t>
         </is>
       </c>
       <c r="C896" s="1">
-        <v>260</v>
+        <v>325</v>
       </c>
     </row>
     <row r="897" spans="1:3">
       <c r="A897" s="1" t="inlineStr">
         <is>
-          <t>9786257033541</t>
+          <t>9786258012460</t>
         </is>
       </c>
       <c r="B897" s="1" t="inlineStr">
         <is>
-          <t>Kıraatun fi'l-Fikri'l-Felsefi fi'l-İslam</t>
+          <t>Algoritma Test Programları</t>
         </is>
       </c>
       <c r="C897" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="898" spans="1:3">
       <c r="A898" s="1" t="inlineStr">
         <is>
-          <t>9786057890122</t>
+          <t>9786258012651</t>
         </is>
       </c>
       <c r="B898" s="1" t="inlineStr">
         <is>
-          <t>Liberalism</t>
+          <t>Murathan Mungan - Bir Kültürel Okuma Denemesi</t>
         </is>
       </c>
       <c r="C898" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="899" spans="1:3">
       <c r="A899" s="1" t="inlineStr">
         <is>
-          <t>9786257033329</t>
+          <t>9786258012620</t>
         </is>
       </c>
       <c r="B899" s="1" t="inlineStr">
         <is>
-          <t>Legends and Satires From Mediaeval Literature</t>
+          <t>Sinemasal Kadınlar</t>
         </is>
       </c>
       <c r="C899" s="1">
-        <v>350</v>
+        <v>275</v>
       </c>
     </row>
     <row r="900" spans="1:3">
       <c r="A900" s="1" t="inlineStr">
         <is>
-          <t>9786057890665</t>
+          <t>9786258012132</t>
         </is>
       </c>
       <c r="B900" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Sıhhi-İctimai Coğrafyası Bayazid Vilayeti</t>
+          <t>Değişim Yönetiminin Başarı Unsurları</t>
         </is>
       </c>
       <c r="C900" s="1">
-        <v>210</v>
+        <v>195</v>
       </c>
     </row>
     <row r="901" spans="1:3">
       <c r="A901" s="1" t="inlineStr">
         <is>
-          <t>9786056980206</t>
+          <t>9786258012576</t>
         </is>
       </c>
       <c r="B901" s="1" t="inlineStr">
         <is>
-          <t>Türk Romanında Kadın 1980-2000</t>
+          <t>Stratejik Birleşme ve Satın Almalar</t>
         </is>
       </c>
       <c r="C901" s="1">
-        <v>350</v>
+        <v>390</v>
       </c>
     </row>
     <row r="902" spans="1:3">
       <c r="A902" s="1" t="inlineStr">
         <is>
-          <t>9786057890931</t>
+          <t>9786258012231</t>
         </is>
       </c>
       <c r="B902" s="1" t="inlineStr">
         <is>
-          <t>Identification Of Drivers Of Customer Churn And Their Relationship In The Turkish Mobile Telecommunication Industry</t>
+          <t>Satış Geliştirme Araçlarına Yönelik Tüketici Segmentlerinin Örtük Sınıf Analizi İle Belirlenmesi</t>
         </is>
       </c>
       <c r="C902" s="1">
-        <v>210</v>
+        <v>315</v>
       </c>
     </row>
     <row r="903" spans="1:3">
       <c r="A903" s="1" t="inlineStr">
         <is>
-          <t>9786056980282</t>
+          <t>9786258012514</t>
         </is>
       </c>
       <c r="B903" s="1" t="inlineStr">
         <is>
-          <t>Bir Ara Nesil Hikayecisi Abdullah Zühdü</t>
+          <t>Doğal</t>
         </is>
       </c>
       <c r="C903" s="1">
-        <v>400</v>
+        <v>210</v>
       </c>
     </row>
     <row r="904" spans="1:3">
       <c r="A904" s="1" t="inlineStr">
         <is>
-          <t>9786257033213</t>
+          <t>9786258012484</t>
         </is>
       </c>
       <c r="B904" s="1" t="inlineStr">
         <is>
-          <t>Tanzimat Dönemi Türk Romanında Mekan</t>
+          <t>Bitlis İlinin Arazi Örtüsünün Belirlenmesi Kullanımı ve Planlamasına Yönelik Öneriler (Ciltli)</t>
         </is>
       </c>
       <c r="C904" s="1">
-        <v>390</v>
+        <v>275</v>
       </c>
     </row>
     <row r="905" spans="1:3">
       <c r="A905" s="1" t="inlineStr">
         <is>
-          <t>9786257033244</t>
+          <t>9786258012330</t>
         </is>
       </c>
       <c r="B905" s="1" t="inlineStr">
         <is>
-          <t>Morphologle Flexıonnelle Du Francaıs Ecrıt Une Analyse Dıstrıbuonelle</t>
+          <t>Mecmua-i Nezair</t>
         </is>
       </c>
       <c r="C905" s="1">
-        <v>380</v>
+        <v>550</v>
       </c>
     </row>
     <row r="906" spans="1:3">
       <c r="A906" s="1" t="inlineStr">
         <is>
-          <t>9786257033060</t>
+          <t>9786258012453</t>
         </is>
       </c>
       <c r="B906" s="1" t="inlineStr">
         <is>
-          <t>Stres Yönetimi ve Finansal Stres</t>
+          <t>The Effects of Interaction Design in Mobile Publishing</t>
         </is>
       </c>
       <c r="C906" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="907" spans="1:3">
       <c r="A907" s="1" t="inlineStr">
         <is>
-          <t>9786257033299</t>
+          <t>9786258012422</t>
         </is>
       </c>
       <c r="B907" s="1" t="inlineStr">
         <is>
-          <t>English Literature and Society in the Eighteenth Century</t>
+          <t>Engelsiz Bilişim 2021</t>
         </is>
       </c>
       <c r="C907" s="1">
-        <v>310</v>
+        <v>380</v>
       </c>
     </row>
     <row r="908" spans="1:3">
       <c r="A908" s="1" t="inlineStr">
         <is>
-          <t>9786257033343</t>
+          <t>9786258012354</t>
         </is>
       </c>
       <c r="B908" s="1" t="inlineStr">
         <is>
-          <t>Anton Tchekhov And Other Essais</t>
+          <t>Medya ve İletişim Çalışmaları</t>
         </is>
       </c>
       <c r="C908" s="1">
-        <v>310</v>
+        <v>380</v>
       </c>
     </row>
     <row r="909" spans="1:3">
       <c r="A909" s="1" t="inlineStr">
         <is>
-          <t>9786257033275</t>
+          <t>9786258012491</t>
         </is>
       </c>
       <c r="B909" s="1" t="inlineStr">
         <is>
-          <t>The Art Of Literature</t>
+          <t>İş Yaşamında Yalnızlık ve Kariyer Gelişimi</t>
         </is>
       </c>
       <c r="C909" s="1">
-        <v>380</v>
+        <v>210</v>
       </c>
     </row>
     <row r="910" spans="1:3">
       <c r="A910" s="1" t="inlineStr">
         <is>
-          <t>9786257033305</t>
+          <t>9786258012477</t>
         </is>
       </c>
       <c r="B910" s="1" t="inlineStr">
         <is>
-          <t>English Literary Criticism</t>
+          <t>II. Dünya Savaşı Yıllarında Batı Anadolu Kent Ve Taşrasında Sosyo Ekonomik Yaşam</t>
         </is>
       </c>
       <c r="C910" s="1">
-        <v>380</v>
+        <v>300</v>
       </c>
     </row>
     <row r="911" spans="1:3">
       <c r="A911" s="1" t="inlineStr">
         <is>
-          <t>9786257033251</t>
+          <t>9786258012446</t>
         </is>
       </c>
       <c r="B911" s="1" t="inlineStr">
         <is>
-          <t>Early Bardic Literature, Ireland</t>
+          <t>International Security And Terrorism</t>
         </is>
       </c>
       <c r="C911" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="912" spans="1:3">
       <c r="A912" s="1" t="inlineStr">
         <is>
-          <t>9786257033268</t>
+          <t>9786258012507</t>
         </is>
       </c>
       <c r="B912" s="1" t="inlineStr">
         <is>
-          <t>Æsthetic As Science Of Expression And General Linguistic</t>
+          <t>Home In Western Literature</t>
         </is>
       </c>
       <c r="C912" s="1">
-        <v>500</v>
+        <v>635</v>
       </c>
     </row>
     <row r="913" spans="1:3">
       <c r="A913" s="1" t="inlineStr">
         <is>
-          <t>9786257033138</t>
+          <t>9786258012408</t>
         </is>
       </c>
       <c r="B913" s="1" t="inlineStr">
         <is>
-          <t>İngiliz Romanında Queer Okuma</t>
+          <t>Geleneksel Yayıncılıktan Dijital Yayıncılığa “Televizyon Mecrası”</t>
         </is>
       </c>
       <c r="C913" s="1">
-        <v>150</v>
+        <v>390</v>
       </c>
     </row>
     <row r="914" spans="1:3">
       <c r="A914" s="1" t="inlineStr">
         <is>
-          <t>9786257033121</t>
+          <t>9786258012439</t>
         </is>
       </c>
       <c r="B914" s="1" t="inlineStr">
         <is>
-          <t>Kıssadan Hisse - Yaşanmış Hikayeler</t>
+          <t>Eğlendirerek Değer Edindiren İzlence: Çizgi Filmler</t>
         </is>
       </c>
       <c r="C914" s="1">
-        <v>230</v>
+        <v>275</v>
       </c>
     </row>
     <row r="915" spans="1:3">
       <c r="A915" s="1" t="inlineStr">
         <is>
-          <t>9786257033084</t>
+          <t>9786258012378</t>
         </is>
       </c>
       <c r="B915" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Ürün Tercihi</t>
+          <t>Dijital Ortamda Marka İletişiminde Fayda - Zarar Ekseni: Vaka Analizleri</t>
         </is>
       </c>
       <c r="C915" s="1">
-        <v>160</v>
+        <v>235</v>
       </c>
     </row>
     <row r="916" spans="1:3">
       <c r="A916" s="1" t="inlineStr">
         <is>
-          <t>9786257033107</t>
+          <t>9786258012392</t>
         </is>
       </c>
       <c r="B916" s="1" t="inlineStr">
         <is>
-          <t>Choice-Based Revenue Management with Applications to Hotels</t>
+          <t>Bulanık Mantık ve Sigorta Şirketlerinin Performansı Üzerine Bir Araştırma</t>
         </is>
       </c>
       <c r="C916" s="1">
-        <v>160</v>
+        <v>195</v>
       </c>
     </row>
     <row r="917" spans="1:3">
       <c r="A917" s="1" t="inlineStr">
         <is>
-          <t>9786257033206</t>
+          <t>9786258012347</t>
         </is>
       </c>
       <c r="B917" s="1" t="inlineStr">
         <is>
-          <t>Yol Analizi Yaklaşımı İle Para Krizi Modellenmesi</t>
+          <t>Yönetim ve Medya Alanında Seçme Konular</t>
         </is>
       </c>
       <c r="C917" s="1">
-        <v>180</v>
+        <v>235</v>
       </c>
     </row>
     <row r="918" spans="1:3">
       <c r="A918" s="1" t="inlineStr">
         <is>
-          <t>9786257033145</t>
+          <t>9786258012309</t>
         </is>
       </c>
       <c r="B918" s="1" t="inlineStr">
         <is>
-          <t>İşgücü Piyasaları ve Bölgesel İşsizlik Sorunu Türkiye’de Düzey 2 Bölgelerinde İşsizlik Histerisinin Araştırılması</t>
+          <t>Yeni Medya ve Sanal Diplomasi</t>
         </is>
       </c>
       <c r="C918" s="1">
-        <v>180</v>
+        <v>365</v>
       </c>
     </row>
     <row r="919" spans="1:3">
       <c r="A919" s="1" t="inlineStr">
         <is>
-          <t>9786257033114</t>
+          <t>9786258012286</t>
         </is>
       </c>
       <c r="B919" s="1" t="inlineStr">
         <is>
-          <t>Dinamik Araç Rotalama Problemleri</t>
+          <t>Women’s Worlds Via Women’s Words</t>
         </is>
       </c>
       <c r="C919" s="1">
-        <v>180</v>
+        <v>325</v>
       </c>
     </row>
     <row r="920" spans="1:3">
       <c r="A920" s="1" t="inlineStr">
         <is>
-          <t>9786057890764</t>
+          <t>9786258012316</t>
         </is>
       </c>
       <c r="B920" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal Sosyal Sorumluluk</t>
+          <t>Sosyal Bilimler Perspektifinden Salgın Hastalıklar ve Toplumsal Dönüşüm</t>
         </is>
       </c>
       <c r="C920" s="1">
-        <v>300</v>
+        <v>520</v>
       </c>
     </row>
     <row r="921" spans="1:3">
       <c r="A921" s="1" t="inlineStr">
         <is>
-          <t>9786056980213</t>
+          <t>9786258012361</t>
         </is>
       </c>
       <c r="B921" s="1" t="inlineStr">
         <is>
-          <t>Tarih Metinleri Metin Tipi ve Nedensellik İlişkisi</t>
+          <t>Joyce’un Çeviri Portresi</t>
         </is>
       </c>
       <c r="C921" s="1">
-        <v>250</v>
+        <v>260</v>
       </c>
     </row>
     <row r="922" spans="1:3">
       <c r="A922" s="1" t="inlineStr">
         <is>
-          <t>9786257033053</t>
+          <t>9786258012279</t>
         </is>
       </c>
       <c r="B922" s="1" t="inlineStr">
         <is>
-          <t>Şiir Algısı</t>
+          <t>İç Anadolu Bölgesi’nde Tarımsal Üretim ve Planlama</t>
         </is>
       </c>
       <c r="C922" s="1">
-        <v>210</v>
+        <v>275</v>
       </c>
     </row>
     <row r="923" spans="1:3">
       <c r="A923" s="1" t="inlineStr">
         <is>
-          <t>9786057890917</t>
+          <t>9786258012323</t>
         </is>
       </c>
       <c r="B923" s="1" t="inlineStr">
         <is>
-          <t>Liderlik ve Güncel Yaklaşımlar</t>
+          <t>İsyan</t>
         </is>
       </c>
       <c r="C923" s="1">
-        <v>210</v>
+        <v>250</v>
       </c>
     </row>
     <row r="924" spans="1:3">
       <c r="A924" s="1" t="inlineStr">
         <is>
-          <t>9786257033169</t>
+          <t>9786258012248</t>
         </is>
       </c>
       <c r="B924" s="1" t="inlineStr">
         <is>
-          <t>A Comparative Study On Literary Figures 2</t>
+          <t>Qualitat: Als ein Instrument der Produktpolitik in der Automobilindustrie</t>
         </is>
       </c>
       <c r="C924" s="1">
-        <v>160</v>
+        <v>235</v>
       </c>
     </row>
     <row r="925" spans="1:3">
       <c r="A925" s="1" t="inlineStr">
         <is>
-          <t>9786057890924</t>
+          <t>9786258012224</t>
         </is>
       </c>
       <c r="B925" s="1" t="inlineStr">
         <is>
-          <t>Trabzon'un Yakın Tarihinden Kesitler</t>
+          <t>Yarına Kalan</t>
         </is>
       </c>
       <c r="C925" s="1">
-        <v>330</v>
+        <v>405</v>
       </c>
     </row>
     <row r="926" spans="1:3">
       <c r="A926" s="1" t="inlineStr">
         <is>
-          <t>9786257033190</t>
+          <t>9786258012293</t>
         </is>
       </c>
       <c r="B926" s="1" t="inlineStr">
         <is>
-          <t>Filmlerle Düşünmek</t>
+          <t>Coğrafi Perspektifle Dağ Ve Dağlık Alanlar 2</t>
         </is>
       </c>
       <c r="C926" s="1">
-        <v>330</v>
+        <v>550</v>
       </c>
     </row>
     <row r="927" spans="1:3">
       <c r="A927" s="1" t="inlineStr">
         <is>
-          <t>9786257033022</t>
+          <t>9786258012262</t>
         </is>
       </c>
       <c r="B927" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Talat Onay - Çankırı Şairleri</t>
+          <t>Hititlerde Tekerlekli Arabalar</t>
         </is>
       </c>
       <c r="C927" s="1">
-        <v>490</v>
+        <v>260</v>
       </c>
     </row>
     <row r="928" spans="1:3">
       <c r="A928" s="1" t="inlineStr">
         <is>
-          <t>9786257033091</t>
+          <t>9786258012170</t>
         </is>
       </c>
       <c r="B928" s="1" t="inlineStr">
         <is>
-          <t>Amerikan Misyonerlerinin Türkiye'deki Sağlık Faaliyetleri (1833-1923)</t>
+          <t>Çocuklarda Motor Gelişim</t>
         </is>
       </c>
       <c r="C928" s="1">
-        <v>350</v>
+        <v>275</v>
       </c>
     </row>
     <row r="929" spans="1:3">
       <c r="A929" s="1" t="inlineStr">
         <is>
-          <t>9786257033152</t>
+          <t>9786258012194</t>
         </is>
       </c>
       <c r="B929" s="1" t="inlineStr">
         <is>
-          <t>Artvin Tarihi Araştırmaları - 1</t>
+          <t>Kurumsal Sosyal Sorumluluk Ve İtibar Yönetimi</t>
         </is>
       </c>
       <c r="C929" s="1">
-        <v>400</v>
+        <v>275</v>
       </c>
     </row>
     <row r="930" spans="1:3">
       <c r="A930" s="1" t="inlineStr">
         <is>
-          <t>9786057890948</t>
+          <t>9786258012217</t>
         </is>
       </c>
       <c r="B930" s="1" t="inlineStr">
         <is>
-          <t>Uzun Süreli Genç İşsizliği</t>
+          <t>Vedat Türkali</t>
         </is>
       </c>
       <c r="C930" s="1">
-        <v>240</v>
+        <v>455</v>
       </c>
     </row>
     <row r="931" spans="1:3">
       <c r="A931" s="1" t="inlineStr">
         <is>
-          <t>9786257033008</t>
+          <t>9786258012156</t>
         </is>
       </c>
       <c r="B931" s="1" t="inlineStr">
         <is>
-          <t>Vakıf İnsan Prof. Dr. Hikmet Özdemir Armağanı</t>
+          <t>Selçuklu Çağı Anadolu Türk Mimarisinde Kadının Rolü</t>
         </is>
       </c>
       <c r="C931" s="1">
-        <v>1250</v>
+        <v>585</v>
       </c>
     </row>
     <row r="932" spans="1:3">
       <c r="A932" s="1" t="inlineStr">
         <is>
-          <t>9786257033039</t>
+          <t>9786258012187</t>
         </is>
       </c>
       <c r="B932" s="1" t="inlineStr">
         <is>
-          <t>Girişimciliğin Keşfi: Girişimsel Fırsatlar ve Belirleyici Unsurları</t>
+          <t>Kütükten Düşülen Türkmenler</t>
         </is>
       </c>
       <c r="C932" s="1">
-        <v>380</v>
+        <v>325</v>
       </c>
     </row>
     <row r="933" spans="1:3">
       <c r="A933" s="1" t="inlineStr">
         <is>
-          <t>9786057890979</t>
+          <t>9786258012149</t>
         </is>
       </c>
       <c r="B933" s="1" t="inlineStr">
         <is>
-          <t>Tekinalp Yeni Mecmua Yazıları</t>
+          <t>Engelli Çocuk Sahibi Kadınlar Ve Sosyal Politika</t>
         </is>
       </c>
       <c r="C933" s="1">
-        <v>210</v>
+        <v>250</v>
       </c>
     </row>
     <row r="934" spans="1:3">
       <c r="A934" s="1" t="inlineStr">
         <is>
-          <t>9786057890887</t>
+          <t>9786258012095</t>
         </is>
       </c>
       <c r="B934" s="1" t="inlineStr">
         <is>
-          <t>Kültür Üretme Makinesi: Televizyon</t>
+          <t>Visions Of Dystopia - A Portrait Of Twentieth Century</t>
         </is>
       </c>
       <c r="C934" s="1">
-        <v>210</v>
+        <v>480</v>
       </c>
     </row>
     <row r="935" spans="1:3">
       <c r="A935" s="1" t="inlineStr">
         <is>
-          <t>9786257033046</t>
+          <t>9786258012125</t>
         </is>
       </c>
       <c r="B935" s="1" t="inlineStr">
         <is>
-          <t>Ka'Be - Na'Me</t>
+          <t>Ulusal Basında Kıbrıs Sorunu</t>
         </is>
       </c>
       <c r="C935" s="1">
-        <v>380</v>
+        <v>715</v>
       </c>
     </row>
     <row r="936" spans="1:3">
       <c r="A936" s="1" t="inlineStr">
         <is>
-          <t>9786257033015</t>
+          <t>9786258012088</t>
         </is>
       </c>
       <c r="B936" s="1" t="inlineStr">
         <is>
-          <t>Josiah Royce'un Metafiziği</t>
+          <t>İşçi ve Sinema</t>
         </is>
       </c>
       <c r="C936" s="1">
-        <v>260</v>
+        <v>585</v>
       </c>
     </row>
     <row r="937" spans="1:3">
       <c r="A937" s="1" t="inlineStr">
         <is>
-          <t>9786056980237</t>
+          <t>9786258012118</t>
         </is>
       </c>
       <c r="B937" s="1" t="inlineStr">
         <is>
-          <t>International Communication Studies</t>
+          <t>Dijital Çağda Z Kuşağı Gerçekleri</t>
         </is>
       </c>
       <c r="C937" s="1">
-        <v>260</v>
+        <v>750</v>
       </c>
     </row>
     <row r="938" spans="1:3">
       <c r="A938" s="1" t="inlineStr">
         <is>
-          <t>9786056980220</t>
+          <t>9786258012040</t>
         </is>
       </c>
       <c r="B938" s="1" t="inlineStr">
         <is>
-          <t>El Edebu'ş - Şefehi'l - Arabi fi Mardin</t>
+          <t>Aydın’da Fetih ve Horasan Erenleri</t>
         </is>
       </c>
       <c r="C938" s="1">
-        <v>380</v>
+        <v>210</v>
       </c>
     </row>
     <row r="939" spans="1:3">
       <c r="A939" s="1" t="inlineStr">
         <is>
-          <t>9786056980251</t>
+          <t>9786258012101</t>
         </is>
       </c>
       <c r="B939" s="1" t="inlineStr">
         <is>
-          <t>İngiliz Askeri Raporlarında Kut'ül Amare Savaşı</t>
+          <t>2000 Sonrası Türkiye’nin Ulusal ve Uluslararası Güvenliğine Yönelik Tehditlerin Oluşum Analizi</t>
         </is>
       </c>
       <c r="C939" s="1">
-        <v>650</v>
+        <v>440</v>
       </c>
     </row>
     <row r="940" spans="1:3">
       <c r="A940" s="1" t="inlineStr">
         <is>
-          <t>9786056980299</t>
+          <t>9786258012057</t>
         </is>
       </c>
       <c r="B940" s="1" t="inlineStr">
         <is>
-          <t>Mağlubiyetten Zafere İki Mütareke - İngiliz Tutanaklarında Mondros ve Mudanya</t>
+          <t>Shakespearean State of Rivalry between Hobbes and Girard</t>
         </is>
       </c>
       <c r="C940" s="1">
-        <v>400</v>
+        <v>315</v>
       </c>
     </row>
     <row r="941" spans="1:3">
       <c r="A941" s="1" t="inlineStr">
         <is>
-          <t>9786057890993</t>
+          <t>9786258012071</t>
         </is>
       </c>
       <c r="B941" s="1" t="inlineStr">
         <is>
-          <t>Türk Amerikan İlişkileri (1914 - 1945)</t>
+          <t>A Buying Behaviour Framework for Small Businesses</t>
         </is>
       </c>
       <c r="C941" s="1">
-        <v>520</v>
+        <v>380</v>
       </c>
     </row>
     <row r="942" spans="1:3">
       <c r="A942" s="1" t="inlineStr">
         <is>
-          <t>9786057890481</t>
+          <t>9786258012033</t>
         </is>
       </c>
       <c r="B942" s="1" t="inlineStr">
         <is>
-          <t>Alternatif Yaklaşımlarla Ekonomik Büyüme</t>
+          <t>Avrupa Birliği Güvenlik Politikalarında Terörizm İle Mücadelenin Yeri</t>
         </is>
       </c>
       <c r="C942" s="1">
-        <v>200</v>
+        <v>210</v>
       </c>
     </row>
     <row r="943" spans="1:3">
       <c r="A943" s="1" t="inlineStr">
         <is>
-          <t>9786057890962</t>
+          <t>9786257669061</t>
         </is>
       </c>
       <c r="B943" s="1" t="inlineStr">
         <is>
-          <t>Varoluşun Otantik İmkanı Olarak Ev</t>
+          <t>Kars Halk Kültüründe Geçiş Dönemleri</t>
         </is>
       </c>
       <c r="C943" s="1">
-        <v>240</v>
+        <v>315</v>
       </c>
     </row>
     <row r="944" spans="1:3">
       <c r="A944" s="1" t="inlineStr">
         <is>
-          <t>9786056980268</t>
+          <t>9786257669955</t>
         </is>
       </c>
       <c r="B944" s="1" t="inlineStr">
         <is>
-          <t>R Programı ve İstatistiksel Analizler</t>
+          <t>Amerika Birleşik Devletleri'nde Basın ve İfade Özgürlüğü</t>
         </is>
       </c>
       <c r="C944" s="1">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
     <row r="945" spans="1:3">
       <c r="A945" s="1" t="inlineStr">
         <is>
-          <t>9786057890825</t>
+          <t>9786257669887</t>
         </is>
       </c>
       <c r="B945" s="1" t="inlineStr">
         <is>
-          <t>Sinop'ta Geleneksel Ahşap Köy Camileri</t>
+          <t>Güncel  Yaklaşımlarla Kalite ve Kalite Yönetimi Sistemleri</t>
         </is>
       </c>
       <c r="C945" s="1">
-        <v>210</v>
+        <v>315</v>
       </c>
     </row>
     <row r="946" spans="1:3">
       <c r="A946" s="1" t="inlineStr">
         <is>
-          <t>9786056980275</t>
+          <t>9786258012019</t>
         </is>
       </c>
       <c r="B946" s="1" t="inlineStr">
         <is>
-          <t>Bayesyen Analiz</t>
+          <t>Hakikatin Peşinde</t>
         </is>
       </c>
       <c r="C946" s="1">
-        <v>180</v>
+        <v>380</v>
       </c>
     </row>
     <row r="947" spans="1:3">
       <c r="A947" s="1" t="inlineStr">
         <is>
-          <t>9786057890986</t>
+          <t>9786257669962</t>
         </is>
       </c>
       <c r="B947" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği Enerji Arz Güvenliği Politikası</t>
+          <t>Milli Mücadele Dönemi’nde Bitlis</t>
         </is>
       </c>
       <c r="C947" s="1">
-        <v>230</v>
+        <v>510</v>
       </c>
     </row>
     <row r="948" spans="1:3">
       <c r="A948" s="1" t="inlineStr">
         <is>
-          <t>9786057890955</t>
+          <t>9786258012026</t>
         </is>
       </c>
       <c r="B948" s="1" t="inlineStr">
         <is>
-          <t>Sofyalı Bali Efendi Varidat</t>
+          <t>“Sorularla” Çocuk Psikolojisi</t>
         </is>
       </c>
       <c r="C948" s="1">
-        <v>350</v>
+        <v>210</v>
       </c>
     </row>
     <row r="949" spans="1:3">
       <c r="A949" s="1" t="inlineStr">
         <is>
-          <t>9786057890832</t>
+          <t>9786257669993</t>
         </is>
       </c>
       <c r="B949" s="1" t="inlineStr">
         <is>
-          <t>Basın Özgürlüğünün Yüzyılı (1864-1964)</t>
+          <t>Coğrafyanın Kısa Tarihi</t>
         </is>
       </c>
       <c r="C949" s="1">
-        <v>290</v>
+        <v>235</v>
       </c>
     </row>
     <row r="950" spans="1:3">
       <c r="A950" s="1" t="inlineStr">
         <is>
-          <t>9786056980244</t>
+          <t>9786257669894</t>
         </is>
       </c>
       <c r="B950" s="1" t="inlineStr">
         <is>
-          <t>Kitab-ı Beyan-ı Sına‘at</t>
+          <t>Depresyon ve Etkili Psikoterapi Yöntemleri</t>
         </is>
       </c>
       <c r="C950" s="1">
-        <v>530</v>
+        <v>260</v>
       </c>
     </row>
     <row r="951" spans="1:3">
       <c r="A951" s="1" t="inlineStr">
         <is>
-          <t>9786057890788</t>
+          <t>9786257669931</t>
         </is>
       </c>
       <c r="B951" s="1" t="inlineStr">
         <is>
-          <t>Samsun Gümrüğü</t>
+          <t>Yassıada’da Yargılanan Artvin Milletvekilleri</t>
         </is>
       </c>
       <c r="C951" s="1">
-        <v>260</v>
+        <v>495</v>
       </c>
     </row>
     <row r="952" spans="1:3">
       <c r="A952" s="1" t="inlineStr">
         <is>
-          <t>9786057890849</t>
+          <t>9786257669870</t>
         </is>
       </c>
       <c r="B952" s="1" t="inlineStr">
         <is>
-          <t>Güç Koşullarda Çalıştırılan Çocuklar</t>
+          <t>Türkçenin Minimalist Dilbilgisi</t>
         </is>
       </c>
       <c r="C952" s="1">
-        <v>180</v>
+        <v>390</v>
       </c>
     </row>
     <row r="953" spans="1:3">
       <c r="A953" s="1" t="inlineStr">
         <is>
-          <t>9786057890894</t>
+          <t>9786258012002</t>
         </is>
       </c>
       <c r="B953" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'nin Modernleşmesinde Halkevleri ve Hakkari Halkevi (1932-1951)</t>
+          <t>Pravda Gazetesinde Kore Savaşı</t>
         </is>
       </c>
       <c r="C953" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="954" spans="1:3">
       <c r="A954" s="1" t="inlineStr">
         <is>
-          <t>9786057890856</t>
+          <t>9786257669917</t>
         </is>
       </c>
       <c r="B954" s="1" t="inlineStr">
         <is>
-          <t>Osmaniye'de Tarımsal Üretim</t>
+          <t>Medya-İktidar- Demokrasi Sansür ve Otosansür</t>
         </is>
       </c>
       <c r="C954" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="955" spans="1:3">
       <c r="A955" s="1" t="inlineStr">
         <is>
-          <t>9786057890900</t>
+          <t>9786257669948</t>
         </is>
       </c>
       <c r="B955" s="1" t="inlineStr">
         <is>
-          <t>Markanın Finansal Değerlemesi</t>
+          <t>Habsburg Serhaddindeki Osmanlı Garnizonlarının Finansmanı</t>
         </is>
       </c>
       <c r="C955" s="1">
-        <v>250</v>
+        <v>260</v>
       </c>
     </row>
     <row r="956" spans="1:3">
       <c r="A956" s="1" t="inlineStr">
         <is>
-          <t>9786057890870</t>
+          <t>9786257669801</t>
         </is>
       </c>
       <c r="B956" s="1" t="inlineStr">
         <is>
-          <t>Yusuf Sünbül Sinan'ın Dini-Tasavvufi Eseri</t>
+          <t>Bilişsel Çeviribilime Doğru</t>
         </is>
       </c>
       <c r="C956" s="1">
-        <v>720</v>
+        <v>610</v>
       </c>
     </row>
     <row r="957" spans="1:3">
       <c r="A957" s="1" t="inlineStr">
         <is>
-          <t>9786057890801</t>
+          <t>9786257669818</t>
         </is>
       </c>
       <c r="B957" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Cumhuriyeti Madencilik Politikaları</t>
+          <t>21. Yüzyılda Tedarik Zinciri Yönetimi</t>
         </is>
       </c>
       <c r="C957" s="1">
-        <v>300</v>
+        <v>495</v>
       </c>
     </row>
     <row r="958" spans="1:3">
       <c r="A958" s="1" t="inlineStr">
         <is>
-          <t>9786057890726</t>
+          <t>9786257669900</t>
         </is>
       </c>
       <c r="B958" s="1" t="inlineStr">
         <is>
-          <t>Yeni Medya ve İletişim</t>
+          <t>Yeni Televizyon Teknolojileri ve Değişen Habercilik</t>
         </is>
       </c>
       <c r="C958" s="1">
-        <v>210</v>
+        <v>275</v>
       </c>
     </row>
     <row r="959" spans="1:3">
       <c r="A959" s="1" t="inlineStr">
         <is>
-          <t>9786057890863</t>
+          <t>9786257669924</t>
         </is>
       </c>
       <c r="B959" s="1" t="inlineStr">
         <is>
-          <t>Sakai CLE İş Birliği ve Öğrenme Ortamı</t>
+          <t>Lojistik Merkez Olarak İstanbul’un Hava Ulaşımındaki Yeri</t>
         </is>
       </c>
       <c r="C959" s="1">
-        <v>180</v>
+        <v>275</v>
       </c>
     </row>
     <row r="960" spans="1:3">
       <c r="A960" s="1" t="inlineStr">
         <is>
-          <t>9786057890719</t>
+          <t>9786257669849</t>
         </is>
       </c>
       <c r="B960" s="1" t="inlineStr">
         <is>
-          <t>Kullanım Kılavuzu 1 - Bebek (0-2 Yaş)</t>
+          <t>Türkiye’nin Büyükşehirlerinde Kentleşme</t>
         </is>
       </c>
       <c r="C960" s="1">
-        <v>210</v>
+        <v>235</v>
       </c>
     </row>
     <row r="961" spans="1:3">
       <c r="A961" s="1" t="inlineStr">
         <is>
-          <t>9786057890733</t>
+          <t>9786257669986</t>
         </is>
       </c>
       <c r="B961" s="1" t="inlineStr">
         <is>
-          <t>Sanal Para Uygulama Ortamları ve Etkileri</t>
+          <t>Memluk Devleti'nde Merkeziyetçi Yapının Oluşumu (1250-1341)</t>
         </is>
       </c>
       <c r="C961" s="1">
-        <v>200</v>
+        <v>495</v>
       </c>
     </row>
     <row r="962" spans="1:3">
       <c r="A962" s="1" t="inlineStr">
         <is>
-          <t>9786057890467</t>
+          <t>9786257669979</t>
         </is>
       </c>
       <c r="B962" s="1" t="inlineStr">
         <is>
-          <t>Sesini Arayan Şair Faruk Nafiz Çamlıbel</t>
+          <t>Borçlanma, Büyüme ve Krizler</t>
         </is>
       </c>
       <c r="C962" s="1">
-        <v>490</v>
+        <v>235</v>
       </c>
     </row>
     <row r="963" spans="1:3">
       <c r="A963" s="1" t="inlineStr">
         <is>
-          <t>9786057890634</t>
+          <t>9786257669856</t>
         </is>
       </c>
       <c r="B963" s="1" t="inlineStr">
         <is>
-          <t>Tarih Metodolojisi</t>
+          <t>Tanzimat Dönemi Nüfus Sayımlarında Karacasu Kazası</t>
         </is>
       </c>
       <c r="C963" s="1">
-        <v>310</v>
+        <v>440</v>
       </c>
     </row>
     <row r="964" spans="1:3">
       <c r="A964" s="1" t="inlineStr">
         <is>
-          <t>9786057890696</t>
+          <t>9786257669771</t>
         </is>
       </c>
       <c r="B964" s="1" t="inlineStr">
         <is>
-          <t>Kemalizmin Soğuk Savaş Tecrübesi</t>
+          <t>Ekolojik Kriz</t>
         </is>
       </c>
       <c r="C964" s="1">
-        <v>260</v>
+        <v>340</v>
       </c>
     </row>
     <row r="965" spans="1:3">
       <c r="A965" s="1" t="inlineStr">
         <is>
-          <t>9786057890702</t>
+          <t>9786257669795</t>
         </is>
       </c>
       <c r="B965" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Sistemde Türkiye</t>
+          <t>Düğün Dernek - Sivas’ta Evlenme Gelenekleri</t>
         </is>
       </c>
       <c r="C965" s="1">
-        <v>200</v>
+        <v>700</v>
       </c>
     </row>
     <row r="966" spans="1:3">
       <c r="A966" s="1" t="inlineStr">
         <is>
-          <t>9786057890672</t>
+          <t>9786257669788</t>
         </is>
       </c>
       <c r="B966" s="1" t="inlineStr">
         <is>
-          <t>Rusya İmparatorluğu'nda Anayasal Demokrat Partisi'nin Milletler Politikası (Kadet Partisi 1905-1917)</t>
+          <t>Bolu Folklorunda Doğum Geleneği</t>
         </is>
       </c>
       <c r="C966" s="1">
-        <v>480</v>
+        <v>300</v>
       </c>
     </row>
     <row r="967" spans="1:3">
       <c r="A967" s="1" t="inlineStr">
         <is>
-          <t>9786057890641</t>
+          <t>9786257669757</t>
         </is>
       </c>
       <c r="B967" s="1" t="inlineStr">
         <is>
-          <t>Yönetici ve Yönetici Asistanı</t>
+          <t>Sağlık Kurumlarında Muhasebe Etiği</t>
         </is>
       </c>
       <c r="C967" s="1">
-        <v>210</v>
+        <v>235</v>
       </c>
     </row>
     <row r="968" spans="1:3">
       <c r="A968" s="1" t="inlineStr">
         <is>
-          <t>9786057890603</t>
+          <t>9786257669719</t>
         </is>
       </c>
       <c r="B968" s="1" t="inlineStr">
         <is>
-          <t>Postinsan</t>
+          <t>1927-1964 Radyo Yayıncılığına Hayat Verenler</t>
         </is>
       </c>
       <c r="C968" s="1">
-        <v>210</v>
+        <v>260</v>
       </c>
     </row>
     <row r="969" spans="1:3">
       <c r="A969" s="1" t="inlineStr">
         <is>
-          <t>9786057890627</t>
+          <t>9786257669733</t>
         </is>
       </c>
       <c r="B969" s="1" t="inlineStr">
         <is>
-          <t>Çatışma ve Barış Üzerine Temel Kavramlar</t>
+          <t>Ödüllü Yönetmenlerle Kısa Film ve Belgesel Üzerine Söyleşiler</t>
         </is>
       </c>
       <c r="C969" s="1">
-        <v>240</v>
+        <v>260</v>
       </c>
     </row>
     <row r="970" spans="1:3">
       <c r="A970" s="1" t="inlineStr">
         <is>
-          <t>9786057890542</t>
+          <t>9786257669726</t>
         </is>
       </c>
       <c r="B970" s="1" t="inlineStr">
         <is>
-          <t>Yönetim Biliminde Etkin ve Güncel Konular</t>
+          <t>Kuva-yı Milliyeci Bir Belediye Başkanı: Keçeci Zade Hafız Mehmet Emin Bey</t>
         </is>
       </c>
       <c r="C970" s="1">
-        <v>290</v>
+        <v>325</v>
       </c>
     </row>
     <row r="971" spans="1:3">
       <c r="A971" s="1" t="inlineStr">
         <is>
-          <t>9786057890382</t>
+          <t>9786257669702</t>
         </is>
       </c>
       <c r="B971" s="1" t="inlineStr">
         <is>
-          <t>Memluk Kıpçak Sözlük ve Gramerlerinde Türkmence</t>
+          <t>Sosyal Medyada Adalet Arayışı</t>
         </is>
       </c>
       <c r="C971" s="1">
-        <v>240</v>
+        <v>325</v>
       </c>
     </row>
     <row r="972" spans="1:3">
       <c r="A972" s="1" t="inlineStr">
         <is>
-          <t>9786057890016</t>
+          <t>9786257669634</t>
         </is>
       </c>
       <c r="B972" s="1" t="inlineStr">
         <is>
-          <t>Hellenism in Asia Minor</t>
+          <t>Pandemide Dijital Nefret Söylemi: Çin Virüsü</t>
         </is>
       </c>
       <c r="C972" s="1">
-        <v>250</v>
+        <v>455</v>
       </c>
     </row>
     <row r="973" spans="1:3">
       <c r="A973" s="1" t="inlineStr">
         <is>
-          <t>9786057890009</t>
+          <t>9786257669696</t>
         </is>
       </c>
       <c r="B973" s="1" t="inlineStr">
         <is>
-          <t>Discourse On the Method of Rightly Conducting One's Reason and of Seeking Truth in the Sciences</t>
+          <t>Dijital Dönüşüm Çağında Meslekler ve Mesleki Yetkinlik Beklentileri</t>
         </is>
       </c>
       <c r="C973" s="1">
-        <v>250</v>
+        <v>740</v>
       </c>
     </row>
     <row r="974" spans="1:3">
       <c r="A974" s="1" t="inlineStr">
         <is>
-          <t>9786057890047</t>
+          <t>9786257669566</t>
         </is>
       </c>
       <c r="B974" s="1" t="inlineStr">
         <is>
-          <t>Poetics</t>
+          <t>New Topics in Organizational Behavior</t>
         </is>
       </c>
       <c r="C974" s="1">
-        <v>290</v>
+        <v>315</v>
       </c>
     </row>
     <row r="975" spans="1:3">
       <c r="A975" s="1" t="inlineStr">
         <is>
-          <t>9786057890023</t>
+          <t>9786257669689</t>
         </is>
       </c>
       <c r="B975" s="1" t="inlineStr">
         <is>
-          <t>On the Improvement of the Understanding</t>
+          <t>Fasih Ahmed Dede Divanı Bağlamlı Dizin ve İşlevsel Sözlüğü</t>
         </is>
       </c>
       <c r="C975" s="1">
-        <v>290</v>
+        <v>325</v>
       </c>
     </row>
     <row r="976" spans="1:3">
       <c r="A976" s="1" t="inlineStr">
         <is>
-          <t>9786057890580</t>
+          <t>9786257669665</t>
         </is>
       </c>
       <c r="B976" s="1" t="inlineStr">
         <is>
-          <t>İspanya</t>
+          <t>Fasih Ahmed Dede Hayatı, Eserleri ve Edebi Şahsiyeti</t>
         </is>
       </c>
       <c r="C976" s="1">
-        <v>190</v>
+        <v>195</v>
       </c>
     </row>
     <row r="977" spans="1:3">
       <c r="A977" s="1" t="inlineStr">
         <is>
-          <t>9786057890078</t>
+          <t>9786257669672</t>
         </is>
       </c>
       <c r="B977" s="1" t="inlineStr">
         <is>
-          <t>The History of the Maritime Wars of the Turks</t>
+          <t>Süleyman Hüsnü Paşa Mebani’l-İnşa (Cild-i Sani)</t>
         </is>
       </c>
       <c r="C977" s="1">
-        <v>340</v>
+        <v>235</v>
       </c>
     </row>
     <row r="978" spans="1:3">
       <c r="A978" s="1" t="inlineStr">
         <is>
-          <t>9786057890610</t>
+          <t>9786052228913</t>
         </is>
       </c>
       <c r="B978" s="1" t="inlineStr">
         <is>
-          <t>Tasarımda Süreklilik</t>
+          <t>Sevda’i Leyla ile Mecnun [Kıssa-i Leyli Birle Mecnun]</t>
         </is>
       </c>
       <c r="C978" s="1">
-        <v>630</v>
+        <v>380</v>
       </c>
     </row>
     <row r="979" spans="1:3">
       <c r="A979" s="1" t="inlineStr">
         <is>
-          <t>9786057890054</t>
+          <t>9786257669641</t>
         </is>
       </c>
       <c r="B979" s="1" t="inlineStr">
         <is>
-          <t>The Balkan Wars 1912 - 1913</t>
+          <t>Ruh Sağlığı Çalışanlarında Duygusal Emek, Psikolojik İyi Oluş ve Psikolojik Sermaye</t>
         </is>
       </c>
       <c r="C979" s="1">
-        <v>340</v>
+        <v>300</v>
       </c>
     </row>
     <row r="980" spans="1:3">
       <c r="A980" s="1" t="inlineStr">
         <is>
-          <t>9786057890115</t>
+          <t>9786257669658</t>
         </is>
       </c>
       <c r="B980" s="1" t="inlineStr">
         <is>
-          <t>With The Turks in Palestine</t>
+          <t>Reklamda Kaynak ve Kanal Olarak Sosyal Medya Fenomenleri</t>
         </is>
       </c>
       <c r="C980" s="1">
         <v>340</v>
       </c>
     </row>
     <row r="981" spans="1:3">
       <c r="A981" s="1" t="inlineStr">
         <is>
-          <t>9786057890412</t>
+          <t>9786257669627</t>
         </is>
       </c>
       <c r="B981" s="1" t="inlineStr">
         <is>
-          <t>Türk İktisat Tarihinde Anadolu'nun Fethi ve İlk Yerleşimi</t>
+          <t>Mert Irmağı Havzası’nda (Samsun) Doğal Afet Risklerinin Analizi</t>
         </is>
       </c>
       <c r="C981" s="1">
-        <v>250</v>
+        <v>740</v>
       </c>
     </row>
     <row r="982" spans="1:3">
       <c r="A982" s="1" t="inlineStr">
         <is>
-          <t>9786057890566</t>
+          <t>9786257669610</t>
         </is>
       </c>
       <c r="B982" s="1" t="inlineStr">
         <is>
-          <t>Masala Farklı Disiplinlerden Bir Bakış</t>
+          <t>Küreselleşme ve Medya İlişkisi</t>
         </is>
       </c>
       <c r="C982" s="1">
-        <v>260</v>
+        <v>275</v>
       </c>
     </row>
     <row r="983" spans="1:3">
       <c r="A983" s="1" t="inlineStr">
         <is>
-          <t>9786057890504</t>
+          <t>9786257669528</t>
         </is>
       </c>
       <c r="B983" s="1" t="inlineStr">
         <is>
-          <t>Nakit Yönetimi ve Firmaların Nakit Bulundurmasını Etkileyen Faktörler</t>
+          <t>Kültürel Çalışmalar Perspektifinden Toplumsal Cinsiyetin Alımlanması</t>
         </is>
       </c>
       <c r="C983" s="1">
-        <v>200</v>
+        <v>455</v>
       </c>
     </row>
     <row r="984" spans="1:3">
       <c r="A984" s="1" t="inlineStr">
         <is>
-          <t>9786057890573</t>
+          <t>9786257669122</t>
         </is>
       </c>
       <c r="B984" s="1" t="inlineStr">
         <is>
-          <t>Yönetim Kültürü ve Devlet Ahlakı</t>
+          <t>Sahih-i Buhari Hadisleri Işığında İyi İnsan Olmak</t>
         </is>
       </c>
       <c r="C984" s="1">
-        <v>210</v>
+        <v>390</v>
       </c>
     </row>
     <row r="985" spans="1:3">
       <c r="A985" s="1" t="inlineStr">
         <is>
-          <t>9786057890085</t>
+          <t>9786257669603</t>
         </is>
       </c>
       <c r="B985" s="1" t="inlineStr">
         <is>
-          <t>The Hittites - The Story of A Forgotten Empire</t>
+          <t>Geçmişten Pandemiye Türkiye'de Kadın ve Eğitim</t>
         </is>
       </c>
       <c r="C985" s="1">
-        <v>340</v>
+        <v>270</v>
       </c>
     </row>
     <row r="986" spans="1:3">
       <c r="A986" s="1" t="inlineStr">
         <is>
-          <t>9786052228579</t>
+          <t>9786257669580</t>
         </is>
       </c>
       <c r="B986" s="1" t="inlineStr">
         <is>
-          <t>The Effect Of Container Shipping On The Turkish Economy</t>
+          <t>Relational Economic Growth Analysis: Complementarity and Substitution</t>
         </is>
       </c>
       <c r="C986" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="987" spans="1:3">
       <c r="A987" s="1" t="inlineStr">
         <is>
-          <t>9786057890092</t>
+          <t>9786257669498</t>
         </is>
       </c>
       <c r="B987" s="1" t="inlineStr">
         <is>
-          <t>The Causes of The Successes of The Ottoman Turks</t>
+          <t>Kübizm ve Sinema</t>
         </is>
       </c>
       <c r="C987" s="1">
-        <v>310</v>
+        <v>250</v>
       </c>
     </row>
     <row r="988" spans="1:3">
       <c r="A988" s="1" t="inlineStr">
         <is>
-          <t>9786052228975</t>
+          <t>9786257669511</t>
         </is>
       </c>
       <c r="B988" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Son Dönemi ve Büyük Güçler</t>
+          <t>Üsküp’ün Akif’i</t>
         </is>
       </c>
       <c r="C988" s="1">
-        <v>310</v>
+        <v>260</v>
       </c>
     </row>
     <row r="989" spans="1:3">
       <c r="A989" s="1" t="inlineStr">
         <is>
-          <t>9786057890535</t>
+          <t>9786257669542</t>
         </is>
       </c>
       <c r="B989" s="1" t="inlineStr">
         <is>
-          <t>Mürüvvet - Osmanlı Basınında Muhafazakar Bir Kadın Dergisi</t>
+          <t>Tarihi Türk Lehçelerinde Ünsüzler</t>
         </is>
       </c>
       <c r="C989" s="1">
-        <v>350</v>
+        <v>700</v>
       </c>
     </row>
     <row r="990" spans="1:3">
       <c r="A990" s="1" t="inlineStr">
         <is>
-          <t>9786057890559</t>
+          <t>9786257669559</t>
         </is>
       </c>
       <c r="B990" s="1" t="inlineStr">
         <is>
-          <t>Coğrafyada Uzaktan Algılama</t>
+          <t>Bütünleşik Pazarlama İletişimi</t>
         </is>
       </c>
       <c r="C990" s="1">
         <v>340</v>
       </c>
     </row>
     <row r="991" spans="1:3">
       <c r="A991" s="1" t="inlineStr">
         <is>
-          <t>9786057890160</t>
+          <t>9786257669450</t>
         </is>
       </c>
       <c r="B991" s="1" t="inlineStr">
         <is>
-          <t>Tekamül-i Tenkit Yazıları</t>
+          <t>Herbert Marcuse’nin ‘Baskıcı Hoşgörü’ Kavramı ve Teknoloji Tezleri</t>
         </is>
       </c>
       <c r="C991" s="1">
-        <v>180</v>
+        <v>560</v>
       </c>
     </row>
     <row r="992" spans="1:3">
       <c r="A992" s="1" t="inlineStr">
         <is>
-          <t>9786057890221</t>
+          <t>9786257669535</t>
         </is>
       </c>
       <c r="B992" s="1" t="inlineStr">
         <is>
-          <t>Yönetim ve İnsan İçin Güçlendirme</t>
+          <t>Dijital Düzen</t>
         </is>
       </c>
       <c r="C992" s="1">
-        <v>210</v>
+        <v>315</v>
       </c>
     </row>
     <row r="993" spans="1:3">
       <c r="A993" s="1" t="inlineStr">
         <is>
-          <t>9786057890351</t>
+          <t>9786257669504</t>
         </is>
       </c>
       <c r="B993" s="1" t="inlineStr">
         <is>
-          <t>Antakya Ortodoks Kilisesi</t>
+          <t>Cinayet Destanları</t>
         </is>
       </c>
       <c r="C993" s="1">
-        <v>300</v>
+        <v>275</v>
       </c>
     </row>
     <row r="994" spans="1:3">
       <c r="A994" s="1" t="inlineStr">
         <is>
-          <t>9786057890405</t>
+          <t>9786257669436</t>
         </is>
       </c>
       <c r="B994" s="1" t="inlineStr">
         <is>
-          <t>Mir'at-ı Muhammedi</t>
+          <t>Eski İngiliz Şiiri</t>
         </is>
       </c>
       <c r="C994" s="1">
-        <v>260</v>
+        <v>495</v>
       </c>
     </row>
     <row r="995" spans="1:3">
       <c r="A995" s="1" t="inlineStr">
         <is>
-          <t>9786057890184</t>
+          <t>9786257669429</t>
         </is>
       </c>
       <c r="B995" s="1" t="inlineStr">
         <is>
-          <t>Nevhatü'l - Uşşak</t>
+          <t>Kuvvet Kullanma Aracı Olarak Koruma Sorumluluğu - Darfur ve Libya</t>
         </is>
       </c>
       <c r="C995" s="1">
-        <v>530</v>
+        <v>315</v>
       </c>
     </row>
     <row r="996" spans="1:3">
       <c r="A996" s="1" t="inlineStr">
         <is>
-          <t>9786057890474</t>
+          <t>9786257669412</t>
         </is>
       </c>
       <c r="B996" s="1" t="inlineStr">
         <is>
-          <t>Maliyet Muhasebesinde Değişim ve Güncel Yaklaşımlar</t>
+          <t>Youtube Türkiye’de Kültür, Siyaset ve Tüketim - 2</t>
         </is>
       </c>
       <c r="C996" s="1">
-        <v>200</v>
+        <v>585</v>
       </c>
     </row>
     <row r="997" spans="1:3">
       <c r="A997" s="1" t="inlineStr">
         <is>
-          <t>9786057890511</t>
+          <t>9786257669443</t>
         </is>
       </c>
       <c r="B997" s="1" t="inlineStr">
         <is>
-          <t>Eski Türk Devlet Anlayışında İktidar ve Hakimiyet</t>
+          <t>Medya, Aile ve Kuşaklar</t>
         </is>
       </c>
       <c r="C997" s="1">
-        <v>210</v>
+        <v>260</v>
       </c>
     </row>
     <row r="998" spans="1:3">
       <c r="A998" s="1" t="inlineStr">
         <is>
-          <t>9786057890344</t>
+          <t>9786257669474</t>
         </is>
       </c>
       <c r="B998" s="1" t="inlineStr">
         <is>
-          <t>Klasik Türk Şiirinde Tuyuğ</t>
+          <t>Maskeli Medya</t>
         </is>
       </c>
       <c r="C998" s="1">
-        <v>440</v>
+        <v>260</v>
       </c>
     </row>
     <row r="999" spans="1:3">
       <c r="A999" s="1" t="inlineStr">
         <is>
-          <t>9786057890399</t>
+          <t>9786257669405</t>
         </is>
       </c>
       <c r="B999" s="1" t="inlineStr">
         <is>
-          <t>Alman Sinemasında Türk Temsilleri</t>
+          <t>Kurumsal İletişimde Güncel Yaklaşımlar</t>
         </is>
       </c>
       <c r="C999" s="1">
-        <v>230</v>
+        <v>405</v>
       </c>
     </row>
     <row r="1000" spans="1:3">
       <c r="A1000" s="1" t="inlineStr">
         <is>
-          <t>9786057890436</t>
+          <t>9786257669481</t>
         </is>
       </c>
       <c r="B1000" s="1" t="inlineStr">
         <is>
-          <t>Vatandaşlık Eğitimi Üzerine</t>
+          <t>Çingeneler Ne/Nasıl Anlatır?</t>
         </is>
       </c>
       <c r="C1000" s="1">
-        <v>210</v>
+        <v>365</v>
       </c>
     </row>
     <row r="1001" spans="1:3">
       <c r="A1001" s="1" t="inlineStr">
         <is>
-          <t>9786057890450</t>
+          <t>9786257669467</t>
         </is>
       </c>
       <c r="B1001" s="1" t="inlineStr">
         <is>
-          <t>Tarihsel Eksende Oksidentalist Söylem ve Dini Yönelimli Medyanın Rolü</t>
+          <t>Prof. Dr. Gonca Telli ile Bütünleşik Pazarlama Yönetiminde Vaka Analizleri</t>
         </is>
       </c>
       <c r="C1001" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1002" spans="1:3">
       <c r="A1002" s="1" t="inlineStr">
         <is>
-          <t>9786057890429</t>
+          <t>9786257669306</t>
         </is>
       </c>
       <c r="B1002" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Günümüze Geleneksel Erzurum Evleri</t>
+          <t>Süheyl ü Nevbahar'ın Metin Dilbilimsel Yapısı</t>
         </is>
       </c>
       <c r="C1002" s="1">
-        <v>180</v>
+        <v>960</v>
       </c>
     </row>
     <row r="1003" spans="1:3">
       <c r="A1003" s="1" t="inlineStr">
         <is>
-          <t>9786057890320</t>
+          <t>9786257669320</t>
         </is>
       </c>
       <c r="B1003" s="1" t="inlineStr">
         <is>
-          <t>Ütopya Dünyası</t>
+          <t>Yeni Dönem Pazarlama İletişimi Yaklaşımları</t>
         </is>
       </c>
       <c r="C1003" s="1">
-        <v>240</v>
+        <v>405</v>
       </c>
     </row>
     <row r="1004" spans="1:3">
       <c r="A1004" s="1" t="inlineStr">
         <is>
-          <t>9786057890375</t>
+          <t>9786257669375</t>
         </is>
       </c>
       <c r="B1004" s="1" t="inlineStr">
         <is>
-          <t>Kosova Türk Masalları</t>
+          <t>Türk - Irak Münasebetleri (1932-1963)</t>
         </is>
       </c>
       <c r="C1004" s="1">
-        <v>390</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1005" spans="1:3">
       <c r="A1005" s="1" t="inlineStr">
         <is>
-          <t>9786052228944</t>
+          <t>9786257669344</t>
         </is>
       </c>
       <c r="B1005" s="1" t="inlineStr">
         <is>
-          <t>İşletmelerin Verimlilikleri ile Çevresel Sosyal Sorumluluklarını Gerçekleştirme Düzeylerinin Karşılaştırmalı Analizi</t>
+          <t>Açıklamalı Yeni Kelimeler Sözlüğü</t>
         </is>
       </c>
       <c r="C1005" s="1">
-        <v>240</v>
+        <v>750</v>
       </c>
     </row>
     <row r="1006" spans="1:3">
       <c r="A1006" s="1" t="inlineStr">
         <is>
-          <t>9786057890368</t>
+          <t>9786257669368</t>
         </is>
       </c>
       <c r="B1006" s="1" t="inlineStr">
         <is>
-          <t>Halit Ziya Uşaklıgil'in Hikayelerinde Kadın Figürler</t>
+          <t>Ortadoğu Çalışmaları</t>
         </is>
       </c>
       <c r="C1006" s="1">
-        <v>210</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1007" spans="1:3">
       <c r="A1007" s="1" t="inlineStr">
         <is>
-          <t>9786057890283</t>
+          <t>9786257669337</t>
         </is>
       </c>
       <c r="B1007" s="1" t="inlineStr">
         <is>
-          <t>İçerik Pazarlaması - Müşteriye Bilgi Sunma Sanatı</t>
+          <t>SPSS ve R Uygulamalı Sayma Verisi Regresyon Analizi Modelleri</t>
         </is>
       </c>
       <c r="C1007" s="1">
-        <v>190</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1008" spans="1:3">
       <c r="A1008" s="1" t="inlineStr">
         <is>
-          <t>9786057890306</t>
+          <t>9786257669399</t>
         </is>
       </c>
       <c r="B1008" s="1" t="inlineStr">
         <is>
-          <t>Bilinçli Ebeveynlik</t>
+          <t>Tıp Eğitiminde Bilişim Teknolojileri</t>
         </is>
       </c>
       <c r="C1008" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1009" spans="1:3">
       <c r="A1009" s="1" t="inlineStr">
         <is>
-          <t>9786057890238</t>
+          <t>9786257669382</t>
         </is>
       </c>
       <c r="B1009" s="1" t="inlineStr">
         <is>
-          <t>Reklam ve Tüketim</t>
+          <t>1980 Sonrası Kadın Yazarların Romanlarında Annelik</t>
         </is>
       </c>
       <c r="C1009" s="1">
-        <v>200</v>
+        <v>740</v>
       </c>
     </row>
     <row r="1010" spans="1:3">
       <c r="A1010" s="1" t="inlineStr">
         <is>
-          <t>9786057890276</t>
+          <t>9786257669313</t>
         </is>
       </c>
       <c r="B1010" s="1" t="inlineStr">
         <is>
-          <t>Algı İnşasında Sosyal Medyanın Gücü</t>
+          <t>Siyasi Yasakların Sonu: 6 Eylül 1987 Referandumu</t>
         </is>
       </c>
       <c r="C1010" s="1">
-        <v>150</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1011" spans="1:3">
       <c r="A1011" s="1" t="inlineStr">
         <is>
-          <t>9786052228982</t>
+          <t>9786257669276</t>
         </is>
       </c>
       <c r="B1011" s="1" t="inlineStr">
         <is>
-          <t>İhracata Yönelik Teşvik ve Destek Politikaları</t>
+          <t>Divan-ı Cemil Mahmüd</t>
         </is>
       </c>
       <c r="C1011" s="1">
-        <v>160</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1012" spans="1:3">
       <c r="A1012" s="1" t="inlineStr">
         <is>
-          <t>9786057890313</t>
+          <t>9786257669290</t>
         </is>
       </c>
       <c r="B1012" s="1" t="inlineStr">
         <is>
-          <t>İnsan Kaynaklarından Yetenek Yönetimine Endüstri 4.0</t>
+          <t>Belediyelerde Sayıştay Denetimi</t>
         </is>
       </c>
       <c r="C1012" s="1">
-        <v>300</v>
+        <v>690</v>
       </c>
     </row>
     <row r="1013" spans="1:3">
       <c r="A1013" s="1" t="inlineStr">
         <is>
-          <t>9786057890269</t>
+          <t>9786257669252</t>
         </is>
       </c>
       <c r="B1013" s="1" t="inlineStr">
         <is>
-          <t>İkinci Dünya Savaşı Sürecinde Propaganda ve Türkiye</t>
+          <t>Çocukluk Travması</t>
         </is>
       </c>
       <c r="C1013" s="1">
-        <v>380</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1014" spans="1:3">
       <c r="A1014" s="1" t="inlineStr">
         <is>
-          <t>9786057890214</t>
+          <t>9786257669269</t>
         </is>
       </c>
       <c r="B1014" s="1" t="inlineStr">
         <is>
-          <t>İçgirişimciler, Aktivistler ve Fikir Şampiyonları ile Girişimcilik</t>
+          <t>Organizasyonlarda İnsan Kaynakları Problemlerinin Çözümü</t>
         </is>
       </c>
       <c r="C1014" s="1">
-        <v>350</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1015" spans="1:3">
       <c r="A1015" s="1" t="inlineStr">
         <is>
-          <t>9786057890245</t>
+          <t>9786257669238</t>
         </is>
       </c>
       <c r="B1015" s="1" t="inlineStr">
         <is>
-          <t>Kültür ve İktidar</t>
+          <t>Türkiye’deki Özel Havayolu İşletmelerinin Rekabet Stratejileri Üzerine Bir Araştırma</t>
         </is>
       </c>
       <c r="C1015" s="1">
-        <v>490</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1016" spans="1:3">
       <c r="A1016" s="1" t="inlineStr">
         <is>
-          <t>9786057890146</t>
+          <t>9786257669283</t>
         </is>
       </c>
       <c r="B1016" s="1" t="inlineStr">
         <is>
-          <t>Subversive Female Voices In The Plays Of Timberlake Wertenbaker And Pam Gems</t>
+          <t>Çalışma Hayatında Anneliğin Dönüşümü</t>
         </is>
       </c>
       <c r="C1016" s="1">
-        <v>300</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1017" spans="1:3">
       <c r="A1017" s="1" t="inlineStr">
         <is>
-          <t>9786057890207</t>
+          <t>9786257669245</t>
         </is>
       </c>
       <c r="B1017" s="1" t="inlineStr">
         <is>
-          <t>Trablusgarp Savaşı'nda Hilal-i Ahmer Cemiyeti (1911-1912)</t>
+          <t>Avrupa Birliği Bölgesel Politikası ve Macaristan</t>
         </is>
       </c>
       <c r="C1017" s="1">
-        <v>260</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1018" spans="1:3">
       <c r="A1018" s="1" t="inlineStr">
         <is>
-          <t>9786057890191</t>
+          <t>9786257130721</t>
         </is>
       </c>
       <c r="B1018" s="1" t="inlineStr">
         <is>
-          <t>Kosova Türklerinin Manileri ve Mani Söyleme Geleneği</t>
+          <t>Klasik Çağda Osmanlı</t>
         </is>
       </c>
       <c r="C1018" s="1">
-        <v>210</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1019" spans="1:3">
       <c r="A1019" s="1" t="inlineStr">
         <is>
-          <t>9786057890177</t>
+          <t>9786257669146</t>
         </is>
       </c>
       <c r="B1019" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Ombusdmanlık Kurumu</t>
+          <t>Türkiye’de Müziksel İşitme Eğitimi Araştırmaları</t>
         </is>
       </c>
       <c r="C1019" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1020" spans="1:3">
       <c r="A1020" s="1" t="inlineStr">
         <is>
-          <t>9786057890153</t>
+          <t>9786257669207</t>
         </is>
       </c>
       <c r="B1020" s="1" t="inlineStr">
         <is>
-          <t>Aydınoğulları Tarihi Üzerine Yazılar</t>
+          <t>Galata'da Sarraf İşletmeleri (1691-1733)</t>
         </is>
       </c>
       <c r="C1020" s="1">
-        <v>160</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1021" spans="1:3">
       <c r="A1021" s="1" t="inlineStr">
         <is>
-          <t>9786052228784</t>
+          <t>9786257669221</t>
         </is>
       </c>
       <c r="B1021" s="1" t="inlineStr">
         <is>
-          <t>Davranışsal Ekonomi Yaklaşımları: Karar Verme Tarzlarıyla Bir İnceleme</t>
+          <t>Köstendil, Dubnitsa, Vratsa ve Lom Şehirlerinde Günümüze Gelen Osmanlı Eserleri - Evlad-ı Fatihan Serisi</t>
         </is>
       </c>
       <c r="C1021" s="1">
-        <v>240</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1022" spans="1:3">
       <c r="A1022" s="1" t="inlineStr">
         <is>
-          <t>9786052228890</t>
+          <t>9786257669108</t>
         </is>
       </c>
       <c r="B1022" s="1" t="inlineStr">
         <is>
-          <t>Girişimcilik Sosyolojisi</t>
+          <t>Sağlık Sektöründe Uygulanan Güncel Pazarlama Yaklaşımları</t>
         </is>
       </c>
       <c r="C1022" s="1">
-        <v>240</v>
+        <v>405</v>
       </c>
     </row>
     <row r="1023" spans="1:3">
       <c r="A1023" s="1" t="inlineStr">
         <is>
-          <t>9786052228661</t>
+          <t>9786257669214</t>
         </is>
       </c>
       <c r="B1023" s="1" t="inlineStr">
         <is>
-          <t>The Spirit of Dickensian Style</t>
+          <t>Bellek ve Anımsama</t>
         </is>
       </c>
       <c r="C1023" s="1">
-        <v>240</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1024" spans="1:3">
       <c r="A1024" s="1" t="inlineStr">
         <is>
-          <t>9786052228869</t>
+          <t>9786257130592</t>
         </is>
       </c>
       <c r="B1024" s="1" t="inlineStr">
         <is>
-          <t>7. Uluslararası Karşılaştırmalı Edebi̇yat Bi̇li̇mi̇ Kongresi̇ Bi̇ldi̇ri̇ Ki̇tabı</t>
+          <t>Farklı Anneler ve Farklı Çocuklar</t>
         </is>
       </c>
       <c r="C1024" s="1">
-        <v>690</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1025" spans="1:3">
       <c r="A1025" s="1" t="inlineStr">
         <is>
-          <t>9786052228715</t>
+          <t>9786257669177</t>
         </is>
       </c>
       <c r="B1025" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal Yöneti̇şi̇m Başarısızlıkları ve Şi̇rket İflasları</t>
+          <t>Türk Cumhuriyetleri</t>
         </is>
       </c>
       <c r="C1025" s="1">
-        <v>210</v>
+        <v>975</v>
       </c>
     </row>
     <row r="1026" spans="1:3">
       <c r="A1026" s="1" t="inlineStr">
         <is>
-          <t>9786052228906</t>
+          <t>9786257669139</t>
         </is>
       </c>
       <c r="B1026" s="1" t="inlineStr">
         <is>
-          <t>Şirketler ve Finansal Kurumlar Üzerine Analizler</t>
+          <t>Türkiye Türkçesinde Edatlar</t>
         </is>
       </c>
       <c r="C1026" s="1">
-        <v>200</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1027" spans="1:3">
       <c r="A1027" s="1" t="inlineStr">
         <is>
-          <t>9786052228821</t>
+          <t>9786257669153</t>
         </is>
       </c>
       <c r="B1027" s="1" t="inlineStr">
         <is>
-          <t>Karayolu Yük Taşımacılık Si̇gortaları ve Kullanımı Üzeri̇ne Bi̇r Araştırma</t>
+          <t>Kalkınma ve Kırsal Kalkınma</t>
         </is>
       </c>
       <c r="C1027" s="1">
-        <v>190</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1028" spans="1:3">
       <c r="A1028" s="1" t="inlineStr">
         <is>
-          <t>9786052228876</t>
+          <t>9786257669160</t>
         </is>
       </c>
       <c r="B1028" s="1" t="inlineStr">
         <is>
-          <t>A Comparative Study On Literary Figures: Mansfield, Ertem, Hemingway, Esendal, Yeats, Suleiman The Magnificent</t>
+          <t>100 Soruda Kazakistan</t>
         </is>
       </c>
       <c r="C1028" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1029" spans="1:3">
       <c r="A1029" s="1" t="inlineStr">
         <is>
-          <t>9786052228968</t>
+          <t>9786257669092</t>
         </is>
       </c>
       <c r="B1029" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Mali̇yet Yöntemleri̇ Kai̇zen ve Kai̇zen Mali̇yetleme</t>
+          <t>Eğitimde Öz</t>
         </is>
       </c>
       <c r="C1029" s="1">
-        <v>230</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1030" spans="1:3">
       <c r="A1030" s="1" t="inlineStr">
         <is>
-          <t>9786052228777</t>
+          <t>9786257669030</t>
         </is>
       </c>
       <c r="B1030" s="1" t="inlineStr">
         <is>
-          <t>Yönetişimde Yeni Yaklaşımlar</t>
+          <t>Priştineli Begzade Nureddin 2. Divan</t>
         </is>
       </c>
       <c r="C1030" s="1">
-        <v>300</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1031" spans="1:3">
       <c r="A1031" s="1" t="inlineStr">
         <is>
-          <t>9786052228845</t>
+          <t>9786257669009</t>
         </is>
       </c>
       <c r="B1031" s="1" t="inlineStr">
         <is>
-          <t>16. Yüzyılda Osmanlı Hakimiyetinde Budin</t>
+          <t>Perakendecilikte Genetik Algoritma İle Depo Yerleşimi</t>
         </is>
       </c>
       <c r="C1031" s="1">
-        <v>470</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1032" spans="1:3">
       <c r="A1032" s="1" t="inlineStr">
         <is>
-          <t>9786052228791</t>
+          <t>9786257130950</t>
         </is>
       </c>
       <c r="B1032" s="1" t="inlineStr">
         <is>
-          <t>Spot Doğal Gaz Fiyatlarını Etkileyen Faktörler ve Türkiye İçin Öneriler</t>
+          <t>Küreselleşme Sürecinde Akıllı Şehirler: Paradigma, Yönelimler ve Fırsatlar</t>
         </is>
       </c>
       <c r="C1032" s="1">
-        <v>210</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1033" spans="1:3">
       <c r="A1033" s="1" t="inlineStr">
         <is>
-          <t>9786052228838</t>
+          <t>9786257669115</t>
         </is>
       </c>
       <c r="B1033" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadelede Alaşehir</t>
+          <t>Beşir Fuad’ın Güneş Mecmuası</t>
         </is>
       </c>
       <c r="C1033" s="1">
-        <v>230</v>
+        <v>585</v>
       </c>
     </row>
     <row r="1034" spans="1:3">
       <c r="A1034" s="1" t="inlineStr">
         <is>
-          <t>9786052228654</t>
+          <t>9786257130684</t>
         </is>
       </c>
       <c r="B1034" s="1" t="inlineStr">
         <is>
-          <t>Beşikdüzü - İlçesinin Coğrafyası</t>
+          <t>Britanya Kültür Tarihi 1</t>
         </is>
       </c>
       <c r="C1034" s="1">
-        <v>280</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1035" spans="1:3">
       <c r="A1035" s="1" t="inlineStr">
         <is>
-          <t>9786052228722</t>
+          <t>9786257669085</t>
         </is>
       </c>
       <c r="B1035" s="1" t="inlineStr">
         <is>
-          <t>Lidya'nın Tmolos (Bozdağlar) Yaylalarında Jeomorfoloji, Paleocoğrafya ve Jeoarkeoloji Araştırmaları</t>
+          <t>Türkçe - Arapça Konuşma Kılavuzu</t>
         </is>
       </c>
       <c r="C1035" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="1036" spans="1:3">
       <c r="A1036" s="1" t="inlineStr">
         <is>
-          <t>9786052228814</t>
+          <t>9786257669016</t>
         </is>
       </c>
       <c r="B1036" s="1" t="inlineStr">
         <is>
-          <t>20. Yüzyıl Başlarında Amasya'da Eğitim ve Eğitim Kurumları</t>
+          <t>Dijital Pazarlama İletişimi</t>
         </is>
       </c>
       <c r="C1036" s="1">
-        <v>200</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1037" spans="1:3">
       <c r="A1037" s="1" t="inlineStr">
         <is>
-          <t>9786052228852</t>
+          <t>9786257130943</t>
         </is>
       </c>
       <c r="B1037" s="1" t="inlineStr">
         <is>
-          <t>Kamuda Dijital Dönüşüm</t>
+          <t>2. Abdülhamid Dönemi Görsel Temsiliyet</t>
         </is>
       </c>
       <c r="C1037" s="1">
-        <v>430</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1038" spans="1:3">
       <c r="A1038" s="1" t="inlineStr">
         <is>
-          <t>9786052228685</t>
+          <t>9786257130981</t>
         </is>
       </c>
       <c r="B1038" s="1" t="inlineStr">
         <is>
-          <t>Bolluk (Cihanbeyli) Traverten Konileri</t>
+          <t>2. Meşrutiyet - Osmanlı Tarihi Araştırmaları 2</t>
         </is>
       </c>
       <c r="C1038" s="1">
-        <v>190</v>
+        <v>650</v>
       </c>
     </row>
     <row r="1039" spans="1:3">
       <c r="A1039" s="1" t="inlineStr">
         <is>
-          <t>9786052228807</t>
+          <t>9786257669047</t>
         </is>
       </c>
       <c r="B1039" s="1" t="inlineStr">
         <is>
-          <t>Diaspora Temsil Sistemi</t>
+          <t>Gençlik Turizmi</t>
         </is>
       </c>
       <c r="C1039" s="1">
-        <v>240</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1040" spans="1:3">
       <c r="A1040" s="1" t="inlineStr">
         <is>
-          <t>9786052228494</t>
+          <t>9786257669054</t>
         </is>
       </c>
       <c r="B1040" s="1" t="inlineStr">
         <is>
-          <t>Sigorta Sektöründe Acente - Şirket İlişkileri</t>
+          <t>Pazarlamada Dönüşüm</t>
         </is>
       </c>
       <c r="C1040" s="1">
-        <v>210</v>
+        <v>405</v>
       </c>
     </row>
     <row r="1041" spans="1:3">
       <c r="A1041" s="1" t="inlineStr">
         <is>
-          <t>9786052228753</t>
+          <t>9786257669023</t>
         </is>
       </c>
       <c r="B1041" s="1" t="inlineStr">
         <is>
-          <t>Reklam Kampanyalarının Planlanmasında Satış Noktasında Reklamın Önemi</t>
+          <t>Sahraaltı Afrika Ülkelerinin İktisadi Gelişme Sürecine Kısa Bir Bakış</t>
         </is>
       </c>
       <c r="C1041" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1042" spans="1:3">
       <c r="A1042" s="1" t="inlineStr">
         <is>
-          <t>9786052228739</t>
+          <t>9786257130813</t>
         </is>
       </c>
       <c r="B1042" s="1" t="inlineStr">
         <is>
-          <t>Sivil Hava Yolu Taşımacılığında Pazar Payının Arttırılmasına Yönelik Rekabetçi Stratejilerin Geliştirilmesi</t>
+          <t>Türk Romanında Postmodernizm</t>
         </is>
       </c>
       <c r="C1042" s="1">
-        <v>350</v>
+        <v>560</v>
       </c>
     </row>
     <row r="1043" spans="1:3">
       <c r="A1043" s="1" t="inlineStr">
         <is>
-          <t>9786052228708</t>
+          <t>9786257130806</t>
         </is>
       </c>
       <c r="B1043" s="1" t="inlineStr">
         <is>
-          <t>Otel İşletmelerinde Kurumsallaşma</t>
+          <t>Ben Bir Ara</t>
         </is>
       </c>
       <c r="C1043" s="1">
-        <v>230</v>
+        <v>620</v>
       </c>
     </row>
     <row r="1044" spans="1:3">
       <c r="A1044" s="1" t="inlineStr">
         <is>
-          <t>9786052228760</t>
+          <t>9786257130998</t>
         </is>
       </c>
       <c r="B1044" s="1" t="inlineStr">
         <is>
-          <t>Nesnelerin İnterneti Dünyasında Müşteri İlişkileri Yönetimi</t>
+          <t>Bornova Ovası ve Çevresinde İklim Değişkenliğinin Ağaç Gelişimine Etkisi</t>
         </is>
       </c>
       <c r="C1044" s="1">
-        <v>200</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1045" spans="1:3">
       <c r="A1045" s="1" t="inlineStr">
         <is>
-          <t>9786052228746</t>
+          <t>9786257130936</t>
         </is>
       </c>
       <c r="B1045" s="1" t="inlineStr">
         <is>
-          <t>Nahiv Bilgisi Işığında Osmanlı Nahvine Bakış</t>
+          <t>Arif Divanı</t>
         </is>
       </c>
       <c r="C1045" s="1">
-        <v>230</v>
+        <v>405</v>
       </c>
     </row>
     <row r="1046" spans="1:3">
       <c r="A1046" s="1" t="inlineStr">
         <is>
-          <t>9786052228630</t>
+          <t>9786257130790</t>
         </is>
       </c>
       <c r="B1046" s="1" t="inlineStr">
         <is>
-          <t>Equity Risk Premium</t>
+          <t>The Determinants of Local Government Performance In A Small Island Economy</t>
         </is>
       </c>
       <c r="C1046" s="1">
-        <v>200</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1047" spans="1:3">
       <c r="A1047" s="1" t="inlineStr">
         <is>
-          <t>9786052228562</t>
+          <t>9786257130837</t>
         </is>
       </c>
       <c r="B1047" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Hanedan Kızları ve Gelirleri</t>
+          <t>1908-1983 Arası Dönemde Türkiye’de Askeri Kültür ve Laiklik İlişkisi</t>
         </is>
       </c>
       <c r="C1047" s="1">
-        <v>380</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1048" spans="1:3">
       <c r="A1048" s="1" t="inlineStr">
         <is>
-          <t>9786052228678</t>
+          <t>9786257130882</t>
         </is>
       </c>
       <c r="B1048" s="1" t="inlineStr">
         <is>
-          <t>Riding The Storm</t>
+          <t>Küresel Şehirler</t>
         </is>
       </c>
       <c r="C1048" s="1">
-        <v>160</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1049" spans="1:3">
       <c r="A1049" s="1" t="inlineStr">
         <is>
-          <t>9786052228692</t>
+          <t>9786257130899</t>
         </is>
       </c>
       <c r="B1049" s="1" t="inlineStr">
         <is>
-          <t>Kümelenmenin Önemi ve Kümelenme İçin Uygun Sektörün Belirlenmesi: Erzincan İli Üzerine Bir Uygulama</t>
+          <t>Ordu İli Turizm Merkezlerinin Çok Kriterli Karar Verme Yöntemlerine Göre Analizi</t>
         </is>
       </c>
       <c r="C1049" s="1">
-        <v>210</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1050" spans="1:3">
       <c r="A1050" s="1" t="inlineStr">
         <is>
-          <t>9786052228647</t>
+          <t>9786257130974</t>
         </is>
       </c>
       <c r="B1050" s="1" t="inlineStr">
         <is>
-          <t>Silvan İlçesi’nin Beşeri ve İktisadi Coğrafyası</t>
+          <t>Konaklama Tesislerine Mekansal Teoriler Açısından Bakış</t>
         </is>
       </c>
       <c r="C1050" s="1">
-        <v>500</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1051" spans="1:3">
       <c r="A1051" s="1" t="inlineStr">
         <is>
-          <t>9786052228609</t>
+          <t>9786257130905</t>
         </is>
       </c>
       <c r="B1051" s="1" t="inlineStr">
         <is>
-          <t>Belgesel Sinemanın Üçüncü Sinemada Temsili</t>
+          <t>Temel Yaşam Becerisi Finansal Okuryazarlık</t>
         </is>
       </c>
       <c r="C1051" s="1">
-        <v>250</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1052" spans="1:3">
       <c r="A1052" s="1" t="inlineStr">
         <is>
-          <t>9786052228555</t>
+          <t>9786257130967</t>
         </is>
       </c>
       <c r="B1052" s="1" t="inlineStr">
         <is>
-          <t>Gümüşhacıköy Özdarendeliler Konağı</t>
+          <t>Mecmü' Atü' Ş-Sanayi</t>
         </is>
       </c>
       <c r="C1052" s="1">
-        <v>380</v>
+        <v>820</v>
       </c>
     </row>
     <row r="1053" spans="1:3">
       <c r="A1053" s="1" t="inlineStr">
         <is>
-          <t>9786052228623</t>
+          <t>9786257130844</t>
         </is>
       </c>
       <c r="B1053" s="1" t="inlineStr">
         <is>
-          <t>Fatih’in İlk Hocası Molla Yegan Güzelhisar’dan Pay-ı Taht’a</t>
+          <t>Ücret Teorileri</t>
         </is>
       </c>
       <c r="C1053" s="1">
-        <v>150</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1054" spans="1:3">
       <c r="A1054" s="1" t="inlineStr">
         <is>
-          <t>9786052228593</t>
+          <t>9786257130929</t>
         </is>
       </c>
       <c r="B1054" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Asker ve İdeoloji - Erken Cumhuriyetten Çok Partili Hayata Geçişte</t>
+          <t>Arthur Schnitzler Öykülerinde Ölüm Olgusu</t>
         </is>
       </c>
       <c r="C1054" s="1">
-        <v>260</v>
+        <v>405</v>
       </c>
     </row>
     <row r="1055" spans="1:3">
       <c r="A1055" s="1" t="inlineStr">
         <is>
-          <t>9786052228470</t>
+          <t>9786257130868</t>
         </is>
       </c>
       <c r="B1055" s="1" t="inlineStr">
         <is>
-          <t>Ulusal Aynayı Oluşturan Kadınsılık Sırları</t>
+          <t>Türkiye’de Ekstrem Kurak ve Nemli Dönemler (1951-2018)</t>
         </is>
       </c>
       <c r="C1055" s="1">
-        <v>290</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1056" spans="1:3">
       <c r="A1056" s="1" t="inlineStr">
         <is>
-          <t>9786052228531</t>
+          <t>9786257130875</t>
         </is>
       </c>
       <c r="B1056" s="1" t="inlineStr">
         <is>
-          <t>Antakyalı Kasım Şeybani ve Nasihatname’si</t>
+          <t>Havacılık Sektöründe Entelektüel Sermaye İnovasyon ve Performans</t>
         </is>
       </c>
       <c r="C1056" s="1">
-        <v>750</v>
+        <v>365</v>
       </c>
     </row>
     <row r="1057" spans="1:3">
       <c r="A1057" s="1" t="inlineStr">
         <is>
-          <t>9786052228487</t>
+          <t>9786257130769</t>
         </is>
       </c>
       <c r="B1057" s="1" t="inlineStr">
         <is>
-          <t>Cehennem Deresi Kanyonu’nun Doğal Ortam Özellikleri ve Turizm Potansiyeli (Ardanuç-Artvin)</t>
+          <t>Avrupa Birliği ve Avrupa Birliği-Türkiye İlişkileri</t>
         </is>
       </c>
       <c r="C1057" s="1">
-        <v>180</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1058" spans="1:3">
       <c r="A1058" s="1" t="inlineStr">
         <is>
-          <t>9786052228517</t>
+          <t>3990057130851</t>
         </is>
       </c>
       <c r="B1058" s="1" t="inlineStr">
         <is>
-          <t>Safiye Can'da Poetik Yaklaşımlar</t>
+          <t>Beşeri Bilimler Ekseninde Güncel Araştırmalar</t>
         </is>
       </c>
       <c r="C1058" s="1">
-        <v>250</v>
+        <v>845</v>
       </c>
     </row>
     <row r="1059" spans="1:3">
       <c r="A1059" s="1" t="inlineStr">
         <is>
-          <t>9786052228524</t>
+          <t>9786257130783</t>
         </is>
       </c>
       <c r="B1059" s="1" t="inlineStr">
         <is>
-          <t>Obezite Vergisi</t>
+          <t>Priştineli Begazade Nureddin 1. Divan</t>
         </is>
       </c>
       <c r="C1059" s="1">
-        <v>210</v>
+        <v>1020</v>
       </c>
     </row>
     <row r="1060" spans="1:3">
       <c r="A1060" s="1" t="inlineStr">
         <is>
-          <t>9786052228463</t>
+          <t>9786257130677</t>
         </is>
       </c>
       <c r="B1060" s="1" t="inlineStr">
         <is>
-          <t>Soğuk Savaş Döneminde Algı Yönetimi ve Haber - Propaganda İlişkisi</t>
+          <t>Büyük Britanya Müzelerindeki Osmanlı Seramik Koleksiyonları</t>
         </is>
       </c>
       <c r="C1060" s="1">
-        <v>450</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="1061" spans="1:3">
       <c r="A1061" s="1" t="inlineStr">
         <is>
-          <t>9786052228432</t>
+          <t>9786257130707</t>
         </is>
       </c>
       <c r="B1061" s="1" t="inlineStr">
         <is>
-          <t>Jacques Ellul Düşüncesinde Teknik Sorunu</t>
+          <t>Çok Kriterli Karar Verme Yöntemi Seçiminde Yeni Bir Yaklaşım</t>
         </is>
       </c>
       <c r="C1061" s="1">
-        <v>160</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1062" spans="1:3">
       <c r="A1062" s="1" t="inlineStr">
         <is>
-          <t>9786052228418</t>
+          <t>9786257130745</t>
         </is>
       </c>
       <c r="B1062" s="1" t="inlineStr">
         <is>
-          <t>Demokrat Partinin Kadın Milletvekilleri</t>
+          <t>Marginal Women in Theatre</t>
         </is>
       </c>
       <c r="C1062" s="1">
-        <v>210</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1063" spans="1:3">
       <c r="A1063" s="1" t="inlineStr">
         <is>
-          <t>9786052228173</t>
+          <t>9786257033183</t>
         </is>
       </c>
       <c r="B1063" s="1" t="inlineStr">
         <is>
-          <t>Toplum ve Kültür</t>
+          <t>Money Laundering Phenomenon</t>
         </is>
       </c>
       <c r="C1063" s="1">
-        <v>210</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1064" spans="1:3">
       <c r="A1064" s="1" t="inlineStr">
         <is>
-          <t>9786052228425</t>
+          <t>9786257130714</t>
         </is>
       </c>
       <c r="B1064" s="1" t="inlineStr">
         <is>
-          <t>Gülşen-i Zürefa</t>
+          <t>Coğrafi Perspektifle Dağ ve Dağlık Alanlar</t>
         </is>
       </c>
       <c r="C1064" s="1">
-        <v>820</v>
+        <v>650</v>
       </c>
     </row>
     <row r="1065" spans="1:3">
       <c r="A1065" s="1" t="inlineStr">
         <is>
-          <t>9786052228371</t>
+          <t>9786257130820</t>
         </is>
       </c>
       <c r="B1065" s="1" t="inlineStr">
         <is>
-          <t>Decades of Relations Between African Countries' and Turkey</t>
+          <t>İşçi Göçlerinin Büyük Britanya Emek Piyasasına Etkileri</t>
         </is>
       </c>
       <c r="C1065" s="1">
-        <v>210</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1066" spans="1:3">
       <c r="A1066" s="1" t="inlineStr">
         <is>
-          <t>9786052228340</t>
+          <t>9786257130653</t>
         </is>
       </c>
       <c r="B1066" s="1" t="inlineStr">
         <is>
-          <t>Siyasal İletişim</t>
+          <t>İnternet ve E-Ticaret</t>
         </is>
       </c>
       <c r="C1066" s="1">
-        <v>340</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1067" spans="1:3">
       <c r="A1067" s="1" t="inlineStr">
         <is>
-          <t>9786052228395</t>
+          <t>9786257130691</t>
         </is>
       </c>
       <c r="B1067" s="1" t="inlineStr">
         <is>
-          <t>Siirt Kenti - Bir Kent Coğrafyası Araştırması</t>
+          <t>Gölgenin Edebiyattaki İzdüşümleri</t>
         </is>
       </c>
       <c r="C1067" s="1">
-        <v>920</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1068" spans="1:3">
       <c r="A1068" s="1" t="inlineStr">
         <is>
-          <t>9786052228388</t>
+          <t>9786257130660</t>
         </is>
       </c>
       <c r="B1068" s="1" t="inlineStr">
         <is>
-          <t>Ekolojik Koşullara Göre Tekirdağ İlinin Arazi Kabiliyet Sınıflandırması</t>
+          <t>Bayburt Halk Bilimi</t>
         </is>
       </c>
       <c r="C1068" s="1">
-        <v>920</v>
+        <v>575</v>
       </c>
     </row>
     <row r="1069" spans="1:3">
       <c r="A1069" s="1" t="inlineStr">
         <is>
-          <t>9786052228401</t>
+          <t>9786257130424</t>
         </is>
       </c>
       <c r="B1069" s="1" t="inlineStr">
         <is>
-          <t>Utichil Asimetrik Mübadele</t>
+          <t>Evolution of Economics</t>
         </is>
       </c>
       <c r="C1069" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1070" spans="1:3">
       <c r="A1070" s="1" t="inlineStr">
         <is>
-          <t>9786052228364</t>
+          <t>9786257130554</t>
         </is>
       </c>
       <c r="B1070" s="1" t="inlineStr">
         <is>
-          <t>Sakarya Nehri - Göynük Çayı - Çatak Çayı Arasındaki Sahanın Karst Jeomorfolojisi</t>
+          <t>Aile İşletmelerinde Stratejik Yönetim</t>
         </is>
       </c>
       <c r="C1070" s="1">
-        <v>500</v>
+        <v>520</v>
       </c>
     </row>
     <row r="1071" spans="1:3">
       <c r="A1071" s="1" t="inlineStr">
         <is>
-          <t>9786052228357</t>
+          <t>9786257130523</t>
         </is>
       </c>
       <c r="B1071" s="1" t="inlineStr">
         <is>
-          <t>Türkçede Öbekler</t>
+          <t>Aile İşletmelerinde Pazarlama ve Marka Yönetimi</t>
         </is>
       </c>
       <c r="C1071" s="1">
-        <v>260</v>
+        <v>405</v>
       </c>
     </row>
     <row r="1072" spans="1:3">
       <c r="A1072" s="1" t="inlineStr">
         <is>
-          <t>9786052228333</t>
+          <t>9786257130578</t>
         </is>
       </c>
       <c r="B1072" s="1" t="inlineStr">
         <is>
-          <t>Arap Baharı Sonrası İsrail Dış Politikası</t>
+          <t>Aile İşletmelerinde Muhasebe, Finans ve Denetim</t>
         </is>
       </c>
       <c r="C1072" s="1">
-        <v>200</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1073" spans="1:3">
       <c r="A1073" s="1" t="inlineStr">
         <is>
-          <t>9786052228296</t>
+          <t>9786257130530</t>
         </is>
       </c>
       <c r="B1073" s="1" t="inlineStr">
         <is>
-          <t>Türklerde Ticaretin Seyri</t>
+          <t>Aile İşletmeciliğinde Tarım İşletmeleri ve Farklı Kurumsallaşma Örnekleri</t>
         </is>
       </c>
       <c r="C1073" s="1">
-        <v>180</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1074" spans="1:3">
       <c r="A1074" s="1" t="inlineStr">
         <is>
-          <t>9786052228302</t>
+          <t>9786257130585</t>
         </is>
       </c>
       <c r="B1074" s="1" t="inlineStr">
         <is>
-          <t>14 -18 Yaşları Arasındaki Öğrencilerin Heteroseksüel Gelişimlerinin İncelenmesi</t>
+          <t>Aile İlişkileri Bağlamında Aile İşletmeleri</t>
         </is>
       </c>
       <c r="C1074" s="1">
-        <v>160</v>
+        <v>575</v>
       </c>
     </row>
     <row r="1075" spans="1:3">
       <c r="A1075" s="1" t="inlineStr">
         <is>
-          <t>3990000030336</t>
+          <t>9786257130561</t>
         </is>
       </c>
       <c r="B1075" s="1" t="inlineStr">
         <is>
-          <t>Klasik Osmanlı Ailesi ve Değişim (1839-1923)</t>
+          <t>Eskiçağ Metinlerinde Alaşiya Ülkesi</t>
         </is>
       </c>
       <c r="C1075" s="1">
-        <v>260</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1076" spans="1:3">
       <c r="A1076" s="1" t="inlineStr">
         <is>
-          <t>9786052228326</t>
+          <t>9786257130547</t>
         </is>
       </c>
       <c r="B1076" s="1" t="inlineStr">
         <is>
-          <t>Işıklar (Ganos) Dağı ve Çevresinin Neotektonik Dönem Jeomorfolojik Gelişimi</t>
+          <t>Tek Ebeveynli Ailelerde Aile Aidiyeti</t>
         </is>
       </c>
       <c r="C1076" s="1">
-        <v>500</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1077" spans="1:3">
       <c r="A1077" s="1" t="inlineStr">
         <is>
-          <t>9786052228180</t>
+          <t>9786257130615</t>
         </is>
       </c>
       <c r="B1077" s="1" t="inlineStr">
         <is>
-          <t>Sultanü’l-Evliya Ebü Said-i Ebü’l-Hayr</t>
+          <t>21. Yüzyılda Bütünleşik Pazarlama İletişimi</t>
         </is>
       </c>
       <c r="C1077" s="1">
-        <v>420</v>
+        <v>455</v>
       </c>
     </row>
     <row r="1078" spans="1:3">
       <c r="A1078" s="1" t="inlineStr">
         <is>
-          <t>9786052228197</t>
+          <t>9786257130516</t>
         </is>
       </c>
       <c r="B1078" s="1" t="inlineStr">
         <is>
-          <t>Sadık Vicdani</t>
+          <t>Türkiye İklimi</t>
         </is>
       </c>
       <c r="C1078" s="1">
-        <v>240</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1079" spans="1:3">
       <c r="A1079" s="1" t="inlineStr">
         <is>
-          <t>9786059336949</t>
+          <t>9786257130608</t>
         </is>
       </c>
       <c r="B1079" s="1" t="inlineStr">
         <is>
-          <t>Halkla İlişkiler ve Kampanyalar</t>
+          <t>Kamuda Etiği Yeniden Düşünmek: Hizmetten Yararlananların Etik Davranış İlkeleri</t>
         </is>
       </c>
       <c r="C1079" s="1">
-        <v>280</v>
+        <v>315</v>
       </c>
     </row>
     <row r="1080" spans="1:3">
       <c r="A1080" s="1" t="inlineStr">
         <is>
-          <t>9786052228111</t>
+          <t>9786257130622</t>
         </is>
       </c>
       <c r="B1080" s="1" t="inlineStr">
         <is>
-          <t>19. YY. Nakşibendi Şeyhlerinden Hocazade Ahmed Kamil Efendi ve Divanı</t>
+          <t>Sanat Musahabeleri</t>
         </is>
       </c>
       <c r="C1080" s="1">
-        <v>240</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1081" spans="1:3">
       <c r="A1081" s="1" t="inlineStr">
         <is>
-          <t>3990000030354</t>
+          <t>9786257130509</t>
         </is>
       </c>
       <c r="B1081" s="1" t="inlineStr">
         <is>
-          <t>Bolu Nüfus Defteri 1840</t>
+          <t>Futbol Yayınlarında Görüntü Dili</t>
         </is>
       </c>
       <c r="C1081" s="1">
-        <v>400</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1082" spans="1:3">
       <c r="A1082" s="1" t="inlineStr">
         <is>
-          <t>9786059336963</t>
+          <t>9786257130639</t>
         </is>
       </c>
       <c r="B1082" s="1" t="inlineStr">
         <is>
-          <t>1877 - 1293 Osmanlı - Rus Seferinden Halyas - Zivin - Kars Muharebeleri</t>
+          <t>Kur'an Tilavetinde Temsili Okuma</t>
         </is>
       </c>
       <c r="C1082" s="1">
-        <v>160</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1083" spans="1:3">
       <c r="A1083" s="1" t="inlineStr">
         <is>
-          <t>9786052228050</t>
+          <t>9786257130479</t>
         </is>
       </c>
       <c r="B1083" s="1" t="inlineStr">
         <is>
-          <t>Klasik Türk Şiirinde Şarkı</t>
+          <t>Havayolu Tüketicisi Satın Alma Davranışı (Ciltli)</t>
         </is>
       </c>
       <c r="C1083" s="1">
-        <v>240</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1084" spans="1:3">
       <c r="A1084" s="1" t="inlineStr">
         <is>
-          <t>9786052228036</t>
+          <t>9786257130486</t>
         </is>
       </c>
       <c r="B1084" s="1" t="inlineStr">
         <is>
-          <t>Stratejik Planlama ve Stratejik Pazarlama Planı Hazırlama Rehberi</t>
+          <t>Yapay Zeka Fırsat Mı, Yoksa Tehdit Mi?</t>
         </is>
       </c>
       <c r="C1084" s="1">
-        <v>160</v>
+        <v>455</v>
       </c>
     </row>
     <row r="1085" spans="1:3">
       <c r="A1085" s="1" t="inlineStr">
         <is>
-          <t>9786059336673</t>
+          <t>9786257130493</t>
         </is>
       </c>
       <c r="B1085" s="1" t="inlineStr">
         <is>
-          <t>Foreign Policy Decision Making In Microstates</t>
+          <t>Kriz, Algı ve Markalaşma Açısından İletişim Yönetimi</t>
         </is>
       </c>
       <c r="C1085" s="1">
-        <v>180</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1086" spans="1:3">
       <c r="A1086" s="1" t="inlineStr">
         <is>
-          <t>9786052228128</t>
+          <t>9786257130387</t>
         </is>
       </c>
       <c r="B1086" s="1" t="inlineStr">
         <is>
-          <t>Cebri Mihr ü Mah</t>
+          <t>Youtube Türkiye'de Kültür, Siyaset ve Tüketim 1</t>
         </is>
       </c>
       <c r="C1086" s="1">
-        <v>420</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1087" spans="1:3">
       <c r="A1087" s="1" t="inlineStr">
         <is>
-          <t>3990000029920</t>
+          <t>9786257130332</t>
         </is>
       </c>
       <c r="B1087" s="1" t="inlineStr">
         <is>
-          <t>Politika Transferi ve Düzenleyici Kurumlar</t>
+          <t>Mısırlı Şahidi Divanı</t>
         </is>
       </c>
       <c r="C1087" s="1">
-        <v>480</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="1088" spans="1:3">
       <c r="A1088" s="1" t="inlineStr">
         <is>
-          <t>3990000029921</t>
+          <t>9786257130462</t>
         </is>
       </c>
       <c r="B1088" s="1" t="inlineStr">
         <is>
-          <t>İnovasyon ve Pazarlama</t>
+          <t>Reklam İkna ve İdeoloji</t>
         </is>
       </c>
       <c r="C1088" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1089" spans="1:3">
       <c r="A1089" s="1" t="inlineStr">
         <is>
-          <t>9786052228081</t>
+          <t>9786257130295</t>
         </is>
       </c>
       <c r="B1089" s="1" t="inlineStr">
         <is>
-          <t>Seçim Sistemleri ve Ulusal Kültür</t>
+          <t>Aile Şirketlerinin Kurumsallaşma Düzeyi İle Finansal Performans İlişkisi</t>
         </is>
       </c>
       <c r="C1089" s="1">
-        <v>210</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1090" spans="1:3">
       <c r="A1090" s="1" t="inlineStr">
         <is>
-          <t>9786059336130</t>
+          <t>9786257130431</t>
         </is>
       </c>
       <c r="B1090" s="1" t="inlineStr">
         <is>
-          <t>Kırgızların Dili ve Edebiyatı</t>
+          <t>1262 -1845 Yılı Siverek Kefalet Defteri</t>
         </is>
       </c>
       <c r="C1090" s="1">
-        <v>230</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1091" spans="1:3">
       <c r="A1091" s="1" t="inlineStr">
         <is>
-          <t>9786059336246</t>
+          <t>9786257130417</t>
         </is>
       </c>
       <c r="B1091" s="1" t="inlineStr">
         <is>
-          <t>İkna Dili ve Medya</t>
+          <t>Hatay Halk Kültürü Üzerine Araştırmalar</t>
         </is>
       </c>
       <c r="C1091" s="1">
-        <v>210</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1092" spans="1:3">
       <c r="A1092" s="1" t="inlineStr">
         <is>
-          <t>9786059336147</t>
+          <t>9786257130271</t>
         </is>
       </c>
       <c r="B1092" s="1" t="inlineStr">
         <is>
-          <t>Gözetleyen Bakış</t>
+          <t>Sağlık Kurumlarında Güncel Muhasebe ve Finans</t>
         </is>
       </c>
       <c r="C1092" s="1">
-        <v>200</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1093" spans="1:3">
       <c r="A1093" s="1" t="inlineStr">
         <is>
-          <t>9786059336741</t>
+          <t>9786257130455</t>
         </is>
       </c>
       <c r="B1093" s="1" t="inlineStr">
         <is>
-          <t>Demokrat Parti Dönemi Basında Sosyal Politika</t>
+          <t>Sinemada Kurgu ve Anlatı İlişkisi</t>
         </is>
       </c>
       <c r="C1093" s="1">
-        <v>190</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1094" spans="1:3">
       <c r="A1094" s="1" t="inlineStr">
         <is>
-          <t>9786052228029</t>
+          <t>9786257033312</t>
         </is>
       </c>
       <c r="B1094" s="1" t="inlineStr">
         <is>
-          <t>A Turkish - English Dictionary For Turkish And Foreign Learners</t>
+          <t>The Erotic Motive in Literature</t>
         </is>
       </c>
       <c r="C1094" s="1">
-        <v>310</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1095" spans="1:3">
       <c r="A1095" s="1" t="inlineStr">
         <is>
-          <t>9786052228012</t>
+          <t>9786257130325</t>
         </is>
       </c>
       <c r="B1095" s="1" t="inlineStr">
         <is>
-          <t>Ziyaret Fenomeni ve Türk Popüler Dindarlığı</t>
+          <t>Riske Maruz Değer</t>
         </is>
       </c>
       <c r="C1095" s="1">
-        <v>240</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1096" spans="1:3">
       <c r="A1096" s="1" t="inlineStr">
         <is>
-          <t>9786052228104</t>
+          <t>9786257130301</t>
         </is>
       </c>
       <c r="B1096" s="1" t="inlineStr">
         <is>
-          <t>A New Mean Reversion Model By Fourier Terms: Applications In Finance</t>
+          <t>FRS Kapsamında Finansal Durum Tablosu ve Özkaynaklar İçin Muhasebe Uygulamaları</t>
         </is>
       </c>
       <c r="C1096" s="1">
-        <v>160</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1097" spans="1:3">
       <c r="A1097" s="1" t="inlineStr">
         <is>
-          <t>9786059336857</t>
+          <t>9786257130219</t>
         </is>
       </c>
       <c r="B1097" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Pazarlama</t>
+          <t>Deconstructing Anthropocentrism</t>
         </is>
       </c>
       <c r="C1097" s="1">
-        <v>250</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1098" spans="1:3">
       <c r="A1098" s="1" t="inlineStr">
         <is>
-          <t>9786052228098</t>
+          <t>9786257130349</t>
         </is>
       </c>
       <c r="B1098" s="1" t="inlineStr">
         <is>
-          <t>Orta Toroslar’da Dolinlerin Dağılışı ve Morfometrik Özellikleri</t>
+          <t>Atmosferik Tozun Uzaktan Algılama ile Belirlenmesi</t>
         </is>
       </c>
       <c r="C1098" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="1099" spans="1:3">
       <c r="A1099" s="1" t="inlineStr">
         <is>
-          <t>9786059336840</t>
+          <t>9786257130400</t>
         </is>
       </c>
       <c r="B1099" s="1" t="inlineStr">
         <is>
-          <t>Cezayir Bağımsızlık Hareketi Ve Türk Kamuoyu (1954–1962)</t>
+          <t>Ateş Hattı</t>
         </is>
       </c>
       <c r="C1099" s="1">
-        <v>350</v>
+        <v>620</v>
       </c>
     </row>
     <row r="1100" spans="1:3">
       <c r="A1100" s="1" t="inlineStr">
         <is>
-          <t>9786059336864</t>
+          <t>9786257130448</t>
         </is>
       </c>
       <c r="B1100" s="1" t="inlineStr">
         <is>
-          <t>Hayvancılık Faaliyetlerinin Finansmanı</t>
+          <t>Perdeye Yansıyan Gurbet, Türk Dış Göçü ve Sinema</t>
         </is>
       </c>
       <c r="C1100" s="1">
-        <v>210</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1101" spans="1:3">
       <c r="A1101" s="1" t="inlineStr">
         <is>
-          <t>9786059336994</t>
+          <t>9786257130394</t>
         </is>
       </c>
       <c r="B1101" s="1" t="inlineStr">
         <is>
-          <t>Erken Cumhuriyet Dönemi Korunmaya Muhtaç Çocuklar Politikası</t>
+          <t>Raufi Divançesi</t>
         </is>
       </c>
       <c r="C1101" s="1">
-        <v>470</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1102" spans="1:3">
       <c r="A1102" s="1" t="inlineStr">
         <is>
-          <t>9786052228043</t>
+          <t>9786257130356</t>
         </is>
       </c>
       <c r="B1102" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Dış Ticaretin Gelişimi Teori ve Uygulama</t>
+          <t>Kelebek Etkisi</t>
         </is>
       </c>
       <c r="C1102" s="1">
-        <v>180</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1103" spans="1:3">
       <c r="A1103" s="1" t="inlineStr">
         <is>
-          <t>9786052228005</t>
+          <t>9786257130288</t>
         </is>
       </c>
       <c r="B1103" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Sorumluluk Temelli Liderlik</t>
+          <t>Sömürgeden Küresele Ulusötesi Afrika Sineması ve Abderrahmane Sissako</t>
         </is>
       </c>
       <c r="C1103" s="1">
-        <v>180</v>
+        <v>365</v>
       </c>
     </row>
     <row r="1104" spans="1:3">
       <c r="A1104" s="1" t="inlineStr">
         <is>
-          <t>9786059336789</t>
+          <t>9786257130233</t>
         </is>
       </c>
       <c r="B1104" s="1" t="inlineStr">
         <is>
-          <t>Padişah Aldattı Mı Aldandı Mı</t>
+          <t>Sosyal Medya Yönetimi ve Müşteri Sermayesi</t>
         </is>
       </c>
       <c r="C1104" s="1">
-        <v>210</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1105" spans="1:3">
       <c r="A1105" s="1" t="inlineStr">
         <is>
-          <t>9786059336895</t>
+          <t>9786257130318</t>
         </is>
       </c>
       <c r="B1105" s="1" t="inlineStr">
         <is>
-          <t>Modern Bir Anlatı Sanatı Olarak Çizgi Roman</t>
+          <t>Halkla İlişkiler Perspektifinden Medya ve Yerel Yönetim İlişkisi</t>
         </is>
       </c>
       <c r="C1105" s="1">
-        <v>260</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1106" spans="1:3">
       <c r="A1106" s="1" t="inlineStr">
         <is>
-          <t>9786059336802</t>
+          <t>9786257130202</t>
         </is>
       </c>
       <c r="B1106" s="1" t="inlineStr">
         <is>
-          <t>Mağaza Özellikleri Açısından Tüketicilerin Mağaza Sadakat Düzeyinin Belirlenmesi ve Bir Uygulama</t>
+          <t>Çeviribilimde Ölçme ve Değerlendirme</t>
         </is>
       </c>
       <c r="C1106" s="1">
-        <v>340</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1107" spans="1:3">
       <c r="A1107" s="1" t="inlineStr">
         <is>
-          <t>9786059336871</t>
+          <t>9786257130264</t>
         </is>
       </c>
       <c r="B1107" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal Yönetim ve Firma Yönetim Kurulu</t>
+          <t>Türkiye’nin Son Otuz Yılı</t>
         </is>
       </c>
       <c r="C1107" s="1">
-        <v>210</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1108" spans="1:3">
       <c r="A1108" s="1" t="inlineStr">
         <is>
-          <t>9786059336918</t>
+          <t>9786257033527</t>
         </is>
       </c>
       <c r="B1108" s="1" t="inlineStr">
         <is>
-          <t>Siyasi Partiler ve Kent Yönetimleri</t>
+          <t>Thinking and Learning to Think</t>
         </is>
       </c>
       <c r="C1108" s="1">
-        <v>210</v>
+        <v>575</v>
       </c>
     </row>
     <row r="1109" spans="1:3">
       <c r="A1109" s="1" t="inlineStr">
         <is>
-          <t>9786059336901</t>
+          <t>9786257033510</t>
         </is>
       </c>
       <c r="B1109" s="1" t="inlineStr">
         <is>
-          <t>Hassas ve Tartışmalı Bir Konu 1915 Ermeni Olayları</t>
+          <t>The Teacher: Essays and Addresses on Education</t>
         </is>
       </c>
       <c r="C1109" s="1">
-        <v>240</v>
+        <v>575</v>
       </c>
     </row>
     <row r="1110" spans="1:3">
       <c r="A1110" s="1" t="inlineStr">
         <is>
-          <t>9786059336970</t>
+          <t>9786257130226</t>
         </is>
       </c>
       <c r="B1110" s="1" t="inlineStr">
         <is>
-          <t>Abede-i İblis Yezidi Taifesinin İtikadatı, Adatı, Evsafı</t>
+          <t>Osmanlı Edebiyatı Numuneleri, Mehmed Celal</t>
         </is>
       </c>
       <c r="C1110" s="1">
-        <v>160</v>
+        <v>635</v>
       </c>
     </row>
     <row r="1111" spans="1:3">
       <c r="A1111" s="1" t="inlineStr">
         <is>
-          <t>9786059336536</t>
+          <t>9786257033428</t>
         </is>
       </c>
       <c r="B1111" s="1" t="inlineStr">
         <is>
-          <t>Oğuz Grubu Türk Lehçelerinde Cümlelerin Mantıksal Yapısı</t>
+          <t>On The Future Of Our Educational Institutions</t>
         </is>
       </c>
       <c r="C1111" s="1">
-        <v>250</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1112" spans="1:3">
       <c r="A1112" s="1" t="inlineStr">
         <is>
-          <t>9786059336987</t>
+          <t>9786257033480</t>
         </is>
       </c>
       <c r="B1112" s="1" t="inlineStr">
         <is>
-          <t>Kasabalı Nuri Hayatı Sanatı ve Şiirleri</t>
+          <t>The Psychology and Pedagogy Of Anger</t>
         </is>
       </c>
       <c r="C1112" s="1">
-        <v>250</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1113" spans="1:3">
       <c r="A1113" s="1" t="inlineStr">
         <is>
-          <t>9786059336925</t>
+          <t>9786257130240</t>
         </is>
       </c>
       <c r="B1113" s="1" t="inlineStr">
         <is>
-          <t>Üretimde Paradigmal Yaklaşımlar Üzerine Değerlendirmeler</t>
+          <t>The Changing Perspectives of Central Asia in the 21st Century</t>
         </is>
       </c>
       <c r="C1113" s="1">
-        <v>340</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1114" spans="1:3">
       <c r="A1114" s="1" t="inlineStr">
         <is>
-          <t>9786059336529</t>
+          <t>9786257130189</t>
         </is>
       </c>
       <c r="B1114" s="1" t="inlineStr">
         <is>
-          <t>The Effect of Anti-plagiarism Software on Students’ Plagiarizing Behaviour</t>
+          <t>Türk Sinemasında Anlatı ve Karakter Açısından Birey</t>
         </is>
       </c>
       <c r="C1114" s="1">
-        <v>210</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1115" spans="1:3">
       <c r="A1115" s="1" t="inlineStr">
         <is>
-          <t>9786059336215</t>
+          <t>9786257130172</t>
         </is>
       </c>
       <c r="B1115" s="1" t="inlineStr">
         <is>
-          <t>Toplum ve Yapı</t>
+          <t>Bosna Savaşı Srebrenica Katliamı ve Türk Romanı</t>
         </is>
       </c>
       <c r="C1115" s="1">
-        <v>230</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1116" spans="1:3">
       <c r="A1116" s="1" t="inlineStr">
         <is>
-          <t>9786054613656</t>
+          <t>9786257130196</t>
         </is>
       </c>
       <c r="B1116" s="1" t="inlineStr">
         <is>
-          <t>Kamu İhale Mevzuatına Ait Emsal Kararlar</t>
+          <t>Bilgi Çağı’nda Müşteri İlişkileri Yönetimi</t>
         </is>
       </c>
       <c r="C1116" s="1">
-        <v>1250</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1117" spans="1:3">
       <c r="A1117" s="1" t="inlineStr">
         <is>
-          <t>9786059336932</t>
+          <t>9786257130165</t>
         </is>
       </c>
       <c r="B1117" s="1" t="inlineStr">
         <is>
-          <t>Farklı Kültürlerde Karar Verme Davranışı</t>
+          <t>Retro Pazarlama ve Spor</t>
         </is>
       </c>
       <c r="C1117" s="1">
-        <v>310</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1118" spans="1:3">
       <c r="A1118" s="1" t="inlineStr">
         <is>
-          <t>9786059336833</t>
+          <t>9786257033398</t>
         </is>
       </c>
       <c r="B1118" s="1" t="inlineStr">
         <is>
-          <t>Nemrut Dağı ve Çevresinin Potansiyel Jeomiras Alanları</t>
+          <t>Life In The Medieval University</t>
         </is>
       </c>
       <c r="C1118" s="1">
-        <v>530</v>
+        <v>455</v>
       </c>
     </row>
     <row r="1119" spans="1:3">
       <c r="A1119" s="1" t="inlineStr">
         <is>
-          <t>9786059336826</t>
+          <t>9786257033404</t>
         </is>
       </c>
       <c r="B1119" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilgiler Öğretiminde İşbirlikli Öğrenme, Öğrenme Stilleri, Akademik Başarı ve Cinsiyet İlişkileri</t>
+          <t>History of Education</t>
         </is>
       </c>
       <c r="C1119" s="1">
-        <v>210</v>
+        <v>740</v>
       </c>
     </row>
     <row r="1120" spans="1:3">
       <c r="A1120" s="1" t="inlineStr">
         <is>
-          <t>9786059336888</t>
+          <t>9786257130158</t>
         </is>
       </c>
       <c r="B1120" s="1" t="inlineStr">
         <is>
-          <t>Pazarlama Karması ve Örnek Olaylar</t>
+          <t>Haremeynü’ş-Şerifeyn ve Bağlı Birimlerine Ait Gelir Ve Masrafları İhtiva Eden 1175 Nolu Vakıf Muhasebe Defteri</t>
         </is>
       </c>
       <c r="C1120" s="1">
-        <v>230</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1121" spans="1:3">
       <c r="A1121" s="1" t="inlineStr">
         <is>
-          <t>9786059336758</t>
+          <t>9786257033534</t>
         </is>
       </c>
       <c r="B1121" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Sağlık Sisteminde Reformlar ve Politika Transferi</t>
+          <t>Education as Service</t>
         </is>
       </c>
       <c r="C1121" s="1">
-        <v>180</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1122" spans="1:3">
       <c r="A1122" s="1" t="inlineStr">
         <is>
-          <t>9786059336772</t>
+          <t>9786257130141</t>
         </is>
       </c>
       <c r="B1122" s="1" t="inlineStr">
         <is>
-          <t>Finansal Sistemde Faiz Sorunsalı ve Katılım Bankacılığı</t>
+          <t>Belediyelerde İnovasyon</t>
         </is>
       </c>
       <c r="C1122" s="1">
-        <v>200</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1123" spans="1:3">
       <c r="A1123" s="1" t="inlineStr">
         <is>
-          <t>9786059336567</t>
+          <t>9786257130103</t>
         </is>
       </c>
       <c r="B1123" s="1" t="inlineStr">
         <is>
-          <t>Short Stories For Elt Classes</t>
+          <t>Türkiye'de Örgüt Kültürü Çalışmaları</t>
         </is>
       </c>
       <c r="C1123" s="1">
-        <v>190</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1124" spans="1:3">
       <c r="A1124" s="1" t="inlineStr">
         <is>
-          <t>9786059336727</t>
+          <t>9786257033701</t>
         </is>
       </c>
       <c r="B1124" s="1" t="inlineStr">
         <is>
-          <t>Geniş Karadeniz Bölgesindeki Çatışma Noktaları</t>
+          <t>Tarihi Türk Lehçelerinde Ok Edatı</t>
         </is>
       </c>
       <c r="C1124" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1125" spans="1:3">
       <c r="A1125" s="1" t="inlineStr">
         <is>
-          <t>9786059336697</t>
+          <t>3990057033589</t>
         </is>
       </c>
       <c r="B1125" s="1" t="inlineStr">
         <is>
-          <t>Kavaid-i Türkiyye</t>
+          <t>Simülasyon Tekniği İle Nakit Bütçesinin Oluşturulması</t>
         </is>
       </c>
       <c r="C1125" s="1">
-        <v>160</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1126" spans="1:3">
       <c r="A1126" s="1" t="inlineStr">
         <is>
-          <t>9786059336734</t>
+          <t>9786257033381</t>
         </is>
       </c>
       <c r="B1126" s="1" t="inlineStr">
         <is>
-          <t>Takas Ekonomisinden Bilgi Ekonomisine Teknoloji ve Ekonomi İlişkileri</t>
+          <t>Education Et Sociologie</t>
         </is>
       </c>
       <c r="C1126" s="1">
-        <v>290</v>
+        <v>365</v>
       </c>
     </row>
     <row r="1127" spans="1:3">
       <c r="A1127" s="1" t="inlineStr">
         <is>
-          <t>9786059336581</t>
+          <t>9786257033640</t>
         </is>
       </c>
       <c r="B1127" s="1" t="inlineStr">
         <is>
-          <t>Soğuk Savaş Döneminde Avrupa</t>
+          <t>Econometrics in Practice</t>
         </is>
       </c>
       <c r="C1127" s="1">
-        <v>210</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1128" spans="1:3">
       <c r="A1128" s="1" t="inlineStr">
         <is>
-          <t>9786059336604</t>
+          <t>9786257033350</t>
         </is>
       </c>
       <c r="B1128" s="1" t="inlineStr">
         <is>
-          <t>Urfa - İstanbul Hattında Nabi</t>
+          <t>Craftsmanship In Teaching</t>
         </is>
       </c>
       <c r="C1128" s="1">
-        <v>250</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1129" spans="1:3">
       <c r="A1129" s="1" t="inlineStr">
         <is>
-          <t>9786059336420</t>
+          <t>9786257033374</t>
         </is>
       </c>
       <c r="B1129" s="1" t="inlineStr">
         <is>
-          <t>Gelenek ve Kimlik İlişkisi</t>
+          <t>A Practical Enquiry Into The Philosophy Of Education</t>
         </is>
       </c>
       <c r="C1129" s="1">
-        <v>500</v>
+        <v>575</v>
       </c>
     </row>
     <row r="1130" spans="1:3">
       <c r="A1130" s="1" t="inlineStr">
         <is>
-          <t>9786059336680</t>
+          <t>9786257130134</t>
         </is>
       </c>
       <c r="B1130" s="1" t="inlineStr">
         <is>
-          <t>Erzurumlu Hattat Mustafa Necatüddin Efendi Hayatı Sanatı ve Manzum Eserleri</t>
+          <t>Kurum Kimliği Penceresinden Tüketici Güveni</t>
         </is>
       </c>
       <c r="C1130" s="1">
-        <v>280</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1131" spans="1:3">
       <c r="A1131" s="1" t="inlineStr">
         <is>
-          <t>9786059336642</t>
+          <t>9786257130110</t>
         </is>
       </c>
       <c r="B1131" s="1" t="inlineStr">
         <is>
-          <t>Endüstriyel Bölgelerde Dışsal Ekonomiler ve İşbirliği</t>
+          <t>Sinema Filmlerinde İnsan Hakları</t>
         </is>
       </c>
       <c r="C1131" s="1">
-        <v>300</v>
+        <v>405</v>
       </c>
     </row>
     <row r="1132" spans="1:3">
       <c r="A1132" s="1" t="inlineStr">
         <is>
-          <t>9786059336611</t>
+          <t>9786257130073</t>
         </is>
       </c>
       <c r="B1132" s="1" t="inlineStr">
         <is>
-          <t>Menakıbname-i Mustafa Safi-i Amedi: Derviş İbrahim Hilmi Bey Uğurlu</t>
+          <t>Kolektivist Uluslaşma ve Afrika'da Milli Devlet Oluşumu</t>
         </is>
       </c>
       <c r="C1132" s="1">
-        <v>380</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1133" spans="1:3">
       <c r="A1133" s="1" t="inlineStr">
         <is>
-          <t>9786059336598</t>
+          <t>9786257033947</t>
         </is>
       </c>
       <c r="B1133" s="1" t="inlineStr">
         <is>
-          <t>Ak Parti Hükümetlerinin Ortadoğu Politikaları</t>
+          <t>Psychological Empowerment: An Academic Research</t>
         </is>
       </c>
       <c r="C1133" s="1">
-        <v>160</v>
+        <v>315</v>
       </c>
     </row>
     <row r="1134" spans="1:3">
       <c r="A1134" s="1" t="inlineStr">
         <is>
-          <t>9786059336512</t>
+          <t>9786257130042</t>
         </is>
       </c>
       <c r="B1134" s="1" t="inlineStr">
         <is>
-          <t>Dergicilik</t>
+          <t>Yönetim Danışmanlığı ve Değer Zincirine Katkısı</t>
         </is>
       </c>
       <c r="C1134" s="1">
-        <v>310</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1135" spans="1:3">
       <c r="A1135" s="1" t="inlineStr">
         <is>
-          <t>9786054613991</t>
+          <t>9786257130127</t>
         </is>
       </c>
       <c r="B1135" s="1" t="inlineStr">
         <is>
-          <t>Ekonomi, Sosyoloji ve Kadın</t>
+          <t>Artvin Tarihi Bibliyografyası</t>
         </is>
       </c>
       <c r="C1135" s="1">
-        <v>480</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1136" spans="1:3">
       <c r="A1136" s="1" t="inlineStr">
         <is>
-          <t>9786059336499</t>
+          <t>9786257033855</t>
         </is>
       </c>
       <c r="B1136" s="1" t="inlineStr">
         <is>
-          <t>Uluslararasılaşma ve Büyüme</t>
+          <t>İran’da Nüfuz Mücadelesi</t>
         </is>
       </c>
       <c r="C1136" s="1">
-        <v>180</v>
+        <v>620</v>
       </c>
     </row>
     <row r="1137" spans="1:3">
       <c r="A1137" s="1" t="inlineStr">
         <is>
-          <t>9786059336550</t>
+          <t>9786257130080</t>
         </is>
       </c>
       <c r="B1137" s="1" t="inlineStr">
         <is>
-          <t>Devrim ve Direnç</t>
+          <t>Girişimcilik Ekosisteminin Teorik Temelleri</t>
         </is>
       </c>
       <c r="C1137" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1138" spans="1:3">
       <c r="A1138" s="1" t="inlineStr">
         <is>
-          <t>9786059336468</t>
+          <t>9786257130066</t>
         </is>
       </c>
       <c r="B1138" s="1" t="inlineStr">
         <is>
-          <t>İran Türk Minyatüründe Savaş ve Mücadele Sahneleri</t>
+          <t>Hollywood Sinemasında Din ve İnanç Temsilleri</t>
         </is>
       </c>
       <c r="C1138" s="1">
-        <v>340</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1139" spans="1:3">
       <c r="A1139" s="1" t="inlineStr">
         <is>
-          <t>9786059336444</t>
+          <t>9786257130028</t>
         </is>
       </c>
       <c r="B1139" s="1" t="inlineStr">
         <is>
-          <t>L'homme et Son Tragique: L'Humanisme Dans La Peste D'Albert Camus</t>
+          <t>Satır - Arası Toplumsal Cinsiyet</t>
         </is>
       </c>
       <c r="C1139" s="1">
-        <v>310</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1140" spans="1:3">
       <c r="A1140" s="1" t="inlineStr">
         <is>
-          <t>9786059336437</t>
+          <t>9786257130035</t>
         </is>
       </c>
       <c r="B1140" s="1" t="inlineStr">
         <is>
-          <t>Sanal Kamusal Alan ve Toplumsal Hareketler</t>
+          <t>İbret - Mehmed Tahir Münif</t>
         </is>
       </c>
       <c r="C1140" s="1">
-        <v>210</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1141" spans="1:3">
       <c r="A1141" s="1" t="inlineStr">
         <is>
-          <t>9786059336369</t>
+          <t>9786257033961</t>
         </is>
       </c>
       <c r="B1141" s="1" t="inlineStr">
         <is>
-          <t>Avrasya'ya Yönelmek</t>
+          <t>Delayed Marriage Age for Young People, Social Factors and İmplications Sociological-Field Study  / Teahhuru Sinni’z-Zevaci ʻinde’ş-Şebab El-ʻavamilu Ve’l-Munʻekisatu’l-İctimaʻiyye</t>
         </is>
       </c>
       <c r="C1141" s="1">
-        <v>290</v>
+        <v>575</v>
       </c>
     </row>
     <row r="1142" spans="1:3">
       <c r="A1142" s="1" t="inlineStr">
         <is>
-          <t>9786059336222</t>
+          <t>9786257130011</t>
         </is>
       </c>
       <c r="B1142" s="1" t="inlineStr">
         <is>
-          <t>Kırgız Çocuk Edebiyatı</t>
+          <t>Ekoeleştirel Bakışla Robinson Crusoe, Zor Zamanlar ve Su Diyarı Eserlerinin İncelenmesi</t>
         </is>
       </c>
       <c r="C1142" s="1">
-        <v>230</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1143" spans="1:3">
       <c r="A1143" s="1" t="inlineStr">
         <is>
-          <t>9786059336345</t>
+          <t>9786052228937</t>
         </is>
       </c>
       <c r="B1143" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Dönemi Sosyal Politika 1923-1938</t>
+          <t>Hastane Personeli Seçiminin Çok Kriterli Karar Verme Yöntemleriyle Karşılaştırmalı Analizi</t>
         </is>
       </c>
       <c r="C1143" s="1">
-        <v>160</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1144" spans="1:3">
       <c r="A1144" s="1" t="inlineStr">
         <is>
-          <t>9786059336154</t>
+          <t>9786257033992</t>
         </is>
       </c>
       <c r="B1144" s="1" t="inlineStr">
         <is>
-          <t>Liderlik Yetkinlikleri: 4 Temel Güç</t>
+          <t>Anadolu Paleodemografisi Paleolitik Dönemden Osmanlı Dönemine Anadolu İnsanı</t>
         </is>
       </c>
       <c r="C1144" s="1">
-        <v>190</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1145" spans="1:3">
       <c r="A1145" s="1" t="inlineStr">
         <is>
-          <t>9786059336086</t>
+          <t>9786257033954</t>
         </is>
       </c>
       <c r="B1145" s="1" t="inlineStr">
         <is>
-          <t>Japon Sözlüklerinin Gizemi</t>
+          <t>Eğitim ve Okul Yazıları</t>
         </is>
       </c>
       <c r="C1145" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1146" spans="1:3">
       <c r="A1146" s="1" t="inlineStr">
         <is>
-          <t>9786059336284</t>
+          <t>9786257033916</t>
         </is>
       </c>
       <c r="B1146" s="1" t="inlineStr">
         <is>
-          <t>Genel Klimatoloji</t>
+          <t>Cevat Heyet'in Azerbaycan Türklüğüne Hizmetleri ve Varlık Dergisi</t>
         </is>
       </c>
       <c r="C1146" s="1">
-        <v>550</v>
+        <v>365</v>
       </c>
     </row>
     <row r="1147" spans="1:3">
       <c r="A1147" s="1" t="inlineStr">
         <is>
-          <t>9786059336062</t>
+          <t>9786257033909</t>
         </is>
       </c>
       <c r="B1147" s="1" t="inlineStr">
         <is>
-          <t>Cehennem Haritaları</t>
+          <t>Türkiye’de Ulaşım Ağları</t>
         </is>
       </c>
       <c r="C1147" s="1">
-        <v>180</v>
+        <v>650</v>
       </c>
     </row>
     <row r="1148" spans="1:3">
       <c r="A1148" s="1" t="inlineStr">
         <is>
-          <t>9786059336277</t>
+          <t>9786257033923</t>
         </is>
       </c>
       <c r="B1148" s="1" t="inlineStr">
         <is>
-          <t>Yeni Medya ve Gençlik</t>
+          <t>Kuram ve Yaklaşımlar Özelinde Benlik</t>
         </is>
       </c>
       <c r="C1148" s="1">
-        <v>380</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1149" spans="1:3">
       <c r="A1149" s="1" t="inlineStr">
         <is>
-          <t>9786059336079</t>
+          <t>9786257033824</t>
         </is>
       </c>
       <c r="B1149" s="1" t="inlineStr">
         <is>
-          <t>Bankalarda ve Kobi’lerde Nakit Yönetimi Uygulamaları</t>
+          <t>Düzlerçamı Kızılçam Ormanında (Antalya) Uzaktan Algılama ile Toprak Üstü Orman Biyokütlesinin BElirlenmesi</t>
         </is>
       </c>
       <c r="C1149" s="1">
-        <v>190</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1150" spans="1:3">
       <c r="A1150" s="1" t="inlineStr">
         <is>
-          <t>9786059336260</t>
+          <t>9786257033817</t>
         </is>
       </c>
       <c r="B1150" s="1" t="inlineStr">
         <is>
-          <t>2. Meşrutiyet ve Erken Cumhuriyet Dönemleri Üzerine Yazılar</t>
+          <t>Spatial Clustering of Notifiable Communicable Diseases in Turkey</t>
         </is>
       </c>
       <c r="C1150" s="1">
-        <v>250</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1151" spans="1:3">
       <c r="A1151" s="1" t="inlineStr">
         <is>
-          <t>9786059336239</t>
+          <t>9786257033930</t>
         </is>
       </c>
       <c r="B1151" s="1" t="inlineStr">
         <is>
-          <t>Sektörel Pazarlama</t>
+          <t>Adli Raporlama</t>
         </is>
       </c>
       <c r="C1151" s="1">
-        <v>690</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1152" spans="1:3">
       <c r="A1152" s="1" t="inlineStr">
         <is>
-          <t>9786059336048</t>
+          <t>9786257033886</t>
         </is>
       </c>
       <c r="B1152" s="1" t="inlineStr">
         <is>
-          <t>İspanyol Milliyetçiliği</t>
+          <t>Adli Görüşme: Amaç Yöntem ve Teknikler</t>
         </is>
       </c>
       <c r="C1152" s="1">
-        <v>310</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1153" spans="1:3">
       <c r="A1153" s="1" t="inlineStr">
         <is>
-          <t>9786059336024</t>
+          <t>9786257033879</t>
         </is>
       </c>
       <c r="B1153" s="1" t="inlineStr">
         <is>
-          <t>Türk Sinemasında Auteurler</t>
+          <t>Tercüme-i Tevrìt</t>
         </is>
       </c>
       <c r="C1153" s="1">
-        <v>380</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1154" spans="1:3">
       <c r="A1154" s="1" t="inlineStr">
         <is>
-          <t>9786059336055</t>
+          <t>9786257033862</t>
         </is>
       </c>
       <c r="B1154" s="1" t="inlineStr">
         <is>
-          <t>Ateşi Tutan Kalemler</t>
+          <t>Amerikan Tarihinde Savaş Politikalarının Ekolojik Yansımaları</t>
         </is>
       </c>
       <c r="C1154" s="1">
-        <v>200</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1155" spans="1:3">
       <c r="A1155" s="1" t="inlineStr">
         <is>
-          <t>9786054613854</t>
+          <t>9786257033831</t>
         </is>
       </c>
       <c r="B1155" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Selçukluları - Makaleler</t>
+          <t>Sanayileşme Olgusunun Kirlilik Sığınağı Hipotezi ve Çevresel Vergiler Açısından Yeniden Değerlendirilmesi</t>
         </is>
       </c>
       <c r="C1155" s="1">
-        <v>430</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1156" spans="1:3">
       <c r="A1156" s="1" t="inlineStr">
         <is>
-          <t>9786054613878</t>
+          <t>9786257033893</t>
         </is>
       </c>
       <c r="B1156" s="1" t="inlineStr">
         <is>
-          <t>Biyocoğrafya</t>
+          <t>Postmodernizmin İz Düşümleri</t>
         </is>
       </c>
       <c r="C1156" s="1">
-        <v>600</v>
+        <v>610</v>
       </c>
     </row>
     <row r="1157" spans="1:3">
       <c r="A1157" s="1" t="inlineStr">
         <is>
-          <t>9786054613786</t>
+          <t>9786257033787</t>
         </is>
       </c>
       <c r="B1157" s="1" t="inlineStr">
         <is>
-          <t>Otel İşletmelerinde Yönetim Bilgi Sistemlerinin Stratejik Karar Verme Sürecine Etkileri</t>
+          <t>Urfalı Divan Şairleri</t>
         </is>
       </c>
       <c r="C1157" s="1">
-        <v>230</v>
+        <v>455</v>
       </c>
     </row>
     <row r="1158" spans="1:3">
       <c r="A1158" s="1" t="inlineStr">
         <is>
-          <t>9786054613823</t>
+          <t>9786257033763</t>
         </is>
       </c>
       <c r="B1158" s="1" t="inlineStr">
         <is>
-          <t>Halkla İlişkiler ve Etkinlik Yönetimi</t>
+          <t>Türkiye’deki Kürt Meselesi Galtungyan Bir Bakış</t>
         </is>
       </c>
       <c r="C1158" s="1">
-        <v>190</v>
+        <v>405</v>
       </c>
     </row>
     <row r="1159" spans="1:3">
       <c r="A1159" s="1" t="inlineStr">
         <is>
-          <t>9786054613793</t>
+          <t>9786257033848</t>
         </is>
       </c>
       <c r="B1159" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medya ve Blog</t>
+          <t>Türkiye’de Kentleşme Politikaları ve Konut Talebini Etkileyen Faktörler: Svec Analizi</t>
         </is>
       </c>
       <c r="C1159" s="1">
-        <v>340</v>
+        <v>315</v>
       </c>
     </row>
     <row r="1160" spans="1:3">
       <c r="A1160" s="1" t="inlineStr">
         <is>
-          <t>9786054613830</t>
+          <t>9786257033800</t>
         </is>
       </c>
       <c r="B1160" s="1" t="inlineStr">
         <is>
-          <t>Feyzi Tuna - Yönetmenin Yolculuğu</t>
+          <t>Kur’an’da İyi İnsan Olmaya Dair Ayetler</t>
         </is>
       </c>
       <c r="C1160" s="1">
-        <v>210</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1161" spans="1:3">
       <c r="A1161" s="1" t="inlineStr">
         <is>
-          <t>9786055863838</t>
+          <t>9786257033749</t>
         </is>
       </c>
       <c r="B1161" s="1" t="inlineStr">
         <is>
-          <t>14 - 16 YY. Çağatay ve Azeri Edebiyatı</t>
+          <t>Çokkültürlülük İnsani Güvenlik ve Öteki Algısı</t>
         </is>
       </c>
       <c r="C1161" s="1">
-        <v>600</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1162" spans="1:3">
       <c r="A1162" s="1" t="inlineStr">
         <is>
-          <t>9786055863456</t>
+          <t>9786257033770</t>
         </is>
       </c>
       <c r="B1162" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadele Tarihi</t>
+          <t>Contextual Vulnerabilities Approach To Understand Victimization In Cyberspace</t>
         </is>
       </c>
       <c r="C1162" s="1">
-        <v>250</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1163" spans="1:3">
       <c r="A1163" s="1" t="inlineStr">
         <is>
-          <t>9786055863227</t>
+          <t>9786257033756</t>
         </is>
       </c>
       <c r="B1163" s="1" t="inlineStr">
         <is>
-          <t>Türk Eğitim Sistemi ve Okul Yönetimi</t>
+          <t>Savaş Üzerine Notlar</t>
         </is>
       </c>
       <c r="C1163" s="1">
-        <v>440</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1164" spans="1:3">
       <c r="A1164" s="1" t="inlineStr">
         <is>
-          <t>9786054613533</t>
+          <t>9786257033626</t>
         </is>
       </c>
       <c r="B1164" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale Halk Bilimi</t>
+          <t>Küre Dağları’nın Azdavay ve Pınarbaşı (Kastamonu) İlçeleri Arasında Kalan Bölümünde Karst Topoğrafyası Araştırmaları</t>
         </is>
       </c>
       <c r="C1164" s="1">
-        <v>180</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1165" spans="1:3">
       <c r="A1165" s="1" t="inlineStr">
         <is>
-          <t>9786055863463</t>
+          <t>9786052228586</t>
         </is>
       </c>
       <c r="B1165" s="1" t="inlineStr">
         <is>
-          <t>Bilgisayara Giriş ve MS Office 2007</t>
+          <t>17. 18. YY. Rus Pedagojik Düşüncesi</t>
         </is>
       </c>
       <c r="C1165" s="1">
-        <v>190</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1166" spans="1:3">
       <c r="A1166" s="1" t="inlineStr">
         <is>
-          <t>9786055863579</t>
+          <t>9786257033732</t>
         </is>
       </c>
       <c r="B1166" s="1" t="inlineStr">
         <is>
-          <t>Türkçede Kalıp Sözler</t>
+          <t>The Evolution Of Critical Trends In Contemporary Sociology/ Tatavvuru’l-Itticahati’n-Nakdiyyeti Fi ʻIlmi’l-Ictimâʻi’l-Muʻasir</t>
         </is>
       </c>
       <c r="C1166" s="1">
-        <v>400</v>
+        <v>750</v>
       </c>
     </row>
     <row r="1167" spans="1:3">
       <c r="A1167" s="1" t="inlineStr">
         <is>
-          <t>9786055863784</t>
+          <t>9786257033657</t>
         </is>
       </c>
       <c r="B1167" s="1" t="inlineStr">
         <is>
-          <t>Türk Halk Edebiyatı</t>
+          <t>Para Politikası Makro İhtiyati Politikalar ve Finansal İstikrar</t>
         </is>
       </c>
       <c r="C1167" s="1">
-        <v>750</v>
+        <v>315</v>
       </c>
     </row>
     <row r="1168" spans="1:3">
       <c r="A1168" s="1" t="inlineStr">
         <is>
-          <t>9786054613519</t>
+          <t>9786257033558</t>
         </is>
       </c>
       <c r="B1168" s="1" t="inlineStr">
         <is>
-          <t>Temel İşletmecilik Bilgileri</t>
+          <t>Understanding Modern Macroeconomic Schools - A Comparative Analysis</t>
         </is>
       </c>
       <c r="C1168" s="1">
-        <v>340</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1169" spans="1:3">
       <c r="A1169" s="1" t="inlineStr">
         <is>
-          <t>9786055863883</t>
+          <t>9786257033688</t>
         </is>
       </c>
       <c r="B1169" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Bilimi’nde  Kuram - Yöntem - Güncel Yaklaşımlar</t>
+          <t>Mardin Abbaraları</t>
         </is>
       </c>
       <c r="C1169" s="1">
-        <v>380</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1170" spans="1:3">
       <c r="A1170" s="1" t="inlineStr">
         <is>
-          <t>9786055863098</t>
+          <t>9786257033664</t>
         </is>
       </c>
       <c r="B1170" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadele ve Erken Dönem Cumhuriyet Romanı</t>
+          <t>Kültürel Miras ve Sinema</t>
         </is>
       </c>
       <c r="C1170" s="1">
-        <v>630</v>
+        <v>365</v>
       </c>
     </row>
     <row r="1171" spans="1:3">
       <c r="A1171" s="1" t="inlineStr">
         <is>
-          <t>9786055863654</t>
+          <t>9786257033671</t>
         </is>
       </c>
       <c r="B1171" s="1" t="inlineStr">
         <is>
-          <t>Meslek Yüksekokulları İçin Genel İşletme</t>
+          <t>Çankırılı Mecbur Efendi Divanı</t>
         </is>
       </c>
       <c r="C1171" s="1">
-        <v>300</v>
+        <v>455</v>
       </c>
     </row>
     <row r="1172" spans="1:3">
       <c r="A1172" s="1" t="inlineStr">
         <is>
+          <t>9786257033077</t>
+        </is>
+      </c>
+      <c r="B1172" s="1" t="inlineStr">
+        <is>
+          <t>Ticaret Odası Rehberi ve Samsun’da Ticari Hayat</t>
+        </is>
+      </c>
+      <c r="C1172" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="1173" spans="1:3">
+      <c r="A1173" s="1" t="inlineStr">
+        <is>
+          <t>9786257033695</t>
+        </is>
+      </c>
+      <c r="B1173" s="1" t="inlineStr">
+        <is>
+          <t>Hikaye-i Meyyal Ü Şehnaz</t>
+        </is>
+      </c>
+      <c r="C1173" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="1174" spans="1:3">
+      <c r="A1174" s="1" t="inlineStr">
+        <is>
+          <t>9786257033602</t>
+        </is>
+      </c>
+      <c r="B1174" s="1" t="inlineStr">
+        <is>
+          <t>Hanyalı Kami Divanı</t>
+        </is>
+      </c>
+      <c r="C1174" s="1">
+        <v>610</v>
+      </c>
+    </row>
+    <row r="1175" spans="1:3">
+      <c r="A1175" s="1" t="inlineStr">
+        <is>
+          <t>9786052228951</t>
+        </is>
+      </c>
+      <c r="B1175" s="1" t="inlineStr">
+        <is>
+          <t>Siyasi İktidarsızlık ve Uluslararası Ticaret Afganistan Örneği</t>
+        </is>
+      </c>
+      <c r="C1175" s="1">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="1176" spans="1:3">
+      <c r="A1176" s="1" t="inlineStr">
+        <is>
+          <t>9786257033565</t>
+        </is>
+      </c>
+      <c r="B1176" s="1" t="inlineStr">
+        <is>
+          <t>İslamı Çeviriyle Savunmak</t>
+        </is>
+      </c>
+      <c r="C1176" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="1177" spans="1:3">
+      <c r="A1177" s="1" t="inlineStr">
+        <is>
+          <t>9786257033541</t>
+        </is>
+      </c>
+      <c r="B1177" s="1" t="inlineStr">
+        <is>
+          <t>Kıraatun fi'l-Fikri'l-Felsefi fi'l-İslam</t>
+        </is>
+      </c>
+      <c r="C1177" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1178" spans="1:3">
+      <c r="A1178" s="1" t="inlineStr">
+        <is>
+          <t>9786057890122</t>
+        </is>
+      </c>
+      <c r="B1178" s="1" t="inlineStr">
+        <is>
+          <t>Liberalism</t>
+        </is>
+      </c>
+      <c r="C1178" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="1179" spans="1:3">
+      <c r="A1179" s="1" t="inlineStr">
+        <is>
+          <t>9786257033329</t>
+        </is>
+      </c>
+      <c r="B1179" s="1" t="inlineStr">
+        <is>
+          <t>Legends and Satires From Mediaeval Literature</t>
+        </is>
+      </c>
+      <c r="C1179" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="1180" spans="1:3">
+      <c r="A1180" s="1" t="inlineStr">
+        <is>
+          <t>9786057890665</t>
+        </is>
+      </c>
+      <c r="B1180" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye’nin Sıhhi-İctimai Coğrafyası Bayazid Vilayeti</t>
+        </is>
+      </c>
+      <c r="C1180" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="1181" spans="1:3">
+      <c r="A1181" s="1" t="inlineStr">
+        <is>
+          <t>9786056980206</t>
+        </is>
+      </c>
+      <c r="B1181" s="1" t="inlineStr">
+        <is>
+          <t>Türk Romanında Kadın 1980-2000</t>
+        </is>
+      </c>
+      <c r="C1181" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="1182" spans="1:3">
+      <c r="A1182" s="1" t="inlineStr">
+        <is>
+          <t>9786057890931</t>
+        </is>
+      </c>
+      <c r="B1182" s="1" t="inlineStr">
+        <is>
+          <t>Identification Of Drivers Of Customer Churn And Their Relationship In The Turkish Mobile Telecommunication Industry</t>
+        </is>
+      </c>
+      <c r="C1182" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="1183" spans="1:3">
+      <c r="A1183" s="1" t="inlineStr">
+        <is>
+          <t>9786056980282</t>
+        </is>
+      </c>
+      <c r="B1183" s="1" t="inlineStr">
+        <is>
+          <t>Bir Ara Nesil Hikayecisi Abdullah Zühdü</t>
+        </is>
+      </c>
+      <c r="C1183" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="1184" spans="1:3">
+      <c r="A1184" s="1" t="inlineStr">
+        <is>
+          <t>9786257033213</t>
+        </is>
+      </c>
+      <c r="B1184" s="1" t="inlineStr">
+        <is>
+          <t>Tanzimat Dönemi Türk Romanında Mekan</t>
+        </is>
+      </c>
+      <c r="C1184" s="1">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="1185" spans="1:3">
+      <c r="A1185" s="1" t="inlineStr">
+        <is>
+          <t>9786257033244</t>
+        </is>
+      </c>
+      <c r="B1185" s="1" t="inlineStr">
+        <is>
+          <t>Morphologle Flexıonnelle Du Francaıs Ecrıt Une Analyse Dıstrıbuonelle</t>
+        </is>
+      </c>
+      <c r="C1185" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1186" spans="1:3">
+      <c r="A1186" s="1" t="inlineStr">
+        <is>
+          <t>9786257033060</t>
+        </is>
+      </c>
+      <c r="B1186" s="1" t="inlineStr">
+        <is>
+          <t>Stres Yönetimi ve Finansal Stres</t>
+        </is>
+      </c>
+      <c r="C1186" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="1187" spans="1:3">
+      <c r="A1187" s="1" t="inlineStr">
+        <is>
+          <t>9786257033299</t>
+        </is>
+      </c>
+      <c r="B1187" s="1" t="inlineStr">
+        <is>
+          <t>English Literature and Society in the Eighteenth Century</t>
+        </is>
+      </c>
+      <c r="C1187" s="1">
+        <v>405</v>
+      </c>
+    </row>
+    <row r="1188" spans="1:3">
+      <c r="A1188" s="1" t="inlineStr">
+        <is>
+          <t>9786257033343</t>
+        </is>
+      </c>
+      <c r="B1188" s="1" t="inlineStr">
+        <is>
+          <t>Anton Tchekhov And Other Essais</t>
+        </is>
+      </c>
+      <c r="C1188" s="1">
+        <v>405</v>
+      </c>
+    </row>
+    <row r="1189" spans="1:3">
+      <c r="A1189" s="1" t="inlineStr">
+        <is>
+          <t>9786257033275</t>
+        </is>
+      </c>
+      <c r="B1189" s="1" t="inlineStr">
+        <is>
+          <t>The Art Of Literature</t>
+        </is>
+      </c>
+      <c r="C1189" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1190" spans="1:3">
+      <c r="A1190" s="1" t="inlineStr">
+        <is>
+          <t>9786257033305</t>
+        </is>
+      </c>
+      <c r="B1190" s="1" t="inlineStr">
+        <is>
+          <t>English Literary Criticism</t>
+        </is>
+      </c>
+      <c r="C1190" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1191" spans="1:3">
+      <c r="A1191" s="1" t="inlineStr">
+        <is>
+          <t>9786257033251</t>
+        </is>
+      </c>
+      <c r="B1191" s="1" t="inlineStr">
+        <is>
+          <t>Early Bardic Literature, Ireland</t>
+        </is>
+      </c>
+      <c r="C1191" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="1192" spans="1:3">
+      <c r="A1192" s="1" t="inlineStr">
+        <is>
+          <t>9786257033268</t>
+        </is>
+      </c>
+      <c r="B1192" s="1" t="inlineStr">
+        <is>
+          <t>Æsthetic As Science Of Expression And General Linguistic</t>
+        </is>
+      </c>
+      <c r="C1192" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="1193" spans="1:3">
+      <c r="A1193" s="1" t="inlineStr">
+        <is>
+          <t>9786257033138</t>
+        </is>
+      </c>
+      <c r="B1193" s="1" t="inlineStr">
+        <is>
+          <t>İngiliz Romanında Queer Okuma</t>
+        </is>
+      </c>
+      <c r="C1193" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="1194" spans="1:3">
+      <c r="A1194" s="1" t="inlineStr">
+        <is>
+          <t>9786257033121</t>
+        </is>
+      </c>
+      <c r="B1194" s="1" t="inlineStr">
+        <is>
+          <t>Kıssadan Hisse - Yaşanmış Hikayeler</t>
+        </is>
+      </c>
+      <c r="C1194" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="1195" spans="1:3">
+      <c r="A1195" s="1" t="inlineStr">
+        <is>
+          <t>9786257033084</t>
+        </is>
+      </c>
+      <c r="B1195" s="1" t="inlineStr">
+        <is>
+          <t>Yeşil Ürün Tercihi</t>
+        </is>
+      </c>
+      <c r="C1195" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="1196" spans="1:3">
+      <c r="A1196" s="1" t="inlineStr">
+        <is>
+          <t>9786257033107</t>
+        </is>
+      </c>
+      <c r="B1196" s="1" t="inlineStr">
+        <is>
+          <t>Choice-Based Revenue Management with Applications to Hotels</t>
+        </is>
+      </c>
+      <c r="C1196" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="1197" spans="1:3">
+      <c r="A1197" s="1" t="inlineStr">
+        <is>
+          <t>9786257033206</t>
+        </is>
+      </c>
+      <c r="B1197" s="1" t="inlineStr">
+        <is>
+          <t>Yol Analizi Yaklaşımı İle Para Krizi Modellenmesi</t>
+        </is>
+      </c>
+      <c r="C1197" s="1">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="1198" spans="1:3">
+      <c r="A1198" s="1" t="inlineStr">
+        <is>
+          <t>9786257033145</t>
+        </is>
+      </c>
+      <c r="B1198" s="1" t="inlineStr">
+        <is>
+          <t>İşgücü Piyasaları ve Bölgesel İşsizlik Sorunu Türkiye’de Düzey 2 Bölgelerinde İşsizlik Histerisinin Araştırılması</t>
+        </is>
+      </c>
+      <c r="C1198" s="1">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="1199" spans="1:3">
+      <c r="A1199" s="1" t="inlineStr">
+        <is>
+          <t>9786257033114</t>
+        </is>
+      </c>
+      <c r="B1199" s="1" t="inlineStr">
+        <is>
+          <t>Dinamik Araç Rotalama Problemleri</t>
+        </is>
+      </c>
+      <c r="C1199" s="1">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="1200" spans="1:3">
+      <c r="A1200" s="1" t="inlineStr">
+        <is>
+          <t>9786057890764</t>
+        </is>
+      </c>
+      <c r="B1200" s="1" t="inlineStr">
+        <is>
+          <t>Kurumsal Sosyal Sorumluluk</t>
+        </is>
+      </c>
+      <c r="C1200" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="1201" spans="1:3">
+      <c r="A1201" s="1" t="inlineStr">
+        <is>
+          <t>9786056980213</t>
+        </is>
+      </c>
+      <c r="B1201" s="1" t="inlineStr">
+        <is>
+          <t>Tarih Metinleri Metin Tipi ve Nedensellik İlişkisi</t>
+        </is>
+      </c>
+      <c r="C1201" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="1202" spans="1:3">
+      <c r="A1202" s="1" t="inlineStr">
+        <is>
+          <t>9786257033053</t>
+        </is>
+      </c>
+      <c r="B1202" s="1" t="inlineStr">
+        <is>
+          <t>Şiir Algısı</t>
+        </is>
+      </c>
+      <c r="C1202" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="1203" spans="1:3">
+      <c r="A1203" s="1" t="inlineStr">
+        <is>
+          <t>9786057890917</t>
+        </is>
+      </c>
+      <c r="B1203" s="1" t="inlineStr">
+        <is>
+          <t>Liderlik ve Güncel Yaklaşımlar</t>
+        </is>
+      </c>
+      <c r="C1203" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="1204" spans="1:3">
+      <c r="A1204" s="1" t="inlineStr">
+        <is>
+          <t>9786257033169</t>
+        </is>
+      </c>
+      <c r="B1204" s="1" t="inlineStr">
+        <is>
+          <t>A Comparative Study On Literary Figures 2</t>
+        </is>
+      </c>
+      <c r="C1204" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="1205" spans="1:3">
+      <c r="A1205" s="1" t="inlineStr">
+        <is>
+          <t>9786057890924</t>
+        </is>
+      </c>
+      <c r="B1205" s="1" t="inlineStr">
+        <is>
+          <t>Trabzon'un Yakın Tarihinden Kesitler</t>
+        </is>
+      </c>
+      <c r="C1205" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="1206" spans="1:3">
+      <c r="A1206" s="1" t="inlineStr">
+        <is>
+          <t>9786257033190</t>
+        </is>
+      </c>
+      <c r="B1206" s="1" t="inlineStr">
+        <is>
+          <t>Filmlerle Düşünmek</t>
+        </is>
+      </c>
+      <c r="C1206" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="1207" spans="1:3">
+      <c r="A1207" s="1" t="inlineStr">
+        <is>
+          <t>9786257033022</t>
+        </is>
+      </c>
+      <c r="B1207" s="1" t="inlineStr">
+        <is>
+          <t>Ahmet Talat Onay - Çankırı Şairleri</t>
+        </is>
+      </c>
+      <c r="C1207" s="1">
+        <v>635</v>
+      </c>
+    </row>
+    <row r="1208" spans="1:3">
+      <c r="A1208" s="1" t="inlineStr">
+        <is>
+          <t>9786257033091</t>
+        </is>
+      </c>
+      <c r="B1208" s="1" t="inlineStr">
+        <is>
+          <t>Amerikan Misyonerlerinin Türkiye'deki Sağlık Faaliyetleri (1833-1923)</t>
+        </is>
+      </c>
+      <c r="C1208" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="1209" spans="1:3">
+      <c r="A1209" s="1" t="inlineStr">
+        <is>
+          <t>9786257033152</t>
+        </is>
+      </c>
+      <c r="B1209" s="1" t="inlineStr">
+        <is>
+          <t>Artvin Tarihi Araştırmaları - 1</t>
+        </is>
+      </c>
+      <c r="C1209" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="1210" spans="1:3">
+      <c r="A1210" s="1" t="inlineStr">
+        <is>
+          <t>9786057890948</t>
+        </is>
+      </c>
+      <c r="B1210" s="1" t="inlineStr">
+        <is>
+          <t>Uzun Süreli Genç İşsizliği</t>
+        </is>
+      </c>
+      <c r="C1210" s="1">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="1211" spans="1:3">
+      <c r="A1211" s="1" t="inlineStr">
+        <is>
+          <t>9786257033008</t>
+        </is>
+      </c>
+      <c r="B1211" s="1" t="inlineStr">
+        <is>
+          <t>Vakıf İnsan Prof. Dr. Hikmet Özdemir Armağanı</t>
+        </is>
+      </c>
+      <c r="C1211" s="1">
+        <v>1600</v>
+      </c>
+    </row>
+    <row r="1212" spans="1:3">
+      <c r="A1212" s="1" t="inlineStr">
+        <is>
+          <t>9786257033039</t>
+        </is>
+      </c>
+      <c r="B1212" s="1" t="inlineStr">
+        <is>
+          <t>Girişimciliğin Keşfi: Girişimsel Fırsatlar ve Belirleyici Unsurları</t>
+        </is>
+      </c>
+      <c r="C1212" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1213" spans="1:3">
+      <c r="A1213" s="1" t="inlineStr">
+        <is>
+          <t>9786057890979</t>
+        </is>
+      </c>
+      <c r="B1213" s="1" t="inlineStr">
+        <is>
+          <t>Tekinalp Yeni Mecmua Yazıları</t>
+        </is>
+      </c>
+      <c r="C1213" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="1214" spans="1:3">
+      <c r="A1214" s="1" t="inlineStr">
+        <is>
+          <t>9786057890887</t>
+        </is>
+      </c>
+      <c r="B1214" s="1" t="inlineStr">
+        <is>
+          <t>Kültür Üretme Makinesi: Televizyon</t>
+        </is>
+      </c>
+      <c r="C1214" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="1215" spans="1:3">
+      <c r="A1215" s="1" t="inlineStr">
+        <is>
+          <t>9786257033046</t>
+        </is>
+      </c>
+      <c r="B1215" s="1" t="inlineStr">
+        <is>
+          <t>Ka'Be - Na'Me</t>
+        </is>
+      </c>
+      <c r="C1215" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1216" spans="1:3">
+      <c r="A1216" s="1" t="inlineStr">
+        <is>
+          <t>9786257033015</t>
+        </is>
+      </c>
+      <c r="B1216" s="1" t="inlineStr">
+        <is>
+          <t>Josiah Royce'un Metafiziği</t>
+        </is>
+      </c>
+      <c r="C1216" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="1217" spans="1:3">
+      <c r="A1217" s="1" t="inlineStr">
+        <is>
+          <t>9786056980237</t>
+        </is>
+      </c>
+      <c r="B1217" s="1" t="inlineStr">
+        <is>
+          <t>International Communication Studies</t>
+        </is>
+      </c>
+      <c r="C1217" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="1218" spans="1:3">
+      <c r="A1218" s="1" t="inlineStr">
+        <is>
+          <t>9786056980220</t>
+        </is>
+      </c>
+      <c r="B1218" s="1" t="inlineStr">
+        <is>
+          <t>El Edebu'ş - Şefehi'l - Arabi fi Mardin</t>
+        </is>
+      </c>
+      <c r="C1218" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1219" spans="1:3">
+      <c r="A1219" s="1" t="inlineStr">
+        <is>
+          <t>9786056980251</t>
+        </is>
+      </c>
+      <c r="B1219" s="1" t="inlineStr">
+        <is>
+          <t>İngiliz Askeri Raporlarında Kut'ül Amare Savaşı</t>
+        </is>
+      </c>
+      <c r="C1219" s="1">
+        <v>845</v>
+      </c>
+    </row>
+    <row r="1220" spans="1:3">
+      <c r="A1220" s="1" t="inlineStr">
+        <is>
+          <t>9786056980299</t>
+        </is>
+      </c>
+      <c r="B1220" s="1" t="inlineStr">
+        <is>
+          <t>Mağlubiyetten Zafere İki Mütareke - İngiliz Tutanaklarında Mondros ve Mudanya</t>
+        </is>
+      </c>
+      <c r="C1220" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="1221" spans="1:3">
+      <c r="A1221" s="1" t="inlineStr">
+        <is>
+          <t>9786057890993</t>
+        </is>
+      </c>
+      <c r="B1221" s="1" t="inlineStr">
+        <is>
+          <t>Türk Amerikan İlişkileri (1914 - 1945)</t>
+        </is>
+      </c>
+      <c r="C1221" s="1">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="1222" spans="1:3">
+      <c r="A1222" s="1" t="inlineStr">
+        <is>
+          <t>9786057890481</t>
+        </is>
+      </c>
+      <c r="B1222" s="1" t="inlineStr">
+        <is>
+          <t>Alternatif Yaklaşımlarla Ekonomik Büyüme</t>
+        </is>
+      </c>
+      <c r="C1222" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="1223" spans="1:3">
+      <c r="A1223" s="1" t="inlineStr">
+        <is>
+          <t>9786057890962</t>
+        </is>
+      </c>
+      <c r="B1223" s="1" t="inlineStr">
+        <is>
+          <t>Varoluşun Otantik İmkanı Olarak Ev</t>
+        </is>
+      </c>
+      <c r="C1223" s="1">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="1224" spans="1:3">
+      <c r="A1224" s="1" t="inlineStr">
+        <is>
+          <t>9786056980268</t>
+        </is>
+      </c>
+      <c r="B1224" s="1" t="inlineStr">
+        <is>
+          <t>R Programı ve İstatistiksel Analizler</t>
+        </is>
+      </c>
+      <c r="C1224" s="1">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="1225" spans="1:3">
+      <c r="A1225" s="1" t="inlineStr">
+        <is>
+          <t>9786057890825</t>
+        </is>
+      </c>
+      <c r="B1225" s="1" t="inlineStr">
+        <is>
+          <t>Sinop'ta Geleneksel Ahşap Köy Camileri</t>
+        </is>
+      </c>
+      <c r="C1225" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="1226" spans="1:3">
+      <c r="A1226" s="1" t="inlineStr">
+        <is>
+          <t>9786056980275</t>
+        </is>
+      </c>
+      <c r="B1226" s="1" t="inlineStr">
+        <is>
+          <t>Bayesyen Analiz</t>
+        </is>
+      </c>
+      <c r="C1226" s="1">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="1227" spans="1:3">
+      <c r="A1227" s="1" t="inlineStr">
+        <is>
+          <t>9786057890986</t>
+        </is>
+      </c>
+      <c r="B1227" s="1" t="inlineStr">
+        <is>
+          <t>Avrupa Birliği Enerji Arz Güvenliği Politikası</t>
+        </is>
+      </c>
+      <c r="C1227" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="1228" spans="1:3">
+      <c r="A1228" s="1" t="inlineStr">
+        <is>
+          <t>9786057890955</t>
+        </is>
+      </c>
+      <c r="B1228" s="1" t="inlineStr">
+        <is>
+          <t>Sofyalı Bali Efendi Varidat</t>
+        </is>
+      </c>
+      <c r="C1228" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="1229" spans="1:3">
+      <c r="A1229" s="1" t="inlineStr">
+        <is>
+          <t>9786057890832</t>
+        </is>
+      </c>
+      <c r="B1229" s="1" t="inlineStr">
+        <is>
+          <t>Basın Özgürlüğünün Yüzyılı (1864-1964)</t>
+        </is>
+      </c>
+      <c r="C1229" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="1230" spans="1:3">
+      <c r="A1230" s="1" t="inlineStr">
+        <is>
+          <t>9786056980244</t>
+        </is>
+      </c>
+      <c r="B1230" s="1" t="inlineStr">
+        <is>
+          <t>Kitab-ı Beyan-ı Sına‘at</t>
+        </is>
+      </c>
+      <c r="C1230" s="1">
+        <v>690</v>
+      </c>
+    </row>
+    <row r="1231" spans="1:3">
+      <c r="A1231" s="1" t="inlineStr">
+        <is>
+          <t>9786057890788</t>
+        </is>
+      </c>
+      <c r="B1231" s="1" t="inlineStr">
+        <is>
+          <t>Samsun Gümrüğü</t>
+        </is>
+      </c>
+      <c r="C1231" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="1232" spans="1:3">
+      <c r="A1232" s="1" t="inlineStr">
+        <is>
+          <t>9786057890849</t>
+        </is>
+      </c>
+      <c r="B1232" s="1" t="inlineStr">
+        <is>
+          <t>Güç Koşullarda Çalıştırılan Çocuklar</t>
+        </is>
+      </c>
+      <c r="C1232" s="1">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="1233" spans="1:3">
+      <c r="A1233" s="1" t="inlineStr">
+        <is>
+          <t>9786057890894</t>
+        </is>
+      </c>
+      <c r="B1233" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye'nin Modernleşmesinde Halkevleri ve Hakkari Halkevi (1932-1951)</t>
+        </is>
+      </c>
+      <c r="C1233" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="1234" spans="1:3">
+      <c r="A1234" s="1" t="inlineStr">
+        <is>
+          <t>9786057890856</t>
+        </is>
+      </c>
+      <c r="B1234" s="1" t="inlineStr">
+        <is>
+          <t>Osmaniye'de Tarımsal Üretim</t>
+        </is>
+      </c>
+      <c r="C1234" s="1">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="1235" spans="1:3">
+      <c r="A1235" s="1" t="inlineStr">
+        <is>
+          <t>9786057890900</t>
+        </is>
+      </c>
+      <c r="B1235" s="1" t="inlineStr">
+        <is>
+          <t>Markanın Finansal Değerlemesi</t>
+        </is>
+      </c>
+      <c r="C1235" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="1236" spans="1:3">
+      <c r="A1236" s="1" t="inlineStr">
+        <is>
+          <t>9786057890870</t>
+        </is>
+      </c>
+      <c r="B1236" s="1" t="inlineStr">
+        <is>
+          <t>Yusuf Sünbül Sinan'ın Dini-Tasavvufi Eseri</t>
+        </is>
+      </c>
+      <c r="C1236" s="1">
+        <v>940</v>
+      </c>
+    </row>
+    <row r="1237" spans="1:3">
+      <c r="A1237" s="1" t="inlineStr">
+        <is>
+          <t>9786057890801</t>
+        </is>
+      </c>
+      <c r="B1237" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye Cumhuriyeti Madencilik Politikaları</t>
+        </is>
+      </c>
+      <c r="C1237" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="1238" spans="1:3">
+      <c r="A1238" s="1" t="inlineStr">
+        <is>
+          <t>9786057890726</t>
+        </is>
+      </c>
+      <c r="B1238" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Medya ve İletişim</t>
+        </is>
+      </c>
+      <c r="C1238" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="1239" spans="1:3">
+      <c r="A1239" s="1" t="inlineStr">
+        <is>
+          <t>9786057890863</t>
+        </is>
+      </c>
+      <c r="B1239" s="1" t="inlineStr">
+        <is>
+          <t>Sakai CLE İş Birliği ve Öğrenme Ortamı</t>
+        </is>
+      </c>
+      <c r="C1239" s="1">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="1240" spans="1:3">
+      <c r="A1240" s="1" t="inlineStr">
+        <is>
+          <t>9786057890719</t>
+        </is>
+      </c>
+      <c r="B1240" s="1" t="inlineStr">
+        <is>
+          <t>Kullanım Kılavuzu 1 - Bebek (0-2 Yaş)</t>
+        </is>
+      </c>
+      <c r="C1240" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="1241" spans="1:3">
+      <c r="A1241" s="1" t="inlineStr">
+        <is>
+          <t>9786057890733</t>
+        </is>
+      </c>
+      <c r="B1241" s="1" t="inlineStr">
+        <is>
+          <t>Sanal Para Uygulama Ortamları ve Etkileri</t>
+        </is>
+      </c>
+      <c r="C1241" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="1242" spans="1:3">
+      <c r="A1242" s="1" t="inlineStr">
+        <is>
+          <t>9786057890467</t>
+        </is>
+      </c>
+      <c r="B1242" s="1" t="inlineStr">
+        <is>
+          <t>Sesini Arayan Şair Faruk Nafiz Çamlıbel</t>
+        </is>
+      </c>
+      <c r="C1242" s="1">
+        <v>635</v>
+      </c>
+    </row>
+    <row r="1243" spans="1:3">
+      <c r="A1243" s="1" t="inlineStr">
+        <is>
+          <t>9786057890634</t>
+        </is>
+      </c>
+      <c r="B1243" s="1" t="inlineStr">
+        <is>
+          <t>Tarih Metodolojisi</t>
+        </is>
+      </c>
+      <c r="C1243" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="1244" spans="1:3">
+      <c r="A1244" s="1" t="inlineStr">
+        <is>
+          <t>9786057890696</t>
+        </is>
+      </c>
+      <c r="B1244" s="1" t="inlineStr">
+        <is>
+          <t>Kemalizmin Soğuk Savaş Tecrübesi</t>
+        </is>
+      </c>
+      <c r="C1244" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="1245" spans="1:3">
+      <c r="A1245" s="1" t="inlineStr">
+        <is>
+          <t>9786057890702</t>
+        </is>
+      </c>
+      <c r="B1245" s="1" t="inlineStr">
+        <is>
+          <t>Uluslararası Sistemde Türkiye</t>
+        </is>
+      </c>
+      <c r="C1245" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="1246" spans="1:3">
+      <c r="A1246" s="1" t="inlineStr">
+        <is>
+          <t>9786057890672</t>
+        </is>
+      </c>
+      <c r="B1246" s="1" t="inlineStr">
+        <is>
+          <t>Rusya İmparatorluğu'nda Anayasal Demokrat Partisi'nin Milletler Politikası (Kadet Partisi 1905-1917)</t>
+        </is>
+      </c>
+      <c r="C1246" s="1">
+        <v>620</v>
+      </c>
+    </row>
+    <row r="1247" spans="1:3">
+      <c r="A1247" s="1" t="inlineStr">
+        <is>
+          <t>9786057890641</t>
+        </is>
+      </c>
+      <c r="B1247" s="1" t="inlineStr">
+        <is>
+          <t>Yönetici ve Yönetici Asistanı</t>
+        </is>
+      </c>
+      <c r="C1247" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="1248" spans="1:3">
+      <c r="A1248" s="1" t="inlineStr">
+        <is>
+          <t>9786057890603</t>
+        </is>
+      </c>
+      <c r="B1248" s="1" t="inlineStr">
+        <is>
+          <t>Postinsan</t>
+        </is>
+      </c>
+      <c r="C1248" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="1249" spans="1:3">
+      <c r="A1249" s="1" t="inlineStr">
+        <is>
+          <t>9786057890627</t>
+        </is>
+      </c>
+      <c r="B1249" s="1" t="inlineStr">
+        <is>
+          <t>Çatışma ve Barış Üzerine Temel Kavramlar</t>
+        </is>
+      </c>
+      <c r="C1249" s="1">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="1250" spans="1:3">
+      <c r="A1250" s="1" t="inlineStr">
+        <is>
+          <t>9786057890542</t>
+        </is>
+      </c>
+      <c r="B1250" s="1" t="inlineStr">
+        <is>
+          <t>Yönetim Biliminde Etkin ve Güncel Konular</t>
+        </is>
+      </c>
+      <c r="C1250" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="1251" spans="1:3">
+      <c r="A1251" s="1" t="inlineStr">
+        <is>
+          <t>9786057890382</t>
+        </is>
+      </c>
+      <c r="B1251" s="1" t="inlineStr">
+        <is>
+          <t>Memluk Kıpçak Sözlük ve Gramerlerinde Türkmence</t>
+        </is>
+      </c>
+      <c r="C1251" s="1">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="1252" spans="1:3">
+      <c r="A1252" s="1" t="inlineStr">
+        <is>
+          <t>9786057890016</t>
+        </is>
+      </c>
+      <c r="B1252" s="1" t="inlineStr">
+        <is>
+          <t>Hellenism in Asia Minor</t>
+        </is>
+      </c>
+      <c r="C1252" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="1253" spans="1:3">
+      <c r="A1253" s="1" t="inlineStr">
+        <is>
+          <t>9786057890009</t>
+        </is>
+      </c>
+      <c r="B1253" s="1" t="inlineStr">
+        <is>
+          <t>Discourse On the Method of Rightly Conducting One's Reason and of Seeking Truth in the Sciences</t>
+        </is>
+      </c>
+      <c r="C1253" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="1254" spans="1:3">
+      <c r="A1254" s="1" t="inlineStr">
+        <is>
+          <t>9786057890047</t>
+        </is>
+      </c>
+      <c r="B1254" s="1" t="inlineStr">
+        <is>
+          <t>Poetics</t>
+        </is>
+      </c>
+      <c r="C1254" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="1255" spans="1:3">
+      <c r="A1255" s="1" t="inlineStr">
+        <is>
+          <t>9786057890023</t>
+        </is>
+      </c>
+      <c r="B1255" s="1" t="inlineStr">
+        <is>
+          <t>On the Improvement of the Understanding</t>
+        </is>
+      </c>
+      <c r="C1255" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="1256" spans="1:3">
+      <c r="A1256" s="1" t="inlineStr">
+        <is>
+          <t>9786057890580</t>
+        </is>
+      </c>
+      <c r="B1256" s="1" t="inlineStr">
+        <is>
+          <t>İspanya</t>
+        </is>
+      </c>
+      <c r="C1256" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1257" spans="1:3">
+      <c r="A1257" s="1" t="inlineStr">
+        <is>
+          <t>9786057890078</t>
+        </is>
+      </c>
+      <c r="B1257" s="1" t="inlineStr">
+        <is>
+          <t>The History of the Maritime Wars of the Turks</t>
+        </is>
+      </c>
+      <c r="C1257" s="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="1258" spans="1:3">
+      <c r="A1258" s="1" t="inlineStr">
+        <is>
+          <t>9786057890610</t>
+        </is>
+      </c>
+      <c r="B1258" s="1" t="inlineStr">
+        <is>
+          <t>Tasarımda Süreklilik</t>
+        </is>
+      </c>
+      <c r="C1258" s="1">
+        <v>820</v>
+      </c>
+    </row>
+    <row r="1259" spans="1:3">
+      <c r="A1259" s="1" t="inlineStr">
+        <is>
+          <t>9786057890054</t>
+        </is>
+      </c>
+      <c r="B1259" s="1" t="inlineStr">
+        <is>
+          <t>The Balkan Wars 1912 - 1913</t>
+        </is>
+      </c>
+      <c r="C1259" s="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="1260" spans="1:3">
+      <c r="A1260" s="1" t="inlineStr">
+        <is>
+          <t>9786057890115</t>
+        </is>
+      </c>
+      <c r="B1260" s="1" t="inlineStr">
+        <is>
+          <t>With The Turks in Palestine</t>
+        </is>
+      </c>
+      <c r="C1260" s="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="1261" spans="1:3">
+      <c r="A1261" s="1" t="inlineStr">
+        <is>
+          <t>9786057890412</t>
+        </is>
+      </c>
+      <c r="B1261" s="1" t="inlineStr">
+        <is>
+          <t>Türk İktisat Tarihinde Anadolu'nun Fethi ve İlk Yerleşimi</t>
+        </is>
+      </c>
+      <c r="C1261" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="1262" spans="1:3">
+      <c r="A1262" s="1" t="inlineStr">
+        <is>
+          <t>9786057890566</t>
+        </is>
+      </c>
+      <c r="B1262" s="1" t="inlineStr">
+        <is>
+          <t>Masala Farklı Disiplinlerden Bir Bakış</t>
+        </is>
+      </c>
+      <c r="C1262" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="1263" spans="1:3">
+      <c r="A1263" s="1" t="inlineStr">
+        <is>
+          <t>9786057890504</t>
+        </is>
+      </c>
+      <c r="B1263" s="1" t="inlineStr">
+        <is>
+          <t>Nakit Yönetimi ve Firmaların Nakit Bulundurmasını Etkileyen Faktörler</t>
+        </is>
+      </c>
+      <c r="C1263" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="1264" spans="1:3">
+      <c r="A1264" s="1" t="inlineStr">
+        <is>
+          <t>9786057890573</t>
+        </is>
+      </c>
+      <c r="B1264" s="1" t="inlineStr">
+        <is>
+          <t>Yönetim Kültürü ve Devlet Ahlakı</t>
+        </is>
+      </c>
+      <c r="C1264" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="1265" spans="1:3">
+      <c r="A1265" s="1" t="inlineStr">
+        <is>
+          <t>9786057890085</t>
+        </is>
+      </c>
+      <c r="B1265" s="1" t="inlineStr">
+        <is>
+          <t>The Hittites - The Story of A Forgotten Empire</t>
+        </is>
+      </c>
+      <c r="C1265" s="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="1266" spans="1:3">
+      <c r="A1266" s="1" t="inlineStr">
+        <is>
+          <t>9786052228579</t>
+        </is>
+      </c>
+      <c r="B1266" s="1" t="inlineStr">
+        <is>
+          <t>The Effect Of Container Shipping On The Turkish Economy</t>
+        </is>
+      </c>
+      <c r="C1266" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="1267" spans="1:3">
+      <c r="A1267" s="1" t="inlineStr">
+        <is>
+          <t>9786057890092</t>
+        </is>
+      </c>
+      <c r="B1267" s="1" t="inlineStr">
+        <is>
+          <t>The Causes of The Successes of The Ottoman Turks</t>
+        </is>
+      </c>
+      <c r="C1267" s="1">
+        <v>405</v>
+      </c>
+    </row>
+    <row r="1268" spans="1:3">
+      <c r="A1268" s="1" t="inlineStr">
+        <is>
+          <t>9786052228975</t>
+        </is>
+      </c>
+      <c r="B1268" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı Son Dönemi ve Büyük Güçler</t>
+        </is>
+      </c>
+      <c r="C1268" s="1">
+        <v>405</v>
+      </c>
+    </row>
+    <row r="1269" spans="1:3">
+      <c r="A1269" s="1" t="inlineStr">
+        <is>
+          <t>9786057890535</t>
+        </is>
+      </c>
+      <c r="B1269" s="1" t="inlineStr">
+        <is>
+          <t>Mürüvvet - Osmanlı Basınında Muhafazakar Bir Kadın Dergisi</t>
+        </is>
+      </c>
+      <c r="C1269" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="1270" spans="1:3">
+      <c r="A1270" s="1" t="inlineStr">
+        <is>
+          <t>9786057890559</t>
+        </is>
+      </c>
+      <c r="B1270" s="1" t="inlineStr">
+        <is>
+          <t>Coğrafyada Uzaktan Algılama</t>
+        </is>
+      </c>
+      <c r="C1270" s="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="1271" spans="1:3">
+      <c r="A1271" s="1" t="inlineStr">
+        <is>
+          <t>9786057890160</t>
+        </is>
+      </c>
+      <c r="B1271" s="1" t="inlineStr">
+        <is>
+          <t>Tekamül-i Tenkit Yazıları</t>
+        </is>
+      </c>
+      <c r="C1271" s="1">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="1272" spans="1:3">
+      <c r="A1272" s="1" t="inlineStr">
+        <is>
+          <t>9786057890221</t>
+        </is>
+      </c>
+      <c r="B1272" s="1" t="inlineStr">
+        <is>
+          <t>Yönetim ve İnsan İçin Güçlendirme</t>
+        </is>
+      </c>
+      <c r="C1272" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="1273" spans="1:3">
+      <c r="A1273" s="1" t="inlineStr">
+        <is>
+          <t>9786057890351</t>
+        </is>
+      </c>
+      <c r="B1273" s="1" t="inlineStr">
+        <is>
+          <t>Antakya Ortodoks Kilisesi</t>
+        </is>
+      </c>
+      <c r="C1273" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="1274" spans="1:3">
+      <c r="A1274" s="1" t="inlineStr">
+        <is>
+          <t>9786057890405</t>
+        </is>
+      </c>
+      <c r="B1274" s="1" t="inlineStr">
+        <is>
+          <t>Mir'at-ı Muhammedi</t>
+        </is>
+      </c>
+      <c r="C1274" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="1275" spans="1:3">
+      <c r="A1275" s="1" t="inlineStr">
+        <is>
+          <t>9786057890184</t>
+        </is>
+      </c>
+      <c r="B1275" s="1" t="inlineStr">
+        <is>
+          <t>Nevhatü'l - Uşşak</t>
+        </is>
+      </c>
+      <c r="C1275" s="1">
+        <v>690</v>
+      </c>
+    </row>
+    <row r="1276" spans="1:3">
+      <c r="A1276" s="1" t="inlineStr">
+        <is>
+          <t>9786057890474</t>
+        </is>
+      </c>
+      <c r="B1276" s="1" t="inlineStr">
+        <is>
+          <t>Maliyet Muhasebesinde Değişim ve Güncel Yaklaşımlar</t>
+        </is>
+      </c>
+      <c r="C1276" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="1277" spans="1:3">
+      <c r="A1277" s="1" t="inlineStr">
+        <is>
+          <t>9786057890511</t>
+        </is>
+      </c>
+      <c r="B1277" s="1" t="inlineStr">
+        <is>
+          <t>Eski Türk Devlet Anlayışında İktidar ve Hakimiyet</t>
+        </is>
+      </c>
+      <c r="C1277" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="1278" spans="1:3">
+      <c r="A1278" s="1" t="inlineStr">
+        <is>
+          <t>9786057890344</t>
+        </is>
+      </c>
+      <c r="B1278" s="1" t="inlineStr">
+        <is>
+          <t>Klasik Türk Şiirinde Tuyuğ</t>
+        </is>
+      </c>
+      <c r="C1278" s="1">
+        <v>575</v>
+      </c>
+    </row>
+    <row r="1279" spans="1:3">
+      <c r="A1279" s="1" t="inlineStr">
+        <is>
+          <t>9786057890399</t>
+        </is>
+      </c>
+      <c r="B1279" s="1" t="inlineStr">
+        <is>
+          <t>Alman Sinemasında Türk Temsilleri</t>
+        </is>
+      </c>
+      <c r="C1279" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="1280" spans="1:3">
+      <c r="A1280" s="1" t="inlineStr">
+        <is>
+          <t>9786057890436</t>
+        </is>
+      </c>
+      <c r="B1280" s="1" t="inlineStr">
+        <is>
+          <t>Vatandaşlık Eğitimi Üzerine</t>
+        </is>
+      </c>
+      <c r="C1280" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="1281" spans="1:3">
+      <c r="A1281" s="1" t="inlineStr">
+        <is>
+          <t>9786057890450</t>
+        </is>
+      </c>
+      <c r="B1281" s="1" t="inlineStr">
+        <is>
+          <t>Tarihsel Eksende Oksidentalist Söylem ve Dini Yönelimli Medyanın Rolü</t>
+        </is>
+      </c>
+      <c r="C1281" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="1282" spans="1:3">
+      <c r="A1282" s="1" t="inlineStr">
+        <is>
+          <t>9786057890429</t>
+        </is>
+      </c>
+      <c r="B1282" s="1" t="inlineStr">
+        <is>
+          <t>Geçmişten Günümüze Geleneksel Erzurum Evleri</t>
+        </is>
+      </c>
+      <c r="C1282" s="1">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="1283" spans="1:3">
+      <c r="A1283" s="1" t="inlineStr">
+        <is>
+          <t>9786057890320</t>
+        </is>
+      </c>
+      <c r="B1283" s="1" t="inlineStr">
+        <is>
+          <t>Ütopya Dünyası</t>
+        </is>
+      </c>
+      <c r="C1283" s="1">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="1284" spans="1:3">
+      <c r="A1284" s="1" t="inlineStr">
+        <is>
+          <t>9786057890375</t>
+        </is>
+      </c>
+      <c r="B1284" s="1" t="inlineStr">
+        <is>
+          <t>Kosova Türk Masalları</t>
+        </is>
+      </c>
+      <c r="C1284" s="1">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="1285" spans="1:3">
+      <c r="A1285" s="1" t="inlineStr">
+        <is>
+          <t>9786052228944</t>
+        </is>
+      </c>
+      <c r="B1285" s="1" t="inlineStr">
+        <is>
+          <t>İşletmelerin Verimlilikleri ile Çevresel Sosyal Sorumluluklarını Gerçekleştirme Düzeylerinin Karşılaştırmalı Analizi</t>
+        </is>
+      </c>
+      <c r="C1285" s="1">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="1286" spans="1:3">
+      <c r="A1286" s="1" t="inlineStr">
+        <is>
+          <t>9786057890368</t>
+        </is>
+      </c>
+      <c r="B1286" s="1" t="inlineStr">
+        <is>
+          <t>Halit Ziya Uşaklıgil'in Hikayelerinde Kadın Figürler</t>
+        </is>
+      </c>
+      <c r="C1286" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="1287" spans="1:3">
+      <c r="A1287" s="1" t="inlineStr">
+        <is>
+          <t>9786057890283</t>
+        </is>
+      </c>
+      <c r="B1287" s="1" t="inlineStr">
+        <is>
+          <t>İçerik Pazarlaması - Müşteriye Bilgi Sunma Sanatı</t>
+        </is>
+      </c>
+      <c r="C1287" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1288" spans="1:3">
+      <c r="A1288" s="1" t="inlineStr">
+        <is>
+          <t>9786057890306</t>
+        </is>
+      </c>
+      <c r="B1288" s="1" t="inlineStr">
+        <is>
+          <t>Bilinçli Ebeveynlik</t>
+        </is>
+      </c>
+      <c r="C1288" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="1289" spans="1:3">
+      <c r="A1289" s="1" t="inlineStr">
+        <is>
+          <t>9786057890238</t>
+        </is>
+      </c>
+      <c r="B1289" s="1" t="inlineStr">
+        <is>
+          <t>Reklam ve Tüketim</t>
+        </is>
+      </c>
+      <c r="C1289" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1290" spans="1:3">
+      <c r="A1290" s="1" t="inlineStr">
+        <is>
+          <t>9786057890276</t>
+        </is>
+      </c>
+      <c r="B1290" s="1" t="inlineStr">
+        <is>
+          <t>Algı İnşasında Sosyal Medyanın Gücü</t>
+        </is>
+      </c>
+      <c r="C1290" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="1291" spans="1:3">
+      <c r="A1291" s="1" t="inlineStr">
+        <is>
+          <t>9786052228982</t>
+        </is>
+      </c>
+      <c r="B1291" s="1" t="inlineStr">
+        <is>
+          <t>İhracata Yönelik Teşvik ve Destek Politikaları</t>
+        </is>
+      </c>
+      <c r="C1291" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="1292" spans="1:3">
+      <c r="A1292" s="1" t="inlineStr">
+        <is>
+          <t>9786057890313</t>
+        </is>
+      </c>
+      <c r="B1292" s="1" t="inlineStr">
+        <is>
+          <t>İnsan Kaynaklarından Yetenek Yönetimine Endüstri 4.0</t>
+        </is>
+      </c>
+      <c r="C1292" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="1293" spans="1:3">
+      <c r="A1293" s="1" t="inlineStr">
+        <is>
+          <t>9786057890269</t>
+        </is>
+      </c>
+      <c r="B1293" s="1" t="inlineStr">
+        <is>
+          <t>İkinci Dünya Savaşı Sürecinde Propaganda ve Türkiye</t>
+        </is>
+      </c>
+      <c r="C1293" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1294" spans="1:3">
+      <c r="A1294" s="1" t="inlineStr">
+        <is>
+          <t>9786057890214</t>
+        </is>
+      </c>
+      <c r="B1294" s="1" t="inlineStr">
+        <is>
+          <t>İçgirişimciler, Aktivistler ve Fikir Şampiyonları ile Girişimcilik</t>
+        </is>
+      </c>
+      <c r="C1294" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="1295" spans="1:3">
+      <c r="A1295" s="1" t="inlineStr">
+        <is>
+          <t>9786057890245</t>
+        </is>
+      </c>
+      <c r="B1295" s="1" t="inlineStr">
+        <is>
+          <t>Kültür ve İktidar</t>
+        </is>
+      </c>
+      <c r="C1295" s="1">
+        <v>635</v>
+      </c>
+    </row>
+    <row r="1296" spans="1:3">
+      <c r="A1296" s="1" t="inlineStr">
+        <is>
+          <t>9786057890146</t>
+        </is>
+      </c>
+      <c r="B1296" s="1" t="inlineStr">
+        <is>
+          <t>Subversive Female Voices In The Plays Of Timberlake Wertenbaker And Pam Gems</t>
+        </is>
+      </c>
+      <c r="C1296" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="1297" spans="1:3">
+      <c r="A1297" s="1" t="inlineStr">
+        <is>
+          <t>9786057890207</t>
+        </is>
+      </c>
+      <c r="B1297" s="1" t="inlineStr">
+        <is>
+          <t>Trablusgarp Savaşı'nda Hilal-i Ahmer Cemiyeti (1911-1912)</t>
+        </is>
+      </c>
+      <c r="C1297" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="1298" spans="1:3">
+      <c r="A1298" s="1" t="inlineStr">
+        <is>
+          <t>9786057890191</t>
+        </is>
+      </c>
+      <c r="B1298" s="1" t="inlineStr">
+        <is>
+          <t>Kosova Türklerinin Manileri ve Mani Söyleme Geleneği</t>
+        </is>
+      </c>
+      <c r="C1298" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="1299" spans="1:3">
+      <c r="A1299" s="1" t="inlineStr">
+        <is>
+          <t>9786057890177</t>
+        </is>
+      </c>
+      <c r="B1299" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye'de Ombusdmanlık Kurumu</t>
+        </is>
+      </c>
+      <c r="C1299" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1300" spans="1:3">
+      <c r="A1300" s="1" t="inlineStr">
+        <is>
+          <t>9786057890153</t>
+        </is>
+      </c>
+      <c r="B1300" s="1" t="inlineStr">
+        <is>
+          <t>Aydınoğulları Tarihi Üzerine Yazılar</t>
+        </is>
+      </c>
+      <c r="C1300" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="1301" spans="1:3">
+      <c r="A1301" s="1" t="inlineStr">
+        <is>
+          <t>9786052228784</t>
+        </is>
+      </c>
+      <c r="B1301" s="1" t="inlineStr">
+        <is>
+          <t>Davranışsal Ekonomi Yaklaşımları: Karar Verme Tarzlarıyla Bir İnceleme</t>
+        </is>
+      </c>
+      <c r="C1301" s="1">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="1302" spans="1:3">
+      <c r="A1302" s="1" t="inlineStr">
+        <is>
+          <t>9786052228890</t>
+        </is>
+      </c>
+      <c r="B1302" s="1" t="inlineStr">
+        <is>
+          <t>Girişimcilik Sosyolojisi</t>
+        </is>
+      </c>
+      <c r="C1302" s="1">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="1303" spans="1:3">
+      <c r="A1303" s="1" t="inlineStr">
+        <is>
+          <t>9786052228661</t>
+        </is>
+      </c>
+      <c r="B1303" s="1" t="inlineStr">
+        <is>
+          <t>The Spirit of Dickensian Style</t>
+        </is>
+      </c>
+      <c r="C1303" s="1">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="1304" spans="1:3">
+      <c r="A1304" s="1" t="inlineStr">
+        <is>
+          <t>9786052228869</t>
+        </is>
+      </c>
+      <c r="B1304" s="1" t="inlineStr">
+        <is>
+          <t>7. Uluslararası Karşılaştırmalı Edebi̇yat Bi̇li̇mi̇ Kongresi̇ Bi̇ldi̇ri̇ Ki̇tabı</t>
+        </is>
+      </c>
+      <c r="C1304" s="1">
+        <v>890</v>
+      </c>
+    </row>
+    <row r="1305" spans="1:3">
+      <c r="A1305" s="1" t="inlineStr">
+        <is>
+          <t>9786052228715</t>
+        </is>
+      </c>
+      <c r="B1305" s="1" t="inlineStr">
+        <is>
+          <t>Kurumsal Yöneti̇şi̇m Başarısızlıkları ve Şi̇rket İflasları</t>
+        </is>
+      </c>
+      <c r="C1305" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="1306" spans="1:3">
+      <c r="A1306" s="1" t="inlineStr">
+        <is>
+          <t>9786052228906</t>
+        </is>
+      </c>
+      <c r="B1306" s="1" t="inlineStr">
+        <is>
+          <t>Şirketler ve Finansal Kurumlar Üzerine Analizler</t>
+        </is>
+      </c>
+      <c r="C1306" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="1307" spans="1:3">
+      <c r="A1307" s="1" t="inlineStr">
+        <is>
+          <t>9786052228821</t>
+        </is>
+      </c>
+      <c r="B1307" s="1" t="inlineStr">
+        <is>
+          <t>Karayolu Yük Taşımacılık Si̇gortaları ve Kullanımı Üzeri̇ne Bi̇r Araştırma</t>
+        </is>
+      </c>
+      <c r="C1307" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1308" spans="1:3">
+      <c r="A1308" s="1" t="inlineStr">
+        <is>
+          <t>9786052228876</t>
+        </is>
+      </c>
+      <c r="B1308" s="1" t="inlineStr">
+        <is>
+          <t>A Comparative Study On Literary Figures: Mansfield, Ertem, Hemingway, Esendal, Yeats, Suleiman The Magnificent</t>
+        </is>
+      </c>
+      <c r="C1308" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="1309" spans="1:3">
+      <c r="A1309" s="1" t="inlineStr">
+        <is>
+          <t>9786052228968</t>
+        </is>
+      </c>
+      <c r="B1309" s="1" t="inlineStr">
+        <is>
+          <t>Çağdaş Mali̇yet Yöntemleri̇ Kai̇zen ve Kai̇zen Mali̇yetleme</t>
+        </is>
+      </c>
+      <c r="C1309" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="1310" spans="1:3">
+      <c r="A1310" s="1" t="inlineStr">
+        <is>
+          <t>9786052228777</t>
+        </is>
+      </c>
+      <c r="B1310" s="1" t="inlineStr">
+        <is>
+          <t>Yönetişimde Yeni Yaklaşımlar</t>
+        </is>
+      </c>
+      <c r="C1310" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="1311" spans="1:3">
+      <c r="A1311" s="1" t="inlineStr">
+        <is>
+          <t>9786052228845</t>
+        </is>
+      </c>
+      <c r="B1311" s="1" t="inlineStr">
+        <is>
+          <t>16. Yüzyılda Osmanlı Hakimiyetinde Budin</t>
+        </is>
+      </c>
+      <c r="C1311" s="1">
+        <v>610</v>
+      </c>
+    </row>
+    <row r="1312" spans="1:3">
+      <c r="A1312" s="1" t="inlineStr">
+        <is>
+          <t>9786052228791</t>
+        </is>
+      </c>
+      <c r="B1312" s="1" t="inlineStr">
+        <is>
+          <t>Spot Doğal Gaz Fiyatlarını Etkileyen Faktörler ve Türkiye İçin Öneriler</t>
+        </is>
+      </c>
+      <c r="C1312" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="1313" spans="1:3">
+      <c r="A1313" s="1" t="inlineStr">
+        <is>
+          <t>9786052228838</t>
+        </is>
+      </c>
+      <c r="B1313" s="1" t="inlineStr">
+        <is>
+          <t>Milli Mücadelede Alaşehir</t>
+        </is>
+      </c>
+      <c r="C1313" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="1314" spans="1:3">
+      <c r="A1314" s="1" t="inlineStr">
+        <is>
+          <t>9786052228654</t>
+        </is>
+      </c>
+      <c r="B1314" s="1" t="inlineStr">
+        <is>
+          <t>Beşikdüzü - İlçesinin Coğrafyası</t>
+        </is>
+      </c>
+      <c r="C1314" s="1">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="1315" spans="1:3">
+      <c r="A1315" s="1" t="inlineStr">
+        <is>
+          <t>9786052228722</t>
+        </is>
+      </c>
+      <c r="B1315" s="1" t="inlineStr">
+        <is>
+          <t>Lidya'nın Tmolos (Bozdağlar) Yaylalarında Jeomorfoloji, Paleocoğrafya ve Jeoarkeoloji Araştırmaları</t>
+        </is>
+      </c>
+      <c r="C1315" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="1316" spans="1:3">
+      <c r="A1316" s="1" t="inlineStr">
+        <is>
+          <t>9786052228814</t>
+        </is>
+      </c>
+      <c r="B1316" s="1" t="inlineStr">
+        <is>
+          <t>20. Yüzyıl Başlarında Amasya'da Eğitim ve Eğitim Kurumları</t>
+        </is>
+      </c>
+      <c r="C1316" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="1317" spans="1:3">
+      <c r="A1317" s="1" t="inlineStr">
+        <is>
+          <t>9786052228852</t>
+        </is>
+      </c>
+      <c r="B1317" s="1" t="inlineStr">
+        <is>
+          <t>Kamuda Dijital Dönüşüm</t>
+        </is>
+      </c>
+      <c r="C1317" s="1">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="1318" spans="1:3">
+      <c r="A1318" s="1" t="inlineStr">
+        <is>
+          <t>9786052228685</t>
+        </is>
+      </c>
+      <c r="B1318" s="1" t="inlineStr">
+        <is>
+          <t>Bolluk (Cihanbeyli) Traverten Konileri</t>
+        </is>
+      </c>
+      <c r="C1318" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1319" spans="1:3">
+      <c r="A1319" s="1" t="inlineStr">
+        <is>
+          <t>9786052228807</t>
+        </is>
+      </c>
+      <c r="B1319" s="1" t="inlineStr">
+        <is>
+          <t>Diaspora Temsil Sistemi</t>
+        </is>
+      </c>
+      <c r="C1319" s="1">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="1320" spans="1:3">
+      <c r="A1320" s="1" t="inlineStr">
+        <is>
+          <t>9786052228494</t>
+        </is>
+      </c>
+      <c r="B1320" s="1" t="inlineStr">
+        <is>
+          <t>Sigorta Sektöründe Acente - Şirket İlişkileri</t>
+        </is>
+      </c>
+      <c r="C1320" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="1321" spans="1:3">
+      <c r="A1321" s="1" t="inlineStr">
+        <is>
+          <t>9786052228753</t>
+        </is>
+      </c>
+      <c r="B1321" s="1" t="inlineStr">
+        <is>
+          <t>Reklam Kampanyalarının Planlanmasında Satış Noktasında Reklamın Önemi</t>
+        </is>
+      </c>
+      <c r="C1321" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="1322" spans="1:3">
+      <c r="A1322" s="1" t="inlineStr">
+        <is>
+          <t>9786052228739</t>
+        </is>
+      </c>
+      <c r="B1322" s="1" t="inlineStr">
+        <is>
+          <t>Sivil Hava Yolu Taşımacılığında Pazar Payının Arttırılmasına Yönelik Rekabetçi Stratejilerin Geliştirilmesi</t>
+        </is>
+      </c>
+      <c r="C1322" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="1323" spans="1:3">
+      <c r="A1323" s="1" t="inlineStr">
+        <is>
+          <t>9786052228708</t>
+        </is>
+      </c>
+      <c r="B1323" s="1" t="inlineStr">
+        <is>
+          <t>Otel İşletmelerinde Kurumsallaşma</t>
+        </is>
+      </c>
+      <c r="C1323" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="1324" spans="1:3">
+      <c r="A1324" s="1" t="inlineStr">
+        <is>
+          <t>9786052228760</t>
+        </is>
+      </c>
+      <c r="B1324" s="1" t="inlineStr">
+        <is>
+          <t>Nesnelerin İnterneti Dünyasında Müşteri İlişkileri Yönetimi</t>
+        </is>
+      </c>
+      <c r="C1324" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="1325" spans="1:3">
+      <c r="A1325" s="1" t="inlineStr">
+        <is>
+          <t>9786052228746</t>
+        </is>
+      </c>
+      <c r="B1325" s="1" t="inlineStr">
+        <is>
+          <t>Nahiv Bilgisi Işığında Osmanlı Nahvine Bakış</t>
+        </is>
+      </c>
+      <c r="C1325" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="1326" spans="1:3">
+      <c r="A1326" s="1" t="inlineStr">
+        <is>
+          <t>9786052228630</t>
+        </is>
+      </c>
+      <c r="B1326" s="1" t="inlineStr">
+        <is>
+          <t>Equity Risk Premium</t>
+        </is>
+      </c>
+      <c r="C1326" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="1327" spans="1:3">
+      <c r="A1327" s="1" t="inlineStr">
+        <is>
+          <t>9786052228562</t>
+        </is>
+      </c>
+      <c r="B1327" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı Hanedan Kızları ve Gelirleri</t>
+        </is>
+      </c>
+      <c r="C1327" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1328" spans="1:3">
+      <c r="A1328" s="1" t="inlineStr">
+        <is>
+          <t>9786052228678</t>
+        </is>
+      </c>
+      <c r="B1328" s="1" t="inlineStr">
+        <is>
+          <t>Riding The Storm</t>
+        </is>
+      </c>
+      <c r="C1328" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="1329" spans="1:3">
+      <c r="A1329" s="1" t="inlineStr">
+        <is>
+          <t>9786052228692</t>
+        </is>
+      </c>
+      <c r="B1329" s="1" t="inlineStr">
+        <is>
+          <t>Kümelenmenin Önemi ve Kümelenme İçin Uygun Sektörün Belirlenmesi: Erzincan İli Üzerine Bir Uygulama</t>
+        </is>
+      </c>
+      <c r="C1329" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="1330" spans="1:3">
+      <c r="A1330" s="1" t="inlineStr">
+        <is>
+          <t>9786052228647</t>
+        </is>
+      </c>
+      <c r="B1330" s="1" t="inlineStr">
+        <is>
+          <t>Silvan İlçesi’nin Beşeri ve İktisadi Coğrafyası</t>
+        </is>
+      </c>
+      <c r="C1330" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="1331" spans="1:3">
+      <c r="A1331" s="1" t="inlineStr">
+        <is>
+          <t>9786052228609</t>
+        </is>
+      </c>
+      <c r="B1331" s="1" t="inlineStr">
+        <is>
+          <t>Belgesel Sinemanın Üçüncü Sinemada Temsili</t>
+        </is>
+      </c>
+      <c r="C1331" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="1332" spans="1:3">
+      <c r="A1332" s="1" t="inlineStr">
+        <is>
+          <t>9786052228555</t>
+        </is>
+      </c>
+      <c r="B1332" s="1" t="inlineStr">
+        <is>
+          <t>Gümüşhacıköy Özdarendeliler Konağı</t>
+        </is>
+      </c>
+      <c r="C1332" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1333" spans="1:3">
+      <c r="A1333" s="1" t="inlineStr">
+        <is>
+          <t>9786052228623</t>
+        </is>
+      </c>
+      <c r="B1333" s="1" t="inlineStr">
+        <is>
+          <t>Fatih’in İlk Hocası Molla Yegan Güzelhisar’dan Pay-ı Taht’a</t>
+        </is>
+      </c>
+      <c r="C1333" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="1334" spans="1:3">
+      <c r="A1334" s="1" t="inlineStr">
+        <is>
+          <t>9786052228593</t>
+        </is>
+      </c>
+      <c r="B1334" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye’de Asker ve İdeoloji - Erken Cumhuriyetten Çok Partili Hayata Geçişte</t>
+        </is>
+      </c>
+      <c r="C1334" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="1335" spans="1:3">
+      <c r="A1335" s="1" t="inlineStr">
+        <is>
+          <t>9786052228470</t>
+        </is>
+      </c>
+      <c r="B1335" s="1" t="inlineStr">
+        <is>
+          <t>Ulusal Aynayı Oluşturan Kadınsılık Sırları</t>
+        </is>
+      </c>
+      <c r="C1335" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="1336" spans="1:3">
+      <c r="A1336" s="1" t="inlineStr">
+        <is>
+          <t>9786052228531</t>
+        </is>
+      </c>
+      <c r="B1336" s="1" t="inlineStr">
+        <is>
+          <t>Antakyalı Kasım Şeybani ve Nasihatname’si</t>
+        </is>
+      </c>
+      <c r="C1336" s="1">
+        <v>975</v>
+      </c>
+    </row>
+    <row r="1337" spans="1:3">
+      <c r="A1337" s="1" t="inlineStr">
+        <is>
+          <t>9786052228487</t>
+        </is>
+      </c>
+      <c r="B1337" s="1" t="inlineStr">
+        <is>
+          <t>Cehennem Deresi Kanyonu’nun Doğal Ortam Özellikleri ve Turizm Potansiyeli (Ardanuç-Artvin)</t>
+        </is>
+      </c>
+      <c r="C1337" s="1">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="1338" spans="1:3">
+      <c r="A1338" s="1" t="inlineStr">
+        <is>
+          <t>9786052228517</t>
+        </is>
+      </c>
+      <c r="B1338" s="1" t="inlineStr">
+        <is>
+          <t>Safiye Can'da Poetik Yaklaşımlar</t>
+        </is>
+      </c>
+      <c r="C1338" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="1339" spans="1:3">
+      <c r="A1339" s="1" t="inlineStr">
+        <is>
+          <t>9786052228524</t>
+        </is>
+      </c>
+      <c r="B1339" s="1" t="inlineStr">
+        <is>
+          <t>Obezite Vergisi</t>
+        </is>
+      </c>
+      <c r="C1339" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="1340" spans="1:3">
+      <c r="A1340" s="1" t="inlineStr">
+        <is>
+          <t>9786052228463</t>
+        </is>
+      </c>
+      <c r="B1340" s="1" t="inlineStr">
+        <is>
+          <t>Soğuk Savaş Döneminde Algı Yönetimi ve Haber - Propaganda İlişkisi</t>
+        </is>
+      </c>
+      <c r="C1340" s="1">
+        <v>585</v>
+      </c>
+    </row>
+    <row r="1341" spans="1:3">
+      <c r="A1341" s="1" t="inlineStr">
+        <is>
+          <t>9786052228432</t>
+        </is>
+      </c>
+      <c r="B1341" s="1" t="inlineStr">
+        <is>
+          <t>Jacques Ellul Düşüncesinde Teknik Sorunu</t>
+        </is>
+      </c>
+      <c r="C1341" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="1342" spans="1:3">
+      <c r="A1342" s="1" t="inlineStr">
+        <is>
+          <t>9786052228418</t>
+        </is>
+      </c>
+      <c r="B1342" s="1" t="inlineStr">
+        <is>
+          <t>Demokrat Partinin Kadın Milletvekilleri</t>
+        </is>
+      </c>
+      <c r="C1342" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="1343" spans="1:3">
+      <c r="A1343" s="1" t="inlineStr">
+        <is>
+          <t>9786052228173</t>
+        </is>
+      </c>
+      <c r="B1343" s="1" t="inlineStr">
+        <is>
+          <t>Toplum ve Kültür</t>
+        </is>
+      </c>
+      <c r="C1343" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="1344" spans="1:3">
+      <c r="A1344" s="1" t="inlineStr">
+        <is>
+          <t>9786052228425</t>
+        </is>
+      </c>
+      <c r="B1344" s="1" t="inlineStr">
+        <is>
+          <t>Gülşen-i Zürefa</t>
+        </is>
+      </c>
+      <c r="C1344" s="1">
+        <v>1050</v>
+      </c>
+    </row>
+    <row r="1345" spans="1:3">
+      <c r="A1345" s="1" t="inlineStr">
+        <is>
+          <t>9786052228371</t>
+        </is>
+      </c>
+      <c r="B1345" s="1" t="inlineStr">
+        <is>
+          <t>Decades of Relations Between African Countries' and Turkey</t>
+        </is>
+      </c>
+      <c r="C1345" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="1346" spans="1:3">
+      <c r="A1346" s="1" t="inlineStr">
+        <is>
+          <t>9786052228340</t>
+        </is>
+      </c>
+      <c r="B1346" s="1" t="inlineStr">
+        <is>
+          <t>Siyasal İletişim</t>
+        </is>
+      </c>
+      <c r="C1346" s="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="1347" spans="1:3">
+      <c r="A1347" s="1" t="inlineStr">
+        <is>
+          <t>9786052228395</t>
+        </is>
+      </c>
+      <c r="B1347" s="1" t="inlineStr">
+        <is>
+          <t>Siirt Kenti - Bir Kent Coğrafyası Araştırması</t>
+        </is>
+      </c>
+      <c r="C1347" s="1">
+        <v>1150</v>
+      </c>
+    </row>
+    <row r="1348" spans="1:3">
+      <c r="A1348" s="1" t="inlineStr">
+        <is>
+          <t>9786052228388</t>
+        </is>
+      </c>
+      <c r="B1348" s="1" t="inlineStr">
+        <is>
+          <t>Ekolojik Koşullara Göre Tekirdağ İlinin Arazi Kabiliyet Sınıflandırması</t>
+        </is>
+      </c>
+      <c r="C1348" s="1">
+        <v>1150</v>
+      </c>
+    </row>
+    <row r="1349" spans="1:3">
+      <c r="A1349" s="1" t="inlineStr">
+        <is>
+          <t>9786052228401</t>
+        </is>
+      </c>
+      <c r="B1349" s="1" t="inlineStr">
+        <is>
+          <t>Utichil Asimetrik Mübadele</t>
+        </is>
+      </c>
+      <c r="C1349" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="1350" spans="1:3">
+      <c r="A1350" s="1" t="inlineStr">
+        <is>
+          <t>9786052228364</t>
+        </is>
+      </c>
+      <c r="B1350" s="1" t="inlineStr">
+        <is>
+          <t>Sakarya Nehri - Göynük Çayı - Çatak Çayı Arasındaki Sahanın Karst Jeomorfolojisi</t>
+        </is>
+      </c>
+      <c r="C1350" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="1351" spans="1:3">
+      <c r="A1351" s="1" t="inlineStr">
+        <is>
+          <t>9786052228357</t>
+        </is>
+      </c>
+      <c r="B1351" s="1" t="inlineStr">
+        <is>
+          <t>Türkçede Öbekler</t>
+        </is>
+      </c>
+      <c r="C1351" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="1352" spans="1:3">
+      <c r="A1352" s="1" t="inlineStr">
+        <is>
+          <t>9786052228333</t>
+        </is>
+      </c>
+      <c r="B1352" s="1" t="inlineStr">
+        <is>
+          <t>Arap Baharı Sonrası İsrail Dış Politikası</t>
+        </is>
+      </c>
+      <c r="C1352" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="1353" spans="1:3">
+      <c r="A1353" s="1" t="inlineStr">
+        <is>
+          <t>9786052228296</t>
+        </is>
+      </c>
+      <c r="B1353" s="1" t="inlineStr">
+        <is>
+          <t>Türklerde Ticaretin Seyri</t>
+        </is>
+      </c>
+      <c r="C1353" s="1">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="1354" spans="1:3">
+      <c r="A1354" s="1" t="inlineStr">
+        <is>
+          <t>9786052228302</t>
+        </is>
+      </c>
+      <c r="B1354" s="1" t="inlineStr">
+        <is>
+          <t>14 -18 Yaşları Arasındaki Öğrencilerin Heteroseksüel Gelişimlerinin İncelenmesi</t>
+        </is>
+      </c>
+      <c r="C1354" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="1355" spans="1:3">
+      <c r="A1355" s="1" t="inlineStr">
+        <is>
+          <t>3990000030336</t>
+        </is>
+      </c>
+      <c r="B1355" s="1" t="inlineStr">
+        <is>
+          <t>Klasik Osmanlı Ailesi ve Değişim (1839-1923)</t>
+        </is>
+      </c>
+      <c r="C1355" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="1356" spans="1:3">
+      <c r="A1356" s="1" t="inlineStr">
+        <is>
+          <t>9786052228326</t>
+        </is>
+      </c>
+      <c r="B1356" s="1" t="inlineStr">
+        <is>
+          <t>Işıklar (Ganos) Dağı ve Çevresinin Neotektonik Dönem Jeomorfolojik Gelişimi</t>
+        </is>
+      </c>
+      <c r="C1356" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="1357" spans="1:3">
+      <c r="A1357" s="1" t="inlineStr">
+        <is>
+          <t>9786052228180</t>
+        </is>
+      </c>
+      <c r="B1357" s="1" t="inlineStr">
+        <is>
+          <t>Sultanü’l-Evliya Ebü Said-i Ebü’l-Hayr</t>
+        </is>
+      </c>
+      <c r="C1357" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="1358" spans="1:3">
+      <c r="A1358" s="1" t="inlineStr">
+        <is>
+          <t>9786052228197</t>
+        </is>
+      </c>
+      <c r="B1358" s="1" t="inlineStr">
+        <is>
+          <t>Sadık Vicdani</t>
+        </is>
+      </c>
+      <c r="C1358" s="1">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="1359" spans="1:3">
+      <c r="A1359" s="1" t="inlineStr">
+        <is>
+          <t>9786059336949</t>
+        </is>
+      </c>
+      <c r="B1359" s="1" t="inlineStr">
+        <is>
+          <t>Halkla İlişkiler ve Kampanyalar</t>
+        </is>
+      </c>
+      <c r="C1359" s="1">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="1360" spans="1:3">
+      <c r="A1360" s="1" t="inlineStr">
+        <is>
+          <t>9786052228111</t>
+        </is>
+      </c>
+      <c r="B1360" s="1" t="inlineStr">
+        <is>
+          <t>19. YY. Nakşibendi Şeyhlerinden Hocazade Ahmed Kamil Efendi ve Divanı</t>
+        </is>
+      </c>
+      <c r="C1360" s="1">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="1361" spans="1:3">
+      <c r="A1361" s="1" t="inlineStr">
+        <is>
+          <t>3990000030354</t>
+        </is>
+      </c>
+      <c r="B1361" s="1" t="inlineStr">
+        <is>
+          <t>Bolu Nüfus Defteri 1840</t>
+        </is>
+      </c>
+      <c r="C1361" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="1362" spans="1:3">
+      <c r="A1362" s="1" t="inlineStr">
+        <is>
+          <t>9786059336963</t>
+        </is>
+      </c>
+      <c r="B1362" s="1" t="inlineStr">
+        <is>
+          <t>1877 - 1293 Osmanlı - Rus Seferinden Halyas - Zivin - Kars Muharebeleri</t>
+        </is>
+      </c>
+      <c r="C1362" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="1363" spans="1:3">
+      <c r="A1363" s="1" t="inlineStr">
+        <is>
+          <t>9786052228050</t>
+        </is>
+      </c>
+      <c r="B1363" s="1" t="inlineStr">
+        <is>
+          <t>Klasik Türk Şiirinde Şarkı</t>
+        </is>
+      </c>
+      <c r="C1363" s="1">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="1364" spans="1:3">
+      <c r="A1364" s="1" t="inlineStr">
+        <is>
+          <t>9786052228036</t>
+        </is>
+      </c>
+      <c r="B1364" s="1" t="inlineStr">
+        <is>
+          <t>Stratejik Planlama ve Stratejik Pazarlama Planı Hazırlama Rehberi</t>
+        </is>
+      </c>
+      <c r="C1364" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="1365" spans="1:3">
+      <c r="A1365" s="1" t="inlineStr">
+        <is>
+          <t>9786059336673</t>
+        </is>
+      </c>
+      <c r="B1365" s="1" t="inlineStr">
+        <is>
+          <t>Foreign Policy Decision Making In Microstates</t>
+        </is>
+      </c>
+      <c r="C1365" s="1">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="1366" spans="1:3">
+      <c r="A1366" s="1" t="inlineStr">
+        <is>
+          <t>9786052228128</t>
+        </is>
+      </c>
+      <c r="B1366" s="1" t="inlineStr">
+        <is>
+          <t>Cebri Mihr ü Mah</t>
+        </is>
+      </c>
+      <c r="C1366" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="1367" spans="1:3">
+      <c r="A1367" s="1" t="inlineStr">
+        <is>
+          <t>3990000029920</t>
+        </is>
+      </c>
+      <c r="B1367" s="1" t="inlineStr">
+        <is>
+          <t>Politika Transferi ve Düzenleyici Kurumlar</t>
+        </is>
+      </c>
+      <c r="C1367" s="1">
+        <v>620</v>
+      </c>
+    </row>
+    <row r="1368" spans="1:3">
+      <c r="A1368" s="1" t="inlineStr">
+        <is>
+          <t>3990000029921</t>
+        </is>
+      </c>
+      <c r="B1368" s="1" t="inlineStr">
+        <is>
+          <t>İnovasyon ve Pazarlama</t>
+        </is>
+      </c>
+      <c r="C1368" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="1369" spans="1:3">
+      <c r="A1369" s="1" t="inlineStr">
+        <is>
+          <t>9786052228081</t>
+        </is>
+      </c>
+      <c r="B1369" s="1" t="inlineStr">
+        <is>
+          <t>Seçim Sistemleri ve Ulusal Kültür</t>
+        </is>
+      </c>
+      <c r="C1369" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="1370" spans="1:3">
+      <c r="A1370" s="1" t="inlineStr">
+        <is>
+          <t>9786059336130</t>
+        </is>
+      </c>
+      <c r="B1370" s="1" t="inlineStr">
+        <is>
+          <t>Kırgızların Dili ve Edebiyatı</t>
+        </is>
+      </c>
+      <c r="C1370" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="1371" spans="1:3">
+      <c r="A1371" s="1" t="inlineStr">
+        <is>
+          <t>9786059336246</t>
+        </is>
+      </c>
+      <c r="B1371" s="1" t="inlineStr">
+        <is>
+          <t>İkna Dili ve Medya</t>
+        </is>
+      </c>
+      <c r="C1371" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="1372" spans="1:3">
+      <c r="A1372" s="1" t="inlineStr">
+        <is>
+          <t>9786059336147</t>
+        </is>
+      </c>
+      <c r="B1372" s="1" t="inlineStr">
+        <is>
+          <t>Gözetleyen Bakış</t>
+        </is>
+      </c>
+      <c r="C1372" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="1373" spans="1:3">
+      <c r="A1373" s="1" t="inlineStr">
+        <is>
+          <t>9786059336741</t>
+        </is>
+      </c>
+      <c r="B1373" s="1" t="inlineStr">
+        <is>
+          <t>Demokrat Parti Dönemi Basında Sosyal Politika</t>
+        </is>
+      </c>
+      <c r="C1373" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1374" spans="1:3">
+      <c r="A1374" s="1" t="inlineStr">
+        <is>
+          <t>9786052228029</t>
+        </is>
+      </c>
+      <c r="B1374" s="1" t="inlineStr">
+        <is>
+          <t>A Turkish - English Dictionary For Turkish And Foreign Learners</t>
+        </is>
+      </c>
+      <c r="C1374" s="1">
+        <v>405</v>
+      </c>
+    </row>
+    <row r="1375" spans="1:3">
+      <c r="A1375" s="1" t="inlineStr">
+        <is>
+          <t>9786052228012</t>
+        </is>
+      </c>
+      <c r="B1375" s="1" t="inlineStr">
+        <is>
+          <t>Ziyaret Fenomeni ve Türk Popüler Dindarlığı</t>
+        </is>
+      </c>
+      <c r="C1375" s="1">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="1376" spans="1:3">
+      <c r="A1376" s="1" t="inlineStr">
+        <is>
+          <t>9786052228104</t>
+        </is>
+      </c>
+      <c r="B1376" s="1" t="inlineStr">
+        <is>
+          <t>A New Mean Reversion Model By Fourier Terms: Applications In Finance</t>
+        </is>
+      </c>
+      <c r="C1376" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="1377" spans="1:3">
+      <c r="A1377" s="1" t="inlineStr">
+        <is>
+          <t>9786059336857</t>
+        </is>
+      </c>
+      <c r="B1377" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Pazarlama</t>
+        </is>
+      </c>
+      <c r="C1377" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="1378" spans="1:3">
+      <c r="A1378" s="1" t="inlineStr">
+        <is>
+          <t>9786052228098</t>
+        </is>
+      </c>
+      <c r="B1378" s="1" t="inlineStr">
+        <is>
+          <t>Orta Toroslar’da Dolinlerin Dağılışı ve Morfometrik Özellikleri</t>
+        </is>
+      </c>
+      <c r="C1378" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="1379" spans="1:3">
+      <c r="A1379" s="1" t="inlineStr">
+        <is>
+          <t>9786059336840</t>
+        </is>
+      </c>
+      <c r="B1379" s="1" t="inlineStr">
+        <is>
+          <t>Cezayir Bağımsızlık Hareketi Ve Türk Kamuoyu (1954–1962)</t>
+        </is>
+      </c>
+      <c r="C1379" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="1380" spans="1:3">
+      <c r="A1380" s="1" t="inlineStr">
+        <is>
+          <t>9786059336864</t>
+        </is>
+      </c>
+      <c r="B1380" s="1" t="inlineStr">
+        <is>
+          <t>Hayvancılık Faaliyetlerinin Finansmanı</t>
+        </is>
+      </c>
+      <c r="C1380" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="1381" spans="1:3">
+      <c r="A1381" s="1" t="inlineStr">
+        <is>
+          <t>9786059336994</t>
+        </is>
+      </c>
+      <c r="B1381" s="1" t="inlineStr">
+        <is>
+          <t>Erken Cumhuriyet Dönemi Korunmaya Muhtaç Çocuklar Politikası</t>
+        </is>
+      </c>
+      <c r="C1381" s="1">
+        <v>610</v>
+      </c>
+    </row>
+    <row r="1382" spans="1:3">
+      <c r="A1382" s="1" t="inlineStr">
+        <is>
+          <t>9786052228043</t>
+        </is>
+      </c>
+      <c r="B1382" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye’de Dış Ticaretin Gelişimi Teori ve Uygulama</t>
+        </is>
+      </c>
+      <c r="C1382" s="1">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="1383" spans="1:3">
+      <c r="A1383" s="1" t="inlineStr">
+        <is>
+          <t>9786052228005</t>
+        </is>
+      </c>
+      <c r="B1383" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Sorumluluk Temelli Liderlik</t>
+        </is>
+      </c>
+      <c r="C1383" s="1">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="1384" spans="1:3">
+      <c r="A1384" s="1" t="inlineStr">
+        <is>
+          <t>9786059336789</t>
+        </is>
+      </c>
+      <c r="B1384" s="1" t="inlineStr">
+        <is>
+          <t>Padişah Aldattı Mı Aldandı Mı</t>
+        </is>
+      </c>
+      <c r="C1384" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="1385" spans="1:3">
+      <c r="A1385" s="1" t="inlineStr">
+        <is>
+          <t>9786059336895</t>
+        </is>
+      </c>
+      <c r="B1385" s="1" t="inlineStr">
+        <is>
+          <t>Modern Bir Anlatı Sanatı Olarak Çizgi Roman</t>
+        </is>
+      </c>
+      <c r="C1385" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="1386" spans="1:3">
+      <c r="A1386" s="1" t="inlineStr">
+        <is>
+          <t>9786059336802</t>
+        </is>
+      </c>
+      <c r="B1386" s="1" t="inlineStr">
+        <is>
+          <t>Mağaza Özellikleri Açısından Tüketicilerin Mağaza Sadakat Düzeyinin Belirlenmesi ve Bir Uygulama</t>
+        </is>
+      </c>
+      <c r="C1386" s="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="1387" spans="1:3">
+      <c r="A1387" s="1" t="inlineStr">
+        <is>
+          <t>9786059336871</t>
+        </is>
+      </c>
+      <c r="B1387" s="1" t="inlineStr">
+        <is>
+          <t>Kurumsal Yönetim ve Firma Yönetim Kurulu</t>
+        </is>
+      </c>
+      <c r="C1387" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="1388" spans="1:3">
+      <c r="A1388" s="1" t="inlineStr">
+        <is>
+          <t>9786059336918</t>
+        </is>
+      </c>
+      <c r="B1388" s="1" t="inlineStr">
+        <is>
+          <t>Siyasi Partiler ve Kent Yönetimleri</t>
+        </is>
+      </c>
+      <c r="C1388" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="1389" spans="1:3">
+      <c r="A1389" s="1" t="inlineStr">
+        <is>
+          <t>9786059336901</t>
+        </is>
+      </c>
+      <c r="B1389" s="1" t="inlineStr">
+        <is>
+          <t>Hassas ve Tartışmalı Bir Konu 1915 Ermeni Olayları</t>
+        </is>
+      </c>
+      <c r="C1389" s="1">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="1390" spans="1:3">
+      <c r="A1390" s="1" t="inlineStr">
+        <is>
+          <t>9786059336970</t>
+        </is>
+      </c>
+      <c r="B1390" s="1" t="inlineStr">
+        <is>
+          <t>Abede-i İblis Yezidi Taifesinin İtikadatı, Adatı, Evsafı</t>
+        </is>
+      </c>
+      <c r="C1390" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1391" spans="1:3">
+      <c r="A1391" s="1" t="inlineStr">
+        <is>
+          <t>9786059336536</t>
+        </is>
+      </c>
+      <c r="B1391" s="1" t="inlineStr">
+        <is>
+          <t>Oğuz Grubu Türk Lehçelerinde Cümlelerin Mantıksal Yapısı</t>
+        </is>
+      </c>
+      <c r="C1391" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="1392" spans="1:3">
+      <c r="A1392" s="1" t="inlineStr">
+        <is>
+          <t>9786059336987</t>
+        </is>
+      </c>
+      <c r="B1392" s="1" t="inlineStr">
+        <is>
+          <t>Kasabalı Nuri Hayatı Sanatı ve Şiirleri</t>
+        </is>
+      </c>
+      <c r="C1392" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="1393" spans="1:3">
+      <c r="A1393" s="1" t="inlineStr">
+        <is>
+          <t>9786059336925</t>
+        </is>
+      </c>
+      <c r="B1393" s="1" t="inlineStr">
+        <is>
+          <t>Üretimde Paradigmal Yaklaşımlar Üzerine Değerlendirmeler</t>
+        </is>
+      </c>
+      <c r="C1393" s="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="1394" spans="1:3">
+      <c r="A1394" s="1" t="inlineStr">
+        <is>
+          <t>9786059336529</t>
+        </is>
+      </c>
+      <c r="B1394" s="1" t="inlineStr">
+        <is>
+          <t>The Effect of Anti-plagiarism Software on Students’ Plagiarizing Behaviour</t>
+        </is>
+      </c>
+      <c r="C1394" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="1395" spans="1:3">
+      <c r="A1395" s="1" t="inlineStr">
+        <is>
+          <t>9786059336215</t>
+        </is>
+      </c>
+      <c r="B1395" s="1" t="inlineStr">
+        <is>
+          <t>Toplum ve Yapı</t>
+        </is>
+      </c>
+      <c r="C1395" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="1396" spans="1:3">
+      <c r="A1396" s="1" t="inlineStr">
+        <is>
+          <t>9786054613656</t>
+        </is>
+      </c>
+      <c r="B1396" s="1" t="inlineStr">
+        <is>
+          <t>Kamu İhale Mevzuatına Ait Emsal Kararlar</t>
+        </is>
+      </c>
+      <c r="C1396" s="1">
+        <v>1600</v>
+      </c>
+    </row>
+    <row r="1397" spans="1:3">
+      <c r="A1397" s="1" t="inlineStr">
+        <is>
+          <t>9786059336932</t>
+        </is>
+      </c>
+      <c r="B1397" s="1" t="inlineStr">
+        <is>
+          <t>Farklı Kültürlerde Karar Verme Davranışı</t>
+        </is>
+      </c>
+      <c r="C1397" s="1">
+        <v>405</v>
+      </c>
+    </row>
+    <row r="1398" spans="1:3">
+      <c r="A1398" s="1" t="inlineStr">
+        <is>
+          <t>9786059336833</t>
+        </is>
+      </c>
+      <c r="B1398" s="1" t="inlineStr">
+        <is>
+          <t>Nemrut Dağı ve Çevresinin Potansiyel Jeomiras Alanları</t>
+        </is>
+      </c>
+      <c r="C1398" s="1">
+        <v>690</v>
+      </c>
+    </row>
+    <row r="1399" spans="1:3">
+      <c r="A1399" s="1" t="inlineStr">
+        <is>
+          <t>9786059336826</t>
+        </is>
+      </c>
+      <c r="B1399" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Bilgiler Öğretiminde İşbirlikli Öğrenme, Öğrenme Stilleri, Akademik Başarı ve Cinsiyet İlişkileri</t>
+        </is>
+      </c>
+      <c r="C1399" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="1400" spans="1:3">
+      <c r="A1400" s="1" t="inlineStr">
+        <is>
+          <t>9786059336888</t>
+        </is>
+      </c>
+      <c r="B1400" s="1" t="inlineStr">
+        <is>
+          <t>Pazarlama Karması ve Örnek Olaylar</t>
+        </is>
+      </c>
+      <c r="C1400" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="1401" spans="1:3">
+      <c r="A1401" s="1" t="inlineStr">
+        <is>
+          <t>9786059336758</t>
+        </is>
+      </c>
+      <c r="B1401" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye Sağlık Sisteminde Reformlar ve Politika Transferi</t>
+        </is>
+      </c>
+      <c r="C1401" s="1">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="1402" spans="1:3">
+      <c r="A1402" s="1" t="inlineStr">
+        <is>
+          <t>9786059336772</t>
+        </is>
+      </c>
+      <c r="B1402" s="1" t="inlineStr">
+        <is>
+          <t>Finansal Sistemde Faiz Sorunsalı ve Katılım Bankacılığı</t>
+        </is>
+      </c>
+      <c r="C1402" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="1403" spans="1:3">
+      <c r="A1403" s="1" t="inlineStr">
+        <is>
+          <t>9786059336567</t>
+        </is>
+      </c>
+      <c r="B1403" s="1" t="inlineStr">
+        <is>
+          <t>Short Stories For Elt Classes</t>
+        </is>
+      </c>
+      <c r="C1403" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1404" spans="1:3">
+      <c r="A1404" s="1" t="inlineStr">
+        <is>
+          <t>9786059336727</t>
+        </is>
+      </c>
+      <c r="B1404" s="1" t="inlineStr">
+        <is>
+          <t>Geniş Karadeniz Bölgesindeki Çatışma Noktaları</t>
+        </is>
+      </c>
+      <c r="C1404" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="1405" spans="1:3">
+      <c r="A1405" s="1" t="inlineStr">
+        <is>
+          <t>9786059336697</t>
+        </is>
+      </c>
+      <c r="B1405" s="1" t="inlineStr">
+        <is>
+          <t>Kavaid-i Türkiyye</t>
+        </is>
+      </c>
+      <c r="C1405" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="1406" spans="1:3">
+      <c r="A1406" s="1" t="inlineStr">
+        <is>
+          <t>9786059336734</t>
+        </is>
+      </c>
+      <c r="B1406" s="1" t="inlineStr">
+        <is>
+          <t>Takas Ekonomisinden Bilgi Ekonomisine Teknoloji ve Ekonomi İlişkileri</t>
+        </is>
+      </c>
+      <c r="C1406" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="1407" spans="1:3">
+      <c r="A1407" s="1" t="inlineStr">
+        <is>
+          <t>9786059336581</t>
+        </is>
+      </c>
+      <c r="B1407" s="1" t="inlineStr">
+        <is>
+          <t>Soğuk Savaş Döneminde Avrupa</t>
+        </is>
+      </c>
+      <c r="C1407" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="1408" spans="1:3">
+      <c r="A1408" s="1" t="inlineStr">
+        <is>
+          <t>9786059336604</t>
+        </is>
+      </c>
+      <c r="B1408" s="1" t="inlineStr">
+        <is>
+          <t>Urfa - İstanbul Hattında Nabi</t>
+        </is>
+      </c>
+      <c r="C1408" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="1409" spans="1:3">
+      <c r="A1409" s="1" t="inlineStr">
+        <is>
+          <t>9786059336420</t>
+        </is>
+      </c>
+      <c r="B1409" s="1" t="inlineStr">
+        <is>
+          <t>Gelenek ve Kimlik İlişkisi</t>
+        </is>
+      </c>
+      <c r="C1409" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="1410" spans="1:3">
+      <c r="A1410" s="1" t="inlineStr">
+        <is>
+          <t>9786059336680</t>
+        </is>
+      </c>
+      <c r="B1410" s="1" t="inlineStr">
+        <is>
+          <t>Erzurumlu Hattat Mustafa Necatüddin Efendi Hayatı Sanatı ve Manzum Eserleri</t>
+        </is>
+      </c>
+      <c r="C1410" s="1">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="1411" spans="1:3">
+      <c r="A1411" s="1" t="inlineStr">
+        <is>
+          <t>9786059336642</t>
+        </is>
+      </c>
+      <c r="B1411" s="1" t="inlineStr">
+        <is>
+          <t>Endüstriyel Bölgelerde Dışsal Ekonomiler ve İşbirliği</t>
+        </is>
+      </c>
+      <c r="C1411" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="1412" spans="1:3">
+      <c r="A1412" s="1" t="inlineStr">
+        <is>
+          <t>9786059336611</t>
+        </is>
+      </c>
+      <c r="B1412" s="1" t="inlineStr">
+        <is>
+          <t>Menakıbname-i Mustafa Safi-i Amedi: Derviş İbrahim Hilmi Bey Uğurlu</t>
+        </is>
+      </c>
+      <c r="C1412" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1413" spans="1:3">
+      <c r="A1413" s="1" t="inlineStr">
+        <is>
+          <t>9786059336598</t>
+        </is>
+      </c>
+      <c r="B1413" s="1" t="inlineStr">
+        <is>
+          <t>Ak Parti Hükümetlerinin Ortadoğu Politikaları</t>
+        </is>
+      </c>
+      <c r="C1413" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="1414" spans="1:3">
+      <c r="A1414" s="1" t="inlineStr">
+        <is>
+          <t>9786059336512</t>
+        </is>
+      </c>
+      <c r="B1414" s="1" t="inlineStr">
+        <is>
+          <t>Dergicilik</t>
+        </is>
+      </c>
+      <c r="C1414" s="1">
+        <v>405</v>
+      </c>
+    </row>
+    <row r="1415" spans="1:3">
+      <c r="A1415" s="1" t="inlineStr">
+        <is>
+          <t>9786054613991</t>
+        </is>
+      </c>
+      <c r="B1415" s="1" t="inlineStr">
+        <is>
+          <t>Ekonomi, Sosyoloji ve Kadın</t>
+        </is>
+      </c>
+      <c r="C1415" s="1">
+        <v>620</v>
+      </c>
+    </row>
+    <row r="1416" spans="1:3">
+      <c r="A1416" s="1" t="inlineStr">
+        <is>
+          <t>9786059336499</t>
+        </is>
+      </c>
+      <c r="B1416" s="1" t="inlineStr">
+        <is>
+          <t>Uluslararasılaşma ve Büyüme</t>
+        </is>
+      </c>
+      <c r="C1416" s="1">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="1417" spans="1:3">
+      <c r="A1417" s="1" t="inlineStr">
+        <is>
+          <t>9786059336550</t>
+        </is>
+      </c>
+      <c r="B1417" s="1" t="inlineStr">
+        <is>
+          <t>Devrim ve Direnç</t>
+        </is>
+      </c>
+      <c r="C1417" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="1418" spans="1:3">
+      <c r="A1418" s="1" t="inlineStr">
+        <is>
+          <t>9786059336468</t>
+        </is>
+      </c>
+      <c r="B1418" s="1" t="inlineStr">
+        <is>
+          <t>İran Türk Minyatüründe Savaş ve Mücadele Sahneleri</t>
+        </is>
+      </c>
+      <c r="C1418" s="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="1419" spans="1:3">
+      <c r="A1419" s="1" t="inlineStr">
+        <is>
+          <t>9786059336444</t>
+        </is>
+      </c>
+      <c r="B1419" s="1" t="inlineStr">
+        <is>
+          <t>L'homme et Son Tragique: L'Humanisme Dans La Peste D'Albert Camus</t>
+        </is>
+      </c>
+      <c r="C1419" s="1">
+        <v>405</v>
+      </c>
+    </row>
+    <row r="1420" spans="1:3">
+      <c r="A1420" s="1" t="inlineStr">
+        <is>
+          <t>9786059336437</t>
+        </is>
+      </c>
+      <c r="B1420" s="1" t="inlineStr">
+        <is>
+          <t>Sanal Kamusal Alan ve Toplumsal Hareketler</t>
+        </is>
+      </c>
+      <c r="C1420" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="1421" spans="1:3">
+      <c r="A1421" s="1" t="inlineStr">
+        <is>
+          <t>9786059336369</t>
+        </is>
+      </c>
+      <c r="B1421" s="1" t="inlineStr">
+        <is>
+          <t>Avrasya'ya Yönelmek</t>
+        </is>
+      </c>
+      <c r="C1421" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="1422" spans="1:3">
+      <c r="A1422" s="1" t="inlineStr">
+        <is>
+          <t>9786059336222</t>
+        </is>
+      </c>
+      <c r="B1422" s="1" t="inlineStr">
+        <is>
+          <t>Kırgız Çocuk Edebiyatı</t>
+        </is>
+      </c>
+      <c r="C1422" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="1423" spans="1:3">
+      <c r="A1423" s="1" t="inlineStr">
+        <is>
+          <t>9786059336345</t>
+        </is>
+      </c>
+      <c r="B1423" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk Dönemi Sosyal Politika 1923-1938</t>
+        </is>
+      </c>
+      <c r="C1423" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="1424" spans="1:3">
+      <c r="A1424" s="1" t="inlineStr">
+        <is>
+          <t>9786059336154</t>
+        </is>
+      </c>
+      <c r="B1424" s="1" t="inlineStr">
+        <is>
+          <t>Liderlik Yetkinlikleri: 4 Temel Güç</t>
+        </is>
+      </c>
+      <c r="C1424" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1425" spans="1:3">
+      <c r="A1425" s="1" t="inlineStr">
+        <is>
+          <t>9786059336086</t>
+        </is>
+      </c>
+      <c r="B1425" s="1" t="inlineStr">
+        <is>
+          <t>Japon Sözlüklerinin Gizemi</t>
+        </is>
+      </c>
+      <c r="C1425" s="1">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="1426" spans="1:3">
+      <c r="A1426" s="1" t="inlineStr">
+        <is>
+          <t>9786059336284</t>
+        </is>
+      </c>
+      <c r="B1426" s="1" t="inlineStr">
+        <is>
+          <t>Genel Klimatoloji</t>
+        </is>
+      </c>
+      <c r="C1426" s="1">
+        <v>715</v>
+      </c>
+    </row>
+    <row r="1427" spans="1:3">
+      <c r="A1427" s="1" t="inlineStr">
+        <is>
+          <t>9786059336062</t>
+        </is>
+      </c>
+      <c r="B1427" s="1" t="inlineStr">
+        <is>
+          <t>Cehennem Haritaları</t>
+        </is>
+      </c>
+      <c r="C1427" s="1">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="1428" spans="1:3">
+      <c r="A1428" s="1" t="inlineStr">
+        <is>
+          <t>9786059336277</t>
+        </is>
+      </c>
+      <c r="B1428" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Medya ve Gençlik</t>
+        </is>
+      </c>
+      <c r="C1428" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1429" spans="1:3">
+      <c r="A1429" s="1" t="inlineStr">
+        <is>
+          <t>9786059336079</t>
+        </is>
+      </c>
+      <c r="B1429" s="1" t="inlineStr">
+        <is>
+          <t>Bankalarda ve Kobi’lerde Nakit Yönetimi Uygulamaları</t>
+        </is>
+      </c>
+      <c r="C1429" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1430" spans="1:3">
+      <c r="A1430" s="1" t="inlineStr">
+        <is>
+          <t>9786059336260</t>
+        </is>
+      </c>
+      <c r="B1430" s="1" t="inlineStr">
+        <is>
+          <t>2. Meşrutiyet ve Erken Cumhuriyet Dönemleri Üzerine Yazılar</t>
+        </is>
+      </c>
+      <c r="C1430" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="1431" spans="1:3">
+      <c r="A1431" s="1" t="inlineStr">
+        <is>
+          <t>9786059336239</t>
+        </is>
+      </c>
+      <c r="B1431" s="1" t="inlineStr">
+        <is>
+          <t>Sektörel Pazarlama</t>
+        </is>
+      </c>
+      <c r="C1431" s="1">
+        <v>890</v>
+      </c>
+    </row>
+    <row r="1432" spans="1:3">
+      <c r="A1432" s="1" t="inlineStr">
+        <is>
+          <t>9786059336048</t>
+        </is>
+      </c>
+      <c r="B1432" s="1" t="inlineStr">
+        <is>
+          <t>İspanyol Milliyetçiliği</t>
+        </is>
+      </c>
+      <c r="C1432" s="1">
+        <v>405</v>
+      </c>
+    </row>
+    <row r="1433" spans="1:3">
+      <c r="A1433" s="1" t="inlineStr">
+        <is>
+          <t>9786059336024</t>
+        </is>
+      </c>
+      <c r="B1433" s="1" t="inlineStr">
+        <is>
+          <t>Türk Sinemasında Auteurler</t>
+        </is>
+      </c>
+      <c r="C1433" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1434" spans="1:3">
+      <c r="A1434" s="1" t="inlineStr">
+        <is>
+          <t>9786059336055</t>
+        </is>
+      </c>
+      <c r="B1434" s="1" t="inlineStr">
+        <is>
+          <t>Ateşi Tutan Kalemler</t>
+        </is>
+      </c>
+      <c r="C1434" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="1435" spans="1:3">
+      <c r="A1435" s="1" t="inlineStr">
+        <is>
+          <t>9786054613854</t>
+        </is>
+      </c>
+      <c r="B1435" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye Selçukluları - Makaleler</t>
+        </is>
+      </c>
+      <c r="C1435" s="1">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="1436" spans="1:3">
+      <c r="A1436" s="1" t="inlineStr">
+        <is>
+          <t>9786054613878</t>
+        </is>
+      </c>
+      <c r="B1436" s="1" t="inlineStr">
+        <is>
+          <t>Biyocoğrafya</t>
+        </is>
+      </c>
+      <c r="C1436" s="1">
+        <v>780</v>
+      </c>
+    </row>
+    <row r="1437" spans="1:3">
+      <c r="A1437" s="1" t="inlineStr">
+        <is>
+          <t>9786054613786</t>
+        </is>
+      </c>
+      <c r="B1437" s="1" t="inlineStr">
+        <is>
+          <t>Otel İşletmelerinde Yönetim Bilgi Sistemlerinin Stratejik Karar Verme Sürecine Etkileri</t>
+        </is>
+      </c>
+      <c r="C1437" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="1438" spans="1:3">
+      <c r="A1438" s="1" t="inlineStr">
+        <is>
+          <t>9786054613823</t>
+        </is>
+      </c>
+      <c r="B1438" s="1" t="inlineStr">
+        <is>
+          <t>Halkla İlişkiler ve Etkinlik Yönetimi</t>
+        </is>
+      </c>
+      <c r="C1438" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1439" spans="1:3">
+      <c r="A1439" s="1" t="inlineStr">
+        <is>
+          <t>9786054613793</t>
+        </is>
+      </c>
+      <c r="B1439" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Medya ve Blog</t>
+        </is>
+      </c>
+      <c r="C1439" s="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="1440" spans="1:3">
+      <c r="A1440" s="1" t="inlineStr">
+        <is>
+          <t>9786054613830</t>
+        </is>
+      </c>
+      <c r="B1440" s="1" t="inlineStr">
+        <is>
+          <t>Feyzi Tuna - Yönetmenin Yolculuğu</t>
+        </is>
+      </c>
+      <c r="C1440" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="1441" spans="1:3">
+      <c r="A1441" s="1" t="inlineStr">
+        <is>
+          <t>9786055863838</t>
+        </is>
+      </c>
+      <c r="B1441" s="1" t="inlineStr">
+        <is>
+          <t>14 - 16 YY. Çağatay ve Azeri Edebiyatı</t>
+        </is>
+      </c>
+      <c r="C1441" s="1">
+        <v>780</v>
+      </c>
+    </row>
+    <row r="1442" spans="1:3">
+      <c r="A1442" s="1" t="inlineStr">
+        <is>
+          <t>9786055863456</t>
+        </is>
+      </c>
+      <c r="B1442" s="1" t="inlineStr">
+        <is>
+          <t>Milli Mücadele Tarihi</t>
+        </is>
+      </c>
+      <c r="C1442" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="1443" spans="1:3">
+      <c r="A1443" s="1" t="inlineStr">
+        <is>
+          <t>9786055863227</t>
+        </is>
+      </c>
+      <c r="B1443" s="1" t="inlineStr">
+        <is>
+          <t>Türk Eğitim Sistemi ve Okul Yönetimi</t>
+        </is>
+      </c>
+      <c r="C1443" s="1">
+        <v>575</v>
+      </c>
+    </row>
+    <row r="1444" spans="1:3">
+      <c r="A1444" s="1" t="inlineStr">
+        <is>
+          <t>9786054613533</t>
+        </is>
+      </c>
+      <c r="B1444" s="1" t="inlineStr">
+        <is>
+          <t>Çanakkale Halk Bilimi</t>
+        </is>
+      </c>
+      <c r="C1444" s="1">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="1445" spans="1:3">
+      <c r="A1445" s="1" t="inlineStr">
+        <is>
+          <t>9786055863463</t>
+        </is>
+      </c>
+      <c r="B1445" s="1" t="inlineStr">
+        <is>
+          <t>Bilgisayara Giriş ve MS Office 2007</t>
+        </is>
+      </c>
+      <c r="C1445" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1446" spans="1:3">
+      <c r="A1446" s="1" t="inlineStr">
+        <is>
+          <t>9786055863579</t>
+        </is>
+      </c>
+      <c r="B1446" s="1" t="inlineStr">
+        <is>
+          <t>Türkçede Kalıp Sözler</t>
+        </is>
+      </c>
+      <c r="C1446" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="1447" spans="1:3">
+      <c r="A1447" s="1" t="inlineStr">
+        <is>
+          <t>9786055863784</t>
+        </is>
+      </c>
+      <c r="B1447" s="1" t="inlineStr">
+        <is>
+          <t>Türk Halk Edebiyatı</t>
+        </is>
+      </c>
+      <c r="C1447" s="1">
+        <v>975</v>
+      </c>
+    </row>
+    <row r="1448" spans="1:3">
+      <c r="A1448" s="1" t="inlineStr">
+        <is>
+          <t>9786054613519</t>
+        </is>
+      </c>
+      <c r="B1448" s="1" t="inlineStr">
+        <is>
+          <t>Temel İşletmecilik Bilgileri</t>
+        </is>
+      </c>
+      <c r="C1448" s="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="1449" spans="1:3">
+      <c r="A1449" s="1" t="inlineStr">
+        <is>
+          <t>9786055863883</t>
+        </is>
+      </c>
+      <c r="B1449" s="1" t="inlineStr">
+        <is>
+          <t>Siyaset Bilimi’nde  Kuram - Yöntem - Güncel Yaklaşımlar</t>
+        </is>
+      </c>
+      <c r="C1449" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1450" spans="1:3">
+      <c r="A1450" s="1" t="inlineStr">
+        <is>
+          <t>9786055863098</t>
+        </is>
+      </c>
+      <c r="B1450" s="1" t="inlineStr">
+        <is>
+          <t>Milli Mücadele ve Erken Dönem Cumhuriyet Romanı</t>
+        </is>
+      </c>
+      <c r="C1450" s="1">
+        <v>820</v>
+      </c>
+    </row>
+    <row r="1451" spans="1:3">
+      <c r="A1451" s="1" t="inlineStr">
+        <is>
+          <t>9786055863654</t>
+        </is>
+      </c>
+      <c r="B1451" s="1" t="inlineStr">
+        <is>
+          <t>Meslek Yüksekokulları İçin Genel İşletme</t>
+        </is>
+      </c>
+      <c r="C1451" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="1452" spans="1:3">
+      <c r="A1452" s="1" t="inlineStr">
+        <is>
           <t>9786055863395</t>
         </is>
       </c>
-      <c r="B1172" s="1" t="inlineStr">
+      <c r="B1452" s="1" t="inlineStr">
         <is>
           <t>Klimatoloji ve Meteoroloji</t>
         </is>
       </c>
-      <c r="C1172" s="1">
-        <v>1000</v>
+      <c r="C1452" s="1">
+        <v>1300</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>