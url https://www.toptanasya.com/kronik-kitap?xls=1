--- v0 (2025-10-30)
+++ v1 (2025-12-16)
@@ -85,11080 +85,11380 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259621074</t>
+          <t>9786259386263</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Tilkinin Peşinde</t>
+          <t>Porsuk'un Büyük Macerası</t>
         </is>
       </c>
       <c r="C2" s="1">
         <v>145</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259621098</t>
+          <t>9786259386256</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Yarın Kralı</t>
+          <t>Küçük Kazı Büyük Keşif</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>175</v>
+        <v>145</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259621081</t>
+          <t>9786259386249</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Sıkıcı (Olmayan) Okulu 2 - Gizli Sınıf</t>
+          <t>Çocuklar Soruyor, İlber Hoca Cevaplıyor: Gazi Mustafa Kemal Atatürk</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>195</v>
+        <v>145</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259386201</t>
+          <t>9786255835413</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Keçi Çocuk</t>
+          <t>Dakikalar İçinde Orta Çağ</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>195</v>
+        <v>175</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255835215</t>
+          <t>9786255835420</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Dakikalar İçinde Cengiz Han ve Dünyası</t>
+          <t>Çocuklar Neden Yalan Söyler?</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>175</v>
+        <v>245</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255835208</t>
+          <t>9786255835437</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Dünyası</t>
+          <t>Senin Suçun Değil</t>
         </is>
       </c>
       <c r="C7" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255835222</t>
+          <t>9786255835376</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Dış Politikası</t>
+          <t>Bir Tarih İncelemesi - A Study of History (Ciltli)</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>245</v>
+        <v>795</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255835239</t>
+          <t>9786255835383</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Çöldeki Casus</t>
+          <t>İstanbul'un Lezzet Durakları</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>195</v>
+        <v>245</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255835260</t>
+          <t>9786255835406</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Yıldız</t>
+          <t>Avrupa'da Endülüs Bilim Mirası</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>395</v>
+        <v>295</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786255835192</t>
+          <t>9786255835390</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Ekonomi 101</t>
+          <t>The Traveler's Eye</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>245</v>
+        <v>495</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786255835185</t>
+          <t>9786255835369</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Delikanlı</t>
+          <t>Satrançla Değişen Hayat</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>345</v>
+        <v>245</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786255835246</t>
+          <t>9786255835314</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Ergenlik Kapıyı Çarpınca</t>
+          <t>Fark Et Düşün Hisset Yaşa</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>245</v>
+        <v>295</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786255835253</t>
+          <t>9786255835352</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Mış Gibi Yaşamlar</t>
+          <t>Kuruluş - Cumhuriyet’e Giden Yol</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>345</v>
+        <v>295</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786255835154</t>
+          <t>9786259386232</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Vadedilmiş Topraklar</t>
+          <t>Porsuk’un Büyük Yolculuğu</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>345</v>
+        <v>145</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259621050</t>
+          <t>9786259386225</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Renkli Arı Tatile Çıktı İstanbul Karıştı</t>
+          <t>Mbappe mi Haaland mı?</t>
         </is>
       </c>
       <c r="C16" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786259621067</t>
+          <t>9786255835277</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Bora</t>
+          <t>Kudüs</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>245</v>
+        <v>495</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786259621036</t>
+          <t>9786255835345</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Umayça</t>
+          <t>Finansal Efsaneler ve Gerçekler</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>195</v>
+        <v>245</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786259621043</t>
+          <t>9786255835307</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Hayal Kanatlı Kâğıt</t>
+          <t>İmkansız Coğrafyalar</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>195</v>
+        <v>295</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786255835130</t>
+          <t>9786255835338</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İmparatorluğu'nun Siyasal ve Kurumsal Tarihi (1300-1792)</t>
+          <t>Yedi Bilgelik Okulu</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>445</v>
+        <v>245</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786255835116</t>
+          <t>9786255835321</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Warren Buffett’ın Hisseleri</t>
+          <t>Filistin Cephesinde Bir Türk Askeri</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>345</v>
+        <v>195</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786255835123</t>
+          <t>9786259621074</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Moğol Fırtınası</t>
+          <t>Tilkinin Peşinde</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>295</v>
+        <v>145</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786255835109</t>
+          <t>9786259621098</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Kubilay Han</t>
+          <t>Yarın Kralı</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>295</v>
+        <v>175</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786255835086</t>
+          <t>9786259621081</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Antik Mısır Mitolojisi</t>
+          <t>Dünyanın En Sıkıcı (Olmayan) Okulu 2 - Gizli Sınıf</t>
         </is>
       </c>
       <c r="C24" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786255835093</t>
+          <t>9786259386201</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Dakikalar İçinde Büyük Savaşlar</t>
+          <t>Keçi Çocuk</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>175</v>
+        <v>195</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786255835178</t>
+          <t>9786255835215</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Kendine İyi Davran Güzel İnsan</t>
+          <t>Dakikalar İçinde Cengiz Han ve Dünyası</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>195</v>
+        <v>175</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786255835147</t>
+          <t>9786255835208</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Şafak Sökmeden</t>
+          <t>Türklerin Dünyası</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>295</v>
+        <v>245</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786255835161</t>
+          <t>9786255835222</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>İletişim Donanımları</t>
+          <t>Türkiye Dış Politikası</t>
         </is>
       </c>
       <c r="C28" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786259621029</t>
+          <t>9786255835239</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Odo ve Tüm Yıldızlar</t>
+          <t>Çöldeki Casus</t>
         </is>
       </c>
       <c r="C29" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786255835055</t>
+          <t>9786255835260</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Zeybekler Çağı</t>
+          <t>Kızıl Yıldız</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>295</v>
+        <v>395</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786255835048</t>
+          <t>9786255835192</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Think Tank</t>
+          <t>Ekonomi 101</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>295</v>
+        <v>245</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786255835079</t>
+          <t>9786255835185</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>‘Mış Gibi’ Yetişkinler</t>
+          <t>Delikanlı</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>265</v>
+        <v>345</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786255835062</t>
+          <t>9786255835246</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Duygularını Ustalıkla Yönet</t>
+          <t>Ergenlik Kapıyı Çarpınca</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>195</v>
+        <v>245</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786256228948</t>
+          <t>9786255835253</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Bağdat Güncesi</t>
+          <t>Mış Gibi Yaşamlar</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>395</v>
+        <v>345</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786255835031</t>
+          <t>9786255835154</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Hanedan</t>
+          <t>Vadedilmiş Topraklar</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>445</v>
+        <v>345</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786255835024</t>
+          <t>9786259621050</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Borsada Doğru Yatırım</t>
+          <t>Renkli Arı Tatile Çıktı İstanbul Karıştı</t>
         </is>
       </c>
       <c r="C36" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786256228498</t>
+          <t>9786259621067</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Dakikalar İçinde Matematik</t>
+          <t>Bora</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>175</v>
+        <v>245</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786259621012</t>
+          <t>9786259621036</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Telefon Melefon Yok!</t>
+          <t>Umayça</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>245</v>
+        <v>195</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786256774780</t>
+          <t>9786259621043</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Kadim Türkler - Eski Dünyanın Hakimleri</t>
+          <t>Hayal Kanatlı Kâğıt</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>245</v>
+        <v>195</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256774551</t>
+          <t>9786255835130</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Neden Beklemek Zorundayım? - Ela 3</t>
+          <t>Osmanlı İmparatorluğu'nun Siyasal ve Kurumsal Tarihi (1300-1792)</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>195</v>
+        <v>445</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786256989313</t>
+          <t>9786255835116</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Doğan Cüceloğlu Seti - Kutulu 5 Kitap</t>
+          <t>Warren Buffett’ın Hisseleri</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>1385</v>
+        <v>345</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>2785752431709</t>
+          <t>9786255835123</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Seti (5 Kitap)</t>
+          <t>Moğol Fırtınası</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>725</v>
+        <v>295</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786258431261</t>
+          <t>9786255835109</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Türklük Müslümanlık ve Osmanlı Mirası</t>
+          <t>Kubilay Han</t>
         </is>
       </c>
       <c r="C43" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789752430693</t>
+          <t>9786255835086</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Kırım Savaşı Öncesinde Osmanlı Ordusu</t>
+          <t>Antik Mısır Mitolojisi</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>35</v>
+        <v>195</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786057635129</t>
+          <t>9786255835093</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Yörük Ali Efe</t>
+          <t>Dakikalar İçinde Büyük Savaşlar</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>395</v>
+        <v>175</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789752430266</t>
+          <t>9786255835178</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Akademik Tarihçilik</t>
+          <t>Kendine İyi Davran Güzel İnsan</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>22</v>
+        <v>195</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>2786058301115</t>
+          <t>9786255835147</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Selçuklular Seti 4 Kitap (Bez Çanta Hediyeli)</t>
+          <t>Şafak Sökmeden</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>93</v>
+        <v>295</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>2789752430020</t>
+          <t>9786255835161</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Biyografi Seti 4 Kitap (Bez Çanta Hediyeli)</t>
+          <t>İletişim Donanımları</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>129</v>
+        <v>245</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>2789752430167</t>
+          <t>9786259621029</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Kadim Türkler Seti 4 Kitap (Bez Çanta Hediyeli)</t>
+          <t>Odo ve Tüm Yıldızlar</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>102</v>
+        <v>195</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>2789752430402</t>
+          <t>9786255835055</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>İlber Ortaylı Seti 3 Kitap (Bez Çanta Hediyeli)</t>
+          <t>Zeybekler Çağı</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>120</v>
+        <v>295</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789752430174</t>
+          <t>9786255835048</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Son Padişah: Vahideddin</t>
+          <t>Think Tank</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>30</v>
+        <v>295</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786058301191</t>
+          <t>9786255835079</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Ali Şükrü Bey</t>
+          <t>‘Mış Gibi’ Yetişkinler</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>30</v>
+        <v>265</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786057635785</t>
+          <t>9786255835062</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'da Diplomasi, Siyaset ve Savaş</t>
+          <t>Duygularını Ustalıkla Yönet</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>25</v>
+        <v>195</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786257631150</t>
+          <t>9786256228948</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Hannibal</t>
+          <t>Bağdat Güncesi</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>245</v>
+        <v>395</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>2786057635539</t>
+          <t>9786255835031</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Antik Çağ Seti (6 Kitap Takım)</t>
+          <t>Hanedan</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>910</v>
+        <v>445</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786057635143</t>
+          <t>9786255835024</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Einstein Seyahatnamesi</t>
+          <t>Borsada Doğru Yatırım</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>395</v>
+        <v>195</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9789752430785</t>
+          <t>9786256228498</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadele Başlarken (Ciltli)</t>
+          <t>Dakikalar İçinde Matematik</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>495</v>
+        <v>175</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786057635976</t>
+          <t>9786259621012</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Yeniçeri</t>
+          <t>Telefon Melefon Yok!</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>295</v>
+        <v>245</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789752430624</t>
+          <t>9786256774780</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Galatasaray Mekteb-i Sultanisi</t>
+          <t>Kadim Türkler - Eski Dünyanın Hakimleri</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>24</v>
+        <v>245</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786259621005</t>
+          <t>9786256774551</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Alya Çakıltaşı Devi Kurtarıyor</t>
+          <t>Neden Beklemek Zorundayım? - Ela 3</t>
         </is>
       </c>
       <c r="C60" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786256228986</t>
+          <t>9786256989313</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>The Great Challenge</t>
+          <t>Doğan Cüceloğlu Seti - Kutulu 5 Kitap</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>245</v>
+        <v>1385</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786256228955</t>
+          <t>2785752431709</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>İslâmcılık Akımı</t>
+          <t>Avrupa Seti (5 Kitap)</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>295</v>
+        <v>725</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786255835000</t>
+          <t>9786258431261</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Yaşanır?</t>
+          <t>Türklük Müslümanlık ve Osmanlı Mirası</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>145</v>
+        <v>295</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786256228917</t>
+          <t>9789752430693</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Dakikalar İçinde Mistisizm</t>
+          <t>Kırım Savaşı Öncesinde Osmanlı Ordusu</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>175</v>
+        <v>35</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786255835017</t>
+          <t>9786057635129</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Nazi Almanyası Tarihi</t>
+          <t>Yörük Ali Efe</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>295</v>
+        <v>395</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786259571188</t>
+          <t>9789752430266</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Ben Asi</t>
+          <t>Türkiye'de Akademik Tarihçilik</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>195</v>
+        <v>22</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786259571195</t>
+          <t>2786058301115</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Karavana Johnny - Profesyonel Futbol Dehası</t>
+          <t>Selçuklular Seti 4 Kitap (Bez Çanta Hediyeli)</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>245</v>
+        <v>93</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786256228924</t>
+          <t>2789752430020</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Davetsiz Misafirler</t>
+          <t>Biyografi Seti 4 Kitap (Bez Çanta Hediyeli)</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>295</v>
+        <v>129</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786256228993</t>
+          <t>2789752430167</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Caesar</t>
+          <t>Kadim Türkler Seti 4 Kitap (Bez Çanta Hediyeli)</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>245</v>
+        <v>102</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786256228764</t>
+          <t>2789752430402</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Tank! – Achtung Panzer!</t>
+          <t>İlber Ortaylı Seti 3 Kitap (Bez Çanta Hediyeli)</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>295</v>
+        <v>120</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786256228931</t>
+          <t>9789752430174</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İmparatorluğu’nda Dervişler</t>
+          <t>Son Padişah: Vahideddin</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>195</v>
+        <v>30</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786256228856</t>
+          <t>9786058301191</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Dakikalar İçinde Roma</t>
+          <t>Ali Şükrü Bey</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>175</v>
+        <v>30</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786256228962</t>
+          <t>9786057635785</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Zamansız Ebeveyn</t>
+          <t>Osmanlı'da Diplomasi, Siyaset ve Savaş</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>245</v>
+        <v>25</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786256228979</t>
+          <t>9786257631150</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Her Yönüyle Bağışıklık</t>
+          <t>Hannibal</t>
         </is>
       </c>
       <c r="C74" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>2786057435835</t>
+          <t>2786057635539</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Kişisel Gelişim Seti (4 Kitap)</t>
+          <t>Antik Çağ Seti (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>515</v>
+        <v>910</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>2786266989498</t>
+          <t>9786057635143</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet'in İlk Sabahı Kutulu Seti</t>
+          <t>Einstein Seyahatnamesi</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>200</v>
+        <v>395</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786058301177</t>
+          <t>9789752430785</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Selçuklu'nun Şifreleri</t>
+          <t>Milli Mücadele Başlarken (Ciltli)</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>27.78</v>
+        <v>495</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786256989344</t>
+          <t>9786057635976</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Dakikalar İçinde Tarih Kitaplığı (5 Kitap)</t>
+          <t>Yeniçeri</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>875</v>
+        <v>295</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>2781453145337</t>
+          <t>9789752430624</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>İkinci Dünya Savaşı Seti (4 Kitap)</t>
+          <t>Galatasaray Mekteb-i Sultanisi</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>885</v>
+        <v>24</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>2786267631525</t>
+          <t>9786259621005</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Doğan Cüceloğlu Seti (5 Kitap)</t>
+          <t>Alya Çakıltaşı Devi Kurtarıyor</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>455</v>
+        <v>195</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>2782105550011</t>
+          <t>9786256228986</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Osprey Büyük Komutanlar Seti - 2 (6 Kitap)</t>
+          <t>The Great Challenge</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>870</v>
+        <v>245</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>2786053737356</t>
+          <t>9786256228955</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Osprey Büyük Komutanlar Seti - 1 (6 Kitap)</t>
+          <t>İslâmcılık Akımı</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>870</v>
+        <v>295</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>2786157635273</t>
+          <t>9786255835000</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Roma Tarihi Seti (5 Kitap)</t>
+          <t>Nasıl Yaşanır?</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>920</v>
+        <v>145</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>2786560716530</t>
+          <t>9786256228917</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Türkler Seti (5 Kitap)</t>
+          <t>Dakikalar İçinde Mistisizm</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>745</v>
+        <v>175</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>2786057635961</t>
+          <t>9786255835017</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadele Seti (5 Kitap)</t>
+          <t>Nazi Almanyası Tarihi</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>800</v>
+        <v>295</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>2786053734252</t>
+          <t>9786259571188</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Anne - Baba Seti (5 Kitap)</t>
+          <t>Ben Asi</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>850</v>
+        <v>195</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>2783437343729</t>
+          <t>9786259571195</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Haçlı Tarihi Seti (5 Kitap)</t>
+          <t>Karavana Johnny - Profesyonel Futbol Dehası</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>695</v>
+        <v>245</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>2786373737254</t>
+          <t>9786256228924</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>İmpartorluklar Seti (5 Kitap)</t>
+          <t>Davetsiz Misafirler</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>1180</v>
+        <v>295</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>2789764311106</t>
+          <t>9786256228993</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Emrah Safa Gürkan Seti (4 Kitap)</t>
+          <t>Caesar</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>705</v>
+        <v>245</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9789752430983</t>
+          <t>9786256228764</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>İki İbrahim - Müteferrika ve Halefi (Ciltli)</t>
+          <t>Dikkat Tank! – Achtung Panzer!</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>120</v>
+        <v>295</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9789752430716</t>
+          <t>9786256228931</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>İstanbullu Bulgarlar ve Eski İstanbul</t>
+          <t>Osmanlı İmparatorluğu’nda Dervişler</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>60</v>
+        <v>195</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9789752430921</t>
+          <t>9786256228856</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Selçuklularda Vezirlik</t>
+          <t>Dakikalar İçinde Roma</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>125</v>
+        <v>175</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786057635051</t>
+          <t>9786256228962</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Kanuni Sultan Süleyman</t>
+          <t>Zamansız Ebeveyn</t>
         </is>
       </c>
       <c r="C93" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9789752430853</t>
+          <t>9786256228979</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Savaşanların Gözüyle Türk-Alman İttifakı (1914-1918)</t>
+          <t>Her Yönüyle Bağışıklık</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>100</v>
+        <v>245</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>2786058301122</t>
+          <t>2786057435835</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Halil İnalcık Seti 3 Kitap (Bez Çanta Hediyeli)</t>
+          <t>Kişisel Gelişim Seti (4 Kitap)</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>100</v>
+        <v>515</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789752430198</t>
+          <t>2786266989498</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Bir Ortaçağ Şairinin Kaleminden Selçuklular</t>
+          <t>Cumhuriyet'in İlk Sabahı Kutulu Seti</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>30</v>
+        <v>200</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9789752430013</t>
+          <t>9786058301177</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Tanzimat ve Bulgar Meselesi (Ciltli Özel Baskı)</t>
+          <t>Selçuklu'nun Şifreleri</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>32.41</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786057635549</t>
+          <t>9786256989344</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Discovering The Ottomans (Ciltli)</t>
+          <t>Dakikalar İçinde Tarih Kitaplığı (5 Kitap)</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>160</v>
+        <v>875</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786257631471</t>
+          <t>2781453145337</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Bir Rus Gazetecinin Gözünden Jön Türkler ve İstanbul (1911 - 1912)</t>
+          <t>İkinci Dünya Savaşı Seti (4 Kitap)</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>349</v>
+        <v>885</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786257631266</t>
+          <t>2786267631525</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>The Empire’s Longest Century (Ciltli)</t>
+          <t>Doğan Cüceloğlu Seti (5 Kitap)</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>245</v>
+        <v>455</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786057635730</t>
+          <t>2782105550011</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’da Tarih Yazımı ve Kaynak Türleri (Ciltli)</t>
+          <t>Osprey Büyük Komutanlar Seti - 2 (6 Kitap)</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>200</v>
+        <v>870</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786257631235</t>
+          <t>2786053737356</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'da İktisadi Hayat ve Vakıflar</t>
+          <t>Osprey Büyük Komutanlar Seti - 1 (6 Kitap)</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>60</v>
+        <v>870</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>2786057635538</t>
+          <t>2786157635273</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Dünya Tarihine Yön Verenler Seti (6 Kitap Takım)</t>
+          <t>Roma Tarihi Seti (5 Kitap)</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>980</v>
+        <v>920</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>2786057635540</t>
+          <t>2786560716530</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Kadim Tarihi Seti (6 Kitap Takım)</t>
+          <t>Türkler Seti (5 Kitap)</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>810</v>
+        <v>745</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>2786057635537</t>
+          <t>2786057635961</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>İkinci Dünya Savaşı Seti (5 Kitap Takım)</t>
+          <t>Milli Mücadele Seti (5 Kitap)</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>1125</v>
+        <v>800</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>2786057635536</t>
+          <t>2786053734252</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Seyahatname Seti (8 Kitap Takım)</t>
+          <t>Anne - Baba Seti (5 Kitap)</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>990</v>
+        <v>850</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>2786057635533</t>
+          <t>2783437343729</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Halil İnalcık Seti (6 Kitap Takım)</t>
+          <t>Haçlı Tarihi Seti (5 Kitap)</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>820</v>
+        <v>695</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>2786057635535</t>
+          <t>2786373737254</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>İlber Ortaylı Seti (10 Kitap Set)</t>
+          <t>İmpartorluklar Seti (5 Kitap)</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>3050</v>
+        <v>1180</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>2789752614453</t>
+          <t>2789764311106</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Serüveni Seti (2 Kitap)</t>
+          <t>Emrah Safa Gürkan Seti (4 Kitap)</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>160</v>
+        <v>705</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>2789788614452</t>
+          <t>9789752430983</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>İlber Ortaylı Yakın Tarih Seti (3 Kitap)</t>
+          <t>İki İbrahim - Müteferrika ve Halefi (Ciltli)</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>425</v>
+        <v>120</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>2789788614451</t>
+          <t>9789752430716</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Fahir Armaoğlu Seti (3 Kitap Takım)</t>
+          <t>İstanbullu Bulgarlar ve Eski İstanbul</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>685</v>
+        <v>60</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786057635624</t>
+          <t>9789752430921</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Cemal Paşa Suriye’de</t>
+          <t>Selçuklularda Vezirlik</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>245</v>
+        <v>125</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786057635914</t>
+          <t>9786057635051</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Düşler Nasıl Gerçekleşti? (Ciltli)</t>
+          <t>Kanuni Sultan Süleyman</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>120</v>
+        <v>245</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9789752430648</t>
+          <t>9789752430853</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Peşinde Bir Ömür (Abdülkadir Özcan'a Armağan)</t>
+          <t>Savaşanların Gözüyle Türk-Alman İttifakı (1914-1918)</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786057635365</t>
+          <t>2786058301122</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Klasikten Moderne Osmanlı Ekonomisi</t>
+          <t>Halil İnalcık Seti 3 Kitap (Bez Çanta Hediyeli)</t>
         </is>
       </c>
       <c r="C115" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786057635389</t>
+          <t>9789752430198</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’da İşgal Günleri (Ciltli)</t>
+          <t>Bir Ortaçağ Şairinin Kaleminden Selçuklular</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>400</v>
+        <v>30</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786259571157</t>
+          <t>9789752430013</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>N’olur Sıçrama Pelin</t>
+          <t>Tanzimat ve Bulgar Meselesi (Ciltli Özel Baskı)</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>195</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786259571171</t>
+          <t>9786057635549</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Kim Tutuyor Şu Makası?</t>
+          <t>Discovering The Ottomans (Ciltli)</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>245</v>
+        <v>160</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786259571164</t>
+          <t>9786257631471</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Benim Adım Şaziment - Nerede Akıl, Orada Fikir</t>
+          <t>Bir Rus Gazetecinin Gözünden Jön Türkler ve İstanbul (1911 - 1912)</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>195</v>
+        <v>349</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786256228863</t>
+          <t>9786257631266</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Türkler Nasıl Müslüman Oldu?</t>
+          <t>The Empire’s Longest Century (Ciltli)</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>195</v>
+        <v>245</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786256228900</t>
+          <t>9786057635730</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>İnsan Her Koşulda</t>
+          <t>Osmanlı’da Tarih Yazımı ve Kaynak Türleri (Ciltli)</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>195</v>
+        <v>200</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786256228894</t>
+          <t>9786257631235</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Her Çocukla Bir Ebeveyn Doğar</t>
+          <t>Osmanlı'da İktisadi Hayat ve Vakıflar</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>195</v>
+        <v>60</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786256228887</t>
+          <t>2786057635538</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Megali İdea</t>
+          <t>Dünya Tarihine Yön Verenler Seti (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>595</v>
+        <v>980</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786256228832</t>
+          <t>2786057635540</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>İskandinav Mitolojisi</t>
+          <t>Türklerin Kadim Tarihi Seti (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>195</v>
+        <v>810</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786256228870</t>
+          <t>2786057635537</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Jüstinyen</t>
+          <t>İkinci Dünya Savaşı Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>395</v>
+        <v>1125</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786256228849</t>
+          <t>2786057635536</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Geçmişe Bay Bay, Geleceğe Hay Hay</t>
+          <t>Seyahatname Seti (8 Kitap Takım)</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>245</v>
+        <v>990</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786256228665</t>
+          <t>2786057635533</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Fâtih Sultan Mehmed</t>
+          <t>Halil İnalcık Seti (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>345</v>
+        <v>820</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786259571133</t>
+          <t>2786057635535</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Kuleler Şehri İstanbul</t>
+          <t>İlber Ortaylı Seti (10 Kitap Set)</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>195</v>
+        <v>3050</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786259571140</t>
+          <t>2789752614453</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Cesur Patiler: Müzenin Muhafızları</t>
+          <t>Türklerin Serüveni Seti (2 Kitap)</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>195</v>
+        <v>160</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786259571119</t>
+          <t>2789788614452</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Messi mi, Ronaldo mu?</t>
+          <t>İlber Ortaylı Yakın Tarih Seti (3 Kitap)</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>195</v>
+        <v>425</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786256228825</t>
+          <t>2789788614451</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>93 Harbi: 1877-1878 Osmanlı-Rus Savaşı</t>
+          <t>Fahir Armaoğlu Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>245</v>
+        <v>685</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786256228795</t>
+          <t>9786057635624</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Mektupları</t>
+          <t>Cemal Paşa Suriye’de</t>
         </is>
       </c>
       <c r="C132" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786256228788</t>
+          <t>9786057635914</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Kısa Rusya Tarihi</t>
+          <t>Düşler Nasıl Gerçekleşti? (Ciltli)</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>495</v>
+        <v>120</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786256228818</t>
+          <t>9789752430648</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Dakikalar İçinde Borsa</t>
+          <t>Tarihin Peşinde Bir Ömür (Abdülkadir Özcan'a Armağan)</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786256228801</t>
+          <t>9786057635365</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Biz</t>
+          <t>Klasikten Moderne Osmanlı Ekonomisi</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>195</v>
+        <v>100</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786256228771</t>
+          <t>9786057635389</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Bu İlişkiyi Konuşmalıyız</t>
+          <t>İstanbul’da İşgal Günleri (Ciltli)</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>245</v>
+        <v>400</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786256228733</t>
+          <t>9786259571157</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Ekranı Kapat, Hayatını Aç!</t>
+          <t>N’olur Sıçrama Pelin</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>295</v>
+        <v>195</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786256228702</t>
+          <t>9786259571171</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Borgialar</t>
+          <t>Kim Tutuyor Şu Makası?</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>395</v>
+        <v>245</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786256228740</t>
+          <t>9786259571164</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Hayır Denir?</t>
+          <t>Benim Adım Şaziment - Nerede Akıl, Orada Fikir</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>145</v>
+        <v>195</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786256228757</t>
+          <t>9786256228863</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Japon Mitolojisi</t>
+          <t>Türkler Nasıl Müslüman Oldu?</t>
         </is>
       </c>
       <c r="C140" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786256228610</t>
+          <t>9786256228900</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Dakikalar İçinde Türk Mitolojisi</t>
+          <t>İnsan Her Koşulda</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>175</v>
+        <v>195</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786256228719</t>
+          <t>9786256228894</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Taarruz ve Ölüm</t>
+          <t>Her Çocukla Bir Ebeveyn Doğar</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>245</v>
+        <v>195</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786256228696</t>
+          <t>9786256228887</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Dedem Korkut Kitabı (2 Cilt, Kutulu)</t>
+          <t>Megali İdea</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>745</v>
+        <v>595</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786259571126</t>
+          <t>9786256228832</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Gelincik Neden Kırmızı?</t>
+          <t>İskandinav Mitolojisi</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>245</v>
+        <v>195</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786256228726</t>
+          <t>9786256228870</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Mutluluğu Kaybettiğin Yerde Arama</t>
+          <t>Jüstinyen</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>245</v>
+        <v>395</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786256774506</t>
+          <t>9786256228849</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Pompei Bir Roma Şehrinde Yaşam ve Ölüm</t>
+          <t>Geçmişe Bay Bay, Geleceğe Hay Hay</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>745</v>
+        <v>245</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786256989931</t>
+          <t>9786256228665</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Retorik</t>
+          <t>Fâtih Sultan Mehmed</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>195</v>
+        <v>345</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786258431742</t>
+          <t>9786259571133</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>İstiklal: Vatanımda Bir Tek Düşman Kalmasın</t>
+          <t>Kuleler Şehri İstanbul</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>395</v>
+        <v>195</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786258431322</t>
+          <t>9786259571140</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Michelangelo</t>
+          <t>Cesur Patiler: Müzenin Muhafızları</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>245</v>
+        <v>195</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786257631372</t>
+          <t>9786259571119</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Harp</t>
+          <t>Messi mi, Ronaldo mu?</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>595</v>
+        <v>195</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9789752430563</t>
+          <t>9786256228825</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İmparatorluğu (2 Cilt Kutulu)</t>
+          <t>93 Harbi: 1877-1878 Osmanlı-Rus Savaşı</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>795</v>
+        <v>245</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9789752430020</t>
+          <t>9786256228795</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Timurlenk</t>
+          <t>Türkiye Mektupları</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>345</v>
+        <v>245</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786258431100</t>
+          <t>9786256228788</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Dakikalar İçinde Psikoloji</t>
+          <t>Kısa Rusya Tarihi</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>175</v>
+        <v>495</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786257631525</t>
+          <t>9786256228818</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>İnsan İnsana</t>
+          <t>Dakikalar İçinde Borsa</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>275</v>
+        <v>175</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786259506593</t>
+          <t>9786256228801</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Futbolun Hikâye Hâli</t>
+          <t>İçimizdeki Biz</t>
         </is>
       </c>
       <c r="C155" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786259571102</t>
+          <t>9786256228771</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Yeşim Taşı Efsanesi 3: Son Mücadele</t>
+          <t>Bu İlişkiyi Konuşmalıyız</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>195</v>
+        <v>245</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786256228641</t>
+          <t>9786256228733</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Rubicon</t>
+          <t>Ekranı Kapat, Hayatını Aç!</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>445</v>
+        <v>295</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786256228634</t>
+          <t>9786256228702</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>İkinci Dünya Savaşı’nda Türk Savunması</t>
+          <t>Borgialar</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>445</v>
+        <v>395</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786256228658</t>
+          <t>9786256228740</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Sovyet-Japon Savaşı</t>
+          <t>Nasıl Hayır Denir?</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>395</v>
+        <v>145</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786256228627</t>
+          <t>9786256228757</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Değişimin Sırrı</t>
+          <t>Japon Mitolojisi</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>345</v>
+        <v>195</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786256228559</t>
+          <t>9786256228610</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Para Kazanılır?</t>
+          <t>Dakikalar İçinde Türk Mitolojisi</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>145</v>
+        <v>175</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786256228603</t>
+          <t>9786256228719</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Antik Dünyanın Yedi Harikası</t>
+          <t>Taarruz ve Ölüm</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>395</v>
+        <v>245</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786256228566</t>
+          <t>9786256228696</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Hayalini Yorganına Göre Uzat</t>
+          <t>Dedem Korkut Kitabı (2 Cilt, Kutulu)</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>245</v>
+        <v>745</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786259506586</t>
+          <t>9786259571126</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Kınalı Serçe</t>
+          <t>Gelincik Neden Kırmızı?</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>295</v>
+        <v>245</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786256228580</t>
+          <t>9786256228726</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>The Longevity Plan</t>
+          <t>Mutluluğu Kaybettiğin Yerde Arama</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>395</v>
+        <v>245</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786259506579</t>
+          <t>9786256774506</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Anlat Bana: Resimli Keşif Kitabı</t>
+          <t>Pompei Bir Roma Şehrinde Yaşam ve Ölüm</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>245</v>
+        <v>745</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786256228573</t>
+          <t>9786256989931</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Anne Beyni</t>
+          <t>Retorik</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>295</v>
+        <v>195</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786256228504</t>
+          <t>9786258431742</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>31 Mart Vakası</t>
+          <t>İstiklal: Vatanımda Bir Tek Düşman Kalmasın</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>345</v>
+        <v>395</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786256228290</t>
+          <t>9786258431322</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Rusların Gözüyle Türkler</t>
+          <t>Michelangelo</t>
         </is>
       </c>
       <c r="C169" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786256228511</t>
+          <t>9786257631372</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Büyük Yatırımcılar</t>
+          <t>Beyaz Harp</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>395</v>
+        <v>595</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786256228528</t>
+          <t>9789752430563</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Büyük Konstantin</t>
+          <t>Osmanlı İmparatorluğu (2 Cilt Kutulu)</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>345</v>
+        <v>795</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786256228542</t>
+          <t>9789752430020</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>FBI Tarihi, 1908-2023</t>
+          <t>Timurlenk</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>395</v>
+        <v>345</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786256228535</t>
+          <t>9786258431100</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Allah Yolunda</t>
+          <t>Dakikalar İçinde Psikoloji</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>295</v>
+        <v>175</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786256228481</t>
+          <t>9786257631525</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Yunan Mitolojisi</t>
+          <t>İnsan İnsana</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>195</v>
+        <v>275</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786256228474</t>
+          <t>9786259506593</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Churchill (Ciltli)</t>
+          <t>Futbolun Hikâye Hâli</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>895</v>
+        <v>195</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786256228382</t>
+          <t>9786259571102</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Batı’nın Afrika Talanı</t>
+          <t>Yeşim Taşı Efsanesi 3: Son Mücadele</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>295</v>
+        <v>195</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786256228405</t>
+          <t>9786256228641</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Ortaçağda Kadın</t>
+          <t>Rubicon</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>295</v>
+        <v>445</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786256228276</t>
+          <t>9786256228634</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Davamız</t>
+          <t>İkinci Dünya Savaşı’nda Türk Savunması</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>345</v>
+        <v>445</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786256228368</t>
+          <t>9786256228658</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Kısa Bosna Tarihi</t>
+          <t>Sovyet-Japon Savaşı</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>295</v>
+        <v>395</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786256228399</t>
+          <t>9786256228627</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Anadolu’da Moğol İstilası</t>
+          <t>Değişimin Sırrı</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>295</v>
+        <v>345</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786256228375</t>
+          <t>9786256228559</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Aydınlık Çağlar</t>
+          <t>Nasıl Para Kazanılır?</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>345</v>
+        <v>145</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786256228313</t>
+          <t>9786256228603</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadele Başlarken</t>
+          <t>Antik Dünyanın Yedi Harikası</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>445</v>
+        <v>395</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786259506562</t>
+          <t>9786256228566</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Kaybolan Meslekler: Konuşan Kilim mi Olur?</t>
+          <t>Hayalini Yorganına Göre Uzat</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>195</v>
+        <v>245</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786259506555</t>
+          <t>9786259506586</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Düşlerimizdeki Evren</t>
+          <t>Kınalı Serçe</t>
         </is>
       </c>
       <c r="C184" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786256228351</t>
+          <t>9786256228580</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Avrupa’nın Fethi</t>
+          <t>The Longevity Plan</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>495</v>
+        <v>395</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786256228429</t>
+          <t>9786259506579</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Türkiye ve Dünyadan İstihbarat Operasyonları</t>
+          <t>Anlat Bana: Resimli Keşif Kitabı</t>
         </is>
       </c>
       <c r="C186" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786256228450</t>
+          <t>9786256228573</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>İmparatorluktan Cumhuriyete Cilt 1</t>
+          <t>Anne Beyni</t>
         </is>
       </c>
       <c r="C187" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786256228320</t>
+          <t>9786256228504</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Romanovlar</t>
+          <t>31 Mart Vakası</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>595</v>
+        <v>345</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786256228344</t>
+          <t>9786256228290</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Dakikalar İçinde Güneş Sistemi</t>
+          <t>Rusların Gözüyle Türkler</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>175</v>
+        <v>245</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786256228337</t>
+          <t>9786256228511</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Fransız Devrimi: İnfografik (Ciltli)</t>
+          <t>Büyük Yatırımcılar</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>645</v>
+        <v>395</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786256228436</t>
+          <t>9786256228528</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Bakterin Kadar Yaşa</t>
+          <t>Büyük Konstantin</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>245</v>
+        <v>345</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786256228467</t>
+          <t>9786256228542</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Hayat Acemileri İçin Yaşam Rehberi</t>
+          <t>FBI Tarihi, 1908-2023</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>245</v>
+        <v>395</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786259506548</t>
+          <t>9786256228535</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Kraliçe Kedi ve Kediler Ülkesi</t>
+          <t>Allah Yolunda</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>245</v>
+        <v>295</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786259506531</t>
+          <t>9786256228481</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Yeşim Taşı Efsanesi - Gizemli Kitap 2. Kitap</t>
+          <t>Yunan Mitolojisi</t>
         </is>
       </c>
       <c r="C194" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786256228184</t>
+          <t>9786256228474</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Kısa Kore Tarihi</t>
+          <t>Churchill (Ciltli)</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>295</v>
+        <v>895</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786256228207</t>
+          <t>9786256228382</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Endülüs</t>
+          <t>Batı’nın Afrika Talanı</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>395</v>
+        <v>295</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786256228269</t>
+          <t>9786256228405</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Dakikalar İçinde İngilizce</t>
+          <t>Ortaçağda Kadın</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>175</v>
+        <v>295</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786256228221</t>
+          <t>9786256228276</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Hariciye Konseri</t>
+          <t>Çocuk Davamız</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>295</v>
+        <v>345</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786256228245</t>
+          <t>9786256228368</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Cadılık ve Büyü Tarihi</t>
+          <t>Kısa Bosna Tarihi</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>395</v>
+        <v>295</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786256228252</t>
+          <t>9786256228399</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Gladyatörler</t>
+          <t>Anadolu’da Moğol İstilası</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>245</v>
+        <v>295</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786256228214</t>
+          <t>9786256228375</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Doğu ve Batı (Ciltli)</t>
+          <t>Aydınlık Çağlar</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>745</v>
+        <v>345</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786256228283</t>
+          <t>9786256228313</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>İstiklalin Kumandanları 1</t>
+          <t>Milli Mücadele Başlarken</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>245</v>
+        <v>445</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786256228191</t>
+          <t>9786259506562</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>İttihatçılık</t>
+          <t>Kaybolan Meslekler: Konuşan Kilim mi Olur?</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>345</v>
+        <v>195</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786256228238</t>
+          <t>9786259506555</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>İsim Şehir Film Roman</t>
+          <t>Düşlerimizdeki Evren</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>245</v>
+        <v>295</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786256228306</t>
+          <t>9786256228351</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Eyvah, Okuldan Arıyorlar!</t>
+          <t>Avrupa’nın Fethi</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>245</v>
+        <v>495</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786256228160</t>
+          <t>9786256228429</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Çocuk</t>
+          <t>Türkiye ve Dünyadan İstihbarat Operasyonları</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>295</v>
+        <v>245</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786256228177</t>
+          <t>9786256228450</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Kalk, Çalış, Başarısız Ol!</t>
+          <t>İmparatorluktan Cumhuriyete Cilt 1</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>245</v>
+        <v>295</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786259506517</t>
+          <t>9786256228320</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Otto</t>
+          <t>Romanovlar</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>245</v>
+        <v>595</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786259506524</t>
+          <t>9786256228344</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Yeraltı Sırları 1</t>
+          <t>Dakikalar İçinde Güneş Sistemi</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>195</v>
+        <v>175</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786256228153</t>
+          <t>9786256228337</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Hiçlik Çağı</t>
+          <t>Fransız Devrimi: İnfografik (Ciltli)</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>495</v>
+        <v>645</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786256228139</t>
+          <t>9786256228436</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Batı’da Siyasal Düşünceler Tarihi 2</t>
+          <t>Bakterin Kadar Yaşa</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>495</v>
+        <v>245</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786256228146</t>
+          <t>9786256228467</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>From Empire to Republic</t>
+          <t>Hayat Acemileri İçin Yaşam Rehberi</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>345</v>
+        <v>245</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786256228115</t>
+          <t>9786259506548</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Kısa İtalya Tarihi</t>
+          <t>Kraliçe Kedi ve Kediler Ülkesi</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>395</v>
+        <v>245</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786256228108</t>
+          <t>9786259506531</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Dakikalar İçinde Hitler ve Nazi Almanyası</t>
+          <t>Yeşim Taşı Efsanesi - Gizemli Kitap 2. Kitap</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>175</v>
+        <v>195</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786256228092</t>
+          <t>9786256228184</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>100 Büyük Savaş (Ciltli)</t>
+          <t>Kısa Kore Tarihi</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>595</v>
+        <v>295</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786256228122</t>
+          <t>9786256228207</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Köl Tegin</t>
+          <t>Endülüs</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>295</v>
+        <v>395</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786256228085</t>
+          <t>9786256228269</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Yeni Dünya Yeni Kurallar</t>
+          <t>Dakikalar İçinde İngilizce</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>295</v>
+        <v>175</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786259506500</t>
+          <t>9786256228221</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Sıkıcı (Olmayan) Okulu</t>
+          <t>Hariciye Konseri</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>195</v>
+        <v>295</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786259470580</t>
+          <t>9786256228245</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Yeşim Taşı Efsanesi - Karanlık Dünyaya Yolculuk 1. Kitap</t>
+          <t>Cadılık ve Büyü Tarihi</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>195</v>
+        <v>395</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786259470597</t>
+          <t>9786256228252</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Yazının Tarihi</t>
+          <t>Gladyatörler</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>195</v>
+        <v>245</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786256774858</t>
+          <t>9786256228214</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Çalışmasam Yorulurdum</t>
+          <t>Doğu ve Batı (Ciltli)</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>295</v>
+        <v>745</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786256228016</t>
+          <t>9786256228283</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Kehanet Sanatı</t>
+          <t>İstiklalin Kumandanları 1</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>195</v>
+        <v>245</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786256228023</t>
+          <t>9786256228191</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Antik İnançların İzinde</t>
+          <t>İttihatçılık</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>195</v>
+        <v>345</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786256228047</t>
+          <t>9786256228238</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Göçebeler</t>
+          <t>İsim Şehir Film Roman</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>345</v>
+        <v>245</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786256228030</t>
+          <t>9786256228306</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Doğa, Kültür ve Eşitsizlik</t>
+          <t>Eyvah, Okuldan Arıyorlar!</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>195</v>
+        <v>245</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786256228078</t>
+          <t>9786256228160</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Dakikalar İçinde Ortadoğu</t>
+          <t>İçimizdeki Çocuk</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>175</v>
+        <v>295</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786256228054</t>
+          <t>9786256228177</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Batu</t>
+          <t>Kalk, Çalış, Başarısız Ol!</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>295</v>
+        <v>245</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786256228061</t>
+          <t>9786259506517</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Siyasal Partiler Cilt 3</t>
+          <t>Otto</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>495</v>
+        <v>245</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786259470573</t>
+          <t>9786259506524</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Hayat Dediğin… Kutulu Set (5 Kitap)</t>
+          <t>Yeraltı Sırları 1</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>975</v>
+        <v>195</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786256774995</t>
+          <t>9786256228153</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Göklerin Kara Şeytanı</t>
+          <t>Hiçlik Çağı</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>345</v>
+        <v>495</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786256774971</t>
+          <t>9786256228139</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Alkali Diyet</t>
+          <t>Batı’da Siyasal Düşünceler Tarihi 2</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>245</v>
+        <v>495</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786256774988</t>
+          <t>9786256228146</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Kurtulma Sanatı</t>
+          <t>From Empire to Republic</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>195</v>
+        <v>345</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786256774742</t>
+          <t>9786256228115</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>İmparatorluğun Ajanları</t>
+          <t>Kısa İtalya Tarihi</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>595</v>
+        <v>395</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786256774940</t>
+          <t>9786256228108</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Dakikalar İçinde Büyük Konuşmalar</t>
+          <t>Dakikalar İçinde Hitler ve Nazi Almanyası</t>
         </is>
       </c>
       <c r="C234" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786256774964</t>
+          <t>9786256228092</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Esir Şehirlerin Eserleri</t>
+          <t>100 Büyük Savaş (Ciltli)</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>295</v>
+        <v>595</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786256989894</t>
+          <t>9786256228122</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Osmanlılar ve Babürlüler</t>
+          <t>Köl Tegin</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>395</v>
+        <v>295</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786256228009</t>
+          <t>9786256228085</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Atom Bombasının Gizli Tarihi</t>
+          <t>Yeni Dünya Yeni Kurallar</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>395</v>
+        <v>295</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786256774933</t>
+          <t>9786259506500</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Kısa Amerika Birleşik Devletleri Tarihi</t>
+          <t>Dünyanın En Sıkıcı (Olmayan) Okulu</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>495</v>
+        <v>195</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786256774957</t>
+          <t>9786259470580</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Avrupa ve Biz</t>
+          <t>Yeşim Taşı Efsanesi - Karanlık Dünyaya Yolculuk 1. Kitap</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>295</v>
+        <v>195</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786259470566</t>
+          <t>9786259470597</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Şuuut ve Goool</t>
+          <t>Yazının Tarihi</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>245</v>
+        <v>195</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786259470559</t>
+          <t>9786256774858</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Eyvah! Ofsayta Düştük!</t>
+          <t>Çalışmasam Yorulurdum</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>195</v>
+        <v>295</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786259470542</t>
+          <t>9786256228016</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Karavana Johnny Uluslararası Futbol Dehası</t>
+          <t>Kehanet Sanatı</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>245</v>
+        <v>195</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786256774926</t>
+          <t>9786256228023</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Türkistan Lejyonu İkinci Dünya Savaşı’nda Alman Saflarında Savaşan Türkler</t>
+          <t>Antik İnançların İzinde</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>345</v>
+        <v>195</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786256774872</t>
+          <t>9786256228047</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Oğuz İsyanı Büyük Selçuklu İmparatorluğu’nun Yıkılışı</t>
+          <t>Göçebeler</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>295</v>
+        <v>345</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786256774865</t>
+          <t>9786256228030</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Dakikalar İçinde Siyaset Anında Açıklanan 200 Temel Kavram</t>
+          <t>Doğa, Kültür ve Eşitsizlik</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>175</v>
+        <v>195</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786256774889</t>
+          <t>9786256228078</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Türk Mukavemet Teşkilatı Kıbrıs’ta Türk Varlığının Koruyucusu</t>
+          <t>Dakikalar İçinde Ortadoğu</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>395</v>
+        <v>175</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786256774896</t>
+          <t>9786256228054</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Beyniniz Sizle Oyun Oynuyor Beyin Fikirleri ve Algıları Nasıl Şekillendirir?</t>
+          <t>Batu</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>195</v>
+        <v>295</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786256774919</t>
+          <t>9786256228061</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Keltler Antik Çağın Gizemli Halkı</t>
+          <t>Türkiye'de Siyasal Partiler Cilt 3</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>295</v>
+        <v>495</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786256774902</t>
+          <t>9786259470573</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Kısa Bizans Tarihi</t>
+          <t>Hayat Dediğin… Kutulu Set (5 Kitap)</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>395</v>
+        <v>975</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786256774841</t>
+          <t>9786256774995</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Değiştiren Mektuplar</t>
+          <t>Göklerin Kara Şeytanı</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>295</v>
+        <v>345</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786257631419</t>
+          <t>9786256774971</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>İlk Türkler</t>
+          <t>Alkali Diyet</t>
         </is>
       </c>
       <c r="C251" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786057635778</t>
+          <t>9786256774988</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Selçuklu Çağında Yaşamak</t>
+          <t>Kurtulma Sanatı</t>
         </is>
       </c>
       <c r="C252" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786259470535</t>
+          <t>9786256774742</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Bir Masal Hayat Dediğin 5</t>
+          <t>İmparatorluğun Ajanları</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>195</v>
+        <v>595</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786259470528</t>
+          <t>9786256774940</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Ortaya Karışık Hayat Dediğin 4</t>
+          <t>Dakikalar İçinde Büyük Konuşmalar</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>195</v>
+        <v>175</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786256774834</t>
+          <t>9786256774964</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Dakikalar İçinde Selçuklular</t>
+          <t>Esir Şehirlerin Eserleri</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>175</v>
+        <v>295</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786256774810</t>
+          <t>9786256989894</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Dijital Çağda Sağlıklı Çocuk Yetiştirmek</t>
+          <t>Osmanlılar ve Babürlüler</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>245</v>
+        <v>395</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786256774827</t>
+          <t>9786256228009</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Kullanışlı Düşmanlar - Batı Siyaset Düşüncesinde İslam ve Osmanlı 1450-1750</t>
+          <t>Atom Bombasının Gizli Tarihi</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>495</v>
+        <v>395</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786256774803</t>
+          <t>9786256774933</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Finansal Özgürlük Adım Adım Yatırım ve Tasarruf Rehberi</t>
+          <t>Kısa Amerika Birleşik Devletleri Tarihi</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>245</v>
+        <v>495</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786259470504</t>
+          <t>9786256774957</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Alya Çakıltaşı Kurdu Kurtarıyor</t>
+          <t>Avrupa ve Biz</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>195</v>
+        <v>295</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786259470511</t>
+          <t>9786259470566</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Büyük Tuhaf Ev 1 - Kiralık Odalar</t>
+          <t>Şuuut ve Goool</t>
         </is>
       </c>
       <c r="C260" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786256774698</t>
+          <t>9786259470559</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Ulysses S. Grant Osprey Büyük Komutanlar</t>
+          <t>Eyvah! Ofsayta Düştük!</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>245</v>
+        <v>195</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786256774711</t>
+          <t>9786259470542</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>İskitler Tarihleri, Kültürleri ve Dünyaya Etkileri</t>
+          <t>Karavana Johnny Uluslararası Futbol Dehası</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>395</v>
+        <v>245</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786256774766</t>
+          <t>9786256774926</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Siyasal Partiler Cilt 2 Mütareke Dönemi</t>
+          <t>Türkistan Lejyonu İkinci Dünya Savaşı’nda Alman Saflarında Savaşan Türkler</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>495</v>
+        <v>345</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786256774728</t>
+          <t>9786256774872</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Haçlıların Dünyası Resimli Haçlı Seferleri Rehberi (Ciltli)</t>
+          <t>Oğuz İsyanı Büyük Selçuklu İmparatorluğu’nun Yıkılışı</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>795</v>
+        <v>295</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786256774797</t>
+          <t>9786256774865</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Savaş Sanatı - Dell'arte Della Guerra</t>
+          <t>Dakikalar İçinde Siyaset Anında Açıklanan 200 Temel Kavram</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>195</v>
+        <v>175</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786256774629</t>
+          <t>9786256774889</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Yalan Radarı - İşte, Evde ve Aşkta 5 Adımda Yalanı Yakala</t>
+          <t>Türk Mukavemet Teşkilatı Kıbrıs’ta Türk Varlığının Koruyucusu</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>195</v>
+        <v>395</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786256774735</t>
+          <t>9786256774896</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Colossus - Amerikan İmparatorluğu’nun Yükselişi ve Çöküşü</t>
+          <t>Beyniniz Sizle Oyun Oynuyor Beyin Fikirleri ve Algıları Nasıl Şekillendirir?</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>395</v>
+        <v>195</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786256774704</t>
+          <t>9786256774919</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Nazi Milyarderleri - Almanya’nın En Zengin Hanedanlarının Karanlık Tarihi</t>
+          <t>Keltler Antik Çağın Gizemli Halkı</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>395</v>
+        <v>295</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786256774759</t>
+          <t>9786256774902</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Tokuz Ama Açız Mideni Değil, Hücrelerini Doyur!</t>
+          <t>Kısa Bizans Tarihi</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>295</v>
+        <v>395</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786256774773</t>
+          <t>9786256774841</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Gel Dünyayı Keşfedelim - Gezgin Bir Tarihçinin Seyahat Defteri</t>
+          <t>Dünyayı Değiştiren Mektuplar</t>
         </is>
       </c>
       <c r="C270" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786256989498</t>
+          <t>9786257631419</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet'in İlk Sabahı</t>
+          <t>İlk Türkler</t>
         </is>
       </c>
       <c r="C271" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786256774674</t>
+          <t>9786057635778</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Rob ile Çiziyorum 2 Muhteşem Hayvanlar</t>
+          <t>Selçuklu Çağında Yaşamak</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>245</v>
+        <v>195</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786256774681</t>
+          <t>9786259470535</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Frida’nın Çiçekleri</t>
+          <t>Gerçek Bir Masal Hayat Dediğin 5</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>245</v>
+        <v>195</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786256774490</t>
+          <t>9786259470528</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Bağımlılık ve Bağımlılıklarla Mücadele Bağımlılık Türleri, Nedenleri ve Çözüm Önerileri</t>
+          <t>Ortaya Karışık Hayat Dediğin 4</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>345</v>
+        <v>195</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786256774612</t>
+          <t>9786256774834</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Şarlman Avrupa’nın Büyük Hükümdarı</t>
+          <t>Dakikalar İçinde Selçuklular</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>195</v>
+        <v>175</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786256774582</t>
+          <t>9786256774810</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Sınırdaki Düşman Osmanlı-Sırp Karşılıklı Askeri İstihbarat Faaliyetleri</t>
+          <t>Dijital Çağda Sağlıklı Çocuk Yetiştirmek</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>345</v>
+        <v>245</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786256774650</t>
+          <t>9786256774827</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Dakikalar İçinde Kuantum Fiziği Anında Açıklanan 200 Temel Kavram</t>
+          <t>Kullanışlı Düşmanlar - Batı Siyaset Düşüncesinde İslam ve Osmanlı 1450-1750</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>175</v>
+        <v>495</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786256774667</t>
+          <t>9786256774803</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Askeri Stratejinin Temelleri Kuramcılar</t>
+          <t>Finansal Özgürlük Adım Adım Yatırım ve Tasarruf Rehberi</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>495</v>
+        <v>245</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786256774643</t>
+          <t>9786259470504</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Tarihi - İmparatorluklar Başkentinin 2500 Yıllık Tarihi</t>
+          <t>Alya Çakıltaşı Kurdu Kurtarıyor</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>295</v>
+        <v>195</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786256774599</t>
+          <t>9786259470511</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Seyahatnamesi</t>
+          <t>Büyük Tuhaf Ev 1 - Kiralık Odalar</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>295</v>
+        <v>245</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786256774513</t>
+          <t>9786256774698</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Tarihi Nasıl İncelenir?</t>
+          <t>Ulysses S. Grant Osprey Büyük Komutanlar</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>395</v>
+        <v>245</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786256774605</t>
+          <t>9786256774711</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Milyar Dolarlık Hikayeler</t>
+          <t>İskitler Tarihleri, Kültürleri ve Dünyaya Etkileri</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>245</v>
+        <v>395</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786256774445</t>
+          <t>9786256774766</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Rommel Bir Yaşam Öyküsü</t>
+          <t>Türkiye’de Siyasal Partiler Cilt 2 Mütareke Dönemi</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>395</v>
+        <v>495</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786256774636</t>
+          <t>9786256774728</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Sirkadiyen Beslenme Ne Kadar Yediğin Değil, Ne Zaman Yediğin Önemli!</t>
+          <t>Haçlıların Dünyası Resimli Haçlı Seferleri Rehberi (Ciltli)</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>245</v>
+        <v>795</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786256774575</t>
+          <t>9786256774797</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Canım Çok Sıkılıyor! - Ela 5</t>
+          <t>Savaş Sanatı - Dell'arte Della Guerra</t>
         </is>
       </c>
       <c r="C285" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786256774568</t>
+          <t>9786256774629</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Ya Yapamazsam? - Ela 4</t>
+          <t>Yalan Radarı - İşte, Evde ve Aşkta 5 Adımda Yalanı Yakala</t>
         </is>
       </c>
       <c r="C286" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786256774544</t>
+          <t>9786256774735</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Kim Korkar Zorbalardan? - Ela 2</t>
+          <t>Colossus - Amerikan İmparatorluğu’nun Yükselişi ve Çöküşü</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>195</v>
+        <v>395</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786256774537</t>
+          <t>9786256774704</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Bir Yalanın Ağırlığı Ne Kadardır? - Ela 1</t>
+          <t>Nazi Milyarderleri - Almanya’nın En Zengin Hanedanlarının Karanlık Tarihi</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>195</v>
+        <v>395</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786256774520</t>
+          <t>9786256774759</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Gizli Bir Hazine</t>
+          <t>Tokuz Ama Açız Mideni Değil, Hücrelerini Doyur!</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>195</v>
+        <v>295</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786256774476</t>
+          <t>9786256774773</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Dakikalar İçinde Sayılar - Anında Açıklanan 200 Temel Kavram</t>
+          <t>Gel Dünyayı Keşfedelim - Gezgin Bir Tarihçinin Seyahat Defteri</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>175</v>
+        <v>295</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786256774483</t>
+          <t>9786256989498</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>İşim ve Ben Meslek Seçiminden Önce Okunacak Kitap</t>
+          <t>Cumhuriyet'in İlk Sabahı</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>195</v>
+        <v>245</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786256774452</t>
+          <t>9786256774674</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Rusya Devrim ve İç Savaş (1917-1921)</t>
+          <t>Rob ile Çiziyorum 2 Muhteşem Hayvanlar</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>495</v>
+        <v>245</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786256774346</t>
+          <t>9786256774681</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Taht ve İktidar Orta Çağ’ın Yeni Tarihi</t>
+          <t>Frida’nın Çiçekleri</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>495</v>
+        <v>245</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786256774469</t>
+          <t>9786256774490</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Batı’da Siyasal Düşünceler Tarihi 1 Eski ve Orta Çağlar</t>
+          <t>Bağımlılık ve Bağımlılıklarla Mücadele Bağımlılık Türleri, Nedenleri ve Çözüm Önerileri</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>395</v>
+        <v>345</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786256774384</t>
+          <t>9786256774612</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Alman Dehası - Avrupa’nın Üçüncü Rönesansı, İkinci Bilim Devrimi ve Yirmi Yüzyıl</t>
+          <t>Şarlman Avrupa’nın Büyük Hükümdarı</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>745</v>
+        <v>195</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786256774360</t>
+          <t>9786256774582</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Son İmparatorluk Osmanlı - Osmanlı’yı Yeniden Keşfetmek 2</t>
+          <t>Sınırdaki Düşman Osmanlı-Sırp Karşılıklı Askeri İstihbarat Faaliyetleri</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>245</v>
+        <v>345</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786256774322</t>
+          <t>9786256774650</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Hayat En Çok İyileri Kırar - Kırıldığımız Yerden Güçlenmenin Yolları</t>
+          <t>Dakikalar İçinde Kuantum Fiziği Anında Açıklanan 200 Temel Kavram</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>295</v>
+        <v>175</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786256774230</t>
+          <t>9786256774667</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Başarıya Götüren Aile</t>
+          <t>Askeri Stratejinin Temelleri Kuramcılar</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>225</v>
+        <v>495</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786256774438</t>
+          <t>9786256774643</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Tatlı Bir Telaş Hayat Dediğin 2</t>
+          <t>İstanbul Tarihi - İmparatorluklar Başkentinin 2500 Yıllık Tarihi</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>195</v>
+        <v>295</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786256774421</t>
+          <t>9786256774599</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Yelekler Arası Hayat Dediğin 1</t>
+          <t>Türkiye Seyahatnamesi</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>195</v>
+        <v>295</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786256774377</t>
+          <t>9786256774513</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Berzem</t>
+          <t>Osmanlı Tarihi Nasıl İncelenir?</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>195</v>
+        <v>395</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786256774315</t>
+          <t>9786256774605</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>The Empire’s Longest Century</t>
+          <t>Milyar Dolarlık Hikayeler</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>495</v>
+        <v>245</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786256774353</t>
+          <t>9786256774445</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Kısa Almanya Tarihi</t>
+          <t>Rommel Bir Yaşam Öyküsü</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>345</v>
+        <v>395</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786256774247</t>
+          <t>9786256774636</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Dakikalar İçinde Fizik - Anında Açıklanan 200 Temel Kavram</t>
+          <t>Sirkadiyen Beslenme Ne Kadar Yediğin Değil, Ne Zaman Yediğin Önemli!</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>175</v>
+        <v>245</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786256774193</t>
+          <t>9786256774575</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Genç Stalin - Kızıl Çar’ın Sarayı</t>
+          <t>Canım Çok Sıkılıyor! - Ela 5</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>945</v>
+        <v>195</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786256774391</t>
+          <t>9786256774568</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İmparatorluğu II (2 Cilt Kutulu)</t>
+          <t>Ya Yapamazsam? - Ela 4</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>795</v>
+        <v>195</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786256774339</t>
+          <t>9786256774544</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Longevity Planı - Gençleşmek İsteyenlerin El Kitabı</t>
+          <t>Kim Korkar Zorbalardan? - Ela 2</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>295</v>
+        <v>195</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786256774117</t>
+          <t>9786256774537</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Rob ile Çiziyorum</t>
+          <t>Bir Yalanın Ağırlığı Ne Kadardır? - Ela 1</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>245</v>
+        <v>195</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786256774087</t>
+          <t>9786256774520</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Montessori Potansiyeli</t>
+          <t>Gizli Bir Hazine</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>395</v>
+        <v>195</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786256774032</t>
+          <t>9786256774476</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Türk'ün Türk'le Savaşı</t>
+          <t>Dakikalar İçinde Sayılar - Anında Açıklanan 200 Temel Kavram</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>245</v>
+        <v>175</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786256774261</t>
+          <t>9786256774483</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Olağanüstü Bahçıvan</t>
+          <t>İşim ve Ben Meslek Seçiminden Önce Okunacak Kitap</t>
         </is>
       </c>
       <c r="C311" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786256774285</t>
+          <t>9786256774452</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Vulgar Viking 6 Büyük Gark Savaşı</t>
+          <t>Rusya Devrim ve İç Savaş (1917-1921)</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>195</v>
+        <v>495</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786256774278</t>
+          <t>9786256774346</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Vulgar Viking 5 Bir Yaz Gecesi Çığlığı</t>
+          <t>Taht ve İktidar Orta Çağ’ın Yeni Tarihi</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>195</v>
+        <v>495</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786256774254</t>
+          <t>9786256774469</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Siyasal Partiler Cilt 1</t>
+          <t>Batı’da Siyasal Düşünceler Tarihi 1 Eski ve Orta Çağlar</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>495</v>
+        <v>395</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786256774223</t>
+          <t>9786256774384</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Ortaçağ Şövalyeleri (Ciltli)</t>
+          <t>Alman Dehası - Avrupa’nın Üçüncü Rönesansı, İkinci Bilim Devrimi ve Yirmi Yüzyıl</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>595</v>
+        <v>745</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786256774308</t>
+          <t>9786256774360</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Asya’da Kılık Değiştirerek Yolculuk</t>
+          <t>Son İmparatorluk Osmanlı - Osmanlı’yı Yeniden Keşfetmek 2</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>395</v>
+        <v>245</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786256774292</t>
+          <t>9786256774322</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Zenginlik ve Mutluluk için 7 Strateji</t>
+          <t>Hayat En Çok İyileri Kırar - Kırıldığımız Yerden Güçlenmenin Yolları</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>195</v>
+        <v>295</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786256774162</t>
+          <t>9786256774230</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Sarsılan Saray</t>
+          <t>Başarıya Götüren Aile</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>495</v>
+        <v>225</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786256774131</t>
+          <t>9786256774438</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Çelik Kanatlar Kıbrıs Üzerinde</t>
+          <t>Tatlı Bir Telaş Hayat Dediğin 2</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>345</v>
+        <v>195</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786256774148</t>
+          <t>9786256774421</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Tapınakçılar</t>
+          <t>Yelekler Arası Hayat Dediğin 1</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>345</v>
+        <v>195</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786256774155</t>
+          <t>9786256774377</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Spor Efsaneleri</t>
+          <t>Berzem</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>245</v>
+        <v>195</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786256774186</t>
+          <t>9786256774315</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Karavana Johnny 2 Gizli Futbol Dehası</t>
+          <t>The Empire’s Longest Century</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>245</v>
+        <v>495</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786256774179</t>
+          <t>9786256774353</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Mükemmellik Tuzağı</t>
+          <t>Kısa Almanya Tarihi</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>295</v>
+        <v>345</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786256774124</t>
+          <t>9786256774247</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Türk Hava Harp Sanayii Tarihi</t>
+          <t>Dakikalar İçinde Fizik - Anında Açıklanan 200 Temel Kavram</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>595</v>
+        <v>175</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786256989382</t>
+          <t>9786256774193</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Şekil, Şekil Her Yer Şekil</t>
+          <t>Genç Stalin - Kızıl Çar’ın Sarayı</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>195</v>
+        <v>945</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786256774056</t>
+          <t>9786256774391</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Dakikalar İçinde İnsan Vücudu</t>
+          <t>Osmanlı İmparatorluğu II (2 Cilt Kutulu)</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>175</v>
+        <v>795</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786256774063</t>
+          <t>9786256774339</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Büyük Vatanseverlik Savaşı</t>
+          <t>Longevity Planı - Gençleşmek İsteyenlerin El Kitabı</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>395</v>
+        <v>295</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786256774094</t>
+          <t>9786256774117</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Mim Mim Grubu</t>
+          <t>Rob ile Çiziyorum</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>345</v>
+        <v>245</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786256774100</t>
+          <t>9786256774087</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>İmparatorlar Yataklarında Ölmez</t>
+          <t>Montessori Potansiyeli</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>295</v>
+        <v>395</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786256774070</t>
+          <t>9786256774032</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Süreyya Ciliv: Global İş Dünyasında Sıradışı Bir Lider</t>
+          <t>Türk'ün Türk'le Savaşı</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>345</v>
+        <v>245</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786256774049</t>
+          <t>9786256774261</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>İttihatçılık - Doğuş</t>
+          <t>Olağanüstü Bahçıvan</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>245</v>
+        <v>195</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786256774018</t>
+          <t>9786256774285</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet’in Doğuşu</t>
+          <t>Vulgar Viking 6 Büyük Gark Savaşı</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>295</v>
+        <v>195</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786256989979</t>
+          <t>9786256774278</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Endişelerim ve Ben 3 Arkadaşım Taşınıyor</t>
+          <t>Vulgar Viking 5 Bir Yaz Gecesi Çığlığı</t>
         </is>
       </c>
       <c r="C333" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786256989986</t>
+          <t>9786256774254</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Endişelerim ve Ben 2 Kırmızı Bavulum</t>
+          <t>Türkiye’de Siyasal Partiler Cilt 1</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>195</v>
+        <v>495</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786256989993</t>
+          <t>9786256774223</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Endişelerim ve Ben 1 Sana Küstüm</t>
+          <t>Ortaçağ Şövalyeleri (Ciltli)</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>195</v>
+        <v>595</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786256774025</t>
+          <t>9786256774308</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Arabistanlı Lawrence</t>
+          <t>Asya’da Kılık Değiştirerek Yolculuk</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>245</v>
+        <v>395</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786256989955</t>
+          <t>9786256774292</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Kısa Avusturya Tarihi</t>
+          <t>Zenginlik ve Mutluluk için 7 Strateji</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>395</v>
+        <v>195</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786256989917</t>
+          <t>9786256774162</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Warren Buffett Kanunları</t>
+          <t>Sarsılan Saray</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>345</v>
+        <v>495</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786256774001</t>
+          <t>9786256774131</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Dakikalar İçinde Osmanlı Padişahları</t>
+          <t>Çelik Kanatlar Kıbrıs Üzerinde</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>175</v>
+        <v>345</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786256989948</t>
+          <t>9786256774148</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>On İki Sezar</t>
+          <t>Tapınakçılar</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>495</v>
+        <v>345</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786256989924</t>
+          <t>9786256774155</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Rothschild Hanedanı</t>
+          <t>Spor Efsaneleri</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>495</v>
+        <v>245</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786256989962</t>
+          <t>9786256774186</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Hain</t>
+          <t>Karavana Johnny 2 Gizli Futbol Dehası</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>345</v>
+        <v>245</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786256989900</t>
+          <t>9786256774179</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Kaybolan Meslekler 1 - Yorganın Ustası Mı Olur?</t>
+          <t>Mükemmellik Tuzağı</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>195</v>
+        <v>295</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786256989849</t>
+          <t>9786256774124</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Karavana Johnny: Kazara Futbol Dehası</t>
+          <t>Türk Hava Harp Sanayii Tarihi</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>245</v>
+        <v>595</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786256989863</t>
+          <t>9786256989382</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Vulgar Viking 4 Müthiş Ejderha Avcısı</t>
+          <t>Şekil, Şekil Her Yer Şekil</t>
         </is>
       </c>
       <c r="C345" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786256989818</t>
+          <t>9786256774056</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Beyinden Bedene Çocuk Odaklı Ebeveynlik</t>
+          <t>Dakikalar İçinde İnsan Vücudu</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>395</v>
+        <v>175</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786256989832</t>
+          <t>9786256774063</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Günleri</t>
+          <t>Büyük Vatanseverlik Savaşı</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>245</v>
+        <v>395</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786256989887</t>
+          <t>9786256774094</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Panzer Ası</t>
+          <t>Mim Mim Grubu</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>445</v>
+        <v>345</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786256989856</t>
+          <t>9786256774100</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Kısa Avrupa Tarihi</t>
+          <t>İmparatorlar Yataklarında Ölmez</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>395</v>
+        <v>295</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786256989801</t>
+          <t>9786256774070</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Asurlular</t>
+          <t>Süreyya Ciliv: Global İş Dünyasında Sıradışı Bir Lider</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>295</v>
+        <v>345</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786256989825</t>
+          <t>9786256774049</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Enver Paşa'nın Eşi Naciye Sultan'ın Hatıraları</t>
+          <t>İttihatçılık - Doğuş</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>195</v>
+        <v>245</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786256989870</t>
+          <t>9786256774018</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Türk İdari Teşkilatı Tarihi</t>
+          <t>Cumhuriyet’in Doğuşu</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>245</v>
+        <v>295</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786256989795</t>
+          <t>9786256989979</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Antik Roma: İnfografik</t>
+          <t>Endişelerim ve Ben 3 Arkadaşım Taşınıyor</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>645</v>
+        <v>195</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786256989788</t>
+          <t>9786256989986</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Vulgar Viking 3 Korkunç Okul Gezisi</t>
+          <t>Endişelerim ve Ben 2 Kırmızı Bavulum</t>
         </is>
       </c>
       <c r="C354" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786256989603</t>
+          <t>9786256989993</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Kısa Fransa Tarihi</t>
+          <t>Endişelerim ve Ben 1 Sana Küstüm</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>495</v>
+        <v>195</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786256989757</t>
+          <t>9786256774025</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet’in Yeni Yüzyılında Yeni Dünya Politikası</t>
+          <t>Arabistanlı Lawrence</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>345</v>
+        <v>245</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786256989764</t>
+          <t>9786256989955</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Arnhem - İkinci Dünya Savaşı’nda Almanya’nın Son Zaferi</t>
+          <t>Kısa Avusturya Tarihi</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>595</v>
+        <v>395</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786256989740</t>
+          <t>9786256989917</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Tanrı’nın Öfkesi</t>
+          <t>Warren Buffett Kanunları</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>295</v>
+        <v>345</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786256989771</t>
+          <t>9786256774001</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Dakikalar İçinde Bilim</t>
+          <t>Dakikalar İçinde Osmanlı Padişahları</t>
         </is>
       </c>
       <c r="C359" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786256989733</t>
+          <t>9786256989948</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Uzayda - Gezegenimizden Uzaya Yolculuk Eden İlk İnsanın Çarpıcı Hikayesi</t>
+          <t>On İki Sezar</t>
         </is>
       </c>
       <c r="C360" s="1">
         <v>495</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786256989719</t>
+          <t>9786256989924</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>CIA Tarihi, 1947-2022</t>
+          <t>Rothschild Hanedanı</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>395</v>
+        <v>495</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786256989702</t>
+          <t>9786256989962</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Dakikalar İçinde Mimarlık</t>
+          <t>Hain</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>175</v>
+        <v>345</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786256989726</t>
+          <t>9786256989900</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Leyla ve Mecnun</t>
+          <t>Kaybolan Meslekler 1 - Yorganın Ustası Mı Olur?</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>245</v>
+        <v>195</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786256989542</t>
+          <t>9786256989849</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>İnsanları Etkilemek Süpergücünüzdür</t>
+          <t>Karavana Johnny: Kazara Futbol Dehası</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>345</v>
+        <v>245</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786256989696</t>
+          <t>9786256989863</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Normanlar</t>
+          <t>Vulgar Viking 4 Müthiş Ejderha Avcısı</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>395</v>
+        <v>195</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786256989672</t>
+          <t>9786256989818</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Sanat Tarihi: Büyülü</t>
+          <t>Beyinden Bedene Çocuk Odaklı Ebeveynlik</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>195</v>
+        <v>395</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786256989689</t>
+          <t>9786256989832</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Mesleklerin Bilinmeyen Dünyası</t>
+          <t>İstanbul Günleri</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>195</v>
+        <v>245</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786256989528</t>
+          <t>9786256989887</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’da Tarih Yazımı ve Kaynak Türleri</t>
+          <t>Panzer Ası</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>395</v>
+        <v>445</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786256989665</t>
+          <t>9786256989856</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Dakikalar İçinde Beyin</t>
+          <t>Kısa Avrupa Tarihi</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>175</v>
+        <v>395</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786256989658</t>
+          <t>9786256989801</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Güneş Ülkesi Horasan</t>
+          <t>Asurlular</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>395</v>
+        <v>295</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786256989641</t>
+          <t>9786256989825</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Hürriyetin İlanı</t>
+          <t>Enver Paşa'nın Eşi Naciye Sultan'ın Hatıraları</t>
         </is>
       </c>
       <c r="C371" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786256989634</t>
+          <t>9786256989870</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Tarih</t>
+          <t>Türk İdari Teşkilatı Tarihi</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>195</v>
+        <v>245</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786256989610</t>
+          <t>9786256989795</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Yaşam Üzerine</t>
+          <t>Antik Roma: İnfografik</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>245</v>
+        <v>645</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786256989627</t>
+          <t>9786256989788</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Tapınak Şövalyelerinin El Kitabı</t>
+          <t>Vulgar Viking 3 Korkunç Okul Gezisi</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>295</v>
+        <v>195</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786256989597</t>
+          <t>9786256989603</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Milli İstihbarat Teşkilatı (1826-2023)</t>
+          <t>Kısa Fransa Tarihi</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>395</v>
+        <v>495</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786256989511</t>
+          <t>9786256989757</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Psikolojik Sağlamlık</t>
+          <t>Cumhuriyet’in Yeni Yüzyılında Yeni Dünya Politikası</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>295</v>
+        <v>345</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786256989504</t>
+          <t>9786256989764</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Uygarlık Yargılanıyor</t>
+          <t>Arnhem - İkinci Dünya Savaşı’nda Almanya’nın Son Zaferi</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>195</v>
+        <v>595</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786256989566</t>
+          <t>9786256989740</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Çölde İsyan</t>
+          <t>Tanrı’nın Öfkesi</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>245</v>
+        <v>295</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786256989535</t>
+          <t>9786256989771</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Kısa Japonya Tarihi</t>
+          <t>Dakikalar İçinde Bilim</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>295</v>
+        <v>175</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786256989573</t>
+          <t>9786256989733</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Atatürkçülük</t>
+          <t>Uzayda - Gezegenimizden Uzaya Yolculuk Eden İlk İnsanın Çarpıcı Hikayesi</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>395</v>
+        <v>495</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786256989559</t>
+          <t>9786256989719</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Dakikalar İçinde İkinci Dünya Savaşı</t>
+          <t>CIA Tarihi, 1947-2022</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>175</v>
+        <v>395</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786256989474</t>
+          <t>9786256989702</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Vulgar Viking 1 - Kurabiye Yağmacıları</t>
+          <t>Dakikalar İçinde Mimarlık</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>195</v>
+        <v>175</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786256989481</t>
+          <t>9786256989726</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Vulgar Viking - Büyük Yarış</t>
+          <t>Leyla ve Mecnun</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>195</v>
+        <v>245</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786256989399</t>
+          <t>9786256989542</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Sayı, Sayı Her Yer Sayı</t>
+          <t>İnsanları Etkilemek Süpergücünüzdür</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>195</v>
+        <v>345</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786256989337</t>
+          <t>9786256989696</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Dakikalar İçinde Bilim Kitaplığı - Kutulu Set 5 Kitap</t>
+          <t>Normanlar</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>875</v>
+        <v>395</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786256989320</t>
+          <t>9786256989672</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Dakikalar İçinde Başvuru Kitaplığı - Kutulu Set 5 Kitap</t>
+          <t>Sanat Tarihi: Büyülü</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>875</v>
+        <v>195</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786256989412</t>
+          <t>9786256989689</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Kıyamet</t>
+          <t>Mesleklerin Bilinmeyen Dünyası</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>495</v>
+        <v>195</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786256989443</t>
+          <t>9786256989528</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Bernard Montgomery</t>
+          <t>Osmanlı’da Tarih Yazımı ve Kaynak Türleri</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>245</v>
+        <v>395</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786256989351</t>
+          <t>9786256989665</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Dakikalar İçinde Milli Mücadele</t>
+          <t>Dakikalar İçinde Beyin</t>
         </is>
       </c>
       <c r="C389" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786256989429</t>
+          <t>9786256989658</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Kısa Dünya Tarihi</t>
+          <t>Güneş Ülkesi Horasan</t>
         </is>
       </c>
       <c r="C390" s="1">
         <v>395</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786256989375</t>
+          <t>9786256989641</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>İkinci Dünya Savaşı Tarihi</t>
+          <t>Hürriyetin İlanı</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>445</v>
+        <v>195</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786256989436</t>
+          <t>9786256989634</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Kısa Çin Tarihi</t>
+          <t>Tarih</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>295</v>
+        <v>195</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786256989450</t>
+          <t>9786256989610</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Sultan II. Abdülhamid</t>
+          <t>Mutlu Yaşam Üzerine</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>295</v>
+        <v>245</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786256989405</t>
+          <t>9786256989627</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Moğol Savaş Sanatı</t>
+          <t>Tapınak Şövalyelerinin El Kitabı</t>
         </is>
       </c>
       <c r="C394" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786256989368</t>
+          <t>9786256989597</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Eski Türk Tarihi</t>
+          <t>Milli İstihbarat Teşkilatı (1826-2023)</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>245</v>
+        <v>395</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786256989467</t>
+          <t>9786256989511</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Kardeşlik</t>
+          <t>Psikolojik Sağlamlık</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>495</v>
+        <v>295</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786258431964</t>
+          <t>9786256989504</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Spotify</t>
+          <t>Uygarlık Yargılanıyor</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>495</v>
+        <v>195</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786256989221</t>
+          <t>9786256989566</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Türk İstihbaratı ve Soğuk Savaş</t>
+          <t>Çölde İsyan</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>295</v>
+        <v>245</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786256989245</t>
+          <t>9786256989535</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Yeni Roma</t>
+          <t>Kısa Japonya Tarihi</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>495</v>
+        <v>295</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786256989269</t>
+          <t>9786256989573</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Sultanın Saatçisi</t>
+          <t>Atatürk ve Atatürkçülük</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>245</v>
+        <v>395</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786256989283</t>
+          <t>9786256989559</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>İslam’ın Krizi</t>
+          <t>Dakikalar İçinde İkinci Dünya Savaşı</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>195</v>
+        <v>175</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786256989290</t>
+          <t>9786256989474</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Düşler Nasıl Gerçekleşti?</t>
+          <t>Vulgar Viking 1 - Kurabiye Yağmacıları</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>395</v>
+        <v>195</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786256989160</t>
+          <t>9786256989481</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Bir Hikayesin Sen</t>
+          <t>Vulgar Viking - Büyük Yarış</t>
         </is>
       </c>
       <c r="C403" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786256989177</t>
+          <t>9786256989399</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Dakikalar İçinde Atatürk ve Dünyası</t>
+          <t>Sayı, Sayı Her Yer Sayı</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>175</v>
+        <v>195</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786256989276</t>
+          <t>9786256989337</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Napoleon</t>
+          <t>Dakikalar İçinde Bilim Kitaplığı - Kutulu Set 5 Kitap</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>745</v>
+        <v>875</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786256989238</t>
+          <t>9786256989320</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Dominion</t>
+          <t>Dakikalar İçinde Başvuru Kitaplığı - Kutulu Set 5 Kitap</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>495</v>
+        <v>875</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786256989191</t>
+          <t>9786256989412</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Doğu Ülkeleri Tarihinin Altın Çağı</t>
+          <t>Kıyamet</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>345</v>
+        <v>495</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786256989184</t>
+          <t>9786256989443</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Dakikalar İçinde İşletme</t>
+          <t>Bernard Montgomery</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>175</v>
+        <v>245</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786256989214</t>
+          <t>9786256989351</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Uluğ Beg</t>
+          <t>Dakikalar İçinde Milli Mücadele</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>345</v>
+        <v>175</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786256989153</t>
+          <t>9786256989429</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Sıra Sende</t>
+          <t>Kısa Dünya Tarihi</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>245</v>
+        <v>395</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786256989146</t>
+          <t>9786256989375</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Hikaye Makinesi</t>
+          <t>İkinci Dünya Savaşı Tarihi</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>245</v>
+        <v>445</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786256989061</t>
+          <t>9786256989436</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Rusya Seyahatnamesi</t>
+          <t>Kısa Çin Tarihi</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>195</v>
+        <v>295</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786256989054</t>
+          <t>9786256989450</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Utanç İmparatorluğu</t>
+          <t>Sultan II. Abdülhamid</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>395</v>
+        <v>295</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786256989092</t>
+          <t>9786256989405</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>İngiliz Komutan Anlatıyor</t>
+          <t>Moğol Savaş Sanatı</t>
         </is>
       </c>
       <c r="C414" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786256989139</t>
+          <t>9786256989368</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Aztekler</t>
+          <t>Eski Türk Tarihi</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>445</v>
+        <v>245</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786256989115</t>
+          <t>9786256989467</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Devlet Üzerine</t>
+          <t>Kardeşlik</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>245</v>
+        <v>495</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786256989078</t>
+          <t>9786258431964</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Rothschild Hanedanı</t>
+          <t>Spotify</t>
         </is>
       </c>
       <c r="C417" s="1">
         <v>495</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786256989085</t>
+          <t>9786256989221</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'yı Yeniden Keşfetmek</t>
+          <t>Türk İstihbaratı ve Soğuk Savaş</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>245</v>
+        <v>295</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786256989108</t>
+          <t>9786256989245</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>İkinci Dünya Savaşı: İnfografik (Ciltli)</t>
+          <t>Yeni Roma</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>645</v>
+        <v>495</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786256989122</t>
+          <t>9786256989269</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Dakikalar İçinde Gelecek</t>
+          <t>Sultanın Saatçisi</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>175</v>
+        <v>245</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786256989047</t>
+          <t>9786256989283</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Dakikalar İçinde Astronomi</t>
+          <t>İslam’ın Krizi</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>175</v>
+        <v>195</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786256989030</t>
+          <t>9786256989290</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Roma İmparatorları (3. Cilt)</t>
+          <t>Düşler Nasıl Gerçekleşti?</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>245</v>
+        <v>395</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786258431988</t>
+          <t>9786256989160</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Hitler'in Savaşçısı</t>
+          <t>Bir Hikayesin Sen</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>495</v>
+        <v>195</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786256989023</t>
+          <t>9786256989177</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Cebimdeki Ekmek Kırıntıları</t>
+          <t>Dakikalar İçinde Atatürk ve Dünyası</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>245</v>
+        <v>175</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786258431933</t>
+          <t>9786256989276</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Global Piyasalar (Ciltli)</t>
+          <t>Napoleon</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>495</v>
+        <v>745</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786258431940</t>
+          <t>9786256989238</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Prusya’dan NATO'ya - Türk Ordusunda Batı Etkisi</t>
+          <t>Dominion</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>595</v>
+        <v>495</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786258431797</t>
+          <t>9786256989191</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Dakikalar İçinde Genetik</t>
+          <t>Doğu Ülkeleri Tarihinin Altın Çağı</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>175</v>
+        <v>345</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786258431803</t>
+          <t>9786256989184</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Hava Gücü</t>
+          <t>Dakikalar İçinde İşletme</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>295</v>
+        <v>175</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786258431957</t>
+          <t>9786256989214</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Dakikalar İçinde Avrupa Tarihi</t>
+          <t>Uluğ Beg</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>175</v>
+        <v>345</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786256989009</t>
+          <t>9786256989153</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Türk Komutanlar</t>
+          <t>Sıra Sende</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>395</v>
+        <v>245</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786256989016</t>
+          <t>9786256989146</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>İnsanlığın Serüveni</t>
+          <t>Hikaye Makinesi</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>395</v>
+        <v>245</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786258431995</t>
+          <t>9786256989061</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İmparatorluğu 1300-1650</t>
+          <t>Rusya Seyahatnamesi</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>595</v>
+        <v>195</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786258431971</t>
+          <t>9786256989054</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Roma’nın Yükselişi</t>
+          <t>Utanç İmparatorluğu</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>595</v>
+        <v>395</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786258431858</t>
+          <t>9786256989092</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Sor Bi’ Pişman Mıyım?</t>
+          <t>İngiliz Komutan Anlatıyor</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>395</v>
+        <v>295</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786257631624</t>
+          <t>9786256989139</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Tarih Öncesi</t>
+          <t>Aztekler</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>295</v>
+        <v>445</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786258431766</t>
+          <t>9786256989115</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Modern Ortadoğu Nasıl Kuruldu?</t>
+          <t>Devlet Üzerine</t>
         </is>
       </c>
       <c r="C436" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786258431889</t>
+          <t>9786256989078</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Orta Çağ Avrupası</t>
+          <t>Rothschild Hanedanı</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>295</v>
+        <v>495</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786258431926</t>
+          <t>9786256989085</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Birinci Dünya Savaşı Tarihi</t>
+          <t>Osmanlı'yı Yeniden Keşfetmek</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>445</v>
+        <v>245</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786258431483</t>
+          <t>9786256989108</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Dakikalar İçinde Sanat</t>
+          <t>İkinci Dünya Savaşı: İnfografik (Ciltli)</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>175</v>
+        <v>645</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786258431865</t>
+          <t>9786256989122</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>İki İbrahim</t>
+          <t>Dakikalar İçinde Gelecek</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>295</v>
+        <v>175</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786258431902</t>
+          <t>9786256989047</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Seyahatnamesi</t>
+          <t>Dakikalar İçinde Astronomi</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>295</v>
+        <v>175</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786258431896</t>
+          <t>9786256989030</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadele Tarihi</t>
+          <t>Roma İmparatorları (3. Cilt)</t>
         </is>
       </c>
       <c r="C442" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786258431872</t>
+          <t>9786258431988</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Süleyman Askeri Bey</t>
+          <t>Hitler'in Savaşçısı</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>395</v>
+        <v>495</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786258431841</t>
+          <t>9786256989023</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Discovering The Ottomans</t>
+          <t>Cebimdeki Ekmek Kırıntıları</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>395</v>
+        <v>245</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786258431919</t>
+          <t>9786258431933</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Global Piyasalar</t>
+          <t>Global Piyasalar (Ciltli)</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>295</v>
+        <v>495</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786258431711</t>
+          <t>9786258431940</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka ve Robotik (Ciltli)</t>
+          <t>Prusya’dan NATO'ya - Türk Ordusunda Batı Etkisi</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>395</v>
+        <v>595</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786258431780</t>
+          <t>9786258431797</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Değiştiren Kararlar</t>
+          <t>Dakikalar İçinde Genetik</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>595</v>
+        <v>175</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786258431728</t>
+          <t>9786258431803</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Amazon Nasıl Çalışıyor?</t>
+          <t>Osmanlı Hava Gücü</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>395</v>
+        <v>295</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786258431537</t>
+          <t>9786258431957</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Antik Çin ve Düşmanları</t>
+          <t>Dakikalar İçinde Avrupa Tarihi</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>395</v>
+        <v>175</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786258431735</t>
+          <t>9786256989009</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>İskenderiye, Afrika ve İspanya Savaşları</t>
+          <t>Türk Komutanlar</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>295</v>
+        <v>395</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786258431827</t>
+          <t>9786256989016</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Tarihi</t>
+          <t>İnsanlığın Serüveni</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>295</v>
+        <v>395</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786258431759</t>
+          <t>9786258431995</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Modern Harp Gemileri 1850’den Günümüze</t>
+          <t>Osmanlı İmparatorluğu 1300-1650</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>295</v>
+        <v>595</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786258431834</t>
+          <t>9786258431971</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Tarihi 2</t>
+          <t>Roma’nın Yükselişi</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>295</v>
+        <v>595</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786258431650</t>
+          <t>9786258431858</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Robotların İktidarı</t>
+          <t>Sor Bi’ Pişman Mıyım?</t>
         </is>
       </c>
       <c r="C454" s="1">
         <v>395</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786258431667</t>
+          <t>9786257631624</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Kısa Osmanlı Tarihi</t>
+          <t>Osmanlı Tarih Öncesi</t>
         </is>
       </c>
       <c r="C455" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786258431636</t>
+          <t>9786258431766</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Yüz Yıl Savaşları</t>
+          <t>Modern Ortadoğu Nasıl Kuruldu?</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>295</v>
+        <v>245</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>2782731313530</t>
+          <t>9786258431889</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>İş Dünyası Seti (4 Kitap)</t>
+          <t>Orta Çağ Avrupası</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>730</v>
+        <v>295</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786258431612</t>
+          <t>9786258431926</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Fragmanlar</t>
+          <t>Birinci Dünya Savaşı Tarihi</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>245</v>
+        <v>445</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786258431629</t>
+          <t>9786258431483</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Sıra Dışı Ebevenylik</t>
+          <t>Dakikalar İçinde Sanat</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>345</v>
+        <v>175</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786258431582</t>
+          <t>9786258431865</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Harezmşahlar: Ravzatu's - Safa</t>
+          <t>İki İbrahim</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>345</v>
+        <v>295</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786258431575</t>
+          <t>9786258431902</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Mirza Şahruh: Timur'un Hükümdar Oğlu, Uluğ Bey'in Babası (1405 - 1447)</t>
+          <t>İstanbul Seyahatnamesi</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>545</v>
+        <v>295</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786258431605</t>
+          <t>9786258431896</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Gayrinizami Harp Tarihi</t>
+          <t>Milli Mücadele Tarihi</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>395</v>
+        <v>245</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786258431599</t>
+          <t>9786258431872</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Leonardo Da Vinci</t>
+          <t>Süleyman Askeri Bey</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>245</v>
+        <v>395</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786258431476</t>
+          <t>9786258431841</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Uzay Yolculuğu (Ciltli)</t>
+          <t>Discovering The Ottomans</t>
         </is>
       </c>
       <c r="C464" s="1">
         <v>395</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786258431520</t>
+          <t>9786258431919</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Germania - Britannia: Germenlerin Kökeni ve Konumları veya Agricola’nın Hayatı</t>
+          <t>Global Piyasalar</t>
         </is>
       </c>
       <c r="C465" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786258431506</t>
+          <t>9786258431711</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Doğu’ya Yolculuk</t>
+          <t>Yapay Zeka ve Robotik (Ciltli)</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>195</v>
+        <v>395</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786258431407</t>
+          <t>9786258431780</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Mutlu Adamı</t>
+          <t>Dünyayı Değiştiren Kararlar</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>295</v>
+        <v>595</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786258431421</t>
+          <t>9786258431728</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Güney Afrika’da Osmanlı İzleri</t>
+          <t>Amazon Nasıl Çalışıyor?</t>
         </is>
       </c>
       <c r="C468" s="1">
         <v>395</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786258431551</t>
+          <t>9786258431537</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Dakikalar İçinde Büyük Fikirler - Dünyayı Değiştiren 200 Temel Anlayış</t>
+          <t>Antik Çin ve Düşmanları</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>175</v>
+        <v>395</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786258431544</t>
+          <t>9786258431735</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Roma Strateji Sanatı</t>
+          <t>İskenderiye, Afrika ve İspanya Savaşları</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>245</v>
+        <v>295</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786258431490</t>
+          <t>9786258431827</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Dahilerin Gizli Alışkanlıkları</t>
+          <t>Türklerin Tarihi</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>345</v>
+        <v>295</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786258431230</t>
+          <t>9786258431759</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Spartaküs - Roma’yı Sarsan Köle Savaşı</t>
+          <t>Modern Harp Gemileri 1850’den Günümüze</t>
         </is>
       </c>
       <c r="C472" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786258431247</t>
+          <t>9786258431834</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Sanatı</t>
+          <t>Türklerin Tarihi 2</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>195</v>
+        <v>295</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786258431223</t>
+          <t>9786258431650</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Marcus Aurelius - Filozof İmparator</t>
+          <t>Robotların İktidarı</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>245</v>
+        <v>395</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786258431087</t>
+          <t>9786258431667</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>İmparatorluğun Son Asrında Osmanlılar</t>
+          <t>Kısa Osmanlı Tarihi</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>395</v>
+        <v>295</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786258431193</t>
+          <t>9786258431636</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Erich Von Manstein</t>
+          <t>Yüz Yıl Savaşları</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>245</v>
+        <v>295</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786258431216</t>
+          <t>2782731313530</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Dakikalar İçinde Felsefe</t>
+          <t>İş Dünyası Seti (4 Kitap)</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>175</v>
+        <v>730</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9789757635013</t>
+          <t>9786258431612</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Aydınlanma</t>
+          <t>Fragmanlar</t>
         </is>
       </c>
       <c r="C478" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786258431674</t>
+          <t>9786258431629</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs İçin Havalandılar "G-Günü"</t>
+          <t>Sıra Dışı Ebevenylik</t>
         </is>
       </c>
       <c r="C479" s="1">
         <v>345</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786258431698</t>
+          <t>9786258431582</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>I. Kılıç Arslan</t>
+          <t>Harezmşahlar: Ravzatu's - Safa</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>295</v>
+        <v>345</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786258431704</t>
+          <t>9786258431575</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Birinci Dünya Savaşı’nda Osmanlı İstihbaratı</t>
+          <t>Mirza Şahruh: Timur'un Hükümdar Oğlu, Uluğ Bey'in Babası (1405 - 1447)</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>395</v>
+        <v>545</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786258431681</t>
+          <t>9786258431605</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Kara Ölüm</t>
+          <t>Gayrinizami Harp Tarihi</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>345</v>
+        <v>395</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786258431643</t>
+          <t>9786258431599</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Sinemanın Tarihi</t>
+          <t>Leonardo Da Vinci</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>595</v>
+        <v>245</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786258431469</t>
+          <t>9786258431476</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Zaman Kaybolmaz</t>
+          <t>Uzay Yolculuğu (Ciltli)</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>445</v>
+        <v>395</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786258431568</t>
+          <t>9786258431520</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Zaman Kaybolmaz (Ciltli)</t>
+          <t>Germania - Britannia: Germenlerin Kökeni ve Konumları veya Agricola’nın Hayatı</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>695</v>
+        <v>295</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786258431513</t>
+          <t>9786258431506</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>İstihbarat Sanatı - CIA Gizli Servisi'nde Geçen Bir Ömürden Çıkarılan Dersler</t>
+          <t>Doğu’ya Yolculuk</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>295</v>
+        <v>195</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786258431391</t>
+          <t>9786258431407</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Dakikalar İçinde Din - Dünyanın Köklü İnançlarına Dair 200 Temel Kavram</t>
+          <t>Dünyanın En Mutlu Adamı</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>175</v>
+        <v>295</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786258431353</t>
+          <t>9786258431421</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Gezegenimizden Bir Yaşam</t>
+          <t>Güney Afrika’da Osmanlı İzleri</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>295</v>
+        <v>395</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786258431377</t>
+          <t>9786258431551</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Araçlar ve Silahlar - Dijital Çağın Vaatleri ve Tehlikeleri</t>
+          <t>Dakikalar İçinde Büyük Fikirler - Dünyayı Değiştiren 200 Temel Anlayış</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>395</v>
+        <v>175</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786258431445</t>
+          <t>9786258431544</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Attila - Hun İmparatoru</t>
+          <t>Roma Strateji Sanatı</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>295</v>
+        <v>245</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786258431315</t>
+          <t>9786258431490</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Gizli Dünya - Dünya İstihbarat Tarihi (Ciltli)</t>
+          <t>Dahilerin Gizli Alışkanlıkları</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>795</v>
+        <v>345</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786258431452</t>
+          <t>9786258431230</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>İskender - Sezar (Tam Metin)</t>
+          <t>Spartaküs - Roma’yı Sarsan Köle Savaşı</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>245</v>
+        <v>295</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786258431414</t>
+          <t>9786258431247</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Emperyalizm ve Denge</t>
+          <t>Siyaset Sanatı</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>595</v>
+        <v>195</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786258431438</t>
+          <t>9786258431223</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Eski Türklerde Gündelik Hayat</t>
+          <t>Marcus Aurelius - Filozof İmparator</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>395</v>
+        <v>245</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786258431278</t>
+          <t>9786258431087</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Tokugawa Ieyasu - Osprey Büyük Komutanlar Serisi</t>
+          <t>İmparatorluğun Son Asrında Osmanlılar</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>245</v>
+        <v>395</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786258431346</t>
+          <t>9786258431193</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Kaygılı ve Takıntılı Çocuklar</t>
+          <t>Erich Von Manstein</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>295</v>
+        <v>245</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786258431292</t>
+          <t>9786258431216</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Dostluk Üzerine</t>
+          <t>Dakikalar İçinde Felsefe</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>195</v>
+        <v>175</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786258431308</t>
+          <t>9789757635013</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>İç Asya Tarihi</t>
+          <t>Kayıp Aydınlanma</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>595</v>
+        <v>245</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786258431360</t>
+          <t>9786258431674</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Dakikalar İçinde Antik Dünya</t>
+          <t>Kıbrıs İçin Havalandılar "G-Günü"</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>175</v>
+        <v>345</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786258431285</t>
+          <t>9786258431698</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Führer İçin Uçtum</t>
+          <t>I. Kılıç Arslan</t>
         </is>
       </c>
       <c r="C500" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9786258431209</t>
+          <t>9786258431704</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Selçukluların Dini Siyaseti</t>
+          <t>Birinci Dünya Savaşı’nda Osmanlı İstihbaratı</t>
         </is>
       </c>
       <c r="C501" s="1">
         <v>395</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9786258431339</t>
+          <t>9786258431681</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Kırk Kere Söyledim</t>
+          <t>Kara Ölüm</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>245</v>
+        <v>345</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786258431254</t>
+          <t>9786258431643</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>İnsan Geleceğini Nasıl Kurar?</t>
+          <t>Türkiye’de Sinemanın Tarihi</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>295</v>
+        <v>595</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786258431186</t>
+          <t>9786258431469</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>İyi ki - Bir Gönül İnsanı Doğan Cüceloğlu ile Anılar</t>
+          <t>Zaman Kaybolmaz</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>295</v>
+        <v>445</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9786257631679</t>
+          <t>9786258431568</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Roma Nasıl Çöktü?</t>
+          <t>Zaman Kaybolmaz (Ciltli)</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>495</v>
+        <v>695</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786258431179</t>
+          <t>9786258431513</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Robert Kolej</t>
+          <t>İstihbarat Sanatı - CIA Gizli Servisi'nde Geçen Bir Ömürden Çıkarılan Dersler</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>795</v>
+        <v>295</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9786258431124</t>
+          <t>9786258431391</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Konstantinopolis’in Zaptı</t>
+          <t>Dakikalar İçinde Din - Dünyanın Köklü İnançlarına Dair 200 Temel Kavram</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>245</v>
+        <v>175</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786258431094</t>
+          <t>9786258431353</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Z Kuşağı Ekonomisi</t>
+          <t>Gezegenimizden Bir Yaşam</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>395</v>
+        <v>295</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786258431162</t>
+          <t>9786258431377</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Doğu Avrupa'nın Tarihi Coğrafyası</t>
+          <t>Araçlar ve Silahlar - Dijital Çağın Vaatleri ve Tehlikeleri</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>295</v>
+        <v>395</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9786257631563</t>
+          <t>9786258431445</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Horatio Nelson</t>
+          <t>Attila - Hun İmparatoru</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>245</v>
+        <v>295</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9786258431117</t>
+          <t>9786258431315</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Dakikalar İçinde Mitoloji</t>
+          <t>Gizli Dünya - Dünya İstihbarat Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>175</v>
+        <v>795</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9786258431148</t>
+          <t>9786258431452</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Dakikalar İçinde Ekonomi</t>
+          <t>İskender - Sezar (Tam Metin)</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>175</v>
+        <v>245</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9786258431155</t>
+          <t>9786258431414</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Dakikalar İçinde Dünya Tarihi</t>
+          <t>Emperyalizm ve Denge</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>175</v>
+        <v>595</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9786258431131</t>
+          <t>9786258431438</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Ezbere Yaşayanlar</t>
+          <t>Eski Türklerde Gündelik Hayat</t>
         </is>
       </c>
       <c r="C514" s="1">
         <v>395</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9786257631655</t>
+          <t>9786258431278</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Bir Savaşçı'dan Dersler</t>
+          <t>Tokugawa Ieyasu - Osprey Büyük Komutanlar Serisi</t>
         </is>
       </c>
       <c r="C515" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9786257631617</t>
+          <t>9786258431346</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Aşı - BioNTech Aşısına Giden Yol ve Geleceğin Tıbbı</t>
+          <t>Kaygılı ve Takıntılı Çocuklar</t>
         </is>
       </c>
       <c r="C516" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9786257631631</t>
+          <t>9786258431292</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Zeki Velidi Togan</t>
+          <t>Dostluk Üzerine</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>595</v>
+        <v>195</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9786257631648</t>
+          <t>9786258431308</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Georgiy Jukov</t>
+          <t>İç Asya Tarihi</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>245</v>
+        <v>595</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786257631662</t>
+          <t>9786258431360</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Cicero</t>
+          <t>Dakikalar İçinde Antik Dünya</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>395</v>
+        <v>175</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9786257631600</t>
+          <t>9786258431285</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Evlenmeden Önce</t>
+          <t>Führer İçin Uçtum</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>245</v>
+        <v>295</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9786257631594</t>
+          <t>9786258431209</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Özgürlük</t>
+          <t>Selçukluların Dini Siyaseti</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>325</v>
+        <v>395</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9786257631549</t>
+          <t>9786258431339</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Yenisey’den Seyhun’a Türkler</t>
+          <t>Kırk Kere Söyledim</t>
         </is>
       </c>
       <c r="C522" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9786257631556</t>
+          <t>9786258431254</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Çöküş</t>
+          <t>İnsan Geleceğini Nasıl Kurar?</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>495</v>
+        <v>295</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9786257631587</t>
+          <t>9786258431186</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Hüzün Melikesi</t>
+          <t>İyi ki - Bir Gönül İnsanı Doğan Cüceloğlu ile Anılar</t>
         </is>
       </c>
       <c r="C524" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9786257631570</t>
+          <t>9786257631679</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Troya Savaşı</t>
+          <t>Roma Nasıl Çöktü?</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>295</v>
+        <v>495</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9786257631532</t>
+          <t>9786258431179</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Geliştiren Anne - Baba</t>
+          <t>Robert Kolej</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>245</v>
+        <v>795</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9786257631136</t>
+          <t>9786258431124</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Çocuğumun Aklından Neler Geçiyor? (Ciltli)</t>
+          <t>Konstantinopolis’in Zaptı</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>695</v>
+        <v>245</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9786257631518</t>
+          <t>9786258431094</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Yavaş Yavaş Gelir</t>
+          <t>Z Kuşağı Ekonomisi</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>245</v>
+        <v>395</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9786257631242</t>
+          <t>9786258431162</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Hammer</t>
+          <t>Doğu Avrupa'nın Tarihi Coğrafyası</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>395</v>
+        <v>295</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9786257631457</t>
+          <t>9786257631563</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Eşkıyalar ve Devlet</t>
+          <t>Horatio Nelson</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>395</v>
+        <v>245</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9786257631488</t>
+          <t>9786258431117</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Savaş Çalışmaları El Kitabı</t>
+          <t>Dakikalar İçinde Mitoloji</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>395</v>
+        <v>175</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9786257631464</t>
+          <t>9786258431148</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Yamamoto Isoroku</t>
+          <t>Dakikalar İçinde Ekonomi</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>245</v>
+        <v>175</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9786257631389</t>
+          <t>9786258431155</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Son Osmanlı Kuşağı ve Modern Ortadoğu’nun Oluşumu</t>
+          <t>Dakikalar İçinde Dünya Tarihi</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>445</v>
+        <v>175</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9786257631495</t>
+          <t>9786258431131</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Kolomb Seyahatnamesi</t>
+          <t>Ezbere Yaşayanlar</t>
         </is>
       </c>
       <c r="C534" s="1">
         <v>395</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9786257631501</t>
+          <t>9786257631655</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Moğol İmparatorluğu</t>
+          <t>Bir Savaşçı'dan Dersler</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>495</v>
+        <v>245</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9786257631402</t>
+          <t>9786257631617</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Marie Antoinette</t>
+          <t>Aşı - BioNTech Aşısına Giden Yol ve Geleceğin Tıbbı</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>245</v>
+        <v>295</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9786257631440</t>
+          <t>9786257631631</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Birlikte</t>
+          <t>Zeki Velidi Togan</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>345</v>
+        <v>595</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9786257631433</t>
+          <t>9786257631648</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Dokuz Dünya Devi</t>
+          <t>Georgiy Jukov</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>395</v>
+        <v>245</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9786257631426</t>
+          <t>9786257631662</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>George S. Patton</t>
+          <t>Cicero</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>245</v>
+        <v>395</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9786257631204</t>
+          <t>9786257631600</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Asya'nın Büyük İmparatorlukları</t>
+          <t>Evlenmeden Önce</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>295</v>
+        <v>245</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9786257631310</t>
+          <t>9786257631594</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Teşkilat ve İdare Tarihi (Ciltli)</t>
+          <t>Gerçek Özgürlük</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>495</v>
+        <v>325</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9786257631396</t>
+          <t>9786257631549</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Medici Ailesi</t>
+          <t>Yenisey’den Seyhun’a Türkler</t>
         </is>
       </c>
       <c r="C542" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9786257631334</t>
+          <t>9786257631556</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Kadının Değişen Dünyası</t>
+          <t>Çöküş</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>345</v>
+        <v>495</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9786257631358</t>
+          <t>9786257631587</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Bir İnsan Yetiştirmek</t>
+          <t>Hüzün Melikesi</t>
         </is>
       </c>
       <c r="C544" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9786257631341</t>
+          <t>9786257631570</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Heinz Guderian</t>
+          <t>Troya Savaşı</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>245</v>
+        <v>295</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9786257631327</t>
+          <t>9786257631532</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Şehit Yarbay Hüseyin Avni Bey</t>
+          <t>Geliştiren Anne - Baba</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>345</v>
+        <v>245</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9786257631365</t>
+          <t>9786257631136</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Meleği</t>
+          <t>Çocuğumun Aklından Neler Geçiyor? (Ciltli)</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>395</v>
+        <v>695</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9786257631303</t>
+          <t>9786257631518</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Sultan 2. Murad</t>
+          <t>Mutluluk Yavaş Yavaş Gelir</t>
         </is>
       </c>
       <c r="C548" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9786257631280</t>
+          <t>9786257631242</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Kütahya-Eskişehir</t>
+          <t>Hammer</t>
         </is>
       </c>
       <c r="C549" s="1">
         <v>395</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9786257631297</t>
+          <t>9786257631457</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>İslam'ın Siyasal Söylemi</t>
+          <t>Eşkıyalar ve Devlet</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>245</v>
+        <v>395</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9786257631259</t>
+          <t>9786257631488</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>İşi Ustasından Öğrenin</t>
+          <t>Savaş Çalışmaları El Kitabı</t>
         </is>
       </c>
       <c r="C551" s="1">
         <v>395</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9786257631273</t>
+          <t>9786257631464</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Eski Çağ'ın Büyük Komutanları</t>
+          <t>Yamamoto Isoroku</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>295</v>
+        <v>245</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9786257631211</t>
+          <t>9786257631389</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Stalin’in Savaşı</t>
+          <t>Son Osmanlı Kuşağı ve Modern Ortadoğu’nun Oluşumu</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>595</v>
+        <v>445</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9786257631105</t>
+          <t>9786257631495</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Fatih Devri Üzerinde Tetkikler ve Vesikalar 1 (Ciltli)</t>
+          <t>Kolomb Seyahatnamesi</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>495</v>
+        <v>395</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9786257631167</t>
+          <t>9786257631501</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Habsburglar</t>
+          <t>Moğol İmparatorluğu</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>445</v>
+        <v>495</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9786257631228</t>
+          <t>9786257631402</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Osprey Büyük Komutanlar Pompeius</t>
+          <t>Marie Antoinette</t>
         </is>
       </c>
       <c r="C556" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9786257631198</t>
+          <t>9786257631440</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Theophanes Confessor’ün Kroniğinde Türkler: 284-813</t>
+          <t>Birlikte</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>395</v>
+        <v>345</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9786257631174</t>
+          <t>9786257631433</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>360 Bir Dünya Turu Seyahatnamesi</t>
+          <t>Dokuz Dünya Devi</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>495</v>
+        <v>395</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9786257631181</t>
+          <t>9786257631426</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Gezgingöz - Sınır Ötesi Türkiye Mirası Rehberi</t>
+          <t>George S. Patton</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>495</v>
+        <v>245</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9786257631143</t>
+          <t>9786257631204</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Hesap Lütfen!</t>
+          <t>Asya'nın Büyük İmparatorlukları</t>
         </is>
       </c>
       <c r="C560" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9786257631112</t>
+          <t>9786257631310</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Tarihçiliğine Yön Veren Konuşmalar</t>
+          <t>Türkiye Teşkilat ve İdare Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>395</v>
+        <v>495</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9786257631129</t>
+          <t>9786257631396</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Fatımi İmparatorluğu</t>
+          <t>Medici Ailesi</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>545</v>
+        <v>245</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9786257631099</t>
+          <t>9786257631334</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Daha İyi Bir Türkiye İçin Hangi Fikri Yıkalım?</t>
+          <t>Kadının Değişen Dünyası</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>295</v>
+        <v>345</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9786257631051</t>
+          <t>9786257631358</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Her Doğum Bir Hikaye</t>
+          <t>Bir İnsan Yetiştirmek</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>395</v>
+        <v>295</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9786257631013</t>
+          <t>9786257631341</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Antik Dönemden Günümüze Gayri Nizami Harp</t>
+          <t>Heinz Guderian</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>395</v>
+        <v>245</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9786257631082</t>
+          <t>9786257631327</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Selahaddin Eyyubi</t>
+          <t>Şehit Yarbay Hüseyin Avni Bey</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>245</v>
+        <v>345</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9786257631075</t>
+          <t>9786257631365</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Tabgaçlar</t>
+          <t>Ölüm Meleği</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>295</v>
+        <v>395</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9786257631068</t>
+          <t>9786257631303</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Çağrı Bey</t>
+          <t>Sultan 2. Murad</t>
         </is>
       </c>
       <c r="C568" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9786257631044</t>
+          <t>9786257631280</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Ara Toplam</t>
+          <t>Kütahya-Eskişehir</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>295</v>
+        <v>395</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9786057635983</t>
+          <t>9786257631297</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Yakın Tarihin Gerçekleri</t>
+          <t>İslam'ın Siyasal Söylemi</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>295</v>
+        <v>245</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9786257631006</t>
+          <t>9786257631259</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>2. Haçlı Seferi</t>
+          <t>İşi Ustasından Öğrenin</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>295</v>
+        <v>395</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9786057635990</t>
+          <t>9786257631273</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Living in The Ottoman Lands: Identities Administration and Warfare</t>
+          <t>Eski Çağ'ın Büyük Komutanları</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>395</v>
+        <v>295</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9786057635969</t>
+          <t>9786257631211</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Roma İmparatorları 2. Cilt</t>
+          <t>Stalin’in Savaşı</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>245</v>
+        <v>595</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9786257631020</t>
+          <t>9786257631105</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Hunlar Hakanı Attila</t>
+          <t>Fatih Devri Üzerinde Tetkikler ve Vesikalar 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>245</v>
+        <v>495</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9786057635921</t>
+          <t>9786257631167</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Napoleon Bonaparte - Osprey Büyük Komutanlar</t>
+          <t>Habsburglar</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>245</v>
+        <v>445</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9786057635938</t>
+          <t>9786257631228</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Haçlı Devletleri Tarihi (Ciltli)</t>
+          <t>Osprey Büyük Komutanlar Pompeius</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>795</v>
+        <v>245</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9786057635891</t>
+          <t>9786257631198</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Samuraylar (Ciltli)</t>
+          <t>Theophanes Confessor’ün Kroniğinde Türkler: 284-813</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>595</v>
+        <v>395</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9786057635952</t>
+          <t>9786257631174</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Dante</t>
+          <t>360 Bir Dünya Turu Seyahatnamesi</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>395</v>
+        <v>495</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9786057635907</t>
+          <t>9786257631181</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Süper Çocuk mu, Mutlu Çocuk mu?</t>
+          <t>Gezgingöz - Sınır Ötesi Türkiye Mirası Rehberi</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>345</v>
+        <v>495</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9786057635945</t>
+          <t>9786257631143</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Evimiz Yanıyor</t>
+          <t>Hesap Lütfen!</t>
         </is>
       </c>
       <c r="C580" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9786057635877</t>
+          <t>9786257631112</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Yüzleşme</t>
+          <t>Osmanlı Tarihçiliğine Yön Veren Konuşmalar</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>245</v>
+        <v>395</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9786057635846</t>
+          <t>9786257631129</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Sultan Tuğrul Bey</t>
+          <t>Fatımi İmparatorluğu</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>595</v>
+        <v>545</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9786057635822</t>
+          <t>9786257631099</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Savaşta Liderlik</t>
+          <t>Daha İyi Bir Türkiye İçin Hangi Fikri Yıkalım?</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>245</v>
+        <v>295</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9786057635853</t>
+          <t>9786257631051</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Erwin Rommel - Osprey Büyük Komutanlar</t>
+          <t>Her Doğum Bir Hikaye</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>245</v>
+        <v>395</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9786057635884</t>
+          <t>9786257631013</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İlmiyesi (Ciltli)</t>
+          <t>Antik Dönemden Günümüze Gayri Nizami Harp</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>695</v>
+        <v>395</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9786057635860</t>
+          <t>9786257631082</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Büyük Taarruz</t>
+          <t>Selahaddin Eyyubi</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>395</v>
+        <v>245</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9786057635839</t>
+          <t>9786257631075</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Var Mısın?</t>
+          <t>Tabgaçlar</t>
         </is>
       </c>
       <c r="C587" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9786057635815</t>
+          <t>9786257631068</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Türk-Yunan Savaşı</t>
+          <t>Çağrı Bey</t>
         </is>
       </c>
       <c r="C588" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9786057635792</t>
+          <t>9786257631044</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Türklerle Beraber</t>
+          <t>Ara Toplam</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>545</v>
+        <v>295</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9786057635808</t>
+          <t>9786057635983</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Duvarda Tek Başına</t>
+          <t>Yakın Tarihin Gerçekleri</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>395</v>
+        <v>295</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9786057635761</t>
+          <t>9786257631006</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>İnsansız Ordular</t>
+          <t>2. Haçlı Seferi</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>395</v>
+        <v>295</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9786057635754</t>
+          <t>9786057635990</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Babürlüler</t>
+          <t>Living in The Ottoman Lands: Identities Administration and Warfare</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>345</v>
+        <v>395</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9786057635747</t>
+          <t>9786057635969</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Demokratik Türkiye</t>
+          <t>Roma İmparatorları 2. Cilt</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>295</v>
+        <v>245</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9786057635723</t>
+          <t>9786257631020</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Zor Çocuk</t>
+          <t>Hunlar Hakanı Attila</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>295</v>
+        <v>245</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9786057635716</t>
+          <t>9786057635921</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Büyük Alaeddin Keykubad ve Zamanı (Ciltli)</t>
+          <t>Napoleon Bonaparte - Osprey Büyük Komutanlar</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>795</v>
+        <v>245</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9786057635709</t>
+          <t>9786057635938</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Eşref</t>
+          <t>Haçlı Devletleri Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>395</v>
+        <v>795</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9786057635426</t>
+          <t>9786057635891</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Eski Dünya Seyahatnamesi</t>
+          <t>Samuraylar (Ciltli)</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>295</v>
+        <v>595</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9786057635679</t>
+          <t>9786057635952</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Bir Darbeci Subayın Hatıraları</t>
+          <t>Dante</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>595</v>
+        <v>395</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9786057635662</t>
+          <t>9786057635907</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Lanetli Kule</t>
+          <t>Süper Çocuk mu, Mutlu Çocuk mu?</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>395</v>
+        <v>345</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9786057635655</t>
+          <t>9786057635945</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Venedik Gizli Servisi</t>
+          <t>Evimiz Yanıyor</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>395</v>
+        <v>295</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9786057635686</t>
+          <t>9786057635877</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Augustus</t>
+          <t>Yüzleşme</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>445</v>
+        <v>245</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9786057635693</t>
+          <t>9786057635846</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Operasyon: Mussolini</t>
+          <t>Sultan Tuğrul Bey</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>245</v>
+        <v>595</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9786057635617</t>
+          <t>9786057635822</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>İstiklal Harbi’nde İranlı Bir Subayın Anıları</t>
+          <t>Savaşta Liderlik</t>
         </is>
       </c>
       <c r="C603" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9786057635600</t>
+          <t>9786057635853</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Germenler</t>
+          <t>Erwin Rommel - Osprey Büyük Komutanlar</t>
         </is>
       </c>
       <c r="C604" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9786057635631</t>
+          <t>9786057635884</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Doğu Avrupa Türk Tarihi (Ciltli)</t>
+          <t>Osmanlı İlmiyesi (Ciltli)</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>795</v>
+        <v>695</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9786057635648</t>
+          <t>9786057635860</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>Büyük Selçuklular</t>
+          <t>Büyük Taarruz</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>345</v>
+        <v>395</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9786057635594</t>
+          <t>9786057635839</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>Talat Paşa’nın Son Günleri</t>
+          <t>Var Mısın?</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>345</v>
+        <v>295</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9786057635570</t>
+          <t>9786057635815</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Barbarların Avrupa’yı İstilası</t>
+          <t>Türk-Yunan Savaşı</t>
         </is>
       </c>
       <c r="C608" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9786057635587</t>
+          <t>9786057635792</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Hakimiyetinde Ortadoğu ve Balkanlar</t>
+          <t>Türklerle Beraber</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>395</v>
+        <v>545</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>2786057635534</t>
+          <t>9786057635808</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Gizli Teskilatlar (5 Kitap)</t>
+          <t>Duvarda Tek Başına</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>750</v>
+        <v>395</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9786057635518</t>
+          <t>9786057635761</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Roma Ordusu (Ciltli)</t>
+          <t>İnsansız Ordular</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>595</v>
+        <v>395</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9786057635501</t>
+          <t>9786057635754</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>Türkistan’da Efendiler ve Köleler</t>
+          <t>Babürlüler</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>295</v>
+        <v>345</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9786057635532</t>
+          <t>9786057635747</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Hititler</t>
+          <t>Atatürk ve Demokratik Türkiye</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>345</v>
+        <v>295</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9786057635495</t>
+          <t>9786057635723</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Türkistan’ın İşgal Çağı</t>
+          <t>Zor Çocuk</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>345</v>
+        <v>295</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9786057635525</t>
+          <t>9786057635716</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Cihan İmparatorluğunun Kurucusu Osman Beg</t>
+          <t>Büyük Alaeddin Keykubad ve Zamanı (Ciltli)</t>
         </is>
       </c>
       <c r="C615" s="1">
-        <v>295</v>
+        <v>795</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9786057635471</t>
+          <t>9786057635709</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>Moğollar Avrupa’da</t>
+          <t>Eşref</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>245</v>
+        <v>395</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9786057635457</t>
+          <t>9786057635426</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Yitip Giden İstanbul</t>
+          <t>Eski Dünya Seyahatnamesi</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>395</v>
+        <v>295</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9786057635488</t>
+          <t>9786057635679</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Hata Neredeydi?</t>
+          <t>Bir Darbeci Subayın Hatıraları</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>245</v>
+        <v>595</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9786057635402</t>
+          <t>9786057635662</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Bunu Herkes Bilir</t>
+          <t>Lanetli Kule</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>295</v>
+        <v>395</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9786057635440</t>
+          <t>9786057635655</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>Gayrinizami Harp</t>
+          <t>Venedik Gizli Servisi</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>245</v>
+        <v>395</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9786057635419</t>
+          <t>9786057635686</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Timur’un Sarayında</t>
+          <t>Augustus</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>195</v>
+        <v>445</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9786057635396</t>
+          <t>9786057635693</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>Vikingler (Ciltli)</t>
+          <t>Operasyon: Mussolini</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>595</v>
+        <v>245</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9786057635433</t>
+          <t>9786057635617</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>Sakarya</t>
+          <t>İstiklal Harbi’nde İranlı Bir Subayın Anıları</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>395</v>
+        <v>245</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9786057635372</t>
+          <t>9786057635600</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>Roma İmparatorları 1. Cilt</t>
+          <t>Germenler</t>
         </is>
       </c>
       <c r="C624" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9786057635358</t>
+          <t>9786057635631</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>Türk-Arap İlişkileri</t>
+          <t>Doğu Avrupa Türk Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C625" s="1">
-        <v>395</v>
+        <v>795</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9786057635303</t>
+          <t>9786057635648</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>İstanbul'dan Sayfalar</t>
+          <t>Büyük Selçuklular</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>295</v>
+        <v>345</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9786057635334</t>
+          <t>9786057635594</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Selçuklular</t>
+          <t>Talat Paşa’nın Son Günleri</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>245</v>
+        <v>345</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9786057635341</t>
+          <t>9786057635570</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Ortaçağ İnsanları</t>
+          <t>Barbarların Avrupa’yı İstilası</t>
         </is>
       </c>
       <c r="C628" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9786057635310</t>
+          <t>9786057635587</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>Rusya İmparatorluğu’nun Çöküşü</t>
+          <t>Osmanlı Hakimiyetinde Ortadoğu ve Balkanlar</t>
         </is>
       </c>
       <c r="C629" s="1">
         <v>395</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9786057635327</t>
+          <t>2786057635534</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>Medreseler Neydi Ne Değildi?</t>
+          <t>Gizli Teskilatlar (5 Kitap)</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>595</v>
+        <v>750</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9786057635280</t>
+          <t>9786057635518</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>Karakoyunlular Akkoyunlular</t>
+          <t>Roma Ordusu (Ciltli)</t>
         </is>
       </c>
       <c r="C631" s="1">
-        <v>245</v>
+        <v>595</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9786057635273</t>
+          <t>9786057635501</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>Hannibal</t>
+          <t>Türkistan’da Efendiler ve Köleler</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>345</v>
+        <v>295</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9786057635297</t>
+          <t>9786057635532</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Tonyukuk</t>
+          <t>Hititler</t>
         </is>
       </c>
       <c r="C633" s="1">
-        <v>245</v>
+        <v>345</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9786057635266</t>
+          <t>9786057635495</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>Kan Kırmızı Karlar</t>
+          <t>Türkistan’ın İşgal Çağı</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>395</v>
+        <v>345</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9786057635235</t>
+          <t>9786057635525</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>Türkistan'ın Keşif Çağı</t>
+          <t>Cihan İmparatorluğunun Kurucusu Osman Beg</t>
         </is>
       </c>
       <c r="C635" s="1">
-        <v>245</v>
+        <v>295</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9786057635242</t>
+          <t>9786057635471</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Macar İlişkileri</t>
+          <t>Moğollar Avrupa’da</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>395</v>
+        <v>245</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9786057635259</t>
+          <t>9786057635457</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>Birinci Haçlı Seferi</t>
+          <t>Yitip Giden İstanbul</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>245</v>
+        <v>395</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9786057635211</t>
+          <t>9786057635488</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>Haçlılar Türkler Karşısında</t>
+          <t>Hata Neredeydi?</t>
         </is>
       </c>
       <c r="C638" s="1">
-        <v>345</v>
+        <v>245</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9786057635228</t>
+          <t>9786057635402</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>Roma Savaş Sanatı</t>
+          <t>Bunu Herkes Bilir</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>245</v>
+        <v>295</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9786057635204</t>
+          <t>9786057635440</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>Sınırdaki Casus</t>
+          <t>Gayrinizami Harp</t>
         </is>
       </c>
       <c r="C640" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9786057635020</t>
+          <t>9786057635419</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>Müsteşar</t>
+          <t>Timur’un Sarayında</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>395</v>
+        <v>195</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9786057635198</t>
+          <t>9786057635396</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>Cengiz Han’ın Ölümsüzlük Arayışı</t>
+          <t>Vikingler (Ciltli)</t>
         </is>
       </c>
       <c r="C642" s="1">
-        <v>245</v>
+        <v>595</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9786057635181</t>
+          <t>9786057635433</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>Hitler'in Generalleri Konuşuyor</t>
+          <t>Sakarya</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>495</v>
+        <v>395</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9786057635136</t>
+          <t>9786057635372</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>Iulius Caesar</t>
+          <t>Roma İmparatorları 1. Cilt</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>395</v>
+        <v>245</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9786057635174</t>
+          <t>9786057635358</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>İstihbarat Savaşları</t>
+          <t>Türk-Arap İlişkileri</t>
         </is>
       </c>
       <c r="C645" s="1">
         <v>395</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9786057635112</t>
+          <t>9786057635303</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>Hunlar'dan Günümüze Türk Askeri Kültürü</t>
+          <t>İstanbul'dan Sayfalar</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>795</v>
+        <v>295</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9786057635167</t>
+          <t>9786057635334</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Timurlular</t>
+          <t>Selçuklular</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>345</v>
+        <v>245</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9786057635150</t>
+          <t>9786057635341</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Akdeniz’de Savaş</t>
+          <t>Ortaçağ İnsanları</t>
         </is>
       </c>
       <c r="C648" s="1">
-        <v>295</v>
+        <v>245</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9786057635082</t>
+          <t>9786057635310</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>Ottoman Studies</t>
+          <t>Rusya İmparatorluğu’nun Çöküşü</t>
         </is>
       </c>
       <c r="C649" s="1">
-        <v>345</v>
+        <v>395</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9786057635105</t>
+          <t>9786057635327</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>İstiklal Harbimizde Enver Paşa ve İttihat ve Terakki Erkanı</t>
+          <t>Medreseler Neydi Ne Değildi?</t>
         </is>
       </c>
       <c r="C650" s="1">
-        <v>295</v>
+        <v>595</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9786057635099</t>
+          <t>9786057635280</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İmparatorluğu Klasik Çağ 1300 - 1600</t>
+          <t>Karakoyunlular Akkoyunlular</t>
         </is>
       </c>
       <c r="C651" s="1">
-        <v>395</v>
+        <v>245</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9786057635075</t>
+          <t>9786057635273</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>19. Yüzyıl Siyasi Tarihi (Ciltli)</t>
+          <t>Hannibal</t>
         </is>
       </c>
       <c r="C652" s="1">
-        <v>645</v>
+        <v>345</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9786057635037</t>
+          <t>9786057635297</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>Türk Hükümdarlık Sanatı</t>
+          <t>Tonyukuk</t>
         </is>
       </c>
       <c r="C653" s="1">
-        <v>295</v>
+        <v>245</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9786057635013</t>
+          <t>9786057635266</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Aydınlanma</t>
+          <t>Kan Kırmızı Karlar</t>
         </is>
       </c>
       <c r="C654" s="1">
         <v>395</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9786057635044</t>
+          <t>9786057635235</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>Ulusların Yükselişi</t>
+          <t>Türkistan'ın Keşif Çağı</t>
         </is>
       </c>
       <c r="C655" s="1">
-        <v>395</v>
+        <v>245</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9786057635068</t>
+          <t>9786057635242</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>Haçlı Seferleri Tarihi</t>
+          <t>Osmanlı Macar İlişkileri</t>
         </is>
       </c>
       <c r="C656" s="1">
-        <v>345</v>
+        <v>395</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9786057635006</t>
+          <t>9786057635259</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>Hazar Kağanlığı ve Etrafındaki Dünya</t>
+          <t>Birinci Haçlı Seferi</t>
         </is>
       </c>
       <c r="C657" s="1">
-        <v>395</v>
+        <v>245</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9789752430969</t>
+          <t>9786057635211</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>Sibirya’da Türk İzleri</t>
+          <t>Haçlılar Türkler Karşısında</t>
         </is>
       </c>
       <c r="C658" s="1">
         <v>345</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9789752430945</t>
+          <t>9786057635228</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>Hitler - Canavarın Ardındaki Adam (Ciltli)</t>
+          <t>Roma Savaş Sanatı</t>
         </is>
       </c>
       <c r="C659" s="1">
-        <v>795</v>
+        <v>245</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9789752430976</t>
+          <t>9786057635204</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Peşinde</t>
+          <t>Sınırdaki Casus</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>395</v>
+        <v>245</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9789752430952</t>
+          <t>9786057635020</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>Kazım Karabekir - İttihat ve Terakki Cemiyeti</t>
+          <t>Müsteşar</t>
         </is>
       </c>
       <c r="C661" s="1">
-        <v>295</v>
+        <v>395</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9789752430990</t>
+          <t>9786057635198</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>Bir Ömür Nasıl Yaşanır?</t>
+          <t>Cengiz Han’ın Ölümsüzlük Arayışı</t>
         </is>
       </c>
       <c r="C662" s="1">
-        <v>295</v>
+        <v>245</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9789752430914</t>
+          <t>9786057635181</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İmparatorluğu ve Dünya Savaşı</t>
+          <t>Hitler'in Generalleri Konuşuyor</t>
         </is>
       </c>
       <c r="C663" s="1">
-        <v>245</v>
+        <v>495</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9789752430891</t>
+          <t>9786057635136</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>Hayatım</t>
+          <t>Iulius Caesar</t>
         </is>
       </c>
       <c r="C664" s="1">
-        <v>295</v>
+        <v>395</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9789752430938</t>
+          <t>9786057635174</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>Moğolların Büyük Hanı’na Seyahat</t>
+          <t>İstihbarat Savaşları</t>
         </is>
       </c>
       <c r="C665" s="1">
-        <v>245</v>
+        <v>395</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>9789752430839</t>
+          <t>9786057635112</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>İngiltere Ortadoğu’ya Nasıl Girdi?</t>
+          <t>Hunlar'dan Günümüze Türk Askeri Kültürü</t>
         </is>
       </c>
       <c r="C666" s="1">
-        <v>395</v>
+        <v>795</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>9789752430877</t>
+          <t>9786057635167</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>Sınırları Çizen Kadın - İngiliz Casus Gertrude Bell</t>
+          <t>Timurlular</t>
         </is>
       </c>
       <c r="C667" s="1">
-        <v>395</v>
+        <v>345</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>9789752430860</t>
+          <t>9786057635150</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>İmparatorluktan Cumhuriyete</t>
+          <t>Akdeniz’de Savaş</t>
         </is>
       </c>
       <c r="C668" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>9789752430808</t>
+          <t>9786057635082</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>Teşkilat-ı Mahsusa</t>
+          <t>Ottoman Studies</t>
         </is>
       </c>
       <c r="C669" s="1">
         <v>345</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9789752430822</t>
+          <t>9786057635105</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>Geleceği Görenler</t>
+          <t>İstiklal Harbimizde Enver Paşa ve İttihat ve Terakki Erkanı</t>
         </is>
       </c>
       <c r="C670" s="1">
-        <v>345</v>
+        <v>295</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>9789752430815</t>
+          <t>9786057635099</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>Şerif Hüseyin</t>
+          <t>Osmanlı İmparatorluğu Klasik Çağ 1300 - 1600</t>
         </is>
       </c>
       <c r="C671" s="1">
-        <v>245</v>
+        <v>395</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>9789752430846</t>
+          <t>9786057635075</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Büyükleri</t>
+          <t>19. Yüzyıl Siyasi Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C672" s="1">
-        <v>295</v>
+        <v>645</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>9789752430761</t>
+          <t>9786057635037</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>Defterimden Portreler</t>
+          <t>Türk Hükümdarlık Sanatı</t>
         </is>
       </c>
       <c r="C673" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>9789752430754</t>
+          <t>9786057635013</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>Bozkırın Kağanlıkları</t>
+          <t>Kayıp Aydınlanma</t>
         </is>
       </c>
       <c r="C674" s="1">
-        <v>245</v>
+        <v>395</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9789752430778</t>
+          <t>9786057635044</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>Kardeşler Takımı</t>
+          <t>Ulusların Yükselişi</t>
         </is>
       </c>
       <c r="C675" s="1">
-        <v>495</v>
+        <v>395</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>9789752430792</t>
+          <t>9786057635068</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>Sultanın Korsanları</t>
+          <t>Haçlı Seferleri Tarihi</t>
         </is>
       </c>
       <c r="C676" s="1">
-        <v>495</v>
+        <v>345</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>9789752430709</t>
+          <t>9786057635006</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>Roma İmparatorluğu'ndan Hitler Almanyası'na Avrupa Tarihi Üzerine Yazılar</t>
+          <t>Hazar Kağanlığı ve Etrafındaki Dünya</t>
         </is>
       </c>
       <c r="C677" s="1">
-        <v>295</v>
+        <v>395</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9789752430747</t>
+          <t>9789752430969</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>Karikatürlerle Sultan 2. Abdülhamid</t>
+          <t>Sibirya’da Türk İzleri</t>
         </is>
       </c>
       <c r="C678" s="1">
-        <v>395</v>
+        <v>345</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>9789752430730</t>
+          <t>9789752430945</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>Taşa Kazınan Tarih</t>
+          <t>Hitler - Canavarın Ardındaki Adam (Ciltli)</t>
         </is>
       </c>
       <c r="C679" s="1">
-        <v>395</v>
+        <v>795</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>9789752430723</t>
+          <t>9789752430976</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>Türkokratia</t>
+          <t>Tarihin Peşinde</t>
         </is>
       </c>
       <c r="C680" s="1">
         <v>395</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9789752430679</t>
+          <t>9789752430952</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>Moğolistan Seyahatnamesi</t>
+          <t>Kazım Karabekir - İttihat ve Terakki Cemiyeti</t>
         </is>
       </c>
       <c r="C681" s="1">
-        <v>245</v>
+        <v>295</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>9789752430686</t>
+          <t>9789752430990</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>Malazgirt Zaferi : Bin Yıllık Miras</t>
+          <t>Bir Ömür Nasıl Yaşanır?</t>
         </is>
       </c>
       <c r="C682" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>9789752430655</t>
+          <t>9789752430914</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>İran Seyahatnamesi</t>
+          <t>Osmanlı İmparatorluğu ve Dünya Savaşı</t>
         </is>
       </c>
       <c r="C683" s="1">
-        <v>195</v>
+        <v>245</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>9789752430662</t>
+          <t>9789752430891</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>Kutadgu Bilig'e Göre Türk Savaş Sanatı</t>
+          <t>Hayatım</t>
         </is>
       </c>
       <c r="C684" s="1">
-        <v>195</v>
+        <v>295</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>9789752430631</t>
+          <t>9789752430938</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>Son Mekke Emiri Şerif Ali Haydar Paşa Anlatıyor</t>
+          <t>Moğolların Büyük Hanı’na Seyahat</t>
         </is>
       </c>
       <c r="C685" s="1">
-        <v>395</v>
+        <v>245</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>9789752430617</t>
+          <t>9789752430839</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>Büyük Savaşın Kara Kutusu</t>
+          <t>İngiltere Ortadoğu’ya Nasıl Girdi?</t>
         </is>
       </c>
       <c r="C686" s="1">
         <v>395</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>9789752430600</t>
+          <t>9789752430877</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>Blokzincir Kripto Paralar Bitcoin</t>
+          <t>Sınırları Çizen Kadın - İngiliz Casus Gertrude Bell</t>
         </is>
       </c>
       <c r="C687" s="1">
         <v>395</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>9789752430594</t>
+          <t>9789752430860</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>Doğu Seyahatnamesi</t>
+          <t>İmparatorluktan Cumhuriyete</t>
         </is>
       </c>
       <c r="C688" s="1">
-        <v>195</v>
+        <v>295</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>9789752430518</t>
+          <t>9789752430808</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>Payitahtta Nutuklarım</t>
+          <t>Teşkilat-ı Mahsusa</t>
         </is>
       </c>
       <c r="C689" s="1">
-        <v>245</v>
+        <v>345</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>9789752430549</t>
+          <t>9789752430822</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>Türk Dış Politikası Tarihi</t>
+          <t>Geleceği Görenler</t>
         </is>
       </c>
       <c r="C690" s="1">
         <v>345</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>9789752430532</t>
+          <t>9789752430815</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>Sultanın Ordusu</t>
+          <t>Şerif Hüseyin</t>
         </is>
       </c>
       <c r="C691" s="1">
-        <v>395</v>
+        <v>245</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>9789752430525</t>
+          <t>9789752430846</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>Robotların Yükselişi</t>
+          <t>Türklerin Büyükleri</t>
         </is>
       </c>
       <c r="C692" s="1">
-        <v>395</v>
+        <v>295</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t>9789752430426</t>
+          <t>9789752430761</t>
         </is>
       </c>
       <c r="B693" s="1" t="inlineStr">
         <is>
-          <t>Vatan ve Führer İçin</t>
+          <t>Defterimden Portreler</t>
         </is>
       </c>
       <c r="C693" s="1">
-        <v>345</v>
+        <v>295</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="1" t="inlineStr">
         <is>
-          <t>9789752430402</t>
+          <t>9789752430754</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'nin Yakın Tarihi</t>
+          <t>Bozkırın Kağanlıkları</t>
         </is>
       </c>
       <c r="C694" s="1">
-        <v>295</v>
+        <v>245</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t>9789752430396</t>
+          <t>9789752430778</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
-          <t>Büyük İskender</t>
+          <t>Kardeşler Takımı</t>
         </is>
       </c>
       <c r="C695" s="1">
-        <v>345</v>
+        <v>495</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t>9789752430419</t>
+          <t>9789752430792</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t>Cengiz Han</t>
+          <t>Sultanın Korsanları</t>
         </is>
       </c>
       <c r="C696" s="1">
-        <v>345</v>
+        <v>495</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t>9789752430372</t>
+          <t>9789752430709</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İmparatorluğu’nda Alman Nüfuzu</t>
+          <t>Roma İmparatorluğu'ndan Hitler Almanyası'na Avrupa Tarihi Üzerine Yazılar</t>
         </is>
       </c>
       <c r="C697" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t>9789752430389</t>
+          <t>9789752430747</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Toplumunda Aile</t>
+          <t>Karikatürlerle Sultan 2. Abdülhamid</t>
         </is>
       </c>
       <c r="C698" s="1">
-        <v>295</v>
+        <v>395</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t>9789752430365</t>
+          <t>9789752430730</t>
         </is>
       </c>
       <c r="B699" s="1" t="inlineStr">
         <is>
-          <t>İmparatorluğun En Uzun Yüzyılı</t>
+          <t>Taşa Kazınan Tarih</t>
         </is>
       </c>
       <c r="C699" s="1">
-        <v>345</v>
+        <v>395</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="1" t="inlineStr">
         <is>
-          <t>9789752430358</t>
+          <t>9789752430723</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t>İngiliz Arşiv Belgelerinde Arap İsyanı</t>
+          <t>Türkokratia</t>
         </is>
       </c>
       <c r="C700" s="1">
-        <v>345</v>
+        <v>395</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t>9789752430341</t>
+          <t>9789752430679</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
-          <t>Abdülhamid’in Dış Politikası</t>
+          <t>Moğolistan Seyahatnamesi</t>
         </is>
       </c>
       <c r="C701" s="1">
-        <v>345</v>
+        <v>245</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t>9789752430280</t>
+          <t>9789752430686</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t>20. Yüzyıl Siyasi Tarihi (1914 - 1995) (Ciltli)</t>
+          <t>Malazgirt Zaferi : Bin Yıllık Miras</t>
         </is>
       </c>
       <c r="C702" s="1">
-        <v>645</v>
+        <v>295</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="1" t="inlineStr">
         <is>
-          <t>9789752430327</t>
+          <t>9789752430655</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
-          <t>The Ottoman Empire</t>
+          <t>İran Seyahatnamesi</t>
         </is>
       </c>
       <c r="C703" s="1">
-        <v>495</v>
+        <v>195</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="1" t="inlineStr">
         <is>
-          <t>9789752430310</t>
+          <t>9789752430662</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
-          <t>Moğolların Gizli Tarihçesi</t>
+          <t>Kutadgu Bilig'e Göre Türk Savaş Sanatı</t>
         </is>
       </c>
       <c r="C704" s="1">
-        <v>245</v>
+        <v>195</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t>9789752430303</t>
+          <t>9789752430631</t>
         </is>
       </c>
       <c r="B705" s="1" t="inlineStr">
         <is>
-          <t>Halil Kut Paşa - Kut’ül Amare'nin Muzaffer Komutanı</t>
+          <t>Son Mekke Emiri Şerif Ali Haydar Paşa Anlatıyor</t>
         </is>
       </c>
       <c r="C705" s="1">
-        <v>345</v>
+        <v>395</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t>9789752430334</t>
+          <t>9789752430617</t>
         </is>
       </c>
       <c r="B706" s="1" t="inlineStr">
         <is>
-          <t>Gazi Mustafa Kemal Atatürk (Ciltli)</t>
+          <t>Büyük Savaşın Kara Kutusu</t>
         </is>
       </c>
       <c r="C706" s="1">
-        <v>495</v>
+        <v>395</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t>9789752430273</t>
+          <t>9789752430600</t>
         </is>
       </c>
       <c r="B707" s="1" t="inlineStr">
         <is>
-          <t>Tanzimat ve Bulgar Meselesi</t>
+          <t>Blokzincir Kripto Paralar Bitcoin</t>
         </is>
       </c>
       <c r="C707" s="1">
-        <v>245</v>
+        <v>395</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="1" t="inlineStr">
         <is>
-          <t>9789752430297</t>
+          <t>9789752430594</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t>Gazi Mustafa Kemal Atatürk</t>
+          <t>Doğu Seyahatnamesi</t>
         </is>
       </c>
       <c r="C708" s="1">
-        <v>395</v>
+        <v>195</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t>9789752430259</t>
+          <t>9789752430518</t>
         </is>
       </c>
       <c r="B709" s="1" t="inlineStr">
         <is>
-          <t>Türk - Amerikan İlişkileri</t>
+          <t>Payitahtta Nutuklarım</t>
         </is>
       </c>
       <c r="C709" s="1">
-        <v>295</v>
+        <v>245</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t>9789752430242</t>
+          <t>9789752430549</t>
         </is>
       </c>
       <c r="B710" s="1" t="inlineStr">
         <is>
-          <t>Moğol İstilasına Kadar: Türkistan (Ciltli)</t>
+          <t>Türk Dış Politikası Tarihi</t>
         </is>
       </c>
       <c r="C710" s="1">
-        <v>795</v>
+        <v>345</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t>9789752430211</t>
+          <t>9789752430532</t>
         </is>
       </c>
       <c r="B711" s="1" t="inlineStr">
         <is>
-          <t>Sipahi</t>
+          <t>Sultanın Ordusu</t>
         </is>
       </c>
       <c r="C711" s="1">
-        <v>295</v>
+        <v>395</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="1" t="inlineStr">
         <is>
-          <t>9789752430228</t>
+          <t>9789752430525</t>
         </is>
       </c>
       <c r="B712" s="1" t="inlineStr">
         <is>
-          <t>İmparatorluktan Cumhuriyete Azınlıklar</t>
+          <t>Robotların Yükselişi</t>
         </is>
       </c>
       <c r="C712" s="1">
-        <v>295</v>
+        <v>395</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" s="1" t="inlineStr">
         <is>
-          <t>9789752430235</t>
+          <t>9789752430426</t>
         </is>
       </c>
       <c r="B713" s="1" t="inlineStr">
         <is>
-          <t>Selçuklu'nun Mirası</t>
+          <t>Vatan ve Führer İçin</t>
         </is>
       </c>
       <c r="C713" s="1">
-        <v>295</v>
+        <v>345</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" s="1" t="inlineStr">
         <is>
-          <t>9789752430181</t>
+          <t>9789752430402</t>
         </is>
       </c>
       <c r="B714" s="1" t="inlineStr">
         <is>
-          <t>Türk Siyasi Tarihi</t>
+          <t>Türkiye'nin Yakın Tarihi</t>
         </is>
       </c>
       <c r="C714" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" s="1" t="inlineStr">
         <is>
-          <t>9789752430167</t>
+          <t>9789752430396</t>
         </is>
       </c>
       <c r="B715" s="1" t="inlineStr">
         <is>
-          <t>Gökbörü'nün İzinde Kadim Türklerin Topraklarında</t>
+          <t>Büyük İskender</t>
         </is>
       </c>
       <c r="C715" s="1">
-        <v>295</v>
+        <v>345</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" s="1" t="inlineStr">
         <is>
-          <t>9789752430204</t>
+          <t>9789752430419</t>
         </is>
       </c>
       <c r="B716" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Serüveni</t>
+          <t>Cengiz Han</t>
         </is>
       </c>
       <c r="C716" s="1">
-        <v>295</v>
+        <v>345</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" s="1" t="inlineStr">
         <is>
-          <t>9789752430150</t>
+          <t>9789752430372</t>
         </is>
       </c>
       <c r="B717" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Tarihinde Efsaneler ve Gerçekler</t>
+          <t>Osmanlı İmparatorluğu’nda Alman Nüfuzu</t>
         </is>
       </c>
       <c r="C717" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" s="1" t="inlineStr">
         <is>
-          <t>9789752430136</t>
+          <t>9789752430389</t>
         </is>
       </c>
       <c r="B718" s="1" t="inlineStr">
         <is>
-          <t>Kudüs Ey Kudüs</t>
+          <t>Osmanlı Toplumunda Aile</t>
         </is>
       </c>
       <c r="C718" s="1">
-        <v>595</v>
+        <v>295</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" s="1" t="inlineStr">
         <is>
-          <t>9789752430143</t>
+          <t>9789752430365</t>
         </is>
       </c>
       <c r="B719" s="1" t="inlineStr">
         <is>
-          <t>Nili: Ortadoğu'da Casuslar Savaşı</t>
+          <t>İmparatorluğun En Uzun Yüzyılı</t>
         </is>
       </c>
       <c r="C719" s="1">
-        <v>245</v>
+        <v>345</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" s="1" t="inlineStr">
         <is>
-          <t>9789752430129</t>
+          <t>9789752430358</t>
         </is>
       </c>
       <c r="B720" s="1" t="inlineStr">
         <is>
-          <t>Atam Dedem Kanunu</t>
+          <t>İngiliz Arşiv Belgelerinde Arap İsyanı</t>
         </is>
       </c>
       <c r="C720" s="1">
-        <v>245</v>
+        <v>345</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" s="1" t="inlineStr">
         <is>
-          <t>9789752430082</t>
+          <t>9789752430341</t>
         </is>
       </c>
       <c r="B721" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet'in İlk Yüzyılı 1923 - 2023</t>
+          <t>Abdülhamid’in Dış Politikası</t>
         </is>
       </c>
       <c r="C721" s="1">
-        <v>295</v>
+        <v>345</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" s="1" t="inlineStr">
         <is>
-          <t>9789752430105</t>
+          <t>9789752430280</t>
         </is>
       </c>
       <c r="B722" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Dünyası</t>
+          <t>20. Yüzyıl Siyasi Tarihi (1914 - 1995) (Ciltli)</t>
         </is>
       </c>
       <c r="C722" s="1">
-        <v>245</v>
+        <v>645</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" s="1" t="inlineStr">
         <is>
-          <t>9789752430112</t>
+          <t>9789752430327</t>
         </is>
       </c>
       <c r="B723" s="1" t="inlineStr">
         <is>
-          <t>Savaş Günlükleri 1939-1943</t>
+          <t>The Ottoman Empire</t>
         </is>
       </c>
       <c r="C723" s="1">
-        <v>445</v>
+        <v>495</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" s="1" t="inlineStr">
         <is>
-          <t>9789752430099</t>
+          <t>9789752430310</t>
         </is>
       </c>
       <c r="B724" s="1" t="inlineStr">
         <is>
-          <t>Filistin Meselesi ve Arap-İsrail Savaşları 1948-1988 (Ciltli)</t>
+          <t>Moğolların Gizli Tarihçesi</t>
         </is>
       </c>
       <c r="C724" s="1">
-        <v>595</v>
+        <v>245</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" s="1" t="inlineStr">
         <is>
-          <t>9789752430075</t>
+          <t>9789752430303</t>
         </is>
       </c>
       <c r="B725" s="1" t="inlineStr">
         <is>
-          <t>Bazen Olmaz</t>
+          <t>Halil Kut Paşa - Kut’ül Amare'nin Muzaffer Komutanı</t>
         </is>
       </c>
       <c r="C725" s="1">
-        <v>295</v>
+        <v>345</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" s="1" t="inlineStr">
         <is>
-          <t>9789752430006</t>
+          <t>9789752430334</t>
         </is>
       </c>
       <c r="B726" s="1" t="inlineStr">
         <is>
-          <t>Sultanın Casusları</t>
+          <t>Gazi Mustafa Kemal Atatürk (Ciltli)</t>
         </is>
       </c>
       <c r="C726" s="1">
-        <v>345</v>
+        <v>495</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" s="1" t="inlineStr">
         <is>
-          <t>9789752430044</t>
+          <t>9789752430273</t>
         </is>
       </c>
       <c r="B727" s="1" t="inlineStr">
         <is>
-          <t>Kutü’l Amare 1916</t>
+          <t>Tanzimat ve Bulgar Meselesi</t>
         </is>
       </c>
       <c r="C727" s="1">
-        <v>295</v>
+        <v>245</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" s="1" t="inlineStr">
         <is>
-          <t>9789752430051</t>
+          <t>9789752430297</t>
         </is>
       </c>
       <c r="B728" s="1" t="inlineStr">
         <is>
-          <t>Gazneliler</t>
+          <t>Gazi Mustafa Kemal Atatürk</t>
         </is>
       </c>
       <c r="C728" s="1">
-        <v>345</v>
+        <v>395</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" s="1" t="inlineStr">
         <is>
-          <t>9786058301184</t>
+          <t>9789752430259</t>
         </is>
       </c>
       <c r="B729" s="1" t="inlineStr">
         <is>
-          <t>The Ottoman Empire and Europe</t>
+          <t>Türk - Amerikan İlişkileri</t>
         </is>
       </c>
       <c r="C729" s="1">
-        <v>395</v>
+        <v>295</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" s="1" t="inlineStr">
         <is>
-          <t>9789752430037</t>
+          <t>9789752430242</t>
         </is>
       </c>
       <c r="B730" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Altın Çağı</t>
+          <t>Moğol İstilasına Kadar: Türkistan (Ciltli)</t>
         </is>
       </c>
       <c r="C730" s="1">
-        <v>295</v>
+        <v>795</v>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" s="1" t="inlineStr">
         <is>
-          <t>9786058301160</t>
+          <t>9789752430211</t>
         </is>
       </c>
       <c r="B731" s="1" t="inlineStr">
         <is>
-          <t>Malazgirt 1071</t>
+          <t>Sipahi</t>
         </is>
       </c>
       <c r="C731" s="1">
-        <v>245</v>
+        <v>295</v>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" s="1" t="inlineStr">
         <is>
-          <t>9786058301153</t>
+          <t>9789752430228</t>
         </is>
       </c>
       <c r="B732" s="1" t="inlineStr">
         <is>
-          <t>İlber Ortaylı Seyahatnamesi (Kartpostal Hediyeli)</t>
+          <t>İmparatorluktan Cumhuriyete Azınlıklar</t>
         </is>
       </c>
       <c r="C732" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" s="1" t="inlineStr">
         <is>
-          <t>9786058301146</t>
+          <t>9789752430235</t>
         </is>
       </c>
       <c r="B733" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı ve Avrupa</t>
+          <t>Selçuklu'nun Mirası</t>
         </is>
       </c>
       <c r="C733" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" s="1" t="inlineStr">
         <is>
-          <t>9786058301108</t>
+          <t>9789752430181</t>
         </is>
       </c>
       <c r="B734" s="1" t="inlineStr">
         <is>
-          <t>Hukuk ve İdare Adamı Olarak Osmanlı Devletinde Kadı</t>
+          <t>Türk Siyasi Tarihi</t>
         </is>
       </c>
       <c r="C734" s="1">
-        <v>195</v>
+        <v>295</v>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" s="1" t="inlineStr">
         <is>
-          <t>9786058301122</t>
+          <t>9789752430167</t>
         </is>
       </c>
       <c r="B735" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'da Devlet, Hukuk ve Adalet</t>
+          <t>Gökbörü'nün İzinde Kadim Türklerin Topraklarında</t>
         </is>
       </c>
       <c r="C735" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" s="1" t="inlineStr">
         <is>
-          <t>9786058301115</t>
+          <t>9789752430204</t>
         </is>
       </c>
       <c r="B736" s="1" t="inlineStr">
         <is>
-          <t>Sultan Alp Arslan</t>
+          <t>Türklerin Serüveni</t>
         </is>
       </c>
       <c r="C736" s="1">
-        <v>245</v>
+        <v>295</v>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" s="1" t="inlineStr">
         <is>
+          <t>9789752430150</t>
+        </is>
+      </c>
+      <c r="B737" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı Tarihinde Efsaneler ve Gerçekler</t>
+        </is>
+      </c>
+      <c r="C737" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="738" spans="1:3">
+      <c r="A738" s="1" t="inlineStr">
+        <is>
+          <t>9789752430136</t>
+        </is>
+      </c>
+      <c r="B738" s="1" t="inlineStr">
+        <is>
+          <t>Kudüs Ey Kudüs</t>
+        </is>
+      </c>
+      <c r="C738" s="1">
+        <v>595</v>
+      </c>
+    </row>
+    <row r="739" spans="1:3">
+      <c r="A739" s="1" t="inlineStr">
+        <is>
+          <t>9789752430143</t>
+        </is>
+      </c>
+      <c r="B739" s="1" t="inlineStr">
+        <is>
+          <t>Nili: Ortadoğu'da Casuslar Savaşı</t>
+        </is>
+      </c>
+      <c r="C739" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="740" spans="1:3">
+      <c r="A740" s="1" t="inlineStr">
+        <is>
+          <t>9789752430129</t>
+        </is>
+      </c>
+      <c r="B740" s="1" t="inlineStr">
+        <is>
+          <t>Atam Dedem Kanunu</t>
+        </is>
+      </c>
+      <c r="C740" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="741" spans="1:3">
+      <c r="A741" s="1" t="inlineStr">
+        <is>
+          <t>9789752430082</t>
+        </is>
+      </c>
+      <c r="B741" s="1" t="inlineStr">
+        <is>
+          <t>Cumhuriyet'in İlk Yüzyılı 1923 - 2023</t>
+        </is>
+      </c>
+      <c r="C741" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="742" spans="1:3">
+      <c r="A742" s="1" t="inlineStr">
+        <is>
+          <t>9789752430105</t>
+        </is>
+      </c>
+      <c r="B742" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı Dünyası</t>
+        </is>
+      </c>
+      <c r="C742" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="743" spans="1:3">
+      <c r="A743" s="1" t="inlineStr">
+        <is>
+          <t>9789752430112</t>
+        </is>
+      </c>
+      <c r="B743" s="1" t="inlineStr">
+        <is>
+          <t>Savaş Günlükleri 1939-1943</t>
+        </is>
+      </c>
+      <c r="C743" s="1">
+        <v>445</v>
+      </c>
+    </row>
+    <row r="744" spans="1:3">
+      <c r="A744" s="1" t="inlineStr">
+        <is>
+          <t>9789752430099</t>
+        </is>
+      </c>
+      <c r="B744" s="1" t="inlineStr">
+        <is>
+          <t>Filistin Meselesi ve Arap-İsrail Savaşları 1948-1988 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C744" s="1">
+        <v>595</v>
+      </c>
+    </row>
+    <row r="745" spans="1:3">
+      <c r="A745" s="1" t="inlineStr">
+        <is>
+          <t>9789752430075</t>
+        </is>
+      </c>
+      <c r="B745" s="1" t="inlineStr">
+        <is>
+          <t>Bazen Olmaz</t>
+        </is>
+      </c>
+      <c r="C745" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="746" spans="1:3">
+      <c r="A746" s="1" t="inlineStr">
+        <is>
+          <t>9789752430006</t>
+        </is>
+      </c>
+      <c r="B746" s="1" t="inlineStr">
+        <is>
+          <t>Sultanın Casusları</t>
+        </is>
+      </c>
+      <c r="C746" s="1">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="747" spans="1:3">
+      <c r="A747" s="1" t="inlineStr">
+        <is>
+          <t>9789752430044</t>
+        </is>
+      </c>
+      <c r="B747" s="1" t="inlineStr">
+        <is>
+          <t>Kutü’l Amare 1916</t>
+        </is>
+      </c>
+      <c r="C747" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="748" spans="1:3">
+      <c r="A748" s="1" t="inlineStr">
+        <is>
+          <t>9789752430051</t>
+        </is>
+      </c>
+      <c r="B748" s="1" t="inlineStr">
+        <is>
+          <t>Gazneliler</t>
+        </is>
+      </c>
+      <c r="C748" s="1">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="749" spans="1:3">
+      <c r="A749" s="1" t="inlineStr">
+        <is>
+          <t>9786058301184</t>
+        </is>
+      </c>
+      <c r="B749" s="1" t="inlineStr">
+        <is>
+          <t>The Ottoman Empire and Europe</t>
+        </is>
+      </c>
+      <c r="C749" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="750" spans="1:3">
+      <c r="A750" s="1" t="inlineStr">
+        <is>
+          <t>9789752430037</t>
+        </is>
+      </c>
+      <c r="B750" s="1" t="inlineStr">
+        <is>
+          <t>Türklerin Altın Çağı</t>
+        </is>
+      </c>
+      <c r="C750" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="751" spans="1:3">
+      <c r="A751" s="1" t="inlineStr">
+        <is>
+          <t>9786058301160</t>
+        </is>
+      </c>
+      <c r="B751" s="1" t="inlineStr">
+        <is>
+          <t>Malazgirt 1071</t>
+        </is>
+      </c>
+      <c r="C751" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="752" spans="1:3">
+      <c r="A752" s="1" t="inlineStr">
+        <is>
+          <t>9786058301153</t>
+        </is>
+      </c>
+      <c r="B752" s="1" t="inlineStr">
+        <is>
+          <t>İlber Ortaylı Seyahatnamesi (Kartpostal Hediyeli)</t>
+        </is>
+      </c>
+      <c r="C752" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="753" spans="1:3">
+      <c r="A753" s="1" t="inlineStr">
+        <is>
+          <t>9786058301146</t>
+        </is>
+      </c>
+      <c r="B753" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı ve Avrupa</t>
+        </is>
+      </c>
+      <c r="C753" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="754" spans="1:3">
+      <c r="A754" s="1" t="inlineStr">
+        <is>
+          <t>9786058301108</t>
+        </is>
+      </c>
+      <c r="B754" s="1" t="inlineStr">
+        <is>
+          <t>Hukuk ve İdare Adamı Olarak Osmanlı Devletinde Kadı</t>
+        </is>
+      </c>
+      <c r="C754" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="755" spans="1:3">
+      <c r="A755" s="1" t="inlineStr">
+        <is>
+          <t>9786058301122</t>
+        </is>
+      </c>
+      <c r="B755" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı'da Devlet, Hukuk ve Adalet</t>
+        </is>
+      </c>
+      <c r="C755" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="756" spans="1:3">
+      <c r="A756" s="1" t="inlineStr">
+        <is>
+          <t>9786058301115</t>
+        </is>
+      </c>
+      <c r="B756" s="1" t="inlineStr">
+        <is>
+          <t>Sultan Alp Arslan</t>
+        </is>
+      </c>
+      <c r="C756" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="757" spans="1:3">
+      <c r="A757" s="1" t="inlineStr">
+        <is>
           <t>9786058301139</t>
         </is>
       </c>
-      <c r="B737" s="1" t="inlineStr">
+      <c r="B757" s="1" t="inlineStr">
         <is>
           <t>4. Murad</t>
         </is>
       </c>
-      <c r="C737" s="1">
+      <c r="C757" s="1">
         <v>245</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>