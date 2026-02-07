--- v1 (2025-12-16)
+++ v2 (2026-02-07)
@@ -85,11380 +85,11515 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259386263</t>
+          <t>9786255835550</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Porsuk'un Büyük Macerası</t>
+          <t>Cem</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>145</v>
+        <v>245</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259386256</t>
+          <t>9786255835543</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kazı Büyük Keşif</t>
+          <t>İmparatorluklar Çağı’nın Büyük Komutanları (1583-1865)</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>145</v>
+        <v>395</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259386249</t>
+          <t>9786255835451</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar Soruyor, İlber Hoca Cevaplıyor: Gazi Mustafa Kemal Atatürk</t>
+          <t>Nerden Geliyo?</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>145</v>
+        <v>245</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255835413</t>
+          <t>9786255835505</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Dakikalar İçinde Orta Çağ</t>
+          <t>Dakikalar İçinde Büyük Olaylar</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>175</v>
+        <v>195</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255835420</t>
+          <t>9786255835512</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar Neden Yalan Söyler?</t>
+          <t>Tarihe Düşülen Notlar (2 Cilt Kutulu)</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>245</v>
+        <v>745</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255835437</t>
+          <t>9786255835499</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Senin Suçun Değil</t>
+          <t>Para Batırma Sanatı</t>
         </is>
       </c>
       <c r="C7" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255835376</t>
+          <t>9786255835482</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Bir Tarih İncelemesi - A Study of History (Ciltli)</t>
+          <t>Orta Avrupa Tarihi</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>795</v>
+        <v>595</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255835383</t>
+          <t>9786255835468</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>İstanbul'un Lezzet Durakları</t>
+          <t>Çağları Aşan Dahiler</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>245</v>
+        <v>395</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255835406</t>
+          <t>9786255835475</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Avrupa'da Endülüs Bilim Mirası</t>
+          <t>Farklılıklar İmparatorluğu Osmanlılar</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>295</v>
+        <v>495</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786255835390</t>
+          <t>9786259386263</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>The Traveler's Eye</t>
+          <t>Porsuk'un Büyük Macerası</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>495</v>
+        <v>175</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786255835369</t>
+          <t>9786259386256</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Satrançla Değişen Hayat</t>
+          <t>Küçük Kazı Büyük Keşif</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>245</v>
+        <v>175</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786255835314</t>
+          <t>9786259386249</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Fark Et Düşün Hisset Yaşa</t>
+          <t>Çocuklar Soruyor, İlber Hoca Cevaplıyor: Gazi Mustafa Kemal Atatürk</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>295</v>
+        <v>175</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786255835352</t>
+          <t>9786255835413</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Kuruluş - Cumhuriyet’e Giden Yol</t>
+          <t>Dakikalar İçinde Orta Çağ</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>295</v>
+        <v>195</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259386232</t>
+          <t>9786255835420</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Porsuk’un Büyük Yolculuğu</t>
+          <t>Çocuklar Neden Yalan Söyler?</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>145</v>
+        <v>295</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259386225</t>
+          <t>9786255835437</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Mbappe mi Haaland mı?</t>
+          <t>Senin Suçun Değil</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>195</v>
+        <v>295</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786255835277</t>
+          <t>9786255835376</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Kudüs</t>
+          <t>Bir Tarih İncelemesi - A Study of History (Ciltli)</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>495</v>
+        <v>945</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786255835345</t>
+          <t>9786255835383</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Finansal Efsaneler ve Gerçekler</t>
+          <t>İstanbul'un Lezzet Durakları</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>245</v>
+        <v>295</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786255835307</t>
+          <t>9786255835406</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>İmkansız Coğrafyalar</t>
+          <t>Avrupa'da Endülüs Bilim Mirası</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>295</v>
+        <v>345</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786255835338</t>
+          <t>9786255835390</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Yedi Bilgelik Okulu</t>
+          <t>The Traveler's Eye</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>245</v>
+        <v>595</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786255835321</t>
+          <t>9786255835369</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Filistin Cephesinde Bir Türk Askeri</t>
+          <t>Satrançla Değişen Hayat</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>195</v>
+        <v>295</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786259621074</t>
+          <t>9786255835314</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Tilkinin Peşinde</t>
+          <t>Fark Et Düşün Hisset Yaşa</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>145</v>
+        <v>345</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786259621098</t>
+          <t>9786255835352</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Yarın Kralı</t>
+          <t>Kuruluş - Cumhuriyet’e Giden Yol</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>175</v>
+        <v>345</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786259621081</t>
+          <t>9786259386232</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Sıkıcı (Olmayan) Okulu 2 - Gizli Sınıf</t>
+          <t>Porsuk’un Büyük Yolculuğu</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>195</v>
+        <v>175</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786259386201</t>
+          <t>9786259386225</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Keçi Çocuk</t>
+          <t>Mbappe mi Haaland mı?</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>195</v>
+        <v>245</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786255835215</t>
+          <t>9786255835277</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Dakikalar İçinde Cengiz Han ve Dünyası</t>
+          <t>Kudüs</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>175</v>
+        <v>595</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786255835208</t>
+          <t>9786255835345</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Dünyası</t>
+          <t>Finansal Efsaneler ve Gerçekler</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>245</v>
+        <v>295</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786255835222</t>
+          <t>9786255835307</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Dış Politikası</t>
+          <t>İmkansız Coğrafyalar</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>245</v>
+        <v>345</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786255835239</t>
+          <t>9786255835338</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Çöldeki Casus</t>
+          <t>Yedi Bilgelik Okulu</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>195</v>
+        <v>295</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786255835260</t>
+          <t>9786255835321</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Yıldız</t>
+          <t>Filistin Cephesinde Bir Türk Askeri</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>395</v>
+        <v>245</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786255835192</t>
+          <t>9786259621074</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Ekonomi 101</t>
+          <t>Tilkinin Peşinde</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>245</v>
+        <v>175</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786255835185</t>
+          <t>9786259621098</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Delikanlı</t>
+          <t>Yarın Kralı</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>345</v>
+        <v>195</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786255835246</t>
+          <t>9786259621081</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Ergenlik Kapıyı Çarpınca</t>
+          <t>Dünyanın En Sıkıcı (Olmayan) Okulu 2 - Gizli Sınıf</t>
         </is>
       </c>
       <c r="C33" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786255835253</t>
+          <t>9786259386201</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Mış Gibi Yaşamlar</t>
+          <t>Keçi Çocuk</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>345</v>
+        <v>245</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786255835154</t>
+          <t>9786255835215</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Vadedilmiş Topraklar</t>
+          <t>Dakikalar İçinde Cengiz Han ve Dünyası</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>345</v>
+        <v>195</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786259621050</t>
+          <t>9786255835208</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Renkli Arı Tatile Çıktı İstanbul Karıştı</t>
+          <t>Türklerin Dünyası</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>195</v>
+        <v>295</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786259621067</t>
+          <t>9786255835222</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Bora</t>
+          <t>Türkiye Dış Politikası</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>245</v>
+        <v>295</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786259621036</t>
+          <t>9786255835239</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Umayça</t>
+          <t>Çöldeki Casus</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>195</v>
+        <v>245</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786259621043</t>
+          <t>9786255835260</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Hayal Kanatlı Kâğıt</t>
+          <t>Kızıl Yıldız</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>195</v>
+        <v>475</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786255835130</t>
+          <t>9786255835192</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İmparatorluğu'nun Siyasal ve Kurumsal Tarihi (1300-1792)</t>
+          <t>Ekonomi 101</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>445</v>
+        <v>295</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786255835116</t>
+          <t>9786255835185</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Warren Buffett’ın Hisseleri</t>
+          <t>Delikanlı</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>345</v>
+        <v>425</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786255835123</t>
+          <t>9786255835246</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Moğol Fırtınası</t>
+          <t>Ergenlik Kapıyı Çarpınca</t>
         </is>
       </c>
       <c r="C42" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786255835109</t>
+          <t>9786255835253</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Kubilay Han</t>
+          <t>Mış Gibi Yaşamlar</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>295</v>
+        <v>425</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786255835086</t>
+          <t>9786255835154</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Antik Mısır Mitolojisi</t>
+          <t>Vadedilmiş Topraklar</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>195</v>
+        <v>425</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786255835093</t>
+          <t>9786259621050</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Dakikalar İçinde Büyük Savaşlar</t>
+          <t>Renkli Arı Tatile Çıktı İstanbul Karıştı</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>175</v>
+        <v>245</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786255835178</t>
+          <t>9786259621067</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Kendine İyi Davran Güzel İnsan</t>
+          <t>Bora</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>195</v>
+        <v>295</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786255835147</t>
+          <t>9786259621036</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Şafak Sökmeden</t>
+          <t>Umayça</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>295</v>
+        <v>245</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786255835161</t>
+          <t>9786259621043</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>İletişim Donanımları</t>
+          <t>Hayal Kanatlı Kâğıt</t>
         </is>
       </c>
       <c r="C48" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786259621029</t>
+          <t>9786255835130</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Odo ve Tüm Yıldızlar</t>
+          <t>Osmanlı İmparatorluğu'nun Siyasal ve Kurumsal Tarihi (1300-1792)</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>195</v>
+        <v>545</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786255835055</t>
+          <t>9786255835116</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Zeybekler Çağı</t>
+          <t>Warren Buffett’ın Hisseleri</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>295</v>
+        <v>425</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786255835048</t>
+          <t>9786255835123</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Think Tank</t>
+          <t>Moğol Fırtınası</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>295</v>
+        <v>345</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786255835079</t>
+          <t>9786255835109</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>‘Mış Gibi’ Yetişkinler</t>
+          <t>Kubilay Han</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>265</v>
+        <v>345</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786255835062</t>
+          <t>9786255835086</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Duygularını Ustalıkla Yönet</t>
+          <t>Antik Mısır Mitolojisi</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>195</v>
+        <v>245</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786256228948</t>
+          <t>9786255835093</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Bağdat Güncesi</t>
+          <t>Dakikalar İçinde Büyük Savaşlar</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>395</v>
+        <v>195</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786255835031</t>
+          <t>9786255835178</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Hanedan</t>
+          <t>Kendine İyi Davran Güzel İnsan</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>445</v>
+        <v>245</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786255835024</t>
+          <t>9786255835147</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Borsada Doğru Yatırım</t>
+          <t>Şafak Sökmeden</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>195</v>
+        <v>345</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786256228498</t>
+          <t>9786255835161</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Dakikalar İçinde Matematik</t>
+          <t>İletişim Donanımları</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>175</v>
+        <v>295</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786259621012</t>
+          <t>9786259621029</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Telefon Melefon Yok!</t>
+          <t>Odo ve Tüm Yıldızlar</t>
         </is>
       </c>
       <c r="C58" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786256774780</t>
+          <t>9786255835055</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Kadim Türkler - Eski Dünyanın Hakimleri</t>
+          <t>Zeybekler Çağı</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>245</v>
+        <v>345</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786256774551</t>
+          <t>9786255835048</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Neden Beklemek Zorundayım? - Ela 3</t>
+          <t>Think Tank</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>195</v>
+        <v>345</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786256989313</t>
+          <t>9786255835079</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Doğan Cüceloğlu Seti - Kutulu 5 Kitap</t>
+          <t>‘Mış Gibi’ Yetişkinler</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>1385</v>
+        <v>325</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>2785752431709</t>
+          <t>9786255835062</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Seti (5 Kitap)</t>
+          <t>Duygularını Ustalıkla Yönet</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>725</v>
+        <v>245</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786258431261</t>
+          <t>9786256228948</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Türklük Müslümanlık ve Osmanlı Mirası</t>
+          <t>Bağdat Güncesi</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>295</v>
+        <v>475</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789752430693</t>
+          <t>9786255835031</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Kırım Savaşı Öncesinde Osmanlı Ordusu</t>
+          <t>Hanedan</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>35</v>
+        <v>545</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786057635129</t>
+          <t>9786255835024</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Yörük Ali Efe</t>
+          <t>Borsada Doğru Yatırım</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>395</v>
+        <v>245</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789752430266</t>
+          <t>9786256228498</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Akademik Tarihçilik</t>
+          <t>Dakikalar İçinde Matematik</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>22</v>
+        <v>195</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>2786058301115</t>
+          <t>9786259621012</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Selçuklular Seti 4 Kitap (Bez Çanta Hediyeli)</t>
+          <t>Telefon Melefon Yok!</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>93</v>
+        <v>295</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>2789752430020</t>
+          <t>9786256774780</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Biyografi Seti 4 Kitap (Bez Çanta Hediyeli)</t>
+          <t>Kadim Türkler - Eski Dünyanın Hakimleri</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>129</v>
+        <v>295</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>2789752430167</t>
+          <t>9786256774551</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Kadim Türkler Seti 4 Kitap (Bez Çanta Hediyeli)</t>
+          <t>Neden Beklemek Zorundayım? - Ela 3</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>102</v>
+        <v>195</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>2789752430402</t>
+          <t>9786256989313</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>İlber Ortaylı Seti 3 Kitap (Bez Çanta Hediyeli)</t>
+          <t>Doğan Cüceloğlu Seti - Kutulu 5 Kitap</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>120</v>
+        <v>1385</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789752430174</t>
+          <t>2785752431709</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Son Padişah: Vahideddin</t>
+          <t>Avrupa Seti (5 Kitap)</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>30</v>
+        <v>725</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786058301191</t>
+          <t>9786258431261</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Ali Şükrü Bey</t>
+          <t>Türklük Müslümanlık ve Osmanlı Mirası</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>30</v>
+        <v>345</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786057635785</t>
+          <t>9789752430693</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'da Diplomasi, Siyaset ve Savaş</t>
+          <t>Kırım Savaşı Öncesinde Osmanlı Ordusu</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>25</v>
+        <v>35</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786257631150</t>
+          <t>9786057635129</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Hannibal</t>
+          <t>Yörük Ali Efe</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>245</v>
+        <v>475</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>2786057635539</t>
+          <t>9789752430266</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Antik Çağ Seti (6 Kitap Takım)</t>
+          <t>Türkiye'de Akademik Tarihçilik</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>910</v>
+        <v>22</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786057635143</t>
+          <t>2786058301115</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Einstein Seyahatnamesi</t>
+          <t>Selçuklular Seti 4 Kitap (Bez Çanta Hediyeli)</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>395</v>
+        <v>93</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789752430785</t>
+          <t>2789752430020</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadele Başlarken (Ciltli)</t>
+          <t>Biyografi Seti 4 Kitap (Bez Çanta Hediyeli)</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>495</v>
+        <v>129</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786057635976</t>
+          <t>2789752430167</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Yeniçeri</t>
+          <t>Kadim Türkler Seti 4 Kitap (Bez Çanta Hediyeli)</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>295</v>
+        <v>102</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789752430624</t>
+          <t>2789752430402</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Galatasaray Mekteb-i Sultanisi</t>
+          <t>İlber Ortaylı Seti 3 Kitap (Bez Çanta Hediyeli)</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>24</v>
+        <v>120</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786259621005</t>
+          <t>9789752430174</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Alya Çakıltaşı Devi Kurtarıyor</t>
+          <t>Son Padişah: Vahideddin</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>195</v>
+        <v>30</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786256228986</t>
+          <t>9786058301191</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>The Great Challenge</t>
+          <t>Ali Şükrü Bey</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>245</v>
+        <v>30</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786256228955</t>
+          <t>9786057635785</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>İslâmcılık Akımı</t>
+          <t>Osmanlı'da Diplomasi, Siyaset ve Savaş</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>295</v>
+        <v>25</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786255835000</t>
+          <t>9786257631150</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Yaşanır?</t>
+          <t>Hannibal</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>145</v>
+        <v>295</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786256228917</t>
+          <t>2786057635539</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Dakikalar İçinde Mistisizm</t>
+          <t>Antik Çağ Seti (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>175</v>
+        <v>910</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786255835017</t>
+          <t>9786057635143</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Nazi Almanyası Tarihi</t>
+          <t>Einstein Seyahatnamesi</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>295</v>
+        <v>475</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786259571188</t>
+          <t>9789752430785</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Ben Asi</t>
+          <t>Milli Mücadele Başlarken (Ciltli)</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>195</v>
+        <v>495</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786259571195</t>
+          <t>9786057635976</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Karavana Johnny - Profesyonel Futbol Dehası</t>
+          <t>Yeniçeri</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>245</v>
+        <v>345</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786256228924</t>
+          <t>9789752430624</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Davetsiz Misafirler</t>
+          <t>Galatasaray Mekteb-i Sultanisi</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>295</v>
+        <v>24</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786256228993</t>
+          <t>9786259621005</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Caesar</t>
+          <t>Alya Çakıltaşı Devi Kurtarıyor</t>
         </is>
       </c>
       <c r="C89" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786256228764</t>
+          <t>9786256228986</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Tank! – Achtung Panzer!</t>
+          <t>The Great Challenge</t>
         </is>
       </c>
       <c r="C90" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786256228931</t>
+          <t>9786256228955</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İmparatorluğu’nda Dervişler</t>
+          <t>İslâmcılık Akımı</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>195</v>
+        <v>345</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786256228856</t>
+          <t>9786255835000</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Dakikalar İçinde Roma</t>
+          <t>Nasıl Yaşanır?</t>
         </is>
       </c>
       <c r="C92" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786256228962</t>
+          <t>9786256228917</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Zamansız Ebeveyn</t>
+          <t>Dakikalar İçinde Mistisizm</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>245</v>
+        <v>195</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786256228979</t>
+          <t>9786255835017</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Her Yönüyle Bağışıklık</t>
+          <t>Nazi Almanyası Tarihi</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>245</v>
+        <v>345</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>2786057435835</t>
+          <t>9786259571188</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Kişisel Gelişim Seti (4 Kitap)</t>
+          <t>Ben Asi</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>515</v>
+        <v>245</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>2786266989498</t>
+          <t>9786259571195</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet'in İlk Sabahı Kutulu Seti</t>
+          <t>Karavana Johnny - Profesyonel Futbol Dehası</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>200</v>
+        <v>295</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786058301177</t>
+          <t>9786256228924</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Selçuklu'nun Şifreleri</t>
+          <t>Davetsiz Misafirler</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>27.78</v>
+        <v>345</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786256989344</t>
+          <t>9786256228993</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Dakikalar İçinde Tarih Kitaplığı (5 Kitap)</t>
+          <t>Caesar</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>875</v>
+        <v>295</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>2781453145337</t>
+          <t>9786256228764</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>İkinci Dünya Savaşı Seti (4 Kitap)</t>
+          <t>Dikkat Tank! – Achtung Panzer!</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>885</v>
+        <v>345</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>2786267631525</t>
+          <t>9786256228931</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Doğan Cüceloğlu Seti (5 Kitap)</t>
+          <t>Osmanlı İmparatorluğu’nda Dervişler</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>455</v>
+        <v>245</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>2782105550011</t>
+          <t>9786256228856</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Osprey Büyük Komutanlar Seti - 2 (6 Kitap)</t>
+          <t>Dakikalar İçinde Roma</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>870</v>
+        <v>195</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>2786053737356</t>
+          <t>9786256228962</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Osprey Büyük Komutanlar Seti - 1 (6 Kitap)</t>
+          <t>Zamansız Ebeveyn</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>870</v>
+        <v>295</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>2786157635273</t>
+          <t>9786256228979</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Roma Tarihi Seti (5 Kitap)</t>
+          <t>Her Yönüyle Bağışıklık</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>920</v>
+        <v>295</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>2786560716530</t>
+          <t>2786057435835</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Türkler Seti (5 Kitap)</t>
+          <t>Kişisel Gelişim Seti (4 Kitap)</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>745</v>
+        <v>515</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>2786057635961</t>
+          <t>2786266989498</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadele Seti (5 Kitap)</t>
+          <t>Cumhuriyet'in İlk Sabahı Kutulu Seti</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>800</v>
+        <v>200</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>2786053734252</t>
+          <t>9786058301177</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Anne - Baba Seti (5 Kitap)</t>
+          <t>Selçuklu'nun Şifreleri</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>850</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>2783437343729</t>
+          <t>9786256989344</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Haçlı Tarihi Seti (5 Kitap)</t>
+          <t>Dakikalar İçinde Tarih Kitaplığı (5 Kitap)</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>695</v>
+        <v>875</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>2786373737254</t>
+          <t>2781453145337</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>İmpartorluklar Seti (5 Kitap)</t>
+          <t>İkinci Dünya Savaşı Seti (4 Kitap)</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>1180</v>
+        <v>885</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>2789764311106</t>
+          <t>2786267631525</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Emrah Safa Gürkan Seti (4 Kitap)</t>
+          <t>Doğan Cüceloğlu Seti (5 Kitap)</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>705</v>
+        <v>455</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9789752430983</t>
+          <t>2782105550011</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>İki İbrahim - Müteferrika ve Halefi (Ciltli)</t>
+          <t>Osprey Büyük Komutanlar Seti - 2 (6 Kitap)</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>120</v>
+        <v>870</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9789752430716</t>
+          <t>2786053737356</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>İstanbullu Bulgarlar ve Eski İstanbul</t>
+          <t>Osprey Büyük Komutanlar Seti - 1 (6 Kitap)</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>60</v>
+        <v>870</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9789752430921</t>
+          <t>2786157635273</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Selçuklularda Vezirlik</t>
+          <t>Roma Tarihi Seti (5 Kitap)</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>125</v>
+        <v>920</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786057635051</t>
+          <t>2786560716530</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Kanuni Sultan Süleyman</t>
+          <t>Türkler Seti (5 Kitap)</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>245</v>
+        <v>745</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9789752430853</t>
+          <t>2786057635961</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Savaşanların Gözüyle Türk-Alman İttifakı (1914-1918)</t>
+          <t>Milli Mücadele Seti (5 Kitap)</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>100</v>
+        <v>800</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>2786058301122</t>
+          <t>2786053734252</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Halil İnalcık Seti 3 Kitap (Bez Çanta Hediyeli)</t>
+          <t>Anne - Baba Seti (5 Kitap)</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>100</v>
+        <v>850</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9789752430198</t>
+          <t>2783437343729</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Bir Ortaçağ Şairinin Kaleminden Selçuklular</t>
+          <t>Haçlı Tarihi Seti (5 Kitap)</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>30</v>
+        <v>695</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9789752430013</t>
+          <t>2786373737254</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Tanzimat ve Bulgar Meselesi (Ciltli Özel Baskı)</t>
+          <t>İmpartorluklar Seti (5 Kitap)</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>32.41</v>
+        <v>1180</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786057635549</t>
+          <t>2789764311106</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Discovering The Ottomans (Ciltli)</t>
+          <t>Emrah Safa Gürkan Seti (4 Kitap)</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>160</v>
+        <v>705</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786257631471</t>
+          <t>9789752430983</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Bir Rus Gazetecinin Gözünden Jön Türkler ve İstanbul (1911 - 1912)</t>
+          <t>İki İbrahim - Müteferrika ve Halefi (Ciltli)</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>349</v>
+        <v>120</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786257631266</t>
+          <t>9789752430716</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>The Empire’s Longest Century (Ciltli)</t>
+          <t>İstanbullu Bulgarlar ve Eski İstanbul</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>245</v>
+        <v>60</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786057635730</t>
+          <t>9789752430921</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’da Tarih Yazımı ve Kaynak Türleri (Ciltli)</t>
+          <t>Selçuklularda Vezirlik</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>200</v>
+        <v>125</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786257631235</t>
+          <t>9786057635051</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'da İktisadi Hayat ve Vakıflar</t>
+          <t>Kanuni Sultan Süleyman</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>60</v>
+        <v>245</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>2786057635538</t>
+          <t>9789752430853</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Dünya Tarihine Yön Verenler Seti (6 Kitap Takım)</t>
+          <t>Savaşanların Gözüyle Türk-Alman İttifakı (1914-1918)</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>980</v>
+        <v>100</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>2786057635540</t>
+          <t>2786058301122</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Kadim Tarihi Seti (6 Kitap Takım)</t>
+          <t>Halil İnalcık Seti 3 Kitap (Bez Çanta Hediyeli)</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>810</v>
+        <v>100</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>2786057635537</t>
+          <t>9789752430198</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>İkinci Dünya Savaşı Seti (5 Kitap Takım)</t>
+          <t>Bir Ortaçağ Şairinin Kaleminden Selçuklular</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>1125</v>
+        <v>30</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>2786057635536</t>
+          <t>9789752430013</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Seyahatname Seti (8 Kitap Takım)</t>
+          <t>Tanzimat ve Bulgar Meselesi (Ciltli Özel Baskı)</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>990</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>2786057635533</t>
+          <t>9786057635549</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Halil İnalcık Seti (6 Kitap Takım)</t>
+          <t>Discovering The Ottomans (Ciltli)</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>820</v>
+        <v>160</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>2786057635535</t>
+          <t>9786257631471</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>İlber Ortaylı Seti (10 Kitap Set)</t>
+          <t>Bir Rus Gazetecinin Gözünden Jön Türkler ve İstanbul (1911 - 1912)</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>3050</v>
+        <v>349</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>2789752614453</t>
+          <t>9786257631266</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Serüveni Seti (2 Kitap)</t>
+          <t>The Empire’s Longest Century (Ciltli)</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>160</v>
+        <v>245</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>2789788614452</t>
+          <t>9786057635730</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>İlber Ortaylı Yakın Tarih Seti (3 Kitap)</t>
+          <t>Osmanlı’da Tarih Yazımı ve Kaynak Türleri (Ciltli)</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>425</v>
+        <v>200</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>2789788614451</t>
+          <t>9786257631235</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Fahir Armaoğlu Seti (3 Kitap Takım)</t>
+          <t>Osmanlı'da İktisadi Hayat ve Vakıflar</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>685</v>
+        <v>60</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786057635624</t>
+          <t>2786057635538</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Cemal Paşa Suriye’de</t>
+          <t>Dünya Tarihine Yön Verenler Seti (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>245</v>
+        <v>980</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786057635914</t>
+          <t>2786057635540</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Düşler Nasıl Gerçekleşti? (Ciltli)</t>
+          <t>Türklerin Kadim Tarihi Seti (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>120</v>
+        <v>810</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9789752430648</t>
+          <t>2786057635537</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Peşinde Bir Ömür (Abdülkadir Özcan'a Armağan)</t>
+          <t>İkinci Dünya Savaşı Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>200</v>
+        <v>1125</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786057635365</t>
+          <t>2786057635536</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Klasikten Moderne Osmanlı Ekonomisi</t>
+          <t>Seyahatname Seti (8 Kitap Takım)</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>100</v>
+        <v>990</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786057635389</t>
+          <t>2786057635533</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’da İşgal Günleri (Ciltli)</t>
+          <t>Halil İnalcık Seti (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>400</v>
+        <v>820</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786259571157</t>
+          <t>2786057635535</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>N’olur Sıçrama Pelin</t>
+          <t>İlber Ortaylı Seti (10 Kitap Set)</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>195</v>
+        <v>3050</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786259571171</t>
+          <t>2789752614453</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Kim Tutuyor Şu Makası?</t>
+          <t>Türklerin Serüveni Seti (2 Kitap)</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>245</v>
+        <v>160</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786259571164</t>
+          <t>2789788614452</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Benim Adım Şaziment - Nerede Akıl, Orada Fikir</t>
+          <t>İlber Ortaylı Yakın Tarih Seti (3 Kitap)</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>195</v>
+        <v>425</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786256228863</t>
+          <t>2789788614451</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Türkler Nasıl Müslüman Oldu?</t>
+          <t>Fahir Armaoğlu Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>195</v>
+        <v>685</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786256228900</t>
+          <t>9786057635624</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>İnsan Her Koşulda</t>
+          <t>Cemal Paşa Suriye’de</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>195</v>
+        <v>245</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786256228894</t>
+          <t>9786057635914</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Her Çocukla Bir Ebeveyn Doğar</t>
+          <t>Düşler Nasıl Gerçekleşti? (Ciltli)</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>195</v>
+        <v>120</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786256228887</t>
+          <t>9789752430648</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Megali İdea</t>
+          <t>Tarihin Peşinde Bir Ömür (Abdülkadir Özcan'a Armağan)</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>595</v>
+        <v>200</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786256228832</t>
+          <t>9786057635365</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>İskandinav Mitolojisi</t>
+          <t>Klasikten Moderne Osmanlı Ekonomisi</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>195</v>
+        <v>100</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786256228870</t>
+          <t>9786057635389</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Jüstinyen</t>
+          <t>İstanbul’da İşgal Günleri (Ciltli)</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>395</v>
+        <v>400</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786256228849</t>
+          <t>9786259571157</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Geçmişe Bay Bay, Geleceğe Hay Hay</t>
+          <t>N’olur Sıçrama Pelin</t>
         </is>
       </c>
       <c r="C146" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786256228665</t>
+          <t>9786259571171</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Fâtih Sultan Mehmed</t>
+          <t>Kim Tutuyor Şu Makası?</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>345</v>
+        <v>295</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786259571133</t>
+          <t>9786259571164</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Kuleler Şehri İstanbul</t>
+          <t>Benim Adım Şaziment - Nerede Akıl, Orada Fikir</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>195</v>
+        <v>245</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786259571140</t>
+          <t>9786256228863</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Cesur Patiler: Müzenin Muhafızları</t>
+          <t>Türkler Nasıl Müslüman Oldu?</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>195</v>
+        <v>245</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786259571119</t>
+          <t>9786256228900</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Messi mi, Ronaldo mu?</t>
+          <t>İnsan Her Koşulda</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>195</v>
+        <v>245</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786256228825</t>
+          <t>9786256228894</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>93 Harbi: 1877-1878 Osmanlı-Rus Savaşı</t>
+          <t>Her Çocukla Bir Ebeveyn Doğar</t>
         </is>
       </c>
       <c r="C151" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786256228795</t>
+          <t>9786256228887</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Mektupları</t>
+          <t>Megali İdea</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>245</v>
+        <v>745</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786256228788</t>
+          <t>9786256228832</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Kısa Rusya Tarihi</t>
+          <t>İskandinav Mitolojisi</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>495</v>
+        <v>245</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786256228818</t>
+          <t>9786256228870</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Dakikalar İçinde Borsa</t>
+          <t>Jüstinyen</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>175</v>
+        <v>475</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786256228801</t>
+          <t>9786256228849</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Biz</t>
+          <t>Geçmişe Bay Bay, Geleceğe Hay Hay</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>195</v>
+        <v>295</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786256228771</t>
+          <t>9786256228665</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Bu İlişkiyi Konuşmalıyız</t>
+          <t>Fâtih Sultan Mehmed</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>245</v>
+        <v>425</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786256228733</t>
+          <t>9786259571133</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Ekranı Kapat, Hayatını Aç!</t>
+          <t>Kuleler Şehri İstanbul</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>295</v>
+        <v>245</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786256228702</t>
+          <t>9786259571140</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Borgialar</t>
+          <t>Cesur Patiler: Müzenin Muhafızları</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>395</v>
+        <v>245</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786256228740</t>
+          <t>9786259571119</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Hayır Denir?</t>
+          <t>Messi mi, Ronaldo mu?</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>145</v>
+        <v>245</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786256228757</t>
+          <t>9786256228825</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Japon Mitolojisi</t>
+          <t>93 Harbi: 1877-1878 Osmanlı-Rus Savaşı</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>195</v>
+        <v>295</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786256228610</t>
+          <t>9786256228795</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Dakikalar İçinde Türk Mitolojisi</t>
+          <t>Türkiye Mektupları</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>175</v>
+        <v>295</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786256228719</t>
+          <t>9786256228788</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Taarruz ve Ölüm</t>
+          <t>Kısa Rusya Tarihi</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>245</v>
+        <v>595</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786256228696</t>
+          <t>9786256228818</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Dedem Korkut Kitabı (2 Cilt, Kutulu)</t>
+          <t>Dakikalar İçinde Borsa</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>745</v>
+        <v>195</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786259571126</t>
+          <t>9786256228801</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Gelincik Neden Kırmızı?</t>
+          <t>İçimizdeki Biz</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>245</v>
+        <v>325</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786256228726</t>
+          <t>9786256228771</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Mutluluğu Kaybettiğin Yerde Arama</t>
+          <t>Bu İlişkiyi Konuşmalıyız</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>245</v>
+        <v>295</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786256774506</t>
+          <t>9786256228733</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Pompei Bir Roma Şehrinde Yaşam ve Ölüm</t>
+          <t>Ekranı Kapat, Hayatını Aç!</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>745</v>
+        <v>345</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786256989931</t>
+          <t>9786256228702</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Retorik</t>
+          <t>Borgialar</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>195</v>
+        <v>475</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786258431742</t>
+          <t>9786256228740</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>İstiklal: Vatanımda Bir Tek Düşman Kalmasın</t>
+          <t>Nasıl Hayır Denir?</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>395</v>
+        <v>175</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786258431322</t>
+          <t>9786256228757</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Michelangelo</t>
+          <t>Japon Mitolojisi</t>
         </is>
       </c>
       <c r="C169" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786257631372</t>
+          <t>9786256228610</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Harp</t>
+          <t>Dakikalar İçinde Türk Mitolojisi</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>595</v>
+        <v>195</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9789752430563</t>
+          <t>9786256228719</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İmparatorluğu (2 Cilt Kutulu)</t>
+          <t>Taarruz ve Ölüm</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>795</v>
+        <v>295</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9789752430020</t>
+          <t>9786256228696</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Timurlenk</t>
+          <t>Dedem Korkut Kitabı (2 Cilt, Kutulu)</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>345</v>
+        <v>895</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786258431100</t>
+          <t>9786259571126</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Dakikalar İçinde Psikoloji</t>
+          <t>Gelincik Neden Kırmızı?</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>175</v>
+        <v>295</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786257631525</t>
+          <t>9786256228726</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>İnsan İnsana</t>
+          <t>Mutluluğu Kaybettiğin Yerde Arama</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>275</v>
+        <v>295</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786259506593</t>
+          <t>9786256774506</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Futbolun Hikâye Hâli</t>
+          <t>Pompei Bir Roma Şehrinde Yaşam ve Ölüm</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>195</v>
+        <v>895</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786259571102</t>
+          <t>9786256989931</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Yeşim Taşı Efsanesi 3: Son Mücadele</t>
+          <t>Retorik</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>195</v>
+        <v>245</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786256228641</t>
+          <t>9786258431742</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Rubicon</t>
+          <t>İstiklal: Vatanımda Bir Tek Düşman Kalmasın</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>445</v>
+        <v>475</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786256228634</t>
+          <t>9786258431322</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>İkinci Dünya Savaşı’nda Türk Savunması</t>
+          <t>Michelangelo</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>445</v>
+        <v>295</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786256228658</t>
+          <t>9786257631372</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Sovyet-Japon Savaşı</t>
+          <t>Beyaz Harp</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>395</v>
+        <v>725</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786256228627</t>
+          <t>9789752430563</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Değişimin Sırrı</t>
+          <t>Osmanlı İmparatorluğu (2 Cilt Kutulu)</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>345</v>
+        <v>945</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786256228559</t>
+          <t>9789752430020</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Para Kazanılır?</t>
+          <t>Timurlenk</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>145</v>
+        <v>425</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786256228603</t>
+          <t>9786258431100</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Antik Dünyanın Yedi Harikası</t>
+          <t>Dakikalar İçinde Psikoloji</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>395</v>
+        <v>195</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786256228566</t>
+          <t>9786257631525</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Hayalini Yorganına Göre Uzat</t>
+          <t>İnsan İnsana</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>245</v>
+        <v>325</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786259506586</t>
+          <t>9786259506593</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Kınalı Serçe</t>
+          <t>Futbolun Hikâye Hâli</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>295</v>
+        <v>245</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786256228580</t>
+          <t>9786259571102</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>The Longevity Plan</t>
+          <t>Yeşim Taşı Efsanesi 3: Son Mücadele</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>395</v>
+        <v>245</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786259506579</t>
+          <t>9786256228641</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Anlat Bana: Resimli Keşif Kitabı</t>
+          <t>Rubicon</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>245</v>
+        <v>545</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786256228573</t>
+          <t>9786256228634</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Anne Beyni</t>
+          <t>İkinci Dünya Savaşı’nda Türk Savunması</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>295</v>
+        <v>545</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786256228504</t>
+          <t>9786256228658</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>31 Mart Vakası</t>
+          <t>Sovyet-Japon Savaşı</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>345</v>
+        <v>475</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786256228290</t>
+          <t>9786256228627</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Rusların Gözüyle Türkler</t>
+          <t>Değişimin Sırrı</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>245</v>
+        <v>425</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786256228511</t>
+          <t>9786256228559</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Büyük Yatırımcılar</t>
+          <t>Nasıl Para Kazanılır?</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>395</v>
+        <v>175</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786256228528</t>
+          <t>9786256228603</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Büyük Konstantin</t>
+          <t>Antik Dünyanın Yedi Harikası</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>345</v>
+        <v>475</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786256228542</t>
+          <t>9786256228566</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>FBI Tarihi, 1908-2023</t>
+          <t>Hayalini Yorganına Göre Uzat</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>395</v>
+        <v>295</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786256228535</t>
+          <t>9786259506586</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Allah Yolunda</t>
+          <t>Kınalı Serçe</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>295</v>
+        <v>345</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786256228481</t>
+          <t>9786256228580</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Yunan Mitolojisi</t>
+          <t>The Longevity Plan</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>195</v>
+        <v>475</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786256228474</t>
+          <t>9786259506579</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Churchill (Ciltli)</t>
+          <t>Anlat Bana: Resimli Keşif Kitabı</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>895</v>
+        <v>245</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786256228382</t>
+          <t>9786256228573</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Batı’nın Afrika Talanı</t>
+          <t>Anne Beyni</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>295</v>
+        <v>345</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786256228405</t>
+          <t>9786256228504</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Ortaçağda Kadın</t>
+          <t>31 Mart Vakası</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>295</v>
+        <v>425</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786256228276</t>
+          <t>9786256228290</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Davamız</t>
+          <t>Rusların Gözüyle Türkler</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>345</v>
+        <v>295</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786256228368</t>
+          <t>9786256228511</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Kısa Bosna Tarihi</t>
+          <t>Büyük Yatırımcılar</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>295</v>
+        <v>475</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786256228399</t>
+          <t>9786256228528</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Anadolu’da Moğol İstilası</t>
+          <t>Büyük Konstantin</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>295</v>
+        <v>425</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786256228375</t>
+          <t>9786256228542</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Aydınlık Çağlar</t>
+          <t>FBI Tarihi, 1908-2023</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>345</v>
+        <v>475</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786256228313</t>
+          <t>9786256228535</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadele Başlarken</t>
+          <t>Allah Yolunda</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>445</v>
+        <v>345</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786259506562</t>
+          <t>9786256228481</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Kaybolan Meslekler: Konuşan Kilim mi Olur?</t>
+          <t>Yunan Mitolojisi</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>195</v>
+        <v>245</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786259506555</t>
+          <t>9786256228474</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Düşlerimizdeki Evren</t>
+          <t>Churchill (Ciltli)</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>295</v>
+        <v>1095</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786256228351</t>
+          <t>9786256228382</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Avrupa’nın Fethi</t>
+          <t>Batı’nın Afrika Talanı</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>495</v>
+        <v>345</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786256228429</t>
+          <t>9786256228405</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Türkiye ve Dünyadan İstihbarat Operasyonları</t>
+          <t>Ortaçağda Kadın</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>245</v>
+        <v>345</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786256228450</t>
+          <t>9786256228276</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>İmparatorluktan Cumhuriyete Cilt 1</t>
+          <t>Çocuk Davamız</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>295</v>
+        <v>425</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786256228320</t>
+          <t>9786256228368</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Romanovlar</t>
+          <t>Kısa Bosna Tarihi</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>595</v>
+        <v>345</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786256228344</t>
+          <t>9786256228399</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Dakikalar İçinde Güneş Sistemi</t>
+          <t>Anadolu’da Moğol İstilası</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>175</v>
+        <v>345</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786256228337</t>
+          <t>9786256228375</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Fransız Devrimi: İnfografik (Ciltli)</t>
+          <t>Aydınlık Çağlar</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>645</v>
+        <v>425</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786256228436</t>
+          <t>9786256228313</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Bakterin Kadar Yaşa</t>
+          <t>Milli Mücadele Başlarken</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>245</v>
+        <v>545</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786256228467</t>
+          <t>9786259506562</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Hayat Acemileri İçin Yaşam Rehberi</t>
+          <t>Kaybolan Meslekler: Konuşan Kilim mi Olur?</t>
         </is>
       </c>
       <c r="C212" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786259506548</t>
+          <t>9786259506555</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Kraliçe Kedi ve Kediler Ülkesi</t>
+          <t>Düşlerimizdeki Evren</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>245</v>
+        <v>345</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786259506531</t>
+          <t>9786256228351</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Yeşim Taşı Efsanesi - Gizemli Kitap 2. Kitap</t>
+          <t>Avrupa’nın Fethi</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>195</v>
+        <v>595</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786256228184</t>
+          <t>9786256228429</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Kısa Kore Tarihi</t>
+          <t>Türkiye ve Dünyadan İstihbarat Operasyonları</t>
         </is>
       </c>
       <c r="C215" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786256228207</t>
+          <t>9786256228450</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Endülüs</t>
+          <t>İmparatorluktan Cumhuriyete Cilt 1</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>395</v>
+        <v>345</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786256228269</t>
+          <t>9786256228320</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Dakikalar İçinde İngilizce</t>
+          <t>Romanovlar</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>175</v>
+        <v>745</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786256228221</t>
+          <t>9786256228344</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Hariciye Konseri</t>
+          <t>Dakikalar İçinde Güneş Sistemi</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>295</v>
+        <v>195</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786256228245</t>
+          <t>9786256228337</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Cadılık ve Büyü Tarihi</t>
+          <t>Fransız Devrimi: İnfografik (Ciltli)</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>395</v>
+        <v>775</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786256228252</t>
+          <t>9786256228436</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Gladyatörler</t>
+          <t>Bakterin Kadar Yaşa</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>245</v>
+        <v>295</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786256228214</t>
+          <t>9786256228467</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Doğu ve Batı (Ciltli)</t>
+          <t>Hayat Acemileri İçin Yaşam Rehberi</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>745</v>
+        <v>295</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786256228283</t>
+          <t>9786259506548</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>İstiklalin Kumandanları 1</t>
+          <t>Kraliçe Kedi ve Kediler Ülkesi</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>245</v>
+        <v>295</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786256228191</t>
+          <t>9786259506531</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>İttihatçılık</t>
+          <t>Yeşim Taşı Efsanesi - Gizemli Kitap 2. Kitap</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>345</v>
+        <v>245</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786256228238</t>
+          <t>9786256228184</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>İsim Şehir Film Roman</t>
+          <t>Kısa Kore Tarihi</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>245</v>
+        <v>345</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786256228306</t>
+          <t>9786256228207</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Eyvah, Okuldan Arıyorlar!</t>
+          <t>Endülüs</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>245</v>
+        <v>475</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786256228160</t>
+          <t>9786256228269</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Çocuk</t>
+          <t>Dakikalar İçinde İngilizce</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>295</v>
+        <v>195</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786256228177</t>
+          <t>9786256228221</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Kalk, Çalış, Başarısız Ol!</t>
+          <t>Hariciye Konseri</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>245</v>
+        <v>345</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786259506517</t>
+          <t>9786256228245</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Otto</t>
+          <t>Cadılık ve Büyü Tarihi</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>245</v>
+        <v>475</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786259506524</t>
+          <t>9786256228252</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Yeraltı Sırları 1</t>
+          <t>Gladyatörler</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>195</v>
+        <v>295</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786256228153</t>
+          <t>9786256228214</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Hiçlik Çağı</t>
+          <t>Doğu ve Batı (Ciltli)</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>495</v>
+        <v>895</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786256228139</t>
+          <t>9786256228283</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Batı’da Siyasal Düşünceler Tarihi 2</t>
+          <t>İstiklalin Kumandanları 1</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>495</v>
+        <v>295</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786256228146</t>
+          <t>9786256228191</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>From Empire to Republic</t>
+          <t>İttihatçılık</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>345</v>
+        <v>425</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786256228115</t>
+          <t>9786256228238</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Kısa İtalya Tarihi</t>
+          <t>İsim Şehir Film Roman</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>395</v>
+        <v>295</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786256228108</t>
+          <t>9786256228306</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Dakikalar İçinde Hitler ve Nazi Almanyası</t>
+          <t>Eyvah, Okuldan Arıyorlar!</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>175</v>
+        <v>295</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786256228092</t>
+          <t>9786256228160</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>100 Büyük Savaş (Ciltli)</t>
+          <t>İçimizdeki Çocuk</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>595</v>
+        <v>345</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786256228122</t>
+          <t>9786256228177</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Köl Tegin</t>
+          <t>Kalk, Çalış, Başarısız Ol!</t>
         </is>
       </c>
       <c r="C236" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786256228085</t>
+          <t>9786259506517</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Yeni Dünya Yeni Kurallar</t>
+          <t>Otto</t>
         </is>
       </c>
       <c r="C237" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786259506500</t>
+          <t>9786259506524</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Sıkıcı (Olmayan) Okulu</t>
+          <t>Yeraltı Sırları 1</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>195</v>
+        <v>245</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786259470580</t>
+          <t>9786256228153</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Yeşim Taşı Efsanesi - Karanlık Dünyaya Yolculuk 1. Kitap</t>
+          <t>Hiçlik Çağı</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>195</v>
+        <v>595</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786259470597</t>
+          <t>9786256228139</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Yazının Tarihi</t>
+          <t>Batı’da Siyasal Düşünceler Tarihi 2</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>195</v>
+        <v>595</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786256774858</t>
+          <t>9786256228146</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Çalışmasam Yorulurdum</t>
+          <t>From Empire to Republic</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>295</v>
+        <v>425</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786256228016</t>
+          <t>9786256228115</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Kehanet Sanatı</t>
+          <t>Kısa İtalya Tarihi</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>195</v>
+        <v>475</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786256228023</t>
+          <t>9786256228108</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Antik İnançların İzinde</t>
+          <t>Dakikalar İçinde Hitler ve Nazi Almanyası</t>
         </is>
       </c>
       <c r="C243" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786256228047</t>
+          <t>9786256228092</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Göçebeler</t>
+          <t>100 Büyük Savaş (Ciltli)</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>345</v>
+        <v>725</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786256228030</t>
+          <t>9786256228122</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Doğa, Kültür ve Eşitsizlik</t>
+          <t>Köl Tegin</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>195</v>
+        <v>345</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786256228078</t>
+          <t>9786256228085</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Dakikalar İçinde Ortadoğu</t>
+          <t>Yeni Dünya Yeni Kurallar</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>175</v>
+        <v>345</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786256228054</t>
+          <t>9786259506500</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Batu</t>
+          <t>Dünyanın En Sıkıcı (Olmayan) Okulu</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>295</v>
+        <v>245</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786256228061</t>
+          <t>9786259470580</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Siyasal Partiler Cilt 3</t>
+          <t>Yeşim Taşı Efsanesi - Karanlık Dünyaya Yolculuk 1. Kitap</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>495</v>
+        <v>245</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786259470573</t>
+          <t>9786259470597</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Hayat Dediğin… Kutulu Set (5 Kitap)</t>
+          <t>Yazının Tarihi</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>975</v>
+        <v>245</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786256774995</t>
+          <t>9786256774858</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Göklerin Kara Şeytanı</t>
+          <t>Çalışmasam Yorulurdum</t>
         </is>
       </c>
       <c r="C250" s="1">
         <v>345</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786256774971</t>
+          <t>9786256228016</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Alkali Diyet</t>
+          <t>Kehanet Sanatı</t>
         </is>
       </c>
       <c r="C251" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786256774988</t>
+          <t>9786256228023</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Kurtulma Sanatı</t>
+          <t>Antik İnançların İzinde</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>195</v>
+        <v>245</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786256774742</t>
+          <t>9786256228047</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>İmparatorluğun Ajanları</t>
+          <t>Göçebeler</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>595</v>
+        <v>425</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786256774940</t>
+          <t>9786256228030</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Dakikalar İçinde Büyük Konuşmalar</t>
+          <t>Doğa, Kültür ve Eşitsizlik</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>175</v>
+        <v>245</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786256774964</t>
+          <t>9786256228078</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Esir Şehirlerin Eserleri</t>
+          <t>Dakikalar İçinde Ortadoğu</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>295</v>
+        <v>195</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786256989894</t>
+          <t>9786256228054</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Osmanlılar ve Babürlüler</t>
+          <t>Batu</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>395</v>
+        <v>345</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786256228009</t>
+          <t>9786256228061</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Atom Bombasının Gizli Tarihi</t>
+          <t>Türkiye'de Siyasal Partiler Cilt 3</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>395</v>
+        <v>595</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786256774933</t>
+          <t>9786259470573</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Kısa Amerika Birleşik Devletleri Tarihi</t>
+          <t>Hayat Dediğin… Kutulu Set (5 Kitap)</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>495</v>
+        <v>1225</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786256774957</t>
+          <t>9786256774995</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Avrupa ve Biz</t>
+          <t>Göklerin Kara Şeytanı</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>295</v>
+        <v>425</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786259470566</t>
+          <t>9786256774971</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Şuuut ve Goool</t>
+          <t>Alkali Diyet</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>245</v>
+        <v>295</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786259470559</t>
+          <t>9786256774988</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Eyvah! Ofsayta Düştük!</t>
+          <t>Kurtulma Sanatı</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>195</v>
+        <v>245</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786259470542</t>
+          <t>9786256774742</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Karavana Johnny Uluslararası Futbol Dehası</t>
+          <t>İmparatorluğun Ajanları</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>245</v>
+        <v>745</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786256774926</t>
+          <t>9786256774940</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Türkistan Lejyonu İkinci Dünya Savaşı’nda Alman Saflarında Savaşan Türkler</t>
+          <t>Dakikalar İçinde Büyük Konuşmalar</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>345</v>
+        <v>195</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786256774872</t>
+          <t>9786256774964</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Oğuz İsyanı Büyük Selçuklu İmparatorluğu’nun Yıkılışı</t>
+          <t>Esir Şehirlerin Eserleri</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>295</v>
+        <v>345</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786256774865</t>
+          <t>9786256989894</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Dakikalar İçinde Siyaset Anında Açıklanan 200 Temel Kavram</t>
+          <t>Osmanlılar ve Babürlüler</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>175</v>
+        <v>475</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786256774889</t>
+          <t>9786256228009</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Türk Mukavemet Teşkilatı Kıbrıs’ta Türk Varlığının Koruyucusu</t>
+          <t>Atom Bombasının Gizli Tarihi</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>395</v>
+        <v>475</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786256774896</t>
+          <t>9786256774933</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Beyniniz Sizle Oyun Oynuyor Beyin Fikirleri ve Algıları Nasıl Şekillendirir?</t>
+          <t>Kısa Amerika Birleşik Devletleri Tarihi</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>195</v>
+        <v>595</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786256774919</t>
+          <t>9786256774957</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Keltler Antik Çağın Gizemli Halkı</t>
+          <t>Avrupa ve Biz</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>295</v>
+        <v>345</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786256774902</t>
+          <t>9786259470566</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Kısa Bizans Tarihi</t>
+          <t>Şuuut ve Goool</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>395</v>
+        <v>295</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786256774841</t>
+          <t>9786259470559</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Değiştiren Mektuplar</t>
+          <t>Eyvah! Ofsayta Düştük!</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>295</v>
+        <v>245</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786257631419</t>
+          <t>9786259470542</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>İlk Türkler</t>
+          <t>Karavana Johnny Uluslararası Futbol Dehası</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>245</v>
+        <v>295</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786057635778</t>
+          <t>9786256774926</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Selçuklu Çağında Yaşamak</t>
+          <t>Türkistan Lejyonu İkinci Dünya Savaşı’nda Alman Saflarında Savaşan Türkler</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>195</v>
+        <v>425</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786259470535</t>
+          <t>9786256774872</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Bir Masal Hayat Dediğin 5</t>
+          <t>Oğuz İsyanı Büyük Selçuklu İmparatorluğu’nun Yıkılışı</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>195</v>
+        <v>345</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786259470528</t>
+          <t>9786256774865</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Ortaya Karışık Hayat Dediğin 4</t>
+          <t>Dakikalar İçinde Siyaset Anında Açıklanan 200 Temel Kavram</t>
         </is>
       </c>
       <c r="C274" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786256774834</t>
+          <t>9786256774889</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Dakikalar İçinde Selçuklular</t>
+          <t>Türk Mukavemet Teşkilatı Kıbrıs’ta Türk Varlığının Koruyucusu</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>175</v>
+        <v>475</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786256774810</t>
+          <t>9786256774896</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Dijital Çağda Sağlıklı Çocuk Yetiştirmek</t>
+          <t>Beyniniz Sizle Oyun Oynuyor Beyin Fikirleri ve Algıları Nasıl Şekillendirir?</t>
         </is>
       </c>
       <c r="C276" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786256774827</t>
+          <t>9786256774919</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Kullanışlı Düşmanlar - Batı Siyaset Düşüncesinde İslam ve Osmanlı 1450-1750</t>
+          <t>Keltler Antik Çağın Gizemli Halkı</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>495</v>
+        <v>345</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786256774803</t>
+          <t>9786256774902</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Finansal Özgürlük Adım Adım Yatırım ve Tasarruf Rehberi</t>
+          <t>Kısa Bizans Tarihi</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>245</v>
+        <v>475</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786259470504</t>
+          <t>9786256774841</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Alya Çakıltaşı Kurdu Kurtarıyor</t>
+          <t>Dünyayı Değiştiren Mektuplar</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>195</v>
+        <v>345</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786259470511</t>
+          <t>9786257631419</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Büyük Tuhaf Ev 1 - Kiralık Odalar</t>
+          <t>İlk Türkler</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>245</v>
+        <v>295</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786256774698</t>
+          <t>9786057635778</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Ulysses S. Grant Osprey Büyük Komutanlar</t>
+          <t>Selçuklu Çağında Yaşamak</t>
         </is>
       </c>
       <c r="C281" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786256774711</t>
+          <t>9786259470535</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>İskitler Tarihleri, Kültürleri ve Dünyaya Etkileri</t>
+          <t>Gerçek Bir Masal Hayat Dediğin 5</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>395</v>
+        <v>245</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786256774766</t>
+          <t>9786259470528</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Siyasal Partiler Cilt 2 Mütareke Dönemi</t>
+          <t>Ortaya Karışık Hayat Dediğin 4</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>495</v>
+        <v>245</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786256774728</t>
+          <t>9786256774834</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Haçlıların Dünyası Resimli Haçlı Seferleri Rehberi (Ciltli)</t>
+          <t>Dakikalar İçinde Selçuklular</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>795</v>
+        <v>195</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786256774797</t>
+          <t>9786256774810</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Savaş Sanatı - Dell'arte Della Guerra</t>
+          <t>Dijital Çağda Sağlıklı Çocuk Yetiştirmek</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>195</v>
+        <v>295</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786256774629</t>
+          <t>9786256774827</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Yalan Radarı - İşte, Evde ve Aşkta 5 Adımda Yalanı Yakala</t>
+          <t>Kullanışlı Düşmanlar - Batı Siyaset Düşüncesinde İslam ve Osmanlı 1450-1750</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>195</v>
+        <v>595</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786256774735</t>
+          <t>9786256774803</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Colossus - Amerikan İmparatorluğu’nun Yükselişi ve Çöküşü</t>
+          <t>Finansal Özgürlük Adım Adım Yatırım ve Tasarruf Rehberi</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>395</v>
+        <v>295</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786256774704</t>
+          <t>9786259470504</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Nazi Milyarderleri - Almanya’nın En Zengin Hanedanlarının Karanlık Tarihi</t>
+          <t>Alya Çakıltaşı Kurdu Kurtarıyor</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>395</v>
+        <v>245</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786256774759</t>
+          <t>9786259470511</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Tokuz Ama Açız Mideni Değil, Hücrelerini Doyur!</t>
+          <t>Büyük Tuhaf Ev 1 - Kiralık Odalar</t>
         </is>
       </c>
       <c r="C289" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786256774773</t>
+          <t>9786256774698</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Gel Dünyayı Keşfedelim - Gezgin Bir Tarihçinin Seyahat Defteri</t>
+          <t>Ulysses S. Grant Osprey Büyük Komutanlar</t>
         </is>
       </c>
       <c r="C290" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786256989498</t>
+          <t>9786256774711</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet'in İlk Sabahı</t>
+          <t>İskitler Tarihleri, Kültürleri ve Dünyaya Etkileri</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>245</v>
+        <v>475</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786256774674</t>
+          <t>9786256774766</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Rob ile Çiziyorum 2 Muhteşem Hayvanlar</t>
+          <t>Türkiye’de Siyasal Partiler Cilt 2 Mütareke Dönemi</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>245</v>
+        <v>595</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786256774681</t>
+          <t>9786256774728</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Frida’nın Çiçekleri</t>
+          <t>Haçlıların Dünyası Resimli Haçlı Seferleri Rehberi (Ciltli)</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>245</v>
+        <v>945</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786256774490</t>
+          <t>9786256774797</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Bağımlılık ve Bağımlılıklarla Mücadele Bağımlılık Türleri, Nedenleri ve Çözüm Önerileri</t>
+          <t>Savaş Sanatı - Dell'arte Della Guerra</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>345</v>
+        <v>245</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786256774612</t>
+          <t>9786256774629</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Şarlman Avrupa’nın Büyük Hükümdarı</t>
+          <t>Yalan Radarı - İşte, Evde ve Aşkta 5 Adımda Yalanı Yakala</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>195</v>
+        <v>245</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786256774582</t>
+          <t>9786256774735</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Sınırdaki Düşman Osmanlı-Sırp Karşılıklı Askeri İstihbarat Faaliyetleri</t>
+          <t>Colossus - Amerikan İmparatorluğu’nun Yükselişi ve Çöküşü</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>345</v>
+        <v>475</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786256774650</t>
+          <t>9786256774704</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Dakikalar İçinde Kuantum Fiziği Anında Açıklanan 200 Temel Kavram</t>
+          <t>Nazi Milyarderleri - Almanya’nın En Zengin Hanedanlarının Karanlık Tarihi</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>175</v>
+        <v>475</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786256774667</t>
+          <t>9786256774759</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Askeri Stratejinin Temelleri Kuramcılar</t>
+          <t>Tokuz Ama Açız Mideni Değil, Hücrelerini Doyur!</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>495</v>
+        <v>345</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786256774643</t>
+          <t>9786256774773</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Tarihi - İmparatorluklar Başkentinin 2500 Yıllık Tarihi</t>
+          <t>Gel Dünyayı Keşfedelim - Gezgin Bir Tarihçinin Seyahat Defteri</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>295</v>
+        <v>345</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786256774599</t>
+          <t>9786256989498</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Seyahatnamesi</t>
+          <t>Cumhuriyet'in İlk Sabahı</t>
         </is>
       </c>
       <c r="C300" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786256774513</t>
+          <t>9786256774674</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Tarihi Nasıl İncelenir?</t>
+          <t>Rob ile Çiziyorum 2 Muhteşem Hayvanlar</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>395</v>
+        <v>295</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786256774605</t>
+          <t>9786256774681</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Milyar Dolarlık Hikayeler</t>
+          <t>Frida’nın Çiçekleri</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>245</v>
+        <v>295</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786256774445</t>
+          <t>9786256774490</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Rommel Bir Yaşam Öyküsü</t>
+          <t>Bağımlılık ve Bağımlılıklarla Mücadele Bağımlılık Türleri, Nedenleri ve Çözüm Önerileri</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>395</v>
+        <v>425</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786256774636</t>
+          <t>9786256774612</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Sirkadiyen Beslenme Ne Kadar Yediğin Değil, Ne Zaman Yediğin Önemli!</t>
+          <t>Şarlman Avrupa’nın Büyük Hükümdarı</t>
         </is>
       </c>
       <c r="C304" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786256774575</t>
+          <t>9786256774582</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Canım Çok Sıkılıyor! - Ela 5</t>
+          <t>Sınırdaki Düşman Osmanlı-Sırp Karşılıklı Askeri İstihbarat Faaliyetleri</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>195</v>
+        <v>425</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786256774568</t>
+          <t>9786256774650</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Ya Yapamazsam? - Ela 4</t>
+          <t>Dakikalar İçinde Kuantum Fiziği Anında Açıklanan 200 Temel Kavram</t>
         </is>
       </c>
       <c r="C306" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786256774544</t>
+          <t>9786256774667</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Kim Korkar Zorbalardan? - Ela 2</t>
+          <t>Askeri Stratejinin Temelleri Kuramcılar</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>195</v>
+        <v>595</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786256774537</t>
+          <t>9786256774643</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Bir Yalanın Ağırlığı Ne Kadardır? - Ela 1</t>
+          <t>İstanbul Tarihi - İmparatorluklar Başkentinin 2500 Yıllık Tarihi</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>195</v>
+        <v>345</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786256774520</t>
+          <t>9786256774599</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Gizli Bir Hazine</t>
+          <t>Türkiye Seyahatnamesi</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>195</v>
+        <v>345</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786256774476</t>
+          <t>9786256774513</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Dakikalar İçinde Sayılar - Anında Açıklanan 200 Temel Kavram</t>
+          <t>Osmanlı Tarihi Nasıl İncelenir?</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>175</v>
+        <v>475</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786256774483</t>
+          <t>9786256774605</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>İşim ve Ben Meslek Seçiminden Önce Okunacak Kitap</t>
+          <t>Milyar Dolarlık Hikayeler</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>195</v>
+        <v>295</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786256774452</t>
+          <t>9786256774445</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Rusya Devrim ve İç Savaş (1917-1921)</t>
+          <t>Rommel Bir Yaşam Öyküsü</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>495</v>
+        <v>475</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786256774346</t>
+          <t>9786256774636</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Taht ve İktidar Orta Çağ’ın Yeni Tarihi</t>
+          <t>Sirkadiyen Beslenme Ne Kadar Yediğin Değil, Ne Zaman Yediğin Önemli!</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>495</v>
+        <v>295</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786256774469</t>
+          <t>9786256774575</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Batı’da Siyasal Düşünceler Tarihi 1 Eski ve Orta Çağlar</t>
+          <t>Canım Çok Sıkılıyor! - Ela 5</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>395</v>
+        <v>245</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786256774384</t>
+          <t>9786256774568</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Alman Dehası - Avrupa’nın Üçüncü Rönesansı, İkinci Bilim Devrimi ve Yirmi Yüzyıl</t>
+          <t>Ya Yapamazsam? - Ela 4</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>745</v>
+        <v>245</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786256774360</t>
+          <t>9786256774544</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Son İmparatorluk Osmanlı - Osmanlı’yı Yeniden Keşfetmek 2</t>
+          <t>Kim Korkar Zorbalardan? - Ela 2</t>
         </is>
       </c>
       <c r="C316" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786256774322</t>
+          <t>9786256774537</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Hayat En Çok İyileri Kırar - Kırıldığımız Yerden Güçlenmenin Yolları</t>
+          <t>Bir Yalanın Ağırlığı Ne Kadardır? - Ela 1</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>295</v>
+        <v>245</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786256774230</t>
+          <t>9786256774520</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Başarıya Götüren Aile</t>
+          <t>Gizli Bir Hazine</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>225</v>
+        <v>245</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786256774438</t>
+          <t>9786256774476</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Tatlı Bir Telaş Hayat Dediğin 2</t>
+          <t>Dakikalar İçinde Sayılar - Anında Açıklanan 200 Temel Kavram</t>
         </is>
       </c>
       <c r="C319" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786256774421</t>
+          <t>9786256774483</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Yelekler Arası Hayat Dediğin 1</t>
+          <t>İşim ve Ben Meslek Seçiminden Önce Okunacak Kitap</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>195</v>
+        <v>245</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786256774377</t>
+          <t>9786256774452</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Berzem</t>
+          <t>Rusya Devrim ve İç Savaş (1917-1921)</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>195</v>
+        <v>595</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786256774315</t>
+          <t>9786256774346</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>The Empire’s Longest Century</t>
+          <t>Taht ve İktidar Orta Çağ’ın Yeni Tarihi</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>495</v>
+        <v>595</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786256774353</t>
+          <t>9786256774469</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Kısa Almanya Tarihi</t>
+          <t>Batı’da Siyasal Düşünceler Tarihi 1 Eski ve Orta Çağlar</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>345</v>
+        <v>475</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786256774247</t>
+          <t>9786256774384</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Dakikalar İçinde Fizik - Anında Açıklanan 200 Temel Kavram</t>
+          <t>Alman Dehası - Avrupa’nın Üçüncü Rönesansı, İkinci Bilim Devrimi ve Yirmi Yüzyıl</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>175</v>
+        <v>895</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786256774193</t>
+          <t>9786256774360</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Genç Stalin - Kızıl Çar’ın Sarayı</t>
+          <t>Son İmparatorluk Osmanlı - Osmanlı’yı Yeniden Keşfetmek 2</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>945</v>
+        <v>295</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786256774391</t>
+          <t>9786256774322</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İmparatorluğu II (2 Cilt Kutulu)</t>
+          <t>Hayat En Çok İyileri Kırar - Kırıldığımız Yerden Güçlenmenin Yolları</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>795</v>
+        <v>345</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786256774339</t>
+          <t>9786256774230</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Longevity Planı - Gençleşmek İsteyenlerin El Kitabı</t>
+          <t>Başarıya Götüren Aile</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>295</v>
+        <v>275</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786256774117</t>
+          <t>9786256774438</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Rob ile Çiziyorum</t>
+          <t>Tatlı Bir Telaş Hayat Dediğin 2</t>
         </is>
       </c>
       <c r="C328" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786256774087</t>
+          <t>9786256774421</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Montessori Potansiyeli</t>
+          <t>Yelekler Arası Hayat Dediğin 1</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>395</v>
+        <v>245</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786256774032</t>
+          <t>9786256774377</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Türk'ün Türk'le Savaşı</t>
+          <t>Berzem</t>
         </is>
       </c>
       <c r="C330" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786256774261</t>
+          <t>9786256774315</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Olağanüstü Bahçıvan</t>
+          <t>The Empire’s Longest Century</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>195</v>
+        <v>595</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786256774285</t>
+          <t>9786256774353</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Vulgar Viking 6 Büyük Gark Savaşı</t>
+          <t>Kısa Almanya Tarihi</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>195</v>
+        <v>425</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786256774278</t>
+          <t>9786256774247</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Vulgar Viking 5 Bir Yaz Gecesi Çığlığı</t>
+          <t>Dakikalar İçinde Fizik - Anında Açıklanan 200 Temel Kavram</t>
         </is>
       </c>
       <c r="C333" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786256774254</t>
+          <t>9786256774193</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Siyasal Partiler Cilt 1</t>
+          <t>Genç Stalin - Kızıl Çar’ın Sarayı</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>495</v>
+        <v>1145</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786256774223</t>
+          <t>9786256774391</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Ortaçağ Şövalyeleri (Ciltli)</t>
+          <t>Osmanlı İmparatorluğu II (2 Cilt Kutulu)</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>595</v>
+        <v>945</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786256774308</t>
+          <t>9786256774339</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Asya’da Kılık Değiştirerek Yolculuk</t>
+          <t>Longevity Planı - Gençleşmek İsteyenlerin El Kitabı</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>395</v>
+        <v>345</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786256774292</t>
+          <t>9786256774117</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Zenginlik ve Mutluluk için 7 Strateji</t>
+          <t>Rob ile Çiziyorum</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>195</v>
+        <v>295</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786256774162</t>
+          <t>9786256774087</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Sarsılan Saray</t>
+          <t>Montessori Potansiyeli</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>495</v>
+        <v>475</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786256774131</t>
+          <t>9786256774032</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Çelik Kanatlar Kıbrıs Üzerinde</t>
+          <t>Türk'ün Türk'le Savaşı</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>345</v>
+        <v>295</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786256774148</t>
+          <t>9786256774261</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Tapınakçılar</t>
+          <t>Olağanüstü Bahçıvan</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>345</v>
+        <v>245</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786256774155</t>
+          <t>9786256774285</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Spor Efsaneleri</t>
+          <t>Vulgar Viking 6 Büyük Gark Savaşı</t>
         </is>
       </c>
       <c r="C341" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786256774186</t>
+          <t>9786256774278</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Karavana Johnny 2 Gizli Futbol Dehası</t>
+          <t>Vulgar Viking 5 Bir Yaz Gecesi Çığlığı</t>
         </is>
       </c>
       <c r="C342" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786256774179</t>
+          <t>9786256774254</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Mükemmellik Tuzağı</t>
+          <t>Türkiye’de Siyasal Partiler Cilt 1</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>295</v>
+        <v>595</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786256774124</t>
+          <t>9786256774223</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Türk Hava Harp Sanayii Tarihi</t>
+          <t>Ortaçağ Şövalyeleri (Ciltli)</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>595</v>
+        <v>725</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786256989382</t>
+          <t>9786256774308</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Şekil, Şekil Her Yer Şekil</t>
+          <t>Asya’da Kılık Değiştirerek Yolculuk</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>195</v>
+        <v>475</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786256774056</t>
+          <t>9786256774292</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Dakikalar İçinde İnsan Vücudu</t>
+          <t>Zenginlik ve Mutluluk için 7 Strateji</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>175</v>
+        <v>245</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786256774063</t>
+          <t>9786256774162</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Büyük Vatanseverlik Savaşı</t>
+          <t>Sarsılan Saray</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>395</v>
+        <v>595</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786256774094</t>
+          <t>9786256774131</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Mim Mim Grubu</t>
+          <t>Çelik Kanatlar Kıbrıs Üzerinde</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>345</v>
+        <v>425</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786256774100</t>
+          <t>9786256774148</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>İmparatorlar Yataklarında Ölmez</t>
+          <t>Tapınakçılar</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>295</v>
+        <v>425</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786256774070</t>
+          <t>9786256774155</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Süreyya Ciliv: Global İş Dünyasında Sıradışı Bir Lider</t>
+          <t>Spor Efsaneleri</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>345</v>
+        <v>295</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786256774049</t>
+          <t>9786256774186</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>İttihatçılık - Doğuş</t>
+          <t>Karavana Johnny 2 Gizli Futbol Dehası</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>245</v>
+        <v>295</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786256774018</t>
+          <t>9786256774179</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet’in Doğuşu</t>
+          <t>Mükemmellik Tuzağı</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>295</v>
+        <v>345</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786256989979</t>
+          <t>9786256774124</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Endişelerim ve Ben 3 Arkadaşım Taşınıyor</t>
+          <t>Türk Hava Harp Sanayii Tarihi</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>195</v>
+        <v>745</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786256989986</t>
+          <t>9786256989382</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Endişelerim ve Ben 2 Kırmızı Bavulum</t>
+          <t>Şekil, Şekil Her Yer Şekil</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>195</v>
+        <v>245</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786256989993</t>
+          <t>9786256774056</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Endişelerim ve Ben 1 Sana Küstüm</t>
+          <t>Dakikalar İçinde İnsan Vücudu</t>
         </is>
       </c>
       <c r="C355" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786256774025</t>
+          <t>9786256774063</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Arabistanlı Lawrence</t>
+          <t>Büyük Vatanseverlik Savaşı</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>245</v>
+        <v>475</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786256989955</t>
+          <t>9786256774094</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Kısa Avusturya Tarihi</t>
+          <t>Mim Mim Grubu</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>395</v>
+        <v>425</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786256989917</t>
+          <t>9786256774100</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Warren Buffett Kanunları</t>
+          <t>İmparatorlar Yataklarında Ölmez</t>
         </is>
       </c>
       <c r="C358" s="1">
         <v>345</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786256774001</t>
+          <t>9786256774070</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Dakikalar İçinde Osmanlı Padişahları</t>
+          <t>Süreyya Ciliv: Global İş Dünyasında Sıradışı Bir Lider</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>175</v>
+        <v>425</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786256989948</t>
+          <t>9786256774049</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>On İki Sezar</t>
+          <t>İttihatçılık - Doğuş</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>495</v>
+        <v>295</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786256989924</t>
+          <t>9786256774018</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Rothschild Hanedanı</t>
+          <t>Cumhuriyet’in Doğuşu</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>495</v>
+        <v>345</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786256989962</t>
+          <t>9786256989979</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Hain</t>
+          <t>Endişelerim ve Ben 3 Arkadaşım Taşınıyor</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>345</v>
+        <v>245</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786256989900</t>
+          <t>9786256989986</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Kaybolan Meslekler 1 - Yorganın Ustası Mı Olur?</t>
+          <t>Endişelerim ve Ben 2 Kırmızı Bavulum</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>195</v>
+        <v>245</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786256989849</t>
+          <t>9786256989993</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Karavana Johnny: Kazara Futbol Dehası</t>
+          <t>Endişelerim ve Ben 1 Sana Küstüm</t>
         </is>
       </c>
       <c r="C364" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786256989863</t>
+          <t>9786256774025</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Vulgar Viking 4 Müthiş Ejderha Avcısı</t>
+          <t>Arabistanlı Lawrence</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>195</v>
+        <v>295</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786256989818</t>
+          <t>9786256989955</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Beyinden Bedene Çocuk Odaklı Ebeveynlik</t>
+          <t>Kısa Avusturya Tarihi</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>395</v>
+        <v>475</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786256989832</t>
+          <t>9786256989917</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Günleri</t>
+          <t>Warren Buffett Kanunları</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>245</v>
+        <v>425</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786256989887</t>
+          <t>9786256774001</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Panzer Ası</t>
+          <t>Dakikalar İçinde Osmanlı Padişahları</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>445</v>
+        <v>195</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786256989856</t>
+          <t>9786256989948</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Kısa Avrupa Tarihi</t>
+          <t>On İki Sezar</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>395</v>
+        <v>595</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786256989801</t>
+          <t>9786256989924</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Asurlular</t>
+          <t>Rothschild Hanedanı</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>295</v>
+        <v>595</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786256989825</t>
+          <t>9786256989962</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Enver Paşa'nın Eşi Naciye Sultan'ın Hatıraları</t>
+          <t>Hain</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>195</v>
+        <v>425</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786256989870</t>
+          <t>9786256989900</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Türk İdari Teşkilatı Tarihi</t>
+          <t>Kaybolan Meslekler 1 - Yorganın Ustası Mı Olur?</t>
         </is>
       </c>
       <c r="C372" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786256989795</t>
+          <t>9786256989849</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Antik Roma: İnfografik</t>
+          <t>Karavana Johnny: Kazara Futbol Dehası</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>645</v>
+        <v>295</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786256989788</t>
+          <t>9786256989863</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Vulgar Viking 3 Korkunç Okul Gezisi</t>
+          <t>Vulgar Viking 4 Müthiş Ejderha Avcısı</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>195</v>
+        <v>245</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786256989603</t>
+          <t>9786256989818</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Kısa Fransa Tarihi</t>
+          <t>Beyinden Bedene Çocuk Odaklı Ebeveynlik</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>495</v>
+        <v>475</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786256989757</t>
+          <t>9786256989832</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet’in Yeni Yüzyılında Yeni Dünya Politikası</t>
+          <t>İstanbul Günleri</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>345</v>
+        <v>295</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786256989764</t>
+          <t>9786256989887</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Arnhem - İkinci Dünya Savaşı’nda Almanya’nın Son Zaferi</t>
+          <t>Panzer Ası</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>595</v>
+        <v>545</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786256989740</t>
+          <t>9786256989856</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Tanrı’nın Öfkesi</t>
+          <t>Kısa Avrupa Tarihi</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>295</v>
+        <v>475</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786256989771</t>
+          <t>9786256989801</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Dakikalar İçinde Bilim</t>
+          <t>Asurlular</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>175</v>
+        <v>345</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786256989733</t>
+          <t>9786256989825</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Uzayda - Gezegenimizden Uzaya Yolculuk Eden İlk İnsanın Çarpıcı Hikayesi</t>
+          <t>Enver Paşa'nın Eşi Naciye Sultan'ın Hatıraları</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>495</v>
+        <v>245</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786256989719</t>
+          <t>9786256989870</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>CIA Tarihi, 1947-2022</t>
+          <t>Türk İdari Teşkilatı Tarihi</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>395</v>
+        <v>295</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786256989702</t>
+          <t>9786256989795</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Dakikalar İçinde Mimarlık</t>
+          <t>Antik Roma: İnfografik</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>175</v>
+        <v>775</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786256989726</t>
+          <t>9786256989788</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Leyla ve Mecnun</t>
+          <t>Vulgar Viking 3 Korkunç Okul Gezisi</t>
         </is>
       </c>
       <c r="C383" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786256989542</t>
+          <t>9786256989603</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>İnsanları Etkilemek Süpergücünüzdür</t>
+          <t>Kısa Fransa Tarihi</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>345</v>
+        <v>595</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786256989696</t>
+          <t>9786256989757</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Normanlar</t>
+          <t>Cumhuriyet’in Yeni Yüzyılında Yeni Dünya Politikası</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>395</v>
+        <v>425</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786256989672</t>
+          <t>9786256989764</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Sanat Tarihi: Büyülü</t>
+          <t>Arnhem - İkinci Dünya Savaşı’nda Almanya’nın Son Zaferi</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>195</v>
+        <v>725</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786256989689</t>
+          <t>9786256989740</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Mesleklerin Bilinmeyen Dünyası</t>
+          <t>Tanrı’nın Öfkesi</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>195</v>
+        <v>345</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786256989528</t>
+          <t>9786256989771</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’da Tarih Yazımı ve Kaynak Türleri</t>
+          <t>Dakikalar İçinde Bilim</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>395</v>
+        <v>195</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786256989665</t>
+          <t>9786256989733</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Dakikalar İçinde Beyin</t>
+          <t>Uzayda - Gezegenimizden Uzaya Yolculuk Eden İlk İnsanın Çarpıcı Hikayesi</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>175</v>
+        <v>595</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786256989658</t>
+          <t>9786256989719</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Güneş Ülkesi Horasan</t>
+          <t>CIA Tarihi, 1947-2022</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>395</v>
+        <v>475</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786256989641</t>
+          <t>9786256989702</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Hürriyetin İlanı</t>
+          <t>Dakikalar İçinde Mimarlık</t>
         </is>
       </c>
       <c r="C391" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786256989634</t>
+          <t>9786256989726</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Tarih</t>
+          <t>Leyla ve Mecnun</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>195</v>
+        <v>295</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786256989610</t>
+          <t>9786256989542</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Yaşam Üzerine</t>
+          <t>İnsanları Etkilemek Süpergücünüzdür</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>245</v>
+        <v>425</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786256989627</t>
+          <t>9786256989696</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Tapınak Şövalyelerinin El Kitabı</t>
+          <t>Normanlar</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>295</v>
+        <v>475</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786256989597</t>
+          <t>9786256989672</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Milli İstihbarat Teşkilatı (1826-2023)</t>
+          <t>Sanat Tarihi: Büyülü</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>395</v>
+        <v>245</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786256989511</t>
+          <t>9786256989689</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Psikolojik Sağlamlık</t>
+          <t>Mesleklerin Bilinmeyen Dünyası</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>295</v>
+        <v>245</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786256989504</t>
+          <t>9786256989528</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Uygarlık Yargılanıyor</t>
+          <t>Osmanlı’da Tarih Yazımı ve Kaynak Türleri</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>195</v>
+        <v>475</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786256989566</t>
+          <t>9786256989665</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Çölde İsyan</t>
+          <t>Dakikalar İçinde Beyin</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>245</v>
+        <v>195</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786256989535</t>
+          <t>9786256989658</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Kısa Japonya Tarihi</t>
+          <t>Güneş Ülkesi Horasan</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>295</v>
+        <v>475</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786256989573</t>
+          <t>9786256989641</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Atatürkçülük</t>
+          <t>Hürriyetin İlanı</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>395</v>
+        <v>245</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786256989559</t>
+          <t>9786256989634</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Dakikalar İçinde İkinci Dünya Savaşı</t>
+          <t>Tarih</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>175</v>
+        <v>245</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786256989474</t>
+          <t>9786256989610</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Vulgar Viking 1 - Kurabiye Yağmacıları</t>
+          <t>Mutlu Yaşam Üzerine</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>195</v>
+        <v>295</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786256989481</t>
+          <t>9786256989627</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Vulgar Viking - Büyük Yarış</t>
+          <t>Tapınak Şövalyelerinin El Kitabı</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>195</v>
+        <v>345</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786256989399</t>
+          <t>9786256989597</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Sayı, Sayı Her Yer Sayı</t>
+          <t>Milli İstihbarat Teşkilatı (1826-2023)</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>195</v>
+        <v>475</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786256989337</t>
+          <t>9786256989511</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Dakikalar İçinde Bilim Kitaplığı - Kutulu Set 5 Kitap</t>
+          <t>Psikolojik Sağlamlık</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>875</v>
+        <v>345</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786256989320</t>
+          <t>9786256989504</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Dakikalar İçinde Başvuru Kitaplığı - Kutulu Set 5 Kitap</t>
+          <t>Uygarlık Yargılanıyor</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>875</v>
+        <v>295</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786256989412</t>
+          <t>9786256989566</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Kıyamet</t>
+          <t>Çölde İsyan</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>495</v>
+        <v>295</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786256989443</t>
+          <t>9786256989535</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Bernard Montgomery</t>
+          <t>Kısa Japonya Tarihi</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>245</v>
+        <v>345</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786256989351</t>
+          <t>9786256989573</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Dakikalar İçinde Milli Mücadele</t>
+          <t>Atatürk ve Atatürkçülük</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>175</v>
+        <v>475</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786256989429</t>
+          <t>9786256989559</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Kısa Dünya Tarihi</t>
+          <t>Dakikalar İçinde İkinci Dünya Savaşı</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>395</v>
+        <v>195</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786256989375</t>
+          <t>9786256989474</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>İkinci Dünya Savaşı Tarihi</t>
+          <t>Vulgar Viking 1 - Kurabiye Yağmacıları</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>445</v>
+        <v>245</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786256989436</t>
+          <t>9786256989481</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Kısa Çin Tarihi</t>
+          <t>Vulgar Viking - Büyük Yarış</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>295</v>
+        <v>245</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786256989450</t>
+          <t>9786256989399</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Sultan II. Abdülhamid</t>
+          <t>Sayı, Sayı Her Yer Sayı</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>295</v>
+        <v>245</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786256989405</t>
+          <t>9786256989337</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Moğol Savaş Sanatı</t>
+          <t>Dakikalar İçinde Bilim Kitaplığı - Kutulu Set 5 Kitap</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>295</v>
+        <v>875</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786256989368</t>
+          <t>9786256989320</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Eski Türk Tarihi</t>
+          <t>Dakikalar İçinde Başvuru Kitaplığı - Kutulu Set 5 Kitap</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>245</v>
+        <v>875</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786256989467</t>
+          <t>9786256989412</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Kardeşlik</t>
+          <t>Kıyamet</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>495</v>
+        <v>595</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786258431964</t>
+          <t>9786256989443</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Spotify</t>
+          <t>Bernard Montgomery</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>495</v>
+        <v>295</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786256989221</t>
+          <t>9786256989351</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Türk İstihbaratı ve Soğuk Savaş</t>
+          <t>Dakikalar İçinde Milli Mücadele</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>295</v>
+        <v>195</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786256989245</t>
+          <t>9786256989429</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Yeni Roma</t>
+          <t>Kısa Dünya Tarihi</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>495</v>
+        <v>475</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786256989269</t>
+          <t>9786256989375</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Sultanın Saatçisi</t>
+          <t>İkinci Dünya Savaşı Tarihi</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>245</v>
+        <v>545</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786256989283</t>
+          <t>9786256989436</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>İslam’ın Krizi</t>
+          <t>Kısa Çin Tarihi</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>195</v>
+        <v>345</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786256989290</t>
+          <t>9786256989450</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Düşler Nasıl Gerçekleşti?</t>
+          <t>Sultan II. Abdülhamid</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>395</v>
+        <v>345</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786256989160</t>
+          <t>9786256989405</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Bir Hikayesin Sen</t>
+          <t>Moğol Savaş Sanatı</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>195</v>
+        <v>345</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786256989177</t>
+          <t>9786256989368</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Dakikalar İçinde Atatürk ve Dünyası</t>
+          <t>Eski Türk Tarihi</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>175</v>
+        <v>295</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786256989276</t>
+          <t>9786256989467</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Napoleon</t>
+          <t>Kardeşlik</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>745</v>
+        <v>595</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786256989238</t>
+          <t>9786258431964</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Dominion</t>
+          <t>Spotify</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>495</v>
+        <v>595</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786256989191</t>
+          <t>9786256989221</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Doğu Ülkeleri Tarihinin Altın Çağı</t>
+          <t>Türk İstihbaratı ve Soğuk Savaş</t>
         </is>
       </c>
       <c r="C427" s="1">
         <v>345</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786256989184</t>
+          <t>9786256989245</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Dakikalar İçinde İşletme</t>
+          <t>Yeni Roma</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>175</v>
+        <v>595</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786256989214</t>
+          <t>9786256989269</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Uluğ Beg</t>
+          <t>Sultanın Saatçisi</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>345</v>
+        <v>295</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786256989153</t>
+          <t>9786256989283</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Sıra Sende</t>
+          <t>İslam’ın Krizi</t>
         </is>
       </c>
       <c r="C430" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786256989146</t>
+          <t>9786256989290</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Hikaye Makinesi</t>
+          <t>Düşler Nasıl Gerçekleşti?</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>245</v>
+        <v>475</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786256989061</t>
+          <t>9786256989160</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Rusya Seyahatnamesi</t>
+          <t>Bir Hikayesin Sen</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>195</v>
+        <v>245</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786256989054</t>
+          <t>9786256989177</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Utanç İmparatorluğu</t>
+          <t>Dakikalar İçinde Atatürk ve Dünyası</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>395</v>
+        <v>195</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786256989092</t>
+          <t>9786256989276</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>İngiliz Komutan Anlatıyor</t>
+          <t>Napoleon</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>295</v>
+        <v>895</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786256989139</t>
+          <t>9786256989238</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Aztekler</t>
+          <t>Dominion</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>445</v>
+        <v>595</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786256989115</t>
+          <t>9786256989191</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Devlet Üzerine</t>
+          <t>Doğu Ülkeleri Tarihinin Altın Çağı</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>245</v>
+        <v>425</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786256989078</t>
+          <t>9786256989184</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Rothschild Hanedanı</t>
+          <t>Dakikalar İçinde İşletme</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>495</v>
+        <v>195</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786256989085</t>
+          <t>9786256989214</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'yı Yeniden Keşfetmek</t>
+          <t>Uluğ Beg</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>245</v>
+        <v>425</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786256989108</t>
+          <t>9786256989153</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>İkinci Dünya Savaşı: İnfografik (Ciltli)</t>
+          <t>Sıra Sende</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>645</v>
+        <v>295</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786256989122</t>
+          <t>9786256989146</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Dakikalar İçinde Gelecek</t>
+          <t>Hikaye Makinesi</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>175</v>
+        <v>295</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786256989047</t>
+          <t>9786256989061</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Dakikalar İçinde Astronomi</t>
+          <t>Rusya Seyahatnamesi</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>175</v>
+        <v>245</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786256989030</t>
+          <t>9786256989054</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Roma İmparatorları (3. Cilt)</t>
+          <t>Utanç İmparatorluğu</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>245</v>
+        <v>475</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786258431988</t>
+          <t>9786256989092</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Hitler'in Savaşçısı</t>
+          <t>İngiliz Komutan Anlatıyor</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>495</v>
+        <v>345</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786256989023</t>
+          <t>9786256989139</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Cebimdeki Ekmek Kırıntıları</t>
+          <t>Aztekler</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>245</v>
+        <v>545</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786258431933</t>
+          <t>9786256989115</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Global Piyasalar (Ciltli)</t>
+          <t>Devlet Üzerine</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>495</v>
+        <v>295</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786258431940</t>
+          <t>9786256989078</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Prusya’dan NATO'ya - Türk Ordusunda Batı Etkisi</t>
+          <t>Rothschild Hanedanı</t>
         </is>
       </c>
       <c r="C446" s="1">
         <v>595</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786258431797</t>
+          <t>9786256989085</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Dakikalar İçinde Genetik</t>
+          <t>Osmanlı'yı Yeniden Keşfetmek</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>175</v>
+        <v>295</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786258431803</t>
+          <t>9786256989108</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Hava Gücü</t>
+          <t>İkinci Dünya Savaşı: İnfografik (Ciltli)</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>295</v>
+        <v>775</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786258431957</t>
+          <t>9786256989122</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Dakikalar İçinde Avrupa Tarihi</t>
+          <t>Dakikalar İçinde Gelecek</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>175</v>
+        <v>195</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786256989009</t>
+          <t>9786256989047</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Türk Komutanlar</t>
+          <t>Dakikalar İçinde Astronomi</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>395</v>
+        <v>195</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786256989016</t>
+          <t>9786256989030</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>İnsanlığın Serüveni</t>
+          <t>Roma İmparatorları (3. Cilt)</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>395</v>
+        <v>295</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786258431995</t>
+          <t>9786258431988</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İmparatorluğu 1300-1650</t>
+          <t>Hitler'in Savaşçısı</t>
         </is>
       </c>
       <c r="C452" s="1">
         <v>595</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786258431971</t>
+          <t>9786256989023</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Roma’nın Yükselişi</t>
+          <t>Cebimdeki Ekmek Kırıntıları</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>595</v>
+        <v>295</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786258431858</t>
+          <t>9786258431933</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Sor Bi’ Pişman Mıyım?</t>
+          <t>Global Piyasalar (Ciltli)</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>395</v>
+        <v>595</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786257631624</t>
+          <t>9786258431940</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Tarih Öncesi</t>
+          <t>Prusya’dan NATO'ya - Türk Ordusunda Batı Etkisi</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>295</v>
+        <v>725</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786258431766</t>
+          <t>9786258431797</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Modern Ortadoğu Nasıl Kuruldu?</t>
+          <t>Dakikalar İçinde Genetik</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>245</v>
+        <v>195</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786258431889</t>
+          <t>9786258431803</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Orta Çağ Avrupası</t>
+          <t>Osmanlı Hava Gücü</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>295</v>
+        <v>345</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786258431926</t>
+          <t>9786258431957</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Birinci Dünya Savaşı Tarihi</t>
+          <t>Dakikalar İçinde Avrupa Tarihi</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>445</v>
+        <v>195</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786258431483</t>
+          <t>9786256989009</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Dakikalar İçinde Sanat</t>
+          <t>Türk Komutanlar</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>175</v>
+        <v>475</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786258431865</t>
+          <t>9786256989016</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>İki İbrahim</t>
+          <t>İnsanlığın Serüveni</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>295</v>
+        <v>475</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786258431902</t>
+          <t>9786258431995</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Seyahatnamesi</t>
+          <t>Osmanlı İmparatorluğu 1300-1650</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>295</v>
+        <v>725</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786258431896</t>
+          <t>9786258431971</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadele Tarihi</t>
+          <t>Roma’nın Yükselişi</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>245</v>
+        <v>725</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786258431872</t>
+          <t>9786258431858</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Süleyman Askeri Bey</t>
+          <t>Sor Bi’ Pişman Mıyım?</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>395</v>
+        <v>475</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786258431841</t>
+          <t>9786257631624</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Discovering The Ottomans</t>
+          <t>Osmanlı Tarih Öncesi</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>395</v>
+        <v>345</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786258431919</t>
+          <t>9786258431766</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Global Piyasalar</t>
+          <t>Modern Ortadoğu Nasıl Kuruldu?</t>
         </is>
       </c>
       <c r="C465" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786258431711</t>
+          <t>9786258431889</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka ve Robotik (Ciltli)</t>
+          <t>Orta Çağ Avrupası</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>395</v>
+        <v>345</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786258431780</t>
+          <t>9786258431926</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Değiştiren Kararlar</t>
+          <t>Birinci Dünya Savaşı Tarihi</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>595</v>
+        <v>545</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786258431728</t>
+          <t>9786258431483</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Amazon Nasıl Çalışıyor?</t>
+          <t>Dakikalar İçinde Sanat</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>395</v>
+        <v>195</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786258431537</t>
+          <t>9786258431865</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Antik Çin ve Düşmanları</t>
+          <t>İki İbrahim</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>395</v>
+        <v>345</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786258431735</t>
+          <t>9786258431902</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>İskenderiye, Afrika ve İspanya Savaşları</t>
+          <t>İstanbul Seyahatnamesi</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>295</v>
+        <v>345</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786258431827</t>
+          <t>9786258431896</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Tarihi</t>
+          <t>Milli Mücadele Tarihi</t>
         </is>
       </c>
       <c r="C471" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786258431759</t>
+          <t>9786258431872</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Modern Harp Gemileri 1850’den Günümüze</t>
+          <t>Süleyman Askeri Bey</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>295</v>
+        <v>475</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786258431834</t>
+          <t>9786258431841</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Tarihi 2</t>
+          <t>Discovering The Ottomans</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>295</v>
+        <v>475</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786258431650</t>
+          <t>9786258431919</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Robotların İktidarı</t>
+          <t>Global Piyasalar</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>395</v>
+        <v>345</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786258431667</t>
+          <t>9786258431711</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Kısa Osmanlı Tarihi</t>
+          <t>Yapay Zeka ve Robotik (Ciltli)</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>295</v>
+        <v>475</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786258431636</t>
+          <t>9786258431780</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Yüz Yıl Savaşları</t>
+          <t>Dünyayı Değiştiren Kararlar</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>295</v>
+        <v>745</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>2782731313530</t>
+          <t>9786258431728</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>İş Dünyası Seti (4 Kitap)</t>
+          <t>Amazon Nasıl Çalışıyor?</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>730</v>
+        <v>475</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786258431612</t>
+          <t>9786258431537</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Fragmanlar</t>
+          <t>Antik Çin ve Düşmanları</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>245</v>
+        <v>475</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786258431629</t>
+          <t>9786258431735</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Sıra Dışı Ebevenylik</t>
+          <t>İskenderiye, Afrika ve İspanya Savaşları</t>
         </is>
       </c>
       <c r="C479" s="1">
         <v>345</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786258431582</t>
+          <t>9786258431827</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Harezmşahlar: Ravzatu's - Safa</t>
+          <t>Türklerin Tarihi</t>
         </is>
       </c>
       <c r="C480" s="1">
         <v>345</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786258431575</t>
+          <t>9786258431759</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Mirza Şahruh: Timur'un Hükümdar Oğlu, Uluğ Bey'in Babası (1405 - 1447)</t>
+          <t>Modern Harp Gemileri 1850’den Günümüze</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>545</v>
+        <v>345</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786258431605</t>
+          <t>9786258431834</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Gayrinizami Harp Tarihi</t>
+          <t>Türklerin Tarihi 2</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>395</v>
+        <v>345</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786258431599</t>
+          <t>9786258431650</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Leonardo Da Vinci</t>
+          <t>Robotların İktidarı</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>245</v>
+        <v>475</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786258431476</t>
+          <t>9786258431667</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Uzay Yolculuğu (Ciltli)</t>
+          <t>Kısa Osmanlı Tarihi</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>395</v>
+        <v>345</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786258431520</t>
+          <t>9786258431636</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Germania - Britannia: Germenlerin Kökeni ve Konumları veya Agricola’nın Hayatı</t>
+          <t>Yüz Yıl Savaşları</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>295</v>
+        <v>345</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786258431506</t>
+          <t>2782731313530</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Doğu’ya Yolculuk</t>
+          <t>İş Dünyası Seti (4 Kitap)</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>195</v>
+        <v>730</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786258431407</t>
+          <t>9786258431612</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Mutlu Adamı</t>
+          <t>Fragmanlar</t>
         </is>
       </c>
       <c r="C487" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786258431421</t>
+          <t>9786258431629</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Güney Afrika’da Osmanlı İzleri</t>
+          <t>Sıra Dışı Ebevenylik</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>395</v>
+        <v>425</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786258431551</t>
+          <t>9786258431582</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Dakikalar İçinde Büyük Fikirler - Dünyayı Değiştiren 200 Temel Anlayış</t>
+          <t>Harezmşahlar: Ravzatu's - Safa</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>175</v>
+        <v>425</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786258431544</t>
+          <t>9786258431575</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Roma Strateji Sanatı</t>
+          <t>Mirza Şahruh: Timur'un Hükümdar Oğlu, Uluğ Bey'in Babası (1405 - 1447)</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>245</v>
+        <v>645</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786258431490</t>
+          <t>9786258431605</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Dahilerin Gizli Alışkanlıkları</t>
+          <t>Gayrinizami Harp Tarihi</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>345</v>
+        <v>475</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786258431230</t>
+          <t>9786258431599</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Spartaküs - Roma’yı Sarsan Köle Savaşı</t>
+          <t>Leonardo Da Vinci</t>
         </is>
       </c>
       <c r="C492" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786258431247</t>
+          <t>9786258431476</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Sanatı</t>
+          <t>Uzay Yolculuğu (Ciltli)</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>195</v>
+        <v>475</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786258431223</t>
+          <t>9786258431520</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Marcus Aurelius - Filozof İmparator</t>
+          <t>Germania - Britannia: Germenlerin Kökeni ve Konumları veya Agricola’nın Hayatı</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>245</v>
+        <v>345</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786258431087</t>
+          <t>9786258431506</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>İmparatorluğun Son Asrında Osmanlılar</t>
+          <t>Doğu’ya Yolculuk</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>395</v>
+        <v>245</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786258431193</t>
+          <t>9786258431407</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Erich Von Manstein</t>
+          <t>Dünyanın En Mutlu Adamı</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>245</v>
+        <v>345</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786258431216</t>
+          <t>9786258431421</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Dakikalar İçinde Felsefe</t>
+          <t>Güney Afrika’da Osmanlı İzleri</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>175</v>
+        <v>475</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9789757635013</t>
+          <t>9786258431551</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Aydınlanma</t>
+          <t>Dakikalar İçinde Büyük Fikirler - Dünyayı Değiştiren 200 Temel Anlayış</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>245</v>
+        <v>195</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786258431674</t>
+          <t>9786258431544</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs İçin Havalandılar "G-Günü"</t>
+          <t>Roma Strateji Sanatı</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>345</v>
+        <v>295</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786258431698</t>
+          <t>9786258431490</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>I. Kılıç Arslan</t>
+          <t>Dahilerin Gizli Alışkanlıkları</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>295</v>
+        <v>425</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9786258431704</t>
+          <t>9786258431230</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Birinci Dünya Savaşı’nda Osmanlı İstihbaratı</t>
+          <t>Spartaküs - Roma’yı Sarsan Köle Savaşı</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>395</v>
+        <v>345</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9786258431681</t>
+          <t>9786258431247</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Kara Ölüm</t>
+          <t>Siyaset Sanatı</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>345</v>
+        <v>245</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786258431643</t>
+          <t>9786258431223</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Sinemanın Tarihi</t>
+          <t>Marcus Aurelius - Filozof İmparator</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>595</v>
+        <v>295</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786258431469</t>
+          <t>9786258431087</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Zaman Kaybolmaz</t>
+          <t>İmparatorluğun Son Asrında Osmanlılar</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>445</v>
+        <v>475</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9786258431568</t>
+          <t>9786258431193</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Zaman Kaybolmaz (Ciltli)</t>
+          <t>Erich Von Manstein</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>695</v>
+        <v>295</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786258431513</t>
+          <t>9786258431216</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>İstihbarat Sanatı - CIA Gizli Servisi'nde Geçen Bir Ömürden Çıkarılan Dersler</t>
+          <t>Dakikalar İçinde Felsefe</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>295</v>
+        <v>195</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9786258431391</t>
+          <t>9789757635013</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Dakikalar İçinde Din - Dünyanın Köklü İnançlarına Dair 200 Temel Kavram</t>
+          <t>Kayıp Aydınlanma</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>175</v>
+        <v>245</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786258431353</t>
+          <t>9786258431674</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Gezegenimizden Bir Yaşam</t>
+          <t>Kıbrıs İçin Havalandılar "G-Günü"</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>295</v>
+        <v>425</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786258431377</t>
+          <t>9786258431698</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Araçlar ve Silahlar - Dijital Çağın Vaatleri ve Tehlikeleri</t>
+          <t>I. Kılıç Arslan</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>395</v>
+        <v>345</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9786258431445</t>
+          <t>9786258431704</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Attila - Hun İmparatoru</t>
+          <t>Birinci Dünya Savaşı’nda Osmanlı İstihbaratı</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>295</v>
+        <v>475</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9786258431315</t>
+          <t>9786258431681</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Gizli Dünya - Dünya İstihbarat Tarihi (Ciltli)</t>
+          <t>Kara Ölüm</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>795</v>
+        <v>425</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9786258431452</t>
+          <t>9786258431643</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>İskender - Sezar (Tam Metin)</t>
+          <t>Türkiye’de Sinemanın Tarihi</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>245</v>
+        <v>725</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9786258431414</t>
+          <t>9786258431469</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Emperyalizm ve Denge</t>
+          <t>Zaman Kaybolmaz</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>595</v>
+        <v>545</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9786258431438</t>
+          <t>9786258431568</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Eski Türklerde Gündelik Hayat</t>
+          <t>Zaman Kaybolmaz (Ciltli)</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>395</v>
+        <v>845</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9786258431278</t>
+          <t>9786258431513</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Tokugawa Ieyasu - Osprey Büyük Komutanlar Serisi</t>
+          <t>İstihbarat Sanatı - CIA Gizli Servisi'nde Geçen Bir Ömürden Çıkarılan Dersler</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>245</v>
+        <v>345</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9786258431346</t>
+          <t>9786258431391</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Kaygılı ve Takıntılı Çocuklar</t>
+          <t>Dakikalar İçinde Din - Dünyanın Köklü İnançlarına Dair 200 Temel Kavram</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>295</v>
+        <v>195</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9786258431292</t>
+          <t>9786258431353</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Dostluk Üzerine</t>
+          <t>Gezegenimizden Bir Yaşam</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>195</v>
+        <v>345</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9786258431308</t>
+          <t>9786258431377</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>İç Asya Tarihi</t>
+          <t>Araçlar ve Silahlar - Dijital Çağın Vaatleri ve Tehlikeleri</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>595</v>
+        <v>475</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786258431360</t>
+          <t>9786258431445</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Dakikalar İçinde Antik Dünya</t>
+          <t>Attila - Hun İmparatoru</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>175</v>
+        <v>345</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9786258431285</t>
+          <t>9786258431315</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Führer İçin Uçtum</t>
+          <t>Gizli Dünya - Dünya İstihbarat Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>295</v>
+        <v>945</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9786258431209</t>
+          <t>9786258431452</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Selçukluların Dini Siyaseti</t>
+          <t>İskender - Sezar (Tam Metin)</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>395</v>
+        <v>295</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9786258431339</t>
+          <t>9786258431414</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Kırk Kere Söyledim</t>
+          <t>Emperyalizm ve Denge</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>245</v>
+        <v>745</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9786258431254</t>
+          <t>9786258431438</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>İnsan Geleceğini Nasıl Kurar?</t>
+          <t>Eski Türklerde Gündelik Hayat</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>295</v>
+        <v>475</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9786258431186</t>
+          <t>9786258431278</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>İyi ki - Bir Gönül İnsanı Doğan Cüceloğlu ile Anılar</t>
+          <t>Tokugawa Ieyasu - Osprey Büyük Komutanlar Serisi</t>
         </is>
       </c>
       <c r="C524" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9786257631679</t>
+          <t>9786258431346</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Roma Nasıl Çöktü?</t>
+          <t>Kaygılı ve Takıntılı Çocuklar</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>495</v>
+        <v>345</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9786258431179</t>
+          <t>9786258431292</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Robert Kolej</t>
+          <t>Dostluk Üzerine</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>795</v>
+        <v>245</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9786258431124</t>
+          <t>9786258431308</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Konstantinopolis’in Zaptı</t>
+          <t>İç Asya Tarihi</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>245</v>
+        <v>745</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9786258431094</t>
+          <t>9786258431360</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Z Kuşağı Ekonomisi</t>
+          <t>Dakikalar İçinde Antik Dünya</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>395</v>
+        <v>195</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9786258431162</t>
+          <t>9786258431285</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Doğu Avrupa'nın Tarihi Coğrafyası</t>
+          <t>Führer İçin Uçtum</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>295</v>
+        <v>345</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9786257631563</t>
+          <t>9786258431209</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Horatio Nelson</t>
+          <t>Selçukluların Dini Siyaseti</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>245</v>
+        <v>475</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9786258431117</t>
+          <t>9786258431339</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Dakikalar İçinde Mitoloji</t>
+          <t>Kırk Kere Söyledim</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>175</v>
+        <v>295</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9786258431148</t>
+          <t>9786258431254</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Dakikalar İçinde Ekonomi</t>
+          <t>İnsan Geleceğini Nasıl Kurar?</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>175</v>
+        <v>345</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9786258431155</t>
+          <t>9786258431186</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Dakikalar İçinde Dünya Tarihi</t>
+          <t>İyi ki - Bir Gönül İnsanı Doğan Cüceloğlu ile Anılar</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>175</v>
+        <v>345</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9786258431131</t>
+          <t>9786257631679</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Ezbere Yaşayanlar</t>
+          <t>Roma Nasıl Çöktü?</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>395</v>
+        <v>595</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9786257631655</t>
+          <t>9786258431179</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Bir Savaşçı'dan Dersler</t>
+          <t>Robert Kolej</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>245</v>
+        <v>945</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9786257631617</t>
+          <t>9786258431124</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Aşı - BioNTech Aşısına Giden Yol ve Geleceğin Tıbbı</t>
+          <t>Konstantinopolis’in Zaptı</t>
         </is>
       </c>
       <c r="C536" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9786257631631</t>
+          <t>9786258431094</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Zeki Velidi Togan</t>
+          <t>Z Kuşağı Ekonomisi</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>595</v>
+        <v>475</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9786257631648</t>
+          <t>9786258431162</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Georgiy Jukov</t>
+          <t>Doğu Avrupa'nın Tarihi Coğrafyası</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>245</v>
+        <v>345</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9786257631662</t>
+          <t>9786257631563</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Cicero</t>
+          <t>Horatio Nelson</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>395</v>
+        <v>295</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9786257631600</t>
+          <t>9786258431117</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Evlenmeden Önce</t>
+          <t>Dakikalar İçinde Mitoloji</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>245</v>
+        <v>195</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9786257631594</t>
+          <t>9786258431148</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Özgürlük</t>
+          <t>Dakikalar İçinde Ekonomi</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>325</v>
+        <v>195</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9786257631549</t>
+          <t>9786258431155</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Yenisey’den Seyhun’a Türkler</t>
+          <t>Dakikalar İçinde Dünya Tarihi</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>245</v>
+        <v>195</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9786257631556</t>
+          <t>9786258431131</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Çöküş</t>
+          <t>Ezbere Yaşayanlar</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>495</v>
+        <v>475</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9786257631587</t>
+          <t>9786257631655</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Hüzün Melikesi</t>
+          <t>Bir Savaşçı'dan Dersler</t>
         </is>
       </c>
       <c r="C544" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9786257631570</t>
+          <t>9786257631617</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Troya Savaşı</t>
+          <t>Aşı - BioNTech Aşısına Giden Yol ve Geleceğin Tıbbı</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>295</v>
+        <v>345</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9786257631532</t>
+          <t>9786257631631</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Geliştiren Anne - Baba</t>
+          <t>Zeki Velidi Togan</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>245</v>
+        <v>725</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9786257631136</t>
+          <t>9786257631648</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Çocuğumun Aklından Neler Geçiyor? (Ciltli)</t>
+          <t>Georgiy Jukov</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>695</v>
+        <v>295</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9786257631518</t>
+          <t>9786257631662</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Yavaş Yavaş Gelir</t>
+          <t>Cicero</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>245</v>
+        <v>475</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9786257631242</t>
+          <t>9786257631600</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Hammer</t>
+          <t>Evlenmeden Önce</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>395</v>
+        <v>295</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9786257631457</t>
+          <t>9786257631594</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Eşkıyalar ve Devlet</t>
+          <t>Gerçek Özgürlük</t>
         </is>
       </c>
       <c r="C550" s="1">
         <v>395</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9786257631488</t>
+          <t>9786257631549</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Savaş Çalışmaları El Kitabı</t>
+          <t>Yenisey’den Seyhun’a Türkler</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>395</v>
+        <v>295</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9786257631464</t>
+          <t>9786257631556</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Yamamoto Isoroku</t>
+          <t>Çöküş</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>245</v>
+        <v>595</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9786257631389</t>
+          <t>9786257631587</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Son Osmanlı Kuşağı ve Modern Ortadoğu’nun Oluşumu</t>
+          <t>Hüzün Melikesi</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>445</v>
+        <v>345</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9786257631495</t>
+          <t>9786257631570</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Kolomb Seyahatnamesi</t>
+          <t>Troya Savaşı</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>395</v>
+        <v>345</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9786257631501</t>
+          <t>9786257631532</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Moğol İmparatorluğu</t>
+          <t>Geliştiren Anne - Baba</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>495</v>
+        <v>245</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9786257631402</t>
+          <t>9786257631136</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Marie Antoinette</t>
+          <t>Çocuğumun Aklından Neler Geçiyor? (Ciltli)</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>245</v>
+        <v>845</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9786257631440</t>
+          <t>9786257631518</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Birlikte</t>
+          <t>Mutluluk Yavaş Yavaş Gelir</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>345</v>
+        <v>295</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9786257631433</t>
+          <t>9786257631242</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Dokuz Dünya Devi</t>
+          <t>Hammer</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>395</v>
+        <v>475</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9786257631426</t>
+          <t>9786257631457</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>George S. Patton</t>
+          <t>Eşkıyalar ve Devlet</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>245</v>
+        <v>475</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9786257631204</t>
+          <t>9786257631488</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Asya'nın Büyük İmparatorlukları</t>
+          <t>Savaş Çalışmaları El Kitabı</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>295</v>
+        <v>475</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9786257631310</t>
+          <t>9786257631464</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Teşkilat ve İdare Tarihi (Ciltli)</t>
+          <t>Yamamoto Isoroku</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>495</v>
+        <v>295</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9786257631396</t>
+          <t>9786257631389</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Medici Ailesi</t>
+          <t>Son Osmanlı Kuşağı ve Modern Ortadoğu’nun Oluşumu</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>245</v>
+        <v>545</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9786257631334</t>
+          <t>9786257631495</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Kadının Değişen Dünyası</t>
+          <t>Kolomb Seyahatnamesi</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>345</v>
+        <v>475</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9786257631358</t>
+          <t>9786257631501</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Bir İnsan Yetiştirmek</t>
+          <t>Moğol İmparatorluğu</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>295</v>
+        <v>595</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9786257631341</t>
+          <t>9786257631402</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Heinz Guderian</t>
+          <t>Marie Antoinette</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>245</v>
+        <v>295</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9786257631327</t>
+          <t>9786257631440</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Şehit Yarbay Hüseyin Avni Bey</t>
+          <t>Birlikte</t>
         </is>
       </c>
       <c r="C566" s="1">
         <v>345</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9786257631365</t>
+          <t>9786257631433</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Meleği</t>
+          <t>Dokuz Dünya Devi</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>395</v>
+        <v>475</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9786257631303</t>
+          <t>9786257631426</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Sultan 2. Murad</t>
+          <t>George S. Patton</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>245</v>
+        <v>295</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9786257631280</t>
+          <t>9786257631204</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Kütahya-Eskişehir</t>
+          <t>Asya'nın Büyük İmparatorlukları</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>395</v>
+        <v>345</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9786257631297</t>
+          <t>9786257631310</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>İslam'ın Siyasal Söylemi</t>
+          <t>Türkiye Teşkilat ve İdare Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>245</v>
+        <v>595</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9786257631259</t>
+          <t>9786257631396</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>İşi Ustasından Öğrenin</t>
+          <t>Medici Ailesi</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>395</v>
+        <v>295</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9786257631273</t>
+          <t>9786257631334</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Eski Çağ'ın Büyük Komutanları</t>
+          <t>Kadının Değişen Dünyası</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>295</v>
+        <v>425</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9786257631211</t>
+          <t>9786257631358</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Stalin’in Savaşı</t>
+          <t>Bir İnsan Yetiştirmek</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>595</v>
+        <v>345</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9786257631105</t>
+          <t>9786257631341</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Fatih Devri Üzerinde Tetkikler ve Vesikalar 1 (Ciltli)</t>
+          <t>Heinz Guderian</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>495</v>
+        <v>295</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9786257631167</t>
+          <t>9786257631327</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Habsburglar</t>
+          <t>Şehit Yarbay Hüseyin Avni Bey</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>445</v>
+        <v>425</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9786257631228</t>
+          <t>9786257631365</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Osprey Büyük Komutanlar Pompeius</t>
+          <t>Ölüm Meleği</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>245</v>
+        <v>475</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9786257631198</t>
+          <t>9786257631303</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Theophanes Confessor’ün Kroniğinde Türkler: 284-813</t>
+          <t>Sultan 2. Murad</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>395</v>
+        <v>295</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9786257631174</t>
+          <t>9786257631280</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>360 Bir Dünya Turu Seyahatnamesi</t>
+          <t>Kütahya-Eskişehir</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>495</v>
+        <v>475</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9786257631181</t>
+          <t>9786257631297</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Gezgingöz - Sınır Ötesi Türkiye Mirası Rehberi</t>
+          <t>İslam'ın Siyasal Söylemi</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>495</v>
+        <v>245</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9786257631143</t>
+          <t>9786257631259</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Hesap Lütfen!</t>
+          <t>İşi Ustasından Öğrenin</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>295</v>
+        <v>475</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9786257631112</t>
+          <t>9786257631273</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Tarihçiliğine Yön Veren Konuşmalar</t>
+          <t>Eski Çağ'ın Büyük Komutanları</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>395</v>
+        <v>345</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9786257631129</t>
+          <t>9786257631211</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Fatımi İmparatorluğu</t>
+          <t>Stalin’in Savaşı</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>545</v>
+        <v>745</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9786257631099</t>
+          <t>9786257631105</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Daha İyi Bir Türkiye İçin Hangi Fikri Yıkalım?</t>
+          <t>Fatih Devri Üzerinde Tetkikler ve Vesikalar 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>295</v>
+        <v>595</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9786257631051</t>
+          <t>9786257631167</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Her Doğum Bir Hikaye</t>
+          <t>Habsburglar</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>395</v>
+        <v>545</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9786257631013</t>
+          <t>9786257631228</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Antik Dönemden Günümüze Gayri Nizami Harp</t>
+          <t>Osprey Büyük Komutanlar Pompeius</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>395</v>
+        <v>295</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9786257631082</t>
+          <t>9786257631198</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Selahaddin Eyyubi</t>
+          <t>Theophanes Confessor’ün Kroniğinde Türkler: 284-813</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>245</v>
+        <v>475</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9786257631075</t>
+          <t>9786257631174</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Tabgaçlar</t>
+          <t>360 Bir Dünya Turu Seyahatnamesi</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>295</v>
+        <v>595</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9786257631068</t>
+          <t>9786257631181</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Çağrı Bey</t>
+          <t>Gezgingöz - Sınır Ötesi Türkiye Mirası Rehberi</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>245</v>
+        <v>595</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9786257631044</t>
+          <t>9786257631143</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Ara Toplam</t>
+          <t>Hesap Lütfen!</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>295</v>
+        <v>345</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9786057635983</t>
+          <t>9786257631112</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Yakın Tarihin Gerçekleri</t>
+          <t>Osmanlı Tarihçiliğine Yön Veren Konuşmalar</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>295</v>
+        <v>475</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9786257631006</t>
+          <t>9786257631129</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>2. Haçlı Seferi</t>
+          <t>Fatımi İmparatorluğu</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>295</v>
+        <v>645</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9786057635990</t>
+          <t>9786257631099</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Living in The Ottoman Lands: Identities Administration and Warfare</t>
+          <t>Daha İyi Bir Türkiye İçin Hangi Fikri Yıkalım?</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>395</v>
+        <v>345</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9786057635969</t>
+          <t>9786257631051</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Roma İmparatorları 2. Cilt</t>
+          <t>Her Doğum Bir Hikaye</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>245</v>
+        <v>475</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9786257631020</t>
+          <t>9786257631013</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Hunlar Hakanı Attila</t>
+          <t>Antik Dönemden Günümüze Gayri Nizami Harp</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>245</v>
+        <v>475</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9786057635921</t>
+          <t>9786257631082</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Napoleon Bonaparte - Osprey Büyük Komutanlar</t>
+          <t>Selahaddin Eyyubi</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>245</v>
+        <v>295</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9786057635938</t>
+          <t>9786257631075</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Haçlı Devletleri Tarihi (Ciltli)</t>
+          <t>Tabgaçlar</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>795</v>
+        <v>345</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9786057635891</t>
+          <t>9786257631068</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Samuraylar (Ciltli)</t>
+          <t>Çağrı Bey</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>595</v>
+        <v>295</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9786057635952</t>
+          <t>9786257631044</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Dante</t>
+          <t>Ara Toplam</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>395</v>
+        <v>345</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9786057635907</t>
+          <t>9786057635983</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Süper Çocuk mu, Mutlu Çocuk mu?</t>
+          <t>Yakın Tarihin Gerçekleri</t>
         </is>
       </c>
       <c r="C599" s="1">
         <v>345</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9786057635945</t>
+          <t>9786257631006</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Evimiz Yanıyor</t>
+          <t>2. Haçlı Seferi</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>295</v>
+        <v>345</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9786057635877</t>
+          <t>9786057635990</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Yüzleşme</t>
+          <t>Living in The Ottoman Lands: Identities Administration and Warfare</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>245</v>
+        <v>475</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9786057635846</t>
+          <t>9786057635969</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Sultan Tuğrul Bey</t>
+          <t>Roma İmparatorları 2. Cilt</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>595</v>
+        <v>295</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9786057635822</t>
+          <t>9786257631020</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>Savaşta Liderlik</t>
+          <t>Hunlar Hakanı Attila</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>245</v>
+        <v>295</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9786057635853</t>
+          <t>9786057635921</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Erwin Rommel - Osprey Büyük Komutanlar</t>
+          <t>Napoleon Bonaparte - Osprey Büyük Komutanlar</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>245</v>
+        <v>295</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9786057635884</t>
+          <t>9786057635938</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İlmiyesi (Ciltli)</t>
+          <t>Haçlı Devletleri Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>695</v>
+        <v>945</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9786057635860</t>
+          <t>9786057635891</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>Büyük Taarruz</t>
+          <t>Samuraylar (Ciltli)</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>395</v>
+        <v>725</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9786057635839</t>
+          <t>9786057635952</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>Var Mısın?</t>
+          <t>Dante</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>295</v>
+        <v>475</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9786057635815</t>
+          <t>9786057635907</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Türk-Yunan Savaşı</t>
+          <t>Süper Çocuk mu, Mutlu Çocuk mu?</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>245</v>
+        <v>425</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9786057635792</t>
+          <t>9786057635945</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>Türklerle Beraber</t>
+          <t>Evimiz Yanıyor</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>545</v>
+        <v>345</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9786057635808</t>
+          <t>9786057635877</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Duvarda Tek Başına</t>
+          <t>Yüzleşme</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>395</v>
+        <v>295</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9786057635761</t>
+          <t>9786057635846</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>İnsansız Ordular</t>
+          <t>Sultan Tuğrul Bey</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>395</v>
+        <v>725</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9786057635754</t>
+          <t>9786057635822</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>Babürlüler</t>
+          <t>Savaşta Liderlik</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>345</v>
+        <v>295</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9786057635747</t>
+          <t>9786057635853</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Demokratik Türkiye</t>
+          <t>Erwin Rommel - Osprey Büyük Komutanlar</t>
         </is>
       </c>
       <c r="C613" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9786057635723</t>
+          <t>9786057635884</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Zor Çocuk</t>
+          <t>Osmanlı İlmiyesi (Ciltli)</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>295</v>
+        <v>845</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9786057635716</t>
+          <t>9786057635860</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Büyük Alaeddin Keykubad ve Zamanı (Ciltli)</t>
+          <t>Büyük Taarruz</t>
         </is>
       </c>
       <c r="C615" s="1">
-        <v>795</v>
+        <v>475</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9786057635709</t>
+          <t>9786057635839</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>Eşref</t>
+          <t>Var Mısın?</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>395</v>
+        <v>345</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9786057635426</t>
+          <t>9786057635815</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Eski Dünya Seyahatnamesi</t>
+          <t>Türk-Yunan Savaşı</t>
         </is>
       </c>
       <c r="C617" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9786057635679</t>
+          <t>9786057635792</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Bir Darbeci Subayın Hatıraları</t>
+          <t>Türklerle Beraber</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>595</v>
+        <v>645</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9786057635662</t>
+          <t>9786057635808</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Lanetli Kule</t>
+          <t>Duvarda Tek Başına</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>395</v>
+        <v>475</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9786057635655</t>
+          <t>9786057635761</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>Venedik Gizli Servisi</t>
+          <t>İnsansız Ordular</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>395</v>
+        <v>475</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9786057635686</t>
+          <t>9786057635754</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Augustus</t>
+          <t>Babürlüler</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>445</v>
+        <v>425</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9786057635693</t>
+          <t>9786057635747</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>Operasyon: Mussolini</t>
+          <t>Atatürk ve Demokratik Türkiye</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>245</v>
+        <v>345</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9786057635617</t>
+          <t>9786057635723</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>İstiklal Harbi’nde İranlı Bir Subayın Anıları</t>
+          <t>Zor Çocuk</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>245</v>
+        <v>345</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9786057635600</t>
+          <t>9786057635716</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>Germenler</t>
+          <t>Büyük Alaeddin Keykubad ve Zamanı (Ciltli)</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>245</v>
+        <v>945</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9786057635631</t>
+          <t>9786057635709</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>Doğu Avrupa Türk Tarihi (Ciltli)</t>
+          <t>Eşref</t>
         </is>
       </c>
       <c r="C625" s="1">
-        <v>795</v>
+        <v>475</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9786057635648</t>
+          <t>9786057635426</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>Büyük Selçuklular</t>
+          <t>Eski Dünya Seyahatnamesi</t>
         </is>
       </c>
       <c r="C626" s="1">
         <v>345</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9786057635594</t>
+          <t>9786057635679</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Talat Paşa’nın Son Günleri</t>
+          <t>Bir Darbeci Subayın Hatıraları</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>345</v>
+        <v>725</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9786057635570</t>
+          <t>9786057635662</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Barbarların Avrupa’yı İstilası</t>
+          <t>Lanetli Kule</t>
         </is>
       </c>
       <c r="C628" s="1">
-        <v>245</v>
+        <v>475</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9786057635587</t>
+          <t>9786057635655</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Hakimiyetinde Ortadoğu ve Balkanlar</t>
+          <t>Venedik Gizli Servisi</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>395</v>
+        <v>475</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>2786057635534</t>
+          <t>9786057635686</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>Gizli Teskilatlar (5 Kitap)</t>
+          <t>Augustus</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>750</v>
+        <v>545</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9786057635518</t>
+          <t>9786057635693</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>Roma Ordusu (Ciltli)</t>
+          <t>Operasyon: Mussolini</t>
         </is>
       </c>
       <c r="C631" s="1">
-        <v>595</v>
+        <v>295</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9786057635501</t>
+          <t>9786057635617</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>Türkistan’da Efendiler ve Köleler</t>
+          <t>İstiklal Harbi’nde İranlı Bir Subayın Anıları</t>
         </is>
       </c>
       <c r="C632" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9786057635532</t>
+          <t>9786057635600</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Hititler</t>
+          <t>Germenler</t>
         </is>
       </c>
       <c r="C633" s="1">
-        <v>345</v>
+        <v>295</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9786057635495</t>
+          <t>9786057635631</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>Türkistan’ın İşgal Çağı</t>
+          <t>Doğu Avrupa Türk Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>345</v>
+        <v>945</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9786057635525</t>
+          <t>9786057635648</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>Cihan İmparatorluğunun Kurucusu Osman Beg</t>
+          <t>Büyük Selçuklular</t>
         </is>
       </c>
       <c r="C635" s="1">
-        <v>295</v>
+        <v>425</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9786057635471</t>
+          <t>9786057635594</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>Moğollar Avrupa’da</t>
+          <t>Talat Paşa’nın Son Günleri</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>245</v>
+        <v>425</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9786057635457</t>
+          <t>9786057635570</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>Yitip Giden İstanbul</t>
+          <t>Barbarların Avrupa’yı İstilası</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>395</v>
+        <v>295</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9786057635488</t>
+          <t>9786057635587</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>Hata Neredeydi?</t>
+          <t>Osmanlı Hakimiyetinde Ortadoğu ve Balkanlar</t>
         </is>
       </c>
       <c r="C638" s="1">
-        <v>245</v>
+        <v>475</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9786057635402</t>
+          <t>2786057635534</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>Bunu Herkes Bilir</t>
+          <t>Gizli Teskilatlar (5 Kitap)</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>295</v>
+        <v>750</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9786057635440</t>
+          <t>9786057635518</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>Gayrinizami Harp</t>
+          <t>Roma Ordusu (Ciltli)</t>
         </is>
       </c>
       <c r="C640" s="1">
-        <v>245</v>
+        <v>725</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9786057635419</t>
+          <t>9786057635501</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>Timur’un Sarayında</t>
+          <t>Türkistan’da Efendiler ve Köleler</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>195</v>
+        <v>345</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9786057635396</t>
+          <t>9786057635532</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>Vikingler (Ciltli)</t>
+          <t>Hititler</t>
         </is>
       </c>
       <c r="C642" s="1">
-        <v>595</v>
+        <v>425</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9786057635433</t>
+          <t>9786057635495</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>Sakarya</t>
+          <t>Türkistan’ın İşgal Çağı</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>395</v>
+        <v>425</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9786057635372</t>
+          <t>9786057635525</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>Roma İmparatorları 1. Cilt</t>
+          <t>Cihan İmparatorluğunun Kurucusu Osman Beg</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>245</v>
+        <v>345</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9786057635358</t>
+          <t>9786057635471</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>Türk-Arap İlişkileri</t>
+          <t>Moğollar Avrupa’da</t>
         </is>
       </c>
       <c r="C645" s="1">
-        <v>395</v>
+        <v>295</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9786057635303</t>
+          <t>9786057635457</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>İstanbul'dan Sayfalar</t>
+          <t>Yitip Giden İstanbul</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>295</v>
+        <v>475</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9786057635334</t>
+          <t>9786057635488</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Selçuklular</t>
+          <t>Hata Neredeydi?</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>245</v>
+        <v>295</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9786057635341</t>
+          <t>9786057635402</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Ortaçağ İnsanları</t>
+          <t>Bunu Herkes Bilir</t>
         </is>
       </c>
       <c r="C648" s="1">
-        <v>245</v>
+        <v>345</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9786057635310</t>
+          <t>9786057635440</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>Rusya İmparatorluğu’nun Çöküşü</t>
+          <t>Gayrinizami Harp</t>
         </is>
       </c>
       <c r="C649" s="1">
-        <v>395</v>
+        <v>295</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9786057635327</t>
+          <t>9786057635419</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>Medreseler Neydi Ne Değildi?</t>
+          <t>Timur’un Sarayında</t>
         </is>
       </c>
       <c r="C650" s="1">
-        <v>595</v>
+        <v>245</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9786057635280</t>
+          <t>9786057635396</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Karakoyunlular Akkoyunlular</t>
+          <t>Vikingler (Ciltli)</t>
         </is>
       </c>
       <c r="C651" s="1">
-        <v>245</v>
+        <v>725</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9786057635273</t>
+          <t>9786057635433</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>Hannibal</t>
+          <t>Sakarya</t>
         </is>
       </c>
       <c r="C652" s="1">
-        <v>345</v>
+        <v>475</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9786057635297</t>
+          <t>9786057635372</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>Tonyukuk</t>
+          <t>Roma İmparatorları 1. Cilt</t>
         </is>
       </c>
       <c r="C653" s="1">
-        <v>245</v>
+        <v>295</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9786057635266</t>
+          <t>9786057635358</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>Kan Kırmızı Karlar</t>
+          <t>Türk-Arap İlişkileri</t>
         </is>
       </c>
       <c r="C654" s="1">
-        <v>395</v>
+        <v>475</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9786057635235</t>
+          <t>9786057635303</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>Türkistan'ın Keşif Çağı</t>
+          <t>İstanbul'dan Sayfalar</t>
         </is>
       </c>
       <c r="C655" s="1">
-        <v>245</v>
+        <v>345</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9786057635242</t>
+          <t>9786057635334</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Macar İlişkileri</t>
+          <t>Selçuklular</t>
         </is>
       </c>
       <c r="C656" s="1">
-        <v>395</v>
+        <v>295</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9786057635259</t>
+          <t>9786057635341</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>Birinci Haçlı Seferi</t>
+          <t>Ortaçağ İnsanları</t>
         </is>
       </c>
       <c r="C657" s="1">
-        <v>245</v>
+        <v>295</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9786057635211</t>
+          <t>9786057635310</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>Haçlılar Türkler Karşısında</t>
+          <t>Rusya İmparatorluğu’nun Çöküşü</t>
         </is>
       </c>
       <c r="C658" s="1">
-        <v>345</v>
+        <v>475</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9786057635228</t>
+          <t>9786057635327</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>Roma Savaş Sanatı</t>
+          <t>Medreseler Neydi Ne Değildi?</t>
         </is>
       </c>
       <c r="C659" s="1">
-        <v>245</v>
+        <v>725</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9786057635204</t>
+          <t>9786057635280</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>Sınırdaki Casus</t>
+          <t>Karakoyunlular Akkoyunlular</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>245</v>
+        <v>295</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9786057635020</t>
+          <t>9786057635273</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>Müsteşar</t>
+          <t>Hannibal</t>
         </is>
       </c>
       <c r="C661" s="1">
-        <v>395</v>
+        <v>425</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9786057635198</t>
+          <t>9786057635297</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>Cengiz Han’ın Ölümsüzlük Arayışı</t>
+          <t>Tonyukuk</t>
         </is>
       </c>
       <c r="C662" s="1">
-        <v>245</v>
+        <v>295</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9786057635181</t>
+          <t>9786057635266</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>Hitler'in Generalleri Konuşuyor</t>
+          <t>Kan Kırmızı Karlar</t>
         </is>
       </c>
       <c r="C663" s="1">
-        <v>495</v>
+        <v>475</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9786057635136</t>
+          <t>9786057635235</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>Iulius Caesar</t>
+          <t>Türkistan'ın Keşif Çağı</t>
         </is>
       </c>
       <c r="C664" s="1">
-        <v>395</v>
+        <v>295</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9786057635174</t>
+          <t>9786057635242</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>İstihbarat Savaşları</t>
+          <t>Osmanlı Macar İlişkileri</t>
         </is>
       </c>
       <c r="C665" s="1">
-        <v>395</v>
+        <v>475</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>9786057635112</t>
+          <t>9786057635259</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>Hunlar'dan Günümüze Türk Askeri Kültürü</t>
+          <t>Birinci Haçlı Seferi</t>
         </is>
       </c>
       <c r="C666" s="1">
-        <v>795</v>
+        <v>295</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>9786057635167</t>
+          <t>9786057635211</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>Timurlular</t>
+          <t>Haçlılar Türkler Karşısında</t>
         </is>
       </c>
       <c r="C667" s="1">
-        <v>345</v>
+        <v>425</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>9786057635150</t>
+          <t>9786057635228</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>Akdeniz’de Savaş</t>
+          <t>Roma Savaş Sanatı</t>
         </is>
       </c>
       <c r="C668" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>9786057635082</t>
+          <t>9786057635204</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>Ottoman Studies</t>
+          <t>Sınırdaki Casus</t>
         </is>
       </c>
       <c r="C669" s="1">
-        <v>345</v>
+        <v>295</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9786057635105</t>
+          <t>9786057635020</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>İstiklal Harbimizde Enver Paşa ve İttihat ve Terakki Erkanı</t>
+          <t>Müsteşar</t>
         </is>
       </c>
       <c r="C670" s="1">
-        <v>295</v>
+        <v>475</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>9786057635099</t>
+          <t>9786057635198</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İmparatorluğu Klasik Çağ 1300 - 1600</t>
+          <t>Cengiz Han’ın Ölümsüzlük Arayışı</t>
         </is>
       </c>
       <c r="C671" s="1">
-        <v>395</v>
+        <v>295</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>9786057635075</t>
+          <t>9786057635181</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>19. Yüzyıl Siyasi Tarihi (Ciltli)</t>
+          <t>Hitler'in Generalleri Konuşuyor</t>
         </is>
       </c>
       <c r="C672" s="1">
-        <v>645</v>
+        <v>595</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>9786057635037</t>
+          <t>9786057635136</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>Türk Hükümdarlık Sanatı</t>
+          <t>Iulius Caesar</t>
         </is>
       </c>
       <c r="C673" s="1">
-        <v>295</v>
+        <v>475</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>9786057635013</t>
+          <t>9786057635174</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Aydınlanma</t>
+          <t>İstihbarat Savaşları</t>
         </is>
       </c>
       <c r="C674" s="1">
-        <v>395</v>
+        <v>475</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9786057635044</t>
+          <t>9786057635112</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>Ulusların Yükselişi</t>
+          <t>Hunlar'dan Günümüze Türk Askeri Kültürü</t>
         </is>
       </c>
       <c r="C675" s="1">
-        <v>395</v>
+        <v>945</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>9786057635068</t>
+          <t>9786057635167</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>Haçlı Seferleri Tarihi</t>
+          <t>Timurlular</t>
         </is>
       </c>
       <c r="C676" s="1">
-        <v>345</v>
+        <v>425</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>9786057635006</t>
+          <t>9786057635150</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>Hazar Kağanlığı ve Etrafındaki Dünya</t>
+          <t>Akdeniz’de Savaş</t>
         </is>
       </c>
       <c r="C677" s="1">
-        <v>395</v>
+        <v>295</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9789752430969</t>
+          <t>9786057635082</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>Sibirya’da Türk İzleri</t>
+          <t>Ottoman Studies</t>
         </is>
       </c>
       <c r="C678" s="1">
-        <v>345</v>
+        <v>425</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>9789752430945</t>
+          <t>9786057635105</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>Hitler - Canavarın Ardındaki Adam (Ciltli)</t>
+          <t>İstiklal Harbimizde Enver Paşa ve İttihat ve Terakki Erkanı</t>
         </is>
       </c>
       <c r="C679" s="1">
-        <v>795</v>
+        <v>345</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>9789752430976</t>
+          <t>9786057635099</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Peşinde</t>
+          <t>Osmanlı İmparatorluğu Klasik Çağ 1300 - 1600</t>
         </is>
       </c>
       <c r="C680" s="1">
-        <v>395</v>
+        <v>475</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9789752430952</t>
+          <t>9786057635075</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>Kazım Karabekir - İttihat ve Terakki Cemiyeti</t>
+          <t>19. Yüzyıl Siyasi Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C681" s="1">
-        <v>295</v>
+        <v>775</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>9789752430990</t>
+          <t>9786057635037</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>Bir Ömür Nasıl Yaşanır?</t>
+          <t>Türk Hükümdarlık Sanatı</t>
         </is>
       </c>
       <c r="C682" s="1">
-        <v>295</v>
+        <v>345</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>9789752430914</t>
+          <t>9786057635013</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İmparatorluğu ve Dünya Savaşı</t>
+          <t>Kayıp Aydınlanma</t>
         </is>
       </c>
       <c r="C683" s="1">
-        <v>245</v>
+        <v>595</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>9789752430891</t>
+          <t>9786057635044</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>Hayatım</t>
+          <t>Ulusların Yükselişi</t>
         </is>
       </c>
       <c r="C684" s="1">
-        <v>295</v>
+        <v>475</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>9789752430938</t>
+          <t>9786057635068</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>Moğolların Büyük Hanı’na Seyahat</t>
+          <t>Haçlı Seferleri Tarihi</t>
         </is>
       </c>
       <c r="C685" s="1">
-        <v>245</v>
+        <v>425</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>9789752430839</t>
+          <t>9786057635006</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>İngiltere Ortadoğu’ya Nasıl Girdi?</t>
+          <t>Hazar Kağanlığı ve Etrafındaki Dünya</t>
         </is>
       </c>
       <c r="C686" s="1">
-        <v>395</v>
+        <v>475</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>9789752430877</t>
+          <t>9789752430969</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>Sınırları Çizen Kadın - İngiliz Casus Gertrude Bell</t>
+          <t>Sibirya’da Türk İzleri</t>
         </is>
       </c>
       <c r="C687" s="1">
-        <v>395</v>
+        <v>425</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>9789752430860</t>
+          <t>9789752430945</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>İmparatorluktan Cumhuriyete</t>
+          <t>Hitler - Canavarın Ardındaki Adam (Ciltli)</t>
         </is>
       </c>
       <c r="C688" s="1">
-        <v>295</v>
+        <v>945</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>9789752430808</t>
+          <t>9789752430976</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>Teşkilat-ı Mahsusa</t>
+          <t>Tarihin Peşinde</t>
         </is>
       </c>
       <c r="C689" s="1">
-        <v>345</v>
+        <v>475</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>9789752430822</t>
+          <t>9789752430952</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>Geleceği Görenler</t>
+          <t>Kazım Karabekir - İttihat ve Terakki Cemiyeti</t>
         </is>
       </c>
       <c r="C690" s="1">
         <v>345</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>9789752430815</t>
+          <t>9789752430990</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>Şerif Hüseyin</t>
+          <t>Bir Ömür Nasıl Yaşanır?</t>
         </is>
       </c>
       <c r="C691" s="1">
-        <v>245</v>
+        <v>345</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>9789752430846</t>
+          <t>9789752430914</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Büyükleri</t>
+          <t>Osmanlı İmparatorluğu ve Dünya Savaşı</t>
         </is>
       </c>
       <c r="C692" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t>9789752430761</t>
+          <t>9789752430891</t>
         </is>
       </c>
       <c r="B693" s="1" t="inlineStr">
         <is>
-          <t>Defterimden Portreler</t>
+          <t>Hayatım</t>
         </is>
       </c>
       <c r="C693" s="1">
-        <v>295</v>
+        <v>345</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="1" t="inlineStr">
         <is>
-          <t>9789752430754</t>
+          <t>9789752430938</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t>Bozkırın Kağanlıkları</t>
+          <t>Moğolların Büyük Hanı’na Seyahat</t>
         </is>
       </c>
       <c r="C694" s="1">
-        <v>245</v>
+        <v>295</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t>9789752430778</t>
+          <t>9789752430839</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
-          <t>Kardeşler Takımı</t>
+          <t>İngiltere Ortadoğu’ya Nasıl Girdi?</t>
         </is>
       </c>
       <c r="C695" s="1">
-        <v>495</v>
+        <v>475</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t>9789752430792</t>
+          <t>9789752430877</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t>Sultanın Korsanları</t>
+          <t>Sınırları Çizen Kadın - İngiliz Casus Gertrude Bell</t>
         </is>
       </c>
       <c r="C696" s="1">
-        <v>495</v>
+        <v>475</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t>9789752430709</t>
+          <t>9789752430860</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t>Roma İmparatorluğu'ndan Hitler Almanyası'na Avrupa Tarihi Üzerine Yazılar</t>
+          <t>İmparatorluktan Cumhuriyete</t>
         </is>
       </c>
       <c r="C697" s="1">
-        <v>295</v>
+        <v>345</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t>9789752430747</t>
+          <t>9789752430808</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t>Karikatürlerle Sultan 2. Abdülhamid</t>
+          <t>Teşkilat-ı Mahsusa</t>
         </is>
       </c>
       <c r="C698" s="1">
-        <v>395</v>
+        <v>425</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t>9789752430730</t>
+          <t>9789752430822</t>
         </is>
       </c>
       <c r="B699" s="1" t="inlineStr">
         <is>
-          <t>Taşa Kazınan Tarih</t>
+          <t>Geleceği Görenler</t>
         </is>
       </c>
       <c r="C699" s="1">
-        <v>395</v>
+        <v>425</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="1" t="inlineStr">
         <is>
-          <t>9789752430723</t>
+          <t>9789752430815</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t>Türkokratia</t>
+          <t>Şerif Hüseyin</t>
         </is>
       </c>
       <c r="C700" s="1">
-        <v>395</v>
+        <v>295</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t>9789752430679</t>
+          <t>9789752430846</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
-          <t>Moğolistan Seyahatnamesi</t>
+          <t>Türklerin Büyükleri</t>
         </is>
       </c>
       <c r="C701" s="1">
-        <v>245</v>
+        <v>345</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t>9789752430686</t>
+          <t>9789752430761</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t>Malazgirt Zaferi : Bin Yıllık Miras</t>
+          <t>Defterimden Portreler</t>
         </is>
       </c>
       <c r="C702" s="1">
-        <v>295</v>
+        <v>345</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="1" t="inlineStr">
         <is>
-          <t>9789752430655</t>
+          <t>9789752430754</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
-          <t>İran Seyahatnamesi</t>
+          <t>Bozkırın Kağanlıkları</t>
         </is>
       </c>
       <c r="C703" s="1">
-        <v>195</v>
+        <v>295</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="1" t="inlineStr">
         <is>
-          <t>9789752430662</t>
+          <t>9789752430778</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
-          <t>Kutadgu Bilig'e Göre Türk Savaş Sanatı</t>
+          <t>Kardeşler Takımı</t>
         </is>
       </c>
       <c r="C704" s="1">
-        <v>195</v>
+        <v>595</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t>9789752430631</t>
+          <t>9789752430792</t>
         </is>
       </c>
       <c r="B705" s="1" t="inlineStr">
         <is>
-          <t>Son Mekke Emiri Şerif Ali Haydar Paşa Anlatıyor</t>
+          <t>Sultanın Korsanları</t>
         </is>
       </c>
       <c r="C705" s="1">
-        <v>395</v>
+        <v>595</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t>9789752430617</t>
+          <t>9789752430709</t>
         </is>
       </c>
       <c r="B706" s="1" t="inlineStr">
         <is>
-          <t>Büyük Savaşın Kara Kutusu</t>
+          <t>Roma İmparatorluğu'ndan Hitler Almanyası'na Avrupa Tarihi Üzerine Yazılar</t>
         </is>
       </c>
       <c r="C706" s="1">
-        <v>395</v>
+        <v>345</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t>9789752430600</t>
+          <t>9789752430747</t>
         </is>
       </c>
       <c r="B707" s="1" t="inlineStr">
         <is>
-          <t>Blokzincir Kripto Paralar Bitcoin</t>
+          <t>Karikatürlerle Sultan 2. Abdülhamid</t>
         </is>
       </c>
       <c r="C707" s="1">
-        <v>395</v>
+        <v>475</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="1" t="inlineStr">
         <is>
-          <t>9789752430594</t>
+          <t>9789752430730</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t>Doğu Seyahatnamesi</t>
+          <t>Taşa Kazınan Tarih</t>
         </is>
       </c>
       <c r="C708" s="1">
-        <v>195</v>
+        <v>475</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t>9789752430518</t>
+          <t>9789752430723</t>
         </is>
       </c>
       <c r="B709" s="1" t="inlineStr">
         <is>
-          <t>Payitahtta Nutuklarım</t>
+          <t>Türkokratia</t>
         </is>
       </c>
       <c r="C709" s="1">
-        <v>245</v>
+        <v>475</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t>9789752430549</t>
+          <t>9789752430679</t>
         </is>
       </c>
       <c r="B710" s="1" t="inlineStr">
         <is>
-          <t>Türk Dış Politikası Tarihi</t>
+          <t>Moğolistan Seyahatnamesi</t>
         </is>
       </c>
       <c r="C710" s="1">
-        <v>345</v>
+        <v>295</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t>9789752430532</t>
+          <t>9789752430686</t>
         </is>
       </c>
       <c r="B711" s="1" t="inlineStr">
         <is>
-          <t>Sultanın Ordusu</t>
+          <t>Malazgirt Zaferi : Bin Yıllık Miras</t>
         </is>
       </c>
       <c r="C711" s="1">
-        <v>395</v>
+        <v>345</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="1" t="inlineStr">
         <is>
-          <t>9789752430525</t>
+          <t>9789752430655</t>
         </is>
       </c>
       <c r="B712" s="1" t="inlineStr">
         <is>
-          <t>Robotların Yükselişi</t>
+          <t>İran Seyahatnamesi</t>
         </is>
       </c>
       <c r="C712" s="1">
-        <v>395</v>
+        <v>245</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" s="1" t="inlineStr">
         <is>
-          <t>9789752430426</t>
+          <t>9789752430662</t>
         </is>
       </c>
       <c r="B713" s="1" t="inlineStr">
         <is>
-          <t>Vatan ve Führer İçin</t>
+          <t>Kutadgu Bilig'e Göre Türk Savaş Sanatı</t>
         </is>
       </c>
       <c r="C713" s="1">
-        <v>345</v>
+        <v>245</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" s="1" t="inlineStr">
         <is>
-          <t>9789752430402</t>
+          <t>9789752430631</t>
         </is>
       </c>
       <c r="B714" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'nin Yakın Tarihi</t>
+          <t>Son Mekke Emiri Şerif Ali Haydar Paşa Anlatıyor</t>
         </is>
       </c>
       <c r="C714" s="1">
-        <v>295</v>
+        <v>475</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" s="1" t="inlineStr">
         <is>
-          <t>9789752430396</t>
+          <t>9789752430617</t>
         </is>
       </c>
       <c r="B715" s="1" t="inlineStr">
         <is>
-          <t>Büyük İskender</t>
+          <t>Büyük Savaşın Kara Kutusu</t>
         </is>
       </c>
       <c r="C715" s="1">
-        <v>345</v>
+        <v>475</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" s="1" t="inlineStr">
         <is>
-          <t>9789752430419</t>
+          <t>9789752430600</t>
         </is>
       </c>
       <c r="B716" s="1" t="inlineStr">
         <is>
-          <t>Cengiz Han</t>
+          <t>Blokzincir Kripto Paralar Bitcoin</t>
         </is>
       </c>
       <c r="C716" s="1">
-        <v>345</v>
+        <v>475</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" s="1" t="inlineStr">
         <is>
-          <t>9789752430372</t>
+          <t>9789752430594</t>
         </is>
       </c>
       <c r="B717" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İmparatorluğu’nda Alman Nüfuzu</t>
+          <t>Doğu Seyahatnamesi</t>
         </is>
       </c>
       <c r="C717" s="1">
-        <v>295</v>
+        <v>245</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" s="1" t="inlineStr">
         <is>
-          <t>9789752430389</t>
+          <t>9789752430518</t>
         </is>
       </c>
       <c r="B718" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Toplumunda Aile</t>
+          <t>Payitahtta Nutuklarım</t>
         </is>
       </c>
       <c r="C718" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" s="1" t="inlineStr">
         <is>
-          <t>9789752430365</t>
+          <t>9789752430549</t>
         </is>
       </c>
       <c r="B719" s="1" t="inlineStr">
         <is>
-          <t>İmparatorluğun En Uzun Yüzyılı</t>
+          <t>Türk Dış Politikası Tarihi</t>
         </is>
       </c>
       <c r="C719" s="1">
-        <v>345</v>
+        <v>425</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" s="1" t="inlineStr">
         <is>
-          <t>9789752430358</t>
+          <t>9789752430532</t>
         </is>
       </c>
       <c r="B720" s="1" t="inlineStr">
         <is>
-          <t>İngiliz Arşiv Belgelerinde Arap İsyanı</t>
+          <t>Sultanın Ordusu</t>
         </is>
       </c>
       <c r="C720" s="1">
-        <v>345</v>
+        <v>475</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" s="1" t="inlineStr">
         <is>
-          <t>9789752430341</t>
+          <t>9789752430525</t>
         </is>
       </c>
       <c r="B721" s="1" t="inlineStr">
         <is>
-          <t>Abdülhamid’in Dış Politikası</t>
+          <t>Robotların Yükselişi</t>
         </is>
       </c>
       <c r="C721" s="1">
-        <v>345</v>
+        <v>475</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" s="1" t="inlineStr">
         <is>
-          <t>9789752430280</t>
+          <t>9789752430426</t>
         </is>
       </c>
       <c r="B722" s="1" t="inlineStr">
         <is>
-          <t>20. Yüzyıl Siyasi Tarihi (1914 - 1995) (Ciltli)</t>
+          <t>Vatan ve Führer İçin</t>
         </is>
       </c>
       <c r="C722" s="1">
-        <v>645</v>
+        <v>425</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" s="1" t="inlineStr">
         <is>
-          <t>9789752430327</t>
+          <t>9789752430402</t>
         </is>
       </c>
       <c r="B723" s="1" t="inlineStr">
         <is>
-          <t>The Ottoman Empire</t>
+          <t>Türkiye'nin Yakın Tarihi</t>
         </is>
       </c>
       <c r="C723" s="1">
-        <v>495</v>
+        <v>345</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" s="1" t="inlineStr">
         <is>
-          <t>9789752430310</t>
+          <t>9789752430396</t>
         </is>
       </c>
       <c r="B724" s="1" t="inlineStr">
         <is>
-          <t>Moğolların Gizli Tarihçesi</t>
+          <t>Büyük İskender</t>
         </is>
       </c>
       <c r="C724" s="1">
-        <v>245</v>
+        <v>425</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" s="1" t="inlineStr">
         <is>
-          <t>9789752430303</t>
+          <t>9789752430419</t>
         </is>
       </c>
       <c r="B725" s="1" t="inlineStr">
         <is>
-          <t>Halil Kut Paşa - Kut’ül Amare'nin Muzaffer Komutanı</t>
+          <t>Cengiz Han</t>
         </is>
       </c>
       <c r="C725" s="1">
-        <v>345</v>
+        <v>425</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" s="1" t="inlineStr">
         <is>
-          <t>9789752430334</t>
+          <t>9789752430372</t>
         </is>
       </c>
       <c r="B726" s="1" t="inlineStr">
         <is>
-          <t>Gazi Mustafa Kemal Atatürk (Ciltli)</t>
+          <t>Osmanlı İmparatorluğu’nda Alman Nüfuzu</t>
         </is>
       </c>
       <c r="C726" s="1">
-        <v>495</v>
+        <v>345</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" s="1" t="inlineStr">
         <is>
-          <t>9789752430273</t>
+          <t>9789752430389</t>
         </is>
       </c>
       <c r="B727" s="1" t="inlineStr">
         <is>
-          <t>Tanzimat ve Bulgar Meselesi</t>
+          <t>Osmanlı Toplumunda Aile</t>
         </is>
       </c>
       <c r="C727" s="1">
-        <v>245</v>
+        <v>345</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" s="1" t="inlineStr">
         <is>
-          <t>9789752430297</t>
+          <t>9789752430365</t>
         </is>
       </c>
       <c r="B728" s="1" t="inlineStr">
         <is>
-          <t>Gazi Mustafa Kemal Atatürk</t>
+          <t>İmparatorluğun En Uzun Yüzyılı</t>
         </is>
       </c>
       <c r="C728" s="1">
-        <v>395</v>
+        <v>425</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" s="1" t="inlineStr">
         <is>
-          <t>9789752430259</t>
+          <t>9789752430358</t>
         </is>
       </c>
       <c r="B729" s="1" t="inlineStr">
         <is>
-          <t>Türk - Amerikan İlişkileri</t>
+          <t>İngiliz Arşiv Belgelerinde Arap İsyanı</t>
         </is>
       </c>
       <c r="C729" s="1">
-        <v>295</v>
+        <v>425</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" s="1" t="inlineStr">
         <is>
-          <t>9789752430242</t>
+          <t>9789752430341</t>
         </is>
       </c>
       <c r="B730" s="1" t="inlineStr">
         <is>
-          <t>Moğol İstilasına Kadar: Türkistan (Ciltli)</t>
+          <t>Abdülhamid’in Dış Politikası</t>
         </is>
       </c>
       <c r="C730" s="1">
-        <v>795</v>
+        <v>425</v>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" s="1" t="inlineStr">
         <is>
-          <t>9789752430211</t>
+          <t>9789752430280</t>
         </is>
       </c>
       <c r="B731" s="1" t="inlineStr">
         <is>
-          <t>Sipahi</t>
+          <t>20. Yüzyıl Siyasi Tarihi (1914 - 1995) (Ciltli)</t>
         </is>
       </c>
       <c r="C731" s="1">
-        <v>295</v>
+        <v>775</v>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" s="1" t="inlineStr">
         <is>
-          <t>9789752430228</t>
+          <t>9789752430327</t>
         </is>
       </c>
       <c r="B732" s="1" t="inlineStr">
         <is>
-          <t>İmparatorluktan Cumhuriyete Azınlıklar</t>
+          <t>The Ottoman Empire</t>
         </is>
       </c>
       <c r="C732" s="1">
-        <v>295</v>
+        <v>595</v>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" s="1" t="inlineStr">
         <is>
-          <t>9789752430235</t>
+          <t>9789752430310</t>
         </is>
       </c>
       <c r="B733" s="1" t="inlineStr">
         <is>
-          <t>Selçuklu'nun Mirası</t>
+          <t>Moğolların Gizli Tarihçesi</t>
         </is>
       </c>
       <c r="C733" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" s="1" t="inlineStr">
         <is>
-          <t>9789752430181</t>
+          <t>9789752430303</t>
         </is>
       </c>
       <c r="B734" s="1" t="inlineStr">
         <is>
-          <t>Türk Siyasi Tarihi</t>
+          <t>Halil Kut Paşa - Kut’ül Amare'nin Muzaffer Komutanı</t>
         </is>
       </c>
       <c r="C734" s="1">
-        <v>295</v>
+        <v>425</v>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" s="1" t="inlineStr">
         <is>
-          <t>9789752430167</t>
+          <t>9789752430334</t>
         </is>
       </c>
       <c r="B735" s="1" t="inlineStr">
         <is>
-          <t>Gökbörü'nün İzinde Kadim Türklerin Topraklarında</t>
+          <t>Gazi Mustafa Kemal Atatürk (Ciltli)</t>
         </is>
       </c>
       <c r="C735" s="1">
-        <v>295</v>
+        <v>595</v>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" s="1" t="inlineStr">
         <is>
-          <t>9789752430204</t>
+          <t>9789752430273</t>
         </is>
       </c>
       <c r="B736" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Serüveni</t>
+          <t>Tanzimat ve Bulgar Meselesi</t>
         </is>
       </c>
       <c r="C736" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" s="1" t="inlineStr">
         <is>
-          <t>9789752430150</t>
+          <t>9789752430297</t>
         </is>
       </c>
       <c r="B737" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Tarihinde Efsaneler ve Gerçekler</t>
+          <t>Gazi Mustafa Kemal Atatürk</t>
         </is>
       </c>
       <c r="C737" s="1">
-        <v>295</v>
+        <v>475</v>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" s="1" t="inlineStr">
         <is>
-          <t>9789752430136</t>
+          <t>9789752430259</t>
         </is>
       </c>
       <c r="B738" s="1" t="inlineStr">
         <is>
-          <t>Kudüs Ey Kudüs</t>
+          <t>Türk - Amerikan İlişkileri</t>
         </is>
       </c>
       <c r="C738" s="1">
-        <v>595</v>
+        <v>345</v>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" s="1" t="inlineStr">
         <is>
-          <t>9789752430143</t>
+          <t>9789752430242</t>
         </is>
       </c>
       <c r="B739" s="1" t="inlineStr">
         <is>
-          <t>Nili: Ortadoğu'da Casuslar Savaşı</t>
+          <t>Moğol İstilasına Kadar: Türkistan (Ciltli)</t>
         </is>
       </c>
       <c r="C739" s="1">
-        <v>245</v>
+        <v>945</v>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" s="1" t="inlineStr">
         <is>
-          <t>9789752430129</t>
+          <t>9789752430211</t>
         </is>
       </c>
       <c r="B740" s="1" t="inlineStr">
         <is>
-          <t>Atam Dedem Kanunu</t>
+          <t>Sipahi</t>
         </is>
       </c>
       <c r="C740" s="1">
-        <v>245</v>
+        <v>345</v>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" s="1" t="inlineStr">
         <is>
-          <t>9789752430082</t>
+          <t>9789752430228</t>
         </is>
       </c>
       <c r="B741" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet'in İlk Yüzyılı 1923 - 2023</t>
+          <t>İmparatorluktan Cumhuriyete Azınlıklar</t>
         </is>
       </c>
       <c r="C741" s="1">
-        <v>295</v>
+        <v>345</v>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" s="1" t="inlineStr">
         <is>
-          <t>9789752430105</t>
+          <t>9789752430235</t>
         </is>
       </c>
       <c r="B742" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Dünyası</t>
+          <t>Selçuklu'nun Mirası</t>
         </is>
       </c>
       <c r="C742" s="1">
-        <v>245</v>
+        <v>345</v>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" s="1" t="inlineStr">
         <is>
-          <t>9789752430112</t>
+          <t>9789752430181</t>
         </is>
       </c>
       <c r="B743" s="1" t="inlineStr">
         <is>
-          <t>Savaş Günlükleri 1939-1943</t>
+          <t>Türk Siyasi Tarihi</t>
         </is>
       </c>
       <c r="C743" s="1">
-        <v>445</v>
+        <v>345</v>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" s="1" t="inlineStr">
         <is>
-          <t>9789752430099</t>
+          <t>9789752430167</t>
         </is>
       </c>
       <c r="B744" s="1" t="inlineStr">
         <is>
-          <t>Filistin Meselesi ve Arap-İsrail Savaşları 1948-1988 (Ciltli)</t>
+          <t>Gökbörü'nün İzinde Kadim Türklerin Topraklarında</t>
         </is>
       </c>
       <c r="C744" s="1">
-        <v>595</v>
+        <v>345</v>
       </c>
     </row>
     <row r="745" spans="1:3">
       <c r="A745" s="1" t="inlineStr">
         <is>
-          <t>9789752430075</t>
+          <t>9789752430204</t>
         </is>
       </c>
       <c r="B745" s="1" t="inlineStr">
         <is>
-          <t>Bazen Olmaz</t>
+          <t>Türklerin Serüveni</t>
         </is>
       </c>
       <c r="C745" s="1">
-        <v>295</v>
+        <v>345</v>
       </c>
     </row>
     <row r="746" spans="1:3">
       <c r="A746" s="1" t="inlineStr">
         <is>
-          <t>9789752430006</t>
+          <t>9789752430150</t>
         </is>
       </c>
       <c r="B746" s="1" t="inlineStr">
         <is>
-          <t>Sultanın Casusları</t>
+          <t>Osmanlı Tarihinde Efsaneler ve Gerçekler</t>
         </is>
       </c>
       <c r="C746" s="1">
         <v>345</v>
       </c>
     </row>
     <row r="747" spans="1:3">
       <c r="A747" s="1" t="inlineStr">
         <is>
-          <t>9789752430044</t>
+          <t>9789752430136</t>
         </is>
       </c>
       <c r="B747" s="1" t="inlineStr">
         <is>
-          <t>Kutü’l Amare 1916</t>
+          <t>Kudüs Ey Kudüs</t>
         </is>
       </c>
       <c r="C747" s="1">
-        <v>295</v>
+        <v>725</v>
       </c>
     </row>
     <row r="748" spans="1:3">
       <c r="A748" s="1" t="inlineStr">
         <is>
-          <t>9789752430051</t>
+          <t>9789752430143</t>
         </is>
       </c>
       <c r="B748" s="1" t="inlineStr">
         <is>
-          <t>Gazneliler</t>
+          <t>Nili: Ortadoğu'da Casuslar Savaşı</t>
         </is>
       </c>
       <c r="C748" s="1">
-        <v>345</v>
+        <v>295</v>
       </c>
     </row>
     <row r="749" spans="1:3">
       <c r="A749" s="1" t="inlineStr">
         <is>
-          <t>9786058301184</t>
+          <t>9789752430129</t>
         </is>
       </c>
       <c r="B749" s="1" t="inlineStr">
         <is>
-          <t>The Ottoman Empire and Europe</t>
+          <t>Atam Dedem Kanunu</t>
         </is>
       </c>
       <c r="C749" s="1">
-        <v>395</v>
+        <v>295</v>
       </c>
     </row>
     <row r="750" spans="1:3">
       <c r="A750" s="1" t="inlineStr">
         <is>
-          <t>9789752430037</t>
+          <t>9789752430082</t>
         </is>
       </c>
       <c r="B750" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Altın Çağı</t>
+          <t>Cumhuriyet'in İlk Yüzyılı 1923 - 2023</t>
         </is>
       </c>
       <c r="C750" s="1">
-        <v>295</v>
+        <v>345</v>
       </c>
     </row>
     <row r="751" spans="1:3">
       <c r="A751" s="1" t="inlineStr">
         <is>
-          <t>9786058301160</t>
+          <t>9789752430105</t>
         </is>
       </c>
       <c r="B751" s="1" t="inlineStr">
         <is>
-          <t>Malazgirt 1071</t>
+          <t>Osmanlı Dünyası</t>
         </is>
       </c>
       <c r="C751" s="1">
-        <v>245</v>
+        <v>295</v>
       </c>
     </row>
     <row r="752" spans="1:3">
       <c r="A752" s="1" t="inlineStr">
         <is>
-          <t>9786058301153</t>
+          <t>9789752430112</t>
         </is>
       </c>
       <c r="B752" s="1" t="inlineStr">
         <is>
-          <t>İlber Ortaylı Seyahatnamesi (Kartpostal Hediyeli)</t>
+          <t>Savaş Günlükleri 1939-1943</t>
         </is>
       </c>
       <c r="C752" s="1">
-        <v>295</v>
+        <v>545</v>
       </c>
     </row>
     <row r="753" spans="1:3">
       <c r="A753" s="1" t="inlineStr">
         <is>
-          <t>9786058301146</t>
+          <t>9789752430099</t>
         </is>
       </c>
       <c r="B753" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı ve Avrupa</t>
+          <t>Filistin Meselesi ve Arap-İsrail Savaşları 1948-1988 (Ciltli)</t>
         </is>
       </c>
       <c r="C753" s="1">
-        <v>295</v>
+        <v>725</v>
       </c>
     </row>
     <row r="754" spans="1:3">
       <c r="A754" s="1" t="inlineStr">
         <is>
-          <t>9786058301108</t>
+          <t>9789752430075</t>
         </is>
       </c>
       <c r="B754" s="1" t="inlineStr">
         <is>
-          <t>Hukuk ve İdare Adamı Olarak Osmanlı Devletinde Kadı</t>
+          <t>Bazen Olmaz</t>
         </is>
       </c>
       <c r="C754" s="1">
-        <v>195</v>
+        <v>295</v>
       </c>
     </row>
     <row r="755" spans="1:3">
       <c r="A755" s="1" t="inlineStr">
         <is>
-          <t>9786058301122</t>
+          <t>9789752430006</t>
         </is>
       </c>
       <c r="B755" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'da Devlet, Hukuk ve Adalet</t>
+          <t>Sultanın Casusları</t>
         </is>
       </c>
       <c r="C755" s="1">
-        <v>295</v>
+        <v>425</v>
       </c>
     </row>
     <row r="756" spans="1:3">
       <c r="A756" s="1" t="inlineStr">
         <is>
-          <t>9786058301115</t>
+          <t>9789752430044</t>
         </is>
       </c>
       <c r="B756" s="1" t="inlineStr">
         <is>
-          <t>Sultan Alp Arslan</t>
+          <t>Kutü’l Amare 1916</t>
         </is>
       </c>
       <c r="C756" s="1">
-        <v>245</v>
+        <v>345</v>
       </c>
     </row>
     <row r="757" spans="1:3">
       <c r="A757" s="1" t="inlineStr">
         <is>
+          <t>9789752430051</t>
+        </is>
+      </c>
+      <c r="B757" s="1" t="inlineStr">
+        <is>
+          <t>Gazneliler</t>
+        </is>
+      </c>
+      <c r="C757" s="1">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="758" spans="1:3">
+      <c r="A758" s="1" t="inlineStr">
+        <is>
+          <t>9786058301184</t>
+        </is>
+      </c>
+      <c r="B758" s="1" t="inlineStr">
+        <is>
+          <t>The Ottoman Empire and Europe</t>
+        </is>
+      </c>
+      <c r="C758" s="1">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="759" spans="1:3">
+      <c r="A759" s="1" t="inlineStr">
+        <is>
+          <t>9789752430037</t>
+        </is>
+      </c>
+      <c r="B759" s="1" t="inlineStr">
+        <is>
+          <t>Türklerin Altın Çağı</t>
+        </is>
+      </c>
+      <c r="C759" s="1">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="760" spans="1:3">
+      <c r="A760" s="1" t="inlineStr">
+        <is>
+          <t>9786058301160</t>
+        </is>
+      </c>
+      <c r="B760" s="1" t="inlineStr">
+        <is>
+          <t>Malazgirt 1071</t>
+        </is>
+      </c>
+      <c r="C760" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="761" spans="1:3">
+      <c r="A761" s="1" t="inlineStr">
+        <is>
+          <t>9786058301153</t>
+        </is>
+      </c>
+      <c r="B761" s="1" t="inlineStr">
+        <is>
+          <t>İlber Ortaylı Seyahatnamesi (Kartpostal Hediyeli)</t>
+        </is>
+      </c>
+      <c r="C761" s="1">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="762" spans="1:3">
+      <c r="A762" s="1" t="inlineStr">
+        <is>
+          <t>9786058301146</t>
+        </is>
+      </c>
+      <c r="B762" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı ve Avrupa</t>
+        </is>
+      </c>
+      <c r="C762" s="1">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="763" spans="1:3">
+      <c r="A763" s="1" t="inlineStr">
+        <is>
+          <t>9786058301108</t>
+        </is>
+      </c>
+      <c r="B763" s="1" t="inlineStr">
+        <is>
+          <t>Hukuk ve İdare Adamı Olarak Osmanlı Devletinde Kadı</t>
+        </is>
+      </c>
+      <c r="C763" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="764" spans="1:3">
+      <c r="A764" s="1" t="inlineStr">
+        <is>
+          <t>9786058301122</t>
+        </is>
+      </c>
+      <c r="B764" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı'da Devlet, Hukuk ve Adalet</t>
+        </is>
+      </c>
+      <c r="C764" s="1">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="765" spans="1:3">
+      <c r="A765" s="1" t="inlineStr">
+        <is>
+          <t>9786058301115</t>
+        </is>
+      </c>
+      <c r="B765" s="1" t="inlineStr">
+        <is>
+          <t>Sultan Alp Arslan</t>
+        </is>
+      </c>
+      <c r="C765" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="766" spans="1:3">
+      <c r="A766" s="1" t="inlineStr">
+        <is>
           <t>9786058301139</t>
         </is>
       </c>
-      <c r="B757" s="1" t="inlineStr">
+      <c r="B766" s="1" t="inlineStr">
         <is>
           <t>4. Murad</t>
         </is>
       </c>
-      <c r="C757" s="1">
-        <v>245</v>
+      <c r="C766" s="1">
+        <v>295</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>