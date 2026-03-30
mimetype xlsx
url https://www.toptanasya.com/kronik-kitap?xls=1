--- v2 (2026-02-07)
+++ v3 (2026-03-30)
@@ -85,11515 +85,11860 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255835550</t>
+          <t>9786255835673</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Cem</t>
+          <t>Beyhan Budak İmzalı Seti (Kutulu)</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>245</v>
+        <v>1095</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255835543</t>
+          <t>9786255835789</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>İmparatorluklar Çağı’nın Büyük Komutanları (1583-1865)</t>
+          <t>Savaş ve Uygarlık</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>395</v>
+        <v>195</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255835451</t>
+          <t>9786255835765</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Nerden Geliyo?</t>
+          <t>Kısa Meksika Tarihi</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>245</v>
+        <v>395</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255835505</t>
+          <t>9786255835734</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Dakikalar İçinde Büyük Olaylar</t>
+          <t>Gürültülü Canavar</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>195</v>
+        <v>245</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255835512</t>
+          <t>9786255835727</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Tarihe Düşülen Notlar (2 Cilt Kutulu)</t>
+          <t>Roma Mitolojisi</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>745</v>
+        <v>245</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255835499</t>
+          <t>9786255835710</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Para Batırma Sanatı</t>
+          <t>Rusya FSB Teşkilatı</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>245</v>
+        <v>295</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255835482</t>
+          <t>9786255835697</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Orta Avrupa Tarihi</t>
+          <t>Türkiye’nin Siyasî Hayatında Batılılaşma Hareketleri</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>595</v>
+        <v>245</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255835468</t>
+          <t>9786255835680</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Çağları Aşan Dahiler</t>
+          <t>Sözlerimi Sonuna Kadar Dinle!</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>395</v>
+        <v>245</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255835475</t>
+          <t>9786255835772</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Farklılıklar İmparatorluğu Osmanlılar</t>
+          <t>İngilizler ve Türkler</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>495</v>
+        <v>595</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259386263</t>
+          <t>9786255835758</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Porsuk'un Büyük Macerası</t>
+          <t>İnsanın İnanç Arayışı</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>175</v>
+        <v>245</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259386256</t>
+          <t>9786255835741</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kazı Büyük Keşif</t>
+          <t>Paranı Nasıl Yönetirsin</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>175</v>
+        <v>245</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259386249</t>
+          <t>9786255835703</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar Soruyor, İlber Hoca Cevaplıyor: Gazi Mustafa Kemal Atatürk</t>
+          <t>Çanakkale'nin Şanlı Birliği 57. Alay ve 19. Tümen Komutanı Mustafa Kemal (Atatürk)</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>175</v>
+        <v>395</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786255835413</t>
+          <t>9786255835567</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Dakikalar İçinde Orta Çağ</t>
+          <t>Bana Ne Oluyor?</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>195</v>
+        <v>295</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786255835420</t>
+          <t>9786255835659</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar Neden Yalan Söyler?</t>
+          <t>Kültür</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>295</v>
+        <v>395</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786255835437</t>
+          <t>9786255835666</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Senin Suçun Değil</t>
+          <t>Pax: Roma’nın Altın Çağında Savaş ve Barış</t>
         </is>
       </c>
       <c r="C16" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786255835376</t>
+          <t>9786255835581</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Bir Tarih İncelemesi - A Study of History (Ciltli)</t>
+          <t>Üçüncü Reich Yılları: Hatıralarım</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>945</v>
+        <v>595</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786255835383</t>
+          <t>9786255835642</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>İstanbul'un Lezzet Durakları</t>
+          <t>İlluminati</t>
         </is>
       </c>
       <c r="C18" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786255835406</t>
+          <t>9786255835598</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Avrupa'da Endülüs Bilim Mirası</t>
+          <t>Şahsiyet ve İktidar</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>345</v>
+        <v>395</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786255835390</t>
+          <t>9786255835635</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>The Traveler's Eye</t>
+          <t>İsa, Pavlus, İnciller</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>595</v>
+        <v>495</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786255835369</t>
+          <t>9786255835604</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Satrançla Değişen Hayat</t>
+          <t>Annem Şefika</t>
         </is>
       </c>
       <c r="C21" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786255835314</t>
+          <t>9786255835611</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Fark Et Düşün Hisset Yaşa</t>
+          <t>Eski Türk Boyları</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>345</v>
+        <v>295</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786255835352</t>
+          <t>9786255835574</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Kuruluş - Cumhuriyet’e Giden Yol</t>
+          <t>Buradayım Öğretmenim!</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>345</v>
+        <v>195</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786259386232</t>
+          <t>9786255835628</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Porsuk’un Büyük Yolculuğu</t>
+          <t>Atatürk’ün Silah Arkadaşı Cemil Cahit Toydemir’in Anıları</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>175</v>
+        <v>345</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786259386225</t>
+          <t>9786255835550</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Mbappe mi Haaland mı?</t>
+          <t>Cem</t>
         </is>
       </c>
       <c r="C25" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786255835277</t>
+          <t>9786255835543</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Kudüs</t>
+          <t>İmparatorluklar Çağı’nın Büyük Komutanları (1583-1865)</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>595</v>
+        <v>395</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786255835345</t>
+          <t>9786255835451</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Finansal Efsaneler ve Gerçekler</t>
+          <t>Nerden Geliyo?</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>295</v>
+        <v>245</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786255835307</t>
+          <t>9786255835505</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>İmkansız Coğrafyalar</t>
+          <t>Dakikalar İçinde Büyük Olaylar</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>345</v>
+        <v>195</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786255835338</t>
+          <t>9786255835512</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Yedi Bilgelik Okulu</t>
+          <t>Tarihe Düşülen Notlar (2 Cilt Kutulu)</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>295</v>
+        <v>745</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786255835321</t>
+          <t>9786255835499</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Filistin Cephesinde Bir Türk Askeri</t>
+          <t>Para Batırma Sanatı</t>
         </is>
       </c>
       <c r="C30" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786259621074</t>
+          <t>9786255835482</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Tilkinin Peşinde</t>
+          <t>Orta Avrupa Tarihi</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>175</v>
+        <v>595</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786259621098</t>
+          <t>9786255835468</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Yarın Kralı</t>
+          <t>Çağları Aşan Dahiler</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>195</v>
+        <v>395</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786259621081</t>
+          <t>9786255835475</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Sıkıcı (Olmayan) Okulu 2 - Gizli Sınıf</t>
+          <t>Farklılıklar İmparatorluğu Osmanlılar</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>245</v>
+        <v>495</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786259386201</t>
+          <t>9786259386263</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Keçi Çocuk</t>
+          <t>Porsuk'un Büyük Macerası</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>245</v>
+        <v>175</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786255835215</t>
+          <t>9786259386256</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Dakikalar İçinde Cengiz Han ve Dünyası</t>
+          <t>Küçük Kazı Büyük Keşif</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>195</v>
+        <v>175</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786255835208</t>
+          <t>9786259386249</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Dünyası</t>
+          <t>Çocuklar Soruyor, İlber Hoca Cevaplıyor: Gazi Mustafa Kemal Atatürk</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>295</v>
+        <v>175</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786255835222</t>
+          <t>9786255835413</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Dış Politikası</t>
+          <t>Dakikalar İçinde Orta Çağ</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>295</v>
+        <v>195</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786255835239</t>
+          <t>9786255835420</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Çöldeki Casus</t>
+          <t>Çocuklar Neden Yalan Söyler?</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>245</v>
+        <v>295</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786255835260</t>
+          <t>9786255835437</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Yıldız</t>
+          <t>Senin Suçun Değil</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>475</v>
+        <v>295</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786255835192</t>
+          <t>9786255835376</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Ekonomi 101</t>
+          <t>Bir Tarih İncelemesi - A Study of History (Ciltli)</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>295</v>
+        <v>945</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786255835185</t>
+          <t>9786255835383</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Delikanlı</t>
+          <t>İstanbul'un Lezzet Durakları</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>425</v>
+        <v>295</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786255835246</t>
+          <t>9786255835406</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Ergenlik Kapıyı Çarpınca</t>
+          <t>Avrupa'da Endülüs Bilim Mirası</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>295</v>
+        <v>345</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786255835253</t>
+          <t>9786255835390</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Mış Gibi Yaşamlar</t>
+          <t>The Traveler's Eye</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>425</v>
+        <v>595</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786255835154</t>
+          <t>9786255835369</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Vadedilmiş Topraklar</t>
+          <t>Satrançla Değişen Hayat</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>425</v>
+        <v>295</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786259621050</t>
+          <t>9786255835314</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Renkli Arı Tatile Çıktı İstanbul Karıştı</t>
+          <t>Fark Et Düşün Hisset Yaşa</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>245</v>
+        <v>345</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786259621067</t>
+          <t>9786255835352</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Bora</t>
+          <t>Kuruluş - Cumhuriyet’e Giden Yol</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>295</v>
+        <v>345</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786259621036</t>
+          <t>9786259386232</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Umayça</t>
+          <t>Porsuk’un Büyük Yolculuğu</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>245</v>
+        <v>175</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786259621043</t>
+          <t>9786259386225</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Hayal Kanatlı Kâğıt</t>
+          <t>Mbappe mi Haaland mı?</t>
         </is>
       </c>
       <c r="C48" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786255835130</t>
+          <t>9786255835277</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İmparatorluğu'nun Siyasal ve Kurumsal Tarihi (1300-1792)</t>
+          <t>Kudüs</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>545</v>
+        <v>595</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786255835116</t>
+          <t>9786255835345</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Warren Buffett’ın Hisseleri</t>
+          <t>Finansal Efsaneler ve Gerçekler</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>425</v>
+        <v>295</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786255835123</t>
+          <t>9786255835307</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Moğol Fırtınası</t>
+          <t>İmkansız Coğrafyalar</t>
         </is>
       </c>
       <c r="C51" s="1">
         <v>345</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786255835109</t>
+          <t>9786255835338</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Kubilay Han</t>
+          <t>Yedi Bilgelik Okulu</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>345</v>
+        <v>295</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786255835086</t>
+          <t>9786255835321</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Antik Mısır Mitolojisi</t>
+          <t>Filistin Cephesinde Bir Türk Askeri</t>
         </is>
       </c>
       <c r="C53" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786255835093</t>
+          <t>9786259621074</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Dakikalar İçinde Büyük Savaşlar</t>
+          <t>Tilkinin Peşinde</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>195</v>
+        <v>175</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786255835178</t>
+          <t>9786259621098</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Kendine İyi Davran Güzel İnsan</t>
+          <t>Yarın Kralı</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>245</v>
+        <v>195</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786255835147</t>
+          <t>9786259621081</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Şafak Sökmeden</t>
+          <t>Dünyanın En Sıkıcı (Olmayan) Okulu 2 - Gizli Sınıf</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>345</v>
+        <v>245</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786255835161</t>
+          <t>9786259386201</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>İletişim Donanımları</t>
+          <t>Keçi Çocuk</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>295</v>
+        <v>245</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786259621029</t>
+          <t>9786255835215</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Odo ve Tüm Yıldızlar</t>
+          <t>Dakikalar İçinde Cengiz Han ve Dünyası</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>245</v>
+        <v>195</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786255835055</t>
+          <t>9786255835208</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Zeybekler Çağı</t>
+          <t>Türklerin Dünyası</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>345</v>
+        <v>295</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786255835048</t>
+          <t>9786255835222</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Think Tank</t>
+          <t>Türkiye Dış Politikası</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>345</v>
+        <v>295</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786255835079</t>
+          <t>9786255835239</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>‘Mış Gibi’ Yetişkinler</t>
+          <t>Çöldeki Casus</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>325</v>
+        <v>245</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786255835062</t>
+          <t>9786255835260</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Duygularını Ustalıkla Yönet</t>
+          <t>Kızıl Yıldız</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>245</v>
+        <v>475</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786256228948</t>
+          <t>9786255835192</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Bağdat Güncesi</t>
+          <t>Ekonomi 101</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>475</v>
+        <v>295</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786255835031</t>
+          <t>9786255835185</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Hanedan</t>
+          <t>Delikanlı</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>545</v>
+        <v>425</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786255835024</t>
+          <t>9786255835246</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Borsada Doğru Yatırım</t>
+          <t>Ergenlik Kapıyı Çarpınca</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>245</v>
+        <v>295</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786256228498</t>
+          <t>9786255835253</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Dakikalar İçinde Matematik</t>
+          <t>Mış Gibi Yaşamlar</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>195</v>
+        <v>425</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786259621012</t>
+          <t>9786255835154</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Telefon Melefon Yok!</t>
+          <t>Vadedilmiş Topraklar</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>295</v>
+        <v>425</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786256774780</t>
+          <t>9786259621050</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Kadim Türkler - Eski Dünyanın Hakimleri</t>
+          <t>Renkli Arı Tatile Çıktı İstanbul Karıştı</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>295</v>
+        <v>245</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786256774551</t>
+          <t>9786259621067</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Neden Beklemek Zorundayım? - Ela 3</t>
+          <t>Bora</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>195</v>
+        <v>295</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786256989313</t>
+          <t>9786259621036</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Doğan Cüceloğlu Seti - Kutulu 5 Kitap</t>
+          <t>Umayça</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>1385</v>
+        <v>245</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>2785752431709</t>
+          <t>9786259621043</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Seti (5 Kitap)</t>
+          <t>Hayal Kanatlı Kâğıt</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>725</v>
+        <v>245</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786258431261</t>
+          <t>9786255835130</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Türklük Müslümanlık ve Osmanlı Mirası</t>
+          <t>Osmanlı İmparatorluğu'nun Siyasal ve Kurumsal Tarihi (1300-1792)</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>345</v>
+        <v>545</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9789752430693</t>
+          <t>9786255835116</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Kırım Savaşı Öncesinde Osmanlı Ordusu</t>
+          <t>Warren Buffett’ın Hisseleri</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>35</v>
+        <v>425</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786057635129</t>
+          <t>9786255835123</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Yörük Ali Efe</t>
+          <t>Moğol Fırtınası</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>475</v>
+        <v>345</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9789752430266</t>
+          <t>9786255835109</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Akademik Tarihçilik</t>
+          <t>Kubilay Han</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>22</v>
+        <v>345</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>2786058301115</t>
+          <t>9786255835086</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Selçuklular Seti 4 Kitap (Bez Çanta Hediyeli)</t>
+          <t>Antik Mısır Mitolojisi</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>93</v>
+        <v>245</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>2789752430020</t>
+          <t>9786255835093</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Biyografi Seti 4 Kitap (Bez Çanta Hediyeli)</t>
+          <t>Dakikalar İçinde Büyük Savaşlar</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>129</v>
+        <v>195</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>2789752430167</t>
+          <t>9786255835178</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Kadim Türkler Seti 4 Kitap (Bez Çanta Hediyeli)</t>
+          <t>Kendine İyi Davran Güzel İnsan</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>102</v>
+        <v>245</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>2789752430402</t>
+          <t>9786255835147</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>İlber Ortaylı Seti 3 Kitap (Bez Çanta Hediyeli)</t>
+          <t>Şafak Sökmeden</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>120</v>
+        <v>345</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789752430174</t>
+          <t>9786255835161</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Son Padişah: Vahideddin</t>
+          <t>İletişim Donanımları</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>30</v>
+        <v>295</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786058301191</t>
+          <t>9786259621029</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Ali Şükrü Bey</t>
+          <t>Odo ve Tüm Yıldızlar</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>30</v>
+        <v>245</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786057635785</t>
+          <t>9786255835055</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'da Diplomasi, Siyaset ve Savaş</t>
+          <t>Zeybekler Çağı</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>25</v>
+        <v>345</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786257631150</t>
+          <t>9786255835048</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Hannibal</t>
+          <t>Think Tank</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>295</v>
+        <v>345</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>2786057635539</t>
+          <t>9786255835079</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Antik Çağ Seti (6 Kitap Takım)</t>
+          <t>‘Mış Gibi’ Yetişkinler</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>910</v>
+        <v>325</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786057635143</t>
+          <t>9786255835062</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Einstein Seyahatnamesi</t>
+          <t>Duygularını Ustalıkla Yönet</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>475</v>
+        <v>245</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789752430785</t>
+          <t>9786256228948</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadele Başlarken (Ciltli)</t>
+          <t>Bağdat Güncesi</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>495</v>
+        <v>475</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786057635976</t>
+          <t>9786255835031</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Yeniçeri</t>
+          <t>Hanedan</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>345</v>
+        <v>545</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9789752430624</t>
+          <t>9786255835024</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Galatasaray Mekteb-i Sultanisi</t>
+          <t>Borsada Doğru Yatırım</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>24</v>
+        <v>245</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786259621005</t>
+          <t>9786256228498</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Alya Çakıltaşı Devi Kurtarıyor</t>
+          <t>Dakikalar İçinde Matematik</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>245</v>
+        <v>195</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786256228986</t>
+          <t>9786259621012</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>The Great Challenge</t>
+          <t>Telefon Melefon Yok!</t>
         </is>
       </c>
       <c r="C90" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786256228955</t>
+          <t>9786256774780</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>İslâmcılık Akımı</t>
+          <t>Kadim Türkler - Eski Dünyanın Hakimleri</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>345</v>
+        <v>295</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786255835000</t>
+          <t>9786256774551</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Yaşanır?</t>
+          <t>Neden Beklemek Zorundayım? - Ela 3</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>175</v>
+        <v>195</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786256228917</t>
+          <t>9786256989313</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Dakikalar İçinde Mistisizm</t>
+          <t>Doğan Cüceloğlu Seti - Kutulu 5 Kitap</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>195</v>
+        <v>1385</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786255835017</t>
+          <t>2785752431709</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Nazi Almanyası Tarihi</t>
+          <t>Avrupa Seti (5 Kitap)</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>345</v>
+        <v>725</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786259571188</t>
+          <t>9786258431261</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Ben Asi</t>
+          <t>Türklük Müslümanlık ve Osmanlı Mirası</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>245</v>
+        <v>345</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786259571195</t>
+          <t>9789752430693</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Karavana Johnny - Profesyonel Futbol Dehası</t>
+          <t>Kırım Savaşı Öncesinde Osmanlı Ordusu</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>295</v>
+        <v>35</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786256228924</t>
+          <t>9786057635129</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Davetsiz Misafirler</t>
+          <t>Yörük Ali Efe</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>345</v>
+        <v>475</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786256228993</t>
+          <t>9789752430266</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Caesar</t>
+          <t>Türkiye'de Akademik Tarihçilik</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>295</v>
+        <v>22</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786256228764</t>
+          <t>2786058301115</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Tank! – Achtung Panzer!</t>
+          <t>Selçuklular Seti 4 Kitap (Bez Çanta Hediyeli)</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>345</v>
+        <v>93</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786256228931</t>
+          <t>2789752430020</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İmparatorluğu’nda Dervişler</t>
+          <t>Biyografi Seti 4 Kitap (Bez Çanta Hediyeli)</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>245</v>
+        <v>129</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786256228856</t>
+          <t>2789752430167</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Dakikalar İçinde Roma</t>
+          <t>Kadim Türkler Seti 4 Kitap (Bez Çanta Hediyeli)</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>195</v>
+        <v>102</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786256228962</t>
+          <t>2789752430402</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Zamansız Ebeveyn</t>
+          <t>İlber Ortaylı Seti 3 Kitap (Bez Çanta Hediyeli)</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>295</v>
+        <v>120</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786256228979</t>
+          <t>9789752430174</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Her Yönüyle Bağışıklık</t>
+          <t>Son Padişah: Vahideddin</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>295</v>
+        <v>30</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>2786057435835</t>
+          <t>9786058301191</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Kişisel Gelişim Seti (4 Kitap)</t>
+          <t>Ali Şükrü Bey</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>515</v>
+        <v>30</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>2786266989498</t>
+          <t>9786057635785</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet'in İlk Sabahı Kutulu Seti</t>
+          <t>Osmanlı'da Diplomasi, Siyaset ve Savaş</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>200</v>
+        <v>25</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786058301177</t>
+          <t>9786257631150</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Selçuklu'nun Şifreleri</t>
+          <t>Hannibal</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>27.78</v>
+        <v>295</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786256989344</t>
+          <t>2786057635539</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Dakikalar İçinde Tarih Kitaplığı (5 Kitap)</t>
+          <t>Antik Çağ Seti (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>875</v>
+        <v>910</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>2781453145337</t>
+          <t>9786057635143</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>İkinci Dünya Savaşı Seti (4 Kitap)</t>
+          <t>Einstein Seyahatnamesi</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>885</v>
+        <v>475</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>2786267631525</t>
+          <t>9789752430785</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Doğan Cüceloğlu Seti (5 Kitap)</t>
+          <t>Milli Mücadele Başlarken (Ciltli)</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>455</v>
+        <v>495</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>2782105550011</t>
+          <t>9786057635976</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Osprey Büyük Komutanlar Seti - 2 (6 Kitap)</t>
+          <t>Yeniçeri</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>870</v>
+        <v>345</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>2786053737356</t>
+          <t>9789752430624</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Osprey Büyük Komutanlar Seti - 1 (6 Kitap)</t>
+          <t>Galatasaray Mekteb-i Sultanisi</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>870</v>
+        <v>24</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>2786157635273</t>
+          <t>9786259621005</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Roma Tarihi Seti (5 Kitap)</t>
+          <t>Alya Çakıltaşı Devi Kurtarıyor</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>920</v>
+        <v>245</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>2786560716530</t>
+          <t>9786256228986</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Türkler Seti (5 Kitap)</t>
+          <t>The Great Challenge</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>745</v>
+        <v>295</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>2786057635961</t>
+          <t>9786256228955</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadele Seti (5 Kitap)</t>
+          <t>İslâmcılık Akımı</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>800</v>
+        <v>345</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>2786053734252</t>
+          <t>9786255835000</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Anne - Baba Seti (5 Kitap)</t>
+          <t>Nasıl Yaşanır?</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>850</v>
+        <v>175</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>2783437343729</t>
+          <t>9786256228917</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Haçlı Tarihi Seti (5 Kitap)</t>
+          <t>Dakikalar İçinde Mistisizm</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>695</v>
+        <v>195</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>2786373737254</t>
+          <t>9786255835017</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>İmpartorluklar Seti (5 Kitap)</t>
+          <t>Nazi Almanyası Tarihi</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>1180</v>
+        <v>345</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>2789764311106</t>
+          <t>9786259571188</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Emrah Safa Gürkan Seti (4 Kitap)</t>
+          <t>Ben Asi</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>705</v>
+        <v>245</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9789752430983</t>
+          <t>9786259571195</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>İki İbrahim - Müteferrika ve Halefi (Ciltli)</t>
+          <t>Karavana Johnny - Profesyonel Futbol Dehası</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>120</v>
+        <v>295</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9789752430716</t>
+          <t>9786256228924</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>İstanbullu Bulgarlar ve Eski İstanbul</t>
+          <t>Davetsiz Misafirler</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>60</v>
+        <v>345</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9789752430921</t>
+          <t>9786256228993</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Selçuklularda Vezirlik</t>
+          <t>Caesar</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>125</v>
+        <v>295</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786057635051</t>
+          <t>9786256228764</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Kanuni Sultan Süleyman</t>
+          <t>Dikkat Tank! – Achtung Panzer!</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>245</v>
+        <v>345</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9789752430853</t>
+          <t>9786256228931</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Savaşanların Gözüyle Türk-Alman İttifakı (1914-1918)</t>
+          <t>Osmanlı İmparatorluğu’nda Dervişler</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>100</v>
+        <v>245</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>2786058301122</t>
+          <t>9786256228856</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Halil İnalcık Seti 3 Kitap (Bez Çanta Hediyeli)</t>
+          <t>Dakikalar İçinde Roma</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>100</v>
+        <v>195</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9789752430198</t>
+          <t>9786256228962</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Bir Ortaçağ Şairinin Kaleminden Selçuklular</t>
+          <t>Zamansız Ebeveyn</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>30</v>
+        <v>295</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9789752430013</t>
+          <t>9786256228979</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Tanzimat ve Bulgar Meselesi (Ciltli Özel Baskı)</t>
+          <t>Her Yönüyle Bağışıklık</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>32.41</v>
+        <v>295</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786057635549</t>
+          <t>2786057435835</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Discovering The Ottomans (Ciltli)</t>
+          <t>Kişisel Gelişim Seti (4 Kitap)</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>160</v>
+        <v>515</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786257631471</t>
+          <t>2786266989498</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Bir Rus Gazetecinin Gözünden Jön Türkler ve İstanbul (1911 - 1912)</t>
+          <t>Cumhuriyet'in İlk Sabahı Kutulu Seti</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>349</v>
+        <v>200</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786257631266</t>
+          <t>9786058301177</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>The Empire’s Longest Century (Ciltli)</t>
+          <t>Selçuklu'nun Şifreleri</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>245</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786057635730</t>
+          <t>9786256989344</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’da Tarih Yazımı ve Kaynak Türleri (Ciltli)</t>
+          <t>Dakikalar İçinde Tarih Kitaplığı (5 Kitap)</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>200</v>
+        <v>875</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786257631235</t>
+          <t>2781453145337</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'da İktisadi Hayat ve Vakıflar</t>
+          <t>İkinci Dünya Savaşı Seti (4 Kitap)</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>60</v>
+        <v>885</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>2786057635538</t>
+          <t>2786267631525</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Dünya Tarihine Yön Verenler Seti (6 Kitap Takım)</t>
+          <t>Doğan Cüceloğlu Seti (5 Kitap)</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>980</v>
+        <v>455</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>2786057635540</t>
+          <t>2782105550011</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Kadim Tarihi Seti (6 Kitap Takım)</t>
+          <t>Osprey Büyük Komutanlar Seti - 2 (6 Kitap)</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>810</v>
+        <v>870</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>2786057635537</t>
+          <t>2786053737356</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>İkinci Dünya Savaşı Seti (5 Kitap Takım)</t>
+          <t>Osprey Büyük Komutanlar Seti - 1 (6 Kitap)</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>1125</v>
+        <v>870</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>2786057635536</t>
+          <t>2786157635273</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Seyahatname Seti (8 Kitap Takım)</t>
+          <t>Roma Tarihi Seti (5 Kitap)</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>990</v>
+        <v>920</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>2786057635533</t>
+          <t>2786560716530</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Halil İnalcık Seti (6 Kitap Takım)</t>
+          <t>Türkler Seti (5 Kitap)</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>820</v>
+        <v>745</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>2786057635535</t>
+          <t>2786057635961</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>İlber Ortaylı Seti (10 Kitap Set)</t>
+          <t>Milli Mücadele Seti (5 Kitap)</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>3050</v>
+        <v>800</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>2789752614453</t>
+          <t>2786053734252</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Serüveni Seti (2 Kitap)</t>
+          <t>Anne - Baba Seti (5 Kitap)</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>160</v>
+        <v>850</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>2789788614452</t>
+          <t>2783437343729</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>İlber Ortaylı Yakın Tarih Seti (3 Kitap)</t>
+          <t>Haçlı Tarihi Seti (5 Kitap)</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>425</v>
+        <v>695</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>2789788614451</t>
+          <t>2786373737254</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Fahir Armaoğlu Seti (3 Kitap Takım)</t>
+          <t>İmpartorluklar Seti (5 Kitap)</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>685</v>
+        <v>1180</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786057635624</t>
+          <t>2789764311106</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Cemal Paşa Suriye’de</t>
+          <t>Emrah Safa Gürkan Seti (4 Kitap)</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>245</v>
+        <v>705</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786057635914</t>
+          <t>9789752430983</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Düşler Nasıl Gerçekleşti? (Ciltli)</t>
+          <t>İki İbrahim - Müteferrika ve Halefi (Ciltli)</t>
         </is>
       </c>
       <c r="C142" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9789752430648</t>
+          <t>9789752430716</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Peşinde Bir Ömür (Abdülkadir Özcan'a Armağan)</t>
+          <t>İstanbullu Bulgarlar ve Eski İstanbul</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>200</v>
+        <v>60</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786057635365</t>
+          <t>9789752430921</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Klasikten Moderne Osmanlı Ekonomisi</t>
+          <t>Selçuklularda Vezirlik</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786057635389</t>
+          <t>9786057635051</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’da İşgal Günleri (Ciltli)</t>
+          <t>Kanuni Sultan Süleyman</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>400</v>
+        <v>245</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786259571157</t>
+          <t>9789752430853</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>N’olur Sıçrama Pelin</t>
+          <t>Savaşanların Gözüyle Türk-Alman İttifakı (1914-1918)</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>245</v>
+        <v>100</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786259571171</t>
+          <t>2786058301122</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Kim Tutuyor Şu Makası?</t>
+          <t>Halil İnalcık Seti 3 Kitap (Bez Çanta Hediyeli)</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>295</v>
+        <v>100</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786259571164</t>
+          <t>9789752430198</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Benim Adım Şaziment - Nerede Akıl, Orada Fikir</t>
+          <t>Bir Ortaçağ Şairinin Kaleminden Selçuklular</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>245</v>
+        <v>30</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786256228863</t>
+          <t>9789752430013</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Türkler Nasıl Müslüman Oldu?</t>
+          <t>Tanzimat ve Bulgar Meselesi (Ciltli Özel Baskı)</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>245</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786256228900</t>
+          <t>9786057635549</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>İnsan Her Koşulda</t>
+          <t>Discovering The Ottomans (Ciltli)</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>245</v>
+        <v>160</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786256228894</t>
+          <t>9786257631471</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Her Çocukla Bir Ebeveyn Doğar</t>
+          <t>Bir Rus Gazetecinin Gözünden Jön Türkler ve İstanbul (1911 - 1912)</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>245</v>
+        <v>349</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786256228887</t>
+          <t>9786257631266</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Megali İdea</t>
+          <t>The Empire’s Longest Century (Ciltli)</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>745</v>
+        <v>245</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786256228832</t>
+          <t>9786057635730</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>İskandinav Mitolojisi</t>
+          <t>Osmanlı’da Tarih Yazımı ve Kaynak Türleri (Ciltli)</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>245</v>
+        <v>200</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786256228870</t>
+          <t>9786257631235</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Jüstinyen</t>
+          <t>Osmanlı'da İktisadi Hayat ve Vakıflar</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>475</v>
+        <v>60</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786256228849</t>
+          <t>2786057635538</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Geçmişe Bay Bay, Geleceğe Hay Hay</t>
+          <t>Dünya Tarihine Yön Verenler Seti (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>295</v>
+        <v>980</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786256228665</t>
+          <t>2786057635540</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Fâtih Sultan Mehmed</t>
+          <t>Türklerin Kadim Tarihi Seti (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>425</v>
+        <v>810</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786259571133</t>
+          <t>2786057635537</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Kuleler Şehri İstanbul</t>
+          <t>İkinci Dünya Savaşı Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>245</v>
+        <v>1125</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786259571140</t>
+          <t>2786057635536</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Cesur Patiler: Müzenin Muhafızları</t>
+          <t>Seyahatname Seti (8 Kitap Takım)</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>245</v>
+        <v>990</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786259571119</t>
+          <t>2786057635533</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Messi mi, Ronaldo mu?</t>
+          <t>Halil İnalcık Seti (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>245</v>
+        <v>820</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786256228825</t>
+          <t>2786057635535</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>93 Harbi: 1877-1878 Osmanlı-Rus Savaşı</t>
+          <t>İlber Ortaylı Seti (10 Kitap Set)</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>295</v>
+        <v>3050</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786256228795</t>
+          <t>2789752614453</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Mektupları</t>
+          <t>Türklerin Serüveni Seti (2 Kitap)</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>295</v>
+        <v>160</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786256228788</t>
+          <t>2789788614452</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Kısa Rusya Tarihi</t>
+          <t>İlber Ortaylı Yakın Tarih Seti (3 Kitap)</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>595</v>
+        <v>425</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786256228818</t>
+          <t>2789788614451</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Dakikalar İçinde Borsa</t>
+          <t>Fahir Armaoğlu Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>195</v>
+        <v>685</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786256228801</t>
+          <t>9786057635624</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Biz</t>
+          <t>Cemal Paşa Suriye’de</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>325</v>
+        <v>245</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786256228771</t>
+          <t>9786057635914</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Bu İlişkiyi Konuşmalıyız</t>
+          <t>Düşler Nasıl Gerçekleşti? (Ciltli)</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>295</v>
+        <v>120</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786256228733</t>
+          <t>9789752430648</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Ekranı Kapat, Hayatını Aç!</t>
+          <t>Tarihin Peşinde Bir Ömür (Abdülkadir Özcan'a Armağan)</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>345</v>
+        <v>200</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786256228702</t>
+          <t>9786057635365</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Borgialar</t>
+          <t>Klasikten Moderne Osmanlı Ekonomisi</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>475</v>
+        <v>100</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786256228740</t>
+          <t>9786057635389</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Hayır Denir?</t>
+          <t>İstanbul’da İşgal Günleri (Ciltli)</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>175</v>
+        <v>400</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786256228757</t>
+          <t>9786259571157</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Japon Mitolojisi</t>
+          <t>N’olur Sıçrama Pelin</t>
         </is>
       </c>
       <c r="C169" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786256228610</t>
+          <t>9786259571171</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Dakikalar İçinde Türk Mitolojisi</t>
+          <t>Kim Tutuyor Şu Makası?</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>195</v>
+        <v>295</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786256228719</t>
+          <t>9786259571164</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Taarruz ve Ölüm</t>
+          <t>Benim Adım Şaziment - Nerede Akıl, Orada Fikir</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>295</v>
+        <v>245</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786256228696</t>
+          <t>9786256228863</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Dedem Korkut Kitabı (2 Cilt, Kutulu)</t>
+          <t>Türkler Nasıl Müslüman Oldu?</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>895</v>
+        <v>245</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786259571126</t>
+          <t>9786256228900</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Gelincik Neden Kırmızı?</t>
+          <t>İnsan Her Koşulda</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>295</v>
+        <v>245</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786256228726</t>
+          <t>9786256228894</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Mutluluğu Kaybettiğin Yerde Arama</t>
+          <t>Her Çocukla Bir Ebeveyn Doğar</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>295</v>
+        <v>245</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786256774506</t>
+          <t>9786256228887</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Pompei Bir Roma Şehrinde Yaşam ve Ölüm</t>
+          <t>Megali İdea</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>895</v>
+        <v>745</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786256989931</t>
+          <t>9786256228832</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Retorik</t>
+          <t>İskandinav Mitolojisi</t>
         </is>
       </c>
       <c r="C176" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786258431742</t>
+          <t>9786256228870</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>İstiklal: Vatanımda Bir Tek Düşman Kalmasın</t>
+          <t>Jüstinyen</t>
         </is>
       </c>
       <c r="C177" s="1">
         <v>475</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786258431322</t>
+          <t>9786256228849</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Michelangelo</t>
+          <t>Geçmişe Bay Bay, Geleceğe Hay Hay</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>295</v>
+        <v>350</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786257631372</t>
+          <t>9786256228665</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Harp</t>
+          <t>Fâtih Sultan Mehmed</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>725</v>
+        <v>425</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9789752430563</t>
+          <t>9786259571133</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İmparatorluğu (2 Cilt Kutulu)</t>
+          <t>Kuleler Şehri İstanbul</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>945</v>
+        <v>245</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9789752430020</t>
+          <t>9786259571140</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Timurlenk</t>
+          <t>Cesur Patiler: Müzenin Muhafızları</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>425</v>
+        <v>245</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786258431100</t>
+          <t>9786259571119</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Dakikalar İçinde Psikoloji</t>
+          <t>Messi mi, Ronaldo mu?</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>195</v>
+        <v>245</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786257631525</t>
+          <t>9786256228825</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>İnsan İnsana</t>
+          <t>93 Harbi: 1877-1878 Osmanlı-Rus Savaşı</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>325</v>
+        <v>295</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786259506593</t>
+          <t>9786256228795</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Futbolun Hikâye Hâli</t>
+          <t>Türkiye Mektupları</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>245</v>
+        <v>295</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786259571102</t>
+          <t>9786256228788</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Yeşim Taşı Efsanesi 3: Son Mücadele</t>
+          <t>Kısa Rusya Tarihi</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>245</v>
+        <v>595</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786256228641</t>
+          <t>9786256228818</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Rubicon</t>
+          <t>Dakikalar İçinde Borsa</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>545</v>
+        <v>195</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786256228634</t>
+          <t>9786256228801</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>İkinci Dünya Savaşı’nda Türk Savunması</t>
+          <t>İçimizdeki Biz</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>545</v>
+        <v>325</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786256228658</t>
+          <t>9786256228771</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Sovyet-Japon Savaşı</t>
+          <t>Bu İlişkiyi Konuşmalıyız</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>475</v>
+        <v>295</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786256228627</t>
+          <t>9786256228733</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Değişimin Sırrı</t>
+          <t>Ekranı Kapat, Hayatını Aç!</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>425</v>
+        <v>345</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786256228559</t>
+          <t>9786256228702</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Para Kazanılır?</t>
+          <t>Borgialar</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>175</v>
+        <v>475</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786256228603</t>
+          <t>9786256228740</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Antik Dünyanın Yedi Harikası</t>
+          <t>Nasıl Hayır Denir?</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>475</v>
+        <v>175</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786256228566</t>
+          <t>9786256228757</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Hayalini Yorganına Göre Uzat</t>
+          <t>Japon Mitolojisi</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>295</v>
+        <v>245</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786259506586</t>
+          <t>9786256228610</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Kınalı Serçe</t>
+          <t>Dakikalar İçinde Türk Mitolojisi</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>345</v>
+        <v>195</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786256228580</t>
+          <t>9786256228719</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>The Longevity Plan</t>
+          <t>Taarruz ve Ölüm</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>475</v>
+        <v>295</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786259506579</t>
+          <t>9786256228696</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Anlat Bana: Resimli Keşif Kitabı</t>
+          <t>Dedem Korkut Kitabı (2 Cilt, Kutulu)</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>245</v>
+        <v>895</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786256228573</t>
+          <t>9786259571126</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Anne Beyni</t>
+          <t>Gelincik Neden Kırmızı?</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>345</v>
+        <v>295</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786256228504</t>
+          <t>9786256228726</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>31 Mart Vakası</t>
+          <t>Mutluluğu Kaybettiğin Yerde Arama</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>425</v>
+        <v>295</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786256228290</t>
+          <t>9786256774506</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Rusların Gözüyle Türkler</t>
+          <t>Pompei Bir Roma Şehrinde Yaşam ve Ölüm</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>295</v>
+        <v>895</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786256228511</t>
+          <t>9786256989931</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Büyük Yatırımcılar</t>
+          <t>Retorik</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>475</v>
+        <v>245</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786256228528</t>
+          <t>9786258431742</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Büyük Konstantin</t>
+          <t>İstiklal: Vatanımda Bir Tek Düşman Kalmasın</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>425</v>
+        <v>475</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786256228542</t>
+          <t>9786258431322</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>FBI Tarihi, 1908-2023</t>
+          <t>Michelangelo</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>475</v>
+        <v>295</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786256228535</t>
+          <t>9786257631372</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Allah Yolunda</t>
+          <t>Beyaz Harp</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>345</v>
+        <v>725</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786256228481</t>
+          <t>9789752430563</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Yunan Mitolojisi</t>
+          <t>Osmanlı İmparatorluğu (2 Cilt Kutulu)</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>245</v>
+        <v>945</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786256228474</t>
+          <t>9789752430020</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Churchill (Ciltli)</t>
+          <t>Timurlenk</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>1095</v>
+        <v>425</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786256228382</t>
+          <t>9786258431100</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Batı’nın Afrika Talanı</t>
+          <t>Dakikalar İçinde Psikoloji</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>345</v>
+        <v>195</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786256228405</t>
+          <t>9786257631525</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Ortaçağda Kadın</t>
+          <t>İnsan İnsana</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>345</v>
+        <v>325</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786256228276</t>
+          <t>9786259506593</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Davamız</t>
+          <t>Futbolun Hikâye Hâli</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>425</v>
+        <v>245</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786256228368</t>
+          <t>9786259571102</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Kısa Bosna Tarihi</t>
+          <t>Yeşim Taşı Efsanesi 3: Son Mücadele</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>345</v>
+        <v>245</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786256228399</t>
+          <t>9786256228641</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Anadolu’da Moğol İstilası</t>
+          <t>Rubicon</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>345</v>
+        <v>545</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786256228375</t>
+          <t>9786256228634</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Aydınlık Çağlar</t>
+          <t>İkinci Dünya Savaşı’nda Türk Savunması</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>425</v>
+        <v>545</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786256228313</t>
+          <t>9786256228658</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadele Başlarken</t>
+          <t>Sovyet-Japon Savaşı</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>545</v>
+        <v>475</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786259506562</t>
+          <t>9786256228627</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Kaybolan Meslekler: Konuşan Kilim mi Olur?</t>
+          <t>Değişimin Sırrı</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>245</v>
+        <v>425</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786259506555</t>
+          <t>9786256228559</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Düşlerimizdeki Evren</t>
+          <t>Nasıl Para Kazanılır?</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>345</v>
+        <v>175</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786256228351</t>
+          <t>9786256228603</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Avrupa’nın Fethi</t>
+          <t>Antik Dünyanın Yedi Harikası</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>595</v>
+        <v>475</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786256228429</t>
+          <t>9786256228566</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Türkiye ve Dünyadan İstihbarat Operasyonları</t>
+          <t>Hayalini Yorganına Göre Uzat</t>
         </is>
       </c>
       <c r="C215" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786256228450</t>
+          <t>9786259506586</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>İmparatorluktan Cumhuriyete Cilt 1</t>
+          <t>Kınalı Serçe</t>
         </is>
       </c>
       <c r="C216" s="1">
         <v>345</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786256228320</t>
+          <t>9786256228580</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Romanovlar</t>
+          <t>The Longevity Plan</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>745</v>
+        <v>475</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786256228344</t>
+          <t>9786259506579</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Dakikalar İçinde Güneş Sistemi</t>
+          <t>Anlat Bana: Resimli Keşif Kitabı</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>195</v>
+        <v>245</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786256228337</t>
+          <t>9786256228573</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Fransız Devrimi: İnfografik (Ciltli)</t>
+          <t>Anne Beyni</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>775</v>
+        <v>345</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786256228436</t>
+          <t>9786256228504</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Bakterin Kadar Yaşa</t>
+          <t>31 Mart Vakası</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>295</v>
+        <v>425</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786256228467</t>
+          <t>9786256228290</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Hayat Acemileri İçin Yaşam Rehberi</t>
+          <t>Rusların Gözüyle Türkler</t>
         </is>
       </c>
       <c r="C221" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786259506548</t>
+          <t>9786256228511</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Kraliçe Kedi ve Kediler Ülkesi</t>
+          <t>Büyük Yatırımcılar</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>295</v>
+        <v>475</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786259506531</t>
+          <t>9786256228528</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Yeşim Taşı Efsanesi - Gizemli Kitap 2. Kitap</t>
+          <t>Büyük Konstantin</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>245</v>
+        <v>425</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786256228184</t>
+          <t>9786256228542</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Kısa Kore Tarihi</t>
+          <t>FBI Tarihi, 1908-2023</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>345</v>
+        <v>475</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786256228207</t>
+          <t>9786256228535</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Endülüs</t>
+          <t>Allah Yolunda</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>475</v>
+        <v>345</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786256228269</t>
+          <t>9786256228481</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Dakikalar İçinde İngilizce</t>
+          <t>Yunan Mitolojisi</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>195</v>
+        <v>245</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786256228221</t>
+          <t>9786256228474</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Hariciye Konseri</t>
+          <t>Churchill (Ciltli)</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>345</v>
+        <v>1095</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786256228245</t>
+          <t>9786256228382</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Cadılık ve Büyü Tarihi</t>
+          <t>Batı’nın Afrika Talanı</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>475</v>
+        <v>345</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786256228252</t>
+          <t>9786256228405</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Gladyatörler</t>
+          <t>Ortaçağda Kadın</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>295</v>
+        <v>345</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786256228214</t>
+          <t>9786256228276</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Doğu ve Batı (Ciltli)</t>
+          <t>Çocuk Davamız</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>895</v>
+        <v>425</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786256228283</t>
+          <t>9786256228368</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>İstiklalin Kumandanları 1</t>
+          <t>Kısa Bosna Tarihi</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>295</v>
+        <v>345</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786256228191</t>
+          <t>9786256228399</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>İttihatçılık</t>
+          <t>Anadolu’da Moğol İstilası</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>425</v>
+        <v>345</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786256228238</t>
+          <t>9786256228375</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>İsim Şehir Film Roman</t>
+          <t>Aydınlık Çağlar</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>295</v>
+        <v>425</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786256228306</t>
+          <t>9786256228313</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Eyvah, Okuldan Arıyorlar!</t>
+          <t>Milli Mücadele Başlarken</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>295</v>
+        <v>545</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786256228160</t>
+          <t>9786259506562</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Çocuk</t>
+          <t>Kaybolan Meslekler: Konuşan Kilim mi Olur?</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>345</v>
+        <v>245</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786256228177</t>
+          <t>9786259506555</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Kalk, Çalış, Başarısız Ol!</t>
+          <t>Düşlerimizdeki Evren</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>295</v>
+        <v>345</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786259506517</t>
+          <t>9786256228351</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Otto</t>
+          <t>Avrupa’nın Fethi</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>295</v>
+        <v>595</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786259506524</t>
+          <t>9786256228429</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Yeraltı Sırları 1</t>
+          <t>Türkiye ve Dünyadan İstihbarat Operasyonları</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>245</v>
+        <v>295</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786256228153</t>
+          <t>9786256228450</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Hiçlik Çağı</t>
+          <t>İmparatorluktan Cumhuriyete Cilt 1</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>595</v>
+        <v>345</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786256228139</t>
+          <t>9786256228320</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Batı’da Siyasal Düşünceler Tarihi 2</t>
+          <t>Romanovlar</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>595</v>
+        <v>745</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786256228146</t>
+          <t>9786256228344</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>From Empire to Republic</t>
+          <t>Dakikalar İçinde Güneş Sistemi</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>425</v>
+        <v>195</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786256228115</t>
+          <t>9786256228337</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Kısa İtalya Tarihi</t>
+          <t>Fransız Devrimi: İnfografik (Ciltli)</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>475</v>
+        <v>775</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786256228108</t>
+          <t>9786256228436</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Dakikalar İçinde Hitler ve Nazi Almanyası</t>
+          <t>Bakterin Kadar Yaşa</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>195</v>
+        <v>295</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786256228092</t>
+          <t>9786256228467</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>100 Büyük Savaş (Ciltli)</t>
+          <t>Hayat Acemileri İçin Yaşam Rehberi</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>725</v>
+        <v>295</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786256228122</t>
+          <t>9786259506548</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Köl Tegin</t>
+          <t>Kraliçe Kedi ve Kediler Ülkesi</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>345</v>
+        <v>295</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786256228085</t>
+          <t>9786259506531</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Yeni Dünya Yeni Kurallar</t>
+          <t>Yeşim Taşı Efsanesi - Gizemli Kitap 2. Kitap</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>345</v>
+        <v>245</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786259506500</t>
+          <t>9786256228184</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Sıkıcı (Olmayan) Okulu</t>
+          <t>Kısa Kore Tarihi</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>245</v>
+        <v>345</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786259470580</t>
+          <t>9786256228207</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Yeşim Taşı Efsanesi - Karanlık Dünyaya Yolculuk 1. Kitap</t>
+          <t>Endülüs</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>245</v>
+        <v>475</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786259470597</t>
+          <t>9786256228269</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Yazının Tarihi</t>
+          <t>Dakikalar İçinde İngilizce</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>245</v>
+        <v>195</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786256774858</t>
+          <t>9786256228221</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Çalışmasam Yorulurdum</t>
+          <t>Hariciye Konseri</t>
         </is>
       </c>
       <c r="C250" s="1">
         <v>345</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786256228016</t>
+          <t>9786256228245</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Kehanet Sanatı</t>
+          <t>Cadılık ve Büyü Tarihi</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>245</v>
+        <v>475</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786256228023</t>
+          <t>9786256228252</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Antik İnançların İzinde</t>
+          <t>Gladyatörler</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>245</v>
+        <v>295</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786256228047</t>
+          <t>9786256228214</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Göçebeler</t>
+          <t>Doğu ve Batı (Ciltli)</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>425</v>
+        <v>895</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786256228030</t>
+          <t>9786256228283</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Doğa, Kültür ve Eşitsizlik</t>
+          <t>İstiklalin Kumandanları 1</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>245</v>
+        <v>295</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786256228078</t>
+          <t>9786256228191</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Dakikalar İçinde Ortadoğu</t>
+          <t>İttihatçılık</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>195</v>
+        <v>425</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786256228054</t>
+          <t>9786256228238</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Batu</t>
+          <t>İsim Şehir Film Roman</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>345</v>
+        <v>295</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786256228061</t>
+          <t>9786256228306</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Siyasal Partiler Cilt 3</t>
+          <t>Eyvah, Okuldan Arıyorlar!</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>595</v>
+        <v>295</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786259470573</t>
+          <t>9786256228160</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Hayat Dediğin… Kutulu Set (5 Kitap)</t>
+          <t>İçimizdeki Çocuk</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>1225</v>
+        <v>345</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786256774995</t>
+          <t>9786256228177</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Göklerin Kara Şeytanı</t>
+          <t>Kalk, Çalış, Başarısız Ol!</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>425</v>
+        <v>295</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786256774971</t>
+          <t>9786259506517</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Alkali Diyet</t>
+          <t>Otto</t>
         </is>
       </c>
       <c r="C260" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786256774988</t>
+          <t>9786259506524</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Kurtulma Sanatı</t>
+          <t>Yeraltı Sırları 1</t>
         </is>
       </c>
       <c r="C261" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786256774742</t>
+          <t>9786256228153</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>İmparatorluğun Ajanları</t>
+          <t>Hiçlik Çağı</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>745</v>
+        <v>595</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786256774940</t>
+          <t>9786256228139</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Dakikalar İçinde Büyük Konuşmalar</t>
+          <t>Batı’da Siyasal Düşünceler Tarihi 2</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>195</v>
+        <v>595</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786256774964</t>
+          <t>9786256228146</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Esir Şehirlerin Eserleri</t>
+          <t>From Empire to Republic</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>345</v>
+        <v>425</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786256989894</t>
+          <t>9786256228115</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Osmanlılar ve Babürlüler</t>
+          <t>Kısa İtalya Tarihi</t>
         </is>
       </c>
       <c r="C265" s="1">
         <v>475</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786256228009</t>
+          <t>9786256228108</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Atom Bombasının Gizli Tarihi</t>
+          <t>Dakikalar İçinde Hitler ve Nazi Almanyası</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>475</v>
+        <v>195</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786256774933</t>
+          <t>9786256228092</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Kısa Amerika Birleşik Devletleri Tarihi</t>
+          <t>100 Büyük Savaş (Ciltli)</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>595</v>
+        <v>725</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786256774957</t>
+          <t>9786256228122</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Avrupa ve Biz</t>
+          <t>Köl Tegin</t>
         </is>
       </c>
       <c r="C268" s="1">
         <v>345</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786259470566</t>
+          <t>9786256228085</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Şuuut ve Goool</t>
+          <t>Yeni Dünya Yeni Kurallar</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>295</v>
+        <v>345</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786259470559</t>
+          <t>9786259506500</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Eyvah! Ofsayta Düştük!</t>
+          <t>Dünyanın En Sıkıcı (Olmayan) Okulu</t>
         </is>
       </c>
       <c r="C270" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786259470542</t>
+          <t>9786259470580</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Karavana Johnny Uluslararası Futbol Dehası</t>
+          <t>Yeşim Taşı Efsanesi - Karanlık Dünyaya Yolculuk 1. Kitap</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>295</v>
+        <v>245</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786256774926</t>
+          <t>9786259470597</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Türkistan Lejyonu İkinci Dünya Savaşı’nda Alman Saflarında Savaşan Türkler</t>
+          <t>Yazının Tarihi</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>425</v>
+        <v>245</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786256774872</t>
+          <t>9786256774858</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Oğuz İsyanı Büyük Selçuklu İmparatorluğu’nun Yıkılışı</t>
+          <t>Çalışmasam Yorulurdum</t>
         </is>
       </c>
       <c r="C273" s="1">
         <v>345</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786256774865</t>
+          <t>9786256228016</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Dakikalar İçinde Siyaset Anında Açıklanan 200 Temel Kavram</t>
+          <t>Kehanet Sanatı</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>195</v>
+        <v>245</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786256774889</t>
+          <t>9786256228023</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Türk Mukavemet Teşkilatı Kıbrıs’ta Türk Varlığının Koruyucusu</t>
+          <t>Antik İnançların İzinde</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>475</v>
+        <v>245</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786256774896</t>
+          <t>9786256228047</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Beyniniz Sizle Oyun Oynuyor Beyin Fikirleri ve Algıları Nasıl Şekillendirir?</t>
+          <t>Göçebeler</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>245</v>
+        <v>425</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786256774919</t>
+          <t>9786256228030</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Keltler Antik Çağın Gizemli Halkı</t>
+          <t>Doğa, Kültür ve Eşitsizlik</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>345</v>
+        <v>245</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786256774902</t>
+          <t>9786256228078</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Kısa Bizans Tarihi</t>
+          <t>Dakikalar İçinde Ortadoğu</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>475</v>
+        <v>195</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786256774841</t>
+          <t>9786256228054</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Değiştiren Mektuplar</t>
+          <t>Batu</t>
         </is>
       </c>
       <c r="C279" s="1">
         <v>345</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786257631419</t>
+          <t>9786256228061</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>İlk Türkler</t>
+          <t>Türkiye'de Siyasal Partiler Cilt 3</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>295</v>
+        <v>595</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786057635778</t>
+          <t>9786259470573</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Selçuklu Çağında Yaşamak</t>
+          <t>Hayat Dediğin… Kutulu Set (5 Kitap)</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>245</v>
+        <v>1225</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786259470535</t>
+          <t>9786256774995</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Bir Masal Hayat Dediğin 5</t>
+          <t>Göklerin Kara Şeytanı</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>245</v>
+        <v>425</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786259470528</t>
+          <t>9786256774971</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Ortaya Karışık Hayat Dediğin 4</t>
+          <t>Alkali Diyet</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>245</v>
+        <v>295</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786256774834</t>
+          <t>9786256774988</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Dakikalar İçinde Selçuklular</t>
+          <t>Kurtulma Sanatı</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>195</v>
+        <v>245</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786256774810</t>
+          <t>9786256774742</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Dijital Çağda Sağlıklı Çocuk Yetiştirmek</t>
+          <t>İmparatorluğun Ajanları</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>295</v>
+        <v>745</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786256774827</t>
+          <t>9786256774940</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Kullanışlı Düşmanlar - Batı Siyaset Düşüncesinde İslam ve Osmanlı 1450-1750</t>
+          <t>Dakikalar İçinde Büyük Konuşmalar</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>595</v>
+        <v>195</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786256774803</t>
+          <t>9786256774964</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Finansal Özgürlük Adım Adım Yatırım ve Tasarruf Rehberi</t>
+          <t>Esir Şehirlerin Eserleri</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>295</v>
+        <v>345</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786259470504</t>
+          <t>9786256989894</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Alya Çakıltaşı Kurdu Kurtarıyor</t>
+          <t>Osmanlılar ve Babürlüler</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>245</v>
+        <v>475</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786259470511</t>
+          <t>9786256228009</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Büyük Tuhaf Ev 1 - Kiralık Odalar</t>
+          <t>Atom Bombasının Gizli Tarihi</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>295</v>
+        <v>475</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786256774698</t>
+          <t>9786256774933</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Ulysses S. Grant Osprey Büyük Komutanlar</t>
+          <t>Kısa Amerika Birleşik Devletleri Tarihi</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>295</v>
+        <v>595</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786256774711</t>
+          <t>9786256774957</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>İskitler Tarihleri, Kültürleri ve Dünyaya Etkileri</t>
+          <t>Avrupa ve Biz</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>475</v>
+        <v>345</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786256774766</t>
+          <t>9786259470566</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Siyasal Partiler Cilt 2 Mütareke Dönemi</t>
+          <t>Şuuut ve Goool</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>595</v>
+        <v>295</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786256774728</t>
+          <t>9786259470559</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Haçlıların Dünyası Resimli Haçlı Seferleri Rehberi (Ciltli)</t>
+          <t>Eyvah! Ofsayta Düştük!</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>945</v>
+        <v>245</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786256774797</t>
+          <t>9786259470542</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Savaş Sanatı - Dell'arte Della Guerra</t>
+          <t>Karavana Johnny Uluslararası Futbol Dehası</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>245</v>
+        <v>295</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786256774629</t>
+          <t>9786256774926</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Yalan Radarı - İşte, Evde ve Aşkta 5 Adımda Yalanı Yakala</t>
+          <t>Türkistan Lejyonu İkinci Dünya Savaşı’nda Alman Saflarında Savaşan Türkler</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>245</v>
+        <v>425</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786256774735</t>
+          <t>9786256774872</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Colossus - Amerikan İmparatorluğu’nun Yükselişi ve Çöküşü</t>
+          <t>Oğuz İsyanı Büyük Selçuklu İmparatorluğu’nun Yıkılışı</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>475</v>
+        <v>345</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786256774704</t>
+          <t>9786256774865</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Nazi Milyarderleri - Almanya’nın En Zengin Hanedanlarının Karanlık Tarihi</t>
+          <t>Dakikalar İçinde Siyaset Anında Açıklanan 200 Temel Kavram</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>475</v>
+        <v>195</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786256774759</t>
+          <t>9786256774889</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Tokuz Ama Açız Mideni Değil, Hücrelerini Doyur!</t>
+          <t>Türk Mukavemet Teşkilatı Kıbrıs’ta Türk Varlığının Koruyucusu</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>345</v>
+        <v>475</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786256774773</t>
+          <t>9786256774896</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Gel Dünyayı Keşfedelim - Gezgin Bir Tarihçinin Seyahat Defteri</t>
+          <t>Beyniniz Sizle Oyun Oynuyor Beyin Fikirleri ve Algıları Nasıl Şekillendirir?</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>345</v>
+        <v>245</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786256989498</t>
+          <t>9786256774919</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet'in İlk Sabahı</t>
+          <t>Keltler Antik Çağın Gizemli Halkı</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>295</v>
+        <v>345</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786256774674</t>
+          <t>9786256774902</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Rob ile Çiziyorum 2 Muhteşem Hayvanlar</t>
+          <t>Kısa Bizans Tarihi</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>295</v>
+        <v>475</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786256774681</t>
+          <t>9786256774841</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Frida’nın Çiçekleri</t>
+          <t>Dünyayı Değiştiren Mektuplar</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>295</v>
+        <v>345</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786256774490</t>
+          <t>9786257631419</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Bağımlılık ve Bağımlılıklarla Mücadele Bağımlılık Türleri, Nedenleri ve Çözüm Önerileri</t>
+          <t>İlk Türkler</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>425</v>
+        <v>295</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786256774612</t>
+          <t>9786057635778</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Şarlman Avrupa’nın Büyük Hükümdarı</t>
+          <t>Selçuklu Çağında Yaşamak</t>
         </is>
       </c>
       <c r="C304" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786256774582</t>
+          <t>9786259470535</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Sınırdaki Düşman Osmanlı-Sırp Karşılıklı Askeri İstihbarat Faaliyetleri</t>
+          <t>Gerçek Bir Masal Hayat Dediğin 5</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>425</v>
+        <v>245</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786256774650</t>
+          <t>9786259470528</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Dakikalar İçinde Kuantum Fiziği Anında Açıklanan 200 Temel Kavram</t>
+          <t>Ortaya Karışık Hayat Dediğin 4</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>195</v>
+        <v>245</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786256774667</t>
+          <t>9786256774834</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Askeri Stratejinin Temelleri Kuramcılar</t>
+          <t>Dakikalar İçinde Selçuklular</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>595</v>
+        <v>195</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786256774643</t>
+          <t>9786256774810</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Tarihi - İmparatorluklar Başkentinin 2500 Yıllık Tarihi</t>
+          <t>Dijital Çağda Sağlıklı Çocuk Yetiştirmek</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>345</v>
+        <v>295</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786256774599</t>
+          <t>9786256774827</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Seyahatnamesi</t>
+          <t>Kullanışlı Düşmanlar - Batı Siyaset Düşüncesinde İslam ve Osmanlı 1450-1750</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>345</v>
+        <v>595</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786256774513</t>
+          <t>9786256774803</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Tarihi Nasıl İncelenir?</t>
+          <t>Finansal Özgürlük Adım Adım Yatırım ve Tasarruf Rehberi</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>475</v>
+        <v>295</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786256774605</t>
+          <t>9786259470504</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Milyar Dolarlık Hikayeler</t>
+          <t>Alya Çakıltaşı Kurdu Kurtarıyor</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>295</v>
+        <v>245</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786256774445</t>
+          <t>9786259470511</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Rommel Bir Yaşam Öyküsü</t>
+          <t>Büyük Tuhaf Ev 1 - Kiralık Odalar</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>475</v>
+        <v>295</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786256774636</t>
+          <t>9786256774698</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Sirkadiyen Beslenme Ne Kadar Yediğin Değil, Ne Zaman Yediğin Önemli!</t>
+          <t>Ulysses S. Grant Osprey Büyük Komutanlar</t>
         </is>
       </c>
       <c r="C313" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786256774575</t>
+          <t>9786256774711</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Canım Çok Sıkılıyor! - Ela 5</t>
+          <t>İskitler Tarihleri, Kültürleri ve Dünyaya Etkileri</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>245</v>
+        <v>475</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786256774568</t>
+          <t>9786256774766</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Ya Yapamazsam? - Ela 4</t>
+          <t>Türkiye’de Siyasal Partiler Cilt 2 Mütareke Dönemi</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>245</v>
+        <v>595</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786256774544</t>
+          <t>9786256774728</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Kim Korkar Zorbalardan? - Ela 2</t>
+          <t>Haçlıların Dünyası Resimli Haçlı Seferleri Rehberi (Ciltli)</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>245</v>
+        <v>945</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786256774537</t>
+          <t>9786256774797</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Bir Yalanın Ağırlığı Ne Kadardır? - Ela 1</t>
+          <t>Savaş Sanatı - Dell'arte Della Guerra</t>
         </is>
       </c>
       <c r="C317" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786256774520</t>
+          <t>9786256774629</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Gizli Bir Hazine</t>
+          <t>Yalan Radarı - İşte, Evde ve Aşkta 5 Adımda Yalanı Yakala</t>
         </is>
       </c>
       <c r="C318" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786256774476</t>
+          <t>9786256774735</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Dakikalar İçinde Sayılar - Anında Açıklanan 200 Temel Kavram</t>
+          <t>Colossus - Amerikan İmparatorluğu’nun Yükselişi ve Çöküşü</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>195</v>
+        <v>475</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786256774483</t>
+          <t>9786256774704</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>İşim ve Ben Meslek Seçiminden Önce Okunacak Kitap</t>
+          <t>Nazi Milyarderleri - Almanya’nın En Zengin Hanedanlarının Karanlık Tarihi</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>245</v>
+        <v>475</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786256774452</t>
+          <t>9786256774759</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Rusya Devrim ve İç Savaş (1917-1921)</t>
+          <t>Tokuz Ama Açız Mideni Değil, Hücrelerini Doyur!</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>595</v>
+        <v>345</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786256774346</t>
+          <t>9786256774773</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Taht ve İktidar Orta Çağ’ın Yeni Tarihi</t>
+          <t>Gel Dünyayı Keşfedelim - Gezgin Bir Tarihçinin Seyahat Defteri</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>595</v>
+        <v>345</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786256774469</t>
+          <t>9786256989498</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Batı’da Siyasal Düşünceler Tarihi 1 Eski ve Orta Çağlar</t>
+          <t>Cumhuriyet'in İlk Sabahı</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>475</v>
+        <v>295</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786256774384</t>
+          <t>9786256774674</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Alman Dehası - Avrupa’nın Üçüncü Rönesansı, İkinci Bilim Devrimi ve Yirmi Yüzyıl</t>
+          <t>Rob ile Çiziyorum 2 Muhteşem Hayvanlar</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>895</v>
+        <v>295</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786256774360</t>
+          <t>9786256774681</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Son İmparatorluk Osmanlı - Osmanlı’yı Yeniden Keşfetmek 2</t>
+          <t>Frida’nın Çiçekleri</t>
         </is>
       </c>
       <c r="C325" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786256774322</t>
+          <t>9786256774490</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Hayat En Çok İyileri Kırar - Kırıldığımız Yerden Güçlenmenin Yolları</t>
+          <t>Bağımlılık ve Bağımlılıklarla Mücadele Bağımlılık Türleri, Nedenleri ve Çözüm Önerileri</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>345</v>
+        <v>425</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786256774230</t>
+          <t>9786256774612</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Başarıya Götüren Aile</t>
+          <t>Şarlman Avrupa’nın Büyük Hükümdarı</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>275</v>
+        <v>245</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786256774438</t>
+          <t>9786256774582</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Tatlı Bir Telaş Hayat Dediğin 2</t>
+          <t>Sınırdaki Düşman Osmanlı-Sırp Karşılıklı Askeri İstihbarat Faaliyetleri</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>245</v>
+        <v>425</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786256774421</t>
+          <t>9786256774650</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Yelekler Arası Hayat Dediğin 1</t>
+          <t>Dakikalar İçinde Kuantum Fiziği Anında Açıklanan 200 Temel Kavram</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>245</v>
+        <v>195</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786256774377</t>
+          <t>9786256774667</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Berzem</t>
+          <t>Askeri Stratejinin Temelleri Kuramcılar</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>245</v>
+        <v>595</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786256774315</t>
+          <t>9786256774643</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>The Empire’s Longest Century</t>
+          <t>İstanbul Tarihi - İmparatorluklar Başkentinin 2500 Yıllık Tarihi</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>595</v>
+        <v>345</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786256774353</t>
+          <t>9786256774599</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Kısa Almanya Tarihi</t>
+          <t>Türkiye Seyahatnamesi</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>425</v>
+        <v>345</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786256774247</t>
+          <t>9786256774513</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Dakikalar İçinde Fizik - Anında Açıklanan 200 Temel Kavram</t>
+          <t>Osmanlı Tarihi Nasıl İncelenir?</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>195</v>
+        <v>475</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786256774193</t>
+          <t>9786256774605</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Genç Stalin - Kızıl Çar’ın Sarayı</t>
+          <t>Milyar Dolarlık Hikayeler</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>1145</v>
+        <v>295</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786256774391</t>
+          <t>9786256774445</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İmparatorluğu II (2 Cilt Kutulu)</t>
+          <t>Rommel Bir Yaşam Öyküsü</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>945</v>
+        <v>475</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786256774339</t>
+          <t>9786256774636</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Longevity Planı - Gençleşmek İsteyenlerin El Kitabı</t>
+          <t>Sirkadiyen Beslenme Ne Kadar Yediğin Değil, Ne Zaman Yediğin Önemli!</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>345</v>
+        <v>295</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786256774117</t>
+          <t>9786256774575</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Rob ile Çiziyorum</t>
+          <t>Canım Çok Sıkılıyor! - Ela 5</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>295</v>
+        <v>245</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786256774087</t>
+          <t>9786256774568</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Montessori Potansiyeli</t>
+          <t>Ya Yapamazsam? - Ela 4</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>475</v>
+        <v>245</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786256774032</t>
+          <t>9786256774544</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Türk'ün Türk'le Savaşı</t>
+          <t>Kim Korkar Zorbalardan? - Ela 2</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>295</v>
+        <v>245</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786256774261</t>
+          <t>9786256774537</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Olağanüstü Bahçıvan</t>
+          <t>Bir Yalanın Ağırlığı Ne Kadardır? - Ela 1</t>
         </is>
       </c>
       <c r="C340" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786256774285</t>
+          <t>9786256774520</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Vulgar Viking 6 Büyük Gark Savaşı</t>
+          <t>Gizli Bir Hazine</t>
         </is>
       </c>
       <c r="C341" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786256774278</t>
+          <t>9786256774476</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Vulgar Viking 5 Bir Yaz Gecesi Çığlığı</t>
+          <t>Dakikalar İçinde Sayılar - Anında Açıklanan 200 Temel Kavram</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>245</v>
+        <v>195</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786256774254</t>
+          <t>9786256774483</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Siyasal Partiler Cilt 1</t>
+          <t>İşim ve Ben Meslek Seçiminden Önce Okunacak Kitap</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>595</v>
+        <v>245</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786256774223</t>
+          <t>9786256774452</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Ortaçağ Şövalyeleri (Ciltli)</t>
+          <t>Rusya Devrim ve İç Savaş (1917-1921)</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>725</v>
+        <v>595</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786256774308</t>
+          <t>9786256774346</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Asya’da Kılık Değiştirerek Yolculuk</t>
+          <t>Taht ve İktidar Orta Çağ’ın Yeni Tarihi</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>475</v>
+        <v>595</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786256774292</t>
+          <t>9786256774469</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Zenginlik ve Mutluluk için 7 Strateji</t>
+          <t>Batı’da Siyasal Düşünceler Tarihi 1 Eski ve Orta Çağlar</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>245</v>
+        <v>475</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786256774162</t>
+          <t>9786256774384</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Sarsılan Saray</t>
+          <t>Alman Dehası - Avrupa’nın Üçüncü Rönesansı, İkinci Bilim Devrimi ve Yirmi Yüzyıl</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>595</v>
+        <v>895</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786256774131</t>
+          <t>9786256774360</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Çelik Kanatlar Kıbrıs Üzerinde</t>
+          <t>Son İmparatorluk Osmanlı - Osmanlı’yı Yeniden Keşfetmek 2</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>425</v>
+        <v>295</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786256774148</t>
+          <t>9786256774322</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Tapınakçılar</t>
+          <t>Hayat En Çok İyileri Kırar - Kırıldığımız Yerden Güçlenmenin Yolları</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>425</v>
+        <v>345</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786256774155</t>
+          <t>9786256774230</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Spor Efsaneleri</t>
+          <t>Başarıya Götüren Aile</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>295</v>
+        <v>275</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786256774186</t>
+          <t>9786256774438</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Karavana Johnny 2 Gizli Futbol Dehası</t>
+          <t>Tatlı Bir Telaş Hayat Dediğin 2</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>295</v>
+        <v>245</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786256774179</t>
+          <t>9786256774421</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Mükemmellik Tuzağı</t>
+          <t>Yelekler Arası Hayat Dediğin 1</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>345</v>
+        <v>245</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786256774124</t>
+          <t>9786256774377</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Türk Hava Harp Sanayii Tarihi</t>
+          <t>Berzem</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>745</v>
+        <v>245</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786256989382</t>
+          <t>9786256774315</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Şekil, Şekil Her Yer Şekil</t>
+          <t>The Empire’s Longest Century</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>245</v>
+        <v>595</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786256774056</t>
+          <t>9786256774353</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Dakikalar İçinde İnsan Vücudu</t>
+          <t>Kısa Almanya Tarihi</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>195</v>
+        <v>425</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786256774063</t>
+          <t>9786256774247</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Büyük Vatanseverlik Savaşı</t>
+          <t>Dakikalar İçinde Fizik - Anında Açıklanan 200 Temel Kavram</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>475</v>
+        <v>195</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786256774094</t>
+          <t>9786256774193</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Mim Mim Grubu</t>
+          <t>Genç Stalin - Kızıl Çar’ın Sarayı</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>425</v>
+        <v>1145</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786256774100</t>
+          <t>9786256774391</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>İmparatorlar Yataklarında Ölmez</t>
+          <t>Osmanlı İmparatorluğu II (2 Cilt Kutulu)</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>345</v>
+        <v>945</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786256774070</t>
+          <t>9786256774339</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Süreyya Ciliv: Global İş Dünyasında Sıradışı Bir Lider</t>
+          <t>Longevity Planı - Gençleşmek İsteyenlerin El Kitabı</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>425</v>
+        <v>345</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786256774049</t>
+          <t>9786256774117</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>İttihatçılık - Doğuş</t>
+          <t>Rob ile Çiziyorum</t>
         </is>
       </c>
       <c r="C360" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786256774018</t>
+          <t>9786256774087</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet’in Doğuşu</t>
+          <t>Montessori Potansiyeli</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>345</v>
+        <v>475</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786256989979</t>
+          <t>9786256774032</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Endişelerim ve Ben 3 Arkadaşım Taşınıyor</t>
+          <t>Türk'ün Türk'le Savaşı</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>245</v>
+        <v>295</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786256989986</t>
+          <t>9786256774261</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Endişelerim ve Ben 2 Kırmızı Bavulum</t>
+          <t>Olağanüstü Bahçıvan</t>
         </is>
       </c>
       <c r="C363" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786256989993</t>
+          <t>9786256774285</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Endişelerim ve Ben 1 Sana Küstüm</t>
+          <t>Vulgar Viking 6 Büyük Gark Savaşı</t>
         </is>
       </c>
       <c r="C364" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786256774025</t>
+          <t>9786256774278</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Arabistanlı Lawrence</t>
+          <t>Vulgar Viking 5 Bir Yaz Gecesi Çığlığı</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>295</v>
+        <v>245</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786256989955</t>
+          <t>9786256774254</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Kısa Avusturya Tarihi</t>
+          <t>Türkiye’de Siyasal Partiler Cilt 1</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>475</v>
+        <v>595</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786256989917</t>
+          <t>9786256774223</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Warren Buffett Kanunları</t>
+          <t>Ortaçağ Şövalyeleri (Ciltli)</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>425</v>
+        <v>725</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786256774001</t>
+          <t>9786256774308</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Dakikalar İçinde Osmanlı Padişahları</t>
+          <t>Asya’da Kılık Değiştirerek Yolculuk</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>195</v>
+        <v>475</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786256989948</t>
+          <t>9786256774292</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>On İki Sezar</t>
+          <t>Zenginlik ve Mutluluk için 7 Strateji</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>595</v>
+        <v>245</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786256989924</t>
+          <t>9786256774162</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Rothschild Hanedanı</t>
+          <t>Sarsılan Saray</t>
         </is>
       </c>
       <c r="C370" s="1">
         <v>595</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786256989962</t>
+          <t>9786256774131</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Hain</t>
+          <t>Çelik Kanatlar Kıbrıs Üzerinde</t>
         </is>
       </c>
       <c r="C371" s="1">
         <v>425</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786256989900</t>
+          <t>9786256774148</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Kaybolan Meslekler 1 - Yorganın Ustası Mı Olur?</t>
+          <t>Tapınakçılar</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>245</v>
+        <v>425</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786256989849</t>
+          <t>9786256774155</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Karavana Johnny: Kazara Futbol Dehası</t>
+          <t>Spor Efsaneleri</t>
         </is>
       </c>
       <c r="C373" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786256989863</t>
+          <t>9786256774186</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Vulgar Viking 4 Müthiş Ejderha Avcısı</t>
+          <t>Karavana Johnny 2 Gizli Futbol Dehası</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>245</v>
+        <v>295</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786256989818</t>
+          <t>9786256774179</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Beyinden Bedene Çocuk Odaklı Ebeveynlik</t>
+          <t>Mükemmellik Tuzağı</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>475</v>
+        <v>345</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786256989832</t>
+          <t>9786256774124</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Günleri</t>
+          <t>Türk Hava Harp Sanayii Tarihi</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>295</v>
+        <v>745</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786256989887</t>
+          <t>9786256989382</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Panzer Ası</t>
+          <t>Şekil, Şekil Her Yer Şekil</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>545</v>
+        <v>245</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786256989856</t>
+          <t>9786256774056</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Kısa Avrupa Tarihi</t>
+          <t>Dakikalar İçinde İnsan Vücudu</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>475</v>
+        <v>195</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786256989801</t>
+          <t>9786256774063</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Asurlular</t>
+          <t>Büyük Vatanseverlik Savaşı</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>345</v>
+        <v>475</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786256989825</t>
+          <t>9786256774094</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Enver Paşa'nın Eşi Naciye Sultan'ın Hatıraları</t>
+          <t>Mim Mim Grubu</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>245</v>
+        <v>425</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786256989870</t>
+          <t>9786256774100</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Türk İdari Teşkilatı Tarihi</t>
+          <t>İmparatorlar Yataklarında Ölmez</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>295</v>
+        <v>345</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786256989795</t>
+          <t>9786256774070</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Antik Roma: İnfografik</t>
+          <t>Süreyya Ciliv: Global İş Dünyasında Sıradışı Bir Lider</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>775</v>
+        <v>425</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786256989788</t>
+          <t>9786256774049</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Vulgar Viking 3 Korkunç Okul Gezisi</t>
+          <t>İttihatçılık - Doğuş</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>245</v>
+        <v>295</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786256989603</t>
+          <t>9786256774018</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Kısa Fransa Tarihi</t>
+          <t>Cumhuriyet’in Doğuşu</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>595</v>
+        <v>345</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786256989757</t>
+          <t>9786256989979</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet’in Yeni Yüzyılında Yeni Dünya Politikası</t>
+          <t>Endişelerim ve Ben 3 Arkadaşım Taşınıyor</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>425</v>
+        <v>245</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786256989764</t>
+          <t>9786256989986</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Arnhem - İkinci Dünya Savaşı’nda Almanya’nın Son Zaferi</t>
+          <t>Endişelerim ve Ben 2 Kırmızı Bavulum</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>725</v>
+        <v>245</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786256989740</t>
+          <t>9786256989993</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Tanrı’nın Öfkesi</t>
+          <t>Endişelerim ve Ben 1 Sana Küstüm</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>345</v>
+        <v>245</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786256989771</t>
+          <t>9786256774025</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Dakikalar İçinde Bilim</t>
+          <t>Arabistanlı Lawrence</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>195</v>
+        <v>295</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786256989733</t>
+          <t>9786256989955</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Uzayda - Gezegenimizden Uzaya Yolculuk Eden İlk İnsanın Çarpıcı Hikayesi</t>
+          <t>Kısa Avusturya Tarihi</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>595</v>
+        <v>475</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786256989719</t>
+          <t>9786256989917</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>CIA Tarihi, 1947-2022</t>
+          <t>Warren Buffett Kanunları</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>475</v>
+        <v>425</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786256989702</t>
+          <t>9786256774001</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Dakikalar İçinde Mimarlık</t>
+          <t>Dakikalar İçinde Osmanlı Padişahları</t>
         </is>
       </c>
       <c r="C391" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786256989726</t>
+          <t>9786256989948</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Leyla ve Mecnun</t>
+          <t>On İki Sezar</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>295</v>
+        <v>595</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786256989542</t>
+          <t>9786256989924</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>İnsanları Etkilemek Süpergücünüzdür</t>
+          <t>Rothschild Hanedanı</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>425</v>
+        <v>595</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786256989696</t>
+          <t>9786256989962</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Normanlar</t>
+          <t>Hain</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>475</v>
+        <v>425</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786256989672</t>
+          <t>9786256989900</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Sanat Tarihi: Büyülü</t>
+          <t>Kaybolan Meslekler 1 - Yorganın Ustası Mı Olur?</t>
         </is>
       </c>
       <c r="C395" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786256989689</t>
+          <t>9786256989849</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Mesleklerin Bilinmeyen Dünyası</t>
+          <t>Karavana Johnny: Kazara Futbol Dehası</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>245</v>
+        <v>295</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786256989528</t>
+          <t>9786256989863</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’da Tarih Yazımı ve Kaynak Türleri</t>
+          <t>Vulgar Viking 4 Müthiş Ejderha Avcısı</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>475</v>
+        <v>245</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786256989665</t>
+          <t>9786256989818</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Dakikalar İçinde Beyin</t>
+          <t>Beyinden Bedene Çocuk Odaklı Ebeveynlik</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>195</v>
+        <v>475</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786256989658</t>
+          <t>9786256989832</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Güneş Ülkesi Horasan</t>
+          <t>İstanbul Günleri</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>475</v>
+        <v>295</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786256989641</t>
+          <t>9786256989887</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Hürriyetin İlanı</t>
+          <t>Panzer Ası</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>245</v>
+        <v>545</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786256989634</t>
+          <t>9786256989856</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Tarih</t>
+          <t>Kısa Avrupa Tarihi</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>245</v>
+        <v>475</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786256989610</t>
+          <t>9786256989801</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Yaşam Üzerine</t>
+          <t>Asurlular</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>295</v>
+        <v>345</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786256989627</t>
+          <t>9786256989825</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Tapınak Şövalyelerinin El Kitabı</t>
+          <t>Enver Paşa'nın Eşi Naciye Sultan'ın Hatıraları</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>345</v>
+        <v>245</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786256989597</t>
+          <t>9786256989870</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Milli İstihbarat Teşkilatı (1826-2023)</t>
+          <t>Türk İdari Teşkilatı Tarihi</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>475</v>
+        <v>295</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786256989511</t>
+          <t>9786256989795</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Psikolojik Sağlamlık</t>
+          <t>Antik Roma: İnfografik</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>345</v>
+        <v>775</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786256989504</t>
+          <t>9786256989788</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Uygarlık Yargılanıyor</t>
+          <t>Vulgar Viking 3 Korkunç Okul Gezisi</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>295</v>
+        <v>245</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786256989566</t>
+          <t>9786256989603</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Çölde İsyan</t>
+          <t>Kısa Fransa Tarihi</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>295</v>
+        <v>595</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786256989535</t>
+          <t>9786256989757</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Kısa Japonya Tarihi</t>
+          <t>Cumhuriyet’in Yeni Yüzyılında Yeni Dünya Politikası</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>345</v>
+        <v>425</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786256989573</t>
+          <t>9786256989764</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Atatürkçülük</t>
+          <t>Arnhem - İkinci Dünya Savaşı’nda Almanya’nın Son Zaferi</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>475</v>
+        <v>725</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786256989559</t>
+          <t>9786256989740</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Dakikalar İçinde İkinci Dünya Savaşı</t>
+          <t>Tanrı’nın Öfkesi</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>195</v>
+        <v>345</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786256989474</t>
+          <t>9786256989771</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Vulgar Viking 1 - Kurabiye Yağmacıları</t>
+          <t>Dakikalar İçinde Bilim</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>245</v>
+        <v>195</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786256989481</t>
+          <t>9786256989733</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Vulgar Viking - Büyük Yarış</t>
+          <t>Uzayda - Gezegenimizden Uzaya Yolculuk Eden İlk İnsanın Çarpıcı Hikayesi</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>245</v>
+        <v>595</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786256989399</t>
+          <t>9786256989719</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Sayı, Sayı Her Yer Sayı</t>
+          <t>CIA Tarihi, 1947-2022</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>245</v>
+        <v>475</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786256989337</t>
+          <t>9786256989702</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Dakikalar İçinde Bilim Kitaplığı - Kutulu Set 5 Kitap</t>
+          <t>Dakikalar İçinde Mimarlık</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>875</v>
+        <v>195</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786256989320</t>
+          <t>9786256989726</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Dakikalar İçinde Başvuru Kitaplığı - Kutulu Set 5 Kitap</t>
+          <t>Leyla ve Mecnun</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>875</v>
+        <v>295</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786256989412</t>
+          <t>9786256989542</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Kıyamet</t>
+          <t>İnsanları Etkilemek Süpergücünüzdür</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>595</v>
+        <v>425</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786256989443</t>
+          <t>9786256989696</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Bernard Montgomery</t>
+          <t>Normanlar</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>295</v>
+        <v>475</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786256989351</t>
+          <t>9786256989672</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Dakikalar İçinde Milli Mücadele</t>
+          <t>Sanat Tarihi: Büyülü</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>195</v>
+        <v>245</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786256989429</t>
+          <t>9786256989689</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Kısa Dünya Tarihi</t>
+          <t>Mesleklerin Bilinmeyen Dünyası</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>475</v>
+        <v>245</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786256989375</t>
+          <t>9786256989528</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>İkinci Dünya Savaşı Tarihi</t>
+          <t>Osmanlı’da Tarih Yazımı ve Kaynak Türleri</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>545</v>
+        <v>475</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786256989436</t>
+          <t>9786256989665</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Kısa Çin Tarihi</t>
+          <t>Dakikalar İçinde Beyin</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>345</v>
+        <v>195</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786256989450</t>
+          <t>9786256989658</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Sultan II. Abdülhamid</t>
+          <t>Güneş Ülkesi Horasan</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>345</v>
+        <v>475</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786256989405</t>
+          <t>9786256989641</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Moğol Savaş Sanatı</t>
+          <t>Hürriyetin İlanı</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>345</v>
+        <v>245</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786256989368</t>
+          <t>9786256989634</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Eski Türk Tarihi</t>
+          <t>Tarih</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>295</v>
+        <v>245</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786256989467</t>
+          <t>9786256989610</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Kardeşlik</t>
+          <t>Mutlu Yaşam Üzerine</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>595</v>
+        <v>295</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786258431964</t>
+          <t>9786256989627</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Spotify</t>
+          <t>Tapınak Şövalyelerinin El Kitabı</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>595</v>
+        <v>345</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786256989221</t>
+          <t>9786256989597</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Türk İstihbaratı ve Soğuk Savaş</t>
+          <t>Milli İstihbarat Teşkilatı (1826-2023)</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>345</v>
+        <v>475</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786256989245</t>
+          <t>9786256989511</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Yeni Roma</t>
+          <t>Psikolojik Sağlamlık</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>595</v>
+        <v>345</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786256989269</t>
+          <t>9786256989504</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Sultanın Saatçisi</t>
+          <t>Uygarlık Yargılanıyor</t>
         </is>
       </c>
       <c r="C429" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786256989283</t>
+          <t>9786256989566</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>İslam’ın Krizi</t>
+          <t>Çölde İsyan</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>245</v>
+        <v>295</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786256989290</t>
+          <t>9786256989535</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Düşler Nasıl Gerçekleşti?</t>
+          <t>Kısa Japonya Tarihi</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>475</v>
+        <v>345</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786256989160</t>
+          <t>9786256989573</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Bir Hikayesin Sen</t>
+          <t>Atatürk ve Atatürkçülük</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>245</v>
+        <v>475</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786256989177</t>
+          <t>9786256989559</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Dakikalar İçinde Atatürk ve Dünyası</t>
+          <t>Dakikalar İçinde İkinci Dünya Savaşı</t>
         </is>
       </c>
       <c r="C433" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786256989276</t>
+          <t>9786256989474</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Napoleon</t>
+          <t>Vulgar Viking 1 - Kurabiye Yağmacıları</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>895</v>
+        <v>245</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786256989238</t>
+          <t>9786256989481</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Dominion</t>
+          <t>Vulgar Viking - Büyük Yarış</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>595</v>
+        <v>245</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786256989191</t>
+          <t>9786256989399</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Doğu Ülkeleri Tarihinin Altın Çağı</t>
+          <t>Sayı, Sayı Her Yer Sayı</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>425</v>
+        <v>245</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786256989184</t>
+          <t>9786256989337</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Dakikalar İçinde İşletme</t>
+          <t>Dakikalar İçinde Bilim Kitaplığı - Kutulu Set 5 Kitap</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>195</v>
+        <v>875</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786256989214</t>
+          <t>9786256989320</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Uluğ Beg</t>
+          <t>Dakikalar İçinde Başvuru Kitaplığı - Kutulu Set 5 Kitap</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>425</v>
+        <v>875</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786256989153</t>
+          <t>9786256989412</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Sıra Sende</t>
+          <t>Kıyamet</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>295</v>
+        <v>595</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786256989146</t>
+          <t>9786256989443</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Hikaye Makinesi</t>
+          <t>Bernard Montgomery</t>
         </is>
       </c>
       <c r="C440" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786256989061</t>
+          <t>9786256989351</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Rusya Seyahatnamesi</t>
+          <t>Dakikalar İçinde Milli Mücadele</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>245</v>
+        <v>195</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786256989054</t>
+          <t>9786256989429</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Utanç İmparatorluğu</t>
+          <t>Kısa Dünya Tarihi</t>
         </is>
       </c>
       <c r="C442" s="1">
         <v>475</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786256989092</t>
+          <t>9786256989375</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>İngiliz Komutan Anlatıyor</t>
+          <t>İkinci Dünya Savaşı Tarihi</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>345</v>
+        <v>545</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786256989139</t>
+          <t>9786256989436</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Aztekler</t>
+          <t>Kısa Çin Tarihi</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>545</v>
+        <v>345</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786256989115</t>
+          <t>9786256989450</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Devlet Üzerine</t>
+          <t>Sultan II. Abdülhamid</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>295</v>
+        <v>345</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786256989078</t>
+          <t>9786256989405</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Rothschild Hanedanı</t>
+          <t>Moğol Savaş Sanatı</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>595</v>
+        <v>345</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786256989085</t>
+          <t>9786256989368</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'yı Yeniden Keşfetmek</t>
+          <t>Eski Türk Tarihi</t>
         </is>
       </c>
       <c r="C447" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786256989108</t>
+          <t>9786256989467</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>İkinci Dünya Savaşı: İnfografik (Ciltli)</t>
+          <t>Kardeşlik</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>775</v>
+        <v>595</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786256989122</t>
+          <t>9786258431964</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Dakikalar İçinde Gelecek</t>
+          <t>Spotify</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>195</v>
+        <v>595</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786256989047</t>
+          <t>9786256989221</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Dakikalar İçinde Astronomi</t>
+          <t>Türk İstihbaratı ve Soğuk Savaş</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>195</v>
+        <v>345</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786256989030</t>
+          <t>9786256989245</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Roma İmparatorları (3. Cilt)</t>
+          <t>Yeni Roma</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>295</v>
+        <v>595</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786258431988</t>
+          <t>9786256989269</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Hitler'in Savaşçısı</t>
+          <t>Sultanın Saatçisi</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>595</v>
+        <v>295</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786256989023</t>
+          <t>9786256989283</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Cebimdeki Ekmek Kırıntıları</t>
+          <t>İslam’ın Krizi</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>295</v>
+        <v>245</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786258431933</t>
+          <t>9786256989290</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Global Piyasalar (Ciltli)</t>
+          <t>Düşler Nasıl Gerçekleşti?</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>595</v>
+        <v>475</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786258431940</t>
+          <t>9786256989160</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Prusya’dan NATO'ya - Türk Ordusunda Batı Etkisi</t>
+          <t>Bir Hikayesin Sen</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>725</v>
+        <v>245</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786258431797</t>
+          <t>9786256989177</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Dakikalar İçinde Genetik</t>
+          <t>Dakikalar İçinde Atatürk ve Dünyası</t>
         </is>
       </c>
       <c r="C456" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786258431803</t>
+          <t>9786256989276</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Hava Gücü</t>
+          <t>Napoleon</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>345</v>
+        <v>895</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786258431957</t>
+          <t>9786256989238</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Dakikalar İçinde Avrupa Tarihi</t>
+          <t>Dominion</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>195</v>
+        <v>595</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786256989009</t>
+          <t>9786256989191</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Türk Komutanlar</t>
+          <t>Doğu Ülkeleri Tarihinin Altın Çağı</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>475</v>
+        <v>425</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786256989016</t>
+          <t>9786256989184</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>İnsanlığın Serüveni</t>
+          <t>Dakikalar İçinde İşletme</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>475</v>
+        <v>195</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786258431995</t>
+          <t>9786256989214</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İmparatorluğu 1300-1650</t>
+          <t>Uluğ Beg</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>725</v>
+        <v>425</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786258431971</t>
+          <t>9786256989153</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Roma’nın Yükselişi</t>
+          <t>Sıra Sende</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>725</v>
+        <v>295</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786258431858</t>
+          <t>9786256989146</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Sor Bi’ Pişman Mıyım?</t>
+          <t>Hikaye Makinesi</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>475</v>
+        <v>295</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786257631624</t>
+          <t>9786256989061</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Tarih Öncesi</t>
+          <t>Rusya Seyahatnamesi</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>345</v>
+        <v>245</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786258431766</t>
+          <t>9786256989054</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Modern Ortadoğu Nasıl Kuruldu?</t>
+          <t>Utanç İmparatorluğu</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>295</v>
+        <v>475</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786258431889</t>
+          <t>9786256989092</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Orta Çağ Avrupası</t>
+          <t>İngiliz Komutan Anlatıyor</t>
         </is>
       </c>
       <c r="C466" s="1">
         <v>345</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786258431926</t>
+          <t>9786256989139</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Birinci Dünya Savaşı Tarihi</t>
+          <t>Aztekler</t>
         </is>
       </c>
       <c r="C467" s="1">
         <v>545</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786258431483</t>
+          <t>9786256989115</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Dakikalar İçinde Sanat</t>
+          <t>Devlet Üzerine</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>195</v>
+        <v>295</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786258431865</t>
+          <t>9786256989078</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>İki İbrahim</t>
+          <t>Rothschild Hanedanı</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>345</v>
+        <v>595</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786258431902</t>
+          <t>9786256989085</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Seyahatnamesi</t>
+          <t>Osmanlı'yı Yeniden Keşfetmek</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>345</v>
+        <v>295</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786258431896</t>
+          <t>9786256989108</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadele Tarihi</t>
+          <t>İkinci Dünya Savaşı: İnfografik (Ciltli)</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>295</v>
+        <v>775</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786258431872</t>
+          <t>9786256989122</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Süleyman Askeri Bey</t>
+          <t>Dakikalar İçinde Gelecek</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>475</v>
+        <v>195</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786258431841</t>
+          <t>9786256989047</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Discovering The Ottomans</t>
+          <t>Dakikalar İçinde Astronomi</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>475</v>
+        <v>195</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786258431919</t>
+          <t>9786256989030</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Global Piyasalar</t>
+          <t>Roma İmparatorları (3. Cilt)</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>345</v>
+        <v>295</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786258431711</t>
+          <t>9786258431988</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka ve Robotik (Ciltli)</t>
+          <t>Hitler'in Savaşçısı</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>475</v>
+        <v>595</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786258431780</t>
+          <t>9786256989023</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Değiştiren Kararlar</t>
+          <t>Cebimdeki Ekmek Kırıntıları</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>745</v>
+        <v>295</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786258431728</t>
+          <t>9786258431933</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Amazon Nasıl Çalışıyor?</t>
+          <t>Global Piyasalar (Ciltli)</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>475</v>
+        <v>595</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786258431537</t>
+          <t>9786258431940</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Antik Çin ve Düşmanları</t>
+          <t>Prusya’dan NATO'ya - Türk Ordusunda Batı Etkisi</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>475</v>
+        <v>725</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786258431735</t>
+          <t>9786258431797</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>İskenderiye, Afrika ve İspanya Savaşları</t>
+          <t>Dakikalar İçinde Genetik</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>345</v>
+        <v>195</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786258431827</t>
+          <t>9786258431803</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Tarihi</t>
+          <t>Osmanlı Hava Gücü</t>
         </is>
       </c>
       <c r="C480" s="1">
         <v>345</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786258431759</t>
+          <t>9786258431957</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Modern Harp Gemileri 1850’den Günümüze</t>
+          <t>Dakikalar İçinde Avrupa Tarihi</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>345</v>
+        <v>195</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786258431834</t>
+          <t>9786256989009</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Tarihi 2</t>
+          <t>Türk Komutanlar</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>345</v>
+        <v>475</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786258431650</t>
+          <t>9786256989016</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Robotların İktidarı</t>
+          <t>İnsanlığın Serüveni</t>
         </is>
       </c>
       <c r="C483" s="1">
         <v>475</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786258431667</t>
+          <t>9786258431995</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Kısa Osmanlı Tarihi</t>
+          <t>Osmanlı İmparatorluğu 1300-1650</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>345</v>
+        <v>725</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786258431636</t>
+          <t>9786258431971</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Yüz Yıl Savaşları</t>
+          <t>Roma’nın Yükselişi</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>345</v>
+        <v>725</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>2782731313530</t>
+          <t>9786258431858</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>İş Dünyası Seti (4 Kitap)</t>
+          <t>Sor Bi’ Pişman Mıyım?</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>730</v>
+        <v>475</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786258431612</t>
+          <t>9786257631624</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Fragmanlar</t>
+          <t>Osmanlı Tarih Öncesi</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>295</v>
+        <v>345</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786258431629</t>
+          <t>9786258431766</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Sıra Dışı Ebevenylik</t>
+          <t>Modern Ortadoğu Nasıl Kuruldu?</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>425</v>
+        <v>295</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786258431582</t>
+          <t>9786258431889</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Harezmşahlar: Ravzatu's - Safa</t>
+          <t>Orta Çağ Avrupası</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>425</v>
+        <v>345</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786258431575</t>
+          <t>9786258431926</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Mirza Şahruh: Timur'un Hükümdar Oğlu, Uluğ Bey'in Babası (1405 - 1447)</t>
+          <t>Birinci Dünya Savaşı Tarihi</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>645</v>
+        <v>545</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786258431605</t>
+          <t>9786258431483</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Gayrinizami Harp Tarihi</t>
+          <t>Dakikalar İçinde Sanat</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>475</v>
+        <v>195</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786258431599</t>
+          <t>9786258431865</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Leonardo Da Vinci</t>
+          <t>İki İbrahim</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>295</v>
+        <v>345</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786258431476</t>
+          <t>9786258431902</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Uzay Yolculuğu (Ciltli)</t>
+          <t>İstanbul Seyahatnamesi</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>475</v>
+        <v>345</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786258431520</t>
+          <t>9786258431896</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Germania - Britannia: Germenlerin Kökeni ve Konumları veya Agricola’nın Hayatı</t>
+          <t>Milli Mücadele Tarihi</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>345</v>
+        <v>295</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786258431506</t>
+          <t>9786258431872</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Doğu’ya Yolculuk</t>
+          <t>Süleyman Askeri Bey</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>245</v>
+        <v>475</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786258431407</t>
+          <t>9786258431841</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Mutlu Adamı</t>
+          <t>Discovering The Ottomans</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>345</v>
+        <v>475</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786258431421</t>
+          <t>9786258431919</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Güney Afrika’da Osmanlı İzleri</t>
+          <t>Global Piyasalar</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>475</v>
+        <v>345</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786258431551</t>
+          <t>9786258431711</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Dakikalar İçinde Büyük Fikirler - Dünyayı Değiştiren 200 Temel Anlayış</t>
+          <t>Yapay Zeka ve Robotik (Ciltli)</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>195</v>
+        <v>475</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786258431544</t>
+          <t>9786258431780</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Roma Strateji Sanatı</t>
+          <t>Dünyayı Değiştiren Kararlar</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>295</v>
+        <v>745</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786258431490</t>
+          <t>9786258431728</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Dahilerin Gizli Alışkanlıkları</t>
+          <t>Amazon Nasıl Çalışıyor?</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>425</v>
+        <v>475</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9786258431230</t>
+          <t>9786258431537</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Spartaküs - Roma’yı Sarsan Köle Savaşı</t>
+          <t>Antik Çin ve Düşmanları</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>345</v>
+        <v>475</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9786258431247</t>
+          <t>9786258431735</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Sanatı</t>
+          <t>İskenderiye, Afrika ve İspanya Savaşları</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>245</v>
+        <v>345</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786258431223</t>
+          <t>9786258431827</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Marcus Aurelius - Filozof İmparator</t>
+          <t>Türklerin Tarihi</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>295</v>
+        <v>345</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786258431087</t>
+          <t>9786258431759</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>İmparatorluğun Son Asrında Osmanlılar</t>
+          <t>Modern Harp Gemileri 1850’den Günümüze</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>475</v>
+        <v>345</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9786258431193</t>
+          <t>9786258431834</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Erich Von Manstein</t>
+          <t>Türklerin Tarihi 2</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>295</v>
+        <v>345</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786258431216</t>
+          <t>9786258431650</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Dakikalar İçinde Felsefe</t>
+          <t>Robotların İktidarı</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>195</v>
+        <v>475</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9789757635013</t>
+          <t>9786258431667</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Aydınlanma</t>
+          <t>Kısa Osmanlı Tarihi</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>245</v>
+        <v>345</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786258431674</t>
+          <t>9786258431636</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs İçin Havalandılar "G-Günü"</t>
+          <t>Yüz Yıl Savaşları</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>425</v>
+        <v>345</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786258431698</t>
+          <t>2782731313530</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>I. Kılıç Arslan</t>
+          <t>İş Dünyası Seti (4 Kitap)</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>345</v>
+        <v>730</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9786258431704</t>
+          <t>9786258431612</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Birinci Dünya Savaşı’nda Osmanlı İstihbaratı</t>
+          <t>Fragmanlar</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>475</v>
+        <v>295</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9786258431681</t>
+          <t>9786258431629</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Kara Ölüm</t>
+          <t>Sıra Dışı Ebevenylik</t>
         </is>
       </c>
       <c r="C511" s="1">
         <v>425</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9786258431643</t>
+          <t>9786258431582</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Sinemanın Tarihi</t>
+          <t>Harezmşahlar: Ravzatu's - Safa</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>725</v>
+        <v>425</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9786258431469</t>
+          <t>9786258431575</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Zaman Kaybolmaz</t>
+          <t>Mirza Şahruh: Timur'un Hükümdar Oğlu, Uluğ Bey'in Babası (1405 - 1447)</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>545</v>
+        <v>645</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9786258431568</t>
+          <t>9786258431605</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Zaman Kaybolmaz (Ciltli)</t>
+          <t>Gayrinizami Harp Tarihi</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>845</v>
+        <v>475</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9786258431513</t>
+          <t>9786258431599</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>İstihbarat Sanatı - CIA Gizli Servisi'nde Geçen Bir Ömürden Çıkarılan Dersler</t>
+          <t>Leonardo Da Vinci</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>345</v>
+        <v>295</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9786258431391</t>
+          <t>9786258431476</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Dakikalar İçinde Din - Dünyanın Köklü İnançlarına Dair 200 Temel Kavram</t>
+          <t>Uzay Yolculuğu (Ciltli)</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>195</v>
+        <v>475</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9786258431353</t>
+          <t>9786258431520</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Gezegenimizden Bir Yaşam</t>
+          <t>Germania - Britannia: Germenlerin Kökeni ve Konumları veya Agricola’nın Hayatı</t>
         </is>
       </c>
       <c r="C517" s="1">
         <v>345</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9786258431377</t>
+          <t>9786258431506</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Araçlar ve Silahlar - Dijital Çağın Vaatleri ve Tehlikeleri</t>
+          <t>Doğu’ya Yolculuk</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>475</v>
+        <v>245</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786258431445</t>
+          <t>9786258431407</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Attila - Hun İmparatoru</t>
+          <t>Dünyanın En Mutlu Adamı</t>
         </is>
       </c>
       <c r="C519" s="1">
         <v>345</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9786258431315</t>
+          <t>9786258431421</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Gizli Dünya - Dünya İstihbarat Tarihi (Ciltli)</t>
+          <t>Güney Afrika’da Osmanlı İzleri</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>945</v>
+        <v>475</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9786258431452</t>
+          <t>9786258431551</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>İskender - Sezar (Tam Metin)</t>
+          <t>Dakikalar İçinde Büyük Fikirler - Dünyayı Değiştiren 200 Temel Anlayış</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>295</v>
+        <v>195</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9786258431414</t>
+          <t>9786258431544</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Emperyalizm ve Denge</t>
+          <t>Roma Strateji Sanatı</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>745</v>
+        <v>295</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9786258431438</t>
+          <t>9786258431490</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Eski Türklerde Gündelik Hayat</t>
+          <t>Dahilerin Gizli Alışkanlıkları</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>475</v>
+        <v>425</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9786258431278</t>
+          <t>9786258431230</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Tokugawa Ieyasu - Osprey Büyük Komutanlar Serisi</t>
+          <t>Spartaküs - Roma’yı Sarsan Köle Savaşı</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>295</v>
+        <v>345</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9786258431346</t>
+          <t>9786258431247</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Kaygılı ve Takıntılı Çocuklar</t>
+          <t>Siyaset Sanatı</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>345</v>
+        <v>245</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9786258431292</t>
+          <t>9786258431223</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Dostluk Üzerine</t>
+          <t>Marcus Aurelius - Filozof İmparator</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>245</v>
+        <v>295</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9786258431308</t>
+          <t>9786258431087</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>İç Asya Tarihi</t>
+          <t>İmparatorluğun Son Asrında Osmanlılar</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>745</v>
+        <v>475</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9786258431360</t>
+          <t>9786258431193</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Dakikalar İçinde Antik Dünya</t>
+          <t>Erich Von Manstein</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>195</v>
+        <v>295</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9786258431285</t>
+          <t>9786258431216</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Führer İçin Uçtum</t>
+          <t>Dakikalar İçinde Felsefe</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>345</v>
+        <v>195</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9786258431209</t>
+          <t>9789757635013</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Selçukluların Dini Siyaseti</t>
+          <t>Kayıp Aydınlanma</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>475</v>
+        <v>245</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9786258431339</t>
+          <t>9786258431674</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Kırk Kere Söyledim</t>
+          <t>Kıbrıs İçin Havalandılar "G-Günü"</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>295</v>
+        <v>425</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9786258431254</t>
+          <t>9786258431698</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>İnsan Geleceğini Nasıl Kurar?</t>
+          <t>I. Kılıç Arslan</t>
         </is>
       </c>
       <c r="C532" s="1">
         <v>345</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9786258431186</t>
+          <t>9786258431704</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>İyi ki - Bir Gönül İnsanı Doğan Cüceloğlu ile Anılar</t>
+          <t>Birinci Dünya Savaşı’nda Osmanlı İstihbaratı</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>345</v>
+        <v>475</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9786257631679</t>
+          <t>9786258431681</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Roma Nasıl Çöktü?</t>
+          <t>Kara Ölüm</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>595</v>
+        <v>425</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9786258431179</t>
+          <t>9786258431643</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Robert Kolej</t>
+          <t>Türkiye’de Sinemanın Tarihi</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>945</v>
+        <v>725</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9786258431124</t>
+          <t>9786258431469</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Konstantinopolis’in Zaptı</t>
+          <t>Zaman Kaybolmaz</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>295</v>
+        <v>545</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9786258431094</t>
+          <t>9786258431568</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Z Kuşağı Ekonomisi</t>
+          <t>Zaman Kaybolmaz (Ciltli)</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>475</v>
+        <v>845</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9786258431162</t>
+          <t>9786258431513</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Doğu Avrupa'nın Tarihi Coğrafyası</t>
+          <t>İstihbarat Sanatı - CIA Gizli Servisi'nde Geçen Bir Ömürden Çıkarılan Dersler</t>
         </is>
       </c>
       <c r="C538" s="1">
         <v>345</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9786257631563</t>
+          <t>9786258431391</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Horatio Nelson</t>
+          <t>Dakikalar İçinde Din - Dünyanın Köklü İnançlarına Dair 200 Temel Kavram</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>295</v>
+        <v>195</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9786258431117</t>
+          <t>9786258431353</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Dakikalar İçinde Mitoloji</t>
+          <t>Gezegenimizden Bir Yaşam</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>195</v>
+        <v>345</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9786258431148</t>
+          <t>9786258431377</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Dakikalar İçinde Ekonomi</t>
+          <t>Araçlar ve Silahlar - Dijital Çağın Vaatleri ve Tehlikeleri</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>195</v>
+        <v>475</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9786258431155</t>
+          <t>9786258431445</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Dakikalar İçinde Dünya Tarihi</t>
+          <t>Attila - Hun İmparatoru</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>195</v>
+        <v>345</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9786258431131</t>
+          <t>9786258431315</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Ezbere Yaşayanlar</t>
+          <t>Gizli Dünya - Dünya İstihbarat Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>475</v>
+        <v>945</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9786257631655</t>
+          <t>9786258431452</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Bir Savaşçı'dan Dersler</t>
+          <t>İskender - Sezar (Tam Metin)</t>
         </is>
       </c>
       <c r="C544" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9786257631617</t>
+          <t>9786258431414</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Aşı - BioNTech Aşısına Giden Yol ve Geleceğin Tıbbı</t>
+          <t>Emperyalizm ve Denge</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>345</v>
+        <v>745</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9786257631631</t>
+          <t>9786258431438</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Zeki Velidi Togan</t>
+          <t>Eski Türklerde Gündelik Hayat</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>725</v>
+        <v>475</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9786257631648</t>
+          <t>9786258431278</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Georgiy Jukov</t>
+          <t>Tokugawa Ieyasu - Osprey Büyük Komutanlar Serisi</t>
         </is>
       </c>
       <c r="C547" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9786257631662</t>
+          <t>9786258431346</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Cicero</t>
+          <t>Kaygılı ve Takıntılı Çocuklar</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>475</v>
+        <v>345</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9786257631600</t>
+          <t>9786258431292</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Evlenmeden Önce</t>
+          <t>Dostluk Üzerine</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>295</v>
+        <v>245</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9786257631594</t>
+          <t>9786258431308</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Özgürlük</t>
+          <t>İç Asya Tarihi</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>395</v>
+        <v>745</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9786257631549</t>
+          <t>9786258431360</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Yenisey’den Seyhun’a Türkler</t>
+          <t>Dakikalar İçinde Antik Dünya</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>295</v>
+        <v>195</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9786257631556</t>
+          <t>9786258431285</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Çöküş</t>
+          <t>Führer İçin Uçtum</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>595</v>
+        <v>345</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9786257631587</t>
+          <t>9786258431209</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Hüzün Melikesi</t>
+          <t>Selçukluların Dini Siyaseti</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>345</v>
+        <v>475</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9786257631570</t>
+          <t>9786258431339</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Troya Savaşı</t>
+          <t>Kırk Kere Söyledim</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>345</v>
+        <v>295</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9786257631532</t>
+          <t>9786258431254</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Geliştiren Anne - Baba</t>
+          <t>İnsan Geleceğini Nasıl Kurar?</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>245</v>
+        <v>345</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9786257631136</t>
+          <t>9786258431186</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Çocuğumun Aklından Neler Geçiyor? (Ciltli)</t>
+          <t>İyi ki - Bir Gönül İnsanı Doğan Cüceloğlu ile Anılar</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>845</v>
+        <v>345</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9786257631518</t>
+          <t>9786257631679</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Yavaş Yavaş Gelir</t>
+          <t>Roma Nasıl Çöktü?</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>295</v>
+        <v>595</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9786257631242</t>
+          <t>9786258431179</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Hammer</t>
+          <t>Robert Kolej</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>475</v>
+        <v>945</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9786257631457</t>
+          <t>9786258431124</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Eşkıyalar ve Devlet</t>
+          <t>Konstantinopolis’in Zaptı</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>475</v>
+        <v>295</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9786257631488</t>
+          <t>9786258431094</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Savaş Çalışmaları El Kitabı</t>
+          <t>Z Kuşağı Ekonomisi</t>
         </is>
       </c>
       <c r="C560" s="1">
         <v>475</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9786257631464</t>
+          <t>9786258431162</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Yamamoto Isoroku</t>
+          <t>Doğu Avrupa'nın Tarihi Coğrafyası</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>295</v>
+        <v>345</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9786257631389</t>
+          <t>9786257631563</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Son Osmanlı Kuşağı ve Modern Ortadoğu’nun Oluşumu</t>
+          <t>Horatio Nelson</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>545</v>
+        <v>295</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9786257631495</t>
+          <t>9786258431117</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Kolomb Seyahatnamesi</t>
+          <t>Dakikalar İçinde Mitoloji</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>475</v>
+        <v>195</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9786257631501</t>
+          <t>9786258431148</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Moğol İmparatorluğu</t>
+          <t>Dakikalar İçinde Ekonomi</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>595</v>
+        <v>195</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9786257631402</t>
+          <t>9786258431155</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Marie Antoinette</t>
+          <t>Dakikalar İçinde Dünya Tarihi</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>295</v>
+        <v>195</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9786257631440</t>
+          <t>9786258431131</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Birlikte</t>
+          <t>Ezbere Yaşayanlar</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>345</v>
+        <v>475</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9786257631433</t>
+          <t>9786257631655</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Dokuz Dünya Devi</t>
+          <t>Bir Savaşçı'dan Dersler</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>475</v>
+        <v>295</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9786257631426</t>
+          <t>9786257631617</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>George S. Patton</t>
+          <t>Aşı - BioNTech Aşısına Giden Yol ve Geleceğin Tıbbı</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>295</v>
+        <v>345</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9786257631204</t>
+          <t>9786257631631</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Asya'nın Büyük İmparatorlukları</t>
+          <t>Zeki Velidi Togan</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>345</v>
+        <v>725</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9786257631310</t>
+          <t>9786257631648</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Teşkilat ve İdare Tarihi (Ciltli)</t>
+          <t>Georgiy Jukov</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>595</v>
+        <v>295</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9786257631396</t>
+          <t>9786257631662</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Medici Ailesi</t>
+          <t>Cicero</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>295</v>
+        <v>475</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9786257631334</t>
+          <t>9786257631600</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Kadının Değişen Dünyası</t>
+          <t>Evlenmeden Önce</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>425</v>
+        <v>295</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9786257631358</t>
+          <t>9786257631594</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Bir İnsan Yetiştirmek</t>
+          <t>Gerçek Özgürlük</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>345</v>
+        <v>395</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9786257631341</t>
+          <t>9786257631549</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Heinz Guderian</t>
+          <t>Yenisey’den Seyhun’a Türkler</t>
         </is>
       </c>
       <c r="C574" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9786257631327</t>
+          <t>9786257631556</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Şehit Yarbay Hüseyin Avni Bey</t>
+          <t>Çöküş</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>425</v>
+        <v>595</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9786257631365</t>
+          <t>9786257631587</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Meleği</t>
+          <t>Hüzün Melikesi</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>475</v>
+        <v>345</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9786257631303</t>
+          <t>9786257631570</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Sultan 2. Murad</t>
+          <t>Troya Savaşı</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>295</v>
+        <v>345</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9786257631280</t>
+          <t>9786257631532</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Kütahya-Eskişehir</t>
+          <t>Geliştiren Anne - Baba</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>475</v>
+        <v>245</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9786257631297</t>
+          <t>9786257631136</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>İslam'ın Siyasal Söylemi</t>
+          <t>Çocuğumun Aklından Neler Geçiyor? (Ciltli)</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>245</v>
+        <v>845</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9786257631259</t>
+          <t>9786257631518</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>İşi Ustasından Öğrenin</t>
+          <t>Mutluluk Yavaş Yavaş Gelir</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>475</v>
+        <v>295</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9786257631273</t>
+          <t>9786257631242</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Eski Çağ'ın Büyük Komutanları</t>
+          <t>Hammer</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>345</v>
+        <v>475</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9786257631211</t>
+          <t>9786257631457</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Stalin’in Savaşı</t>
+          <t>Eşkıyalar ve Devlet</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>745</v>
+        <v>475</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9786257631105</t>
+          <t>9786257631488</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Fatih Devri Üzerinde Tetkikler ve Vesikalar 1 (Ciltli)</t>
+          <t>Savaş Çalışmaları El Kitabı</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>595</v>
+        <v>475</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9786257631167</t>
+          <t>9786257631464</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Habsburglar</t>
+          <t>Yamamoto Isoroku</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>545</v>
+        <v>295</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9786257631228</t>
+          <t>9786257631389</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Osprey Büyük Komutanlar Pompeius</t>
+          <t>Son Osmanlı Kuşağı ve Modern Ortadoğu’nun Oluşumu</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>295</v>
+        <v>545</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9786257631198</t>
+          <t>9786257631495</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Theophanes Confessor’ün Kroniğinde Türkler: 284-813</t>
+          <t>Kolomb Seyahatnamesi</t>
         </is>
       </c>
       <c r="C586" s="1">
         <v>475</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9786257631174</t>
+          <t>9786257631501</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>360 Bir Dünya Turu Seyahatnamesi</t>
+          <t>Moğol İmparatorluğu</t>
         </is>
       </c>
       <c r="C587" s="1">
         <v>595</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9786257631181</t>
+          <t>9786257631402</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Gezgingöz - Sınır Ötesi Türkiye Mirası Rehberi</t>
+          <t>Marie Antoinette</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>595</v>
+        <v>295</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9786257631143</t>
+          <t>9786257631440</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Hesap Lütfen!</t>
+          <t>Birlikte</t>
         </is>
       </c>
       <c r="C589" s="1">
         <v>345</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9786257631112</t>
+          <t>9786257631433</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Tarihçiliğine Yön Veren Konuşmalar</t>
+          <t>Dokuz Dünya Devi</t>
         </is>
       </c>
       <c r="C590" s="1">
         <v>475</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9786257631129</t>
+          <t>9786257631426</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Fatımi İmparatorluğu</t>
+          <t>George S. Patton</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>645</v>
+        <v>295</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9786257631099</t>
+          <t>9786257631204</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Daha İyi Bir Türkiye İçin Hangi Fikri Yıkalım?</t>
+          <t>Asya'nın Büyük İmparatorlukları</t>
         </is>
       </c>
       <c r="C592" s="1">
         <v>345</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9786257631051</t>
+          <t>9786257631310</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Her Doğum Bir Hikaye</t>
+          <t>Türkiye Teşkilat ve İdare Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>475</v>
+        <v>595</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9786257631013</t>
+          <t>9786257631396</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Antik Dönemden Günümüze Gayri Nizami Harp</t>
+          <t>Medici Ailesi</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>475</v>
+        <v>295</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9786257631082</t>
+          <t>9786257631334</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Selahaddin Eyyubi</t>
+          <t>Kadının Değişen Dünyası</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>295</v>
+        <v>425</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9786257631075</t>
+          <t>9786257631358</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Tabgaçlar</t>
+          <t>Bir İnsan Yetiştirmek</t>
         </is>
       </c>
       <c r="C596" s="1">
         <v>345</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9786257631068</t>
+          <t>9786257631341</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Çağrı Bey</t>
+          <t>Heinz Guderian</t>
         </is>
       </c>
       <c r="C597" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9786257631044</t>
+          <t>9786257631327</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Ara Toplam</t>
+          <t>Şehit Yarbay Hüseyin Avni Bey</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>345</v>
+        <v>425</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9786057635983</t>
+          <t>9786257631365</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Yakın Tarihin Gerçekleri</t>
+          <t>Ölüm Meleği</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>345</v>
+        <v>475</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9786257631006</t>
+          <t>9786257631303</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>2. Haçlı Seferi</t>
+          <t>Sultan 2. Murad</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>345</v>
+        <v>295</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9786057635990</t>
+          <t>9786257631280</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Living in The Ottoman Lands: Identities Administration and Warfare</t>
+          <t>Kütahya-Eskişehir</t>
         </is>
       </c>
       <c r="C601" s="1">
         <v>475</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9786057635969</t>
+          <t>9786257631297</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Roma İmparatorları 2. Cilt</t>
+          <t>İslam'ın Siyasal Söylemi</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>295</v>
+        <v>245</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9786257631020</t>
+          <t>9786257631259</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>Hunlar Hakanı Attila</t>
+          <t>İşi Ustasından Öğrenin</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>295</v>
+        <v>475</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9786057635921</t>
+          <t>9786257631273</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Napoleon Bonaparte - Osprey Büyük Komutanlar</t>
+          <t>Eski Çağ'ın Büyük Komutanları</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>295</v>
+        <v>345</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9786057635938</t>
+          <t>9786257631211</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Haçlı Devletleri Tarihi (Ciltli)</t>
+          <t>Stalin’in Savaşı</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>945</v>
+        <v>745</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9786057635891</t>
+          <t>9786257631105</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>Samuraylar (Ciltli)</t>
+          <t>Fatih Devri Üzerinde Tetkikler ve Vesikalar 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>725</v>
+        <v>595</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9786057635952</t>
+          <t>9786257631167</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>Dante</t>
+          <t>Habsburglar</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>475</v>
+        <v>545</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9786057635907</t>
+          <t>9786257631228</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Süper Çocuk mu, Mutlu Çocuk mu?</t>
+          <t>Osprey Büyük Komutanlar Pompeius</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>425</v>
+        <v>295</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9786057635945</t>
+          <t>9786257631198</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>Evimiz Yanıyor</t>
+          <t>Theophanes Confessor’ün Kroniğinde Türkler: 284-813</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>345</v>
+        <v>475</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9786057635877</t>
+          <t>9786257631174</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Yüzleşme</t>
+          <t>360 Bir Dünya Turu Seyahatnamesi</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>295</v>
+        <v>595</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9786057635846</t>
+          <t>9786257631181</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Sultan Tuğrul Bey</t>
+          <t>Gezgingöz - Sınır Ötesi Türkiye Mirası Rehberi</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>725</v>
+        <v>595</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9786057635822</t>
+          <t>9786257631143</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>Savaşta Liderlik</t>
+          <t>Hesap Lütfen!</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>295</v>
+        <v>345</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9786057635853</t>
+          <t>9786257631112</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Erwin Rommel - Osprey Büyük Komutanlar</t>
+          <t>Osmanlı Tarihçiliğine Yön Veren Konuşmalar</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>295</v>
+        <v>475</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9786057635884</t>
+          <t>9786257631129</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İlmiyesi (Ciltli)</t>
+          <t>Fatımi İmparatorluğu</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>845</v>
+        <v>645</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9786057635860</t>
+          <t>9786257631099</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Büyük Taarruz</t>
+          <t>Daha İyi Bir Türkiye İçin Hangi Fikri Yıkalım?</t>
         </is>
       </c>
       <c r="C615" s="1">
-        <v>475</v>
+        <v>345</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9786057635839</t>
+          <t>9786257631051</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>Var Mısın?</t>
+          <t>Her Doğum Bir Hikaye</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>345</v>
+        <v>475</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9786057635815</t>
+          <t>9786257631013</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Türk-Yunan Savaşı</t>
+          <t>Antik Dönemden Günümüze Gayri Nizami Harp</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>295</v>
+        <v>475</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9786057635792</t>
+          <t>9786257631082</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Türklerle Beraber</t>
+          <t>Selahaddin Eyyubi</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>645</v>
+        <v>295</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9786057635808</t>
+          <t>9786257631075</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Duvarda Tek Başına</t>
+          <t>Tabgaçlar</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>475</v>
+        <v>345</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9786057635761</t>
+          <t>9786257631068</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>İnsansız Ordular</t>
+          <t>Çağrı Bey</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>475</v>
+        <v>295</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9786057635754</t>
+          <t>9786257631044</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Babürlüler</t>
+          <t>Ara Toplam</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>425</v>
+        <v>345</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9786057635747</t>
+          <t>9786057635983</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Demokratik Türkiye</t>
+          <t>Yakın Tarihin Gerçekleri</t>
         </is>
       </c>
       <c r="C622" s="1">
         <v>345</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9786057635723</t>
+          <t>9786257631006</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>Zor Çocuk</t>
+          <t>2. Haçlı Seferi</t>
         </is>
       </c>
       <c r="C623" s="1">
         <v>345</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9786057635716</t>
+          <t>9786057635990</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>Büyük Alaeddin Keykubad ve Zamanı (Ciltli)</t>
+          <t>Living in The Ottoman Lands: Identities Administration and Warfare</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>945</v>
+        <v>475</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9786057635709</t>
+          <t>9786057635969</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>Eşref</t>
+          <t>Roma İmparatorları 2. Cilt</t>
         </is>
       </c>
       <c r="C625" s="1">
-        <v>475</v>
+        <v>295</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9786057635426</t>
+          <t>9786257631020</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>Eski Dünya Seyahatnamesi</t>
+          <t>Hunlar Hakanı Attila</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>345</v>
+        <v>295</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9786057635679</t>
+          <t>9786057635921</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Bir Darbeci Subayın Hatıraları</t>
+          <t>Napoleon Bonaparte - Osprey Büyük Komutanlar</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>725</v>
+        <v>295</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9786057635662</t>
+          <t>9786057635938</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Lanetli Kule</t>
+          <t>Haçlı Devletleri Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C628" s="1">
-        <v>475</v>
+        <v>945</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9786057635655</t>
+          <t>9786057635891</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>Venedik Gizli Servisi</t>
+          <t>Samuraylar (Ciltli)</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>475</v>
+        <v>725</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9786057635686</t>
+          <t>9786057635952</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>Augustus</t>
+          <t>Dante</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>545</v>
+        <v>475</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9786057635693</t>
+          <t>9786057635907</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>Operasyon: Mussolini</t>
+          <t>Süper Çocuk mu, Mutlu Çocuk mu?</t>
         </is>
       </c>
       <c r="C631" s="1">
-        <v>295</v>
+        <v>425</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9786057635617</t>
+          <t>9786057635945</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>İstiklal Harbi’nde İranlı Bir Subayın Anıları</t>
+          <t>Evimiz Yanıyor</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>295</v>
+        <v>345</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9786057635600</t>
+          <t>9786057635877</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Germenler</t>
+          <t>Yüzleşme</t>
         </is>
       </c>
       <c r="C633" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9786057635631</t>
+          <t>9786057635846</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>Doğu Avrupa Türk Tarihi (Ciltli)</t>
+          <t>Sultan Tuğrul Bey</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>945</v>
+        <v>725</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9786057635648</t>
+          <t>9786057635822</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>Büyük Selçuklular</t>
+          <t>Savaşta Liderlik</t>
         </is>
       </c>
       <c r="C635" s="1">
-        <v>425</v>
+        <v>295</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9786057635594</t>
+          <t>9786057635853</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>Talat Paşa’nın Son Günleri</t>
+          <t>Erwin Rommel - Osprey Büyük Komutanlar</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>425</v>
+        <v>295</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9786057635570</t>
+          <t>9786057635884</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>Barbarların Avrupa’yı İstilası</t>
+          <t>Osmanlı İlmiyesi (Ciltli)</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>295</v>
+        <v>845</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9786057635587</t>
+          <t>9786057635860</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Hakimiyetinde Ortadoğu ve Balkanlar</t>
+          <t>Büyük Taarruz</t>
         </is>
       </c>
       <c r="C638" s="1">
         <v>475</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>2786057635534</t>
+          <t>9786057635839</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>Gizli Teskilatlar (5 Kitap)</t>
+          <t>Var Mısın?</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>750</v>
+        <v>345</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9786057635518</t>
+          <t>9786057635815</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>Roma Ordusu (Ciltli)</t>
+          <t>Türk-Yunan Savaşı</t>
         </is>
       </c>
       <c r="C640" s="1">
-        <v>725</v>
+        <v>295</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9786057635501</t>
+          <t>9786057635792</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>Türkistan’da Efendiler ve Köleler</t>
+          <t>Türklerle Beraber</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>345</v>
+        <v>645</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9786057635532</t>
+          <t>9786057635808</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>Hititler</t>
+          <t>Duvarda Tek Başına</t>
         </is>
       </c>
       <c r="C642" s="1">
-        <v>425</v>
+        <v>475</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9786057635495</t>
+          <t>9786057635761</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>Türkistan’ın İşgal Çağı</t>
+          <t>İnsansız Ordular</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>425</v>
+        <v>475</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9786057635525</t>
+          <t>9786057635754</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>Cihan İmparatorluğunun Kurucusu Osman Beg</t>
+          <t>Babürlüler</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>345</v>
+        <v>425</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9786057635471</t>
+          <t>9786057635747</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>Moğollar Avrupa’da</t>
+          <t>Atatürk ve Demokratik Türkiye</t>
         </is>
       </c>
       <c r="C645" s="1">
-        <v>295</v>
+        <v>345</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9786057635457</t>
+          <t>9786057635723</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>Yitip Giden İstanbul</t>
+          <t>Zor Çocuk</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>475</v>
+        <v>345</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9786057635488</t>
+          <t>9786057635716</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Hata Neredeydi?</t>
+          <t>Büyük Alaeddin Keykubad ve Zamanı (Ciltli)</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>295</v>
+        <v>945</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9786057635402</t>
+          <t>9786057635709</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Bunu Herkes Bilir</t>
+          <t>Eşref</t>
         </is>
       </c>
       <c r="C648" s="1">
-        <v>345</v>
+        <v>475</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9786057635440</t>
+          <t>9786057635426</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>Gayrinizami Harp</t>
+          <t>Eski Dünya Seyahatnamesi</t>
         </is>
       </c>
       <c r="C649" s="1">
-        <v>295</v>
+        <v>345</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9786057635419</t>
+          <t>9786057635679</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>Timur’un Sarayında</t>
+          <t>Bir Darbeci Subayın Hatıraları</t>
         </is>
       </c>
       <c r="C650" s="1">
-        <v>245</v>
+        <v>725</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9786057635396</t>
+          <t>9786057635662</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Vikingler (Ciltli)</t>
+          <t>Lanetli Kule</t>
         </is>
       </c>
       <c r="C651" s="1">
-        <v>725</v>
+        <v>475</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9786057635433</t>
+          <t>9786057635655</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>Sakarya</t>
+          <t>Venedik Gizli Servisi</t>
         </is>
       </c>
       <c r="C652" s="1">
         <v>475</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9786057635372</t>
+          <t>9786057635686</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>Roma İmparatorları 1. Cilt</t>
+          <t>Augustus</t>
         </is>
       </c>
       <c r="C653" s="1">
-        <v>295</v>
+        <v>545</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9786057635358</t>
+          <t>9786057635693</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>Türk-Arap İlişkileri</t>
+          <t>Operasyon: Mussolini</t>
         </is>
       </c>
       <c r="C654" s="1">
-        <v>475</v>
+        <v>295</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9786057635303</t>
+          <t>9786057635617</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>İstanbul'dan Sayfalar</t>
+          <t>İstiklal Harbi’nde İranlı Bir Subayın Anıları</t>
         </is>
       </c>
       <c r="C655" s="1">
-        <v>345</v>
+        <v>295</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9786057635334</t>
+          <t>9786057635600</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>Selçuklular</t>
+          <t>Germenler</t>
         </is>
       </c>
       <c r="C656" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9786057635341</t>
+          <t>9786057635631</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>Ortaçağ İnsanları</t>
+          <t>Doğu Avrupa Türk Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C657" s="1">
-        <v>295</v>
+        <v>945</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9786057635310</t>
+          <t>9786057635648</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>Rusya İmparatorluğu’nun Çöküşü</t>
+          <t>Büyük Selçuklular</t>
         </is>
       </c>
       <c r="C658" s="1">
-        <v>475</v>
+        <v>425</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9786057635327</t>
+          <t>9786057635594</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>Medreseler Neydi Ne Değildi?</t>
+          <t>Talat Paşa’nın Son Günleri</t>
         </is>
       </c>
       <c r="C659" s="1">
-        <v>725</v>
+        <v>425</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9786057635280</t>
+          <t>9786057635570</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>Karakoyunlular Akkoyunlular</t>
+          <t>Barbarların Avrupa’yı İstilası</t>
         </is>
       </c>
       <c r="C660" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9786057635273</t>
+          <t>9786057635587</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>Hannibal</t>
+          <t>Osmanlı Hakimiyetinde Ortadoğu ve Balkanlar</t>
         </is>
       </c>
       <c r="C661" s="1">
-        <v>425</v>
+        <v>475</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9786057635297</t>
+          <t>2786057635534</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>Tonyukuk</t>
+          <t>Gizli Teskilatlar (5 Kitap)</t>
         </is>
       </c>
       <c r="C662" s="1">
-        <v>295</v>
+        <v>750</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9786057635266</t>
+          <t>9786057635518</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>Kan Kırmızı Karlar</t>
+          <t>Roma Ordusu (Ciltli)</t>
         </is>
       </c>
       <c r="C663" s="1">
-        <v>475</v>
+        <v>725</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9786057635235</t>
+          <t>9786057635501</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>Türkistan'ın Keşif Çağı</t>
+          <t>Türkistan’da Efendiler ve Köleler</t>
         </is>
       </c>
       <c r="C664" s="1">
-        <v>295</v>
+        <v>345</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9786057635242</t>
+          <t>9786057635532</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Macar İlişkileri</t>
+          <t>Hititler</t>
         </is>
       </c>
       <c r="C665" s="1">
-        <v>475</v>
+        <v>425</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>9786057635259</t>
+          <t>9786057635495</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>Birinci Haçlı Seferi</t>
+          <t>Türkistan’ın İşgal Çağı</t>
         </is>
       </c>
       <c r="C666" s="1">
-        <v>295</v>
+        <v>425</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>9786057635211</t>
+          <t>9786057635525</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>Haçlılar Türkler Karşısında</t>
+          <t>Cihan İmparatorluğunun Kurucusu Osman Beg</t>
         </is>
       </c>
       <c r="C667" s="1">
-        <v>425</v>
+        <v>345</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>9786057635228</t>
+          <t>9786057635471</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>Roma Savaş Sanatı</t>
+          <t>Moğollar Avrupa’da</t>
         </is>
       </c>
       <c r="C668" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>9786057635204</t>
+          <t>9786057635457</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>Sınırdaki Casus</t>
+          <t>Yitip Giden İstanbul</t>
         </is>
       </c>
       <c r="C669" s="1">
-        <v>295</v>
+        <v>475</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9786057635020</t>
+          <t>9786057635488</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>Müsteşar</t>
+          <t>Hata Neredeydi?</t>
         </is>
       </c>
       <c r="C670" s="1">
-        <v>475</v>
+        <v>295</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>9786057635198</t>
+          <t>9786057635402</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>Cengiz Han’ın Ölümsüzlük Arayışı</t>
+          <t>Bunu Herkes Bilir</t>
         </is>
       </c>
       <c r="C671" s="1">
-        <v>295</v>
+        <v>345</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>9786057635181</t>
+          <t>9786057635440</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>Hitler'in Generalleri Konuşuyor</t>
+          <t>Gayrinizami Harp</t>
         </is>
       </c>
       <c r="C672" s="1">
-        <v>595</v>
+        <v>295</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>9786057635136</t>
+          <t>9786057635419</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>Iulius Caesar</t>
+          <t>Timur’un Sarayında</t>
         </is>
       </c>
       <c r="C673" s="1">
-        <v>475</v>
+        <v>245</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>9786057635174</t>
+          <t>9786057635396</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>İstihbarat Savaşları</t>
+          <t>Vikingler (Ciltli)</t>
         </is>
       </c>
       <c r="C674" s="1">
-        <v>475</v>
+        <v>725</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9786057635112</t>
+          <t>9786057635433</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>Hunlar'dan Günümüze Türk Askeri Kültürü</t>
+          <t>Sakarya</t>
         </is>
       </c>
       <c r="C675" s="1">
-        <v>945</v>
+        <v>475</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>9786057635167</t>
+          <t>9786057635372</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>Timurlular</t>
+          <t>Roma İmparatorları 1. Cilt</t>
         </is>
       </c>
       <c r="C676" s="1">
-        <v>425</v>
+        <v>295</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>9786057635150</t>
+          <t>9786057635358</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>Akdeniz’de Savaş</t>
+          <t>Türk-Arap İlişkileri</t>
         </is>
       </c>
       <c r="C677" s="1">
-        <v>295</v>
+        <v>475</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9786057635082</t>
+          <t>9786057635303</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>Ottoman Studies</t>
+          <t>İstanbul'dan Sayfalar</t>
         </is>
       </c>
       <c r="C678" s="1">
-        <v>425</v>
+        <v>345</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>9786057635105</t>
+          <t>9786057635334</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>İstiklal Harbimizde Enver Paşa ve İttihat ve Terakki Erkanı</t>
+          <t>Selçuklular</t>
         </is>
       </c>
       <c r="C679" s="1">
-        <v>345</v>
+        <v>295</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>9786057635099</t>
+          <t>9786057635341</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İmparatorluğu Klasik Çağ 1300 - 1600</t>
+          <t>Ortaçağ İnsanları</t>
         </is>
       </c>
       <c r="C680" s="1">
-        <v>475</v>
+        <v>295</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9786057635075</t>
+          <t>9786057635310</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>19. Yüzyıl Siyasi Tarihi (Ciltli)</t>
+          <t>Rusya İmparatorluğu’nun Çöküşü</t>
         </is>
       </c>
       <c r="C681" s="1">
-        <v>775</v>
+        <v>475</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>9786057635037</t>
+          <t>9786057635327</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>Türk Hükümdarlık Sanatı</t>
+          <t>Medreseler Neydi Ne Değildi?</t>
         </is>
       </c>
       <c r="C682" s="1">
-        <v>345</v>
+        <v>725</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>9786057635013</t>
+          <t>9786057635280</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Aydınlanma</t>
+          <t>Karakoyunlular Akkoyunlular</t>
         </is>
       </c>
       <c r="C683" s="1">
-        <v>595</v>
+        <v>295</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>9786057635044</t>
+          <t>9786057635273</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>Ulusların Yükselişi</t>
+          <t>Hannibal</t>
         </is>
       </c>
       <c r="C684" s="1">
-        <v>475</v>
+        <v>425</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>9786057635068</t>
+          <t>9786057635297</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>Haçlı Seferleri Tarihi</t>
+          <t>Tonyukuk</t>
         </is>
       </c>
       <c r="C685" s="1">
-        <v>425</v>
+        <v>295</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>9786057635006</t>
+          <t>9786057635266</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>Hazar Kağanlığı ve Etrafındaki Dünya</t>
+          <t>Kan Kırmızı Karlar</t>
         </is>
       </c>
       <c r="C686" s="1">
         <v>475</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>9789752430969</t>
+          <t>9786057635235</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>Sibirya’da Türk İzleri</t>
+          <t>Türkistan'ın Keşif Çağı</t>
         </is>
       </c>
       <c r="C687" s="1">
-        <v>425</v>
+        <v>295</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>9789752430945</t>
+          <t>9786057635242</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>Hitler - Canavarın Ardındaki Adam (Ciltli)</t>
+          <t>Osmanlı Macar İlişkileri</t>
         </is>
       </c>
       <c r="C688" s="1">
-        <v>945</v>
+        <v>475</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>9789752430976</t>
+          <t>9786057635259</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Peşinde</t>
+          <t>Birinci Haçlı Seferi</t>
         </is>
       </c>
       <c r="C689" s="1">
-        <v>475</v>
+        <v>295</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>9789752430952</t>
+          <t>9786057635211</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>Kazım Karabekir - İttihat ve Terakki Cemiyeti</t>
+          <t>Haçlılar Türkler Karşısında</t>
         </is>
       </c>
       <c r="C690" s="1">
-        <v>345</v>
+        <v>425</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>9789752430990</t>
+          <t>9786057635228</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>Bir Ömür Nasıl Yaşanır?</t>
+          <t>Roma Savaş Sanatı</t>
         </is>
       </c>
       <c r="C691" s="1">
-        <v>345</v>
+        <v>295</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>9789752430914</t>
+          <t>9786057635204</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İmparatorluğu ve Dünya Savaşı</t>
+          <t>Sınırdaki Casus</t>
         </is>
       </c>
       <c r="C692" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t>9789752430891</t>
+          <t>9786057635020</t>
         </is>
       </c>
       <c r="B693" s="1" t="inlineStr">
         <is>
-          <t>Hayatım</t>
+          <t>Müsteşar</t>
         </is>
       </c>
       <c r="C693" s="1">
-        <v>345</v>
+        <v>475</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="1" t="inlineStr">
         <is>
-          <t>9789752430938</t>
+          <t>9786057635198</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t>Moğolların Büyük Hanı’na Seyahat</t>
+          <t>Cengiz Han’ın Ölümsüzlük Arayışı</t>
         </is>
       </c>
       <c r="C694" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t>9789752430839</t>
+          <t>9786057635181</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
-          <t>İngiltere Ortadoğu’ya Nasıl Girdi?</t>
+          <t>Hitler'in Generalleri Konuşuyor</t>
         </is>
       </c>
       <c r="C695" s="1">
-        <v>475</v>
+        <v>595</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t>9789752430877</t>
+          <t>9786057635136</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t>Sınırları Çizen Kadın - İngiliz Casus Gertrude Bell</t>
+          <t>Iulius Caesar</t>
         </is>
       </c>
       <c r="C696" s="1">
         <v>475</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t>9789752430860</t>
+          <t>9786057635174</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t>İmparatorluktan Cumhuriyete</t>
+          <t>İstihbarat Savaşları</t>
         </is>
       </c>
       <c r="C697" s="1">
-        <v>345</v>
+        <v>475</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t>9789752430808</t>
+          <t>9786057635112</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t>Teşkilat-ı Mahsusa</t>
+          <t>Hunlar'dan Günümüze Türk Askeri Kültürü</t>
         </is>
       </c>
       <c r="C698" s="1">
-        <v>425</v>
+        <v>945</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t>9789752430822</t>
+          <t>9786057635167</t>
         </is>
       </c>
       <c r="B699" s="1" t="inlineStr">
         <is>
-          <t>Geleceği Görenler</t>
+          <t>Timurlular</t>
         </is>
       </c>
       <c r="C699" s="1">
         <v>425</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="1" t="inlineStr">
         <is>
-          <t>9789752430815</t>
+          <t>9786057635150</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t>Şerif Hüseyin</t>
+          <t>Akdeniz’de Savaş</t>
         </is>
       </c>
       <c r="C700" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t>9789752430846</t>
+          <t>9786057635082</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Büyükleri</t>
+          <t>Ottoman Studies</t>
         </is>
       </c>
       <c r="C701" s="1">
-        <v>345</v>
+        <v>425</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t>9789752430761</t>
+          <t>9786057635105</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t>Defterimden Portreler</t>
+          <t>İstiklal Harbimizde Enver Paşa ve İttihat ve Terakki Erkanı</t>
         </is>
       </c>
       <c r="C702" s="1">
         <v>345</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="1" t="inlineStr">
         <is>
-          <t>9789752430754</t>
+          <t>9786057635099</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
-          <t>Bozkırın Kağanlıkları</t>
+          <t>Osmanlı İmparatorluğu Klasik Çağ 1300 - 1600</t>
         </is>
       </c>
       <c r="C703" s="1">
-        <v>295</v>
+        <v>475</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="1" t="inlineStr">
         <is>
-          <t>9789752430778</t>
+          <t>9786057635075</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
-          <t>Kardeşler Takımı</t>
+          <t>19. Yüzyıl Siyasi Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C704" s="1">
-        <v>595</v>
+        <v>775</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t>9789752430792</t>
+          <t>9786057635037</t>
         </is>
       </c>
       <c r="B705" s="1" t="inlineStr">
         <is>
-          <t>Sultanın Korsanları</t>
+          <t>Türk Hükümdarlık Sanatı</t>
         </is>
       </c>
       <c r="C705" s="1">
-        <v>595</v>
+        <v>345</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t>9789752430709</t>
+          <t>9786057635013</t>
         </is>
       </c>
       <c r="B706" s="1" t="inlineStr">
         <is>
-          <t>Roma İmparatorluğu'ndan Hitler Almanyası'na Avrupa Tarihi Üzerine Yazılar</t>
+          <t>Kayıp Aydınlanma</t>
         </is>
       </c>
       <c r="C706" s="1">
-        <v>345</v>
+        <v>595</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t>9789752430747</t>
+          <t>9786057635044</t>
         </is>
       </c>
       <c r="B707" s="1" t="inlineStr">
         <is>
-          <t>Karikatürlerle Sultan 2. Abdülhamid</t>
+          <t>Ulusların Yükselişi</t>
         </is>
       </c>
       <c r="C707" s="1">
         <v>475</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="1" t="inlineStr">
         <is>
-          <t>9789752430730</t>
+          <t>9786057635068</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t>Taşa Kazınan Tarih</t>
+          <t>Haçlı Seferleri Tarihi</t>
         </is>
       </c>
       <c r="C708" s="1">
-        <v>475</v>
+        <v>425</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t>9789752430723</t>
+          <t>9786057635006</t>
         </is>
       </c>
       <c r="B709" s="1" t="inlineStr">
         <is>
-          <t>Türkokratia</t>
+          <t>Hazar Kağanlığı ve Etrafındaki Dünya</t>
         </is>
       </c>
       <c r="C709" s="1">
         <v>475</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t>9789752430679</t>
+          <t>9789752430969</t>
         </is>
       </c>
       <c r="B710" s="1" t="inlineStr">
         <is>
-          <t>Moğolistan Seyahatnamesi</t>
+          <t>Sibirya’da Türk İzleri</t>
         </is>
       </c>
       <c r="C710" s="1">
-        <v>295</v>
+        <v>425</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t>9789752430686</t>
+          <t>9789752430945</t>
         </is>
       </c>
       <c r="B711" s="1" t="inlineStr">
         <is>
-          <t>Malazgirt Zaferi : Bin Yıllık Miras</t>
+          <t>Hitler - Canavarın Ardındaki Adam (Ciltli)</t>
         </is>
       </c>
       <c r="C711" s="1">
-        <v>345</v>
+        <v>945</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="1" t="inlineStr">
         <is>
-          <t>9789752430655</t>
+          <t>9789752430976</t>
         </is>
       </c>
       <c r="B712" s="1" t="inlineStr">
         <is>
-          <t>İran Seyahatnamesi</t>
+          <t>Tarihin Peşinde</t>
         </is>
       </c>
       <c r="C712" s="1">
-        <v>245</v>
+        <v>475</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" s="1" t="inlineStr">
         <is>
-          <t>9789752430662</t>
+          <t>9789752430952</t>
         </is>
       </c>
       <c r="B713" s="1" t="inlineStr">
         <is>
-          <t>Kutadgu Bilig'e Göre Türk Savaş Sanatı</t>
+          <t>Kazım Karabekir - İttihat ve Terakki Cemiyeti</t>
         </is>
       </c>
       <c r="C713" s="1">
-        <v>245</v>
+        <v>345</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" s="1" t="inlineStr">
         <is>
-          <t>9789752430631</t>
+          <t>9789752430990</t>
         </is>
       </c>
       <c r="B714" s="1" t="inlineStr">
         <is>
-          <t>Son Mekke Emiri Şerif Ali Haydar Paşa Anlatıyor</t>
+          <t>Bir Ömür Nasıl Yaşanır?</t>
         </is>
       </c>
       <c r="C714" s="1">
-        <v>475</v>
+        <v>345</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" s="1" t="inlineStr">
         <is>
-          <t>9789752430617</t>
+          <t>9789752430914</t>
         </is>
       </c>
       <c r="B715" s="1" t="inlineStr">
         <is>
-          <t>Büyük Savaşın Kara Kutusu</t>
+          <t>Osmanlı İmparatorluğu ve Dünya Savaşı</t>
         </is>
       </c>
       <c r="C715" s="1">
-        <v>475</v>
+        <v>295</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" s="1" t="inlineStr">
         <is>
-          <t>9789752430600</t>
+          <t>9789752430891</t>
         </is>
       </c>
       <c r="B716" s="1" t="inlineStr">
         <is>
-          <t>Blokzincir Kripto Paralar Bitcoin</t>
+          <t>Hayatım</t>
         </is>
       </c>
       <c r="C716" s="1">
-        <v>475</v>
+        <v>345</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" s="1" t="inlineStr">
         <is>
-          <t>9789752430594</t>
+          <t>9789752430938</t>
         </is>
       </c>
       <c r="B717" s="1" t="inlineStr">
         <is>
-          <t>Doğu Seyahatnamesi</t>
+          <t>Moğolların Büyük Hanı’na Seyahat</t>
         </is>
       </c>
       <c r="C717" s="1">
-        <v>245</v>
+        <v>295</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" s="1" t="inlineStr">
         <is>
-          <t>9789752430518</t>
+          <t>9789752430839</t>
         </is>
       </c>
       <c r="B718" s="1" t="inlineStr">
         <is>
-          <t>Payitahtta Nutuklarım</t>
+          <t>İngiltere Ortadoğu’ya Nasıl Girdi?</t>
         </is>
       </c>
       <c r="C718" s="1">
-        <v>295</v>
+        <v>475</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" s="1" t="inlineStr">
         <is>
-          <t>9789752430549</t>
+          <t>9789752430877</t>
         </is>
       </c>
       <c r="B719" s="1" t="inlineStr">
         <is>
-          <t>Türk Dış Politikası Tarihi</t>
+          <t>Sınırları Çizen Kadın - İngiliz Casus Gertrude Bell</t>
         </is>
       </c>
       <c r="C719" s="1">
-        <v>425</v>
+        <v>475</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" s="1" t="inlineStr">
         <is>
-          <t>9789752430532</t>
+          <t>9789752430860</t>
         </is>
       </c>
       <c r="B720" s="1" t="inlineStr">
         <is>
-          <t>Sultanın Ordusu</t>
+          <t>İmparatorluktan Cumhuriyete</t>
         </is>
       </c>
       <c r="C720" s="1">
-        <v>475</v>
+        <v>345</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" s="1" t="inlineStr">
         <is>
-          <t>9789752430525</t>
+          <t>9789752430808</t>
         </is>
       </c>
       <c r="B721" s="1" t="inlineStr">
         <is>
-          <t>Robotların Yükselişi</t>
+          <t>Teşkilat-ı Mahsusa</t>
         </is>
       </c>
       <c r="C721" s="1">
-        <v>475</v>
+        <v>425</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" s="1" t="inlineStr">
         <is>
-          <t>9789752430426</t>
+          <t>9789752430822</t>
         </is>
       </c>
       <c r="B722" s="1" t="inlineStr">
         <is>
-          <t>Vatan ve Führer İçin</t>
+          <t>Geleceği Görenler</t>
         </is>
       </c>
       <c r="C722" s="1">
         <v>425</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" s="1" t="inlineStr">
         <is>
-          <t>9789752430402</t>
+          <t>9789752430815</t>
         </is>
       </c>
       <c r="B723" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'nin Yakın Tarihi</t>
+          <t>Şerif Hüseyin</t>
         </is>
       </c>
       <c r="C723" s="1">
-        <v>345</v>
+        <v>295</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" s="1" t="inlineStr">
         <is>
-          <t>9789752430396</t>
+          <t>9789752430846</t>
         </is>
       </c>
       <c r="B724" s="1" t="inlineStr">
         <is>
-          <t>Büyük İskender</t>
+          <t>Türklerin Büyükleri</t>
         </is>
       </c>
       <c r="C724" s="1">
-        <v>425</v>
+        <v>345</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" s="1" t="inlineStr">
         <is>
-          <t>9789752430419</t>
+          <t>9789752430761</t>
         </is>
       </c>
       <c r="B725" s="1" t="inlineStr">
         <is>
-          <t>Cengiz Han</t>
+          <t>Defterimden Portreler</t>
         </is>
       </c>
       <c r="C725" s="1">
-        <v>425</v>
+        <v>345</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" s="1" t="inlineStr">
         <is>
-          <t>9789752430372</t>
+          <t>9789752430754</t>
         </is>
       </c>
       <c r="B726" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İmparatorluğu’nda Alman Nüfuzu</t>
+          <t>Bozkırın Kağanlıkları</t>
         </is>
       </c>
       <c r="C726" s="1">
-        <v>345</v>
+        <v>295</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" s="1" t="inlineStr">
         <is>
-          <t>9789752430389</t>
+          <t>9789752430778</t>
         </is>
       </c>
       <c r="B727" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Toplumunda Aile</t>
+          <t>Kardeşler Takımı</t>
         </is>
       </c>
       <c r="C727" s="1">
-        <v>345</v>
+        <v>595</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" s="1" t="inlineStr">
         <is>
-          <t>9789752430365</t>
+          <t>9789752430792</t>
         </is>
       </c>
       <c r="B728" s="1" t="inlineStr">
         <is>
-          <t>İmparatorluğun En Uzun Yüzyılı</t>
+          <t>Sultanın Korsanları</t>
         </is>
       </c>
       <c r="C728" s="1">
-        <v>425</v>
+        <v>595</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" s="1" t="inlineStr">
         <is>
-          <t>9789752430358</t>
+          <t>9789752430709</t>
         </is>
       </c>
       <c r="B729" s="1" t="inlineStr">
         <is>
-          <t>İngiliz Arşiv Belgelerinde Arap İsyanı</t>
+          <t>Roma İmparatorluğu'ndan Hitler Almanyası'na Avrupa Tarihi Üzerine Yazılar</t>
         </is>
       </c>
       <c r="C729" s="1">
-        <v>425</v>
+        <v>345</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" s="1" t="inlineStr">
         <is>
-          <t>9789752430341</t>
+          <t>9789752430747</t>
         </is>
       </c>
       <c r="B730" s="1" t="inlineStr">
         <is>
-          <t>Abdülhamid’in Dış Politikası</t>
+          <t>Karikatürlerle Sultan 2. Abdülhamid</t>
         </is>
       </c>
       <c r="C730" s="1">
-        <v>425</v>
+        <v>475</v>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" s="1" t="inlineStr">
         <is>
-          <t>9789752430280</t>
+          <t>9789752430730</t>
         </is>
       </c>
       <c r="B731" s="1" t="inlineStr">
         <is>
-          <t>20. Yüzyıl Siyasi Tarihi (1914 - 1995) (Ciltli)</t>
+          <t>Taşa Kazınan Tarih</t>
         </is>
       </c>
       <c r="C731" s="1">
-        <v>775</v>
+        <v>475</v>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" s="1" t="inlineStr">
         <is>
-          <t>9789752430327</t>
+          <t>9789752430723</t>
         </is>
       </c>
       <c r="B732" s="1" t="inlineStr">
         <is>
-          <t>The Ottoman Empire</t>
+          <t>Türkokratia</t>
         </is>
       </c>
       <c r="C732" s="1">
-        <v>595</v>
+        <v>475</v>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" s="1" t="inlineStr">
         <is>
-          <t>9789752430310</t>
+          <t>9789752430679</t>
         </is>
       </c>
       <c r="B733" s="1" t="inlineStr">
         <is>
-          <t>Moğolların Gizli Tarihçesi</t>
+          <t>Moğolistan Seyahatnamesi</t>
         </is>
       </c>
       <c r="C733" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" s="1" t="inlineStr">
         <is>
-          <t>9789752430303</t>
+          <t>9789752430686</t>
         </is>
       </c>
       <c r="B734" s="1" t="inlineStr">
         <is>
-          <t>Halil Kut Paşa - Kut’ül Amare'nin Muzaffer Komutanı</t>
+          <t>Malazgirt Zaferi : Bin Yıllık Miras</t>
         </is>
       </c>
       <c r="C734" s="1">
-        <v>425</v>
+        <v>345</v>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" s="1" t="inlineStr">
         <is>
-          <t>9789752430334</t>
+          <t>9789752430655</t>
         </is>
       </c>
       <c r="B735" s="1" t="inlineStr">
         <is>
-          <t>Gazi Mustafa Kemal Atatürk (Ciltli)</t>
+          <t>İran Seyahatnamesi</t>
         </is>
       </c>
       <c r="C735" s="1">
-        <v>595</v>
+        <v>245</v>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" s="1" t="inlineStr">
         <is>
-          <t>9789752430273</t>
+          <t>9789752430662</t>
         </is>
       </c>
       <c r="B736" s="1" t="inlineStr">
         <is>
-          <t>Tanzimat ve Bulgar Meselesi</t>
+          <t>Kutadgu Bilig'e Göre Türk Savaş Sanatı</t>
         </is>
       </c>
       <c r="C736" s="1">
-        <v>295</v>
+        <v>245</v>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" s="1" t="inlineStr">
         <is>
-          <t>9789752430297</t>
+          <t>9789752430631</t>
         </is>
       </c>
       <c r="B737" s="1" t="inlineStr">
         <is>
-          <t>Gazi Mustafa Kemal Atatürk</t>
+          <t>Son Mekke Emiri Şerif Ali Haydar Paşa Anlatıyor</t>
         </is>
       </c>
       <c r="C737" s="1">
         <v>475</v>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" s="1" t="inlineStr">
         <is>
-          <t>9789752430259</t>
+          <t>9789752430617</t>
         </is>
       </c>
       <c r="B738" s="1" t="inlineStr">
         <is>
-          <t>Türk - Amerikan İlişkileri</t>
+          <t>Büyük Savaşın Kara Kutusu</t>
         </is>
       </c>
       <c r="C738" s="1">
-        <v>345</v>
+        <v>475</v>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" s="1" t="inlineStr">
         <is>
-          <t>9789752430242</t>
+          <t>9789752430600</t>
         </is>
       </c>
       <c r="B739" s="1" t="inlineStr">
         <is>
-          <t>Moğol İstilasına Kadar: Türkistan (Ciltli)</t>
+          <t>Blokzincir Kripto Paralar Bitcoin</t>
         </is>
       </c>
       <c r="C739" s="1">
-        <v>945</v>
+        <v>475</v>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" s="1" t="inlineStr">
         <is>
-          <t>9789752430211</t>
+          <t>9789752430594</t>
         </is>
       </c>
       <c r="B740" s="1" t="inlineStr">
         <is>
-          <t>Sipahi</t>
+          <t>Doğu Seyahatnamesi</t>
         </is>
       </c>
       <c r="C740" s="1">
-        <v>345</v>
+        <v>245</v>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" s="1" t="inlineStr">
         <is>
-          <t>9789752430228</t>
+          <t>9789752430518</t>
         </is>
       </c>
       <c r="B741" s="1" t="inlineStr">
         <is>
-          <t>İmparatorluktan Cumhuriyete Azınlıklar</t>
+          <t>Payitahtta Nutuklarım</t>
         </is>
       </c>
       <c r="C741" s="1">
-        <v>345</v>
+        <v>295</v>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" s="1" t="inlineStr">
         <is>
-          <t>9789752430235</t>
+          <t>9789752430549</t>
         </is>
       </c>
       <c r="B742" s="1" t="inlineStr">
         <is>
-          <t>Selçuklu'nun Mirası</t>
+          <t>Türk Dış Politikası Tarihi</t>
         </is>
       </c>
       <c r="C742" s="1">
-        <v>345</v>
+        <v>425</v>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" s="1" t="inlineStr">
         <is>
-          <t>9789752430181</t>
+          <t>9789752430532</t>
         </is>
       </c>
       <c r="B743" s="1" t="inlineStr">
         <is>
-          <t>Türk Siyasi Tarihi</t>
+          <t>Sultanın Ordusu</t>
         </is>
       </c>
       <c r="C743" s="1">
-        <v>345</v>
+        <v>475</v>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" s="1" t="inlineStr">
         <is>
-          <t>9789752430167</t>
+          <t>9789752430525</t>
         </is>
       </c>
       <c r="B744" s="1" t="inlineStr">
         <is>
-          <t>Gökbörü'nün İzinde Kadim Türklerin Topraklarında</t>
+          <t>Robotların Yükselişi</t>
         </is>
       </c>
       <c r="C744" s="1">
-        <v>345</v>
+        <v>475</v>
       </c>
     </row>
     <row r="745" spans="1:3">
       <c r="A745" s="1" t="inlineStr">
         <is>
-          <t>9789752430204</t>
+          <t>9789752430426</t>
         </is>
       </c>
       <c r="B745" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Serüveni</t>
+          <t>Vatan ve Führer İçin</t>
         </is>
       </c>
       <c r="C745" s="1">
-        <v>345</v>
+        <v>425</v>
       </c>
     </row>
     <row r="746" spans="1:3">
       <c r="A746" s="1" t="inlineStr">
         <is>
-          <t>9789752430150</t>
+          <t>9789752430402</t>
         </is>
       </c>
       <c r="B746" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Tarihinde Efsaneler ve Gerçekler</t>
+          <t>Türkiye'nin Yakın Tarihi</t>
         </is>
       </c>
       <c r="C746" s="1">
         <v>345</v>
       </c>
     </row>
     <row r="747" spans="1:3">
       <c r="A747" s="1" t="inlineStr">
         <is>
-          <t>9789752430136</t>
+          <t>9789752430396</t>
         </is>
       </c>
       <c r="B747" s="1" t="inlineStr">
         <is>
-          <t>Kudüs Ey Kudüs</t>
+          <t>Büyük İskender</t>
         </is>
       </c>
       <c r="C747" s="1">
-        <v>725</v>
+        <v>425</v>
       </c>
     </row>
     <row r="748" spans="1:3">
       <c r="A748" s="1" t="inlineStr">
         <is>
-          <t>9789752430143</t>
+          <t>9789752430419</t>
         </is>
       </c>
       <c r="B748" s="1" t="inlineStr">
         <is>
-          <t>Nili: Ortadoğu'da Casuslar Savaşı</t>
+          <t>Cengiz Han</t>
         </is>
       </c>
       <c r="C748" s="1">
-        <v>295</v>
+        <v>425</v>
       </c>
     </row>
     <row r="749" spans="1:3">
       <c r="A749" s="1" t="inlineStr">
         <is>
-          <t>9789752430129</t>
+          <t>9789752430372</t>
         </is>
       </c>
       <c r="B749" s="1" t="inlineStr">
         <is>
-          <t>Atam Dedem Kanunu</t>
+          <t>Osmanlı İmparatorluğu’nda Alman Nüfuzu</t>
         </is>
       </c>
       <c r="C749" s="1">
-        <v>295</v>
+        <v>345</v>
       </c>
     </row>
     <row r="750" spans="1:3">
       <c r="A750" s="1" t="inlineStr">
         <is>
-          <t>9789752430082</t>
+          <t>9789752430389</t>
         </is>
       </c>
       <c r="B750" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet'in İlk Yüzyılı 1923 - 2023</t>
+          <t>Osmanlı Toplumunda Aile</t>
         </is>
       </c>
       <c r="C750" s="1">
         <v>345</v>
       </c>
     </row>
     <row r="751" spans="1:3">
       <c r="A751" s="1" t="inlineStr">
         <is>
-          <t>9789752430105</t>
+          <t>9789752430365</t>
         </is>
       </c>
       <c r="B751" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Dünyası</t>
+          <t>İmparatorluğun En Uzun Yüzyılı</t>
         </is>
       </c>
       <c r="C751" s="1">
-        <v>295</v>
+        <v>425</v>
       </c>
     </row>
     <row r="752" spans="1:3">
       <c r="A752" s="1" t="inlineStr">
         <is>
-          <t>9789752430112</t>
+          <t>9789752430358</t>
         </is>
       </c>
       <c r="B752" s="1" t="inlineStr">
         <is>
-          <t>Savaş Günlükleri 1939-1943</t>
+          <t>İngiliz Arşiv Belgelerinde Arap İsyanı</t>
         </is>
       </c>
       <c r="C752" s="1">
-        <v>545</v>
+        <v>425</v>
       </c>
     </row>
     <row r="753" spans="1:3">
       <c r="A753" s="1" t="inlineStr">
         <is>
-          <t>9789752430099</t>
+          <t>9789752430341</t>
         </is>
       </c>
       <c r="B753" s="1" t="inlineStr">
         <is>
-          <t>Filistin Meselesi ve Arap-İsrail Savaşları 1948-1988 (Ciltli)</t>
+          <t>Abdülhamid’in Dış Politikası</t>
         </is>
       </c>
       <c r="C753" s="1">
-        <v>725</v>
+        <v>425</v>
       </c>
     </row>
     <row r="754" spans="1:3">
       <c r="A754" s="1" t="inlineStr">
         <is>
-          <t>9789752430075</t>
+          <t>9789752430280</t>
         </is>
       </c>
       <c r="B754" s="1" t="inlineStr">
         <is>
-          <t>Bazen Olmaz</t>
+          <t>20. Yüzyıl Siyasi Tarihi (1914 - 1995) (Ciltli)</t>
         </is>
       </c>
       <c r="C754" s="1">
-        <v>295</v>
+        <v>775</v>
       </c>
     </row>
     <row r="755" spans="1:3">
       <c r="A755" s="1" t="inlineStr">
         <is>
-          <t>9789752430006</t>
+          <t>9789752430327</t>
         </is>
       </c>
       <c r="B755" s="1" t="inlineStr">
         <is>
-          <t>Sultanın Casusları</t>
+          <t>The Ottoman Empire</t>
         </is>
       </c>
       <c r="C755" s="1">
-        <v>425</v>
+        <v>595</v>
       </c>
     </row>
     <row r="756" spans="1:3">
       <c r="A756" s="1" t="inlineStr">
         <is>
-          <t>9789752430044</t>
+          <t>9789752430310</t>
         </is>
       </c>
       <c r="B756" s="1" t="inlineStr">
         <is>
-          <t>Kutü’l Amare 1916</t>
+          <t>Moğolların Gizli Tarihçesi</t>
         </is>
       </c>
       <c r="C756" s="1">
-        <v>345</v>
+        <v>295</v>
       </c>
     </row>
     <row r="757" spans="1:3">
       <c r="A757" s="1" t="inlineStr">
         <is>
-          <t>9789752430051</t>
+          <t>9789752430303</t>
         </is>
       </c>
       <c r="B757" s="1" t="inlineStr">
         <is>
-          <t>Gazneliler</t>
+          <t>Halil Kut Paşa - Kut’ül Amare'nin Muzaffer Komutanı</t>
         </is>
       </c>
       <c r="C757" s="1">
         <v>425</v>
       </c>
     </row>
     <row r="758" spans="1:3">
       <c r="A758" s="1" t="inlineStr">
         <is>
-          <t>9786058301184</t>
+          <t>9789752430334</t>
         </is>
       </c>
       <c r="B758" s="1" t="inlineStr">
         <is>
-          <t>The Ottoman Empire and Europe</t>
+          <t>Gazi Mustafa Kemal Atatürk (Ciltli)</t>
         </is>
       </c>
       <c r="C758" s="1">
-        <v>475</v>
+        <v>595</v>
       </c>
     </row>
     <row r="759" spans="1:3">
       <c r="A759" s="1" t="inlineStr">
         <is>
-          <t>9789752430037</t>
+          <t>9789752430273</t>
         </is>
       </c>
       <c r="B759" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Altın Çağı</t>
+          <t>Tanzimat ve Bulgar Meselesi</t>
         </is>
       </c>
       <c r="C759" s="1">
-        <v>345</v>
+        <v>295</v>
       </c>
     </row>
     <row r="760" spans="1:3">
       <c r="A760" s="1" t="inlineStr">
         <is>
-          <t>9786058301160</t>
+          <t>9789752430297</t>
         </is>
       </c>
       <c r="B760" s="1" t="inlineStr">
         <is>
-          <t>Malazgirt 1071</t>
+          <t>Gazi Mustafa Kemal Atatürk</t>
         </is>
       </c>
       <c r="C760" s="1">
-        <v>295</v>
+        <v>475</v>
       </c>
     </row>
     <row r="761" spans="1:3">
       <c r="A761" s="1" t="inlineStr">
         <is>
-          <t>9786058301153</t>
+          <t>9789752430259</t>
         </is>
       </c>
       <c r="B761" s="1" t="inlineStr">
         <is>
-          <t>İlber Ortaylı Seyahatnamesi (Kartpostal Hediyeli)</t>
+          <t>Türk - Amerikan İlişkileri</t>
         </is>
       </c>
       <c r="C761" s="1">
         <v>345</v>
       </c>
     </row>
     <row r="762" spans="1:3">
       <c r="A762" s="1" t="inlineStr">
         <is>
-          <t>9786058301146</t>
+          <t>9789752430242</t>
         </is>
       </c>
       <c r="B762" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı ve Avrupa</t>
+          <t>Moğol İstilasına Kadar: Türkistan (Ciltli)</t>
         </is>
       </c>
       <c r="C762" s="1">
-        <v>345</v>
+        <v>945</v>
       </c>
     </row>
     <row r="763" spans="1:3">
       <c r="A763" s="1" t="inlineStr">
         <is>
-          <t>9786058301108</t>
+          <t>9789752430211</t>
         </is>
       </c>
       <c r="B763" s="1" t="inlineStr">
         <is>
-          <t>Hukuk ve İdare Adamı Olarak Osmanlı Devletinde Kadı</t>
+          <t>Sipahi</t>
         </is>
       </c>
       <c r="C763" s="1">
-        <v>245</v>
+        <v>345</v>
       </c>
     </row>
     <row r="764" spans="1:3">
       <c r="A764" s="1" t="inlineStr">
         <is>
-          <t>9786058301122</t>
+          <t>9789752430228</t>
         </is>
       </c>
       <c r="B764" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'da Devlet, Hukuk ve Adalet</t>
+          <t>İmparatorluktan Cumhuriyete Azınlıklar</t>
         </is>
       </c>
       <c r="C764" s="1">
         <v>345</v>
       </c>
     </row>
     <row r="765" spans="1:3">
       <c r="A765" s="1" t="inlineStr">
         <is>
-          <t>9786058301115</t>
+          <t>9789752430235</t>
         </is>
       </c>
       <c r="B765" s="1" t="inlineStr">
         <is>
-          <t>Sultan Alp Arslan</t>
+          <t>Selçuklu'nun Mirası</t>
         </is>
       </c>
       <c r="C765" s="1">
-        <v>295</v>
+        <v>345</v>
       </c>
     </row>
     <row r="766" spans="1:3">
       <c r="A766" s="1" t="inlineStr">
         <is>
+          <t>9789752430181</t>
+        </is>
+      </c>
+      <c r="B766" s="1" t="inlineStr">
+        <is>
+          <t>Türk Siyasi Tarihi</t>
+        </is>
+      </c>
+      <c r="C766" s="1">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="767" spans="1:3">
+      <c r="A767" s="1" t="inlineStr">
+        <is>
+          <t>9789752430167</t>
+        </is>
+      </c>
+      <c r="B767" s="1" t="inlineStr">
+        <is>
+          <t>Gökbörü'nün İzinde Kadim Türklerin Topraklarında</t>
+        </is>
+      </c>
+      <c r="C767" s="1">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="768" spans="1:3">
+      <c r="A768" s="1" t="inlineStr">
+        <is>
+          <t>9789752430204</t>
+        </is>
+      </c>
+      <c r="B768" s="1" t="inlineStr">
+        <is>
+          <t>Türklerin Serüveni</t>
+        </is>
+      </c>
+      <c r="C768" s="1">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="769" spans="1:3">
+      <c r="A769" s="1" t="inlineStr">
+        <is>
+          <t>9789752430150</t>
+        </is>
+      </c>
+      <c r="B769" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı Tarihinde Efsaneler ve Gerçekler</t>
+        </is>
+      </c>
+      <c r="C769" s="1">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="770" spans="1:3">
+      <c r="A770" s="1" t="inlineStr">
+        <is>
+          <t>9789752430136</t>
+        </is>
+      </c>
+      <c r="B770" s="1" t="inlineStr">
+        <is>
+          <t>Kudüs Ey Kudüs</t>
+        </is>
+      </c>
+      <c r="C770" s="1">
+        <v>725</v>
+      </c>
+    </row>
+    <row r="771" spans="1:3">
+      <c r="A771" s="1" t="inlineStr">
+        <is>
+          <t>9789752430143</t>
+        </is>
+      </c>
+      <c r="B771" s="1" t="inlineStr">
+        <is>
+          <t>Nili: Ortadoğu'da Casuslar Savaşı</t>
+        </is>
+      </c>
+      <c r="C771" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="772" spans="1:3">
+      <c r="A772" s="1" t="inlineStr">
+        <is>
+          <t>9789752430129</t>
+        </is>
+      </c>
+      <c r="B772" s="1" t="inlineStr">
+        <is>
+          <t>Atam Dedem Kanunu</t>
+        </is>
+      </c>
+      <c r="C772" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="773" spans="1:3">
+      <c r="A773" s="1" t="inlineStr">
+        <is>
+          <t>9789752430082</t>
+        </is>
+      </c>
+      <c r="B773" s="1" t="inlineStr">
+        <is>
+          <t>Cumhuriyet'in İlk Yüzyılı 1923 - 2023</t>
+        </is>
+      </c>
+      <c r="C773" s="1">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="774" spans="1:3">
+      <c r="A774" s="1" t="inlineStr">
+        <is>
+          <t>9789752430105</t>
+        </is>
+      </c>
+      <c r="B774" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı Dünyası</t>
+        </is>
+      </c>
+      <c r="C774" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="775" spans="1:3">
+      <c r="A775" s="1" t="inlineStr">
+        <is>
+          <t>9789752430112</t>
+        </is>
+      </c>
+      <c r="B775" s="1" t="inlineStr">
+        <is>
+          <t>Savaş Günlükleri 1939-1943</t>
+        </is>
+      </c>
+      <c r="C775" s="1">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="776" spans="1:3">
+      <c r="A776" s="1" t="inlineStr">
+        <is>
+          <t>9789752430099</t>
+        </is>
+      </c>
+      <c r="B776" s="1" t="inlineStr">
+        <is>
+          <t>Filistin Meselesi ve Arap-İsrail Savaşları 1948-1988 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C776" s="1">
+        <v>725</v>
+      </c>
+    </row>
+    <row r="777" spans="1:3">
+      <c r="A777" s="1" t="inlineStr">
+        <is>
+          <t>9789752430075</t>
+        </is>
+      </c>
+      <c r="B777" s="1" t="inlineStr">
+        <is>
+          <t>Bazen Olmaz</t>
+        </is>
+      </c>
+      <c r="C777" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="778" spans="1:3">
+      <c r="A778" s="1" t="inlineStr">
+        <is>
+          <t>9789752430006</t>
+        </is>
+      </c>
+      <c r="B778" s="1" t="inlineStr">
+        <is>
+          <t>Sultanın Casusları</t>
+        </is>
+      </c>
+      <c r="C778" s="1">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="779" spans="1:3">
+      <c r="A779" s="1" t="inlineStr">
+        <is>
+          <t>9789752430044</t>
+        </is>
+      </c>
+      <c r="B779" s="1" t="inlineStr">
+        <is>
+          <t>Kutü’l Amare 1916</t>
+        </is>
+      </c>
+      <c r="C779" s="1">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="780" spans="1:3">
+      <c r="A780" s="1" t="inlineStr">
+        <is>
+          <t>9789752430051</t>
+        </is>
+      </c>
+      <c r="B780" s="1" t="inlineStr">
+        <is>
+          <t>Gazneliler</t>
+        </is>
+      </c>
+      <c r="C780" s="1">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="781" spans="1:3">
+      <c r="A781" s="1" t="inlineStr">
+        <is>
+          <t>9786058301184</t>
+        </is>
+      </c>
+      <c r="B781" s="1" t="inlineStr">
+        <is>
+          <t>The Ottoman Empire and Europe</t>
+        </is>
+      </c>
+      <c r="C781" s="1">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="782" spans="1:3">
+      <c r="A782" s="1" t="inlineStr">
+        <is>
+          <t>9789752430037</t>
+        </is>
+      </c>
+      <c r="B782" s="1" t="inlineStr">
+        <is>
+          <t>Türklerin Altın Çağı</t>
+        </is>
+      </c>
+      <c r="C782" s="1">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="783" spans="1:3">
+      <c r="A783" s="1" t="inlineStr">
+        <is>
+          <t>9786058301160</t>
+        </is>
+      </c>
+      <c r="B783" s="1" t="inlineStr">
+        <is>
+          <t>Malazgirt 1071</t>
+        </is>
+      </c>
+      <c r="C783" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="784" spans="1:3">
+      <c r="A784" s="1" t="inlineStr">
+        <is>
+          <t>9786058301153</t>
+        </is>
+      </c>
+      <c r="B784" s="1" t="inlineStr">
+        <is>
+          <t>İlber Ortaylı Seyahatnamesi (Kartpostal Hediyeli)</t>
+        </is>
+      </c>
+      <c r="C784" s="1">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="785" spans="1:3">
+      <c r="A785" s="1" t="inlineStr">
+        <is>
+          <t>9786058301146</t>
+        </is>
+      </c>
+      <c r="B785" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı ve Avrupa</t>
+        </is>
+      </c>
+      <c r="C785" s="1">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="786" spans="1:3">
+      <c r="A786" s="1" t="inlineStr">
+        <is>
+          <t>9786058301108</t>
+        </is>
+      </c>
+      <c r="B786" s="1" t="inlineStr">
+        <is>
+          <t>Hukuk ve İdare Adamı Olarak Osmanlı Devletinde Kadı</t>
+        </is>
+      </c>
+      <c r="C786" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="787" spans="1:3">
+      <c r="A787" s="1" t="inlineStr">
+        <is>
+          <t>9786058301122</t>
+        </is>
+      </c>
+      <c r="B787" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı'da Devlet, Hukuk ve Adalet</t>
+        </is>
+      </c>
+      <c r="C787" s="1">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="788" spans="1:3">
+      <c r="A788" s="1" t="inlineStr">
+        <is>
+          <t>9786058301115</t>
+        </is>
+      </c>
+      <c r="B788" s="1" t="inlineStr">
+        <is>
+          <t>Sultan Alp Arslan</t>
+        </is>
+      </c>
+      <c r="C788" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="789" spans="1:3">
+      <c r="A789" s="1" t="inlineStr">
+        <is>
           <t>9786058301139</t>
         </is>
       </c>
-      <c r="B766" s="1" t="inlineStr">
+      <c r="B789" s="1" t="inlineStr">
         <is>
           <t>4. Murad</t>
         </is>
       </c>
-      <c r="C766" s="1">
+      <c r="C789" s="1">
         <v>295</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>