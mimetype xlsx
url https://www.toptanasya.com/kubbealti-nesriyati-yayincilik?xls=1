--- v0 (2025-11-01)
+++ v1 (2026-02-07)
@@ -85,2365 +85,2380 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786054750962</t>
+          <t>9786054750979</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Hattat Şeyh Abdülaziz Rifai (Ciltli)</t>
+          <t>Keşanlı Güzel: Safiye Erol'un Şanında</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>2600</v>
+        <v>300</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9789756444405</t>
+          <t>9786054750962</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Ali Üsküdari - Tezhip ve Rugani Üstadı, Çiçek Ressamı (Ciltli)</t>
+          <t>Hattat Şeyh Abdülaziz Rifai (Ciltli)</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>2400</v>
+        <v>2750</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786254750762</t>
+          <t>9789756444405</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’un Engin Sesi</t>
+          <t>Ali Üsküdari - Tezhip ve Rugani Üstadı, Çiçek Ressamı (Ciltli)</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>300</v>
+        <v>2750</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786054750955</t>
+          <t>9786254750762</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Hayatımdan Hatıralar</t>
+          <t>İstanbul’un Engin Sesi</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>2750</v>
+        <v>350</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786054750948</t>
+          <t>9786054750955</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Süheyl Ünver Arşivinden Hoca Ali Rızâ, Dr. Rifat Osman, A. Süheyl Ünver (Ciltli)</t>
+          <t>Hayatımdan Hatıralar</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>5000</v>
+        <v>3000</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786054750337</t>
+          <t>9786054750948</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Mektuplar - 7 / 1</t>
+          <t>Süheyl Ünver Arşivinden Hoca Ali Rızâ, Dr. Rifat Osman, A. Süheyl Ünver (Ciltli)</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>70</v>
+        <v>5500</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786054750924</t>
+          <t>9786054750337</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Türk Ebrusunun Tarihi ve Ebrunun Mehmedleri</t>
+          <t>Mektuplar - 7 / 1</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>2250</v>
+        <v>70</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786054750917</t>
+          <t>9786054750924</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Gezi Hikayeleri</t>
+          <t>Türk Ebrusunun Tarihi ve Ebrunun Mehmedleri</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>350</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9799757663521</t>
+          <t>9786054750917</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Türk Tarihinde Osmanlı Asırları (2 Cilt Takım)</t>
+          <t>Gezi Hikayeleri</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>700</v>
+        <v>400</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786054750887</t>
+          <t>9799757663521</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Kubbealtı Vakfı Hüsn-i Hat Kataloğu (Ciltli)</t>
+          <t>Türk Tarihinde Osmanlı Asırları (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>7500</v>
+        <v>700</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786054750900</t>
+          <t>9786054750887</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Mektuplar-14</t>
+          <t>Kubbealtı Vakfı Hüsn-i Hat Kataloğu (Ciltli)</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>300</v>
+        <v>8000</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786054750894</t>
+          <t>9786054750900</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Ayverdiler Bir Ailenin Kısa Hikayesi</t>
+          <t>Mektuplar-14</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>350</v>
+        <v>330</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789756444436</t>
+          <t>9786054750894</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Rikkat Kunt Hoca Hanım (1903 - 1986) (Ciltli)</t>
+          <t>Ayverdiler Bir Ailenin Kısa Hikayesi</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>2500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789754750362</t>
+          <t>9789756444436</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Boğaziçi'nde Tarih (Özel Baskı)</t>
+          <t>Rikkat Kunt Hoca Hanım (1903 - 1986) (Ciltli)</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>900</v>
+        <v>2750</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789756444504</t>
+          <t>9789754750362</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Kadıköylü Yıllarım</t>
+          <t>Boğaziçi'nde Tarih (Özel Baskı)</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>200</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786054750870</t>
+          <t>9789756444504</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Dil Bahisleri</t>
+          <t>Kadıköylü Yıllarım</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786054750849</t>
+          <t>9786054750870</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Türk Tarihinde Osmanlı Asırları (2 Cilt Takım)</t>
+          <t>Dil Bahisleri</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>700</v>
+        <v>200</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786054750832</t>
+          <t>9786054750849</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Deftername</t>
+          <t>Türk Tarihinde Osmanlı Asırları (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>1250</v>
+        <v>800</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789757663362</t>
+          <t>9786054750832</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Yusufcuk</t>
+          <t>Deftername</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>195</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789757663355</t>
+          <t>9789757663362</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Yolcu Nereye Gidiyorsun</t>
+          <t>Yusufcuk</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>350</v>
+        <v>235</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789757663706</t>
+          <t>9789757663355</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzünde Birkaç Adım</t>
+          <t>Yolcu Nereye Gidiyorsun</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>250</v>
+        <v>420</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789757663164</t>
+          <t>9789757663706</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Yaşayan Ölü</t>
+          <t>Yeryüzünde Birkaç Adım</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789756444092</t>
+          <t>9789757663164</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Üsküdar’ın Üç Sırlısı</t>
+          <t>Yaşayan Ölü</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>200</v>
+        <v>285</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789757663799</t>
+          <t>9789756444092</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Ülker Fırtınası</t>
+          <t>Üsküdar’ın Üç Sırlısı</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>270</v>
+        <v>230</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789757663072</t>
+          <t>9789757663799</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Türk Tezyini San'atlarında Motifler</t>
+          <t>Ülker Fırtınası</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>650</v>
+        <v>325</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786054750818</t>
+          <t>9789757663072</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Müzehhip Muhsin Demironat 1907 - 1983 (Ciltli)</t>
+          <t>Türk Tezyini San'atlarında Motifler</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>2500</v>
+        <v>750</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786054750825</t>
+          <t>9786054750818</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Yetmişinden Sonra Akılda Kalanlar</t>
+          <t>Müzehhip Muhsin Demironat 1907 - 1983 (Ciltli)</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>325</v>
+        <v>2750</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786054750801</t>
+          <t>9786054750825</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Hattat Yesarizade Mustafa İzzet’in İstanbul Kitabeleri</t>
+          <t>Yetmişinden Sonra Akılda Kalanlar</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>400</v>
+        <v>375</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786054750795</t>
+          <t>9786054750801</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Neye Beyhude Emekler…</t>
+          <t>Hattat Yesarizade Mustafa İzzet’in İstanbul Kitabeleri</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786054750788</t>
+          <t>9786054750795</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Sen Onu Kaybettin</t>
+          <t>Neye Beyhude Emekler…</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>275</v>
+        <v>240</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786054750771</t>
+          <t>9786054750788</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Tevhit Bilgisi</t>
+          <t>Sen Onu Kaybettin</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>315</v>
+        <v>330</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786054750757</t>
+          <t>9786054750771</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Süheyl Ünver Defterleri: Alemdağı Hatıraları, Saraçlarname ve Geyvename</t>
+          <t>Tevhit Bilgisi</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>625</v>
+        <v>375</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786054750733</t>
+          <t>9786054750757</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Süheyl Ünver’in İran Defterleri 3 - Tahran ve Persepolis Seyahatnamesi</t>
+          <t>Süheyl Ünver Defterleri: Alemdağı Hatıraları, Saraçlarname ve Geyvename</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>650</v>
+        <v>700</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786054750740</t>
+          <t>9786054750733</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Süheyl Ünver’in İran Defterleri 2 - Şeyh Sa’di Defterleri ve Şiraz Seyahatnamesi</t>
+          <t>Süheyl Ünver’in İran Defterleri 3 - Tahran ve Persepolis Seyahatnamesi</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>625</v>
+        <v>725</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786054750696</t>
+          <t>9786054750740</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Süheyl Ünver'in Mısır Defteri - Mısır-name</t>
+          <t>Süheyl Ünver’in İran Defterleri 2 - Şeyh Sa’di Defterleri ve Şiraz Seyahatnamesi</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>650</v>
+        <v>700</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786054750719</t>
+          <t>9786054750696</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Süheyl Ünver'in Irak Defteri - Bağdad-name</t>
+          <t>Süheyl Ünver'in Mısır Defteri - Mısır-name</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>625</v>
+        <v>725</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786054750702</t>
+          <t>9786054750719</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Süheyl Ünver'in İran Defterleri 1 - İran Seyahatnamesi</t>
+          <t>Süheyl Ünver'in Irak Defteri - Bağdad-name</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>650</v>
+        <v>700</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789756444283</t>
+          <t>9786054750702</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>The Tulip in the 18th Century</t>
+          <t>Süheyl Ünver'in İran Defterleri 1 - İran Seyahatnamesi</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>200</v>
+        <v>725</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789757663645</t>
+          <t>9789756444283</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Şerhli Mesnevi-i Şerif (Ciltli)</t>
+          <t>The Tulip in the 18th Century</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>625</v>
+        <v>300</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789757663843</t>
+          <t>9789757663645</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Ratibe</t>
+          <t>Şerhli Mesnevi-i Şerif (Ciltli)</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>280</v>
+        <v>725</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786054750283</t>
+          <t>9789757663843</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Memleket Sevdası</t>
+          <t>Ratibe</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>60</v>
+        <v>335</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789754750546</t>
+          <t>9786054750283</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>İbrahim Efendi Konağı (50. Yıl Özel Baskı)</t>
+          <t>Memleket Sevdası</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>850</v>
+        <v>120</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786054750726</t>
+          <t>9789754750546</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Mektuplar - 13</t>
+          <t>İbrahim Efendi Konağı (50. Yıl Özel Baskı)</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>250</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786054750689</t>
+          <t>9786054750726</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Mektuplar 12</t>
+          <t>Mektuplar - 13</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>250</v>
+        <v>275</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786054750665</t>
+          <t>9786054750689</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Mektuplar - 11</t>
+          <t>Mektuplar 12</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>185</v>
+        <v>275</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786054750641</t>
+          <t>9786054750665</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Ömrümün Bereketi: 4</t>
+          <t>Mektuplar - 11</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>1100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786054750658</t>
+          <t>9786054750641</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Kubbealtı Vakfı Yazma Eserler Kataloğu (Ciltli)</t>
+          <t>Ömrümün Bereketi: 4</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>5000</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789756444948</t>
+          <t>9786054750658</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Catalogue of the Manuscripts in the Collection of the Kubbealtı Foundation (Ciltli)</t>
+          <t>Kubbealtı Vakfı Yazma Eserler Kataloğu (Ciltli)</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>5250</v>
+        <v>5500</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786054750603</t>
+          <t>9789756444948</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Türk Tezyinatını Canlandıran Adam Feyzullah Dayıgil 1910 – 1949 - The Man Who Revived Turkish Decorative Arts</t>
+          <t>Catalogue of the Manuscripts in the Collection of the Kubbealtı Foundation (Ciltli)</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>900</v>
+        <v>5750</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786054750634</t>
+          <t>9786054750603</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Mehmed Şevki Efendi’nin Sülüs Nesih Meşk Murakkaı ve Elif Kasidesi</t>
+          <t>Türk Tezyinatını Canlandıran Adam Feyzullah Dayıgil 1910 – 1949 - The Man Who Revived Turkish Decorative Arts</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>350</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786054750597</t>
+          <t>9786054750634</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Açıklamalı Osmanlı Fetvaları 4 Fetava-yı Ebüssu’üd Fatih Nüshası (2 Cilt Takım)</t>
+          <t>Mehmed Şevki Efendi’nin Sülüs Nesih Meşk Murakkaı ve Elif Kasidesi</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>450</v>
+        <v>425</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786054750573</t>
+          <t>9786054750597</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Saadet Güldaş’ın Arşivindeki Musiki Sohbetleri</t>
+          <t>Açıklamalı Osmanlı Fetvaları 4 Fetava-yı Ebüssu’üd Fatih Nüshası (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>150</v>
+        <v>500</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789757663263</t>
+          <t>9786054750573</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Üsküdar’da Bir Attar Dükkanı</t>
+          <t>Saadet Güldaş’ın Arşivindeki Musiki Sohbetleri</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786054750362</t>
+          <t>9789757663263</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Boğaziçi'nde Tarih (50. Yıl Özel Baskı)</t>
+          <t>Üsküdar’da Bir Attar Dükkanı</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>575</v>
+        <v>230</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789757663812</t>
+          <t>9786054750362</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Geceleri (50. Yıl Özel Baskı)</t>
+          <t>Boğaziçi'nde Tarih (50. Yıl Özel Baskı)</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>600</v>
+        <v>575</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786054750566</t>
+          <t>9789757663812</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Mektuplar 10 - İlim Fikir ve Sanat Adamları</t>
+          <t>İstanbul Geceleri (50. Yıl Özel Baskı)</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>250</v>
+        <v>750</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786054750290</t>
+          <t>9786054750566</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Ömrümün Bereketi: 3</t>
+          <t>Mektuplar 10 - İlim Fikir ve Sanat Adamları</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>1100</v>
+        <v>275</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786054750511</t>
+          <t>9786054750290</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Hat Sanatı Tarihi (Ciltsiz 2 Kitap Takım)</t>
+          <t>Ömrümün Bereketi: 3</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>3750</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786054750481</t>
+          <t>9786054750511</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Hat Sanatı Tarihi (Ciltli 2 Kitap Takım)</t>
+          <t>Hat Sanatı Tarihi (Ciltsiz 2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>4000</v>
+        <v>4250</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786054750474</t>
+          <t>9786054750481</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>40 Levha 40 Yorum (Özel Baskı)</t>
+          <t>Hat Sanatı Tarihi (Ciltli 2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>400</v>
+        <v>5000</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786054750450</t>
+          <t>9786054750474</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Ömrümün Bereketi: 2</t>
+          <t>40 Levha 40 Yorum (Özel Baskı)</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>1200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786054750429</t>
+          <t>9786054750450</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Mektuplar - 8</t>
+          <t>Ömrümün Bereketi: 2</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>185</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786054750436</t>
+          <t>9786054750429</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Mektuplar - 9</t>
+          <t>Mektuplar - 8</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>185</v>
+        <v>200</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786054750412</t>
+          <t>9786054750436</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Mızrabı Yayı ve Kalemiyle Mesud Cemil</t>
+          <t>Mektuplar - 9</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786054750405</t>
+          <t>9786054750412</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Klasik Devir Türk Tezyini Sanatlarında Desen</t>
+          <t>Mızrabı Yayı ve Kalemiyle Mesud Cemil</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>1500</v>
+        <v>600</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786054750399</t>
+          <t>9786054750405</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Çağ ve Hakikat</t>
+          <t>Klasik Devir Türk Tezyini Sanatlarında Desen</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>280</v>
+        <v>1700</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786054750382</t>
+          <t>9786054750399</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Gurbetname</t>
+          <t>Çağ ve Hakikat</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>410</v>
+        <v>325</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786054750344</t>
+          <t>9786054750382</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Yüz Yıllık Metinlerle Tanburi Cemil Bey</t>
+          <t>Gurbetname</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>450</v>
+        <v>500</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786054750313</t>
+          <t>9786054750344</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Mektuplar - 7 / 1 - 2</t>
+          <t>Yüz Yıllık Metinlerle Tanburi Cemil Bey</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>425</v>
+        <v>550</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786054750306</t>
+          <t>9786054750313</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Halim Efendi'nin Meşk Mecmuası</t>
+          <t>Mektuplar - 7 / 1 - 2</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>575</v>
+        <v>460</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786054750269</t>
+          <t>9786054750306</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Mektuplar - 6</t>
+          <t>Halim Efendi'nin Meşk Mecmuası</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>185</v>
+        <v>625</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786054750252</t>
+          <t>9786054750269</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Mektuplar - 5</t>
+          <t>Mektuplar - 6</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>185</v>
+        <v>200</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786054750245</t>
+          <t>9786054750252</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Mektuplar - 4</t>
+          <t>Mektuplar - 5</t>
         </is>
       </c>
       <c r="C74" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786054750238</t>
+          <t>9786054750245</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Türkçesi Seçme Metinler</t>
+          <t>Mektuplar - 4</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786054750207</t>
+          <t>9786054750238</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Mektuplar-3</t>
+          <t>Osmanlı Türkçesi Seçme Metinler</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786054750221</t>
+          <t>9786054750207</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>İthaflar</t>
+          <t>Mektuplar-3</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>365</v>
+        <v>220</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789756444757</t>
+          <t>9786054750221</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Ebabil Kuşları</t>
+          <t>İthaflar</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>315</v>
+        <v>440</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789756444313</t>
+          <t>9789756444757</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Dünden Bugüne Ne Kalmıştır</t>
+          <t>Ebabil Kuşları</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>280</v>
+        <v>375</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789757663195</t>
+          <t>9789756444313</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Dost</t>
+          <t>Dünden Bugüne Ne Kalmıştır</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>225</v>
+        <v>335</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789757663782</t>
+          <t>9789757663195</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Dineyri Papazı</t>
+          <t>Dost</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>300</v>
+        <v>270</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789757663485</t>
+          <t>9789757663782</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Din ve Laiklik</t>
+          <t>Dineyri Papazı</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>200</v>
+        <v>360</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786054750191</t>
+          <t>9789757663485</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Mektuplar 2</t>
+          <t>Din ve Laiklik</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786054750184</t>
+          <t>9786054750191</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Mektuplar - 1</t>
+          <t>Mektuplar 2</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>225</v>
+        <v>220</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9789757663539</t>
+          <t>9786054750184</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Hulusi Efendi'nin Ta'lik Meşk Murakkaı</t>
+          <t>Mektuplar - 1</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>325</v>
+        <v>250</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789757663874</t>
+          <t>9789757663539</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Hey Gidi Günler Hey</t>
+          <t>Hulusi Efendi'nin Ta'lik Meşk Murakkaı</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>280</v>
+        <v>400</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9789757663454</t>
+          <t>9789757663874</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Hatıralarla Başbaşa</t>
+          <t>Hey Gidi Günler Hey</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>275</v>
+        <v>335</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9789756444146</t>
+          <t>9789757663454</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Hatıralar</t>
+          <t>Hatıralarla Başbaşa</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>175</v>
+        <v>330</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9789756444542</t>
+          <t>9789756444146</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Hasretini Çektiğim Üsküdar</t>
+          <t>Hatıralar</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786054750122</t>
+          <t>9789756444542</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Sinan’ın Günlüğü</t>
+          <t>Hasretini Çektiğim Üsküdar</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>375</v>
+        <v>335</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9789756444122</t>
+          <t>9786054750122</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Üsküdar Ah Üsküdar</t>
+          <t>Sinan’ın Günlüğü</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>325</v>
+        <v>450</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9789756444214</t>
+          <t>9789756444122</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Ermeni Meselesi</t>
+          <t>Üsküdar Ah Üsküdar</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>295</v>
+        <v>390</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9789757663911</t>
+          <t>9789756444214</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Milli Kültür Mes’eleleri ve Maarif Davamız</t>
+          <t>Türkiye’nin Ermeni Meselesi</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>315</v>
+        <v>350</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9789757663591</t>
+          <t>9789757663911</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Mesihpaşa İmamı</t>
+          <t>Milli Kültür Mes’eleleri ve Maarif Davamız</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>270</v>
+        <v>375</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9789756444818</t>
+          <t>9789757663591</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Mektuplardan Gelen Ses</t>
+          <t>Mesihpaşa İmamı</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>195</v>
+        <v>325</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789756444658</t>
+          <t>9789756444818</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Mehmed Akif</t>
+          <t>Mektuplardan Gelen Ses</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>125</v>
+        <v>235</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9789756444016</t>
+          <t>9789756444658</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>İki Aşina</t>
+          <t>Mehmed Akif</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>275</v>
+        <v>200</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9789757663478</t>
+          <t>9789756444016</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>İbrahim Efendi Konağı</t>
+          <t>İki Aşina</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>340</v>
+        <v>330</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9789757663959</t>
+          <t>9789757663478</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Ken’an Rifai ve Yirminci Asrın Işığında Müslümanlık</t>
+          <t>İbrahim Efendi Konağı</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>390</v>
+        <v>410</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9789757663331</t>
+          <t>9789757663959</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Kazasker Mustafa İzzet Efendi’nin Meşk Murakkai (Sülüs ve Nesih)</t>
+          <t>Ken’an Rifai ve Yirminci Asrın Işığında Müslümanlık</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>325</v>
+        <v>465</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789756444641</t>
+          <t>9789757663331</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Kaybolan Anahtar</t>
+          <t>Kazasker Mustafa İzzet Efendi’nin Meşk Murakkai (Sülüs ve Nesih)</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>280</v>
+        <v>400</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9789757663744</t>
+          <t>9789756444641</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Kadıköyü’nün Romanı</t>
+          <t>Kaybolan Anahtar</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>280</v>
+        <v>335</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9789756444634</t>
+          <t>9789757663744</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’a Dair</t>
+          <t>Kadıköyü’nün Romanı</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>230</v>
+        <v>335</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9789756444849</t>
+          <t>9789756444634</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Ömrümün Bereketi: 1</t>
+          <t>İstanbul’a Dair</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>1200</v>
+        <v>275</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786054750016</t>
+          <t>9789756444849</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>O da Bana Kalsın</t>
+          <t>Ömrümün Bereketi: 1</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>275</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9789756444085</t>
+          <t>9786054750016</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Nevzat Atlığ Musikimizle Övünmemiz İçin</t>
+          <t>O da Bana Kalsın</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>170</v>
+        <v>330</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786054750115</t>
+          <t>9789756444085</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Hulefa-yı Raşidin Devri</t>
+          <t>Nevzat Atlığ Musikimizle Övünmemiz İçin</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>325</v>
+        <v>250</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9789757663225</t>
+          <t>9786054750115</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Abide Şahsiyetler</t>
+          <t>Hulefa-yı Raşidin Devri</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>280</v>
+        <v>380</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9789756444337</t>
+          <t>9789757663225</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>27 Mayıs İhtilali ve Sebepleri</t>
+          <t>Abide Şahsiyetler</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>200</v>
+        <v>335</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9789757663775</t>
+          <t>9789756444337</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Türkçe'nin Sırları</t>
+          <t>27 Mayıs İhtilali ve Sebepleri</t>
         </is>
       </c>
       <c r="C110" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9789757663836</t>
+          <t>9789757663775</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Gel de Çık İşin İçinden</t>
+          <t>Türkçe'nin Sırları</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9789757663447</t>
+          <t>9789757663836</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Geçmiş Zaman Olur Ki</t>
+          <t>Gel de Çık İşin İçinden</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9789756444351</t>
+          <t>9789757663447</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Galatasarayı Mekteb-i Sultanisi’nde Sekiz Yılım</t>
+          <t>Geçmiş Zaman Olur Ki</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>285</v>
+        <v>335</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9789757663935</t>
+          <t>9789756444351</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Ezeli Dostlar</t>
+          <t>Galatasarayı Mekteb-i Sultanisi’nde Sekiz Yılım</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>280</v>
+        <v>340</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786054750061</t>
+          <t>9789757663935</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Üç Günlük Dünya İçin</t>
+          <t>Ezeli Dostlar</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>275</v>
+        <v>335</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9789756444481</t>
+          <t>9786054750061</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Rühan</t>
+          <t>Üç Günlük Dünya İçin</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>220</v>
+        <v>330</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9789756444986</t>
+          <t>9789756444481</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Rıza Tevfik’ten Eşi Nazlı Hanım’a Mektuplar</t>
+          <t>Rühan</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>60</v>
+        <v>250</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9789756444665</t>
+          <t>9789756444986</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Rahmet Kapısı</t>
+          <t>Rıza Tevfik’ten Eşi Nazlı Hanım’a Mektuplar</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>280</v>
+        <v>60</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9789757663867</t>
+          <t>9789756444665</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Makaleler</t>
+          <t>Rahmet Kapısı</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>345</v>
+        <v>335</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9789757663256</t>
+          <t>9789757663867</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Mabette Bir Gece</t>
+          <t>Makaleler</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>240</v>
+        <v>400</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9789756444740</t>
+          <t>9789757663256</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Leylak Mevsimi</t>
+          <t>Mabette Bir Gece</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>180</v>
+        <v>285</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9789756444252</t>
+          <t>9789756444740</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Küplücedeki Köşk</t>
+          <t>Leylak Mevsimi</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>280</v>
+        <v>215</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9789756444368</t>
+          <t>9789756444252</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Kültür Köprüsü</t>
+          <t>Küplücedeki Köşk</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>350</v>
+        <v>335</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9789757663768</t>
+          <t>9789756444368</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Tarih ve Tasavvuf Sohbetleri</t>
+          <t>Kültür Köprüsü</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>240</v>
+        <v>400</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9789757663980</t>
+          <t>9789757663768</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Tanburi Cemil’in Hayatı</t>
+          <t>Tarih ve Tasavvuf Sohbetleri</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>425</v>
+        <v>285</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9789756444054</t>
+          <t>9789757663980</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Türk - Rus Münasebetleri ve Muharebeleri</t>
+          <t>Tanburi Cemil’in Hayatı</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>290</v>
+        <v>500</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9789757663928</t>
+          <t>9789756444054</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Son Menzil</t>
+          <t>Türk - Rus Münasebetleri ve Muharebeleri</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>240</v>
+        <v>325</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9789757663638</t>
+          <t>9789757663928</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Sohbetler (Ciltli)</t>
+          <t>Son Menzil</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>625</v>
+        <v>285</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9789757663720</t>
+          <t>9789757663638</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Portreler Hatıralar</t>
+          <t>Sohbetler (Ciltli)</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>375</v>
+        <v>725</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9789756444696</t>
+          <t>9789757663720</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Paşa Hanım</t>
+          <t>Portreler Hatıralar</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>280</v>
+        <v>425</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9789756444375</t>
+          <t>9789756444696</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Ne İdik Ne Olduk</t>
+          <t>Paşa Hanım</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>275</v>
+        <v>335</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9789756444153</t>
+          <t>9789756444375</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Mülakatlar</t>
+          <t>Ne İdik Ne Olduk</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>350</v>
+        <v>330</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9789756444726</t>
+          <t>9789756444153</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Murakka’-ı Has</t>
+          <t>Mülakatlar</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>400</v>
+        <v>420</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9789757663676</t>
+          <t>9789756444726</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Misyonerlik Karşısında Türkiye</t>
+          <t>Murakka’-ı Has</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>220</v>
+        <v>400</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9789757663218</t>
+          <t>9789757663676</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Kölelikten Efendiliğe</t>
+          <t>Misyonerlik Karşısında Türkiye</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>160</v>
+        <v>265</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9789756444511</t>
+          <t>9789757663218</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Kitaplar ve Portreler</t>
+          <t>Kölelikten Efendiliğe</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>325</v>
+        <v>190</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9789756444061</t>
+          <t>9789756444511</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Geceleri</t>
+          <t>Kitaplar ve Portreler</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>275</v>
+        <v>380</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9789757663683</t>
+          <t>9789756444061</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>İnsan ve Şeytan</t>
+          <t>İstanbul Geceleri</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>270</v>
+        <v>330</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9789756444610</t>
+          <t>9789757663683</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>İman ve Yaşama Üslubu</t>
+          <t>İnsan ve Şeytan</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>265</v>
+        <v>325</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9789757663010</t>
+          <t>9789756444610</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Hancı</t>
+          <t>İman ve Yaşama Üslubu</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>195</v>
+        <v>300</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9789757663430</t>
+          <t>9789757663010</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Gençlerle Başbaşa</t>
+          <t>Hancı</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>60</v>
+        <v>235</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9789757663751</t>
+          <t>9789757663430</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Sohbetleri</t>
+          <t>Gençlerle Başbaşa</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>350</v>
+        <v>80</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9789756444177</t>
+          <t>9789757663751</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Edebi ve Manevi Dünyası içinde Fatih</t>
+          <t>Edebiyat Sohbetleri</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>280</v>
+        <v>400</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9789757663553</t>
+          <t>9789756444177</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Dile Gelen Taş</t>
+          <t>Edebi ve Manevi Dünyası içinde Fatih</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>225</v>
+        <v>335</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9789756444108</t>
+          <t>9789757663553</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Devlet ve Devlet Terbiyesi</t>
+          <t>Dile Gelen Taş</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>275</v>
+        <v>270</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9789757663737</t>
+          <t>9789756444108</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Çölde Biten Rahmet Ağacı</t>
+          <t>Devlet ve Devlet Terbiyesi</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>180</v>
+        <v>325</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9789756444788</t>
+          <t>9789757663737</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Çaybaşı’ndan Manisa’ya</t>
+          <t>Çölde Biten Rahmet Ağacı</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>75</v>
+        <v>215</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9789757663546</t>
+          <t>9789756444788</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Ciğerdelen</t>
+          <t>Çaybaşı’ndan Manisa’ya</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>280</v>
+        <v>75</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9789757663881</t>
+          <t>9789757663546</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Boğaziçi’nde Tarih</t>
+          <t>Ciğerdelen</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>375</v>
+        <v>335</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9789757663621</t>
+          <t>9789757663881</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Bir Dünyadan Bir Dünyaya</t>
+          <t>Boğaziçi’nde Tarih</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>225</v>
+        <v>450</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786054750009</t>
+          <t>9789757663621</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Bir Dağdan Bir Dağa</t>
+          <t>Bir Dünyadan Bir Dünyaya</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9789757663690</t>
+          <t>9786054750009</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Batmayan Gün</t>
+          <t>Bir Dağdan Bir Dağa</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>280</v>
+        <v>230</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9789756444191</t>
+          <t>9789757663690</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Bağ Bozumu</t>
+          <t>Batmayan Gün</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>280</v>
+        <v>335</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9789757663157</t>
+          <t>9789756444191</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Ateş Ağacı</t>
+          <t>Bağ Bozumu</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>225</v>
+        <v>335</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9789756444450</t>
+          <t>9789757663157</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Arkamızda Dönen Dolaplar</t>
+          <t>Ateş Ağacı</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>280</v>
+        <v>270</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
+          <t>9789756444450</t>
+        </is>
+      </c>
+      <c r="B156" s="1" t="inlineStr">
+        <is>
+          <t>Arkamızda Dönen Dolaplar</t>
+        </is>
+      </c>
+      <c r="C156" s="1">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="157" spans="1:3">
+      <c r="A157" s="1" t="inlineStr">
+        <is>
           <t>9789757663249</t>
         </is>
       </c>
-      <c r="B156" s="1" t="inlineStr">
+      <c r="B157" s="1" t="inlineStr">
         <is>
           <t>Ah Tuna Vah Tuna</t>
         </is>
       </c>
-      <c r="C156" s="1">
-        <v>295</v>
+      <c r="C157" s="1">
+        <v>350</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>