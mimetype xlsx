--- v1 (2026-02-07)
+++ v2 (2026-03-30)
@@ -85,2380 +85,3925 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786054750979</t>
+          <t>9786054750672</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Keşanlı Güzel: Safiye Erol'un Şanında</t>
+          <t>Mimarlık ve Düşünce Dünyamız</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786054750962</t>
+          <t>3990000051544</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Hattat Şeyh Abdülaziz Rifai (Ciltli)</t>
+          <t>Misalli Büyük Türkçe Sözlük 2. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>2750</v>
+        <v>77.16</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9789756444405</t>
+          <t>9786054750443</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Ali Üsküdari - Tezhip ve Rugani Üstadı, Çiçek Ressamı (Ciltli)</t>
+          <t>Üsküdar'ın Meczubları</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>2750</v>
+        <v>20</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786254750762</t>
+          <t>3990000048733</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’un Engin Sesi</t>
+          <t>Kubbealtı Akademi Mecmuası : 184</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>350</v>
+        <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786054750955</t>
+          <t>9789756444832</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Hayatımdan Hatıralar</t>
+          <t>Edep Kapısı</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>3000</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786054750948</t>
+          <t>9789756444801</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Süheyl Ünver Arşivinden Hoca Ali Rızâ, Dr. Rifat Osman, A. Süheyl Ünver (Ciltli)</t>
+          <t>Bir Zamanların Kadıköy'ünde Edebiyatçılar ve Aşkları</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>5500</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786054750337</t>
+          <t>9789756444207</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Mektuplar - 7 / 1</t>
+          <t>Dilbeste</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>70</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786054750924</t>
+          <t>9789757663102</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Türk Ebrusunun Tarihi ve Ebrunun Mehmedleri</t>
+          <t>Çevre Kirlenmesi ve Kontrolü</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>2500</v>
+        <v>25</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786054750917</t>
+          <t>9789756444009</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Gezi Hikayeleri</t>
+          <t>Cibali’den Kubbealtı’na Yusuf Ömürlü</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>400</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9799757663521</t>
+          <t>9789757663973</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Türk Tarihinde Osmanlı Asırları (2 Cilt Takım)</t>
+          <t>Ayaklı Kütüphaneler</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>700</v>
+        <v>30</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786054750887</t>
+          <t>9789756444795</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Kubbealtı Vakfı Hüsn-i Hat Kataloğu (Ciltli)</t>
+          <t>Açıklamalı Osmanlı Fetvaları - 2</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>8000</v>
+        <v>35</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786054750900</t>
+          <t>9789756444887</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Mektuplar-14</t>
+          <t>Açıklamalı Osmanlı Fetvaları</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>330</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786054750894</t>
+          <t>9789756444924</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Ayverdiler Bir Ailenin Kısa Hikayesi</t>
+          <t>40 Levha 40 Yorum</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>400</v>
+        <v>25</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789756444436</t>
+          <t>3990000026344</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Rikkat Kunt Hoca Hanım (1903 - 1986) (Ciltli)</t>
+          <t>18. Asırda Lale</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>2750</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789754750362</t>
+          <t>9789757663966</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Boğaziçi'nde Tarih (Özel Baskı)</t>
+          <t>Bir Başka İstanbul</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>1100</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789756444504</t>
+          <t>9789756444894</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Kadıköylü Yıllarım</t>
+          <t>Bir Ağacın Dalları</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>250</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786054750870</t>
+          <t>9789756444566</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Dil Bahisleri</t>
+          <t>Yaşasın Hatıralar</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>200</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786054750849</t>
+          <t>9789756444955</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Türk Tarihinde Osmanlı Asırları (2 Cilt Takım)</t>
+          <t>Üçüncü Tepede Hayat</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>800</v>
+        <v>150</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786054750832</t>
+          <t>9789756444856</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Deftername</t>
+          <t>Türkiye’de ve Dünyada Sözlük Yazımı ve Araştırmaları</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>1350</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789757663362</t>
+          <t>9789756444276</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Yusufcuk</t>
+          <t>Türkçe Sözlük (Ciltli)</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>235</v>
+        <v>41.67</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789757663355</t>
+          <t>9789757663997</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Yolcu Nereye Gidiyorsun</t>
+          <t>Tuna Güzellemesi</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>420</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789757663706</t>
+          <t>9789756444672</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzünde Birkaç Adım</t>
+          <t>Tebessüm ve Tefekkür</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>300</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789757663164</t>
+          <t>9789756444573</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Yaşayan Ölü</t>
+          <t>Süheyl Ünver’in Konya Defterleri</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>285</v>
+        <v>200</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789756444092</t>
+          <t>9789756444771</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Üsküdar’ın Üç Sırlısı</t>
+          <t>Süheyl Ünver’in Bursa Defterleri</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>230</v>
+        <v>55.56</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789757663799</t>
+          <t>9789757663829</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Ülker Fırtınası</t>
+          <t>Su Temini ve Çevre Sağlığı</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>325</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789757663072</t>
+          <t>9789756444979</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Türk Tezyini San'atlarında Motifler</t>
+          <t>Sohbet Tadında</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>750</v>
+        <v>21</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786054750818</t>
+          <t>9789756444047</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Müzehhip Muhsin Demironat 1907 - 1983 (Ciltli)</t>
+          <t>Satrançname</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>2750</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786054750825</t>
+          <t>9789756444962</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Yetmişinden Sonra Akılda Kalanlar</t>
+          <t>Sahhaf Raif Yelkenci</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>375</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786054750801</t>
+          <t>9789756444917</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Hattat Yesarizade Mustafa İzzet’in İstanbul Kitabeleri</t>
+          <t>Rengarenk Kütahya (Ciltli)</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>500</v>
+        <v>138.89</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786054750795</t>
+          <t>9789756444719</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Neye Beyhude Emekler…</t>
+          <t>Padişah Türbeleri</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>240</v>
+        <v>275</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786054750788</t>
+          <t>9789756444474</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Sen Onu Kaybettin</t>
+          <t>Okul Sözlüğü</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>330</v>
+        <v>60</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786054750771</t>
+          <t>9789756444580</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Tevhit Bilgisi</t>
+          <t>Musıkide Bir Silsile Hoca Cahit Gözkan’ın Musiki Mirası Cilt 1: Kütük</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>375</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786054750757</t>
+          <t>9789757663294</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Süheyl Ünver Defterleri: Alemdağı Hatıraları, Saraçlarname ve Geyvename</t>
+          <t>Şevki Efendi’nin Sülüs ve Nesih Meşk Murakkai</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>700</v>
+        <v>35</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786054750733</t>
+          <t>9789756444931</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Süheyl Ünver’in İran Defterleri 3 - Tahran ve Persepolis Seyahatnamesi</t>
+          <t>Musıkide Bir Silsile Hoca Cahit Gözkan’ın Musıki Mirası Cilt 2: Defterler</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>725</v>
+        <v>80</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786054750740</t>
+          <t>9789756444184</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Süheyl Ünver’in İran Defterleri 2 - Şeyh Sa’di Defterleri ve Şiraz Seyahatnamesi</t>
+          <t>Misalli Büyük Türkçe Sözlük - 3 Cilt Takım (Ciltli)</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>700</v>
+        <v>950</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786054750696</t>
+          <t>9789756444764</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Süheyl Ünver'in Mısır Defteri - Mısır-name</t>
+          <t>Misalli Büyük Türkçe Sözlük</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>725</v>
+        <v>700</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786054750719</t>
+          <t>9789756444559</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Süheyl Ünver'in Irak Defteri - Bağdad-name</t>
+          <t>Mehmet Dede</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>700</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786054750702</t>
+          <t>9799756444138</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Süheyl Ünver'in İran Defterleri 1 - İran Seyahatnamesi</t>
+          <t>Maveradan Gelen Ses</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>725</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789756444283</t>
+          <t>9789756444900</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>The Tulip in the 18th Century</t>
+          <t>Manisa Sevdası</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>300</v>
+        <v>60</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789757663645</t>
+          <t>9789756444689</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Şerhli Mesnevi-i Şerif (Ciltli)</t>
+          <t>Klasik Devir Türk Tezyini Sanatlarında Desen Tasarımı (Ciltli)</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>725</v>
+        <v>92.59</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789757663843</t>
+          <t>9789756444412</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Ratibe</t>
+          <t>Klasik Devir Türk Tezyini Sanatlarında Desen Tasarımı</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>335</v>
+        <v>74.07</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786054750283</t>
+          <t>9789756444269</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Memleket Sevdası</t>
+          <t>Kemal Batanay (Ciltli)</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>120</v>
+        <v>78.7</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789754750546</t>
+          <t>9789756444290</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>İbrahim Efendi Konağı (50. Yıl Özel Baskı)</t>
+          <t>İlhan Ayverdi: Bir Hayat Bir Lugat</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>1000</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786054750726</t>
+          <t>9789756444115</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Mektuplar - 13</t>
+          <t>Işıklı Hayatlar</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>275</v>
+        <v>35</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786054750689</t>
+          <t>9786054750023</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Mektuplar 12</t>
+          <t>Hz. Mevlana ve Mevlevi Kültürü</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>275</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786054750665</t>
+          <t>9789757663898</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Mektuplar - 11</t>
+          <t>Samiha Ayverdi’nin Mektupları (Ciltli)</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>200</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786054750641</t>
+          <t>3990000011166</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Ömrümün Bereketi: 4</t>
+          <t>Hulusi Efendi’nin Meşk Murakkai</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>1200</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786054750658</t>
+          <t>9789756444870</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Kubbealtı Vakfı Yazma Eserler Kataloğu (Ciltli)</t>
+          <t>Hicaz Hatırası</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>5500</v>
+        <v>110</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789756444948</t>
+          <t>9789756444702</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Catalogue of the Manuscripts in the Collection of the Kubbealtı Foundation (Ciltli)</t>
+          <t>Hayali Cihan Değer</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>5750</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786054750603</t>
+          <t>9789757663126</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Türk Tezyinatını Canlandıran Adam Feyzullah Dayıgil 1910 – 1949 - The Man Who Revived Turkish Decorative Arts</t>
+          <t>Hattat Şeyh Hamdullah (Ciltli)</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>1000</v>
+        <v>350</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786054750634</t>
+          <t>9789757663034</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Mehmed Şevki Efendi’nin Sülüs Nesih Meşk Murakkaı ve Elif Kasidesi</t>
+          <t>Türk Hat Üstadları 1: Hattat Aziz Efendi (Ciltli)</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>425</v>
+        <v>450</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786054750597</t>
+          <t>9789757663560</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Açıklamalı Osmanlı Fetvaları 4 Fetava-yı Ebüssu’üd Fatih Nüshası (2 Cilt Takım)</t>
+          <t>Hat Sanatı Ve Meşhur Hattatlar (Ciltli)</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>500</v>
+        <v>208.33</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786054750573</t>
+          <t>9789756444467</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Saadet Güldaş’ın Arşivindeki Musiki Sohbetleri</t>
+          <t>Hasbihaller</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>150</v>
+        <v>90</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789757663263</t>
+          <t>9789757663607</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Üsküdar’da Bir Attar Dükkanı</t>
+          <t>Halim Efendi’nin - Divani - Celi Divani - Rik’a - Meşk Murakkaı</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>230</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786054750362</t>
+          <t>9786054750030</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Boğaziçi'nde Tarih (50. Yıl Özel Baskı)</t>
+          <t>Gönül Dostu Nazik Hoca</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>575</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9789757663812</t>
+          <t>9789756444733</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Geceleri (50. Yıl Özel Baskı)</t>
+          <t>Gönlümde Taht Kuranlar</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>750</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786054750566</t>
+          <t>3990000007068</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Mektuplar 10 - İlim Fikir ve Sanat Adamları</t>
+          <t>Ekrem Hakkı Ayverdi Bibliyografyası (Ciltli)</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>275</v>
+        <v>30</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786054750290</t>
+          <t>9789756444443</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Ömrümün Bereketi: 3</t>
+          <t>Samiha Ayverdi Bibliyografyası 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>1200</v>
+        <v>40</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786054750511</t>
+          <t>9786054750085</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Hat Sanatı Tarihi (Ciltsiz 2 Kitap Takım)</t>
+          <t>Açıklamalı Osmanlı Fetvaları Fetava-yı Ali Efendi (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>4250</v>
+        <v>64.81</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786054750481</t>
+          <t>9786054750108</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Hat Sanatı Tarihi (Ciltli 2 Kitap Takım)</t>
+          <t>Muhabbet Ateşi</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>5000</v>
+        <v>26</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786054750474</t>
+          <t>3990000083349</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>40 Levha 40 Yorum (Özel Baskı)</t>
+          <t>Akademi Mecmuası Sayı: 195-196 Temmuz-Ekim 2020</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>400</v>
+        <v>20</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786054750450</t>
+          <t>9789757663614</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Ömrümün Bereketi: 2</t>
+          <t>Ali Fuad Başgil Bibliyografyası (Ciltli)</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>1300</v>
+        <v>90</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786054750429</t>
+          <t>9789754750096</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Mektuplar - 8</t>
+          <t>Süheyl Ünver'in Orta Anadolu Defterleri</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786054750436</t>
+          <t>3990000034109</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Mektuplar - 9</t>
+          <t>Akademi Mecmuası Sayı: 185 Ocak 2018</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>200</v>
+        <v>10</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786054750412</t>
+          <t>3990000034102</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Mızrabı Yayı ve Kalemiyle Mesud Cemil</t>
+          <t>Akademi Mecmuası Sayı: 186 Nisan 2018</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>600</v>
+        <v>10</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786054750405</t>
+          <t>3990000034107</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Klasik Devir Türk Tezyini Sanatlarında Desen</t>
+          <t>Akademi Mecmuası Sayı: 179 Temmuz 2016</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>1700</v>
+        <v>10</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786054750399</t>
+          <t>3990000034106</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Çağ ve Hakikat</t>
+          <t>Akademi Mecmuası Sayı: 178 Nisan 2016</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>325</v>
+        <v>10</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786054750382</t>
+          <t>3990000034105</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Gurbetname</t>
+          <t>Akademi Mecmuası Sayı: 177 Ocak 2016</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>500</v>
+        <v>7.43</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786054750344</t>
+          <t>3990000034104</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Yüz Yıllık Metinlerle Tanburi Cemil Bey</t>
+          <t>Akademi Mecmuası Sayı: 181 Ocak 2017</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>550</v>
+        <v>10</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786054750313</t>
+          <t>3990000051736</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Mektuplar - 7 / 1 - 2</t>
+          <t>Akademi Mecmuası Sayı: 183</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>460</v>
+        <v>10</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786054750306</t>
+          <t>3990000052125</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Halim Efendi'nin Meşk Mecmuası</t>
+          <t>Akademi Mecmuası Sayı: 182</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>625</v>
+        <v>10</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786054750269</t>
+          <t>9786054750146</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Mektuplar - 6</t>
+          <t>Rıza Tevfik'ten Kızı Munise Hanım'a Mektuplar</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>200</v>
+        <v>60</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786054750252</t>
+          <t>9786054750177</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Mektuplar - 5</t>
+          <t>Dersaadet’te Ramazan Akşamları</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>200</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786054750245</t>
+          <t>9786054750160</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Mektuplar - 4</t>
+          <t>Dersaadet’te Bayram Sabahları</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>220</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786054750238</t>
+          <t>9786054750351</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Türkçesi Seçme Metinler</t>
+          <t>İbnülemin Mahmud Kemal İnal - Cumhuriyet Devrinde Bir Osmanlı Efendisi (Ciltli)</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>300</v>
+        <v>75</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786054750207</t>
+          <t>9786054750214</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Mektuplar-3</t>
+          <t>Türkçeyi Doğru ve Güzel Konuşma Kılavuzu</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>220</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786054750221</t>
+          <t>9786054750078</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>İthaflar</t>
+          <t>Samiha Ayverdi'nin İstanbul'u</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>440</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789756444757</t>
+          <t>9786054750047</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Ebabil Kuşları</t>
+          <t>Süheyl Ünver'in Edirne Defterleri</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>375</v>
+        <v>75</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789756444313</t>
+          <t>3990000027360</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Dünden Bugüne Ne Kalmıştır</t>
+          <t>Akademi Mecmuası Sayı: 174 Nisan 2015</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>335</v>
+        <v>10</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789757663195</t>
+          <t>9786054750276</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Dost</t>
+          <t>Osmanlı Mimarlık Kültürü</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>270</v>
+        <v>200</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789757663782</t>
+          <t>3990000028689</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Dineyri Papazı</t>
+          <t>Akademi Mecmuası Sayı: 175 Temmuz 2015</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>360</v>
+        <v>10</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9789757663485</t>
+          <t>9786054750153</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Din ve Laiklik</t>
+          <t>Medreset’ül-Hattatin Yüz Yaşında (Ciltli)</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>250</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786054750191</t>
+          <t>9789756634301</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Mektuplar 2</t>
+          <t>Gençlerle Başbaşa</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>220</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786054750184</t>
+          <t>3990000059825</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Mektuplar - 1</t>
+          <t>Akademi Mecmuası Sayı: 176 Ekim 2015</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>250</v>
+        <v>10</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789757663539</t>
+          <t>9789754750553</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Hulusi Efendi'nin Ta'lik Meşk Murakkaı</t>
+          <t>Üsküdar'da Bir Attar Dükkanı (50. Yıl Özel Baskı)</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9789757663874</t>
+          <t>9789756444627</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Hey Gidi Günler Hey</t>
+          <t>2. Abdülhamid Zamanı ve Şahsiyeti</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>335</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9789757663454</t>
+          <t>3990000012393</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Hatıralarla Başbaşa</t>
+          <t>Let Us Be Not Slaves But Masters</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>330</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9789756444146</t>
+          <t>9789756444597</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Hatıralar</t>
+          <t>Kültür Dünyamızdan Manzaralar</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>220</v>
+        <v>26</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9789756444542</t>
+          <t>9786054750580</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Hasretini Çektiğim Üsküdar</t>
+          <t>Süheyl Ünver’in Kütahya Defterleri</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>335</v>
+        <v>65</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786054750122</t>
+          <t>3996054750511</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Sinan’ın Günlüğü</t>
+          <t>Hat Sanatı Tarihi Cilt 1</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>450</v>
+        <v>175</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9789756444122</t>
+          <t>3990000076659</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Üsküdar Ah Üsküdar</t>
+          <t>Akademi Mecmuası Sayı: 197-200 Haziran 2021</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>390</v>
+        <v>40</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9789756444214</t>
+          <t>3990000059033</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Ermeni Meselesi</t>
+          <t>Akademi Mecmuası Sayı: 191 Temmuz 2019</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>350</v>
+        <v>10</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9789757663911</t>
+          <t>3990000059032</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Milli Kültür Mes’eleleri ve Maarif Davamız</t>
+          <t>Akademi Mecmuası Sayı: 192 Ekim 2019</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>375</v>
+        <v>10</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9789757663591</t>
+          <t>3990000097559</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Mesihpaşa İmamı</t>
+          <t>Akademi Mecmuası Sayı: 193-194 Kasım - Aralık 2019</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>325</v>
+        <v>10</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789756444818</t>
+          <t>9786054750535</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Mektuplardan Gelen Ses</t>
+          <t>Hat Sanatı Tarihi Cilt: 2</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>235</v>
+        <v>175</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9789756444658</t>
+          <t>3990000065412</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Mehmed Akif</t>
+          <t>Hat Sanatı Tarihi Cilt: 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9789756444016</t>
+          <t>3990000034189</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>İki Aşina</t>
+          <t>Akademi Mecmuası Sayı: 189 Ocak 2019</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>330</v>
+        <v>10</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9789757663478</t>
+          <t>3990000034188</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>İbrahim Efendi Konağı</t>
+          <t>Akademi Mecmuası Sayı: 188 Ekim 2018</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>410</v>
+        <v>10</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9789757663959</t>
+          <t>3990000034190</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Ken’an Rifai ve Yirminci Asrın Işığında Müslümanlık</t>
+          <t>Akademi Mecmuası Sayı: 190 Nisan 2019</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>465</v>
+        <v>10</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789757663331</t>
+          <t>9786054750375</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Kazasker Mustafa İzzet Efendi’nin Meşk Murakkai (Sülüs ve Nesih)</t>
+          <t>Sır Katibi</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>400</v>
+        <v>60</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9789756444641</t>
+          <t>3990000034033</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Kaybolan Anahtar</t>
+          <t>Akademi Mecmuası Sayı: 180 Ekim 2016</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>335</v>
+        <v>10</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9789757663744</t>
+          <t>3990000034103</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Kadıköyü’nün Romanı</t>
+          <t>Akademi Mecmuası Sayı: 187  2018</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>335</v>
+        <v>10</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9789756444634</t>
+          <t>9786054750986</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’a Dair</t>
+          <t>Kubbealtı Vakfı Seçme Eserler Kataloğu (Ciltli)</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>275</v>
+        <v>7000</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9789756444849</t>
+          <t>9786054750979</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Ömrümün Bereketi: 1</t>
+          <t>Keşanlı Güzel: Safiye Erol'un Şanında</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>1300</v>
+        <v>300</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786054750016</t>
+          <t>9786054750962</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>O da Bana Kalsın</t>
+          <t>Hattat Şeyh Abdülaziz Rifai (Ciltli)</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>330</v>
+        <v>2750</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9789756444085</t>
+          <t>9789756444405</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Nevzat Atlığ Musikimizle Övünmemiz İçin</t>
+          <t>Ali Üsküdari - Tezhip ve Rugani Üstadı, Çiçek Ressamı (Ciltli)</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>250</v>
+        <v>2750</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786054750115</t>
+          <t>9786254750762</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Hulefa-yı Raşidin Devri</t>
+          <t>İstanbul’un Engin Sesi</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>380</v>
+        <v>350</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9789757663225</t>
+          <t>9786054750955</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Abide Şahsiyetler</t>
+          <t>Hayatımdan Hatıralar</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>335</v>
+        <v>3000</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9789756444337</t>
+          <t>9786054750948</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>27 Mayıs İhtilali ve Sebepleri</t>
+          <t>Süheyl Ünver Arşivinden Hoca Ali Rızâ, Dr. Rifat Osman, A. Süheyl Ünver (Ciltli)</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>250</v>
+        <v>5500</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9789757663775</t>
+          <t>9786054750337</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Türkçe'nin Sırları</t>
+          <t>Mektuplar - 7 / 1</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>300</v>
+        <v>70</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9789757663836</t>
+          <t>9786054750924</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Gel de Çık İşin İçinden</t>
+          <t>Türk Ebrusunun Tarihi ve Ebrunun Mehmedleri</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>300</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9789757663447</t>
+          <t>9786054750917</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Geçmiş Zaman Olur Ki</t>
+          <t>Gezi Hikayeleri</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>335</v>
+        <v>400</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9789756444351</t>
+          <t>9799757663521</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Galatasarayı Mekteb-i Sultanisi’nde Sekiz Yılım</t>
+          <t>Türk Tarihinde Osmanlı Asırları (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>340</v>
+        <v>700</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9789757663935</t>
+          <t>9786054750887</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Ezeli Dostlar</t>
+          <t>Kubbealtı Vakfı Hüsn-i Hat Kataloğu (Ciltli)</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>335</v>
+        <v>8000</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786054750061</t>
+          <t>9786054750900</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Üç Günlük Dünya İçin</t>
+          <t>Mektuplar-14</t>
         </is>
       </c>
       <c r="C116" s="1">
         <v>330</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9789756444481</t>
+          <t>9786054750894</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Rühan</t>
+          <t>Ayverdiler Bir Ailenin Kısa Hikayesi</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9789756444986</t>
+          <t>9789756444436</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Rıza Tevfik’ten Eşi Nazlı Hanım’a Mektuplar</t>
+          <t>Rikkat Kunt Hoca Hanım (1903 - 1986) (Ciltli)</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>60</v>
+        <v>2750</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9789756444665</t>
+          <t>9789754750362</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Rahmet Kapısı</t>
+          <t>Boğaziçi'nde Tarih (Özel Baskı)</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>335</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9789757663867</t>
+          <t>9789756444504</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Makaleler</t>
+          <t>Kadıköylü Yıllarım</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9789757663256</t>
+          <t>9786054750870</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Mabette Bir Gece</t>
+          <t>Dil Bahisleri</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>285</v>
+        <v>200</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9789756444740</t>
+          <t>9786054750849</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Leylak Mevsimi</t>
+          <t>Türk Tarihinde Osmanlı Asırları (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>215</v>
+        <v>800</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9789756444252</t>
+          <t>9786054750832</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Küplücedeki Köşk</t>
+          <t>Deftername</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>335</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9789756444368</t>
+          <t>9789757663362</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Kültür Köprüsü</t>
+          <t>Yusufcuk</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>400</v>
+        <v>235</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9789757663768</t>
+          <t>9789757663355</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Tarih ve Tasavvuf Sohbetleri</t>
+          <t>Yolcu Nereye Gidiyorsun</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>285</v>
+        <v>420</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9789757663980</t>
+          <t>9789757663706</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Tanburi Cemil’in Hayatı</t>
+          <t>Yeryüzünde Birkaç Adım</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9789756444054</t>
+          <t>9789757663164</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Türk - Rus Münasebetleri ve Muharebeleri</t>
+          <t>Yaşayan Ölü</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>325</v>
+        <v>285</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9789757663928</t>
+          <t>9789756444092</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Son Menzil</t>
+          <t>Üsküdar’ın Üç Sırlısı</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>285</v>
+        <v>230</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9789757663638</t>
+          <t>9789757663799</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Sohbetler (Ciltli)</t>
+          <t>Ülker Fırtınası</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>725</v>
+        <v>325</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9789757663720</t>
+          <t>9789757663072</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Portreler Hatıralar</t>
+          <t>Türk Tezyini San'atlarında Motifler</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>425</v>
+        <v>750</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9789756444696</t>
+          <t>9786054750818</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Paşa Hanım</t>
+          <t>Müzehhip Muhsin Demironat 1907 - 1983 (Ciltli)</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>335</v>
+        <v>2750</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9789756444375</t>
+          <t>9786054750825</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Ne İdik Ne Olduk</t>
+          <t>Yetmişinden Sonra Akılda Kalanlar</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>330</v>
+        <v>375</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9789756444153</t>
+          <t>9786054750801</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Mülakatlar</t>
+          <t>Hattat Yesarizade Mustafa İzzet’in İstanbul Kitabeleri</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>420</v>
+        <v>500</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9789756444726</t>
+          <t>9786054750795</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Murakka’-ı Has</t>
+          <t>Neye Beyhude Emekler…</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>400</v>
+        <v>240</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9789757663676</t>
+          <t>9786054750788</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Misyonerlik Karşısında Türkiye</t>
+          <t>Sen Onu Kaybettin</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>265</v>
+        <v>330</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9789757663218</t>
+          <t>9786054750771</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Kölelikten Efendiliğe</t>
+          <t>Tevhit Bilgisi</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>190</v>
+        <v>375</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9789756444511</t>
+          <t>9786054750757</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Kitaplar ve Portreler</t>
+          <t>Süheyl Ünver Defterleri: Alemdağı Hatıraları, Saraçlarname ve Geyvename</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>380</v>
+        <v>700</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9789756444061</t>
+          <t>9786054750733</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Geceleri</t>
+          <t>Süheyl Ünver’in İran Defterleri 3 - Tahran ve Persepolis Seyahatnamesi</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>330</v>
+        <v>725</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9789757663683</t>
+          <t>9786054750740</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>İnsan ve Şeytan</t>
+          <t>Süheyl Ünver’in İran Defterleri 2 - Şeyh Sa’di Defterleri ve Şiraz Seyahatnamesi</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>325</v>
+        <v>700</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9789756444610</t>
+          <t>9786054750696</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>İman ve Yaşama Üslubu</t>
+          <t>Süheyl Ünver'in Mısır Defteri - Mısır-name</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>300</v>
+        <v>725</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9789757663010</t>
+          <t>9786054750719</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Hancı</t>
+          <t>Süheyl Ünver'in Irak Defteri - Bağdad-name</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>235</v>
+        <v>700</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9789757663430</t>
+          <t>9786054750702</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Gençlerle Başbaşa</t>
+          <t>Süheyl Ünver'in İran Defterleri 1 - İran Seyahatnamesi</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>80</v>
+        <v>725</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9789757663751</t>
+          <t>9789756444283</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Sohbetleri</t>
+          <t>The Tulip in the 18th Century</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9789756444177</t>
+          <t>9789757663645</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Edebi ve Manevi Dünyası içinde Fatih</t>
+          <t>Şerhli Mesnevi-i Şerif (Ciltli)</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>335</v>
+        <v>725</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9789757663553</t>
+          <t>9789757663843</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Dile Gelen Taş</t>
+          <t>Ratibe</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>270</v>
+        <v>335</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9789756444108</t>
+          <t>9786054750283</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Devlet ve Devlet Terbiyesi</t>
+          <t>Memleket Sevdası</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>325</v>
+        <v>120</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9789757663737</t>
+          <t>9789754750546</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Çölde Biten Rahmet Ağacı</t>
+          <t>İbrahim Efendi Konağı (50. Yıl Özel Baskı)</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>215</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9789756444788</t>
+          <t>9786054750726</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Çaybaşı’ndan Manisa’ya</t>
+          <t>Mektuplar - 13</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>75</v>
+        <v>275</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9789757663546</t>
+          <t>9786054750689</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Ciğerdelen</t>
+          <t>Mektuplar 12</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>335</v>
+        <v>275</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9789757663881</t>
+          <t>9786054750665</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Boğaziçi’nde Tarih</t>
+          <t>Mektuplar - 11</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9789757663621</t>
+          <t>9786054750641</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Bir Dünyadan Bir Dünyaya</t>
+          <t>Ömrümün Bereketi: 4</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>270</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786054750009</t>
+          <t>9786054750658</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Bir Dağdan Bir Dağa</t>
+          <t>Kubbealtı Vakfı Yazma Eserler Kataloğu (Ciltli)</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>230</v>
+        <v>5500</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9789757663690</t>
+          <t>9789756444948</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Batmayan Gün</t>
+          <t>Catalogue of the Manuscripts in the Collection of the Kubbealtı Foundation (Ciltli)</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>335</v>
+        <v>5750</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9789756444191</t>
+          <t>9786054750603</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Bağ Bozumu</t>
+          <t>Türk Tezyinatını Canlandıran Adam Feyzullah Dayıgil 1910 – 1949 - The Man Who Revived Turkish Decorative Arts</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>335</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9789757663157</t>
+          <t>9786054750634</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Ateş Ağacı</t>
+          <t>Mehmed Şevki Efendi’nin Sülüs Nesih Meşk Murakkaı ve Elif Kasidesi</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>270</v>
+        <v>425</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9789756444450</t>
+          <t>9786054750597</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Arkamızda Dönen Dolaplar</t>
+          <t>Açıklamalı Osmanlı Fetvaları 4 Fetava-yı Ebüssu’üd Fatih Nüshası (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>335</v>
+        <v>500</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
+          <t>9786054750573</t>
+        </is>
+      </c>
+      <c r="B157" s="1" t="inlineStr">
+        <is>
+          <t>Saadet Güldaş’ın Arşivindeki Musiki Sohbetleri</t>
+        </is>
+      </c>
+      <c r="C157" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="158" spans="1:3">
+      <c r="A158" s="1" t="inlineStr">
+        <is>
+          <t>9789757663263</t>
+        </is>
+      </c>
+      <c r="B158" s="1" t="inlineStr">
+        <is>
+          <t>Üsküdar’da Bir Attar Dükkanı</t>
+        </is>
+      </c>
+      <c r="C158" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="159" spans="1:3">
+      <c r="A159" s="1" t="inlineStr">
+        <is>
+          <t>9786054750362</t>
+        </is>
+      </c>
+      <c r="B159" s="1" t="inlineStr">
+        <is>
+          <t>Boğaziçi'nde Tarih (50. Yıl Özel Baskı)</t>
+        </is>
+      </c>
+      <c r="C159" s="1">
+        <v>575</v>
+      </c>
+    </row>
+    <row r="160" spans="1:3">
+      <c r="A160" s="1" t="inlineStr">
+        <is>
+          <t>9789757663812</t>
+        </is>
+      </c>
+      <c r="B160" s="1" t="inlineStr">
+        <is>
+          <t>İstanbul Geceleri (50. Yıl Özel Baskı)</t>
+        </is>
+      </c>
+      <c r="C160" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="161" spans="1:3">
+      <c r="A161" s="1" t="inlineStr">
+        <is>
+          <t>9786054750566</t>
+        </is>
+      </c>
+      <c r="B161" s="1" t="inlineStr">
+        <is>
+          <t>Mektuplar 10 - İlim Fikir ve Sanat Adamları</t>
+        </is>
+      </c>
+      <c r="C161" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="162" spans="1:3">
+      <c r="A162" s="1" t="inlineStr">
+        <is>
+          <t>9786054750290</t>
+        </is>
+      </c>
+      <c r="B162" s="1" t="inlineStr">
+        <is>
+          <t>Ömrümün Bereketi: 3</t>
+        </is>
+      </c>
+      <c r="C162" s="1">
+        <v>1200</v>
+      </c>
+    </row>
+    <row r="163" spans="1:3">
+      <c r="A163" s="1" t="inlineStr">
+        <is>
+          <t>9786054750511</t>
+        </is>
+      </c>
+      <c r="B163" s="1" t="inlineStr">
+        <is>
+          <t>Hat Sanatı Tarihi (Ciltsiz 2 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C163" s="1">
+        <v>4250</v>
+      </c>
+    </row>
+    <row r="164" spans="1:3">
+      <c r="A164" s="1" t="inlineStr">
+        <is>
+          <t>9786054750481</t>
+        </is>
+      </c>
+      <c r="B164" s="1" t="inlineStr">
+        <is>
+          <t>Hat Sanatı Tarihi (Ciltli 2 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C164" s="1">
+        <v>5000</v>
+      </c>
+    </row>
+    <row r="165" spans="1:3">
+      <c r="A165" s="1" t="inlineStr">
+        <is>
+          <t>9786054750474</t>
+        </is>
+      </c>
+      <c r="B165" s="1" t="inlineStr">
+        <is>
+          <t>40 Levha 40 Yorum (Özel Baskı)</t>
+        </is>
+      </c>
+      <c r="C165" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="166" spans="1:3">
+      <c r="A166" s="1" t="inlineStr">
+        <is>
+          <t>9786054750450</t>
+        </is>
+      </c>
+      <c r="B166" s="1" t="inlineStr">
+        <is>
+          <t>Ömrümün Bereketi: 2</t>
+        </is>
+      </c>
+      <c r="C166" s="1">
+        <v>1300</v>
+      </c>
+    </row>
+    <row r="167" spans="1:3">
+      <c r="A167" s="1" t="inlineStr">
+        <is>
+          <t>9786054750429</t>
+        </is>
+      </c>
+      <c r="B167" s="1" t="inlineStr">
+        <is>
+          <t>Mektuplar - 8</t>
+        </is>
+      </c>
+      <c r="C167" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="168" spans="1:3">
+      <c r="A168" s="1" t="inlineStr">
+        <is>
+          <t>9786054750436</t>
+        </is>
+      </c>
+      <c r="B168" s="1" t="inlineStr">
+        <is>
+          <t>Mektuplar - 9</t>
+        </is>
+      </c>
+      <c r="C168" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="169" spans="1:3">
+      <c r="A169" s="1" t="inlineStr">
+        <is>
+          <t>9786054750412</t>
+        </is>
+      </c>
+      <c r="B169" s="1" t="inlineStr">
+        <is>
+          <t>Mızrabı Yayı ve Kalemiyle Mesud Cemil</t>
+        </is>
+      </c>
+      <c r="C169" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="170" spans="1:3">
+      <c r="A170" s="1" t="inlineStr">
+        <is>
+          <t>9786054750405</t>
+        </is>
+      </c>
+      <c r="B170" s="1" t="inlineStr">
+        <is>
+          <t>Klasik Devir Türk Tezyini Sanatlarında Desen</t>
+        </is>
+      </c>
+      <c r="C170" s="1">
+        <v>1700</v>
+      </c>
+    </row>
+    <row r="171" spans="1:3">
+      <c r="A171" s="1" t="inlineStr">
+        <is>
+          <t>9786054750399</t>
+        </is>
+      </c>
+      <c r="B171" s="1" t="inlineStr">
+        <is>
+          <t>Çağ ve Hakikat</t>
+        </is>
+      </c>
+      <c r="C171" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="172" spans="1:3">
+      <c r="A172" s="1" t="inlineStr">
+        <is>
+          <t>9786054750382</t>
+        </is>
+      </c>
+      <c r="B172" s="1" t="inlineStr">
+        <is>
+          <t>Gurbetname</t>
+        </is>
+      </c>
+      <c r="C172" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="173" spans="1:3">
+      <c r="A173" s="1" t="inlineStr">
+        <is>
+          <t>9786054750344</t>
+        </is>
+      </c>
+      <c r="B173" s="1" t="inlineStr">
+        <is>
+          <t>Yüz Yıllık Metinlerle Tanburi Cemil Bey</t>
+        </is>
+      </c>
+      <c r="C173" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="174" spans="1:3">
+      <c r="A174" s="1" t="inlineStr">
+        <is>
+          <t>9786054750313</t>
+        </is>
+      </c>
+      <c r="B174" s="1" t="inlineStr">
+        <is>
+          <t>Mektuplar - 7 / 1 - 2</t>
+        </is>
+      </c>
+      <c r="C174" s="1">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="175" spans="1:3">
+      <c r="A175" s="1" t="inlineStr">
+        <is>
+          <t>9786054750306</t>
+        </is>
+      </c>
+      <c r="B175" s="1" t="inlineStr">
+        <is>
+          <t>Halim Efendi'nin Meşk Mecmuası</t>
+        </is>
+      </c>
+      <c r="C175" s="1">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="176" spans="1:3">
+      <c r="A176" s="1" t="inlineStr">
+        <is>
+          <t>9786054750269</t>
+        </is>
+      </c>
+      <c r="B176" s="1" t="inlineStr">
+        <is>
+          <t>Mektuplar - 6</t>
+        </is>
+      </c>
+      <c r="C176" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="177" spans="1:3">
+      <c r="A177" s="1" t="inlineStr">
+        <is>
+          <t>9786054750252</t>
+        </is>
+      </c>
+      <c r="B177" s="1" t="inlineStr">
+        <is>
+          <t>Mektuplar - 5</t>
+        </is>
+      </c>
+      <c r="C177" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="178" spans="1:3">
+      <c r="A178" s="1" t="inlineStr">
+        <is>
+          <t>9786054750245</t>
+        </is>
+      </c>
+      <c r="B178" s="1" t="inlineStr">
+        <is>
+          <t>Mektuplar - 4</t>
+        </is>
+      </c>
+      <c r="C178" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="179" spans="1:3">
+      <c r="A179" s="1" t="inlineStr">
+        <is>
+          <t>9786054750238</t>
+        </is>
+      </c>
+      <c r="B179" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı Türkçesi Seçme Metinler</t>
+        </is>
+      </c>
+      <c r="C179" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="180" spans="1:3">
+      <c r="A180" s="1" t="inlineStr">
+        <is>
+          <t>9786054750207</t>
+        </is>
+      </c>
+      <c r="B180" s="1" t="inlineStr">
+        <is>
+          <t>Mektuplar-3</t>
+        </is>
+      </c>
+      <c r="C180" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="181" spans="1:3">
+      <c r="A181" s="1" t="inlineStr">
+        <is>
+          <t>9786054750221</t>
+        </is>
+      </c>
+      <c r="B181" s="1" t="inlineStr">
+        <is>
+          <t>İthaflar</t>
+        </is>
+      </c>
+      <c r="C181" s="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="182" spans="1:3">
+      <c r="A182" s="1" t="inlineStr">
+        <is>
+          <t>9789756444757</t>
+        </is>
+      </c>
+      <c r="B182" s="1" t="inlineStr">
+        <is>
+          <t>Ebabil Kuşları</t>
+        </is>
+      </c>
+      <c r="C182" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="183" spans="1:3">
+      <c r="A183" s="1" t="inlineStr">
+        <is>
+          <t>9789756444313</t>
+        </is>
+      </c>
+      <c r="B183" s="1" t="inlineStr">
+        <is>
+          <t>Dünden Bugüne Ne Kalmıştır</t>
+        </is>
+      </c>
+      <c r="C183" s="1">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="184" spans="1:3">
+      <c r="A184" s="1" t="inlineStr">
+        <is>
+          <t>9789757663195</t>
+        </is>
+      </c>
+      <c r="B184" s="1" t="inlineStr">
+        <is>
+          <t>Dost</t>
+        </is>
+      </c>
+      <c r="C184" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="185" spans="1:3">
+      <c r="A185" s="1" t="inlineStr">
+        <is>
+          <t>9789757663782</t>
+        </is>
+      </c>
+      <c r="B185" s="1" t="inlineStr">
+        <is>
+          <t>Dineyri Papazı</t>
+        </is>
+      </c>
+      <c r="C185" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="186" spans="1:3">
+      <c r="A186" s="1" t="inlineStr">
+        <is>
+          <t>9789757663485</t>
+        </is>
+      </c>
+      <c r="B186" s="1" t="inlineStr">
+        <is>
+          <t>Din ve Laiklik</t>
+        </is>
+      </c>
+      <c r="C186" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="187" spans="1:3">
+      <c r="A187" s="1" t="inlineStr">
+        <is>
+          <t>9786054750191</t>
+        </is>
+      </c>
+      <c r="B187" s="1" t="inlineStr">
+        <is>
+          <t>Mektuplar 2</t>
+        </is>
+      </c>
+      <c r="C187" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="188" spans="1:3">
+      <c r="A188" s="1" t="inlineStr">
+        <is>
+          <t>9786054750184</t>
+        </is>
+      </c>
+      <c r="B188" s="1" t="inlineStr">
+        <is>
+          <t>Mektuplar - 1</t>
+        </is>
+      </c>
+      <c r="C188" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="189" spans="1:3">
+      <c r="A189" s="1" t="inlineStr">
+        <is>
+          <t>9789757663539</t>
+        </is>
+      </c>
+      <c r="B189" s="1" t="inlineStr">
+        <is>
+          <t>Hulusi Efendi'nin Ta'lik Meşk Murakkaı</t>
+        </is>
+      </c>
+      <c r="C189" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="190" spans="1:3">
+      <c r="A190" s="1" t="inlineStr">
+        <is>
+          <t>9789757663874</t>
+        </is>
+      </c>
+      <c r="B190" s="1" t="inlineStr">
+        <is>
+          <t>Hey Gidi Günler Hey</t>
+        </is>
+      </c>
+      <c r="C190" s="1">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="191" spans="1:3">
+      <c r="A191" s="1" t="inlineStr">
+        <is>
+          <t>9789757663454</t>
+        </is>
+      </c>
+      <c r="B191" s="1" t="inlineStr">
+        <is>
+          <t>Hatıralarla Başbaşa</t>
+        </is>
+      </c>
+      <c r="C191" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="192" spans="1:3">
+      <c r="A192" s="1" t="inlineStr">
+        <is>
+          <t>9789756444146</t>
+        </is>
+      </c>
+      <c r="B192" s="1" t="inlineStr">
+        <is>
+          <t>Hatıralar</t>
+        </is>
+      </c>
+      <c r="C192" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="193" spans="1:3">
+      <c r="A193" s="1" t="inlineStr">
+        <is>
+          <t>9789756444542</t>
+        </is>
+      </c>
+      <c r="B193" s="1" t="inlineStr">
+        <is>
+          <t>Hasretini Çektiğim Üsküdar</t>
+        </is>
+      </c>
+      <c r="C193" s="1">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="194" spans="1:3">
+      <c r="A194" s="1" t="inlineStr">
+        <is>
+          <t>9786054750122</t>
+        </is>
+      </c>
+      <c r="B194" s="1" t="inlineStr">
+        <is>
+          <t>Sinan’ın Günlüğü</t>
+        </is>
+      </c>
+      <c r="C194" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="195" spans="1:3">
+      <c r="A195" s="1" t="inlineStr">
+        <is>
+          <t>9789756444122</t>
+        </is>
+      </c>
+      <c r="B195" s="1" t="inlineStr">
+        <is>
+          <t>Üsküdar Ah Üsküdar</t>
+        </is>
+      </c>
+      <c r="C195" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="196" spans="1:3">
+      <c r="A196" s="1" t="inlineStr">
+        <is>
+          <t>9789756444214</t>
+        </is>
+      </c>
+      <c r="B196" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye’nin Ermeni Meselesi</t>
+        </is>
+      </c>
+      <c r="C196" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="197" spans="1:3">
+      <c r="A197" s="1" t="inlineStr">
+        <is>
+          <t>9789757663911</t>
+        </is>
+      </c>
+      <c r="B197" s="1" t="inlineStr">
+        <is>
+          <t>Milli Kültür Mes’eleleri ve Maarif Davamız</t>
+        </is>
+      </c>
+      <c r="C197" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="198" spans="1:3">
+      <c r="A198" s="1" t="inlineStr">
+        <is>
+          <t>9789757663591</t>
+        </is>
+      </c>
+      <c r="B198" s="1" t="inlineStr">
+        <is>
+          <t>Mesihpaşa İmamı</t>
+        </is>
+      </c>
+      <c r="C198" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="199" spans="1:3">
+      <c r="A199" s="1" t="inlineStr">
+        <is>
+          <t>9789756444818</t>
+        </is>
+      </c>
+      <c r="B199" s="1" t="inlineStr">
+        <is>
+          <t>Mektuplardan Gelen Ses</t>
+        </is>
+      </c>
+      <c r="C199" s="1">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="200" spans="1:3">
+      <c r="A200" s="1" t="inlineStr">
+        <is>
+          <t>9789756444658</t>
+        </is>
+      </c>
+      <c r="B200" s="1" t="inlineStr">
+        <is>
+          <t>Mehmed Akif</t>
+        </is>
+      </c>
+      <c r="C200" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="201" spans="1:3">
+      <c r="A201" s="1" t="inlineStr">
+        <is>
+          <t>9789756444016</t>
+        </is>
+      </c>
+      <c r="B201" s="1" t="inlineStr">
+        <is>
+          <t>İki Aşina</t>
+        </is>
+      </c>
+      <c r="C201" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="202" spans="1:3">
+      <c r="A202" s="1" t="inlineStr">
+        <is>
+          <t>9789757663478</t>
+        </is>
+      </c>
+      <c r="B202" s="1" t="inlineStr">
+        <is>
+          <t>İbrahim Efendi Konağı</t>
+        </is>
+      </c>
+      <c r="C202" s="1">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="203" spans="1:3">
+      <c r="A203" s="1" t="inlineStr">
+        <is>
+          <t>9789757663959</t>
+        </is>
+      </c>
+      <c r="B203" s="1" t="inlineStr">
+        <is>
+          <t>Ken’an Rifai ve Yirminci Asrın Işığında Müslümanlık</t>
+        </is>
+      </c>
+      <c r="C203" s="1">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="204" spans="1:3">
+      <c r="A204" s="1" t="inlineStr">
+        <is>
+          <t>9789757663331</t>
+        </is>
+      </c>
+      <c r="B204" s="1" t="inlineStr">
+        <is>
+          <t>Kazasker Mustafa İzzet Efendi’nin Meşk Murakkai (Sülüs ve Nesih)</t>
+        </is>
+      </c>
+      <c r="C204" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="205" spans="1:3">
+      <c r="A205" s="1" t="inlineStr">
+        <is>
+          <t>9789756444641</t>
+        </is>
+      </c>
+      <c r="B205" s="1" t="inlineStr">
+        <is>
+          <t>Kaybolan Anahtar</t>
+        </is>
+      </c>
+      <c r="C205" s="1">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="206" spans="1:3">
+      <c r="A206" s="1" t="inlineStr">
+        <is>
+          <t>9789757663744</t>
+        </is>
+      </c>
+      <c r="B206" s="1" t="inlineStr">
+        <is>
+          <t>Kadıköyü’nün Romanı</t>
+        </is>
+      </c>
+      <c r="C206" s="1">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="207" spans="1:3">
+      <c r="A207" s="1" t="inlineStr">
+        <is>
+          <t>9789756444634</t>
+        </is>
+      </c>
+      <c r="B207" s="1" t="inlineStr">
+        <is>
+          <t>İstanbul’a Dair</t>
+        </is>
+      </c>
+      <c r="C207" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="208" spans="1:3">
+      <c r="A208" s="1" t="inlineStr">
+        <is>
+          <t>9789756444849</t>
+        </is>
+      </c>
+      <c r="B208" s="1" t="inlineStr">
+        <is>
+          <t>Ömrümün Bereketi: 1</t>
+        </is>
+      </c>
+      <c r="C208" s="1">
+        <v>1300</v>
+      </c>
+    </row>
+    <row r="209" spans="1:3">
+      <c r="A209" s="1" t="inlineStr">
+        <is>
+          <t>9786054750016</t>
+        </is>
+      </c>
+      <c r="B209" s="1" t="inlineStr">
+        <is>
+          <t>O da Bana Kalsın</t>
+        </is>
+      </c>
+      <c r="C209" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="210" spans="1:3">
+      <c r="A210" s="1" t="inlineStr">
+        <is>
+          <t>9789756444085</t>
+        </is>
+      </c>
+      <c r="B210" s="1" t="inlineStr">
+        <is>
+          <t>Nevzat Atlığ Musikimizle Övünmemiz İçin</t>
+        </is>
+      </c>
+      <c r="C210" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="211" spans="1:3">
+      <c r="A211" s="1" t="inlineStr">
+        <is>
+          <t>9786054750115</t>
+        </is>
+      </c>
+      <c r="B211" s="1" t="inlineStr">
+        <is>
+          <t>Hulefa-yı Raşidin Devri</t>
+        </is>
+      </c>
+      <c r="C211" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="212" spans="1:3">
+      <c r="A212" s="1" t="inlineStr">
+        <is>
+          <t>9789757663225</t>
+        </is>
+      </c>
+      <c r="B212" s="1" t="inlineStr">
+        <is>
+          <t>Abide Şahsiyetler</t>
+        </is>
+      </c>
+      <c r="C212" s="1">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="213" spans="1:3">
+      <c r="A213" s="1" t="inlineStr">
+        <is>
+          <t>9789756444337</t>
+        </is>
+      </c>
+      <c r="B213" s="1" t="inlineStr">
+        <is>
+          <t>27 Mayıs İhtilali ve Sebepleri</t>
+        </is>
+      </c>
+      <c r="C213" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="214" spans="1:3">
+      <c r="A214" s="1" t="inlineStr">
+        <is>
+          <t>9789757663775</t>
+        </is>
+      </c>
+      <c r="B214" s="1" t="inlineStr">
+        <is>
+          <t>Türkçe'nin Sırları</t>
+        </is>
+      </c>
+      <c r="C214" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="215" spans="1:3">
+      <c r="A215" s="1" t="inlineStr">
+        <is>
+          <t>9789757663836</t>
+        </is>
+      </c>
+      <c r="B215" s="1" t="inlineStr">
+        <is>
+          <t>Gel de Çık İşin İçinden</t>
+        </is>
+      </c>
+      <c r="C215" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="216" spans="1:3">
+      <c r="A216" s="1" t="inlineStr">
+        <is>
+          <t>9789757663447</t>
+        </is>
+      </c>
+      <c r="B216" s="1" t="inlineStr">
+        <is>
+          <t>Geçmiş Zaman Olur Ki</t>
+        </is>
+      </c>
+      <c r="C216" s="1">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="217" spans="1:3">
+      <c r="A217" s="1" t="inlineStr">
+        <is>
+          <t>9789756444351</t>
+        </is>
+      </c>
+      <c r="B217" s="1" t="inlineStr">
+        <is>
+          <t>Galatasarayı Mekteb-i Sultanisi’nde Sekiz Yılım</t>
+        </is>
+      </c>
+      <c r="C217" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="218" spans="1:3">
+      <c r="A218" s="1" t="inlineStr">
+        <is>
+          <t>9789757663935</t>
+        </is>
+      </c>
+      <c r="B218" s="1" t="inlineStr">
+        <is>
+          <t>Ezeli Dostlar</t>
+        </is>
+      </c>
+      <c r="C218" s="1">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="219" spans="1:3">
+      <c r="A219" s="1" t="inlineStr">
+        <is>
+          <t>9786054750061</t>
+        </is>
+      </c>
+      <c r="B219" s="1" t="inlineStr">
+        <is>
+          <t>Üç Günlük Dünya İçin</t>
+        </is>
+      </c>
+      <c r="C219" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="220" spans="1:3">
+      <c r="A220" s="1" t="inlineStr">
+        <is>
+          <t>9789756444481</t>
+        </is>
+      </c>
+      <c r="B220" s="1" t="inlineStr">
+        <is>
+          <t>Rühan</t>
+        </is>
+      </c>
+      <c r="C220" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="221" spans="1:3">
+      <c r="A221" s="1" t="inlineStr">
+        <is>
+          <t>9789756444986</t>
+        </is>
+      </c>
+      <c r="B221" s="1" t="inlineStr">
+        <is>
+          <t>Rıza Tevfik’ten Eşi Nazlı Hanım’a Mektuplar</t>
+        </is>
+      </c>
+      <c r="C221" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="222" spans="1:3">
+      <c r="A222" s="1" t="inlineStr">
+        <is>
+          <t>9789756444665</t>
+        </is>
+      </c>
+      <c r="B222" s="1" t="inlineStr">
+        <is>
+          <t>Rahmet Kapısı</t>
+        </is>
+      </c>
+      <c r="C222" s="1">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="223" spans="1:3">
+      <c r="A223" s="1" t="inlineStr">
+        <is>
+          <t>9789757663867</t>
+        </is>
+      </c>
+      <c r="B223" s="1" t="inlineStr">
+        <is>
+          <t>Makaleler</t>
+        </is>
+      </c>
+      <c r="C223" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="224" spans="1:3">
+      <c r="A224" s="1" t="inlineStr">
+        <is>
+          <t>9789757663256</t>
+        </is>
+      </c>
+      <c r="B224" s="1" t="inlineStr">
+        <is>
+          <t>Mabette Bir Gece</t>
+        </is>
+      </c>
+      <c r="C224" s="1">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="225" spans="1:3">
+      <c r="A225" s="1" t="inlineStr">
+        <is>
+          <t>9789756444740</t>
+        </is>
+      </c>
+      <c r="B225" s="1" t="inlineStr">
+        <is>
+          <t>Leylak Mevsimi</t>
+        </is>
+      </c>
+      <c r="C225" s="1">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="226" spans="1:3">
+      <c r="A226" s="1" t="inlineStr">
+        <is>
+          <t>9789756444252</t>
+        </is>
+      </c>
+      <c r="B226" s="1" t="inlineStr">
+        <is>
+          <t>Küplücedeki Köşk</t>
+        </is>
+      </c>
+      <c r="C226" s="1">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="227" spans="1:3">
+      <c r="A227" s="1" t="inlineStr">
+        <is>
+          <t>9789756444368</t>
+        </is>
+      </c>
+      <c r="B227" s="1" t="inlineStr">
+        <is>
+          <t>Kültür Köprüsü</t>
+        </is>
+      </c>
+      <c r="C227" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="228" spans="1:3">
+      <c r="A228" s="1" t="inlineStr">
+        <is>
+          <t>9789757663768</t>
+        </is>
+      </c>
+      <c r="B228" s="1" t="inlineStr">
+        <is>
+          <t>Tarih ve Tasavvuf Sohbetleri</t>
+        </is>
+      </c>
+      <c r="C228" s="1">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="229" spans="1:3">
+      <c r="A229" s="1" t="inlineStr">
+        <is>
+          <t>9789757663980</t>
+        </is>
+      </c>
+      <c r="B229" s="1" t="inlineStr">
+        <is>
+          <t>Tanburi Cemil’in Hayatı</t>
+        </is>
+      </c>
+      <c r="C229" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="230" spans="1:3">
+      <c r="A230" s="1" t="inlineStr">
+        <is>
+          <t>9789756444054</t>
+        </is>
+      </c>
+      <c r="B230" s="1" t="inlineStr">
+        <is>
+          <t>Türk - Rus Münasebetleri ve Muharebeleri</t>
+        </is>
+      </c>
+      <c r="C230" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="231" spans="1:3">
+      <c r="A231" s="1" t="inlineStr">
+        <is>
+          <t>9789757663928</t>
+        </is>
+      </c>
+      <c r="B231" s="1" t="inlineStr">
+        <is>
+          <t>Son Menzil</t>
+        </is>
+      </c>
+      <c r="C231" s="1">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="232" spans="1:3">
+      <c r="A232" s="1" t="inlineStr">
+        <is>
+          <t>9789757663638</t>
+        </is>
+      </c>
+      <c r="B232" s="1" t="inlineStr">
+        <is>
+          <t>Sohbetler (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C232" s="1">
+        <v>725</v>
+      </c>
+    </row>
+    <row r="233" spans="1:3">
+      <c r="A233" s="1" t="inlineStr">
+        <is>
+          <t>9789757663720</t>
+        </is>
+      </c>
+      <c r="B233" s="1" t="inlineStr">
+        <is>
+          <t>Portreler Hatıralar</t>
+        </is>
+      </c>
+      <c r="C233" s="1">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="234" spans="1:3">
+      <c r="A234" s="1" t="inlineStr">
+        <is>
+          <t>9789756444696</t>
+        </is>
+      </c>
+      <c r="B234" s="1" t="inlineStr">
+        <is>
+          <t>Paşa Hanım</t>
+        </is>
+      </c>
+      <c r="C234" s="1">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="235" spans="1:3">
+      <c r="A235" s="1" t="inlineStr">
+        <is>
+          <t>9789756444375</t>
+        </is>
+      </c>
+      <c r="B235" s="1" t="inlineStr">
+        <is>
+          <t>Ne İdik Ne Olduk</t>
+        </is>
+      </c>
+      <c r="C235" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="236" spans="1:3">
+      <c r="A236" s="1" t="inlineStr">
+        <is>
+          <t>9789756444153</t>
+        </is>
+      </c>
+      <c r="B236" s="1" t="inlineStr">
+        <is>
+          <t>Mülakatlar</t>
+        </is>
+      </c>
+      <c r="C236" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="237" spans="1:3">
+      <c r="A237" s="1" t="inlineStr">
+        <is>
+          <t>9789756444726</t>
+        </is>
+      </c>
+      <c r="B237" s="1" t="inlineStr">
+        <is>
+          <t>Murakka’-ı Has</t>
+        </is>
+      </c>
+      <c r="C237" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="238" spans="1:3">
+      <c r="A238" s="1" t="inlineStr">
+        <is>
+          <t>9789757663676</t>
+        </is>
+      </c>
+      <c r="B238" s="1" t="inlineStr">
+        <is>
+          <t>Misyonerlik Karşısında Türkiye</t>
+        </is>
+      </c>
+      <c r="C238" s="1">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="239" spans="1:3">
+      <c r="A239" s="1" t="inlineStr">
+        <is>
+          <t>9789757663218</t>
+        </is>
+      </c>
+      <c r="B239" s="1" t="inlineStr">
+        <is>
+          <t>Kölelikten Efendiliğe</t>
+        </is>
+      </c>
+      <c r="C239" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="240" spans="1:3">
+      <c r="A240" s="1" t="inlineStr">
+        <is>
+          <t>9789756444511</t>
+        </is>
+      </c>
+      <c r="B240" s="1" t="inlineStr">
+        <is>
+          <t>Kitaplar ve Portreler</t>
+        </is>
+      </c>
+      <c r="C240" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="241" spans="1:3">
+      <c r="A241" s="1" t="inlineStr">
+        <is>
+          <t>9789756444061</t>
+        </is>
+      </c>
+      <c r="B241" s="1" t="inlineStr">
+        <is>
+          <t>İstanbul Geceleri</t>
+        </is>
+      </c>
+      <c r="C241" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="242" spans="1:3">
+      <c r="A242" s="1" t="inlineStr">
+        <is>
+          <t>9789757663683</t>
+        </is>
+      </c>
+      <c r="B242" s="1" t="inlineStr">
+        <is>
+          <t>İnsan ve Şeytan</t>
+        </is>
+      </c>
+      <c r="C242" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="243" spans="1:3">
+      <c r="A243" s="1" t="inlineStr">
+        <is>
+          <t>9789756444610</t>
+        </is>
+      </c>
+      <c r="B243" s="1" t="inlineStr">
+        <is>
+          <t>İman ve Yaşama Üslubu</t>
+        </is>
+      </c>
+      <c r="C243" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="244" spans="1:3">
+      <c r="A244" s="1" t="inlineStr">
+        <is>
+          <t>9789757663010</t>
+        </is>
+      </c>
+      <c r="B244" s="1" t="inlineStr">
+        <is>
+          <t>Hancı</t>
+        </is>
+      </c>
+      <c r="C244" s="1">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="245" spans="1:3">
+      <c r="A245" s="1" t="inlineStr">
+        <is>
+          <t>9789757663430</t>
+        </is>
+      </c>
+      <c r="B245" s="1" t="inlineStr">
+        <is>
+          <t>Gençlerle Başbaşa</t>
+        </is>
+      </c>
+      <c r="C245" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="246" spans="1:3">
+      <c r="A246" s="1" t="inlineStr">
+        <is>
+          <t>9789757663751</t>
+        </is>
+      </c>
+      <c r="B246" s="1" t="inlineStr">
+        <is>
+          <t>Edebiyat Sohbetleri</t>
+        </is>
+      </c>
+      <c r="C246" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="247" spans="1:3">
+      <c r="A247" s="1" t="inlineStr">
+        <is>
+          <t>9789756444177</t>
+        </is>
+      </c>
+      <c r="B247" s="1" t="inlineStr">
+        <is>
+          <t>Edebi ve Manevi Dünyası içinde Fatih</t>
+        </is>
+      </c>
+      <c r="C247" s="1">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="248" spans="1:3">
+      <c r="A248" s="1" t="inlineStr">
+        <is>
+          <t>9789757663553</t>
+        </is>
+      </c>
+      <c r="B248" s="1" t="inlineStr">
+        <is>
+          <t>Dile Gelen Taş</t>
+        </is>
+      </c>
+      <c r="C248" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="249" spans="1:3">
+      <c r="A249" s="1" t="inlineStr">
+        <is>
+          <t>9789756444108</t>
+        </is>
+      </c>
+      <c r="B249" s="1" t="inlineStr">
+        <is>
+          <t>Devlet ve Devlet Terbiyesi</t>
+        </is>
+      </c>
+      <c r="C249" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="250" spans="1:3">
+      <c r="A250" s="1" t="inlineStr">
+        <is>
+          <t>9789757663737</t>
+        </is>
+      </c>
+      <c r="B250" s="1" t="inlineStr">
+        <is>
+          <t>Çölde Biten Rahmet Ağacı</t>
+        </is>
+      </c>
+      <c r="C250" s="1">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="251" spans="1:3">
+      <c r="A251" s="1" t="inlineStr">
+        <is>
+          <t>9789756444788</t>
+        </is>
+      </c>
+      <c r="B251" s="1" t="inlineStr">
+        <is>
+          <t>Çaybaşı’ndan Manisa’ya</t>
+        </is>
+      </c>
+      <c r="C251" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="252" spans="1:3">
+      <c r="A252" s="1" t="inlineStr">
+        <is>
+          <t>9789757663546</t>
+        </is>
+      </c>
+      <c r="B252" s="1" t="inlineStr">
+        <is>
+          <t>Ciğerdelen</t>
+        </is>
+      </c>
+      <c r="C252" s="1">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="253" spans="1:3">
+      <c r="A253" s="1" t="inlineStr">
+        <is>
+          <t>9789757663881</t>
+        </is>
+      </c>
+      <c r="B253" s="1" t="inlineStr">
+        <is>
+          <t>Boğaziçi’nde Tarih</t>
+        </is>
+      </c>
+      <c r="C253" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="254" spans="1:3">
+      <c r="A254" s="1" t="inlineStr">
+        <is>
+          <t>9789757663621</t>
+        </is>
+      </c>
+      <c r="B254" s="1" t="inlineStr">
+        <is>
+          <t>Bir Dünyadan Bir Dünyaya</t>
+        </is>
+      </c>
+      <c r="C254" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="255" spans="1:3">
+      <c r="A255" s="1" t="inlineStr">
+        <is>
+          <t>9786054750009</t>
+        </is>
+      </c>
+      <c r="B255" s="1" t="inlineStr">
+        <is>
+          <t>Bir Dağdan Bir Dağa</t>
+        </is>
+      </c>
+      <c r="C255" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="256" spans="1:3">
+      <c r="A256" s="1" t="inlineStr">
+        <is>
+          <t>9789757663690</t>
+        </is>
+      </c>
+      <c r="B256" s="1" t="inlineStr">
+        <is>
+          <t>Batmayan Gün</t>
+        </is>
+      </c>
+      <c r="C256" s="1">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="257" spans="1:3">
+      <c r="A257" s="1" t="inlineStr">
+        <is>
+          <t>9789756444191</t>
+        </is>
+      </c>
+      <c r="B257" s="1" t="inlineStr">
+        <is>
+          <t>Bağ Bozumu</t>
+        </is>
+      </c>
+      <c r="C257" s="1">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="258" spans="1:3">
+      <c r="A258" s="1" t="inlineStr">
+        <is>
+          <t>9789757663157</t>
+        </is>
+      </c>
+      <c r="B258" s="1" t="inlineStr">
+        <is>
+          <t>Ateş Ağacı</t>
+        </is>
+      </c>
+      <c r="C258" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="259" spans="1:3">
+      <c r="A259" s="1" t="inlineStr">
+        <is>
+          <t>9789756444450</t>
+        </is>
+      </c>
+      <c r="B259" s="1" t="inlineStr">
+        <is>
+          <t>Arkamızda Dönen Dolaplar</t>
+        </is>
+      </c>
+      <c r="C259" s="1">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="260" spans="1:3">
+      <c r="A260" s="1" t="inlineStr">
+        <is>
           <t>9789757663249</t>
         </is>
       </c>
-      <c r="B157" s="1" t="inlineStr">
+      <c r="B260" s="1" t="inlineStr">
         <is>
           <t>Ah Tuna Vah Tuna</t>
         </is>
       </c>
-      <c r="C157" s="1">
+      <c r="C260" s="1">
         <v>350</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>