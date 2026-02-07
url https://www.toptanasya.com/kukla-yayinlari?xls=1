--- v0 (2025-11-01)
+++ v1 (2026-02-07)
@@ -85,1405 +85,1465 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786052211885</t>
+          <t>9786052211151</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Sanat Etkinliklerim 5-6 Yaş</t>
+          <t>Matematiksiz Hayat Düşünemiyorum 4. Sınıf (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>149.9</v>
+        <v>95</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786052211878</t>
+          <t>9786052211182</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Sanat Etkinliklerim 3-4 Yaş</t>
+          <t>Şimdi Matematik Düşünsün 3. Sınıf (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>124.9</v>
+        <v>85</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786052211212</t>
+          <t>9786052211144</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Atasözleri Hikayeler</t>
+          <t>Kim Korkar Matematikten 2. Sınıf (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>79.9</v>
+        <v>75</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786052211205</t>
+          <t>9786056814600</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Deyimlerle Hikayeler</t>
+          <t>Okumaya Başlıyorum - Elakin Set (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>79.9</v>
+        <v>35</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786052211250</t>
+          <t>9786052211885</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcı Yazarlık</t>
+          <t>Sanat Etkinliklerim 5-6 Yaş</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>159.9</v>
+        <v>169.9</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786052211359</t>
+          <t>9786052211878</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Zeki Çocuklar Zeka Geliştirme +6 Yaş</t>
+          <t>Sanat Etkinliklerim 3-4 Yaş</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>64.9</v>
+        <v>139.9</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786052211366</t>
+          <t>9786052211212</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Zeki Çocuklar Zeka Geliştirme +5 Yaş</t>
+          <t>Atasözleri Hikayeler</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>64.9</v>
+        <v>79.9</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786052211373</t>
+          <t>9786052211205</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Zeki Çocuklar Zeka Geliştirme +4 Yaş</t>
+          <t>Deyimlerle Hikayeler</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>64.9</v>
+        <v>79.9</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786052211304</t>
+          <t>9786052211250</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Zeki Çocuklar Zeka Geliştirme +3 Yaş</t>
+          <t>Yaratıcı Yazarlık</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>64.9</v>
+        <v>159.9</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786052211380</t>
+          <t>9786052211359</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Çocuklar Görsel Algı Geliştirme 6+ Yaş</t>
+          <t>Zeki Çocuklar Zeka Geliştirme +6 Yaş</t>
         </is>
       </c>
       <c r="C11" s="1">
         <v>64.9</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786052211335</t>
+          <t>9786052211366</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Çocuklar Görsel Algı Geliştirme 4+ Yaş</t>
+          <t>Zeki Çocuklar Zeka Geliştirme +5 Yaş</t>
         </is>
       </c>
       <c r="C12" s="1">
         <v>64.9</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786052211397</t>
+          <t>9786052211373</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Çocuklar Görsel Algı Geliştirme 5+ Yaş</t>
+          <t>Zeki Çocuklar Zeka Geliştirme +4 Yaş</t>
         </is>
       </c>
       <c r="C13" s="1">
         <v>64.9</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786052211403</t>
+          <t>9786052211304</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Dikkatli Çocuklar Dikkat Geliştirme 6+ Yaş</t>
+          <t>Zeki Çocuklar Zeka Geliştirme +3 Yaş</t>
         </is>
       </c>
       <c r="C14" s="1">
         <v>64.9</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786052211410</t>
+          <t>9786052211380</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Dikkatli Çocuklar Dikkat Geliştirme 5+ Yaş</t>
+          <t>Meraklı Çocuklar Görsel Algı Geliştirme 6+ Yaş</t>
         </is>
       </c>
       <c r="C15" s="1">
         <v>64.9</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786052211328</t>
+          <t>9786052211335</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Dikkatli Çocuklar Dikkat Geliştirme 4+ Yaş</t>
+          <t>Meraklı Çocuklar Görsel Algı Geliştirme 4+ Yaş</t>
         </is>
       </c>
       <c r="C16" s="1">
         <v>64.9</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786052211342</t>
+          <t>9786052211397</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Dikkatli Çocuklar Dikkat Geliştirme 3+ Yaş</t>
+          <t>Meraklı Çocuklar Görsel Algı Geliştirme 5+ Yaş</t>
         </is>
       </c>
       <c r="C17" s="1">
         <v>64.9</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789755174747</t>
+          <t>9786052211403</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar Aleminin En Pır Pırı : Kelebek</t>
+          <t>Dikkatli Çocuklar Dikkat Geliştirme 6+ Yaş</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>59.9</v>
+        <v>64.9</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789755174761</t>
+          <t>9786052211410</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar Aleminin En Sadığı: Köpek</t>
+          <t>Dikkatli Çocuklar Dikkat Geliştirme 5+ Yaş</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>59.9</v>
+        <v>64.9</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789755174778</t>
+          <t>9786052211328</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar Aleminin En Sevimlisi : Panda</t>
+          <t>Dikkatli Çocuklar Dikkat Geliştirme 4+ Yaş</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>59.9</v>
+        <v>64.9</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789755174693</t>
+          <t>9786052211342</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar Aleminin En Kralı : Aslan</t>
+          <t>Dikkatli Çocuklar Dikkat Geliştirme 3+ Yaş</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>59.9</v>
+        <v>64.9</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789755174730</t>
+          <t>9789755174747</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar Aleminin En Miskini : Kedi</t>
+          <t>Hayvanlar Aleminin En Pır Pırı : Kelebek</t>
         </is>
       </c>
       <c r="C22" s="1">
         <v>59.9</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789755174808</t>
+          <t>9789755174761</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar Aleminin En Yavaşı : Tosbağa</t>
+          <t>Hayvanlar Aleminin En Sadığı: Köpek</t>
         </is>
       </c>
       <c r="C23" s="1">
         <v>59.9</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789755174792</t>
+          <t>9789755174778</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar Aleminin En Dişleği : Tavşan</t>
+          <t>Hayvanlar Aleminin En Sevimlisi : Panda</t>
         </is>
       </c>
       <c r="C24" s="1">
         <v>59.9</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786058184794</t>
+          <t>9789755174693</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Yaşantımız 4 Yaş ve Üstü - Çizgi Çizgi Etkinlik</t>
+          <t>Hayvanlar Aleminin En Kralı : Aslan</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>149.9</v>
+        <v>59.9</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786058184701</t>
+          <t>9789755174730</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Dünyamız ve Uzay 4+ Yaş - Çizgi Çizgi Etkinlik</t>
+          <t>Hayvanlar Aleminin En Miskini : Kedi</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>149.9</v>
+        <v>59.9</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786052211229</t>
+          <t>9789755174808</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf - Artık Okuyorum 10 Kitap (Renkli Heceli)</t>
+          <t>Hayvanlar Aleminin En Yavaşı : Tosbağa</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>199.9</v>
+        <v>59.9</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786052211830</t>
+          <t>9789755174792</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>7+ Yaş İlkokul Eğlenceli İngilizce - İngilizce Atölyesi 2. Kitap</t>
+          <t>Hayvanlar Aleminin En Dişleği : Tavşan</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>99.9</v>
+        <v>59.9</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786052211823</t>
+          <t>9786058184794</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>7+ Yaş İlkokul Eğlenceli İngilizce - İngilizce Atölyesi 1. Kitap</t>
+          <t>Yaşantımız 4 Yaş ve Üstü - Çizgi Çizgi Etkinlik</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>99.9</v>
+        <v>149.9</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786052211779</t>
+          <t>9786058184701</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>ZBG 5-6 Yaş Kavram Kitabım - Zihinsel Becerilerimi Geliştiriyorum</t>
+          <t>Dünyamız ve Uzay 4+ Yaş - Çizgi Çizgi Etkinlik</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>124.9</v>
+        <v>149.9</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786052211649</t>
+          <t>9786052211229</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>ZBG 5-6 Yaş Hafıza Kitabım - Zihinsel Becerilerimi Geliştiriyorum</t>
+          <t>1. Sınıf - Artık Okuyorum 10 Kitap (Renkli Heceli)</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>124.9</v>
+        <v>224.9</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786052211656</t>
+          <t>9786052211830</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>ZBG 5-6 Yaş Çizgi Kitabım - Zihinsel Becerilerimi Geliştiriyorum</t>
+          <t>7+ Yaş İlkokul Eğlenceli İngilizce - İngilizce Atölyesi 2. Kitap</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>124.9</v>
+        <v>99.9</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786052211755</t>
+          <t>9786052211823</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>ZBG 5-6 Yaş Bilişsel Etkinlikler Kitabım - Zihinsel Becerilerimi Geliştiriyorum</t>
+          <t>7+ Yaş İlkokul Eğlenceli İngilizce - İngilizce Atölyesi 1. Kitap</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>124.9</v>
+        <v>99.9</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786052211809</t>
+          <t>9786052211779</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>ZBG 3-4 Yaş Labirent Kitabım - Zihinsel Becerilerimi Geliştiriyorum</t>
+          <t>ZBG 5-6 Yaş Kavram Kitabım - Zihinsel Becerilerimi Geliştiriyorum</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>124.9</v>
+        <v>139.9</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786052211731</t>
+          <t>9786052211649</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>ZBG 3-4 Yaş Kavram Kitabım - Zihinsel Becerilerimi Geliştiriyorum</t>
+          <t>ZBG 5-6 Yaş Hafıza Kitabım - Zihinsel Becerilerimi Geliştiriyorum</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>124.9</v>
+        <v>139.9</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786052211632</t>
+          <t>9786052211656</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>ZBG 3-4 Yaş Hafıza Kitabım - Zihinsel Becerilerimi Geliştiriyorum</t>
+          <t>ZBG 5-6 Yaş Çizgi Kitabım - Zihinsel Becerilerimi Geliştiriyorum</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>124.9</v>
+        <v>139.9</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786052211724</t>
+          <t>9786052211755</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>ZBG 3-4 Yaş Dikkat Kitabım - Zihinsel Becerilerimi Geliştiriyorum</t>
+          <t>ZBG 5-6 Yaş Bilişsel Etkinlikler Kitabım - Zihinsel Becerilerimi Geliştiriyorum</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>124.9</v>
+        <v>139.9</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786052211663</t>
+          <t>9786052211809</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>ZBG 3-4 Yaş Çizgi Kitabım - Zihinsel Becerilerimi Geliştiriyorum</t>
+          <t>ZBG 3-4 Yaş Labirent Kitabım - Zihinsel Becerilerimi Geliştiriyorum</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>124.9</v>
+        <v>139.9</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786052211717</t>
+          <t>9786052211731</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>ZBG 3-4 Yaş Bilişsel Etkinlikler Kitabım</t>
+          <t>ZBG 3-4 Yaş Kavram Kitabım - Zihinsel Becerilerimi Geliştiriyorum</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>124.9</v>
+        <v>139.9</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786052211670</t>
+          <t>9786052211632</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>STEM-A 7+ Yaş Kodlama Çalışmalarım</t>
+          <t>ZBG 3-4 Yaş Hafıza Kitabım - Zihinsel Becerilerimi Geliştiriyorum</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>124.9</v>
+        <v>139.9</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786052211700</t>
+          <t>9786052211724</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>STEM-A 5-6 Yaş Kodlama Çalışmalarım</t>
+          <t>ZBG 3-4 Yaş Dikkat Kitabım - Zihinsel Becerilerimi Geliştiriyorum</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>124.9</v>
+        <v>139.9</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786052211694</t>
+          <t>9786052211663</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>STEM-A 3-4 Yaş Kodlama Çalışmalarım</t>
+          <t>ZBG 3-4 Yaş Çizgi Kitabım - Zihinsel Becerilerimi Geliştiriyorum</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>124.9</v>
+        <v>139.9</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786052211571</t>
+          <t>9786052211717</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>7+ Yaş İlkokul Eğlenceli Matematik Serisi - Çarpma</t>
+          <t>ZBG 3-4 Yaş Bilişsel Etkinlikler Kitabım</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>99.9</v>
+        <v>139.9</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786052211168</t>
+          <t>9786052211670</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Öykü Diyarı 4. Sınıf (10 Kitap Takım)</t>
+          <t>STEM-A 7+ Yaş Kodlama Çalışmalarım</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>449.9</v>
+        <v>139.9</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786052211762</t>
+          <t>9786052211700</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>ZBG 5-6 Yaş Dikkat Kitabım - Zihinsel Becerilerimi Geliştiriyorum</t>
+          <t>STEM-A 5-6 Yaş Kodlama Çalışmalarım</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>124.9</v>
+        <v>139.9</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786052211748</t>
+          <t>9786052211694</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>ZBG 3-4 Yaş Matematik Kitabım - Zihinsel Becerilerimi Geliştiriyorum</t>
+          <t>STEM-A 3-4 Yaş Kodlama Çalışmalarım</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>124.9</v>
+        <v>139.9</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786052211793</t>
+          <t>9786052211571</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>ZBG Her Güne 1 Aktivite-90 Aktivite - Zihinsel Becerilerimi Geliştiriyorum</t>
+          <t>7+ Yaş İlkokul Eğlenceli Matematik Serisi - Çarpma</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>174.9</v>
+        <v>149.9</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786052211687</t>
+          <t>9786052211168</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>ZBG Her Güne 1 Aktivite-60 Aktivite - Zihinsel Becerilerimi Geliştiriyorum</t>
+          <t>Öykü Diyarı 4. Sınıf (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>124.9</v>
+        <v>499.9</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786052211786</t>
+          <t>9786052211762</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>ZBG 5-6 Yaş Matematik Kitabım - Zihinsel Becerilerimi Geliştiriyorum</t>
+          <t>ZBG 5-6 Yaş Dikkat Kitabım - Zihinsel Becerilerimi Geliştiriyorum</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>124.9</v>
+        <v>139.9</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786052211816</t>
+          <t>9786052211748</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>ZBG 5-6 Yaş Labirent Kitabım - Zihinsel Becerilerimi Geliştiriyorum</t>
+          <t>ZBG 3-4 Yaş Matematik Kitabım - Zihinsel Becerilerimi Geliştiriyorum</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>124.9</v>
+        <v>139.9</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786052211618</t>
+          <t>9786052211793</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>7+ Yaş İlkokul Eğlenceli Matematik Serisi - Zihinden Matematik</t>
+          <t>ZBG Her Güne 1 Aktivite-90 Aktivite - Zihinsel Becerilerimi Geliştiriyorum</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>99.9</v>
+        <v>174.9</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786052211601</t>
+          <t>9786052211687</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>7+ Yaş İlkokul Eğlenceli Matematik Serisi - Saatler</t>
+          <t>ZBG Her Güne 1 Aktivite-60 Aktivite - Zihinsel Becerilerimi Geliştiriyorum</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>99.9</v>
+        <v>139.9</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786052211595</t>
+          <t>9786052211786</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>7+ Yaş İlkokul Eğlenceli Matematik Serisi - Temel Matematik</t>
+          <t>ZBG 5-6 Yaş Matematik Kitabım - Zihinsel Becerilerimi Geliştiriyorum</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>99.9</v>
+        <v>139.9</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786052211625</t>
+          <t>9786052211816</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>7+ Yaş İlkokul Eğlenceli Matematik Serisi - Toplama Çıkarma</t>
+          <t>ZBG 5-6 Yaş Labirent Kitabım - Zihinsel Becerilerimi Geliştiriyorum</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>99.9</v>
+        <v>139.9</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786052211588</t>
+          <t>9786052211618</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>7+ Yaş İlkokul Eğlenceli Matematik Serisi - Bölme</t>
+          <t>7+ Yaş İlkokul Eğlenceli Matematik Serisi - Zihinden Matematik</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>99.9</v>
+        <v>149.9</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786052211298</t>
+          <t>9786052211601</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım Robotik Kodlama 7+ Yaş</t>
+          <t>7+ Yaş İlkokul Eğlenceli Matematik Serisi - Saatler</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>124.9</v>
+        <v>149.9</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786052211281</t>
+          <t>9786052211595</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım Robotik Kodlama 9+ Yaş</t>
+          <t>7+ Yaş İlkokul Eğlenceli Matematik Serisi - Temel Matematik</t>
         </is>
       </c>
       <c r="C57" s="1">
         <v>149.9</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786052211533</t>
+          <t>9786052211625</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Evdeki Okulum / Çizgiler Kitabım 4+Yaş</t>
+          <t>7+ Yaş İlkokul Eğlenceli Matematik Serisi - Toplama Çıkarma</t>
         </is>
       </c>
       <c r="C58" s="1">
         <v>149.9</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786052211557</t>
+          <t>9786052211588</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Evdeki Okulum / Dikkat ve Algı Kitabım 4+ Yaş</t>
+          <t>7+ Yaş İlkokul Eğlenceli Matematik Serisi - Bölme</t>
         </is>
       </c>
       <c r="C59" s="1">
         <v>149.9</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786052211564</t>
+          <t>9786052211298</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Evdeki Okulum / Kavramlar Kitabım 4+ Yaş</t>
+          <t>Adım Adım Robotik Kodlama 7+ Yaş</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>149.9</v>
+        <v>139.9</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786052211526</t>
+          <t>9786052211281</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Evdeki Okulum / Sayılar Kitabım 4+ Yaş</t>
+          <t>Adım Adım Robotik Kodlama 9+ Yaş</t>
         </is>
       </c>
       <c r="C61" s="1">
         <v>149.9</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786052211540</t>
+          <t>9786052211533</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Evdeki Okulum / Harfler Kitabım 4+ Yaş</t>
+          <t>Evdeki Okulum / Çizgiler Kitabım 4+Yaş</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>149.9</v>
+        <v>174.9</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786052211311</t>
+          <t>9786052211557</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Çocuklar Görsel Algı Geliştirme 3+ Yaş</t>
+          <t>Evdeki Okulum / Dikkat ve Algı Kitabım 4+ Yaş</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>64.9</v>
+        <v>174.9</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786058184763</t>
+          <t>9786052211564</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Sebzeler 4 Yaş ve Üstü - Çizgi Çizgi Etkinlik</t>
+          <t>Evdeki Okulum / Kavramlar Kitabım 4+ Yaş</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>149.9</v>
+        <v>174.9</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786058184770</t>
+          <t>9786052211526</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Şekiller 4 Yaş ve Üstü - Çizgi Çizgi Etkinlik</t>
+          <t>Evdeki Okulum / Sayılar Kitabım 4+ Yaş</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>149.9</v>
+        <v>174.9</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786058184749</t>
+          <t>9786052211540</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Renkler 4 Yaş ve Üstü - Çizgi Çizgi Etkinlik</t>
+          <t>Evdeki Okulum / Harfler Kitabım 4+ Yaş</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>149.9</v>
+        <v>174.9</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786058184725</t>
+          <t>9786052211311</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar 4 Yaş ve Üstü - Çizgi Çizgi Etkinlik</t>
+          <t>Meraklı Çocuklar Görsel Algı Geliştirme 3+ Yaş</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>149.9</v>
+        <v>64.9</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786058184718</t>
+          <t>9786058184763</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Harfler 4 Yaş ve Üstü - Çizgi Çizgi Etkinlik</t>
+          <t>Sebzeler 4 Yaş ve Üstü - Çizgi Çizgi Etkinlik</t>
         </is>
       </c>
       <c r="C68" s="1">
         <v>149.9</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786058184732</t>
+          <t>9786058184770</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Meyveler 4 Yaş ve Üstü - Çizgi Çizgi Etkinlik</t>
+          <t>Şekiller 4 Yaş ve Üstü - Çizgi Çizgi Etkinlik</t>
         </is>
       </c>
       <c r="C69" s="1">
         <v>149.9</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786052211069</t>
+          <t>9786058184749</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Kırt Kırt Kesiyorum 4 Yaş - Becerikli Çocuklar</t>
+          <t>Renkler 4 Yaş ve Üstü - Çizgi Çizgi Etkinlik</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>59.9</v>
+        <v>149.9</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786052211038</t>
+          <t>9786058184725</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Dikkat 4 Yaş - Becerikli Çocuklar</t>
+          <t>Hayvanlar 4 Yaş ve Üstü - Çizgi Çizgi Etkinlik</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>59.9</v>
+        <v>149.9</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786052211106</t>
+          <t>9786058184718</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Çizgi Kitabım 4 Yaş - Becerikli Çocuklar</t>
+          <t>Harfler 4 Yaş ve Üstü - Çizgi Çizgi Etkinlik</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>59.9</v>
+        <v>149.9</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786052211007</t>
+          <t>9786058184732</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Boyuyorum Büyüyorum 4 Yaş - Becerikli Çocuklar</t>
+          <t>Meyveler 4 Yaş ve Üstü - Çizgi Çizgi Etkinlik</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>59.9</v>
+        <v>149.9</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786052211083</t>
+          <t>9786052211069</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Sayıların Dünyası 5 Yaş - Akıllı Çocuklar</t>
+          <t>Kırt Kırt Kesiyorum 4 Yaş - Becerikli Çocuklar</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>64.9</v>
+        <v>59.9</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786052211045</t>
+          <t>9786052211038</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Dikkat 5 Yaş - Akıllı Çocuklar</t>
+          <t>Dikkat Dikkat 4 Yaş - Becerikli Çocuklar</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>64.9</v>
+        <v>59.9</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786052211113</t>
+          <t>9786052211106</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Çizgi Kitabım 5 Yaş - Akıllı Çocuklar</t>
+          <t>Çizgi Kitabım 4 Yaş - Becerikli Çocuklar</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>64.9</v>
+        <v>59.9</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786052211014</t>
+          <t>9786052211007</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Boyuyorum Büyüyorum 5 Yaş - Akıllı Çocuklar</t>
+          <t>Boyuyorum Büyüyorum 4 Yaş - Becerikli Çocuklar</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>64.9</v>
+        <v>59.9</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786052211175</t>
+          <t>9786052211083</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Öykü Ormanı 3. Sınıf (10 Kitap Takım)</t>
+          <t>Sayıların Dünyası 5 Yaş - Akıllı Çocuklar</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>399.9</v>
+        <v>64.9</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786052211021</t>
+          <t>9786052211045</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Boyuyorum Büyüyorum 6 Yaş - Yaratıcı Çocuklar</t>
+          <t>Dikkat Dikkat 5 Yaş - Akıllı Çocuklar</t>
         </is>
       </c>
       <c r="C79" s="1">
         <v>64.9</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786052211090</t>
+          <t>9786052211113</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Sayıların Dünyası 6 Yaş - Yaratıcı Çocuklar</t>
+          <t>Çizgi Kitabım 5 Yaş - Akıllı Çocuklar</t>
         </is>
       </c>
       <c r="C80" s="1">
         <v>64.9</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786052211052</t>
+          <t>9786052211014</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Ediyorum 6 Yaş - Yaratıcı Çocuklar</t>
+          <t>Boyuyorum Büyüyorum 5 Yaş - Akıllı Çocuklar</t>
         </is>
       </c>
       <c r="C81" s="1">
         <v>64.9</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786052211120</t>
+          <t>9786052211175</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Çizgi Kitabım 6 Yaş - Yaratıcı Çocuklar</t>
+          <t>Öykü Ormanı 3. Sınıf (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>64.9</v>
+        <v>399.9</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786052211236</t>
+          <t>9786052211021</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Bilmeceler</t>
+          <t>Boyuyorum Büyüyorum 6 Yaş - Yaratıcı Çocuklar</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>49.9</v>
+        <v>64.9</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786052211243</t>
+          <t>9786052211090</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Gün Gün Bilim Takvimi</t>
+          <t>Sayıların Dünyası 6 Yaş - Yaratıcı Çocuklar</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>49.9</v>
+        <v>64.9</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786058184756</t>
+          <t>9786052211052</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Sayılar 4 Yaş ve Üstü - Çizgi Çizgi Etkinlik</t>
+          <t>Dikkat Ediyorum 6 Yaş - Yaratıcı Çocuklar</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>149.9</v>
+        <v>64.9</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786058184787</t>
+          <t>9786052211120</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Taşıtlar 4 Yaş ve Üstü - Çizgi Çizgi Etkinlik</t>
+          <t>Çizgi Kitabım 6 Yaş - Yaratıcı Çocuklar</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>149.9</v>
+        <v>64.9</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786052211076</t>
+          <t>9786052211236</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Okula Hazırlanıyorum 6 Yaş - Yaratıcı Çocuklar</t>
+          <t>Bilmeceler</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>64.9</v>
+        <v>59.9</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786052211137</t>
+          <t>9786052211243</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf Öykü Bahçesi (10 Kitap Takım)</t>
+          <t>Gün Gün Bilim Takvimi</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>399.9</v>
+        <v>49.9</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786052211199</t>
+          <t>9786058184756</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf - Minik Parmaklar 10 Kitap (Düz Yazı)</t>
+          <t>Sayılar 4 Yaş ve Üstü - Çizgi Çizgi Etkinlik</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>199.9</v>
+        <v>149.9</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9789755174723</t>
+          <t>9786058184787</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar Aleminin En Vakitsiz Öteni : Horoz</t>
+          <t>Taşıtlar 4 Yaş ve Üstü - Çizgi Çizgi Etkinlik</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>59.9</v>
+        <v>149.9</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9789755174754</t>
+          <t>9786052211076</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar Aleminin En Prensi : Kurbağa</t>
+          <t>Okula Hazırlanıyorum 6 Yaş - Yaratıcı Çocuklar</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>59.9</v>
+        <v>64.9</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
+          <t>9786052211137</t>
+        </is>
+      </c>
+      <c r="B92" s="1" t="inlineStr">
+        <is>
+          <t>2. Sınıf Öykü Bahçesi (10 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C92" s="1">
+        <v>399.9</v>
+      </c>
+    </row>
+    <row r="93" spans="1:3">
+      <c r="A93" s="1" t="inlineStr">
+        <is>
+          <t>9786052211199</t>
+        </is>
+      </c>
+      <c r="B93" s="1" t="inlineStr">
+        <is>
+          <t>1. Sınıf - Minik Parmaklar 10 Kitap (Düz Yazı)</t>
+        </is>
+      </c>
+      <c r="C93" s="1">
+        <v>224.9</v>
+      </c>
+    </row>
+    <row r="94" spans="1:3">
+      <c r="A94" s="1" t="inlineStr">
+        <is>
+          <t>9789755174723</t>
+        </is>
+      </c>
+      <c r="B94" s="1" t="inlineStr">
+        <is>
+          <t>Hayvanlar Aleminin En Vakitsiz Öteni : Horoz</t>
+        </is>
+      </c>
+      <c r="C94" s="1">
+        <v>59.9</v>
+      </c>
+    </row>
+    <row r="95" spans="1:3">
+      <c r="A95" s="1" t="inlineStr">
+        <is>
+          <t>9789755174754</t>
+        </is>
+      </c>
+      <c r="B95" s="1" t="inlineStr">
+        <is>
+          <t>Hayvanlar Aleminin En Prensi : Kurbağa</t>
+        </is>
+      </c>
+      <c r="C95" s="1">
+        <v>59.9</v>
+      </c>
+    </row>
+    <row r="96" spans="1:3">
+      <c r="A96" s="1" t="inlineStr">
+        <is>
           <t>9789755174686</t>
         </is>
       </c>
-      <c r="B92" s="1" t="inlineStr">
+      <c r="B96" s="1" t="inlineStr">
         <is>
           <t>Hayvanlar Aleminin En Sarmaş Dolaşı : Ahtapot</t>
         </is>
       </c>
-      <c r="C92" s="1">
+      <c r="C96" s="1">
         <v>59.9</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>