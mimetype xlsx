--- v0 (2025-11-01)
+++ v1 (2026-02-07)
@@ -85,1630 +85,1795 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256086869</t>
+          <t>9786256086609</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Uyku Kitabı</t>
+          <t>Eren Nepo ve Herakles’in Maceraları-2: Ejder Ateşi</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>272</v>
+        <v>350</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256086562</t>
+          <t>9786256086593</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Enerji, Su Kıtlığı ve İklim Değişikliği İçin Kesin Çözüm</t>
+          <t>Eren Nepo ve Herakles’in Maceraları-1: Herakles’in Aslan Avı</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>616</v>
+        <v>367</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256086739</t>
+          <t>9786256086616</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Sağlıklı Böbrekler İçin Beslenme ve Yaşam Tarzı Önerileri</t>
+          <t>Eren Nepo ve Herakles’in Maceraları 3: Artemis’in Kutsal Geyiği</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>720</v>
+        <v>365</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786257561686</t>
+          <t>9786256086623</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Çakıcı'nın İlk Kurşunu</t>
+          <t>Eren Nepo ve Herakles’in Maceraları 4: Tanrı Ares’in Korkunç Kuşları</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>182</v>
+        <v>350</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256086524</t>
+          <t>9786256086937</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'ya Üçüncü Pencereden Bakmak 2 - Sultanın Adamları (1451-1512)</t>
+          <t>İhtiyar Dost</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>543</v>
+        <v>384</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256086548</t>
+          <t>9786256086951</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'ya Üçüncü Pencereden Bakmak 4 - Kösler Kimin İçin Çalıyor? (1566-1603)</t>
+          <t>Kadın Pençesi</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>513</v>
+        <v>240</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256086494</t>
+          <t>9786256086715</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Az Şekerli</t>
+          <t>Senin de Örgütünde Hizipler Çıksın</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>200</v>
+        <v>480</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256086531</t>
+          <t>9786256086838</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'ya Üçüncü Pencereden Bakmak 3 - İhtişamın Bedeli (1512-1566)</t>
+          <t>Nasrettin Hoca Hikâyeleri (70 Manzum Hikâye)</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>510</v>
+        <v>282.4</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256086517</t>
+          <t>9786256086890</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'ya Üçüncü Pencereden Bakmak 1 - Taht Savaşları (1299-1451)</t>
+          <t>Aşka Dair</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786256086104</t>
+          <t>9786256086814</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Tunus'taki Osmanlı İzleri ve Eserleri</t>
+          <t>Mehmed Akif</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>203</v>
+        <v>370</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786256086449</t>
+          <t>9786256086555</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Nesl-i Revan</t>
+          <t>Tasarımın İzleri</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>400</v>
+        <v>664</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786256086456</t>
+          <t>9786256086869</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Son Kuşlar</t>
+          <t>Uyku Kitabı</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>230</v>
+        <v>272</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786256086470</t>
+          <t>9786256086562</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Aranıyor</t>
+          <t>Enerji, Su Kıtlığı ve İklim Değişikliği İçin Kesin Çözüm</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>212</v>
+        <v>616</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256086432</t>
+          <t>9786256086739</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Geleceğe Nevruh</t>
+          <t>Sağlıklı Böbrekler İçin Beslenme ve Yaşam Tarzı Önerileri</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>589</v>
+        <v>720</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256086333</t>
+          <t>9786257561686</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Deniz Feneri</t>
+          <t>Çakıcı'nın İlk Kurşunu</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>360</v>
+        <v>182</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786256086357</t>
+          <t>9786256086524</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>It’s Not My Cup Of Tee</t>
+          <t>Osmanlı'ya Üçüncü Pencereden Bakmak 2 - Sultanın Adamları (1451-1512)</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>350</v>
+        <v>543</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786256086425</t>
+          <t>9786256086548</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Tunus'taki Osmanlı İzleri ve Eserleri</t>
+          <t>Osmanlı'ya Üçüncü Pencereden Bakmak 4 - Kösler Kimin İçin Çalıyor? (1566-1603)</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>200</v>
+        <v>513</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786256086326</t>
+          <t>9786256086494</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Kendine Ait Oda</t>
+          <t>Az Şekerli</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256086418</t>
+          <t>9786256086531</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Şimdi Sevişme Vakti</t>
+          <t>Osmanlı'ya Üçüncü Pencereden Bakmak 3 - İhtişamın Bedeli (1512-1566)</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>168</v>
+        <v>510</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256086395</t>
+          <t>9786256086517</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Havuz Başı</t>
+          <t>Osmanlı'ya Üçüncü Pencereden Bakmak 1 - Taht Savaşları (1299-1451)</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>220</v>
+        <v>500</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256086340</t>
+          <t>9786256086104</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Buz Gibi Bir Kıvılcım: Civan</t>
+          <t>Tunus'taki Osmanlı İzleri ve Eserleri</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>250</v>
+        <v>203</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256086401</t>
+          <t>9786256086449</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Kumpanya</t>
+          <t>Nesl-i Revan</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>220</v>
+        <v>400</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256086265</t>
+          <t>9786256086456</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Bizim Mahallede Şenlik Var</t>
+          <t>Son Kuşlar</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>225</v>
+        <v>230</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786259824420</t>
+          <t>9786256086470</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Victor Hugo- Hitabe- Hz. İsa'ya Açık Mektup-Kafir Hakikat</t>
+          <t>Kayıp Aranıyor</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>310</v>
+        <v>212</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786259824413</t>
+          <t>9786256086432</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Malumu İlam-Boş Herif-Lütfi Fikri Bey-İmana Tasallut</t>
+          <t>Geçmişten Geleceğe Nevruh</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>300</v>
+        <v>589</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786259863450</t>
+          <t>9786256086333</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Egzersiz İlaçtır</t>
+          <t>Deniz Feneri</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>500</v>
+        <v>360</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786259824451</t>
+          <t>9786256086357</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>İki Dost</t>
+          <t>It’s Not My Cup Of Tee</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>315</v>
+        <v>350</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786256086272</t>
+          <t>9786256086425</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Sarnıç</t>
+          <t>Tunus'taki Osmanlı İzleri ve Eserleri</t>
         </is>
       </c>
       <c r="C29" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786259824437</t>
+          <t>9786256086326</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Gizli Figanlar-Malta Geceleri</t>
+          <t>Kendine Ait Oda</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>235</v>
+        <v>230</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786259521558</t>
+          <t>9786256086418</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Ali İhsan Paşa</t>
+          <t>Şimdi Sevişme Vakti</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>180</v>
+        <v>168</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786259863481</t>
+          <t>9786256086395</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>İki İttifakın Tarihçesi - Asitan-ı Tarihte Galiçya - Abide-i Şüheda</t>
+          <t>Havuz Başı</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>260</v>
+        <v>220</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786259824499</t>
+          <t>9786256086340</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Gaslighting Korkunç Bir Psikolojik İşkence Yöntemi</t>
+          <t>Buz Gibi Bir Kıvılcım: Civan</t>
         </is>
       </c>
       <c r="C33" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786256086296</t>
+          <t>9786256086401</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Şahmerdan</t>
+          <t>Kumpanya</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786256086258</t>
+          <t>9786256086265</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Üç Romantik Hikaye</t>
+          <t>Bizim Mahallede Şenlik Var</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>330</v>
+        <v>225</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786259863474</t>
+          <t>9786259824420</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Bahriyelilere Mektup-El Cezîre Mektupları-Çalınmış Ülke</t>
+          <t>Victor Hugo- Hitabe- Hz. İsa'ya Açık Mektup-Kafir Hakikat</t>
         </is>
       </c>
       <c r="C36" s="1">
         <v>310</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786256086173</t>
+          <t>9786259824413</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Kağnı</t>
+          <t>Malumu İlam-Boş Herif-Lütfi Fikri Bey-İmana Tasallut</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>310</v>
+        <v>300</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786256086203</t>
+          <t>9786259863450</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Gyges ve Yüzüğü</t>
+          <t>Egzersiz İlaçtır</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>226</v>
+        <v>500</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786256086210</t>
+          <t>9786259824451</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Minna von Barnhelm</t>
+          <t>İki Dost</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>262</v>
+        <v>315</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256086241</t>
+          <t>9786256086272</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Tarihte Garip Vakalar</t>
+          <t>Sarnıç</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>352</v>
+        <v>200</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786259863498</t>
+          <t>9786259824437</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Yılan Hikâyesi</t>
+          <t>Gizli Figanlar-Malta Geceleri</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>250</v>
+        <v>235</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786256086180</t>
+          <t>9786259521558</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Yeni Dünya</t>
+          <t>Ali İhsan Paşa</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786256086166</t>
+          <t>9786259863481</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Sırça Köşk</t>
+          <t>İki İttifakın Tarihçesi - Asitan-ı Tarihte Galiçya - Abide-i Şüheda</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>280</v>
+        <v>260</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786256086159</t>
+          <t>9786259824499</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Ses</t>
+          <t>Gaslighting Korkunç Bir Psikolojik İşkence Yöntemi</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>177</v>
+        <v>250</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786256086142</t>
+          <t>9786256086296</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Dağlar ve Rüzgar</t>
+          <t>Şahmerdan</t>
         </is>
       </c>
       <c r="C45" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786256086111</t>
+          <t>9786256086258</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Kuyucaklı Yusuf</t>
+          <t>Üç Romantik Hikaye</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>420</v>
+        <v>330</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786257561587</t>
+          <t>9786259863474</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Sabahattin Ali - Bütün Şiirleri</t>
+          <t>Bahriyelilere Mektup-El Cezîre Mektupları-Çalınmış Ülke</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>229</v>
+        <v>310</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789752470088</t>
+          <t>9786256086173</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Alır Gidermiş Hayat</t>
+          <t>Kağnı</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>94</v>
+        <v>310</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789752470095</t>
+          <t>9786256086203</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Yedinci Kat Şiiri</t>
+          <t>Gyges ve Yüzüğü</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>102</v>
+        <v>226</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789752470057</t>
+          <t>9786256086210</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Tümülüs Başlangıç</t>
+          <t>Minna von Barnhelm</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>206</v>
+        <v>262</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789752470026</t>
+          <t>9786256086241</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Mahcubiyet Günlükleri</t>
+          <t>Tarihte Garip Vakalar</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>110</v>
+        <v>352</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>3990000058963</t>
+          <t>9786259863498</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Ficek</t>
+          <t>Tarihin Yılan Hikâyesi</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>110</v>
+        <v>250</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789752470040</t>
+          <t>9786256086180</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Susmalar</t>
+          <t>Yeni Dünya</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>43</v>
+        <v>280</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789752470033</t>
+          <t>9786256086166</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Nilgün'ce</t>
+          <t>Sırça Köşk</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>126</v>
+        <v>280</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789752470071</t>
+          <t>9786256086159</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Ölü Kuşlar İçin Üzülme</t>
+          <t>Ses</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>126</v>
+        <v>177</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789752470019</t>
+          <t>9786256086142</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Işınlanma</t>
+          <t>Dağlar ve Rüzgar</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9789752470064</t>
+          <t>9786256086111</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Yürek Tozuyla Kaplı Defter</t>
+          <t>Kuyucaklı Yusuf</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>108</v>
+        <v>420</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789752470606</t>
+          <t>9786257561587</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Ayetlerin Doğru Tevilleriyle Gerçek İslam Miras Hukuku</t>
+          <t>Sabahattin Ali - Bütün Şiirleri</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>311</v>
+        <v>229</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789752470590</t>
+          <t>9789752470088</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Kitap Şeyleri Dergisi Sayı: 1 Ocak 2018</t>
+          <t>Alır Gidermiş Hayat</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>80</v>
+        <v>94</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789752470538</t>
+          <t>9789752470095</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Tarçınlı Akide Şekeri Hayat</t>
+          <t>Yedinci Kat Şiiri</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>116</v>
+        <v>102</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789752470514</t>
+          <t>9789752470057</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Gülün Goncası</t>
+          <t>Tümülüs Başlangıç</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>455</v>
+        <v>206</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789752470361</t>
+          <t>9789752470026</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Kanayan Çiçekler Zamanı</t>
+          <t>Mahcubiyet Günlükleri</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>95</v>
+        <v>110</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789752470187</t>
+          <t>3990000058963</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Mübadil Aşklar - 1</t>
+          <t>Ficek</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>489</v>
+        <v>110</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786055045999</t>
+          <t>9789752470040</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Dergah</t>
+          <t>Susmalar</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>132</v>
+        <v>43</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786055045494</t>
+          <t>9789752470033</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Yedi Levin Akşamı</t>
+          <t>Nilgün'ce</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>94</v>
+        <v>126</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786055045654</t>
+          <t>9789752470071</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Mavi Es Yüreğime</t>
+          <t>Ölü Kuşlar İçin Üzülme</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>102</v>
+        <v>126</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786055045609</t>
+          <t>9789752470019</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Gizem'in İçinden</t>
+          <t>Işınlanma</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>94</v>
+        <v>110</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786057946492</t>
+          <t>9789752470064</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Semavi Dinin Sosyo Ekonomi Politiği Cilt 1</t>
+          <t>Yürek Tozuyla Kaplı Defter</t>
         </is>
       </c>
       <c r="C68" s="1">
         <v>108</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786057138934</t>
+          <t>9789752470606</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>İngiliz, Fransız, ve Amerikan Devrimlerinde Demokrasi Mücadelesi Veren Kadınlar</t>
+          <t>Ayetlerin Doğru Tevilleriyle Gerçek İslam Miras Hukuku</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>207</v>
+        <v>311</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786257561532</t>
+          <t>9789752470590</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Son Umut</t>
+          <t>Kitap Şeyleri Dergisi Sayı: 1 Ocak 2018</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>319</v>
+        <v>80</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786057946157</t>
+          <t>9789752470538</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Zemheri</t>
+          <t>Tarçınlı Akide Şekeri Hayat</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>169</v>
+        <v>116</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789752470507</t>
+          <t>9789752470514</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Nigrum Mortis Betiği</t>
+          <t>Gülün Goncası</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>179</v>
+        <v>455</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786055045579</t>
+          <t>9789752470361</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Ben Şiir Olsam Sana Yazılırdım</t>
+          <t>Kanayan Çiçekler Zamanı</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>196</v>
+        <v>95</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786055045630</t>
+          <t>9789752470187</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Denek</t>
+          <t>Mübadil Aşklar - 1</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>482</v>
+        <v>489</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9789752470262</t>
+          <t>9786055045999</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Turnusol</t>
+          <t>Dergah</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>178</v>
+        <v>132</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789752470842</t>
+          <t>9786055045494</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Ağaç Mavi Gök Yeşil</t>
+          <t>Yedi Levin Akşamı</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>173</v>
+        <v>94</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786256086029</t>
+          <t>9786055045654</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Su ve Tuz</t>
+          <t>Mavi Es Yüreğime</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>600</v>
+        <v>102</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786259824475</t>
+          <t>9786055045609</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Yanlış Duymuşsun</t>
+          <t>Gizem'in İçinden</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>324</v>
+        <v>94</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786259863436</t>
+          <t>9786057946492</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>İki Ezoterik Kurum Bektaşilik – Masonluk ve Benzer Boyutları</t>
+          <t>Semavi Dinin Sosyo Ekonomi Politiği Cilt 1</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>200</v>
+        <v>108</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786259863429</t>
+          <t>9786057138934</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Çift Başlı Kartalın Hikayesi: Selçuklular 3 - Irak, Kirman ve Suriye'de Süzülüyor</t>
+          <t>İngiliz, Fransız, ve Amerikan Devrimlerinde Demokrasi Mücadelesi Veren Kadınlar</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>278</v>
+        <v>207</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786259863412</t>
+          <t>9786257561532</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Çift Başlı Kartalın Hikayesi: Selçuklular 2 - Anadolu Semalarında</t>
+          <t>Son Umut</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>451</v>
+        <v>319</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786057285034</t>
+          <t>9786057946157</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Çift Başlı Kartalın Hikayesi: Selçuklular 1 - Maveraünnehir'den Horasan'a</t>
+          <t>Zemheri</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>386</v>
+        <v>169</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786057285089</t>
+          <t>9789752470507</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'ya Üçüncü Pencereden Bakmak: Zirvedeki Yalnızlık (1512-1566)</t>
+          <t>Nigrum Mortis Betiği</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>480</v>
+        <v>179</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786057285072</t>
+          <t>9786055045579</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Şehr-i İstanbul'un Kapıları</t>
+          <t>Ben Şiir Olsam Sana Yazılırdım</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>376</v>
+        <v>196</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786259863405</t>
+          <t>9786055045630</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Politik Liderlik</t>
+          <t>Denek</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>1194</v>
+        <v>482</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786057285065</t>
+          <t>9789752470262</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Jazz Armonisi</t>
+          <t>Turnusol</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>400</v>
+        <v>178</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786057285058</t>
+          <t>9789752470842</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Karanlığa Dönüş: Kitap Bir Fısıltı - Bir Kabal</t>
+          <t>Ağaç Mavi Gök Yeşil</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>835</v>
+        <v>173</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786057285041</t>
+          <t>9786256086029</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Sol Nasıl Yenildi?</t>
+          <t>Su ve Tuz</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>520</v>
+        <v>600</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786057285027</t>
+          <t>9786259824475</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Eylül Yalnızlığı</t>
+          <t>Yanlış Duymuşsun</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>218</v>
+        <v>324</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786057299390</t>
+          <t>9786259863436</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'ya Üçüncü Pencereden Bakmak: İmparatorlukta Olaylar ve İnsan Manzaraları 2 - (1451-1512)</t>
+          <t>İki Ezoterik Kurum Bektaşilik – Masonluk ve Benzer Boyutları</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>444</v>
+        <v>200</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786057150950</t>
+          <t>9786259863429</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Kainatı Bilen Rabbini Bilir</t>
+          <t>Çift Başlı Kartalın Hikayesi: Selçuklular 3 - Irak, Kirman ve Suriye'de Süzülüyor</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>267</v>
+        <v>278</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786057138927</t>
+          <t>9786259863412</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>İknacı</t>
+          <t>Çift Başlı Kartalın Hikayesi: Selçuklular 2 - Anadolu Semalarında</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>513</v>
+        <v>451</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786057138941</t>
+          <t>9786057285034</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'ya Üçüncü Pencereden Bakmak (1299-1451)</t>
+          <t>Çift Başlı Kartalın Hikayesi: Selçuklular 1 - Maveraünnehir'den Horasan'a</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>428</v>
+        <v>386</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786057138910</t>
+          <t>9786057285089</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Lanet</t>
+          <t>Osmanlı'ya Üçüncü Pencereden Bakmak: Zirvedeki Yalnızlık (1512-1566)</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>169</v>
+        <v>480</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786258039498</t>
+          <t>9786057285072</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>İzmir'e Giderken</t>
+          <t>Şehr-i İstanbul'un Kapıları</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>299</v>
+        <v>376</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786257654722</t>
+          <t>9786259863405</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>İslam Dininin Fıkhi Hükümleri</t>
+          <t>Politik Liderlik</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>674</v>
+        <v>1194</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786257654630</t>
+          <t>9786057285065</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Mardin Efsaneleri</t>
+          <t>Jazz Armonisi</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>494</v>
+        <v>400</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786258039443</t>
+          <t>9786057285058</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Ben Bir Ceviz Ağacıyım</t>
+          <t>Karanlığa Dönüş: Kitap Bir Fısıltı - Bir Kabal</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>321</v>
+        <v>835</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786258039276</t>
+          <t>9786057285041</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Tutunuş Kapısı</t>
+          <t>Sol Nasıl Yenildi?</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>252</v>
+        <v>520</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786257561693</t>
+          <t>9786057285027</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Değirmen</t>
+          <t>Eylül Yalnızlığı</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>263</v>
+        <v>218</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786256086128</t>
+          <t>9786057299390</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Şeytan</t>
+          <t>Osmanlı'ya Üçüncü Pencereden Bakmak: İmparatorlukta Olaylar ve İnsan Manzaraları 2 - (1451-1512)</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>433</v>
+        <v>444</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786257561495</t>
+          <t>9786057150950</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Hüzün de Bir Renktir</t>
+          <t>Kainatı Bilen Rabbini Bilir</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>256</v>
+        <v>267</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786257561204</t>
+          <t>9786057138927</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Zonguldak İnsan Mekan Zaman</t>
+          <t>İknacı</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>1110</v>
+        <v>513</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786257561792</t>
+          <t>9786057138941</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Yolun Açık Olsun</t>
+          <t>Osmanlı'ya Üçüncü Pencereden Bakmak (1299-1451)</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>411</v>
+        <v>428</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786256086005</t>
+          <t>9786057138910</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Kürk Mantolu Madonna</t>
+          <t>Lanet</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>300</v>
+        <v>169</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786257561211</t>
+          <t>9786258039498</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Devlet İnşasında Güç Kullanımı Sorunu</t>
+          <t>İzmir'e Giderken</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>510</v>
+        <v>299</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
+          <t>9786257654722</t>
+        </is>
+      </c>
+      <c r="B107" s="1" t="inlineStr">
+        <is>
+          <t>İslam Dininin Fıkhi Hükümleri</t>
+        </is>
+      </c>
+      <c r="C107" s="1">
+        <v>674</v>
+      </c>
+    </row>
+    <row r="108" spans="1:3">
+      <c r="A108" s="1" t="inlineStr">
+        <is>
+          <t>9786257654630</t>
+        </is>
+      </c>
+      <c r="B108" s="1" t="inlineStr">
+        <is>
+          <t>Mardin Efsaneleri</t>
+        </is>
+      </c>
+      <c r="C108" s="1">
+        <v>494</v>
+      </c>
+    </row>
+    <row r="109" spans="1:3">
+      <c r="A109" s="1" t="inlineStr">
+        <is>
+          <t>9786258039443</t>
+        </is>
+      </c>
+      <c r="B109" s="1" t="inlineStr">
+        <is>
+          <t>Ben Bir Ceviz Ağacıyım</t>
+        </is>
+      </c>
+      <c r="C109" s="1">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="110" spans="1:3">
+      <c r="A110" s="1" t="inlineStr">
+        <is>
+          <t>9786258039276</t>
+        </is>
+      </c>
+      <c r="B110" s="1" t="inlineStr">
+        <is>
+          <t>Tutunuş Kapısı</t>
+        </is>
+      </c>
+      <c r="C110" s="1">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="111" spans="1:3">
+      <c r="A111" s="1" t="inlineStr">
+        <is>
+          <t>9786257561693</t>
+        </is>
+      </c>
+      <c r="B111" s="1" t="inlineStr">
+        <is>
+          <t>Değirmen</t>
+        </is>
+      </c>
+      <c r="C111" s="1">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="112" spans="1:3">
+      <c r="A112" s="1" t="inlineStr">
+        <is>
+          <t>9786256086128</t>
+        </is>
+      </c>
+      <c r="B112" s="1" t="inlineStr">
+        <is>
+          <t>İçimizdeki Şeytan</t>
+        </is>
+      </c>
+      <c r="C112" s="1">
+        <v>433</v>
+      </c>
+    </row>
+    <row r="113" spans="1:3">
+      <c r="A113" s="1" t="inlineStr">
+        <is>
+          <t>9786257561495</t>
+        </is>
+      </c>
+      <c r="B113" s="1" t="inlineStr">
+        <is>
+          <t>Hüzün de Bir Renktir</t>
+        </is>
+      </c>
+      <c r="C113" s="1">
+        <v>256</v>
+      </c>
+    </row>
+    <row r="114" spans="1:3">
+      <c r="A114" s="1" t="inlineStr">
+        <is>
+          <t>9786257561204</t>
+        </is>
+      </c>
+      <c r="B114" s="1" t="inlineStr">
+        <is>
+          <t>Zonguldak İnsan Mekan Zaman</t>
+        </is>
+      </c>
+      <c r="C114" s="1">
+        <v>1110</v>
+      </c>
+    </row>
+    <row r="115" spans="1:3">
+      <c r="A115" s="1" t="inlineStr">
+        <is>
+          <t>9786257561792</t>
+        </is>
+      </c>
+      <c r="B115" s="1" t="inlineStr">
+        <is>
+          <t>Yolun Açık Olsun</t>
+        </is>
+      </c>
+      <c r="C115" s="1">
+        <v>411</v>
+      </c>
+    </row>
+    <row r="116" spans="1:3">
+      <c r="A116" s="1" t="inlineStr">
+        <is>
+          <t>9786256086005</t>
+        </is>
+      </c>
+      <c r="B116" s="1" t="inlineStr">
+        <is>
+          <t>Kürk Mantolu Madonna</t>
+        </is>
+      </c>
+      <c r="C116" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="117" spans="1:3">
+      <c r="A117" s="1" t="inlineStr">
+        <is>
+          <t>9786257561211</t>
+        </is>
+      </c>
+      <c r="B117" s="1" t="inlineStr">
+        <is>
+          <t>Devlet İnşasında Güç Kullanımı Sorunu</t>
+        </is>
+      </c>
+      <c r="C117" s="1">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="118" spans="1:3">
+      <c r="A118" s="1" t="inlineStr">
+        <is>
           <t>9786257654784</t>
         </is>
       </c>
-      <c r="B107" s="1" t="inlineStr">
+      <c r="B118" s="1" t="inlineStr">
         <is>
           <t>Beyaz Diş</t>
         </is>
       </c>
-      <c r="C107" s="1">
+      <c r="C118" s="1">
         <v>356</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>