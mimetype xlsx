--- v1 (2026-02-07)
+++ v2 (2026-03-30)
@@ -85,1795 +85,2080 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256086609</t>
+          <t>9786258664102</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Eren Nepo ve Herakles’in Maceraları-2: Ejder Ateşi</t>
+          <t>Hayattan Sayfalar</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256086593</t>
+          <t>9786258664126</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Eren Nepo ve Herakles’in Maceraları-1: Herakles’in Aslan Avı</t>
+          <t>Kadın Erkekleşince</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>367</v>
+        <v>300</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256086616</t>
+          <t>9786258664010</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Eren Nepo ve Herakles’in Maceraları 3: Artemis’in Kutsal Geyiği</t>
+          <t>İki Hödüğün Seyahati</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>365</v>
+        <v>280</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256086623</t>
+          <t>9786258664065</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Eren Nepo ve Herakles’in Maceraları 4: Tanrı Ares’in Korkunç Kuşları</t>
+          <t>Şeytan İşi</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256086937</t>
+          <t>9786258664140</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>İhtiyar Dost</t>
+          <t>Tünel`den İlk Çıkış</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>384</v>
+        <v>295</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256086951</t>
+          <t>9786258664034</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Kadın Pençesi</t>
+          <t>Katil Buse</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256086715</t>
+          <t>9786256086968</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Senin de Örgütünde Hizipler Çıksın</t>
+          <t>Namusla Açlık Meselesi</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>480</v>
+        <v>290</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256086838</t>
+          <t>9786258664119</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Nasrettin Hoca Hikâyeleri (70 Manzum Hikâye)</t>
+          <t>Sivas Bizim Ocaklı Günler</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>282.4</v>
+        <v>600</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256086890</t>
+          <t>9786256086630</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Aşka Dair</t>
+          <t>Eren Nepo ve Herakles’in Maceraları 5: Çılgın Boğa ve Kral’ın Ahırları</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>250</v>
+        <v>430.88</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786256086814</t>
+          <t>9786256086920</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Mehmed Akif</t>
+          <t>Onu Beklerken</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>370</v>
+        <v>333.6</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786256086555</t>
+          <t>9786256086647</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Tasarımın İzleri</t>
+          <t>Eren Nepo ve Herakles’in Maceraları 6: Eren Nepo Yaban Domuzu Avında Tek Başına</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>664</v>
+        <v>470.4</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786256086869</t>
+          <t>9786055045593</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Uyku Kitabı</t>
+          <t>Aşkın Son/u Bahar/ı</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>272</v>
+        <v>305</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786256086562</t>
+          <t>9786256086661</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Enerji, Su Kıtlığı ve İklim Değişikliği İçin Kesin Çözüm</t>
+          <t>Eren Nepo ve Herakles’in Maceraları 8: Herakles ve Altın Elmalar</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>616</v>
+        <v>414.24</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256086739</t>
+          <t>9786256086678</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Sağlıklı Böbrekler İçin Beslenme ve Yaşam Tarzı Önerileri</t>
+          <t>Eren Nepo ve Herakles’in Maceraları 9: Yer Altından Olimpos’a Dönüş</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>720</v>
+        <v>499.52</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786257561686</t>
+          <t>9786256086654</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Çakıcı'nın İlk Kurşunu</t>
+          <t>Eren Nepo ve Herakles’in Maceraları 7: Acımasız Diomedes’in Kısrakları</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>182</v>
+        <v>414.24</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786256086524</t>
+          <t>9786256086081</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'ya Üçüncü Pencereden Bakmak 2 - Sultanın Adamları (1451-1512)</t>
+          <t>Sonlu ve Sonsuz: İmgenin Ötesinde</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>543</v>
+        <v>2300</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786256086548</t>
+          <t>9786256086227</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'ya Üçüncü Pencereden Bakmak 4 - Kösler Kimin İçin Çalıyor? (1566-1603)</t>
+          <t>Diyalektik Rüyalar</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>513</v>
+        <v>435</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786256086494</t>
+          <t>9786057150929</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Az Şekerli</t>
+          <t>Düşler ve Hiçlik</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>200</v>
+        <v>495</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256086531</t>
+          <t>9786057150936</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'ya Üçüncü Pencereden Bakmak 3 - İhtişamın Bedeli (1512-1566)</t>
+          <t>Kronos'un Döngüsü</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>510</v>
+        <v>490</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256086517</t>
+          <t>9786256086609</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'ya Üçüncü Pencereden Bakmak 1 - Taht Savaşları (1299-1451)</t>
+          <t>Eren Nepo ve Herakles’in Maceraları-2: Ejder Ateşi</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256086104</t>
+          <t>9786256086593</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Tunus'taki Osmanlı İzleri ve Eserleri</t>
+          <t>Eren Nepo ve Herakles’in Maceraları-1: Herakles’in Aslan Avı</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>203</v>
+        <v>370</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256086449</t>
+          <t>9786256086616</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Nesl-i Revan</t>
+          <t>Eren Nepo ve Herakles’in Maceraları 3: Artemis’in Kutsal Geyiği</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>400</v>
+        <v>365</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256086456</t>
+          <t>9786256086623</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Son Kuşlar</t>
+          <t>Eren Nepo ve Herakles’in Maceraları 4: Tanrı Ares’in Korkunç Kuşları</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>230</v>
+        <v>350</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786256086470</t>
+          <t>9786256086937</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Aranıyor</t>
+          <t>İhtiyar Dost</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>212</v>
+        <v>385</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786256086432</t>
+          <t>9786256086951</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Geleceğe Nevruh</t>
+          <t>Kadın Pençesi</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>589</v>
+        <v>275</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786256086333</t>
+          <t>9786256086715</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Deniz Feneri</t>
+          <t>Senin de Örgütünde Hizipler Çıksın</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>360</v>
+        <v>480</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786256086357</t>
+          <t>9786256086838</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>It’s Not My Cup Of Tee</t>
+          <t>Nasrettin Hoca Hikâyeleri (70 Manzum Hikâye)</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>350</v>
+        <v>285</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786256086425</t>
+          <t>9786256086890</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Tunus'taki Osmanlı İzleri ve Eserleri</t>
+          <t>Aşka Dair</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>200</v>
+        <v>340</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786256086326</t>
+          <t>9786256086814</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Kendine Ait Oda</t>
+          <t>Mehmed Akif</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>230</v>
+        <v>750</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786256086418</t>
+          <t>9786256086555</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Şimdi Sevişme Vakti</t>
+          <t>Tasarımın İzleri</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>168</v>
+        <v>1105</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786256086395</t>
+          <t>9786256086869</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Havuz Başı</t>
+          <t>Uyku Kitabı</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>220</v>
+        <v>315</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786256086340</t>
+          <t>9786256086562</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Buz Gibi Bir Kıvılcım: Civan</t>
+          <t>Enerji, Su Kıtlığı ve İklim Değişikliği İçin Kesin Çözüm</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>250</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786256086401</t>
+          <t>9786256086739</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Kumpanya</t>
+          <t>Sağlıklı Böbrekler İçin Beslenme ve Yaşam Tarzı Önerileri</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>220</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786256086265</t>
+          <t>9786257561686</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Bizim Mahallede Şenlik Var</t>
+          <t>Çakıcı'nın İlk Kurşunu</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>225</v>
+        <v>182</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786259824420</t>
+          <t>9786256086524</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Victor Hugo- Hitabe- Hz. İsa'ya Açık Mektup-Kafir Hakikat</t>
+          <t>Osmanlı'ya Üçüncü Pencereden Bakmak 2 - Sultanın Adamları (1451-1512)</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>310</v>
+        <v>900</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786259824413</t>
+          <t>9786256086548</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Malumu İlam-Boş Herif-Lütfi Fikri Bey-İmana Tasallut</t>
+          <t>Osmanlı'ya Üçüncü Pencereden Bakmak 4 - Kösler Kimin İçin Çalıyor? (1566-1603)</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>300</v>
+        <v>850</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786259863450</t>
+          <t>9786256086494</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Egzersiz İlaçtır</t>
+          <t>Az Şekerli</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>500</v>
+        <v>275</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786259824451</t>
+          <t>9786256086531</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>İki Dost</t>
+          <t>Osmanlı'ya Üçüncü Pencereden Bakmak 3 - İhtişamın Bedeli (1512-1566)</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>315</v>
+        <v>800</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256086272</t>
+          <t>9786256086517</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Sarnıç</t>
+          <t>Osmanlı'ya Üçüncü Pencereden Bakmak 1 - Taht Savaşları (1299-1451)</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>200</v>
+        <v>800</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786259824437</t>
+          <t>9786256086104</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Gizli Figanlar-Malta Geceleri</t>
+          <t>Tunus'taki Osmanlı İzleri ve Eserleri</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>235</v>
+        <v>355</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786259521558</t>
+          <t>9786256086449</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Ali İhsan Paşa</t>
+          <t>Nesl-i Revan</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>180</v>
+        <v>565</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786259863481</t>
+          <t>9786256086456</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>İki İttifakın Tarihçesi - Asitan-ı Tarihte Galiçya - Abide-i Şüheda</t>
+          <t>Son Kuşlar</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>260</v>
+        <v>300</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786259824499</t>
+          <t>9786256086470</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Gaslighting Korkunç Bir Psikolojik İşkence Yöntemi</t>
+          <t>Kayıp Aranıyor</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>250</v>
+        <v>275</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786256086296</t>
+          <t>9786256086432</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Şahmerdan</t>
+          <t>Geçmişten Geleceğe Nevruh</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>200</v>
+        <v>835</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786256086258</t>
+          <t>9786256086333</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Üç Romantik Hikaye</t>
+          <t>Deniz Feneri</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>330</v>
+        <v>495</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786259863474</t>
+          <t>9786256086357</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Bahriyelilere Mektup-El Cezîre Mektupları-Çalınmış Ülke</t>
+          <t>It’s Not My Cup Of Tee</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>310</v>
+        <v>450</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786256086173</t>
+          <t>9786256086425</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Kağnı</t>
+          <t>Tunus'taki Osmanlı İzleri ve Eserleri</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>310</v>
+        <v>345</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786256086203</t>
+          <t>9786256086326</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Gyges ve Yüzüğü</t>
+          <t>Kendine Ait Oda</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>226</v>
+        <v>295</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786256086210</t>
+          <t>9786256086418</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Minna von Barnhelm</t>
+          <t>Şimdi Sevişme Vakti</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>262</v>
+        <v>195</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786256086241</t>
+          <t>9786256086395</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Tarihte Garip Vakalar</t>
+          <t>Havuz Başı</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>352</v>
+        <v>310</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786259863498</t>
+          <t>9786256086340</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Yılan Hikâyesi</t>
+          <t>Buz Gibi Bir Kıvılcım: Civan</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>250</v>
+        <v>315</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786256086180</t>
+          <t>9786256086401</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Yeni Dünya</t>
+          <t>Kumpanya</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>280</v>
+        <v>315</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786256086166</t>
+          <t>9786256086265</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Sırça Köşk</t>
+          <t>Bizim Mahallede Şenlik Var</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786256086159</t>
+          <t>9786259824420</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Ses</t>
+          <t>Victor Hugo- Hitabe- Hz. İsa'ya Açık Mektup-Kafir Hakikat</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>177</v>
+        <v>410</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786256086142</t>
+          <t>9786259824413</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Dağlar ve Rüzgar</t>
+          <t>Malumu İlam-Boş Herif-Lütfi Fikri Bey-İmana Tasallut</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>200</v>
+        <v>410</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786256086111</t>
+          <t>9786259863450</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Kuyucaklı Yusuf</t>
+          <t>Egzersiz İlaçtır</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>420</v>
+        <v>1045</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786257561587</t>
+          <t>9786259824451</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Sabahattin Ali - Bütün Şiirleri</t>
+          <t>İki Dost</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>229</v>
+        <v>420</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789752470088</t>
+          <t>9786256086272</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Alır Gidermiş Hayat</t>
+          <t>Sarnıç</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>94</v>
+        <v>310</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789752470095</t>
+          <t>9786259824437</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Yedinci Kat Şiiri</t>
+          <t>Gizli Figanlar-Malta Geceleri</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>102</v>
+        <v>310</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789752470057</t>
+          <t>9786259521558</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Tümülüs Başlangıç</t>
+          <t>Ali İhsan Paşa</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>206</v>
+        <v>180</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789752470026</t>
+          <t>9786259863481</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Mahcubiyet Günlükleri</t>
+          <t>İki İttifakın Tarihçesi - Asitan-ı Tarihte Galiçya - Abide-i Şüheda</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>110</v>
+        <v>355</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>3990000058963</t>
+          <t>9786259824499</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Ficek</t>
+          <t>Gaslighting Korkunç Bir Psikolojik İşkence Yöntemi</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>110</v>
+        <v>275</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789752470040</t>
+          <t>9786256086296</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Susmalar</t>
+          <t>Şahmerdan</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>43</v>
+        <v>320</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789752470033</t>
+          <t>9786256086258</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Nilgün'ce</t>
+          <t>Üç Romantik Hikaye</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>126</v>
+        <v>450</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789752470071</t>
+          <t>9786259863474</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Ölü Kuşlar İçin Üzülme</t>
+          <t>Bahriyelilere Mektup-El Cezîre Mektupları-Çalınmış Ülke</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>126</v>
+        <v>420</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789752470019</t>
+          <t>9786256086173</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Işınlanma</t>
+          <t>Kağnı</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>110</v>
+        <v>355</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9789752470064</t>
+          <t>9786256086203</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Yürek Tozuyla Kaplı Defter</t>
+          <t>Gyges ve Yüzüğü</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>108</v>
+        <v>295</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9789752470606</t>
+          <t>9786256086210</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Ayetlerin Doğru Tevilleriyle Gerçek İslam Miras Hukuku</t>
+          <t>Minna von Barnhelm</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>311</v>
+        <v>350</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789752470590</t>
+          <t>9786256086241</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Kitap Şeyleri Dergisi Sayı: 1 Ocak 2018</t>
+          <t>Tarihte Garip Vakalar</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>80</v>
+        <v>480</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789752470538</t>
+          <t>9786259863498</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Tarçınlı Akide Şekeri Hayat</t>
+          <t>Tarihin Yılan Hikâyesi</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>116</v>
+        <v>340</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789752470514</t>
+          <t>9786256086180</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Gülün Goncası</t>
+          <t>Yeni Dünya</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>455</v>
+        <v>375</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9789752470361</t>
+          <t>9786256086166</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Kanayan Çiçekler Zamanı</t>
+          <t>Sırça Köşk</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>95</v>
+        <v>415</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789752470187</t>
+          <t>9786256086159</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Mübadil Aşklar - 1</t>
+          <t>Ses</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>489</v>
+        <v>220</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786055045999</t>
+          <t>9786256086142</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Dergah</t>
+          <t>Dağlar ve Rüzgar</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>132</v>
+        <v>220</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786055045494</t>
+          <t>9786256086111</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Yedi Levin Akşamı</t>
+          <t>Kuyucaklı Yusuf</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>94</v>
+        <v>575</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786055045654</t>
+          <t>9786257561587</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Mavi Es Yüreğime</t>
+          <t>Sabahattin Ali - Bütün Şiirleri</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>102</v>
+        <v>229</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786055045609</t>
+          <t>9789752470088</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Gizem'in İçinden</t>
+          <t>Alır Gidermiş Hayat</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>94</v>
+        <v>270</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786057946492</t>
+          <t>9789752470095</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Semavi Dinin Sosyo Ekonomi Politiği Cilt 1</t>
+          <t>Yedinci Kat Şiiri</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>108</v>
+        <v>305</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786057138934</t>
+          <t>9789752470057</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>İngiliz, Fransız, ve Amerikan Devrimlerinde Demokrasi Mücadelesi Veren Kadınlar</t>
+          <t>Tümülüs Başlangıç</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>207</v>
+        <v>730</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786257561532</t>
+          <t>9789752470026</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Son Umut</t>
+          <t>Mahcubiyet Günlükleri</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>319</v>
+        <v>335</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786057946157</t>
+          <t>3990000058963</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Zemheri</t>
+          <t>Ficek</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>169</v>
+        <v>335</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9789752470507</t>
+          <t>9789752470040</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Nigrum Mortis Betiği</t>
+          <t>Susmalar</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>179</v>
+        <v>400</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786055045579</t>
+          <t>9789752470033</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Ben Şiir Olsam Sana Yazılırdım</t>
+          <t>Nilgün'ce</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>196</v>
+        <v>400</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786055045630</t>
+          <t>9789752470071</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Denek</t>
+          <t>Ölü Kuşlar İçin Üzülme</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>482</v>
+        <v>400</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789752470262</t>
+          <t>9789752470019</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Turnusol</t>
+          <t>Işınlanma</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>178</v>
+        <v>335</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9789752470842</t>
+          <t>9789752470064</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Ağaç Mavi Gök Yeşil</t>
+          <t>Yürek Tozuyla Kaplı Defter</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>173</v>
+        <v>330</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786256086029</t>
+          <t>9789752470606</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Su ve Tuz</t>
+          <t>Ayetlerin Doğru Tevilleriyle Gerçek İslam Miras Hukuku</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>600</v>
+        <v>1160</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786259824475</t>
+          <t>9789752470590</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Yanlış Duymuşsun</t>
+          <t>Kitap Şeyleri Dergisi Sayı: 1 Ocak 2018</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>324</v>
+        <v>180</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786259863436</t>
+          <t>9789752470538</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>İki Ezoterik Kurum Bektaşilik – Masonluk ve Benzer Boyutları</t>
+          <t>Tarçınlı Akide Şekeri Hayat</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>200</v>
+        <v>365</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786259863429</t>
+          <t>9789752470514</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Çift Başlı Kartalın Hikayesi: Selçuklular 3 - Irak, Kirman ve Suriye'de Süzülüyor</t>
+          <t>Gülün Goncası</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>278</v>
+        <v>635</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786259863412</t>
+          <t>9789752470361</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Çift Başlı Kartalın Hikayesi: Selçuklular 2 - Anadolu Semalarında</t>
+          <t>Kanayan Çiçekler Zamanı</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>451</v>
+        <v>275</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786057285034</t>
+          <t>9789752470187</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Çift Başlı Kartalın Hikayesi: Selçuklular 1 - Maveraünnehir'den Horasan'a</t>
+          <t>Mübadil Aşklar - 1</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>386</v>
+        <v>685</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786057285089</t>
+          <t>9786055045999</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'ya Üçüncü Pencereden Bakmak: Zirvedeki Yalnızlık (1512-1566)</t>
+          <t>Dergah</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>480</v>
+        <v>425</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786057285072</t>
+          <t>9786055045494</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Şehr-i İstanbul'un Kapıları</t>
+          <t>Yedi Levin Akşamı</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>376</v>
+        <v>270</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786259863405</t>
+          <t>9786055045654</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Politik Liderlik</t>
+          <t>Mavi Es Yüreğime</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>1194</v>
+        <v>305</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786057285065</t>
+          <t>9786055045609</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Jazz Armonisi</t>
+          <t>Gizem'in İçinden</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>400</v>
+        <v>270</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786057285058</t>
+          <t>9786057946492</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Karanlığa Dönüş: Kitap Bir Fısıltı - Bir Kabal</t>
+          <t>Semavi Dinin Sosyo Ekonomi Politiği Cilt 1</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>835</v>
+        <v>1640</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786057285041</t>
+          <t>9786057138934</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Sol Nasıl Yenildi?</t>
+          <t>İngiliz, Fransız, ve Amerikan Devrimlerinde Demokrasi Mücadelesi Veren Kadınlar</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>520</v>
+        <v>420</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786057285027</t>
+          <t>9786257561532</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Eylül Yalnızlığı</t>
+          <t>Son Umut</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>218</v>
+        <v>530</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786057299390</t>
+          <t>9786057946157</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'ya Üçüncü Pencereden Bakmak: İmparatorlukta Olaylar ve İnsan Manzaraları 2 - (1451-1512)</t>
+          <t>Zemheri</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>444</v>
+        <v>255</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786057150950</t>
+          <t>9789752470507</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Kainatı Bilen Rabbini Bilir</t>
+          <t>Nigrum Mortis Betiği</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>267</v>
+        <v>275</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786057138927</t>
+          <t>9786055045579</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>İknacı</t>
+          <t>Ben Şiir Olsam Sana Yazılırdım</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>513</v>
+        <v>305</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786057138941</t>
+          <t>9786055045630</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'ya Üçüncü Pencereden Bakmak (1299-1451)</t>
+          <t>Denek</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>428</v>
+        <v>830</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786057138910</t>
+          <t>9789752470262</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Lanet</t>
+          <t>Turnusol</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>169</v>
+        <v>270</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786258039498</t>
+          <t>9789752470842</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>İzmir'e Giderken</t>
+          <t>Ağaç Mavi Gök Yeşil</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>299</v>
+        <v>265</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786257654722</t>
+          <t>9786256086029</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>İslam Dininin Fıkhi Hükümleri</t>
+          <t>Su ve Tuz</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>674</v>
+        <v>600</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786257654630</t>
+          <t>9786259824475</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Mardin Efsaneleri</t>
+          <t>Yanlış Duymuşsun</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>494</v>
+        <v>325</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786258039443</t>
+          <t>9786259863436</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Ben Bir Ceviz Ağacıyım</t>
+          <t>İki Ezoterik Kurum Bektaşilik – Masonluk ve Benzer Boyutları</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>321</v>
+        <v>425</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786258039276</t>
+          <t>9786259863429</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Tutunuş Kapısı</t>
+          <t>Çift Başlı Kartalın Hikayesi: Selçuklular 3 - Irak, Kirman ve Suriye'de Süzülüyor</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>252</v>
+        <v>370</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786257561693</t>
+          <t>9786259863412</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Değirmen</t>
+          <t>Çift Başlı Kartalın Hikayesi: Selçuklular 2 - Anadolu Semalarında</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>305</v>
+        <v>630</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786256086128</t>
+          <t>9786057285034</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Şeytan</t>
+          <t>Çift Başlı Kartalın Hikayesi: Selçuklular 1 - Maveraünnehir'den Horasan'a</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>433</v>
+        <v>530</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786257561495</t>
+          <t>9786057285089</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Hüzün de Bir Renktir</t>
+          <t>Osmanlı'ya Üçüncü Pencereden Bakmak: Zirvedeki Yalnızlık (1512-1566)</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>256</v>
+        <v>480</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786257561204</t>
+          <t>9786057285072</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Zonguldak İnsan Mekan Zaman</t>
+          <t>Şehr-i İstanbul'un Kapıları</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>1110</v>
+        <v>470</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786257561792</t>
+          <t>9786259863405</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Yolun Açık Olsun</t>
+          <t>Politik Liderlik</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>411</v>
+        <v>1440</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786256086005</t>
+          <t>9786057285065</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Kürk Mantolu Madonna</t>
+          <t>Jazz Armonisi</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>300</v>
+        <v>430</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786257561211</t>
+          <t>9786057285058</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Devlet İnşasında Güç Kullanımı Sorunu</t>
+          <t>Karanlığa Dönüş: Kitap Bir Fısıltı - Bir Kabal</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>510</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
+          <t>9786057285041</t>
+        </is>
+      </c>
+      <c r="B118" s="1" t="inlineStr">
+        <is>
+          <t>Sol Nasıl Yenildi?</t>
+        </is>
+      </c>
+      <c r="C118" s="1">
+        <v>730</v>
+      </c>
+    </row>
+    <row r="119" spans="1:3">
+      <c r="A119" s="1" t="inlineStr">
+        <is>
+          <t>9786057285027</t>
+        </is>
+      </c>
+      <c r="B119" s="1" t="inlineStr">
+        <is>
+          <t>Eylül Yalnızlığı</t>
+        </is>
+      </c>
+      <c r="C119" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="120" spans="1:3">
+      <c r="A120" s="1" t="inlineStr">
+        <is>
+          <t>9786057299390</t>
+        </is>
+      </c>
+      <c r="B120" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı'ya Üçüncü Pencereden Bakmak: İmparatorlukta Olaylar ve İnsan Manzaraları 2 - (1451-1512)</t>
+        </is>
+      </c>
+      <c r="C120" s="1">
+        <v>444</v>
+      </c>
+    </row>
+    <row r="121" spans="1:3">
+      <c r="A121" s="1" t="inlineStr">
+        <is>
+          <t>9786057150950</t>
+        </is>
+      </c>
+      <c r="B121" s="1" t="inlineStr">
+        <is>
+          <t>Kainatı Bilen Rabbini Bilir</t>
+        </is>
+      </c>
+      <c r="C121" s="1">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="122" spans="1:3">
+      <c r="A122" s="1" t="inlineStr">
+        <is>
+          <t>9786057138927</t>
+        </is>
+      </c>
+      <c r="B122" s="1" t="inlineStr">
+        <is>
+          <t>İknacı</t>
+        </is>
+      </c>
+      <c r="C122" s="1">
+        <v>620</v>
+      </c>
+    </row>
+    <row r="123" spans="1:3">
+      <c r="A123" s="1" t="inlineStr">
+        <is>
+          <t>9786057138941</t>
+        </is>
+      </c>
+      <c r="B123" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı'ya Üçüncü Pencereden Bakmak (1299-1451)</t>
+        </is>
+      </c>
+      <c r="C123" s="1">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="124" spans="1:3">
+      <c r="A124" s="1" t="inlineStr">
+        <is>
+          <t>9786057138910</t>
+        </is>
+      </c>
+      <c r="B124" s="1" t="inlineStr">
+        <is>
+          <t>Lanet</t>
+        </is>
+      </c>
+      <c r="C124" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="125" spans="1:3">
+      <c r="A125" s="1" t="inlineStr">
+        <is>
+          <t>9786258039498</t>
+        </is>
+      </c>
+      <c r="B125" s="1" t="inlineStr">
+        <is>
+          <t>İzmir'e Giderken</t>
+        </is>
+      </c>
+      <c r="C125" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="126" spans="1:3">
+      <c r="A126" s="1" t="inlineStr">
+        <is>
+          <t>9786257654722</t>
+        </is>
+      </c>
+      <c r="B126" s="1" t="inlineStr">
+        <is>
+          <t>İslam Dininin Fıkhi Hükümleri</t>
+        </is>
+      </c>
+      <c r="C126" s="1">
+        <v>815</v>
+      </c>
+    </row>
+    <row r="127" spans="1:3">
+      <c r="A127" s="1" t="inlineStr">
+        <is>
+          <t>9786257654630</t>
+        </is>
+      </c>
+      <c r="B127" s="1" t="inlineStr">
+        <is>
+          <t>Mardin Efsaneleri</t>
+        </is>
+      </c>
+      <c r="C127" s="1">
+        <v>595</v>
+      </c>
+    </row>
+    <row r="128" spans="1:3">
+      <c r="A128" s="1" t="inlineStr">
+        <is>
+          <t>9786258039443</t>
+        </is>
+      </c>
+      <c r="B128" s="1" t="inlineStr">
+        <is>
+          <t>Ben Bir Ceviz Ağacıyım</t>
+        </is>
+      </c>
+      <c r="C128" s="1">
+        <v>435</v>
+      </c>
+    </row>
+    <row r="129" spans="1:3">
+      <c r="A129" s="1" t="inlineStr">
+        <is>
+          <t>9786258039276</t>
+        </is>
+      </c>
+      <c r="B129" s="1" t="inlineStr">
+        <is>
+          <t>Tutunuş Kapısı</t>
+        </is>
+      </c>
+      <c r="C129" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="130" spans="1:3">
+      <c r="A130" s="1" t="inlineStr">
+        <is>
+          <t>9786257561693</t>
+        </is>
+      </c>
+      <c r="B130" s="1" t="inlineStr">
+        <is>
+          <t>Değirmen</t>
+        </is>
+      </c>
+      <c r="C130" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="131" spans="1:3">
+      <c r="A131" s="1" t="inlineStr">
+        <is>
+          <t>9786256086128</t>
+        </is>
+      </c>
+      <c r="B131" s="1" t="inlineStr">
+        <is>
+          <t>İçimizdeki Şeytan</t>
+        </is>
+      </c>
+      <c r="C131" s="1">
+        <v>640</v>
+      </c>
+    </row>
+    <row r="132" spans="1:3">
+      <c r="A132" s="1" t="inlineStr">
+        <is>
+          <t>9786257561495</t>
+        </is>
+      </c>
+      <c r="B132" s="1" t="inlineStr">
+        <is>
+          <t>Hüzün de Bir Renktir</t>
+        </is>
+      </c>
+      <c r="C132" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="133" spans="1:3">
+      <c r="A133" s="1" t="inlineStr">
+        <is>
+          <t>9786257561204</t>
+        </is>
+      </c>
+      <c r="B133" s="1" t="inlineStr">
+        <is>
+          <t>Zonguldak İnsan Mekan Zaman</t>
+        </is>
+      </c>
+      <c r="C133" s="1">
+        <v>1340</v>
+      </c>
+    </row>
+    <row r="134" spans="1:3">
+      <c r="A134" s="1" t="inlineStr">
+        <is>
+          <t>9786257561792</t>
+        </is>
+      </c>
+      <c r="B134" s="1" t="inlineStr">
+        <is>
+          <t>Yolun Açık Olsun</t>
+        </is>
+      </c>
+      <c r="C134" s="1">
+        <v>570</v>
+      </c>
+    </row>
+    <row r="135" spans="1:3">
+      <c r="A135" s="1" t="inlineStr">
+        <is>
+          <t>9786256086005</t>
+        </is>
+      </c>
+      <c r="B135" s="1" t="inlineStr">
+        <is>
+          <t>Kürk Mantolu Madonna</t>
+        </is>
+      </c>
+      <c r="C135" s="1">
+        <v>435</v>
+      </c>
+    </row>
+    <row r="136" spans="1:3">
+      <c r="A136" s="1" t="inlineStr">
+        <is>
+          <t>9786257561211</t>
+        </is>
+      </c>
+      <c r="B136" s="1" t="inlineStr">
+        <is>
+          <t>Devlet İnşasında Güç Kullanımı Sorunu</t>
+        </is>
+      </c>
+      <c r="C136" s="1">
+        <v>615</v>
+      </c>
+    </row>
+    <row r="137" spans="1:3">
+      <c r="A137" s="1" t="inlineStr">
+        <is>
           <t>9786257654784</t>
         </is>
       </c>
-      <c r="B118" s="1" t="inlineStr">
+      <c r="B137" s="1" t="inlineStr">
         <is>
           <t>Beyaz Diş</t>
         </is>
       </c>
-      <c r="C118" s="1">
+      <c r="C137" s="1">
         <v>356</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>