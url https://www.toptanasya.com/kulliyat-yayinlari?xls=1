--- v0 (2025-11-01)
+++ v1 (2026-03-30)
@@ -85,385 +85,550 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786055976286</t>
+          <t>9786055976293</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>İslam Felsefesine Bir Katkı</t>
+          <t>Dil ve İdea</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>260</v>
+        <v>35</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786055976019</t>
+          <t>9789755976280</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Putların Alacakaranlığında</t>
+          <t>İslam Felsefesine Bir Katkı</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>260</v>
+        <v>150</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786055976033</t>
+          <t>9786055976248</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Tarihinin Oluşumu</t>
+          <t>Dinler Tarihine Giriş</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>130</v>
+        <v>45</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786055976194</t>
+          <t>9786055976095</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>İlahi Sözün Gücü</t>
+          <t>Sinemanın Hakikati</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>290</v>
+        <v>29</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786055976323</t>
+          <t>9786055976163</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Batı Kültürünün Enkazı: Hümanizm</t>
+          <t>Medeniyet Felsefesi 1</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>300</v>
+        <v>16</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786055976101</t>
+          <t>9786055976071</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Batı Düşüncesi Tarihi</t>
+          <t>Kur’an Fenomeni</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>730</v>
+        <v>16</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789755749488</t>
+          <t>9786055976132</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Böyle Buyurdu Zerdüşt</t>
+          <t>Hakikatin Sineması</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>345</v>
+        <v>62</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786055976309</t>
+          <t>9786055976170</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Kavram Yazısı</t>
+          <t>Batı Düşüncesi Tarihi 2</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>180</v>
+        <v>60</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789755748986</t>
+          <t>9786055976118</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Fonksiyon ve Kavram</t>
+          <t>Batı Düşüncesi Tarihi 1</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>130</v>
+        <v>78</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789755748269</t>
+          <t>4440000001042</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Anlam ve Yorum</t>
+          <t>Batı Uygarlığının Krizi</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786055976255</t>
+          <t>9786055976187</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesi 3</t>
+          <t>Batı Düşüncesinde Üçleme Sorunu</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>270</v>
+        <v>340</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786055976279</t>
+          <t>9786055976286</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesi 4</t>
+          <t>İslam Felsefesine Bir Katkı</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>450</v>
+        <v>260</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786055976262</t>
+          <t>9786055976019</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Tarih Felsefesi 1</t>
+          <t>Putların Alacakaranlığında</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>210</v>
+        <v>260</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786055976217</t>
+          <t>9786055976033</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesi 1 - İslam Düşüncesinin Yapısı ve Selefilik</t>
+          <t>Avrupa Tarihinin Oluşumu</t>
         </is>
       </c>
       <c r="C15" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786055976200</t>
+          <t>9786055976194</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Bensenog - Türkçenin Ruhu</t>
+          <t>İlahi Sözün Gücü</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>85</v>
+        <v>350</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786055976224</t>
+          <t>9786055976323</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş İngiliz-Yahudi Medeniyetinin Oluşumunda: David Hume</t>
+          <t>Batı Kültürünün Enkazı: Hümanizm</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786055976231</t>
+          <t>9786055976101</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesi-2</t>
+          <t>Batı Düşüncesi Tarihi</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>315</v>
+        <v>820</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786055976125</t>
+          <t>9789755749488</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Ölümcül Şiddet</t>
+          <t>Böyle Buyurdu Zerdüşt</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>150</v>
+        <v>390</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786055976088</t>
+          <t>9786055976309</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>İslam Medeniyetinin Dinamikleri</t>
+          <t>Kavram Yazısı</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>340</v>
+        <v>210</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786055976064</t>
+          <t>9789755748986</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesi</t>
+          <t>Fonksiyon ve Kavram</t>
         </is>
       </c>
       <c r="C21" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786055976149</t>
+          <t>9789755748269</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Düşünme Biçimleri</t>
+          <t>Anlam ve Yorum</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>224</v>
+        <v>290</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786055976002</t>
+          <t>9786055976255</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Düşüncelerin Serüvenleri</t>
+          <t>İslam Düşüncesi 3</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>360</v>
+        <v>350</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
+          <t>9786055976279</t>
+        </is>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>İslam Düşüncesi 4</t>
+        </is>
+      </c>
+      <c r="C24" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="25" spans="1:3">
+      <c r="A25" s="1" t="inlineStr">
+        <is>
+          <t>9786055976262</t>
+        </is>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>Tarih Felsefesi 1</t>
+        </is>
+      </c>
+      <c r="C25" s="1">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="26" spans="1:3">
+      <c r="A26" s="1" t="inlineStr">
+        <is>
+          <t>9786055976217</t>
+        </is>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>İslam Düşüncesi 1 - İslam Düşüncesinin Yapısı ve Selefilik</t>
+        </is>
+      </c>
+      <c r="C26" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="27" spans="1:3">
+      <c r="A27" s="1" t="inlineStr">
+        <is>
+          <t>9786055976200</t>
+        </is>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>Bensenog - Türkçenin Ruhu</t>
+        </is>
+      </c>
+      <c r="C27" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="28" spans="1:3">
+      <c r="A28" s="1" t="inlineStr">
+        <is>
+          <t>9786055976224</t>
+        </is>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Çağdaş İngiliz-Yahudi Medeniyetinin Oluşumunda: David Hume</t>
+        </is>
+      </c>
+      <c r="C28" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="29" spans="1:3">
+      <c r="A29" s="1" t="inlineStr">
+        <is>
+          <t>9786055976231</t>
+        </is>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>İslam Düşüncesi-2</t>
+        </is>
+      </c>
+      <c r="C29" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="30" spans="1:3">
+      <c r="A30" s="1" t="inlineStr">
+        <is>
+          <t>9786055976125</t>
+        </is>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>Ölümcül Şiddet</t>
+        </is>
+      </c>
+      <c r="C30" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="31" spans="1:3">
+      <c r="A31" s="1" t="inlineStr">
+        <is>
+          <t>9786055976088</t>
+        </is>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>İslam Medeniyetinin Dinamikleri</t>
+        </is>
+      </c>
+      <c r="C31" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="32" spans="1:3">
+      <c r="A32" s="1" t="inlineStr">
+        <is>
+          <t>9786055976064</t>
+        </is>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>İslam Düşüncesi</t>
+        </is>
+      </c>
+      <c r="C32" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="33" spans="1:3">
+      <c r="A33" s="1" t="inlineStr">
+        <is>
+          <t>9786055976149</t>
+        </is>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>Düşünme Biçimleri</t>
+        </is>
+      </c>
+      <c r="C33" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="34" spans="1:3">
+      <c r="A34" s="1" t="inlineStr">
+        <is>
+          <t>9786055976002</t>
+        </is>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>Düşüncelerin Serüvenleri</t>
+        </is>
+      </c>
+      <c r="C34" s="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="35" spans="1:3">
+      <c r="A35" s="1" t="inlineStr">
+        <is>
           <t>9786055976040</t>
         </is>
       </c>
-      <c r="B24" s="1" t="inlineStr">
+      <c r="B35" s="1" t="inlineStr">
         <is>
           <t>Deccal - Sahte İsa</t>
         </is>
       </c>
-      <c r="C24" s="1">
-        <v>145</v>
+      <c r="C35" s="1">
+        <v>190</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>