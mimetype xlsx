--- v0 (2026-02-07)
+++ v1 (2026-03-30)
@@ -85,55 +85,4135 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
+          <t>9786053253754</t>
+        </is>
+      </c>
+      <c r="B2" s="1" t="inlineStr">
+        <is>
+          <t>Kırgız Bozkırlarından Doğan Bir Kahraman Bişkek Bahadır Han</t>
+        </is>
+      </c>
+      <c r="C2" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="3" spans="1:3">
+      <c r="A3" s="1" t="inlineStr">
+        <is>
+          <t>9786053253747</t>
+        </is>
+      </c>
+      <c r="B3" s="1" t="inlineStr">
+        <is>
+          <t>Kurt İzinde Bir Ana Börü Hatun</t>
+        </is>
+      </c>
+      <c r="C3" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="4" spans="1:3">
+      <c r="A4" s="1" t="inlineStr">
+        <is>
+          <t>9786053253679</t>
+        </is>
+      </c>
+      <c r="B4" s="1" t="inlineStr">
+        <is>
+          <t>Aybike, Turan ve Manas’ın Işığı</t>
+        </is>
+      </c>
+      <c r="C4" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="5" spans="1:3">
+      <c r="A5" s="1" t="inlineStr">
+        <is>
+          <t>9786053253723</t>
+        </is>
+      </c>
+      <c r="B5" s="1" t="inlineStr">
+        <is>
+          <t>Bozkır’dan Kaşgar’a Bilgelik Yolculuğu</t>
+        </is>
+      </c>
+      <c r="C5" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="6" spans="1:3">
+      <c r="A6" s="1" t="inlineStr">
+        <is>
+          <t>9786053253709</t>
+        </is>
+      </c>
+      <c r="B6" s="1" t="inlineStr">
+        <is>
+          <t>Kızılelma Prensesi Almila</t>
+        </is>
+      </c>
+      <c r="C6" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="7" spans="1:3">
+      <c r="A7" s="1" t="inlineStr">
+        <is>
+          <t>9786053253730</t>
+        </is>
+      </c>
+      <c r="B7" s="1" t="inlineStr">
+        <is>
+          <t>Peçeneklerde Barışı Taşıyan Bey Kızı Gökçe</t>
+        </is>
+      </c>
+      <c r="C7" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="8" spans="1:3">
+      <c r="A8" s="1" t="inlineStr">
+        <is>
+          <t>9786053253655</t>
+        </is>
+      </c>
+      <c r="B8" s="1" t="inlineStr">
+        <is>
+          <t>Baba, Oğul ve Rüya</t>
+        </is>
+      </c>
+      <c r="C8" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="9" spans="1:3">
+      <c r="A9" s="1" t="inlineStr">
+        <is>
+          <t>9786053253648</t>
+        </is>
+      </c>
+      <c r="B9" s="1" t="inlineStr">
+        <is>
+          <t>Kızılelma Yolunda Bozkurt'un Çocukları</t>
+        </is>
+      </c>
+      <c r="C9" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="10" spans="1:3">
+      <c r="A10" s="1" t="inlineStr">
+        <is>
+          <t>9786053253631</t>
+        </is>
+      </c>
+      <c r="B10" s="1" t="inlineStr">
+        <is>
+          <t>Asena Kurdun Efsanesi</t>
+        </is>
+      </c>
+      <c r="C10" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="11" spans="1:3">
+      <c r="A11" s="1" t="inlineStr">
+        <is>
+          <t>9786053253617</t>
+        </is>
+      </c>
+      <c r="B11" s="1" t="inlineStr">
+        <is>
+          <t>Gönül Harmanımdan</t>
+        </is>
+      </c>
+      <c r="C11" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="12" spans="1:3">
+      <c r="A12" s="1" t="inlineStr">
+        <is>
+          <t>9786053253303</t>
+        </is>
+      </c>
+      <c r="B12" s="1" t="inlineStr">
+        <is>
+          <t>Sandık</t>
+        </is>
+      </c>
+      <c r="C12" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="13" spans="1:3">
+      <c r="A13" s="1" t="inlineStr">
+        <is>
+          <t>9786053253327</t>
+        </is>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
+        <is>
+          <t>Gönlümün Sesi</t>
+        </is>
+      </c>
+      <c r="C13" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="14" spans="1:3">
+      <c r="A14" s="1" t="inlineStr">
+        <is>
+          <t>9786053253365</t>
+        </is>
+      </c>
+      <c r="B14" s="1" t="inlineStr">
+        <is>
+          <t>Sevdama Keşke İnansan</t>
+        </is>
+      </c>
+      <c r="C14" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="15" spans="1:3">
+      <c r="A15" s="1" t="inlineStr">
+        <is>
+          <t>9786053253594</t>
+        </is>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>Çorum Halk İnançları</t>
+        </is>
+      </c>
+      <c r="C15" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="16" spans="1:3">
+      <c r="A16" s="1" t="inlineStr">
+        <is>
+          <t>9786053253600</t>
+        </is>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>Çorum Halk Hekimliği</t>
+        </is>
+      </c>
+      <c r="C16" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="17" spans="1:3">
+      <c r="A17" s="1" t="inlineStr">
+        <is>
+          <t>9786053253310</t>
+        </is>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>Gurur Kaynağımız Araçlılar</t>
+        </is>
+      </c>
+      <c r="C17" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="18" spans="1:3">
+      <c r="A18" s="1" t="inlineStr">
+        <is>
+          <t>9786053252368</t>
+        </is>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>Yunus Emre</t>
+        </is>
+      </c>
+      <c r="C18" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="19" spans="1:3">
+      <c r="A19" s="1" t="inlineStr">
+        <is>
+          <t>9786053253280</t>
+        </is>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>Asya’nın Doğu ve Batı Kıyısında Arkeolojik Kültür Varlıkları</t>
+        </is>
+      </c>
+      <c r="C19" s="1">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="20" spans="1:3">
+      <c r="A20" s="1" t="inlineStr">
+        <is>
+          <t>9786053252924</t>
+        </is>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>Geleneksel Türk Halk Tiyatrosu</t>
+        </is>
+      </c>
+      <c r="C20" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="21" spans="1:3">
+      <c r="A21" s="1" t="inlineStr">
+        <is>
+          <t>9786053253273</t>
+        </is>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>Kuzey Kıbrıs Türk Edebiyatının Duayeni Harid Fedai</t>
+        </is>
+      </c>
+      <c r="C21" s="1">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="22" spans="1:3">
+      <c r="A22" s="1" t="inlineStr">
+        <is>
+          <t>9786053253297</t>
+        </is>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>Benim Adım Türk</t>
+        </is>
+      </c>
+      <c r="C22" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="23" spans="1:3">
+      <c r="A23" s="1" t="inlineStr">
+        <is>
+          <t>9786053253358</t>
+        </is>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>Çin’e Direnişim</t>
+        </is>
+      </c>
+      <c r="C23" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="24" spans="1:3">
+      <c r="A24" s="1" t="inlineStr">
+        <is>
+          <t>9786053253150</t>
+        </is>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>İstanbulistan Hikâyleri - 1</t>
+        </is>
+      </c>
+      <c r="C24" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="25" spans="1:3">
+      <c r="A25" s="1" t="inlineStr">
+        <is>
+          <t>9786053253242</t>
+        </is>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>İki Bardak Çay</t>
+        </is>
+      </c>
+      <c r="C25" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="26" spans="1:3">
+      <c r="A26" s="1" t="inlineStr">
+        <is>
+          <t>9786053253174</t>
+        </is>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>Necip Fazıl’ın Veda ve Sakarya Şiirinin Tahlili</t>
+        </is>
+      </c>
+      <c r="C26" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="27" spans="1:3">
+      <c r="A27" s="1" t="inlineStr">
+        <is>
+          <t>9786053253228</t>
+        </is>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>Sahilde Bir Yaz Akşamı</t>
+        </is>
+      </c>
+      <c r="C27" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="28" spans="1:3">
+      <c r="A28" s="1" t="inlineStr">
+        <is>
+          <t>9786053253181</t>
+        </is>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Rindane - Rubailer ve Sözler-1</t>
+        </is>
+      </c>
+      <c r="C28" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="29" spans="1:3">
+      <c r="A29" s="1" t="inlineStr">
+        <is>
+          <t>9786053253198</t>
+        </is>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>Uşşakiler - Abdurrahman Sâmi Niyazî ve Ahmet Şücaeddin</t>
+        </is>
+      </c>
+      <c r="C29" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="30" spans="1:3">
+      <c r="A30" s="1" t="inlineStr">
+        <is>
+          <t>9786053253167</t>
+        </is>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>Denize Dönen Dalgalar - Şiirler</t>
+        </is>
+      </c>
+      <c r="C30" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="31" spans="1:3">
+      <c r="A31" s="1" t="inlineStr">
+        <is>
+          <t>9786053253211</t>
+        </is>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>Ermeni Yalanları: Gerçekle Yüzleşmek</t>
+        </is>
+      </c>
+      <c r="C31" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="32" spans="1:3">
+      <c r="A32" s="1" t="inlineStr">
+        <is>
+          <t>9786053253204</t>
+        </is>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Tarihi İnkar Eden Soykırım Suçlusu</t>
+        </is>
+      </c>
+      <c r="C32" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="33" spans="1:3">
+      <c r="A33" s="1" t="inlineStr">
+        <is>
+          <t>9786053253143</t>
+        </is>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>Şiirin Vakti Geldi</t>
+        </is>
+      </c>
+      <c r="C33" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="34" spans="1:3">
+      <c r="A34" s="1" t="inlineStr">
+        <is>
+          <t>9786053253235</t>
+        </is>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>Aşık İsrafil Uzunkaya (Seyyati)</t>
+        </is>
+      </c>
+      <c r="C34" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="35" spans="1:3">
+      <c r="A35" s="1" t="inlineStr">
+        <is>
+          <t>9786053251682</t>
+        </is>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>Rusça Gramer ve Alıştırmalar</t>
+        </is>
+      </c>
+      <c r="C35" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="36" spans="1:3">
+      <c r="A36" s="1" t="inlineStr">
+        <is>
+          <t>9786053252979</t>
+        </is>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>Baykuşlar ve Gözlükleri</t>
+        </is>
+      </c>
+      <c r="C36" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="37" spans="1:3">
+      <c r="A37" s="1" t="inlineStr">
+        <is>
+          <t>9786053252962</t>
+        </is>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>Folklor Tadqıqot Va Ekspedıtsıya Metodı Hamda Teknıkaları Ma’lumotnoması</t>
+        </is>
+      </c>
+      <c r="C37" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="38" spans="1:3">
+      <c r="A38" s="1" t="inlineStr">
+        <is>
+          <t>9786053252955</t>
+        </is>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>Bir Qız Vardı</t>
+        </is>
+      </c>
+      <c r="C38" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="39" spans="1:3">
+      <c r="A39" s="1" t="inlineStr">
+        <is>
+          <t>9786053252948</t>
+        </is>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>Aşık Tarzı Geleneksel Hikayeler</t>
+        </is>
+      </c>
+      <c r="C39" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="40" spans="1:3">
+      <c r="A40" s="1" t="inlineStr">
+        <is>
+          <t>9786053252917</t>
+        </is>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>Sen Benim Kentim Değilsin…</t>
+        </is>
+      </c>
+      <c r="C40" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="41" spans="1:3">
+      <c r="A41" s="1" t="inlineStr">
+        <is>
+          <t>9786053252825</t>
+        </is>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>Ölümsüz Derbeder</t>
+        </is>
+      </c>
+      <c r="C41" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="42" spans="1:3">
+      <c r="A42" s="1" t="inlineStr">
+        <is>
+          <t>9786053252894</t>
+        </is>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>Erkekçe Sözüm - Öyküler</t>
+        </is>
+      </c>
+      <c r="C42" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="43" spans="1:3">
+      <c r="A43" s="1" t="inlineStr">
+        <is>
+          <t>9786053252887</t>
+        </is>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>Değme Dedim Yüreğime</t>
+        </is>
+      </c>
+      <c r="C43" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="44" spans="1:3">
+      <c r="A44" s="1" t="inlineStr">
+        <is>
+          <t>9786053252689</t>
+        </is>
+      </c>
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t>14 Şubat ve Tahta At</t>
+        </is>
+      </c>
+      <c r="C44" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="45" spans="1:3">
+      <c r="A45" s="1" t="inlineStr">
+        <is>
+          <t>9786053252849</t>
+        </is>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>Hayat Yolu</t>
+        </is>
+      </c>
+      <c r="C45" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="46" spans="1:3">
+      <c r="A46" s="1" t="inlineStr">
+        <is>
+          <t>9786053252870</t>
+        </is>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>Türk tarihinde Gizli Kalmış Gerçekler ve… Çıtaklar</t>
+        </is>
+      </c>
+      <c r="C46" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="47" spans="1:3">
+      <c r="A47" s="1" t="inlineStr">
+        <is>
+          <t>9786053252863</t>
+        </is>
+      </c>
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t>100. Yılda Şiirin Yüzleri</t>
+        </is>
+      </c>
+      <c r="C47" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="48" spans="1:3">
+      <c r="A48" s="1" t="inlineStr">
+        <is>
+          <t>9786053252856</t>
+        </is>
+      </c>
+      <c r="B48" s="1" t="inlineStr">
+        <is>
+          <t>Heykeli Dikilecek Kadın</t>
+        </is>
+      </c>
+      <c r="C48" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="49" spans="1:3">
+      <c r="A49" s="1" t="inlineStr">
+        <is>
+          <t>9786053252795</t>
+        </is>
+      </c>
+      <c r="B49" s="1" t="inlineStr">
+        <is>
+          <t>İyi ki Varsın</t>
+        </is>
+      </c>
+      <c r="C49" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="50" spans="1:3">
+      <c r="A50" s="1" t="inlineStr">
+        <is>
+          <t>9786053252801</t>
+        </is>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>Mecnun Değilsin ki; Leyla Senin Neyine</t>
+        </is>
+      </c>
+      <c r="C50" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="51" spans="1:3">
+      <c r="A51" s="1" t="inlineStr">
+        <is>
+          <t>9786053252788</t>
+        </is>
+      </c>
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t>Aşık Deli Boran</t>
+        </is>
+      </c>
+      <c r="C51" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="52" spans="1:3">
+      <c r="A52" s="1" t="inlineStr">
+        <is>
+          <t>9786053252733</t>
+        </is>
+      </c>
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t>Son Temel - Karadeniz Fıkraları</t>
+        </is>
+      </c>
+      <c r="C52" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="53" spans="1:3">
+      <c r="A53" s="1" t="inlineStr">
+        <is>
+          <t>9786053252740</t>
+        </is>
+      </c>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t>Güliçkimi - Şiirler</t>
+        </is>
+      </c>
+      <c r="C53" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="54" spans="1:3">
+      <c r="A54" s="1" t="inlineStr">
+        <is>
+          <t>9786053252771</t>
+        </is>
+      </c>
+      <c r="B54" s="1" t="inlineStr">
+        <is>
+          <t>Fıkralarum - 3</t>
+        </is>
+      </c>
+      <c r="C54" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="55" spans="1:3">
+      <c r="A55" s="1" t="inlineStr">
+        <is>
+          <t>9786053252764</t>
+        </is>
+      </c>
+      <c r="B55" s="1" t="inlineStr">
+        <is>
+          <t>Fıkralarum - 2</t>
+        </is>
+      </c>
+      <c r="C55" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="56" spans="1:3">
+      <c r="A56" s="1" t="inlineStr">
+        <is>
+          <t>9786053252757</t>
+        </is>
+      </c>
+      <c r="B56" s="1" t="inlineStr">
+        <is>
+          <t>Fıkralarum 1 - Karadeniz Fıkraları</t>
+        </is>
+      </c>
+      <c r="C56" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="57" spans="1:3">
+      <c r="A57" s="1" t="inlineStr">
+        <is>
+          <t>9786053252719</t>
+        </is>
+      </c>
+      <c r="B57" s="1" t="inlineStr">
+        <is>
+          <t>Gözlerimin Yaşı</t>
+        </is>
+      </c>
+      <c r="C57" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="58" spans="1:3">
+      <c r="A58" s="1" t="inlineStr">
+        <is>
+          <t>9786053252726</t>
+        </is>
+      </c>
+      <c r="B58" s="1" t="inlineStr">
+        <is>
+          <t>Sarf-ı Türki</t>
+        </is>
+      </c>
+      <c r="C58" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="59" spans="1:3">
+      <c r="A59" s="1" t="inlineStr">
+        <is>
+          <t>9786053250371</t>
+        </is>
+      </c>
+      <c r="B59" s="1" t="inlineStr">
+        <is>
+          <t>Ümit Damlaları - Şiirler</t>
+        </is>
+      </c>
+      <c r="C59" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="60" spans="1:3">
+      <c r="A60" s="1" t="inlineStr">
+        <is>
+          <t>9786054686094</t>
+        </is>
+      </c>
+      <c r="B60" s="1" t="inlineStr">
+        <is>
+          <t>Aşk Çiseledi</t>
+        </is>
+      </c>
+      <c r="C60" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="61" spans="1:3">
+      <c r="A61" s="1" t="inlineStr">
+        <is>
+          <t>9786054686384</t>
+        </is>
+      </c>
+      <c r="B61" s="1" t="inlineStr">
+        <is>
+          <t>Yağmurun Yaşı</t>
+        </is>
+      </c>
+      <c r="C61" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="62" spans="1:3">
+      <c r="A62" s="1" t="inlineStr">
+        <is>
+          <t>9786054686698</t>
+        </is>
+      </c>
+      <c r="B62" s="1" t="inlineStr">
+        <is>
+          <t>Gönlümün Sesi</t>
+        </is>
+      </c>
+      <c r="C62" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="63" spans="1:3">
+      <c r="A63" s="1" t="inlineStr">
+        <is>
+          <t>9786054432219</t>
+        </is>
+      </c>
+      <c r="B63" s="1" t="inlineStr">
+        <is>
+          <t>Gönül Pınarından Esintiler</t>
+        </is>
+      </c>
+      <c r="C63" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="64" spans="1:3">
+      <c r="A64" s="1" t="inlineStr">
+        <is>
+          <t>9786053250166</t>
+        </is>
+      </c>
+      <c r="B64" s="1" t="inlineStr">
+        <is>
+          <t>Biraz Senden Biraz Benden</t>
+        </is>
+      </c>
+      <c r="C64" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="65" spans="1:3">
+      <c r="A65" s="1" t="inlineStr">
+        <is>
+          <t>9786054432707</t>
+        </is>
+      </c>
+      <c r="B65" s="1" t="inlineStr">
+        <is>
+          <t>Sürgün Düşler</t>
+        </is>
+      </c>
+      <c r="C65" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="66" spans="1:3">
+      <c r="A66" s="1" t="inlineStr">
+        <is>
+          <t>9786054432837</t>
+        </is>
+      </c>
+      <c r="B66" s="1" t="inlineStr">
+        <is>
+          <t>Geceye Çığlık</t>
+        </is>
+      </c>
+      <c r="C66" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="67" spans="1:3">
+      <c r="A67" s="1" t="inlineStr">
+        <is>
+          <t>9786053250760</t>
+        </is>
+      </c>
+      <c r="B67" s="1" t="inlineStr">
+        <is>
+          <t>Özgün ve Pratik Türkçe Derleme Sözlüğü</t>
+        </is>
+      </c>
+      <c r="C67" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="68" spans="1:3">
+      <c r="A68" s="1" t="inlineStr">
+        <is>
+          <t>9786053251132</t>
+        </is>
+      </c>
+      <c r="B68" s="1" t="inlineStr">
+        <is>
+          <t>Çocukluğumun Küçeleri</t>
+        </is>
+      </c>
+      <c r="C68" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="69" spans="1:3">
+      <c r="A69" s="1" t="inlineStr">
+        <is>
+          <t>9786053251019</t>
+        </is>
+      </c>
+      <c r="B69" s="1" t="inlineStr">
+        <is>
+          <t>Manas - Altay Dağlarının Qaplanı</t>
+        </is>
+      </c>
+      <c r="C69" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="70" spans="1:3">
+      <c r="A70" s="1" t="inlineStr">
+        <is>
+          <t>9786053252634</t>
+        </is>
+      </c>
+      <c r="B70" s="1" t="inlineStr">
+        <is>
+          <t>Kün (ol) Şiirler</t>
+        </is>
+      </c>
+      <c r="C70" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="71" spans="1:3">
+      <c r="A71" s="1" t="inlineStr">
+        <is>
+          <t>9786053252559</t>
+        </is>
+      </c>
+      <c r="B71" s="1" t="inlineStr">
+        <is>
+          <t>Bir Zamanlar Yazdıklarım ve Yazılanlar</t>
+        </is>
+      </c>
+      <c r="C71" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="72" spans="1:3">
+      <c r="A72" s="1" t="inlineStr">
+        <is>
+          <t>9786053252658</t>
+        </is>
+      </c>
+      <c r="B72" s="1" t="inlineStr">
+        <is>
+          <t>Manas</t>
+        </is>
+      </c>
+      <c r="C72" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="73" spans="1:3">
+      <c r="A73" s="1" t="inlineStr">
+        <is>
+          <t>9786053252641</t>
+        </is>
+      </c>
+      <c r="B73" s="1" t="inlineStr">
+        <is>
+          <t>Kültür Tarihimizde II. Milletlerarası Türk Folklor Kongresi</t>
+        </is>
+      </c>
+      <c r="C73" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="74" spans="1:3">
+      <c r="A74" s="1" t="inlineStr">
+        <is>
+          <t>9786053252382</t>
+        </is>
+      </c>
+      <c r="B74" s="1" t="inlineStr">
+        <is>
+          <t>Yol</t>
+        </is>
+      </c>
+      <c r="C74" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="75" spans="1:3">
+      <c r="A75" s="1" t="inlineStr">
+        <is>
+          <t>9786053251996</t>
+        </is>
+      </c>
+      <c r="B75" s="1" t="inlineStr">
+        <is>
+          <t>Aşk Tanrı’nın Öptüğü Yüreklerde Büyür</t>
+        </is>
+      </c>
+      <c r="C75" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="76" spans="1:3">
+      <c r="A76" s="1" t="inlineStr">
+        <is>
+          <t>9786053250590</t>
+        </is>
+      </c>
+      <c r="B76" s="1" t="inlineStr">
+        <is>
+          <t>Nakş-ı Cihan Nahçıvan</t>
+        </is>
+      </c>
+      <c r="C76" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="77" spans="1:3">
+      <c r="A77" s="1" t="inlineStr">
+        <is>
+          <t>9786053252146</t>
+        </is>
+      </c>
+      <c r="B77" s="1" t="inlineStr">
+        <is>
+          <t>Sonbahar</t>
+        </is>
+      </c>
+      <c r="C77" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="78" spans="1:3">
+      <c r="A78" s="1" t="inlineStr">
+        <is>
+          <t>9786053252153</t>
+        </is>
+      </c>
+      <c r="B78" s="1" t="inlineStr">
+        <is>
+          <t>Us Yemi</t>
+        </is>
+      </c>
+      <c r="C78" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="79" spans="1:3">
+      <c r="A79" s="1" t="inlineStr">
+        <is>
+          <t>9786054686933</t>
+        </is>
+      </c>
+      <c r="B79" s="1" t="inlineStr">
+        <is>
+          <t>Kül Özü</t>
+        </is>
+      </c>
+      <c r="C79" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="80" spans="1:3">
+      <c r="A80" s="1" t="inlineStr">
+        <is>
+          <t>9786053250050</t>
+        </is>
+      </c>
+      <c r="B80" s="1" t="inlineStr">
+        <is>
+          <t>Sakla Beni</t>
+        </is>
+      </c>
+      <c r="C80" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="81" spans="1:3">
+      <c r="A81" s="1" t="inlineStr">
+        <is>
+          <t>9786056618567</t>
+        </is>
+      </c>
+      <c r="B81" s="1" t="inlineStr">
+        <is>
+          <t>Gımışma - Terekeme Fıkra ve Gülmeceleri</t>
+        </is>
+      </c>
+      <c r="C81" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="82" spans="1:3">
+      <c r="A82" s="1" t="inlineStr">
+        <is>
+          <t>9786053252313</t>
+        </is>
+      </c>
+      <c r="B82" s="1" t="inlineStr">
+        <is>
+          <t>Köşe-i Bend</t>
+        </is>
+      </c>
+      <c r="C82" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="83" spans="1:3">
+      <c r="A83" s="1" t="inlineStr">
+        <is>
+          <t>9786053252290</t>
+        </is>
+      </c>
+      <c r="B83" s="1" t="inlineStr">
+        <is>
+          <t>Kan Terliyordu Saatler</t>
+        </is>
+      </c>
+      <c r="C83" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="84" spans="1:3">
+      <c r="A84" s="1" t="inlineStr">
+        <is>
+          <t>9786053252306</t>
+        </is>
+      </c>
+      <c r="B84" s="1" t="inlineStr">
+        <is>
+          <t>Eylüldü Gecenin Rengi</t>
+        </is>
+      </c>
+      <c r="C84" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="85" spans="1:3">
+      <c r="A85" s="1" t="inlineStr">
+        <is>
+          <t>9786053252320</t>
+        </is>
+      </c>
+      <c r="B85" s="1" t="inlineStr">
+        <is>
+          <t>Al Yanaklı Kirazlar</t>
+        </is>
+      </c>
+      <c r="C85" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="86" spans="1:3">
+      <c r="A86" s="1" t="inlineStr">
+        <is>
+          <t>9786053252351</t>
+        </is>
+      </c>
+      <c r="B86" s="1" t="inlineStr">
+        <is>
+          <t>Söz Anlayan Beri Gelsin!</t>
+        </is>
+      </c>
+      <c r="C86" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="87" spans="1:3">
+      <c r="A87" s="1" t="inlineStr">
+        <is>
+          <t>9786053252337</t>
+        </is>
+      </c>
+      <c r="B87" s="1" t="inlineStr">
+        <is>
+          <t>Kafesten Yükselen Sesler</t>
+        </is>
+      </c>
+      <c r="C87" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="88" spans="1:3">
+      <c r="A88" s="1" t="inlineStr">
+        <is>
+          <t>9786053252344</t>
+        </is>
+      </c>
+      <c r="B88" s="1" t="inlineStr">
+        <is>
+          <t>Mir-i Naz</t>
+        </is>
+      </c>
+      <c r="C88" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="89" spans="1:3">
+      <c r="A89" s="1" t="inlineStr">
+        <is>
+          <t>9786054686018</t>
+        </is>
+      </c>
+      <c r="B89" s="1" t="inlineStr">
+        <is>
+          <t>Ashab-ı Aşk</t>
+        </is>
+      </c>
+      <c r="C89" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="90" spans="1:3">
+      <c r="A90" s="1" t="inlineStr">
+        <is>
+          <t>9786053251774</t>
+        </is>
+      </c>
+      <c r="B90" s="1" t="inlineStr">
+        <is>
+          <t>Aya Nikola'dan Mezopotamya'ya Neval</t>
+        </is>
+      </c>
+      <c r="C90" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="91" spans="1:3">
+      <c r="A91" s="1" t="inlineStr">
+        <is>
+          <t>9786053251552</t>
+        </is>
+      </c>
+      <c r="B91" s="1" t="inlineStr">
+        <is>
+          <t>Şeytan Pazarı</t>
+        </is>
+      </c>
+      <c r="C91" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="92" spans="1:3">
+      <c r="A92" s="1" t="inlineStr">
+        <is>
+          <t>9786053251545</t>
+        </is>
+      </c>
+      <c r="B92" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklar İçin Tiyatro Metinleri</t>
+        </is>
+      </c>
+      <c r="C92" s="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="93" spans="1:3">
+      <c r="A93" s="1" t="inlineStr">
+        <is>
+          <t>9786053251521</t>
+        </is>
+      </c>
+      <c r="B93" s="1" t="inlineStr">
+        <is>
+          <t>Sevmek</t>
+        </is>
+      </c>
+      <c r="C93" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="94" spans="1:3">
+      <c r="A94" s="1" t="inlineStr">
+        <is>
+          <t>9786053251484</t>
+        </is>
+      </c>
+      <c r="B94" s="1" t="inlineStr">
+        <is>
+          <t>Yüzlerden Bir Yüz</t>
+        </is>
+      </c>
+      <c r="C94" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="95" spans="1:3">
+      <c r="A95" s="1" t="inlineStr">
+        <is>
+          <t>9786053250432</t>
+        </is>
+      </c>
+      <c r="B95" s="1" t="inlineStr">
+        <is>
+          <t>Mahşere Dek</t>
+        </is>
+      </c>
+      <c r="C95" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="96" spans="1:3">
+      <c r="A96" s="1" t="inlineStr">
+        <is>
+          <t>9786054432127</t>
+        </is>
+      </c>
+      <c r="B96" s="1" t="inlineStr">
+        <is>
+          <t>Üçler Aşkına - Askerin Günlüğü</t>
+        </is>
+      </c>
+      <c r="C96" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="97" spans="1:3">
+      <c r="A97" s="1" t="inlineStr">
+        <is>
+          <t>9786054432424</t>
+        </is>
+      </c>
+      <c r="B97" s="1" t="inlineStr">
+        <is>
+          <t>Mutlak Mutluluk</t>
+        </is>
+      </c>
+      <c r="C97" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="98" spans="1:3">
+      <c r="A98" s="1" t="inlineStr">
+        <is>
+          <t>9789758951215</t>
+        </is>
+      </c>
+      <c r="B98" s="1" t="inlineStr">
+        <is>
+          <t>Azerbaycan Düğün Türküleri</t>
+        </is>
+      </c>
+      <c r="C98" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="99" spans="1:3">
+      <c r="A99" s="1" t="inlineStr">
+        <is>
+          <t>9786053251194</t>
+        </is>
+      </c>
+      <c r="B99" s="1" t="inlineStr">
+        <is>
+          <t>Aşık Haydar Kılıç (Ozan Garip)</t>
+        </is>
+      </c>
+      <c r="C99" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="100" spans="1:3">
+      <c r="A100" s="1" t="inlineStr">
+        <is>
+          <t>9786053251569</t>
+        </is>
+      </c>
+      <c r="B100" s="1" t="inlineStr">
+        <is>
+          <t>Şeker Kokusu</t>
+        </is>
+      </c>
+      <c r="C100" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="101" spans="1:3">
+      <c r="A101" s="1" t="inlineStr">
+        <is>
+          <t>9786054432486</t>
+        </is>
+      </c>
+      <c r="B101" s="1" t="inlineStr">
+        <is>
+          <t>İçimizdeki Enerji Boyutu</t>
+        </is>
+      </c>
+      <c r="C101" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="102" spans="1:3">
+      <c r="A102" s="1" t="inlineStr">
+        <is>
+          <t>9786054432905</t>
+        </is>
+      </c>
+      <c r="B102" s="1" t="inlineStr">
+        <is>
+          <t>Kültür Çağlayanı 1. Şiir Antolojisi</t>
+        </is>
+      </c>
+      <c r="C102" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="103" spans="1:3">
+      <c r="A103" s="1" t="inlineStr">
+        <is>
+          <t>9789758951598</t>
+        </is>
+      </c>
+      <c r="B103" s="1" t="inlineStr">
+        <is>
+          <t>Yüreğimin Şiirleri</t>
+        </is>
+      </c>
+      <c r="C103" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="104" spans="1:3">
+      <c r="A104" s="1" t="inlineStr">
+        <is>
+          <t>9786054432301</t>
+        </is>
+      </c>
+      <c r="B104" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Edebi Akım - Gülce</t>
+        </is>
+      </c>
+      <c r="C104" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="105" spans="1:3">
+      <c r="A105" s="1" t="inlineStr">
+        <is>
+          <t>9789758951062</t>
+        </is>
+      </c>
+      <c r="B105" s="1" t="inlineStr">
+        <is>
+          <t>Çocuk Oyun ve Oyuncak Terimleri Sözlüğü</t>
+        </is>
+      </c>
+      <c r="C105" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="106" spans="1:3">
+      <c r="A106" s="1" t="inlineStr">
+        <is>
+          <t>9789758951796</t>
+        </is>
+      </c>
+      <c r="B106" s="1" t="inlineStr">
+        <is>
+          <t>Sana Seni Sevdiğimi Kim Söyledi</t>
+        </is>
+      </c>
+      <c r="C106" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="107" spans="1:3">
+      <c r="A107" s="1" t="inlineStr">
+        <is>
+          <t>9786054432288</t>
+        </is>
+      </c>
+      <c r="B107" s="1" t="inlineStr">
+        <is>
+          <t>Alevilik - Seyyid Derviş Beyaz Ocağı ve Şeceresi</t>
+        </is>
+      </c>
+      <c r="C107" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="108" spans="1:3">
+      <c r="A108" s="1" t="inlineStr">
+        <is>
+          <t>9786053250494</t>
+        </is>
+      </c>
+      <c r="B108" s="1" t="inlineStr">
+        <is>
+          <t>Bell'Olmaz</t>
+        </is>
+      </c>
+      <c r="C108" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="109" spans="1:3">
+      <c r="A109" s="1" t="inlineStr">
+        <is>
+          <t>9786053250623</t>
+        </is>
+      </c>
+      <c r="B109" s="1" t="inlineStr">
+        <is>
+          <t>Bir Koca Adam</t>
+        </is>
+      </c>
+      <c r="C109" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="110" spans="1:3">
+      <c r="A110" s="1" t="inlineStr">
+        <is>
+          <t>9786053251491</t>
+        </is>
+      </c>
+      <c r="B110" s="1" t="inlineStr">
+        <is>
+          <t>Bütün Oyunlar</t>
+        </is>
+      </c>
+      <c r="C110" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="111" spans="1:3">
+      <c r="A111" s="1" t="inlineStr">
+        <is>
+          <t>9789758951161</t>
+        </is>
+      </c>
+      <c r="B111" s="1" t="inlineStr">
+        <is>
+          <t>Folklor ve Etnik - Milli Şuur</t>
+        </is>
+      </c>
+      <c r="C111" s="1">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="112" spans="1:3">
+      <c r="A112" s="1" t="inlineStr">
+        <is>
+          <t>9786054432523</t>
+        </is>
+      </c>
+      <c r="B112" s="1" t="inlineStr">
+        <is>
+          <t>Yitik Sevda Şiirleri</t>
+        </is>
+      </c>
+      <c r="C112" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="113" spans="1:3">
+      <c r="A113" s="1" t="inlineStr">
+        <is>
+          <t>9789758951468</t>
+        </is>
+      </c>
+      <c r="B113" s="1" t="inlineStr">
+        <is>
+          <t>Ötemiş Hacı Cengizname</t>
+        </is>
+      </c>
+      <c r="C113" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="114" spans="1:3">
+      <c r="A114" s="1" t="inlineStr">
+        <is>
+          <t>9786053251477</t>
+        </is>
+      </c>
+      <c r="B114" s="1" t="inlineStr">
+        <is>
+          <t>Hayat Yeni Başlıyordu</t>
+        </is>
+      </c>
+      <c r="C114" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="115" spans="1:3">
+      <c r="A115" s="1" t="inlineStr">
+        <is>
+          <t>9786053251736</t>
+        </is>
+      </c>
+      <c r="B115" s="1" t="inlineStr">
+        <is>
+          <t>Yarım Kalan Öykü</t>
+        </is>
+      </c>
+      <c r="C115" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="116" spans="1:3">
+      <c r="A116" s="1" t="inlineStr">
+        <is>
+          <t>9786053251729</t>
+        </is>
+      </c>
+      <c r="B116" s="1" t="inlineStr">
+        <is>
+          <t>Anlatımlara Derlemelere Dayalı Halk Kültürü</t>
+        </is>
+      </c>
+      <c r="C116" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="117" spans="1:3">
+      <c r="A117" s="1" t="inlineStr">
+        <is>
+          <t>9786054432103</t>
+        </is>
+      </c>
+      <c r="B117" s="1" t="inlineStr">
+        <is>
+          <t>Türk Dili ve Kompozisyon</t>
+        </is>
+      </c>
+      <c r="C117" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="118" spans="1:3">
+      <c r="A118" s="1" t="inlineStr">
+        <is>
+          <t>9786056618529</t>
+        </is>
+      </c>
+      <c r="B118" s="1" t="inlineStr">
+        <is>
+          <t>Hingilleme - Terekeme Fıkra ve Gülmeceleri</t>
+        </is>
+      </c>
+      <c r="C118" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="119" spans="1:3">
+      <c r="A119" s="1" t="inlineStr">
+        <is>
+          <t>9786053251781</t>
+        </is>
+      </c>
+      <c r="B119" s="1" t="inlineStr">
+        <is>
+          <t>Surat</t>
+        </is>
+      </c>
+      <c r="C119" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="120" spans="1:3">
+      <c r="A120" s="1" t="inlineStr">
+        <is>
+          <t>9789758951819</t>
+        </is>
+      </c>
+      <c r="B120" s="1" t="inlineStr">
+        <is>
+          <t>Karabağ - İmdat Çığlığı (Karabağ Harayı)</t>
+        </is>
+      </c>
+      <c r="C120" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="121" spans="1:3">
+      <c r="A121" s="1" t="inlineStr">
+        <is>
+          <t>9789758951901</t>
+        </is>
+      </c>
+      <c r="B121" s="1" t="inlineStr">
+        <is>
+          <t>Selçuklularda Sultanların Tahta Çıkış Yöntemleri</t>
+        </is>
+      </c>
+      <c r="C121" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="122" spans="1:3">
+      <c r="A122" s="1" t="inlineStr">
+        <is>
+          <t>9789758951635</t>
+        </is>
+      </c>
+      <c r="B122" s="1" t="inlineStr">
+        <is>
+          <t>Türk Halklarının Edebiyat İlişkilerine Dair Araştırmalar</t>
+        </is>
+      </c>
+      <c r="C122" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="123" spans="1:3">
+      <c r="A123" s="1" t="inlineStr">
+        <is>
+          <t>9786054686346</t>
+        </is>
+      </c>
+      <c r="B123" s="1" t="inlineStr">
+        <is>
+          <t>Yılmaz Güney'in Bilinmeyenleri</t>
+        </is>
+      </c>
+      <c r="C123" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="124" spans="1:3">
+      <c r="A124" s="1" t="inlineStr">
+        <is>
+          <t>9786054432004</t>
+        </is>
+      </c>
+      <c r="B124" s="1" t="inlineStr">
+        <is>
+          <t>Ben-ü Sen Gülleri</t>
+        </is>
+      </c>
+      <c r="C124" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="125" spans="1:3">
+      <c r="A125" s="1" t="inlineStr">
+        <is>
+          <t>9786053250647</t>
+        </is>
+      </c>
+      <c r="B125" s="1" t="inlineStr">
+        <is>
+          <t>Öyküleriyle Çorum Yöresi Ağıtları</t>
+        </is>
+      </c>
+      <c r="C125" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="126" spans="1:3">
+      <c r="A126" s="1" t="inlineStr">
+        <is>
+          <t>9789758951390</t>
+        </is>
+      </c>
+      <c r="B126" s="1" t="inlineStr">
+        <is>
+          <t>Gönlüm Turna Göçünde (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C126" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="127" spans="1:3">
+      <c r="A127" s="1" t="inlineStr">
+        <is>
+          <t>9786053251712</t>
+        </is>
+      </c>
+      <c r="B127" s="1" t="inlineStr">
+        <is>
+          <t>Orhan Kemal’in Gürcüce Çevirileri</t>
+        </is>
+      </c>
+      <c r="C127" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="128" spans="1:3">
+      <c r="A128" s="1" t="inlineStr">
+        <is>
+          <t>9789786053257</t>
+        </is>
+      </c>
+      <c r="B128" s="1" t="inlineStr">
+        <is>
+          <t>Kalpteki Kara Nokta Suveyda</t>
+        </is>
+      </c>
+      <c r="C128" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="129" spans="1:3">
+      <c r="A129" s="1" t="inlineStr">
+        <is>
+          <t>9786053251903</t>
+        </is>
+      </c>
+      <c r="B129" s="1" t="inlineStr">
+        <is>
+          <t>Tarihi İnkar Eden Soykırım Suçlusu Mitomanik Diaspora Ermenileri</t>
+        </is>
+      </c>
+      <c r="C129" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="130" spans="1:3">
+      <c r="A130" s="1" t="inlineStr">
+        <is>
+          <t>9786053251392</t>
+        </is>
+      </c>
+      <c r="B130" s="1" t="inlineStr">
+        <is>
+          <t>Kiraz Çiçeği</t>
+        </is>
+      </c>
+      <c r="C130" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="131" spans="1:3">
+      <c r="A131" s="1" t="inlineStr">
+        <is>
+          <t>9786053251224</t>
+        </is>
+      </c>
+      <c r="B131" s="1" t="inlineStr">
+        <is>
+          <t>Hoşça Kal</t>
+        </is>
+      </c>
+      <c r="C131" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="132" spans="1:3">
+      <c r="A132" s="1" t="inlineStr">
+        <is>
+          <t>9786053251279</t>
+        </is>
+      </c>
+      <c r="B132" s="1" t="inlineStr">
+        <is>
+          <t>Rüzgara Karşı Sözler</t>
+        </is>
+      </c>
+      <c r="C132" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="133" spans="1:3">
+      <c r="A133" s="1" t="inlineStr">
+        <is>
+          <t>9786053251415</t>
+        </is>
+      </c>
+      <c r="B133" s="1" t="inlineStr">
+        <is>
+          <t>Emre - Bir Altın Çocuğun Öyküsü</t>
+        </is>
+      </c>
+      <c r="C133" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="134" spans="1:3">
+      <c r="A134" s="1" t="inlineStr">
+        <is>
+          <t>9786053251408</t>
+        </is>
+      </c>
+      <c r="B134" s="1" t="inlineStr">
+        <is>
+          <t>Emre - Arkadaşlarım ve Ben</t>
+        </is>
+      </c>
+      <c r="C134" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="135" spans="1:3">
+      <c r="A135" s="1" t="inlineStr">
+        <is>
+          <t>9786053251385</t>
+        </is>
+      </c>
+      <c r="B135" s="1" t="inlineStr">
+        <is>
+          <t>Emre - Annem ve Ben</t>
+        </is>
+      </c>
+      <c r="C135" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="136" spans="1:3">
+      <c r="A136" s="1" t="inlineStr">
+        <is>
+          <t>9786056618512</t>
+        </is>
+      </c>
+      <c r="B136" s="1" t="inlineStr">
+        <is>
+          <t>Bizim Eller</t>
+        </is>
+      </c>
+      <c r="C136" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="137" spans="1:3">
+      <c r="A137" s="1" t="inlineStr">
+        <is>
+          <t>9786053251149</t>
+        </is>
+      </c>
+      <c r="B137" s="1" t="inlineStr">
+        <is>
+          <t>Şeytanın Şeyhleri ve Emperyalin Müritleri</t>
+        </is>
+      </c>
+      <c r="C137" s="1">
+        <v>12.96</v>
+      </c>
+    </row>
+    <row r="138" spans="1:3">
+      <c r="A138" s="1" t="inlineStr">
+        <is>
+          <t>9786053251637</t>
+        </is>
+      </c>
+      <c r="B138" s="1" t="inlineStr">
+        <is>
+          <t>İnsicam</t>
+        </is>
+      </c>
+      <c r="C138" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="139" spans="1:3">
+      <c r="A139" s="1" t="inlineStr">
+        <is>
+          <t>9786053251644</t>
+        </is>
+      </c>
+      <c r="B139" s="1" t="inlineStr">
+        <is>
+          <t>Uçurumdaki Tebessüm</t>
+        </is>
+      </c>
+      <c r="C139" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="140" spans="1:3">
+      <c r="A140" s="1" t="inlineStr">
+        <is>
+          <t>9786053250890</t>
+        </is>
+      </c>
+      <c r="B140" s="1" t="inlineStr">
+        <is>
+          <t>Nakş-i Cihan - Nahçıvan</t>
+        </is>
+      </c>
+      <c r="C140" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="141" spans="1:3">
+      <c r="A141" s="1" t="inlineStr">
+        <is>
+          <t>9786053250821</t>
+        </is>
+      </c>
+      <c r="B141" s="1" t="inlineStr">
+        <is>
+          <t>Alevi-Bektaşi İnancında Gülbank Dua ve Deyişler</t>
+        </is>
+      </c>
+      <c r="C141" s="1">
+        <v>15.28</v>
+      </c>
+    </row>
+    <row r="142" spans="1:3">
+      <c r="A142" s="1" t="inlineStr">
+        <is>
+          <t>9786053250814</t>
+        </is>
+      </c>
+      <c r="B142" s="1" t="inlineStr">
+        <is>
+          <t>Çorum Halk Kültüründe Gülmece</t>
+        </is>
+      </c>
+      <c r="C142" s="1">
+        <v>15.28</v>
+      </c>
+    </row>
+    <row r="143" spans="1:3">
+      <c r="A143" s="1" t="inlineStr">
+        <is>
+          <t>9786053251422</t>
+        </is>
+      </c>
+      <c r="B143" s="1" t="inlineStr">
+        <is>
+          <t>Nirengi</t>
+        </is>
+      </c>
+      <c r="C143" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="144" spans="1:3">
+      <c r="A144" s="1" t="inlineStr">
+        <is>
+          <t>9786053251446</t>
+        </is>
+      </c>
+      <c r="B144" s="1" t="inlineStr">
+        <is>
+          <t>Hasreti Vardı</t>
+        </is>
+      </c>
+      <c r="C144" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="145" spans="1:3">
+      <c r="A145" s="1" t="inlineStr">
+        <is>
+          <t>9786053251453</t>
+        </is>
+      </c>
+      <c r="B145" s="1" t="inlineStr">
+        <is>
+          <t>Hicran</t>
+        </is>
+      </c>
+      <c r="C145" s="1">
+        <v>27.78</v>
+      </c>
+    </row>
+    <row r="146" spans="1:3">
+      <c r="A146" s="1" t="inlineStr">
+        <is>
+          <t>9786053251170</t>
+        </is>
+      </c>
+      <c r="B146" s="1" t="inlineStr">
+        <is>
+          <t>Birinci Dünya Savaşından Kurtuluş Savaşına Bir Subayın Günlükleri</t>
+        </is>
+      </c>
+      <c r="C146" s="1">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="147" spans="1:3">
+      <c r="A147" s="1" t="inlineStr">
+        <is>
+          <t>9786053251101</t>
+        </is>
+      </c>
+      <c r="B147" s="1" t="inlineStr">
+        <is>
+          <t>Kişilik Elbisesi</t>
+        </is>
+      </c>
+      <c r="C147" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="148" spans="1:3">
+      <c r="A148" s="1" t="inlineStr">
+        <is>
+          <t>9786053251163</t>
+        </is>
+      </c>
+      <c r="B148" s="1" t="inlineStr">
+        <is>
+          <t>Kırk’ı Çıkmış Öyküler</t>
+        </is>
+      </c>
+      <c r="C148" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="149" spans="1:3">
+      <c r="A149" s="1" t="inlineStr">
+        <is>
+          <t>9786053250845</t>
+        </is>
+      </c>
+      <c r="B149" s="1" t="inlineStr">
+        <is>
+          <t>Atavi Hazretleri</t>
+        </is>
+      </c>
+      <c r="C149" s="1">
+        <v>15.28</v>
+      </c>
+    </row>
+    <row r="150" spans="1:3">
+      <c r="A150" s="1" t="inlineStr">
+        <is>
+          <t>9786053250869</t>
+        </is>
+      </c>
+      <c r="B150" s="1" t="inlineStr">
+        <is>
+          <t>Su Hırsızları</t>
+        </is>
+      </c>
+      <c r="C150" s="1">
+        <v>9.17</v>
+      </c>
+    </row>
+    <row r="151" spans="1:3">
+      <c r="A151" s="1" t="inlineStr">
+        <is>
+          <t>9786053251125</t>
+        </is>
+      </c>
+      <c r="B151" s="1" t="inlineStr">
+        <is>
+          <t>Masallarda Bilincin Dönüşümü ve Dönüştürülmesi</t>
+        </is>
+      </c>
+      <c r="C151" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="152" spans="1:3">
+      <c r="A152" s="1" t="inlineStr">
+        <is>
+          <t>9786053251002</t>
+        </is>
+      </c>
+      <c r="B152" s="1" t="inlineStr">
+        <is>
+          <t>Manas - Altay Dağlarının Kaplanı</t>
+        </is>
+      </c>
+      <c r="C152" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="153" spans="1:3">
+      <c r="A153" s="1" t="inlineStr">
+        <is>
+          <t>9786053251033</t>
+        </is>
+      </c>
+      <c r="B153" s="1" t="inlineStr">
+        <is>
+          <t>Altın Post ve Amazonların Gözyaşları</t>
+        </is>
+      </c>
+      <c r="C153" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="154" spans="1:3">
+      <c r="A154" s="1" t="inlineStr">
+        <is>
+          <t>9786053251323</t>
+        </is>
+      </c>
+      <c r="B154" s="1" t="inlineStr">
+        <is>
+          <t>Şair Nesrin Erbil</t>
+        </is>
+      </c>
+      <c r="C154" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="155" spans="1:3">
+      <c r="A155" s="1" t="inlineStr">
+        <is>
+          <t>9786053250838</t>
+        </is>
+      </c>
+      <c r="B155" s="1" t="inlineStr">
+        <is>
+          <t>Yel Kayadan Ne Aparır?</t>
+        </is>
+      </c>
+      <c r="C155" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="156" spans="1:3">
+      <c r="A156" s="1" t="inlineStr">
+        <is>
+          <t>9786053250777</t>
+        </is>
+      </c>
+      <c r="B156" s="1" t="inlineStr">
+        <is>
+          <t>Trajik ve Modern - Triolojik Bir Çözümleme</t>
+        </is>
+      </c>
+      <c r="C156" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="157" spans="1:3">
+      <c r="A157" s="1" t="inlineStr">
+        <is>
+          <t>9786053250937</t>
+        </is>
+      </c>
+      <c r="B157" s="1" t="inlineStr">
+        <is>
+          <t>Sanatta Siyasal Söylem</t>
+        </is>
+      </c>
+      <c r="C157" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="158" spans="1:3">
+      <c r="A158" s="1" t="inlineStr">
+        <is>
+          <t>9786053250739</t>
+        </is>
+      </c>
+      <c r="B158" s="1" t="inlineStr">
+        <is>
+          <t>İkinci Yeni - Aykırı Sözşörler</t>
+        </is>
+      </c>
+      <c r="C158" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="159" spans="1:3">
+      <c r="A159" s="1" t="inlineStr">
+        <is>
+          <t>9786053250463</t>
+        </is>
+      </c>
+      <c r="B159" s="1" t="inlineStr">
+        <is>
+          <t>İlimiz Kırşehir</t>
+        </is>
+      </c>
+      <c r="C159" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="160" spans="1:3">
+      <c r="A160" s="1" t="inlineStr">
+        <is>
+          <t>9786053250470</t>
+        </is>
+      </c>
+      <c r="B160" s="1" t="inlineStr">
+        <is>
+          <t>Kıyamet Öncesi Beklenen Haberci</t>
+        </is>
+      </c>
+      <c r="C160" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="161" spans="1:3">
+      <c r="A161" s="1" t="inlineStr">
+        <is>
+          <t>9786054686308</t>
+        </is>
+      </c>
+      <c r="B161" s="1" t="inlineStr">
+        <is>
+          <t>Ku-Yan</t>
+        </is>
+      </c>
+      <c r="C161" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="162" spans="1:3">
+      <c r="A162" s="1" t="inlineStr">
+        <is>
+          <t>9786054686452</t>
+        </is>
+      </c>
+      <c r="B162" s="1" t="inlineStr">
+        <is>
+          <t>Leyla ile Mecnun</t>
+        </is>
+      </c>
+      <c r="C162" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="163" spans="1:3">
+      <c r="A163" s="1" t="inlineStr">
+        <is>
+          <t>9786054686445</t>
+        </is>
+      </c>
+      <c r="B163" s="1" t="inlineStr">
+        <is>
+          <t>On İki İmam ve Kerbela</t>
+        </is>
+      </c>
+      <c r="C163" s="1">
+        <v>12.96</v>
+      </c>
+    </row>
+    <row r="164" spans="1:3">
+      <c r="A164" s="1" t="inlineStr">
+        <is>
+          <t>9786053250364</t>
+        </is>
+      </c>
+      <c r="B164" s="1" t="inlineStr">
+        <is>
+          <t>Tarihi Şiir ve Ağıtlarda Ermeni Katliamı</t>
+        </is>
+      </c>
+      <c r="C164" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="165" spans="1:3">
+      <c r="A165" s="1" t="inlineStr">
+        <is>
+          <t>9786054686469</t>
+        </is>
+      </c>
+      <c r="B165" s="1" t="inlineStr">
+        <is>
+          <t>Temel Kaynaklardan Alevilik-Bektaşilik</t>
+        </is>
+      </c>
+      <c r="C165" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="166" spans="1:3">
+      <c r="A166" s="1" t="inlineStr">
+        <is>
+          <t>9786054686179</t>
+        </is>
+      </c>
+      <c r="B166" s="1" t="inlineStr">
+        <is>
+          <t>Türkçe Derleme ve Tarama Sözlüğü</t>
+        </is>
+      </c>
+      <c r="C166" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="167" spans="1:3">
+      <c r="A167" s="1" t="inlineStr">
+        <is>
+          <t>9786054686681</t>
+        </is>
+      </c>
+      <c r="B167" s="1" t="inlineStr">
+        <is>
+          <t>Türlü Yönleriyle Tekerlemeler</t>
+        </is>
+      </c>
+      <c r="C167" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="168" spans="1:3">
+      <c r="A168" s="1" t="inlineStr">
+        <is>
+          <t>9786054686803</t>
+        </is>
+      </c>
+      <c r="B168" s="1" t="inlineStr">
+        <is>
+          <t>Üstümüzde Geleceğin Yükleri</t>
+        </is>
+      </c>
+      <c r="C168" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="169" spans="1:3">
+      <c r="A169" s="1" t="inlineStr">
+        <is>
+          <t>9786054686414</t>
+        </is>
+      </c>
+      <c r="B169" s="1" t="inlineStr">
+        <is>
+          <t>Yavan Ekmek</t>
+        </is>
+      </c>
+      <c r="C169" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="170" spans="1:3">
+      <c r="A170" s="1" t="inlineStr">
+        <is>
+          <t>9786054686889</t>
+        </is>
+      </c>
+      <c r="B170" s="1" t="inlineStr">
+        <is>
+          <t>Araç Yöresinden Fıkralar ve Fıkramsı Anlatımlar</t>
+        </is>
+      </c>
+      <c r="C170" s="1">
+        <v>7.41</v>
+      </c>
+    </row>
+    <row r="171" spans="1:3">
+      <c r="A171" s="1" t="inlineStr">
+        <is>
+          <t>9786053250449</t>
+        </is>
+      </c>
+      <c r="B171" s="1" t="inlineStr">
+        <is>
+          <t>Harflerin Dansı</t>
+        </is>
+      </c>
+      <c r="C171" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="172" spans="1:3">
+      <c r="A172" s="1" t="inlineStr">
+        <is>
+          <t>9786054686407</t>
+        </is>
+      </c>
+      <c r="B172" s="1" t="inlineStr">
+        <is>
+          <t>Aleviliğin Tarihsel Alt Yapısı Anadolu Erenleri</t>
+        </is>
+      </c>
+      <c r="C172" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="173" spans="1:3">
+      <c r="A173" s="1" t="inlineStr">
+        <is>
+          <t>9786053250241</t>
+        </is>
+      </c>
+      <c r="B173" s="1" t="inlineStr">
+        <is>
+          <t>Alıcısı Olmayan Mektuplar</t>
+        </is>
+      </c>
+      <c r="C173" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="174" spans="1:3">
+      <c r="A174" s="1" t="inlineStr">
+        <is>
+          <t>9786054686285</t>
+        </is>
+      </c>
+      <c r="B174" s="1" t="inlineStr">
+        <is>
+          <t>Arka Bahçede Neler Oldu</t>
+        </is>
+      </c>
+      <c r="C174" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="175" spans="1:3">
+      <c r="A175" s="1" t="inlineStr">
+        <is>
+          <t>9786054686353</t>
+        </is>
+      </c>
+      <c r="B175" s="1" t="inlineStr">
+        <is>
+          <t>Bedava Pirzola</t>
+        </is>
+      </c>
+      <c r="C175" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="176" spans="1:3">
+      <c r="A176" s="1" t="inlineStr">
+        <is>
+          <t>9786054686858</t>
+        </is>
+      </c>
+      <c r="B176" s="1" t="inlineStr">
+        <is>
+          <t>Bir Sevgidir Yaşamak</t>
+        </is>
+      </c>
+      <c r="C176" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="177" spans="1:3">
+      <c r="A177" s="1" t="inlineStr">
+        <is>
+          <t>9786053251460</t>
+        </is>
+      </c>
+      <c r="B177" s="1" t="inlineStr">
+        <is>
+          <t>Buruk Yürek</t>
+        </is>
+      </c>
+      <c r="C177" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="178" spans="1:3">
+      <c r="A178" s="1" t="inlineStr">
+        <is>
+          <t>9786054686278</t>
+        </is>
+      </c>
+      <c r="B178" s="1" t="inlineStr">
+        <is>
+          <t>Mustafa Kemal'in Dostu İbrahim Ebilov</t>
+        </is>
+      </c>
+      <c r="C178" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="179" spans="1:3">
+      <c r="A179" s="1" t="inlineStr">
+        <is>
+          <t>9786054686438</t>
+        </is>
+      </c>
+      <c r="B179" s="1" t="inlineStr">
+        <is>
+          <t>Ermeni Kızı Hediye</t>
+        </is>
+      </c>
+      <c r="C179" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="180" spans="1:3">
+      <c r="A180" s="1" t="inlineStr">
+        <is>
+          <t>9786053250302</t>
+        </is>
+      </c>
+      <c r="B180" s="1" t="inlineStr">
+        <is>
+          <t>Eski Zaman Şiirleri</t>
+        </is>
+      </c>
+      <c r="C180" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="181" spans="1:3">
+      <c r="A181" s="1" t="inlineStr">
+        <is>
+          <t>9786053250173</t>
+        </is>
+      </c>
+      <c r="B181" s="1" t="inlineStr">
+        <is>
+          <t>Öz Köz Söz</t>
+        </is>
+      </c>
+      <c r="C181" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="182" spans="1:3">
+      <c r="A182" s="1" t="inlineStr">
+        <is>
+          <t>9786054686421</t>
+        </is>
+      </c>
+      <c r="B182" s="1" t="inlineStr">
+        <is>
+          <t>Rum Kızı Aliki</t>
+        </is>
+      </c>
+      <c r="C182" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="183" spans="1:3">
+      <c r="A183" s="1" t="inlineStr">
+        <is>
+          <t>9786054686063</t>
+        </is>
+      </c>
+      <c r="B183" s="1" t="inlineStr">
+        <is>
+          <t>Aşk İhaneti Sever</t>
+        </is>
+      </c>
+      <c r="C183" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="184" spans="1:3">
+      <c r="A184" s="1" t="inlineStr">
+        <is>
+          <t>9786054686865</t>
+        </is>
+      </c>
+      <c r="B184" s="1" t="inlineStr">
+        <is>
+          <t>Aşk Sözüyle</t>
+        </is>
+      </c>
+      <c r="C184" s="1">
+        <v>7.41</v>
+      </c>
+    </row>
+    <row r="185" spans="1:3">
+      <c r="A185" s="1" t="inlineStr">
+        <is>
+          <t>9786053250753</t>
+        </is>
+      </c>
+      <c r="B185" s="1" t="inlineStr">
+        <is>
+          <t>Bestekarın Aşkı</t>
+        </is>
+      </c>
+      <c r="C185" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="186" spans="1:3">
+      <c r="A186" s="1" t="inlineStr">
+        <is>
+          <t>9786054686667</t>
+        </is>
+      </c>
+      <c r="B186" s="1" t="inlineStr">
+        <is>
+          <t>7 Mektup</t>
+        </is>
+      </c>
+      <c r="C186" s="1">
+        <v>7.41</v>
+      </c>
+    </row>
+    <row r="187" spans="1:3">
+      <c r="A187" s="1" t="inlineStr">
+        <is>
+          <t>9786054432820</t>
+        </is>
+      </c>
+      <c r="B187" s="1" t="inlineStr">
+        <is>
+          <t>AB Yüzünden Kız Lezbiyen Oldu</t>
+        </is>
+      </c>
+      <c r="C187" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="188" spans="1:3">
+      <c r="A188" s="1" t="inlineStr">
+        <is>
+          <t>9786054686827</t>
+        </is>
+      </c>
+      <c r="B188" s="1" t="inlineStr">
+        <is>
+          <t>Akşam Voltası</t>
+        </is>
+      </c>
+      <c r="C188" s="1">
+        <v>7.41</v>
+      </c>
+    </row>
+    <row r="189" spans="1:3">
+      <c r="A189" s="1" t="inlineStr">
+        <is>
+          <t>9786053250500</t>
+        </is>
+      </c>
+      <c r="B189" s="1" t="inlineStr">
+        <is>
+          <t>Bilimin Sultanları</t>
+        </is>
+      </c>
+      <c r="C189" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="190" spans="1:3">
+      <c r="A190" s="1" t="inlineStr">
+        <is>
+          <t>9786054686704</t>
+        </is>
+      </c>
+      <c r="B190" s="1" t="inlineStr">
+        <is>
+          <t>Bayat ve Afyonkarahisar Çevresi Söylenceleri</t>
+        </is>
+      </c>
+      <c r="C190" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="191" spans="1:3">
+      <c r="A191" s="1" t="inlineStr">
+        <is>
+          <t>9786054686773</t>
+        </is>
+      </c>
+      <c r="B191" s="1" t="inlineStr">
+        <is>
+          <t>Derin Mitoloji</t>
+        </is>
+      </c>
+      <c r="C191" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="192" spans="1:3">
+      <c r="A192" s="1" t="inlineStr">
+        <is>
+          <t>9786053250852</t>
+        </is>
+      </c>
+      <c r="B192" s="1" t="inlineStr">
+        <is>
+          <t>Mihr-i Dil</t>
+        </is>
+      </c>
+      <c r="C192" s="1">
+        <v>7.87</v>
+      </c>
+    </row>
+    <row r="193" spans="1:3">
+      <c r="A193" s="1" t="inlineStr">
+        <is>
+          <t>9786056618550</t>
+        </is>
+      </c>
+      <c r="B193" s="1" t="inlineStr">
+        <is>
+          <t>Damladan Deryaya</t>
+        </is>
+      </c>
+      <c r="C193" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="194" spans="1:3">
+      <c r="A194" s="1" t="inlineStr">
+        <is>
+          <t>9786054686537</t>
+        </is>
+      </c>
+      <c r="B194" s="1" t="inlineStr">
+        <is>
+          <t>Yusuf İle Züleyha</t>
+        </is>
+      </c>
+      <c r="C194" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="195" spans="1:3">
+      <c r="A195" s="1" t="inlineStr">
+        <is>
+          <t>9786053250609</t>
+        </is>
+      </c>
+      <c r="B195" s="1" t="inlineStr">
+        <is>
+          <t>Zühre Yıldızı</t>
+        </is>
+      </c>
+      <c r="C195" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="196" spans="1:3">
+      <c r="A196" s="1" t="inlineStr">
+        <is>
+          <t>9786053250616</t>
+        </is>
+      </c>
+      <c r="B196" s="1" t="inlineStr">
+        <is>
+          <t>Altmış Akıl Yetmiş Fikir</t>
+        </is>
+      </c>
+      <c r="C196" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="197" spans="1:3">
+      <c r="A197" s="1" t="inlineStr">
+        <is>
+          <t>9786053250661</t>
+        </is>
+      </c>
+      <c r="B197" s="1" t="inlineStr">
+        <is>
+          <t>Akıllı Mı Desem Deli Mi</t>
+        </is>
+      </c>
+      <c r="C197" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="198" spans="1:3">
+      <c r="A198" s="1" t="inlineStr">
+        <is>
+          <t>9786054432776</t>
+        </is>
+      </c>
+      <c r="B198" s="1" t="inlineStr">
+        <is>
+          <t>Aşık Yoksul Derviş'ten Hz. Ali Mevlüdü - Düvaz İmamlar Nevruziyeler</t>
+        </is>
+      </c>
+      <c r="C198" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="199" spans="1:3">
+      <c r="A199" s="1" t="inlineStr">
+        <is>
+          <t>9786053250548</t>
+        </is>
+      </c>
+      <c r="B199" s="1" t="inlineStr">
+        <is>
+          <t>Postmodernizm Sınırsız Özgürlük mü? Özgürlüğün Sınırı mı?</t>
+        </is>
+      </c>
+      <c r="C199" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="200" spans="1:3">
+      <c r="A200" s="1" t="inlineStr">
+        <is>
+          <t>9786053250203</t>
+        </is>
+      </c>
+      <c r="B200" s="1" t="inlineStr">
+        <is>
+          <t>Dalgalara Bin De Gel</t>
+        </is>
+      </c>
+      <c r="C200" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="201" spans="1:3">
+      <c r="A201" s="1" t="inlineStr">
+        <is>
+          <t>9786053250913</t>
+        </is>
+      </c>
+      <c r="B201" s="1" t="inlineStr">
+        <is>
+          <t>İzzet Melih Devrim’in Eserleri</t>
+        </is>
+      </c>
+      <c r="C201" s="1">
+        <v>15.28</v>
+      </c>
+    </row>
+    <row r="202" spans="1:3">
+      <c r="A202" s="1" t="inlineStr">
+        <is>
+          <t>9786053250906</t>
+        </is>
+      </c>
+      <c r="B202" s="1" t="inlineStr">
+        <is>
+          <t>İzzet Melih Devrim’in Roman ve Hikayeleri Üzerine Bir İnceleme</t>
+        </is>
+      </c>
+      <c r="C202" s="1">
+        <v>15.28</v>
+      </c>
+    </row>
+    <row r="203" spans="1:3">
+      <c r="A203" s="1" t="inlineStr">
+        <is>
+          <t>9786053250883</t>
+        </is>
+      </c>
+      <c r="B203" s="1" t="inlineStr">
+        <is>
+          <t>Üç Adam Yirmi Beş Cellat</t>
+        </is>
+      </c>
+      <c r="C203" s="1">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="204" spans="1:3">
+      <c r="A204" s="1" t="inlineStr">
+        <is>
+          <t>9786053252214</t>
+        </is>
+      </c>
+      <c r="B204" s="1" t="inlineStr">
+        <is>
+          <t>Hayrettin İvgin’in Manas Romanında Kırgız Folkloru</t>
+        </is>
+      </c>
+      <c r="C204" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="205" spans="1:3">
+      <c r="A205" s="1" t="inlineStr">
+        <is>
+          <t>9786053252269</t>
+        </is>
+      </c>
+      <c r="B205" s="1" t="inlineStr">
+        <is>
+          <t>Ayasofya Şiirleri</t>
+        </is>
+      </c>
+      <c r="C205" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="206" spans="1:3">
+      <c r="A206" s="1" t="inlineStr">
+        <is>
+          <t>9786053252276</t>
+        </is>
+      </c>
+      <c r="B206" s="1" t="inlineStr">
+        <is>
+          <t>Meyra</t>
+        </is>
+      </c>
+      <c r="C206" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="207" spans="1:3">
+      <c r="A207" s="1" t="inlineStr">
+        <is>
+          <t>9786054432691</t>
+        </is>
+      </c>
+      <c r="B207" s="1" t="inlineStr">
+        <is>
+          <t>Aşkın Adı Şiir</t>
+        </is>
+      </c>
+      <c r="C207" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="208" spans="1:3">
+      <c r="A208" s="1" t="inlineStr">
+        <is>
+          <t>9786053252245</t>
+        </is>
+      </c>
+      <c r="B208" s="1" t="inlineStr">
+        <is>
+          <t>Türk ve Türklük Hakkında Az Bildiklerimiz</t>
+        </is>
+      </c>
+      <c r="C208" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="209" spans="1:3">
+      <c r="A209" s="1" t="inlineStr">
+        <is>
+          <t>9786053252115</t>
+        </is>
+      </c>
+      <c r="B209" s="1" t="inlineStr">
+        <is>
+          <t>Güneşte Yara Kurutmak</t>
+        </is>
+      </c>
+      <c r="C209" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="210" spans="1:3">
+      <c r="A210" s="1" t="inlineStr">
+        <is>
+          <t>9786053252184</t>
+        </is>
+      </c>
+      <c r="B210" s="1" t="inlineStr">
+        <is>
+          <t>Memleketim İncesu</t>
+        </is>
+      </c>
+      <c r="C210" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="211" spans="1:3">
+      <c r="A211" s="1" t="inlineStr">
+        <is>
+          <t>9786053252030</t>
+        </is>
+      </c>
+      <c r="B211" s="1" t="inlineStr">
+        <is>
+          <t>Katilimi Gözlerim Buldu</t>
+        </is>
+      </c>
+      <c r="C211" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="212" spans="1:3">
+      <c r="A212" s="1" t="inlineStr">
+        <is>
+          <t>9786053252122</t>
+        </is>
+      </c>
+      <c r="B212" s="1" t="inlineStr">
+        <is>
+          <t>Gurbet Kuşu</t>
+        </is>
+      </c>
+      <c r="C212" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="213" spans="1:3">
+      <c r="A213" s="1" t="inlineStr">
+        <is>
+          <t>9786053252139</t>
+        </is>
+      </c>
+      <c r="B213" s="1" t="inlineStr">
+        <is>
+          <t>Tomurcuk</t>
+        </is>
+      </c>
+      <c r="C213" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="214" spans="1:3">
+      <c r="A214" s="1" t="inlineStr">
+        <is>
+          <t>9786056618505</t>
+        </is>
+      </c>
+      <c r="B214" s="1" t="inlineStr">
+        <is>
+          <t>Damladan Deryaya</t>
+        </is>
+      </c>
+      <c r="C214" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="215" spans="1:3">
+      <c r="A215" s="1" t="inlineStr">
+        <is>
+          <t>9786053252238</t>
+        </is>
+      </c>
+      <c r="B215" s="1" t="inlineStr">
+        <is>
+          <t>Mazinin Solmayan Gülleri</t>
+        </is>
+      </c>
+      <c r="C215" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="216" spans="1:3">
+      <c r="A216" s="1" t="inlineStr">
+        <is>
+          <t>9786053251187</t>
+        </is>
+      </c>
+      <c r="B216" s="1" t="inlineStr">
+        <is>
+          <t>Sivaslı Aşık Hasan Yüzbaşıoğlu - Mihmani ve Ailesindeki Diğer Aşıklar</t>
+        </is>
+      </c>
+      <c r="C216" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="217" spans="1:3">
+      <c r="A217" s="1" t="inlineStr">
+        <is>
+          <t>9789758951222</t>
+        </is>
+      </c>
+      <c r="B217" s="1" t="inlineStr">
+        <is>
+          <t>Azerbaycan Türkçesi Fonotiği</t>
+        </is>
+      </c>
+      <c r="C217" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="218" spans="1:3">
+      <c r="A218" s="1" t="inlineStr">
+        <is>
+          <t>9786053251859</t>
+        </is>
+      </c>
+      <c r="B218" s="1" t="inlineStr">
+        <is>
+          <t>Hasıl-ı Kelam</t>
+        </is>
+      </c>
+      <c r="C218" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="219" spans="1:3">
+      <c r="A219" s="1" t="inlineStr">
+        <is>
+          <t>9786054432110</t>
+        </is>
+      </c>
+      <c r="B219" s="1" t="inlineStr">
+        <is>
+          <t>Nail Tan'a Armağan</t>
+        </is>
+      </c>
+      <c r="C219" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="220" spans="1:3">
+      <c r="A220" s="1" t="inlineStr">
+        <is>
+          <t>9786053250159</t>
+        </is>
+      </c>
+      <c r="B220" s="1" t="inlineStr">
+        <is>
+          <t>Sivas Sarıkayalı Aşık Hüseyin (1907-1942)</t>
+        </is>
+      </c>
+      <c r="C220" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="221" spans="1:3">
+      <c r="A221" s="1" t="inlineStr">
+        <is>
+          <t>9786054432158</t>
+        </is>
+      </c>
+      <c r="B221" s="1" t="inlineStr">
+        <is>
+          <t>Bir Aşkın İki Yalnızı (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C221" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="222" spans="1:3">
+      <c r="A222" s="1" t="inlineStr">
+        <is>
+          <t>9786054686025</t>
+        </is>
+      </c>
+      <c r="B222" s="1" t="inlineStr">
+        <is>
+          <t>Sürgün</t>
+        </is>
+      </c>
+      <c r="C222" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="223" spans="1:3">
+      <c r="A223" s="1" t="inlineStr">
+        <is>
+          <t>9786058769564</t>
+        </is>
+      </c>
+      <c r="B223" s="1" t="inlineStr">
+        <is>
+          <t>Anlatım Esasına Dayalı Metinler ve Din</t>
+        </is>
+      </c>
+      <c r="C223" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="224" spans="1:3">
+      <c r="A224" s="1" t="inlineStr">
+        <is>
+          <t>9786053250586</t>
+        </is>
+      </c>
+      <c r="B224" s="1" t="inlineStr">
+        <is>
+          <t>Çıldır Folklor ve Etnografyası</t>
+        </is>
+      </c>
+      <c r="C224" s="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="225" spans="1:3">
+      <c r="A225" s="1" t="inlineStr">
+        <is>
+          <t>9786054432240</t>
+        </is>
+      </c>
+      <c r="B225" s="1" t="inlineStr">
+        <is>
+          <t>Hikayeler Güldestesi (30 Seçme Hikaye)</t>
+        </is>
+      </c>
+      <c r="C225" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="226" spans="1:3">
+      <c r="A226" s="1" t="inlineStr">
+        <is>
+          <t>9786053251316</t>
+        </is>
+      </c>
+      <c r="B226" s="1" t="inlineStr">
+        <is>
+          <t>Ne Günlerden Bugünlere Nankörler Vefalılar</t>
+        </is>
+      </c>
+      <c r="C226" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="227" spans="1:3">
+      <c r="A227" s="1" t="inlineStr">
+        <is>
+          <t>9789752885196</t>
+        </is>
+      </c>
+      <c r="B227" s="1" t="inlineStr">
+        <is>
+          <t>Başkent Ankara Konulu Seçme Makaleler Bibliyografyası (1923-2003)</t>
+        </is>
+      </c>
+      <c r="C227" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="228" spans="1:3">
+      <c r="A228" s="1" t="inlineStr">
+        <is>
+          <t>9786058769533</t>
+        </is>
+      </c>
+      <c r="B228" s="1" t="inlineStr">
+        <is>
+          <t>Koblandı Batır Destanı</t>
+        </is>
+      </c>
+      <c r="C228" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="229" spans="1:3">
+      <c r="A229" s="1" t="inlineStr">
+        <is>
+          <t>9786053252061</t>
+        </is>
+      </c>
+      <c r="B229" s="1" t="inlineStr">
+        <is>
+          <t>Sevdamın Adını Hürriyet Koydum</t>
+        </is>
+      </c>
+      <c r="C229" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="230" spans="1:3">
+      <c r="A230" s="1" t="inlineStr">
+        <is>
+          <t>9786053251699</t>
+        </is>
+      </c>
+      <c r="B230" s="1" t="inlineStr">
+        <is>
+          <t>Manas - Mahac (Kırgızca) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C230" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="231" spans="1:3">
+      <c r="A231" s="1" t="inlineStr">
+        <is>
+          <t>9786053252177</t>
+        </is>
+      </c>
+      <c r="B231" s="1" t="inlineStr">
+        <is>
+          <t>Manas - Mahac (Özbekçe) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C231" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="232" spans="1:3">
+      <c r="A232" s="1" t="inlineStr">
+        <is>
+          <t>9786053252092</t>
+        </is>
+      </c>
+      <c r="B232" s="1" t="inlineStr">
+        <is>
+          <t>Bugünden Yarına Bir’iz 4</t>
+        </is>
+      </c>
+      <c r="C232" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="233" spans="1:3">
+      <c r="A233" s="1" t="inlineStr">
+        <is>
+          <t>9786053252108</t>
+        </is>
+      </c>
+      <c r="B233" s="1" t="inlineStr">
+        <is>
+          <t>Hayata Dair</t>
+        </is>
+      </c>
+      <c r="C233" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="234" spans="1:3">
+      <c r="A234" s="1" t="inlineStr">
+        <is>
+          <t>9789753252047</t>
+        </is>
+      </c>
+      <c r="B234" s="1" t="inlineStr">
+        <is>
+          <t>Bir İnsan ve Sanatçı Olarak Sultan 2. Abdülhamid</t>
+        </is>
+      </c>
+      <c r="C234" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="235" spans="1:3">
+      <c r="A235" s="1" t="inlineStr">
+        <is>
+          <t>9786053252160</t>
+        </is>
+      </c>
+      <c r="B235" s="1" t="inlineStr">
+        <is>
+          <t>Feden</t>
+        </is>
+      </c>
+      <c r="C235" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="236" spans="1:3">
+      <c r="A236" s="1" t="inlineStr">
+        <is>
+          <t>9786053251941</t>
+        </is>
+      </c>
+      <c r="B236" s="1" t="inlineStr">
+        <is>
+          <t>Midyat'tan Çıktım Yola</t>
+        </is>
+      </c>
+      <c r="C236" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="237" spans="1:3">
+      <c r="A237" s="1" t="inlineStr">
+        <is>
+          <t>9786053252078</t>
+        </is>
+      </c>
+      <c r="B237" s="1" t="inlineStr">
+        <is>
+          <t>İslamın Adalet Savaşçıları</t>
+        </is>
+      </c>
+      <c r="C237" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="238" spans="1:3">
+      <c r="A238" s="1" t="inlineStr">
+        <is>
+          <t>9786053251965</t>
+        </is>
+      </c>
+      <c r="B238" s="1" t="inlineStr">
+        <is>
+          <t>Şehitlere Adanmış Şiirler Antolojisi</t>
+        </is>
+      </c>
+      <c r="C238" s="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="239" spans="1:3">
+      <c r="A239" s="1" t="inlineStr">
+        <is>
+          <t>9786053251842</t>
+        </is>
+      </c>
+      <c r="B239" s="1" t="inlineStr">
+        <is>
+          <t>Gri Gökkuşağı</t>
+        </is>
+      </c>
+      <c r="C239" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="240" spans="1:3">
+      <c r="A240" s="1" t="inlineStr">
+        <is>
+          <t>9786053252221</t>
+        </is>
+      </c>
+      <c r="B240" s="1" t="inlineStr">
+        <is>
+          <t>Senden Hayır Beklenmez</t>
+        </is>
+      </c>
+      <c r="C240" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="241" spans="1:3">
+      <c r="A241" s="1" t="inlineStr">
+        <is>
+          <t>9786053252054</t>
+        </is>
+      </c>
+      <c r="B241" s="1" t="inlineStr">
+        <is>
+          <t>Halk Kültüründe Kazdağları</t>
+        </is>
+      </c>
+      <c r="C241" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="242" spans="1:3">
+      <c r="A242" s="1" t="inlineStr">
+        <is>
+          <t>9786605325186</t>
+        </is>
+      </c>
+      <c r="B242" s="1" t="inlineStr">
+        <is>
+          <t>Bana Çayıralan'ı Anlat</t>
+        </is>
+      </c>
+      <c r="C242" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="243" spans="1:3">
+      <c r="A243" s="1" t="inlineStr">
+        <is>
+          <t>9786053250487</t>
+        </is>
+      </c>
+      <c r="B243" s="1" t="inlineStr">
+        <is>
+          <t>Sensizliğe İtirazım Var</t>
+        </is>
+      </c>
+      <c r="C243" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="244" spans="1:3">
+      <c r="A244" s="1" t="inlineStr">
+        <is>
+          <t>9786054432387</t>
+        </is>
+      </c>
+      <c r="B244" s="1" t="inlineStr">
+        <is>
+          <t>Sen Benden Giderken - Şiirler</t>
+        </is>
+      </c>
+      <c r="C244" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="245" spans="1:3">
+      <c r="A245" s="1" t="inlineStr">
+        <is>
+          <t>9786053252016</t>
+        </is>
+      </c>
+      <c r="B245" s="1" t="inlineStr">
+        <is>
+          <t>Darbelerden Kesitler - Yokuşa Sürülen Milli İrade 1</t>
+        </is>
+      </c>
+      <c r="C245" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="246" spans="1:3">
+      <c r="A246" s="1" t="inlineStr">
+        <is>
+          <t>9786053252009</t>
+        </is>
+      </c>
+      <c r="B246" s="1" t="inlineStr">
+        <is>
+          <t>Canavar</t>
+        </is>
+      </c>
+      <c r="C246" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="247" spans="1:3">
+      <c r="A247" s="1" t="inlineStr">
+        <is>
+          <t>9789758951934</t>
+        </is>
+      </c>
+      <c r="B247" s="1" t="inlineStr">
+        <is>
+          <t>Destinasyon Kalitesi</t>
+        </is>
+      </c>
+      <c r="C247" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="248" spans="1:3">
+      <c r="A248" s="1" t="inlineStr">
+        <is>
+          <t>9786053251651</t>
+        </is>
+      </c>
+      <c r="B248" s="1" t="inlineStr">
+        <is>
+          <t>Aşk Kuyusu</t>
+        </is>
+      </c>
+      <c r="C248" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="249" spans="1:3">
+      <c r="A249" s="1" t="inlineStr">
+        <is>
+          <t>9786053252023</t>
+        </is>
+      </c>
+      <c r="B249" s="1" t="inlineStr">
+        <is>
+          <t>Darbelerden Kesitler - Yokuşa Sürülen Milli İrade 2</t>
+        </is>
+      </c>
+      <c r="C249" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="250" spans="1:3">
+      <c r="A250" s="1" t="inlineStr">
+        <is>
+          <t>9786053251835</t>
+        </is>
+      </c>
+      <c r="B250" s="1" t="inlineStr">
+        <is>
+          <t>Kukla Oyunları</t>
+        </is>
+      </c>
+      <c r="C250" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="251" spans="1:3">
+      <c r="A251" s="1" t="inlineStr">
+        <is>
+          <t>9786053251958</t>
+        </is>
+      </c>
+      <c r="B251" s="1" t="inlineStr">
+        <is>
+          <t>Urum Halk Hikayeleri ve Masalları</t>
+        </is>
+      </c>
+      <c r="C251" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="252" spans="1:3">
+      <c r="A252" s="1" t="inlineStr">
+        <is>
+          <t>9786054432141</t>
+        </is>
+      </c>
+      <c r="B252" s="1" t="inlineStr">
+        <is>
+          <t>Yakamozlu Gecelerde Karanlık Yüzler</t>
+        </is>
+      </c>
+      <c r="C252" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="253" spans="1:3">
+      <c r="A253" s="1" t="inlineStr">
+        <is>
+          <t>9789758951154</t>
+        </is>
+      </c>
+      <c r="B253" s="1" t="inlineStr">
+        <is>
+          <t>Kör Makas</t>
+        </is>
+      </c>
+      <c r="C253" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="254" spans="1:3">
+      <c r="A254" s="1" t="inlineStr">
+        <is>
+          <t>9786053205004</t>
+        </is>
+      </c>
+      <c r="B254" s="1" t="inlineStr">
+        <is>
+          <t>Ayet ve Hadis Karşılaştırmalarıyla Kur'an ve Gerçekler</t>
+        </is>
+      </c>
+      <c r="C254" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="255" spans="1:3">
+      <c r="A255" s="1" t="inlineStr">
+        <is>
+          <t>9786053251972</t>
+        </is>
+      </c>
+      <c r="B255" s="1" t="inlineStr">
+        <is>
+          <t>Orda Bir Ev Var Uzakta!</t>
+        </is>
+      </c>
+      <c r="C255" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="256" spans="1:3">
+      <c r="A256" s="1" t="inlineStr">
+        <is>
+          <t>9786053251873</t>
+        </is>
+      </c>
+      <c r="B256" s="1" t="inlineStr">
+        <is>
+          <t>Sekiz'İnci</t>
+        </is>
+      </c>
+      <c r="C256" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="257" spans="1:3">
+      <c r="A257" s="1" t="inlineStr">
+        <is>
+          <t>9786053251880</t>
+        </is>
+      </c>
+      <c r="B257" s="1" t="inlineStr">
+        <is>
+          <t>Yavyum Ertuğrul</t>
+        </is>
+      </c>
+      <c r="C257" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="258" spans="1:3">
+      <c r="A258" s="1" t="inlineStr">
+        <is>
+          <t>9786053251866</t>
+        </is>
+      </c>
+      <c r="B258" s="1" t="inlineStr">
+        <is>
+          <t>Küresel Gıda Güvenliği</t>
+        </is>
+      </c>
+      <c r="C258" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="259" spans="1:3">
+      <c r="A259" s="1" t="inlineStr">
+        <is>
+          <t>9786056618536</t>
+        </is>
+      </c>
+      <c r="B259" s="1" t="inlineStr">
+        <is>
+          <t>Şoför Aga</t>
+        </is>
+      </c>
+      <c r="C259" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="260" spans="1:3">
+      <c r="A260" s="1" t="inlineStr">
+        <is>
+          <t>9786056618543</t>
+        </is>
+      </c>
+      <c r="B260" s="1" t="inlineStr">
+        <is>
+          <t>Yaralarım</t>
+        </is>
+      </c>
+      <c r="C260" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="261" spans="1:3">
+      <c r="A261" s="1" t="inlineStr">
+        <is>
+          <t>9786053250340</t>
+        </is>
+      </c>
+      <c r="B261" s="1" t="inlineStr">
+        <is>
+          <t>Yüreğim Dört Mevsim Aşk</t>
+        </is>
+      </c>
+      <c r="C261" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="262" spans="1:3">
+      <c r="A262" s="1" t="inlineStr">
+        <is>
+          <t>9786053251798</t>
+        </is>
+      </c>
+      <c r="B262" s="1" t="inlineStr">
+        <is>
+          <t>Nail Tan’ın Kastamonu Kültürü Üzerine Çalışmaları</t>
+        </is>
+      </c>
+      <c r="C262" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="263" spans="1:3">
+      <c r="A263" s="1" t="inlineStr">
+        <is>
+          <t>9786053250029</t>
+        </is>
+      </c>
+      <c r="B263" s="1" t="inlineStr">
+        <is>
+          <t>Dünya Alevi - Bektaşi Ehlibeyt İnanç Merkezleri Türbelerimiz</t>
+        </is>
+      </c>
+      <c r="C263" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="264" spans="1:3">
+      <c r="A264" s="1" t="inlineStr">
+        <is>
+          <t>9786054686957</t>
+        </is>
+      </c>
+      <c r="B264" s="1" t="inlineStr">
+        <is>
+          <t>Kerbela</t>
+        </is>
+      </c>
+      <c r="C264" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="265" spans="1:3">
+      <c r="A265" s="1" t="inlineStr">
+        <is>
+          <t>9786053251750</t>
+        </is>
+      </c>
+      <c r="B265" s="1" t="inlineStr">
+        <is>
+          <t>Derin Mitoloji (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C265" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="266" spans="1:3">
+      <c r="A266" s="1" t="inlineStr">
+        <is>
+          <t>9786053251927</t>
+        </is>
+      </c>
+      <c r="B266" s="1" t="inlineStr">
+        <is>
+          <t>3. Dergi Karadeniz Uluslararası Sosyal Bilimler Sempozyumu Bildiriler</t>
+        </is>
+      </c>
+      <c r="C266" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="267" spans="1:3">
+      <c r="A267" s="1" t="inlineStr">
+        <is>
+          <t>9786054686520</t>
+        </is>
+      </c>
+      <c r="B267" s="1" t="inlineStr">
+        <is>
+          <t>Telif Hakkı ve Okuma Kültürü</t>
+        </is>
+      </c>
+      <c r="C267" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="268" spans="1:3">
+      <c r="A268" s="1" t="inlineStr">
+        <is>
+          <t>9786053250296</t>
+        </is>
+      </c>
+      <c r="B268" s="1" t="inlineStr">
+        <is>
+          <t>Korsan Yayınlarının Türk Ekonomisine Etkileri</t>
+        </is>
+      </c>
+      <c r="C268" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="269" spans="1:3">
+      <c r="A269" s="1" t="inlineStr">
+        <is>
+          <t>9786053251613</t>
+        </is>
+      </c>
+      <c r="B269" s="1" t="inlineStr">
+        <is>
+          <t>Bilkent Senfoni Orkestrası'nın Türkiye Müzik Hayatındaki Rolü</t>
+        </is>
+      </c>
+      <c r="C269" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="270" spans="1:3">
+      <c r="A270" s="1" t="inlineStr">
+        <is>
+          <t>9786053251675</t>
+        </is>
+      </c>
+      <c r="B270" s="1" t="inlineStr">
+        <is>
+          <t>Giresun’da Efsaneler, Söylenceler, Masallar</t>
+        </is>
+      </c>
+      <c r="C270" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="271" spans="1:3">
+      <c r="A271" s="1" t="inlineStr">
+        <is>
+          <t>9786053251989</t>
+        </is>
+      </c>
+      <c r="B271" s="1" t="inlineStr">
+        <is>
+          <t>Amon Ra - Hz. Mehdi Kıyamet Savaşları</t>
+        </is>
+      </c>
+      <c r="C271" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="272" spans="1:3">
+      <c r="A272" s="1" t="inlineStr">
+        <is>
+          <t>9786053253051</t>
+        </is>
+      </c>
+      <c r="B272" s="1" t="inlineStr">
+        <is>
+          <t>Sevdanın Çilesi</t>
+        </is>
+      </c>
+      <c r="C272" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="273" spans="1:3">
+      <c r="A273" s="1" t="inlineStr">
+        <is>
+          <t>9786053253662</t>
+        </is>
+      </c>
+      <c r="B273" s="1" t="inlineStr">
+        <is>
+          <t>Gönülden Gönüle</t>
+        </is>
+      </c>
+      <c r="C273" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="274" spans="1:3">
+      <c r="A274" s="1" t="inlineStr">
+        <is>
           <t>9786053253686</t>
         </is>
       </c>
-      <c r="B2" s="1" t="inlineStr">
+      <c r="B274" s="1" t="inlineStr">
         <is>
           <t>Edebi Eleştiri Kuramları</t>
         </is>
       </c>
-      <c r="C2" s="1">
+      <c r="C274" s="1">
         <v>250</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>