--- v0 (2025-11-01)
+++ v1 (2026-03-30)
@@ -85,970 +85,1390 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786050685411</t>
+          <t>9786259634623</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Aziz Nesin’den Kızıma Mektuplar</t>
+          <t>Şiiristanım'a</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259465449</t>
+          <t>9786259634609</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Yangın Var Ormanda Aşk Uykuda</t>
+          <t>Her Eve Babam</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259465425</t>
+          <t>9786052225929</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Hissettiklerimi Hisset</t>
+          <t>Sevda'nın Şafağı</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>100</v>
+        <v>90</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786052225936</t>
+          <t>9786052225769</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Mucize Sensin</t>
+          <t>Seninle Sensiz</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>90</v>
+        <v>95</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786052920237</t>
+          <t>9786055014032</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Taşkömürünün Devletçilik Dönemi</t>
+          <t>Yüreğine Bak Sen Çocuk</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>125</v>
+        <v>90</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786055014254</t>
+          <t>9786055014605</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Tanışma</t>
+          <t>Fırtınalı Günler</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>145</v>
+        <v>200</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786054254712</t>
+          <t>9786055014636</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Yargıda Dört Mevsim</t>
+          <t>Aciz</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>100</v>
+        <v>90</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786055014124</t>
+          <t>9786055014841</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Kainatın Gücü</t>
+          <t>1-2-3 Hamlede Matlar Kitabı</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>120</v>
+        <v>16</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786055014216</t>
+          <t>9786052920107</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Frida'nın Kelebekleri</t>
+          <t>O’nun Yolunda (2 Kitap Set)</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>90</v>
+        <v>220</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786055014209</t>
+          <t>9280000009307</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Hayatı Şiirledim</t>
+          <t>Satranç Hafıza Oyunu</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>100</v>
+        <v>25</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786257726412</t>
+          <t>9786052920022</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Pideoloji - Dilimli Bilim</t>
+          <t>Aşkım Deplasmanda</t>
         </is>
       </c>
       <c r="C12" s="1">
         <v>125</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786257772129</t>
+          <t>9786055014988</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Şair Çıkmazı</t>
+          <t>Tutku</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>135</v>
+        <v>100</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259465418</t>
+          <t>9786052920015</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Alevi Mitolojisi ve Gerçekler</t>
+          <t>Adını Sen Koy</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>200</v>
+        <v>35</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786057067296</t>
+          <t>9786055014551</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Sırtı Yaralı Efsane Balıkları</t>
+          <t>Beyaz Kehanetler Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>85</v>
+        <v>300</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786057067272</t>
+          <t>9786055014285</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Cako'nun Sandığı</t>
+          <t>Gökten Düşen Fısıltılar</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>125</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786057067289</t>
+          <t>9786055014568</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Bitmeyen Şarkı, Çocukluğumdan Çocuklara</t>
+          <t>Milli Mücadele'de Kahramanlar Hainler</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>90</v>
+        <v>290</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786052225950</t>
+          <t>9786055014261</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Yaşamın Kefareti Aşkın Cesareti</t>
+          <t>Karya'nın Altın Bebeği - İkinci Kitap</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>80</v>
+        <v>125</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786052225967</t>
+          <t>9786054254910</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Dokunuş</t>
+          <t>Bulutla Gelen</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>100</v>
+        <v>90</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786052225875</t>
+          <t>9786054254927</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Güneşi Doğuran Diyar</t>
+          <t>Mavi Güneş</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>90</v>
+        <v>100</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786052225868</t>
+          <t>9786055014070</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Çocukluğumu Ört Üstüme</t>
+          <t>Selimiye Yolcuları</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>80</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786052225752</t>
+          <t>9786055014278</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Suyun Coşkusu</t>
+          <t>Mankurtlara Çıra</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>80</v>
+        <v>125</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786052225745</t>
+          <t>9786257772051</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Kadınlar Haydi Sahneye</t>
+          <t>Tanrıçalar</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>70</v>
+        <v>95</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786056949425</t>
+          <t>9786058050242</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Hüzün Çiçekleri Öyküler</t>
+          <t>Beş'i Bir Yerde Çocuk Masalları</t>
         </is>
       </c>
       <c r="C24" s="1">
         <v>125</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786058050228</t>
+          <t>9786257772013</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Çınarın Sükutundaki Feryat</t>
+          <t>Afrika’da Bir Deniz</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>85</v>
+        <v>25</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786052225776</t>
+          <t>3990002920107</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Seninle Sensiz (Senin Yanında Olmaktı Sebep)</t>
+          <t>O’nun Yolunda 2.Kitap</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>125</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786052225844</t>
+          <t>9786257726320</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Ne Güzeldir Yaşamak</t>
+          <t>Yaşamak Direnmektir</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>60</v>
+        <v>135</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786257726344</t>
+          <t>9786058050235</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Yürekteki Parmak İzleri</t>
+          <t>Yürekler Dile Geldi</t>
         </is>
       </c>
       <c r="C28" s="1">
         <v>145</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786257726719</t>
+          <t>9786058050259</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Deniz'den Esintiler</t>
+          <t>Hüzün Yağmurları</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786257726702</t>
+          <t>9786050685411</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Generalin Aşkı</t>
+          <t>Aziz Nesin’den Kızıma Mektuplar</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>170</v>
+        <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786257726634</t>
+          <t>9786259465449</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Akdenizin Tılsımı Sığla</t>
+          <t>Yangın Var Ormanda Aşk Uykuda</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786257726405</t>
+          <t>9786259465425</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Köprü</t>
+          <t>Hissettiklerimi Hisset</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>140</v>
+        <v>100</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786257772112</t>
+          <t>9786052225936</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Hayat İzi</t>
+          <t>Mucize Sensin</t>
         </is>
       </c>
       <c r="C33" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786257726313</t>
+          <t>9786052920237</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Berlin'de Sükunet Var</t>
+          <t>Taşkömürünün Devletçilik Dönemi</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786257726337</t>
+          <t>9786055014254</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Ramo ile Garip</t>
+          <t>Tanışma</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>95</v>
+        <v>145</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786257772068</t>
+          <t>9786054254712</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Fizyoterapist Olmak</t>
+          <t>Yargıda Dört Mevsim</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>125</v>
+        <v>100</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786058050273</t>
+          <t>9786055014124</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Prenses ve Hemithea</t>
+          <t>Kainatın Gücü</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>185</v>
+        <v>120</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786058050266</t>
+          <t>9786055014216</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Resmi</t>
+          <t>Frida'nın Kelebekleri</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>80</v>
+        <v>90</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786052920404</t>
+          <t>9786055014209</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Kalbi Kırıklar Cenneti</t>
+          <t>Hayatı Şiirledim</t>
         </is>
       </c>
       <c r="C39" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786058050211</t>
+          <t>9786257726412</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Milat</t>
+          <t>Pideoloji - Dilimli Bilim</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786058050204</t>
+          <t>9786257772129</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Annem ve Ben</t>
+          <t>Şair Çıkmazı</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>100</v>
+        <v>135</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786052920435</t>
+          <t>9786259465418</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Dur Dokunma</t>
+          <t>Alevi Mitolojisi ve Gerçekler</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786052920152</t>
+          <t>9786057067296</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Karşıyaka’m Sevgilim</t>
+          <t>Sırtı Yaralı Efsane Balıkları</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>100</v>
+        <v>85</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786052920213</t>
+          <t>9786057067272</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Güler Misin Ağlar Mısın?</t>
+          <t>Cako'nun Sandığı</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>170</v>
+        <v>125</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786052920138</t>
+          <t>9786057067289</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Mavi Direniş</t>
+          <t>Bitmeyen Şarkı, Çocukluğumdan Çocuklara</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>130</v>
+        <v>90</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786055014872</t>
+          <t>9786052225950</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Bir Satranç Macerası</t>
+          <t>Yaşamın Kefareti Aşkın Cesareti</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>224</v>
+        <v>80</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786055014865</t>
+          <t>9786052225967</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Med ve Cezirler</t>
+          <t>Dokunuş</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>90</v>
+        <v>100</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786055014834</t>
+          <t>9786052225875</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Knidos Laneti</t>
+          <t>Güneşi Doğuran Diyar</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>200</v>
+        <v>90</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786055014667</t>
+          <t>9786052225868</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>İz Düşüm</t>
+          <t>Çocukluğumu Ört Üstüme</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>100</v>
+        <v>80</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786055014469</t>
+          <t>9786052225752</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Sana Şiir Yazmayı Bıraktım...</t>
+          <t>Suyun Coşkusu</t>
         </is>
       </c>
       <c r="C50" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786055014674</t>
+          <t>9786052225745</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>İçimde Bir Serçe</t>
+          <t>Kadınlar Haydi Sahneye</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>100</v>
+        <v>70</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786054254941</t>
+          <t>9786056949425</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Yılmaz Güney'li Günler</t>
+          <t>Hüzün Çiçekleri Öyküler</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>130</v>
+        <v>125</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786055014223</t>
+          <t>9786058050228</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Birgün Mutlaka</t>
+          <t>Çınarın Sükutundaki Feryat</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>100</v>
+        <v>85</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786054254705</t>
+          <t>9786052225776</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Mavi Umut</t>
+          <t>Seninle Sensiz (Senin Yanında Olmaktı Sebep)</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786055014179</t>
+          <t>9786052225844</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Seferberlik Hali</t>
+          <t>Ne Güzeldir Yaşamak</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>90</v>
+        <v>60</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786055014292</t>
+          <t>9786257726344</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Yağmur Damlası Kadar</t>
+          <t>Yürekteki Parmak İzleri</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>95</v>
+        <v>145</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786055014063</t>
+          <t>9786257726719</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Karya'nın Altın Bebeği - Birinci Kitap</t>
+          <t>Deniz'den Esintiler</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>265</v>
+        <v>150</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786055014155</t>
+          <t>9786257726702</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Göksenin - Hava Harb Okulu Kültür Yıllığı 1968</t>
+          <t>Generalin Aşkı</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>125</v>
+        <v>170</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786055014162</t>
+          <t>9786257726634</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Bulutlu Yıllar</t>
+          <t>Akdenizin Tılsımı Sığla</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>125</v>
+        <v>150</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786055014087</t>
+          <t>9786257726405</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Saatler Kadını Gösterirken</t>
+          <t>Yeşil Köprü</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>125</v>
+        <v>140</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786055014117</t>
+          <t>9786257772112</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Bir Gün Seni Öpeceğim</t>
+          <t>Hayat İzi</t>
         </is>
       </c>
       <c r="C61" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786055014711</t>
+          <t>9786257726313</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Muğla Düşü</t>
+          <t>Berlin'de Sükunet Var</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
+          <t>9786257726337</t>
+        </is>
+      </c>
+      <c r="B63" s="1" t="inlineStr">
+        <is>
+          <t>Ramo ile Garip</t>
+        </is>
+      </c>
+      <c r="C63" s="1">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="64" spans="1:3">
+      <c r="A64" s="1" t="inlineStr">
+        <is>
+          <t>9786257772068</t>
+        </is>
+      </c>
+      <c r="B64" s="1" t="inlineStr">
+        <is>
+          <t>Fizyoterapist Olmak</t>
+        </is>
+      </c>
+      <c r="C64" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="65" spans="1:3">
+      <c r="A65" s="1" t="inlineStr">
+        <is>
+          <t>9786058050273</t>
+        </is>
+      </c>
+      <c r="B65" s="1" t="inlineStr">
+        <is>
+          <t>Prenses ve Hemithea</t>
+        </is>
+      </c>
+      <c r="C65" s="1">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="66" spans="1:3">
+      <c r="A66" s="1" t="inlineStr">
+        <is>
+          <t>9786058050266</t>
+        </is>
+      </c>
+      <c r="B66" s="1" t="inlineStr">
+        <is>
+          <t>Gecenin Resmi</t>
+        </is>
+      </c>
+      <c r="C66" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="67" spans="1:3">
+      <c r="A67" s="1" t="inlineStr">
+        <is>
+          <t>9786052920404</t>
+        </is>
+      </c>
+      <c r="B67" s="1" t="inlineStr">
+        <is>
+          <t>Kalbi Kırıklar Cenneti</t>
+        </is>
+      </c>
+      <c r="C67" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="68" spans="1:3">
+      <c r="A68" s="1" t="inlineStr">
+        <is>
+          <t>9786058050211</t>
+        </is>
+      </c>
+      <c r="B68" s="1" t="inlineStr">
+        <is>
+          <t>Milat</t>
+        </is>
+      </c>
+      <c r="C68" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="69" spans="1:3">
+      <c r="A69" s="1" t="inlineStr">
+        <is>
+          <t>9786058050204</t>
+        </is>
+      </c>
+      <c r="B69" s="1" t="inlineStr">
+        <is>
+          <t>Annem ve Ben</t>
+        </is>
+      </c>
+      <c r="C69" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="70" spans="1:3">
+      <c r="A70" s="1" t="inlineStr">
+        <is>
+          <t>9786052920435</t>
+        </is>
+      </c>
+      <c r="B70" s="1" t="inlineStr">
+        <is>
+          <t>Dur Dokunma</t>
+        </is>
+      </c>
+      <c r="C70" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="71" spans="1:3">
+      <c r="A71" s="1" t="inlineStr">
+        <is>
+          <t>9786052920152</t>
+        </is>
+      </c>
+      <c r="B71" s="1" t="inlineStr">
+        <is>
+          <t>Karşıyaka’m Sevgilim</t>
+        </is>
+      </c>
+      <c r="C71" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="72" spans="1:3">
+      <c r="A72" s="1" t="inlineStr">
+        <is>
+          <t>9786052920213</t>
+        </is>
+      </c>
+      <c r="B72" s="1" t="inlineStr">
+        <is>
+          <t>Güler Misin Ağlar Mısın?</t>
+        </is>
+      </c>
+      <c r="C72" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="73" spans="1:3">
+      <c r="A73" s="1" t="inlineStr">
+        <is>
+          <t>9786052920138</t>
+        </is>
+      </c>
+      <c r="B73" s="1" t="inlineStr">
+        <is>
+          <t>Mavi Direniş</t>
+        </is>
+      </c>
+      <c r="C73" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="74" spans="1:3">
+      <c r="A74" s="1" t="inlineStr">
+        <is>
+          <t>9786055014872</t>
+        </is>
+      </c>
+      <c r="B74" s="1" t="inlineStr">
+        <is>
+          <t>Bir Satranç Macerası</t>
+        </is>
+      </c>
+      <c r="C74" s="1">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="75" spans="1:3">
+      <c r="A75" s="1" t="inlineStr">
+        <is>
+          <t>9786055014865</t>
+        </is>
+      </c>
+      <c r="B75" s="1" t="inlineStr">
+        <is>
+          <t>Med ve Cezirler</t>
+        </is>
+      </c>
+      <c r="C75" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="76" spans="1:3">
+      <c r="A76" s="1" t="inlineStr">
+        <is>
+          <t>9786055014834</t>
+        </is>
+      </c>
+      <c r="B76" s="1" t="inlineStr">
+        <is>
+          <t>Knidos Laneti</t>
+        </is>
+      </c>
+      <c r="C76" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="77" spans="1:3">
+      <c r="A77" s="1" t="inlineStr">
+        <is>
+          <t>9786055014667</t>
+        </is>
+      </c>
+      <c r="B77" s="1" t="inlineStr">
+        <is>
+          <t>İz Düşüm</t>
+        </is>
+      </c>
+      <c r="C77" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="78" spans="1:3">
+      <c r="A78" s="1" t="inlineStr">
+        <is>
+          <t>9786055014469</t>
+        </is>
+      </c>
+      <c r="B78" s="1" t="inlineStr">
+        <is>
+          <t>Sana Şiir Yazmayı Bıraktım...</t>
+        </is>
+      </c>
+      <c r="C78" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="79" spans="1:3">
+      <c r="A79" s="1" t="inlineStr">
+        <is>
+          <t>9786055014674</t>
+        </is>
+      </c>
+      <c r="B79" s="1" t="inlineStr">
+        <is>
+          <t>İçimde Bir Serçe</t>
+        </is>
+      </c>
+      <c r="C79" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="80" spans="1:3">
+      <c r="A80" s="1" t="inlineStr">
+        <is>
+          <t>9786054254941</t>
+        </is>
+      </c>
+      <c r="B80" s="1" t="inlineStr">
+        <is>
+          <t>Yılmaz Güney'li Günler</t>
+        </is>
+      </c>
+      <c r="C80" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="81" spans="1:3">
+      <c r="A81" s="1" t="inlineStr">
+        <is>
+          <t>9786055014223</t>
+        </is>
+      </c>
+      <c r="B81" s="1" t="inlineStr">
+        <is>
+          <t>Birgün Mutlaka</t>
+        </is>
+      </c>
+      <c r="C81" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="82" spans="1:3">
+      <c r="A82" s="1" t="inlineStr">
+        <is>
+          <t>9786054254705</t>
+        </is>
+      </c>
+      <c r="B82" s="1" t="inlineStr">
+        <is>
+          <t>Mavi Umut</t>
+        </is>
+      </c>
+      <c r="C82" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="83" spans="1:3">
+      <c r="A83" s="1" t="inlineStr">
+        <is>
+          <t>9786055014179</t>
+        </is>
+      </c>
+      <c r="B83" s="1" t="inlineStr">
+        <is>
+          <t>Aşkın Seferberlik Hali</t>
+        </is>
+      </c>
+      <c r="C83" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="84" spans="1:3">
+      <c r="A84" s="1" t="inlineStr">
+        <is>
+          <t>9786055014292</t>
+        </is>
+      </c>
+      <c r="B84" s="1" t="inlineStr">
+        <is>
+          <t>Yağmur Damlası Kadar</t>
+        </is>
+      </c>
+      <c r="C84" s="1">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="85" spans="1:3">
+      <c r="A85" s="1" t="inlineStr">
+        <is>
+          <t>9786055014063</t>
+        </is>
+      </c>
+      <c r="B85" s="1" t="inlineStr">
+        <is>
+          <t>Karya'nın Altın Bebeği - Birinci Kitap</t>
+        </is>
+      </c>
+      <c r="C85" s="1">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="86" spans="1:3">
+      <c r="A86" s="1" t="inlineStr">
+        <is>
+          <t>9786055014155</t>
+        </is>
+      </c>
+      <c r="B86" s="1" t="inlineStr">
+        <is>
+          <t>Göksenin - Hava Harb Okulu Kültür Yıllığı 1968</t>
+        </is>
+      </c>
+      <c r="C86" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="87" spans="1:3">
+      <c r="A87" s="1" t="inlineStr">
+        <is>
+          <t>9786055014162</t>
+        </is>
+      </c>
+      <c r="B87" s="1" t="inlineStr">
+        <is>
+          <t>Bulutlu Yıllar</t>
+        </is>
+      </c>
+      <c r="C87" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="88" spans="1:3">
+      <c r="A88" s="1" t="inlineStr">
+        <is>
+          <t>9786055014087</t>
+        </is>
+      </c>
+      <c r="B88" s="1" t="inlineStr">
+        <is>
+          <t>Saatler Kadını Gösterirken</t>
+        </is>
+      </c>
+      <c r="C88" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="89" spans="1:3">
+      <c r="A89" s="1" t="inlineStr">
+        <is>
+          <t>9786055014117</t>
+        </is>
+      </c>
+      <c r="B89" s="1" t="inlineStr">
+        <is>
+          <t>Bir Gün Seni Öpeceğim</t>
+        </is>
+      </c>
+      <c r="C89" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="90" spans="1:3">
+      <c r="A90" s="1" t="inlineStr">
+        <is>
+          <t>9786055014711</t>
+        </is>
+      </c>
+      <c r="B90" s="1" t="inlineStr">
+        <is>
+          <t>Muğla Düşü</t>
+        </is>
+      </c>
+      <c r="C90" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="91" spans="1:3">
+      <c r="A91" s="1" t="inlineStr">
+        <is>
           <t>9786055014018</t>
         </is>
       </c>
-      <c r="B63" s="1" t="inlineStr">
+      <c r="B91" s="1" t="inlineStr">
         <is>
           <t>Gökyüzü Sevda Masalları</t>
         </is>
       </c>
-      <c r="C63" s="1">
+      <c r="C91" s="1">
         <v>90</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>