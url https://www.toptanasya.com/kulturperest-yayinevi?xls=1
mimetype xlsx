--- v0 (2025-11-01)
+++ v1 (2026-03-30)
@@ -85,235 +85,835 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786052397169</t>
+          <t>4440000000375</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Büyük Çizim Kitabı 2</t>
+          <t>Adım Adım Kolay Çizim Kitapları (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>150</v>
+        <v>40</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786052397152</t>
+          <t>9786052280140</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Büyük Çizim Kitabı</t>
+          <t>Ulduz ve Kargalar</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>150</v>
+        <v>20</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786052397237</t>
+          <t>9786052280157</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Resimli Türkçe Sözlük</t>
+          <t>Sevgi Masalı</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>150</v>
+        <v>20</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786052397459</t>
+          <t>9786052280164</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Tarihteki Ünlü Komutanlar ve Liderler</t>
+          <t>Küçük Kara Balık</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>45</v>
+        <v>20</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786052397206</t>
+          <t>9786052280133</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Pinokyo</t>
+          <t>Konuşan Bebek</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>160</v>
+        <v>20</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786052397244</t>
+          <t>9786052280126</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Robin Hood</t>
+          <t>Kel Güvercinci</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>160</v>
+        <v>20</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786052397183</t>
+          <t>9786052280119</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Oliver Twist</t>
+          <t>Kar Tanesinin Serüveni</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>120</v>
+        <v>20</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786052397022</t>
+          <t>9786052280171</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Evren</t>
+          <t>Bir Şeftali Bin Şeftali</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>120</v>
+        <v>20</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786056501579</t>
+          <t>9786052280102</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Bitkilerin Dünyası</t>
+          <t>Bir Günlük Düş ve Gerçek</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>120</v>
+        <v>75</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786052397060</t>
+          <t>3990000029978</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>İnsan Vücudu</t>
+          <t>Gençler İçin Nutuk</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>120</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786052397008</t>
+          <t>9786052397466</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Denizaltında Yaşam</t>
+          <t>Tarihteki Ünlü Bilim Adamları</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>120</v>
+        <v>45</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786052397305</t>
+          <t>9786052397442</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Harem</t>
+          <t>Tarihe Yön Veren Olaylar</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>40</v>
+        <v>35</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
+          <t>9786052397350</t>
+        </is>
+      </c>
+      <c r="B14" s="1" t="inlineStr">
+        <is>
+          <t>Yüz Akı</t>
+        </is>
+      </c>
+      <c r="C14" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="15" spans="1:3">
+      <c r="A15" s="1" t="inlineStr">
+        <is>
+          <t>9786052397343</t>
+        </is>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>Yüksek Ökçeler</t>
+        </is>
+      </c>
+      <c r="C15" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="16" spans="1:3">
+      <c r="A16" s="1" t="inlineStr">
+        <is>
+          <t>9786052397312</t>
+        </is>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>Yalnız Efe</t>
+        </is>
+      </c>
+      <c r="C16" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="17" spans="1:3">
+      <c r="A17" s="1" t="inlineStr">
+        <is>
+          <t>9786052397299</t>
+        </is>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>Falaka</t>
+        </is>
+      </c>
+      <c r="C17" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="18" spans="1:3">
+      <c r="A18" s="1" t="inlineStr">
+        <is>
+          <t>9786052397275</t>
+        </is>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>Efruz Bey</t>
+        </is>
+      </c>
+      <c r="C18" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="19" spans="1:3">
+      <c r="A19" s="1" t="inlineStr">
+        <is>
+          <t>9786052397268</t>
+        </is>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>Beyaz Lale</t>
+        </is>
+      </c>
+      <c r="C19" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="20" spans="1:3">
+      <c r="A20" s="1" t="inlineStr">
+        <is>
+          <t>9786052397404</t>
+        </is>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>Ömer Seyfettin'den Seçmeler</t>
+        </is>
+      </c>
+      <c r="C20" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="21" spans="1:3">
+      <c r="A21" s="1" t="inlineStr">
+        <is>
+          <t>9786052397039</t>
+        </is>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>Hayvanların Dünyası</t>
+        </is>
+      </c>
+      <c r="C21" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="22" spans="1:3">
+      <c r="A22" s="1" t="inlineStr">
+        <is>
+          <t>9786052397145</t>
+        </is>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>Masal Sarayı</t>
+        </is>
+      </c>
+      <c r="C22" s="1">
+        <v>16.67</v>
+      </c>
+    </row>
+    <row r="23" spans="1:3">
+      <c r="A23" s="1" t="inlineStr">
+        <is>
+          <t>9786052397138</t>
+        </is>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>Masal Kutusu</t>
+        </is>
+      </c>
+      <c r="C23" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="24" spans="1:3">
+      <c r="A24" s="1" t="inlineStr">
+        <is>
+          <t>9786052397121</t>
+        </is>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>Masal Kulesi</t>
+        </is>
+      </c>
+      <c r="C24" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="25" spans="1:3">
+      <c r="A25" s="1" t="inlineStr">
+        <is>
+          <t>9786052397091</t>
+        </is>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>Masal Alemi</t>
+        </is>
+      </c>
+      <c r="C25" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="26" spans="1:3">
+      <c r="A26" s="1" t="inlineStr">
+        <is>
+          <t>9786052397114</t>
+        </is>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>Masal Krallığı</t>
+        </is>
+      </c>
+      <c r="C26" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="27" spans="1:3">
+      <c r="A27" s="1" t="inlineStr">
+        <is>
+          <t>9786052397107</t>
+        </is>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>Masal Günü</t>
+        </is>
+      </c>
+      <c r="C27" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="28" spans="1:3">
+      <c r="A28" s="1" t="inlineStr">
+        <is>
+          <t>9786052397398</t>
+        </is>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Pollyanna</t>
+        </is>
+      </c>
+      <c r="C28" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="29" spans="1:3">
+      <c r="A29" s="1" t="inlineStr">
+        <is>
+          <t>9786052397190</t>
+        </is>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>Peter Pan</t>
+        </is>
+      </c>
+      <c r="C29" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="30" spans="1:3">
+      <c r="A30" s="1" t="inlineStr">
+        <is>
+          <t>9786052397046</t>
+        </is>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>Heidi</t>
+        </is>
+      </c>
+      <c r="C30" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="31" spans="1:3">
+      <c r="A31" s="1" t="inlineStr">
+        <is>
+          <t>9786056501593</t>
+        </is>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>Define Adası</t>
+        </is>
+      </c>
+      <c r="C31" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="32" spans="1:3">
+      <c r="A32" s="1" t="inlineStr">
+        <is>
+          <t>9786056501562</t>
+        </is>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Alice Harikalar Diyarında</t>
+        </is>
+      </c>
+      <c r="C32" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="33" spans="1:3">
+      <c r="A33" s="1" t="inlineStr">
+        <is>
+          <t>9786052397329</t>
+        </is>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>Acaba Neden Böyle?</t>
+        </is>
+      </c>
+      <c r="C33" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="34" spans="1:3">
+      <c r="A34" s="1" t="inlineStr">
+        <is>
+          <t>9786052397336</t>
+        </is>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>Merak Ediyorum Neden?</t>
+        </is>
+      </c>
+      <c r="C34" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="35" spans="1:3">
+      <c r="A35" s="1" t="inlineStr">
+        <is>
+          <t>9786052397374</t>
+        </is>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>Dünya Tarihi</t>
+        </is>
+      </c>
+      <c r="C35" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="36" spans="1:3">
+      <c r="A36" s="1" t="inlineStr">
+        <is>
+          <t>9786052397367</t>
+        </is>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye Tarihi</t>
+        </is>
+      </c>
+      <c r="C36" s="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="37" spans="1:3">
+      <c r="A37" s="1" t="inlineStr">
+        <is>
+          <t>9786052397176</t>
+        </is>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>Nutuk</t>
+        </is>
+      </c>
+      <c r="C37" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="38" spans="1:3">
+      <c r="A38" s="1" t="inlineStr">
+        <is>
+          <t>9786052397251</t>
+        </is>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>Tom Sawyer</t>
+        </is>
+      </c>
+      <c r="C38" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="39" spans="1:3">
+      <c r="A39" s="1" t="inlineStr">
+        <is>
+          <t>9786052397220</t>
+        </is>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>Resimli İngilizce Türkçe Sözlük</t>
+        </is>
+      </c>
+      <c r="C39" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="40" spans="1:3">
+      <c r="A40" s="1" t="inlineStr">
+        <is>
+          <t>9786056501586</t>
+        </is>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>Bursa Nutku</t>
+        </is>
+      </c>
+      <c r="C40" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="41" spans="1:3">
+      <c r="A41" s="1" t="inlineStr">
+        <is>
+          <t>2789788617675</t>
+        </is>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>Dünya Çocuk Klasikleri Serisi (9 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C41" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="42" spans="1:3">
+      <c r="A42" s="1" t="inlineStr">
+        <is>
+          <t>9786052397169</t>
+        </is>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>Büyük Çizim Kitabı 2</t>
+        </is>
+      </c>
+      <c r="C42" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="43" spans="1:3">
+      <c r="A43" s="1" t="inlineStr">
+        <is>
+          <t>9786052397152</t>
+        </is>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>Büyük Çizim Kitabı</t>
+        </is>
+      </c>
+      <c r="C43" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="44" spans="1:3">
+      <c r="A44" s="1" t="inlineStr">
+        <is>
+          <t>9786052397237</t>
+        </is>
+      </c>
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t>Resimli Türkçe Sözlük</t>
+        </is>
+      </c>
+      <c r="C44" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="45" spans="1:3">
+      <c r="A45" s="1" t="inlineStr">
+        <is>
+          <t>9786052397459</t>
+        </is>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>Tarihteki Ünlü Komutanlar ve Liderler</t>
+        </is>
+      </c>
+      <c r="C45" s="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="46" spans="1:3">
+      <c r="A46" s="1" t="inlineStr">
+        <is>
+          <t>9786052397206</t>
+        </is>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>Pinokyo</t>
+        </is>
+      </c>
+      <c r="C46" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="47" spans="1:3">
+      <c r="A47" s="1" t="inlineStr">
+        <is>
+          <t>9786052397244</t>
+        </is>
+      </c>
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t>Robin Hood</t>
+        </is>
+      </c>
+      <c r="C47" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="48" spans="1:3">
+      <c r="A48" s="1" t="inlineStr">
+        <is>
+          <t>9786052397183</t>
+        </is>
+      </c>
+      <c r="B48" s="1" t="inlineStr">
+        <is>
+          <t>Oliver Twist</t>
+        </is>
+      </c>
+      <c r="C48" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="49" spans="1:3">
+      <c r="A49" s="1" t="inlineStr">
+        <is>
+          <t>9786052397022</t>
+        </is>
+      </c>
+      <c r="B49" s="1" t="inlineStr">
+        <is>
+          <t>Gizemli Evren</t>
+        </is>
+      </c>
+      <c r="C49" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="50" spans="1:3">
+      <c r="A50" s="1" t="inlineStr">
+        <is>
+          <t>9786056501579</t>
+        </is>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>Bitkilerin Dünyası</t>
+        </is>
+      </c>
+      <c r="C50" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="51" spans="1:3">
+      <c r="A51" s="1" t="inlineStr">
+        <is>
+          <t>9786052397060</t>
+        </is>
+      </c>
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t>İnsan Vücudu</t>
+        </is>
+      </c>
+      <c r="C51" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="52" spans="1:3">
+      <c r="A52" s="1" t="inlineStr">
+        <is>
+          <t>9786052397008</t>
+        </is>
+      </c>
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t>Denizaltında Yaşam</t>
+        </is>
+      </c>
+      <c r="C52" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="53" spans="1:3">
+      <c r="A53" s="1" t="inlineStr">
+        <is>
+          <t>9786052397305</t>
+        </is>
+      </c>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t>Harem</t>
+        </is>
+      </c>
+      <c r="C53" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="54" spans="1:3">
+      <c r="A54" s="1" t="inlineStr">
+        <is>
           <t>9786052397282</t>
         </is>
       </c>
-      <c r="B14" s="1" t="inlineStr">
+      <c r="B54" s="1" t="inlineStr">
         <is>
           <t>Bomba</t>
         </is>
       </c>
-      <c r="C14" s="1">
+      <c r="C54" s="1">
         <v>120</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>