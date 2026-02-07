--- v0 (2025-11-01)
+++ v1 (2026-02-07)
@@ -649,51 +649,51 @@
         <is>
           <t>9786256969827</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
           <t>Mavi Kitap (Ciltli)</t>
         </is>
       </c>
       <c r="C38" s="1">
         <v>98</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
           <t>9786256969025</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
           <t>Sarı Kitap (Ciltli)</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>98</v>
+        <v>118</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
           <t>9786256969810</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
           <t>Kırmızı Kitap (Ciltli)</t>
         </is>
       </c>
       <c r="C40" s="1">
         <v>98</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
           <t>9786256969803</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>