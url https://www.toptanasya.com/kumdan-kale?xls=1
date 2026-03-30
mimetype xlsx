--- v1 (2026-02-07)
+++ v2 (2026-03-30)
@@ -85,1540 +85,1600 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256969933</t>
+          <t>9786256969971</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Topum Uzaya Kaçtı</t>
+          <t>Renkler Nereye Gitti?</t>
         </is>
       </c>
       <c r="C2" s="1">
         <v>46</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256969988</t>
+          <t>9786256969957</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Yeni Dünya</t>
+          <t>Kırmızı Dudaklı Yarasa Balığı</t>
         </is>
       </c>
       <c r="C3" s="1">
         <v>46</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256969940</t>
+          <t>9786256969964</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Güneş Öğretmen'in Görünmez Olduğu Gün</t>
+          <t>Neşe ve Kitap Kurdu</t>
         </is>
       </c>
       <c r="C4" s="1">
         <v>46</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256969995</t>
+          <t>9786059267151</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Severek Okuyorum 6 Kitaplık Set</t>
+          <t>Let’s Roll in Turkey - Türkiye’yi Geziyoruz</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>276</v>
+        <v>392</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256969926</t>
+          <t>9786256969933</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’un abc’si</t>
+          <t>Topum Uzaya Kaçtı</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>240</v>
+        <v>46</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256969919</t>
+          <t>9786256969988</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma Kitapları 8 Kitaplık Set</t>
+          <t>Yeni Dünya</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>368</v>
+        <v>46</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256969018</t>
+          <t>9786256969940</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Mini Ekoloji Seti</t>
+          <t>Güneş Öğretmen'in Görünmez Olduğu Gün</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>536</v>
+        <v>46</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786059267953</t>
+          <t>9786256969995</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Çatlak Patlak</t>
+          <t>Severek Okuyorum 6 Kitaplık Set</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>94</v>
+        <v>276</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786059267939</t>
+          <t>9786256969926</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Portakalı Soydum</t>
+          <t>İstanbul’un abc’si</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>94</v>
+        <v>240</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786059267427</t>
+          <t>9786256969919</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Minik Üzgün Kaktüs</t>
+          <t>İlk Okuma Kitapları 8 Kitaplık Set</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>138</v>
+        <v>368</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786059267182</t>
+          <t>9786256969018</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Kitap</t>
+          <t>Mini Ekoloji Seti</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>118</v>
+        <v>536</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786059267199</t>
+          <t>9786059267953</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Mavi Kitap</t>
+          <t>Çatlak Patlak</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>118</v>
+        <v>94</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786059267236</t>
+          <t>9786059267939</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Mor Kitap</t>
+          <t>Portakalı Soydum</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>52</v>
+        <v>94</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786059267212</t>
+          <t>9786059267427</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Sarı Kitap</t>
+          <t>Minik Üzgün Kaktüs</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>118</v>
+        <v>138</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786059267243</t>
+          <t>9786059267182</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Turuncu Kitap</t>
+          <t>Kırmızı Kitap</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>52</v>
+        <v>118</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786059267229</t>
+          <t>9786059267199</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Kitap</t>
+          <t>Mavi Kitap</t>
         </is>
       </c>
       <c r="C17" s="1">
         <v>118</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786059267403</t>
+          <t>9786059267236</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Numbers, From Zero to İnfinity - Sayılar, Sıfırdan Sonsuza</t>
+          <t>Mor Kitap</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>102</v>
+        <v>52</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786059267007</t>
+          <t>9786059267212</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Yay Bacaklı Çocuklar</t>
+          <t>Sarı Kitap</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>9</v>
+        <v>118</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786059267694</t>
+          <t>9786059267243</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Karga Karga Gak Dedi</t>
+          <t>Turuncu Kitap</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>98</v>
+        <v>52</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786059267663</t>
+          <t>9786059267229</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Kış Kitabım</t>
+          <t>Yeşil Kitap</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>86</v>
+        <v>118</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786059267885</t>
+          <t>9786059267403</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>O Piti Piti</t>
+          <t>Numbers, From Zero to İnfinity - Sayılar, Sıfırdan Sonsuza</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>94</v>
+        <v>102</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786059267540</t>
+          <t>9786059267007</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Bir Tohumu Sulamak 1-2</t>
+          <t>Yay Bacaklı Çocuklar</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>98</v>
+        <v>9</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786059267533</t>
+          <t>9786059267694</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Martı Beslemek - Martıların Yaşadığı Yer 1-2</t>
+          <t>Karga Karga Gak Dedi</t>
         </is>
       </c>
       <c r="C24" s="1">
         <v>98</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786059267793</t>
+          <t>9786059267663</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Seviyorum Sevmiyorum</t>
+          <t>Kış Kitabım</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>286</v>
+        <v>86</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786059267472</t>
+          <t>9786059267885</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Üzüm'ün Tuvalet Kitabı - Anne Bitti (Ciltli)</t>
+          <t>O Piti Piti</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>286</v>
+        <v>94</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786059267748</t>
+          <t>9786059267540</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Muffie</t>
+          <t>Bir Tohumu Sulamak 1-2</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>286</v>
+        <v>98</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786256969902</t>
+          <t>9786059267533</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Salyangozun Mucizesi - İlk Okuma Kitapları</t>
+          <t>Martı Beslemek - Martıların Yaşadığı Yer 1-2</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>46</v>
+        <v>98</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786256969896</t>
+          <t>9786059267793</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Helikopter Böceği ve Nezih Dede - İlk Okuma Kitapları</t>
+          <t>Seviyorum Sevmiyorum</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>46</v>
+        <v>286</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786256969889</t>
+          <t>9786059267472</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma Kitabı- İlk Okuma Kitapları</t>
+          <t>Üzüm'ün Tuvalet Kitabı - Anne Bitti (Ciltli)</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>46</v>
+        <v>286</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786256969872</t>
+          <t>9786059267748</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Kare Karga - İlk Okuma Kitapları</t>
+          <t>Muffie</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>46</v>
+        <v>286</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786256969865</t>
+          <t>9786256969902</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Bir Okul Günü</t>
+          <t>Salyangozun Mucizesi - İlk Okuma Kitapları</t>
         </is>
       </c>
       <c r="C32" s="1">
         <v>46</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786256969858</t>
+          <t>9786256969896</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Dostluk Şehri - İlk Okuma Kitapları</t>
+          <t>Helikopter Böceği ve Nezih Dede - İlk Okuma Kitapları</t>
         </is>
       </c>
       <c r="C33" s="1">
         <v>46</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786256969841</t>
+          <t>9786256969889</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Kumdan Hayaller - İlk Okuma Kitapları</t>
+          <t>İlk Okuma Kitabı- İlk Okuma Kitapları</t>
         </is>
       </c>
       <c r="C34" s="1">
         <v>46</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786256969834</t>
+          <t>9786256969872</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Peynir Sevmeyen Var mı ? - İlk Okuma Kitapları</t>
+          <t>Kare Karga - İlk Okuma Kitapları</t>
         </is>
       </c>
       <c r="C35" s="1">
         <v>46</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786256969087</t>
+          <t>9786256969865</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Siyah Beyaz Kitap (Ciltli)</t>
+          <t>Bir Okul Günü</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>118</v>
+        <v>46</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786256969070</t>
+          <t>9786256969858</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Kitap (Ciltli)</t>
+          <t>Dostluk Şehri - İlk Okuma Kitapları</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>98</v>
+        <v>46</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786256969827</t>
+          <t>9786256969841</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Mavi Kitap (Ciltli)</t>
+          <t>Kumdan Hayaller - İlk Okuma Kitapları</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>98</v>
+        <v>46</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786256969025</t>
+          <t>9786256969834</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Sarı Kitap (Ciltli)</t>
+          <t>Peynir Sevmeyen Var mı ? - İlk Okuma Kitapları</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>118</v>
+        <v>46</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256969810</t>
+          <t>9786256969087</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Kitap (Ciltli)</t>
+          <t>Siyah Beyaz Kitap (Ciltli)</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>98</v>
+        <v>118</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786256969803</t>
+          <t>9786256969070</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Renk Kitapları - 5 Kitaplık Kutulu Set (Ciltli)</t>
+          <t>Yeşil Kitap (Ciltli)</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>590</v>
+        <v>98</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786256969766</t>
+          <t>9786256969827</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Kumru ve Kikiça - Hoşçakal, Merhaba</t>
+          <t>Mavi Kitap (Ciltli)</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>252</v>
+        <v>98</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786059267946</t>
+          <t>9786256969025</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Hastayım Hasta</t>
+          <t>Sarı Kitap (Ciltli)</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>94</v>
+        <v>118</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786059267960</t>
+          <t>9786256969810</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Babamın Arısı</t>
+          <t>Kırmızı Kitap (Ciltli)</t>
         </is>
       </c>
       <c r="C44" s="1">
         <v>98</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786059267922</t>
+          <t>9786256969803</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Yolda</t>
+          <t>Renk Kitapları - 5 Kitaplık Kutulu Set (Ciltli)</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>114</v>
+        <v>590</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786059267977</t>
+          <t>9786256969766</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Az Gittim Uz Gittim</t>
+          <t>Kumru ve Kikiça - Hoşçakal, Merhaba</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>94</v>
+        <v>252</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786059267861</t>
+          <t>9786059267946</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Ağaçlar - Doğa Gözlemcisinin Not Defteri</t>
+          <t>Hastayım Hasta</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>240</v>
+        <v>94</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786059267908</t>
+          <t>9786059267960</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Eveleme Develeme</t>
+          <t>Babamın Arısı</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>94</v>
+        <v>98</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786059267915</t>
+          <t>9786059267922</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Dandini Dandini</t>
+          <t>Yolda</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>98</v>
+        <v>114</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786059267892</t>
+          <t>9786059267977</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Tandırın Başı</t>
+          <t>Az Gittim Uz Gittim</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>114</v>
+        <v>94</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786059267878</t>
+          <t>9786059267861</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Kof Ceviz</t>
+          <t>Ağaçlar - Doğa Gözlemcisinin Not Defteri</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>98</v>
+        <v>240</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786059267809</t>
+          <t>9786059267908</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Film Setinde Bir Gün</t>
+          <t>Eveleme Develeme</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>182</v>
+        <v>94</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786059267854</t>
+          <t>9786059267915</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Folded Little Stories 2 – Katlamalı Küçük Hikayeler 2</t>
+          <t>Dandini Dandini</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>338</v>
+        <v>98</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786059267830</t>
+          <t>9786059267892</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Hayalimiz Mavi Yolculuk</t>
+          <t>Tandırın Başı</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>286</v>
+        <v>114</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786059267847</t>
+          <t>9786059267878</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Kapadokya’ya Gidelim!</t>
+          <t>Kof Ceviz</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>138</v>
+        <v>98</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786059267823</t>
+          <t>9786059267809</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>When 26 Meet 29 - 29, 26 İle Buluştuğunda</t>
+          <t>Film Setinde Bir Gün</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>288</v>
+        <v>182</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786059267816</t>
+          <t>9786059267854</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Nunki Zamanı – Mucize Vadisi’nde Bir Gün</t>
+          <t>Folded Little Stories 2 – Katlamalı Küçük Hikayeler 2</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>252</v>
+        <v>338</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786059267717</t>
+          <t>9786059267830</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>İnce Saz</t>
+          <t>Hayalimiz Mavi Yolculuk</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>98</v>
+        <v>286</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786059267656</t>
+          <t>9786059267847</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Sonbahar Kitabım</t>
+          <t>Kapadokya’ya Gidelim!</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>86</v>
+        <v>138</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786059267649</t>
+          <t>9786059267823</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Yaz Kitabım</t>
+          <t>When 26 Meet 29 - 29, 26 İle Buluştuğunda</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>86</v>
+        <v>288</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786059267632</t>
+          <t>9786059267816</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>İlkbahar Kitabım</t>
+          <t>Nunki Zamanı – Mucize Vadisi’nde Bir Gün</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>86</v>
+        <v>252</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786059267465</t>
+          <t>9786059267717</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Folded Little Stories - Katlamalı Küçük Hikayeler</t>
+          <t>İnce Saz</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>338</v>
+        <v>98</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786059267458</t>
+          <t>9786059267656</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Hala Dost Muyuz?</t>
+          <t>Sonbahar Kitabım</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>286</v>
+        <v>86</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786059267502</t>
+          <t>9786059267649</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Leylek Leylek Havada</t>
+          <t>Yaz Kitabım</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>94</v>
+        <v>86</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786059267519</t>
+          <t>9786059267632</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Komşu Komşu</t>
+          <t>İlkbahar Kitabım</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>98</v>
+        <v>86</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786059267526</t>
+          <t>9786059267465</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Fış Fış Kayıkçı</t>
+          <t>Folded Little Stories - Katlamalı Küçük Hikayeler</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>94</v>
+        <v>338</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786059267489</t>
+          <t>9786059267458</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Üzüm'ün Uyku Kitabı - Tatlı Rüyalar Üzüm (Ciltli)</t>
+          <t>Hala Dost Muyuz?</t>
         </is>
       </c>
       <c r="C67" s="1">
         <v>286</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786059267496</t>
+          <t>9786059267502</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Üzüm'ün Beslenme Kitabı - Afiyet Olsun Üzüm! (Ciltli)</t>
+          <t>Leylek Leylek Havada</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>286</v>
+        <v>94</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786059267441</t>
+          <t>9786059267519</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Küpeli ve Yol Arkadaşları</t>
+          <t>Komşu Komşu</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>182</v>
+        <v>98</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786059267083</t>
+          <t>9786059267526</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Tell Me Tell Me - Söyle Bana Söyle Bana</t>
+          <t>Fış Fış Kayıkçı</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>238</v>
+        <v>94</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786059267434</t>
+          <t>9786059267489</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Tabletime Bayılıyorum! - Zeytin’in Harikulade Maceraları</t>
+          <t>Üzüm'ün Uyku Kitabı - Tatlı Rüyalar Üzüm (Ciltli)</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>182</v>
+        <v>286</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786059267410</t>
+          <t>9786059267496</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Kamera Obskura (Ciltli)</t>
+          <t>Üzüm'ün Beslenme Kitabı - Afiyet Olsun Üzüm! (Ciltli)</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>338</v>
+        <v>286</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786059267687</t>
+          <t>9786059267441</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Siyah Kedi Beyaz Kedi - Renkler</t>
+          <t>Küpeli ve Yol Arkadaşları</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>128</v>
+        <v>182</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786059267328</t>
+          <t>9786059267083</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Bahar Gelince</t>
+          <t>Tell Me Tell Me - Söyle Bana Söyle Bana</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>186</v>
+        <v>238</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786059267700</t>
+          <t>9786059267434</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Bir Kedi On Fare - Sayılar</t>
+          <t>Tabletime Bayılıyorum! - Zeytin’in Harikulade Maceraları</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>138</v>
+        <v>182</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786059267311</t>
+          <t>9786059267410</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Yaz Gelince</t>
+          <t>Kamera Obskura (Ciltli)</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>186</v>
+        <v>338</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786059267380</t>
+          <t>9786059267687</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Different Colors - Different Shapes / Değişik Renkler - Değişik Şekiller</t>
+          <t>Siyah Kedi Beyaz Kedi - Renkler</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>178</v>
+        <v>128</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786059267397</t>
+          <t>9786059267328</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Top</t>
+          <t>Bahar Gelince</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>182</v>
+        <v>186</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786059267373</t>
+          <t>9786059267700</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Küpeli</t>
+          <t>Bir Kedi On Fare - Sayılar</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>182</v>
+        <v>138</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786059267304</t>
+          <t>9786059267311</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Güz Gelince</t>
+          <t>Yaz Gelince</t>
         </is>
       </c>
       <c r="C80" s="1">
         <v>186</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786059267670</t>
+          <t>9786059267380</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Büyük Kedi Küçük Fare - Zıtlıklar</t>
+          <t>Different Colors - Different Shapes / Değişik Renkler - Değişik Şekiller</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>138</v>
+        <v>178</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786059267342</t>
+          <t>9786059267397</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Kış Gelince</t>
+          <t>Kırmızı Top</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>186</v>
+        <v>182</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786059267274</t>
+          <t>9786059267373</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'nin Ağaçları Albümü - Yapraklı Ağaçlar</t>
+          <t>Küpeli</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>194</v>
+        <v>182</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786059267298</t>
+          <t>9786059267304</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'nin Ağaçları Albümü - Meyve Ağaçları</t>
+          <t>Güz Gelince</t>
         </is>
       </c>
       <c r="C84" s="1">
         <v>186</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786059267267</t>
+          <t>9786059267670</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'nin Ağaçları Albümü - İğne Yapraklı Ağaçlar</t>
+          <t>Büyük Kedi Küçük Fare - Zıtlıklar</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>186</v>
+        <v>138</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786059267281</t>
+          <t>9786059267342</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'nin Ağaçları Albümü - Çiçekli Ağaçlar</t>
+          <t>Kış Gelince</t>
         </is>
       </c>
       <c r="C86" s="1">
         <v>186</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786059267175</t>
+          <t>9786059267274</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Bir Maymunla Nasıl Dost Oldum?</t>
+          <t>Türkiye'nin Ağaçları Albümü - Yapraklı Ağaçlar</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>230</v>
+        <v>194</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786059267205</t>
+          <t>9786059267298</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Pinçik Keskindiş</t>
+          <t>Türkiye'nin Ağaçları Albümü - Meyve Ağaçları</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>286</v>
+        <v>186</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786059267168</t>
+          <t>9786059267267</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Ejderha Çiçeği</t>
+          <t>Türkiye'nin Ağaçları Albümü - İğne Yapraklı Ağaçlar</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>182</v>
+        <v>186</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786059267106</t>
+          <t>9786059267281</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Dostlarımıza Sorular Kutuptaki Hayvanlar</t>
+          <t>Türkiye'nin Ağaçları Albümü - Çiçekli Ağaçlar</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>138</v>
+        <v>186</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786059267137</t>
+          <t>9786059267175</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Dostlarımıza Sorular Çiftlikteki Hayvanlar</t>
+          <t>Bir Maymunla Nasıl Dost Oldum?</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>138</v>
+        <v>230</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786059267113</t>
+          <t>9786059267205</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Dostlarımıza Sorular Savanadaki Hayvanlar</t>
+          <t>Pinçik Keskindiş</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>138</v>
+        <v>286</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786059267090</t>
+          <t>9786059267168</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Dostlarımıza Sorular Göldeki Hayvanlar</t>
+          <t>Ejderha Çiçeği</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>138</v>
+        <v>182</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786059267120</t>
+          <t>9786059267106</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Dostlarımıza Sorular Bahçedeki Hayvanlar</t>
+          <t>Sevimli Dostlarımıza Sorular Kutuptaki Hayvanlar</t>
         </is>
       </c>
       <c r="C94" s="1">
         <v>138</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786059267618</t>
+          <t>9786059267137</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Arı Kitabım</t>
+          <t>Sevimli Dostlarımıza Sorular Çiftlikteki Hayvanlar</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>86</v>
+        <v>138</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786059267595</t>
+          <t>9786059267113</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Kurbağa Kitabım</t>
+          <t>Sevimli Dostlarımıza Sorular Savanadaki Hayvanlar</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>86</v>
+        <v>138</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786059267588</t>
+          <t>9786059267090</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Çiçek Kitabım</t>
+          <t>Sevimli Dostlarımıza Sorular Göldeki Hayvanlar</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>86</v>
+        <v>138</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786059267076</t>
+          <t>9786059267120</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Sakalını Taşıyan Adam</t>
+          <t>Sevimli Dostlarımıza Sorular Bahçedeki Hayvanlar</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>230</v>
+        <v>138</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786059267601</t>
+          <t>9786059267618</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Kelebek Kitabım</t>
+          <t>Arı Kitabım</t>
         </is>
       </c>
       <c r="C99" s="1">
         <v>86</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786059267571</t>
+          <t>9786059267595</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Civciv Kitabım</t>
+          <t>Kurbağa Kitabım</t>
         </is>
       </c>
       <c r="C100" s="1">
         <v>86</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
+          <t>9786059267588</t>
+        </is>
+      </c>
+      <c r="B101" s="1" t="inlineStr">
+        <is>
+          <t>Çiçek Kitabım</t>
+        </is>
+      </c>
+      <c r="C101" s="1">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="102" spans="1:3">
+      <c r="A102" s="1" t="inlineStr">
+        <is>
+          <t>9786059267076</t>
+        </is>
+      </c>
+      <c r="B102" s="1" t="inlineStr">
+        <is>
+          <t>Sakalını Taşıyan Adam</t>
+        </is>
+      </c>
+      <c r="C102" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="103" spans="1:3">
+      <c r="A103" s="1" t="inlineStr">
+        <is>
+          <t>9786059267601</t>
+        </is>
+      </c>
+      <c r="B103" s="1" t="inlineStr">
+        <is>
+          <t>Kelebek Kitabım</t>
+        </is>
+      </c>
+      <c r="C103" s="1">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="104" spans="1:3">
+      <c r="A104" s="1" t="inlineStr">
+        <is>
+          <t>9786059267571</t>
+        </is>
+      </c>
+      <c r="B104" s="1" t="inlineStr">
+        <is>
+          <t>Civciv Kitabım</t>
+        </is>
+      </c>
+      <c r="C104" s="1">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="105" spans="1:3">
+      <c r="A105" s="1" t="inlineStr">
+        <is>
           <t>9786059267625</t>
         </is>
       </c>
-      <c r="B101" s="1" t="inlineStr">
+      <c r="B105" s="1" t="inlineStr">
         <is>
           <t>Karınca Kitabım</t>
         </is>
       </c>
-      <c r="C101" s="1">
+      <c r="C105" s="1">
         <v>86</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>