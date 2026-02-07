--- v0 (2025-11-01)
+++ v1 (2026-02-07)
@@ -85,2620 +85,3115 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786258429398</t>
+          <t>9786057915788</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Uygarlıklar Savaşı 2 - Galaktik Çatışma</t>
+          <t>Prenses Bir Kedi</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>250</v>
+        <v>65</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786258429671</t>
+          <t>9786258429022</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Büyük Sır Veya Okültizmin İfşası</t>
+          <t>Ölüler Ülkesinde Üç Gün</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>320</v>
+        <v>195</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786258429091</t>
+          <t>9786057915726</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Prenses Süreyya / Aşktan Ölmek</t>
+          <t>Büyünün Uyanışı - Unutulmuş Efsaneler 1</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>350</v>
+        <v>120</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786258429008</t>
+          <t>9786057915801</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Mühürlü Kuyu 4</t>
+          <t>Çilek Böyle Olur</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>220</v>
+        <v>65</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786057915948</t>
+          <t>9786057915818</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Gnostizm ve Sabiiler - Işık Kralının Elçileri</t>
+          <t>Canım Anneciğim</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>450</v>
+        <v>65</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786057915870</t>
+          <t>9786057915832</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Enok'un Kitabı</t>
+          <t>Arkadaşım Mar</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>250</v>
+        <v>65</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786058223165</t>
+          <t>9786058223196</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Mühürlü Kuyu 2 - Kara Miğferli’nin Doğuşu</t>
+          <t>Sırlı Kitap</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>220</v>
+        <v>30</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786057915498</t>
+          <t>9786058201026</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Çağın Kozasından Hakikate Son Çağrı</t>
+          <t>Sihirli Yolculuk</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>650</v>
+        <v>15</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786258429770</t>
+          <t>9786058201019</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Tanrı Fikrinin Kökeni</t>
+          <t>İncik Boncuk</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>650</v>
+        <v>45</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786056866081</t>
+          <t>9786058223189</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Aforizma Denizi</t>
+          <t>Anneme Söz Verdim</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>110</v>
+        <v>35</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786258429497</t>
+          <t>9786058201057</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Çöl Vampirleri</t>
+          <t>Kurtların Sessizliği - Son Kıyamet</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>190</v>
+        <v>23</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786258429459</t>
+          <t>9786058288669</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Batıl İnançlar</t>
+          <t>Her Günahın Şeytanı</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>320</v>
+        <v>18</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786057915405</t>
+          <t>9786056746352</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Tılsımlar Muskalar ve Zodyak’ın Mücevherleri</t>
+          <t>Kelebeklerin Göçü</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>320</v>
+        <v>45</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786258429749</t>
+          <t>9786058288638</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>İsis’in Peçesi ve Druidlerin Gizemleri</t>
+          <t>Günlerin Sonbaharı</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>320</v>
+        <v>25</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786258429756</t>
+          <t>9786056746369</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Antik Gizemler ve Modern Duvarcılık</t>
+          <t>Cem ve Ceren Masallar Ülkesinde - Rapunzel</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>320</v>
+        <v>20</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786258429268</t>
+          <t>9786058223110</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Odası</t>
+          <t>Cem ve Ceren Masallar Ülkesinde - Külkedisi</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>320</v>
+        <v>20</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786258429718</t>
+          <t>9786056746383</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Kozmik Hafıza/Dünya ve İnsanın Tarih Öncesi</t>
+          <t>Cem ve Ceren Masallar Ülkesinde - Hansel ve Gretel</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>275</v>
+        <v>20</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786258429435</t>
+          <t>9789752460119</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes/Edwin Drood’un Gizemini Çözüyor &amp; Kayip Adam Vakasi</t>
+          <t>Üç Dünya Aşk</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>190</v>
+        <v>45</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786258429312</t>
+          <t>9786056681172</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Numeroloji/Sayıların Gizemli Gücü ve Mistik Erdemleri</t>
+          <t>Enes'in Hayali Atı</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>275</v>
+        <v>20</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786258429473</t>
+          <t>9786058288645</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Bir Ceset Karımı Çaldı</t>
+          <t>Son Kıyamet</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>290</v>
+        <v>45</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786258429640</t>
+          <t>9786059226837</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Arsen Lüpen/Oyuk İğne</t>
+          <t>Ayrılık Aşka Yakın Yaşıyordu</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>275</v>
+        <v>17</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786258429732</t>
+          <t>9786059226905</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Kapısından Geçiş</t>
+          <t>Yasak Tümcelerle Kırmızı</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>250</v>
+        <v>40</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786258429275</t>
+          <t>9786057915757</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Semitik Halklar ve Mısırlılar/Ur’dan Mısır’a Semitik Halkların Yükselişi</t>
+          <t>Magdaviyya Hikmetler ve Münacatlar - 100 Hikmet</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>420</v>
+        <v>48</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786258429442</t>
+          <t>9786057915900</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Mısırın Mitleri ve Efsaneleri/ Antik Mısır</t>
+          <t>Magdaviyya Hikmetler Dördüncü Kitap</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>420</v>
+        <v>48</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786057915290</t>
+          <t>9786057915894</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Mezarın Ötesindeki Eller</t>
+          <t>Münacatlar Teveccühler Marifetler Aşk-ı İlahiyye (Kasideler)</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>290</v>
+        <v>40</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786258429244</t>
+          <t>9786059837255</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Melodisi</t>
+          <t>Magdaviyya Hikmetler (1. Kitap)</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>320</v>
+        <v>38</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786258429695</t>
+          <t>9786057915887</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Gizemlerin Anahtarı</t>
+          <t>Zeka Küpü</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>375</v>
+        <v>120</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786258429237</t>
+          <t>9786057915061</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Nergisin Gizemi</t>
+          <t>Şizofren</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>320</v>
+        <v>290</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786258429381</t>
+          <t>9786054536092</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Uygarlıklar Savaşı 1 - Planet X Kozmik Sırların Keşfi</t>
+          <t>Ev'den Kainat Evine Kadar Kur'an'daki Aydınlatılmış Evler</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>250</v>
+        <v>30</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786258429633</t>
+          <t>9786056884269</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Arsen Lüpen/Kibar Hırsız</t>
+          <t>Kur'ani Meseleler Çevresinde Hz. Muhammed ve Ahir Zaman Deccali 3. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>275</v>
+        <v>90</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786258429701</t>
+          <t>9786058175983</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>İnisiyasyon Yolu/Yüksek Alemleri Bilmek ve Erişmek</t>
+          <t>Kur'ani Meseleler Çevresinde Kur'an Tedebbürü ile Allah-Evren 2. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>320</v>
+        <v>90</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786258429534</t>
+          <t>9786058175914</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Ölüler İşaret Vermez</t>
+          <t>Kur'ani Meseleler Çevresinde Yusuf Suresi 1. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>390</v>
+        <v>85</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786258429664</t>
+          <t>9786057915320</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Bir İnisiyenin Eğitimi ve Çalışması</t>
+          <t>Sherlock Holmes Maceraları</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>320</v>
+        <v>125</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786258429282</t>
+          <t>9786258429398</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Okültizmin Ana Hatları</t>
+          <t>Uygarlıklar Savaşı 2 - Galaktik Çatışma</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786258429404</t>
+          <t>9786258429671</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Rönesans Mistikleri</t>
+          <t>Büyük Sır Veya Okültizmin İfşası</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>275</v>
+        <v>320</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786258429626</t>
+          <t>9786258429091</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Arsen Lüpen Herlock Sholmes’a Karşı</t>
+          <t>Prenses Süreyya / Aşktan Ölmek</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>275</v>
+        <v>350</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786258429589</t>
+          <t>9786258429008</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Düşüncenin Gücü</t>
+          <t>Mühürlü Kuyu 4</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786258429466</t>
+          <t>9786057915948</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Mithra’nın Gizemleri</t>
+          <t>Gnostizm ve Sabiiler - Işık Kralının Elçileri</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786258429619</t>
+          <t>9786057915870</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Altın Dal 2</t>
+          <t>Peygamber Enok'un Kitabı</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>600</v>
+        <v>250</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786258429602</t>
+          <t>9786058223165</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Altındal</t>
+          <t>Mühürlü Kuyu 2 - Kara Miğferli’nin Doğuşu</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>600</v>
+        <v>220</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786258429572</t>
+          <t>9786057915498</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Hipnoz Sanatı ve Zihin Okuma</t>
+          <t>Çağın Kozasından Hakikate Son Çağrı</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>250</v>
+        <v>650</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786258429558</t>
+          <t>9786258429770</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Mrs. Sherlock Holmes</t>
+          <t>Tanrı Fikrinin Kökeni</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>190</v>
+        <v>650</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786258429411</t>
+          <t>9786056866081</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Üç Meşe Gizemi</t>
+          <t>Aforizma Denizi</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>320</v>
+        <v>110</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786258429480</t>
+          <t>9786258429497</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Korku Evi</t>
+          <t>Çöl Vampirleri</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>290</v>
+        <v>190</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786258429510</t>
+          <t>9786258429459</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Cüce</t>
+          <t>Batıl İnançlar</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>390</v>
+        <v>320</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786258429565</t>
+          <t>9786057915405</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Pisagor ve Delfi Gizemleri</t>
+          <t>Tılsımlar Muskalar ve Zodyak’ın Mücevherleri</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>175</v>
+        <v>320</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786258429343</t>
+          <t>9786258429749</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>İste ve Zengin Ol</t>
+          <t>İsis’in Peçesi ve Druidlerin Gizemleri</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>275</v>
+        <v>320</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786258429350</t>
+          <t>9786258429756</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Her İnsan Bir Kraldır</t>
+          <t>Antik Gizemler ve Modern Duvarcılık</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786258429527</t>
+          <t>9786258429268</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Nuh’un Gemisinde Cinayet</t>
+          <t>Ölüm Odası</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>390</v>
+        <v>320</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786258429503</t>
+          <t>9786258429718</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Dişçi Koltuğunda Cinayet</t>
+          <t>Kozmik Hafıza/Dünya ve İnsanın Tarih Öncesi</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>390</v>
+        <v>275</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786258429251</t>
+          <t>9786258429435</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Yedi Kilitli Kapı</t>
+          <t>Sherlock Holmes/Edwin Drood’un Gizemini Çözüyor &amp; Kayip Adam Vakasi</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>320</v>
+        <v>190</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786258429725</t>
+          <t>9786258429312</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Kybalıon</t>
+          <t>Numeroloji/Sayıların Gizemli Gücü ve Mistik Erdemleri</t>
         </is>
       </c>
       <c r="C53" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786258429374</t>
+          <t>9786258429473</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Bilinçaltı Zihin Kontrolü İle Sağlıklı Yaşa ve Zengin Ol</t>
+          <t>Bir Ceset Karımı Çaldı</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>275</v>
+        <v>290</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786258429688</t>
+          <t>9786258429640</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Büyünün Tarihi</t>
+          <t>Arsen Lüpen/Oyuk İğne</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>390</v>
+        <v>275</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786258429206</t>
+          <t>9786258429732</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Batıniler</t>
+          <t>Ölüm Kapısından Geçiş</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786258429336</t>
+          <t>9786258429275</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Mutluluğun Sekiz Sütunu</t>
+          <t>Semitik Halklar ve Mısırlılar/Ur’dan Mısır’a Semitik Halkların Yükselişi</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>275</v>
+        <v>420</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786258429541</t>
+          <t>9786258429442</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Masonluğun Mistisizmi</t>
+          <t>Mısırın Mitleri ve Efsaneleri/ Antik Mısır</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>275</v>
+        <v>420</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786057915689</t>
+          <t>9786057915290</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Çığlık</t>
+          <t>Mezarın Ötesindeki Eller</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786258429428</t>
+          <t>9786258429244</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Masal Pınarı</t>
+          <t>Ölüm Melodisi</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>120</v>
+        <v>320</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786057915979</t>
+          <t>9786258429695</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Kıta Mu - İnsanın Anayurdu</t>
+          <t>Gizemlerin Anahtarı</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>390</v>
+        <v>375</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786057915931</t>
+          <t>9786258429237</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Paganizm - Kadim Bilgeliğin Sırları</t>
+          <t>Nergisin Gizemi</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>450</v>
+        <v>320</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786056746314</t>
+          <t>9786258429381</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Kan Sıcağı</t>
+          <t>Uygarlıklar Savaşı 1 - Planet X Kozmik Sırların Keşfi</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786059226844</t>
+          <t>9786258429633</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Beni Kim Öldürdü</t>
+          <t>Arsen Lüpen/Kibar Hırsız</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>350</v>
+        <v>275</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786058119314</t>
+          <t>9786258429701</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Ateş Taşı 2</t>
+          <t>İnisiyasyon Yolu/Yüksek Alemleri Bilmek ve Erişmek</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786057915085</t>
+          <t>9786258429534</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Hafıza Geliştirme Teknikleri</t>
+          <t>Ölüler İşaret Vermez</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>120</v>
+        <v>390</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786057915283</t>
+          <t>9786258429664</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Define Adası</t>
+          <t>Bir İnisiyenin Eğitimi ve Çalışması</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>95</v>
+        <v>320</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786258429190</t>
+          <t>9786258429282</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Yediveren Kışı</t>
+          <t>Okültizmin Ana Hatları</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>300</v>
+        <v>320</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786057915399</t>
+          <t>9786258429404</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Bir Şeftali Bin Şeftali Masalı</t>
+          <t>Rönesans Mistikleri</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>65</v>
+        <v>275</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786258429053</t>
+          <t>9786258429626</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>M.S. 2079 - 2: Ölüm Yıldızı</t>
+          <t>Arsen Lüpen Herlock Sholmes’a Karşı</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>250</v>
+        <v>275</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786057915955</t>
+          <t>9786258429589</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Öğrenciler İçin Nutuk</t>
+          <t>Düşüncenin Gücü</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>125</v>
+        <v>190</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786057915351</t>
+          <t>9786258429466</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Keloğlan Masalları</t>
+          <t>Mithra’nın Gizemleri</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>125</v>
+        <v>250</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786057915207</t>
+          <t>9786258429619</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Deniz Altında 20.000 Fersah</t>
+          <t>Altın Dal 2</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>95</v>
+        <v>600</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786258429169</t>
+          <t>9786258429602</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Yolculuk</t>
+          <t>Altındal</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>190</v>
+        <v>600</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786258429176</t>
+          <t>9786258429572</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Yolculuk 2</t>
+          <t>Hipnoz Sanatı ve Zihin Okuma</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786258429152</t>
+          <t>9786258429558</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Ölüler Masal Anlatmaz</t>
+          <t>Mrs. Sherlock Holmes</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>250</v>
+        <v>190</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786258429107</t>
+          <t>9786258429411</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>BTS Sihirli Notalar</t>
+          <t>Üç Meşe Gizemi</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>190</v>
+        <v>320</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786058223134</t>
+          <t>9786258429480</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>8 Uygulamada Çocuklar İçin Hızlı Okuma</t>
+          <t>Korku Evi</t>
         </is>
       </c>
       <c r="C78" s="1">
         <v>290</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786058288614</t>
+          <t>9786258429510</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Ahir Zamanda Aşk</t>
+          <t>Kızıl Cüce</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>40</v>
+        <v>390</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786258429121</t>
+          <t>9786258429565</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Ben Değil Biz Olmalıyız</t>
+          <t>Pisagor ve Delfi Gizemleri</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>150</v>
+        <v>175</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786258429114</t>
+          <t>9786258429343</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Melike Adenya Diyarında 5 / Gizemli Yolculuk</t>
+          <t>İste ve Zengin Ol</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>150</v>
+        <v>275</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786057915443</t>
+          <t>9786258429350</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Ulduz ile Konuşan Bebek</t>
+          <t>Her İnsan Bir Kraldır</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>65</v>
+        <v>250</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786057915436</t>
+          <t>9786258429527</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Ulduz ile Kargalar</t>
+          <t>Nuh’un Gemisinde Cinayet</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>65</v>
+        <v>390</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786057915771</t>
+          <t>9786258429503</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Tatilde Su Satan Çocuk</t>
+          <t>Dişçi Koltuğunda Cinayet</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>65</v>
+        <v>390</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786057915412</t>
+          <t>9786258429251</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Masalı</t>
+          <t>Yedi Kilitli Kapı</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>65</v>
+        <v>320</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786057915382</t>
+          <t>9786258429725</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kara Balık</t>
+          <t>Kybalıon</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>65</v>
+        <v>275</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786057915795</t>
+          <t>9786258429374</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>İnsanları Çok Özledim</t>
+          <t>Bilinçaltı Zihin Kontrolü İle Sağlıklı Yaşa ve Zengin Ol</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>65</v>
+        <v>275</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786057915429</t>
+          <t>9786258429688</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Deli Dumrul</t>
+          <t>Büyünün Tarihi</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>65</v>
+        <v>390</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786057915825</t>
+          <t>9786258429206</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Asansörde Bir Yazar</t>
+          <t>Batıniler</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>65</v>
+        <v>450</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786258429039</t>
+          <t>9786258429336</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Sır Koyucuları: Düğün</t>
+          <t>Mutluluğun Sekiz Sütunu</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>320</v>
+        <v>275</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786258429060</t>
+          <t>9786258429541</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>M.S. 2079 - 3: Son Savaş</t>
+          <t>Masonluğun Mistisizmi</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>250</v>
+        <v>275</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786258429046</t>
+          <t>9786057915689</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Kader Mızrağı</t>
+          <t>Çığlık</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786057915993</t>
+          <t>9786258429428</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Ateş Çağı - Geçmişten Gelen Mesaj</t>
+          <t>Masal Pınarı</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>290</v>
+        <v>120</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786057915917</t>
+          <t>9786057915979</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Hay</t>
+          <t>Kayıp Kıta Mu - İnsanın Anayurdu</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>120</v>
+        <v>390</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786057915764</t>
+          <t>9786057915931</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Yeterki Sevgi Olsun</t>
+          <t>Paganizm - Kadim Bilgeliğin Sırları</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>65</v>
+        <v>450</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786059226776</t>
+          <t>9786056746314</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Melike Adenya Diyarında 1: Ceylanın Yoldaşlığı</t>
+          <t>Kan Sıcağı</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>95</v>
+        <v>350</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786057915924</t>
+          <t>9786059226844</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Şamanizm</t>
+          <t>Beni Kim Öldürdü</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786057915962</t>
+          <t>9786058119314</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>On Mükemmel İnanç - Tüm Dinlerin Karşılaştırılması</t>
+          <t>Ateş Taşı 2</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786057915986</t>
+          <t>9786057915085</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Ezoterizm - Sırlar Öğretisi</t>
+          <t>Hafıza Geliştirme Teknikleri</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>450</v>
+        <v>120</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786057915856</t>
+          <t>9786057915283</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Kızıl İblis’in İntikamı - Miras 2</t>
+          <t>Define Adası</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>320</v>
+        <v>95</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786056681189</t>
+          <t>9786258429190</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Magdaviyya Hikmetler (İkinci Kitap)</t>
+          <t>Yediveren Kışı</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>48</v>
+        <v>300</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786057915719</t>
+          <t>9786057915399</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Son Irk</t>
+          <t>Bir Şeftali Bin Şeftali Masalı</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>195</v>
+        <v>65</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786057915702</t>
+          <t>9786258429053</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Yolun Açık Olsun Paşam</t>
+          <t>M.S. 2079 - 2: Ölüm Yıldızı</t>
         </is>
       </c>
       <c r="C103" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786057915740</t>
+          <t>9786057915955</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Miço ve Panço</t>
+          <t>Öğrenciler İçin Nutuk</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>120</v>
+        <v>125</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786057915733</t>
+          <t>9786057915351</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Demirci</t>
+          <t>Keloğlan Masalları</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>250</v>
+        <v>125</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786057915672</t>
+          <t>9786057915207</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Karanlığın Efendisi</t>
+          <t>Deniz Altında 20.000 Fersah</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>190</v>
+        <v>95</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786057915481</t>
+          <t>9786258429169</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Şeytan</t>
+          <t>Gizemli Yolculuk</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786057915153</t>
+          <t>9786258429176</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Zambaklar Ülkesinde</t>
+          <t>Gizemli Yolculuk 2</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786057915139</t>
+          <t>9786258429152</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Ademden Önce</t>
+          <t>Ölüler Masal Anlatmaz</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786057915603</t>
+          <t>9786258429107</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Semazeni Öldürmek</t>
+          <t>BTS Sihirli Notalar</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>250</v>
+        <v>190</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786057915375</t>
+          <t>9786058223134</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Kürk Mantolu Madonna</t>
+          <t>8 Uygulamada Çocuklar İçin Hızlı Okuma</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>150</v>
+        <v>290</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786057915504</t>
+          <t>9786058288614</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Kuyucaklı Yusuf</t>
+          <t>Ahir Zamanda Aşk</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>150</v>
+        <v>40</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786057915610</t>
+          <t>9786258429121</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Işıktaki Zehir</t>
+          <t>Ben Değil Biz Olmalıyız</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>320</v>
+        <v>150</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786057915184</t>
+          <t>9786258429114</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Gökbörü 2</t>
+          <t>Melike Adenya Diyarında 5 / Gizemli Yolculuk</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786057915528</t>
+          <t>9786057915443</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Girdap - Kırklar Meclisi</t>
+          <t>Ulduz ile Konuşan Bebek</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>190</v>
+        <v>65</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786057915344</t>
+          <t>9786057915436</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut Hikayeleri</t>
+          <t>Ulduz ile Kargalar</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>125</v>
+        <v>65</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786057915542</t>
+          <t>9786057915771</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Tavşan Dudaklı Adam</t>
+          <t>Tatilde Su Satan Çocuk</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>125</v>
+        <v>65</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786057915559</t>
+          <t>9786057915412</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Peçeli Kiracı</t>
+          <t>Sevgi Masalı</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>125</v>
+        <v>65</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786057915535</t>
+          <t>9786057915382</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Akgürgenlerin Esrarı</t>
+          <t>Küçük Kara Balık</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>125</v>
+        <v>65</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786057915511</t>
+          <t>9786057915795</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Ronaldo Futbol Okulunda</t>
+          <t>İnsanları Çok Özledim</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>190</v>
+        <v>65</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786057915160</t>
+          <t>9786057915429</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Vahşetin Çağrısı</t>
+          <t>Deli Dumrul</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>95</v>
+        <v>65</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786057915221</t>
+          <t>9786057915825</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Zambaklar Ülkesinde</t>
+          <t>Asansörde Bir Yazar</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>95</v>
+        <v>65</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786057915214</t>
+          <t>9786258429039</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>David Copperfield</t>
+          <t>Sır Koyucuları: Düğün</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>95</v>
+        <v>320</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786057915337</t>
+          <t>9786258429060</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Diş</t>
+          <t>M.S. 2079 - 3: Son Savaş</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786057915269</t>
+          <t>9786258429046</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Pollyanna</t>
+          <t>Kader Mızrağı</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>95</v>
+        <v>320</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786057915276</t>
+          <t>9786057915993</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Peter Pan</t>
+          <t>Ateş Çağı - Geçmişten Gelen Mesaj</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>95</v>
+        <v>290</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786057915177</t>
+          <t>9786057915917</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Ateş Taşı 4</t>
+          <t>Hay</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786057915122</t>
+          <t>9786057915764</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Alice Harikalar Diyarında</t>
+          <t>Yeterki Sevgi Olsun</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>95</v>
+        <v>65</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786057915238</t>
+          <t>9786059226776</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>80 Günde Devri Alem</t>
+          <t>Melike Adenya Diyarında 1: Ceylanın Yoldaşlığı</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>95</v>
+        <v>150</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786057915252</t>
+          <t>9786057915924</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Oz Büyücüsü</t>
+          <t>Şamanizm</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>95</v>
+        <v>450</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786056746376</t>
+          <t>9786057915962</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Gulliver’in Gezileri</t>
+          <t>On Mükemmel İnanç - Tüm Dinlerin Karşılaştırılması</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>95</v>
+        <v>450</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786057915191</t>
+          <t>9786057915986</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Merkezine Yolculuk</t>
+          <t>Ezoterizm - Sırlar Öğretisi</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>95</v>
+        <v>450</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786057915115</t>
+          <t>9786057915856</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Ölümsüzlerin Savaşı - Gökbörü 1</t>
+          <t>Kızıl İblis’in İntikamı - Miras 2</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786058288621</t>
+          <t>9786056681189</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Ben Ayşe İlk Kıyam</t>
+          <t>Magdaviyya Hikmetler (İkinci Kitap)</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>320</v>
+        <v>48</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786057915092</t>
+          <t>9786057915719</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Melike Adenya Diyarında 4</t>
+          <t>Son Irk</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>150</v>
+        <v>195</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786057915108</t>
+          <t>9786057915702</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Mühürlü Kuyu 3 - Kehanet Kardeşliği</t>
+          <t>Yolun Açık Olsun Paşam</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786057915054</t>
+          <t>9786057915740</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Ümmü Gülsüm - Doğunun Yıldızı</t>
+          <t>Miço ve Panço</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>350</v>
+        <v>120</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786057915047</t>
+          <t>9786057915733</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Yok Olmadan Önce Dünya</t>
+          <t>Demirci</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786057915078</t>
+          <t>9786057915672</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>8 Günde Uygulamalı Hızlı Okuma Teknikleri</t>
+          <t>Karanlığın Efendisi</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>290</v>
+        <v>190</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786057915023</t>
+          <t>9786057915481</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>M.S 2079</t>
+          <t>İçimizdeki Şeytan</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786058201095</t>
+          <t>9786057915153</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Yürekten Damlayan Öyküler</t>
+          <t>Beyaz Zambaklar Ülkesinde</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>40</v>
+        <v>150</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786058119369</t>
+          <t>9786057915139</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Korku</t>
+          <t>Ademden Önce</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>90</v>
+        <v>150</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786058119352</t>
+          <t>9786057915603</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Satranç</t>
+          <t>Semazeni Öldürmek</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>90</v>
+        <v>250</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786058119345</t>
+          <t>9786057915375</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Kadının Mektubu</t>
+          <t>Kürk Mantolu Madonna</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>90</v>
+        <v>150</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786058119390</t>
+          <t>9786057915504</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Kıskaç</t>
+          <t>Kuyucaklı Yusuf</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786057915009</t>
+          <t>9786057915610</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Sadistin Günlüğü</t>
+          <t>Işıktaki Zehir</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>300</v>
+        <v>320</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786058119321</t>
+          <t>9786057915184</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Ateş Taşı 3</t>
+          <t>Gökbörü 2</t>
         </is>
       </c>
       <c r="C147" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786058119307</t>
+          <t>9786057915528</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Ateş Taşı 1</t>
+          <t>Girdap - Kırklar Meclisi</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>250</v>
+        <v>190</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786058201071</t>
+          <t>9786057915344</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Bıraktığın Yerdeyim</t>
+          <t>Dede Korkut Hikayeleri</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>175</v>
+        <v>125</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786058201040</t>
+          <t>9786057915542</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Güneşin Doğduğu Yer</t>
+          <t>Sherlock Holmes - Tavşan Dudaklı Adam</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>190</v>
+        <v>125</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786056866005</t>
+          <t>9786057915559</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Kahinin Laneti</t>
+          <t>Sherlock Holmes - Peçeli Kiracı</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>290</v>
+        <v>125</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786056866098</t>
+          <t>9786057915535</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Erguvan Mevsimi</t>
+          <t>Sherlock Holmes - Akgürgenlerin Esrarı</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>250</v>
+        <v>125</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786056866050</t>
+          <t>9786057915511</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Kürt Kızı</t>
+          <t>Ronaldo Futbol Okulunda</t>
         </is>
       </c>
       <c r="C153" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786058119338</t>
+          <t>9786057915160</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Miras - Gölgenin Şafağı</t>
+          <t>Vahşetin Çağrısı</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>320</v>
+        <v>95</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786058223127</t>
+          <t>9786057915221</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Gülün Solduğu Gece</t>
+          <t>Beyaz Zambaklar Ülkesinde</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>250</v>
+        <v>95</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786058223172</t>
+          <t>9786057915214</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Kıyamet Muhafızı - Kayıp Ruhlar Serisi 2</t>
+          <t>David Copperfield</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>300</v>
+        <v>95</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786058201088</t>
+          <t>9786057915337</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Zaman Kapısı 1</t>
+          <t>Beyaz Diş</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786058201002</t>
+          <t>9786057915269</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Kedi Kız</t>
+          <t>Pollyanna</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>45</v>
+        <v>95</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786058201033</t>
+          <t>9786057915276</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Issız Peron</t>
+          <t>Peter Pan</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>190</v>
+        <v>95</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786058223158</t>
+          <t>9786057915177</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Şeytanın Çırağı</t>
+          <t>Ateş Taşı 4</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786058223141</t>
+          <t>9786057915122</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens</t>
+          <t>Alice Harikalar Diyarında</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>125</v>
+        <v>95</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786058223103</t>
+          <t>9786057915238</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Araf Yolcuları</t>
+          <t>80 Günde Devri Alem</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>300</v>
+        <v>95</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786056746390</t>
+          <t>9786057915252</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Cem ve Ceren Masallar Ülkesinde - Kırmızı Başlıklı Kız</t>
+          <t>Oz Büyücüsü</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>65</v>
+        <v>95</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786056746321</t>
+          <t>9786056746376</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Melike Adenya Diyarında 3 - Altın Yağmurları</t>
+          <t>Gulliver’in Gezileri</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>150</v>
+        <v>95</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786056746338</t>
+          <t>9786057915191</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Mühürlü Kuyu - Kara Diyara Yolculuk</t>
+          <t>Dünyanın Merkezine Yolculuk</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>220</v>
+        <v>95</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786056746345</t>
+          <t>9786057915115</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Tatlı Yasak (Ciltli)</t>
+          <t>Ölümsüzlerin Savaşı - Gökbörü 1</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786056746307</t>
+          <t>9786058288621</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Ruhlar Serisi 1 - Kıyamet Çağı</t>
+          <t>Ben Ayşe İlk Kıyam</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>390</v>
+        <v>320</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786058288607</t>
+          <t>9786057915092</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Yedi Kapı</t>
+          <t>Melike Adenya Diyarında 4</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786058288690</t>
+          <t>9786057915108</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Kendi Kendime Konuştuklarım</t>
+          <t>Mühürlü Kuyu 3 - Kehanet Kardeşliği</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>40</v>
+        <v>220</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786056681196</t>
+          <t>9786057915054</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Melike Adenya Diyarında 2</t>
+          <t>Ümmü Gülsüm - Doğunun Yıldızı</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>95</v>
+        <v>350</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786056681165</t>
+          <t>9786057915047</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Demir Yastık</t>
+          <t>Yok Olmadan Önce Dünya</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786059226912</t>
+          <t>9786057915078</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Yüreğime Kar Yağdı Anne</t>
+          <t>8 Günde Uygulamalı Hızlı Okuma Teknikleri</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>40</v>
+        <v>290</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
+          <t>9786057915023</t>
+        </is>
+      </c>
+      <c r="B173" s="1" t="inlineStr">
+        <is>
+          <t>M.S 2079</t>
+        </is>
+      </c>
+      <c r="C173" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="174" spans="1:3">
+      <c r="A174" s="1" t="inlineStr">
+        <is>
+          <t>9786058201095</t>
+        </is>
+      </c>
+      <c r="B174" s="1" t="inlineStr">
+        <is>
+          <t>Yürekten Damlayan Öyküler</t>
+        </is>
+      </c>
+      <c r="C174" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="175" spans="1:3">
+      <c r="A175" s="1" t="inlineStr">
+        <is>
+          <t>9786058119369</t>
+        </is>
+      </c>
+      <c r="B175" s="1" t="inlineStr">
+        <is>
+          <t>Korku</t>
+        </is>
+      </c>
+      <c r="C175" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="176" spans="1:3">
+      <c r="A176" s="1" t="inlineStr">
+        <is>
+          <t>9786058119352</t>
+        </is>
+      </c>
+      <c r="B176" s="1" t="inlineStr">
+        <is>
+          <t>Satranç</t>
+        </is>
+      </c>
+      <c r="C176" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="177" spans="1:3">
+      <c r="A177" s="1" t="inlineStr">
+        <is>
+          <t>9786058119345</t>
+        </is>
+      </c>
+      <c r="B177" s="1" t="inlineStr">
+        <is>
+          <t>Bilinmeyen Kadının Mektubu</t>
+        </is>
+      </c>
+      <c r="C177" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="178" spans="1:3">
+      <c r="A178" s="1" t="inlineStr">
+        <is>
+          <t>9786058119390</t>
+        </is>
+      </c>
+      <c r="B178" s="1" t="inlineStr">
+        <is>
+          <t>Kıskaç</t>
+        </is>
+      </c>
+      <c r="C178" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="179" spans="1:3">
+      <c r="A179" s="1" t="inlineStr">
+        <is>
+          <t>9786057915009</t>
+        </is>
+      </c>
+      <c r="B179" s="1" t="inlineStr">
+        <is>
+          <t>Sadistin Günlüğü</t>
+        </is>
+      </c>
+      <c r="C179" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="180" spans="1:3">
+      <c r="A180" s="1" t="inlineStr">
+        <is>
+          <t>9786058119321</t>
+        </is>
+      </c>
+      <c r="B180" s="1" t="inlineStr">
+        <is>
+          <t>Ateş Taşı 3</t>
+        </is>
+      </c>
+      <c r="C180" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="181" spans="1:3">
+      <c r="A181" s="1" t="inlineStr">
+        <is>
+          <t>9786058119307</t>
+        </is>
+      </c>
+      <c r="B181" s="1" t="inlineStr">
+        <is>
+          <t>Ateş Taşı 1</t>
+        </is>
+      </c>
+      <c r="C181" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="182" spans="1:3">
+      <c r="A182" s="1" t="inlineStr">
+        <is>
+          <t>9786058201071</t>
+        </is>
+      </c>
+      <c r="B182" s="1" t="inlineStr">
+        <is>
+          <t>Bıraktığın Yerdeyim</t>
+        </is>
+      </c>
+      <c r="C182" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="183" spans="1:3">
+      <c r="A183" s="1" t="inlineStr">
+        <is>
+          <t>9786058201040</t>
+        </is>
+      </c>
+      <c r="B183" s="1" t="inlineStr">
+        <is>
+          <t>Güneşin Doğduğu Yer</t>
+        </is>
+      </c>
+      <c r="C183" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="184" spans="1:3">
+      <c r="A184" s="1" t="inlineStr">
+        <is>
+          <t>9786056866005</t>
+        </is>
+      </c>
+      <c r="B184" s="1" t="inlineStr">
+        <is>
+          <t>Kahinin Laneti</t>
+        </is>
+      </c>
+      <c r="C184" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="185" spans="1:3">
+      <c r="A185" s="1" t="inlineStr">
+        <is>
+          <t>9786056866098</t>
+        </is>
+      </c>
+      <c r="B185" s="1" t="inlineStr">
+        <is>
+          <t>Erguvan Mevsimi</t>
+        </is>
+      </c>
+      <c r="C185" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="186" spans="1:3">
+      <c r="A186" s="1" t="inlineStr">
+        <is>
+          <t>9786056866050</t>
+        </is>
+      </c>
+      <c r="B186" s="1" t="inlineStr">
+        <is>
+          <t>Kürt Kızı</t>
+        </is>
+      </c>
+      <c r="C186" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="187" spans="1:3">
+      <c r="A187" s="1" t="inlineStr">
+        <is>
+          <t>9786058119338</t>
+        </is>
+      </c>
+      <c r="B187" s="1" t="inlineStr">
+        <is>
+          <t>Miras - Gölgenin Şafağı</t>
+        </is>
+      </c>
+      <c r="C187" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="188" spans="1:3">
+      <c r="A188" s="1" t="inlineStr">
+        <is>
+          <t>9786058223127</t>
+        </is>
+      </c>
+      <c r="B188" s="1" t="inlineStr">
+        <is>
+          <t>Gülün Solduğu Gece</t>
+        </is>
+      </c>
+      <c r="C188" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="189" spans="1:3">
+      <c r="A189" s="1" t="inlineStr">
+        <is>
+          <t>9786058223172</t>
+        </is>
+      </c>
+      <c r="B189" s="1" t="inlineStr">
+        <is>
+          <t>Kıyamet Muhafızı - Kayıp Ruhlar Serisi 2</t>
+        </is>
+      </c>
+      <c r="C189" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="190" spans="1:3">
+      <c r="A190" s="1" t="inlineStr">
+        <is>
+          <t>9786058201088</t>
+        </is>
+      </c>
+      <c r="B190" s="1" t="inlineStr">
+        <is>
+          <t>Zaman Kapısı 1</t>
+        </is>
+      </c>
+      <c r="C190" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="191" spans="1:3">
+      <c r="A191" s="1" t="inlineStr">
+        <is>
+          <t>9786058201002</t>
+        </is>
+      </c>
+      <c r="B191" s="1" t="inlineStr">
+        <is>
+          <t>Kedi Kız</t>
+        </is>
+      </c>
+      <c r="C191" s="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="192" spans="1:3">
+      <c r="A192" s="1" t="inlineStr">
+        <is>
+          <t>9786058201033</t>
+        </is>
+      </c>
+      <c r="B192" s="1" t="inlineStr">
+        <is>
+          <t>Issız Peron</t>
+        </is>
+      </c>
+      <c r="C192" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="193" spans="1:3">
+      <c r="A193" s="1" t="inlineStr">
+        <is>
+          <t>9786058223158</t>
+        </is>
+      </c>
+      <c r="B193" s="1" t="inlineStr">
+        <is>
+          <t>Şeytanın Çırağı</t>
+        </is>
+      </c>
+      <c r="C193" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="194" spans="1:3">
+      <c r="A194" s="1" t="inlineStr">
+        <is>
+          <t>9786058223141</t>
+        </is>
+      </c>
+      <c r="B194" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Prens</t>
+        </is>
+      </c>
+      <c r="C194" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="195" spans="1:3">
+      <c r="A195" s="1" t="inlineStr">
+        <is>
+          <t>9786058223103</t>
+        </is>
+      </c>
+      <c r="B195" s="1" t="inlineStr">
+        <is>
+          <t>Araf Yolcuları</t>
+        </is>
+      </c>
+      <c r="C195" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="196" spans="1:3">
+      <c r="A196" s="1" t="inlineStr">
+        <is>
+          <t>9786056746390</t>
+        </is>
+      </c>
+      <c r="B196" s="1" t="inlineStr">
+        <is>
+          <t>Cem ve Ceren Masallar Ülkesinde - Kırmızı Başlıklı Kız</t>
+        </is>
+      </c>
+      <c r="C196" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="197" spans="1:3">
+      <c r="A197" s="1" t="inlineStr">
+        <is>
+          <t>9786056746321</t>
+        </is>
+      </c>
+      <c r="B197" s="1" t="inlineStr">
+        <is>
+          <t>Melike Adenya Diyarında 3 - Altın Yağmurları</t>
+        </is>
+      </c>
+      <c r="C197" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="198" spans="1:3">
+      <c r="A198" s="1" t="inlineStr">
+        <is>
+          <t>9786056746338</t>
+        </is>
+      </c>
+      <c r="B198" s="1" t="inlineStr">
+        <is>
+          <t>Mühürlü Kuyu - Kara Diyara Yolculuk</t>
+        </is>
+      </c>
+      <c r="C198" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="199" spans="1:3">
+      <c r="A199" s="1" t="inlineStr">
+        <is>
+          <t>9786056746345</t>
+        </is>
+      </c>
+      <c r="B199" s="1" t="inlineStr">
+        <is>
+          <t>Tatlı Yasak (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C199" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="200" spans="1:3">
+      <c r="A200" s="1" t="inlineStr">
+        <is>
+          <t>9786056746307</t>
+        </is>
+      </c>
+      <c r="B200" s="1" t="inlineStr">
+        <is>
+          <t>Kayıp Ruhlar Serisi 1 - Kıyamet Çağı</t>
+        </is>
+      </c>
+      <c r="C200" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="201" spans="1:3">
+      <c r="A201" s="1" t="inlineStr">
+        <is>
+          <t>9786058288607</t>
+        </is>
+      </c>
+      <c r="B201" s="1" t="inlineStr">
+        <is>
+          <t>Yedi Kapı</t>
+        </is>
+      </c>
+      <c r="C201" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="202" spans="1:3">
+      <c r="A202" s="1" t="inlineStr">
+        <is>
+          <t>9786058288690</t>
+        </is>
+      </c>
+      <c r="B202" s="1" t="inlineStr">
+        <is>
+          <t>Kendi Kendime Konuştuklarım</t>
+        </is>
+      </c>
+      <c r="C202" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="203" spans="1:3">
+      <c r="A203" s="1" t="inlineStr">
+        <is>
+          <t>9786056681196</t>
+        </is>
+      </c>
+      <c r="B203" s="1" t="inlineStr">
+        <is>
+          <t>Melike Adenya Diyarında 2</t>
+        </is>
+      </c>
+      <c r="C203" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="204" spans="1:3">
+      <c r="A204" s="1" t="inlineStr">
+        <is>
+          <t>9786056681165</t>
+        </is>
+      </c>
+      <c r="B204" s="1" t="inlineStr">
+        <is>
+          <t>Demir Yastık</t>
+        </is>
+      </c>
+      <c r="C204" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="205" spans="1:3">
+      <c r="A205" s="1" t="inlineStr">
+        <is>
+          <t>9786059226912</t>
+        </is>
+      </c>
+      <c r="B205" s="1" t="inlineStr">
+        <is>
+          <t>Yüreğime Kar Yağdı Anne</t>
+        </is>
+      </c>
+      <c r="C205" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="206" spans="1:3">
+      <c r="A206" s="1" t="inlineStr">
+        <is>
           <t>9786059226929</t>
         </is>
       </c>
-      <c r="B173" s="1" t="inlineStr">
+      <c r="B206" s="1" t="inlineStr">
         <is>
           <t>Araf'ın Sakinleri</t>
         </is>
       </c>
-      <c r="C173" s="1">
+      <c r="C206" s="1">
         <v>350</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>