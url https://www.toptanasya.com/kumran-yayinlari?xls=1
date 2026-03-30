--- v1 (2026-02-07)
+++ v2 (2026-03-30)
@@ -85,3115 +85,3175 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786057915788</t>
+          <t>9786259319353</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Prenses Bir Kedi</t>
+          <t>Toprak Kokulu Direniş</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>65</v>
+        <v>350</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786258429022</t>
+          <t>9786259319360</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Ölüler Ülkesinde Üç Gün</t>
+          <t>Güneşi Çalmasınlar</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>195</v>
+        <v>390</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786057915726</t>
+          <t>9786259319315</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Büyünün Uyanışı - Unutulmuş Efsaneler 1</t>
+          <t>Çağın Kozasından Hakikate Son Çağrı</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>120</v>
+        <v>650</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786057915801</t>
+          <t>9786058119376</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Çilek Böyle Olur</t>
+          <t>Çağın Kozasından Hakikate Son Çağrı - Pencereler</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>65</v>
+        <v>650</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786057915818</t>
+          <t>9786057915788</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Canım Anneciğim</t>
+          <t>Prenses Bir Kedi</t>
         </is>
       </c>
       <c r="C6" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786057915832</t>
+          <t>9786258429022</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşım Mar</t>
+          <t>Ölüler Ülkesinde Üç Gün</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>65</v>
+        <v>195</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786058223196</t>
+          <t>9786057915726</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Sırlı Kitap</t>
+          <t>Büyünün Uyanışı - Unutulmuş Efsaneler 1</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>30</v>
+        <v>120</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786058201026</t>
+          <t>9786057915801</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Yolculuk</t>
+          <t>Çilek Böyle Olur</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>15</v>
+        <v>65</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786058201019</t>
+          <t>9786057915818</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>İncik Boncuk</t>
+          <t>Canım Anneciğim</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>45</v>
+        <v>65</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786058223189</t>
+          <t>9786057915832</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Anneme Söz Verdim</t>
+          <t>Arkadaşım Mar</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>35</v>
+        <v>65</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786058201057</t>
+          <t>9786058223196</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Kurtların Sessizliği - Son Kıyamet</t>
+          <t>Sırlı Kitap</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>23</v>
+        <v>30</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786058288669</t>
+          <t>9786058201026</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Her Günahın Şeytanı</t>
+          <t>Sihirli Yolculuk</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>18</v>
+        <v>15</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786056746352</t>
+          <t>9786058201019</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Kelebeklerin Göçü</t>
+          <t>İncik Boncuk</t>
         </is>
       </c>
       <c r="C14" s="1">
         <v>45</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786058288638</t>
+          <t>9786058223189</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Günlerin Sonbaharı</t>
+          <t>Anneme Söz Verdim</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>25</v>
+        <v>35</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786056746369</t>
+          <t>9786058201057</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Cem ve Ceren Masallar Ülkesinde - Rapunzel</t>
+          <t>Kurtların Sessizliği - Son Kıyamet</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>20</v>
+        <v>23</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786058223110</t>
+          <t>9786058288669</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Cem ve Ceren Masallar Ülkesinde - Külkedisi</t>
+          <t>Her Günahın Şeytanı</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786056746383</t>
+          <t>9786056746352</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Cem ve Ceren Masallar Ülkesinde - Hansel ve Gretel</t>
+          <t>Kelebeklerin Göçü</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>20</v>
+        <v>45</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789752460119</t>
+          <t>9786058288638</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Üç Dünya Aşk</t>
+          <t>Günlerin Sonbaharı</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>45</v>
+        <v>25</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786056681172</t>
+          <t>9786056746369</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Enes'in Hayali Atı</t>
+          <t>Cem ve Ceren Masallar Ülkesinde - Rapunzel</t>
         </is>
       </c>
       <c r="C20" s="1">
         <v>20</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786058288645</t>
+          <t>9786058223110</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Son Kıyamet</t>
+          <t>Cem ve Ceren Masallar Ülkesinde - Külkedisi</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>45</v>
+        <v>20</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786059226837</t>
+          <t>9786056746383</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Ayrılık Aşka Yakın Yaşıyordu</t>
+          <t>Cem ve Ceren Masallar Ülkesinde - Hansel ve Gretel</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>17</v>
+        <v>20</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786059226905</t>
+          <t>9789752460119</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Yasak Tümcelerle Kırmızı</t>
+          <t>Üç Dünya Aşk</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>40</v>
+        <v>45</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786057915757</t>
+          <t>9786056681172</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Magdaviyya Hikmetler ve Münacatlar - 100 Hikmet</t>
+          <t>Enes'in Hayali Atı</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>48</v>
+        <v>20</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786057915900</t>
+          <t>9786058288645</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Magdaviyya Hikmetler Dördüncü Kitap</t>
+          <t>Son Kıyamet</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>48</v>
+        <v>45</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786057915894</t>
+          <t>9786059226837</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Münacatlar Teveccühler Marifetler Aşk-ı İlahiyye (Kasideler)</t>
+          <t>Ayrılık Aşka Yakın Yaşıyordu</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>40</v>
+        <v>17</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786059837255</t>
+          <t>9786059226905</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Magdaviyya Hikmetler (1. Kitap)</t>
+          <t>Yasak Tümcelerle Kırmızı</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>38</v>
+        <v>40</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786057915887</t>
+          <t>9786057915757</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Zeka Küpü</t>
+          <t>Magdaviyya Hikmetler ve Münacatlar - 100 Hikmet</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>120</v>
+        <v>48</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786057915061</t>
+          <t>9786057915900</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Şizofren</t>
+          <t>Magdaviyya Hikmetler Dördüncü Kitap</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>290</v>
+        <v>48</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786054536092</t>
+          <t>9786057915894</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Ev'den Kainat Evine Kadar Kur'an'daki Aydınlatılmış Evler</t>
+          <t>Münacatlar Teveccühler Marifetler Aşk-ı İlahiyye (Kasideler)</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>30</v>
+        <v>40</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786056884269</t>
+          <t>9786059837255</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Kur'ani Meseleler Çevresinde Hz. Muhammed ve Ahir Zaman Deccali 3. Cilt (Ciltli)</t>
+          <t>Magdaviyya Hikmetler (1. Kitap)</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>90</v>
+        <v>38</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786058175983</t>
+          <t>9786057915887</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Kur'ani Meseleler Çevresinde Kur'an Tedebbürü ile Allah-Evren 2. Cilt (Ciltli)</t>
+          <t>Zeka Küpü</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>90</v>
+        <v>120</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786058175914</t>
+          <t>9786057915061</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Kur'ani Meseleler Çevresinde Yusuf Suresi 1. Cilt (Ciltli)</t>
+          <t>Şizofren</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>85</v>
+        <v>290</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786057915320</t>
+          <t>9786054536092</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes Maceraları</t>
+          <t>Ev'den Kainat Evine Kadar Kur'an'daki Aydınlatılmış Evler</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>125</v>
+        <v>30</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786258429398</t>
+          <t>9786056884269</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Uygarlıklar Savaşı 2 - Galaktik Çatışma</t>
+          <t>Kur'ani Meseleler Çevresinde Hz. Muhammed ve Ahir Zaman Deccali 3. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>250</v>
+        <v>90</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786258429671</t>
+          <t>9786058175983</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Büyük Sır Veya Okültizmin İfşası</t>
+          <t>Kur'ani Meseleler Çevresinde Kur'an Tedebbürü ile Allah-Evren 2. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>320</v>
+        <v>90</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786258429091</t>
+          <t>9786058175914</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Prenses Süreyya / Aşktan Ölmek</t>
+          <t>Kur'ani Meseleler Çevresinde Yusuf Suresi 1. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>350</v>
+        <v>85</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786258429008</t>
+          <t>9786057915320</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Mühürlü Kuyu 4</t>
+          <t>Sherlock Holmes Maceraları</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>220</v>
+        <v>125</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786057915948</t>
+          <t>9786258429398</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Gnostizm ve Sabiiler - Işık Kralının Elçileri</t>
+          <t>Uygarlıklar Savaşı 2 - Galaktik Çatışma</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786057915870</t>
+          <t>9786258429671</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Enok'un Kitabı</t>
+          <t>Büyük Sır Veya Okültizmin İfşası</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786058223165</t>
+          <t>9786258429091</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Mühürlü Kuyu 2 - Kara Miğferli’nin Doğuşu</t>
+          <t>Prenses Süreyya / Aşktan Ölmek</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786057915498</t>
+          <t>9786258429008</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Çağın Kozasından Hakikate Son Çağrı</t>
+          <t>Mühürlü Kuyu 4</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>650</v>
+        <v>220</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786258429770</t>
+          <t>9786057915948</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Tanrı Fikrinin Kökeni</t>
+          <t>Gnostizm ve Sabiiler - Işık Kralının Elçileri</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>650</v>
+        <v>450</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786056866081</t>
+          <t>9786057915870</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Aforizma Denizi</t>
+          <t>Peygamber Enok'un Kitabı</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>110</v>
+        <v>250</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786258429497</t>
+          <t>9786058223165</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Çöl Vampirleri</t>
+          <t>Mühürlü Kuyu 2 - Kara Miğferli’nin Doğuşu</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786258429459</t>
+          <t>9786057915498</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Batıl İnançlar</t>
+          <t>Çağın Kozasından Hakikate Son Çağrı</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>320</v>
+        <v>650</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786057915405</t>
+          <t>9786258429770</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Tılsımlar Muskalar ve Zodyak’ın Mücevherleri</t>
+          <t>Tanrı Fikrinin Kökeni</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>320</v>
+        <v>650</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786258429749</t>
+          <t>9786056866081</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>İsis’in Peçesi ve Druidlerin Gizemleri</t>
+          <t>Aforizma Denizi</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>320</v>
+        <v>110</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786258429756</t>
+          <t>9786258429497</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Antik Gizemler ve Modern Duvarcılık</t>
+          <t>Çöl Vampirleri</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>320</v>
+        <v>190</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786258429268</t>
+          <t>9786258429459</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Odası</t>
+          <t>Batıl İnançlar</t>
         </is>
       </c>
       <c r="C50" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786258429718</t>
+          <t>9786057915405</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Kozmik Hafıza/Dünya ve İnsanın Tarih Öncesi</t>
+          <t>Tılsımlar Muskalar ve Zodyak’ın Mücevherleri</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>275</v>
+        <v>320</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786258429435</t>
+          <t>9786258429749</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes/Edwin Drood’un Gizemini Çözüyor &amp; Kayip Adam Vakasi</t>
+          <t>İsis’in Peçesi ve Druidlerin Gizemleri</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>190</v>
+        <v>320</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786258429312</t>
+          <t>9786258429756</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Numeroloji/Sayıların Gizemli Gücü ve Mistik Erdemleri</t>
+          <t>Antik Gizemler ve Modern Duvarcılık</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>275</v>
+        <v>320</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786258429473</t>
+          <t>9786258429268</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Bir Ceset Karımı Çaldı</t>
+          <t>Ölüm Odası</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>290</v>
+        <v>320</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786258429640</t>
+          <t>9786258429718</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Arsen Lüpen/Oyuk İğne</t>
+          <t>Kozmik Hafıza/Dünya ve İnsanın Tarih Öncesi</t>
         </is>
       </c>
       <c r="C55" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786258429732</t>
+          <t>9786258429435</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Kapısından Geçiş</t>
+          <t>Sherlock Holmes/Edwin Drood’un Gizemini Çözüyor &amp; Kayip Adam Vakasi</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>250</v>
+        <v>190</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786258429275</t>
+          <t>9786258429312</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Semitik Halklar ve Mısırlılar/Ur’dan Mısır’a Semitik Halkların Yükselişi</t>
+          <t>Numeroloji/Sayıların Gizemli Gücü ve Mistik Erdemleri</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>420</v>
+        <v>275</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786258429442</t>
+          <t>9786258429473</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Mısırın Mitleri ve Efsaneleri/ Antik Mısır</t>
+          <t>Bir Ceset Karımı Çaldı</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>420</v>
+        <v>290</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786057915290</t>
+          <t>9786258429640</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Mezarın Ötesindeki Eller</t>
+          <t>Arsen Lüpen/Oyuk İğne</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>290</v>
+        <v>275</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786258429244</t>
+          <t>9786258429732</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Melodisi</t>
+          <t>Ölüm Kapısından Geçiş</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786258429695</t>
+          <t>9786258429275</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Gizemlerin Anahtarı</t>
+          <t>Semitik Halklar ve Mısırlılar/Ur’dan Mısır’a Semitik Halkların Yükselişi</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>375</v>
+        <v>420</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786258429237</t>
+          <t>9786258429442</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Nergisin Gizemi</t>
+          <t>Mısırın Mitleri ve Efsaneleri/ Antik Mısır</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>320</v>
+        <v>420</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786258429381</t>
+          <t>9786057915290</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Uygarlıklar Savaşı 1 - Planet X Kozmik Sırların Keşfi</t>
+          <t>Mezarın Ötesindeki Eller</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>250</v>
+        <v>290</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786258429633</t>
+          <t>9786258429244</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Arsen Lüpen/Kibar Hırsız</t>
+          <t>Ölüm Melodisi</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>275</v>
+        <v>320</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786258429701</t>
+          <t>9786258429695</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>İnisiyasyon Yolu/Yüksek Alemleri Bilmek ve Erişmek</t>
+          <t>Gizemlerin Anahtarı</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>320</v>
+        <v>375</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786258429534</t>
+          <t>9786258429237</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Ölüler İşaret Vermez</t>
+          <t>Nergisin Gizemi</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>390</v>
+        <v>320</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786258429664</t>
+          <t>9786258429381</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Bir İnisiyenin Eğitimi ve Çalışması</t>
+          <t>Uygarlıklar Savaşı 1 - Planet X Kozmik Sırların Keşfi</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786258429282</t>
+          <t>9786258429633</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Okültizmin Ana Hatları</t>
+          <t>Arsen Lüpen/Kibar Hırsız</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>320</v>
+        <v>275</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786258429404</t>
+          <t>9786258429701</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Rönesans Mistikleri</t>
+          <t>İnisiyasyon Yolu/Yüksek Alemleri Bilmek ve Erişmek</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>275</v>
+        <v>320</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786258429626</t>
+          <t>9786258429534</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Arsen Lüpen Herlock Sholmes’a Karşı</t>
+          <t>Ölüler İşaret Vermez</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>275</v>
+        <v>390</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786258429589</t>
+          <t>9786258429664</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Düşüncenin Gücü</t>
+          <t>Bir İnisiyenin Eğitimi ve Çalışması</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>190</v>
+        <v>320</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786258429466</t>
+          <t>9786258429282</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Mithra’nın Gizemleri</t>
+          <t>Okültizmin Ana Hatları</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786258429619</t>
+          <t>9786258429404</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Altın Dal 2</t>
+          <t>Rönesans Mistikleri</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>600</v>
+        <v>275</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786258429602</t>
+          <t>9786258429626</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Altındal</t>
+          <t>Arsen Lüpen Herlock Sholmes’a Karşı</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>600</v>
+        <v>275</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786258429572</t>
+          <t>9786258429589</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Hipnoz Sanatı ve Zihin Okuma</t>
+          <t>Düşüncenin Gücü</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>250</v>
+        <v>190</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786258429558</t>
+          <t>9786258429466</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Mrs. Sherlock Holmes</t>
+          <t>Mithra’nın Gizemleri</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786258429411</t>
+          <t>9786258429619</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Üç Meşe Gizemi</t>
+          <t>Altın Dal 2</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>320</v>
+        <v>600</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786258429480</t>
+          <t>9786258429602</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Korku Evi</t>
+          <t>Altındal</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>290</v>
+        <v>600</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786258429510</t>
+          <t>9786258429572</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Cüce</t>
+          <t>Hipnoz Sanatı ve Zihin Okuma</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>390</v>
+        <v>250</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786258429565</t>
+          <t>9786258429558</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Pisagor ve Delfi Gizemleri</t>
+          <t>Mrs. Sherlock Holmes</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>175</v>
+        <v>190</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786258429343</t>
+          <t>9786258429411</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>İste ve Zengin Ol</t>
+          <t>Üç Meşe Gizemi</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>275</v>
+        <v>320</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786258429350</t>
+          <t>9786258429480</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Her İnsan Bir Kraldır</t>
+          <t>Korku Evi</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>250</v>
+        <v>290</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786258429527</t>
+          <t>9786258429510</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Nuh’un Gemisinde Cinayet</t>
+          <t>Kızıl Cüce</t>
         </is>
       </c>
       <c r="C83" s="1">
         <v>390</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786258429503</t>
+          <t>9786258429565</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Dişçi Koltuğunda Cinayet</t>
+          <t>Pisagor ve Delfi Gizemleri</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>390</v>
+        <v>175</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786258429251</t>
+          <t>9786258429343</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Yedi Kilitli Kapı</t>
+          <t>İste ve Zengin Ol</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>320</v>
+        <v>275</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786258429725</t>
+          <t>9786258429350</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Kybalıon</t>
+          <t>Her İnsan Bir Kraldır</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>275</v>
+        <v>250</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786258429374</t>
+          <t>9786258429527</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Bilinçaltı Zihin Kontrolü İle Sağlıklı Yaşa ve Zengin Ol</t>
+          <t>Nuh’un Gemisinde Cinayet</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>275</v>
+        <v>390</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786258429688</t>
+          <t>9786258429503</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Büyünün Tarihi</t>
+          <t>Dişçi Koltuğunda Cinayet</t>
         </is>
       </c>
       <c r="C88" s="1">
         <v>390</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786258429206</t>
+          <t>9786258429251</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Batıniler</t>
+          <t>Yedi Kilitli Kapı</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>450</v>
+        <v>320</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786258429336</t>
+          <t>9786258429725</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Mutluluğun Sekiz Sütunu</t>
+          <t>Kybalıon</t>
         </is>
       </c>
       <c r="C90" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786258429541</t>
+          <t>9786258429374</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Masonluğun Mistisizmi</t>
+          <t>Bilinçaltı Zihin Kontrolü İle Sağlıklı Yaşa ve Zengin Ol</t>
         </is>
       </c>
       <c r="C91" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786057915689</t>
+          <t>9786258429688</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Çığlık</t>
+          <t>Büyünün Tarihi</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>350</v>
+        <v>390</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786258429428</t>
+          <t>9786258429206</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Masal Pınarı</t>
+          <t>Batıniler</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>120</v>
+        <v>450</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786057915979</t>
+          <t>9786258429336</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Kıta Mu - İnsanın Anayurdu</t>
+          <t>Mutluluğun Sekiz Sütunu</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>390</v>
+        <v>275</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786057915931</t>
+          <t>9786258429541</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Paganizm - Kadim Bilgeliğin Sırları</t>
+          <t>Masonluğun Mistisizmi</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>450</v>
+        <v>275</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786056746314</t>
+          <t>9786057915689</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Kan Sıcağı</t>
+          <t>Çığlık</t>
         </is>
       </c>
       <c r="C96" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786059226844</t>
+          <t>9786258429428</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Beni Kim Öldürdü</t>
+          <t>Masal Pınarı</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>350</v>
+        <v>120</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786058119314</t>
+          <t>9786057915979</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Ateş Taşı 2</t>
+          <t>Kayıp Kıta Mu - İnsanın Anayurdu</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>250</v>
+        <v>390</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786057915085</t>
+          <t>9786057915931</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Hafıza Geliştirme Teknikleri</t>
+          <t>Paganizm - Kadim Bilgeliğin Sırları</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>120</v>
+        <v>450</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786057915283</t>
+          <t>9786056746314</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Define Adası</t>
+          <t>Kan Sıcağı</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>95</v>
+        <v>350</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786258429190</t>
+          <t>9786059226844</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Yediveren Kışı</t>
+          <t>Beni Kim Öldürdü</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786057915399</t>
+          <t>9786058119314</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Bir Şeftali Bin Şeftali Masalı</t>
+          <t>Ateş Taşı 2</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>65</v>
+        <v>250</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786258429053</t>
+          <t>9786057915085</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>M.S. 2079 - 2: Ölüm Yıldızı</t>
+          <t>Hafıza Geliştirme Teknikleri</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786057915955</t>
+          <t>9786057915283</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Öğrenciler İçin Nutuk</t>
+          <t>Define Adası</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>125</v>
+        <v>95</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786057915351</t>
+          <t>9786258429190</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Keloğlan Masalları</t>
+          <t>Yediveren Kışı</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>125</v>
+        <v>300</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786057915207</t>
+          <t>9786057915399</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Deniz Altında 20.000 Fersah</t>
+          <t>Bir Şeftali Bin Şeftali Masalı</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>95</v>
+        <v>65</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786258429169</t>
+          <t>9786258429053</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Yolculuk</t>
+          <t>M.S. 2079 - 2: Ölüm Yıldızı</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786258429176</t>
+          <t>9786057915955</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Yolculuk 2</t>
+          <t>Öğrenciler İçin Nutuk</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>190</v>
+        <v>125</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786258429152</t>
+          <t>9786057915351</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Ölüler Masal Anlatmaz</t>
+          <t>Keloğlan Masalları</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>250</v>
+        <v>125</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786258429107</t>
+          <t>9786057915207</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>BTS Sihirli Notalar</t>
+          <t>Deniz Altında 20.000 Fersah</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>190</v>
+        <v>95</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786058223134</t>
+          <t>9786258429169</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>8 Uygulamada Çocuklar İçin Hızlı Okuma</t>
+          <t>Gizemli Yolculuk</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>290</v>
+        <v>190</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786058288614</t>
+          <t>9786258429176</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Ahir Zamanda Aşk</t>
+          <t>Gizemli Yolculuk 2</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>40</v>
+        <v>190</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786258429121</t>
+          <t>9786258429152</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Ben Değil Biz Olmalıyız</t>
+          <t>Ölüler Masal Anlatmaz</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786258429114</t>
+          <t>9786258429107</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Melike Adenya Diyarında 5 / Gizemli Yolculuk</t>
+          <t>BTS Sihirli Notalar</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786057915443</t>
+          <t>9786058223134</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Ulduz ile Konuşan Bebek</t>
+          <t>8 Uygulamada Çocuklar İçin Hızlı Okuma</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>65</v>
+        <v>290</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786057915436</t>
+          <t>9786058288614</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Ulduz ile Kargalar</t>
+          <t>Ahir Zamanda Aşk</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>65</v>
+        <v>40</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786057915771</t>
+          <t>9786258429121</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Tatilde Su Satan Çocuk</t>
+          <t>Ben Değil Biz Olmalıyız</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>65</v>
+        <v>150</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786057915412</t>
+          <t>9786258429114</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Masalı</t>
+          <t>Melike Adenya Diyarında 5 / Gizemli Yolculuk</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>65</v>
+        <v>150</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786057915382</t>
+          <t>9786057915443</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kara Balık</t>
+          <t>Ulduz ile Konuşan Bebek</t>
         </is>
       </c>
       <c r="C119" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786057915795</t>
+          <t>9786057915436</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>İnsanları Çok Özledim</t>
+          <t>Ulduz ile Kargalar</t>
         </is>
       </c>
       <c r="C120" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786057915429</t>
+          <t>9786057915771</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Deli Dumrul</t>
+          <t>Tatilde Su Satan Çocuk</t>
         </is>
       </c>
       <c r="C121" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786057915825</t>
+          <t>9786057915412</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Asansörde Bir Yazar</t>
+          <t>Sevgi Masalı</t>
         </is>
       </c>
       <c r="C122" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786258429039</t>
+          <t>9786057915382</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Sır Koyucuları: Düğün</t>
+          <t>Küçük Kara Balık</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>320</v>
+        <v>65</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786258429060</t>
+          <t>9786057915795</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>M.S. 2079 - 3: Son Savaş</t>
+          <t>İnsanları Çok Özledim</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>250</v>
+        <v>65</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786258429046</t>
+          <t>9786057915429</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Kader Mızrağı</t>
+          <t>Deli Dumrul</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>320</v>
+        <v>65</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786057915993</t>
+          <t>9786057915825</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Ateş Çağı - Geçmişten Gelen Mesaj</t>
+          <t>Asansörde Bir Yazar</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>290</v>
+        <v>65</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786057915917</t>
+          <t>9786258429039</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Hay</t>
+          <t>Sır Koyucuları: Düğün</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>120</v>
+        <v>320</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786057915764</t>
+          <t>9786258429060</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Yeterki Sevgi Olsun</t>
+          <t>M.S. 2079 - 3: Son Savaş</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>65</v>
+        <v>250</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786059226776</t>
+          <t>9786258429046</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Melike Adenya Diyarında 1: Ceylanın Yoldaşlığı</t>
+          <t>Kader Mızrağı</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>150</v>
+        <v>320</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786057915924</t>
+          <t>9786057915993</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Şamanizm</t>
+          <t>Ateş Çağı - Geçmişten Gelen Mesaj</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>450</v>
+        <v>290</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786057915962</t>
+          <t>9786057915917</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>On Mükemmel İnanç - Tüm Dinlerin Karşılaştırılması</t>
+          <t>Hay</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>450</v>
+        <v>120</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786057915986</t>
+          <t>9786057915764</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Ezoterizm - Sırlar Öğretisi</t>
+          <t>Yeterki Sevgi Olsun</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>450</v>
+        <v>65</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786057915856</t>
+          <t>9786059226776</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Kızıl İblis’in İntikamı - Miras 2</t>
+          <t>Melike Adenya Diyarında 1: Ceylanın Yoldaşlığı</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>320</v>
+        <v>150</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786056681189</t>
+          <t>9786057915924</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Magdaviyya Hikmetler (İkinci Kitap)</t>
+          <t>Şamanizm</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>48</v>
+        <v>450</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786057915719</t>
+          <t>9786057915962</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Son Irk</t>
+          <t>On Mükemmel İnanç - Tüm Dinlerin Karşılaştırılması</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>195</v>
+        <v>450</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786057915702</t>
+          <t>9786057915986</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Yolun Açık Olsun Paşam</t>
+          <t>Ezoterizm - Sırlar Öğretisi</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786057915740</t>
+          <t>9786057915856</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Miço ve Panço</t>
+          <t>Kızıl İblis’in İntikamı - Miras 2</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>120</v>
+        <v>320</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786057915733</t>
+          <t>9786056681189</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Demirci</t>
+          <t>Magdaviyya Hikmetler (İkinci Kitap)</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>250</v>
+        <v>48</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786057915672</t>
+          <t>9786057915719</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Karanlığın Efendisi</t>
+          <t>Son Irk</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>190</v>
+        <v>195</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786057915481</t>
+          <t>9786057915702</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Şeytan</t>
+          <t>Yolun Açık Olsun Paşam</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786057915153</t>
+          <t>9786057915740</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Zambaklar Ülkesinde</t>
+          <t>Miço ve Panço</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786057915139</t>
+          <t>9786057915733</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Ademden Önce</t>
+          <t>Demirci</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786057915603</t>
+          <t>9786057915672</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Semazeni Öldürmek</t>
+          <t>Karanlığın Efendisi</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>250</v>
+        <v>190</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786057915375</t>
+          <t>9786057915481</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Kürk Mantolu Madonna</t>
+          <t>İçimizdeki Şeytan</t>
         </is>
       </c>
       <c r="C144" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786057915504</t>
+          <t>9786057915153</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Kuyucaklı Yusuf</t>
+          <t>Beyaz Zambaklar Ülkesinde</t>
         </is>
       </c>
       <c r="C145" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786057915610</t>
+          <t>9786057915139</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Işıktaki Zehir</t>
+          <t>Ademden Önce</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>320</v>
+        <v>150</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786057915184</t>
+          <t>9786057915603</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Gökbörü 2</t>
+          <t>Semazeni Öldürmek</t>
         </is>
       </c>
       <c r="C147" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786057915528</t>
+          <t>9786057915375</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Girdap - Kırklar Meclisi</t>
+          <t>Kürk Mantolu Madonna</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786057915344</t>
+          <t>9786057915504</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut Hikayeleri</t>
+          <t>Kuyucaklı Yusuf</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>125</v>
+        <v>150</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786057915542</t>
+          <t>9786057915610</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Tavşan Dudaklı Adam</t>
+          <t>Işıktaki Zehir</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>125</v>
+        <v>320</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786057915559</t>
+          <t>9786057915184</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Peçeli Kiracı</t>
+          <t>Gökbörü 2</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>125</v>
+        <v>250</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786057915535</t>
+          <t>9786057915528</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Akgürgenlerin Esrarı</t>
+          <t>Girdap - Kırklar Meclisi</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>125</v>
+        <v>190</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786057915511</t>
+          <t>9786057915344</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Ronaldo Futbol Okulunda</t>
+          <t>Dede Korkut Hikayeleri</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>190</v>
+        <v>125</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786057915160</t>
+          <t>9786057915542</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Vahşetin Çağrısı</t>
+          <t>Sherlock Holmes - Tavşan Dudaklı Adam</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>95</v>
+        <v>125</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786057915221</t>
+          <t>9786057915559</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Zambaklar Ülkesinde</t>
+          <t>Sherlock Holmes - Peçeli Kiracı</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>95</v>
+        <v>125</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786057915214</t>
+          <t>9786057915535</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>David Copperfield</t>
+          <t>Sherlock Holmes - Akgürgenlerin Esrarı</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>95</v>
+        <v>125</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786057915337</t>
+          <t>9786057915511</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Diş</t>
+          <t>Ronaldo Futbol Okulunda</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>120</v>
+        <v>190</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786057915269</t>
+          <t>9786057915160</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Pollyanna</t>
+          <t>Vahşetin Çağrısı</t>
         </is>
       </c>
       <c r="C158" s="1">
         <v>95</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786057915276</t>
+          <t>9786057915221</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Peter Pan</t>
+          <t>Beyaz Zambaklar Ülkesinde</t>
         </is>
       </c>
       <c r="C159" s="1">
         <v>95</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786057915177</t>
+          <t>9786057915214</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Ateş Taşı 4</t>
+          <t>David Copperfield</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>250</v>
+        <v>95</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786057915122</t>
+          <t>9786057915337</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Alice Harikalar Diyarında</t>
+          <t>Beyaz Diş</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>95</v>
+        <v>120</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786057915238</t>
+          <t>9786057915269</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>80 Günde Devri Alem</t>
+          <t>Pollyanna</t>
         </is>
       </c>
       <c r="C162" s="1">
         <v>95</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786057915252</t>
+          <t>9786057915276</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Oz Büyücüsü</t>
+          <t>Peter Pan</t>
         </is>
       </c>
       <c r="C163" s="1">
         <v>95</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786056746376</t>
+          <t>9786057915177</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Gulliver’in Gezileri</t>
+          <t>Ateş Taşı 4</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>95</v>
+        <v>250</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786057915191</t>
+          <t>9786057915122</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Merkezine Yolculuk</t>
+          <t>Alice Harikalar Diyarında</t>
         </is>
       </c>
       <c r="C165" s="1">
         <v>95</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786057915115</t>
+          <t>9786057915238</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Ölümsüzlerin Savaşı - Gökbörü 1</t>
+          <t>80 Günde Devri Alem</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>250</v>
+        <v>95</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786058288621</t>
+          <t>9786057915252</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Ben Ayşe İlk Kıyam</t>
+          <t>Oz Büyücüsü</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>320</v>
+        <v>95</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786057915092</t>
+          <t>9786056746376</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Melike Adenya Diyarında 4</t>
+          <t>Gulliver’in Gezileri</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>150</v>
+        <v>95</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786057915108</t>
+          <t>9786057915191</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Mühürlü Kuyu 3 - Kehanet Kardeşliği</t>
+          <t>Dünyanın Merkezine Yolculuk</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>220</v>
+        <v>95</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786057915054</t>
+          <t>9786057915115</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Ümmü Gülsüm - Doğunun Yıldızı</t>
+          <t>Ölümsüzlerin Savaşı - Gökbörü 1</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786057915047</t>
+          <t>9786058288621</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Yok Olmadan Önce Dünya</t>
+          <t>Ben Ayşe İlk Kıyam</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>120</v>
+        <v>320</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786057915078</t>
+          <t>9786057915092</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>8 Günde Uygulamalı Hızlı Okuma Teknikleri</t>
+          <t>Melike Adenya Diyarında 4</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>290</v>
+        <v>150</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786057915023</t>
+          <t>9786057915108</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>M.S 2079</t>
+          <t>Mühürlü Kuyu 3 - Kehanet Kardeşliği</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786058201095</t>
+          <t>9786057915054</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Yürekten Damlayan Öyküler</t>
+          <t>Ümmü Gülsüm - Doğunun Yıldızı</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>40</v>
+        <v>350</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786058119369</t>
+          <t>9786057915047</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Korku</t>
+          <t>Yok Olmadan Önce Dünya</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>90</v>
+        <v>120</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786058119352</t>
+          <t>9786057915078</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Satranç</t>
+          <t>8 Günde Uygulamalı Hızlı Okuma Teknikleri</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>90</v>
+        <v>290</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786058119345</t>
+          <t>9786057915023</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Kadının Mektubu</t>
+          <t>M.S 2079</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>90</v>
+        <v>250</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786058119390</t>
+          <t>9786058201095</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Kıskaç</t>
+          <t>Yürekten Damlayan Öyküler</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>250</v>
+        <v>40</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786057915009</t>
+          <t>9786058119369</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Sadistin Günlüğü</t>
+          <t>Korku</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>300</v>
+        <v>90</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786058119321</t>
+          <t>9786058119352</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Ateş Taşı 3</t>
+          <t>Satranç</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>250</v>
+        <v>90</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786058119307</t>
+          <t>9786058119345</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Ateş Taşı 1</t>
+          <t>Bilinmeyen Kadının Mektubu</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>250</v>
+        <v>90</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786058201071</t>
+          <t>9786058119390</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Bıraktığın Yerdeyim</t>
+          <t>Kıskaç</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>175</v>
+        <v>250</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786058201040</t>
+          <t>9786057915009</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Güneşin Doğduğu Yer</t>
+          <t>Sadistin Günlüğü</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786056866005</t>
+          <t>9786058119321</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Kahinin Laneti</t>
+          <t>Ateş Taşı 3</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>290</v>
+        <v>250</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786056866098</t>
+          <t>9786058119307</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Erguvan Mevsimi</t>
+          <t>Ateş Taşı 1</t>
         </is>
       </c>
       <c r="C185" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786056866050</t>
+          <t>9786058201071</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Kürt Kızı</t>
+          <t>Bıraktığın Yerdeyim</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>190</v>
+        <v>175</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786058119338</t>
+          <t>9786058201040</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Miras - Gölgenin Şafağı</t>
+          <t>Güneşin Doğduğu Yer</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>320</v>
+        <v>190</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786058223127</t>
+          <t>9786056866005</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Gülün Solduğu Gece</t>
+          <t>Kahinin Laneti</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>250</v>
+        <v>290</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786058223172</t>
+          <t>9786056866098</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Kıyamet Muhafızı - Kayıp Ruhlar Serisi 2</t>
+          <t>Erguvan Mevsimi</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786058201088</t>
+          <t>9786056866050</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Zaman Kapısı 1</t>
+          <t>Kürt Kızı</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786058201002</t>
+          <t>9786058119338</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Kedi Kız</t>
+          <t>Miras - Gölgenin Şafağı</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>45</v>
+        <v>320</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786058201033</t>
+          <t>9786058223127</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Issız Peron</t>
+          <t>Gülün Solduğu Gece</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786058223158</t>
+          <t>9786058223172</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Şeytanın Çırağı</t>
+          <t>Kıyamet Muhafızı - Kayıp Ruhlar Serisi 2</t>
         </is>
       </c>
       <c r="C193" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786058223141</t>
+          <t>9786058201088</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens</t>
+          <t>Zaman Kapısı 1</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>125</v>
+        <v>220</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786058223103</t>
+          <t>9786058201002</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Araf Yolcuları</t>
+          <t>Kedi Kız</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>300</v>
+        <v>45</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786056746390</t>
+          <t>9786058201033</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Cem ve Ceren Masallar Ülkesinde - Kırmızı Başlıklı Kız</t>
+          <t>Issız Peron</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>65</v>
+        <v>190</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786056746321</t>
+          <t>9786058223158</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Melike Adenya Diyarında 3 - Altın Yağmurları</t>
+          <t>Şeytanın Çırağı</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786056746338</t>
+          <t>9786058223141</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Mühürlü Kuyu - Kara Diyara Yolculuk</t>
+          <t>Küçük Prens</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>220</v>
+        <v>125</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786056746345</t>
+          <t>9786058223103</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Tatlı Yasak (Ciltli)</t>
+          <t>Araf Yolcuları</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786056746307</t>
+          <t>9786056746390</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Ruhlar Serisi 1 - Kıyamet Çağı</t>
+          <t>Cem ve Ceren Masallar Ülkesinde - Kırmızı Başlıklı Kız</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>390</v>
+        <v>65</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786058288607</t>
+          <t>9786056746321</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Yedi Kapı</t>
+          <t>Melike Adenya Diyarında 3 - Altın Yağmurları</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786058288690</t>
+          <t>9786056746338</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Kendi Kendime Konuştuklarım</t>
+          <t>Mühürlü Kuyu - Kara Diyara Yolculuk</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>40</v>
+        <v>220</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786056681196</t>
+          <t>9786056746345</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Melike Adenya Diyarında 2</t>
+          <t>Tatlı Yasak (Ciltli)</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786056681165</t>
+          <t>9786056746307</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Demir Yastık</t>
+          <t>Kayıp Ruhlar Serisi 1 - Kıyamet Çağı</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>100</v>
+        <v>390</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786059226912</t>
+          <t>9786058288607</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Yüreğime Kar Yağdı Anne</t>
+          <t>Yedi Kapı</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>40</v>
+        <v>250</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
+          <t>9786058288690</t>
+        </is>
+      </c>
+      <c r="B206" s="1" t="inlineStr">
+        <is>
+          <t>Kendi Kendime Konuştuklarım</t>
+        </is>
+      </c>
+      <c r="C206" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="207" spans="1:3">
+      <c r="A207" s="1" t="inlineStr">
+        <is>
+          <t>9786056681196</t>
+        </is>
+      </c>
+      <c r="B207" s="1" t="inlineStr">
+        <is>
+          <t>Melike Adenya Diyarında 2</t>
+        </is>
+      </c>
+      <c r="C207" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="208" spans="1:3">
+      <c r="A208" s="1" t="inlineStr">
+        <is>
+          <t>9786056681165</t>
+        </is>
+      </c>
+      <c r="B208" s="1" t="inlineStr">
+        <is>
+          <t>Demir Yastık</t>
+        </is>
+      </c>
+      <c r="C208" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="209" spans="1:3">
+      <c r="A209" s="1" t="inlineStr">
+        <is>
+          <t>9786059226912</t>
+        </is>
+      </c>
+      <c r="B209" s="1" t="inlineStr">
+        <is>
+          <t>Yüreğime Kar Yağdı Anne</t>
+        </is>
+      </c>
+      <c r="C209" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="210" spans="1:3">
+      <c r="A210" s="1" t="inlineStr">
+        <is>
           <t>9786059226929</t>
         </is>
       </c>
-      <c r="B206" s="1" t="inlineStr">
+      <c r="B210" s="1" t="inlineStr">
         <is>
           <t>Araf'ın Sakinleri</t>
         </is>
       </c>
-      <c r="C206" s="1">
+      <c r="C210" s="1">
         <v>350</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>