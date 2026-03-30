--- v0 (2026-02-07)
+++ v1 (2026-03-30)
@@ -85,4030 +85,7810 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9789752756809</t>
+          <t>9789752756830</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Ve Maymun Parayı Buldu</t>
+          <t>Babalar ve Çocuklar</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>320</v>
+        <v>290</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9789752756793</t>
+          <t>9789752756823</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Sözün Gücü</t>
+          <t>Düşler Yolu</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>390</v>
+        <v>430</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9789752756786</t>
+          <t>9789752751323</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>2026 Semboller ve Ritüeller Ajandası</t>
+          <t>Şerefe! Bağımlılıktan Arının</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>790</v>
+        <v>15</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9789752756779</t>
+          <t>9789752754188</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Ben Bunun İçin Mi İmza Atmıştım?</t>
+          <t>Danshari</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>450</v>
+        <v>18</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789752756755</t>
+          <t>9789752753907</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Kurabiyeler Bitti!</t>
+          <t>EFT ile Kilo Vermek</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>300</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789752756762</t>
+          <t>9789752754225</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Müzeye Gidelim Mi?</t>
+          <t>Zen Değnekleri</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>715</v>
+        <v>64</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789752756748</t>
+          <t>9789752753259</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Yolculuğunun Tam Ortasında</t>
+          <t>Girişimciler ve Kobi'ler İçin İş Planı Yazma Kılavuzu</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>370</v>
+        <v>24</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789752756731</t>
+          <t>9789752752955</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarla Yemek Hakkında Nasıl Konuşulur?</t>
+          <t>Kahraman Bisikletimle Tertemiz Kentim</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>450</v>
+        <v>95</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789752756656</t>
+          <t>9789752752498</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Yarın Benim Dediğim Olacak!</t>
+          <t>SQ Spiritüel Zekâ</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>300</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789752753426</t>
+          <t>9789752752900</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Geçmişin Yükünden Kurtulmak</t>
+          <t>Çöp Adada Küçük Bir Deniz Kızı</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>335</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789752756663</t>
+          <t>9789752752917</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>İçindeki Kahkahayı Uyandır</t>
+          <t>Alerjiye Son</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>250</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789752756649</t>
+          <t>9789752752795</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Bedeniniz Mutluluk Hakkında Ne Biliyor?</t>
+          <t>Zihinle Fısıldaşmalar</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>465</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789756744741</t>
+          <t>9789752752504</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Sağlıklı Beslenin, İncelin Metabolizmanızı Canlandırın</t>
+          <t>Vücudumuzun Şifalı Noktaları</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>13.89</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789752753747</t>
+          <t>9789752752511</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Çocuğunuzun Utangaçlığı ve Sosyal Fobisiyle  Başetmek</t>
+          <t>Bal Mucize Gıdalar</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>178</v>
+        <v>12</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789752752436</t>
+          <t>9789752753075</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Mucize Besinler</t>
+          <t>Teslimiyetle Gelen</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>21</v>
+        <v>26.85</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789752753785</t>
+          <t>9789752753051</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Terapi Koltuğu</t>
+          <t>İçinizdeki Girişimciyi Uyandırın</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>145</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789752753341</t>
+          <t>9789752752252</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>İlişkinin Tadı Tuzu</t>
+          <t>Tibet'e Sevgilerle</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>180</v>
+        <v>25</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789752755147</t>
+          <t>9789752752924</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Benjamin</t>
+          <t>Kıvılcım Enerji Sorununu Nasıl Çözecek</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>225</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789752755055</t>
+          <t>9789752752931</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>İmposter Sendromu</t>
+          <t>İş'te Nietzsche</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>170</v>
+        <v>17</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789752754751</t>
+          <t>9789752752641</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Stellaluna</t>
+          <t>Dorilenya</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>290</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789752756625</t>
+          <t>9789752752634</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Meşenin Muhteşem Dünyası</t>
+          <t>İpler Sizin Elinizde</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>400</v>
+        <v>18</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789752756632</t>
+          <t>9789752753716</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Beyninizi Yenileyin Hayatınız Değişsin!</t>
+          <t>Kronik Yorgunluk</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>400</v>
+        <v>24</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789752756618</t>
+          <t>9789752753938</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Anksiyete Size Ne Anlatmaya Çalışıyor?</t>
+          <t>Feng Shui Annesi</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>420</v>
+        <v>36</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789752756601</t>
+          <t>9789752753877</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>12 Soruyla Aşkı Anlamak</t>
+          <t>Beden Saatiniz Nasıl Çalışıyor?</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>350</v>
+        <v>34</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789752756595</t>
+          <t>9789752753822</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Yanlış Kitap</t>
+          <t>Kendini Sevmeyi Öğrenmek</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>310</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789752756526</t>
+          <t>9789752753808</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Paleo Yaşam</t>
+          <t>Çiftlerde Yaşanan İlişki Sorunları</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>350</v>
+        <v>240</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789752755123</t>
+          <t>9789752753662</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Saat Sekizde Gemide</t>
+          <t>Ayı Adında Bir Köpek</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>240</v>
+        <v>18</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789752756519</t>
+          <t>9789752753648</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Sımsıcak Bir Yeni Yıl Akşamı</t>
+          <t>Madem O Kadar Zekisin Niye Mutlu Değilsin?</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>390</v>
+        <v>29</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789752756502</t>
+          <t>9789752753990</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Beynimiz Nasıl Mutsuzluk Üretiyor?</t>
+          <t>Düşündüğün Kişi Değilsin!</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>370</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789752756496</t>
+          <t>9789752753723</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Koç Olunur?</t>
+          <t>Paranoya ve Şüphecilik</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>340</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789752756489</t>
+          <t>9789752753921</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Sözlü Taciz ve İstismar</t>
+          <t>Bu Fil Afrika'ya Gitmek İstiyor</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>395</v>
+        <v>42</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789752756472</t>
+          <t>9789752753365</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Senin Hatan Değildi!</t>
+          <t>Tükenmişlik Sendromu</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>350</v>
+        <v>25</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789752756465</t>
+          <t>9789752753372</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Günaydın, Küçük Tramvay!</t>
+          <t>Bireysel Gelişim Mutfakta Başlar</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>380</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789752756458</t>
+          <t>9789752753396</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Statü Oyunları - Güç ve Önemli Olma Tutkusu</t>
+          <t>Duygusal Temizlik</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>345</v>
+        <v>49</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789752756441</t>
+          <t>9789752753600</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Gündelik Yaşamda Dharma; Yaşam Sevinciyle Dolu Bir Hayat İçin Pratik Uygulamalar</t>
+          <t>Utangaç</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>265</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789752756434</t>
+          <t>9789752753587</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Çocuğunuz Kayıp Veya Travma Yaşadığında Ne Yapmalısınız?</t>
+          <t>Bilgeliğin İzinde</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>430</v>
+        <v>37</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789752756397</t>
+          <t>9789752753594</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Gelecekteki Sen</t>
+          <t>Hastalık Hastası Olmak</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>360</v>
+        <v>28</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789752756373</t>
+          <t>9789752753129</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Süper Anneler - Kahraman Hayvanlar</t>
+          <t>Zihinsel Olarak Güçlü İnsanların Yapmadığı 13 Şey</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>435</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789752756380</t>
+          <t>9789752752764</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Onu Çok Düşünüyorsun!</t>
+          <t>Çocuklar Dünya'yı Geri İstiyor</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>425</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789752756311</t>
+          <t>9789752752771</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Ay Çiçeği</t>
+          <t>Bağlanma Korkusu</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>340</v>
+        <v>25</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789752756366</t>
+          <t>9789752753730</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Beyninizi Kullanma Kılavuzu</t>
+          <t>Mimesis'in Yolculuğu</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>460</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789752756342</t>
+          <t>9789752753167</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Ebeveynin Yol Haritası</t>
+          <t>Spiritüel Baypas</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>520</v>
+        <v>17</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789752756304</t>
+          <t>9789752753655</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Kendim Gibi Yaşamaya Karar Verdim</t>
+          <t>Çocuğunuzun Korku ve Endişeleriyle Baş Etmek</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>415</v>
+        <v>72</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789752756298</t>
+          <t>9789752753693</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Para (Ciltli)</t>
+          <t>Kendinle Zorun Ne?</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>310</v>
+        <v>20</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789752756182</t>
+          <t>9789752751002</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Terapi Odasında Neler Oluyor?</t>
+          <t>Zihinsel Tuzaklar</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>245</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789752756175</t>
+          <t>9789752752290</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Kafandaki Hikâye Değişirse Hayatın Da Değişir</t>
+          <t>Zeytinyağı</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>430</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789752756168</t>
+          <t>9789752750098</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Aksak Ördek ve Kör Tavuk</t>
+          <t>Zengin Adamın Sırrı</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>420</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789752756151</t>
+          <t>9789752751330</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Nagomi Yolu</t>
+          <t>Zeki İnsanlar İçin Bireysel Gelişim</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>205</v>
+        <v>17.13</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789752756076</t>
+          <t>9789752751187</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Mükemmel Zamanlama</t>
+          <t>Yüzünüzden Okunuyor</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>320</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789752756069</t>
+          <t>9789757146759</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Ya İlişkiler Hakkında Bildikleriniz Yanlışsa?</t>
+          <t>Yeryüzü Cenneti</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>375</v>
+        <v>10.65</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789752756045</t>
+          <t>9789752750296</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Olun!</t>
+          <t>Yaşasın! Bana Deli Diyorlar</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>425</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789752756052</t>
+          <t>9789752751644</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Çileden Çıkan Ebeveyn</t>
+          <t>Yaşasın İşsiz Kaldım</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>350</v>
+        <v>16</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789752756038</t>
+          <t>9789752751989</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Ama Anne Neden?</t>
+          <t>Yaşam Koçum Aristo</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>480</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789752756021</t>
+          <t>9789752750173</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Babamın Saçları Tatile Çıktı</t>
+          <t>Yaşam Koçluğu: Hayatınızı Yeniden ve İstediğiniz Gibi Biçimlendirmeniz İçin Eşsiz Bir Rehber</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>410</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789752756014</t>
+          <t>3990000014234</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Bilinçli Ebeveynin Disiplin Anlayışı</t>
+          <t>Yalnızlık Sevme Korkusu</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>250</v>
+        <v>10.65</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9789752756007</t>
+          <t>9789757146643</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Baskıcı Olmayan Tuvalet Eğitimi</t>
+          <t>Yalanlar ve Gerçekler</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>420</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789752755994</t>
+          <t>9789757146629</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Tilkiler Yalan Söylemez</t>
+          <t>Yakınlaşmak</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>450</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789752755987</t>
+          <t>9789752751040</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Kahretsin! Neden Değişemiyorum?</t>
+          <t>Üç Fincan Çay</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>440</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789752755970</t>
+          <t>9789752751743</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Kadının Uyanışı</t>
+          <t>Uyandıran Rüya</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>560</v>
+        <v>92</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789752755543</t>
+          <t>9789752750630</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>En Kötü Hapishane Kendi Kendimize Kurduğumuzdur</t>
+          <t>Ufaklık Gerçek Hayat Hikayesi</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>270</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789752755529</t>
+          <t>9789752752245</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Bay Sincap ve Ay</t>
+          <t>Toltek Dönüşüm Yolu</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>440</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789752755536</t>
+          <t>9789752750210</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Zaman Çabuk Geçer Akıl Geç Kalır</t>
+          <t>Terapistim Beni Çıldırtıyor!</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>230</v>
+        <v>18.98</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789752755512</t>
+          <t>9789756744093</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>14 - 14</t>
+          <t>Tavşan Haykırdığında Sarsıcı Bir Terapi Güncesi</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>590</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789757146179</t>
+          <t>9789752751354</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Geçmişin Gölgeleri</t>
+          <t>Tanrıdan Daha Mutlu</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>360</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789752750241</t>
+          <t>9789757146940</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>NLP Zihninizi Kullanma Kılavuzu</t>
+          <t>Tuvalet Eğitimi</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>370</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789752755505</t>
+          <t>9789752750678</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Tetikleyiciler</t>
+          <t>Harley’le Gelen Tanrı</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>325</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9789752755499</t>
+          <t>9789752750012</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Her Mevsime Uygun Yaşamak</t>
+          <t>Harika İnsanlar: Onları Bulmanın ve Yaşamınıza Çekmenin Yolları</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>395</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9789752755482</t>
+          <t>9789752751835</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Çocuğunuzun Uyku Sorunları</t>
+          <t>Güven Duygusu</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>330</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789752755437</t>
+          <t>9789756744420</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Vitito’nun Ustaları</t>
+          <t>Güle Güle Cici Kız Kendini Yaşamak İstiyorsan Başkalarını Yaşamaktan Vazgeç!</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>390</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789752755420</t>
+          <t>9789752750302</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Çocuğunuz Hastalandığında Ne Yapmalısınız?</t>
+          <t>Gölgeler Diyarı Altıncı His Dizisi</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>300</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789752755406</t>
+          <t>9789756744970</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Akran Zorbalığı</t>
+          <t>Gizli Niyetler</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>430</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9789752755413</t>
+          <t>9789752750555</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Kışı Beklerken</t>
+          <t>Gittikçe Gençleşin Biyolojik Saatinizi Geri Alın</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>480</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789752755390</t>
+          <t>9789752751460</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Tin Ten Tını - Uygulamalar</t>
+          <t>Genç Okurlar İçin Üç Fincan Çay</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>405</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9789752755369</t>
+          <t>9789752752238</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Benjamin. - Okul, Kaplumbağalar ve Diğer Maceralar</t>
+          <t>Freud’u İlgilendirmeyen Her Şey</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>560</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789752755376</t>
+          <t>9789752751842</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Sır</t>
+          <t>Farkındalık Maceraları</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>350</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789752755352</t>
+          <t>9789757146827</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Tin Ten Tını</t>
+          <t>Fahişelik Dosyası</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>360</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789752755345</t>
+          <t>9789756744178</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Harika Bir Uzay Tatili</t>
+          <t>Eyvah! Otuz Yaşındayım</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>720</v>
+        <v>10.65</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789752755338</t>
+          <t>9789752753297</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Biyografiniz Nasıl Biyolojiniz Haline Gelir?</t>
+          <t>Kızlar, Oğlanlar ve Beden Bilimi</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>420</v>
+        <v>19</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789752755291</t>
+          <t>9789752753181</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Sıradan İnsanların Sıra Dışı Hayatları</t>
+          <t>Himalaya Şamanı</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>425</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789752755277</t>
+          <t>9789752753211</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Balarısı</t>
+          <t>Hayta</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>360</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789752755260</t>
+          <t>9789752753235</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Diva</t>
+          <t>Bir Ağız İki Kulak</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>405</v>
+        <v>13</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9789752755253</t>
+          <t>9789752752757</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Dahi Kadınlar</t>
+          <t>Baharatlar - Mucize Gıdalar 8</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>500</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9789752755239</t>
+          <t>9789752752870</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Celeste İçin Bir Yuva</t>
+          <t>Kıymetinizi Bilin</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>650</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9789752755222</t>
+          <t>9789752752863</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Bütünsel Yaşam ve Sağlık</t>
+          <t>Külprensi</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>540</v>
+        <v>17</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789752755215</t>
+          <t>9789752753457</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Afrika’nın Yaşam Felsefesi Ubuntu</t>
+          <t>Anne Baba Olma Rehberi</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>550</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9789752755130</t>
+          <t>9789752753464</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Sınır Çizmek Özgürleştirir</t>
+          <t>Dinleme Sanatı</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>380</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9789752755116</t>
+          <t>9789752753433</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>İçe Dönük Olmak</t>
+          <t>Kimse Seni Anlamıyor!</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>520</v>
+        <v>97</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9789752755109</t>
+          <t>9789752753198</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Sputcik</t>
+          <t>Gölgenizin Aydınlık Yüzü</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>445</v>
+        <v>26</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9789752755093</t>
+          <t>9789752753204</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Toksik Aile İlişkileri</t>
+          <t>İş'te Sun Tzu</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>380</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9789752755086</t>
+          <t>9789752752894</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Yılan ile Kertenkele - Can Dostlar</t>
+          <t>Yeniden Sevmek</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>400</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9789752755079</t>
+          <t>9789752752603</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Bir Çocuk Yetiştirmek</t>
+          <t>Narsistik Bir Dünyada Hayatta Kalma Rehberi</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>480</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9789752755062</t>
+          <t>9789752752429</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Okyanuslar: Hubert Reeves Anlatıyor</t>
+          <t>Başarılı Çocuğun İksiri</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>490</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9789752755048</t>
+          <t>9789752752344</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Daha Gelmedik Mi?</t>
+          <t>Size Özel Detoks</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>400</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9789752755031</t>
+          <t>9789752752467</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Kazandıran Müzakere</t>
+          <t>Sarmısak</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>325</v>
+        <v>12</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789752755000</t>
+          <t>9789752752443</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Nunçi</t>
+          <t>Odaklanma</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>270</v>
+        <v>19</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9789752754997</t>
+          <t>9789752752313</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Dört Mevsim Boyama Kitabı</t>
+          <t>Aile Hekiminizden Kocakarı İlaçları</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>745</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9789752754980</t>
+          <t>9789752752351</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Sekiz Randevu</t>
+          <t>Karbonat Mucize Gıdalar</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>345</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9789752754973</t>
+          <t>9789752752368</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlığın Anatomisi</t>
+          <t>Her Derde Deva Geleneksel Yiyecekler</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>395</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9789752754881</t>
+          <t>9789752753150</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Hubert Reeves Anlatıyor - Orman</t>
+          <t>Annesinin Prensi</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>490</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789752754874</t>
+          <t>9789752753105</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Sana Rağmen Seni Seviyorum</t>
+          <t>Duygusal İlk Yardım</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>270</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9789752754850</t>
+          <t>9789752752672</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Biyoçeşitlilik: Hubert Reeves Anlatıyor (Ciltli)</t>
+          <t>Karatavuk Ormanın Kurtarılmasını Bekliyor</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>490</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9789752754867</t>
+          <t>9789752752665</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Sürü</t>
+          <t>Ben Böyleyim İşte!</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>490</v>
+        <v>23</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9789752754843</t>
+          <t>9789752752610</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Bir Şeyi Farklı Yap</t>
+          <t>Gebe-Loji</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>330</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9789752754836</t>
+          <t>9789757146407</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Gizli Psikolojik İstismar</t>
+          <t>Beyaz Erkek Sistemi</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>280</v>
+        <v>10.65</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9789752754782</t>
+          <t>9789756744949</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Bambaşka Bir Dost</t>
+          <t>Çocuklarla İletişim Çocuklar Nasıl Konuşursak Bizi Dinler ve Nasıl Dinlersek Bizimle Konuşurlar</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>680</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9789752754805</t>
+          <t>9789757146896</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Kadim Çin Tıbbı ile Şifa</t>
+          <t>Çocuklarınızın Size Oynadığı Oyunlar</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>360</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9789752754768</t>
+          <t>9789752751637</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Çadırdan Çırağan'a</t>
+          <t>Duygusal Özgürlük</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>520</v>
+        <v>42</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9789752754775</t>
+          <t>9789756744567</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Anlaşmalar</t>
+          <t>Dostum Para</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>325</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9789752754560</t>
+          <t>9789752751248</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>365 Gün Nefes</t>
+          <t>Sevgi Evreni</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>260</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9789752754577</t>
+          <t>9789756744376</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Fark Yaratan Sunumlar</t>
+          <t>Sevgi Arsızları</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>750</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9789752754447</t>
+          <t>9789752755284</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Sincabın Aile Ağacı</t>
+          <t>5 Tip Zor İnsan</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>490</v>
+        <v>100</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9789752754423</t>
+          <t>9789752754393</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcılığın Kuralları</t>
+          <t>Balaban</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>320</v>
+        <v>39</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9789752754430</t>
+          <t>9789752751859</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Doğum Süreci Depresyonuyla Başa Çıkmak Neden Önemlidir?</t>
+          <t>Şifa Çemberi</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>255</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9789752754386</t>
+          <t>9789752751422</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Bebeğin Kucakta Taşınması Neden Önemlidir?</t>
+          <t>Şekil Değiştirme</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>265</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9789752754331</t>
+          <t>9789752750036</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Bebeğin Emzirilmesi Neden Önemlidir?</t>
+          <t>Şans Faktörü</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>300</v>
+        <v>14.35</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9789752754287</t>
+          <t>9789752751217</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Yeme Bozuklukları</t>
+          <t>Şamu Bana Hayat Aşk ve Evlilik Hakkında Neler Öğretti</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>180</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9789752754294</t>
+          <t>9789752750661</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Carl ve Yaşamın Anlamı</t>
+          <t>Sürtük Gerçek Hayat Hikayesi</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>460</v>
+        <v>17.13</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9789752754256</t>
+          <t>9789757146469</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Nefesten Solunuma</t>
+          <t>Suçlu Sen Değilsin</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>710</v>
+        <v>10.42</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9789752754263</t>
+          <t>9789752751767</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Bebeğin Uykusu Neden Önemlidir?</t>
+          <t>Sıçrama</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>260</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9789752754232</t>
+          <t>9789752751026</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>İki Bana Bir Sana</t>
+          <t>Sezgilerle İyileşme</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>350</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9789752754249</t>
+          <t>9789752751170</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Minik Adımlar Büyük Kazanımlar</t>
+          <t>Sezaryen</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>350</v>
+        <v>45</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9789752754164</t>
+          <t>9789757146421</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Çıt!</t>
+          <t>Sevgi Kursu</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>400</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9789752754157</t>
+          <t>9789752750111</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Şansını Nasıl Yaratırsın?</t>
+          <t>Sessizliği Dinlemek: Evrim Basamağında Yeni İnsan</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>480</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9789752754140</t>
+          <t>9789752750647</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Zen Öyküleri</t>
+          <t>Seni Şikayet Etmedim Anne, Sadece Kendimi Anlattım</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>490</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9789752754065</t>
+          <t>9789752751194</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Artık Hiç Anlaşamıyoruz!</t>
+          <t>Sebepsiz Mutluluk</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>475</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9789752754102</t>
+          <t>9789757146674</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Konuşabiliyorlar</t>
+          <t>Sahte Cennetten Gerçek Cehenneme Eroin</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>400</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9789752754058</t>
+          <t>9789752750104</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Zen Bağları</t>
+          <t>Sağlıklı Hazlar</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>490</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9789752754041</t>
+          <t>9789752751378</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Yılan ile Kertenkele</t>
+          <t>Rüyalar Tesadüfler Hayaller</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>310</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9789752754034</t>
+          <t>9789752751149</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Beş Kadın Tek Cehennem</t>
+          <t>Rusya’nın Çınlayan Sedirleri</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>265</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9789752754010</t>
+          <t>9789756744512</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Güz Kitabı</t>
+          <t>Ritalin Çözüm Değil Dikkat Eksikliği Sendromu ve Hiperaktivite Teşhisi Konmuş Çocuklar İçin İlaçsız Uygulamalı Bir Program</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>775</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9789752754027</t>
+          <t>9789752750623</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Doğumun Bilgeliği</t>
+          <t>Ressamın Bahçıvanıyla Marul Üzerine Sohbeti</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>500</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9789752754003</t>
+          <t>9789752750326</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Yaz Kitabı</t>
+          <t>Psiko-Piktografi Zihinsel Resim Yöntemiyle İçinizdeki Gücü Keşfedin</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>775</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9789752753983</t>
+          <t>9789752750142</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Rüzgarlı Havalar İçin Hayat Dersleri</t>
+          <t>Psikolojinin Tao’su Eşzamanlılık ve Benlik</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>410</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9789752753976</t>
+          <t>9789752750340</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Kar Benek Kara Benek</t>
+          <t>Penguenler Ülkesi’nde Bir Tavus Kuşu Yaratıcılık ve Cesaret Üzerine Bir Hikaye</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>300</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9789752753969</t>
+          <t>9789757146865</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Uyku ve Uykusuzluk Sorunları</t>
+          <t>Patch Adams Yaşam Boyu Kahkaha</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>375</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9789752753952</t>
+          <t>9789757146841</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Kemanın Dansı</t>
+          <t>Panik Atak Endişe Kıskacından Nasıl Kurtulursunuz</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>310</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9789752753945</t>
+          <t>9789752751453</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Bahar Kitabı</t>
+          <t>Onu Değiştiremedim Kendim Değiştim</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>775</v>
+        <v>24</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9789752753914</t>
+          <t>9789752750944</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Japon Yaşam Sanatı İkigai</t>
+          <t>Olgun İlişkiler</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>250</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9789752753860</t>
+          <t>9789752751392</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Kış Kitabı</t>
+          <t>Neredeysen Orada Ol</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>775</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9789752753884</t>
+          <t>9789752751057</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Tuvalet İletişimi</t>
+          <t>Müthiş Sır</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>280</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9789752753853</t>
+          <t>9789756744017</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>İhanete Kör Olmak</t>
+          <t>Mükemmeliyetçilik Dost Sandığınız Düşman</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>345</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9789752753846</t>
+          <t>9789756744505</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Başarı İlkeleri</t>
+          <t>Mozart Etkisi Bedeninizi İyileştiren, Zihninizi Açan ve Yaratıcı Ruhunuzu Harekete Geçiren Müziğin Gücüne Kulak Verin!</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>760</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9789752753839</t>
+          <t>9789752751668</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Modi Çalgıların Peşinde</t>
+          <t>Mavi Orman</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>345</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9789752753815</t>
+          <t>9789752751750</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Kendini Hayatın Akışına Bırak!</t>
+          <t>Mandela’nın Yolu</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>195</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9789752753792</t>
+          <t>9789752752276</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Üç Soru</t>
+          <t>Limon Mucize Gıdalar</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>410</v>
+        <v>12</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9789752753778</t>
+          <t>9789752751538</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Öfke ve Tahammülsüzlük</t>
+          <t>Küllerinden Yeniden Doğmak</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>480</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9789752753754</t>
+          <t>9789752750654</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Bilinçli Ebeveyn Çocuğunu Nasıl Yetiştirir?</t>
+          <t>Külkedisi Terapide Beyaz Atlı Prens Hayalinin Ötesi</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>530</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9789752753761</t>
+          <t>9789756744932</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Obsesif Kompulsif Bozukluk</t>
+          <t>Ormanın Devleri Filler</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>580</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9789752753709</t>
+          <t>9789752750289</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Kronik Ağrı</t>
+          <t>Küçük Şeyler Önemlidir</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>480</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9789752753686</t>
+          <t>9789756744901</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>İstifleme Bağımlılığı</t>
+          <t>Müziğe Başlıyoruz</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>510</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9789752753679</t>
+          <t>9789757146483</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Dokun Sihirli Ağaca</t>
+          <t>Masumiyetin Sonu</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>460</v>
+        <v>11.81</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9789752753631</t>
+          <t>9789752750906</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Kafası Karışık Bukalemun</t>
+          <t>Kişisel Algılama Reddedilme Korkusu Size Neler Kaybettiriyor?</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>430</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9789752753624</t>
+          <t>9789756744871</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Kaygı (Anksiyete)</t>
+          <t>Kişilik Tipleri Enegramla Kendinizi Keşfedin!</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>550</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9789752753570</t>
+          <t>9789757146360</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Top Cambazı Daan - Yeni Takım</t>
+          <t>Kişilik Farklı Tipler Farklı Yetenekler</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>275</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9789752753563</t>
+          <t>9789752750043</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Çocuğunuzun Sahibi Değilsiniz</t>
+          <t>Kimse Size Yalan Söyleyemez</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>380</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9789752753556</t>
+          <t>9789757146735</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Mükemmeliyetçilik</t>
+          <t>Kilolarım Diyetlerim ve Ben Sağlıklı Zayıflamak</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>450</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9789752753525</t>
+          <t>9789757146599</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Çocuğum Okulu Sevmiyor</t>
+          <t>Kilo Almadan Sigarayı Bırakmak</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>410</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9789752753549</t>
+          <t>9789756744918</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Mini Ev Köpeği Olma Rehberi</t>
+          <t>Kendini Sev Hayat Seni Sevecektir...</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>340</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9789752753532</t>
+          <t>9789752751200</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Depresyon</t>
+          <t>Kriz Nasıl Fırsata Çevrilir Cevap</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>795</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9789752753501</t>
+          <t>9789757146490</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Kehanet</t>
+          <t>Kendini Arayan İnsan</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>360</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9789752753518</t>
+          <t>9789752751972</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Stres</t>
+          <t>Kendimizi Sevebilmek</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>460</v>
+        <v>10</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9789752753488</t>
+          <t>9789752751781</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>İttir Et Gitsin!</t>
+          <t>Kendi Önünüzden Çekilin</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>295</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9789752753471</t>
+          <t>9789756744390</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Panik ve Agorafobi</t>
+          <t>Kötülüğün Psikolojisi</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>270</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9789752753440</t>
+          <t>9789756744031</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Denizdeki Zeytin Ağacı</t>
+          <t>Kardeş Kavgaları Kaçınılmaz mı?</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>380</v>
+        <v>9.72</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9789752753419</t>
+          <t>9789756744888</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Seslerin Perisi Işık</t>
+          <t>Kalbin Yolculuğu Yakın İlişkiler ve Sevginin Yolu</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>440</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9789752753402</t>
+          <t>9789752751095</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Şikayet Terapisi</t>
+          <t>İyi İnsanlar Neden Kötü Şeyler Yaparlar</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>405</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9789752753389</t>
+          <t>9789756744222</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Renk Renk Rengarenk!</t>
+          <t>İnsan Kaynaklarınız Amaçlarınızı Belirlemek ve Gerçekleştirmek İçin Somut Adımlar</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>600</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9789752753358</t>
+          <t>9789752751514</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Huysuz Uğurböceği</t>
+          <t>İnovasyon</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>550</v>
+        <v>76</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9789752751439</t>
+          <t>9789752750869</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Meridyen Terapisi</t>
+          <t>İnanç Sistemi</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>490</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9789752753280</t>
+          <t>9789752750197</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Hayata Bağlanmak</t>
+          <t>İlk İzlenimler</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>390</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9789752753273</t>
+          <t>9789756744239</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Veli Nereye Gitti</t>
+          <t>İlk Cinsel Deneyimler</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>390</v>
+        <v>10.65</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9789752753266</t>
+          <t>9789752751521</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Baba Olmak</t>
+          <t>İlk 30 Gün</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>400</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9789752753228</t>
+          <t>9789752750715</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>İş'te Platon</t>
+          <t>İnanmanın Gücü</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>175</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9789752753242</t>
+          <t>9789757146964</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Peygamberi - Erich Fromm</t>
+          <t>İlişkilerinizde Alıcı mısınız Verici mi?</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>670</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9789752753174</t>
+          <t>9789756744956</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>İş'te Aristoteles</t>
+          <t>İçinizdeki Yaratıcıyı Keşfedin</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>190</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9789752753143</t>
+          <t>9789752751651</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Girişimci İşletme</t>
+          <t>İçgüdüsel Doğum</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>270</v>
+        <v>24.07</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9789752753136</t>
+          <t>9789752751071</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Şemsiye</t>
+          <t>Işıkla Yaşamak</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>540</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9789752753112</t>
+          <t>9789752750227</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>İş’te Lao Tse</t>
+          <t>Işık Hızında Duygusal İyileşme</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>350</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9789752753068</t>
+          <t>9789757146780</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Mavi Tavuk</t>
+          <t>Hoşgeldin Sessizlik</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>530</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9789752753082</t>
+          <t>9789752752221</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Balık ile Salyangoz’un Öyküsü</t>
+          <t>Herkes İçin Yaratıcı Zeka CQ</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>470</v>
+        <v>16</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9789752753099</t>
+          <t>9789757146810</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>İş’te Kant</t>
+          <t>Her Şeye Rağmen Dans Edebiliyorum</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>160</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9789752752962</t>
+          <t>9789757146957</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Beş Elementin Gücü</t>
+          <t>Örselenmiş Cinsellik</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>520</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9789752752948</t>
+          <t>9789757146766</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>İş’te Sokrates</t>
+          <t>Hayır Dediğimde Kendimi Suçlu Hissediyorum 2</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>190</v>
+        <v>8.1</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9789752752825</t>
+          <t>9789752750319</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Babasının Prensesi</t>
+          <t>Hayatın Anlamı Projesi</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>370</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9789752752887</t>
+          <t>9789752751910</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Küçük Siyah Yas Kitabı</t>
+          <t>Hayatın 50 Hediyesi</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>420</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9789752751774</t>
+          <t>9789752751156</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Frekans</t>
+          <t>Hayat İyi Hoş Da, Sonunda Hepimiz Öleceğiz!</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>520</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9789752752856</t>
+          <t>9789752751545</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Çocuğunuzu Resimlerinden Keşfedin</t>
+          <t>Hayat Denen Mucize</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>410</v>
+        <v>20</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9789752752597</t>
+          <t>9789752750234</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Kitap Faresi'nin Yılbaşı Yemeği</t>
+          <t>Hayal Mühendisliği</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>240</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9789752752832</t>
+          <t>9789756744024</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Minik Tohum</t>
+          <t>Önyargıdan Özsaygıya Bir Gelişim Yolculuğu</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>540</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9789752752849</t>
+          <t>9789756744192</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Petek Çocuklar</t>
+          <t>İyilik Bul, İyilik Yap</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>410</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9789752753334</t>
+          <t>9789757146926</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Tepeden Tırnağa</t>
+          <t>Eve’in Son Yüzü Çoğul Kişilik</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>395</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9789752753327</t>
+          <t>9789752751873</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Kendinize ve Başkalarına Yaşam Koçluğu</t>
+          <t>Erkekler!</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>450</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9789752752818</t>
+          <t>9789756744116</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Dünya'daki Yaşam</t>
+          <t>Erkekler Neden Açılamaz?</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>520</v>
+        <v>10.65</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9789752752801</t>
+          <t>9789752750135</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Bağlanmanın Beş Seviyesi</t>
+          <t>Erkekler Ağlamaz</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>220</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9789752751606</t>
+          <t>9789752751897</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Geleceği Hatırlamak</t>
+          <t>Epifani</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>415</v>
+        <v>63</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>3990000026157</t>
+          <t>9789752752320</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Geçmişin Gölgeleri</t>
+          <t>Elma Sirkesi Mucize Gıdalar</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>41</v>
+        <v>12</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9789752751385</t>
+          <t>9789752750579</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Geçmiş Şimdi Olduğunda</t>
+          <t>Einstein’la Dans</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>445</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9789752752986</t>
+          <t>9789752751477</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Şemsiyesine Saklanan Adam</t>
+          <t>Dünya Hızla Değişiyor Ya Sen?</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>300</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9789752752993</t>
+          <t>9789752751415</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>İş'te Buda</t>
+          <t>Duygusal Yüzleşme</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>160</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9789752752740</t>
+          <t>9789752750333</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Akdeniz Sularını Alır Giderse</t>
+          <t>Dokuzuncu Anahtar</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>300</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9789752752658</t>
+          <t>9789756744246</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>İnsan Olma Hakkı</t>
+          <t>Dokunmanın Mucizesi Çocuk Eğitiminde Devrim Yaratan Eser!</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>590</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9789752752689</t>
+          <t>3990000007343</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Girişimcilik Okulu</t>
+          <t>Doğuş Sırası</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>440</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9789752752528</t>
+          <t>9789757146704</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Kitap Faresi</t>
+          <t>Doğumdan Yirmi Bir Yaşa Kadar Sevgiyle Disiplin</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>240</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9789752752535</t>
+          <t>9789756744963</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Kitap Faresi Tita Gravyer ile Tanışıyor</t>
+          <t>Doğru Sorular</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>240</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9789752752542</t>
+          <t>9789752751620</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Fark Yaratabilirsin?</t>
+          <t>Doğanın Gizli Mesajları</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>270</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9789752752788</t>
+          <t>9789752751583</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Ağrısız Eklemler</t>
+          <t>Doğal Doğuma Doğru</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>450</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9789752752481</t>
+          <t>9789756744499</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Su ve Tuz</t>
+          <t>Diyabetle Sağlıklı Yaşam Diyabeti Sağlığınız İçin Bir Şans Olarak Görebilirsiniz!</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>830</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9789752752627</t>
+          <t>9789757146087</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Çay - Mucize Gıdalar 7</t>
+          <t>Dinler, Değerler, Doruk Deneyimler</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>215</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9789752752580</t>
+          <t>9789752750982</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Kitap Faresi Kütüphanesi'ndeki Gizem</t>
+          <t>Dingin Savaşçının Ruhsal Yolculuğu</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>240</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9789752751446</t>
+          <t>9789756744994</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Küçük Sarı Cesaret Kitabı (Ciltli)</t>
+          <t>Çöp İçeri Çöp Dışarı</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>310</v>
+        <v>17.13</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9789752753310</t>
+          <t>9789756744079</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Sabrımı Zorluyorsun!</t>
+          <t>Çok Seven Anneler Dikkat! Çocuğunuza Zarar Veriyorsunuz</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>350</v>
+        <v>11.81</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9789752753303</t>
+          <t>9789752751407</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Hayat Sana Teşekkür Ederim</t>
+          <t>Çocuklarda Endişe</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>410</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9789752751361</t>
+          <t>9789756744413</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Yolculuk</t>
+          <t>Çocuklar Nasıl Öğrenir? NLP İle Çocuğunuzun Zekasını Geliştirin!</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>340</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9789752750951</t>
+          <t>9789756744208</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Cesurları Sever</t>
+          <t>Çocuk-Ergen-Yetişkin Olarak Alkolik Çocukları Sorunlar ve Çözümleri</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>365</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9789752751033</t>
+          <t>9789756744147</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı Çekim Yasası Sıkça Sorulan Sorular</t>
+          <t>Çocuğunuzla Birlikte Büyüyün</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>405</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9789752751828</t>
+          <t>9789752751491</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Şiva’nın Dansı</t>
+          <t>Cinsellikte Tanrı’yı Bulmak</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>265</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9789756744895</t>
+          <t>9789756744925</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Şimdiki An Farkındalığı Basit ve Adım Adım Şimdide Yaşama Rehberi</t>
+          <t>Buzlar Ülkesinin İmparatorları Penguenler</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>205</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9789752750272</t>
+          <t>9789752751101</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Sünnet</t>
+          <t>Bu Benim Ismarladığım Hayat Değil</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>430</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9789752753006</t>
+          <t>9789752751613</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Suyun Gizli Mesajı</t>
+          <t>Birlikte Yaratılış</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>575</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9789752751675</t>
+          <t>9789752750968</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Sevmek İçin Doğarız</t>
+          <t>Bir Ergene Mektup</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>545</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9789752750975</t>
+          <t>9789752752269</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Atlı Kurbağalar</t>
+          <t>Bilinçaltını Açan Anahtar</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>280</v>
+        <v>28</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9789752751712</t>
+          <t>9789756744109</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Başaran Akıl</t>
+          <t>Beynin - i Hali Beynin - e Hali IQ ve EQ Geliştirici Bilmece Bulmacalar</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>350</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9789752750081</t>
+          <t>9789752752009</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Aura ve Çakra Kullanma Kılavuzu</t>
+          <t>Benim Küçük Kalbim</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>430</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9789752751965</t>
+          <t>9789752751576</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Aslı ve Sureti</t>
+          <t>Benim Hatam Değil!</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>295</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9789752751699</t>
+          <t>9789756744048</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Aç Olan Bedenin Değil Duyguların</t>
+          <t>Ben Şimdi Ne Olacağım? Annemle Babam Boşanıyor</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>510</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9789752751231</t>
+          <t>9789756744161</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>150 Yıl Yaşayabiliriz</t>
+          <t>Ben İşkolik Değilim Bence Öylesin!</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>450</v>
+        <v>10.65</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9789752750586</t>
+          <t>9789752750692</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>1440 Dakika Zaman Yönetimi</t>
+          <t>Bebeğinizin Olağanüstü Zihni</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>340</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9789752751927</t>
+          <t>3990000013950</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Sayılarla İyileşme</t>
+          <t>Başkasından Duymasın</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>250</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9789752751118</t>
+          <t>3990000014461</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Olsun</t>
+          <t>Başarı Korkusu</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>280</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9789752751132</t>
+          <t>3990000010650</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Piki Bedenin Bilgeliği</t>
+          <t>Başarı İçin Kendi Önünüzden Çekilin</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>315</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9789752750593</t>
+          <t>9789752750265</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Pazartesi Rejime Başlıyorum!</t>
+          <t>Bana Tavır Yapma!</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>360</v>
+        <v>19.91</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9789752750609</t>
+          <t>9789757146551</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Özsaygı - Öncelikler Listende Kaçıncı Sıradasın?</t>
+          <t>Balayı Sendromu Taciz Edenlerin En İyi Silahı</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>370</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9789752750128</t>
+          <t>9789752750258</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Optimal Düşünce</t>
+          <t>Aykırı Bir Doktorun İtirafları</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>410</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9789752750913</t>
+          <t>9789752750937</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>NLP ile Satış ve Pazarlama</t>
+          <t>Aşkta ve Arkadaşlıkta Uyumlu ilişkiler</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>270</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9789756744277</t>
+          <t>9789752751941</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Kitabı</t>
+          <t>Antidepresan Efsanesinin Sonu</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>220</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9789752751507</t>
+          <t>9789757146742</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Küçük Yeşil Affediş Kitabı (Ciltli)</t>
+          <t>Anne Babadan Boşanmanın Özgürlüğü</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>280</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9789752751255</t>
+          <t>9789752750029</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Küçük Turuncu Şimdi Kitabı (Ciltli)</t>
+          <t>Anında Analiz</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>280</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9789752751569</t>
+          <t>9789752751088</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Küçük Renkli Dilek Kitabı (Ciltli)</t>
+          <t>Anastasya</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>240</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9789752751590</t>
+          <t>9789752751934</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Küçük Pembe Mutluluk Kitabı</t>
+          <t>Ama... Onun Değişeceğine İnanıyorum</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>440</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9789752751262</t>
+          <t>9789752751880</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Küçük Mor Yüzleşme Kitabı</t>
+          <t>Altıncı His</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>280</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9789752751347</t>
+          <t>9789756744086</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Küçük Mavi Empati Kitabı - Duygu Dilini Anlamak</t>
+          <t>Alexander Tekniği Yaşam Boyu Yirmi Yaş Enerjisi</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>295</v>
+        <v>9.72</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9789752751224</t>
+          <t>9789757146582</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kırmızı Aşk Kitabı (Ciltli)</t>
+          <t>Akıllı Gençler Aptal Seçimler</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>295</v>
+        <v>10.65</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9789752751903</t>
+          <t>9789757146537</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Küçük Ebruli Enerji Kitabı (Ciltli)</t>
+          <t>Adım Adım Mutluluk İçinizdeki Terapisti Uyandırın</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>280</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9789752752306</t>
+          <t>9789752750920</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Küçük Beyaz Şifa Kitabı (Ciltli)</t>
+          <t>5 Gerçeği Kabulle Gelen Mutluluk</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>510</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9789752750203</t>
+          <t>9789752751811</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Kuraldışı ve Ötesi</t>
+          <t>365 Her Güne Teşekkür</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>390</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9789752751125</t>
+          <t>9789752751552</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Kim Olmak İstiyorsun</t>
+          <t>10 Dakika 10 Ay 10 Yıl</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>450</v>
+        <v>14</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9789752751958</t>
+          <t>9789752754799</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Kendini İçinde Ara</t>
+          <t>Zor Anneler ve Yetişkin Kızları</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>425</v>
+        <v>37</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9789757146131</t>
+          <t>9789752754270</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Kendin Olmak İpler Kimin Elinde</t>
+          <t>Uykusuz Ayılar Kahvesi</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>390</v>
+        <v>21</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9789752751736</t>
+          <t>9789752755017</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Kalahari Öğretisi</t>
+          <t>Damla İle Bambu</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>190</v>
+        <v>137</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9789752750180</t>
+          <t>9789752754324</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Kadınlar ve Erkekler Nasıl Anlaşırlar</t>
+          <t>Cinsel Sorunlar</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>340</v>
+        <v>70</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9789752751682</t>
+          <t>9789752753891</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Kaç Kiloya Programlısın</t>
+          <t>Dünya Gezgini Kuşlar</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>460</v>
+        <v>40</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9789752751705</t>
+          <t>9789752756816</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>İyileşmeyecek Hastalık Yoktur</t>
+          <t>Kamp Gezisi</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>350</v>
+        <v>380</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9789756744185</t>
+          <t>9789752756809</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>İnsan Olmanın Psikolojisi</t>
+          <t>Ve Maymun Parayı Buldu</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>400</v>
+        <v>320</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9789752750999</t>
+          <t>9789752756793</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>İnancın Biyolojisi</t>
+          <t>Sözün Gücü</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>360</v>
+        <v>390</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9789752750159</t>
+          <t>9789752756786</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>İletişimde Ustalaşmak</t>
+          <t>2026 Semboller ve Ritüeller Ajandası</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>220</v>
+        <v>790</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9789752750883</t>
+          <t>9789752756779</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Şaman Duyguların Simyası</t>
+          <t>Ben Bunun İçin Mi İmza Atmıştım?</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>460</v>
+        <v>450</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9789752751484</t>
+          <t>9789752756755</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Her Şey Su ile Başladı</t>
+          <t>Kurabiyeler Bitti!</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9789752751019</t>
+          <t>9789752756762</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Farkındalığın Mucizesi</t>
+          <t>Müzeye Gidelim Mi?</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>205</v>
+        <v>715</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9789752751804</t>
+          <t>9789752756748</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Farkında Abla Cennet Yolunda</t>
+          <t>Yaşam Yolculuğunun Tam Ortasında</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>470</v>
+        <v>370</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9789752751798</t>
+          <t>9789752756731</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Farkında Abla Aydınlanma Yolunda</t>
+          <t>Çocuklarla Yemek Hakkında Nasıl Konuşulur?</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>490</v>
+        <v>450</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9789752751996</t>
+          <t>9789752756656</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Emdr Terapisi Teknikleri ile Acı Anıları Silmek</t>
+          <t>Yarın Benim Dediğim Olacak!</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9789752751064</t>
+          <t>9789752753426</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Doğmamış Çocuğun Gizli Yaşamı</t>
+          <t>Geçmişin Yükünden Kurtulmak</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>310</v>
+        <v>335</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9789752751866</t>
+          <t>9789752756663</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Denemediğim Yol Kalmadı</t>
+          <t>İçindeki Kahkahayı Uyandır</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9789752750708</t>
+          <t>9789752756649</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Çekim Yasası</t>
+          <t>Bedeniniz Mutluluk Hakkında Ne Biliyor?</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>280</v>
+        <v>465</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9789752751729</t>
+          <t>9789756744741</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Bir Süper Modelin Dönüşümü</t>
+          <t>Sağlıklı Beslenin, İncelin Metabolizmanızı Canlandırın</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>21</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
+          <t>9789752753747</t>
+        </is>
+      </c>
+      <c r="B267" s="1" t="inlineStr">
+        <is>
+          <t>Çocuğunuzun Utangaçlığı ve Sosyal Fobisiyle  Başetmek</t>
+        </is>
+      </c>
+      <c r="C267" s="1">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="268" spans="1:3">
+      <c r="A268" s="1" t="inlineStr">
+        <is>
+          <t>9789752752436</t>
+        </is>
+      </c>
+      <c r="B268" s="1" t="inlineStr">
+        <is>
+          <t>Mucize Besinler</t>
+        </is>
+      </c>
+      <c r="C268" s="1">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="269" spans="1:3">
+      <c r="A269" s="1" t="inlineStr">
+        <is>
+          <t>9789752753785</t>
+        </is>
+      </c>
+      <c r="B269" s="1" t="inlineStr">
+        <is>
+          <t>Terapi Koltuğu</t>
+        </is>
+      </c>
+      <c r="C269" s="1">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="270" spans="1:3">
+      <c r="A270" s="1" t="inlineStr">
+        <is>
+          <t>9789752753341</t>
+        </is>
+      </c>
+      <c r="B270" s="1" t="inlineStr">
+        <is>
+          <t>İlişkinin Tadı Tuzu</t>
+        </is>
+      </c>
+      <c r="C270" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="271" spans="1:3">
+      <c r="A271" s="1" t="inlineStr">
+        <is>
+          <t>9789752755147</t>
+        </is>
+      </c>
+      <c r="B271" s="1" t="inlineStr">
+        <is>
+          <t>Benjamin</t>
+        </is>
+      </c>
+      <c r="C271" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="272" spans="1:3">
+      <c r="A272" s="1" t="inlineStr">
+        <is>
+          <t>9789752755055</t>
+        </is>
+      </c>
+      <c r="B272" s="1" t="inlineStr">
+        <is>
+          <t>İmposter Sendromu</t>
+        </is>
+      </c>
+      <c r="C272" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="273" spans="1:3">
+      <c r="A273" s="1" t="inlineStr">
+        <is>
+          <t>9789752754751</t>
+        </is>
+      </c>
+      <c r="B273" s="1" t="inlineStr">
+        <is>
+          <t>Stellaluna</t>
+        </is>
+      </c>
+      <c r="C273" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="274" spans="1:3">
+      <c r="A274" s="1" t="inlineStr">
+        <is>
+          <t>9789752756625</t>
+        </is>
+      </c>
+      <c r="B274" s="1" t="inlineStr">
+        <is>
+          <t>Meşenin Muhteşem Dünyası</t>
+        </is>
+      </c>
+      <c r="C274" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="275" spans="1:3">
+      <c r="A275" s="1" t="inlineStr">
+        <is>
+          <t>9789752756632</t>
+        </is>
+      </c>
+      <c r="B275" s="1" t="inlineStr">
+        <is>
+          <t>Beyninizi Yenileyin Hayatınız Değişsin!</t>
+        </is>
+      </c>
+      <c r="C275" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="276" spans="1:3">
+      <c r="A276" s="1" t="inlineStr">
+        <is>
+          <t>9789752756618</t>
+        </is>
+      </c>
+      <c r="B276" s="1" t="inlineStr">
+        <is>
+          <t>Anksiyete Size Ne Anlatmaya Çalışıyor?</t>
+        </is>
+      </c>
+      <c r="C276" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="277" spans="1:3">
+      <c r="A277" s="1" t="inlineStr">
+        <is>
+          <t>9789752756601</t>
+        </is>
+      </c>
+      <c r="B277" s="1" t="inlineStr">
+        <is>
+          <t>12 Soruyla Aşkı Anlamak</t>
+        </is>
+      </c>
+      <c r="C277" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="278" spans="1:3">
+      <c r="A278" s="1" t="inlineStr">
+        <is>
+          <t>9789752756595</t>
+        </is>
+      </c>
+      <c r="B278" s="1" t="inlineStr">
+        <is>
+          <t>Yanlış Kitap</t>
+        </is>
+      </c>
+      <c r="C278" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="279" spans="1:3">
+      <c r="A279" s="1" t="inlineStr">
+        <is>
+          <t>9789752756526</t>
+        </is>
+      </c>
+      <c r="B279" s="1" t="inlineStr">
+        <is>
+          <t>Paleo Yaşam</t>
+        </is>
+      </c>
+      <c r="C279" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="280" spans="1:3">
+      <c r="A280" s="1" t="inlineStr">
+        <is>
+          <t>9789752755123</t>
+        </is>
+      </c>
+      <c r="B280" s="1" t="inlineStr">
+        <is>
+          <t>Saat Sekizde Gemide</t>
+        </is>
+      </c>
+      <c r="C280" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="281" spans="1:3">
+      <c r="A281" s="1" t="inlineStr">
+        <is>
+          <t>9789752756519</t>
+        </is>
+      </c>
+      <c r="B281" s="1" t="inlineStr">
+        <is>
+          <t>Sımsıcak Bir Yeni Yıl Akşamı</t>
+        </is>
+      </c>
+      <c r="C281" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="282" spans="1:3">
+      <c r="A282" s="1" t="inlineStr">
+        <is>
+          <t>9789752756502</t>
+        </is>
+      </c>
+      <c r="B282" s="1" t="inlineStr">
+        <is>
+          <t>Beynimiz Nasıl Mutsuzluk Üretiyor?</t>
+        </is>
+      </c>
+      <c r="C282" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="283" spans="1:3">
+      <c r="A283" s="1" t="inlineStr">
+        <is>
+          <t>9789752756496</t>
+        </is>
+      </c>
+      <c r="B283" s="1" t="inlineStr">
+        <is>
+          <t>Nasıl Koç Olunur?</t>
+        </is>
+      </c>
+      <c r="C283" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="284" spans="1:3">
+      <c r="A284" s="1" t="inlineStr">
+        <is>
+          <t>9789752756489</t>
+        </is>
+      </c>
+      <c r="B284" s="1" t="inlineStr">
+        <is>
+          <t>Sözlü Taciz ve İstismar</t>
+        </is>
+      </c>
+      <c r="C284" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="285" spans="1:3">
+      <c r="A285" s="1" t="inlineStr">
+        <is>
+          <t>9789752756472</t>
+        </is>
+      </c>
+      <c r="B285" s="1" t="inlineStr">
+        <is>
+          <t>Senin Hatan Değildi!</t>
+        </is>
+      </c>
+      <c r="C285" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="286" spans="1:3">
+      <c r="A286" s="1" t="inlineStr">
+        <is>
+          <t>9789752756465</t>
+        </is>
+      </c>
+      <c r="B286" s="1" t="inlineStr">
+        <is>
+          <t>Günaydın, Küçük Tramvay!</t>
+        </is>
+      </c>
+      <c r="C286" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="287" spans="1:3">
+      <c r="A287" s="1" t="inlineStr">
+        <is>
+          <t>9789752756458</t>
+        </is>
+      </c>
+      <c r="B287" s="1" t="inlineStr">
+        <is>
+          <t>Statü Oyunları - Güç ve Önemli Olma Tutkusu</t>
+        </is>
+      </c>
+      <c r="C287" s="1">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="288" spans="1:3">
+      <c r="A288" s="1" t="inlineStr">
+        <is>
+          <t>9789752756441</t>
+        </is>
+      </c>
+      <c r="B288" s="1" t="inlineStr">
+        <is>
+          <t>Gündelik Yaşamda Dharma; Yaşam Sevinciyle Dolu Bir Hayat İçin Pratik Uygulamalar</t>
+        </is>
+      </c>
+      <c r="C288" s="1">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="289" spans="1:3">
+      <c r="A289" s="1" t="inlineStr">
+        <is>
+          <t>9789752756434</t>
+        </is>
+      </c>
+      <c r="B289" s="1" t="inlineStr">
+        <is>
+          <t>Çocuğunuz Kayıp Veya Travma Yaşadığında Ne Yapmalısınız?</t>
+        </is>
+      </c>
+      <c r="C289" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="290" spans="1:3">
+      <c r="A290" s="1" t="inlineStr">
+        <is>
+          <t>9789752756397</t>
+        </is>
+      </c>
+      <c r="B290" s="1" t="inlineStr">
+        <is>
+          <t>Gelecekteki Sen</t>
+        </is>
+      </c>
+      <c r="C290" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="291" spans="1:3">
+      <c r="A291" s="1" t="inlineStr">
+        <is>
+          <t>9789752756373</t>
+        </is>
+      </c>
+      <c r="B291" s="1" t="inlineStr">
+        <is>
+          <t>Süper Anneler - Kahraman Hayvanlar</t>
+        </is>
+      </c>
+      <c r="C291" s="1">
+        <v>435</v>
+      </c>
+    </row>
+    <row r="292" spans="1:3">
+      <c r="A292" s="1" t="inlineStr">
+        <is>
+          <t>9789752756380</t>
+        </is>
+      </c>
+      <c r="B292" s="1" t="inlineStr">
+        <is>
+          <t>Onu Çok Düşünüyorsun!</t>
+        </is>
+      </c>
+      <c r="C292" s="1">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="293" spans="1:3">
+      <c r="A293" s="1" t="inlineStr">
+        <is>
+          <t>9789752756311</t>
+        </is>
+      </c>
+      <c r="B293" s="1" t="inlineStr">
+        <is>
+          <t>Ay Çiçeği</t>
+        </is>
+      </c>
+      <c r="C293" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="294" spans="1:3">
+      <c r="A294" s="1" t="inlineStr">
+        <is>
+          <t>9789752756366</t>
+        </is>
+      </c>
+      <c r="B294" s="1" t="inlineStr">
+        <is>
+          <t>Beyninizi Kullanma Kılavuzu</t>
+        </is>
+      </c>
+      <c r="C294" s="1">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="295" spans="1:3">
+      <c r="A295" s="1" t="inlineStr">
+        <is>
+          <t>9789752756342</t>
+        </is>
+      </c>
+      <c r="B295" s="1" t="inlineStr">
+        <is>
+          <t>Ebeveynin Yol Haritası</t>
+        </is>
+      </c>
+      <c r="C295" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="296" spans="1:3">
+      <c r="A296" s="1" t="inlineStr">
+        <is>
+          <t>9789752756304</t>
+        </is>
+      </c>
+      <c r="B296" s="1" t="inlineStr">
+        <is>
+          <t>Kendim Gibi Yaşamaya Karar Verdim</t>
+        </is>
+      </c>
+      <c r="C296" s="1">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="297" spans="1:3">
+      <c r="A297" s="1" t="inlineStr">
+        <is>
+          <t>9789752756298</t>
+        </is>
+      </c>
+      <c r="B297" s="1" t="inlineStr">
+        <is>
+          <t>Mutlu Para (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C297" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="298" spans="1:3">
+      <c r="A298" s="1" t="inlineStr">
+        <is>
+          <t>9789752756182</t>
+        </is>
+      </c>
+      <c r="B298" s="1" t="inlineStr">
+        <is>
+          <t>Terapi Odasında Neler Oluyor?</t>
+        </is>
+      </c>
+      <c r="C298" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="299" spans="1:3">
+      <c r="A299" s="1" t="inlineStr">
+        <is>
+          <t>9789752756175</t>
+        </is>
+      </c>
+      <c r="B299" s="1" t="inlineStr">
+        <is>
+          <t>Kafandaki Hikâye Değişirse Hayatın Da Değişir</t>
+        </is>
+      </c>
+      <c r="C299" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="300" spans="1:3">
+      <c r="A300" s="1" t="inlineStr">
+        <is>
+          <t>9789752756168</t>
+        </is>
+      </c>
+      <c r="B300" s="1" t="inlineStr">
+        <is>
+          <t>Aksak Ördek ve Kör Tavuk</t>
+        </is>
+      </c>
+      <c r="C300" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="301" spans="1:3">
+      <c r="A301" s="1" t="inlineStr">
+        <is>
+          <t>9789752756151</t>
+        </is>
+      </c>
+      <c r="B301" s="1" t="inlineStr">
+        <is>
+          <t>Nagomi Yolu</t>
+        </is>
+      </c>
+      <c r="C301" s="1">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="302" spans="1:3">
+      <c r="A302" s="1" t="inlineStr">
+        <is>
+          <t>9789752756076</t>
+        </is>
+      </c>
+      <c r="B302" s="1" t="inlineStr">
+        <is>
+          <t>Mükemmel Zamanlama</t>
+        </is>
+      </c>
+      <c r="C302" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="303" spans="1:3">
+      <c r="A303" s="1" t="inlineStr">
+        <is>
+          <t>9789752756069</t>
+        </is>
+      </c>
+      <c r="B303" s="1" t="inlineStr">
+        <is>
+          <t>Ya İlişkiler Hakkında Bildikleriniz Yanlışsa?</t>
+        </is>
+      </c>
+      <c r="C303" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="304" spans="1:3">
+      <c r="A304" s="1" t="inlineStr">
+        <is>
+          <t>9789752756045</t>
+        </is>
+      </c>
+      <c r="B304" s="1" t="inlineStr">
+        <is>
+          <t>Sessiz Olun!</t>
+        </is>
+      </c>
+      <c r="C304" s="1">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="305" spans="1:3">
+      <c r="A305" s="1" t="inlineStr">
+        <is>
+          <t>9789752756052</t>
+        </is>
+      </c>
+      <c r="B305" s="1" t="inlineStr">
+        <is>
+          <t>Çileden Çıkan Ebeveyn</t>
+        </is>
+      </c>
+      <c r="C305" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="306" spans="1:3">
+      <c r="A306" s="1" t="inlineStr">
+        <is>
+          <t>9789752756038</t>
+        </is>
+      </c>
+      <c r="B306" s="1" t="inlineStr">
+        <is>
+          <t>Ama Anne Neden?</t>
+        </is>
+      </c>
+      <c r="C306" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="307" spans="1:3">
+      <c r="A307" s="1" t="inlineStr">
+        <is>
+          <t>9789752756021</t>
+        </is>
+      </c>
+      <c r="B307" s="1" t="inlineStr">
+        <is>
+          <t>Babamın Saçları Tatile Çıktı</t>
+        </is>
+      </c>
+      <c r="C307" s="1">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="308" spans="1:3">
+      <c r="A308" s="1" t="inlineStr">
+        <is>
+          <t>9789752756014</t>
+        </is>
+      </c>
+      <c r="B308" s="1" t="inlineStr">
+        <is>
+          <t>Bilinçli Ebeveynin Disiplin Anlayışı</t>
+        </is>
+      </c>
+      <c r="C308" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="309" spans="1:3">
+      <c r="A309" s="1" t="inlineStr">
+        <is>
+          <t>9789752756007</t>
+        </is>
+      </c>
+      <c r="B309" s="1" t="inlineStr">
+        <is>
+          <t>Baskıcı Olmayan Tuvalet Eğitimi</t>
+        </is>
+      </c>
+      <c r="C309" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="310" spans="1:3">
+      <c r="A310" s="1" t="inlineStr">
+        <is>
+          <t>9789752755994</t>
+        </is>
+      </c>
+      <c r="B310" s="1" t="inlineStr">
+        <is>
+          <t>Tilkiler Yalan Söylemez</t>
+        </is>
+      </c>
+      <c r="C310" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="311" spans="1:3">
+      <c r="A311" s="1" t="inlineStr">
+        <is>
+          <t>9789752755987</t>
+        </is>
+      </c>
+      <c r="B311" s="1" t="inlineStr">
+        <is>
+          <t>Kahretsin! Neden Değişemiyorum?</t>
+        </is>
+      </c>
+      <c r="C311" s="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="312" spans="1:3">
+      <c r="A312" s="1" t="inlineStr">
+        <is>
+          <t>9789752755970</t>
+        </is>
+      </c>
+      <c r="B312" s="1" t="inlineStr">
+        <is>
+          <t>Kadının Uyanışı</t>
+        </is>
+      </c>
+      <c r="C312" s="1">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="313" spans="1:3">
+      <c r="A313" s="1" t="inlineStr">
+        <is>
+          <t>9789752755543</t>
+        </is>
+      </c>
+      <c r="B313" s="1" t="inlineStr">
+        <is>
+          <t>En Kötü Hapishane Kendi Kendimize Kurduğumuzdur</t>
+        </is>
+      </c>
+      <c r="C313" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="314" spans="1:3">
+      <c r="A314" s="1" t="inlineStr">
+        <is>
+          <t>9789752755529</t>
+        </is>
+      </c>
+      <c r="B314" s="1" t="inlineStr">
+        <is>
+          <t>Bay Sincap ve Ay</t>
+        </is>
+      </c>
+      <c r="C314" s="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="315" spans="1:3">
+      <c r="A315" s="1" t="inlineStr">
+        <is>
+          <t>9789752755536</t>
+        </is>
+      </c>
+      <c r="B315" s="1" t="inlineStr">
+        <is>
+          <t>Zaman Çabuk Geçer Akıl Geç Kalır</t>
+        </is>
+      </c>
+      <c r="C315" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="316" spans="1:3">
+      <c r="A316" s="1" t="inlineStr">
+        <is>
+          <t>9789752755512</t>
+        </is>
+      </c>
+      <c r="B316" s="1" t="inlineStr">
+        <is>
+          <t>14 - 14</t>
+        </is>
+      </c>
+      <c r="C316" s="1">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="317" spans="1:3">
+      <c r="A317" s="1" t="inlineStr">
+        <is>
+          <t>9789757146179</t>
+        </is>
+      </c>
+      <c r="B317" s="1" t="inlineStr">
+        <is>
+          <t>Geçmişin Gölgeleri</t>
+        </is>
+      </c>
+      <c r="C317" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="318" spans="1:3">
+      <c r="A318" s="1" t="inlineStr">
+        <is>
+          <t>9789752750241</t>
+        </is>
+      </c>
+      <c r="B318" s="1" t="inlineStr">
+        <is>
+          <t>NLP Zihninizi Kullanma Kılavuzu</t>
+        </is>
+      </c>
+      <c r="C318" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="319" spans="1:3">
+      <c r="A319" s="1" t="inlineStr">
+        <is>
+          <t>9789752755505</t>
+        </is>
+      </c>
+      <c r="B319" s="1" t="inlineStr">
+        <is>
+          <t>Tetikleyiciler</t>
+        </is>
+      </c>
+      <c r="C319" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="320" spans="1:3">
+      <c r="A320" s="1" t="inlineStr">
+        <is>
+          <t>9789752755499</t>
+        </is>
+      </c>
+      <c r="B320" s="1" t="inlineStr">
+        <is>
+          <t>Her Mevsime Uygun Yaşamak</t>
+        </is>
+      </c>
+      <c r="C320" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="321" spans="1:3">
+      <c r="A321" s="1" t="inlineStr">
+        <is>
+          <t>9789752755482</t>
+        </is>
+      </c>
+      <c r="B321" s="1" t="inlineStr">
+        <is>
+          <t>Çocuğunuzun Uyku Sorunları</t>
+        </is>
+      </c>
+      <c r="C321" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="322" spans="1:3">
+      <c r="A322" s="1" t="inlineStr">
+        <is>
+          <t>9789752755437</t>
+        </is>
+      </c>
+      <c r="B322" s="1" t="inlineStr">
+        <is>
+          <t>Vitito’nun Ustaları</t>
+        </is>
+      </c>
+      <c r="C322" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="323" spans="1:3">
+      <c r="A323" s="1" t="inlineStr">
+        <is>
+          <t>9789752755420</t>
+        </is>
+      </c>
+      <c r="B323" s="1" t="inlineStr">
+        <is>
+          <t>Çocuğunuz Hastalandığında Ne Yapmalısınız?</t>
+        </is>
+      </c>
+      <c r="C323" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="324" spans="1:3">
+      <c r="A324" s="1" t="inlineStr">
+        <is>
+          <t>9789752755406</t>
+        </is>
+      </c>
+      <c r="B324" s="1" t="inlineStr">
+        <is>
+          <t>Akran Zorbalığı</t>
+        </is>
+      </c>
+      <c r="C324" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="325" spans="1:3">
+      <c r="A325" s="1" t="inlineStr">
+        <is>
+          <t>9789752755413</t>
+        </is>
+      </c>
+      <c r="B325" s="1" t="inlineStr">
+        <is>
+          <t>Kışı Beklerken</t>
+        </is>
+      </c>
+      <c r="C325" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="326" spans="1:3">
+      <c r="A326" s="1" t="inlineStr">
+        <is>
+          <t>9789752755390</t>
+        </is>
+      </c>
+      <c r="B326" s="1" t="inlineStr">
+        <is>
+          <t>Tin Ten Tını - Uygulamalar</t>
+        </is>
+      </c>
+      <c r="C326" s="1">
+        <v>405</v>
+      </c>
+    </row>
+    <row r="327" spans="1:3">
+      <c r="A327" s="1" t="inlineStr">
+        <is>
+          <t>9789752755369</t>
+        </is>
+      </c>
+      <c r="B327" s="1" t="inlineStr">
+        <is>
+          <t>Benjamin. - Okul, Kaplumbağalar ve Diğer Maceralar</t>
+        </is>
+      </c>
+      <c r="C327" s="1">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="328" spans="1:3">
+      <c r="A328" s="1" t="inlineStr">
+        <is>
+          <t>9789752755376</t>
+        </is>
+      </c>
+      <c r="B328" s="1" t="inlineStr">
+        <is>
+          <t>Kayıp Sır</t>
+        </is>
+      </c>
+      <c r="C328" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="329" spans="1:3">
+      <c r="A329" s="1" t="inlineStr">
+        <is>
+          <t>9789752755352</t>
+        </is>
+      </c>
+      <c r="B329" s="1" t="inlineStr">
+        <is>
+          <t>Tin Ten Tını</t>
+        </is>
+      </c>
+      <c r="C329" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="330" spans="1:3">
+      <c r="A330" s="1" t="inlineStr">
+        <is>
+          <t>9789752755345</t>
+        </is>
+      </c>
+      <c r="B330" s="1" t="inlineStr">
+        <is>
+          <t>Harika Bir Uzay Tatili</t>
+        </is>
+      </c>
+      <c r="C330" s="1">
+        <v>720</v>
+      </c>
+    </row>
+    <row r="331" spans="1:3">
+      <c r="A331" s="1" t="inlineStr">
+        <is>
+          <t>9789752755338</t>
+        </is>
+      </c>
+      <c r="B331" s="1" t="inlineStr">
+        <is>
+          <t>Biyografiniz Nasıl Biyolojiniz Haline Gelir?</t>
+        </is>
+      </c>
+      <c r="C331" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="332" spans="1:3">
+      <c r="A332" s="1" t="inlineStr">
+        <is>
+          <t>9789752755291</t>
+        </is>
+      </c>
+      <c r="B332" s="1" t="inlineStr">
+        <is>
+          <t>Sıradan İnsanların Sıra Dışı Hayatları</t>
+        </is>
+      </c>
+      <c r="C332" s="1">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="333" spans="1:3">
+      <c r="A333" s="1" t="inlineStr">
+        <is>
+          <t>9789752755277</t>
+        </is>
+      </c>
+      <c r="B333" s="1" t="inlineStr">
+        <is>
+          <t>Balarısı</t>
+        </is>
+      </c>
+      <c r="C333" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="334" spans="1:3">
+      <c r="A334" s="1" t="inlineStr">
+        <is>
+          <t>9789752755260</t>
+        </is>
+      </c>
+      <c r="B334" s="1" t="inlineStr">
+        <is>
+          <t>Kayıp Diva</t>
+        </is>
+      </c>
+      <c r="C334" s="1">
+        <v>405</v>
+      </c>
+    </row>
+    <row r="335" spans="1:3">
+      <c r="A335" s="1" t="inlineStr">
+        <is>
+          <t>9789752755253</t>
+        </is>
+      </c>
+      <c r="B335" s="1" t="inlineStr">
+        <is>
+          <t>Dahi Kadınlar</t>
+        </is>
+      </c>
+      <c r="C335" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="336" spans="1:3">
+      <c r="A336" s="1" t="inlineStr">
+        <is>
+          <t>9789752755239</t>
+        </is>
+      </c>
+      <c r="B336" s="1" t="inlineStr">
+        <is>
+          <t>Celeste İçin Bir Yuva</t>
+        </is>
+      </c>
+      <c r="C336" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="337" spans="1:3">
+      <c r="A337" s="1" t="inlineStr">
+        <is>
+          <t>9789752755222</t>
+        </is>
+      </c>
+      <c r="B337" s="1" t="inlineStr">
+        <is>
+          <t>Bütünsel Yaşam ve Sağlık</t>
+        </is>
+      </c>
+      <c r="C337" s="1">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="338" spans="1:3">
+      <c r="A338" s="1" t="inlineStr">
+        <is>
+          <t>9789752755215</t>
+        </is>
+      </c>
+      <c r="B338" s="1" t="inlineStr">
+        <is>
+          <t>Afrika’nın Yaşam Felsefesi Ubuntu</t>
+        </is>
+      </c>
+      <c r="C338" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="339" spans="1:3">
+      <c r="A339" s="1" t="inlineStr">
+        <is>
+          <t>9789752755130</t>
+        </is>
+      </c>
+      <c r="B339" s="1" t="inlineStr">
+        <is>
+          <t>Sınır Çizmek Özgürleştirir</t>
+        </is>
+      </c>
+      <c r="C339" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="340" spans="1:3">
+      <c r="A340" s="1" t="inlineStr">
+        <is>
+          <t>9789752755116</t>
+        </is>
+      </c>
+      <c r="B340" s="1" t="inlineStr">
+        <is>
+          <t>İçe Dönük Olmak</t>
+        </is>
+      </c>
+      <c r="C340" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="341" spans="1:3">
+      <c r="A341" s="1" t="inlineStr">
+        <is>
+          <t>9789752755109</t>
+        </is>
+      </c>
+      <c r="B341" s="1" t="inlineStr">
+        <is>
+          <t>Sputcik</t>
+        </is>
+      </c>
+      <c r="C341" s="1">
+        <v>445</v>
+      </c>
+    </row>
+    <row r="342" spans="1:3">
+      <c r="A342" s="1" t="inlineStr">
+        <is>
+          <t>9789752755093</t>
+        </is>
+      </c>
+      <c r="B342" s="1" t="inlineStr">
+        <is>
+          <t>Toksik Aile İlişkileri</t>
+        </is>
+      </c>
+      <c r="C342" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="343" spans="1:3">
+      <c r="A343" s="1" t="inlineStr">
+        <is>
+          <t>9789752755086</t>
+        </is>
+      </c>
+      <c r="B343" s="1" t="inlineStr">
+        <is>
+          <t>Yılan ile Kertenkele - Can Dostlar</t>
+        </is>
+      </c>
+      <c r="C343" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="344" spans="1:3">
+      <c r="A344" s="1" t="inlineStr">
+        <is>
+          <t>9789752755079</t>
+        </is>
+      </c>
+      <c r="B344" s="1" t="inlineStr">
+        <is>
+          <t>Bir Çocuk Yetiştirmek</t>
+        </is>
+      </c>
+      <c r="C344" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="345" spans="1:3">
+      <c r="A345" s="1" t="inlineStr">
+        <is>
+          <t>9789752755062</t>
+        </is>
+      </c>
+      <c r="B345" s="1" t="inlineStr">
+        <is>
+          <t>Okyanuslar: Hubert Reeves Anlatıyor</t>
+        </is>
+      </c>
+      <c r="C345" s="1">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="346" spans="1:3">
+      <c r="A346" s="1" t="inlineStr">
+        <is>
+          <t>9789752755048</t>
+        </is>
+      </c>
+      <c r="B346" s="1" t="inlineStr">
+        <is>
+          <t>Daha Gelmedik Mi?</t>
+        </is>
+      </c>
+      <c r="C346" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="347" spans="1:3">
+      <c r="A347" s="1" t="inlineStr">
+        <is>
+          <t>9789752755031</t>
+        </is>
+      </c>
+      <c r="B347" s="1" t="inlineStr">
+        <is>
+          <t>Kazandıran Müzakere</t>
+        </is>
+      </c>
+      <c r="C347" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="348" spans="1:3">
+      <c r="A348" s="1" t="inlineStr">
+        <is>
+          <t>9789752755000</t>
+        </is>
+      </c>
+      <c r="B348" s="1" t="inlineStr">
+        <is>
+          <t>Nunçi</t>
+        </is>
+      </c>
+      <c r="C348" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="349" spans="1:3">
+      <c r="A349" s="1" t="inlineStr">
+        <is>
+          <t>9789752754997</t>
+        </is>
+      </c>
+      <c r="B349" s="1" t="inlineStr">
+        <is>
+          <t>Dört Mevsim Boyama Kitabı</t>
+        </is>
+      </c>
+      <c r="C349" s="1">
+        <v>745</v>
+      </c>
+    </row>
+    <row r="350" spans="1:3">
+      <c r="A350" s="1" t="inlineStr">
+        <is>
+          <t>9789752754980</t>
+        </is>
+      </c>
+      <c r="B350" s="1" t="inlineStr">
+        <is>
+          <t>Sekiz Randevu</t>
+        </is>
+      </c>
+      <c r="C350" s="1">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="351" spans="1:3">
+      <c r="A351" s="1" t="inlineStr">
+        <is>
+          <t>9789752754973</t>
+        </is>
+      </c>
+      <c r="B351" s="1" t="inlineStr">
+        <is>
+          <t>Yalnızlığın Anatomisi</t>
+        </is>
+      </c>
+      <c r="C351" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="352" spans="1:3">
+      <c r="A352" s="1" t="inlineStr">
+        <is>
+          <t>9789752754881</t>
+        </is>
+      </c>
+      <c r="B352" s="1" t="inlineStr">
+        <is>
+          <t>Hubert Reeves Anlatıyor - Orman</t>
+        </is>
+      </c>
+      <c r="C352" s="1">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="353" spans="1:3">
+      <c r="A353" s="1" t="inlineStr">
+        <is>
+          <t>9789752754874</t>
+        </is>
+      </c>
+      <c r="B353" s="1" t="inlineStr">
+        <is>
+          <t>Sana Rağmen Seni Seviyorum</t>
+        </is>
+      </c>
+      <c r="C353" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="354" spans="1:3">
+      <c r="A354" s="1" t="inlineStr">
+        <is>
+          <t>9789752754850</t>
+        </is>
+      </c>
+      <c r="B354" s="1" t="inlineStr">
+        <is>
+          <t>Biyoçeşitlilik: Hubert Reeves Anlatıyor (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C354" s="1">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="355" spans="1:3">
+      <c r="A355" s="1" t="inlineStr">
+        <is>
+          <t>9789752754867</t>
+        </is>
+      </c>
+      <c r="B355" s="1" t="inlineStr">
+        <is>
+          <t>Sürü</t>
+        </is>
+      </c>
+      <c r="C355" s="1">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="356" spans="1:3">
+      <c r="A356" s="1" t="inlineStr">
+        <is>
+          <t>9789752754843</t>
+        </is>
+      </c>
+      <c r="B356" s="1" t="inlineStr">
+        <is>
+          <t>Bir Şeyi Farklı Yap</t>
+        </is>
+      </c>
+      <c r="C356" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="357" spans="1:3">
+      <c r="A357" s="1" t="inlineStr">
+        <is>
+          <t>9789752754836</t>
+        </is>
+      </c>
+      <c r="B357" s="1" t="inlineStr">
+        <is>
+          <t>Gizli Psikolojik İstismar</t>
+        </is>
+      </c>
+      <c r="C357" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="358" spans="1:3">
+      <c r="A358" s="1" t="inlineStr">
+        <is>
+          <t>9789752754782</t>
+        </is>
+      </c>
+      <c r="B358" s="1" t="inlineStr">
+        <is>
+          <t>Bambaşka Bir Dost</t>
+        </is>
+      </c>
+      <c r="C358" s="1">
+        <v>680</v>
+      </c>
+    </row>
+    <row r="359" spans="1:3">
+      <c r="A359" s="1" t="inlineStr">
+        <is>
+          <t>9789752754805</t>
+        </is>
+      </c>
+      <c r="B359" s="1" t="inlineStr">
+        <is>
+          <t>Kadim Çin Tıbbı ile Şifa</t>
+        </is>
+      </c>
+      <c r="C359" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="360" spans="1:3">
+      <c r="A360" s="1" t="inlineStr">
+        <is>
+          <t>9789752754768</t>
+        </is>
+      </c>
+      <c r="B360" s="1" t="inlineStr">
+        <is>
+          <t>Çadırdan Çırağan'a</t>
+        </is>
+      </c>
+      <c r="C360" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="361" spans="1:3">
+      <c r="A361" s="1" t="inlineStr">
+        <is>
+          <t>9789752754775</t>
+        </is>
+      </c>
+      <c r="B361" s="1" t="inlineStr">
+        <is>
+          <t>Sessiz Anlaşmalar</t>
+        </is>
+      </c>
+      <c r="C361" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="362" spans="1:3">
+      <c r="A362" s="1" t="inlineStr">
+        <is>
+          <t>9789752754560</t>
+        </is>
+      </c>
+      <c r="B362" s="1" t="inlineStr">
+        <is>
+          <t>365 Gün Nefes</t>
+        </is>
+      </c>
+      <c r="C362" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="363" spans="1:3">
+      <c r="A363" s="1" t="inlineStr">
+        <is>
+          <t>9789752754577</t>
+        </is>
+      </c>
+      <c r="B363" s="1" t="inlineStr">
+        <is>
+          <t>Fark Yaratan Sunumlar</t>
+        </is>
+      </c>
+      <c r="C363" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="364" spans="1:3">
+      <c r="A364" s="1" t="inlineStr">
+        <is>
+          <t>9789752754447</t>
+        </is>
+      </c>
+      <c r="B364" s="1" t="inlineStr">
+        <is>
+          <t>Sincabın Aile Ağacı</t>
+        </is>
+      </c>
+      <c r="C364" s="1">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="365" spans="1:3">
+      <c r="A365" s="1" t="inlineStr">
+        <is>
+          <t>9789752754423</t>
+        </is>
+      </c>
+      <c r="B365" s="1" t="inlineStr">
+        <is>
+          <t>Yaratıcılığın Kuralları</t>
+        </is>
+      </c>
+      <c r="C365" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="366" spans="1:3">
+      <c r="A366" s="1" t="inlineStr">
+        <is>
+          <t>9789752754430</t>
+        </is>
+      </c>
+      <c r="B366" s="1" t="inlineStr">
+        <is>
+          <t>Doğum Süreci Depresyonuyla Başa Çıkmak Neden Önemlidir?</t>
+        </is>
+      </c>
+      <c r="C366" s="1">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="367" spans="1:3">
+      <c r="A367" s="1" t="inlineStr">
+        <is>
+          <t>9789752754386</t>
+        </is>
+      </c>
+      <c r="B367" s="1" t="inlineStr">
+        <is>
+          <t>Bebeğin Kucakta Taşınması Neden Önemlidir?</t>
+        </is>
+      </c>
+      <c r="C367" s="1">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="368" spans="1:3">
+      <c r="A368" s="1" t="inlineStr">
+        <is>
+          <t>9789752754331</t>
+        </is>
+      </c>
+      <c r="B368" s="1" t="inlineStr">
+        <is>
+          <t>Bebeğin Emzirilmesi Neden Önemlidir?</t>
+        </is>
+      </c>
+      <c r="C368" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="369" spans="1:3">
+      <c r="A369" s="1" t="inlineStr">
+        <is>
+          <t>9789752754287</t>
+        </is>
+      </c>
+      <c r="B369" s="1" t="inlineStr">
+        <is>
+          <t>Yeme Bozuklukları</t>
+        </is>
+      </c>
+      <c r="C369" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="370" spans="1:3">
+      <c r="A370" s="1" t="inlineStr">
+        <is>
+          <t>9789752754294</t>
+        </is>
+      </c>
+      <c r="B370" s="1" t="inlineStr">
+        <is>
+          <t>Carl ve Yaşamın Anlamı</t>
+        </is>
+      </c>
+      <c r="C370" s="1">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="371" spans="1:3">
+      <c r="A371" s="1" t="inlineStr">
+        <is>
+          <t>9789752754256</t>
+        </is>
+      </c>
+      <c r="B371" s="1" t="inlineStr">
+        <is>
+          <t>Nefesten Solunuma</t>
+        </is>
+      </c>
+      <c r="C371" s="1">
+        <v>710</v>
+      </c>
+    </row>
+    <row r="372" spans="1:3">
+      <c r="A372" s="1" t="inlineStr">
+        <is>
+          <t>9789752754263</t>
+        </is>
+      </c>
+      <c r="B372" s="1" t="inlineStr">
+        <is>
+          <t>Bebeğin Uykusu Neden Önemlidir?</t>
+        </is>
+      </c>
+      <c r="C372" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="373" spans="1:3">
+      <c r="A373" s="1" t="inlineStr">
+        <is>
+          <t>9789752754232</t>
+        </is>
+      </c>
+      <c r="B373" s="1" t="inlineStr">
+        <is>
+          <t>İki Bana Bir Sana</t>
+        </is>
+      </c>
+      <c r="C373" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="374" spans="1:3">
+      <c r="A374" s="1" t="inlineStr">
+        <is>
+          <t>9789752754249</t>
+        </is>
+      </c>
+      <c r="B374" s="1" t="inlineStr">
+        <is>
+          <t>Minik Adımlar Büyük Kazanımlar</t>
+        </is>
+      </c>
+      <c r="C374" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="375" spans="1:3">
+      <c r="A375" s="1" t="inlineStr">
+        <is>
+          <t>9789752754164</t>
+        </is>
+      </c>
+      <c r="B375" s="1" t="inlineStr">
+        <is>
+          <t>Çıt!</t>
+        </is>
+      </c>
+      <c r="C375" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="376" spans="1:3">
+      <c r="A376" s="1" t="inlineStr">
+        <is>
+          <t>9789752754157</t>
+        </is>
+      </c>
+      <c r="B376" s="1" t="inlineStr">
+        <is>
+          <t>Şansını Nasıl Yaratırsın?</t>
+        </is>
+      </c>
+      <c r="C376" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="377" spans="1:3">
+      <c r="A377" s="1" t="inlineStr">
+        <is>
+          <t>9789752754140</t>
+        </is>
+      </c>
+      <c r="B377" s="1" t="inlineStr">
+        <is>
+          <t>Zen Öyküleri</t>
+        </is>
+      </c>
+      <c r="C377" s="1">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="378" spans="1:3">
+      <c r="A378" s="1" t="inlineStr">
+        <is>
+          <t>9789752754065</t>
+        </is>
+      </c>
+      <c r="B378" s="1" t="inlineStr">
+        <is>
+          <t>Artık Hiç Anlaşamıyoruz!</t>
+        </is>
+      </c>
+      <c r="C378" s="1">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="379" spans="1:3">
+      <c r="A379" s="1" t="inlineStr">
+        <is>
+          <t>9789752754102</t>
+        </is>
+      </c>
+      <c r="B379" s="1" t="inlineStr">
+        <is>
+          <t>Konuşabiliyorlar</t>
+        </is>
+      </c>
+      <c r="C379" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="380" spans="1:3">
+      <c r="A380" s="1" t="inlineStr">
+        <is>
+          <t>9789752754058</t>
+        </is>
+      </c>
+      <c r="B380" s="1" t="inlineStr">
+        <is>
+          <t>Zen Bağları</t>
+        </is>
+      </c>
+      <c r="C380" s="1">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="381" spans="1:3">
+      <c r="A381" s="1" t="inlineStr">
+        <is>
+          <t>9789752754041</t>
+        </is>
+      </c>
+      <c r="B381" s="1" t="inlineStr">
+        <is>
+          <t>Yılan ile Kertenkele</t>
+        </is>
+      </c>
+      <c r="C381" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="382" spans="1:3">
+      <c r="A382" s="1" t="inlineStr">
+        <is>
+          <t>9789752754034</t>
+        </is>
+      </c>
+      <c r="B382" s="1" t="inlineStr">
+        <is>
+          <t>Beş Kadın Tek Cehennem</t>
+        </is>
+      </c>
+      <c r="C382" s="1">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="383" spans="1:3">
+      <c r="A383" s="1" t="inlineStr">
+        <is>
+          <t>9789752754010</t>
+        </is>
+      </c>
+      <c r="B383" s="1" t="inlineStr">
+        <is>
+          <t>Güz Kitabı</t>
+        </is>
+      </c>
+      <c r="C383" s="1">
+        <v>775</v>
+      </c>
+    </row>
+    <row r="384" spans="1:3">
+      <c r="A384" s="1" t="inlineStr">
+        <is>
+          <t>9789752754027</t>
+        </is>
+      </c>
+      <c r="B384" s="1" t="inlineStr">
+        <is>
+          <t>Doğumun Bilgeliği</t>
+        </is>
+      </c>
+      <c r="C384" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="385" spans="1:3">
+      <c r="A385" s="1" t="inlineStr">
+        <is>
+          <t>9789752754003</t>
+        </is>
+      </c>
+      <c r="B385" s="1" t="inlineStr">
+        <is>
+          <t>Yaz Kitabı</t>
+        </is>
+      </c>
+      <c r="C385" s="1">
+        <v>775</v>
+      </c>
+    </row>
+    <row r="386" spans="1:3">
+      <c r="A386" s="1" t="inlineStr">
+        <is>
+          <t>9789752753983</t>
+        </is>
+      </c>
+      <c r="B386" s="1" t="inlineStr">
+        <is>
+          <t>Rüzgarlı Havalar İçin Hayat Dersleri</t>
+        </is>
+      </c>
+      <c r="C386" s="1">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="387" spans="1:3">
+      <c r="A387" s="1" t="inlineStr">
+        <is>
+          <t>9789752753976</t>
+        </is>
+      </c>
+      <c r="B387" s="1" t="inlineStr">
+        <is>
+          <t>Kar Benek Kara Benek</t>
+        </is>
+      </c>
+      <c r="C387" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="388" spans="1:3">
+      <c r="A388" s="1" t="inlineStr">
+        <is>
+          <t>9789752753969</t>
+        </is>
+      </c>
+      <c r="B388" s="1" t="inlineStr">
+        <is>
+          <t>Uyku ve Uykusuzluk Sorunları</t>
+        </is>
+      </c>
+      <c r="C388" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="389" spans="1:3">
+      <c r="A389" s="1" t="inlineStr">
+        <is>
+          <t>9789752753952</t>
+        </is>
+      </c>
+      <c r="B389" s="1" t="inlineStr">
+        <is>
+          <t>Kemanın Dansı</t>
+        </is>
+      </c>
+      <c r="C389" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="390" spans="1:3">
+      <c r="A390" s="1" t="inlineStr">
+        <is>
+          <t>9789752753945</t>
+        </is>
+      </c>
+      <c r="B390" s="1" t="inlineStr">
+        <is>
+          <t>Bahar Kitabı</t>
+        </is>
+      </c>
+      <c r="C390" s="1">
+        <v>775</v>
+      </c>
+    </row>
+    <row r="391" spans="1:3">
+      <c r="A391" s="1" t="inlineStr">
+        <is>
+          <t>9789752753914</t>
+        </is>
+      </c>
+      <c r="B391" s="1" t="inlineStr">
+        <is>
+          <t>Japon Yaşam Sanatı İkigai</t>
+        </is>
+      </c>
+      <c r="C391" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="392" spans="1:3">
+      <c r="A392" s="1" t="inlineStr">
+        <is>
+          <t>9789752753860</t>
+        </is>
+      </c>
+      <c r="B392" s="1" t="inlineStr">
+        <is>
+          <t>Kış Kitabı</t>
+        </is>
+      </c>
+      <c r="C392" s="1">
+        <v>775</v>
+      </c>
+    </row>
+    <row r="393" spans="1:3">
+      <c r="A393" s="1" t="inlineStr">
+        <is>
+          <t>9789752753884</t>
+        </is>
+      </c>
+      <c r="B393" s="1" t="inlineStr">
+        <is>
+          <t>Tuvalet İletişimi</t>
+        </is>
+      </c>
+      <c r="C393" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="394" spans="1:3">
+      <c r="A394" s="1" t="inlineStr">
+        <is>
+          <t>9789752753853</t>
+        </is>
+      </c>
+      <c r="B394" s="1" t="inlineStr">
+        <is>
+          <t>İhanete Kör Olmak</t>
+        </is>
+      </c>
+      <c r="C394" s="1">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="395" spans="1:3">
+      <c r="A395" s="1" t="inlineStr">
+        <is>
+          <t>9789752753846</t>
+        </is>
+      </c>
+      <c r="B395" s="1" t="inlineStr">
+        <is>
+          <t>Başarı İlkeleri</t>
+        </is>
+      </c>
+      <c r="C395" s="1">
+        <v>760</v>
+      </c>
+    </row>
+    <row r="396" spans="1:3">
+      <c r="A396" s="1" t="inlineStr">
+        <is>
+          <t>9789752753839</t>
+        </is>
+      </c>
+      <c r="B396" s="1" t="inlineStr">
+        <is>
+          <t>Modi Çalgıların Peşinde</t>
+        </is>
+      </c>
+      <c r="C396" s="1">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="397" spans="1:3">
+      <c r="A397" s="1" t="inlineStr">
+        <is>
+          <t>9789752753815</t>
+        </is>
+      </c>
+      <c r="B397" s="1" t="inlineStr">
+        <is>
+          <t>Kendini Hayatın Akışına Bırak!</t>
+        </is>
+      </c>
+      <c r="C397" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="398" spans="1:3">
+      <c r="A398" s="1" t="inlineStr">
+        <is>
+          <t>9789752753792</t>
+        </is>
+      </c>
+      <c r="B398" s="1" t="inlineStr">
+        <is>
+          <t>Üç Soru</t>
+        </is>
+      </c>
+      <c r="C398" s="1">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="399" spans="1:3">
+      <c r="A399" s="1" t="inlineStr">
+        <is>
+          <t>9789752753778</t>
+        </is>
+      </c>
+      <c r="B399" s="1" t="inlineStr">
+        <is>
+          <t>Öfke ve Tahammülsüzlük</t>
+        </is>
+      </c>
+      <c r="C399" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="400" spans="1:3">
+      <c r="A400" s="1" t="inlineStr">
+        <is>
+          <t>9789752753754</t>
+        </is>
+      </c>
+      <c r="B400" s="1" t="inlineStr">
+        <is>
+          <t>Bilinçli Ebeveyn Çocuğunu Nasıl Yetiştirir?</t>
+        </is>
+      </c>
+      <c r="C400" s="1">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="401" spans="1:3">
+      <c r="A401" s="1" t="inlineStr">
+        <is>
+          <t>9789752753761</t>
+        </is>
+      </c>
+      <c r="B401" s="1" t="inlineStr">
+        <is>
+          <t>Obsesif Kompulsif Bozukluk</t>
+        </is>
+      </c>
+      <c r="C401" s="1">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="402" spans="1:3">
+      <c r="A402" s="1" t="inlineStr">
+        <is>
+          <t>9789752753709</t>
+        </is>
+      </c>
+      <c r="B402" s="1" t="inlineStr">
+        <is>
+          <t>Kronik Ağrı</t>
+        </is>
+      </c>
+      <c r="C402" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="403" spans="1:3">
+      <c r="A403" s="1" t="inlineStr">
+        <is>
+          <t>9789752753686</t>
+        </is>
+      </c>
+      <c r="B403" s="1" t="inlineStr">
+        <is>
+          <t>İstifleme Bağımlılığı</t>
+        </is>
+      </c>
+      <c r="C403" s="1">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="404" spans="1:3">
+      <c r="A404" s="1" t="inlineStr">
+        <is>
+          <t>9789752753679</t>
+        </is>
+      </c>
+      <c r="B404" s="1" t="inlineStr">
+        <is>
+          <t>Dokun Sihirli Ağaca</t>
+        </is>
+      </c>
+      <c r="C404" s="1">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="405" spans="1:3">
+      <c r="A405" s="1" t="inlineStr">
+        <is>
+          <t>9789752753631</t>
+        </is>
+      </c>
+      <c r="B405" s="1" t="inlineStr">
+        <is>
+          <t>Kafası Karışık Bukalemun</t>
+        </is>
+      </c>
+      <c r="C405" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="406" spans="1:3">
+      <c r="A406" s="1" t="inlineStr">
+        <is>
+          <t>9789752753624</t>
+        </is>
+      </c>
+      <c r="B406" s="1" t="inlineStr">
+        <is>
+          <t>Kaygı (Anksiyete)</t>
+        </is>
+      </c>
+      <c r="C406" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="407" spans="1:3">
+      <c r="A407" s="1" t="inlineStr">
+        <is>
+          <t>9789752753570</t>
+        </is>
+      </c>
+      <c r="B407" s="1" t="inlineStr">
+        <is>
+          <t>Top Cambazı Daan - Yeni Takım</t>
+        </is>
+      </c>
+      <c r="C407" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="408" spans="1:3">
+      <c r="A408" s="1" t="inlineStr">
+        <is>
+          <t>9789752753563</t>
+        </is>
+      </c>
+      <c r="B408" s="1" t="inlineStr">
+        <is>
+          <t>Çocuğunuzun Sahibi Değilsiniz</t>
+        </is>
+      </c>
+      <c r="C408" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="409" spans="1:3">
+      <c r="A409" s="1" t="inlineStr">
+        <is>
+          <t>9789752753556</t>
+        </is>
+      </c>
+      <c r="B409" s="1" t="inlineStr">
+        <is>
+          <t>Mükemmeliyetçilik</t>
+        </is>
+      </c>
+      <c r="C409" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="410" spans="1:3">
+      <c r="A410" s="1" t="inlineStr">
+        <is>
+          <t>9789752753525</t>
+        </is>
+      </c>
+      <c r="B410" s="1" t="inlineStr">
+        <is>
+          <t>Çocuğum Okulu Sevmiyor</t>
+        </is>
+      </c>
+      <c r="C410" s="1">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="411" spans="1:3">
+      <c r="A411" s="1" t="inlineStr">
+        <is>
+          <t>9789752753549</t>
+        </is>
+      </c>
+      <c r="B411" s="1" t="inlineStr">
+        <is>
+          <t>Mini Ev Köpeği Olma Rehberi</t>
+        </is>
+      </c>
+      <c r="C411" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="412" spans="1:3">
+      <c r="A412" s="1" t="inlineStr">
+        <is>
+          <t>9789752753532</t>
+        </is>
+      </c>
+      <c r="B412" s="1" t="inlineStr">
+        <is>
+          <t>Depresyon</t>
+        </is>
+      </c>
+      <c r="C412" s="1">
+        <v>795</v>
+      </c>
+    </row>
+    <row r="413" spans="1:3">
+      <c r="A413" s="1" t="inlineStr">
+        <is>
+          <t>9789752753501</t>
+        </is>
+      </c>
+      <c r="B413" s="1" t="inlineStr">
+        <is>
+          <t>Kehanet</t>
+        </is>
+      </c>
+      <c r="C413" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="414" spans="1:3">
+      <c r="A414" s="1" t="inlineStr">
+        <is>
+          <t>9789752753518</t>
+        </is>
+      </c>
+      <c r="B414" s="1" t="inlineStr">
+        <is>
+          <t>Stres</t>
+        </is>
+      </c>
+      <c r="C414" s="1">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="415" spans="1:3">
+      <c r="A415" s="1" t="inlineStr">
+        <is>
+          <t>9789752753488</t>
+        </is>
+      </c>
+      <c r="B415" s="1" t="inlineStr">
+        <is>
+          <t>İttir Et Gitsin!</t>
+        </is>
+      </c>
+      <c r="C415" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="416" spans="1:3">
+      <c r="A416" s="1" t="inlineStr">
+        <is>
+          <t>9789752753471</t>
+        </is>
+      </c>
+      <c r="B416" s="1" t="inlineStr">
+        <is>
+          <t>Panik ve Agorafobi</t>
+        </is>
+      </c>
+      <c r="C416" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="417" spans="1:3">
+      <c r="A417" s="1" t="inlineStr">
+        <is>
+          <t>9789752753440</t>
+        </is>
+      </c>
+      <c r="B417" s="1" t="inlineStr">
+        <is>
+          <t>Denizdeki Zeytin Ağacı</t>
+        </is>
+      </c>
+      <c r="C417" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="418" spans="1:3">
+      <c r="A418" s="1" t="inlineStr">
+        <is>
+          <t>9789752753419</t>
+        </is>
+      </c>
+      <c r="B418" s="1" t="inlineStr">
+        <is>
+          <t>Seslerin Perisi Işık</t>
+        </is>
+      </c>
+      <c r="C418" s="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="419" spans="1:3">
+      <c r="A419" s="1" t="inlineStr">
+        <is>
+          <t>9789752753402</t>
+        </is>
+      </c>
+      <c r="B419" s="1" t="inlineStr">
+        <is>
+          <t>Şikayet Terapisi</t>
+        </is>
+      </c>
+      <c r="C419" s="1">
+        <v>405</v>
+      </c>
+    </row>
+    <row r="420" spans="1:3">
+      <c r="A420" s="1" t="inlineStr">
+        <is>
+          <t>9789752753389</t>
+        </is>
+      </c>
+      <c r="B420" s="1" t="inlineStr">
+        <is>
+          <t>Renk Renk Rengarenk!</t>
+        </is>
+      </c>
+      <c r="C420" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="421" spans="1:3">
+      <c r="A421" s="1" t="inlineStr">
+        <is>
+          <t>9789752753358</t>
+        </is>
+      </c>
+      <c r="B421" s="1" t="inlineStr">
+        <is>
+          <t>Huysuz Uğurböceği</t>
+        </is>
+      </c>
+      <c r="C421" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="422" spans="1:3">
+      <c r="A422" s="1" t="inlineStr">
+        <is>
+          <t>9789752751439</t>
+        </is>
+      </c>
+      <c r="B422" s="1" t="inlineStr">
+        <is>
+          <t>Meridyen Terapisi</t>
+        </is>
+      </c>
+      <c r="C422" s="1">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="423" spans="1:3">
+      <c r="A423" s="1" t="inlineStr">
+        <is>
+          <t>9789752753280</t>
+        </is>
+      </c>
+      <c r="B423" s="1" t="inlineStr">
+        <is>
+          <t>Hayata Bağlanmak</t>
+        </is>
+      </c>
+      <c r="C423" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="424" spans="1:3">
+      <c r="A424" s="1" t="inlineStr">
+        <is>
+          <t>9789752753273</t>
+        </is>
+      </c>
+      <c r="B424" s="1" t="inlineStr">
+        <is>
+          <t>Veli Nereye Gitti</t>
+        </is>
+      </c>
+      <c r="C424" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="425" spans="1:3">
+      <c r="A425" s="1" t="inlineStr">
+        <is>
+          <t>9789752753266</t>
+        </is>
+      </c>
+      <c r="B425" s="1" t="inlineStr">
+        <is>
+          <t>Baba Olmak</t>
+        </is>
+      </c>
+      <c r="C425" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="426" spans="1:3">
+      <c r="A426" s="1" t="inlineStr">
+        <is>
+          <t>9789752753228</t>
+        </is>
+      </c>
+      <c r="B426" s="1" t="inlineStr">
+        <is>
+          <t>İş'te Platon</t>
+        </is>
+      </c>
+      <c r="C426" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="427" spans="1:3">
+      <c r="A427" s="1" t="inlineStr">
+        <is>
+          <t>9789752753242</t>
+        </is>
+      </c>
+      <c r="B427" s="1" t="inlineStr">
+        <is>
+          <t>Sevgi Peygamberi - Erich Fromm</t>
+        </is>
+      </c>
+      <c r="C427" s="1">
+        <v>670</v>
+      </c>
+    </row>
+    <row r="428" spans="1:3">
+      <c r="A428" s="1" t="inlineStr">
+        <is>
+          <t>9789752753174</t>
+        </is>
+      </c>
+      <c r="B428" s="1" t="inlineStr">
+        <is>
+          <t>İş'te Aristoteles</t>
+        </is>
+      </c>
+      <c r="C428" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="429" spans="1:3">
+      <c r="A429" s="1" t="inlineStr">
+        <is>
+          <t>9789752753143</t>
+        </is>
+      </c>
+      <c r="B429" s="1" t="inlineStr">
+        <is>
+          <t>Girişimci İşletme</t>
+        </is>
+      </c>
+      <c r="C429" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="430" spans="1:3">
+      <c r="A430" s="1" t="inlineStr">
+        <is>
+          <t>9789752753136</t>
+        </is>
+      </c>
+      <c r="B430" s="1" t="inlineStr">
+        <is>
+          <t>Şemsiye</t>
+        </is>
+      </c>
+      <c r="C430" s="1">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="431" spans="1:3">
+      <c r="A431" s="1" t="inlineStr">
+        <is>
+          <t>9789752753112</t>
+        </is>
+      </c>
+      <c r="B431" s="1" t="inlineStr">
+        <is>
+          <t>İş’te Lao Tse</t>
+        </is>
+      </c>
+      <c r="C431" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="432" spans="1:3">
+      <c r="A432" s="1" t="inlineStr">
+        <is>
+          <t>9789752753068</t>
+        </is>
+      </c>
+      <c r="B432" s="1" t="inlineStr">
+        <is>
+          <t>Mavi Tavuk</t>
+        </is>
+      </c>
+      <c r="C432" s="1">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="433" spans="1:3">
+      <c r="A433" s="1" t="inlineStr">
+        <is>
+          <t>9789752753082</t>
+        </is>
+      </c>
+      <c r="B433" s="1" t="inlineStr">
+        <is>
+          <t>Balık ile Salyangoz’un Öyküsü</t>
+        </is>
+      </c>
+      <c r="C433" s="1">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="434" spans="1:3">
+      <c r="A434" s="1" t="inlineStr">
+        <is>
+          <t>9789752753099</t>
+        </is>
+      </c>
+      <c r="B434" s="1" t="inlineStr">
+        <is>
+          <t>İş’te Kant</t>
+        </is>
+      </c>
+      <c r="C434" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="435" spans="1:3">
+      <c r="A435" s="1" t="inlineStr">
+        <is>
+          <t>9789752752962</t>
+        </is>
+      </c>
+      <c r="B435" s="1" t="inlineStr">
+        <is>
+          <t>Beş Elementin Gücü</t>
+        </is>
+      </c>
+      <c r="C435" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="436" spans="1:3">
+      <c r="A436" s="1" t="inlineStr">
+        <is>
+          <t>9789752752948</t>
+        </is>
+      </c>
+      <c r="B436" s="1" t="inlineStr">
+        <is>
+          <t>İş’te Sokrates</t>
+        </is>
+      </c>
+      <c r="C436" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="437" spans="1:3">
+      <c r="A437" s="1" t="inlineStr">
+        <is>
+          <t>9789752752825</t>
+        </is>
+      </c>
+      <c r="B437" s="1" t="inlineStr">
+        <is>
+          <t>Babasının Prensesi</t>
+        </is>
+      </c>
+      <c r="C437" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="438" spans="1:3">
+      <c r="A438" s="1" t="inlineStr">
+        <is>
+          <t>9789752752887</t>
+        </is>
+      </c>
+      <c r="B438" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Siyah Yas Kitabı</t>
+        </is>
+      </c>
+      <c r="C438" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="439" spans="1:3">
+      <c r="A439" s="1" t="inlineStr">
+        <is>
+          <t>9789752751774</t>
+        </is>
+      </c>
+      <c r="B439" s="1" t="inlineStr">
+        <is>
+          <t>Frekans</t>
+        </is>
+      </c>
+      <c r="C439" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="440" spans="1:3">
+      <c r="A440" s="1" t="inlineStr">
+        <is>
+          <t>9789752752856</t>
+        </is>
+      </c>
+      <c r="B440" s="1" t="inlineStr">
+        <is>
+          <t>Çocuğunuzu Resimlerinden Keşfedin</t>
+        </is>
+      </c>
+      <c r="C440" s="1">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="441" spans="1:3">
+      <c r="A441" s="1" t="inlineStr">
+        <is>
+          <t>9789752752597</t>
+        </is>
+      </c>
+      <c r="B441" s="1" t="inlineStr">
+        <is>
+          <t>Kitap Faresi'nin Yılbaşı Yemeği</t>
+        </is>
+      </c>
+      <c r="C441" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="442" spans="1:3">
+      <c r="A442" s="1" t="inlineStr">
+        <is>
+          <t>9789752752832</t>
+        </is>
+      </c>
+      <c r="B442" s="1" t="inlineStr">
+        <is>
+          <t>Minik Tohum</t>
+        </is>
+      </c>
+      <c r="C442" s="1">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="443" spans="1:3">
+      <c r="A443" s="1" t="inlineStr">
+        <is>
+          <t>9789752752849</t>
+        </is>
+      </c>
+      <c r="B443" s="1" t="inlineStr">
+        <is>
+          <t>Petek Çocuklar</t>
+        </is>
+      </c>
+      <c r="C443" s="1">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="444" spans="1:3">
+      <c r="A444" s="1" t="inlineStr">
+        <is>
+          <t>9789752753334</t>
+        </is>
+      </c>
+      <c r="B444" s="1" t="inlineStr">
+        <is>
+          <t>Tepeden Tırnağa</t>
+        </is>
+      </c>
+      <c r="C444" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="445" spans="1:3">
+      <c r="A445" s="1" t="inlineStr">
+        <is>
+          <t>9789752753327</t>
+        </is>
+      </c>
+      <c r="B445" s="1" t="inlineStr">
+        <is>
+          <t>Kendinize ve Başkalarına Yaşam Koçluğu</t>
+        </is>
+      </c>
+      <c r="C445" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="446" spans="1:3">
+      <c r="A446" s="1" t="inlineStr">
+        <is>
+          <t>9789752752818</t>
+        </is>
+      </c>
+      <c r="B446" s="1" t="inlineStr">
+        <is>
+          <t>Dünya'daki Yaşam</t>
+        </is>
+      </c>
+      <c r="C446" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="447" spans="1:3">
+      <c r="A447" s="1" t="inlineStr">
+        <is>
+          <t>9789752752801</t>
+        </is>
+      </c>
+      <c r="B447" s="1" t="inlineStr">
+        <is>
+          <t>Bağlanmanın Beş Seviyesi</t>
+        </is>
+      </c>
+      <c r="C447" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="448" spans="1:3">
+      <c r="A448" s="1" t="inlineStr">
+        <is>
+          <t>9789752751606</t>
+        </is>
+      </c>
+      <c r="B448" s="1" t="inlineStr">
+        <is>
+          <t>Geleceği Hatırlamak</t>
+        </is>
+      </c>
+      <c r="C448" s="1">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="449" spans="1:3">
+      <c r="A449" s="1" t="inlineStr">
+        <is>
+          <t>3990000026157</t>
+        </is>
+      </c>
+      <c r="B449" s="1" t="inlineStr">
+        <is>
+          <t>Geçmişin Gölgeleri</t>
+        </is>
+      </c>
+      <c r="C449" s="1">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="450" spans="1:3">
+      <c r="A450" s="1" t="inlineStr">
+        <is>
+          <t>9789752751385</t>
+        </is>
+      </c>
+      <c r="B450" s="1" t="inlineStr">
+        <is>
+          <t>Geçmiş Şimdi Olduğunda</t>
+        </is>
+      </c>
+      <c r="C450" s="1">
+        <v>445</v>
+      </c>
+    </row>
+    <row r="451" spans="1:3">
+      <c r="A451" s="1" t="inlineStr">
+        <is>
+          <t>9789752752986</t>
+        </is>
+      </c>
+      <c r="B451" s="1" t="inlineStr">
+        <is>
+          <t>Şemsiyesine Saklanan Adam</t>
+        </is>
+      </c>
+      <c r="C451" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="452" spans="1:3">
+      <c r="A452" s="1" t="inlineStr">
+        <is>
+          <t>9789752752993</t>
+        </is>
+      </c>
+      <c r="B452" s="1" t="inlineStr">
+        <is>
+          <t>İş'te Buda</t>
+        </is>
+      </c>
+      <c r="C452" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="453" spans="1:3">
+      <c r="A453" s="1" t="inlineStr">
+        <is>
+          <t>9789752752740</t>
+        </is>
+      </c>
+      <c r="B453" s="1" t="inlineStr">
+        <is>
+          <t>Akdeniz Sularını Alır Giderse</t>
+        </is>
+      </c>
+      <c r="C453" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="454" spans="1:3">
+      <c r="A454" s="1" t="inlineStr">
+        <is>
+          <t>9789752752658</t>
+        </is>
+      </c>
+      <c r="B454" s="1" t="inlineStr">
+        <is>
+          <t>İnsan Olma Hakkı</t>
+        </is>
+      </c>
+      <c r="C454" s="1">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="455" spans="1:3">
+      <c r="A455" s="1" t="inlineStr">
+        <is>
+          <t>9789752752689</t>
+        </is>
+      </c>
+      <c r="B455" s="1" t="inlineStr">
+        <is>
+          <t>Girişimcilik Okulu</t>
+        </is>
+      </c>
+      <c r="C455" s="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="456" spans="1:3">
+      <c r="A456" s="1" t="inlineStr">
+        <is>
+          <t>9789752752528</t>
+        </is>
+      </c>
+      <c r="B456" s="1" t="inlineStr">
+        <is>
+          <t>Kitap Faresi</t>
+        </is>
+      </c>
+      <c r="C456" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="457" spans="1:3">
+      <c r="A457" s="1" t="inlineStr">
+        <is>
+          <t>9789752752535</t>
+        </is>
+      </c>
+      <c r="B457" s="1" t="inlineStr">
+        <is>
+          <t>Kitap Faresi Tita Gravyer ile Tanışıyor</t>
+        </is>
+      </c>
+      <c r="C457" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="458" spans="1:3">
+      <c r="A458" s="1" t="inlineStr">
+        <is>
+          <t>9789752752542</t>
+        </is>
+      </c>
+      <c r="B458" s="1" t="inlineStr">
+        <is>
+          <t>Nasıl Fark Yaratabilirsin?</t>
+        </is>
+      </c>
+      <c r="C458" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="459" spans="1:3">
+      <c r="A459" s="1" t="inlineStr">
+        <is>
+          <t>9789752752788</t>
+        </is>
+      </c>
+      <c r="B459" s="1" t="inlineStr">
+        <is>
+          <t>Ağrısız Eklemler</t>
+        </is>
+      </c>
+      <c r="C459" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="460" spans="1:3">
+      <c r="A460" s="1" t="inlineStr">
+        <is>
+          <t>9789752752481</t>
+        </is>
+      </c>
+      <c r="B460" s="1" t="inlineStr">
+        <is>
+          <t>Su ve Tuz</t>
+        </is>
+      </c>
+      <c r="C460" s="1">
+        <v>830</v>
+      </c>
+    </row>
+    <row r="461" spans="1:3">
+      <c r="A461" s="1" t="inlineStr">
+        <is>
+          <t>9789752752627</t>
+        </is>
+      </c>
+      <c r="B461" s="1" t="inlineStr">
+        <is>
+          <t>Çay - Mucize Gıdalar 7</t>
+        </is>
+      </c>
+      <c r="C461" s="1">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="462" spans="1:3">
+      <c r="A462" s="1" t="inlineStr">
+        <is>
+          <t>9789752752580</t>
+        </is>
+      </c>
+      <c r="B462" s="1" t="inlineStr">
+        <is>
+          <t>Kitap Faresi Kütüphanesi'ndeki Gizem</t>
+        </is>
+      </c>
+      <c r="C462" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="463" spans="1:3">
+      <c r="A463" s="1" t="inlineStr">
+        <is>
+          <t>9789752751446</t>
+        </is>
+      </c>
+      <c r="B463" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Sarı Cesaret Kitabı (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C463" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="464" spans="1:3">
+      <c r="A464" s="1" t="inlineStr">
+        <is>
+          <t>9789752753310</t>
+        </is>
+      </c>
+      <c r="B464" s="1" t="inlineStr">
+        <is>
+          <t>Sabrımı Zorluyorsun!</t>
+        </is>
+      </c>
+      <c r="C464" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="465" spans="1:3">
+      <c r="A465" s="1" t="inlineStr">
+        <is>
+          <t>9789752753303</t>
+        </is>
+      </c>
+      <c r="B465" s="1" t="inlineStr">
+        <is>
+          <t>Hayat Sana Teşekkür Ederim</t>
+        </is>
+      </c>
+      <c r="C465" s="1">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="466" spans="1:3">
+      <c r="A466" s="1" t="inlineStr">
+        <is>
+          <t>9789752751361</t>
+        </is>
+      </c>
+      <c r="B466" s="1" t="inlineStr">
+        <is>
+          <t>Yolculuk</t>
+        </is>
+      </c>
+      <c r="C466" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="467" spans="1:3">
+      <c r="A467" s="1" t="inlineStr">
+        <is>
+          <t>9789752750951</t>
+        </is>
+      </c>
+      <c r="B467" s="1" t="inlineStr">
+        <is>
+          <t>Yaşam Cesurları Sever</t>
+        </is>
+      </c>
+      <c r="C467" s="1">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="468" spans="1:3">
+      <c r="A468" s="1" t="inlineStr">
+        <is>
+          <t>9789752751033</t>
+        </is>
+      </c>
+      <c r="B468" s="1" t="inlineStr">
+        <is>
+          <t>Uygulamalı Çekim Yasası Sıkça Sorulan Sorular</t>
+        </is>
+      </c>
+      <c r="C468" s="1">
+        <v>405</v>
+      </c>
+    </row>
+    <row r="469" spans="1:3">
+      <c r="A469" s="1" t="inlineStr">
+        <is>
+          <t>9789752751828</t>
+        </is>
+      </c>
+      <c r="B469" s="1" t="inlineStr">
+        <is>
+          <t>Şiva’nın Dansı</t>
+        </is>
+      </c>
+      <c r="C469" s="1">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="470" spans="1:3">
+      <c r="A470" s="1" t="inlineStr">
+        <is>
+          <t>9789756744895</t>
+        </is>
+      </c>
+      <c r="B470" s="1" t="inlineStr">
+        <is>
+          <t>Şimdiki An Farkındalığı Basit ve Adım Adım Şimdide Yaşama Rehberi</t>
+        </is>
+      </c>
+      <c r="C470" s="1">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="471" spans="1:3">
+      <c r="A471" s="1" t="inlineStr">
+        <is>
+          <t>9789752750272</t>
+        </is>
+      </c>
+      <c r="B471" s="1" t="inlineStr">
+        <is>
+          <t>Sünnet</t>
+        </is>
+      </c>
+      <c r="C471" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="472" spans="1:3">
+      <c r="A472" s="1" t="inlineStr">
+        <is>
+          <t>9789752753006</t>
+        </is>
+      </c>
+      <c r="B472" s="1" t="inlineStr">
+        <is>
+          <t>Suyun Gizli Mesajı</t>
+        </is>
+      </c>
+      <c r="C472" s="1">
+        <v>575</v>
+      </c>
+    </row>
+    <row r="473" spans="1:3">
+      <c r="A473" s="1" t="inlineStr">
+        <is>
+          <t>9789752751675</t>
+        </is>
+      </c>
+      <c r="B473" s="1" t="inlineStr">
+        <is>
+          <t>Sevmek İçin Doğarız</t>
+        </is>
+      </c>
+      <c r="C473" s="1">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="474" spans="1:3">
+      <c r="A474" s="1" t="inlineStr">
+        <is>
+          <t>9789752750975</t>
+        </is>
+      </c>
+      <c r="B474" s="1" t="inlineStr">
+        <is>
+          <t>Beyaz Atlı Kurbağalar</t>
+        </is>
+      </c>
+      <c r="C474" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="475" spans="1:3">
+      <c r="A475" s="1" t="inlineStr">
+        <is>
+          <t>9789752751712</t>
+        </is>
+      </c>
+      <c r="B475" s="1" t="inlineStr">
+        <is>
+          <t>Başaran Akıl</t>
+        </is>
+      </c>
+      <c r="C475" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="476" spans="1:3">
+      <c r="A476" s="1" t="inlineStr">
+        <is>
+          <t>9789752750081</t>
+        </is>
+      </c>
+      <c r="B476" s="1" t="inlineStr">
+        <is>
+          <t>Aura ve Çakra Kullanma Kılavuzu</t>
+        </is>
+      </c>
+      <c r="C476" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="477" spans="1:3">
+      <c r="A477" s="1" t="inlineStr">
+        <is>
+          <t>9789752751965</t>
+        </is>
+      </c>
+      <c r="B477" s="1" t="inlineStr">
+        <is>
+          <t>Aslı ve Sureti</t>
+        </is>
+      </c>
+      <c r="C477" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="478" spans="1:3">
+      <c r="A478" s="1" t="inlineStr">
+        <is>
+          <t>9789752751699</t>
+        </is>
+      </c>
+      <c r="B478" s="1" t="inlineStr">
+        <is>
+          <t>Aç Olan Bedenin Değil Duyguların</t>
+        </is>
+      </c>
+      <c r="C478" s="1">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="479" spans="1:3">
+      <c r="A479" s="1" t="inlineStr">
+        <is>
+          <t>9789752751231</t>
+        </is>
+      </c>
+      <c r="B479" s="1" t="inlineStr">
+        <is>
+          <t>150 Yıl Yaşayabiliriz</t>
+        </is>
+      </c>
+      <c r="C479" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="480" spans="1:3">
+      <c r="A480" s="1" t="inlineStr">
+        <is>
+          <t>9789752750586</t>
+        </is>
+      </c>
+      <c r="B480" s="1" t="inlineStr">
+        <is>
+          <t>1440 Dakika Zaman Yönetimi</t>
+        </is>
+      </c>
+      <c r="C480" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="481" spans="1:3">
+      <c r="A481" s="1" t="inlineStr">
+        <is>
+          <t>9789752751927</t>
+        </is>
+      </c>
+      <c r="B481" s="1" t="inlineStr">
+        <is>
+          <t>Sayılarla İyileşme</t>
+        </is>
+      </c>
+      <c r="C481" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="482" spans="1:3">
+      <c r="A482" s="1" t="inlineStr">
+        <is>
+          <t>9789752751118</t>
+        </is>
+      </c>
+      <c r="B482" s="1" t="inlineStr">
+        <is>
+          <t>Sağlık Olsun</t>
+        </is>
+      </c>
+      <c r="C482" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="483" spans="1:3">
+      <c r="A483" s="1" t="inlineStr">
+        <is>
+          <t>9789752751132</t>
+        </is>
+      </c>
+      <c r="B483" s="1" t="inlineStr">
+        <is>
+          <t>Piki Bedenin Bilgeliği</t>
+        </is>
+      </c>
+      <c r="C483" s="1">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="484" spans="1:3">
+      <c r="A484" s="1" t="inlineStr">
+        <is>
+          <t>9789752750593</t>
+        </is>
+      </c>
+      <c r="B484" s="1" t="inlineStr">
+        <is>
+          <t>Pazartesi Rejime Başlıyorum!</t>
+        </is>
+      </c>
+      <c r="C484" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="485" spans="1:3">
+      <c r="A485" s="1" t="inlineStr">
+        <is>
+          <t>9789752750609</t>
+        </is>
+      </c>
+      <c r="B485" s="1" t="inlineStr">
+        <is>
+          <t>Özsaygı - Öncelikler Listende Kaçıncı Sıradasın?</t>
+        </is>
+      </c>
+      <c r="C485" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="486" spans="1:3">
+      <c r="A486" s="1" t="inlineStr">
+        <is>
+          <t>9789752750128</t>
+        </is>
+      </c>
+      <c r="B486" s="1" t="inlineStr">
+        <is>
+          <t>Optimal Düşünce</t>
+        </is>
+      </c>
+      <c r="C486" s="1">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="487" spans="1:3">
+      <c r="A487" s="1" t="inlineStr">
+        <is>
+          <t>9789752750913</t>
+        </is>
+      </c>
+      <c r="B487" s="1" t="inlineStr">
+        <is>
+          <t>NLP ile Satış ve Pazarlama</t>
+        </is>
+      </c>
+      <c r="C487" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="488" spans="1:3">
+      <c r="A488" s="1" t="inlineStr">
+        <is>
+          <t>9789756744277</t>
+        </is>
+      </c>
+      <c r="B488" s="1" t="inlineStr">
+        <is>
+          <t>Mutluluk Kitabı</t>
+        </is>
+      </c>
+      <c r="C488" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="489" spans="1:3">
+      <c r="A489" s="1" t="inlineStr">
+        <is>
+          <t>9789752751507</t>
+        </is>
+      </c>
+      <c r="B489" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Yeşil Affediş Kitabı (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C489" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="490" spans="1:3">
+      <c r="A490" s="1" t="inlineStr">
+        <is>
+          <t>9789752751255</t>
+        </is>
+      </c>
+      <c r="B490" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Turuncu Şimdi Kitabı (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C490" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="491" spans="1:3">
+      <c r="A491" s="1" t="inlineStr">
+        <is>
+          <t>9789752751569</t>
+        </is>
+      </c>
+      <c r="B491" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Renkli Dilek Kitabı (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C491" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="492" spans="1:3">
+      <c r="A492" s="1" t="inlineStr">
+        <is>
+          <t>9789752751590</t>
+        </is>
+      </c>
+      <c r="B492" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Pembe Mutluluk Kitabı</t>
+        </is>
+      </c>
+      <c r="C492" s="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="493" spans="1:3">
+      <c r="A493" s="1" t="inlineStr">
+        <is>
+          <t>9789752751262</t>
+        </is>
+      </c>
+      <c r="B493" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Mor Yüzleşme Kitabı</t>
+        </is>
+      </c>
+      <c r="C493" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="494" spans="1:3">
+      <c r="A494" s="1" t="inlineStr">
+        <is>
+          <t>9789752751347</t>
+        </is>
+      </c>
+      <c r="B494" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Mavi Empati Kitabı - Duygu Dilini Anlamak</t>
+        </is>
+      </c>
+      <c r="C494" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="495" spans="1:3">
+      <c r="A495" s="1" t="inlineStr">
+        <is>
+          <t>9789752751224</t>
+        </is>
+      </c>
+      <c r="B495" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Kırmızı Aşk Kitabı (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C495" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="496" spans="1:3">
+      <c r="A496" s="1" t="inlineStr">
+        <is>
+          <t>9789752751903</t>
+        </is>
+      </c>
+      <c r="B496" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Ebruli Enerji Kitabı (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C496" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="497" spans="1:3">
+      <c r="A497" s="1" t="inlineStr">
+        <is>
+          <t>9789752752306</t>
+        </is>
+      </c>
+      <c r="B497" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Beyaz Şifa Kitabı (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C497" s="1">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="498" spans="1:3">
+      <c r="A498" s="1" t="inlineStr">
+        <is>
+          <t>9789752750203</t>
+        </is>
+      </c>
+      <c r="B498" s="1" t="inlineStr">
+        <is>
+          <t>Kuraldışı ve Ötesi</t>
+        </is>
+      </c>
+      <c r="C498" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="499" spans="1:3">
+      <c r="A499" s="1" t="inlineStr">
+        <is>
+          <t>9789752751125</t>
+        </is>
+      </c>
+      <c r="B499" s="1" t="inlineStr">
+        <is>
+          <t>Kim Olmak İstiyorsun</t>
+        </is>
+      </c>
+      <c r="C499" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="500" spans="1:3">
+      <c r="A500" s="1" t="inlineStr">
+        <is>
+          <t>9789752751958</t>
+        </is>
+      </c>
+      <c r="B500" s="1" t="inlineStr">
+        <is>
+          <t>Kendini İçinde Ara</t>
+        </is>
+      </c>
+      <c r="C500" s="1">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="501" spans="1:3">
+      <c r="A501" s="1" t="inlineStr">
+        <is>
+          <t>9789757146131</t>
+        </is>
+      </c>
+      <c r="B501" s="1" t="inlineStr">
+        <is>
+          <t>Kendin Olmak İpler Kimin Elinde</t>
+        </is>
+      </c>
+      <c r="C501" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="502" spans="1:3">
+      <c r="A502" s="1" t="inlineStr">
+        <is>
+          <t>9789752751736</t>
+        </is>
+      </c>
+      <c r="B502" s="1" t="inlineStr">
+        <is>
+          <t>Kalahari Öğretisi</t>
+        </is>
+      </c>
+      <c r="C502" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="503" spans="1:3">
+      <c r="A503" s="1" t="inlineStr">
+        <is>
+          <t>9789752750180</t>
+        </is>
+      </c>
+      <c r="B503" s="1" t="inlineStr">
+        <is>
+          <t>Kadınlar ve Erkekler Nasıl Anlaşırlar</t>
+        </is>
+      </c>
+      <c r="C503" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="504" spans="1:3">
+      <c r="A504" s="1" t="inlineStr">
+        <is>
+          <t>9789752751682</t>
+        </is>
+      </c>
+      <c r="B504" s="1" t="inlineStr">
+        <is>
+          <t>Kaç Kiloya Programlısın</t>
+        </is>
+      </c>
+      <c r="C504" s="1">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="505" spans="1:3">
+      <c r="A505" s="1" t="inlineStr">
+        <is>
+          <t>9789752751705</t>
+        </is>
+      </c>
+      <c r="B505" s="1" t="inlineStr">
+        <is>
+          <t>İyileşmeyecek Hastalık Yoktur</t>
+        </is>
+      </c>
+      <c r="C505" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="506" spans="1:3">
+      <c r="A506" s="1" t="inlineStr">
+        <is>
+          <t>9789756744185</t>
+        </is>
+      </c>
+      <c r="B506" s="1" t="inlineStr">
+        <is>
+          <t>İnsan Olmanın Psikolojisi</t>
+        </is>
+      </c>
+      <c r="C506" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="507" spans="1:3">
+      <c r="A507" s="1" t="inlineStr">
+        <is>
+          <t>9789752750999</t>
+        </is>
+      </c>
+      <c r="B507" s="1" t="inlineStr">
+        <is>
+          <t>İnancın Biyolojisi</t>
+        </is>
+      </c>
+      <c r="C507" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="508" spans="1:3">
+      <c r="A508" s="1" t="inlineStr">
+        <is>
+          <t>9789752750159</t>
+        </is>
+      </c>
+      <c r="B508" s="1" t="inlineStr">
+        <is>
+          <t>İletişimde Ustalaşmak</t>
+        </is>
+      </c>
+      <c r="C508" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="509" spans="1:3">
+      <c r="A509" s="1" t="inlineStr">
+        <is>
+          <t>9789752750883</t>
+        </is>
+      </c>
+      <c r="B509" s="1" t="inlineStr">
+        <is>
+          <t>İçimizdeki Şaman Duyguların Simyası</t>
+        </is>
+      </c>
+      <c r="C509" s="1">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="510" spans="1:3">
+      <c r="A510" s="1" t="inlineStr">
+        <is>
+          <t>9789752751484</t>
+        </is>
+      </c>
+      <c r="B510" s="1" t="inlineStr">
+        <is>
+          <t>Her Şey Su ile Başladı</t>
+        </is>
+      </c>
+      <c r="C510" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="511" spans="1:3">
+      <c r="A511" s="1" t="inlineStr">
+        <is>
+          <t>9789752751019</t>
+        </is>
+      </c>
+      <c r="B511" s="1" t="inlineStr">
+        <is>
+          <t>Farkındalığın Mucizesi</t>
+        </is>
+      </c>
+      <c r="C511" s="1">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="512" spans="1:3">
+      <c r="A512" s="1" t="inlineStr">
+        <is>
+          <t>9789752751804</t>
+        </is>
+      </c>
+      <c r="B512" s="1" t="inlineStr">
+        <is>
+          <t>Farkında Abla Cennet Yolunda</t>
+        </is>
+      </c>
+      <c r="C512" s="1">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="513" spans="1:3">
+      <c r="A513" s="1" t="inlineStr">
+        <is>
+          <t>9789752751798</t>
+        </is>
+      </c>
+      <c r="B513" s="1" t="inlineStr">
+        <is>
+          <t>Farkında Abla Aydınlanma Yolunda</t>
+        </is>
+      </c>
+      <c r="C513" s="1">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="514" spans="1:3">
+      <c r="A514" s="1" t="inlineStr">
+        <is>
+          <t>9789752751996</t>
+        </is>
+      </c>
+      <c r="B514" s="1" t="inlineStr">
+        <is>
+          <t>Emdr Terapisi Teknikleri ile Acı Anıları Silmek</t>
+        </is>
+      </c>
+      <c r="C514" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="515" spans="1:3">
+      <c r="A515" s="1" t="inlineStr">
+        <is>
+          <t>9789752751064</t>
+        </is>
+      </c>
+      <c r="B515" s="1" t="inlineStr">
+        <is>
+          <t>Doğmamış Çocuğun Gizli Yaşamı</t>
+        </is>
+      </c>
+      <c r="C515" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="516" spans="1:3">
+      <c r="A516" s="1" t="inlineStr">
+        <is>
+          <t>9789752751866</t>
+        </is>
+      </c>
+      <c r="B516" s="1" t="inlineStr">
+        <is>
+          <t>Denemediğim Yol Kalmadı</t>
+        </is>
+      </c>
+      <c r="C516" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="517" spans="1:3">
+      <c r="A517" s="1" t="inlineStr">
+        <is>
+          <t>9789752750708</t>
+        </is>
+      </c>
+      <c r="B517" s="1" t="inlineStr">
+        <is>
+          <t>Çekim Yasası</t>
+        </is>
+      </c>
+      <c r="C517" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="518" spans="1:3">
+      <c r="A518" s="1" t="inlineStr">
+        <is>
+          <t>9789752751729</t>
+        </is>
+      </c>
+      <c r="B518" s="1" t="inlineStr">
+        <is>
+          <t>Bir Süper Modelin Dönüşümü</t>
+        </is>
+      </c>
+      <c r="C518" s="1">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="519" spans="1:3">
+      <c r="A519" s="1" t="inlineStr">
+        <is>
           <t>9789752752337</t>
         </is>
       </c>
-      <c r="B267" s="1" t="inlineStr">
+      <c r="B519" s="1" t="inlineStr">
         <is>
           <t>Bilinçaltı Zihninizin Gücü</t>
         </is>
       </c>
-      <c r="C267" s="1">
+      <c r="C519" s="1">
         <v>350</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>