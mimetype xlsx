--- v0 (2025-11-01)
+++ v1 (2025-12-16)
@@ -85,1105 +85,1285 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9789752024006</t>
+          <t>9789752025004</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Müessir Ceza Hukuku Genel Hükümler</t>
+          <t>Müessir Medeni Hukuk Soru Bankası</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>405</v>
+        <v>600</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9789752024005</t>
+          <t>9789752025007</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Müessir Borçlar Hukuku</t>
+          <t>Müessir Medeni Usul Hukuku Soru Bankası</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>495</v>
+        <v>490</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259795584</t>
+          <t>9789752024007</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Müessir İdari Hakimlik Denemeleri - 2025 Çözümlü 5 Deneme</t>
+          <t>Müessir Medeni Usul Hukuku</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>800</v>
+        <v>465</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9789782025188</t>
+          <t>9789752024004</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Müessir Adli Hakimlik Denemeleri - 2025 Karekod Çözümlü 5 Deneme</t>
+          <t>Müessir Medeni Hukuk</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>600</v>
+        <v>585</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259795577</t>
+          <t>9789752025003</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Müessir Adli Hakimlik Denemeleri - 2025 Çözümlü 5 Deneme</t>
+          <t>Müessir İdari Yargılama Hukuku Soru Bankası</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>800</v>
+        <v>450</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259795560</t>
+          <t>9789752025015</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Müessir HMGS Çözümlü 5 Deneme</t>
+          <t>Müessir İdari Hakimlik Ticaret Hukuku Soru Bankası</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>800</v>
+        <v>550</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789752024002</t>
+          <t>9789752025002</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Müessir İdare Hukuku</t>
+          <t>Müessir İdare Hukuku Soru Bankası</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>660</v>
+        <v>690</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786059637138</t>
+          <t>9789752025009</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Tarih Notları 2017</t>
+          <t>Müessir İcra ve İflas Hukuku Soru Bankası</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>563</v>
+        <v>600</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786059637961</t>
+          <t>9789752025008</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Kaymakamlık - Özgün Sorular</t>
+          <t>Müessir Ceza Hukuku Özel Hükümler ve Ceza Muhakemesi Hukuku Soru Bankası</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>1800</v>
+        <v>690</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789782025244</t>
+          <t>9789752025006</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Müessir İcra Müdürlüğü ve Müdür Yardımcılığı Sınavına Hazırlık Seti</t>
+          <t>Müessir Ceza Hukuku Genel Hükümler Soru Bankası</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>2500</v>
+        <v>440</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789752025012</t>
+          <t>9789752025005</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Müessir Vergi Hukuku Vergi Usul Hukuku ve Türk Vergi Sistemi</t>
+          <t>Müessir Borçlar Hukuku Soru Bankası</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>750</v>
+        <v>600</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789752025016</t>
+          <t>9789752025001</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Müessir İdari Hakimlik ve İdari yargı Ön Sınavı için Ceza Muhakemesi Hukuku</t>
+          <t>Müessir Anayasa Hukuku Soru Bankası</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>500</v>
+        <v>990</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259795553</t>
+          <t>9789752024006</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Müessir İdari Hakimlik Çıkmış Soru Bankası (Ciltli)</t>
+          <t>Müessir Ceza Hukuku Genel Hükümler</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>6250</v>
+        <v>405</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259795546</t>
+          <t>9789752024005</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Müessir Adli Hakimlik Çıkmış Soru Bankası (Ciltli)</t>
+          <t>Müessir Borçlar Hukuku</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>6790</v>
+        <v>495</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786059637978</t>
+          <t>9786259795584</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>THEMIS Kaymakamlık Soru Kitabı</t>
+          <t>Müessir İdari Hakimlik Denemeleri - 2025 Çözümlü 5 Deneme</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>956</v>
+        <v>800</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786059637329</t>
+          <t>9789782025188</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Temel Ceza Mevzuatı (Ciltli)</t>
+          <t>Müessir Adli Hakimlik Denemeleri - 2025 Karekod Çözümlü 5 Deneme</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>294</v>
+        <v>600</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786059637237</t>
+          <t>9786259795577</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Temel Ticari Mevzuat</t>
+          <t>Müessir Adli Hakimlik Denemeleri - 2025 Çözümlü 5 Deneme</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>225</v>
+        <v>800</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786059637435</t>
+          <t>9786259795560</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Türk Medeni Kanunu - Türk Borçlar Kanunu</t>
+          <t>Müessir HMGS Çözümlü 5 Deneme</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>113</v>
+        <v>800</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786059637268</t>
+          <t>9789752024002</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Temel Usul Hukuku Mevzuatı</t>
+          <t>Müessir İdare Hukuku</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>225</v>
+        <v>660</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786059637183</t>
+          <t>9786059637138</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Temel Özel Hukuk Mevzuatı TMK-TBK</t>
+          <t>Tarih Notları 2017</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>240</v>
+        <v>563</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789752024008</t>
+          <t>9786059637961</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Müessir Ceza Hukuku Özel Hükümler ve Ceza Muhakemesi Hukuku</t>
+          <t>Kaymakamlık - Özgün Sorular</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>440</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789752024009</t>
+          <t>9789782025244</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Müessir İcra ve İflas Hukuku Orijinal Soru Bankası</t>
+          <t>Müessir İcra Müdürlüğü ve Müdür Yardımcılığı Sınavına Hazırlık Seti</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>440</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789752024011</t>
+          <t>9789752025012</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Müessir İş Hukuku</t>
+          <t>Müessir Vergi Hukuku Vergi Usul Hukuku ve Türk Vergi Sistemi</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>300</v>
+        <v>750</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789752024001</t>
+          <t>9789752025016</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Müessir Anayasa Hukuku</t>
+          <t>Müessir İdari Hakimlik ve İdari yargı Ön Sınavı için Ceza Muhakemesi Hukuku</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>930</v>
+        <v>500</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786259795539</t>
+          <t>9786259795553</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Müessir Adli Hakimlik Denemeleri- 2024 Çözümlü 5 Deneme</t>
+          <t>Müessir İdari Hakimlik Çıkmış Soru Bankası (Ciltli)</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>650</v>
+        <v>6250</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789752024003</t>
+          <t>9786259795546</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Müessir İdari Yargılama Hukuku</t>
+          <t>Müessir Adli Hakimlik Çıkmış Soru Bankası (Ciltli)</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>300</v>
+        <v>6790</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786059637992</t>
+          <t>9786059637978</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Müessir İdari Hakimlik Çıkmış Soru Bankası Seti</t>
+          <t>THEMIS Kaymakamlık Soru Kitabı</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>3400</v>
+        <v>956</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786059637985</t>
+          <t>9786059637329</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Müessir Adli Hakimlik Çıkmış Soru Bankası Seti</t>
+          <t>Temel Ceza Mevzuatı (Ciltli)</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>3750</v>
+        <v>294</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786059637091</t>
+          <t>9786059637237</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Themis - Ticari İşletme Hukuku (Ticaret Hukuku Özet Cilt 1)</t>
+          <t>Temel Ticari Mevzuat</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>428</v>
+        <v>225</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789222024116</t>
+          <t>9786059637435</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Müessir İdari Hakimlik Denemeleri Karekod Çözümlü</t>
+          <t>Türk Medeni Kanunu - Türk Borçlar Kanunu</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>450</v>
+        <v>113</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786259795522</t>
+          <t>9786059637268</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Müessir İdari Hakimlik Denemeleri-2024 Çözümlü 5 Deneme</t>
+          <t>Temel Usul Hukuku Mevzuatı</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>650</v>
+        <v>225</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789222024117</t>
+          <t>9786059637183</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Müessir Adli Hakimlik Denemeleri- 2024 Karekod Cözümlü</t>
+          <t>Temel Özel Hukuk Mevzuatı TMK-TBK</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>450</v>
+        <v>240</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789752024012</t>
+          <t>9789752024008</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Müessir Vergi Hukuku Vergi Usul Hukuku ve Türk Vergi Sistemi</t>
+          <t>Müessir Ceza Hukuku Özel Hükümler ve Ceza Muhakemesi Hukuku</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>470</v>
+        <v>660</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789752024010</t>
+          <t>9789752024009</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Müessir Ticaret Hukuku</t>
+          <t>Müessir İcra ve İflas Hukuku Orijinal Soru Bankası</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>780</v>
+        <v>660</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786259795515</t>
+          <t>9789752024011</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Müessir Adli-İdari Hakimlik Çıkmış Soru Bankası Milletlerarası Hukuk</t>
+          <t>Müessir İş Hukuku</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>380</v>
+        <v>300</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789222024208</t>
+          <t>9789752024001</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Müessir İdari Yargı Ön Sınavı (İYÖS) 5 Deneme Karekod Çözümlü</t>
+          <t>Müessir Anayasa Hukuku</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>420</v>
+        <v>930</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786259795508</t>
+          <t>9786259795539</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Müessir Hukuk Mesleklerine Giriş Sınavına (HMGS) Çözümlü 5 Deneme</t>
+          <t>Müessir Adli Hakimlik Denemeleri- 2024 Çözümlü 5 Deneme</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>600</v>
+        <v>650</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786059637947</t>
+          <t>9789752024003</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Themis 2020 KPSS A ve Diğer Kurum Sınavları İçin Muhasebe 10 Çözümlü ve Açıklamalı Deneme Sınavı</t>
+          <t>Müessir İdari Yargılama Hukuku</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>819</v>
+        <v>300</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786059637916</t>
+          <t>9786059637992</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Justice Adli Hakimlik Özgün Sorular (2 Cilt Takım)</t>
+          <t>Müessir İdari Hakimlik Çıkmış Soru Bankası Seti</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>2699</v>
+        <v>3400</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786059637787</t>
+          <t>9786059637985</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>KPSS Muhasebe Tamamı Çözümlü Çıkmış Sınav Soruları</t>
+          <t>Müessir Adli Hakimlik Çıkmış Soru Bankası Seti</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>998</v>
+        <v>3750</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786059637923</t>
+          <t>9786059637091</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Justice İdari Hakimlik Özgün Sorular (2 Cilt Takım)</t>
+          <t>Themis - Ticari İşletme Hukuku (Ticaret Hukuku Özet Cilt 1)</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>2457</v>
+        <v>428</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786059637749</t>
+          <t>9789222024116</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Tensip - Adli ve İdari Hakimlik Tamamı Çözümlü Çıkmış Sorular</t>
+          <t>Müessir İdari Hakimlik Denemeleri Karekod Çözümlü</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>815</v>
+        <v>450</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786059637541</t>
+          <t>9786259795522</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Tensip Anayasa Hukuku - Adli ve İdari Hakimlik Tamamı Çözümlü Çıkmış Sorular</t>
+          <t>Müessir İdari Hakimlik Denemeleri-2024 Çözümlü 5 Deneme</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>191</v>
+        <v>650</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786059637558</t>
+          <t>9789222024117</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Borçlar Hukuku - Tensip Adli ve İdari Hakimlik Tamamı Çözümlü Çıkmış Sorular</t>
+          <t>Müessir Adli Hakimlik Denemeleri- 2024 Karekod Cözümlü</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>383</v>
+        <v>450</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786059637626</t>
+          <t>9789752024012</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Tensip İdari Yargılama Hukuku - Adli ve İdari Hakimlik Tamamı Çözümlü Çıkmış Sorular</t>
+          <t>Müessir Vergi Hukuku Vergi Usul Hukuku ve Türk Vergi Sistemi</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>98</v>
+        <v>470</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786059637589</t>
+          <t>9789752024010</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Tensip İdare Hukuku - Adli ve İdari Hakimlik Tamamı Çözümlü Çıkmış Sorular</t>
+          <t>Müessir Ticaret Hukuku</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>191</v>
+        <v>780</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786059637640</t>
+          <t>9786259795515</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Tensip Vergi Hukuku-Maliye-İktisat - Adli ve İdari Hakimlik Tamamı Çözümlü Çıkmış Sorular</t>
+          <t>Müessir Adli-İdari Hakimlik Çıkmış Soru Bankası Milletlerarası Hukuk</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>336</v>
+        <v>380</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786059637596</t>
+          <t>9789222024208</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Ticaret Hukuku - Tensip Adli ve İdari Hakimlik Tamamı Çözümlü Çıkmış Sorular</t>
+          <t>Müessir İdari Yargı Ön Sınavı (İYÖS) 5 Deneme Karekod Çözümlü</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>311</v>
+        <v>420</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786059637633</t>
+          <t>9786259795508</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>İcra ve İflas Hukuku Tensip - Adli ve İdari Hakimlik Tamamı Çözümlü Çıkmış Sorular</t>
+          <t>Müessir Hukuk Mesleklerine Giriş Sınavına (HMGS) Çözümlü 5 Deneme</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>336</v>
+        <v>600</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786059637572</t>
+          <t>9786059637947</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesi Hukuku Tensip - Adli ve İdari Hakimlik Tamamı Çözümlü Çıkmış Sorular</t>
+          <t>Themis 2020 KPSS A ve Diğer Kurum Sınavları İçin Muhasebe 10 Çözümlü ve Açıklamalı Deneme Sınavı</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>273</v>
+        <v>819</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786059637602</t>
+          <t>9786059637916</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Tensip Medeni Usul Hukuku - Adli ve İdari Hakimlik Tamamı Çözümlü Çıkmış Sorular</t>
+          <t>Justice Adli Hakimlik Özgün Sorular (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>240</v>
+        <v>2699</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786059637619</t>
+          <t>9786059637787</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Medeni Hukuk Tensip - Adli ve İdari Hakimlik Tamamı Çözümlü Çıkmış Sorular</t>
+          <t>KPSS Muhasebe Tamamı Çözümlü Çıkmış Sınav Soruları</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>383</v>
+        <v>998</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786059637565</t>
+          <t>9786059637923</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Ceza Hukuku Tensip - Adli ve İdari Hakimlik Tamamı Çözümlü Çıkmış Sorular</t>
+          <t>Justice İdari Hakimlik Özgün Sorular (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>285</v>
+        <v>2457</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786059637510</t>
+          <t>9786059637749</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Themis KPSS Hukuk Soruları (Ciltli)</t>
+          <t>Tensip - Adli ve İdari Hakimlik Tamamı Çözümlü Çıkmış Sorular</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>1499</v>
+        <v>815</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786059637756</t>
+          <t>9786059637541</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Themis Muhasebe - Açıklamalı Özgün Soru Bankası</t>
+          <t>Tensip Anayasa Hukuku - Adli ve İdari Hakimlik Tamamı Çözümlü Çıkmış Sorular</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>942</v>
+        <v>191</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786059637930</t>
+          <t>9786059637558</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Etkin Genel Yetenek - Genel Kültür Çıkmış Soru Bankası</t>
+          <t>Borçlar Hukuku - Tensip Adli ve İdari Hakimlik Tamamı Çözümlü Çıkmış Sorular</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>725</v>
+        <v>383</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786059637770</t>
+          <t>9786059637626</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Sınav Mevzuatı Cilt 2</t>
+          <t>Tensip İdari Yargılama Hukuku - Adli ve İdari Hakimlik Tamamı Çözümlü Çıkmış Sorular</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>669</v>
+        <v>98</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786059637763</t>
+          <t>9786059637589</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Themis Ceza Hukuku Genel Hükümler Medeni Usul Hukuku</t>
+          <t>Tensip İdare Hukuku - Adli ve İdari Hakimlik Tamamı Çözümlü Çıkmış Sorular</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>858</v>
+        <v>191</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786059637725</t>
+          <t>9786059637640</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Themis Tarihin Özeti (Ciltli)</t>
+          <t>Tensip Vergi Hukuku-Maliye-İktisat - Adli ve İdari Hakimlik Tamamı Çözümlü Çıkmış Sorular</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>672</v>
+        <v>336</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786059637718</t>
+          <t>9786059637596</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Sınav Mevzuatı Cilt 1 (Ciltli)</t>
+          <t>Ticaret Hukuku - Tensip Adli ve İdari Hakimlik Tamamı Çözümlü Çıkmış Sorular</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>1035</v>
+        <v>311</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786059637534</t>
+          <t>9786059637633</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Themis - Türkiye’nin İdari Yapısı ve Kamu Görevlileri (Ciltli)</t>
+          <t>İcra ve İflas Hukuku Tensip - Adli ve İdari Hakimlik Tamamı Çözümlü Çıkmış Sorular</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>432</v>
+        <v>336</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786059637428</t>
+          <t>9786059637572</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Türk Borçlar Kanunu</t>
+          <t>Ceza Muhakemesi Hukuku Tensip - Adli ve İdari Hakimlik Tamamı Çözümlü Çıkmış Sorular</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>83</v>
+        <v>273</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786059637411</t>
+          <t>9786059637602</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Türk Medeni Kanunu</t>
+          <t>Tensip Medeni Usul Hukuku - Adli ve İdari Hakimlik Tamamı Çözümlü Çıkmış Sorular</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>90</v>
+        <v>240</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786059637442</t>
+          <t>9786059637619</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>İdari Yargılama Usulü Kanunu</t>
+          <t>Medeni Hukuk Tensip - Adli ve İdari Hakimlik Tamamı Çözümlü Çıkmış Sorular</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>50</v>
+        <v>383</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786059637466</t>
+          <t>9786059637565</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesi Kanunu ve İlgili Mevzuat</t>
+          <t>Ceza Hukuku Tensip - Adli ve İdari Hakimlik Tamamı Çözümlü Çıkmış Sorular</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>83</v>
+        <v>285</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786059637404</t>
+          <t>9786059637510</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Kamu İhale Usulleri</t>
+          <t>Themis KPSS Hukuk Soruları (Ciltli)</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>654</v>
+        <v>1499</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786059637350</t>
+          <t>9786059637756</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Sermaye Piyasası Mevzuatı</t>
+          <t>Themis Muhasebe - Açıklamalı Özgün Soru Bankası</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>383</v>
+        <v>942</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786059637305</t>
+          <t>9786059637930</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Tensip Adli ve İdari Hakimlik Tamamı Çözümlü Çıkmış Sorular (11 Kitap Takım)</t>
+          <t>Etkin Genel Yetenek - Genel Kültür Çıkmış Soru Bankası</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>2700</v>
+        <v>725</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786059637282</t>
+          <t>9786059637770</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Temel Vergi Mevzuatı (Ciltli)</t>
+          <t>Sınav Mevzuatı Cilt 2</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>390</v>
+        <v>669</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786059637176</t>
+          <t>9786059637763</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Temel Takip Hukuku Mevzuatı - Litai Mevzuat Dizisi-5</t>
+          <t>Themis Ceza Hukuku Genel Hükümler Medeni Usul Hukuku</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>185</v>
+        <v>858</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
+          <t>9786059637725</t>
+        </is>
+      </c>
+      <c r="B72" s="1" t="inlineStr">
+        <is>
+          <t>Themis Tarihin Özeti (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C72" s="1">
+        <v>672</v>
+      </c>
+    </row>
+    <row r="73" spans="1:3">
+      <c r="A73" s="1" t="inlineStr">
+        <is>
+          <t>9786059637718</t>
+        </is>
+      </c>
+      <c r="B73" s="1" t="inlineStr">
+        <is>
+          <t>Sınav Mevzuatı Cilt 1 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C73" s="1">
+        <v>1035</v>
+      </c>
+    </row>
+    <row r="74" spans="1:3">
+      <c r="A74" s="1" t="inlineStr">
+        <is>
+          <t>9786059637534</t>
+        </is>
+      </c>
+      <c r="B74" s="1" t="inlineStr">
+        <is>
+          <t>Themis - Türkiye’nin İdari Yapısı ve Kamu Görevlileri (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C74" s="1">
+        <v>432</v>
+      </c>
+    </row>
+    <row r="75" spans="1:3">
+      <c r="A75" s="1" t="inlineStr">
+        <is>
+          <t>9786059637428</t>
+        </is>
+      </c>
+      <c r="B75" s="1" t="inlineStr">
+        <is>
+          <t>Türk Borçlar Kanunu</t>
+        </is>
+      </c>
+      <c r="C75" s="1">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="76" spans="1:3">
+      <c r="A76" s="1" t="inlineStr">
+        <is>
+          <t>9786059637411</t>
+        </is>
+      </c>
+      <c r="B76" s="1" t="inlineStr">
+        <is>
+          <t>Türk Medeni Kanunu</t>
+        </is>
+      </c>
+      <c r="C76" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="77" spans="1:3">
+      <c r="A77" s="1" t="inlineStr">
+        <is>
+          <t>9786059637442</t>
+        </is>
+      </c>
+      <c r="B77" s="1" t="inlineStr">
+        <is>
+          <t>İdari Yargılama Usulü Kanunu</t>
+        </is>
+      </c>
+      <c r="C77" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="78" spans="1:3">
+      <c r="A78" s="1" t="inlineStr">
+        <is>
+          <t>9786059637466</t>
+        </is>
+      </c>
+      <c r="B78" s="1" t="inlineStr">
+        <is>
+          <t>Ceza Muhakemesi Kanunu ve İlgili Mevzuat</t>
+        </is>
+      </c>
+      <c r="C78" s="1">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="79" spans="1:3">
+      <c r="A79" s="1" t="inlineStr">
+        <is>
+          <t>9786059637404</t>
+        </is>
+      </c>
+      <c r="B79" s="1" t="inlineStr">
+        <is>
+          <t>Kamu İhale Usulleri</t>
+        </is>
+      </c>
+      <c r="C79" s="1">
+        <v>654</v>
+      </c>
+    </row>
+    <row r="80" spans="1:3">
+      <c r="A80" s="1" t="inlineStr">
+        <is>
+          <t>9786059637350</t>
+        </is>
+      </c>
+      <c r="B80" s="1" t="inlineStr">
+        <is>
+          <t>Sermaye Piyasası Mevzuatı</t>
+        </is>
+      </c>
+      <c r="C80" s="1">
+        <v>383</v>
+      </c>
+    </row>
+    <row r="81" spans="1:3">
+      <c r="A81" s="1" t="inlineStr">
+        <is>
+          <t>9786059637305</t>
+        </is>
+      </c>
+      <c r="B81" s="1" t="inlineStr">
+        <is>
+          <t>Tensip Adli ve İdari Hakimlik Tamamı Çözümlü Çıkmış Sorular (11 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C81" s="1">
+        <v>2700</v>
+      </c>
+    </row>
+    <row r="82" spans="1:3">
+      <c r="A82" s="1" t="inlineStr">
+        <is>
+          <t>9786059637282</t>
+        </is>
+      </c>
+      <c r="B82" s="1" t="inlineStr">
+        <is>
+          <t>Temel Vergi Mevzuatı (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C82" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="83" spans="1:3">
+      <c r="A83" s="1" t="inlineStr">
+        <is>
+          <t>9786059637176</t>
+        </is>
+      </c>
+      <c r="B83" s="1" t="inlineStr">
+        <is>
+          <t>Temel Takip Hukuku Mevzuatı - Litai Mevzuat Dizisi-5</t>
+        </is>
+      </c>
+      <c r="C83" s="1">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="84" spans="1:3">
+      <c r="A84" s="1" t="inlineStr">
+        <is>
           <t>9786059637213</t>
         </is>
       </c>
-      <c r="B72" s="1" t="inlineStr">
+      <c r="B84" s="1" t="inlineStr">
         <is>
           <t>Temel İdari Yargı Mevzuatı</t>
         </is>
       </c>
-      <c r="C72" s="1">
+      <c r="C84" s="1">
         <v>98</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>