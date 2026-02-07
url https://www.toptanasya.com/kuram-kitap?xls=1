--- v1 (2025-12-16)
+++ v2 (2026-02-07)
@@ -85,1285 +85,1360 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9789752025004</t>
+          <t>9789752024013</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Müessir Medeni Hukuk Soru Bankası</t>
+          <t>Müessir Maliye-İktisat</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>600</v>
+        <v>578</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9789752025007</t>
+          <t>9789222024218</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Müessir Medeni Usul Hukuku Soru Bankası</t>
+          <t>Müessir Hukuk Mesleklerine Giriş Sınavı (HMGS) 5 Deneme Karekod Çözümlü</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>490</v>
+        <v>462</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9789752024007</t>
+          <t>9786059637497</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Müessir Medeni Usul Hukuku</t>
+          <t>Themis Medeni Usul Hukuku</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>465</v>
+        <v>480</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9789752024004</t>
+          <t>9786059637473</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Müessir Medeni Hukuk</t>
+          <t>Türk Ceza Kanunu ve İlgili Mevzuat</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>585</v>
+        <v>66</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789752025003</t>
+          <t>9786059637244</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Müessir İdari Yargılama Hukuku Soru Bankası</t>
+          <t>Temel Milletlerarası Özel Hukuk Mevzuatı</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>450</v>
+        <v>162</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789752025015</t>
+          <t>9789752025004</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Müessir İdari Hakimlik Ticaret Hukuku Soru Bankası</t>
+          <t>Müessir Medeni Hukuk Soru Bankası</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>550</v>
+        <v>600</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789752025002</t>
+          <t>9789752025007</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Müessir İdare Hukuku Soru Bankası</t>
+          <t>Müessir Medeni Usul Hukuku Soru Bankası</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>690</v>
+        <v>490</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789752025009</t>
+          <t>9789752024007</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Müessir İcra ve İflas Hukuku Soru Bankası</t>
+          <t>Müessir Medeni Usul Hukuku</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>600</v>
+        <v>512</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789752025008</t>
+          <t>9789752024004</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Müessir Ceza Hukuku Özel Hükümler ve Ceza Muhakemesi Hukuku Soru Bankası</t>
+          <t>Müessir Medeni Hukuk</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>690</v>
+        <v>644</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789752025006</t>
+          <t>9789752025003</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Müessir Ceza Hukuku Genel Hükümler Soru Bankası</t>
+          <t>Müessir İdari Yargılama Hukuku Soru Bankası</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>440</v>
+        <v>495</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789752025005</t>
+          <t>9789752025015</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Müessir Borçlar Hukuku Soru Bankası</t>
+          <t>Müessir İdari Hakimlik Ticaret Hukuku Soru Bankası</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>600</v>
+        <v>605</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789752025001</t>
+          <t>9789752025002</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Müessir Anayasa Hukuku Soru Bankası</t>
+          <t>Müessir İdare Hukuku Soru Bankası</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>990</v>
+        <v>759</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789752024006</t>
+          <t>9789752025009</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Müessir Ceza Hukuku Genel Hükümler</t>
+          <t>Müessir İcra ve İflas Hukuku Soru Bankası</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>405</v>
+        <v>660</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789752024005</t>
+          <t>9789752025008</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Müessir Borçlar Hukuku</t>
+          <t>Müessir Ceza Hukuku Özel Hükümler ve Ceza Muhakemesi Hukuku Soru Bankası</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>495</v>
+        <v>759</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259795584</t>
+          <t>9789752025006</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Müessir İdari Hakimlik Denemeleri - 2025 Çözümlü 5 Deneme</t>
+          <t>Müessir Ceza Hukuku Genel Hükümler Soru Bankası</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>800</v>
+        <v>484</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789782025188</t>
+          <t>9789752025005</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Müessir Adli Hakimlik Denemeleri - 2025 Karekod Çözümlü 5 Deneme</t>
+          <t>Müessir Borçlar Hukuku Soru Bankası</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>600</v>
+        <v>660</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786259795577</t>
+          <t>9789752025001</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Müessir Adli Hakimlik Denemeleri - 2025 Çözümlü 5 Deneme</t>
+          <t>Müessir Anayasa Hukuku Soru Bankası</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>800</v>
+        <v>1089</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786259795560</t>
+          <t>9789752024006</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Müessir HMGS Çözümlü 5 Deneme</t>
+          <t>Müessir Ceza Hukuku Genel Hükümler</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>800</v>
+        <v>405</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789752024002</t>
+          <t>9789752024005</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Müessir İdare Hukuku</t>
+          <t>Müessir Borçlar Hukuku</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>660</v>
+        <v>495</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786059637138</t>
+          <t>9786259795584</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Tarih Notları 2017</t>
+          <t>Müessir İdari Hakimlik Denemeleri - 2025 Çözümlü 5 Deneme</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>563</v>
+        <v>880</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786059637961</t>
+          <t>9789782025188</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Kaymakamlık - Özgün Sorular</t>
+          <t>Müessir Adli Hakimlik Denemeleri - 2025 Karekod Çözümlü 5 Deneme</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>1800</v>
+        <v>660</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789782025244</t>
+          <t>9786259795577</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Müessir İcra Müdürlüğü ve Müdür Yardımcılığı Sınavına Hazırlık Seti</t>
+          <t>Müessir Adli Hakimlik Denemeleri - 2025 Çözümlü 5 Deneme</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>2500</v>
+        <v>880</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789752025012</t>
+          <t>9786259795560</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Müessir Vergi Hukuku Vergi Usul Hukuku ve Türk Vergi Sistemi</t>
+          <t>Müessir HMGS Çözümlü 5 Deneme</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>750</v>
+        <v>880</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789752025016</t>
+          <t>9789752024002</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Müessir İdari Hakimlik ve İdari yargı Ön Sınavı için Ceza Muhakemesi Hukuku</t>
+          <t>Müessir İdare Hukuku</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>500</v>
+        <v>726</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786259795553</t>
+          <t>9786059637138</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Müessir İdari Hakimlik Çıkmış Soru Bankası (Ciltli)</t>
+          <t>Tarih Notları 2017</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>6250</v>
+        <v>563</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786259795546</t>
+          <t>9786059637961</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Müessir Adli Hakimlik Çıkmış Soru Bankası (Ciltli)</t>
+          <t>Kaymakamlık - Özgün Sorular</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>6790</v>
+        <v>1980</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786059637978</t>
+          <t>9789782025244</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>THEMIS Kaymakamlık Soru Kitabı</t>
+          <t>Müessir İcra Müdürlüğü ve Müdür Yardımcılığı Sınavına Hazırlık Seti</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>956</v>
+        <v>2750</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786059637329</t>
+          <t>9789752025012</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Temel Ceza Mevzuatı (Ciltli)</t>
+          <t>Müessir Vergi Hukuku Vergi Usul Hukuku ve Türk Vergi Sistemi</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>294</v>
+        <v>825</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786059637237</t>
+          <t>9789752025016</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Temel Ticari Mevzuat</t>
+          <t>Müessir İdari Hakimlik ve İdari yargı Ön Sınavı için Ceza Muhakemesi Hukuku</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>225</v>
+        <v>550</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786059637435</t>
+          <t>9786259795553</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Türk Medeni Kanunu - Türk Borçlar Kanunu</t>
+          <t>Müessir İdari Hakimlik Çıkmış Soru Bankası (Ciltli)</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>113</v>
+        <v>6875</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786059637268</t>
+          <t>9786259795546</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Temel Usul Hukuku Mevzuatı</t>
+          <t>Müessir Adli Hakimlik Çıkmış Soru Bankası (Ciltli)</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>225</v>
+        <v>7469</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786059637183</t>
+          <t>9786059637978</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Temel Özel Hukuk Mevzuatı TMK-TBK</t>
+          <t>THEMIS Kaymakamlık Soru Kitabı</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>240</v>
+        <v>1051</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789752024008</t>
+          <t>9786059637329</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Müessir Ceza Hukuku Özel Hükümler ve Ceza Muhakemesi Hukuku</t>
+          <t>Temel Ceza Mevzuatı (Ciltli)</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>660</v>
+        <v>323</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789752024009</t>
+          <t>9786059637237</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Müessir İcra ve İflas Hukuku Orijinal Soru Bankası</t>
+          <t>Temel Ticari Mevzuat</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>660</v>
+        <v>248</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789752024011</t>
+          <t>9786059637435</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Müessir İş Hukuku</t>
+          <t>Türk Medeni Kanunu - Türk Borçlar Kanunu</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>300</v>
+        <v>124</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789752024001</t>
+          <t>9786059637268</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Müessir Anayasa Hukuku</t>
+          <t>Temel Usul Hukuku Mevzuatı</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>930</v>
+        <v>248</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786259795539</t>
+          <t>9786059637183</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Müessir Adli Hakimlik Denemeleri- 2024 Çözümlü 5 Deneme</t>
+          <t>Temel Özel Hukuk Mevzuatı TMK-TBK</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>650</v>
+        <v>264</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789752024003</t>
+          <t>9789752024008</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Müessir İdari Yargılama Hukuku</t>
+          <t>Müessir Ceza Hukuku Özel Hükümler ve Ceza Muhakemesi Hukuku</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>300</v>
+        <v>726</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786059637992</t>
+          <t>9789752024009</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Müessir İdari Hakimlik Çıkmış Soru Bankası Seti</t>
+          <t>Müessir İcra ve İflas Hukuku Orijinal Soru Bankası</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>3400</v>
+        <v>660</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786059637985</t>
+          <t>9789752024011</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Müessir Adli Hakimlik Çıkmış Soru Bankası Seti</t>
+          <t>Müessir İş Hukuku</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>3750</v>
+        <v>300</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786059637091</t>
+          <t>9789752024001</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Themis - Ticari İşletme Hukuku (Ticaret Hukuku Özet Cilt 1)</t>
+          <t>Müessir Anayasa Hukuku</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>428</v>
+        <v>1023</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789222024116</t>
+          <t>9786259795539</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Müessir İdari Hakimlik Denemeleri Karekod Çözümlü</t>
+          <t>Müessir Adli Hakimlik Denemeleri- 2024 Çözümlü 5 Deneme</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>450</v>
+        <v>715</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786259795522</t>
+          <t>9789752024003</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Müessir İdari Hakimlik Denemeleri-2024 Çözümlü 5 Deneme</t>
+          <t>Müessir İdari Yargılama Hukuku</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>650</v>
+        <v>495</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789222024117</t>
+          <t>9786059637992</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Müessir Adli Hakimlik Denemeleri- 2024 Karekod Cözümlü</t>
+          <t>Müessir İdari Hakimlik Çıkmış Soru Bankası Seti</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>450</v>
+        <v>3400</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789752024012</t>
+          <t>9786059637985</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Müessir Vergi Hukuku Vergi Usul Hukuku ve Türk Vergi Sistemi</t>
+          <t>Müessir Adli Hakimlik Çıkmış Soru Bankası Seti</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>470</v>
+        <v>3750</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789752024010</t>
+          <t>9786059637091</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Müessir Ticaret Hukuku</t>
+          <t>Themis - Ticari İşletme Hukuku (Ticaret Hukuku Özet Cilt 1)</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>780</v>
+        <v>428</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786259795515</t>
+          <t>9789222024116</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Müessir Adli-İdari Hakimlik Çıkmış Soru Bankası Milletlerarası Hukuk</t>
+          <t>Müessir İdari Hakimlik Denemeleri Karekod Çözümlü</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>380</v>
+        <v>495</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789222024208</t>
+          <t>9786259795522</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Müessir İdari Yargı Ön Sınavı (İYÖS) 5 Deneme Karekod Çözümlü</t>
+          <t>Müessir İdari Hakimlik Denemeleri-2024 Çözümlü 5 Deneme</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>420</v>
+        <v>715</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786259795508</t>
+          <t>9789222024117</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Müessir Hukuk Mesleklerine Giriş Sınavına (HMGS) Çözümlü 5 Deneme</t>
+          <t>Müessir Adli Hakimlik Denemeleri- 2024 Karekod Cözümlü</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>600</v>
+        <v>495</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786059637947</t>
+          <t>9789752024012</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Themis 2020 KPSS A ve Diğer Kurum Sınavları İçin Muhasebe 10 Çözümlü ve Açıklamalı Deneme Sınavı</t>
+          <t>Müessir Vergi Hukuku Vergi Usul Hukuku ve Türk Vergi Sistemi</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>819</v>
+        <v>470</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786059637916</t>
+          <t>9789752024010</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Justice Adli Hakimlik Özgün Sorular (2 Cilt Takım)</t>
+          <t>Müessir Ticaret Hukuku</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>2699</v>
+        <v>858</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786059637787</t>
+          <t>9786259795515</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>KPSS Muhasebe Tamamı Çözümlü Çıkmış Sınav Soruları</t>
+          <t>Müessir Adli-İdari Hakimlik Çıkmış Soru Bankası Milletlerarası Hukuk</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>998</v>
+        <v>418</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786059637923</t>
+          <t>9789222024208</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Justice İdari Hakimlik Özgün Sorular (2 Cilt Takım)</t>
+          <t>Müessir İdari Yargı Ön Sınavı (İYÖS) 5 Deneme Karekod Çözümlü</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>2457</v>
+        <v>462</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786059637749</t>
+          <t>9786259795508</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Tensip - Adli ve İdari Hakimlik Tamamı Çözümlü Çıkmış Sorular</t>
+          <t>Müessir Hukuk Mesleklerine Giriş Sınavına (HMGS) Çözümlü 5 Deneme</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>815</v>
+        <v>660</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786059637541</t>
+          <t>9786059637947</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Tensip Anayasa Hukuku - Adli ve İdari Hakimlik Tamamı Çözümlü Çıkmış Sorular</t>
+          <t>Themis 2020 KPSS A ve Diğer Kurum Sınavları İçin Muhasebe 10 Çözümlü ve Açıklamalı Deneme Sınavı</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>191</v>
+        <v>901</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786059637558</t>
+          <t>9786059637916</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Borçlar Hukuku - Tensip Adli ve İdari Hakimlik Tamamı Çözümlü Çıkmış Sorular</t>
+          <t>Justice Adli Hakimlik Özgün Sorular (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>383</v>
+        <v>2968</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786059637626</t>
+          <t>9786059637787</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Tensip İdari Yargılama Hukuku - Adli ve İdari Hakimlik Tamamı Çözümlü Çıkmış Sorular</t>
+          <t>KPSS Muhasebe Tamamı Çözümlü Çıkmış Sınav Soruları</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>98</v>
+        <v>1097</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786059637589</t>
+          <t>9786059637923</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Tensip İdare Hukuku - Adli ve İdari Hakimlik Tamamı Çözümlü Çıkmış Sorular</t>
+          <t>Justice İdari Hakimlik Özgün Sorular (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>191</v>
+        <v>2703</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786059637640</t>
+          <t>9786059637749</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Tensip Vergi Hukuku-Maliye-İktisat - Adli ve İdari Hakimlik Tamamı Çözümlü Çıkmış Sorular</t>
+          <t>Tensip - Adli ve İdari Hakimlik Tamamı Çözümlü Çıkmış Sorular</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>336</v>
+        <v>896</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786059637596</t>
+          <t>9786059637541</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Ticaret Hukuku - Tensip Adli ve İdari Hakimlik Tamamı Çözümlü Çıkmış Sorular</t>
+          <t>Tensip Anayasa Hukuku - Adli ve İdari Hakimlik Tamamı Çözümlü Çıkmış Sorular</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>311</v>
+        <v>210</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786059637633</t>
+          <t>9786059637558</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>İcra ve İflas Hukuku Tensip - Adli ve İdari Hakimlik Tamamı Çözümlü Çıkmış Sorular</t>
+          <t>Borçlar Hukuku - Tensip Adli ve İdari Hakimlik Tamamı Çözümlü Çıkmış Sorular</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>336</v>
+        <v>421</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786059637572</t>
+          <t>9786059637626</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesi Hukuku Tensip - Adli ve İdari Hakimlik Tamamı Çözümlü Çıkmış Sorular</t>
+          <t>Tensip İdari Yargılama Hukuku - Adli ve İdari Hakimlik Tamamı Çözümlü Çıkmış Sorular</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>273</v>
+        <v>98</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786059637602</t>
+          <t>9786059637589</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Tensip Medeni Usul Hukuku - Adli ve İdari Hakimlik Tamamı Çözümlü Çıkmış Sorular</t>
+          <t>Tensip İdare Hukuku - Adli ve İdari Hakimlik Tamamı Çözümlü Çıkmış Sorular</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>240</v>
+        <v>210</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786059637619</t>
+          <t>9786059637640</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Medeni Hukuk Tensip - Adli ve İdari Hakimlik Tamamı Çözümlü Çıkmış Sorular</t>
+          <t>Tensip Vergi Hukuku-Maliye-İktisat - Adli ve İdari Hakimlik Tamamı Çözümlü Çıkmış Sorular</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>383</v>
+        <v>370</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786059637565</t>
+          <t>9786059637596</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Ceza Hukuku Tensip - Adli ve İdari Hakimlik Tamamı Çözümlü Çıkmış Sorular</t>
+          <t>Ticaret Hukuku - Tensip Adli ve İdari Hakimlik Tamamı Çözümlü Çıkmış Sorular</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>285</v>
+        <v>342</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786059637510</t>
+          <t>9786059637633</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Themis KPSS Hukuk Soruları (Ciltli)</t>
+          <t>İcra ve İflas Hukuku Tensip - Adli ve İdari Hakimlik Tamamı Çözümlü Çıkmış Sorular</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>1499</v>
+        <v>370</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786059637756</t>
+          <t>9786059637572</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Themis Muhasebe - Açıklamalı Özgün Soru Bankası</t>
+          <t>Ceza Muhakemesi Hukuku Tensip - Adli ve İdari Hakimlik Tamamı Çözümlü Çıkmış Sorular</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>942</v>
+        <v>300</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786059637930</t>
+          <t>9786059637602</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Etkin Genel Yetenek - Genel Kültür Çıkmış Soru Bankası</t>
+          <t>Tensip Medeni Usul Hukuku - Adli ve İdari Hakimlik Tamamı Çözümlü Çıkmış Sorular</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>725</v>
+        <v>264</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786059637770</t>
+          <t>9786059637619</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Sınav Mevzuatı Cilt 2</t>
+          <t>Medeni Hukuk Tensip - Adli ve İdari Hakimlik Tamamı Çözümlü Çıkmış Sorular</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>669</v>
+        <v>421</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786059637763</t>
+          <t>9786059637565</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Themis Ceza Hukuku Genel Hükümler Medeni Usul Hukuku</t>
+          <t>Ceza Hukuku Tensip - Adli ve İdari Hakimlik Tamamı Çözümlü Çıkmış Sorular</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>858</v>
+        <v>314</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786059637725</t>
+          <t>9786059637510</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Themis Tarihin Özeti (Ciltli)</t>
+          <t>Themis KPSS Hukuk Soruları (Ciltli)</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>672</v>
+        <v>1648</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786059637718</t>
+          <t>9786059637756</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Sınav Mevzuatı Cilt 1 (Ciltli)</t>
+          <t>Themis Muhasebe - Açıklamalı Özgün Soru Bankası</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>1035</v>
+        <v>1036</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786059637534</t>
+          <t>9786059637930</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Themis - Türkiye’nin İdari Yapısı ve Kamu Görevlileri (Ciltli)</t>
+          <t>Etkin Genel Yetenek - Genel Kültür Çıkmış Soru Bankası</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>432</v>
+        <v>725</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786059637428</t>
+          <t>9786059637770</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Türk Borçlar Kanunu</t>
+          <t>Sınav Mevzuatı Cilt 2</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>83</v>
+        <v>736</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786059637411</t>
+          <t>9786059637763</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Türk Medeni Kanunu</t>
+          <t>Themis Ceza Hukuku Genel Hükümler Medeni Usul Hukuku</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>90</v>
+        <v>944</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786059637442</t>
+          <t>9786059637725</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>İdari Yargılama Usulü Kanunu</t>
+          <t>Themis Tarihin Özeti (Ciltli)</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>50</v>
+        <v>739</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786059637466</t>
+          <t>9786059637718</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesi Kanunu ve İlgili Mevzuat</t>
+          <t>Sınav Mevzuatı Cilt 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>83</v>
+        <v>1139</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786059637404</t>
+          <t>9786059637534</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Kamu İhale Usulleri</t>
+          <t>Themis - Türkiye’nin İdari Yapısı ve Kamu Görevlileri (Ciltli)</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>654</v>
+        <v>475.2</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786059637350</t>
+          <t>9786059637428</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Sermaye Piyasası Mevzuatı</t>
+          <t>Türk Borçlar Kanunu</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>383</v>
+        <v>91</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786059637305</t>
+          <t>9786059637411</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Tensip Adli ve İdari Hakimlik Tamamı Çözümlü Çıkmış Sorular (11 Kitap Takım)</t>
+          <t>Türk Medeni Kanunu</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>2700</v>
+        <v>99</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786059637282</t>
+          <t>9786059637442</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Temel Vergi Mevzuatı (Ciltli)</t>
+          <t>İdari Yargılama Usulü Kanunu</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>390</v>
+        <v>50</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786059637176</t>
+          <t>9786059637466</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Temel Takip Hukuku Mevzuatı - Litai Mevzuat Dizisi-5</t>
+          <t>Ceza Muhakemesi Kanunu ve İlgili Mevzuat</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>185</v>
+        <v>91</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
+          <t>9786059637404</t>
+        </is>
+      </c>
+      <c r="B84" s="1" t="inlineStr">
+        <is>
+          <t>Kamu İhale Usulleri</t>
+        </is>
+      </c>
+      <c r="C84" s="1">
+        <v>719</v>
+      </c>
+    </row>
+    <row r="85" spans="1:3">
+      <c r="A85" s="1" t="inlineStr">
+        <is>
+          <t>9786059637350</t>
+        </is>
+      </c>
+      <c r="B85" s="1" t="inlineStr">
+        <is>
+          <t>Sermaye Piyasası Mevzuatı</t>
+        </is>
+      </c>
+      <c r="C85" s="1">
+        <v>421</v>
+      </c>
+    </row>
+    <row r="86" spans="1:3">
+      <c r="A86" s="1" t="inlineStr">
+        <is>
+          <t>9786059637305</t>
+        </is>
+      </c>
+      <c r="B86" s="1" t="inlineStr">
+        <is>
+          <t>Tensip Adli ve İdari Hakimlik Tamamı Çözümlü Çıkmış Sorular (11 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C86" s="1">
+        <v>2970</v>
+      </c>
+    </row>
+    <row r="87" spans="1:3">
+      <c r="A87" s="1" t="inlineStr">
+        <is>
+          <t>9786059637282</t>
+        </is>
+      </c>
+      <c r="B87" s="1" t="inlineStr">
+        <is>
+          <t>Temel Vergi Mevzuatı (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C87" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="88" spans="1:3">
+      <c r="A88" s="1" t="inlineStr">
+        <is>
+          <t>9786059637176</t>
+        </is>
+      </c>
+      <c r="B88" s="1" t="inlineStr">
+        <is>
+          <t>Temel Takip Hukuku Mevzuatı - Litai Mevzuat Dizisi-5</t>
+        </is>
+      </c>
+      <c r="C88" s="1">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="89" spans="1:3">
+      <c r="A89" s="1" t="inlineStr">
+        <is>
           <t>9786059637213</t>
         </is>
       </c>
-      <c r="B84" s="1" t="inlineStr">
+      <c r="B89" s="1" t="inlineStr">
         <is>
           <t>Temel İdari Yargı Mevzuatı</t>
         </is>
       </c>
-      <c r="C84" s="1">
+      <c r="C89" s="1">
         <v>98</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>