--- v2 (2026-02-07)
+++ v3 (2026-03-30)
@@ -85,1360 +85,2275 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9789752024013</t>
+          <t>9789752025013</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Müessir Maliye-İktisat</t>
+          <t>Müessir Maliye - İktisat Soru Bankası</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>578</v>
+        <v>660</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9789222024218</t>
+          <t>9789782026063</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Müessir Hukuk Mesleklerine Giriş Sınavı (HMGS) 5 Deneme Karekod Çözümlü</t>
+          <t>2026 Müessir Vergi Hukuku - Vergi Usul Hukuku - TVS Çıkmış Soru Bankası</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>462</v>
+        <v>900</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786059637497</t>
+          <t>9786259320014</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Themis Medeni Usul Hukuku</t>
+          <t>Müessir HMGS Fark Dersler Çıkmış Soru Bankası</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>480</v>
+        <v>300</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786059637473</t>
+          <t>9789782026043</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Türk Ceza Kanunu ve İlgili Mevzuat</t>
+          <t>Müessir Adli Hakimlik + HMGS Çıkmış Soru Bankası Set</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>66</v>
+        <v>9950</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786059637244</t>
+          <t>9786259320021</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Temel Milletlerarası Özel Hukuk Mevzuatı</t>
+          <t>2026 Etkin Genel Yetenek - Genel Kültür Çıkmış Soru Bankası</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>162</v>
+        <v>990</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789752025004</t>
+          <t>9786259320007</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Müessir Medeni Hukuk Soru Bankası</t>
+          <t>2026 Müessir İdari Hakimlik Çıkmış Soru Bankası Seti</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>600</v>
+        <v>8990</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789752025007</t>
+          <t>9786259795591</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Müessir Medeni Usul Hukuku Soru Bankası</t>
+          <t>2026 Müessir Adli Hakimlik Çıkmış Soru Bankası Seti</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>490</v>
+        <v>9150</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789752024007</t>
+          <t>9786059637848</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Müessir Medeni Usul Hukuku</t>
+          <t>Medeni Usul Hukuku - Justice Adli Hakimlik Çalışma Kitabı</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>512</v>
+        <v>23</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789752024004</t>
+          <t>9786059637831</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Müessir Medeni Hukuk</t>
+          <t>Tarih - Justice Adli Hakimlik Çalışma Kitabı</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>644</v>
+        <v>23</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789752025003</t>
+          <t>9786059637855</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Müessir İdari Yargılama Hukuku Soru Bankası</t>
+          <t>İcra ve İflas Hukuku - Justice Adli Hakimlik Çalışma Kitabı</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>495</v>
+        <v>15</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789752025015</t>
+          <t>9786059637824</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Müessir İdari Hakimlik Ticaret Hukuku Soru Bankası</t>
+          <t>Ticaret Hukuku - Justice Adli Hakimlik Çalışma Kitabı</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>605</v>
+        <v>55</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789752025002</t>
+          <t>9786059637886</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Müessir İdare Hukuku Soru Bankası</t>
+          <t>Borçlar Hukuku Genel Hükümler Özel Hükümler - Justice Adli Hakimlik Çalışma Kitabı</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>759</v>
+        <v>68</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789752025009</t>
+          <t>9786059637794</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Müessir İcra ve İflas Hukuku Soru Bankası</t>
+          <t>Medeni Hukuk - Justice Adli Hakimlik Çalışma Kitabı</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>660</v>
+        <v>40</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789752025008</t>
+          <t>9786059637862</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Müessir Ceza Hukuku Özel Hükümler ve Ceza Muhakemesi Hukuku Soru Bankası</t>
+          <t>Ceza Muhakemesi Hukuku - Justice Adli Hakimlik Çalışma Kitabı</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>759</v>
+        <v>21</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789752025006</t>
+          <t>9786059637879</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Müessir Ceza Hukuku Genel Hükümler Soru Bankası</t>
+          <t>Ceza Hukuku Genel Hükümler Özel Hükümler - Justice Adli Hakimlik Çalışma Kitabı</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>484</v>
+        <v>35</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789752025005</t>
+          <t>9786059637800</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Müessir Borçlar Hukuku Soru Bankası</t>
+          <t>İdari Yargı - Justice Adli Hakimlik Çalışma Kitabı</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>660</v>
+        <v>28</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789752025001</t>
+          <t>9786059637817</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Müessir Anayasa Hukuku Soru Bankası</t>
+          <t>İdare Hukuku - Justice Adli Hakimlik Çalışma Kitabı</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>1089</v>
+        <v>15</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789752024006</t>
+          <t>9786059637893</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Müessir Ceza Hukuku Genel Hükümler</t>
+          <t>Anayasa Hukuku - Justice Adli Hakimlik Çalışma Kitabı</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>405</v>
+        <v>15</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789752024005</t>
+          <t>9786059637688</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Müessir Borçlar Hukuku</t>
+          <t>Themis - Anayasa Hukuku (Ciltli)</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>495</v>
+        <v>40</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786259795584</t>
+          <t>9786055936228</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Müessir İdari Hakimlik Denemeleri - 2025 Çözümlü 5 Deneme</t>
+          <t>Themis Adli Hakimlik Seti (14 Kitap) (Ciltli)</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>880</v>
+        <v>750</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789782025188</t>
+          <t>9786059637701</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Müessir Adli Hakimlik Denemeleri - 2025 Karekod Çözümlü 5 Deneme</t>
+          <t>Justice Adli Hakimlik Çalışma Kitabı</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>660</v>
+        <v>99</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786259795577</t>
+          <t>9786059637312</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Müessir Adli Hakimlik Denemeleri - 2025 Çözümlü 5 Deneme</t>
+          <t>Türkiye Cumhuriyeti Anayasası</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>880</v>
+        <v>5</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786259795560</t>
+          <t>9786059637220</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Müessir HMGS Çözümlü 5 Deneme</t>
+          <t>Temel Yerel Yönetimler Mevzuatı</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>880</v>
+        <v>50</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789752024002</t>
+          <t>9786059637190</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Müessir İdare Hukuku</t>
+          <t>Devlet memurları Mevzuatı</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>726</v>
+        <v>70</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786059637138</t>
+          <t>9786059637206</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Tarih Notları 2017</t>
+          <t>Temel İdare Hukuku Mevzuatı</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>563</v>
+        <v>59</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786059637961</t>
+          <t>9786059637169</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Kaymakamlık - Özgün Sorular</t>
+          <t>Themis - Ticaret Hukuku'nda Son Viraj</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>1980</v>
+        <v>31</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789782025244</t>
+          <t>9786059637145</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Müessir İcra Müdürlüğü ve Müdür Yardımcılığı Sınavına Hazırlık Seti</t>
+          <t>İdare Hukuku Notları</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>2750</v>
+        <v>45.37</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789752025012</t>
+          <t>9786059637107</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Müessir Vergi Hukuku Vergi Usul Hukuku ve Türk Vergi Sistemi</t>
+          <t>Justice - Adli Hakimlik Çalışma Kitabı (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>825</v>
+        <v>200</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789752025016</t>
+          <t>9786059637527</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Müessir İdari Hakimlik ve İdari yargı Ön Sınavı için Ceza Muhakemesi Hukuku</t>
+          <t>Themis - İnsan Hakları ve Demokratikleşme (Ciltli)</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>550</v>
+        <v>88</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786259795553</t>
+          <t>9786059637114</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Müessir İdari Hakimlik Çıkmış Soru Bankası (Ciltli)</t>
+          <t>Justice İdari Hakimlik Çalışma Kitabı (2 Cilt Takım) 2018 Güncelleme Eki İlaveli (Ciltli)</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>6875</v>
+        <v>240</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786259795546</t>
+          <t>9786059637077</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Müessir Adli Hakimlik Çıkmış Soru Bankası (Ciltli)</t>
+          <t>Themis - Ceza Hukuku (Genel Hükümler)</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>7469</v>
+        <v>60</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786059637978</t>
+          <t>9786059637060</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>THEMIS Kaymakamlık Soru Kitabı</t>
+          <t>Themis - Anayasa Hukuku (Ciltli)</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>1051</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786059637329</t>
+          <t>9786059637053</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Temel Ceza Mevzuatı (Ciltli)</t>
+          <t>İcra ve İflas Hukuku</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>323</v>
+        <v>60</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786059637237</t>
+          <t>9786059637909</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Temel Ticari Mevzuat</t>
+          <t>Kaymakamlık Çalışma Kitabı (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>248</v>
+        <v>119</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786059637435</t>
+          <t>9786059637343</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Türk Medeni Kanunu - Türk Borçlar Kanunu</t>
+          <t>Themis - İdare Hukuku</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>124</v>
+        <v>60</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786059637268</t>
+          <t>9786059637664</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Temel Usul Hukuku Mevzuatı</t>
+          <t>Themis - İdari Yargı (Ciltli)</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>248</v>
+        <v>45</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786059637183</t>
+          <t>3996059637374</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Temel Özel Hukuk Mevzuatı TMK-TBK</t>
+          <t>Justice Adli Hakimlik Çalışma Kitabı (Modüler Set - 8 Kitap) ve 2018 Güncelleme Eki</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>264</v>
+        <v>368</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789752024008</t>
+          <t>9786059637008</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Müessir Ceza Hukuku Özel Hükümler ve Ceza Muhakemesi Hukuku</t>
+          <t>Themis - Ceza Hukuku (Özel Hükümler) (Ciltli)</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>726</v>
+        <v>60</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789752024009</t>
+          <t>9786059637336</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Müessir İcra ve İflas Hukuku Orijinal Soru Bankası</t>
+          <t>Themis - Anayasa Hukuku (Ciltli)</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>660</v>
+        <v>36</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789752024011</t>
+          <t>9786059637671</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Müessir İş Hukuku</t>
+          <t>Themis KPSS - İdari Hakimlik ve Diğer Kamu Sınavlarına Yönelik Vergi Hukuku ve Türk Vergi Sistemi (Ciltli)</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>300</v>
+        <v>39</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789752024001</t>
+          <t>9786059637367</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Müessir Anayasa Hukuku</t>
+          <t>Kamu Hukuku’nda ‘Son Viraj’ (Ciltli)</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>1023</v>
+        <v>26.85</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786259795539</t>
+          <t>9786059637480</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Müessir Adli Hakimlik Denemeleri- 2024 Çözümlü 5 Deneme</t>
+          <t>Themis - Ceza Muhakemesi Hukuku</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>715</v>
+        <v>240</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789752024003</t>
+          <t>9786059637381</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Müessir İdari Yargılama Hukuku</t>
+          <t>Themis - Ticaret Hukuku</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>495</v>
+        <v>72</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786059637992</t>
+          <t>9786059637398</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Müessir İdari Hakimlik Çıkmış Soru Bankası Seti</t>
+          <t>Medeni Hukuk Cilt 1</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>3400</v>
+        <v>18.5</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786059637985</t>
+          <t>9786059637275</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Müessir Adli Hakimlik Çıkmış Soru Bankası Seti</t>
+          <t>Maliye - Vergi Hukuku Ders Notları</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>3750</v>
+        <v>92.4</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786059637091</t>
+          <t>9786059637459</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Themis - Ticari İşletme Hukuku (Ticaret Hukuku Özet Cilt 1)</t>
+          <t>Anayasa – TCK - CMK - CGTİHK  ve İlgili Mevzuat</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>428</v>
+        <v>23</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789222024116</t>
+          <t>9786059637299</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Müessir İdari Hakimlik Denemeleri Karekod Çözümlü</t>
+          <t>Temel İmar Mevzuatı</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>495</v>
+        <v>46</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786259795522</t>
+          <t>9786059637022</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Müessir İdari Hakimlik Denemeleri-2024 Çözümlü 5 Deneme</t>
+          <t>Themis - İnsan Hakları ve Demokratikleşme Türkiye’nin İdari Yapısı Kamu Görevlileri (Ciltli)</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>715</v>
+        <v>51</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789222024117</t>
+          <t>9786059637152</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Müessir Adli Hakimlik Denemeleri- 2024 Karekod Cözümlü</t>
+          <t>İdari Yargı Notları</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>495</v>
+        <v>36</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789752024012</t>
+          <t>9786059637046</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Müessir Vergi Hukuku Vergi Usul Hukuku ve Türk Vergi Sistemi</t>
+          <t>Themis Şirketler Hukuku - Ticaret Hukuku Özet Cilt: 2</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>470</v>
+        <v>33.33</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789752024010</t>
+          <t>9786059637039</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Müessir Ticaret Hukuku</t>
+          <t>Themis - Kıymetli Evrak Hukuku (Ticaret Hukuku Özet Cilt 3)</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>858</v>
+        <v>44</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786259795515</t>
+          <t>3990000051683</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Müessir Adli-İdari Hakimlik Çıkmış Soru Bankası Milletlerarası Hukuk</t>
+          <t>Justice İdari Hakimlik Çalışma Kitabı Cilt: 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>418</v>
+        <v>104</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789222024208</t>
+          <t>3990000082203</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Müessir İdari Yargı Ön Sınavı (İYÖS) 5 Deneme Karekod Çözümlü</t>
+          <t>Justice İdari Hakimlik Çalışma Kitabı 1.Cilt 2018 (Ciltli)</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>462</v>
+        <v>120</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786259795508</t>
+          <t>3990000082235</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Müessir Hukuk Mesleklerine Giriş Sınavına (HMGS) Çözümlü 5 Deneme</t>
+          <t>Justice - Adli Hakimlik Çalışma Kitabı 2.Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>660</v>
+        <v>100</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786059637947</t>
+          <t>3990000093216</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Themis 2020 KPSS A ve Diğer Kurum Sınavları İçin Muhasebe 10 Çözümlü ve Açıklamalı Deneme Sınavı</t>
+          <t>Kaymakamlık Çalışma Kitabı 2.Cilt</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>901</v>
+        <v>59.5</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786059637916</t>
+          <t>3990000095174</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Justice Adli Hakimlik Özgün Sorular (2 Cilt Takım)</t>
+          <t>Justice İdari Hakimlik Özgün Sorular 1.Cilt</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>2968</v>
+        <v>112.5</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786059637787</t>
+          <t>3990009637114</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>KPSS Muhasebe Tamamı Çözümlü Çıkmış Sınav Soruları</t>
+          <t>Justice İdari Hakimlik Çalışma Kitabı - 2018 Güncelleme Eki</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>1097</v>
+        <v>80</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786059637923</t>
+          <t>3994157845235</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Justice İdari Hakimlik Özgün Sorular (2 Cilt Takım)</t>
+          <t>Justice Adli Hakimlik Özgün Sorular Cilt: 2</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>2703</v>
+        <v>110</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786059637749</t>
+          <t>9782019519765</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Tensip - Adli ve İdari Hakimlik Tamamı Çözümlü Çıkmış Sorular</t>
+          <t>Themis İcra Müdürlüğü Seti (5 Kitap)</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>896</v>
+        <v>269</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786059637541</t>
+          <t>9786059637015</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Tensip Anayasa Hukuku - Adli ve İdari Hakimlik Tamamı Çözümlü Çıkmış Sorular</t>
+          <t>Themis Ceza Muhakemesi Hukuku</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>210</v>
+        <v>47</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786059637558</t>
+          <t>9786059637503</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Borçlar Hukuku - Tensip Adli ve İdari Hakimlik Tamamı Çözümlü Çıkmış Sorular</t>
+          <t>Justice Fenomen Adli Hakimlik Tamamı Çözümlü 10 Deneme</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>421</v>
+        <v>34.5</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786059637626</t>
+          <t>9789752024013</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Tensip İdari Yargılama Hukuku - Adli ve İdari Hakimlik Tamamı Çözümlü Çıkmış Sorular</t>
+          <t>Müessir Maliye-İktisat</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>98</v>
+        <v>578</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786059637589</t>
+          <t>9789222024218</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Tensip İdare Hukuku - Adli ve İdari Hakimlik Tamamı Çözümlü Çıkmış Sorular</t>
+          <t>Müessir Hukuk Mesleklerine Giriş Sınavı (HMGS) 5 Deneme Karekod Çözümlü</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>210</v>
+        <v>462</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786059637640</t>
+          <t>9786059637497</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Tensip Vergi Hukuku-Maliye-İktisat - Adli ve İdari Hakimlik Tamamı Çözümlü Çıkmış Sorular</t>
+          <t>Themis Medeni Usul Hukuku</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>370</v>
+        <v>480</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786059637596</t>
+          <t>9786059637473</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Ticaret Hukuku - Tensip Adli ve İdari Hakimlik Tamamı Çözümlü Çıkmış Sorular</t>
+          <t>Türk Ceza Kanunu ve İlgili Mevzuat</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>342</v>
+        <v>66</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786059637633</t>
+          <t>9786059637244</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>İcra ve İflas Hukuku Tensip - Adli ve İdari Hakimlik Tamamı Çözümlü Çıkmış Sorular</t>
+          <t>Temel Milletlerarası Özel Hukuk Mevzuatı</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>370</v>
+        <v>162</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786059637572</t>
+          <t>9789752025004</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesi Hukuku Tensip - Adli ve İdari Hakimlik Tamamı Çözümlü Çıkmış Sorular</t>
+          <t>Müessir Medeni Hukuk Soru Bankası</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>300</v>
+        <v>660</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786059637602</t>
+          <t>9789752025007</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Tensip Medeni Usul Hukuku - Adli ve İdari Hakimlik Tamamı Çözümlü Çıkmış Sorular</t>
+          <t>Müessir Medeni Usul Hukuku Soru Bankası</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>264</v>
+        <v>539</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786059637619</t>
+          <t>9789752024007</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Medeni Hukuk Tensip - Adli ve İdari Hakimlik Tamamı Çözümlü Çıkmış Sorular</t>
+          <t>Müessir Medeni Usul Hukuku</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>421</v>
+        <v>512</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786059637565</t>
+          <t>9789752024004</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Ceza Hukuku Tensip - Adli ve İdari Hakimlik Tamamı Çözümlü Çıkmış Sorular</t>
+          <t>Müessir Medeni Hukuk</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>314</v>
+        <v>644</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786059637510</t>
+          <t>9789752025003</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Themis KPSS Hukuk Soruları (Ciltli)</t>
+          <t>Müessir İdari Yargılama Hukuku Soru Bankası</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>1648</v>
+        <v>495</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786059637756</t>
+          <t>9789752025015</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Themis Muhasebe - Açıklamalı Özgün Soru Bankası</t>
+          <t>Müessir İdari Hakimlik Ticaret Hukuku Soru Bankası</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>1036</v>
+        <v>605</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786059637930</t>
+          <t>9789752025002</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Etkin Genel Yetenek - Genel Kültür Çıkmış Soru Bankası</t>
+          <t>Müessir İdare Hukuku Soru Bankası</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>725</v>
+        <v>759</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786059637770</t>
+          <t>9789752025009</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Sınav Mevzuatı Cilt 2</t>
+          <t>Müessir İcra ve İflas Hukuku Soru Bankası</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>736</v>
+        <v>660</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786059637763</t>
+          <t>9789752025008</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Themis Ceza Hukuku Genel Hükümler Medeni Usul Hukuku</t>
+          <t>Müessir Ceza Hukuku Özel Hükümler ve Ceza Muhakemesi Hukuku Soru Bankası</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>944</v>
+        <v>759</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786059637725</t>
+          <t>9789752025006</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Themis Tarihin Özeti (Ciltli)</t>
+          <t>Müessir Ceza Hukuku Genel Hükümler Soru Bankası</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>739</v>
+        <v>484</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786059637718</t>
+          <t>9789752025005</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Sınav Mevzuatı Cilt 1 (Ciltli)</t>
+          <t>Müessir Borçlar Hukuku Soru Bankası</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>1139</v>
+        <v>660</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786059637534</t>
+          <t>9789752025001</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Themis - Türkiye’nin İdari Yapısı ve Kamu Görevlileri (Ciltli)</t>
+          <t>Müessir Anayasa Hukuku Soru Bankası</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>475.2</v>
+        <v>1089</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786059637428</t>
+          <t>9789752024006</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Türk Borçlar Kanunu</t>
+          <t>Müessir Ceza Hukuku Genel Hükümler</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>91</v>
+        <v>405</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786059637411</t>
+          <t>9789752024005</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Türk Medeni Kanunu</t>
+          <t>Müessir Borçlar Hukuku</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>99</v>
+        <v>495</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786059637442</t>
+          <t>9786259795584</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>İdari Yargılama Usulü Kanunu</t>
+          <t>Müessir İdari Hakimlik Denemeleri - 2025 Çözümlü 5 Deneme</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>50</v>
+        <v>880</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786059637466</t>
+          <t>9789782025188</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesi Kanunu ve İlgili Mevzuat</t>
+          <t>Müessir Adli Hakimlik Denemeleri - 2025 Karekod Çözümlü 5 Deneme</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>91</v>
+        <v>660</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786059637404</t>
+          <t>9786259795577</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Kamu İhale Usulleri</t>
+          <t>Müessir Adli Hakimlik Denemeleri - 2025 Çözümlü 5 Deneme</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>719</v>
+        <v>880</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786059637350</t>
+          <t>9786259795560</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Sermaye Piyasası Mevzuatı</t>
+          <t>Müessir HMGS Çözümlü 5 Deneme</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>421</v>
+        <v>880</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786059637305</t>
+          <t>9789752024002</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Tensip Adli ve İdari Hakimlik Tamamı Çözümlü Çıkmış Sorular (11 Kitap Takım)</t>
+          <t>Müessir İdare Hukuku</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>2970</v>
+        <v>726</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786059637282</t>
+          <t>9786059637138</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Temel Vergi Mevzuatı (Ciltli)</t>
+          <t>Tarih Notları 2017</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>390</v>
+        <v>563</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786059637176</t>
+          <t>9786059637961</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Temel Takip Hukuku Mevzuatı - Litai Mevzuat Dizisi-5</t>
+          <t>Kaymakamlık - Özgün Sorular</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>203</v>
+        <v>1980</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
+          <t>9789782025244</t>
+        </is>
+      </c>
+      <c r="B89" s="1" t="inlineStr">
+        <is>
+          <t>Müessir İcra Müdürlüğü ve Müdür Yardımcılığı Sınavına Hazırlık Seti</t>
+        </is>
+      </c>
+      <c r="C89" s="1">
+        <v>2750</v>
+      </c>
+    </row>
+    <row r="90" spans="1:3">
+      <c r="A90" s="1" t="inlineStr">
+        <is>
+          <t>9789752025012</t>
+        </is>
+      </c>
+      <c r="B90" s="1" t="inlineStr">
+        <is>
+          <t>Müessir Vergi Hukuku Vergi Usul Hukuku ve Türk Vergi Sistemi</t>
+        </is>
+      </c>
+      <c r="C90" s="1">
+        <v>825</v>
+      </c>
+    </row>
+    <row r="91" spans="1:3">
+      <c r="A91" s="1" t="inlineStr">
+        <is>
+          <t>9789752025016</t>
+        </is>
+      </c>
+      <c r="B91" s="1" t="inlineStr">
+        <is>
+          <t>Müessir İdari Hakimlik ve İdari yargı Ön Sınavı için Ceza Muhakemesi Hukuku</t>
+        </is>
+      </c>
+      <c r="C91" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="92" spans="1:3">
+      <c r="A92" s="1" t="inlineStr">
+        <is>
+          <t>9786259795553</t>
+        </is>
+      </c>
+      <c r="B92" s="1" t="inlineStr">
+        <is>
+          <t>Müessir İdari Hakimlik Çıkmış Soru Bankası (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C92" s="1">
+        <v>6875</v>
+      </c>
+    </row>
+    <row r="93" spans="1:3">
+      <c r="A93" s="1" t="inlineStr">
+        <is>
+          <t>9786259795546</t>
+        </is>
+      </c>
+      <c r="B93" s="1" t="inlineStr">
+        <is>
+          <t>Müessir Adli Hakimlik Çıkmış Soru Bankası (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C93" s="1">
+        <v>7469</v>
+      </c>
+    </row>
+    <row r="94" spans="1:3">
+      <c r="A94" s="1" t="inlineStr">
+        <is>
+          <t>9786059637978</t>
+        </is>
+      </c>
+      <c r="B94" s="1" t="inlineStr">
+        <is>
+          <t>THEMIS Kaymakamlık Soru Kitabı</t>
+        </is>
+      </c>
+      <c r="C94" s="1">
+        <v>1051</v>
+      </c>
+    </row>
+    <row r="95" spans="1:3">
+      <c r="A95" s="1" t="inlineStr">
+        <is>
+          <t>9786059637329</t>
+        </is>
+      </c>
+      <c r="B95" s="1" t="inlineStr">
+        <is>
+          <t>Temel Ceza Mevzuatı (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C95" s="1">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="96" spans="1:3">
+      <c r="A96" s="1" t="inlineStr">
+        <is>
+          <t>9786059637237</t>
+        </is>
+      </c>
+      <c r="B96" s="1" t="inlineStr">
+        <is>
+          <t>Temel Ticari Mevzuat</t>
+        </is>
+      </c>
+      <c r="C96" s="1">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="97" spans="1:3">
+      <c r="A97" s="1" t="inlineStr">
+        <is>
+          <t>9786059637435</t>
+        </is>
+      </c>
+      <c r="B97" s="1" t="inlineStr">
+        <is>
+          <t>Türk Medeni Kanunu - Türk Borçlar Kanunu</t>
+        </is>
+      </c>
+      <c r="C97" s="1">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="98" spans="1:3">
+      <c r="A98" s="1" t="inlineStr">
+        <is>
+          <t>9786059637268</t>
+        </is>
+      </c>
+      <c r="B98" s="1" t="inlineStr">
+        <is>
+          <t>Temel Usul Hukuku Mevzuatı</t>
+        </is>
+      </c>
+      <c r="C98" s="1">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="99" spans="1:3">
+      <c r="A99" s="1" t="inlineStr">
+        <is>
+          <t>9786059637183</t>
+        </is>
+      </c>
+      <c r="B99" s="1" t="inlineStr">
+        <is>
+          <t>Temel Özel Hukuk Mevzuatı TMK-TBK</t>
+        </is>
+      </c>
+      <c r="C99" s="1">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="100" spans="1:3">
+      <c r="A100" s="1" t="inlineStr">
+        <is>
+          <t>9789752024008</t>
+        </is>
+      </c>
+      <c r="B100" s="1" t="inlineStr">
+        <is>
+          <t>Müessir Ceza Hukuku Özel Hükümler ve Ceza Muhakemesi Hukuku</t>
+        </is>
+      </c>
+      <c r="C100" s="1">
+        <v>726</v>
+      </c>
+    </row>
+    <row r="101" spans="1:3">
+      <c r="A101" s="1" t="inlineStr">
+        <is>
+          <t>9789752024009</t>
+        </is>
+      </c>
+      <c r="B101" s="1" t="inlineStr">
+        <is>
+          <t>Müessir İcra ve İflas Hukuku Orijinal Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C101" s="1">
+        <v>660</v>
+      </c>
+    </row>
+    <row r="102" spans="1:3">
+      <c r="A102" s="1" t="inlineStr">
+        <is>
+          <t>9789752024011</t>
+        </is>
+      </c>
+      <c r="B102" s="1" t="inlineStr">
+        <is>
+          <t>Müessir İş Hukuku</t>
+        </is>
+      </c>
+      <c r="C102" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="103" spans="1:3">
+      <c r="A103" s="1" t="inlineStr">
+        <is>
+          <t>9789752024001</t>
+        </is>
+      </c>
+      <c r="B103" s="1" t="inlineStr">
+        <is>
+          <t>Müessir Anayasa Hukuku</t>
+        </is>
+      </c>
+      <c r="C103" s="1">
+        <v>1023</v>
+      </c>
+    </row>
+    <row r="104" spans="1:3">
+      <c r="A104" s="1" t="inlineStr">
+        <is>
+          <t>9786259795539</t>
+        </is>
+      </c>
+      <c r="B104" s="1" t="inlineStr">
+        <is>
+          <t>Müessir Adli Hakimlik Denemeleri- 2024 Çözümlü 5 Deneme</t>
+        </is>
+      </c>
+      <c r="C104" s="1">
+        <v>715</v>
+      </c>
+    </row>
+    <row r="105" spans="1:3">
+      <c r="A105" s="1" t="inlineStr">
+        <is>
+          <t>9789752024003</t>
+        </is>
+      </c>
+      <c r="B105" s="1" t="inlineStr">
+        <is>
+          <t>Müessir İdari Yargılama Hukuku</t>
+        </is>
+      </c>
+      <c r="C105" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="106" spans="1:3">
+      <c r="A106" s="1" t="inlineStr">
+        <is>
+          <t>9786059637992</t>
+        </is>
+      </c>
+      <c r="B106" s="1" t="inlineStr">
+        <is>
+          <t>Müessir İdari Hakimlik Çıkmış Soru Bankası Seti</t>
+        </is>
+      </c>
+      <c r="C106" s="1">
+        <v>3400</v>
+      </c>
+    </row>
+    <row r="107" spans="1:3">
+      <c r="A107" s="1" t="inlineStr">
+        <is>
+          <t>9786059637985</t>
+        </is>
+      </c>
+      <c r="B107" s="1" t="inlineStr">
+        <is>
+          <t>Müessir Adli Hakimlik Çıkmış Soru Bankası Seti</t>
+        </is>
+      </c>
+      <c r="C107" s="1">
+        <v>3750</v>
+      </c>
+    </row>
+    <row r="108" spans="1:3">
+      <c r="A108" s="1" t="inlineStr">
+        <is>
+          <t>9786059637091</t>
+        </is>
+      </c>
+      <c r="B108" s="1" t="inlineStr">
+        <is>
+          <t>Themis - Ticari İşletme Hukuku (Ticaret Hukuku Özet Cilt 1)</t>
+        </is>
+      </c>
+      <c r="C108" s="1">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="109" spans="1:3">
+      <c r="A109" s="1" t="inlineStr">
+        <is>
+          <t>9789222024116</t>
+        </is>
+      </c>
+      <c r="B109" s="1" t="inlineStr">
+        <is>
+          <t>Müessir İdari Hakimlik Denemeleri Karekod Çözümlü</t>
+        </is>
+      </c>
+      <c r="C109" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="110" spans="1:3">
+      <c r="A110" s="1" t="inlineStr">
+        <is>
+          <t>9786259795522</t>
+        </is>
+      </c>
+      <c r="B110" s="1" t="inlineStr">
+        <is>
+          <t>Müessir İdari Hakimlik Denemeleri-2024 Çözümlü 5 Deneme</t>
+        </is>
+      </c>
+      <c r="C110" s="1">
+        <v>715</v>
+      </c>
+    </row>
+    <row r="111" spans="1:3">
+      <c r="A111" s="1" t="inlineStr">
+        <is>
+          <t>9789222024117</t>
+        </is>
+      </c>
+      <c r="B111" s="1" t="inlineStr">
+        <is>
+          <t>Müessir Adli Hakimlik Denemeleri- 2024 Karekod Cözümlü</t>
+        </is>
+      </c>
+      <c r="C111" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="112" spans="1:3">
+      <c r="A112" s="1" t="inlineStr">
+        <is>
+          <t>9789752024012</t>
+        </is>
+      </c>
+      <c r="B112" s="1" t="inlineStr">
+        <is>
+          <t>Müessir Vergi Hukuku Vergi Usul Hukuku ve Türk Vergi Sistemi</t>
+        </is>
+      </c>
+      <c r="C112" s="1">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="113" spans="1:3">
+      <c r="A113" s="1" t="inlineStr">
+        <is>
+          <t>9789752024010</t>
+        </is>
+      </c>
+      <c r="B113" s="1" t="inlineStr">
+        <is>
+          <t>Müessir Ticaret Hukuku</t>
+        </is>
+      </c>
+      <c r="C113" s="1">
+        <v>858</v>
+      </c>
+    </row>
+    <row r="114" spans="1:3">
+      <c r="A114" s="1" t="inlineStr">
+        <is>
+          <t>9786259795515</t>
+        </is>
+      </c>
+      <c r="B114" s="1" t="inlineStr">
+        <is>
+          <t>Müessir Adli-İdari Hakimlik Çıkmış Soru Bankası Milletlerarası Hukuk</t>
+        </is>
+      </c>
+      <c r="C114" s="1">
+        <v>418</v>
+      </c>
+    </row>
+    <row r="115" spans="1:3">
+      <c r="A115" s="1" t="inlineStr">
+        <is>
+          <t>9789222024208</t>
+        </is>
+      </c>
+      <c r="B115" s="1" t="inlineStr">
+        <is>
+          <t>Müessir İdari Yargı Ön Sınavı (İYÖS) 5 Deneme Karekod Çözümlü</t>
+        </is>
+      </c>
+      <c r="C115" s="1">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="116" spans="1:3">
+      <c r="A116" s="1" t="inlineStr">
+        <is>
+          <t>9786259795508</t>
+        </is>
+      </c>
+      <c r="B116" s="1" t="inlineStr">
+        <is>
+          <t>Müessir Hukuk Mesleklerine Giriş Sınavına (HMGS) Çözümlü 5 Deneme</t>
+        </is>
+      </c>
+      <c r="C116" s="1">
+        <v>660</v>
+      </c>
+    </row>
+    <row r="117" spans="1:3">
+      <c r="A117" s="1" t="inlineStr">
+        <is>
+          <t>9786059637947</t>
+        </is>
+      </c>
+      <c r="B117" s="1" t="inlineStr">
+        <is>
+          <t>Themis 2020 KPSS A ve Diğer Kurum Sınavları İçin Muhasebe 10 Çözümlü ve Açıklamalı Deneme Sınavı</t>
+        </is>
+      </c>
+      <c r="C117" s="1">
+        <v>901</v>
+      </c>
+    </row>
+    <row r="118" spans="1:3">
+      <c r="A118" s="1" t="inlineStr">
+        <is>
+          <t>9786059637916</t>
+        </is>
+      </c>
+      <c r="B118" s="1" t="inlineStr">
+        <is>
+          <t>Justice Adli Hakimlik Özgün Sorular (2 Cilt Takım)</t>
+        </is>
+      </c>
+      <c r="C118" s="1">
+        <v>2968</v>
+      </c>
+    </row>
+    <row r="119" spans="1:3">
+      <c r="A119" s="1" t="inlineStr">
+        <is>
+          <t>9786059637787</t>
+        </is>
+      </c>
+      <c r="B119" s="1" t="inlineStr">
+        <is>
+          <t>KPSS Muhasebe Tamamı Çözümlü Çıkmış Sınav Soruları</t>
+        </is>
+      </c>
+      <c r="C119" s="1">
+        <v>1097</v>
+      </c>
+    </row>
+    <row r="120" spans="1:3">
+      <c r="A120" s="1" t="inlineStr">
+        <is>
+          <t>9786059637923</t>
+        </is>
+      </c>
+      <c r="B120" s="1" t="inlineStr">
+        <is>
+          <t>Justice İdari Hakimlik Özgün Sorular (2 Cilt Takım)</t>
+        </is>
+      </c>
+      <c r="C120" s="1">
+        <v>2703</v>
+      </c>
+    </row>
+    <row r="121" spans="1:3">
+      <c r="A121" s="1" t="inlineStr">
+        <is>
+          <t>9786059637749</t>
+        </is>
+      </c>
+      <c r="B121" s="1" t="inlineStr">
+        <is>
+          <t>Tensip - Adli ve İdari Hakimlik Tamamı Çözümlü Çıkmış Sorular</t>
+        </is>
+      </c>
+      <c r="C121" s="1">
+        <v>896</v>
+      </c>
+    </row>
+    <row r="122" spans="1:3">
+      <c r="A122" s="1" t="inlineStr">
+        <is>
+          <t>9786059637541</t>
+        </is>
+      </c>
+      <c r="B122" s="1" t="inlineStr">
+        <is>
+          <t>Tensip Anayasa Hukuku - Adli ve İdari Hakimlik Tamamı Çözümlü Çıkmış Sorular</t>
+        </is>
+      </c>
+      <c r="C122" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="123" spans="1:3">
+      <c r="A123" s="1" t="inlineStr">
+        <is>
+          <t>9786059637558</t>
+        </is>
+      </c>
+      <c r="B123" s="1" t="inlineStr">
+        <is>
+          <t>Borçlar Hukuku - Tensip Adli ve İdari Hakimlik Tamamı Çözümlü Çıkmış Sorular</t>
+        </is>
+      </c>
+      <c r="C123" s="1">
+        <v>421</v>
+      </c>
+    </row>
+    <row r="124" spans="1:3">
+      <c r="A124" s="1" t="inlineStr">
+        <is>
+          <t>9786059637626</t>
+        </is>
+      </c>
+      <c r="B124" s="1" t="inlineStr">
+        <is>
+          <t>Tensip İdari Yargılama Hukuku - Adli ve İdari Hakimlik Tamamı Çözümlü Çıkmış Sorular</t>
+        </is>
+      </c>
+      <c r="C124" s="1">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="125" spans="1:3">
+      <c r="A125" s="1" t="inlineStr">
+        <is>
+          <t>9786059637589</t>
+        </is>
+      </c>
+      <c r="B125" s="1" t="inlineStr">
+        <is>
+          <t>Tensip İdare Hukuku - Adli ve İdari Hakimlik Tamamı Çözümlü Çıkmış Sorular</t>
+        </is>
+      </c>
+      <c r="C125" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="126" spans="1:3">
+      <c r="A126" s="1" t="inlineStr">
+        <is>
+          <t>9786059637640</t>
+        </is>
+      </c>
+      <c r="B126" s="1" t="inlineStr">
+        <is>
+          <t>Tensip Vergi Hukuku-Maliye-İktisat - Adli ve İdari Hakimlik Tamamı Çözümlü Çıkmış Sorular</t>
+        </is>
+      </c>
+      <c r="C126" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="127" spans="1:3">
+      <c r="A127" s="1" t="inlineStr">
+        <is>
+          <t>9786059637596</t>
+        </is>
+      </c>
+      <c r="B127" s="1" t="inlineStr">
+        <is>
+          <t>Ticaret Hukuku - Tensip Adli ve İdari Hakimlik Tamamı Çözümlü Çıkmış Sorular</t>
+        </is>
+      </c>
+      <c r="C127" s="1">
+        <v>342</v>
+      </c>
+    </row>
+    <row r="128" spans="1:3">
+      <c r="A128" s="1" t="inlineStr">
+        <is>
+          <t>9786059637633</t>
+        </is>
+      </c>
+      <c r="B128" s="1" t="inlineStr">
+        <is>
+          <t>İcra ve İflas Hukuku Tensip - Adli ve İdari Hakimlik Tamamı Çözümlü Çıkmış Sorular</t>
+        </is>
+      </c>
+      <c r="C128" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="129" spans="1:3">
+      <c r="A129" s="1" t="inlineStr">
+        <is>
+          <t>9786059637572</t>
+        </is>
+      </c>
+      <c r="B129" s="1" t="inlineStr">
+        <is>
+          <t>Ceza Muhakemesi Hukuku Tensip - Adli ve İdari Hakimlik Tamamı Çözümlü Çıkmış Sorular</t>
+        </is>
+      </c>
+      <c r="C129" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="130" spans="1:3">
+      <c r="A130" s="1" t="inlineStr">
+        <is>
+          <t>9786059637602</t>
+        </is>
+      </c>
+      <c r="B130" s="1" t="inlineStr">
+        <is>
+          <t>Tensip Medeni Usul Hukuku - Adli ve İdari Hakimlik Tamamı Çözümlü Çıkmış Sorular</t>
+        </is>
+      </c>
+      <c r="C130" s="1">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="131" spans="1:3">
+      <c r="A131" s="1" t="inlineStr">
+        <is>
+          <t>9786059637619</t>
+        </is>
+      </c>
+      <c r="B131" s="1" t="inlineStr">
+        <is>
+          <t>Medeni Hukuk Tensip - Adli ve İdari Hakimlik Tamamı Çözümlü Çıkmış Sorular</t>
+        </is>
+      </c>
+      <c r="C131" s="1">
+        <v>421</v>
+      </c>
+    </row>
+    <row r="132" spans="1:3">
+      <c r="A132" s="1" t="inlineStr">
+        <is>
+          <t>9786059637565</t>
+        </is>
+      </c>
+      <c r="B132" s="1" t="inlineStr">
+        <is>
+          <t>Ceza Hukuku Tensip - Adli ve İdari Hakimlik Tamamı Çözümlü Çıkmış Sorular</t>
+        </is>
+      </c>
+      <c r="C132" s="1">
+        <v>314</v>
+      </c>
+    </row>
+    <row r="133" spans="1:3">
+      <c r="A133" s="1" t="inlineStr">
+        <is>
+          <t>9786059637510</t>
+        </is>
+      </c>
+      <c r="B133" s="1" t="inlineStr">
+        <is>
+          <t>Themis KPSS Hukuk Soruları (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C133" s="1">
+        <v>1648</v>
+      </c>
+    </row>
+    <row r="134" spans="1:3">
+      <c r="A134" s="1" t="inlineStr">
+        <is>
+          <t>9786059637756</t>
+        </is>
+      </c>
+      <c r="B134" s="1" t="inlineStr">
+        <is>
+          <t>Themis Muhasebe - Açıklamalı Özgün Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C134" s="1">
+        <v>1036</v>
+      </c>
+    </row>
+    <row r="135" spans="1:3">
+      <c r="A135" s="1" t="inlineStr">
+        <is>
+          <t>9786059637930</t>
+        </is>
+      </c>
+      <c r="B135" s="1" t="inlineStr">
+        <is>
+          <t>Etkin Genel Yetenek - Genel Kültür Çıkmış Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C135" s="1">
+        <v>725</v>
+      </c>
+    </row>
+    <row r="136" spans="1:3">
+      <c r="A136" s="1" t="inlineStr">
+        <is>
+          <t>9786059637770</t>
+        </is>
+      </c>
+      <c r="B136" s="1" t="inlineStr">
+        <is>
+          <t>Sınav Mevzuatı Cilt 2</t>
+        </is>
+      </c>
+      <c r="C136" s="1">
+        <v>736</v>
+      </c>
+    </row>
+    <row r="137" spans="1:3">
+      <c r="A137" s="1" t="inlineStr">
+        <is>
+          <t>9786059637763</t>
+        </is>
+      </c>
+      <c r="B137" s="1" t="inlineStr">
+        <is>
+          <t>Themis Ceza Hukuku Genel Hükümler Medeni Usul Hukuku</t>
+        </is>
+      </c>
+      <c r="C137" s="1">
+        <v>944</v>
+      </c>
+    </row>
+    <row r="138" spans="1:3">
+      <c r="A138" s="1" t="inlineStr">
+        <is>
+          <t>9786059637725</t>
+        </is>
+      </c>
+      <c r="B138" s="1" t="inlineStr">
+        <is>
+          <t>Themis Tarihin Özeti (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C138" s="1">
+        <v>739</v>
+      </c>
+    </row>
+    <row r="139" spans="1:3">
+      <c r="A139" s="1" t="inlineStr">
+        <is>
+          <t>9786059637718</t>
+        </is>
+      </c>
+      <c r="B139" s="1" t="inlineStr">
+        <is>
+          <t>Sınav Mevzuatı Cilt 1 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C139" s="1">
+        <v>1139</v>
+      </c>
+    </row>
+    <row r="140" spans="1:3">
+      <c r="A140" s="1" t="inlineStr">
+        <is>
+          <t>9786059637534</t>
+        </is>
+      </c>
+      <c r="B140" s="1" t="inlineStr">
+        <is>
+          <t>Themis - Türkiye’nin İdari Yapısı ve Kamu Görevlileri (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C140" s="1">
+        <v>475.2</v>
+      </c>
+    </row>
+    <row r="141" spans="1:3">
+      <c r="A141" s="1" t="inlineStr">
+        <is>
+          <t>9786059637428</t>
+        </is>
+      </c>
+      <c r="B141" s="1" t="inlineStr">
+        <is>
+          <t>Türk Borçlar Kanunu</t>
+        </is>
+      </c>
+      <c r="C141" s="1">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="142" spans="1:3">
+      <c r="A142" s="1" t="inlineStr">
+        <is>
+          <t>9786059637411</t>
+        </is>
+      </c>
+      <c r="B142" s="1" t="inlineStr">
+        <is>
+          <t>Türk Medeni Kanunu</t>
+        </is>
+      </c>
+      <c r="C142" s="1">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="143" spans="1:3">
+      <c r="A143" s="1" t="inlineStr">
+        <is>
+          <t>9786059637442</t>
+        </is>
+      </c>
+      <c r="B143" s="1" t="inlineStr">
+        <is>
+          <t>İdari Yargılama Usulü Kanunu</t>
+        </is>
+      </c>
+      <c r="C143" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="144" spans="1:3">
+      <c r="A144" s="1" t="inlineStr">
+        <is>
+          <t>9786059637466</t>
+        </is>
+      </c>
+      <c r="B144" s="1" t="inlineStr">
+        <is>
+          <t>Ceza Muhakemesi Kanunu ve İlgili Mevzuat</t>
+        </is>
+      </c>
+      <c r="C144" s="1">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="145" spans="1:3">
+      <c r="A145" s="1" t="inlineStr">
+        <is>
+          <t>9786059637404</t>
+        </is>
+      </c>
+      <c r="B145" s="1" t="inlineStr">
+        <is>
+          <t>Kamu İhale Usulleri</t>
+        </is>
+      </c>
+      <c r="C145" s="1">
+        <v>719</v>
+      </c>
+    </row>
+    <row r="146" spans="1:3">
+      <c r="A146" s="1" t="inlineStr">
+        <is>
+          <t>9786059637350</t>
+        </is>
+      </c>
+      <c r="B146" s="1" t="inlineStr">
+        <is>
+          <t>Sermaye Piyasası Mevzuatı</t>
+        </is>
+      </c>
+      <c r="C146" s="1">
+        <v>421</v>
+      </c>
+    </row>
+    <row r="147" spans="1:3">
+      <c r="A147" s="1" t="inlineStr">
+        <is>
+          <t>9786059637305</t>
+        </is>
+      </c>
+      <c r="B147" s="1" t="inlineStr">
+        <is>
+          <t>Tensip Adli ve İdari Hakimlik Tamamı Çözümlü Çıkmış Sorular (11 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C147" s="1">
+        <v>2970</v>
+      </c>
+    </row>
+    <row r="148" spans="1:3">
+      <c r="A148" s="1" t="inlineStr">
+        <is>
+          <t>9786059637282</t>
+        </is>
+      </c>
+      <c r="B148" s="1" t="inlineStr">
+        <is>
+          <t>Temel Vergi Mevzuatı (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C148" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="149" spans="1:3">
+      <c r="A149" s="1" t="inlineStr">
+        <is>
+          <t>9786059637176</t>
+        </is>
+      </c>
+      <c r="B149" s="1" t="inlineStr">
+        <is>
+          <t>Temel Takip Hukuku Mevzuatı - Litai Mevzuat Dizisi-5</t>
+        </is>
+      </c>
+      <c r="C149" s="1">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="150" spans="1:3">
+      <c r="A150" s="1" t="inlineStr">
+        <is>
           <t>9786059637213</t>
         </is>
       </c>
-      <c r="B89" s="1" t="inlineStr">
+      <c r="B150" s="1" t="inlineStr">
         <is>
           <t>Temel İdari Yargı Mevzuatı</t>
         </is>
       </c>
-      <c r="C89" s="1">
+      <c r="C150" s="1">
         <v>98</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>