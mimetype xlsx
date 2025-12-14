--- v0 (2025-11-01)
+++ v1 (2025-12-14)
@@ -85,3610 +85,3625 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256624214</t>
+          <t>9786256624245</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>İbn Teymiyye</t>
+          <t>Babülmendep Boğazı’nda ABD-Çin Rekabeti</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>525</v>
+        <v>360</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256624252</t>
+          <t>9786256624214</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs Seferi (1570-1571) (Ciltli)</t>
+          <t>İbn Teymiyye</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>450</v>
+        <v>525</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256624191</t>
+          <t>9786256624252</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Me’mûn</t>
+          <t>Kıbrıs Seferi (1570-1571) (Ciltli)</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>480</v>
+        <v>450</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256624238</t>
+          <t>9786256624191</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>İslam Tıbbı</t>
+          <t>Me’mûn</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>495</v>
+        <v>480</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256624207</t>
+          <t>9786256624238</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Ahmed b. Hanbel</t>
+          <t>İslam Tıbbı</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>480</v>
+        <v>495</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786057646293</t>
+          <t>9786256624207</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Zihin Felsefesi - Çağdaş Bir Giriş</t>
+          <t>Ahmed b. Hanbel</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>650</v>
+        <v>480</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256624184</t>
+          <t>9786057646293</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Bağımlı Rasyonel Hayvanlar</t>
+          <t>Zihin Felsefesi - Çağdaş Bir Giriş</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>340</v>
+        <v>650</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256624221</t>
+          <t>9786256624184</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Kendir Telinin Peşinde</t>
+          <t>Bağımlı Rasyonel Hayvanlar</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>495</v>
+        <v>340</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786057646972</t>
+          <t>9786256624221</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Tuz ve Taş Üstünde</t>
+          <t>Kendir Telinin Peşinde</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>508</v>
+        <v>495</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786057646989</t>
+          <t>9786057646972</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzünün en büyük hapishanesi</t>
+          <t>Tuz ve Taş Üstünde</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>464</v>
+        <v>508</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786055383084</t>
+          <t>9786057646989</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Liderler Neden Yalan Söyler</t>
+          <t>Yeryüzünün en büyük hapishanesi</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>340</v>
+        <v>464</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789756614969</t>
+          <t>9786055383084</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Sultanın Kalyonları</t>
+          <t>Liderler Neden Yalan Söyler</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>590</v>
+        <v>340</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786256624153</t>
+          <t>9789756614969</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Akıl ve İnanç</t>
+          <t>Sultanın Kalyonları</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>629</v>
+        <v>590</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256624177</t>
+          <t>9786256624153</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>İslam Siyaset Düşüncesi</t>
+          <t>Akıl ve İnanç</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>340</v>
+        <v>629</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256624160</t>
+          <t>9786256624177</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Üç Dünya Bir Arap-Yahudi’nin Anıları</t>
+          <t>İslam Siyaset Düşüncesi</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>450</v>
+        <v>340</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786256624146</t>
+          <t>9786256624160</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Makul Yönetici 3 Sermaye, Sanat ve Zanaat</t>
+          <t>Üç Dünya Bir Arap-Yahudi’nin Anıları</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>360</v>
+        <v>450</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786055383800</t>
+          <t>9786256624146</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası İlişkilere Giriş</t>
+          <t>Makul Yönetici 3 Sermaye, Sanat ve Zanaat</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>629</v>
+        <v>360</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786256624115</t>
+          <t>9786055383800</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Trajik Akıl Korku, Kader ve İktidarın Yükü</t>
+          <t>Uluslararası İlişkilere Giriş</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>300</v>
+        <v>629</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256624122</t>
+          <t>9786256624115</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale Savaşı’nda Alman Bahriyeliler</t>
+          <t>Trajik Akıl Korku, Kader ve İktidarın Yükü</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>370</v>
+        <v>300</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256624085</t>
+          <t>9786256624122</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Bilinç ve Din Çağdaş Felsefi Bilinç Kuramları II</t>
+          <t>Çanakkale Savaşı’nda Alman Bahriyeliler</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>280</v>
+        <v>370</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256624054</t>
+          <t>9786256624085</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Tanrı, İyilik ve İrade</t>
+          <t>Bilinç ve Din Çağdaş Felsefi Bilinç Kuramları II</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>370</v>
+        <v>280</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256624108</t>
+          <t>9786256624054</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Din Düşüncesi</t>
+          <t>Tanrı, İyilik ve İrade</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>340</v>
+        <v>370</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789756614631</t>
+          <t>9786256624108</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>İsrail Lobisi ve Amerikan Dış Politikası</t>
+          <t>Din Düşüncesi</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>590</v>
+        <v>340</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786057646057</t>
+          <t>9789756614631</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Romanperver İktisatçı</t>
+          <t>İsrail Lobisi ve Amerikan Dış Politikası</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>421</v>
+        <v>590</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786055383350</t>
+          <t>9786057646057</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Birinci Dünya Savaşı'nda Almanya'nın İslam Stratejisi</t>
+          <t>Romanperver İktisatçı</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>343</v>
+        <v>421</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786059125260</t>
+          <t>9786055383350</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Andrey Tarkovski Sineması: Kayıp Umudun İzinde</t>
+          <t>Birinci Dünya Savaşı'nda Almanya'nın İslam Stratejisi</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>374</v>
+        <v>343</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786059125208</t>
+          <t>9786059125260</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Küller ve Kemikler</t>
+          <t>Andrey Tarkovski Sineması: Kayıp Umudun İzinde</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>276</v>
+        <v>374</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789756614723</t>
+          <t>9786059125208</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Yöneticiler İçin Gerçek Kriz Öyküleri</t>
+          <t>Küller ve Kemikler</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>264</v>
+        <v>276</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786256624016</t>
+          <t>9789756614723</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Felsefi Antropoloji Göttingen Dersleri</t>
+          <t>Yöneticiler İçin Gerçek Kriz Öyküleri</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>300</v>
+        <v>264</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786259414409</t>
+          <t>9786256624016</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Çok Odalı Ev Lübnan Tarihine Yeniden Bakış</t>
+          <t>Felsefi Antropoloji Göttingen Dersleri</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786256624061</t>
+          <t>9786259414409</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Cemaatin Sınırları Sosyal Radikalizmin Eleştirisi</t>
+          <t>Çok Odalı Ev Lübnan Tarihine Yeniden Bakış</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>280</v>
+        <v>320</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786256624078</t>
+          <t>9786256624061</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Siyaset Felsefesinde Agonistik Politika</t>
+          <t>Cemaatin Sınırları Sosyal Radikalizmin Eleştirisi</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>340</v>
+        <v>280</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786256624092</t>
+          <t>9786256624078</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka ve Uluslararası İlişkiler</t>
+          <t>Çağdaş Siyaset Felsefesinde Agonistik Politika</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>360</v>
+        <v>340</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786256624047</t>
+          <t>9786256624092</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Vesilecilik ( İkinci Kitap )</t>
+          <t>Yapay Zeka ve Uluslararası İlişkiler</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>420</v>
+        <v>360</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786256624030</t>
+          <t>9786256624047</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Vesilecilik ( Birinci Kitap )</t>
+          <t>Vesilecilik ( İkinci Kitap )</t>
         </is>
       </c>
       <c r="C36" s="1">
         <v>420</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789756614877</t>
+          <t>9786256624030</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Türk Sosyoloji Tarihine Eleştirel Bir Katkı</t>
+          <t>Vesilecilik ( Birinci Kitap )</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>264</v>
+        <v>420</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786055383077</t>
+          <t>9789756614877</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşme, Din ve Medeniyet</t>
+          <t>Türk Sosyoloji Tarihine Eleştirel Bir Katkı</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>270</v>
+        <v>264</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789756614624</t>
+          <t>9786055383077</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Gölgedeki Kalem - Emine Semiye</t>
+          <t>Küreselleşme, Din ve Medeniyet</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>264</v>
+        <v>270</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786059125475</t>
+          <t>9789756614624</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Küresel Güvenlikten Küresel Tahakküme</t>
+          <t>Gölgedeki Kalem - Emine Semiye</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>394</v>
+        <v>264</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786059125406</t>
+          <t>9786059125475</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Yahudiler ve Modern Kapitalizm</t>
+          <t>Küresel Güvenlikten Küresel Tahakküme</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>435</v>
+        <v>394</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786057646439</t>
+          <t>9786059125406</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Fizik ve Felsefe</t>
+          <t>Yahudiler ve Modern Kapitalizm</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>392</v>
+        <v>435</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786057646309</t>
+          <t>9786057646439</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Unutulmuş Filistinliler</t>
+          <t>Fizik ve Felsefe</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>421</v>
+        <v>392</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786057646132</t>
+          <t>9786057646309</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>İsmet Özel ve Partizan Aynı Adamın Öyküsü</t>
+          <t>Unutulmuş Filistinliler</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>360</v>
+        <v>421</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786059125987</t>
+          <t>9786057646132</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Demir Duvar</t>
+          <t>İsmet Özel ve Partizan Aynı Adamın Öyküsü</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>690</v>
+        <v>360</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786059125994</t>
+          <t>9786059125987</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Dünya Tarihinde Afrika</t>
+          <t>Demir Duvar</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>595</v>
+        <v>690</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789756614143</t>
+          <t>9786059125994</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Oryantalizmin Kısa Tarihi</t>
+          <t>Dünya Tarihinde Afrika</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>464</v>
+        <v>595</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786055383459</t>
+          <t>9789756614143</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Halep</t>
+          <t>Oryantalizmin Kısa Tarihi</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>479</v>
+        <v>464</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786059125451</t>
+          <t>9786055383459</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Stratejik Liderlik</t>
+          <t>Halep</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>421</v>
+        <v>479</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786055383497</t>
+          <t>9786059125451</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası İlişkiler Teorileri</t>
+          <t>Stratejik Liderlik</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>620</v>
+        <v>421</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786057646125</t>
+          <t>9786055383497</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Bilincin Evreni Maddenin Hayale Dönüşümü</t>
+          <t>Uluslararası İlişkiler Teorileri</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>682</v>
+        <v>620</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786259414492</t>
+          <t>9786057646125</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Yeni Yirmi Yıl Krizi - Uluslararası İlişkiler Üzerine Bir Eleştiri 1999-2019</t>
+          <t>Bilincin Evreni Maddenin Hayale Dönüşümü</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>435</v>
+        <v>682</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786057646965</t>
+          <t>9786259414492</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Toplumlarda İsim Kültürü</t>
+          <t>Yeni Yirmi Yıl Krizi - Uluslararası İlişkiler Üzerine Bir Eleştiri 1999-2019</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>450</v>
+        <v>435</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786055383251</t>
+          <t>9786057646965</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Siyasetin Sosyal Teorisi</t>
+          <t>Müslüman Toplumlarda İsim Kültürü</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>580</v>
+        <v>450</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789756614792</t>
+          <t>9786055383251</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de / Türkçede Felsefe Üzerine Konuşmalar</t>
+          <t>Uluslararası Siyasetin Sosyal Teorisi</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>255</v>
+        <v>580</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786055383299</t>
+          <t>9789756614792</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Teoriden Pratiğe (Ciltli)</t>
+          <t>Türkiye’de / Türkçede Felsefe Üzerine Konuşmalar</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>438</v>
+        <v>255</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786055383282</t>
+          <t>9786055383299</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Teoriden Pratiğe</t>
+          <t>Teoriden Pratiğe (Ciltli)</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>373</v>
+        <v>438</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789756614037</t>
+          <t>9786055383282</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Tanzimat Dönemi Osmanlı Maliyesi</t>
+          <t>Teoriden Pratiğe</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>342</v>
+        <v>373</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789756614884</t>
+          <t>9789756614037</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilimler Felsefesi</t>
+          <t>Tanzimat Dönemi Osmanlı Maliyesi</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>438</v>
+        <v>342</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9799756614227</t>
+          <t>9789756614884</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Sistemle Yüzleşme</t>
+          <t>Sosyal Bilimler Felsefesi</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>213</v>
+        <v>438</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786055383336</t>
+          <t>9799756614227</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Oslo Barış Süreci</t>
+          <t>Sistemle Yüzleşme</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>328</v>
+        <v>213</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789756614174</t>
+          <t>9786055383336</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Oryantalizm Oksidentalizm ve Şerif Mardin</t>
+          <t>Oslo Barış Süreci</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>297</v>
+        <v>328</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789756614853</t>
+          <t>9789756614174</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Midilli’nin İşgal Günlüğü 1912</t>
+          <t>Oryantalizm Oksidentalizm ve Şerif Mardin</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>259</v>
+        <v>297</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786055383190</t>
+          <t>9789756614853</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Küyerel Dönüşümler</t>
+          <t>Midilli’nin İşgal Günlüğü 1912</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>320</v>
+        <v>259</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786059125512</t>
+          <t>9786055383190</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Küresel Bunalım</t>
+          <t>Küyerel Dönüşümler</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>255</v>
+        <v>320</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789756614945</t>
+          <t>9786059125512</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Karşılaştırmalı Siyaset Sanatı</t>
+          <t>Küresel Bunalım</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>334</v>
+        <v>255</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789756614839</t>
+          <t>9789756614945</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>İslam Estetiğine Giriş</t>
+          <t>Karşılaştırmalı Siyaset Sanatı</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>450</v>
+        <v>334</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9789756614600</t>
+          <t>9789756614839</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>İran</t>
+          <t>İslam Estetiğine Giriş</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>464</v>
+        <v>450</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786059125895</t>
+          <t>9789756614600</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Güç ve Refah</t>
+          <t>İran</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>566</v>
+        <v>464</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786055383046</t>
+          <t>9786059125895</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Giovanni Scognamillo’nun Gözüyle Yeşilçam</t>
+          <t>Güç ve Refah</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>483</v>
+        <v>566</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786055383275</t>
+          <t>9786055383046</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Gazzali Konuşmaları</t>
+          <t>Giovanni Scognamillo’nun Gözüyle Yeşilçam</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>290</v>
+        <v>483</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789756614730</t>
+          <t>9786055383275</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Fatih’in Müjdelenen Şehri</t>
+          <t>Gazzali Konuşmaları</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>438</v>
+        <v>290</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786055383312</t>
+          <t>9789756614730</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Eski Düzen Adına</t>
+          <t>Fatih’in Müjdelenen Şehri</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>351</v>
+        <v>438</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789756614907</t>
+          <t>9786055383312</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Endülüs Tarihi</t>
+          <t>Eski Düzen Adına</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>342</v>
+        <v>351</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786055383053</t>
+          <t>9789756614907</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Derin Devlet, AK Parti ve Kürtler</t>
+          <t>Endülüs Tarihi</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>219</v>
+        <v>342</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786055383091</t>
+          <t>9786055383053</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Doğa Düşüncesi</t>
+          <t>Derin Devlet, AK Parti ve Kürtler</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>464</v>
+        <v>219</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789756614815</t>
+          <t>9786055383091</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Bir Yönetim Modeli: Süleymaniye</t>
+          <t>Çağdaş Doğa Düşüncesi</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>406</v>
+        <v>464</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789756614617</t>
+          <t>9789756614815</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Bilim Devrimi ve Modern Bilimin Kökenleri</t>
+          <t>Bir Yönetim Modeli: Süleymaniye</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>342</v>
+        <v>406</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789756614532</t>
+          <t>9789756614617</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Batı Biliminde Dönüm Noktaları</t>
+          <t>Bilim Devrimi ve Modern Bilimin Kökenleri</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>528</v>
+        <v>342</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789756614389</t>
+          <t>9789756614532</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Balkan Tarihi - 1</t>
+          <t>Batı Biliminde Dönüm Noktaları</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>477</v>
+        <v>528</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789756614952</t>
+          <t>9789756614389</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Avrasya Konuşmaları</t>
+          <t>Balkan Tarihi - 1</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>210</v>
+        <v>477</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789756614334</t>
+          <t>9789756614952</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Arap Romanında Türkler</t>
+          <t>Avrasya Konuşmaları</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>320</v>
+        <v>210</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9799756614210</t>
+          <t>9789756614334</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Bir Sovyet Mirası Rus Azınlıklar</t>
+          <t>Arap Romanında Türkler</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>255</v>
+        <v>320</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786259414416</t>
+          <t>9799756614210</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Doğadaki Düzeni Keşfetmek Linnaeus’tan E.O. Wilson’a Doğa Tarihi Geleneği</t>
+          <t>Bir Sovyet Mirası Rus Azınlıklar</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>421</v>
+        <v>255</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786256624009</t>
+          <t>9786259414416</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Deniz Teknolojisi</t>
+          <t>Doğadaki Düzeni Keşfetmek Linnaeus’tan E.O. Wilson’a Doğa Tarihi Geleneği</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>450</v>
+        <v>421</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786057646941</t>
+          <t>9786256624009</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Hatıralar</t>
+          <t>Osmanlı Deniz Teknolojisi</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>943</v>
+        <v>450</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786259414430</t>
+          <t>9786057646941</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Din Felsefesinin Ana Konuları Cilt 1</t>
+          <t>Hatıralar</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>464</v>
+        <v>943</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786259414478</t>
+          <t>9786259414430</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Din Felsefesinin Ana Konuları Cilt 2</t>
+          <t>Din Felsefesinin Ana Konuları Cilt 1</t>
         </is>
       </c>
       <c r="C88" s="1">
         <v>464</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786259414447</t>
+          <t>9786259414478</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Din Felsefesinin Ana Konuları Cilt 3</t>
+          <t>Din Felsefesinin Ana Konuları Cilt 2</t>
         </is>
       </c>
       <c r="C89" s="1">
         <v>464</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786259414454</t>
+          <t>9786259414447</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Din Felsefesinin Ana Konuları Cilt 4</t>
+          <t>Din Felsefesinin Ana Konuları Cilt 3</t>
         </is>
       </c>
       <c r="C90" s="1">
         <v>464</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786259414461</t>
+          <t>9786259414454</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Din Felsefesinin Ana Konuları Cilt 5</t>
+          <t>Din Felsefesinin Ana Konuları Cilt 4</t>
         </is>
       </c>
       <c r="C91" s="1">
         <v>464</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786057646996</t>
+          <t>9786259414461</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>İrad ve Mesarifat Beyan Olunur - Yeniçeri Ocağı 61. Bölüğün Gelir-Gider Defterleri (1163-1241/1750-1826)</t>
+          <t>Din Felsefesinin Ana Konuları Cilt 5</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>537</v>
+        <v>464</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786057646958</t>
+          <t>9786057646996</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Modern Bilimin Yeni Metafizik Temelleri</t>
+          <t>İrad ve Mesarifat Beyan Olunur - Yeniçeri Ocağı 61. Bölüğün Gelir-Gider Defterleri (1163-1241/1750-1826)</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>653</v>
+        <v>537</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786057646927</t>
+          <t>9786057646958</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Nedir?</t>
+          <t>Modern Bilimin Yeni Metafizik Temelleri</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>508</v>
+        <v>653</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786057646934</t>
+          <t>9786057646927</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Kent Sosyolojisi - Küresel Bir Giriş</t>
+          <t>Felsefe Nedir?</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>464</v>
+        <v>508</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786057646903</t>
+          <t>9786057646934</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Kamusal Entelektüel</t>
+          <t>Kent Sosyolojisi - Küresel Bir Giriş</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>580</v>
+        <v>464</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786057646910</t>
+          <t>9786057646903</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Şairin Filistini</t>
+          <t>Kamusal Entelektüel</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>421</v>
+        <v>580</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786057646897</t>
+          <t>9786057646910</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Sınırda - Hatıralarda Bir Yaşam</t>
+          <t>Şairin Filistini</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>357</v>
+        <v>421</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786057646873</t>
+          <t>9786057646897</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Rusya İmparatorluğu’nun Müslümanları</t>
+          <t>Sınırda - Hatıralarda Bir Yaşam</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>435</v>
+        <v>357</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786057646880</t>
+          <t>9786057646873</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşen Dünya Siyaseti - Uluslararası İlişkilere Giriş</t>
+          <t>Rusya İmparatorluğu’nun Müslümanları</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>629</v>
+        <v>435</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786057646866</t>
+          <t>9786057646880</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Arap Ayaklanmalarını Yeniden Düşünmek</t>
+          <t>Küreselleşen Dünya Siyaseti - Uluslararası İlişkilere Giriş</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>328</v>
+        <v>629</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786057646835</t>
+          <t>9786057646866</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>İki Benlik</t>
+          <t>Arap Ayaklanmalarını Yeniden Düşünmek</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>322</v>
+        <v>328</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786057646842</t>
+          <t>9786057646835</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Roman Diliyle Emperyalizm</t>
+          <t>İki Benlik</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>421</v>
+        <v>322</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786057646811</t>
+          <t>9786057646842</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>İmparatorluğun Çöküşü</t>
+          <t>Roman Diliyle Emperyalizm</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>406</v>
+        <v>421</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786057646743</t>
+          <t>9786057646811</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Siyasal Düzen - Adalet ve Asabiyetin Siyasetteki Rolü</t>
+          <t>İmparatorluğun Çöküşü</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>328</v>
+        <v>406</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786057646798</t>
+          <t>9786057646743</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Siyasetin Yeni Bilimi</t>
+          <t>Siyasal Düzen - Adalet ve Asabiyetin Siyasetteki Rolü</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>322</v>
+        <v>328</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786057646729</t>
+          <t>9786057646798</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Siyaset, Ahlak ve Töre Seçme Metinler</t>
+          <t>Siyasetin Yeni Bilimi</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>328</v>
+        <v>322</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9789756614396</t>
+          <t>9786057646729</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Balkan Tarihi - 2</t>
+          <t>Siyaset, Ahlak ve Töre Seçme Metinler</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>477</v>
+        <v>328</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786057646361</t>
+          <t>9789756614396</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Üniversite Harabeleri</t>
+          <t>Balkan Tarihi - 2</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>419</v>
+        <v>477</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786057646279</t>
+          <t>9786057646361</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Üniversitenin Kullanımları</t>
+          <t>Üniversite Harabeleri</t>
         </is>
       </c>
       <c r="C110" s="1">
         <v>419</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786057646040</t>
+          <t>9786057646279</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Üniversiteyi Yeniden Kurmak</t>
+          <t>Üniversitenin Kullanımları</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>483</v>
+        <v>419</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786057646156</t>
+          <t>9786057646040</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Üniversite</t>
+          <t>Üniversiteyi Yeniden Kurmak</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>438</v>
+        <v>483</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786057646828</t>
+          <t>9786057646156</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilimlerde Karşılaştırmalı Tarihsel Analiz</t>
+          <t>Üniversite</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>525</v>
+        <v>438</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786057646781</t>
+          <t>9786057646828</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Yeniçeriliğin Tarihi 2 - Yeniçeri Ordusu, Yeniçerilerin Hakları ve Mükellefiyetleri</t>
+          <t>Sosyal Bilimlerde Karşılaştırmalı Tarihsel Analiz</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>499</v>
+        <v>525</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786057646774</t>
+          <t>9786057646781</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Yeniçeriliğin Tarihi 1 - Yeniçeri Ocağı’nın Teşkilat Yapısı ve Nefer Kaynağı</t>
+          <t>Yeniçeriliğin Tarihi 2 - Yeniçeri Ordusu, Yeniçerilerin Hakları ve Mükellefiyetleri</t>
         </is>
       </c>
       <c r="C115" s="1">
         <v>499</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786057646712</t>
+          <t>9786057646774</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Amerika'da Yükseköğretim</t>
+          <t>Yeniçeriliğin Tarihi 1 - Yeniçeri Ocağı’nın Teşkilat Yapısı ve Nefer Kaynağı</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>551</v>
+        <v>499</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786057646705</t>
+          <t>9786057646712</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Siyasi Dinler</t>
+          <t>Amerika'da Yükseköğretim</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>305</v>
+        <v>551</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786057646637</t>
+          <t>9786057646705</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Biyolojiyi Benzersiz Kılan Nedir?</t>
+          <t>Siyasi Dinler</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>373</v>
+        <v>305</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786057646620</t>
+          <t>9786057646637</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Dünya Tarihinde Ticaret</t>
+          <t>Biyolojiyi Benzersiz Kılan Nedir?</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>474</v>
+        <v>373</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786057646644</t>
+          <t>9786057646620</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Deleuze'ün Film Felsefesinin İzleri</t>
+          <t>Dünya Tarihinde Ticaret</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>438</v>
+        <v>474</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786059125772</t>
+          <t>9786057646644</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Deleuze, Sinema ve Felsefe</t>
+          <t>Deleuze'ün Film Felsefesinin İzleri</t>
         </is>
       </c>
       <c r="C121" s="1">
         <v>438</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786057646170</t>
+          <t>9786059125772</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>İlerleme ve Sorunları - Bir Bilimsel Gelişme Kuramına Doğru</t>
+          <t>Deleuze, Sinema ve Felsefe</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>342</v>
+        <v>438</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786057646613</t>
+          <t>9786057646170</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşmenin Kısa Tarihi</t>
+          <t>İlerleme ve Sorunları - Bir Bilimsel Gelişme Kuramına Doğru</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>328</v>
+        <v>342</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786057646606</t>
+          <t>9786057646613</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ayşe’nin Minderi</t>
+          <t>Küreselleşmenin Kısa Tarihi</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>452</v>
+        <v>328</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786057646583</t>
+          <t>9786057646606</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Yönetici Goethe</t>
+          <t>Hz. Ayşe’nin Minderi</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>338</v>
+        <v>452</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786057646552</t>
+          <t>9786057646583</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İmparatorluğu’nda Taşra Elitleri</t>
+          <t>Yönetici Goethe</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>474</v>
+        <v>338</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786057646569</t>
+          <t>9786057646552</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Üniversiteler ve Bilgi Avrupası</t>
+          <t>Osmanlı İmparatorluğu’nda Taşra Elitleri</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>494</v>
+        <v>474</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786057646545</t>
+          <t>9786057646569</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Cihan Harbi ve Yeni Filistin</t>
+          <t>Üniversiteler ve Bilgi Avrupası</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>416</v>
+        <v>494</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786057646576</t>
+          <t>9786057646545</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Alman İdealizmini Anlamak</t>
+          <t>Cihan Harbi ve Yeni Filistin</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>460</v>
+        <v>416</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786057646538</t>
+          <t>9786057646576</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Bilad-ı Şam’da Osmanlı İktidarı ve Yerel Güçler 1700-1775</t>
+          <t>Alman İdealizmini Anlamak</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>386</v>
+        <v>460</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786057646514</t>
+          <t>9786057646538</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyası ve Göç</t>
+          <t>Bilad-ı Şam’da Osmanlı İktidarı ve Yerel Güçler 1700-1775</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>351</v>
+        <v>386</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786059125642</t>
+          <t>9786057646514</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>İslam'da Bilimin Yükselişi</t>
+          <t>Türk Dünyası ve Göç</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>363</v>
+        <v>351</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786057646521</t>
+          <t>9786059125642</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Özgürlüğün Anlamı</t>
+          <t>İslam'da Bilimin Yükselişi</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>407</v>
+        <v>363</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786057646491</t>
+          <t>9786057646521</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Küresel Tarih Nedir?</t>
+          <t>Özgürlüğün Anlamı</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>373</v>
+        <v>407</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786057646484</t>
+          <t>9786057646491</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Derviş Zaim Sinemasına Tersten Bakmak</t>
+          <t>Küresel Tarih Nedir?</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>397</v>
+        <v>373</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786057646446</t>
+          <t>9786057646484</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Karagöz'den Günümüze Temaşa - Osmanlı'da Sinematografın Yolculuğu (1895-1923)</t>
+          <t>Derviş Zaim Sinemasına Tersten Bakmak</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>490</v>
+        <v>397</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786057646477</t>
+          <t>9786057646446</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Yaşamın Metafiziği</t>
+          <t>Karagöz'den Günümüze Temaşa - Osmanlı'da Sinematografın Yolculuğu (1895-1923)</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>351</v>
+        <v>490</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786057646460</t>
+          <t>9786057646477</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Varlık ve Zaman’ı Anlamak</t>
+          <t>Yaşamın Metafiziği</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>393</v>
+        <v>351</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786057646385</t>
+          <t>9786057646460</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>İsrail’de Çatışan Kimlikler</t>
+          <t>Varlık ve Zaman’ı Anlamak</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>377</v>
+        <v>393</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786057646354</t>
+          <t>9786057646385</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı-İran Sınır Bölgeleri</t>
+          <t>İsrail’de Çatışan Kimlikler</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>428</v>
+        <v>377</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786057646415</t>
+          <t>9786057646354</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Araştırma ve Bağlantılı Bilgi</t>
+          <t>Osmanlı-İran Sınır Bölgeleri</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>494</v>
+        <v>428</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786057646408</t>
+          <t>9786057646415</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>İbn Halduncu Sosyoloji</t>
+          <t>Araştırma ve Bağlantılı Bilgi</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>438</v>
+        <v>494</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786057646392</t>
+          <t>9786057646408</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Rus Ben-İdraki</t>
+          <t>İbn Halduncu Sosyoloji</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>328</v>
+        <v>438</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786057646347</t>
+          <t>9786057646392</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Güzellik ve İslam</t>
+          <t>Rus Ben-İdraki</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>429</v>
+        <v>328</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786057646323</t>
+          <t>9786057646347</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>İsrail’de Hatırlama</t>
+          <t>Güzellik ve İslam</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>377</v>
+        <v>429</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786057646316</t>
+          <t>9786057646323</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>2. Abdülhamid Döneminde Irak'ta Osmanlı İdaresi</t>
+          <t>İsrail’de Hatırlama</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>429</v>
+        <v>377</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786059125765</t>
+          <t>9786057646316</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Gilles Deleuze’ün Zaman Makinesi</t>
+          <t>2. Abdülhamid Döneminde Irak'ta Osmanlı İdaresi</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>464</v>
+        <v>429</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786057646286</t>
+          <t>9786059125765</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Sistemik Deprem ve Dünya Düzeni</t>
+          <t>Gilles Deleuze’ün Zaman Makinesi</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>416</v>
+        <v>464</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786057646262</t>
+          <t>9786057646286</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Bilmenin Yolları</t>
+          <t>Sistemik Deprem ve Dünya Düzeni</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>483</v>
+        <v>416</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786057646255</t>
+          <t>9786057646262</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Yönetimin Kültürcesi</t>
+          <t>Bilmenin Yolları</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>373</v>
+        <v>483</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786057646248</t>
+          <t>9786057646255</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Dönüşen Diplomasi ve Türkiye</t>
+          <t>Yönetimin Kültürcesi</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>452</v>
+        <v>373</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786057646231</t>
+          <t>9786057646248</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Asya Pasifik Çalışmalarında Yeni Ufuklar</t>
+          <t>Dönüşen Diplomasi ve Türkiye</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>306</v>
+        <v>452</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786057646194</t>
+          <t>9786057646231</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Birinci Dünya Savaşında Suriye</t>
+          <t>Asya Pasifik Çalışmalarında Yeni Ufuklar</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>384</v>
+        <v>306</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786057646224</t>
+          <t>9786057646194</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Fısıldaşan Şehirler</t>
+          <t>Birinci Dünya Savaşında Suriye</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>373</v>
+        <v>384</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786057646217</t>
+          <t>9786057646224</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Kudüs’ü</t>
+          <t>Fısıldaşan Şehirler</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>377</v>
+        <v>373</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786057646200</t>
+          <t>9786057646217</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Akademinin Yönetimi</t>
+          <t>Osmanlı Kudüs’ü</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>474</v>
+        <v>377</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786057646187</t>
+          <t>9786057646200</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Körfez Krizi Kıskacında Katar</t>
+          <t>Akademinin Yönetimi</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>320</v>
+        <v>474</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786057646163</t>
+          <t>9786057646187</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Gandhi Anı</t>
+          <t>Körfez Krizi Kıskacında Katar</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>284</v>
+        <v>320</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786057646149</t>
+          <t>9786057646163</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Roman Diliyle İş Hayatı</t>
+          <t>Gandhi Anı</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>421</v>
+        <v>284</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786057646118</t>
+          <t>9786057646149</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Eskimeyen Filmler 3</t>
+          <t>Roman Diliyle İş Hayatı</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>373</v>
+        <v>421</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786057646101</t>
+          <t>9786057646118</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Deniz Ticareti</t>
+          <t>Eskimeyen Filmler 3</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>464</v>
+        <v>373</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786057646095</t>
+          <t>9786057646101</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Şiir Milliyetçilik İslamcılık</t>
+          <t>Osmanlı Deniz Ticareti</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>297</v>
+        <v>464</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786057646088</t>
+          <t>9786057646095</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Medreselerinde İlim</t>
+          <t>Şiir Milliyetçilik İslamcılık</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>490</v>
+        <v>297</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786057646064</t>
+          <t>9786057646088</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Mihrap Minber ve Devlet</t>
+          <t>Osmanlı Medreselerinde İlim</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>508</v>
+        <v>490</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786059125970</t>
+          <t>9786057646064</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Lüfer: Boğaziçi Şehrayini</t>
+          <t>Mihrap Minber ve Devlet</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>494</v>
+        <v>508</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786057646033</t>
+          <t>9786059125970</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Yükseköğretimin Örgütlenmesi</t>
+          <t>Lüfer: Boğaziçi Şehrayini</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>464</v>
+        <v>494</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786057646026</t>
+          <t>9786057646033</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Üniversite Fikri</t>
+          <t>Yükseköğretimin Örgütlenmesi</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>483</v>
+        <v>464</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786057646019</t>
+          <t>9786057646026</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Medreseleri ve Avrupa Üniversiteleri (1450 - 1600)</t>
+          <t>Üniversite Fikri</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>522</v>
+        <v>483</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786057646590</t>
+          <t>9786057646019</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Arap Dünyasının Krizleri</t>
+          <t>Osmanlı Medreseleri ve Avrupa Üniversiteleri (1450 - 1600)</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>297</v>
+        <v>522</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786059125925</t>
+          <t>9786057646590</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Çağdaş Sosyoloji Konuşmaları</t>
+          <t>Arap Dünyasının Krizleri</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>351</v>
+        <v>297</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786059125857</t>
+          <t>9786059125925</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>17. Yüzyılda Tersane-i Amire</t>
+          <t>Türkiye'de Çağdaş Sosyoloji Konuşmaları</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>464</v>
+        <v>351</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786059125871</t>
+          <t>9786059125857</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Klasik Türk Edebiyatında Alegori</t>
+          <t>17. Yüzyılda Tersane-i Amire</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>416</v>
+        <v>464</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786059125888</t>
+          <t>9786059125871</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Standartlar Nasıl İşler?</t>
+          <t>Klasik Türk Edebiyatında Alegori</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>351</v>
+        <v>416</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786059125901</t>
+          <t>9786059125888</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>İnsani Bir Çalışma İlişkisi (Ciltli)</t>
+          <t>Standartlar Nasıl İşler?</t>
         </is>
       </c>
       <c r="C174" s="1">
         <v>351</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786059125918</t>
+          <t>9786059125901</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Medeniyetlerin Ben-idraki</t>
+          <t>İnsani Bir Çalışma İlişkisi (Ciltli)</t>
         </is>
       </c>
       <c r="C175" s="1">
         <v>351</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786059125864</t>
+          <t>9786059125918</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Medeniyet Dönüşümü</t>
+          <t>Medeniyetlerin Ben-idraki</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>365</v>
+        <v>351</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786059125833</t>
+          <t>9786059125864</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Alternatif Paradigmalar</t>
+          <t>Medeniyet Dönüşümü</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>429</v>
+        <v>365</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786059125826</t>
+          <t>9786059125833</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Yönetebilen Türkler</t>
+          <t>Alternatif Paradigmalar</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>421</v>
+        <v>429</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786059125819</t>
+          <t>9786059125826</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Sinema İçin Bunca Acıya Değer Mi?</t>
+          <t>Yönetebilen Türkler</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>373</v>
+        <v>421</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786059125789</t>
+          <t>9786059125819</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Küresel Çağda Tarih Yazmak</t>
+          <t>Sinema İçin Bunca Acıya Değer Mi?</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>363</v>
+        <v>373</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786059125796</t>
+          <t>9786059125789</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Zarifoğlu'nu Okumak</t>
+          <t>Küresel Çağda Tarih Yazmak</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>351</v>
+        <v>363</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786059125741</t>
+          <t>9786059125796</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Roman Diliyle İktisat</t>
+          <t>Zarifoğlu'nu Okumak</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>421</v>
+        <v>351</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786059125758</t>
+          <t>9786059125741</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Roman Diliyle Siyaset</t>
+          <t>Roman Diliyle İktisat</t>
         </is>
       </c>
       <c r="C183" s="1">
         <v>421</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786059125734</t>
+          <t>9786059125758</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Eskimeyen Filmler 2</t>
+          <t>Roman Diliyle Siyaset</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>407</v>
+        <v>421</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786059125666</t>
+          <t>9786059125734</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Bilinç Üzerine Konuşmalar</t>
+          <t>Eskimeyen Filmler 2</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>493</v>
+        <v>407</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786059125680</t>
+          <t>9786059125666</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Sanatta Hafızanın Biçimleri</t>
+          <t>Bilinç Üzerine Konuşmalar</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>297</v>
+        <v>493</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786059125703</t>
+          <t>9786059125680</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Akdenizi</t>
+          <t>Sanatta Hafızanın Biçimleri</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>479</v>
+        <v>297</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786059125659</t>
+          <t>9786059125703</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Biraz Mağrur Biraz Mağdur - Türk Sinemasında Kahramanlar</t>
+          <t>Osmanlı Akdenizi</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>312</v>
+        <v>479</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786059125673</t>
+          <t>9786059125659</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Duruş: Gençlerle Yüz Yüze</t>
+          <t>Biraz Mağrur Biraz Mağdur - Türk Sinemasında Kahramanlar</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>464</v>
+        <v>312</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786057646675</t>
+          <t>9786059125673</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Batı Felsefesinin Yeni Tarihi 2: Ortaçağ Felsefesi</t>
+          <t>Duruş: Gençlerle Yüz Yüze</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>551</v>
+        <v>464</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786059125215</t>
+          <t>9786057646675</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Tanburi Cemil Bey</t>
+          <t>Batı Felsefesinin Yeni Tarihi 2: Ortaçağ Felsefesi</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>351</v>
+        <v>551</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786055383138</t>
+          <t>9786059125215</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilimler Metodolojisi</t>
+          <t>Tanburi Cemil Bey</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>438</v>
+        <v>351</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786059125536</t>
+          <t>9786055383138</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Asimilasyondan Tanınmaya</t>
+          <t>Sosyal Bilimler Metodolojisi</t>
         </is>
       </c>
       <c r="C193" s="1">
         <v>438</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786059125550</t>
+          <t>9786059125536</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Tarihe Kayıtlar</t>
+          <t>Asimilasyondan Tanınmaya</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>247</v>
+        <v>438</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786059125529</t>
+          <t>9786059125550</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>İletişim ve Televizyon Teorileri</t>
+          <t>Tarihe Kayıtlar</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>407</v>
+        <v>247</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786059125222</t>
+          <t>9786059125529</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Bilinç: Öznelliğin Bilimi</t>
+          <t>İletişim ve Televizyon Teorileri</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>484</v>
+        <v>407</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786059125291</t>
+          <t>9786059125222</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Jeopolitik ve Jeokültür</t>
+          <t>Bilinç: Öznelliğin Bilimi</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>450</v>
+        <v>484</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786059125468</t>
+          <t>9786059125291</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Siyasal Üzerine Konuşmalar</t>
+          <t>Jeopolitik ve Jeokültür</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>297</v>
+        <v>450</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786059125437</t>
+          <t>9786059125468</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Alafranga Halleri</t>
+          <t>Siyasal Üzerine Konuşmalar</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>412</v>
+        <v>297</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786059125390</t>
+          <t>9786059125437</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Yönetsel Yetkinlikler ve Etkin Yönetim</t>
+          <t>Alafranga Halleri</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>373</v>
+        <v>412</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786059125376</t>
+          <t>9786059125390</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Zurasudan Bilgeliğin Keşfi</t>
+          <t>Yönetsel Yetkinlikler ve Etkin Yönetim</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>351</v>
+        <v>373</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786059125307</t>
+          <t>9786059125376</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>İslam Bilim Tarihi</t>
+          <t>Zurasudan Bilgeliğin Keşfi</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>450</v>
+        <v>351</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786059125383</t>
+          <t>9786059125307</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Medeniyetler ve Şehirler</t>
+          <t>İslam Bilim Tarihi</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>351</v>
+        <v>450</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786059125284</t>
+          <t>9786059125383</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>İslam Metafiziğine Prolegomena</t>
+          <t>Medeniyetler ve Şehirler</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>435</v>
+        <v>351</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786059125338</t>
+          <t>9786059125284</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Tarih-i Bosna</t>
+          <t>İslam Metafiziğine Prolegomena</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>254</v>
+        <v>435</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786059125253</t>
+          <t>9786059125338</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Karanlıkta Işığı Yakalamak</t>
+          <t>Tarih-i Bosna</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>392</v>
+        <v>254</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786059125246</t>
+          <t>9786059125253</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Yöneticilik Dersleri</t>
+          <t>Karanlıkta Işığı Yakalamak</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>421</v>
+        <v>392</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9789756614983</t>
+          <t>9786059125246</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Stemmatik</t>
+          <t>Yöneticilik Dersleri</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>276</v>
+        <v>421</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786055383152</t>
+          <t>9789756614983</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Sosyolojik Paradigmalar</t>
+          <t>Stemmatik</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>438</v>
+        <v>276</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9789756614785</t>
+          <t>9786055383152</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Etnometodoloji</t>
+          <t>Sosyolojik Paradigmalar</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>392</v>
+        <v>438</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9789756614426</t>
+          <t>9789756614785</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>İngiliz Oryantalizmi ve Tasavvuf</t>
+          <t>Etnometodoloji</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>479</v>
+        <v>392</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9789756614044</t>
+          <t>9789756614426</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>İktisat, Tarih ve Toplum</t>
+          <t>İngiliz Oryantalizmi ve Tasavvuf</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>348</v>
+        <v>479</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786059125192</t>
+          <t>9789756614044</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Karpuz Kabuğundan Gemiler Yapmak</t>
+          <t>İktisat, Tarih ve Toplum</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>319</v>
+        <v>348</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786059125130</t>
+          <t>9786059125192</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Basra'sında Devlet ve Toplum 1908-1914</t>
+          <t>Karpuz Kabuğundan Gemiler Yapmak</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>373</v>
+        <v>319</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786059125178</t>
+          <t>9786059125130</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Otorite Nedir?</t>
+          <t>Osmanlı Basra'sında Devlet ve Toplum 1908-1914</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>284</v>
+        <v>373</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786059125185</t>
+          <t>9786059125178</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Modernlik, Küreselleşme ve Türkiye’nin Kimlikler Evreni</t>
+          <t>Otorite Nedir?</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>306</v>
+        <v>284</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786055383206</t>
+          <t>9786059125185</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Sinematograf Üzerine Notlar</t>
+          <t>Modernlik, Küreselleşme ve Türkiye’nin Kimlikler Evreni</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>247</v>
+        <v>306</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786059125123</t>
+          <t>9786055383206</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Yönetici Peygamber Hz. Muhammed</t>
+          <t>Sinematograf Üzerine Notlar</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>342</v>
+        <v>247</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786059125109</t>
+          <t>9786059125123</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilimlerde Yaklaşımlar ve Metodolojiler</t>
+          <t>Yönetici Peygamber Hz. Muhammed</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>493</v>
+        <v>342</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786055383398</t>
+          <t>9786059125109</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Filmin Apaçıklığı</t>
+          <t>Sosyal Bilimlerde Yaklaşımlar ve Metodolojiler</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>244</v>
+        <v>493</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786055383831</t>
+          <t>9786055383398</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Dikta Değil İkna: İletişim Psikolojisi</t>
+          <t>Filmin Apaçıklığı</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>435</v>
+        <v>244</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9789756614129</t>
+          <t>9786055383831</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Rus Jeopolitiği</t>
+          <t>Dikta Değil İkna: İletişim Psikolojisi</t>
         </is>
       </c>
       <c r="C222" s="1">
         <v>435</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786059125710</t>
+          <t>9789756614129</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Osmanlılar ve Deniz</t>
+          <t>Rus Jeopolitiği</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>457</v>
+        <v>435</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786055383862</t>
+          <t>9786059125710</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Hayal Perdesi Sinema Dergisi 2013 Yıllığı</t>
+          <t>Osmanlılar ve Deniz</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>306</v>
+        <v>457</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786055383817</t>
+          <t>9786055383862</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Stratejik Zihniyet</t>
+          <t>Hayal Perdesi Sinema Dergisi 2013 Yıllığı</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>351</v>
+        <v>306</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9789756614440</t>
+          <t>9786055383817</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Konfüçyen Kapitalizm</t>
+          <t>Stratejik Zihniyet</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>320</v>
+        <v>351</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786055383213</t>
+          <t>9789756614440</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Kant Sonrası Metafizik Üzerine Konuşmalar</t>
+          <t>Konfüçyen Kapitalizm</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>319</v>
+        <v>320</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786055383510</t>
+          <t>9786055383213</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Azerbaycan’da Din ve Kimlik</t>
+          <t>Kant Sonrası Metafizik Üzerine Konuşmalar</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>328</v>
+        <v>319</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786055383473</t>
+          <t>9786055383510</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Regime Changes and Transitions in Arab Spring Countries</t>
+          <t>Azerbaycan’da Din ve Kimlik</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>264</v>
+        <v>328</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786055383404</t>
+          <t>9786055383473</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Anlamlılık Üzerine</t>
+          <t>Regime Changes and Transitions in Arab Spring Countries</t>
         </is>
       </c>
       <c r="C230" s="1">
         <v>264</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786055383879</t>
+          <t>9786055383404</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Dönem Türk Sinema Antolojisi (1895-1928)</t>
+          <t>Anlamlılık Üzerine</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>247</v>
+        <v>264</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786055383503</t>
+          <t>9786055383879</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Balık Kültürü</t>
+          <t>Sessiz Dönem Türk Sinema Antolojisi (1895-1928)</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>435</v>
+        <v>247</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786055383435</t>
+          <t>9786055383503</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Sosyolojinin Felsefi Kökenleri</t>
+          <t>İstanbul Balık Kültürü</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>438</v>
+        <v>435</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786055383466</t>
+          <t>9786055383435</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Yücel Çakmaklı: Milli Sinemanın Kurucusu</t>
+          <t>Sosyolojinin Felsefi Kökenleri</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>351</v>
+        <v>438</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786057646071</t>
+          <t>9786055383466</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Otur Baştan Yaz Beni</t>
+          <t>Yücel Çakmaklı: Milli Sinemanın Kurucusu</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>264</v>
+        <v>351</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786055383442</t>
+          <t>9786057646071</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Bölüm ve Disiplin</t>
+          <t>Otur Baştan Yaz Beni</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>416</v>
+        <v>264</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9789756614587</t>
+          <t>9786055383442</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Teori Ve Sosyoloji</t>
+          <t>Bölüm ve Disiplin</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>460</v>
+        <v>416</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9789756614679</t>
+          <t>9789756614587</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Zor ve Rıza</t>
+          <t>Sosyal Teori Ve Sosyoloji</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>290</v>
+        <v>460</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
+          <t>9789756614679</t>
+        </is>
+      </c>
+      <c r="B239" s="1" t="inlineStr">
+        <is>
+          <t>Zor ve Rıza</t>
+        </is>
+      </c>
+      <c r="C239" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="240" spans="1:3">
+      <c r="A240" s="1" t="inlineStr">
+        <is>
           <t>9789756614013</t>
         </is>
       </c>
-      <c r="B239" s="1" t="inlineStr">
+      <c r="B240" s="1" t="inlineStr">
         <is>
           <t>Fizik ve Gerçeklik</t>
         </is>
       </c>
-      <c r="C239" s="1">
+      <c r="C240" s="1">
         <v>264</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>