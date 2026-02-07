--- v1 (2025-12-14)
+++ v2 (2026-02-07)
@@ -85,3625 +85,4345 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256624245</t>
+          <t>9786259414423</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Babülmendep Boğazı’nda ABD-Çin Rekabeti</t>
+          <t>Din Felsefesinin Ana Konuları 5 Cilt Takım Kutulu (Ciltli)</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>360</v>
+        <v>2700</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256624214</t>
+          <t>9786057646859</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>İbn Teymiyye</t>
+          <t>Coğrafyanın İntikamı</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>525</v>
+        <v>690</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256624252</t>
+          <t>9786057646804</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs Seferi (1570-1571) (Ciltli)</t>
+          <t>Metafizik Nedir?</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>450</v>
+        <v>600</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256624191</t>
+          <t>9786057646750</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Me’mûn</t>
+          <t>Çağdaş Felsefi Bilinç Kuramları</t>
         </is>
       </c>
       <c r="C5" s="1">
         <v>480</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256624238</t>
+          <t>9786057646736</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>İslam Tıbbı</t>
+          <t>Bilgi Felsefesi Nedir?</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>495</v>
+        <v>620</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256624207</t>
+          <t>9786057646699</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Ahmed b. Hanbel</t>
+          <t>Batı Felsefesinin Yeni Tarihi 4: Modern Dünyada Felsefe</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>480</v>
+        <v>630</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786057646293</t>
+          <t>9786057646682</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Zihin Felsefesi - Çağdaş Bir Giriş</t>
+          <t>Batı Felsefesinin Yeni Tarihi 3: Modern Felsefe’nin Yükselişi</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>650</v>
+        <v>630</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256624184</t>
+          <t>9786057646668</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Bağımlı Rasyonel Hayvanlar</t>
+          <t>Batı Felsefesinin Yeni Tarihi 1: Antik Felsefe</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>340</v>
+        <v>630</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256624221</t>
+          <t>9786059125840</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Kendir Telinin Peşinde</t>
+          <t>Askeri Devrim</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>495</v>
+        <v>585</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786057646972</t>
+          <t>9789756614518</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Tuz ve Taş Üstünde</t>
+          <t>Stratejik Derinlik</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>508</v>
+        <v>530</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786057646989</t>
+          <t>9789756614402</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzünün en büyük hapishanesi</t>
+          <t>Sosyal Teoriye Giriş</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>464</v>
+        <v>530</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786055383084</t>
+          <t>9786055383022</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Liderler Neden Yalan Söyler</t>
+          <t>Siyaset Teorisine Giriş</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>340</v>
+        <v>720</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789756614969</t>
+          <t>9786055383015</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Sultanın Kalyonları</t>
+          <t>Sanat ve Kuram</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>590</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256624153</t>
+          <t>9789756614891</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Akıl ve İnanç</t>
+          <t>Modernliğin Beş Yüzü</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>629</v>
+        <v>550</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256624177</t>
+          <t>9789756614464</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>İslam Siyaset Düşüncesi</t>
+          <t>İslam Felsefesine Giriş</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>340</v>
+        <v>650</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786256624160</t>
+          <t>9786055383107</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Üç Dünya Bir Arap-Yahudi’nin Anıları</t>
+          <t>Hangi Ortadoğu?</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>450</v>
+        <v>585</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786256624146</t>
+          <t>9786059125321</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Makul Yönetici 3 Sermaye, Sanat ve Zanaat</t>
+          <t>Bir Yönetim Modeli: Mimar Sinan</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>360</v>
+        <v>470</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786055383800</t>
+          <t>9786055383220</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası İlişkilere Giriş</t>
+          <t>Bir Osmanlı Şehri: Şam</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>629</v>
+        <v>470</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256624115</t>
+          <t>9786055383145</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Trajik Akıl Korku, Kader ve İktidarın Yükü</t>
+          <t>Benliğin Kaynakları</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>300</v>
+        <v>650</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256624122</t>
+          <t>9786055383343</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale Savaşı’nda Alman Bahriyeliler</t>
+          <t>Din Felsefesi</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>370</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256624085</t>
+          <t>9786055383848</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Bilinç ve Din Çağdaş Felsefi Bilinç Kuramları II</t>
+          <t>Ortadoğu Konuşmaları</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>280</v>
+        <v>450</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256624054</t>
+          <t>9786059125505</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Tanrı, İyilik ve İrade</t>
+          <t>Sosyal Bilimde Yöntem</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>370</v>
+        <v>500</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256624108</t>
+          <t>9786059125727</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Din Düşüncesi</t>
+          <t>Rastlantı</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>340</v>
+        <v>360</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789756614631</t>
+          <t>9786059125444</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>İsrail Lobisi ve Amerikan Dış Politikası</t>
+          <t>Beynimizle Ne Yapmalıyız?</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>590</v>
+        <v>330</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786057646057</t>
+          <t>9786059125802</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Romanperver İktisatçı</t>
+          <t>Bilincin Gizemi</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>421</v>
+        <v>585</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786055383350</t>
+          <t>9786059125567</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Birinci Dünya Savaşı'nda Almanya'nın İslam Stratejisi</t>
+          <t>Filistin'i Bölüşmek</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>343</v>
+        <v>630</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786059125260</t>
+          <t>9786059125482</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Andrey Tarkovski Sineması: Kayıp Umudun İzinde</t>
+          <t>Mit, Ritüel ve Söz</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>374</v>
+        <v>490</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786059125208</t>
+          <t>9786059125581</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Küller ve Kemikler</t>
+          <t>Eskimeyen Filmler</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>276</v>
+        <v>565</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789756614723</t>
+          <t>9786059125024</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Yöneticiler İçin Gerçek Kriz Öyküleri</t>
+          <t>Başlangıcından Günümüze Fransız Sineması</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>264</v>
+        <v>585</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786256624016</t>
+          <t>9786059125116</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Felsefi Antropoloji Göttingen Dersleri</t>
+          <t>Sosyal Bilimler Tarihi ve Felsefesi</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>300</v>
+        <v>790</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786259414409</t>
+          <t>9786055383893</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Çok Odalı Ev Lübnan Tarihine Yeniden Bakış</t>
+          <t>Kur'an'da Yaratılış: Uzayların ve Maddenin Yaratılışı</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>320</v>
+        <v>335</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786256624061</t>
+          <t>9786055383886</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Cemaatin Sınırları Sosyal Radikalizmin Eleştirisi</t>
+          <t>İslam'da Bilginin Temelleri (Emr Kitabı)</t>
         </is>
       </c>
       <c r="C33" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786256624078</t>
+          <t>9786059125277</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Siyaset Felsefesinde Agonistik Politika</t>
+          <t>Aklı Karışıklar İçin Kılavuz</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>340</v>
+        <v>445</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786256624092</t>
+          <t>9786055383824</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka ve Uluslararası İlişkiler</t>
+          <t>Yöntem Kuram Komplo</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>360</v>
+        <v>470</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786256624047</t>
+          <t>9786057646453</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Vesilecilik ( İkinci Kitap )</t>
+          <t>İslam ve Bilim</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>420</v>
+        <v>440</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786256624030</t>
+          <t>9786057646507</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Vesilecilik ( Birinci Kitap )</t>
+          <t>Nitel Araştırma Nasıl Yapılır?</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>420</v>
+        <v>790</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789756614877</t>
+          <t>9786055383114</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Türk Sosyoloji Tarihine Eleştirel Bir Katkı</t>
+          <t>Filistin Uğruna</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>264</v>
+        <v>530</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786055383077</t>
+          <t>9786057646330</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşme, Din ve Medeniyet</t>
+          <t>Abbasi İhtilali</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>270</v>
+        <v>420</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789756614624</t>
+          <t>9786055383169</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Gölgedeki Kalem - Emine Semiye</t>
+          <t>Osmanlı Aydınları ve Sosyal Darwinizm</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>264</v>
+        <v>570</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786059125475</t>
+          <t>9789756614938</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Küresel Güvenlikten Küresel Tahakküme</t>
+          <t>Yönetmen Sineması - Ahmet Uluçay</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>394</v>
+        <v>245</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786059125406</t>
+          <t>9786059125949</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Yahudiler ve Modern Kapitalizm</t>
+          <t>Sinema Nedir!</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>435</v>
+        <v>470</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786057646439</t>
+          <t>9786055383244</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Fizik ve Felsefe</t>
+          <t>İki Kültürde İslam</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>392</v>
+        <v>320</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786057646309</t>
+          <t>9789756614068</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Unutulmuş Filistinliler</t>
+          <t>İfadelerin Gramatik Ayırımı</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>421</v>
+        <v>250</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786057646132</t>
+          <t>9786057646422</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>İsmet Özel ve Partizan Aynı Adamın Öyküsü</t>
+          <t>Başlangıçtan Günümüze İslam Kelamı</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>360</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786059125987</t>
+          <t>9786256624634</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Demir Duvar</t>
+          <t>Nöro-Felsefe ve Sağlıklı Zihin</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>690</v>
+        <v>480</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786059125994</t>
+          <t>9786256624610</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Dünya Tarihinde Afrika</t>
+          <t>Medeniyetler Arası Etkileşim - Bazı Örnek Sesler</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>595</v>
+        <v>380</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789756614143</t>
+          <t>9786256624269</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Oryantalizmin Kısa Tarihi</t>
+          <t>Müslüman Robinson Kruzo - Daniel Defoe</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>464</v>
+        <v>320</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786055383459</t>
+          <t>9786256624627</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Halep</t>
+          <t>Gazze Soykırımı</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>479</v>
+        <v>450</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786059125451</t>
+          <t>9786256624245</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Stratejik Liderlik</t>
+          <t>Babülmendep Boğazı’nda ABD-Çin Rekabeti</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>421</v>
+        <v>360</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786055383497</t>
+          <t>9786256624214</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası İlişkiler Teorileri</t>
+          <t>İbn Teymiyye</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>620</v>
+        <v>525</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786057646125</t>
+          <t>9786256624252</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Bilincin Evreni Maddenin Hayale Dönüşümü</t>
+          <t>Kıbrıs Seferi (1570-1571) (Ciltli)</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>682</v>
+        <v>450</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786259414492</t>
+          <t>9786256624191</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Yeni Yirmi Yıl Krizi - Uluslararası İlişkiler Üzerine Bir Eleştiri 1999-2019</t>
+          <t>Me’mûn</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>435</v>
+        <v>480</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786057646965</t>
+          <t>9786256624238</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Toplumlarda İsim Kültürü</t>
+          <t>İslam Tıbbı</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>450</v>
+        <v>495</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786055383251</t>
+          <t>9786256624207</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Siyasetin Sosyal Teorisi</t>
+          <t>Ahmed b. Hanbel</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>580</v>
+        <v>480</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789756614792</t>
+          <t>9786057646293</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de / Türkçede Felsefe Üzerine Konuşmalar</t>
+          <t>Zihin Felsefesi - Çağdaş Bir Giriş</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>255</v>
+        <v>750</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786055383299</t>
+          <t>9786256624184</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Teoriden Pratiğe (Ciltli)</t>
+          <t>Bağımlı Rasyonel Hayvanlar</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>438</v>
+        <v>360</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786055383282</t>
+          <t>9786256624221</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Teoriden Pratiğe</t>
+          <t>Kendir Telinin Peşinde</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>373</v>
+        <v>495</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789756614037</t>
+          <t>9786057646972</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Tanzimat Dönemi Osmanlı Maliyesi</t>
+          <t>Tuz ve Taş Üstünde</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>342</v>
+        <v>585</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789756614884</t>
+          <t>9786057646989</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilimler Felsefesi</t>
+          <t>Yeryüzünün en büyük hapishanesi</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>438</v>
+        <v>530</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9799756614227</t>
+          <t>9786055383084</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Sistemle Yüzleşme</t>
+          <t>Liderler Neden Yalan Söyler</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>213</v>
+        <v>390</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786055383336</t>
+          <t>9789756614969</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Oslo Barış Süreci</t>
+          <t>Sultanın Kalyonları</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>328</v>
+        <v>680</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789756614174</t>
+          <t>9786256624153</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Oryantalizm Oksidentalizm ve Şerif Mardin</t>
+          <t>Akıl ve İnanç</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>297</v>
+        <v>720</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789756614853</t>
+          <t>9786256624177</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Midilli’nin İşgal Günlüğü 1912</t>
+          <t>İslam Siyaset Düşüncesi</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>259</v>
+        <v>390</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786055383190</t>
+          <t>9786256624160</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Küyerel Dönüşümler</t>
+          <t>Üç Dünya Bir Arap-Yahudi’nin Anıları</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>320</v>
+        <v>450</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786059125512</t>
+          <t>9786256624146</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Küresel Bunalım</t>
+          <t>Makul Yönetici 3 Sermaye, Sanat ve Zanaat</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>255</v>
+        <v>410</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789756614945</t>
+          <t>9786055383800</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Karşılaştırmalı Siyaset Sanatı</t>
+          <t>Uluslararası İlişkilere Giriş</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>334</v>
+        <v>720</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9789756614839</t>
+          <t>9786256624115</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>İslam Estetiğine Giriş</t>
+          <t>Trajik Akıl Korku, Kader ve İktidarın Yükü</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>450</v>
+        <v>345</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9789756614600</t>
+          <t>9786256624122</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>İran</t>
+          <t>Çanakkale Savaşı’nda Alman Bahriyeliler</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>464</v>
+        <v>390</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786059125895</t>
+          <t>9786256624085</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Güç ve Refah</t>
+          <t>Bilinç ve Din Çağdaş Felsefi Bilinç Kuramları II</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>566</v>
+        <v>325</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786055383046</t>
+          <t>9786256624054</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Giovanni Scognamillo’nun Gözüyle Yeşilçam</t>
+          <t>Tanrı, İyilik ve İrade</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>483</v>
+        <v>390</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786055383275</t>
+          <t>9786256624108</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Gazzali Konuşmaları</t>
+          <t>Din Düşüncesi</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>290</v>
+        <v>390</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9789756614730</t>
+          <t>9789756614631</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Fatih’in Müjdelenen Şehri</t>
+          <t>İsrail Lobisi ve Amerikan Dış Politikası</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>438</v>
+        <v>680</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786055383312</t>
+          <t>9786057646057</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Eski Düzen Adına</t>
+          <t>Romanperver İktisatçı</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>351</v>
+        <v>490</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9789756614907</t>
+          <t>9786055383350</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Endülüs Tarihi</t>
+          <t>Birinci Dünya Savaşı'nda Almanya'nın İslam Stratejisi</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>342</v>
+        <v>395</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786055383053</t>
+          <t>9786059125260</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Derin Devlet, AK Parti ve Kürtler</t>
+          <t>Andrey Tarkovski Sineması: Kayıp Umudun İzinde</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>219</v>
+        <v>430</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786055383091</t>
+          <t>9786059125208</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Doğa Düşüncesi</t>
+          <t>Küller ve Kemikler</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>464</v>
+        <v>320</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789756614815</t>
+          <t>9789756614723</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Bir Yönetim Modeli: Süleymaniye</t>
+          <t>Yöneticiler İçin Gerçek Kriz Öyküleri</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>406</v>
+        <v>305</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789756614617</t>
+          <t>9786256624016</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Bilim Devrimi ve Modern Bilimin Kökenleri</t>
+          <t>Felsefi Antropoloji Göttingen Dersleri</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>342</v>
+        <v>345</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789756614532</t>
+          <t>9786259414409</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Batı Biliminde Dönüm Noktaları</t>
+          <t>Çok Odalı Ev Lübnan Tarihine Yeniden Bakış</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>528</v>
+        <v>368</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789756614389</t>
+          <t>9786256624061</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Balkan Tarihi - 1</t>
+          <t>Cemaatin Sınırları Sosyal Radikalizmin Eleştirisi</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>477</v>
+        <v>325</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789756614952</t>
+          <t>9786256624078</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Avrasya Konuşmaları</t>
+          <t>Çağdaş Siyaset Felsefesinde Agonistik Politika</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>210</v>
+        <v>390</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9789756614334</t>
+          <t>9786256624092</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Arap Romanında Türkler</t>
+          <t>Yapay Zeka ve Uluslararası İlişkiler</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>320</v>
+        <v>420</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9799756614210</t>
+          <t>9786256624047</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Bir Sovyet Mirası Rus Azınlıklar</t>
+          <t>Vesilecilik ( İkinci Kitap )</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>255</v>
+        <v>420</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786259414416</t>
+          <t>9786256624030</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Doğadaki Düzeni Keşfetmek Linnaeus’tan E.O. Wilson’a Doğa Tarihi Geleneği</t>
+          <t>Vesilecilik ( Birinci Kitap )</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>421</v>
+        <v>420</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786256624009</t>
+          <t>9789756614877</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Deniz Teknolojisi</t>
+          <t>Türk Sosyoloji Tarihine Eleştirel Bir Katkı</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>450</v>
+        <v>305</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786057646941</t>
+          <t>9786055383077</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Hatıralar</t>
+          <t>Küreselleşme, Din ve Medeniyet</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>943</v>
+        <v>310</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786259414430</t>
+          <t>9789756614624</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Din Felsefesinin Ana Konuları Cilt 1</t>
+          <t>Gölgedeki Kalem - Emine Semiye</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>464</v>
+        <v>305</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786259414478</t>
+          <t>9786059125475</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Din Felsefesinin Ana Konuları Cilt 2</t>
+          <t>Küresel Güvenlikten Küresel Tahakküme</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>464</v>
+        <v>460</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786259414447</t>
+          <t>9786059125406</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Din Felsefesinin Ana Konuları Cilt 3</t>
+          <t>Yahudiler ve Modern Kapitalizm</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>464</v>
+        <v>500</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786259414454</t>
+          <t>9786057646439</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Din Felsefesinin Ana Konuları Cilt 4</t>
+          <t>Fizik ve Felsefe</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>464</v>
+        <v>450</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786259414461</t>
+          <t>9786057646309</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Din Felsefesinin Ana Konuları Cilt 5</t>
+          <t>Unutulmuş Filistinliler</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>464</v>
+        <v>490</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786057646996</t>
+          <t>9786057646132</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>İrad ve Mesarifat Beyan Olunur - Yeniçeri Ocağı 61. Bölüğün Gelir-Gider Defterleri (1163-1241/1750-1826)</t>
+          <t>İsmet Özel ve Partizan Aynı Adamın Öyküsü</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>537</v>
+        <v>415</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786057646958</t>
+          <t>9786059125987</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Modern Bilimin Yeni Metafizik Temelleri</t>
+          <t>Demir Duvar</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>653</v>
+        <v>795</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786057646927</t>
+          <t>9786059125994</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Nedir?</t>
+          <t>Dünya Tarihinde Afrika</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>508</v>
+        <v>680</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786057646934</t>
+          <t>9789756614143</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Kent Sosyolojisi - Küresel Bir Giriş</t>
+          <t>Oryantalizmin Kısa Tarihi</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>464</v>
+        <v>530</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786057646903</t>
+          <t>9786055383459</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Kamusal Entelektüel</t>
+          <t>Halep</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>580</v>
+        <v>550</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786057646910</t>
+          <t>9786059125451</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Şairin Filistini</t>
+          <t>Stratejik Liderlik</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>421</v>
+        <v>490</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786057646897</t>
+          <t>9786055383497</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Sınırda - Hatıralarda Bir Yaşam</t>
+          <t>Uluslararası İlişkiler Teorileri</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>357</v>
+        <v>690</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786057646873</t>
+          <t>9786057646125</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Rusya İmparatorluğu’nun Müslümanları</t>
+          <t>Bilincin Evreni Maddenin Hayale Dönüşümü</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>435</v>
+        <v>785</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786057646880</t>
+          <t>9786259414492</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşen Dünya Siyaseti - Uluslararası İlişkilere Giriş</t>
+          <t>Yeni Yirmi Yıl Krizi - Uluslararası İlişkiler Üzerine Bir Eleştiri 1999-2019</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>629</v>
+        <v>500</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786057646866</t>
+          <t>9786057646965</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Arap Ayaklanmalarını Yeniden Düşünmek</t>
+          <t>Müslüman Toplumlarda İsim Kültürü</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>328</v>
+        <v>450</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786057646835</t>
+          <t>9786055383251</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>İki Benlik</t>
+          <t>Uluslararası Siyasetin Sosyal Teorisi</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>322</v>
+        <v>650</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786057646842</t>
+          <t>9789756614792</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Roman Diliyle Emperyalizm</t>
+          <t>Türkiye’de / Türkçede Felsefe Üzerine Konuşmalar</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>421</v>
+        <v>295</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786057646811</t>
+          <t>9786055383299</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>İmparatorluğun Çöküşü</t>
+          <t>Teoriden Pratiğe (Ciltli)</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>406</v>
+        <v>500</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786057646743</t>
+          <t>9786055383282</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Siyasal Düzen - Adalet ve Asabiyetin Siyasetteki Rolü</t>
+          <t>Teoriden Pratiğe</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>328</v>
+        <v>430</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786057646798</t>
+          <t>9789756614037</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Siyasetin Yeni Bilimi</t>
+          <t>Tanzimat Dönemi Osmanlı Maliyesi</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>322</v>
+        <v>395</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786057646729</t>
+          <t>9789756614884</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Siyaset, Ahlak ve Töre Seçme Metinler</t>
+          <t>Sosyal Bilimler Felsefesi</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>328</v>
+        <v>500</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9789756614396</t>
+          <t>9799756614227</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Balkan Tarihi - 2</t>
+          <t>Sistemle Yüzleşme</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>477</v>
+        <v>245</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786057646361</t>
+          <t>9786055383336</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Üniversite Harabeleri</t>
+          <t>Oslo Barış Süreci</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>419</v>
+        <v>380</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786057646279</t>
+          <t>9789756614174</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Üniversitenin Kullanımları</t>
+          <t>Oryantalizm Oksidentalizm ve Şerif Mardin</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>419</v>
+        <v>340</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786057646040</t>
+          <t>9789756614853</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Üniversiteyi Yeniden Kurmak</t>
+          <t>Midilli’nin İşgal Günlüğü 1912</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>483</v>
+        <v>259</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786057646156</t>
+          <t>9786055383190</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Üniversite</t>
+          <t>Küyerel Dönüşümler</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>438</v>
+        <v>368</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786057646828</t>
+          <t>9786059125512</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilimlerde Karşılaştırmalı Tarihsel Analiz</t>
+          <t>Küresel Bunalım</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>525</v>
+        <v>295</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786057646781</t>
+          <t>9789756614945</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Yeniçeriliğin Tarihi 2 - Yeniçeri Ordusu, Yeniçerilerin Hakları ve Mükellefiyetleri</t>
+          <t>Karşılaştırmalı Siyaset Sanatı</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>499</v>
+        <v>385</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786057646774</t>
+          <t>9789756614839</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Yeniçeriliğin Tarihi 1 - Yeniçeri Ocağı’nın Teşkilat Yapısı ve Nefer Kaynağı</t>
+          <t>İslam Estetiğine Giriş</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>499</v>
+        <v>520</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786057646712</t>
+          <t>9789756614600</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Amerika'da Yükseköğretim</t>
+          <t>İran</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>551</v>
+        <v>530</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786057646705</t>
+          <t>9786059125895</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Siyasi Dinler</t>
+          <t>Güç ve Refah</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>305</v>
+        <v>650</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786057646637</t>
+          <t>9786055383046</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Biyolojiyi Benzersiz Kılan Nedir?</t>
+          <t>Giovanni Scognamillo’nun Gözüyle Yeşilçam</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>373</v>
+        <v>555</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786057646620</t>
+          <t>9786055383275</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Dünya Tarihinde Ticaret</t>
+          <t>Gazzali Konuşmaları</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>474</v>
+        <v>335</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786057646644</t>
+          <t>9789756614730</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Deleuze'ün Film Felsefesinin İzleri</t>
+          <t>Fatih’in Müjdelenen Şehri</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>438</v>
+        <v>500</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786059125772</t>
+          <t>9786055383312</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Deleuze, Sinema ve Felsefe</t>
+          <t>Eski Düzen Adına</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>438</v>
+        <v>405</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786057646170</t>
+          <t>9789756614907</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>İlerleme ve Sorunları - Bir Bilimsel Gelişme Kuramına Doğru</t>
+          <t>Endülüs Tarihi</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>342</v>
+        <v>395</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786057646613</t>
+          <t>9786055383053</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşmenin Kısa Tarihi</t>
+          <t>Derin Devlet, AK Parti ve Kürtler</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>328</v>
+        <v>250</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786057646606</t>
+          <t>9786055383091</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ayşe’nin Minderi</t>
+          <t>Çağdaş Doğa Düşüncesi</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>452</v>
+        <v>530</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786057646583</t>
+          <t>9789756614815</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Yönetici Goethe</t>
+          <t>Bir Yönetim Modeli: Süleymaniye</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>338</v>
+        <v>470</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786057646552</t>
+          <t>9789756614617</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İmparatorluğu’nda Taşra Elitleri</t>
+          <t>Bilim Devrimi ve Modern Bilimin Kökenleri</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>474</v>
+        <v>395</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786057646569</t>
+          <t>9789756614532</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Üniversiteler ve Bilgi Avrupası</t>
+          <t>Batı Biliminde Dönüm Noktaları</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>494</v>
+        <v>600</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786057646545</t>
+          <t>9789756614389</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Cihan Harbi ve Yeni Filistin</t>
+          <t>Balkan Tarihi - 1</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>416</v>
+        <v>550</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786057646576</t>
+          <t>9789756614952</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Alman İdealizmini Anlamak</t>
+          <t>Avrasya Konuşmaları</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>460</v>
+        <v>245</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786057646538</t>
+          <t>9789756614334</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Bilad-ı Şam’da Osmanlı İktidarı ve Yerel Güçler 1700-1775</t>
+          <t>Arap Romanında Türkler</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>386</v>
+        <v>368</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786057646514</t>
+          <t>9799756614210</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyası ve Göç</t>
+          <t>Bir Sovyet Mirası Rus Azınlıklar</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>351</v>
+        <v>295</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786059125642</t>
+          <t>9786259414416</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>İslam'da Bilimin Yükselişi</t>
+          <t>Doğadaki Düzeni Keşfetmek Linnaeus’tan E.O. Wilson’a Doğa Tarihi Geleneği</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>363</v>
+        <v>490</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786057646521</t>
+          <t>9786256624009</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Özgürlüğün Anlamı</t>
+          <t>Osmanlı Deniz Teknolojisi</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>407</v>
+        <v>520</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786057646491</t>
+          <t>9786057646941</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Küresel Tarih Nedir?</t>
+          <t>Hatıralar</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>373</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786057646484</t>
+          <t>9786259414430</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Derviş Zaim Sinemasına Tersten Bakmak</t>
+          <t>Din Felsefesinin Ana Konuları Cilt 1</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>397</v>
+        <v>530</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786057646446</t>
+          <t>9786259414478</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Karagöz'den Günümüze Temaşa - Osmanlı'da Sinematografın Yolculuğu (1895-1923)</t>
+          <t>Din Felsefesinin Ana Konuları Cilt 2</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>490</v>
+        <v>530</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786057646477</t>
+          <t>9786259414447</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Yaşamın Metafiziği</t>
+          <t>Din Felsefesinin Ana Konuları Cilt 3</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>351</v>
+        <v>530</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786057646460</t>
+          <t>9786259414454</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Varlık ve Zaman’ı Anlamak</t>
+          <t>Din Felsefesinin Ana Konuları Cilt 4</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>393</v>
+        <v>530</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786057646385</t>
+          <t>9786259414461</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>İsrail’de Çatışan Kimlikler</t>
+          <t>Din Felsefesinin Ana Konuları Cilt 5</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>377</v>
+        <v>530</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786057646354</t>
+          <t>9786057646996</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı-İran Sınır Bölgeleri</t>
+          <t>İrad ve Mesarifat Beyan Olunur - Yeniçeri Ocağı 61. Bölüğün Gelir-Gider Defterleri (1163-1241/1750-1826)</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>428</v>
+        <v>620</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786057646415</t>
+          <t>9786057646958</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Araştırma ve Bağlantılı Bilgi</t>
+          <t>Modern Bilimin Yeni Metafizik Temelleri</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>494</v>
+        <v>750</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786057646408</t>
+          <t>9786057646927</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>İbn Halduncu Sosyoloji</t>
+          <t>Felsefe Nedir?</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>438</v>
+        <v>585</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786057646392</t>
+          <t>9786057646934</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Rus Ben-İdraki</t>
+          <t>Kent Sosyolojisi - Küresel Bir Giriş</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>328</v>
+        <v>530</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786057646347</t>
+          <t>9786057646903</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Güzellik ve İslam</t>
+          <t>Kamusal Entelektüel</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>429</v>
+        <v>650</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786057646323</t>
+          <t>9786057646910</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>İsrail’de Hatırlama</t>
+          <t>Şairin Filistini</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>377</v>
+        <v>490</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786057646316</t>
+          <t>9786057646897</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>2. Abdülhamid Döneminde Irak'ta Osmanlı İdaresi</t>
+          <t>Sınırda - Hatıralarda Bir Yaşam</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>429</v>
+        <v>410</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786059125765</t>
+          <t>9786057646873</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Gilles Deleuze’ün Zaman Makinesi</t>
+          <t>Rusya İmparatorluğu’nun Müslümanları</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>464</v>
+        <v>500</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786057646286</t>
+          <t>9786057646880</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Sistemik Deprem ve Dünya Düzeni</t>
+          <t>Küreselleşen Dünya Siyaseti - Uluslararası İlişkilere Giriş</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>416</v>
+        <v>720</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786057646262</t>
+          <t>9786057646866</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Bilmenin Yolları</t>
+          <t>Arap Ayaklanmalarını Yeniden Düşünmek</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>483</v>
+        <v>380</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786057646255</t>
+          <t>9786057646835</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Yönetimin Kültürcesi</t>
+          <t>İki Benlik</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>373</v>
+        <v>370</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786057646248</t>
+          <t>9786057646842</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Dönüşen Diplomasi ve Türkiye</t>
+          <t>Roman Diliyle Emperyalizm</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>452</v>
+        <v>490</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786057646231</t>
+          <t>9786057646811</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Asya Pasifik Çalışmalarında Yeni Ufuklar</t>
+          <t>İmparatorluğun Çöküşü</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>306</v>
+        <v>470</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786057646194</t>
+          <t>9786057646743</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Birinci Dünya Savaşında Suriye</t>
+          <t>Siyasal Düzen - Adalet ve Asabiyetin Siyasetteki Rolü</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>384</v>
+        <v>380</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786057646224</t>
+          <t>9786057646798</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Fısıldaşan Şehirler</t>
+          <t>Siyasetin Yeni Bilimi</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>373</v>
+        <v>370</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786057646217</t>
+          <t>9786057646729</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Kudüs’ü</t>
+          <t>Siyaset, Ahlak ve Töre Seçme Metinler</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>377</v>
+        <v>380</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786057646200</t>
+          <t>9789756614396</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Akademinin Yönetimi</t>
+          <t>Balkan Tarihi - 2</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>474</v>
+        <v>550</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786057646187</t>
+          <t>9786057646361</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Körfez Krizi Kıskacında Katar</t>
+          <t>Üniversite Harabeleri</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>320</v>
+        <v>490</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786057646163</t>
+          <t>9786057646279</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Gandhi Anı</t>
+          <t>Üniversitenin Kullanımları</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>284</v>
+        <v>490</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786057646149</t>
+          <t>9786057646040</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Roman Diliyle İş Hayatı</t>
+          <t>Üniversiteyi Yeniden Kurmak</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>421</v>
+        <v>555</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786057646118</t>
+          <t>9786057646156</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Eskimeyen Filmler 3</t>
+          <t>Üniversite</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>373</v>
+        <v>500</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786057646101</t>
+          <t>9786057646828</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Deniz Ticareti</t>
+          <t>Sosyal Bilimlerde Karşılaştırmalı Tarihsel Analiz</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>464</v>
+        <v>600</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786057646095</t>
+          <t>9786057646781</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Şiir Milliyetçilik İslamcılık</t>
+          <t>Yeniçeriliğin Tarihi 2 - Yeniçeri Ordusu, Yeniçerilerin Hakları ve Mükellefiyetleri</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>297</v>
+        <v>575</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786057646088</t>
+          <t>9786057646774</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Medreselerinde İlim</t>
+          <t>Yeniçeriliğin Tarihi 1 - Yeniçeri Ocağı’nın Teşkilat Yapısı ve Nefer Kaynağı</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>490</v>
+        <v>575</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786057646064</t>
+          <t>9786057646712</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Mihrap Minber ve Devlet</t>
+          <t>Amerika'da Yükseköğretim</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>508</v>
+        <v>630</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786059125970</t>
+          <t>9786057646705</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Lüfer: Boğaziçi Şehrayini</t>
+          <t>Siyasi Dinler</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>494</v>
+        <v>350</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786057646033</t>
+          <t>9786057646637</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Yükseköğretimin Örgütlenmesi</t>
+          <t>Biyolojiyi Benzersiz Kılan Nedir?</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>464</v>
+        <v>430</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786057646026</t>
+          <t>9786057646620</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Üniversite Fikri</t>
+          <t>Dünya Tarihinde Ticaret</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>483</v>
+        <v>545</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786057646019</t>
+          <t>9786057646644</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Medreseleri ve Avrupa Üniversiteleri (1450 - 1600)</t>
+          <t>Deleuze'ün Film Felsefesinin İzleri</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>522</v>
+        <v>500</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786057646590</t>
+          <t>9786059125772</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Arap Dünyasının Krizleri</t>
+          <t>Deleuze, Sinema ve Felsefe</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>297</v>
+        <v>500</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786059125925</t>
+          <t>9786057646170</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Çağdaş Sosyoloji Konuşmaları</t>
+          <t>İlerleme ve Sorunları - Bir Bilimsel Gelişme Kuramına Doğru</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>351</v>
+        <v>395</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786059125857</t>
+          <t>9786057646613</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>17. Yüzyılda Tersane-i Amire</t>
+          <t>Küreselleşmenin Kısa Tarihi</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>464</v>
+        <v>380</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786059125871</t>
+          <t>9786057646606</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Klasik Türk Edebiyatında Alegori</t>
+          <t>Hz. Ayşe’nin Minderi</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>416</v>
+        <v>520</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786059125888</t>
+          <t>9786057646583</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Standartlar Nasıl İşler?</t>
+          <t>Yönetici Goethe</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>351</v>
+        <v>390</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786059125901</t>
+          <t>9786057646552</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>İnsani Bir Çalışma İlişkisi (Ciltli)</t>
+          <t>Osmanlı İmparatorluğu’nda Taşra Elitleri</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>351</v>
+        <v>545</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786059125918</t>
+          <t>9786057646569</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Medeniyetlerin Ben-idraki</t>
+          <t>Üniversiteler ve Bilgi Avrupası</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>351</v>
+        <v>570</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786059125864</t>
+          <t>9786057646545</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Medeniyet Dönüşümü</t>
+          <t>Cihan Harbi ve Yeni Filistin</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>365</v>
+        <v>480</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786059125833</t>
+          <t>9786057646576</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Alternatif Paradigmalar</t>
+          <t>Alman İdealizmini Anlamak</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>429</v>
+        <v>530</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786059125826</t>
+          <t>9786057646538</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Yönetebilen Türkler</t>
+          <t>Bilad-ı Şam’da Osmanlı İktidarı ve Yerel Güçler 1700-1775</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>421</v>
+        <v>450</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786059125819</t>
+          <t>9786057646514</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Sinema İçin Bunca Acıya Değer Mi?</t>
+          <t>Türk Dünyası ve Göç</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>373</v>
+        <v>405</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786059125789</t>
+          <t>9786059125642</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Küresel Çağda Tarih Yazmak</t>
+          <t>İslam'da Bilimin Yükselişi</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>363</v>
+        <v>420</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786059125796</t>
+          <t>9786057646521</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Zarifoğlu'nu Okumak</t>
+          <t>Özgürlüğün Anlamı</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>351</v>
+        <v>470</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786059125741</t>
+          <t>9786057646491</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Roman Diliyle İktisat</t>
+          <t>Küresel Tarih Nedir?</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>421</v>
+        <v>430</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786059125758</t>
+          <t>9786057646484</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Roman Diliyle Siyaset</t>
+          <t>Derviş Zaim Sinemasına Tersten Bakmak</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>421</v>
+        <v>397</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786059125734</t>
+          <t>9786057646446</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Eskimeyen Filmler 2</t>
+          <t>Karagöz'den Günümüze Temaşa - Osmanlı'da Sinematografın Yolculuğu (1895-1923)</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>407</v>
+        <v>570</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786059125666</t>
+          <t>9786057646477</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Bilinç Üzerine Konuşmalar</t>
+          <t>Yaşamın Metafiziği</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>493</v>
+        <v>405</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786059125680</t>
+          <t>9786057646460</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Sanatta Hafızanın Biçimleri</t>
+          <t>Varlık ve Zaman’ı Anlamak</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>297</v>
+        <v>450</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786059125703</t>
+          <t>9786057646385</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Akdenizi</t>
+          <t>İsrail’de Çatışan Kimlikler</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>479</v>
+        <v>435</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786059125659</t>
+          <t>9786057646354</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Biraz Mağrur Biraz Mağdur - Türk Sinemasında Kahramanlar</t>
+          <t>Osmanlı-İran Sınır Bölgeleri</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>312</v>
+        <v>495</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786059125673</t>
+          <t>9786057646415</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Duruş: Gençlerle Yüz Yüze</t>
+          <t>Araştırma ve Bağlantılı Bilgi</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>464</v>
+        <v>570</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786057646675</t>
+          <t>9786057646408</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Batı Felsefesinin Yeni Tarihi 2: Ortaçağ Felsefesi</t>
+          <t>İbn Halduncu Sosyoloji</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>551</v>
+        <v>500</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786059125215</t>
+          <t>9786057646392</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Tanburi Cemil Bey</t>
+          <t>Rus Ben-İdraki</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>351</v>
+        <v>380</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786055383138</t>
+          <t>9786057646347</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilimler Metodolojisi</t>
+          <t>Güzellik ve İslam</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>438</v>
+        <v>495</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786059125536</t>
+          <t>9786057646323</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Asimilasyondan Tanınmaya</t>
+          <t>İsrail’de Hatırlama</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>438</v>
+        <v>435</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786059125550</t>
+          <t>9786057646316</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Tarihe Kayıtlar</t>
+          <t>2. Abdülhamid Döneminde Irak'ta Osmanlı İdaresi</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>247</v>
+        <v>495</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786059125529</t>
+          <t>9786059125765</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>İletişim ve Televizyon Teorileri</t>
+          <t>Gilles Deleuze’ün Zaman Makinesi</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>407</v>
+        <v>530</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786059125222</t>
+          <t>9786057646286</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Bilinç: Öznelliğin Bilimi</t>
+          <t>Sistemik Deprem ve Dünya Düzeni</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>484</v>
+        <v>480</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786059125291</t>
+          <t>9786057646262</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Jeopolitik ve Jeokültür</t>
+          <t>Bilmenin Yolları</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>450</v>
+        <v>555</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786059125468</t>
+          <t>9786057646255</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Siyasal Üzerine Konuşmalar</t>
+          <t>Yönetimin Kültürcesi</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>297</v>
+        <v>430</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786059125437</t>
+          <t>9786057646248</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Alafranga Halleri</t>
+          <t>Dönüşen Diplomasi ve Türkiye</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>412</v>
+        <v>452</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786059125390</t>
+          <t>9786057646231</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Yönetsel Yetkinlikler ve Etkin Yönetim</t>
+          <t>Asya Pasifik Çalışmalarında Yeni Ufuklar</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>373</v>
+        <v>360</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786059125376</t>
+          <t>9786057646194</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Zurasudan Bilgeliğin Keşfi</t>
+          <t>Birinci Dünya Savaşında Suriye</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>351</v>
+        <v>440</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786059125307</t>
+          <t>9786057646224</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>İslam Bilim Tarihi</t>
+          <t>Fısıldaşan Şehirler</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>450</v>
+        <v>430</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786059125383</t>
+          <t>9786057646217</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Medeniyetler ve Şehirler</t>
+          <t>Osmanlı Kudüs’ü</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>351</v>
+        <v>440</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786059125284</t>
+          <t>9786057646200</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>İslam Metafiziğine Prolegomena</t>
+          <t>Akademinin Yönetimi</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>435</v>
+        <v>545</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786059125338</t>
+          <t>9786057646187</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Tarih-i Bosna</t>
+          <t>Körfez Krizi Kıskacında Katar</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>254</v>
+        <v>368</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786059125253</t>
+          <t>9786057646163</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Karanlıkta Işığı Yakalamak</t>
+          <t>Gandhi Anı</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>392</v>
+        <v>330</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786059125246</t>
+          <t>9786057646149</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Yöneticilik Dersleri</t>
+          <t>Roman Diliyle İş Hayatı</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>421</v>
+        <v>490</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9789756614983</t>
+          <t>9786057646118</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Stemmatik</t>
+          <t>Eskimeyen Filmler 3</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>276</v>
+        <v>430</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786055383152</t>
+          <t>9786057646101</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Sosyolojik Paradigmalar</t>
+          <t>Osmanlı Deniz Ticareti</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>438</v>
+        <v>530</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9789756614785</t>
+          <t>9786057646095</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Etnometodoloji</t>
+          <t>Şiir Milliyetçilik İslamcılık</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>392</v>
+        <v>340</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9789756614426</t>
+          <t>9786057646088</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>İngiliz Oryantalizmi ve Tasavvuf</t>
+          <t>Osmanlı Medreselerinde İlim</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>479</v>
+        <v>565</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9789756614044</t>
+          <t>9786057646064</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>İktisat, Tarih ve Toplum</t>
+          <t>Mihrap Minber ve Devlet</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>348</v>
+        <v>585</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786059125192</t>
+          <t>9786059125970</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Karpuz Kabuğundan Gemiler Yapmak</t>
+          <t>Lüfer: Boğaziçi Şehrayini</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>319</v>
+        <v>570</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786059125130</t>
+          <t>9786057646033</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Basra'sında Devlet ve Toplum 1908-1914</t>
+          <t>Yükseköğretimin Örgütlenmesi</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>373</v>
+        <v>530</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786059125178</t>
+          <t>9786057646026</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Otorite Nedir?</t>
+          <t>Üniversite Fikri</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>284</v>
+        <v>555</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786059125185</t>
+          <t>9786057646019</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Modernlik, Küreselleşme ve Türkiye’nin Kimlikler Evreni</t>
+          <t>Osmanlı Medreseleri ve Avrupa Üniversiteleri (1450 - 1600)</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>306</v>
+        <v>600</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786055383206</t>
+          <t>9786057646590</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Sinematograf Üzerine Notlar</t>
+          <t>Arap Dünyasının Krizleri</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>247</v>
+        <v>340</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786059125123</t>
+          <t>9786059125925</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Yönetici Peygamber Hz. Muhammed</t>
+          <t>Türkiye'de Çağdaş Sosyoloji Konuşmaları</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>342</v>
+        <v>405</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786059125109</t>
+          <t>9786059125857</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilimlerde Yaklaşımlar ve Metodolojiler</t>
+          <t>17. Yüzyılda Tersane-i Amire</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>493</v>
+        <v>530</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786055383398</t>
+          <t>9786059125871</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Filmin Apaçıklığı</t>
+          <t>Klasik Türk Edebiyatında Alegori</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>244</v>
+        <v>480</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786055383831</t>
+          <t>9786059125888</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Dikta Değil İkna: İletişim Psikolojisi</t>
+          <t>Standartlar Nasıl İşler?</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>435</v>
+        <v>405</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9789756614129</t>
+          <t>9786059125901</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Rus Jeopolitiği</t>
+          <t>İnsani Bir Çalışma İlişkisi (Ciltli)</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>435</v>
+        <v>405</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786059125710</t>
+          <t>9786059125918</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Osmanlılar ve Deniz</t>
+          <t>Medeniyetlerin Ben-idraki</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>457</v>
+        <v>405</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786055383862</t>
+          <t>9786059125864</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Hayal Perdesi Sinema Dergisi 2013 Yıllığı</t>
+          <t>Medeniyet Dönüşümü</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>306</v>
+        <v>420</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786055383817</t>
+          <t>9786059125833</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Stratejik Zihniyet</t>
+          <t>Alternatif Paradigmalar</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>351</v>
+        <v>495</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9789756614440</t>
+          <t>9786059125826</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Konfüçyen Kapitalizm</t>
+          <t>Yönetebilen Türkler</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>320</v>
+        <v>490</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786055383213</t>
+          <t>9786059125819</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Kant Sonrası Metafizik Üzerine Konuşmalar</t>
+          <t>Sinema İçin Bunca Acıya Değer Mi?</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>319</v>
+        <v>430</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786055383510</t>
+          <t>9786059125789</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Azerbaycan’da Din ve Kimlik</t>
+          <t>Küresel Çağda Tarih Yazmak</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>328</v>
+        <v>420</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786055383473</t>
+          <t>9786059125796</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Regime Changes and Transitions in Arab Spring Countries</t>
+          <t>Zarifoğlu'nu Okumak</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>264</v>
+        <v>405</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786055383404</t>
+          <t>9786059125741</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Anlamlılık Üzerine</t>
+          <t>Roman Diliyle İktisat</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>264</v>
+        <v>490</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786055383879</t>
+          <t>9786059125758</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Dönem Türk Sinema Antolojisi (1895-1928)</t>
+          <t>Roman Diliyle Siyaset</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>247</v>
+        <v>490</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786055383503</t>
+          <t>9786059125734</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Balık Kültürü</t>
+          <t>Eskimeyen Filmler 2</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>435</v>
+        <v>470</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786055383435</t>
+          <t>9786059125666</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Sosyolojinin Felsefi Kökenleri</t>
+          <t>Bilinç Üzerine Konuşmalar</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>438</v>
+        <v>570</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786055383466</t>
+          <t>9786059125680</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Yücel Çakmaklı: Milli Sinemanın Kurucusu</t>
+          <t>Sanatta Hafızanın Biçimleri</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>351</v>
+        <v>340</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786057646071</t>
+          <t>9786059125703</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Otur Baştan Yaz Beni</t>
+          <t>Osmanlı Akdenizi</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>264</v>
+        <v>550</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786055383442</t>
+          <t>9786059125659</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Bölüm ve Disiplin</t>
+          <t>Biraz Mağrur Biraz Mağdur - Türk Sinemasında Kahramanlar</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>416</v>
+        <v>360</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9789756614587</t>
+          <t>9786059125673</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Teori Ve Sosyoloji</t>
+          <t>Duruş: Gençlerle Yüz Yüze</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>460</v>
+        <v>495</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9789756614679</t>
+          <t>9786057646675</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Zor ve Rıza</t>
+          <t>Batı Felsefesinin Yeni Tarihi 2: Ortaçağ Felsefesi</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>290</v>
+        <v>630</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
+          <t>9786059125215</t>
+        </is>
+      </c>
+      <c r="B240" s="1" t="inlineStr">
+        <is>
+          <t>Tanburi Cemil Bey</t>
+        </is>
+      </c>
+      <c r="C240" s="1">
+        <v>405</v>
+      </c>
+    </row>
+    <row r="241" spans="1:3">
+      <c r="A241" s="1" t="inlineStr">
+        <is>
+          <t>9786055383138</t>
+        </is>
+      </c>
+      <c r="B241" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Bilimler Metodolojisi</t>
+        </is>
+      </c>
+      <c r="C241" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="242" spans="1:3">
+      <c r="A242" s="1" t="inlineStr">
+        <is>
+          <t>9786059125536</t>
+        </is>
+      </c>
+      <c r="B242" s="1" t="inlineStr">
+        <is>
+          <t>Asimilasyondan Tanınmaya</t>
+        </is>
+      </c>
+      <c r="C242" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="243" spans="1:3">
+      <c r="A243" s="1" t="inlineStr">
+        <is>
+          <t>9786059125550</t>
+        </is>
+      </c>
+      <c r="B243" s="1" t="inlineStr">
+        <is>
+          <t>Tarihe Kayıtlar</t>
+        </is>
+      </c>
+      <c r="C243" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="244" spans="1:3">
+      <c r="A244" s="1" t="inlineStr">
+        <is>
+          <t>9786059125529</t>
+        </is>
+      </c>
+      <c r="B244" s="1" t="inlineStr">
+        <is>
+          <t>İletişim ve Televizyon Teorileri</t>
+        </is>
+      </c>
+      <c r="C244" s="1">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="245" spans="1:3">
+      <c r="A245" s="1" t="inlineStr">
+        <is>
+          <t>9786059125222</t>
+        </is>
+      </c>
+      <c r="B245" s="1" t="inlineStr">
+        <is>
+          <t>Bilinç: Öznelliğin Bilimi</t>
+        </is>
+      </c>
+      <c r="C245" s="1">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="246" spans="1:3">
+      <c r="A246" s="1" t="inlineStr">
+        <is>
+          <t>9786059125291</t>
+        </is>
+      </c>
+      <c r="B246" s="1" t="inlineStr">
+        <is>
+          <t>Jeopolitik ve Jeokültür</t>
+        </is>
+      </c>
+      <c r="C246" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="247" spans="1:3">
+      <c r="A247" s="1" t="inlineStr">
+        <is>
+          <t>9786059125468</t>
+        </is>
+      </c>
+      <c r="B247" s="1" t="inlineStr">
+        <is>
+          <t>Siyasal Üzerine Konuşmalar</t>
+        </is>
+      </c>
+      <c r="C247" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="248" spans="1:3">
+      <c r="A248" s="1" t="inlineStr">
+        <is>
+          <t>9786059125437</t>
+        </is>
+      </c>
+      <c r="B248" s="1" t="inlineStr">
+        <is>
+          <t>Alafranga Halleri</t>
+        </is>
+      </c>
+      <c r="C248" s="1">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="249" spans="1:3">
+      <c r="A249" s="1" t="inlineStr">
+        <is>
+          <t>9786059125390</t>
+        </is>
+      </c>
+      <c r="B249" s="1" t="inlineStr">
+        <is>
+          <t>Yönetsel Yetkinlikler ve Etkin Yönetim</t>
+        </is>
+      </c>
+      <c r="C249" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="250" spans="1:3">
+      <c r="A250" s="1" t="inlineStr">
+        <is>
+          <t>9786059125376</t>
+        </is>
+      </c>
+      <c r="B250" s="1" t="inlineStr">
+        <is>
+          <t>Zurasudan Bilgeliğin Keşfi</t>
+        </is>
+      </c>
+      <c r="C250" s="1">
+        <v>405</v>
+      </c>
+    </row>
+    <row r="251" spans="1:3">
+      <c r="A251" s="1" t="inlineStr">
+        <is>
+          <t>9786059125307</t>
+        </is>
+      </c>
+      <c r="B251" s="1" t="inlineStr">
+        <is>
+          <t>İslam Bilim Tarihi</t>
+        </is>
+      </c>
+      <c r="C251" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="252" spans="1:3">
+      <c r="A252" s="1" t="inlineStr">
+        <is>
+          <t>9786059125383</t>
+        </is>
+      </c>
+      <c r="B252" s="1" t="inlineStr">
+        <is>
+          <t>Medeniyetler ve Şehirler</t>
+        </is>
+      </c>
+      <c r="C252" s="1">
+        <v>405</v>
+      </c>
+    </row>
+    <row r="253" spans="1:3">
+      <c r="A253" s="1" t="inlineStr">
+        <is>
+          <t>9786059125284</t>
+        </is>
+      </c>
+      <c r="B253" s="1" t="inlineStr">
+        <is>
+          <t>İslam Metafiziğine Prolegomena</t>
+        </is>
+      </c>
+      <c r="C253" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="254" spans="1:3">
+      <c r="A254" s="1" t="inlineStr">
+        <is>
+          <t>9786059125338</t>
+        </is>
+      </c>
+      <c r="B254" s="1" t="inlineStr">
+        <is>
+          <t>Tarih-i Bosna</t>
+        </is>
+      </c>
+      <c r="C254" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="255" spans="1:3">
+      <c r="A255" s="1" t="inlineStr">
+        <is>
+          <t>9786059125253</t>
+        </is>
+      </c>
+      <c r="B255" s="1" t="inlineStr">
+        <is>
+          <t>Karanlıkta Işığı Yakalamak</t>
+        </is>
+      </c>
+      <c r="C255" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="256" spans="1:3">
+      <c r="A256" s="1" t="inlineStr">
+        <is>
+          <t>9786059125246</t>
+        </is>
+      </c>
+      <c r="B256" s="1" t="inlineStr">
+        <is>
+          <t>Yöneticilik Dersleri</t>
+        </is>
+      </c>
+      <c r="C256" s="1">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="257" spans="1:3">
+      <c r="A257" s="1" t="inlineStr">
+        <is>
+          <t>9789756614983</t>
+        </is>
+      </c>
+      <c r="B257" s="1" t="inlineStr">
+        <is>
+          <t>Stemmatik</t>
+        </is>
+      </c>
+      <c r="C257" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="258" spans="1:3">
+      <c r="A258" s="1" t="inlineStr">
+        <is>
+          <t>9786055383152</t>
+        </is>
+      </c>
+      <c r="B258" s="1" t="inlineStr">
+        <is>
+          <t>Sosyolojik Paradigmalar</t>
+        </is>
+      </c>
+      <c r="C258" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="259" spans="1:3">
+      <c r="A259" s="1" t="inlineStr">
+        <is>
+          <t>9789756614785</t>
+        </is>
+      </c>
+      <c r="B259" s="1" t="inlineStr">
+        <is>
+          <t>Etnometodoloji</t>
+        </is>
+      </c>
+      <c r="C259" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="260" spans="1:3">
+      <c r="A260" s="1" t="inlineStr">
+        <is>
+          <t>9789756614426</t>
+        </is>
+      </c>
+      <c r="B260" s="1" t="inlineStr">
+        <is>
+          <t>İngiliz Oryantalizmi ve Tasavvuf</t>
+        </is>
+      </c>
+      <c r="C260" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="261" spans="1:3">
+      <c r="A261" s="1" t="inlineStr">
+        <is>
+          <t>9789756614044</t>
+        </is>
+      </c>
+      <c r="B261" s="1" t="inlineStr">
+        <is>
+          <t>İktisat, Tarih ve Toplum</t>
+        </is>
+      </c>
+      <c r="C261" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="262" spans="1:3">
+      <c r="A262" s="1" t="inlineStr">
+        <is>
+          <t>9786059125192</t>
+        </is>
+      </c>
+      <c r="B262" s="1" t="inlineStr">
+        <is>
+          <t>Karpuz Kabuğundan Gemiler Yapmak</t>
+        </is>
+      </c>
+      <c r="C262" s="1">
+        <v>367</v>
+      </c>
+    </row>
+    <row r="263" spans="1:3">
+      <c r="A263" s="1" t="inlineStr">
+        <is>
+          <t>9786059125130</t>
+        </is>
+      </c>
+      <c r="B263" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı Basra'sında Devlet ve Toplum 1908-1914</t>
+        </is>
+      </c>
+      <c r="C263" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="264" spans="1:3">
+      <c r="A264" s="1" t="inlineStr">
+        <is>
+          <t>9786059125178</t>
+        </is>
+      </c>
+      <c r="B264" s="1" t="inlineStr">
+        <is>
+          <t>Otorite Nedir?</t>
+        </is>
+      </c>
+      <c r="C264" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="265" spans="1:3">
+      <c r="A265" s="1" t="inlineStr">
+        <is>
+          <t>9786059125185</t>
+        </is>
+      </c>
+      <c r="B265" s="1" t="inlineStr">
+        <is>
+          <t>Modernlik, Küreselleşme ve Türkiye’nin Kimlikler Evreni</t>
+        </is>
+      </c>
+      <c r="C265" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="266" spans="1:3">
+      <c r="A266" s="1" t="inlineStr">
+        <is>
+          <t>9786055383206</t>
+        </is>
+      </c>
+      <c r="B266" s="1" t="inlineStr">
+        <is>
+          <t>Sinematograf Üzerine Notlar</t>
+        </is>
+      </c>
+      <c r="C266" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="267" spans="1:3">
+      <c r="A267" s="1" t="inlineStr">
+        <is>
+          <t>9786059125123</t>
+        </is>
+      </c>
+      <c r="B267" s="1" t="inlineStr">
+        <is>
+          <t>Yönetici Peygamber Hz. Muhammed</t>
+        </is>
+      </c>
+      <c r="C267" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="268" spans="1:3">
+      <c r="A268" s="1" t="inlineStr">
+        <is>
+          <t>9786059125109</t>
+        </is>
+      </c>
+      <c r="B268" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Bilimlerde Yaklaşımlar ve Metodolojiler</t>
+        </is>
+      </c>
+      <c r="C268" s="1">
+        <v>570</v>
+      </c>
+    </row>
+    <row r="269" spans="1:3">
+      <c r="A269" s="1" t="inlineStr">
+        <is>
+          <t>9786055383398</t>
+        </is>
+      </c>
+      <c r="B269" s="1" t="inlineStr">
+        <is>
+          <t>Filmin Apaçıklığı</t>
+        </is>
+      </c>
+      <c r="C269" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="270" spans="1:3">
+      <c r="A270" s="1" t="inlineStr">
+        <is>
+          <t>9786055383831</t>
+        </is>
+      </c>
+      <c r="B270" s="1" t="inlineStr">
+        <is>
+          <t>Dikta Değil İkna: İletişim Psikolojisi</t>
+        </is>
+      </c>
+      <c r="C270" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="271" spans="1:3">
+      <c r="A271" s="1" t="inlineStr">
+        <is>
+          <t>9789756614129</t>
+        </is>
+      </c>
+      <c r="B271" s="1" t="inlineStr">
+        <is>
+          <t>Rus Jeopolitiği</t>
+        </is>
+      </c>
+      <c r="C271" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="272" spans="1:3">
+      <c r="A272" s="1" t="inlineStr">
+        <is>
+          <t>9786059125710</t>
+        </is>
+      </c>
+      <c r="B272" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlılar ve Deniz</t>
+        </is>
+      </c>
+      <c r="C272" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="273" spans="1:3">
+      <c r="A273" s="1" t="inlineStr">
+        <is>
+          <t>9786055383862</t>
+        </is>
+      </c>
+      <c r="B273" s="1" t="inlineStr">
+        <is>
+          <t>Hayal Perdesi Sinema Dergisi 2013 Yıllığı</t>
+        </is>
+      </c>
+      <c r="C273" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="274" spans="1:3">
+      <c r="A274" s="1" t="inlineStr">
+        <is>
+          <t>9786055383817</t>
+        </is>
+      </c>
+      <c r="B274" s="1" t="inlineStr">
+        <is>
+          <t>Stratejik Zihniyet</t>
+        </is>
+      </c>
+      <c r="C274" s="1">
+        <v>405</v>
+      </c>
+    </row>
+    <row r="275" spans="1:3">
+      <c r="A275" s="1" t="inlineStr">
+        <is>
+          <t>9789756614440</t>
+        </is>
+      </c>
+      <c r="B275" s="1" t="inlineStr">
+        <is>
+          <t>Konfüçyen Kapitalizm</t>
+        </is>
+      </c>
+      <c r="C275" s="1">
+        <v>368</v>
+      </c>
+    </row>
+    <row r="276" spans="1:3">
+      <c r="A276" s="1" t="inlineStr">
+        <is>
+          <t>9786055383213</t>
+        </is>
+      </c>
+      <c r="B276" s="1" t="inlineStr">
+        <is>
+          <t>Kant Sonrası Metafizik Üzerine Konuşmalar</t>
+        </is>
+      </c>
+      <c r="C276" s="1">
+        <v>367</v>
+      </c>
+    </row>
+    <row r="277" spans="1:3">
+      <c r="A277" s="1" t="inlineStr">
+        <is>
+          <t>9786055383510</t>
+        </is>
+      </c>
+      <c r="B277" s="1" t="inlineStr">
+        <is>
+          <t>Azerbaycan’da Din ve Kimlik</t>
+        </is>
+      </c>
+      <c r="C277" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="278" spans="1:3">
+      <c r="A278" s="1" t="inlineStr">
+        <is>
+          <t>9786055383473</t>
+        </is>
+      </c>
+      <c r="B278" s="1" t="inlineStr">
+        <is>
+          <t>Regime Changes and Transitions in Arab Spring Countries</t>
+        </is>
+      </c>
+      <c r="C278" s="1">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="279" spans="1:3">
+      <c r="A279" s="1" t="inlineStr">
+        <is>
+          <t>9786055383404</t>
+        </is>
+      </c>
+      <c r="B279" s="1" t="inlineStr">
+        <is>
+          <t>Anlamlılık Üzerine</t>
+        </is>
+      </c>
+      <c r="C279" s="1">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="280" spans="1:3">
+      <c r="A280" s="1" t="inlineStr">
+        <is>
+          <t>9786055383879</t>
+        </is>
+      </c>
+      <c r="B280" s="1" t="inlineStr">
+        <is>
+          <t>Sessiz Dönem Türk Sinema Antolojisi (1895-1928)</t>
+        </is>
+      </c>
+      <c r="C280" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="281" spans="1:3">
+      <c r="A281" s="1" t="inlineStr">
+        <is>
+          <t>9786055383503</t>
+        </is>
+      </c>
+      <c r="B281" s="1" t="inlineStr">
+        <is>
+          <t>İstanbul Balık Kültürü</t>
+        </is>
+      </c>
+      <c r="C281" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="282" spans="1:3">
+      <c r="A282" s="1" t="inlineStr">
+        <is>
+          <t>9786055383435</t>
+        </is>
+      </c>
+      <c r="B282" s="1" t="inlineStr">
+        <is>
+          <t>Sosyolojinin Felsefi Kökenleri</t>
+        </is>
+      </c>
+      <c r="C282" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="283" spans="1:3">
+      <c r="A283" s="1" t="inlineStr">
+        <is>
+          <t>9786055383466</t>
+        </is>
+      </c>
+      <c r="B283" s="1" t="inlineStr">
+        <is>
+          <t>Yücel Çakmaklı: Milli Sinemanın Kurucusu</t>
+        </is>
+      </c>
+      <c r="C283" s="1">
+        <v>405</v>
+      </c>
+    </row>
+    <row r="284" spans="1:3">
+      <c r="A284" s="1" t="inlineStr">
+        <is>
+          <t>9786057646071</t>
+        </is>
+      </c>
+      <c r="B284" s="1" t="inlineStr">
+        <is>
+          <t>Otur Baştan Yaz Beni</t>
+        </is>
+      </c>
+      <c r="C284" s="1">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="285" spans="1:3">
+      <c r="A285" s="1" t="inlineStr">
+        <is>
+          <t>9786055383442</t>
+        </is>
+      </c>
+      <c r="B285" s="1" t="inlineStr">
+        <is>
+          <t>Bölüm ve Disiplin</t>
+        </is>
+      </c>
+      <c r="C285" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="286" spans="1:3">
+      <c r="A286" s="1" t="inlineStr">
+        <is>
+          <t>9789756614587</t>
+        </is>
+      </c>
+      <c r="B286" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Teori Ve Sosyoloji</t>
+        </is>
+      </c>
+      <c r="C286" s="1">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="287" spans="1:3">
+      <c r="A287" s="1" t="inlineStr">
+        <is>
+          <t>9789756614679</t>
+        </is>
+      </c>
+      <c r="B287" s="1" t="inlineStr">
+        <is>
+          <t>Zor ve Rıza</t>
+        </is>
+      </c>
+      <c r="C287" s="1">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="288" spans="1:3">
+      <c r="A288" s="1" t="inlineStr">
+        <is>
           <t>9789756614013</t>
         </is>
       </c>
-      <c r="B240" s="1" t="inlineStr">
+      <c r="B288" s="1" t="inlineStr">
         <is>
           <t>Fizik ve Gerçeklik</t>
         </is>
       </c>
-      <c r="C240" s="1">
-        <v>264</v>
+      <c r="C288" s="1">
+        <v>305</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>