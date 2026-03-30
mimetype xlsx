--- v2 (2026-02-07)
+++ v3 (2026-03-30)
@@ -85,4345 +85,5425 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259414423</t>
+          <t>9786256624672</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Din Felsefesinin Ana Konuları 5 Cilt Takım Kutulu (Ciltli)</t>
+          <t>Gazze'de Soykırım</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>2700</v>
+        <v>694</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786057646859</t>
+          <t>9786059125697</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Coğrafyanın İntikamı</t>
+          <t>Duruş: Gençlerle Yüz Yüze (Ciltli)</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>690</v>
+        <v>65</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786057646804</t>
+          <t>9799756614401</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Metafizik Nedir?</t>
+          <t>Vahşi Avrupa</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>600</v>
+        <v>44</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786057646750</t>
+          <t>9789756614846</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Felsefi Bilinç Kuramları</t>
+          <t>Unutulmuş Sınırlar</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>480</v>
+        <v>52</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786057646736</t>
+          <t>9786055383008</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Felsefesi Nedir?</t>
+          <t>Uluslararası Yatırım Hukuku Bağlamında Libya Krizi</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>620</v>
+        <v>37</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786057646699</t>
+          <t>9789756614686</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Batı Felsefesinin Yeni Tarihi 4: Modern Dünyada Felsefe</t>
+          <t>Stratejik Derinlik (Ciltli)</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>630</v>
+        <v>60</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786057646682</t>
+          <t>9799756614104</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Batı Felsefesinin Yeni Tarihi 3: Modern Felsefe’nin Yükselişi</t>
+          <t>Sorunlu Miras IRAK</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>630</v>
+        <v>28</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786057646668</t>
+          <t>9786055383176</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Batı Felsefesinin Yeni Tarihi 1: Antik Felsefe</t>
+          <t>Rusya ve Polonya’da Din, Kimlik, Siyaset</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>630</v>
+        <v>21</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786059125840</t>
+          <t>9799756614166</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Askeri Devrim</t>
+          <t>Rusya ve Avrupa’da Oryantalizm</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>585</v>
+        <v>21</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789756614518</t>
+          <t>9799756614241</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Stratejik Derinlik</t>
+          <t>Osmanlı Afrikası’nda Bir Sultanlık: Zengibar</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>530</v>
+        <v>27</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789756614402</t>
+          <t>9789756614976</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Teoriye Giriş</t>
+          <t>Ortadoğu Yıllığı 2009</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>530</v>
+        <v>44</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786055383022</t>
+          <t>9789756614860</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Teorisine Giriş</t>
+          <t>Suç ve Ceza</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>720</v>
+        <v>64</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786055383015</t>
+          <t>3990000026769</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Sanat ve Kuram</t>
+          <t>Modernleşme Kuramı</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>1600</v>
+        <v>14</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789756614891</t>
+          <t>9799756614159</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Modernliğin Beş Yüzü</t>
+          <t>Modern Türklükte Kültür Hareketi</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>550</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789756614464</t>
+          <t>9799758740283</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>İslam Felsefesine Giriş</t>
+          <t>Modern Avrupa’da Din</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>650</v>
+        <v>16</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786055383107</t>
+          <t>9789756614549</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Hangi Ortadoğu?</t>
+          <t>Misak-ı Milli’den Lozan’a İdealden Gerçeğe Türk Dış Politikası</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>585</v>
+        <v>53</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786059125321</t>
+          <t>9789756614471</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Bir Yönetim Modeli: Mimar Sinan</t>
+          <t>Medeniyet İdeali</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>470</v>
+        <v>22</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786055383220</t>
+          <t>9799756614272</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Bir Osmanlı Şehri: Şam</t>
+          <t>Küreselleşme ve Din İnsani Küresel Yönetişim</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>470</v>
+        <v>15</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786055383145</t>
+          <t>9799756614197</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Benliğin Kaynakları</t>
+          <t>Küresel Güçler</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>650</v>
+        <v>22</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786055383343</t>
+          <t>9789756614556</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Din Felsefesi</t>
+          <t>Kültürler Arası Ticaret</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>1100</v>
+        <v>24</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786055383848</t>
+          <t>9789756614495</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Ortadoğu Konuşmaları</t>
+          <t>Kültür Türkiye Söyleşileri 2</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>450</v>
+        <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786059125505</t>
+          <t>9789756614594</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilimde Yöntem</t>
+          <t>Konstantin’in Kutsanmış Şehri</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>500</v>
+        <v>39</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786059125727</t>
+          <t>9789756614747</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Rastlantı</t>
+          <t>Ortadoğu Yıllığı 2008</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>360</v>
+        <v>26</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786059125444</t>
+          <t>9789756614716</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Beynimizle Ne Yapmalıyız?</t>
+          <t>Katolikler ve Sultanlar</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>330</v>
+        <v>44</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786059125802</t>
+          <t>9789756614570</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Bilincin Gizemi</t>
+          <t>Kapitalizm ve Modernlik</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>585</v>
+        <v>16</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786059125567</t>
+          <t>9786055383039</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Filistin'i Bölüşmek</t>
+          <t>Kalkınmacı Modernlik</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>630</v>
+        <v>44</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786059125482</t>
+          <t>9789756614457</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Mit, Ritüel ve Söz</t>
+          <t>İslam ve Terör Fıkhi Bir Yaklaşım</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>490</v>
+        <v>117</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786059125581</t>
+          <t>9799756614180</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Eskimeyen Filmler</t>
+          <t>İran ve Bölge Jeopolitiği</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>565</v>
+        <v>43</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786059125024</t>
+          <t>9789756614110</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Başlangıcından Günümüze Fransız Sineması</t>
+          <t>Filistin Çıkmazdan Çözüme</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>585</v>
+        <v>16</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786059125116</t>
+          <t>9786055383183</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilimler Tarihi ve Felsefesi</t>
+          <t>Eyyubiler</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>790</v>
+        <v>40</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786055383893</t>
+          <t>9789756614709</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da Yaratılış: Uzayların ve Maddenin Yaratılışı</t>
+          <t>Eski İstanbul’dan Notlar</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>335</v>
+        <v>45</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786055383886</t>
+          <t>9789756614648</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>İslam'da Bilginin Temelleri (Emr Kitabı)</t>
+          <t>Ortadoğu Yıllığı 2007</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>280</v>
+        <v>21</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786059125277</t>
+          <t>9799756614302</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Aklı Karışıklar İçin Kılavuz</t>
+          <t>Emperyalizmin 7 Rengi</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>445</v>
+        <v>28</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786055383824</t>
+          <t>9789756614501</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Yöntem Kuram Komplo</t>
+          <t>Ekonomi ve Siyaset Türkiye Söyleşileri 3</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>470</v>
+        <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786057646453</t>
+          <t>9786055383237</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Bilim</t>
+          <t>Dünya Güvenliği Kuramı</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>440</v>
+        <v>69</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786057646507</t>
+          <t>9789756614914</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Nitel Araştırma Nasıl Yapılır?</t>
+          <t>Cumhuriyetin Vitrin Şehri</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>790</v>
+        <v>48</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786055383114</t>
+          <t>9786055383060</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Filistin Uğruna</t>
+          <t>Cumhuriyetçilik, Milliyetçilik ve İslamcılık - Türkiye Söyleşileri 5</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>530</v>
+        <v>24</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786057646330</t>
+          <t>9799756614296</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Abbasi İhtilali</t>
+          <t>Batı Edebiyatında Müslüman Kadın İmajı</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>420</v>
+        <v>16</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786055383169</t>
+          <t>9786055383121</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Aydınları ve Sosyal Darwinizm</t>
+          <t>Avrupa ve Beşeriyet</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>570</v>
+        <v>34</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789756614938</t>
+          <t>9789756614488</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Yönetmen Sineması - Ahmet Uluçay</t>
+          <t>Avrupa Türkiye Söyleşileri 1</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>245</v>
+        <v>6</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786059125949</t>
+          <t>9789756614563</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Sinema Nedir!</t>
+          <t>Avrasyacılık: Rusya’nın Kimlik Arayışı</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>470</v>
+        <v>21</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786055383244</t>
+          <t>9786055383329</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>İki Kültürde İslam</t>
+          <t>Avrasya Mucizesi</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>320</v>
+        <v>43</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789756614068</t>
+          <t>9799756614319</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>İfadelerin Gramatik Ayırımı</t>
+          <t>Askeri Devrim</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>250</v>
+        <v>53</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786057646422</t>
+          <t>9799756614265</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Başlangıçtan Günümüze İslam Kelamı</t>
+          <t>Ara Dönem Din Politikaları</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>1150</v>
+        <v>15</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786256624634</t>
+          <t>9799756614234</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Nöro-Felsefe ve Sağlıklı Zihin</t>
+          <t>Amerikan Emperyalizminin Sonbaharı</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>480</v>
+        <v>16</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786256624610</t>
+          <t>9786059125147</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Medeniyetler Arası Etkileşim - Bazı Örnek Sesler</t>
+          <t>Felsefe Atlası</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>380</v>
+        <v>99</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786256624269</t>
+          <t>9786059125369</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Robinson Kruzo - Daniel Defoe</t>
+          <t>Müzik ve Kimlik</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>320</v>
+        <v>48</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786256624627</t>
+          <t>9786059125574</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Gazze Soykırımı</t>
+          <t>Yeni Bir Gündem İnşa Etmek</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>450</v>
+        <v>96</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786256624245</t>
+          <t>9786059125635</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Babülmendep Boğazı’nda ABD-Çin Rekabeti</t>
+          <t>Modern Dünyada Felsefe - Batı Felsefesinin Yeni Tarihi Cilt 4</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>360</v>
+        <v>45</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786256624214</t>
+          <t>9786059125628</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>İbn Teymiyye</t>
+          <t>Modern Felsefe'nin Yükselişi - Batı Felsefesinin Yeni Tarihi Cilt 3</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>525</v>
+        <v>45</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786256624252</t>
+          <t>9786059125611</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs Seferi (1570-1571) (Ciltli)</t>
+          <t>Ortaçağ Felsefesi - Batı Felsefesinin Yeni Tarihi Cilt 2</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>450</v>
+        <v>45</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786256624191</t>
+          <t>9786059125604</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Me’mûn</t>
+          <t>Antik Felsefe - Batı Felsefesinin Yeni Tarihi Cilt 1</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>480</v>
+        <v>45</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786256624238</t>
+          <t>9786059125345</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>İslam Tıbbı</t>
+          <t>Yoksulluğu Bölüşmek</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>495</v>
+        <v>48</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786256624207</t>
+          <t>9786059125352</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Ahmed b. Hanbel</t>
+          <t>Sinematografik Masal</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>480</v>
+        <v>39</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786057646293</t>
+          <t>9786055383381</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Zihin Felsefesi - Çağdaş Bir Giriş</t>
+          <t>Klasik Türk Edebiyatında Alegori</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>750</v>
+        <v>30</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786256624184</t>
+          <t>9786059125499</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Bağımlı Rasyonel Hayvanlar</t>
+          <t>Gülme Teorileri</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>360</v>
+        <v>32</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786256624221</t>
+          <t>9786059125314</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Kendir Telinin Peşinde</t>
+          <t>İnternet Üzerine</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>495</v>
+        <v>34</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786057646972</t>
+          <t>9786059125420</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Tuz ve Taş Üstünde</t>
+          <t>Medeniyetler ve Şehirler (Ciltli)</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>585</v>
+        <v>48</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786057646989</t>
+          <t>9786059125239</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzünün en büyük hapishanesi</t>
+          <t>Bir Osmanlı Coğrafyacısı İşbaşında</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>530</v>
+        <v>81</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786055383084</t>
+          <t>9786055383428</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Liderler Neden Yalan Söyler</t>
+          <t>Akıl ve Erdem</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>390</v>
+        <v>45</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789756614969</t>
+          <t>9786055383527</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Sultanın Kalyonları</t>
+          <t>Doğu’nun Kapısı: Venedik</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>680</v>
+        <v>46</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786256624153</t>
+          <t>9786055383411</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Akıl ve İnanç</t>
+          <t>Hayal Perdesi Sinema Dergisi 2012 Yıllığı</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>720</v>
+        <v>26</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786256624177</t>
+          <t>9786059125956</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>İslam Siyaset Düşüncesi</t>
+          <t>Küreselleşen Dünya Siyaseti</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>390</v>
+        <v>128</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786256624160</t>
+          <t>9799756614340</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Üç Dünya Bir Arap-Yahudi’nin Anıları</t>
+          <t>Osmanlı Kahiresinde Tüccar Olmak</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>450</v>
+        <v>32</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786256624146</t>
+          <t>9789756614778</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Makul Yönetici 3 Sermaye, Sanat ve Zanaat</t>
+          <t>Yönetmen Sineması - Zeki Demirkubuz</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>410</v>
+        <v>9</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786055383800</t>
+          <t>9789756614921</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası İlişkilere Giriş</t>
+          <t>Yönetmen Sineması - Semih Kaplanoğlu</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>720</v>
+        <v>19</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786256624115</t>
+          <t>9789756614761</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Trajik Akıl Korku, Kader ve İktidarın Yükü</t>
+          <t>Yönetmen Sineması - Nuri Bilge Ceylan</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>345</v>
+        <v>6</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786256624122</t>
+          <t>9789756614754</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale Savaşı’nda Alman Bahriyeliler</t>
+          <t>Yönetmen Sineması - Derviş Zaim</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>390</v>
+        <v>9</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786256624085</t>
+          <t>9799756614029</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Bilinç ve Din Çağdaş Felsefi Bilinç Kuramları II</t>
+          <t>Yırtıcı Küreselleşme Bir Eleştiri</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>325</v>
+        <v>15</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786256624054</t>
+          <t>9789756614808</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Tanrı, İyilik ve İrade</t>
+          <t>Yeşilçam Günlüğü</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>390</v>
+        <v>12</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786256624108</t>
+          <t>9786055383374</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Din Düşüncesi</t>
+          <t>Disiplinlerin Kaosu</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>390</v>
+        <v>48</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9789756614631</t>
+          <t>9786256624641</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>İsrail Lobisi ve Amerikan Dış Politikası</t>
+          <t>Rus Leviathan'ın Yükselişi - Putinli Yıllar</t>
         </is>
       </c>
       <c r="C73" s="1">
         <v>680</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786057646057</t>
+          <t>9786259414423</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Romanperver İktisatçı</t>
+          <t>Din Felsefesinin Ana Konuları 5 Cilt Takım Kutulu (Ciltli)</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>490</v>
+        <v>2700</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786055383350</t>
+          <t>9786057646859</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Birinci Dünya Savaşı'nda Almanya'nın İslam Stratejisi</t>
+          <t>Coğrafyanın İntikamı</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>395</v>
+        <v>690</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786059125260</t>
+          <t>9786057646804</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Andrey Tarkovski Sineması: Kayıp Umudun İzinde</t>
+          <t>Metafizik Nedir?</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>430</v>
+        <v>600</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786059125208</t>
+          <t>9786057646750</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Küller ve Kemikler</t>
+          <t>Çağdaş Felsefi Bilinç Kuramları</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>320</v>
+        <v>480</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789756614723</t>
+          <t>9786057646736</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Yöneticiler İçin Gerçek Kriz Öyküleri</t>
+          <t>Bilgi Felsefesi Nedir?</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>305</v>
+        <v>620</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786256624016</t>
+          <t>9786057646699</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Felsefi Antropoloji Göttingen Dersleri</t>
+          <t>Batı Felsefesinin Yeni Tarihi 4: Modern Dünyada Felsefe</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>345</v>
+        <v>630</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786259414409</t>
+          <t>9786057646682</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Çok Odalı Ev Lübnan Tarihine Yeniden Bakış</t>
+          <t>Batı Felsefesinin Yeni Tarihi 3: Modern Felsefe’nin Yükselişi</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>368</v>
+        <v>630</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786256624061</t>
+          <t>9786057646668</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Cemaatin Sınırları Sosyal Radikalizmin Eleştirisi</t>
+          <t>Batı Felsefesinin Yeni Tarihi 1: Antik Felsefe</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>325</v>
+        <v>630</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786256624078</t>
+          <t>9786059125840</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Siyaset Felsefesinde Agonistik Politika</t>
+          <t>Askeri Devrim</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>390</v>
+        <v>585</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786256624092</t>
+          <t>9789756614518</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka ve Uluslararası İlişkiler</t>
+          <t>Stratejik Derinlik</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>420</v>
+        <v>530</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786256624047</t>
+          <t>9789756614402</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Vesilecilik ( İkinci Kitap )</t>
+          <t>Sosyal Teoriye Giriş</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>420</v>
+        <v>530</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786256624030</t>
+          <t>9786055383022</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Vesilecilik ( Birinci Kitap )</t>
+          <t>Siyaset Teorisine Giriş</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>420</v>
+        <v>720</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789756614877</t>
+          <t>9786055383015</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Türk Sosyoloji Tarihine Eleştirel Bir Katkı</t>
+          <t>Sanat ve Kuram</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>305</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786055383077</t>
+          <t>9789756614891</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşme, Din ve Medeniyet</t>
+          <t>Modernliğin Beş Yüzü</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>310</v>
+        <v>550</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9789756614624</t>
+          <t>9789756614464</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Gölgedeki Kalem - Emine Semiye</t>
+          <t>İslam Felsefesine Giriş</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>305</v>
+        <v>650</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786059125475</t>
+          <t>9786055383107</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Küresel Güvenlikten Küresel Tahakküme</t>
+          <t>Hangi Ortadoğu?</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>460</v>
+        <v>585</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786059125406</t>
+          <t>9786059125321</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Yahudiler ve Modern Kapitalizm</t>
+          <t>Bir Yönetim Modeli: Mimar Sinan</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>500</v>
+        <v>470</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786057646439</t>
+          <t>9786055383220</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Fizik ve Felsefe</t>
+          <t>Bir Osmanlı Şehri: Şam</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>450</v>
+        <v>470</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786057646309</t>
+          <t>9786055383145</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Unutulmuş Filistinliler</t>
+          <t>Benliğin Kaynakları</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>490</v>
+        <v>650</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786057646132</t>
+          <t>9786055383343</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>İsmet Özel ve Partizan Aynı Adamın Öyküsü</t>
+          <t>Din Felsefesi</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>415</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786059125987</t>
+          <t>9786055383848</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Demir Duvar</t>
+          <t>Ortadoğu Konuşmaları</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>795</v>
+        <v>450</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786059125994</t>
+          <t>9786059125505</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Dünya Tarihinde Afrika</t>
+          <t>Sosyal Bilimde Yöntem</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>680</v>
+        <v>500</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789756614143</t>
+          <t>9786059125727</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Oryantalizmin Kısa Tarihi</t>
+          <t>Rastlantı</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>530</v>
+        <v>360</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786055383459</t>
+          <t>9786059125444</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Halep</t>
+          <t>Beynimizle Ne Yapmalıyız?</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>550</v>
+        <v>330</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786059125451</t>
+          <t>9786059125802</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Stratejik Liderlik</t>
+          <t>Bilincin Gizemi</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>490</v>
+        <v>585</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786055383497</t>
+          <t>9786059125567</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası İlişkiler Teorileri</t>
+          <t>Filistin'i Bölüşmek</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>690</v>
+        <v>630</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786057646125</t>
+          <t>9786059125482</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Bilincin Evreni Maddenin Hayale Dönüşümü</t>
+          <t>Mit, Ritüel ve Söz</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>785</v>
+        <v>490</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786259414492</t>
+          <t>9786059125581</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Yeni Yirmi Yıl Krizi - Uluslararası İlişkiler Üzerine Bir Eleştiri 1999-2019</t>
+          <t>Eskimeyen Filmler</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>500</v>
+        <v>565</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786057646965</t>
+          <t>9786059125024</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Toplumlarda İsim Kültürü</t>
+          <t>Başlangıcından Günümüze Fransız Sineması</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>450</v>
+        <v>585</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786055383251</t>
+          <t>9786059125116</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Siyasetin Sosyal Teorisi</t>
+          <t>Sosyal Bilimler Tarihi ve Felsefesi</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>650</v>
+        <v>790</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9789756614792</t>
+          <t>9786055383893</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de / Türkçede Felsefe Üzerine Konuşmalar</t>
+          <t>Kur'an'da Yaratılış: Uzayların ve Maddenin Yaratılışı</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>295</v>
+        <v>335</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786055383299</t>
+          <t>9786055383886</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Teoriden Pratiğe (Ciltli)</t>
+          <t>İslam'da Bilginin Temelleri (Emr Kitabı)</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>500</v>
+        <v>280</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786055383282</t>
+          <t>9786059125277</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Teoriden Pratiğe</t>
+          <t>Aklı Karışıklar İçin Kılavuz</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>430</v>
+        <v>445</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9789756614037</t>
+          <t>9786055383824</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Tanzimat Dönemi Osmanlı Maliyesi</t>
+          <t>Yöntem Kuram Komplo</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>395</v>
+        <v>470</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9789756614884</t>
+          <t>9786057646453</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilimler Felsefesi</t>
+          <t>İslam ve Bilim</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>500</v>
+        <v>440</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9799756614227</t>
+          <t>9786057646507</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Sistemle Yüzleşme</t>
+          <t>Nitel Araştırma Nasıl Yapılır?</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>245</v>
+        <v>790</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786055383336</t>
+          <t>9786055383114</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Oslo Barış Süreci</t>
+          <t>Filistin Uğruna</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>380</v>
+        <v>530</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9789756614174</t>
+          <t>9786057646330</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Oryantalizm Oksidentalizm ve Şerif Mardin</t>
+          <t>Abbasi İhtilali</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>340</v>
+        <v>420</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9789756614853</t>
+          <t>9786055383169</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Midilli’nin İşgal Günlüğü 1912</t>
+          <t>Osmanlı Aydınları ve Sosyal Darwinizm</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>259</v>
+        <v>570</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786055383190</t>
+          <t>9789756614938</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Küyerel Dönüşümler</t>
+          <t>Yönetmen Sineması - Ahmet Uluçay</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>368</v>
+        <v>245</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786059125512</t>
+          <t>9786059125949</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Küresel Bunalım</t>
+          <t>Sinema Nedir!</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>295</v>
+        <v>470</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9789756614945</t>
+          <t>9786055383244</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Karşılaştırmalı Siyaset Sanatı</t>
+          <t>İki Kültürde İslam</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>385</v>
+        <v>320</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9789756614839</t>
+          <t>9789756614068</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>İslam Estetiğine Giriş</t>
+          <t>İfadelerin Gramatik Ayırımı</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>520</v>
+        <v>250</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9789756614600</t>
+          <t>9786057646422</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>İran</t>
+          <t>Başlangıçtan Günümüze İslam Kelamı</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>530</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786059125895</t>
+          <t>9786256624634</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Güç ve Refah</t>
+          <t>Nöro-Felsefe ve Sağlıklı Zihin</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>650</v>
+        <v>480</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786055383046</t>
+          <t>9786256624610</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Giovanni Scognamillo’nun Gözüyle Yeşilçam</t>
+          <t>Medeniyetler Arası Etkileşim - Bazı Örnek Sesler</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>555</v>
+        <v>380</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786055383275</t>
+          <t>9786256624269</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Gazzali Konuşmaları</t>
+          <t>Müslüman Robinson Kruzo - Daniel Defoe</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>335</v>
+        <v>320</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9789756614730</t>
+          <t>9786256624627</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Fatih’in Müjdelenen Şehri</t>
+          <t>Gazze Soykırımı</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>500</v>
+        <v>450</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786055383312</t>
+          <t>9786256624245</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Eski Düzen Adına</t>
+          <t>Babülmendep Boğazı’nda ABD-Çin Rekabeti</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>405</v>
+        <v>360</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9789756614907</t>
+          <t>9786256624214</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Endülüs Tarihi</t>
+          <t>İbn Teymiyye</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>395</v>
+        <v>525</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786055383053</t>
+          <t>9786256624252</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Derin Devlet, AK Parti ve Kürtler</t>
+          <t>Kıbrıs Seferi (1570-1571) (Ciltli)</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786055383091</t>
+          <t>9786256624191</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Doğa Düşüncesi</t>
+          <t>Me’mûn</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>530</v>
+        <v>480</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9789756614815</t>
+          <t>9786256624238</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Bir Yönetim Modeli: Süleymaniye</t>
+          <t>İslam Tıbbı</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>470</v>
+        <v>495</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9789756614617</t>
+          <t>9786256624207</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Bilim Devrimi ve Modern Bilimin Kökenleri</t>
+          <t>Ahmed b. Hanbel</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>395</v>
+        <v>480</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9789756614532</t>
+          <t>9786057646293</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Batı Biliminde Dönüm Noktaları</t>
+          <t>Zihin Felsefesi - Çağdaş Bir Giriş</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>600</v>
+        <v>750</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9789756614389</t>
+          <t>9786256624184</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Balkan Tarihi - 1</t>
+          <t>Bağımlı Rasyonel Hayvanlar</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>550</v>
+        <v>360</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9789756614952</t>
+          <t>9786256624221</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Avrasya Konuşmaları</t>
+          <t>Kendir Telinin Peşinde</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>245</v>
+        <v>495</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9789756614334</t>
+          <t>9786057646972</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Arap Romanında Türkler</t>
+          <t>Tuz ve Taş Üstünde</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>368</v>
+        <v>585</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9799756614210</t>
+          <t>9786057646989</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Bir Sovyet Mirası Rus Azınlıklar</t>
+          <t>Yeryüzünün en büyük hapishanesi</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>295</v>
+        <v>530</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786259414416</t>
+          <t>9786055383084</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Doğadaki Düzeni Keşfetmek Linnaeus’tan E.O. Wilson’a Doğa Tarihi Geleneği</t>
+          <t>Liderler Neden Yalan Söyler</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>490</v>
+        <v>390</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786256624009</t>
+          <t>9789756614969</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Deniz Teknolojisi</t>
+          <t>Sultanın Kalyonları</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>520</v>
+        <v>680</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786057646941</t>
+          <t>9786256624153</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Hatıralar</t>
+          <t>Akıl ve İnanç</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>1100</v>
+        <v>720</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786259414430</t>
+          <t>9786256624177</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Din Felsefesinin Ana Konuları Cilt 1</t>
+          <t>İslam Siyaset Düşüncesi</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>530</v>
+        <v>390</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786259414478</t>
+          <t>9786256624160</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Din Felsefesinin Ana Konuları Cilt 2</t>
+          <t>Üç Dünya Bir Arap-Yahudi’nin Anıları</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>530</v>
+        <v>450</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786259414447</t>
+          <t>9786256624146</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Din Felsefesinin Ana Konuları Cilt 3</t>
+          <t>Makul Yönetici 3 Sermaye, Sanat ve Zanaat</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>530</v>
+        <v>410</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786259414454</t>
+          <t>9786055383800</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Din Felsefesinin Ana Konuları Cilt 4</t>
+          <t>Uluslararası İlişkilere Giriş</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>530</v>
+        <v>720</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786259414461</t>
+          <t>9786256624115</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Din Felsefesinin Ana Konuları Cilt 5</t>
+          <t>Trajik Akıl Korku, Kader ve İktidarın Yükü</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>530</v>
+        <v>345</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786057646996</t>
+          <t>9786256624122</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>İrad ve Mesarifat Beyan Olunur - Yeniçeri Ocağı 61. Bölüğün Gelir-Gider Defterleri (1163-1241/1750-1826)</t>
+          <t>Çanakkale Savaşı’nda Alman Bahriyeliler</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>620</v>
+        <v>390</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786057646958</t>
+          <t>9786256624085</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Modern Bilimin Yeni Metafizik Temelleri</t>
+          <t>Bilinç ve Din Çağdaş Felsefi Bilinç Kuramları II</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>750</v>
+        <v>325</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786057646927</t>
+          <t>9786256624054</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Nedir?</t>
+          <t>Tanrı, İyilik ve İrade</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>585</v>
+        <v>390</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786057646934</t>
+          <t>9786256624108</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Kent Sosyolojisi - Küresel Bir Giriş</t>
+          <t>Din Düşüncesi</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>530</v>
+        <v>390</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786057646903</t>
+          <t>9789756614631</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Kamusal Entelektüel</t>
+          <t>İsrail Lobisi ve Amerikan Dış Politikası</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>650</v>
+        <v>680</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786057646910</t>
+          <t>9786057646057</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Şairin Filistini</t>
+          <t>Romanperver İktisatçı</t>
         </is>
       </c>
       <c r="C146" s="1">
         <v>490</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786057646897</t>
+          <t>9786055383350</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Sınırda - Hatıralarda Bir Yaşam</t>
+          <t>Birinci Dünya Savaşı'nda Almanya'nın İslam Stratejisi</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>410</v>
+        <v>395</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786057646873</t>
+          <t>9786059125260</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Rusya İmparatorluğu’nun Müslümanları</t>
+          <t>Andrey Tarkovski Sineması: Kayıp Umudun İzinde</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>500</v>
+        <v>430</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786057646880</t>
+          <t>9786059125208</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşen Dünya Siyaseti - Uluslararası İlişkilere Giriş</t>
+          <t>Küller ve Kemikler</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>720</v>
+        <v>320</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786057646866</t>
+          <t>9789756614723</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Arap Ayaklanmalarını Yeniden Düşünmek</t>
+          <t>Yöneticiler İçin Gerçek Kriz Öyküleri</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>380</v>
+        <v>305</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786057646835</t>
+          <t>9786256624016</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>İki Benlik</t>
+          <t>Felsefi Antropoloji Göttingen Dersleri</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>370</v>
+        <v>345</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786057646842</t>
+          <t>9786259414409</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Roman Diliyle Emperyalizm</t>
+          <t>Çok Odalı Ev Lübnan Tarihine Yeniden Bakış</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>490</v>
+        <v>368</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786057646811</t>
+          <t>9786256624061</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>İmparatorluğun Çöküşü</t>
+          <t>Cemaatin Sınırları Sosyal Radikalizmin Eleştirisi</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>470</v>
+        <v>325</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786057646743</t>
+          <t>9786256624078</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Siyasal Düzen - Adalet ve Asabiyetin Siyasetteki Rolü</t>
+          <t>Çağdaş Siyaset Felsefesinde Agonistik Politika</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>380</v>
+        <v>390</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786057646798</t>
+          <t>9786256624092</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Siyasetin Yeni Bilimi</t>
+          <t>Yapay Zeka ve Uluslararası İlişkiler</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>370</v>
+        <v>420</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786057646729</t>
+          <t>9786256624047</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Siyaset, Ahlak ve Töre Seçme Metinler</t>
+          <t>Vesilecilik ( İkinci Kitap )</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>380</v>
+        <v>420</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9789756614396</t>
+          <t>9786256624030</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Balkan Tarihi - 2</t>
+          <t>Vesilecilik ( Birinci Kitap )</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>550</v>
+        <v>420</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786057646361</t>
+          <t>9789756614877</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Üniversite Harabeleri</t>
+          <t>Türk Sosyoloji Tarihine Eleştirel Bir Katkı</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>490</v>
+        <v>305</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786057646279</t>
+          <t>9786055383077</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Üniversitenin Kullanımları</t>
+          <t>Küreselleşme, Din ve Medeniyet</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>490</v>
+        <v>310</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786057646040</t>
+          <t>9789756614624</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Üniversiteyi Yeniden Kurmak</t>
+          <t>Gölgedeki Kalem - Emine Semiye</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>555</v>
+        <v>305</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786057646156</t>
+          <t>9786059125475</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Üniversite</t>
+          <t>Küresel Güvenlikten Küresel Tahakküme</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>500</v>
+        <v>460</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786057646828</t>
+          <t>9786059125406</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilimlerde Karşılaştırmalı Tarihsel Analiz</t>
+          <t>Yahudiler ve Modern Kapitalizm</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>600</v>
+        <v>500</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786057646781</t>
+          <t>9786057646439</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Yeniçeriliğin Tarihi 2 - Yeniçeri Ordusu, Yeniçerilerin Hakları ve Mükellefiyetleri</t>
+          <t>Fizik ve Felsefe</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>575</v>
+        <v>450</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786057646774</t>
+          <t>9786057646309</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Yeniçeriliğin Tarihi 1 - Yeniçeri Ocağı’nın Teşkilat Yapısı ve Nefer Kaynağı</t>
+          <t>Unutulmuş Filistinliler</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>575</v>
+        <v>490</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786057646712</t>
+          <t>9786057646132</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Amerika'da Yükseköğretim</t>
+          <t>İsmet Özel ve Partizan Aynı Adamın Öyküsü</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>630</v>
+        <v>415</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786057646705</t>
+          <t>9786059125987</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Siyasi Dinler</t>
+          <t>Demir Duvar</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>350</v>
+        <v>795</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786057646637</t>
+          <t>9786059125994</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Biyolojiyi Benzersiz Kılan Nedir?</t>
+          <t>Dünya Tarihinde Afrika</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>430</v>
+        <v>680</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786057646620</t>
+          <t>9789756614143</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Dünya Tarihinde Ticaret</t>
+          <t>Oryantalizmin Kısa Tarihi</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>545</v>
+        <v>530</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786057646644</t>
+          <t>9786055383459</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Deleuze'ün Film Felsefesinin İzleri</t>
+          <t>Halep</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>500</v>
+        <v>550</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786059125772</t>
+          <t>9786059125451</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Deleuze, Sinema ve Felsefe</t>
+          <t>Stratejik Liderlik</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>500</v>
+        <v>490</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786057646170</t>
+          <t>9786055383497</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>İlerleme ve Sorunları - Bir Bilimsel Gelişme Kuramına Doğru</t>
+          <t>Uluslararası İlişkiler Teorileri</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>395</v>
+        <v>690</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786057646613</t>
+          <t>9786057646125</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşmenin Kısa Tarihi</t>
+          <t>Bilincin Evreni Maddenin Hayale Dönüşümü</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>380</v>
+        <v>785</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786057646606</t>
+          <t>9786259414492</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ayşe’nin Minderi</t>
+          <t>Yeni Yirmi Yıl Krizi - Uluslararası İlişkiler Üzerine Bir Eleştiri 1999-2019</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>520</v>
+        <v>500</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786057646583</t>
+          <t>9786057646965</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Yönetici Goethe</t>
+          <t>Müslüman Toplumlarda İsim Kültürü</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>390</v>
+        <v>450</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786057646552</t>
+          <t>9786055383251</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İmparatorluğu’nda Taşra Elitleri</t>
+          <t>Uluslararası Siyasetin Sosyal Teorisi</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>545</v>
+        <v>650</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786057646569</t>
+          <t>9789756614792</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Üniversiteler ve Bilgi Avrupası</t>
+          <t>Türkiye’de / Türkçede Felsefe Üzerine Konuşmalar</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>570</v>
+        <v>295</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786057646545</t>
+          <t>9786055383299</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Cihan Harbi ve Yeni Filistin</t>
+          <t>Teoriden Pratiğe (Ciltli)</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>480</v>
+        <v>500</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786057646576</t>
+          <t>9786055383282</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Alman İdealizmini Anlamak</t>
+          <t>Teoriden Pratiğe</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>530</v>
+        <v>430</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786057646538</t>
+          <t>9789756614037</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Bilad-ı Şam’da Osmanlı İktidarı ve Yerel Güçler 1700-1775</t>
+          <t>Tanzimat Dönemi Osmanlı Maliyesi</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>450</v>
+        <v>395</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786057646514</t>
+          <t>9789756614884</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyası ve Göç</t>
+          <t>Sosyal Bilimler Felsefesi</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>405</v>
+        <v>500</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786059125642</t>
+          <t>9799756614227</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>İslam'da Bilimin Yükselişi</t>
+          <t>Sistemle Yüzleşme</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>420</v>
+        <v>245</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786057646521</t>
+          <t>9786055383336</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Özgürlüğün Anlamı</t>
+          <t>Oslo Barış Süreci</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>470</v>
+        <v>380</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786057646491</t>
+          <t>9789756614174</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Küresel Tarih Nedir?</t>
+          <t>Oryantalizm Oksidentalizm ve Şerif Mardin</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>430</v>
+        <v>340</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786057646484</t>
+          <t>9789756614853</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Derviş Zaim Sinemasına Tersten Bakmak</t>
+          <t>Midilli’nin İşgal Günlüğü 1912</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>397</v>
+        <v>259</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786057646446</t>
+          <t>9786055383190</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Karagöz'den Günümüze Temaşa - Osmanlı'da Sinematografın Yolculuğu (1895-1923)</t>
+          <t>Küyerel Dönüşümler</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>570</v>
+        <v>368</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786057646477</t>
+          <t>9786059125512</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Yaşamın Metafiziği</t>
+          <t>Küresel Bunalım</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>405</v>
+        <v>295</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786057646460</t>
+          <t>9789756614945</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Varlık ve Zaman’ı Anlamak</t>
+          <t>Karşılaştırmalı Siyaset Sanatı</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>450</v>
+        <v>385</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786057646385</t>
+          <t>9789756614839</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>İsrail’de Çatışan Kimlikler</t>
+          <t>İslam Estetiğine Giriş</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>435</v>
+        <v>520</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786057646354</t>
+          <t>9789756614600</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı-İran Sınır Bölgeleri</t>
+          <t>İran</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>495</v>
+        <v>530</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786057646415</t>
+          <t>9786059125895</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Araştırma ve Bağlantılı Bilgi</t>
+          <t>Güç ve Refah</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>570</v>
+        <v>650</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786057646408</t>
+          <t>9786055383046</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>İbn Halduncu Sosyoloji</t>
+          <t>Giovanni Scognamillo’nun Gözüyle Yeşilçam</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>500</v>
+        <v>555</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786057646392</t>
+          <t>9786055383275</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Rus Ben-İdraki</t>
+          <t>Gazzali Konuşmaları</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>380</v>
+        <v>335</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786057646347</t>
+          <t>9789756614730</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Güzellik ve İslam</t>
+          <t>Fatih’in Müjdelenen Şehri</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>495</v>
+        <v>500</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786057646323</t>
+          <t>9786055383312</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>İsrail’de Hatırlama</t>
+          <t>Eski Düzen Adına</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>435</v>
+        <v>405</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786057646316</t>
+          <t>9789756614907</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>2. Abdülhamid Döneminde Irak'ta Osmanlı İdaresi</t>
+          <t>Endülüs Tarihi</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>495</v>
+        <v>395</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786059125765</t>
+          <t>9786055383053</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Gilles Deleuze’ün Zaman Makinesi</t>
+          <t>Derin Devlet, AK Parti ve Kürtler</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>530</v>
+        <v>250</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786057646286</t>
+          <t>9786055383091</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Sistemik Deprem ve Dünya Düzeni</t>
+          <t>Çağdaş Doğa Düşüncesi</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>480</v>
+        <v>530</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786057646262</t>
+          <t>9789756614815</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Bilmenin Yolları</t>
+          <t>Bir Yönetim Modeli: Süleymaniye</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>555</v>
+        <v>470</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786057646255</t>
+          <t>9789756614617</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Yönetimin Kültürcesi</t>
+          <t>Bilim Devrimi ve Modern Bilimin Kökenleri</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>430</v>
+        <v>395</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786057646248</t>
+          <t>9789756614532</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Dönüşen Diplomasi ve Türkiye</t>
+          <t>Batı Biliminde Dönüm Noktaları</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>452</v>
+        <v>600</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786057646231</t>
+          <t>9789756614389</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Asya Pasifik Çalışmalarında Yeni Ufuklar</t>
+          <t>Balkan Tarihi - 1</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>360</v>
+        <v>550</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786057646194</t>
+          <t>9789756614952</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Birinci Dünya Savaşında Suriye</t>
+          <t>Avrasya Konuşmaları</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>440</v>
+        <v>245</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786057646224</t>
+          <t>9789756614334</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Fısıldaşan Şehirler</t>
+          <t>Arap Romanında Türkler</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>430</v>
+        <v>368</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786057646217</t>
+          <t>9799756614210</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Kudüs’ü</t>
+          <t>Bir Sovyet Mirası Rus Azınlıklar</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>440</v>
+        <v>295</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786057646200</t>
+          <t>9786259414416</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Akademinin Yönetimi</t>
+          <t>Doğadaki Düzeni Keşfetmek Linnaeus’tan E.O. Wilson’a Doğa Tarihi Geleneği</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>545</v>
+        <v>490</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786057646187</t>
+          <t>9786256624009</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Körfez Krizi Kıskacında Katar</t>
+          <t>Osmanlı Deniz Teknolojisi</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>368</v>
+        <v>520</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786057646163</t>
+          <t>9786057646941</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Gandhi Anı</t>
+          <t>Hatıralar</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>330</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786057646149</t>
+          <t>9786259414430</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Roman Diliyle İş Hayatı</t>
+          <t>Din Felsefesinin Ana Konuları Cilt 1</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>490</v>
+        <v>530</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786057646118</t>
+          <t>9786259414478</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Eskimeyen Filmler 3</t>
+          <t>Din Felsefesinin Ana Konuları Cilt 2</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>430</v>
+        <v>530</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786057646101</t>
+          <t>9786259414447</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Deniz Ticareti</t>
+          <t>Din Felsefesinin Ana Konuları Cilt 3</t>
         </is>
       </c>
       <c r="C210" s="1">
         <v>530</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786057646095</t>
+          <t>9786259414454</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Şiir Milliyetçilik İslamcılık</t>
+          <t>Din Felsefesinin Ana Konuları Cilt 4</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>340</v>
+        <v>530</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786057646088</t>
+          <t>9786259414461</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Medreselerinde İlim</t>
+          <t>Din Felsefesinin Ana Konuları Cilt 5</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>565</v>
+        <v>530</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786057646064</t>
+          <t>9786057646996</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Mihrap Minber ve Devlet</t>
+          <t>İrad ve Mesarifat Beyan Olunur - Yeniçeri Ocağı 61. Bölüğün Gelir-Gider Defterleri (1163-1241/1750-1826)</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>585</v>
+        <v>620</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786059125970</t>
+          <t>9786057646958</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Lüfer: Boğaziçi Şehrayini</t>
+          <t>Modern Bilimin Yeni Metafizik Temelleri</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>570</v>
+        <v>750</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786057646033</t>
+          <t>9786057646927</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Yükseköğretimin Örgütlenmesi</t>
+          <t>Felsefe Nedir?</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>530</v>
+        <v>585</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786057646026</t>
+          <t>9786057646934</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Üniversite Fikri</t>
+          <t>Kent Sosyolojisi - Küresel Bir Giriş</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>555</v>
+        <v>530</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786057646019</t>
+          <t>9786057646903</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Medreseleri ve Avrupa Üniversiteleri (1450 - 1600)</t>
+          <t>Kamusal Entelektüel</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>600</v>
+        <v>650</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786057646590</t>
+          <t>9786057646910</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Arap Dünyasının Krizleri</t>
+          <t>Şairin Filistini</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>340</v>
+        <v>490</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786059125925</t>
+          <t>9786057646897</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Çağdaş Sosyoloji Konuşmaları</t>
+          <t>Sınırda - Hatıralarda Bir Yaşam</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>405</v>
+        <v>410</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786059125857</t>
+          <t>9786057646873</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>17. Yüzyılda Tersane-i Amire</t>
+          <t>Rusya İmparatorluğu’nun Müslümanları</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>530</v>
+        <v>500</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786059125871</t>
+          <t>9786057646880</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Klasik Türk Edebiyatında Alegori</t>
+          <t>Küreselleşen Dünya Siyaseti - Uluslararası İlişkilere Giriş</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>480</v>
+        <v>720</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786059125888</t>
+          <t>9786057646866</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Standartlar Nasıl İşler?</t>
+          <t>Arap Ayaklanmalarını Yeniden Düşünmek</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>405</v>
+        <v>380</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786059125901</t>
+          <t>9786057646835</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>İnsani Bir Çalışma İlişkisi (Ciltli)</t>
+          <t>İki Benlik</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>405</v>
+        <v>370</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786059125918</t>
+          <t>9786057646842</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Medeniyetlerin Ben-idraki</t>
+          <t>Roman Diliyle Emperyalizm</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>405</v>
+        <v>490</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786059125864</t>
+          <t>9786057646811</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Medeniyet Dönüşümü</t>
+          <t>İmparatorluğun Çöküşü</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>420</v>
+        <v>470</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786059125833</t>
+          <t>9786057646743</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Alternatif Paradigmalar</t>
+          <t>Siyasal Düzen - Adalet ve Asabiyetin Siyasetteki Rolü</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>495</v>
+        <v>380</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786059125826</t>
+          <t>9786057646798</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Yönetebilen Türkler</t>
+          <t>Siyasetin Yeni Bilimi</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>490</v>
+        <v>370</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786059125819</t>
+          <t>9786057646729</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Sinema İçin Bunca Acıya Değer Mi?</t>
+          <t>Siyaset, Ahlak ve Töre Seçme Metinler</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>430</v>
+        <v>380</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786059125789</t>
+          <t>9789756614396</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Küresel Çağda Tarih Yazmak</t>
+          <t>Balkan Tarihi - 2</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>420</v>
+        <v>550</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786059125796</t>
+          <t>9786057646361</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Zarifoğlu'nu Okumak</t>
+          <t>Üniversite Harabeleri</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>405</v>
+        <v>490</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786059125741</t>
+          <t>9786057646279</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Roman Diliyle İktisat</t>
+          <t>Üniversitenin Kullanımları</t>
         </is>
       </c>
       <c r="C231" s="1">
         <v>490</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786059125758</t>
+          <t>9786057646040</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Roman Diliyle Siyaset</t>
+          <t>Üniversiteyi Yeniden Kurmak</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>490</v>
+        <v>555</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786059125734</t>
+          <t>9786057646156</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Eskimeyen Filmler 2</t>
+          <t>Üniversite</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>470</v>
+        <v>500</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786059125666</t>
+          <t>9786057646828</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Bilinç Üzerine Konuşmalar</t>
+          <t>Sosyal Bilimlerde Karşılaştırmalı Tarihsel Analiz</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>570</v>
+        <v>600</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786059125680</t>
+          <t>9786057646781</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Sanatta Hafızanın Biçimleri</t>
+          <t>Yeniçeriliğin Tarihi 2 - Yeniçeri Ordusu, Yeniçerilerin Hakları ve Mükellefiyetleri</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>340</v>
+        <v>575</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786059125703</t>
+          <t>9786057646774</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Akdenizi</t>
+          <t>Yeniçeriliğin Tarihi 1 - Yeniçeri Ocağı’nın Teşkilat Yapısı ve Nefer Kaynağı</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>550</v>
+        <v>575</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786059125659</t>
+          <t>9786057646712</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Biraz Mağrur Biraz Mağdur - Türk Sinemasında Kahramanlar</t>
+          <t>Amerika'da Yükseköğretim</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>360</v>
+        <v>630</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786059125673</t>
+          <t>9786057646705</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Duruş: Gençlerle Yüz Yüze</t>
+          <t>Siyasi Dinler</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>495</v>
+        <v>350</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786057646675</t>
+          <t>9786057646637</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Batı Felsefesinin Yeni Tarihi 2: Ortaçağ Felsefesi</t>
+          <t>Biyolojiyi Benzersiz Kılan Nedir?</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>630</v>
+        <v>430</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786059125215</t>
+          <t>9786057646620</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Tanburi Cemil Bey</t>
+          <t>Dünya Tarihinde Ticaret</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>405</v>
+        <v>545</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786055383138</t>
+          <t>9786057646644</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilimler Metodolojisi</t>
+          <t>Deleuze'ün Film Felsefesinin İzleri</t>
         </is>
       </c>
       <c r="C241" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786059125536</t>
+          <t>9786059125772</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Asimilasyondan Tanınmaya</t>
+          <t>Deleuze, Sinema ve Felsefe</t>
         </is>
       </c>
       <c r="C242" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786059125550</t>
+          <t>9786057646170</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Tarihe Kayıtlar</t>
+          <t>İlerleme ve Sorunları - Bir Bilimsel Gelişme Kuramına Doğru</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>290</v>
+        <v>395</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786059125529</t>
+          <t>9786057646613</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>İletişim ve Televizyon Teorileri</t>
+          <t>Küreselleşmenin Kısa Tarihi</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>470</v>
+        <v>380</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786059125222</t>
+          <t>9786057646606</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Bilinç: Öznelliğin Bilimi</t>
+          <t>Hz. Ayşe’nin Minderi</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>560</v>
+        <v>520</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786059125291</t>
+          <t>9786057646583</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Jeopolitik ve Jeokültür</t>
+          <t>Yönetici Goethe</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>520</v>
+        <v>390</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786059125468</t>
+          <t>9786057646552</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Siyasal Üzerine Konuşmalar</t>
+          <t>Osmanlı İmparatorluğu’nda Taşra Elitleri</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>340</v>
+        <v>545</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786059125437</t>
+          <t>9786057646569</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Alafranga Halleri</t>
+          <t>Üniversiteler ve Bilgi Avrupası</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>475</v>
+        <v>570</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786059125390</t>
+          <t>9786057646545</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Yönetsel Yetkinlikler ve Etkin Yönetim</t>
+          <t>Cihan Harbi ve Yeni Filistin</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>430</v>
+        <v>480</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786059125376</t>
+          <t>9786057646576</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Zurasudan Bilgeliğin Keşfi</t>
+          <t>Alman İdealizmini Anlamak</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>405</v>
+        <v>530</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786059125307</t>
+          <t>9786057646538</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>İslam Bilim Tarihi</t>
+          <t>Bilad-ı Şam’da Osmanlı İktidarı ve Yerel Güçler 1700-1775</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>520</v>
+        <v>450</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786059125383</t>
+          <t>9786057646514</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Medeniyetler ve Şehirler</t>
+          <t>Türk Dünyası ve Göç</t>
         </is>
       </c>
       <c r="C252" s="1">
         <v>405</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786059125284</t>
+          <t>9786059125642</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>İslam Metafiziğine Prolegomena</t>
+          <t>İslam'da Bilimin Yükselişi</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>500</v>
+        <v>420</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786059125338</t>
+          <t>9786057646521</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Tarih-i Bosna</t>
+          <t>Özgürlüğün Anlamı</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>295</v>
+        <v>470</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786059125253</t>
+          <t>9786057646491</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Karanlıkta Işığı Yakalamak</t>
+          <t>Küresel Tarih Nedir?</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>450</v>
+        <v>430</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786059125246</t>
+          <t>9786057646484</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Yöneticilik Dersleri</t>
+          <t>Derviş Zaim Sinemasına Tersten Bakmak</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>490</v>
+        <v>397</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9789756614983</t>
+          <t>9786057646446</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Stemmatik</t>
+          <t>Karagöz'den Günümüze Temaşa - Osmanlı'da Sinematografın Yolculuğu (1895-1923)</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>320</v>
+        <v>570</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786055383152</t>
+          <t>9786057646477</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Sosyolojik Paradigmalar</t>
+          <t>Yaşamın Metafiziği</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>500</v>
+        <v>405</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9789756614785</t>
+          <t>9786057646460</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Etnometodoloji</t>
+          <t>Varlık ve Zaman’ı Anlamak</t>
         </is>
       </c>
       <c r="C259" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9789756614426</t>
+          <t>9786057646385</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>İngiliz Oryantalizmi ve Tasavvuf</t>
+          <t>İsrail’de Çatışan Kimlikler</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>550</v>
+        <v>435</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9789756614044</t>
+          <t>9786057646354</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>İktisat, Tarih ve Toplum</t>
+          <t>Osmanlı-İran Sınır Bölgeleri</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>400</v>
+        <v>495</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786059125192</t>
+          <t>9786057646415</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Karpuz Kabuğundan Gemiler Yapmak</t>
+          <t>Araştırma ve Bağlantılı Bilgi</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>367</v>
+        <v>570</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786059125130</t>
+          <t>9786057646408</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Basra'sında Devlet ve Toplum 1908-1914</t>
+          <t>İbn Halduncu Sosyoloji</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>430</v>
+        <v>500</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786059125178</t>
+          <t>9786057646392</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Otorite Nedir?</t>
+          <t>Rus Ben-İdraki</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>330</v>
+        <v>380</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786059125185</t>
+          <t>9786057646347</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Modernlik, Küreselleşme ve Türkiye’nin Kimlikler Evreni</t>
+          <t>Güzellik ve İslam</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>360</v>
+        <v>495</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786055383206</t>
+          <t>9786057646323</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Sinematograf Üzerine Notlar</t>
+          <t>İsrail’de Hatırlama</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>290</v>
+        <v>435</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786059125123</t>
+          <t>9786057646316</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Yönetici Peygamber Hz. Muhammed</t>
+          <t>2. Abdülhamid Döneminde Irak'ta Osmanlı İdaresi</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>395</v>
+        <v>495</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786059125109</t>
+          <t>9786059125765</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilimlerde Yaklaşımlar ve Metodolojiler</t>
+          <t>Gilles Deleuze’ün Zaman Makinesi</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>570</v>
+        <v>530</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786055383398</t>
+          <t>9786057646286</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Filmin Apaçıklığı</t>
+          <t>Sistemik Deprem ve Dünya Düzeni</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>245</v>
+        <v>480</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786055383831</t>
+          <t>9786057646262</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Dikta Değil İkna: İletişim Psikolojisi</t>
+          <t>Bilmenin Yolları</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>500</v>
+        <v>555</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9789756614129</t>
+          <t>9786057646255</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Rus Jeopolitiği</t>
+          <t>Yönetimin Kültürcesi</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>500</v>
+        <v>430</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786059125710</t>
+          <t>9786057646248</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Osmanlılar ve Deniz</t>
+          <t>Dönüşen Diplomasi ve Türkiye</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>525</v>
+        <v>452</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786055383862</t>
+          <t>9786057646231</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Hayal Perdesi Sinema Dergisi 2013 Yıllığı</t>
+          <t>Asya Pasifik Çalışmalarında Yeni Ufuklar</t>
         </is>
       </c>
       <c r="C273" s="1">
         <v>360</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786055383817</t>
+          <t>9786057646194</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Stratejik Zihniyet</t>
+          <t>Birinci Dünya Savaşında Suriye</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>405</v>
+        <v>440</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9789756614440</t>
+          <t>9786057646224</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Konfüçyen Kapitalizm</t>
+          <t>Fısıldaşan Şehirler</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>368</v>
+        <v>430</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786055383213</t>
+          <t>9786057646217</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Kant Sonrası Metafizik Üzerine Konuşmalar</t>
+          <t>Osmanlı Kudüs’ü</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>367</v>
+        <v>440</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786055383510</t>
+          <t>9786057646200</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Azerbaycan’da Din ve Kimlik</t>
+          <t>Akademinin Yönetimi</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>380</v>
+        <v>545</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786055383473</t>
+          <t>9786057646187</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Regime Changes and Transitions in Arab Spring Countries</t>
+          <t>Körfez Krizi Kıskacında Katar</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>305</v>
+        <v>368</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786055383404</t>
+          <t>9786057646163</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Anlamlılık Üzerine</t>
+          <t>Gandhi Anı</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>305</v>
+        <v>330</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786055383879</t>
+          <t>9786057646149</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Dönem Türk Sinema Antolojisi (1895-1928)</t>
+          <t>Roman Diliyle İş Hayatı</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>290</v>
+        <v>490</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786055383503</t>
+          <t>9786057646118</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Balık Kültürü</t>
+          <t>Eskimeyen Filmler 3</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>500</v>
+        <v>430</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786055383435</t>
+          <t>9786057646101</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Sosyolojinin Felsefi Kökenleri</t>
+          <t>Osmanlı Deniz Ticareti</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>500</v>
+        <v>530</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786055383466</t>
+          <t>9786057646095</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Yücel Çakmaklı: Milli Sinemanın Kurucusu</t>
+          <t>Şiir Milliyetçilik İslamcılık</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>405</v>
+        <v>340</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786057646071</t>
+          <t>9786057646088</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Otur Baştan Yaz Beni</t>
+          <t>Osmanlı Medreselerinde İlim</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>305</v>
+        <v>565</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786055383442</t>
+          <t>9786057646064</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Bölüm ve Disiplin</t>
+          <t>Mihrap Minber ve Devlet</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>480</v>
+        <v>585</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9789756614587</t>
+          <t>9786059125970</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Teori Ve Sosyoloji</t>
+          <t>Lüfer: Boğaziçi Şehrayini</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>530</v>
+        <v>570</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9789756614679</t>
+          <t>9786057646033</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Zor ve Rıza</t>
+          <t>Yükseköğretimin Örgütlenmesi</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>335</v>
+        <v>530</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
+          <t>9786057646026</t>
+        </is>
+      </c>
+      <c r="B288" s="1" t="inlineStr">
+        <is>
+          <t>Üniversite Fikri</t>
+        </is>
+      </c>
+      <c r="C288" s="1">
+        <v>555</v>
+      </c>
+    </row>
+    <row r="289" spans="1:3">
+      <c r="A289" s="1" t="inlineStr">
+        <is>
+          <t>9786057646019</t>
+        </is>
+      </c>
+      <c r="B289" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı Medreseleri ve Avrupa Üniversiteleri (1450 - 1600)</t>
+        </is>
+      </c>
+      <c r="C289" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="290" spans="1:3">
+      <c r="A290" s="1" t="inlineStr">
+        <is>
+          <t>9786057646590</t>
+        </is>
+      </c>
+      <c r="B290" s="1" t="inlineStr">
+        <is>
+          <t>Arap Dünyasının Krizleri</t>
+        </is>
+      </c>
+      <c r="C290" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="291" spans="1:3">
+      <c r="A291" s="1" t="inlineStr">
+        <is>
+          <t>9786059125925</t>
+        </is>
+      </c>
+      <c r="B291" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye'de Çağdaş Sosyoloji Konuşmaları</t>
+        </is>
+      </c>
+      <c r="C291" s="1">
+        <v>405</v>
+      </c>
+    </row>
+    <row r="292" spans="1:3">
+      <c r="A292" s="1" t="inlineStr">
+        <is>
+          <t>9786059125857</t>
+        </is>
+      </c>
+      <c r="B292" s="1" t="inlineStr">
+        <is>
+          <t>17. Yüzyılda Tersane-i Amire</t>
+        </is>
+      </c>
+      <c r="C292" s="1">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="293" spans="1:3">
+      <c r="A293" s="1" t="inlineStr">
+        <is>
+          <t>9786059125871</t>
+        </is>
+      </c>
+      <c r="B293" s="1" t="inlineStr">
+        <is>
+          <t>Klasik Türk Edebiyatında Alegori</t>
+        </is>
+      </c>
+      <c r="C293" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="294" spans="1:3">
+      <c r="A294" s="1" t="inlineStr">
+        <is>
+          <t>9786059125888</t>
+        </is>
+      </c>
+      <c r="B294" s="1" t="inlineStr">
+        <is>
+          <t>Standartlar Nasıl İşler?</t>
+        </is>
+      </c>
+      <c r="C294" s="1">
+        <v>405</v>
+      </c>
+    </row>
+    <row r="295" spans="1:3">
+      <c r="A295" s="1" t="inlineStr">
+        <is>
+          <t>9786059125901</t>
+        </is>
+      </c>
+      <c r="B295" s="1" t="inlineStr">
+        <is>
+          <t>İnsani Bir Çalışma İlişkisi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C295" s="1">
+        <v>405</v>
+      </c>
+    </row>
+    <row r="296" spans="1:3">
+      <c r="A296" s="1" t="inlineStr">
+        <is>
+          <t>9786059125918</t>
+        </is>
+      </c>
+      <c r="B296" s="1" t="inlineStr">
+        <is>
+          <t>Medeniyetlerin Ben-idraki</t>
+        </is>
+      </c>
+      <c r="C296" s="1">
+        <v>405</v>
+      </c>
+    </row>
+    <row r="297" spans="1:3">
+      <c r="A297" s="1" t="inlineStr">
+        <is>
+          <t>9786059125864</t>
+        </is>
+      </c>
+      <c r="B297" s="1" t="inlineStr">
+        <is>
+          <t>Medeniyet Dönüşümü</t>
+        </is>
+      </c>
+      <c r="C297" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="298" spans="1:3">
+      <c r="A298" s="1" t="inlineStr">
+        <is>
+          <t>9786059125833</t>
+        </is>
+      </c>
+      <c r="B298" s="1" t="inlineStr">
+        <is>
+          <t>Alternatif Paradigmalar</t>
+        </is>
+      </c>
+      <c r="C298" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="299" spans="1:3">
+      <c r="A299" s="1" t="inlineStr">
+        <is>
+          <t>9786059125826</t>
+        </is>
+      </c>
+      <c r="B299" s="1" t="inlineStr">
+        <is>
+          <t>Yönetebilen Türkler</t>
+        </is>
+      </c>
+      <c r="C299" s="1">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="300" spans="1:3">
+      <c r="A300" s="1" t="inlineStr">
+        <is>
+          <t>9786059125819</t>
+        </is>
+      </c>
+      <c r="B300" s="1" t="inlineStr">
+        <is>
+          <t>Sinema İçin Bunca Acıya Değer Mi?</t>
+        </is>
+      </c>
+      <c r="C300" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="301" spans="1:3">
+      <c r="A301" s="1" t="inlineStr">
+        <is>
+          <t>9786059125789</t>
+        </is>
+      </c>
+      <c r="B301" s="1" t="inlineStr">
+        <is>
+          <t>Küresel Çağda Tarih Yazmak</t>
+        </is>
+      </c>
+      <c r="C301" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="302" spans="1:3">
+      <c r="A302" s="1" t="inlineStr">
+        <is>
+          <t>9786059125796</t>
+        </is>
+      </c>
+      <c r="B302" s="1" t="inlineStr">
+        <is>
+          <t>Zarifoğlu'nu Okumak</t>
+        </is>
+      </c>
+      <c r="C302" s="1">
+        <v>405</v>
+      </c>
+    </row>
+    <row r="303" spans="1:3">
+      <c r="A303" s="1" t="inlineStr">
+        <is>
+          <t>9786059125741</t>
+        </is>
+      </c>
+      <c r="B303" s="1" t="inlineStr">
+        <is>
+          <t>Roman Diliyle İktisat</t>
+        </is>
+      </c>
+      <c r="C303" s="1">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="304" spans="1:3">
+      <c r="A304" s="1" t="inlineStr">
+        <is>
+          <t>9786059125758</t>
+        </is>
+      </c>
+      <c r="B304" s="1" t="inlineStr">
+        <is>
+          <t>Roman Diliyle Siyaset</t>
+        </is>
+      </c>
+      <c r="C304" s="1">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="305" spans="1:3">
+      <c r="A305" s="1" t="inlineStr">
+        <is>
+          <t>9786059125734</t>
+        </is>
+      </c>
+      <c r="B305" s="1" t="inlineStr">
+        <is>
+          <t>Eskimeyen Filmler 2</t>
+        </is>
+      </c>
+      <c r="C305" s="1">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="306" spans="1:3">
+      <c r="A306" s="1" t="inlineStr">
+        <is>
+          <t>9786059125666</t>
+        </is>
+      </c>
+      <c r="B306" s="1" t="inlineStr">
+        <is>
+          <t>Bilinç Üzerine Konuşmalar</t>
+        </is>
+      </c>
+      <c r="C306" s="1">
+        <v>570</v>
+      </c>
+    </row>
+    <row r="307" spans="1:3">
+      <c r="A307" s="1" t="inlineStr">
+        <is>
+          <t>9786059125680</t>
+        </is>
+      </c>
+      <c r="B307" s="1" t="inlineStr">
+        <is>
+          <t>Sanatta Hafızanın Biçimleri</t>
+        </is>
+      </c>
+      <c r="C307" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="308" spans="1:3">
+      <c r="A308" s="1" t="inlineStr">
+        <is>
+          <t>9786059125703</t>
+        </is>
+      </c>
+      <c r="B308" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı Akdenizi</t>
+        </is>
+      </c>
+      <c r="C308" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="309" spans="1:3">
+      <c r="A309" s="1" t="inlineStr">
+        <is>
+          <t>9786059125659</t>
+        </is>
+      </c>
+      <c r="B309" s="1" t="inlineStr">
+        <is>
+          <t>Biraz Mağrur Biraz Mağdur - Türk Sinemasında Kahramanlar</t>
+        </is>
+      </c>
+      <c r="C309" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="310" spans="1:3">
+      <c r="A310" s="1" t="inlineStr">
+        <is>
+          <t>9786059125673</t>
+        </is>
+      </c>
+      <c r="B310" s="1" t="inlineStr">
+        <is>
+          <t>Duruş: Gençlerle Yüz Yüze</t>
+        </is>
+      </c>
+      <c r="C310" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="311" spans="1:3">
+      <c r="A311" s="1" t="inlineStr">
+        <is>
+          <t>9786057646675</t>
+        </is>
+      </c>
+      <c r="B311" s="1" t="inlineStr">
+        <is>
+          <t>Batı Felsefesinin Yeni Tarihi 2: Ortaçağ Felsefesi</t>
+        </is>
+      </c>
+      <c r="C311" s="1">
+        <v>630</v>
+      </c>
+    </row>
+    <row r="312" spans="1:3">
+      <c r="A312" s="1" t="inlineStr">
+        <is>
+          <t>9786059125215</t>
+        </is>
+      </c>
+      <c r="B312" s="1" t="inlineStr">
+        <is>
+          <t>Tanburi Cemil Bey</t>
+        </is>
+      </c>
+      <c r="C312" s="1">
+        <v>405</v>
+      </c>
+    </row>
+    <row r="313" spans="1:3">
+      <c r="A313" s="1" t="inlineStr">
+        <is>
+          <t>9786055383138</t>
+        </is>
+      </c>
+      <c r="B313" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Bilimler Metodolojisi</t>
+        </is>
+      </c>
+      <c r="C313" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="314" spans="1:3">
+      <c r="A314" s="1" t="inlineStr">
+        <is>
+          <t>9786059125536</t>
+        </is>
+      </c>
+      <c r="B314" s="1" t="inlineStr">
+        <is>
+          <t>Asimilasyondan Tanınmaya</t>
+        </is>
+      </c>
+      <c r="C314" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="315" spans="1:3">
+      <c r="A315" s="1" t="inlineStr">
+        <is>
+          <t>9786059125550</t>
+        </is>
+      </c>
+      <c r="B315" s="1" t="inlineStr">
+        <is>
+          <t>Tarihe Kayıtlar</t>
+        </is>
+      </c>
+      <c r="C315" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="316" spans="1:3">
+      <c r="A316" s="1" t="inlineStr">
+        <is>
+          <t>9786059125529</t>
+        </is>
+      </c>
+      <c r="B316" s="1" t="inlineStr">
+        <is>
+          <t>İletişim ve Televizyon Teorileri</t>
+        </is>
+      </c>
+      <c r="C316" s="1">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="317" spans="1:3">
+      <c r="A317" s="1" t="inlineStr">
+        <is>
+          <t>9786059125222</t>
+        </is>
+      </c>
+      <c r="B317" s="1" t="inlineStr">
+        <is>
+          <t>Bilinç: Öznelliğin Bilimi</t>
+        </is>
+      </c>
+      <c r="C317" s="1">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="318" spans="1:3">
+      <c r="A318" s="1" t="inlineStr">
+        <is>
+          <t>9786059125291</t>
+        </is>
+      </c>
+      <c r="B318" s="1" t="inlineStr">
+        <is>
+          <t>Jeopolitik ve Jeokültür</t>
+        </is>
+      </c>
+      <c r="C318" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="319" spans="1:3">
+      <c r="A319" s="1" t="inlineStr">
+        <is>
+          <t>9786059125468</t>
+        </is>
+      </c>
+      <c r="B319" s="1" t="inlineStr">
+        <is>
+          <t>Siyasal Üzerine Konuşmalar</t>
+        </is>
+      </c>
+      <c r="C319" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="320" spans="1:3">
+      <c r="A320" s="1" t="inlineStr">
+        <is>
+          <t>9786059125437</t>
+        </is>
+      </c>
+      <c r="B320" s="1" t="inlineStr">
+        <is>
+          <t>Alafranga Halleri</t>
+        </is>
+      </c>
+      <c r="C320" s="1">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="321" spans="1:3">
+      <c r="A321" s="1" t="inlineStr">
+        <is>
+          <t>9786059125390</t>
+        </is>
+      </c>
+      <c r="B321" s="1" t="inlineStr">
+        <is>
+          <t>Yönetsel Yetkinlikler ve Etkin Yönetim</t>
+        </is>
+      </c>
+      <c r="C321" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="322" spans="1:3">
+      <c r="A322" s="1" t="inlineStr">
+        <is>
+          <t>9786059125376</t>
+        </is>
+      </c>
+      <c r="B322" s="1" t="inlineStr">
+        <is>
+          <t>Zurasudan Bilgeliğin Keşfi</t>
+        </is>
+      </c>
+      <c r="C322" s="1">
+        <v>405</v>
+      </c>
+    </row>
+    <row r="323" spans="1:3">
+      <c r="A323" s="1" t="inlineStr">
+        <is>
+          <t>9786059125307</t>
+        </is>
+      </c>
+      <c r="B323" s="1" t="inlineStr">
+        <is>
+          <t>İslam Bilim Tarihi</t>
+        </is>
+      </c>
+      <c r="C323" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="324" spans="1:3">
+      <c r="A324" s="1" t="inlineStr">
+        <is>
+          <t>9786059125383</t>
+        </is>
+      </c>
+      <c r="B324" s="1" t="inlineStr">
+        <is>
+          <t>Medeniyetler ve Şehirler</t>
+        </is>
+      </c>
+      <c r="C324" s="1">
+        <v>405</v>
+      </c>
+    </row>
+    <row r="325" spans="1:3">
+      <c r="A325" s="1" t="inlineStr">
+        <is>
+          <t>9786059125284</t>
+        </is>
+      </c>
+      <c r="B325" s="1" t="inlineStr">
+        <is>
+          <t>İslam Metafiziğine Prolegomena</t>
+        </is>
+      </c>
+      <c r="C325" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="326" spans="1:3">
+      <c r="A326" s="1" t="inlineStr">
+        <is>
+          <t>9786059125338</t>
+        </is>
+      </c>
+      <c r="B326" s="1" t="inlineStr">
+        <is>
+          <t>Tarih-i Bosna</t>
+        </is>
+      </c>
+      <c r="C326" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="327" spans="1:3">
+      <c r="A327" s="1" t="inlineStr">
+        <is>
+          <t>9786059125253</t>
+        </is>
+      </c>
+      <c r="B327" s="1" t="inlineStr">
+        <is>
+          <t>Karanlıkta Işığı Yakalamak</t>
+        </is>
+      </c>
+      <c r="C327" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="328" spans="1:3">
+      <c r="A328" s="1" t="inlineStr">
+        <is>
+          <t>9786059125246</t>
+        </is>
+      </c>
+      <c r="B328" s="1" t="inlineStr">
+        <is>
+          <t>Yöneticilik Dersleri</t>
+        </is>
+      </c>
+      <c r="C328" s="1">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="329" spans="1:3">
+      <c r="A329" s="1" t="inlineStr">
+        <is>
+          <t>9789756614983</t>
+        </is>
+      </c>
+      <c r="B329" s="1" t="inlineStr">
+        <is>
+          <t>Stemmatik</t>
+        </is>
+      </c>
+      <c r="C329" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="330" spans="1:3">
+      <c r="A330" s="1" t="inlineStr">
+        <is>
+          <t>9786055383152</t>
+        </is>
+      </c>
+      <c r="B330" s="1" t="inlineStr">
+        <is>
+          <t>Sosyolojik Paradigmalar</t>
+        </is>
+      </c>
+      <c r="C330" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="331" spans="1:3">
+      <c r="A331" s="1" t="inlineStr">
+        <is>
+          <t>9789756614785</t>
+        </is>
+      </c>
+      <c r="B331" s="1" t="inlineStr">
+        <is>
+          <t>Etnometodoloji</t>
+        </is>
+      </c>
+      <c r="C331" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="332" spans="1:3">
+      <c r="A332" s="1" t="inlineStr">
+        <is>
+          <t>9789756614426</t>
+        </is>
+      </c>
+      <c r="B332" s="1" t="inlineStr">
+        <is>
+          <t>İngiliz Oryantalizmi ve Tasavvuf</t>
+        </is>
+      </c>
+      <c r="C332" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="333" spans="1:3">
+      <c r="A333" s="1" t="inlineStr">
+        <is>
+          <t>9789756614044</t>
+        </is>
+      </c>
+      <c r="B333" s="1" t="inlineStr">
+        <is>
+          <t>İktisat, Tarih ve Toplum</t>
+        </is>
+      </c>
+      <c r="C333" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="334" spans="1:3">
+      <c r="A334" s="1" t="inlineStr">
+        <is>
+          <t>9786059125192</t>
+        </is>
+      </c>
+      <c r="B334" s="1" t="inlineStr">
+        <is>
+          <t>Karpuz Kabuğundan Gemiler Yapmak</t>
+        </is>
+      </c>
+      <c r="C334" s="1">
+        <v>367</v>
+      </c>
+    </row>
+    <row r="335" spans="1:3">
+      <c r="A335" s="1" t="inlineStr">
+        <is>
+          <t>9786059125130</t>
+        </is>
+      </c>
+      <c r="B335" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı Basra'sında Devlet ve Toplum 1908-1914</t>
+        </is>
+      </c>
+      <c r="C335" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="336" spans="1:3">
+      <c r="A336" s="1" t="inlineStr">
+        <is>
+          <t>9786059125178</t>
+        </is>
+      </c>
+      <c r="B336" s="1" t="inlineStr">
+        <is>
+          <t>Otorite Nedir?</t>
+        </is>
+      </c>
+      <c r="C336" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="337" spans="1:3">
+      <c r="A337" s="1" t="inlineStr">
+        <is>
+          <t>9786059125185</t>
+        </is>
+      </c>
+      <c r="B337" s="1" t="inlineStr">
+        <is>
+          <t>Modernlik, Küreselleşme ve Türkiye’nin Kimlikler Evreni</t>
+        </is>
+      </c>
+      <c r="C337" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="338" spans="1:3">
+      <c r="A338" s="1" t="inlineStr">
+        <is>
+          <t>9786055383206</t>
+        </is>
+      </c>
+      <c r="B338" s="1" t="inlineStr">
+        <is>
+          <t>Sinematograf Üzerine Notlar</t>
+        </is>
+      </c>
+      <c r="C338" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="339" spans="1:3">
+      <c r="A339" s="1" t="inlineStr">
+        <is>
+          <t>9786059125123</t>
+        </is>
+      </c>
+      <c r="B339" s="1" t="inlineStr">
+        <is>
+          <t>Yönetici Peygamber Hz. Muhammed</t>
+        </is>
+      </c>
+      <c r="C339" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="340" spans="1:3">
+      <c r="A340" s="1" t="inlineStr">
+        <is>
+          <t>9786059125109</t>
+        </is>
+      </c>
+      <c r="B340" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Bilimlerde Yaklaşımlar ve Metodolojiler</t>
+        </is>
+      </c>
+      <c r="C340" s="1">
+        <v>570</v>
+      </c>
+    </row>
+    <row r="341" spans="1:3">
+      <c r="A341" s="1" t="inlineStr">
+        <is>
+          <t>9786055383398</t>
+        </is>
+      </c>
+      <c r="B341" s="1" t="inlineStr">
+        <is>
+          <t>Filmin Apaçıklığı</t>
+        </is>
+      </c>
+      <c r="C341" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="342" spans="1:3">
+      <c r="A342" s="1" t="inlineStr">
+        <is>
+          <t>9786055383831</t>
+        </is>
+      </c>
+      <c r="B342" s="1" t="inlineStr">
+        <is>
+          <t>Dikta Değil İkna: İletişim Psikolojisi</t>
+        </is>
+      </c>
+      <c r="C342" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="343" spans="1:3">
+      <c r="A343" s="1" t="inlineStr">
+        <is>
+          <t>9789756614129</t>
+        </is>
+      </c>
+      <c r="B343" s="1" t="inlineStr">
+        <is>
+          <t>Rus Jeopolitiği</t>
+        </is>
+      </c>
+      <c r="C343" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="344" spans="1:3">
+      <c r="A344" s="1" t="inlineStr">
+        <is>
+          <t>9786059125710</t>
+        </is>
+      </c>
+      <c r="B344" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlılar ve Deniz</t>
+        </is>
+      </c>
+      <c r="C344" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="345" spans="1:3">
+      <c r="A345" s="1" t="inlineStr">
+        <is>
+          <t>9786055383862</t>
+        </is>
+      </c>
+      <c r="B345" s="1" t="inlineStr">
+        <is>
+          <t>Hayal Perdesi Sinema Dergisi 2013 Yıllığı</t>
+        </is>
+      </c>
+      <c r="C345" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="346" spans="1:3">
+      <c r="A346" s="1" t="inlineStr">
+        <is>
+          <t>9786055383817</t>
+        </is>
+      </c>
+      <c r="B346" s="1" t="inlineStr">
+        <is>
+          <t>Stratejik Zihniyet</t>
+        </is>
+      </c>
+      <c r="C346" s="1">
+        <v>405</v>
+      </c>
+    </row>
+    <row r="347" spans="1:3">
+      <c r="A347" s="1" t="inlineStr">
+        <is>
+          <t>9789756614440</t>
+        </is>
+      </c>
+      <c r="B347" s="1" t="inlineStr">
+        <is>
+          <t>Konfüçyen Kapitalizm</t>
+        </is>
+      </c>
+      <c r="C347" s="1">
+        <v>368</v>
+      </c>
+    </row>
+    <row r="348" spans="1:3">
+      <c r="A348" s="1" t="inlineStr">
+        <is>
+          <t>9786055383213</t>
+        </is>
+      </c>
+      <c r="B348" s="1" t="inlineStr">
+        <is>
+          <t>Kant Sonrası Metafizik Üzerine Konuşmalar</t>
+        </is>
+      </c>
+      <c r="C348" s="1">
+        <v>367</v>
+      </c>
+    </row>
+    <row r="349" spans="1:3">
+      <c r="A349" s="1" t="inlineStr">
+        <is>
+          <t>9786055383510</t>
+        </is>
+      </c>
+      <c r="B349" s="1" t="inlineStr">
+        <is>
+          <t>Azerbaycan’da Din ve Kimlik</t>
+        </is>
+      </c>
+      <c r="C349" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="350" spans="1:3">
+      <c r="A350" s="1" t="inlineStr">
+        <is>
+          <t>9786055383473</t>
+        </is>
+      </c>
+      <c r="B350" s="1" t="inlineStr">
+        <is>
+          <t>Regime Changes and Transitions in Arab Spring Countries</t>
+        </is>
+      </c>
+      <c r="C350" s="1">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="351" spans="1:3">
+      <c r="A351" s="1" t="inlineStr">
+        <is>
+          <t>9786055383404</t>
+        </is>
+      </c>
+      <c r="B351" s="1" t="inlineStr">
+        <is>
+          <t>Anlamlılık Üzerine</t>
+        </is>
+      </c>
+      <c r="C351" s="1">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="352" spans="1:3">
+      <c r="A352" s="1" t="inlineStr">
+        <is>
+          <t>9786055383879</t>
+        </is>
+      </c>
+      <c r="B352" s="1" t="inlineStr">
+        <is>
+          <t>Sessiz Dönem Türk Sinema Antolojisi (1895-1928)</t>
+        </is>
+      </c>
+      <c r="C352" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="353" spans="1:3">
+      <c r="A353" s="1" t="inlineStr">
+        <is>
+          <t>9786055383503</t>
+        </is>
+      </c>
+      <c r="B353" s="1" t="inlineStr">
+        <is>
+          <t>İstanbul Balık Kültürü</t>
+        </is>
+      </c>
+      <c r="C353" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="354" spans="1:3">
+      <c r="A354" s="1" t="inlineStr">
+        <is>
+          <t>9786055383435</t>
+        </is>
+      </c>
+      <c r="B354" s="1" t="inlineStr">
+        <is>
+          <t>Sosyolojinin Felsefi Kökenleri</t>
+        </is>
+      </c>
+      <c r="C354" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="355" spans="1:3">
+      <c r="A355" s="1" t="inlineStr">
+        <is>
+          <t>9786055383466</t>
+        </is>
+      </c>
+      <c r="B355" s="1" t="inlineStr">
+        <is>
+          <t>Yücel Çakmaklı: Milli Sinemanın Kurucusu</t>
+        </is>
+      </c>
+      <c r="C355" s="1">
+        <v>405</v>
+      </c>
+    </row>
+    <row r="356" spans="1:3">
+      <c r="A356" s="1" t="inlineStr">
+        <is>
+          <t>9786057646071</t>
+        </is>
+      </c>
+      <c r="B356" s="1" t="inlineStr">
+        <is>
+          <t>Otur Baştan Yaz Beni</t>
+        </is>
+      </c>
+      <c r="C356" s="1">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="357" spans="1:3">
+      <c r="A357" s="1" t="inlineStr">
+        <is>
+          <t>9786055383442</t>
+        </is>
+      </c>
+      <c r="B357" s="1" t="inlineStr">
+        <is>
+          <t>Bölüm ve Disiplin</t>
+        </is>
+      </c>
+      <c r="C357" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="358" spans="1:3">
+      <c r="A358" s="1" t="inlineStr">
+        <is>
+          <t>9789756614587</t>
+        </is>
+      </c>
+      <c r="B358" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Teori Ve Sosyoloji</t>
+        </is>
+      </c>
+      <c r="C358" s="1">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="359" spans="1:3">
+      <c r="A359" s="1" t="inlineStr">
+        <is>
+          <t>9789756614679</t>
+        </is>
+      </c>
+      <c r="B359" s="1" t="inlineStr">
+        <is>
+          <t>Zor ve Rıza</t>
+        </is>
+      </c>
+      <c r="C359" s="1">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="360" spans="1:3">
+      <c r="A360" s="1" t="inlineStr">
+        <is>
           <t>9789756614013</t>
         </is>
       </c>
-      <c r="B288" s="1" t="inlineStr">
+      <c r="B360" s="1" t="inlineStr">
         <is>
           <t>Fizik ve Gerçeklik</t>
         </is>
       </c>
-      <c r="C288" s="1">
+      <c r="C360" s="1">
         <v>305</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>