--- v0 (2025-12-14)
+++ v1 (2026-03-30)
@@ -85,3565 +85,3580 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786258342789</t>
+          <t>9786258342758</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Dünden Yazarlar - Geldiler, Söylediler, Yazdılar, Gittiler</t>
+          <t>Edebiyat ve "İki Katlı Şehir’’ Zonguldak</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>850</v>
+        <v>340</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786258342796</t>
+          <t>9786258342789</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Bugünden Yazarlar - Kimi Yazarın Hayatı Onların Edebiyatıdır</t>
+          <t>Dünden Yazarlar - Geldiler, Söylediler, Yazdılar, Gittiler</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>736</v>
+        <v>850</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786056848865</t>
+          <t>9786258342796</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Psikolojisi</t>
+          <t>Bugünden Yazarlar - Kimi Yazarın Hayatı Onların Edebiyatıdır</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>347</v>
+        <v>736</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786057501905</t>
+          <t>9786056848865</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Ahmed Rasim - Hikaye ve Romanları Cilt 3</t>
+          <t>Edebiyat Psikolojisi</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>591</v>
+        <v>347</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>3990000051700</t>
+          <t>9786057501905</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Yenileşme Dönemi Türk Şiiri ve Antolojisi Cilt: 1</t>
+          <t>Ahmed Rasim - Hikaye ve Romanları Cilt 3</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>649</v>
+        <v>591</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789752675926</t>
+          <t>3990000051700</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Gazeller Arasında</t>
+          <t>Yenileşme Dönemi Türk Şiiri ve Antolojisi Cilt: 1</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>204</v>
+        <v>649</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789752676510</t>
+          <t>9789752675926</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Eylül 12’den Vurdu</t>
+          <t>Gazeller Arasında</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>688</v>
+        <v>204</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789752676985</t>
+          <t>9789752676510</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Divan Şiiri Şekil Bilgisi</t>
+          <t>Eylül 12’den Vurdu</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>891</v>
+        <v>688</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789752675919</t>
+          <t>9789752676985</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Divan Edebiyatı ve Türk Kimliği</t>
+          <t>Divan Şiiri Şekil Bilgisi</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>228</v>
+        <v>891</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789752676138</t>
+          <t>9789752675919</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut Destanı</t>
+          <t>Divan Edebiyatı ve Türk Kimliği</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>950</v>
+        <v>228</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789752676251</t>
+          <t>9789752676138</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Celal Nuri İleri’nin Romanları</t>
+          <t>Dede Korkut Destanı</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>622</v>
+        <v>950</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789752676497</t>
+          <t>9789752676251</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Büyüklere Şiirler Büyüleyen Hayatlar</t>
+          <t>Celal Nuri İleri’nin Romanları</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>200</v>
+        <v>622</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789752677562</t>
+          <t>9789752676497</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Beşer Dakikalık Hikayeler</t>
+          <t>Büyüklere Şiirler Büyüleyen Hayatlar</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>355</v>
+        <v>200</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789752679276</t>
+          <t>9789752677562</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Mezardaki Göz</t>
+          <t>Beşer Dakikalık Hikayeler</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>683</v>
+        <v>355</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789752679283</t>
+          <t>9789752679276</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Savcı</t>
+          <t>Mezardaki Göz</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>487</v>
+        <v>683</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786052030578</t>
+          <t>9789752679283</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Felsefesi Üzerine Makaleler</t>
+          <t>Savcı</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>255</v>
+        <v>487</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786052030400</t>
+          <t>9786052030578</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>İzah ve İstizah</t>
+          <t>Edebiyat Felsefesi Üzerine Makaleler</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>164</v>
+        <v>255</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786052030646</t>
+          <t>9786052030400</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Bir Köy Vardı</t>
+          <t>İzah ve İstizah</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>800</v>
+        <v>164</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786059661355</t>
+          <t>9786052030646</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>2. Meşrutiyet Dönemi Edebiyat Eğitimi ve "Nazariyyat-ı Edebiyye"</t>
+          <t>Bir Köy Vardı</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>711</v>
+        <v>800</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786052030240</t>
+          <t>9786059661355</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Türk Kültüründe Evlilik</t>
+          <t>2. Meşrutiyet Dönemi Edebiyat Eğitimi ve "Nazariyyat-ı Edebiyye"</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>431</v>
+        <v>711</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>3990000029453</t>
+          <t>9786052030240</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Dava Dergiciliğinde Bir Örnek : Serdengeçti Dergisi</t>
+          <t>Türk Kültüründe Evlilik</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>186</v>
+        <v>431</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789752678781</t>
+          <t>3990000029453</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatı Tarihine Bir Bakış</t>
+          <t>Dava Dergiciliğinde Bir Örnek : Serdengeçti Dergisi</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>557</v>
+        <v>186</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789752676367</t>
+          <t>9789752678781</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Üsküp Yıldız</t>
+          <t>Türk Edebiyatı Tarihine Bir Bakış</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>752</v>
+        <v>557</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789752675667</t>
+          <t>9789752676367</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Yetimi Bosna’nın Hazineleri</t>
+          <t>Üsküp Yıldız</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>215</v>
+        <v>752</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789752676329</t>
+          <t>9789752675667</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Mürekkebin İzinde</t>
+          <t>Osmanlı Yetimi Bosna’nın Hazineleri</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>470</v>
+        <v>215</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789752676947</t>
+          <t>9789752676329</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Jönler Mısır’da</t>
+          <t>Mürekkebin İzinde</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>355</v>
+        <v>470</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789752675322</t>
+          <t>9789752676947</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Halide Edip, Yakup Kadri ve Reşat Nuri’nin Romanlarında Nesil Çatışmaları</t>
+          <t>Jönler Mısır’da</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>790</v>
+        <v>355</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786059661294</t>
+          <t>9789752675322</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>18. Yüzyıl İngiliz Tiyatrosunda Türkler</t>
+          <t>Halide Edip, Yakup Kadri ve Reşat Nuri’nin Romanlarında Nesil Çatışmaları</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>640</v>
+        <v>790</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789752679863</t>
+          <t>9786059661294</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Üsküp Günlüğü</t>
+          <t>18. Yüzyıl İngiliz Tiyatrosunda Türkler</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>293</v>
+        <v>640</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789752679702</t>
+          <t>9789752679863</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Yazılar</t>
+          <t>Üsküp Günlüğü</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>420</v>
+        <v>293</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786059661096</t>
+          <t>9789752679702</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Osman Yüksel Serdengeçti / Bütün Şiirleri</t>
+          <t>Türkçe Yazılar</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>300</v>
+        <v>420</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789752678941</t>
+          <t>9786059661096</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Zamansız Sipahi</t>
+          <t>Osman Yüksel Serdengeçti / Bütün Şiirleri</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>165</v>
+        <v>300</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786059912488</t>
+          <t>9789752678941</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Bektaşilik Tedkikleri</t>
+          <t>Zamansız Sipahi</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>300</v>
+        <v>165</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789752678743</t>
+          <t>9786059912488</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Köl Tigin Ünlemesi</t>
+          <t>Bektaşilik Tedkikleri</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>218</v>
+        <v>300</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786057697363</t>
+          <t>9789752678743</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Bekir Sıtkı Kunt Hayatı Sanatı ve Eserleri</t>
+          <t>Köl Tigin Ünlemesi</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>436</v>
+        <v>218</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786057697530</t>
+          <t>9786057697363</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Gölge Işıksız Ülkede Yaşamaz</t>
+          <t>Bekir Sıtkı Kunt Hayatı Sanatı ve Eserleri</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>220</v>
+        <v>436</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786057697547</t>
+          <t>9786057697530</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Füsun</t>
+          <t>Gölge Işıksız Ülkede Yaşamaz</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>562</v>
+        <v>220</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786057697493</t>
+          <t>9786057697547</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Metropolden Amazon Başkentine Sürgün Adam</t>
+          <t>Füsun</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>665</v>
+        <v>562</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786057697509</t>
+          <t>9786057697493</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Simenita'nın Aşkı</t>
+          <t>Metropolden Amazon Başkentine Sürgün Adam</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>617</v>
+        <v>665</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786056848896</t>
+          <t>9786057697509</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Halit Ziya Hikayesine Tematik Bakış</t>
+          <t>Simenita'nın Aşkı</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>772</v>
+        <v>617</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786257457972</t>
+          <t>9786056848896</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>İkinci Dünya Savaşı’nda Türkiye</t>
+          <t>Halit Ziya Hikayesine Tematik Bakış</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>632</v>
+        <v>772</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786057697738</t>
+          <t>9786257457972</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Türk Kızı</t>
+          <t>İkinci Dünya Savaşı’nda Türkiye</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>455</v>
+        <v>632</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786056848872</t>
+          <t>9786057697738</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>17. Yüzyıl Divan Şiirinde Osmanlı Sosyal Hayatının İzleri - 2</t>
+          <t>Türk Kızı</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>759</v>
+        <v>455</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>3990000051701</t>
+          <t>9786056848872</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Yenileşme Dönemi Türk Şiiri ve Antolojisi Cilt: 2</t>
+          <t>17. Yüzyıl Divan Şiirinde Osmanlı Sosyal Hayatının İzleri - 2</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>561</v>
+        <v>759</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789752675148</t>
+          <t>3990000051701</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat ve Edebi Metinler Üzerine Yazılar</t>
+          <t>Yenileşme Dönemi Türk Şiiri ve Antolojisi Cilt: 2</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>1090</v>
+        <v>617</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789752676046</t>
+          <t>9789752675148</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Dünden Bugüne Arapçaya Çevirinin Serüveni</t>
+          <t>Edebiyat ve Edebi Metinler Üzerine Yazılar</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>335</v>
+        <v>1090</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789944608275</t>
+          <t>9789752676046</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Deli Rüzgar</t>
+          <t>Dünden Bugüne Arapçaya Çevirinin Serüveni</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>1100</v>
+        <v>335</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789752678217</t>
+          <t>9789944608275</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Çemberimde Gül Oya</t>
+          <t>Deli Rüzgar</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>178</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789752676978</t>
+          <t>9789752678217</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Açıklamalı Divan Şiiri Sözlüğü</t>
+          <t>Çemberimde Gül Oya</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>923</v>
+        <v>178</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789752679344</t>
+          <t>9789752676978</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatta Üslup ve Problemleri</t>
+          <t>Açıklamalı Divan Şiiri Sözlüğü</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>208</v>
+        <v>923</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789752678682</t>
+          <t>9789752679344</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Karanfil</t>
+          <t>Edebiyatta Üslup ve Problemleri</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>770</v>
+        <v>208</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789752678354</t>
+          <t>9789752678682</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>İntibah</t>
+          <t>Karanfil</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>335</v>
+        <v>770</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789752679290</t>
+          <t>9789752678354</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Bir İzdivacın Hikâyesi ve Kapalı Kutu</t>
+          <t>İntibah</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>830</v>
+        <v>335</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789752678156</t>
+          <t>9789752679290</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Sergüzeşt</t>
+          <t>Bir İzdivacın Hikâyesi ve Kapalı Kutu</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>260</v>
+        <v>830</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789752675537</t>
+          <t>9789752678156</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Zavallı Çocuk</t>
+          <t>Sergüzeşt</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>143</v>
+        <v>260</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9789752677005</t>
+          <t>9789752675537</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Yöntem Bilgisi Açısından Osmanlı Dönemi Edebiyat Tarihleri</t>
+          <t>Zavallı Çocuk</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>404</v>
+        <v>143</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789752676305</t>
+          <t>9789752677005</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Yedi Meş’ale</t>
+          <t>Yöntem Bilgisi Açısından Osmanlı Dönemi Edebiyat Tarihleri</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>237</v>
+        <v>404</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789752676428</t>
+          <t>9789752676305</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Türk Halk Şiirinde Şekil ve Türler</t>
+          <t>Yedi Meş’ale</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>625</v>
+        <v>260</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789752676619</t>
+          <t>9789752676428</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Tanzimat Sonrasında Türk Kültür Hayatından Yansımalar</t>
+          <t>Türk Halk Şiirinde Şekil ve Türler</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>683</v>
+        <v>625</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789752677111</t>
+          <t>9789752676619</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Şiir Tahlili</t>
+          <t>Tanzimat Sonrasında Türk Kültür Hayatından Yansımalar</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>550</v>
+        <v>683</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789752676558</t>
+          <t>9789752677111</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Oğuz Grubu Türk Kahramanlık Destanlarında Kadın</t>
+          <t>Şiir Tahlili</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>711</v>
+        <v>550</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789752675452</t>
+          <t>9789752676558</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Kara Bela</t>
+          <t>Oğuz Grubu Türk Kahramanlık Destanlarında Kadın</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>184</v>
+        <v>711</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789752678231</t>
+          <t>9789752675452</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Ispartalı Mustafa Sabri Divanı</t>
+          <t>Kara Bela</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>390</v>
+        <v>202</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789752678859</t>
+          <t>9789752678231</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Muallim Naci Osmanli Şairleri</t>
+          <t>Ispartalı Mustafa Sabri Divanı</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>522</v>
+        <v>390</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789752678927</t>
+          <t>9789752678859</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Bıilaç</t>
+          <t>Muallim Naci Osmanli Şairleri</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>142</v>
+        <v>574</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786057697448</t>
+          <t>9789752678927</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Peyami Safa’nın Server Bedı İmzalı Romanları</t>
+          <t>Bıilaç</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>792</v>
+        <v>142</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786057697516</t>
+          <t>9786057697448</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Poetik Açıdan Klasik Türk Şiirinin Fotoğrafı (15. Yüzyıl)</t>
+          <t>Peyami Safa’nın Server Bedı İmzalı Romanları</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>990</v>
+        <v>792</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786057697554</t>
+          <t>9786057697516</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Kitap Odası-ı</t>
+          <t>Poetik Açıdan Klasik Türk Şiirinin Fotoğrafı (15. Yüzyıl)</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>176</v>
+        <v>990</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789752675445</t>
+          <t>9786057697554</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Zehra</t>
+          <t>Kitap Odası-ı</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>300</v>
+        <v>176</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786258342840</t>
+          <t>9789752675445</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Kırk Kadın</t>
+          <t>Zehra</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>270</v>
+        <v>300</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786258342857</t>
+          <t>9786258342840</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Halk Şairi Ahmet Ateş’in Hayatı, Sanatı ve Şiirleri</t>
+          <t>Kırk Kadın</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>650</v>
+        <v>270</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786258342192</t>
+          <t>9786258342857</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Yöntem Bilgisi Açısından Türk Edebiyatı Tarihleri</t>
+          <t>Halk Şairi Ahmet Ateş’in Hayatı, Sanatı ve Şiirleri</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>1000</v>
+        <v>650</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789752678194</t>
+          <t>9786258342192</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Turfanda mı? Yoksa Turfa mı?</t>
+          <t>Yöntem Bilgisi Açısından Türk Edebiyatı Tarihleri</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>620</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9789752677760</t>
+          <t>9789752678194</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Meş'ale Dergisi (1928)</t>
+          <t>Turfanda mı? Yoksa Turfa mı?</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>212</v>
+        <v>682</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786258342628</t>
+          <t>9789752677760</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Sade Suflör</t>
+          <t>Meş'ale Dergisi (1928)</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>135</v>
+        <v>212</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786052030837</t>
+          <t>9786258342628</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Sahası Türk Masallarında Elma Motifi</t>
+          <t>Sade Suflör</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>575</v>
+        <v>135</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789752678705</t>
+          <t>9786052030837</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Eleğimsağma</t>
+          <t>Anadolu Sahası Türk Masallarında Elma Motifi</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>297</v>
+        <v>575</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789752676718</t>
+          <t>9789752678705</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Elma ve Bıçak</t>
+          <t>Eleğimsağma</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>803</v>
+        <v>297</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786057697585</t>
+          <t>9789752676718</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Tarih-i Edebiyat Dersleri</t>
+          <t>Elma ve Bıçak</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>1020</v>
+        <v>803</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786057697578</t>
+          <t>9786057697585</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Karşılaştırmalı Edebiyat ve Günümüzde Algılanışı</t>
+          <t>Tarih-i Edebiyat Dersleri</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>310</v>
+        <v>1020</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786057501066</t>
+          <t>9786057697578</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Çiçek Adları Sözlüğü</t>
+          <t>Karşılaştırmalı Edebiyat ve Günümüzde Algılanışı</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>1200</v>
+        <v>310</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786059661676</t>
+          <t>9786057501066</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale Ruhu ve Mehmet Akif Ersoy</t>
+          <t>Osmanlı Çiçek Adları Sözlüğü</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>655</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786258342772</t>
+          <t>9786059661676</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Yazıyla Kurulan Dünyalar</t>
+          <t>Çanakkale Ruhu ve Mehmet Akif Ersoy</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>355</v>
+        <v>655</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9789752676091</t>
+          <t>9786258342772</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Hayali Bey Divanının Tahlili</t>
+          <t>Yazıyla Kurulan Dünyalar</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>717</v>
+        <v>355</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786258342765</t>
+          <t>9789752676091</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Eleştirisinin İlkeleri - Lascelles Abercrombie</t>
+          <t>Hayali Bey Divanının Tahlili</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>210</v>
+        <v>788</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786258342208</t>
+          <t>9786258342765</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Elimi Bırakma</t>
+          <t>Edebiyat Eleştirisinin İlkeleri - Lascelles Abercrombie</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>154</v>
+        <v>210</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9789752675933</t>
+          <t>9786258342208</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Yüzyıl Edebiyatı</t>
+          <t>Elimi Bırakma</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>374</v>
+        <v>154</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786256428355</t>
+          <t>9789752675933</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Göller Yöresi’nin Tarihi Coğrafyası</t>
+          <t>Muhteşem Yüzyıl Edebiyatı</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>550</v>
+        <v>374</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786057697165</t>
+          <t>9786256428355</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Bize Göre Gurabahane-i Laklakan Frankfurt Seyahatnamesi</t>
+          <t>Göller Yöresi’nin Tarihi Coğrafyası</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>348</v>
+        <v>550</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9789752678613</t>
+          <t>9786057697165</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Sevgiyle Dirilen Hayat</t>
+          <t>Bize Göre Gurabahane-i Laklakan Frankfurt Seyahatnamesi</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>275</v>
+        <v>348</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9789752678668</t>
+          <t>9789752678613</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Varisler - Doğuş</t>
+          <t>Sevgiyle Dirilen Hayat</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>693</v>
+        <v>275</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786256428409</t>
+          <t>9789752678668</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs Türk Edebiyatında Bir Meşale İbrahim Zeki Burdurlu</t>
+          <t>Varisler - Doğuş</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>305</v>
+        <v>693</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786057697936</t>
+          <t>9786256428409</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Turfanda Mı? Yoksa Turfa Mı?</t>
+          <t>Kıbrıs Türk Edebiyatında Bir Meşale İbrahim Zeki Burdurlu</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>620</v>
+        <v>305</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786258342093</t>
+          <t>9786057697936</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Gitgeller</t>
+          <t>Turfanda Mı? Yoksa Turfa Mı?</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>60</v>
+        <v>620</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786258342130</t>
+          <t>9786258342093</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Azerbaycan Edebiyatının Usta Kalemi Azize Caferzade</t>
+          <t>Gitgeller</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>150</v>
+        <v>60</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786258365948</t>
+          <t>9786258342130</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Çağa İçerlemek</t>
+          <t>Azerbaycan Edebiyatının Usta Kalemi Azize Caferzade</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>308</v>
+        <v>150</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786257457538</t>
+          <t>9786258365948</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Külhani Edipler</t>
+          <t>Çağa İçerlemek</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>429</v>
+        <v>308</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786057697974</t>
+          <t>9786257457538</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Türkçesine Giriş Ve Arşiv Vesikalarından Örnekler</t>
+          <t>Külhani Edipler</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>853</v>
+        <v>429</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786258342062</t>
+          <t>9786057697974</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Bilimi Ve Modern Türk Edebiyatında Edebiyat Sosyolojisi</t>
+          <t>Osmanlı Türkçesine Giriş Ve Arşiv Vesikalarından Örnekler</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>1570</v>
+        <v>853</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786057697868</t>
+          <t>9786258342062</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Bilimi Ve Modern Türk Edebiyatında Edebiyat Teorisi 2</t>
+          <t>Edebiyat Bilimi Ve Modern Türk Edebiyatında Edebiyat Sosyolojisi</t>
         </is>
       </c>
       <c r="C101" s="1">
         <v>1570</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786057697851</t>
+          <t>9786057697868</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Bilimi Ve Modern Türk Edebiyatında Edebiyat Teorisi 1</t>
+          <t>Edebiyat Bilimi Ve Modern Türk Edebiyatında Edebiyat Teorisi 2</t>
         </is>
       </c>
       <c r="C102" s="1">
         <v>1570</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786057697899</t>
+          <t>9786057697851</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Ahmed Rasim - Hikaye ve Romanları -2</t>
+          <t>Edebiyat Bilimi Ve Modern Türk Edebiyatında Edebiyat Teorisi 1</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>87</v>
+        <v>1570</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786057697721</t>
+          <t>9786057697899</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Selami İzzet (Sedes) Bütün Öyküleri</t>
+          <t>Ahmed Rasim - Hikaye ve Romanları -2</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>829</v>
+        <v>87</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786052030950</t>
+          <t>9786057697721</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Müsebbib</t>
+          <t>Selami İzzet (Sedes) Bütün Öyküleri</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>190</v>
+        <v>829</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786057697455</t>
+          <t>9786052030950</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>İnsan Ve Evren Arasında Kelime</t>
+          <t>Müsebbib</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>271</v>
+        <v>190</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786057501684</t>
+          <t>9786057697455</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Kabus - Halit Ziya Uşaklıgil ve Tiyatro</t>
+          <t>İnsan Ve Evren Arasında Kelime</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>355</v>
+        <v>271</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786057697677</t>
+          <t>9786057501684</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Mai ve Siyah</t>
+          <t>Kabus - Halit Ziya Uşaklıgil ve Tiyatro</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>563</v>
+        <v>355</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786057697912</t>
+          <t>9786057697677</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Memnu</t>
+          <t>Mai ve Siyah</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>710</v>
+        <v>563</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786057697905</t>
+          <t>9786057697912</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Ahmed Rasim - Hikaye ve Romanları -3</t>
+          <t>Aşk-ı Memnu</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>620</v>
+        <v>710</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786057697882</t>
+          <t>9786057697905</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Ahmed Rasim - Hikaye ve Romanları -1</t>
+          <t>Ahmed Rasim - Hikaye ve Romanları -3</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>600</v>
+        <v>620</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786057697325</t>
+          <t>9786057697882</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Kızılelma'ya Dek Gideriz</t>
+          <t>Ahmed Rasim - Hikaye ve Romanları -1</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>385</v>
+        <v>600</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786057697523</t>
+          <t>9786057697325</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Orhan Veli Şiirinde Özne ve Varoluş</t>
+          <t>Kızılelma'ya Dek Gideriz</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>568</v>
+        <v>385</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786057697561</t>
+          <t>9786057697523</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Gaçagaç Öyküleri</t>
+          <t>Orhan Veli Şiirinde Özne ve Varoluş</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>165</v>
+        <v>568</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786057697349</t>
+          <t>9786057697561</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Kalem Anne Derse</t>
+          <t>Gaçagaç Öyküleri</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>265</v>
+        <v>165</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786057501691</t>
+          <t>9786057697349</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat-ı Cedide</t>
+          <t>Kalem Anne Derse</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>468</v>
+        <v>265</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786057501790</t>
+          <t>9786057501691</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Ahmed Rasim - Hikaye ve Romanları Cilt 2</t>
+          <t>Edebiyat-ı Cedide</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>620</v>
+        <v>468</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786057501783</t>
+          <t>9786057501790</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Ahmed Rasim - Hikaye ve Romanları Cilt 1</t>
+          <t>Ahmed Rasim - Hikaye ve Romanları Cilt 2</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>597</v>
+        <v>620</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>3990000052070</t>
+          <t>9786057501783</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Yenileşme Dönemi Türk Şiiri ve Antolojisi Cilt: 3</t>
+          <t>Ahmed Rasim - Hikaye ve Romanları Cilt 1</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>608</v>
+        <v>597</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786052030356</t>
+          <t>3990000052070</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Cevat Kazım Tunç'un Hayatı ve Eserleri Üzerine Bir İnceleme</t>
+          <t>Yenileşme Dönemi Türk Şiiri ve Antolojisi Cilt: 3</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>1188</v>
+        <v>608</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786052030349</t>
+          <t>9786052030356</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Cevat Kazım Tunç'un Bütün Eserleri</t>
+          <t>Cevat Kazım Tunç'un Hayatı ve Eserleri Üzerine Bir İnceleme</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>948</v>
+        <v>1188</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786057501899</t>
+          <t>9786052030349</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>İçlenmeler</t>
+          <t>Cevat Kazım Tunç'un Bütün Eserleri</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>427</v>
+        <v>948</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786057501769</t>
+          <t>9786057501899</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Bir Biri Biraz</t>
+          <t>İçlenmeler</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>190</v>
+        <v>427</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786057501578</t>
+          <t>9786057501769</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Sürgün Poetikası</t>
+          <t>Bir Biri Biraz</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>392</v>
+        <v>190</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786057501042</t>
+          <t>9786057501578</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Bilimi ve Modern Türk Edebiyatında Edebiyat Felsefesi</t>
+          <t>Sürgün Poetikası</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>1570</v>
+        <v>392</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786057501073</t>
+          <t>9786057501042</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Unuttum Ben O Şiiri</t>
+          <t>Edebiyat Bilimi ve Modern Türk Edebiyatında Edebiyat Felsefesi</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>190</v>
+        <v>1570</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786052030943</t>
+          <t>9786057501073</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Susarak Konuşsan Gözüm Dinlese</t>
+          <t>Unuttum Ben O Şiiri</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>229</v>
+        <v>190</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786052030936</t>
+          <t>9786052030943</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Epikten Romana</t>
+          <t>Susarak Konuşsan Gözüm Dinlese</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>262</v>
+        <v>229</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786052030677</t>
+          <t>9786052030936</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Sinema/Sızlar İçimizde</t>
+          <t>Epikten Romana</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>348</v>
+        <v>262</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786052030882</t>
+          <t>9786052030677</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Mutluluğun Ayakları Yoktu O Yüzden Bana Gelemiyordu</t>
+          <t>Sinema/Sızlar İçimizde</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>442</v>
+        <v>348</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786052030431</t>
+          <t>9786052030882</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Sebati ve Divanı'ndan Seçmeler</t>
+          <t>Mutluluğun Ayakları Yoktu O Yüzden Bana Gelemiyordu</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>754</v>
+        <v>442</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786059661720</t>
+          <t>9786052030431</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Fuat Hulusi Demirelli'nin Poetikası ve Şiirleri (2 Cilt Takım)</t>
+          <t>Sebati ve Divanı'ndan Seçmeler</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>1353</v>
+        <v>754</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786052030066</t>
+          <t>9786059661720</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Eski Harfli Hikaye Kitapları ve Romanlar Bibliyografyası</t>
+          <t>Fuat Hulusi Demirelli'nin Poetikası ve Şiirleri (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>300</v>
+        <v>1353</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786052030004</t>
+          <t>9786052030066</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Günün Öteki Yüzü</t>
+          <t>Eski Harfli Hikaye Kitapları ve Romanlar Bibliyografyası</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>231</v>
+        <v>300</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786059661973</t>
+          <t>9786052030004</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Örnekli Türkmence Gramer</t>
+          <t>Günün Öteki Yüzü</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>240</v>
+        <v>231</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786059661652</t>
+          <t>9786059661973</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Bilmeyen Cennete Giremez</t>
+          <t>Örnekli Türkmence Gramer</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>502</v>
+        <v>240</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786059661775</t>
+          <t>9786059661652</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Sürgün</t>
+          <t>Türkçe Bilmeyen Cennete Giremez</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>250</v>
+        <v>502</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9789752679856</t>
+          <t>9786059661775</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Başka Bir Tepeden Üsküp</t>
+          <t>Kızıl Sürgün</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>336</v>
+        <v>250</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9789752678934</t>
+          <t>9789752679856</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Törenler ve Komplolar</t>
+          <t>Başka Bir Tepeden Üsküp</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>146</v>
+        <v>336</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9789752679627</t>
+          <t>9789752678934</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Dünya Hali Bu</t>
+          <t>Törenler ve Komplolar</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>186</v>
+        <v>146</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9789752679320</t>
+          <t>9789752679627</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Magrib'den Maşrıka</t>
+          <t>Dünya Hali Bu</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>665</v>
+        <v>186</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786059912655</t>
+          <t>9789752679320</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Gülnihal</t>
+          <t>Magrib'den Maşrıka</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>256</v>
+        <v>665</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786059912686</t>
+          <t>9786059912655</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Araba Sevdası</t>
+          <t>Gülnihal</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>474</v>
+        <v>256</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786059912716</t>
+          <t>9786059912686</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Zoraki Tabip</t>
+          <t>Araba Sevdası</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>170</v>
+        <v>474</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786059912709</t>
+          <t>9786059912716</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Zor Nikahı</t>
+          <t>Zoraki Tabip</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>143</v>
+        <v>170</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786059661386</t>
+          <t>9786059912709</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Lale Devri</t>
+          <t>Zor Nikahı</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>300</v>
+        <v>143</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786059661393</t>
+          <t>9786059661386</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Viyana Dönüşü</t>
+          <t>Lale Devri</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>900</v>
+        <v>300</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786059661249</t>
+          <t>9786059661393</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Genç Yolcular Mecmuası</t>
+          <t>Viyana Dönüşü</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>246</v>
+        <v>900</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786059661102</t>
+          <t>9786059661249</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Serdengeçti Şairleri</t>
+          <t>Genç Yolcular Mecmuası</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>255</v>
+        <v>246</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786059912617</t>
+          <t>9786059661102</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Dokunmalar</t>
+          <t>Serdengeçti Şairleri</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>507</v>
+        <v>255</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9789752678361</t>
+          <t>9786059912617</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Haristan</t>
+          <t>Dokunmalar</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>457</v>
+        <v>507</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>3990000018124</t>
+          <t>9789752678361</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Sovyet Dönemi Türkmen Folkloru</t>
+          <t>Haristan</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>562</v>
+        <v>502</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9789752677043</t>
+          <t>3990000018124</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Bomba</t>
+          <t>Sovyet Dönemi Türkmen Folkloru</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>333</v>
+        <v>562</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9789752677081</t>
+          <t>9789752677043</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Lale</t>
+          <t>Bomba</t>
         </is>
       </c>
       <c r="C154" s="1">
         <v>333</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9789752679313</t>
+          <t>9789752677081</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Tahir’ül Mevlevî Teşebbüs-i Şahsî</t>
+          <t>Beyaz Lale</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>312</v>
+        <v>333</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9789752679306</t>
+          <t>9789752679313</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Mehmed Celal’in Hikâye ve Romanları</t>
+          <t>Tahir’ül Mevlevî Teşebbüs-i Şahsî</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>590</v>
+        <v>312</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9789752677098</t>
+          <t>9789752679306</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Mahcupluk İmtihanı</t>
+          <t>Mehmed Celal’in Hikâye ve Romanları</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>345</v>
+        <v>590</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786058051751</t>
+          <t>9789752677098</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Vatan Yahut Silistre</t>
+          <t>Mahcupluk İmtihanı</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>200</v>
+        <v>345</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9789752676350</t>
+          <t>9786058051751</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Son Göç Destanı</t>
+          <t>Vatan Yahut Silistre</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>229</v>
+        <v>200</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9789752676145</t>
+          <t>9789752676350</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Özbek Hikayeciliği ve Özbek Edebiyatından Seçme Hikayeler</t>
+          <t>Son Göç Destanı</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>1155</v>
+        <v>229</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9789752676756</t>
+          <t>9789752676145</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Özbek Edebiyatı Yazıları</t>
+          <t>Özbek Hikayeciliği ve Özbek Edebiyatından Seçme Hikayeler</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>750</v>
+        <v>1155</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9789752676435</t>
+          <t>9789752676756</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Dönemi Kırım Edebiyatı</t>
+          <t>Özbek Edebiyatı Yazıları</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>410</v>
+        <v>750</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9789752676275</t>
+          <t>9789752676435</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Naim Tirali’nin Hikayeciliği</t>
+          <t>Osmanlı Dönemi Kırım Edebiyatı</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>433</v>
+        <v>410</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9789752676282</t>
+          <t>9789752676275</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatında Dergah Mecmuası 1921 - 1923</t>
+          <t>Naim Tirali’nin Hikayeciliği</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>612</v>
+        <v>433</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9789752676374</t>
+          <t>9789752676282</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Tiyatro - Tiyatro</t>
+          <t>Türk Edebiyatında Dergah Mecmuası 1921 - 1923</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>414</v>
+        <v>612</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9789752678255</t>
+          <t>9789752676374</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Rumeli Şairlerinin Şiir Dünyası</t>
+          <t>Tiyatro - Tiyatro</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>905</v>
+        <v>414</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9789752678651</t>
+          <t>9789752678255</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Varisler - Büyük Kuşatma</t>
+          <t>Rumeli Şairlerinin Şiir Dünyası</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>685</v>
+        <v>905</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9789752678187</t>
+          <t>9789752678651</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Dürdane Hanım</t>
+          <t>Varisler - Büyük Kuşatma</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>365</v>
+        <v>685</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9789752678675</t>
+          <t>9789752678187</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Tanrıdağ Dergisi</t>
+          <t>Dürdane Hanım</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>243</v>
+        <v>365</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9789752677029</t>
+          <t>9789752678675</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>İlk Düşen Ak</t>
+          <t>Tanrıdağ Dergisi</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>319</v>
+        <v>243</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9789752679238</t>
+          <t>9789752677029</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türk Şiirinde Tasfiye Hareketleri</t>
+          <t>İlk Düşen Ak</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>528</v>
+        <v>319</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9789752678170</t>
+          <t>9789752679238</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Gönül Hanım</t>
+          <t>Yeni Türk Şiirinde Tasfiye Hareketleri</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>280</v>
+        <v>528</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9789752677050</t>
+          <t>9789752678170</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Gizli Mabet</t>
+          <t>Gönül Hanım</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>342</v>
+        <v>280</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9789752676152</t>
+          <t>9789752677050</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Çağlayanlar</t>
+          <t>Gizli Mabet</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>285</v>
+        <v>342</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9789752677104</t>
+          <t>9789752676152</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Dalga Tarih Ezeli Bir Tekerrürdür</t>
+          <t>Çağlayanlar</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>330</v>
+        <v>285</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9789752677159</t>
+          <t>9789752677104</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Elli Yıl Sonra Değişim Dergisi</t>
+          <t>Dalga Tarih Ezeli Bir Tekerrürdür</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>220</v>
+        <v>330</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9789752678910</t>
+          <t>9789752677159</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Sosyolojisi Açısından 12 Eylül Şiiri</t>
+          <t>Elli Yıl Sonra Değişim Dergisi</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>546</v>
+        <v>220</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9789752678798</t>
+          <t>9789752678910</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatı Tarihine Bir Bakış</t>
+          <t>Edebiyat Sosyolojisi Açısından 12 Eylül Şiiri</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>1050</v>
+        <v>546</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9789752677036</t>
+          <t>9789752678798</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Yüksek Ökçeler</t>
+          <t>Türk Edebiyatı Tarihine Bir Bakış</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>355</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9789752677074</t>
+          <t>9789752677036</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Bahar ve Kelebekler</t>
+          <t>Yüksek Ökçeler</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>323</v>
+        <v>355</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9789752678163</t>
+          <t>9789752677074</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Eylül</t>
+          <t>Bahar ve Kelebekler</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>572</v>
+        <v>323</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9789752677067</t>
+          <t>9789752678163</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Asilzadeler</t>
+          <t>Eylül</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>342</v>
+        <v>572</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9789752678200</t>
+          <t>9789752677067</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>1839 - 1928 Yılları Arasında Basılmış Türkçe Şiir Kitapları Bibliyografyası</t>
+          <t>Asilzadeler</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>307</v>
+        <v>342</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9789752678507</t>
+          <t>9789752678200</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Edebiyatı: Belagat</t>
+          <t>1839 - 1928 Yılları Arasında Basılmış Türkçe Şiir Kitapları Bibliyografyası</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>500</v>
+        <v>307</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9789752675674</t>
+          <t>9789752678507</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Zor Geçitte Hikayeler</t>
+          <t>Osmanlı Edebiyatı: Belagat</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>275</v>
+        <v>550</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9789752676541</t>
+          <t>9789752675674</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Yenileşme Devri Türk Edebiyatından Çizgiler</t>
+          <t>Zor Geçitte Hikayeler</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>789</v>
+        <v>275</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9789752678101</t>
+          <t>9789752676541</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Üç Güzeller Masalı</t>
+          <t>Yenileşme Devri Türk Edebiyatından Çizgiler</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>420</v>
+        <v>789</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9789752678248</t>
+          <t>9789752678101</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Türkülerin Gücü</t>
+          <t>Üç Güzeller Masalı</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>162</v>
+        <v>420</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9789752676831</t>
+          <t>9789752678248</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Türkmen Kızı</t>
+          <t>Türkülerin Gücü</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>278</v>
+        <v>162</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9789752675810</t>
+          <t>9789752676831</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Türkmen Halk Edebiyatı Bibliyografyası</t>
+          <t>Türkmen Kızı</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>193</v>
+        <v>278</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9789752677531</t>
+          <t>9789752675810</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatının Son Mesnevisi: Tair-i İlahi</t>
+          <t>Türkmen Halk Edebiyatı Bibliyografyası</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>271</v>
+        <v>193</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9789752675476</t>
+          <t>9789752677531</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Ta’aşşuk-ı Tal’at ve Fitnat</t>
+          <t>Türk Edebiyatının Son Mesnevisi: Tair-i İlahi</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>268</v>
+        <v>271</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9789752676459</t>
+          <t>9789752675476</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Şiir Açıklayan Mektuplar</t>
+          <t>Ta’aşşuk-ı Tal’at ve Fitnat</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>287</v>
+        <v>268</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786057697424</t>
+          <t>9789752676459</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Şermin</t>
+          <t>Şiir Açıklayan Mektuplar</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>189</v>
+        <v>287</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9789752676084</t>
+          <t>9786057697424</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Şerif Aktaş’a Armağan</t>
+          <t>Şermin</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>789</v>
+        <v>189</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9789752676442</t>
+          <t>9789752676084</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Şekiller Arasında</t>
+          <t>Şerif Aktaş’a Armağan</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>312</v>
+        <v>789</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786056947896</t>
+          <t>9789752676442</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Şair Evlenmesi</t>
+          <t>Şekiller Arasında</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>110</v>
+        <v>312</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9789752677166</t>
+          <t>9786056947896</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Metin Eloğlu’nun Şiiri</t>
+          <t>Şair Evlenmesi</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>551</v>
+        <v>110</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9789752676299</t>
+          <t>9789752677166</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Melih Cevdet Anday’ın Romancılığı</t>
+          <t>Metin Eloğlu’nun Şiiri</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>514</v>
+        <v>551</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9789752676268</t>
+          <t>9789752676299</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Manas Destanı’ndaki Tipler Üzerine Bir İnceleme</t>
+          <t>Melih Cevdet Anday’ın Romancılığı</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>410</v>
+        <v>514</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9789752675339</t>
+          <t>9789752676268</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Makedonya ve Kosova Türklerinin Edebiyatı</t>
+          <t>Manas Destanı’ndaki Tipler Üzerine Bir İnceleme</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>752</v>
+        <v>410</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9789752678095</t>
+          <t>9789752675339</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Kitapname</t>
+          <t>Makedonya ve Kosova Türklerinin Edebiyatı</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>380</v>
+        <v>752</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9789752676077</t>
+          <t>9789752678095</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Kızılelma</t>
+          <t>Kitapname</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>363</v>
+        <v>380</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9789752678224</t>
+          <t>9789752676077</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Kırlangıçlar Ülkesi</t>
+          <t>Kızılelma</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>280</v>
+        <v>363</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9789752673014</t>
+          <t>9789752678224</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Kelimeler Kuşatması</t>
+          <t>Kırlangıçlar Ülkesi</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>651</v>
+        <v>280</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9789752676107</t>
+          <t>9789752673014</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Kafiyenin Şiiri Şiirin Kafiyesi</t>
+          <t>Kelimeler Kuşatması</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>250</v>
+        <v>651</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9789752675902</t>
+          <t>9789752676107</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>İshak Kuşu</t>
+          <t>Kafiyenin Şiiri Şiirin Kafiyesi</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>1020</v>
+        <v>250</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9789752675421</t>
+          <t>9789752675902</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Hakim Süleyman Ata</t>
+          <t>İshak Kuşu</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>654</v>
+        <v>1020</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9789752675681</t>
+          <t>9789752675421</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Gün Ortası</t>
+          <t>Hakim Süleyman Ata</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>334</v>
+        <v>654</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9789752678279</t>
+          <t>9789752675681</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Gayya</t>
+          <t>Gün Ortası</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>261</v>
+        <v>334</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786057697752</t>
+          <t>9789752678279</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Felatun Bey’le Rakım Efendi</t>
+          <t>Gayya</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>366</v>
+        <v>261</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9789752675728</t>
+          <t>9786057697752</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Eski Edebiyatın İçinde</t>
+          <t>Felatun Bey’le Rakım Efendi</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>673</v>
+        <v>366</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9789752674639</t>
+          <t>9789752675728</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Efsane</t>
+          <t>Eski Edebiyatın İçinde</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>428</v>
+        <v>673</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9789752675346</t>
+          <t>9789752674639</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat ve İletişim</t>
+          <t>Efsane</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>380</v>
+        <v>428</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9789752676701</t>
+          <t>9789752675346</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Sanatı</t>
+          <t>Edebiyat ve İletişim</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>878</v>
+        <v>380</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9789752675940</t>
+          <t>9789752676701</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Edebi Eserde İfade</t>
+          <t>Edebiyat Sanatı</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>490</v>
+        <v>878</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9789752675742</t>
+          <t>9789752675940</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Dost Yazıları</t>
+          <t>Edebi Eserde İfade</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>413</v>
+        <v>490</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9789752675735</t>
+          <t>9789752675742</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Divan Dünyası</t>
+          <t>Dost Yazıları</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>256</v>
+        <v>413</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9789752675698</t>
+          <t>9789752675735</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Denemeler</t>
+          <t>Divan Dünyası</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>360</v>
+        <v>256</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9789752675513</t>
+          <t>9789752675698</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Çok Bilen Çok Yanılır</t>
+          <t>Denemeler</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>210</v>
+        <v>360</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9789752676312</t>
+          <t>9789752675513</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Çinghai SalarcasınınTasviri Grameri</t>
+          <t>Çok Bilen Çok Yanılır</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>450</v>
+        <v>210</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9789752676343</t>
+          <t>9789752676312</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Devri Şiir Poetikası</t>
+          <t>Çinghai SalarcasınınTasviri Grameri</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>796</v>
+        <v>450</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9789752676244</t>
+          <t>9789752676343</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Celal Nuri İleri’nin Romanları Üzerine Bir İnceleme</t>
+          <t>Cumhuriyet Devri Şiir Poetikası</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>366</v>
+        <v>796</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>3990000002210</t>
+          <t>9789752676244</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Bir Avuç Sevinç</t>
+          <t>Celal Nuri İleri’nin Romanları Üzerine Bir İnceleme</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>222</v>
+        <v>366</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9789752676480</t>
+          <t>3990000002210</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Biblo</t>
+          <t>Bir Avuç Sevinç</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>184</v>
+        <v>222</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9789752676848</t>
+          <t>9789752676480</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Bataklık Çiçeği</t>
+          <t>Biblo</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>336</v>
+        <v>184</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9789752677319</t>
+          <t>9789752676848</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Bağdat Yöresi Halk Fıkraları</t>
+          <t>Bataklık Çiçeği</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>243</v>
+        <v>336</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9789752675773</t>
+          <t>9789752677319</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Ayyar Hamza - Kokona Yatıyor</t>
+          <t>Bağdat Yöresi Halk Fıkraları</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>218</v>
+        <v>243</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9789752676466</t>
+          <t>9789752675773</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Avrasya’da Şair Göçü</t>
+          <t>Ayyar Hamza - Kokona Yatıyor</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>330</v>
+        <v>218</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9789752678125</t>
+          <t>9789752676466</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Anlatma Esasına Bağlı Edebi Metinlerin Tahlili</t>
+          <t>Avrasya’da Şair Göçü</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>395</v>
+        <v>330</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9789752676336</t>
+          <t>9789752678125</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Anlamı Aramak</t>
+          <t>Anlatma Esasına Bağlı Edebi Metinlerin Tahlili</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>197</v>
+        <v>395</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9789752677555</t>
+          <t>9789752676336</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Ali Ekrem Bolayır’ın Hatıraları</t>
+          <t>Anlamı Aramak</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>761</v>
+        <v>197</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9789752676862</t>
+          <t>9789752677555</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Ali Ekrem Bolayır’dan Suut Kemal Yetkin’e Mektuplar</t>
+          <t>Ali Ekrem Bolayır’ın Hatıraları</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>287</v>
+        <v>761</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9789752675520</t>
+          <t>9789752676862</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Aldanışların Penceresinden</t>
+          <t>Ali Ekrem Bolayır’dan Suut Kemal Yetkin’e Mektuplar</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>392</v>
+        <v>287</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9789752675506</t>
+          <t>9789752675520</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Akif Bey</t>
+          <t>Aldanışların Penceresinden</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>222</v>
+        <v>392</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
+          <t>9789752675506</t>
+        </is>
+      </c>
+      <c r="B236" s="1" t="inlineStr">
+        <is>
+          <t>Akif Bey</t>
+        </is>
+      </c>
+      <c r="C236" s="1">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="237" spans="1:3">
+      <c r="A237" s="1" t="inlineStr">
+        <is>
           <t>9789752676800</t>
         </is>
       </c>
-      <c r="B236" s="1" t="inlineStr">
+      <c r="B237" s="1" t="inlineStr">
         <is>
           <t>19. Asrın Özel Bir Edebiyat Mahfeli Olarak Encümen-i Şuara</t>
         </is>
       </c>
-      <c r="C236" s="1">
+      <c r="C237" s="1">
         <v>506</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>