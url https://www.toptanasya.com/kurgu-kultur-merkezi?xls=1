--- v0 (2025-11-01)
+++ v1 (2025-12-16)
@@ -85,3685 +85,3925 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255716125</t>
+          <t>9786055295097</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzünü Tutan Eller</t>
+          <t>Soğuktu Gece</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255716118</t>
+          <t>3990000001996</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Gülümseyen Atatürk Şiirleri</t>
+          <t>Eprimiş Hikayeler</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786055295240</t>
+          <t>9786055009632</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Gizlenememiş Olan</t>
+          <t>Doğu ve Güneydoğu Anadolu Dilleri Karşılaştırmalı Sözlüğü</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>80</v>
+        <v>250</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786055295608</t>
+          <t>9786055295141</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Tut Yüreğimden Ustam</t>
+          <t>Gölge Gününün Azabı</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>80</v>
+        <v>300</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786055009472</t>
+          <t>9786055295837</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Aşk Engelli</t>
+          <t>Rahmetliden Özür Dile</t>
         </is>
       </c>
       <c r="C6" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786059257411</t>
+          <t>9786055295455</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Diğerleri</t>
+          <t>Maça Ası</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786055009526</t>
+          <t>9786256694781</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>İnzal</t>
+          <t>Sahibine Ulaşmayacak Mektuplar - 1</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786055295288</t>
+          <t>9786052195314</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Yükselen Yeni Devrim Dalgası</t>
+          <t>Çocuklar Bile Kurban</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786059257800</t>
+          <t>9786055009021</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Zihnin Metafiziği Meditasyon, Feng Shui</t>
+          <t>Wek Ku Venivisiye - Yazıldığı Gibidir</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786055690663</t>
+          <t>9786055690939</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Algı Bıçağı</t>
+          <t>Udumbara</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786055009502</t>
+          <t>9786055009175</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Dirilmek Yanan Sularda</t>
+          <t>Deniz Ben Mavi Sen</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786052195215</t>
+          <t>9786059257046</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Pirpirim</t>
+          <t>Sürprizler Dünyası</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786055295479</t>
+          <t>9786055295882</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Sistematik Felsefe</t>
+          <t>Gözden Irak</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786055009151</t>
+          <t>9786055009717</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Ve Tarih Devrimcilerin Dürüstlüğüne Karar Vermiştir</t>
+          <t>Usta ile Cemile</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786052195536</t>
+          <t>9786055295776</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Babalar İçin Baba Bir Kitap</t>
+          <t>Bir Eğitimcinin Kırk Yılı</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786055690137</t>
+          <t>9786055295769</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>16: Ya Kuş Olayım ya da Babam Gelsin</t>
+          <t>Benim Adım Gurci</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>60</v>
+        <v>250</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786055690298</t>
+          <t>9786255716125</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Tutkun</t>
+          <t>Gökyüzünü Tutan Eller</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>80</v>
+        <v>350</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786055690472</t>
+          <t>9786255716118</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Bir Mendil Kömür</t>
+          <t>Gülümseyen Atatürk Şiirleri</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786055690960</t>
+          <t>9786055295240</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Kendime Kendimin Dedikodusu</t>
+          <t>Gizlenememiş Olan</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786052195529</t>
+          <t>9786055295608</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Kısık Ateşte Biraz İnsan Biraz Yaşam</t>
+          <t>Tut Yüreğimden Ustam</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>100</v>
+        <v>80</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786055009861</t>
+          <t>9786055009472</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Tuhafiye</t>
+          <t>Aşk Engelli</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>70</v>
+        <v>400</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786055009878</t>
+          <t>9786059257411</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Kedi Kamburu</t>
+          <t>Diğerleri</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786055009953</t>
+          <t>9786055009526</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Veresiye</t>
+          <t>İnzal</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>70</v>
+        <v>200</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786055009854</t>
+          <t>9786055295288</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Memleket-i Severler</t>
+          <t>Yükselen Yeni Devrim Dalgası</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>70</v>
+        <v>200</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786055690366</t>
+          <t>9786059257800</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Aşktan Sonra Hayat</t>
+          <t>Zihnin Metafiziği Meditasyon, Feng Shui</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786055009229</t>
+          <t>9786055690663</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Bir Kırık Cam Bir Kırık Türkü</t>
+          <t>Algı Bıçağı</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>3990000001997</t>
+          <t>9786055009502</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Sırlar Şehrinin Şarkıları</t>
+          <t>Dirilmek Yanan Sularda</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786055295103</t>
+          <t>9786052195215</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Sevgiye Yürek Gerek</t>
+          <t>Pirpirim</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786059257138</t>
+          <t>9786055295479</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Çağın Dedikodusu - Psikiyatri 1. Kitap</t>
+          <t>Sistematik Felsefe</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>70</v>
+        <v>200</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786059257220</t>
+          <t>9786055009151</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Çağın Dedikodusu - Psikiyatri 2. Kitap</t>
+          <t>Ve Tarih Devrimcilerin Dürüstlüğüne Karar Vermiştir</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>70</v>
+        <v>200</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786059257602</t>
+          <t>9786052195536</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Kur’an İlmi ile Sıfır Yok Her Sayı =1 (Bir)</t>
+          <t>Babalar İçin Baba Bir Kitap</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>100</v>
+        <v>400</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786052195406</t>
+          <t>9786055690137</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Kur'an İlmiyle Gerçeğe Doğru Gidiş ve Darwin</t>
+          <t>16: Ya Kuş Olayım ya da Babam Gelsin</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786059257763</t>
+          <t>9786055690298</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Kur'an İlmi İle Kendinizi Tanımak ve Geleceğinizi Öğrenmek İstemez Misiniz?</t>
+          <t>Tutkun</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786055009649</t>
+          <t>9786055690472</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Unutulmak Yorgunluğu</t>
+          <t>Bir Mendil Kömür</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786052195253</t>
+          <t>9786055690960</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Göz Piçi</t>
+          <t>Kendime Kendimin Dedikodusu</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>80</v>
+        <v>200</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786055295707</t>
+          <t>9786052195529</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Şiir Okuma Anları</t>
+          <t>Kısık Ateşte Biraz İnsan Biraz Yaşam</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786059257732</t>
+          <t>9786055009861</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Kadın Arkadaşımın Patronu</t>
+          <t>Tuhafiye</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>70</v>
+        <v>100</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786055690601</t>
+          <t>9786055009878</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Alıcı: Resul İnan (Hoşça Kal Sevgili)</t>
+          <t>Kedi Kamburu</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>80</v>
+        <v>200</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786055690793</t>
+          <t>9786055009953</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Bahçesi</t>
+          <t>Veresiye</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>70</v>
+        <v>100</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786052195543</t>
+          <t>9786055009854</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Gölge Aşıklar</t>
+          <t>Memleket-i Severler</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786059257671</t>
+          <t>9786055690366</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Kalbimin Tahtı Mutluluk Yolunda</t>
+          <t>Aşktan Sonra Hayat</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786055295622</t>
+          <t>9786055009229</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Dış Ve İç Düşmanla Kurtuluş Savaşı</t>
+          <t>Bir Kırık Cam Bir Kırık Türkü</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786059257893</t>
+          <t>3990000001997</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Enna'nın Müziği</t>
+          <t>Sırlar Şehrinin Şarkıları</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786055009663</t>
+          <t>9786055295103</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Hoşça Kal Leyla</t>
+          <t>Sevgiye Yürek Gerek</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786055009397</t>
+          <t>9786059257138</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Arsima Bir Sen, Bir De Ben</t>
+          <t>Çağın Dedikodusu - Psikiyatri 1. Kitap</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>80</v>
+        <v>200</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786055009748</t>
+          <t>9786059257220</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Hiçbir Şeyin Mavisi</t>
+          <t>Çağın Dedikodusu - Psikiyatri 2. Kitap</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786055009069</t>
+          <t>9786059257602</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Kandela</t>
+          <t>Kur’an İlmi ile Sıfır Yok Her Sayı =1 (Bir)</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>70</v>
+        <v>300</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786052195130</t>
+          <t>9786052195406</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Sahi Kaç Rengin Toplamıyız?</t>
+          <t>Kur'an İlmiyle Gerçeğe Doğru Gidiş ve Darwin</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786052195048</t>
+          <t>9786059257763</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Bir Fıkra Bir Nefes Pekenok</t>
+          <t>Kur'an İlmi İle Kendinizi Tanımak ve Geleceğinizi Öğrenmek İstemez Misiniz?</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786055690748</t>
+          <t>9786055009649</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Soğuk Bir Güz Günü</t>
+          <t>Unutulmak Yorgunluğu</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786055009533</t>
+          <t>9786052195253</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Suskunluğun Buğusu Toplu Şiirler - 1</t>
+          <t>Göz Piçi</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786055295059</t>
+          <t>9786055295707</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Bahar Sızısı</t>
+          <t>Şiir Okuma Anları</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>80</v>
+        <v>200</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786055690038</t>
+          <t>9786059257732</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Toplu Tiyatro Eserleri - 1</t>
+          <t>Kadın Arkadaşımın Patronu</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>80</v>
+        <v>200</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786055690090</t>
+          <t>9786055690601</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Parlament Mavisi Portakal Dilimleri</t>
+          <t>Alıcı: Resul İnan (Hoşça Kal Sevgili)</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>60</v>
+        <v>80</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786059257756</t>
+          <t>9786055690793</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Bedeli Ödenen Sevgiler Oteli</t>
+          <t>Sevgi Bahçesi</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>80</v>
+        <v>70</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786059257381</t>
+          <t>9786052195543</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Moratoryum İçin Torso</t>
+          <t>Gölge Aşıklar</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786055009304</t>
+          <t>9786059257671</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Zeytin Ağacının Altında</t>
+          <t>Kalbimin Tahtı Mutluluk Yolunda</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>70</v>
+        <v>250</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786052195512</t>
+          <t>9786055295622</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Gezi/yorum</t>
+          <t>Dış Ve İç Düşmanla Kurtuluş Savaşı</t>
         </is>
       </c>
       <c r="C59" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786055009656</t>
+          <t>9786059257893</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Cin Kubbesi</t>
+          <t>Enna'nın Müziği</t>
         </is>
       </c>
       <c r="C60" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786059257770</t>
+          <t>9786055009663</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Sıradışılar Sırası</t>
+          <t>Hoşça Kal Leyla</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>80</v>
+        <v>250</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786055690441</t>
+          <t>9786055009397</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Tutkularına Asılarak</t>
+          <t>Arsima Bir Sen, Bir De Ben</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786055690809</t>
+          <t>9786055009748</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Uçurum</t>
+          <t>Hiçbir Şeyin Mavisi</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>80</v>
+        <v>200</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786055295028</t>
+          <t>9786055009069</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Ücra Tenler</t>
+          <t>Kandela</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786055295820</t>
+          <t>9786052195130</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Çeşminil</t>
+          <t>Sahi Kaç Rengin Toplamıyız?</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786055295523</t>
+          <t>9786052195048</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Ahval-i Adiye</t>
+          <t>Bir Fıkra Bir Nefes Pekenok</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>80</v>
+        <v>250</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786055690380</t>
+          <t>9786055690748</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Hüzün Seremonisi</t>
+          <t>Soğuk Bir Güz Günü</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786059257503</t>
+          <t>9786055009533</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Denemedi Demesinler</t>
+          <t>Suskunluğun Buğusu Toplu Şiirler - 1</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>70</v>
+        <v>250</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786059257718</t>
+          <t>9786055295059</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Meyin Ezgisi</t>
+          <t>Bahar Sızısı</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>70</v>
+        <v>80</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786055009212</t>
+          <t>9786055690038</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>İmkan(larda)sız Aşk</t>
+          <t>Toplu Tiyatro Eserleri - 1</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>80</v>
+        <v>200</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786055295561</t>
+          <t>9786055690090</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Aşk Tatmayana Başka</t>
+          <t>Parlament Mavisi Portakal Dilimleri</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>80</v>
+        <v>60</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786055295370</t>
+          <t>9786059257756</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Vandal ve Buruk (Toplu Şiirler 2)</t>
+          <t>Bedeli Ödenen Sevgiler Oteli</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786052195352</t>
+          <t>9786059257381</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Yaşamak ve Ölmek</t>
+          <t>Moratoryum İçin Torso</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>199</v>
+        <v>300</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786059257572</t>
+          <t>9786055009304</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Yazılmamış Tarihte Bir Gezi</t>
+          <t>Zeytin Ağacının Altında</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786059257749</t>
+          <t>9786052195512</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Tutku</t>
+          <t>Gezi/yorum</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786055690878</t>
+          <t>9786055009656</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Elfida'nın Düğünü 2. Kitap</t>
+          <t>Cin Kubbesi</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786055690175</t>
+          <t>9786059257770</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Norşen'de Orak Çekiç Monalisa 1. Kitap</t>
+          <t>Sıradışılar Sırası</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786055690359</t>
+          <t>9786055690441</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Deli Cin Diyor Ki</t>
+          <t>Tutkularına Asılarak</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>60</v>
+        <v>200</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786055295714</t>
+          <t>9786055690809</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Kar Kanatlı Melekler</t>
+          <t>Uçurum</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786055690465</t>
+          <t>9786055295028</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Şehirli Kurnazı</t>
+          <t>Ücra Tenler</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>80</v>
+        <v>200</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786055295127</t>
+          <t>9786055295820</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Sağlamlara Özürlüyüz</t>
+          <t>Çeşminil</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>80</v>
+        <v>200</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786055690922</t>
+          <t>9786055295523</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Onlar Hayvandı Ama</t>
+          <t>Ahval-i Adiye</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>70</v>
+        <v>250</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786055690564</t>
+          <t>9786055690380</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Yürek Zor Bağış</t>
+          <t>Hüzün Seremonisi</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>80</v>
+        <v>200</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786055295585</t>
+          <t>9786059257503</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>İnsan Olmanın Lezzeti</t>
+          <t>Denemedi Demesinler</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786055295226</t>
+          <t>9786059257718</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Prangalı Düşler</t>
+          <t>Meyin Ezgisi</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786055690212</t>
+          <t>9786055009212</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Şairlerden Kürt Sorununa Çözüm Önerileri</t>
+          <t>İmkan(larda)sız Aşk</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786055009847</t>
+          <t>9786055295561</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>3. Milenyum Siyasi Doktrini Yeter Gayrı!</t>
+          <t>Aşk Tatmayana Başka</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>70</v>
+        <v>150</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786059257343</t>
+          <t>9786055295370</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Çıkarcının Teki</t>
+          <t>Vandal ve Buruk (Toplu Şiirler 2)</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>80</v>
+        <v>350</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786055295431</t>
+          <t>9786052195352</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Gönderilmiş Mektuplar</t>
+          <t>Yaşamak ve Ölmek</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786055690632</t>
+          <t>9786059257572</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Sus Yanığı</t>
+          <t>Yazılmamış Tarihte Bir Gezi</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>80</v>
+        <v>250</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786055009083</t>
+          <t>9786059257749</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Yalın Doruklar</t>
+          <t>Sessiz Tutku</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>70</v>
+        <v>200</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786059257329</t>
+          <t>9786055690878</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Hırsızın Teki</t>
+          <t>Elfida'nın Düğünü 2. Kitap</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>80</v>
+        <v>200</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786055295653</t>
+          <t>9786055690175</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Anne Bugün Cumartesi</t>
+          <t>Norşen'de Orak Çekiç Monalisa 1. Kitap</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>80</v>
+        <v>250</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786059257534</t>
+          <t>9786055690359</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Kurgu Düşün Sanat Edebiyat Dergisi Sayı: 17</t>
+          <t>Deli Cin Diyor Ki</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786059257275</t>
+          <t>9786055295714</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Kurgu Düşün Sanat Edebiyat Dergisi Sayı: 16</t>
+          <t>Kar Kanatlı Melekler</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786055009977</t>
+          <t>9786055690465</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Kurgu Düşün Sanat Edebiyat Dergisi Sayı: 15 Temmuz - Ağustos - Eylül 2015</t>
+          <t>Şehirli Kurnazı</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>50</v>
+        <v>150</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786055009786</t>
+          <t>9786055295127</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Kurgu Düşün Sanat Edebiyat Dergisi Sayı: 14 Şubat - Mart - Nisan 2015</t>
+          <t>Sağlamlara Özürlüyüz</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786055009328</t>
+          <t>9786055690922</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Kurgu Düşün Sanat Edebiyat Dergisi Sayı: 13 Mayıs - Haziran 2014</t>
+          <t>Onlar Hayvandı Ama</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786055009007</t>
+          <t>9786055690564</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Kurgu Düşün Sanat Edebiyat Dergisi Sayı: 12 Kasım - Aralık 2013</t>
+          <t>Yürek Zor Bağış</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786055295417</t>
+          <t>9786055295585</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Kurgu Düşün Sanat Edebiyat Dergisi Sayı: 11 Şubat - Mart 2013</t>
+          <t>İnsan Olmanın Lezzeti</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786055690649</t>
+          <t>9786055295226</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Kurgu Düşün Sanat Edebiyat Dergisi Sayı: 9 Eylül - Ekim 2011</t>
+          <t>Prangalı Düşler</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>50</v>
+        <v>250</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786055690588</t>
+          <t>9786055690212</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Kurgu Düşün Sanat Edebiyat Dergisi Sayı: 8 Mayıs - Haziran 2011</t>
+          <t>Şairlerden Kürt Sorununa Çözüm Önerileri</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786055690496</t>
+          <t>9786055009847</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Kurgu Düşün Sanat Edebiyat Dergisi Sayı: 7 Mart - Nisan 2011</t>
+          <t>3. Milenyum Siyasi Doktrini Yeter Gayrı!</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>4444444442853</t>
+          <t>9786059257343</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Kurgu Düşün Sanat Edebiyat Dergisi Sayı: 6 Ocak - Şubat 2011</t>
+          <t>Çıkarcının Teki</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>50</v>
+        <v>150</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786055690304</t>
+          <t>9786055295431</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Kurgu Düşün Sanat Edebiyat Dergisi Sayı: 5 Kasım - Aralık 2010</t>
+          <t>Gönderilmiş Mektuplar</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>50</v>
+        <v>250</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786055690250</t>
+          <t>9786055690632</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Kurgu Düşün Sanat Edebiyat Dergisi Sayı: 4 Eylül - Ekim 2010</t>
+          <t>Sus Yanığı</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>50</v>
+        <v>150</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786055690243</t>
+          <t>9786055009083</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Kurgu Düşün Sanat Edebiyat Dergisi Sayı: 3 Temmuz - Ağustos 2010</t>
+          <t>Yalın Doruklar</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>50</v>
+        <v>170</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786055690144</t>
+          <t>9786059257329</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Kurgu Düşün Sanat Edebiyat Dergisi Sayı: 2 Mayıs - Haziran 2010</t>
+          <t>Hırsızın Teki</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>50</v>
+        <v>150</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786055690106</t>
+          <t>9786055295653</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Kurgu Düşün Sanat Edebiyat Dergisi Sayı: 1 Mart - Nisan 2010</t>
+          <t>Anne Bugün Cumartesi</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>50</v>
+        <v>80</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786052195604</t>
+          <t>9786059257534</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Mektup</t>
+          <t>Kurgu Düşün Sanat Edebiyat Dergisi Sayı: 17</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786055009267</t>
+          <t>9786059257275</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Tutada Kırkından Sonra</t>
+          <t>Kurgu Düşün Sanat Edebiyat Dergisi Sayı: 16</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786055009038</t>
+          <t>9786055009977</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>50232'ten Mektup</t>
+          <t>Kurgu Düşün Sanat Edebiyat Dergisi Sayı: 15 Temmuz - Ağustos - Eylül 2015</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>70</v>
+        <v>200</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786055009199</t>
+          <t>9786055009786</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Yelkovan</t>
+          <t>Kurgu Düşün Sanat Edebiyat Dergisi Sayı: 14 Şubat - Mart - Nisan 2015</t>
         </is>
       </c>
       <c r="C113" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786059257213</t>
+          <t>9786055009328</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Yağmalanmış Bir Göçün Ardı</t>
+          <t>Kurgu Düşün Sanat Edebiyat Dergisi Sayı: 13 Mayıs - Haziran 2014</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>70</v>
+        <v>200</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786055009595</t>
+          <t>9786055009007</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Umudun Çocuğu</t>
+          <t>Kurgu Düşün Sanat Edebiyat Dergisi Sayı: 12 Kasım - Aralık 2013</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786055009915</t>
+          <t>9786055295417</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Mültecilik</t>
+          <t>Kurgu Düşün Sanat Edebiyat Dergisi Sayı: 11 Şubat - Mart 2013</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>70</v>
+        <v>200</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786055295486</t>
+          <t>9786055690649</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Sana Yaşanmamışlıklara</t>
+          <t>Kurgu Düşün Sanat Edebiyat Dergisi Sayı: 9 Eylül - Ekim 2011</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786055690830</t>
+          <t>9786055690588</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Kağıt Kesiği</t>
+          <t>Kurgu Düşün Sanat Edebiyat Dergisi Sayı: 8 Mayıs - Haziran 2011</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>60</v>
+        <v>200</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786055690229</t>
+          <t>9786055690496</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Siyah Kar</t>
+          <t>Kurgu Düşün Sanat Edebiyat Dergisi Sayı: 7 Mart - Nisan 2011</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>50</v>
+        <v>300</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786055009434</t>
+          <t>4444444442853</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Şiir Çıkını</t>
+          <t>Kurgu Düşün Sanat Edebiyat Dergisi Sayı: 6 Ocak - Şubat 2011</t>
         </is>
       </c>
       <c r="C120" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786055690977</t>
+          <t>9786055690304</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Siz Güzeldiniz Sonrasız Zamanlarda</t>
+          <t>Kurgu Düşün Sanat Edebiyat Dergisi Sayı: 5 Kasım - Aralık 2010</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786055690908</t>
+          <t>9786055690250</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Şiir Kumbarası</t>
+          <t>Kurgu Düşün Sanat Edebiyat Dergisi Sayı: 4 Eylül - Ekim 2010</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786052195284</t>
+          <t>9786055690243</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Bazı Şeyler</t>
+          <t>Kurgu Düşün Sanat Edebiyat Dergisi Sayı: 3 Temmuz - Ağustos 2010</t>
         </is>
       </c>
       <c r="C123" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786055690991</t>
+          <t>9786055690144</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Aldanışlar - Toplu Şiirler 1</t>
+          <t>Kurgu Düşün Sanat Edebiyat Dergisi Sayı: 2 Mayıs - Haziran 2010</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786055295912</t>
+          <t>9786055690106</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Bencil</t>
+          <t>Kurgu Düşün Sanat Edebiyat Dergisi Sayı: 1 Mart - Nisan 2010</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786055295967</t>
+          <t>9786052195604</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Kur'an İlmi ile Yaratılıştan Yok Oluşa Yolculuk 2. Kitap</t>
+          <t>Mektup</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786055295950</t>
+          <t>9786055009267</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Kur'an İlmi ile Allah Yolunda 1. Kitap</t>
+          <t>Tutada Kırkından Sonra</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786055295448</t>
+          <t>9786055009038</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Sessizliğimin Kalemi</t>
+          <t>50232'ten Mektup</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786055690762</t>
+          <t>9786055009199</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Sen Eksik Kaldın</t>
+          <t>Yelkovan</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>70</v>
+        <v>200</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786055690816</t>
+          <t>9786059257213</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Saçların Coğrafyam Gibi Dağlık</t>
+          <t>Yağmalanmış Bir Göçün Ardı</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786055009687</t>
+          <t>9786055009595</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Rojova</t>
+          <t>Umudun Çocuğu</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786055295233</t>
+          <t>9786055009915</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Yüreğimden Öptü</t>
+          <t>Sosyal Mültecilik</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>50</v>
+        <v>250</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786055690731</t>
+          <t>9786055295486</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Odalarda Bir Kandil</t>
+          <t>Sana Yaşanmamışlıklara</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786055690779</t>
+          <t>9786055690830</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Ne Çok Ah Ne Az Ey</t>
+          <t>Kağıt Kesiği</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786052195055</t>
+          <t>9786055690229</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Son'suzluk</t>
+          <t>Siyah Kar</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>70</v>
+        <v>200</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786055009250</t>
+          <t>9786055009434</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Maviyse Güzeldi</t>
+          <t>Şiir Çıkını</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786052195185</t>
+          <t>9786055690977</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Mavi Şimal</t>
+          <t>Siz Güzeldiniz Sonrasız Zamanlarda</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786055295738</t>
+          <t>9786055690908</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Mavi Mısralar</t>
+          <t>Şiir Kumbarası</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786055009700</t>
+          <t>9786052195284</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Kuşlara Su İçirenlerin Türküsü</t>
+          <t>Bazı Şeyler</t>
         </is>
       </c>
       <c r="C139" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786059257947</t>
+          <t>9786055690991</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Koyu Mavi Gece</t>
+          <t>Aldanışlar - Toplu Şiirler 1</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>50</v>
+        <v>400</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786055690786</t>
+          <t>9786055295912</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Kızılcık Şerbeti</t>
+          <t>Bencil</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>50</v>
+        <v>300</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786055009427</t>
+          <t>9786055295967</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Kervan</t>
+          <t>Kur'an İlmi ile Yaratılıştan Yok Oluşa Yolculuk 2. Kitap</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>50</v>
+        <v>250</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786059257206</t>
+          <t>9786055295950</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Kelebek Mevsimi</t>
+          <t>Kur'an İlmi ile Allah Yolunda 1. Kitap</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>70</v>
+        <v>250</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786055690519</t>
+          <t>9786055295448</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Kasımda Çiçek Açmak</t>
+          <t>Sessizliğimin Kalemi</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786055009311</t>
+          <t>9786055690762</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Karganın Günlükleri</t>
+          <t>Sen Eksik Kaldın</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>60</v>
+        <v>200</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786055009052</t>
+          <t>9786055690816</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Kalbimden Geçeni Gözümde Ara</t>
+          <t>Saçların Coğrafyam Gibi Dağlık</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>60</v>
+        <v>200</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786055690540</t>
+          <t>9786055009687</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>İzinli Pazartesi</t>
+          <t>Rojova</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786055690670</t>
+          <t>9786055295233</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Kokar Sevdiğim</t>
+          <t>Ölüm Yüreğimden Öptü</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786055690861</t>
+          <t>9786055690731</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>İmbat Postası</t>
+          <t>Odalarda Bir Kandil</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786059257022</t>
+          <t>9786055690779</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>İki Çay Söyle Gözlerine</t>
+          <t>Ne Çok Ah Ne Az Ey</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786055009922</t>
+          <t>9786052195055</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>İçimden Geçenler</t>
+          <t>Mutlu Son'suzluk</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786059257114</t>
+          <t>9786055009250</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Hiçlikte Varlığın Şekillenişi</t>
+          <t>Maviyse Güzeldi</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786055690915</t>
+          <t>9786052195185</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Hiç Zaman Sürgünleri</t>
+          <t>Mavi Şimal</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786055690571</t>
+          <t>9786055295738</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Hiç - Kırık Sezmeler</t>
+          <t>Mavi Mısralar</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>70</v>
+        <v>200</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786059257077</t>
+          <t>9786055009700</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Hattuşili'nin Vasiyeti</t>
+          <t>Kuşlara Su İçirenlerin Türküsü</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786052195222</t>
+          <t>9786059257947</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Günkaçağı</t>
+          <t>Koyu Mavi Gece</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>70</v>
+        <v>200</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786055295363</t>
+          <t>9786055690786</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Günışığından Huzmeler</t>
+          <t>Kızılcık Şerbeti</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786059257855</t>
+          <t>9786055009427</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Gölgesiz Devler Defteri</t>
+          <t>Kervan</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>80</v>
+        <v>200</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786055690021</t>
+          <t>9786059257206</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Gölgesi Ağrıyan Bir Memenin Suçuyum</t>
+          <t>Kelebek Mevsimi</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>70</v>
+        <v>200</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786055009205</t>
+          <t>9786055690519</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Gezi Koyun Çocukların Adını</t>
+          <t>Kasımda Çiçek Açmak</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>70</v>
+        <v>200</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786055009519</t>
+          <t>9786055009311</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Eylül Vapuru</t>
+          <t>Karganın Günlükleri</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>70</v>
+        <v>200</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786055295929</t>
+          <t>9786055009052</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Elveda Sürgün Kardelen</t>
+          <t>Kalbimden Geçeni Gözümde Ara</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>60</v>
+        <v>200</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786055690823</t>
+          <t>9786055690540</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Düş - Yaralı</t>
+          <t>İzinli Pazartesi</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786055295196</t>
+          <t>9786055690670</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Düş Varsılı</t>
+          <t>İstanbul Kokar Sevdiğim</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786055690373</t>
+          <t>9786055690861</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Düş İzi</t>
+          <t>İmbat Postası</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786055295554</t>
+          <t>9786059257022</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Dolunay Etkisi</t>
+          <t>İki Çay Söyle Gözlerine</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786059257237</t>
+          <t>9786055009922</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Dirgenlerin Şarkısı</t>
+          <t>İçimden Geçenler</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786055295646</t>
+          <t>9786059257114</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Deniz Uzuyor Lili</t>
+          <t>Hiçlikte Varlığın Şekillenişi</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>60</v>
+        <v>200</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786059257190</t>
+          <t>9786055690915</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Deneyim Senin Şarkındır</t>
+          <t>Hiç Zaman Sürgünleri</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>70</v>
+        <v>200</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786055009342</t>
+          <t>9786055690571</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Dağların ve Öksüzün Gölgesinde</t>
+          <t>Hiç - Kırık Sezmeler</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>50</v>
+        <v>250</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786055009458</t>
+          <t>9786059257077</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Çevgan</t>
+          <t>Hattuşili'nin Vasiyeti</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786055295271</t>
+          <t>9786052195222</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Çayır Çimen ve Uzaklar</t>
+          <t>Günkaçağı</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786055295660</t>
+          <t>9786055295363</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Çapraz Güneş</t>
+          <t>Günışığından Huzmeler</t>
         </is>
       </c>
       <c r="C173" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786055690151</t>
+          <t>9786059257855</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Canımı Yaktığın Kadar Büyüdüm</t>
+          <t>Gölgesiz Devler Defteri</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>50</v>
+        <v>250</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786059257152</t>
+          <t>9786055690021</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Bir Ömür Gezmesi</t>
+          <t>Gölgesi Ağrıyan Bir Memenin Suçuyum</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>80</v>
+        <v>200</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786055690434</t>
+          <t>9786055009205</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Bir Kadının En Mahrem Yeri</t>
+          <t>Gezi Koyun Çocukların Adını</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>70</v>
+        <v>200</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786055690014</t>
+          <t>9786055009519</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Bir Derenin Gözyaşları Zilan</t>
+          <t>Eylül Vapuru</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786055690403</t>
+          <t>9786055295929</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Beni Göğsüne Düş</t>
+          <t>Elveda Sürgün Kardelen</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>50</v>
+        <v>250</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786055295721</t>
+          <t>9786055690823</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Ben Kimi Sevdiysem</t>
+          <t>Düş - Yaralı</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786059257183</t>
+          <t>9786055295196</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Baharla Gelen Esintiler</t>
+          <t>Düş Varsılı</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786055295257</t>
+          <t>9786055690373</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Başucumdaki Karanlık</t>
+          <t>Düş İzi</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786055690885</t>
+          <t>9786055295554</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Aynalı Oda</t>
+          <t>Dolunay Etkisi</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>70</v>
+        <v>200</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786055690687</t>
+          <t>9786059257237</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Aynalı Konsol</t>
+          <t>Dirgenlerin Şarkısı</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>60</v>
+        <v>200</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786055009670</t>
+          <t>9786055295646</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Aşktır Zamansız Gelir</t>
+          <t>Deniz Uzuyor Lili</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>40</v>
+        <v>200</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786055690069</t>
+          <t>9786059257190</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Aşksal Hakları İhlalen</t>
+          <t>Deneyim Senin Şarkındır</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786055009489</t>
+          <t>9786055009342</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Kül</t>
+          <t>Dağların ve Öksüzün Gölgesinde</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786055295172</t>
+          <t>9786055009458</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Aşk Dedim Ona</t>
+          <t>Çevgan</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>70</v>
+        <v>350</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786055295134</t>
+          <t>9786055295271</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Aldanışlar - Toplu Şiirler 1</t>
+          <t>Çayır Çimen ve Uzaklar</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786055690342</t>
+          <t>9786055295660</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Ağustosböceği</t>
+          <t>Çapraz Güneş</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>50</v>
+        <v>400</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786059257787</t>
+          <t>9786055690151</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Adem'in Elması</t>
+          <t>Canımı Yaktığın Kadar Büyüdüm</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>70</v>
+        <v>200</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786055295530</t>
+          <t>9786059257152</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Açılmış Koyu Siyah</t>
+          <t>Bir Ömür Gezmesi</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>70</v>
+        <v>200</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786055009588</t>
+          <t>9786055690434</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Zonguldak Yazıları</t>
+          <t>Bir Kadının En Mahrem Yeri</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786055009939</t>
+          <t>9786055690014</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Başarının Adımları</t>
+          <t>Bir Derenin Gözyaşları Zilan</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786055295509</t>
+          <t>9786055690403</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Yıldız Anahtarı</t>
+          <t>Beni Göğsüne Düş</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>80</v>
+        <v>200</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786055009441</t>
+          <t>9786055295721</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Hayatımız Zonguldak</t>
+          <t>Ben Kimi Sevdiysem</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786055690656</t>
+          <t>9786059257183</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Loti'yi Anlamak</t>
+          <t>Baharla Gelen Esintiler</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786055009908</t>
+          <t>9786055295257</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Hayatımız Fotoğraf</t>
+          <t>Başucumdaki Karanlık</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786055295189</t>
+          <t>9786055690885</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>İnci ve İstiridye</t>
+          <t>Aynalı Oda</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786055690694</t>
+          <t>9786055690687</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Kanatsız Nasıl</t>
+          <t>Aynalı Konsol</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>80</v>
+        <v>200</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786055295875</t>
+          <t>9786055009670</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Dış Balkon İç Ses</t>
+          <t>Aşktır Zamansız Gelir</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>70</v>
+        <v>180</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786055009762</t>
+          <t>9786055690069</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Sen Den Başka Yar Yok</t>
+          <t>Aşksal Hakları İhlalen</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>70</v>
+        <v>200</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786055009991</t>
+          <t>9786055009489</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Kardaki Ayak İzleri</t>
+          <t>Aşk-ı Kül</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>80</v>
+        <v>200</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786055009809</t>
+          <t>9786055295172</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Düş Yangını</t>
+          <t>Aşk Dedim Ona</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786055009564</t>
+          <t>9786055295134</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Oysa Nergis Mevsimi Değildi</t>
+          <t>Aldanışlar - Toplu Şiirler 1</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786055009182</t>
+          <t>9786055690342</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Son Nokta</t>
+          <t>Ağustosböceği</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>80</v>
+        <v>200</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786059257305</t>
+          <t>9786059257787</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Yüreğimizdeki Öğretmen Yılmaz Sunucu; Elli İki Yaren Mektubu</t>
+          <t>Adem'in Elması</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786055295356</t>
+          <t>9786055295530</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Etnik Felsefe</t>
+          <t>Açılmış Koyu Siyah</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786055295080</t>
+          <t>9786055009588</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Mizah Ansiklopedisi</t>
+          <t>Zonguldak Yazıları</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786055690892</t>
+          <t>9786055009939</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Ararat Ararat</t>
+          <t>Başarının Adımları</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786055295691</t>
+          <t>9786055295509</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Kuşatma Altında</t>
+          <t>Yıldız Anahtarı</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786055295004</t>
+          <t>9786055009441</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Zamandışı Sevişmek</t>
+          <t>Hayatımız Zonguldak</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786055690595</t>
+          <t>9786055690656</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Şifre Giz'li 17</t>
+          <t>Loti'yi Anlamak</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786055009885</t>
+          <t>9786055009908</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Romanda Karakter Yaratmak</t>
+          <t>Hayatımız Fotoğraf</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786055009281</t>
+          <t>9786055295189</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Siz Ne Dersiniz?</t>
+          <t>İnci ve İstiridye</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786055690755</t>
+          <t>9786055690694</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Poetika ve Felsefe</t>
+          <t>Kanatsız Nasıl</t>
         </is>
       </c>
       <c r="C215" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786055009373</t>
+          <t>9786055295875</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Mizah Ansiklopedisi II</t>
+          <t>Dış Balkon İç Ses</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786055009892</t>
+          <t>9786055009762</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Roman Nasıl Oluşur?</t>
+          <t>Sen Den Başka Yar Yok</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786055009830</t>
+          <t>9786055009991</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Terk Edemeyenler; Evliliklerde Üçüncü Kişiler</t>
+          <t>Kardaki Ayak İzleri</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>80</v>
+        <v>250</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786059257060</t>
+          <t>9786055009809</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Rüzgara Sarılmak</t>
+          <t>Düş Yangını</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786055009090</t>
+          <t>9786055009564</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Üç Oyun</t>
+          <t>Oysa Nergis Mevsimi Değildi</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>800</v>
+        <v>200</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786055690625</t>
+          <t>9786055009182</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Gezinin Poetikası</t>
+          <t>Son Nokta</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786055009779</t>
+          <t>9786059257305</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Deniz Ateş Alır mı?</t>
+          <t>Yüreğimizdeki Öğretmen Yılmaz Sunucu; Elli İki Yaren Mektubu</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786055009694</t>
+          <t>9786055295356</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Gölgeme Işık Tutanlar</t>
+          <t>Etnik Felsefe</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786055295387</t>
+          <t>9786055295080</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Endülüs Güneşi Ziryab</t>
+          <t>Mizah Ansiklopedisi</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786055690984</t>
+          <t>9786055690892</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Aras Aras Goodbye Sona</t>
+          <t>Ararat Ararat</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786055690854</t>
+          <t>9786055295691</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Çakalkaplan</t>
+          <t>Kuşatma Altında</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786055690182</t>
+          <t>9786055295004</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Dostlarının Gözüyle Musa Anter</t>
+          <t>Zamandışı Sevişmek</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786055009984</t>
+          <t>9786055690595</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Cinayet Beyazı</t>
+          <t>Şifre Giz'li 17</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786055009793</t>
+          <t>9786055009885</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Ankaralı Nefise</t>
+          <t>Romanda Karakter Yaratmak</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>130</v>
+        <v>300</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786055009571</t>
+          <t>9786055009281</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Ruh Hekiminin Klinik Eğitiminde Hasta-Hekim İlişkisi</t>
+          <t>Siz Ne Dersiniz?</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786055009403</t>
+          <t>9786055690755</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Miskin İle Derviş</t>
+          <t>Poetika ve Felsefe</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786055009496</t>
+          <t>9786055009373</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Buteyra</t>
+          <t>Mizah Ansiklopedisi II</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786055009823</t>
+          <t>9786055009892</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Ten Kırmızısı - Ankara Altılısı 2</t>
+          <t>Roman Nasıl Oluşur?</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786055690847</t>
+          <t>9786055009830</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Satış ve Pazarlama Stratejileri</t>
+          <t>Terk Edemeyenler; Evliliklerde Üçüncü Kişiler</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786055295318</t>
+          <t>9786059257060</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Ateş Uykusu</t>
+          <t>Rüzgara Sarılmak</t>
         </is>
       </c>
       <c r="C235" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786055295011</t>
+          <t>9786055009090</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Aşka Yorgun</t>
+          <t>Üç Oyun</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>100</v>
+        <v>800</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786059257084</t>
+          <t>9786055690625</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Bireşim Yaratıcılık</t>
+          <t>Gezinin Poetikası</t>
         </is>
       </c>
       <c r="C237" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786055295202</t>
+          <t>9786055009779</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>1400 Temel Sınav Kelimesi</t>
+          <t>Deniz Ateş Alır mı?</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786055295394</t>
+          <t>9786055009694</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Koanı Bulmak</t>
+          <t>Gölgeme Işık Tutanlar</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786055295462</t>
+          <t>9786055295387</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Mucize Kitap</t>
+          <t>Endülüs Güneşi Ziryab</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786059257725</t>
+          <t>9786055690984</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Er Mektubu Görülememiştir</t>
+          <t>Aras Aras Goodbye Sona</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786059257541</t>
+          <t>9786055690854</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Ugarit'te Son/Bahar</t>
+          <t>Çakalkaplan</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786055009625</t>
+          <t>9786055690182</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Trade Finance and Law Dictionary</t>
+          <t>Dostlarının Gözüyle Musa Anter</t>
         </is>
       </c>
       <c r="C243" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
+          <t>9786055009984</t>
+        </is>
+      </c>
+      <c r="B244" s="1" t="inlineStr">
+        <is>
+          <t>Cinayet Beyazı</t>
+        </is>
+      </c>
+      <c r="C244" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="245" spans="1:3">
+      <c r="A245" s="1" t="inlineStr">
+        <is>
+          <t>9786055009793</t>
+        </is>
+      </c>
+      <c r="B245" s="1" t="inlineStr">
+        <is>
+          <t>Ankaralı Nefise</t>
+        </is>
+      </c>
+      <c r="C245" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="246" spans="1:3">
+      <c r="A246" s="1" t="inlineStr">
+        <is>
+          <t>9786055009571</t>
+        </is>
+      </c>
+      <c r="B246" s="1" t="inlineStr">
+        <is>
+          <t>Ruh Hekiminin Klinik Eğitiminde Hasta-Hekim İlişkisi</t>
+        </is>
+      </c>
+      <c r="C246" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="247" spans="1:3">
+      <c r="A247" s="1" t="inlineStr">
+        <is>
+          <t>9786055009403</t>
+        </is>
+      </c>
+      <c r="B247" s="1" t="inlineStr">
+        <is>
+          <t>Miskin İle Derviş</t>
+        </is>
+      </c>
+      <c r="C247" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="248" spans="1:3">
+      <c r="A248" s="1" t="inlineStr">
+        <is>
+          <t>9786055009496</t>
+        </is>
+      </c>
+      <c r="B248" s="1" t="inlineStr">
+        <is>
+          <t>Buteyra</t>
+        </is>
+      </c>
+      <c r="C248" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="249" spans="1:3">
+      <c r="A249" s="1" t="inlineStr">
+        <is>
+          <t>9786055009823</t>
+        </is>
+      </c>
+      <c r="B249" s="1" t="inlineStr">
+        <is>
+          <t>Ten Kırmızısı - Ankara Altılısı 2</t>
+        </is>
+      </c>
+      <c r="C249" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="250" spans="1:3">
+      <c r="A250" s="1" t="inlineStr">
+        <is>
+          <t>9786055690847</t>
+        </is>
+      </c>
+      <c r="B250" s="1" t="inlineStr">
+        <is>
+          <t>Satış ve Pazarlama Stratejileri</t>
+        </is>
+      </c>
+      <c r="C250" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="251" spans="1:3">
+      <c r="A251" s="1" t="inlineStr">
+        <is>
+          <t>9786055295318</t>
+        </is>
+      </c>
+      <c r="B251" s="1" t="inlineStr">
+        <is>
+          <t>Ateş Uykusu</t>
+        </is>
+      </c>
+      <c r="C251" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="252" spans="1:3">
+      <c r="A252" s="1" t="inlineStr">
+        <is>
+          <t>9786055295011</t>
+        </is>
+      </c>
+      <c r="B252" s="1" t="inlineStr">
+        <is>
+          <t>Aşka Yorgun</t>
+        </is>
+      </c>
+      <c r="C252" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="253" spans="1:3">
+      <c r="A253" s="1" t="inlineStr">
+        <is>
+          <t>9786059257084</t>
+        </is>
+      </c>
+      <c r="B253" s="1" t="inlineStr">
+        <is>
+          <t>Büyülü Bireşim Yaratıcılık</t>
+        </is>
+      </c>
+      <c r="C253" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="254" spans="1:3">
+      <c r="A254" s="1" t="inlineStr">
+        <is>
+          <t>9786055295202</t>
+        </is>
+      </c>
+      <c r="B254" s="1" t="inlineStr">
+        <is>
+          <t>1400 Temel Sınav Kelimesi</t>
+        </is>
+      </c>
+      <c r="C254" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="255" spans="1:3">
+      <c r="A255" s="1" t="inlineStr">
+        <is>
+          <t>9786055295394</t>
+        </is>
+      </c>
+      <c r="B255" s="1" t="inlineStr">
+        <is>
+          <t>Koanı Bulmak</t>
+        </is>
+      </c>
+      <c r="C255" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="256" spans="1:3">
+      <c r="A256" s="1" t="inlineStr">
+        <is>
+          <t>9786055295462</t>
+        </is>
+      </c>
+      <c r="B256" s="1" t="inlineStr">
+        <is>
+          <t>Mucize Kitap</t>
+        </is>
+      </c>
+      <c r="C256" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="257" spans="1:3">
+      <c r="A257" s="1" t="inlineStr">
+        <is>
+          <t>9786059257725</t>
+        </is>
+      </c>
+      <c r="B257" s="1" t="inlineStr">
+        <is>
+          <t>Er Mektubu Görülememiştir</t>
+        </is>
+      </c>
+      <c r="C257" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="258" spans="1:3">
+      <c r="A258" s="1" t="inlineStr">
+        <is>
+          <t>9786059257541</t>
+        </is>
+      </c>
+      <c r="B258" s="1" t="inlineStr">
+        <is>
+          <t>Ugarit'te Son/Bahar</t>
+        </is>
+      </c>
+      <c r="C258" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="259" spans="1:3">
+      <c r="A259" s="1" t="inlineStr">
+        <is>
+          <t>9786055009625</t>
+        </is>
+      </c>
+      <c r="B259" s="1" t="inlineStr">
+        <is>
+          <t>Trade Finance and Law Dictionary</t>
+        </is>
+      </c>
+      <c r="C259" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="260" spans="1:3">
+      <c r="A260" s="1" t="inlineStr">
+        <is>
           <t>9786055009335</t>
         </is>
       </c>
-      <c r="B244" s="1" t="inlineStr">
+      <c r="B260" s="1" t="inlineStr">
         <is>
           <t>Bakara</t>
         </is>
       </c>
-      <c r="C244" s="1">
-        <v>100</v>
+      <c r="C260" s="1">
+        <v>200</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>