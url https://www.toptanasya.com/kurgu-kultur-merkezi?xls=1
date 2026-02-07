--- v1 (2025-12-16)
+++ v2 (2026-02-07)
@@ -85,3925 +85,3970 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786055295097</t>
+          <t>9786055009076</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Soğuktu Gece</t>
+          <t>Sonbaharda Gül Açar mı?</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>3990000001996</t>
+          <t>9786255716293</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Eprimiş Hikayeler</t>
+          <t>Arkadaşım Ninem Adaşım Dedem</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786055009632</t>
+          <t>9786255716231</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Doğu ve Güneydoğu Anadolu Dilleri Karşılaştırmalı Sözlüğü</t>
+          <t>Tanrı Şeytan İnsan</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786055295141</t>
+          <t>9786055295097</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Gölge Gününün Azabı</t>
+          <t>Soğuktu Gece</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786055295837</t>
+          <t>3990000001996</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Rahmetliden Özür Dile</t>
+          <t>Eprimiş Hikayeler</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786055295455</t>
+          <t>9786055009632</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Maça Ası</t>
+          <t>Doğu ve Güneydoğu Anadolu Dilleri Karşılaştırmalı Sözlüğü</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256694781</t>
+          <t>9786055295141</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Sahibine Ulaşmayacak Mektuplar - 1</t>
+          <t>Gölge Gününün Azabı</t>
         </is>
       </c>
       <c r="C8" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786052195314</t>
+          <t>9786055295837</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar Bile Kurban</t>
+          <t>Rahmetliden Özür Dile</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786055009021</t>
+          <t>9786055295455</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Wek Ku Venivisiye - Yazıldığı Gibidir</t>
+          <t>Maça Ası</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786055690939</t>
+          <t>9786256694781</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Udumbara</t>
+          <t>Sahibine Ulaşmayacak Mektuplar - 1</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786055009175</t>
+          <t>9786052195314</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Deniz Ben Mavi Sen</t>
+          <t>Çocuklar Bile Kurban</t>
         </is>
       </c>
       <c r="C12" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786059257046</t>
+          <t>9786055009021</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Sürprizler Dünyası</t>
+          <t>Wek Ku Venivisiye - Yazıldığı Gibidir</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786055295882</t>
+          <t>9786055690939</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Gözden Irak</t>
+          <t>Udumbara</t>
         </is>
       </c>
       <c r="C14" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786055009717</t>
+          <t>9786055009175</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Usta ile Cemile</t>
+          <t>Deniz Ben Mavi Sen</t>
         </is>
       </c>
       <c r="C15" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786055295776</t>
+          <t>9786059257046</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Bir Eğitimcinin Kırk Yılı</t>
+          <t>Sürprizler Dünyası</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786055295769</t>
+          <t>9786055295882</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Benim Adım Gurci</t>
+          <t>Gözden Irak</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786255716125</t>
+          <t>9786055009717</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzünü Tutan Eller</t>
+          <t>Usta ile Cemile</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786255716118</t>
+          <t>9786055295776</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Gülümseyen Atatürk Şiirleri</t>
+          <t>Bir Eğitimcinin Kırk Yılı</t>
         </is>
       </c>
       <c r="C19" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786055295240</t>
+          <t>9786055295769</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Gizlenememiş Olan</t>
+          <t>Benim Adım Gurci</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786055295608</t>
+          <t>9786255716125</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Tut Yüreğimden Ustam</t>
+          <t>Gökyüzünü Tutan Eller</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>80</v>
+        <v>350</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786055009472</t>
+          <t>9786255716118</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Aşk Engelli</t>
+          <t>Gülümseyen Atatürk Şiirleri</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786059257411</t>
+          <t>9786055295240</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Diğerleri</t>
+          <t>Gizlenememiş Olan</t>
         </is>
       </c>
       <c r="C23" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786055009526</t>
+          <t>9786055295608</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>İnzal</t>
+          <t>Tut Yüreğimden Ustam</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>200</v>
+        <v>80</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786055295288</t>
+          <t>9786055009472</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Yükselen Yeni Devrim Dalgası</t>
+          <t>Aşk Engelli</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786059257800</t>
+          <t>9786059257411</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Zihnin Metafiziği Meditasyon, Feng Shui</t>
+          <t>Diğerleri</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786055690663</t>
+          <t>9786055009526</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Algı Bıçağı</t>
+          <t>İnzal</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786055009502</t>
+          <t>9786055295288</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Dirilmek Yanan Sularda</t>
+          <t>Yükselen Yeni Devrim Dalgası</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786052195215</t>
+          <t>9786059257800</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Pirpirim</t>
+          <t>Zihnin Metafiziği Meditasyon, Feng Shui</t>
         </is>
       </c>
       <c r="C29" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786055295479</t>
+          <t>9786055690663</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Sistematik Felsefe</t>
+          <t>Algı Bıçağı</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>200</v>
+        <v>50</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786055009151</t>
+          <t>9786055009502</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Ve Tarih Devrimcilerin Dürüstlüğüne Karar Vermiştir</t>
+          <t>Dirilmek Yanan Sularda</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786052195536</t>
+          <t>9786052195215</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Babalar İçin Baba Bir Kitap</t>
+          <t>Pirpirim</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786055690137</t>
+          <t>9786055295479</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>16: Ya Kuş Olayım ya da Babam Gelsin</t>
+          <t>Sistematik Felsefe</t>
         </is>
       </c>
       <c r="C33" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786055690298</t>
+          <t>9786055009151</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Tutkun</t>
+          <t>Ve Tarih Devrimcilerin Dürüstlüğüne Karar Vermiştir</t>
         </is>
       </c>
       <c r="C34" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786055690472</t>
+          <t>9786052195536</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Bir Mendil Kömür</t>
+          <t>Babalar İçin Baba Bir Kitap</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786055690960</t>
+          <t>9786055690137</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Kendime Kendimin Dedikodusu</t>
+          <t>16: Ya Kuş Olayım ya da Babam Gelsin</t>
         </is>
       </c>
       <c r="C36" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786052195529</t>
+          <t>9786055690298</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Kısık Ateşte Biraz İnsan Biraz Yaşam</t>
+          <t>Tutkun</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786055009861</t>
+          <t>9786055690472</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Tuhafiye</t>
+          <t>Bir Mendil Kömür</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786055009878</t>
+          <t>9786055690960</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Kedi Kamburu</t>
+          <t>Kendime Kendimin Dedikodusu</t>
         </is>
       </c>
       <c r="C39" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786055009953</t>
+          <t>9786052195529</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Veresiye</t>
+          <t>Kısık Ateşte Biraz İnsan Biraz Yaşam</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786055009854</t>
+          <t>9786055009861</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Memleket-i Severler</t>
+          <t>Tuhafiye</t>
         </is>
       </c>
       <c r="C41" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786055690366</t>
+          <t>9786055009878</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Aşktan Sonra Hayat</t>
+          <t>Kedi Kamburu</t>
         </is>
       </c>
       <c r="C42" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786055009229</t>
+          <t>9786055009953</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Bir Kırık Cam Bir Kırık Türkü</t>
+          <t>Veresiye</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>3990000001997</t>
+          <t>9786055009854</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Sırlar Şehrinin Şarkıları</t>
+          <t>Memleket-i Severler</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786055295103</t>
+          <t>9786055690366</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Sevgiye Yürek Gerek</t>
+          <t>Aşktan Sonra Hayat</t>
         </is>
       </c>
       <c r="C45" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786059257138</t>
+          <t>9786055009229</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Çağın Dedikodusu - Psikiyatri 1. Kitap</t>
+          <t>Bir Kırık Cam Bir Kırık Türkü</t>
         </is>
       </c>
       <c r="C46" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786059257220</t>
+          <t>3990000001997</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Çağın Dedikodusu - Psikiyatri 2. Kitap</t>
+          <t>Sırlar Şehrinin Şarkıları</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786059257602</t>
+          <t>9786055295103</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Kur’an İlmi ile Sıfır Yok Her Sayı =1 (Bir)</t>
+          <t>Sevgiye Yürek Gerek</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786052195406</t>
+          <t>9786059257138</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Kur'an İlmiyle Gerçeğe Doğru Gidiş ve Darwin</t>
+          <t>Çağın Dedikodusu - Psikiyatri 1. Kitap</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786059257763</t>
+          <t>9786059257220</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Kur'an İlmi İle Kendinizi Tanımak ve Geleceğinizi Öğrenmek İstemez Misiniz?</t>
+          <t>Çağın Dedikodusu - Psikiyatri 2. Kitap</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786055009649</t>
+          <t>9786059257602</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Unutulmak Yorgunluğu</t>
+          <t>Kur’an İlmi ile Sıfır Yok Her Sayı =1 (Bir)</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786052195253</t>
+          <t>9786052195406</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Göz Piçi</t>
+          <t>Kur'an İlmiyle Gerçeğe Doğru Gidiş ve Darwin</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786055295707</t>
+          <t>9786059257763</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Şiir Okuma Anları</t>
+          <t>Kur'an İlmi İle Kendinizi Tanımak ve Geleceğinizi Öğrenmek İstemez Misiniz?</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786059257732</t>
+          <t>9786055009649</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Kadın Arkadaşımın Patronu</t>
+          <t>Unutulmak Yorgunluğu</t>
         </is>
       </c>
       <c r="C54" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786055690601</t>
+          <t>9786052195253</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Alıcı: Resul İnan (Hoşça Kal Sevgili)</t>
+          <t>Göz Piçi</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>80</v>
+        <v>200</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786055690793</t>
+          <t>9786055295707</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Bahçesi</t>
+          <t>Şiir Okuma Anları</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>70</v>
+        <v>200</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786052195543</t>
+          <t>9786059257732</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Gölge Aşıklar</t>
+          <t>Kadın Arkadaşımın Patronu</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786059257671</t>
+          <t>9786055690601</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Kalbimin Tahtı Mutluluk Yolunda</t>
+          <t>Alıcı: Resul İnan (Hoşça Kal Sevgili)</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>250</v>
+        <v>80</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786055295622</t>
+          <t>9786055690793</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Dış Ve İç Düşmanla Kurtuluş Savaşı</t>
+          <t>Sevgi Bahçesi</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>100</v>
+        <v>70</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786059257893</t>
+          <t>9786052195543</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Enna'nın Müziği</t>
+          <t>Gölge Aşıklar</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786055009663</t>
+          <t>9786059257671</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Hoşça Kal Leyla</t>
+          <t>Kalbimin Tahtı Mutluluk Yolunda</t>
         </is>
       </c>
       <c r="C61" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786055009397</t>
+          <t>9786055295622</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Arsima Bir Sen, Bir De Ben</t>
+          <t>Dış Ve İç Düşmanla Kurtuluş Savaşı</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786055009748</t>
+          <t>9786059257893</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Hiçbir Şeyin Mavisi</t>
+          <t>Enna'nın Müziği</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786055009069</t>
+          <t>9786055009663</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Kandela</t>
+          <t>Hoşça Kal Leyla</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786052195130</t>
+          <t>9786055009397</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Sahi Kaç Rengin Toplamıyız?</t>
+          <t>Arsima Bir Sen, Bir De Ben</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786052195048</t>
+          <t>9786055009748</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Bir Fıkra Bir Nefes Pekenok</t>
+          <t>Hiçbir Şeyin Mavisi</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786055690748</t>
+          <t>9786055009069</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Soğuk Bir Güz Günü</t>
+          <t>Kandela</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786055009533</t>
+          <t>9786052195130</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Suskunluğun Buğusu Toplu Şiirler - 1</t>
+          <t>Sahi Kaç Rengin Toplamıyız?</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786055295059</t>
+          <t>9786052195048</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Bahar Sızısı</t>
+          <t>Bir Fıkra Bir Nefes Pekenok</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>80</v>
+        <v>250</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786055690038</t>
+          <t>9786055690748</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Toplu Tiyatro Eserleri - 1</t>
+          <t>Soğuk Bir Güz Günü</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786055690090</t>
+          <t>9786055009533</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Parlament Mavisi Portakal Dilimleri</t>
+          <t>Suskunluğun Buğusu Toplu Şiirler - 1</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>60</v>
+        <v>250</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786059257756</t>
+          <t>9786055295059</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Bedeli Ödenen Sevgiler Oteli</t>
+          <t>Bahar Sızısı</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>200</v>
+        <v>80</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786059257381</t>
+          <t>9786055690038</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Moratoryum İçin Torso</t>
+          <t>Toplu Tiyatro Eserleri - 1</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786055009304</t>
+          <t>9786055690090</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Zeytin Ağacının Altında</t>
+          <t>Parlament Mavisi Portakal Dilimleri</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>200</v>
+        <v>60</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786052195512</t>
+          <t>9786059257756</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Gezi/yorum</t>
+          <t>Bedeli Ödenen Sevgiler Oteli</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786055009656</t>
+          <t>9786059257381</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Cin Kubbesi</t>
+          <t>Moratoryum İçin Torso</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786059257770</t>
+          <t>9786055009304</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Sıradışılar Sırası</t>
+          <t>Zeytin Ağacının Altında</t>
         </is>
       </c>
       <c r="C77" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786055690441</t>
+          <t>9786052195512</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Tutkularına Asılarak</t>
+          <t>Gezi/yorum</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786055690809</t>
+          <t>9786055009656</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Uçurum</t>
+          <t>Cin Kubbesi</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786055295028</t>
+          <t>9786059257770</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Ücra Tenler</t>
+          <t>Sıradışılar Sırası</t>
         </is>
       </c>
       <c r="C80" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786055295820</t>
+          <t>9786055690441</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Çeşminil</t>
+          <t>Tutkularına Asılarak</t>
         </is>
       </c>
       <c r="C81" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786055295523</t>
+          <t>9786055690809</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Ahval-i Adiye</t>
+          <t>Uçurum</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786055690380</t>
+          <t>9786055295028</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Hüzün Seremonisi</t>
+          <t>Ücra Tenler</t>
         </is>
       </c>
       <c r="C83" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786059257503</t>
+          <t>9786055295820</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Denemedi Demesinler</t>
+          <t>Çeşminil</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786059257718</t>
+          <t>9786055295523</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Meyin Ezgisi</t>
+          <t>Ahval-i Adiye</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786055009212</t>
+          <t>9786055690380</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>İmkan(larda)sız Aşk</t>
+          <t>Hüzün Seremonisi</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786055295561</t>
+          <t>9786059257503</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Aşk Tatmayana Başka</t>
+          <t>Denemedi Demesinler</t>
         </is>
       </c>
       <c r="C87" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786055295370</t>
+          <t>9786059257718</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Vandal ve Buruk (Toplu Şiirler 2)</t>
+          <t>Meyin Ezgisi</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786052195352</t>
+          <t>9786055009212</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Yaşamak ve Ölmek</t>
+          <t>İmkan(larda)sız Aşk</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786059257572</t>
+          <t>9786055295561</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Yazılmamış Tarihte Bir Gezi</t>
+          <t>Aşk Tatmayana Başka</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786059257749</t>
+          <t>9786055295370</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Tutku</t>
+          <t>Vandal ve Buruk (Toplu Şiirler 2)</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786055690878</t>
+          <t>9786052195352</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Elfida'nın Düğünü 2. Kitap</t>
+          <t>Yaşamak ve Ölmek</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786055690175</t>
+          <t>9786059257572</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Norşen'de Orak Çekiç Monalisa 1. Kitap</t>
+          <t>Yazılmamış Tarihte Bir Gezi</t>
         </is>
       </c>
       <c r="C93" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786055690359</t>
+          <t>9786059257749</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Deli Cin Diyor Ki</t>
+          <t>Sessiz Tutku</t>
         </is>
       </c>
       <c r="C94" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786055295714</t>
+          <t>9786055690878</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Kar Kanatlı Melekler</t>
+          <t>Elfida'nın Düğünü 2. Kitap</t>
         </is>
       </c>
       <c r="C95" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786055690465</t>
+          <t>9786055690175</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Şehirli Kurnazı</t>
+          <t>Norşen'de Orak Çekiç Monalisa 1. Kitap</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786055295127</t>
+          <t>9786055690359</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Sağlamlara Özürlüyüz</t>
+          <t>Deli Cin Diyor Ki</t>
         </is>
       </c>
       <c r="C97" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786055690922</t>
+          <t>9786055295714</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Onlar Hayvandı Ama</t>
+          <t>Kar Kanatlı Melekler</t>
         </is>
       </c>
       <c r="C98" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786055690564</t>
+          <t>9786055690465</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Yürek Zor Bağış</t>
+          <t>Şehirli Kurnazı</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786055295585</t>
+          <t>9786055295127</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>İnsan Olmanın Lezzeti</t>
+          <t>Sağlamlara Özürlüyüz</t>
         </is>
       </c>
       <c r="C100" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786055295226</t>
+          <t>9786055690922</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Prangalı Düşler</t>
+          <t>Onlar Hayvandı Ama</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786055690212</t>
+          <t>9786055690564</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Şairlerden Kürt Sorununa Çözüm Önerileri</t>
+          <t>Yürek Zor Bağış</t>
         </is>
       </c>
       <c r="C102" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786055009847</t>
+          <t>9786055295585</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>3. Milenyum Siyasi Doktrini Yeter Gayrı!</t>
+          <t>İnsan Olmanın Lezzeti</t>
         </is>
       </c>
       <c r="C103" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786059257343</t>
+          <t>9786055295226</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Çıkarcının Teki</t>
+          <t>Prangalı Düşler</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786055295431</t>
+          <t>9786055690212</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Gönderilmiş Mektuplar</t>
+          <t>Şairlerden Kürt Sorununa Çözüm Önerileri</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786055690632</t>
+          <t>9786055009847</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Sus Yanığı</t>
+          <t>3. Milenyum Siyasi Doktrini Yeter Gayrı!</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786055009083</t>
+          <t>9786059257343</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Yalın Doruklar</t>
+          <t>Çıkarcının Teki</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786059257329</t>
+          <t>9786055295431</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Hırsızın Teki</t>
+          <t>Gönderilmiş Mektuplar</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786055295653</t>
+          <t>9786055690632</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Anne Bugün Cumartesi</t>
+          <t>Sus Yanığı</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786059257534</t>
+          <t>9786055009083</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Kurgu Düşün Sanat Edebiyat Dergisi Sayı: 17</t>
+          <t>Yalın Doruklar</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786059257275</t>
+          <t>9786059257329</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Kurgu Düşün Sanat Edebiyat Dergisi Sayı: 16</t>
+          <t>Hırsızın Teki</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786055009977</t>
+          <t>9786055295653</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Kurgu Düşün Sanat Edebiyat Dergisi Sayı: 15 Temmuz - Ağustos - Eylül 2015</t>
+          <t>Anne Bugün Cumartesi</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>200</v>
+        <v>80</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786055009786</t>
+          <t>9786059257534</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Kurgu Düşün Sanat Edebiyat Dergisi Sayı: 14 Şubat - Mart - Nisan 2015</t>
+          <t>Kurgu Düşün Sanat Edebiyat Dergisi Sayı: 17</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786055009328</t>
+          <t>9786059257275</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Kurgu Düşün Sanat Edebiyat Dergisi Sayı: 13 Mayıs - Haziran 2014</t>
+          <t>Kurgu Düşün Sanat Edebiyat Dergisi Sayı: 16</t>
         </is>
       </c>
       <c r="C114" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786055009007</t>
+          <t>9786055009977</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Kurgu Düşün Sanat Edebiyat Dergisi Sayı: 12 Kasım - Aralık 2013</t>
+          <t>Kurgu Düşün Sanat Edebiyat Dergisi Sayı: 15 Temmuz - Ağustos - Eylül 2015</t>
         </is>
       </c>
       <c r="C115" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786055295417</t>
+          <t>9786055009786</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Kurgu Düşün Sanat Edebiyat Dergisi Sayı: 11 Şubat - Mart 2013</t>
+          <t>Kurgu Düşün Sanat Edebiyat Dergisi Sayı: 14 Şubat - Mart - Nisan 2015</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>200</v>
+        <v>50</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786055690649</t>
+          <t>9786055009328</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Kurgu Düşün Sanat Edebiyat Dergisi Sayı: 9 Eylül - Ekim 2011</t>
+          <t>Kurgu Düşün Sanat Edebiyat Dergisi Sayı: 13 Mayıs - Haziran 2014</t>
         </is>
       </c>
       <c r="C117" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786055690588</t>
+          <t>9786055009007</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Kurgu Düşün Sanat Edebiyat Dergisi Sayı: 8 Mayıs - Haziran 2011</t>
+          <t>Kurgu Düşün Sanat Edebiyat Dergisi Sayı: 12 Kasım - Aralık 2013</t>
         </is>
       </c>
       <c r="C118" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786055690496</t>
+          <t>9786055295417</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Kurgu Düşün Sanat Edebiyat Dergisi Sayı: 7 Mart - Nisan 2011</t>
+          <t>Kurgu Düşün Sanat Edebiyat Dergisi Sayı: 11 Şubat - Mart 2013</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>4444444442853</t>
+          <t>9786055690649</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Kurgu Düşün Sanat Edebiyat Dergisi Sayı: 6 Ocak - Şubat 2011</t>
+          <t>Kurgu Düşün Sanat Edebiyat Dergisi Sayı: 9 Eylül - Ekim 2011</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786055690304</t>
+          <t>9786055690588</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Kurgu Düşün Sanat Edebiyat Dergisi Sayı: 5 Kasım - Aralık 2010</t>
+          <t>Kurgu Düşün Sanat Edebiyat Dergisi Sayı: 8 Mayıs - Haziran 2011</t>
         </is>
       </c>
       <c r="C121" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786055690250</t>
+          <t>9786055690496</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Kurgu Düşün Sanat Edebiyat Dergisi Sayı: 4 Eylül - Ekim 2010</t>
+          <t>Kurgu Düşün Sanat Edebiyat Dergisi Sayı: 7 Mart - Nisan 2011</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786055690243</t>
+          <t>4444444442853</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Kurgu Düşün Sanat Edebiyat Dergisi Sayı: 3 Temmuz - Ağustos 2010</t>
+          <t>Kurgu Düşün Sanat Edebiyat Dergisi Sayı: 6 Ocak - Şubat 2011</t>
         </is>
       </c>
       <c r="C123" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786055690144</t>
+          <t>9786055690304</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Kurgu Düşün Sanat Edebiyat Dergisi Sayı: 2 Mayıs - Haziran 2010</t>
+          <t>Kurgu Düşün Sanat Edebiyat Dergisi Sayı: 5 Kasım - Aralık 2010</t>
         </is>
       </c>
       <c r="C124" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786055690106</t>
+          <t>9786055690250</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Kurgu Düşün Sanat Edebiyat Dergisi Sayı: 1 Mart - Nisan 2010</t>
+          <t>Kurgu Düşün Sanat Edebiyat Dergisi Sayı: 4 Eylül - Ekim 2010</t>
         </is>
       </c>
       <c r="C125" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786052195604</t>
+          <t>9786055690243</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Mektup</t>
+          <t>Kurgu Düşün Sanat Edebiyat Dergisi Sayı: 3 Temmuz - Ağustos 2010</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786055009267</t>
+          <t>9786055690144</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Tutada Kırkından Sonra</t>
+          <t>Kurgu Düşün Sanat Edebiyat Dergisi Sayı: 2 Mayıs - Haziran 2010</t>
         </is>
       </c>
       <c r="C127" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786055009038</t>
+          <t>9786055690106</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>50232'ten Mektup</t>
+          <t>Kurgu Düşün Sanat Edebiyat Dergisi Sayı: 1 Mart - Nisan 2010</t>
         </is>
       </c>
       <c r="C128" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786055009199</t>
+          <t>9786052195604</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Yelkovan</t>
+          <t>Mektup</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786059257213</t>
+          <t>9786055009267</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Yağmalanmış Bir Göçün Ardı</t>
+          <t>Tutada Kırkından Sonra</t>
         </is>
       </c>
       <c r="C130" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786055009595</t>
+          <t>9786055009038</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Umudun Çocuğu</t>
+          <t>50232'ten Mektup</t>
         </is>
       </c>
       <c r="C131" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786055009915</t>
+          <t>9786055009199</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Mültecilik</t>
+          <t>Yelkovan</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786055295486</t>
+          <t>9786059257213</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Sana Yaşanmamışlıklara</t>
+          <t>Yağmalanmış Bir Göçün Ardı</t>
         </is>
       </c>
       <c r="C133" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786055690830</t>
+          <t>9786055009595</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Kağıt Kesiği</t>
+          <t>Umudun Çocuğu</t>
         </is>
       </c>
       <c r="C134" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786055690229</t>
+          <t>9786055009915</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Siyah Kar</t>
+          <t>Sosyal Mültecilik</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786055009434</t>
+          <t>9786055295486</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Şiir Çıkını</t>
+          <t>Sana Yaşanmamışlıklara</t>
         </is>
       </c>
       <c r="C136" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786055690977</t>
+          <t>9786055690830</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Siz Güzeldiniz Sonrasız Zamanlarda</t>
+          <t>Kağıt Kesiği</t>
         </is>
       </c>
       <c r="C137" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786055690908</t>
+          <t>9786055690229</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Şiir Kumbarası</t>
+          <t>Siyah Kar</t>
         </is>
       </c>
       <c r="C138" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786052195284</t>
+          <t>9786055009434</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Bazı Şeyler</t>
+          <t>Şiir Çıkını</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786055690991</t>
+          <t>9786055690977</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Aldanışlar - Toplu Şiirler 1</t>
+          <t>Siz Güzeldiniz Sonrasız Zamanlarda</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786055295912</t>
+          <t>9786055690908</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Bencil</t>
+          <t>Şiir Kumbarası</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786055295967</t>
+          <t>9786052195284</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Kur'an İlmi ile Yaratılıştan Yok Oluşa Yolculuk 2. Kitap</t>
+          <t>Bazı Şeyler</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>250</v>
+        <v>50</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786055295950</t>
+          <t>9786055690991</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Kur'an İlmi ile Allah Yolunda 1. Kitap</t>
+          <t>Aldanışlar - Toplu Şiirler 1</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786055295448</t>
+          <t>9786055295912</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Sessizliğimin Kalemi</t>
+          <t>Bencil</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786055690762</t>
+          <t>9786055295967</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Sen Eksik Kaldın</t>
+          <t>Kur'an İlmi ile Yaratılıştan Yok Oluşa Yolculuk 2. Kitap</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786055690816</t>
+          <t>9786055295950</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Saçların Coğrafyam Gibi Dağlık</t>
+          <t>Kur'an İlmi ile Allah Yolunda 1. Kitap</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786055009687</t>
+          <t>9786055295448</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Rojova</t>
+          <t>Sessizliğimin Kalemi</t>
         </is>
       </c>
       <c r="C147" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786055295233</t>
+          <t>9786055690762</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Yüreğimden Öptü</t>
+          <t>Sen Eksik Kaldın</t>
         </is>
       </c>
       <c r="C148" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786055690731</t>
+          <t>9786055690816</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Odalarda Bir Kandil</t>
+          <t>Saçların Coğrafyam Gibi Dağlık</t>
         </is>
       </c>
       <c r="C149" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786055690779</t>
+          <t>9786055009687</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Ne Çok Ah Ne Az Ey</t>
+          <t>Rojova</t>
         </is>
       </c>
       <c r="C150" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786052195055</t>
+          <t>9786055295233</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Son'suzluk</t>
+          <t>Ölüm Yüreğimden Öptü</t>
         </is>
       </c>
       <c r="C151" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786055009250</t>
+          <t>9786055690731</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Maviyse Güzeldi</t>
+          <t>Odalarda Bir Kandil</t>
         </is>
       </c>
       <c r="C152" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786052195185</t>
+          <t>9786055690779</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Mavi Şimal</t>
+          <t>Ne Çok Ah Ne Az Ey</t>
         </is>
       </c>
       <c r="C153" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786055295738</t>
+          <t>9786052195055</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Mavi Mısralar</t>
+          <t>Mutlu Son'suzluk</t>
         </is>
       </c>
       <c r="C154" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786055009700</t>
+          <t>9786055009250</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Kuşlara Su İçirenlerin Türküsü</t>
+          <t>Maviyse Güzeldi</t>
         </is>
       </c>
       <c r="C155" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786059257947</t>
+          <t>9786052195185</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Koyu Mavi Gece</t>
+          <t>Mavi Şimal</t>
         </is>
       </c>
       <c r="C156" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786055690786</t>
+          <t>9786055295738</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Kızılcık Şerbeti</t>
+          <t>Mavi Mısralar</t>
         </is>
       </c>
       <c r="C157" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786055009427</t>
+          <t>9786055009700</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Kervan</t>
+          <t>Kuşlara Su İçirenlerin Türküsü</t>
         </is>
       </c>
       <c r="C158" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786059257206</t>
+          <t>9786059257947</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Kelebek Mevsimi</t>
+          <t>Koyu Mavi Gece</t>
         </is>
       </c>
       <c r="C159" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786055690519</t>
+          <t>9786055690786</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Kasımda Çiçek Açmak</t>
+          <t>Kızılcık Şerbeti</t>
         </is>
       </c>
       <c r="C160" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786055009311</t>
+          <t>9786055009427</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Karganın Günlükleri</t>
+          <t>Kervan</t>
         </is>
       </c>
       <c r="C161" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786055009052</t>
+          <t>9786059257206</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Kalbimden Geçeni Gözümde Ara</t>
+          <t>Kelebek Mevsimi</t>
         </is>
       </c>
       <c r="C162" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786055690540</t>
+          <t>9786055690519</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>İzinli Pazartesi</t>
+          <t>Kasımda Çiçek Açmak</t>
         </is>
       </c>
       <c r="C163" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786055690670</t>
+          <t>9786055009311</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Kokar Sevdiğim</t>
+          <t>Karganın Günlükleri</t>
         </is>
       </c>
       <c r="C164" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786055690861</t>
+          <t>9786055009052</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>İmbat Postası</t>
+          <t>Kalbimden Geçeni Gözümde Ara</t>
         </is>
       </c>
       <c r="C165" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786059257022</t>
+          <t>9786055690540</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>İki Çay Söyle Gözlerine</t>
+          <t>İzinli Pazartesi</t>
         </is>
       </c>
       <c r="C166" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786055009922</t>
+          <t>9786055690670</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>İçimden Geçenler</t>
+          <t>İstanbul Kokar Sevdiğim</t>
         </is>
       </c>
       <c r="C167" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786059257114</t>
+          <t>9786055690861</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Hiçlikte Varlığın Şekillenişi</t>
+          <t>İmbat Postası</t>
         </is>
       </c>
       <c r="C168" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786055690915</t>
+          <t>9786059257022</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Hiç Zaman Sürgünleri</t>
+          <t>İki Çay Söyle Gözlerine</t>
         </is>
       </c>
       <c r="C169" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786055690571</t>
+          <t>9786055009922</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Hiç - Kırık Sezmeler</t>
+          <t>İçimden Geçenler</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786059257077</t>
+          <t>9786059257114</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Hattuşili'nin Vasiyeti</t>
+          <t>Hiçlikte Varlığın Şekillenişi</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786052195222</t>
+          <t>9786055690915</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Günkaçağı</t>
+          <t>Hiç Zaman Sürgünleri</t>
         </is>
       </c>
       <c r="C172" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786055295363</t>
+          <t>9786055690571</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Günışığından Huzmeler</t>
+          <t>Hiç - Kırık Sezmeler</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786059257855</t>
+          <t>9786059257077</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Gölgesiz Devler Defteri</t>
+          <t>Hattuşili'nin Vasiyeti</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786055690021</t>
+          <t>9786052195222</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Gölgesi Ağrıyan Bir Memenin Suçuyum</t>
+          <t>Günkaçağı</t>
         </is>
       </c>
       <c r="C175" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786055009205</t>
+          <t>9786055295363</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Gezi Koyun Çocukların Adını</t>
+          <t>Günışığından Huzmeler</t>
         </is>
       </c>
       <c r="C176" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786055009519</t>
+          <t>9786059257855</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Eylül Vapuru</t>
+          <t>Gölgesiz Devler Defteri</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786055295929</t>
+          <t>9786055690021</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Elveda Sürgün Kardelen</t>
+          <t>Gölgesi Ağrıyan Bir Memenin Suçuyum</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786055690823</t>
+          <t>9786055009205</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Düş - Yaralı</t>
+          <t>Gezi Koyun Çocukların Adını</t>
         </is>
       </c>
       <c r="C179" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786055295196</t>
+          <t>9786055009519</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Düş Varsılı</t>
+          <t>Eylül Vapuru</t>
         </is>
       </c>
       <c r="C180" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786055690373</t>
+          <t>9786055295929</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Düş İzi</t>
+          <t>Elveda Sürgün Kardelen</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786055295554</t>
+          <t>9786055690823</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Dolunay Etkisi</t>
+          <t>Düş - Yaralı</t>
         </is>
       </c>
       <c r="C182" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786059257237</t>
+          <t>9786055295196</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Dirgenlerin Şarkısı</t>
+          <t>Düş Varsılı</t>
         </is>
       </c>
       <c r="C183" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786055295646</t>
+          <t>9786055690373</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Deniz Uzuyor Lili</t>
+          <t>Düş İzi</t>
         </is>
       </c>
       <c r="C184" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786059257190</t>
+          <t>9786055295554</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Deneyim Senin Şarkındır</t>
+          <t>Dolunay Etkisi</t>
         </is>
       </c>
       <c r="C185" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786055009342</t>
+          <t>9786059257237</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Dağların ve Öksüzün Gölgesinde</t>
+          <t>Dirgenlerin Şarkısı</t>
         </is>
       </c>
       <c r="C186" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786055009458</t>
+          <t>9786055295646</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Çevgan</t>
+          <t>Deniz Uzuyor Lili</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786055295271</t>
+          <t>9786059257190</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Çayır Çimen ve Uzaklar</t>
+          <t>Deneyim Senin Şarkındır</t>
         </is>
       </c>
       <c r="C188" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786055295660</t>
+          <t>9786055009342</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Çapraz Güneş</t>
+          <t>Dağların ve Öksüzün Gölgesinde</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786055690151</t>
+          <t>9786055009458</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Canımı Yaktığın Kadar Büyüdüm</t>
+          <t>Çevgan</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786059257152</t>
+          <t>9786055295271</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Bir Ömür Gezmesi</t>
+          <t>Çayır Çimen ve Uzaklar</t>
         </is>
       </c>
       <c r="C191" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786055690434</t>
+          <t>9786055295660</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Bir Kadının En Mahrem Yeri</t>
+          <t>Çapraz Güneş</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786055690014</t>
+          <t>9786055690151</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Bir Derenin Gözyaşları Zilan</t>
+          <t>Canımı Yaktığın Kadar Büyüdüm</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786055690403</t>
+          <t>9786059257152</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Beni Göğsüne Düş</t>
+          <t>Bir Ömür Gezmesi</t>
         </is>
       </c>
       <c r="C194" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786055295721</t>
+          <t>9786055690434</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Ben Kimi Sevdiysem</t>
+          <t>Bir Kadının En Mahrem Yeri</t>
         </is>
       </c>
       <c r="C195" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786059257183</t>
+          <t>9786055690014</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Baharla Gelen Esintiler</t>
+          <t>Bir Derenin Gözyaşları Zilan</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786055295257</t>
+          <t>9786055690403</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Başucumdaki Karanlık</t>
+          <t>Beni Göğsüne Düş</t>
         </is>
       </c>
       <c r="C197" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786055690885</t>
+          <t>9786055295721</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Aynalı Oda</t>
+          <t>Ben Kimi Sevdiysem</t>
         </is>
       </c>
       <c r="C198" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786055690687</t>
+          <t>9786059257183</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Aynalı Konsol</t>
+          <t>Baharla Gelen Esintiler</t>
         </is>
       </c>
       <c r="C199" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786055009670</t>
+          <t>9786055295257</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Aşktır Zamansız Gelir</t>
+          <t>Başucumdaki Karanlık</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786055690069</t>
+          <t>9786055690885</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Aşksal Hakları İhlalen</t>
+          <t>Aynalı Oda</t>
         </is>
       </c>
       <c r="C201" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786055009489</t>
+          <t>9786055690687</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Kül</t>
+          <t>Aynalı Konsol</t>
         </is>
       </c>
       <c r="C202" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786055295172</t>
+          <t>9786055009670</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Aşk Dedim Ona</t>
+          <t>Aşktır Zamansız Gelir</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786055295134</t>
+          <t>9786055690069</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Aldanışlar - Toplu Şiirler 1</t>
+          <t>Aşksal Hakları İhlalen</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786055690342</t>
+          <t>9786055009489</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Ağustosböceği</t>
+          <t>Aşk-ı Kül</t>
         </is>
       </c>
       <c r="C205" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786059257787</t>
+          <t>9786055295172</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Adem'in Elması</t>
+          <t>Aşk Dedim Ona</t>
         </is>
       </c>
       <c r="C206" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786055295530</t>
+          <t>9786055295134</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Açılmış Koyu Siyah</t>
+          <t>Aldanışlar - Toplu Şiirler 1</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786055009588</t>
+          <t>9786055690342</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Zonguldak Yazıları</t>
+          <t>Ağustosböceği</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786055009939</t>
+          <t>9786059257787</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Başarının Adımları</t>
+          <t>Adem'in Elması</t>
         </is>
       </c>
       <c r="C209" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786055295509</t>
+          <t>9786055295530</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Yıldız Anahtarı</t>
+          <t>Açılmış Koyu Siyah</t>
         </is>
       </c>
       <c r="C210" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786055009441</t>
+          <t>9786055009588</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Hayatımız Zonguldak</t>
+          <t>Zonguldak Yazıları</t>
         </is>
       </c>
       <c r="C211" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786055690656</t>
+          <t>9786055009939</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Loti'yi Anlamak</t>
+          <t>Başarının Adımları</t>
         </is>
       </c>
       <c r="C212" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786055009908</t>
+          <t>9786055295509</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Hayatımız Fotoğraf</t>
+          <t>Yıldız Anahtarı</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786055295189</t>
+          <t>9786055009441</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>İnci ve İstiridye</t>
+          <t>Hayatımız Zonguldak</t>
         </is>
       </c>
       <c r="C214" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786055690694</t>
+          <t>9786055690656</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Kanatsız Nasıl</t>
+          <t>Loti'yi Anlamak</t>
         </is>
       </c>
       <c r="C215" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786055295875</t>
+          <t>9786055009908</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Dış Balkon İç Ses</t>
+          <t>Hayatımız Fotoğraf</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786055009762</t>
+          <t>9786055295189</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Sen Den Başka Yar Yok</t>
+          <t>İnci ve İstiridye</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786055009991</t>
+          <t>9786055690694</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Kardaki Ayak İzleri</t>
+          <t>Kanatsız Nasıl</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786055009809</t>
+          <t>9786055295875</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Düş Yangını</t>
+          <t>Dış Balkon İç Ses</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786055009564</t>
+          <t>9786055009762</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Oysa Nergis Mevsimi Değildi</t>
+          <t>Sen Den Başka Yar Yok</t>
         </is>
       </c>
       <c r="C220" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786055009182</t>
+          <t>9786055009991</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Son Nokta</t>
+          <t>Kardaki Ayak İzleri</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786059257305</t>
+          <t>9786055009809</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Yüreğimizdeki Öğretmen Yılmaz Sunucu; Elli İki Yaren Mektubu</t>
+          <t>Düş Yangını</t>
         </is>
       </c>
       <c r="C222" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786055295356</t>
+          <t>9786055009564</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Etnik Felsefe</t>
+          <t>Oysa Nergis Mevsimi Değildi</t>
         </is>
       </c>
       <c r="C223" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786055295080</t>
+          <t>9786055009182</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Mizah Ansiklopedisi</t>
+          <t>Son Nokta</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786055690892</t>
+          <t>9786059257305</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Ararat Ararat</t>
+          <t>Yüreğimizdeki Öğretmen Yılmaz Sunucu; Elli İki Yaren Mektubu</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786055295691</t>
+          <t>9786055295356</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Kuşatma Altında</t>
+          <t>Etnik Felsefe</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786055295004</t>
+          <t>9786055295080</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Zamandışı Sevişmek</t>
+          <t>Mizah Ansiklopedisi</t>
         </is>
       </c>
       <c r="C227" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786055690595</t>
+          <t>9786055690892</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Şifre Giz'li 17</t>
+          <t>Ararat Ararat</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786055009885</t>
+          <t>9786055295691</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Romanda Karakter Yaratmak</t>
+          <t>Kuşatma Altında</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786055009281</t>
+          <t>9786055295004</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Siz Ne Dersiniz?</t>
+          <t>Zamandışı Sevişmek</t>
         </is>
       </c>
       <c r="C230" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786055690755</t>
+          <t>9786055690595</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Poetika ve Felsefe</t>
+          <t>Şifre Giz'li 17</t>
         </is>
       </c>
       <c r="C231" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786055009373</t>
+          <t>9786055009885</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Mizah Ansiklopedisi II</t>
+          <t>Romanda Karakter Yaratmak</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786055009892</t>
+          <t>9786055009281</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Roman Nasıl Oluşur?</t>
+          <t>Siz Ne Dersiniz?</t>
         </is>
       </c>
       <c r="C233" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786055009830</t>
+          <t>9786055690755</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Terk Edemeyenler; Evliliklerde Üçüncü Kişiler</t>
+          <t>Poetika ve Felsefe</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786059257060</t>
+          <t>9786055009373</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Rüzgara Sarılmak</t>
+          <t>Mizah Ansiklopedisi II</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786055009090</t>
+          <t>9786055009892</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Üç Oyun</t>
+          <t>Roman Nasıl Oluşur?</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>800</v>
+        <v>250</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786055690625</t>
+          <t>9786055009830</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Gezinin Poetikası</t>
+          <t>Terk Edemeyenler; Evliliklerde Üçüncü Kişiler</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786055009779</t>
+          <t>9786059257060</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Deniz Ateş Alır mı?</t>
+          <t>Rüzgara Sarılmak</t>
         </is>
       </c>
       <c r="C238" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786055009694</t>
+          <t>9786055009090</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Gölgeme Işık Tutanlar</t>
+          <t>Üç Oyun</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>250</v>
+        <v>800</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786055295387</t>
+          <t>9786055690625</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Endülüs Güneşi Ziryab</t>
+          <t>Gezinin Poetikası</t>
         </is>
       </c>
       <c r="C240" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786055690984</t>
+          <t>9786055009779</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Aras Aras Goodbye Sona</t>
+          <t>Deniz Ateş Alır mı?</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786055690854</t>
+          <t>9786055009694</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Çakalkaplan</t>
+          <t>Gölgeme Işık Tutanlar</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786055690182</t>
+          <t>9786055295387</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Dostlarının Gözüyle Musa Anter</t>
+          <t>Endülüs Güneşi Ziryab</t>
         </is>
       </c>
       <c r="C243" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786055009984</t>
+          <t>9786055690984</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Cinayet Beyazı</t>
+          <t>Aras Aras Goodbye Sona</t>
         </is>
       </c>
       <c r="C244" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786055009793</t>
+          <t>9786055690854</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Ankaralı Nefise</t>
+          <t>Çakalkaplan</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786055009571</t>
+          <t>9786055690182</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Ruh Hekiminin Klinik Eğitiminde Hasta-Hekim İlişkisi</t>
+          <t>Dostlarının Gözüyle Musa Anter</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786055009403</t>
+          <t>9786055009984</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Miskin İle Derviş</t>
+          <t>Cinayet Beyazı</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786055009496</t>
+          <t>9786055009793</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Buteyra</t>
+          <t>Ankaralı Nefise</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786055009823</t>
+          <t>9786055009571</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Ten Kırmızısı - Ankara Altılısı 2</t>
+          <t>Ruh Hekiminin Klinik Eğitiminde Hasta-Hekim İlişkisi</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786055690847</t>
+          <t>9786055009403</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Satış ve Pazarlama Stratejileri</t>
+          <t>Miskin İle Derviş</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786055295318</t>
+          <t>9786055009496</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Ateş Uykusu</t>
+          <t>Buteyra</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>350</v>
+        <v>100</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786055295011</t>
+          <t>9786055009823</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Aşka Yorgun</t>
+          <t>Ten Kırmızısı - Ankara Altılısı 2</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786059257084</t>
+          <t>9786055690847</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Bireşim Yaratıcılık</t>
+          <t>Satış ve Pazarlama Stratejileri</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786055295202</t>
+          <t>9786055295318</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>1400 Temel Sınav Kelimesi</t>
+          <t>Ateş Uykusu</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786055295394</t>
+          <t>9786055295011</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Koanı Bulmak</t>
+          <t>Aşka Yorgun</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786055295462</t>
+          <t>9786059257084</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Mucize Kitap</t>
+          <t>Büyülü Bireşim Yaratıcılık</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786059257725</t>
+          <t>9786055295202</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Er Mektubu Görülememiştir</t>
+          <t>1400 Temel Sınav Kelimesi</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786059257541</t>
+          <t>9786055295394</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Ugarit'te Son/Bahar</t>
+          <t>Koanı Bulmak</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786055009625</t>
+          <t>9786055295462</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Trade Finance and Law Dictionary</t>
+          <t>Mucize Kitap</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
+          <t>9786059257725</t>
+        </is>
+      </c>
+      <c r="B260" s="1" t="inlineStr">
+        <is>
+          <t>Er Mektubu Görülememiştir</t>
+        </is>
+      </c>
+      <c r="C260" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="261" spans="1:3">
+      <c r="A261" s="1" t="inlineStr">
+        <is>
+          <t>9786059257541</t>
+        </is>
+      </c>
+      <c r="B261" s="1" t="inlineStr">
+        <is>
+          <t>Ugarit'te Son/Bahar</t>
+        </is>
+      </c>
+      <c r="C261" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="262" spans="1:3">
+      <c r="A262" s="1" t="inlineStr">
+        <is>
+          <t>9786055009625</t>
+        </is>
+      </c>
+      <c r="B262" s="1" t="inlineStr">
+        <is>
+          <t>Trade Finance and Law Dictionary</t>
+        </is>
+      </c>
+      <c r="C262" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="263" spans="1:3">
+      <c r="A263" s="1" t="inlineStr">
+        <is>
           <t>9786055009335</t>
         </is>
       </c>
-      <c r="B260" s="1" t="inlineStr">
+      <c r="B263" s="1" t="inlineStr">
         <is>
           <t>Bakara</t>
         </is>
       </c>
-      <c r="C260" s="1">
+      <c r="C263" s="1">
         <v>200</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>