--- v2 (2026-02-07)
+++ v3 (2026-03-30)
@@ -85,3970 +85,4105 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786055009076</t>
+          <t>9786052195062</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Sonbaharda Gül Açar mı?</t>
+          <t>Aklımda Kalan</t>
         </is>
       </c>
       <c r="C2" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255716293</t>
+          <t>9786055295295</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşım Ninem Adaşım Dedem</t>
+          <t>Su Duruluğu</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>260</v>
+        <v>50</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255716231</t>
+          <t>9786055690458</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Tanrı Şeytan İnsan</t>
+          <t>Beni İyi Günlerimizle Anımsa</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>400</v>
+        <v>50</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786055295097</t>
+          <t>9786055295073</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Soğuktu Gece</t>
+          <t>Bencil Söyleşi</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>3990000001996</t>
+          <t>9786055295981</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Eprimiş Hikayeler</t>
+          <t>Kötü Adam Yine Ben Oldum (Ciltli)</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786055009632</t>
+          <t>9786055009816</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Doğu ve Güneydoğu Anadolu Dilleri Karşılaştırmalı Sözlüğü</t>
+          <t>Felsefenin Bilissel Bilimi ve Yazma Edimi</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786055295141</t>
+          <t>9786055009618</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Gölge Gününün Azabı</t>
+          <t>Kısa Acil Psikoterapi</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786055295837</t>
+          <t>9786055009045</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Rahmetliden Özür Dile</t>
+          <t>Corpus; Edebiyat ve Felsefe Yazıları</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786055295455</t>
+          <t>9786059257008</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Maça Ası</t>
+          <t>PKK Terörist Bir Örgüt mü? Evrensel Demokratik Bir Güç mü?</t>
         </is>
       </c>
       <c r="C10" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786256694781</t>
+          <t>9786055009076</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Sahibine Ulaşmayacak Mektuplar - 1</t>
+          <t>Sonbaharda Gül Açar mı?</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786052195314</t>
+          <t>9786255716293</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar Bile Kurban</t>
+          <t>Arkadaşım Ninem Adaşım Dedem</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786055009021</t>
+          <t>9786255716231</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Wek Ku Venivisiye - Yazıldığı Gibidir</t>
+          <t>Tanrı Şeytan İnsan</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786055690939</t>
+          <t>9786055295097</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Udumbara</t>
+          <t>Soğuktu Gece</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786055009175</t>
+          <t>3990000001996</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Deniz Ben Mavi Sen</t>
+          <t>Eprimiş Hikayeler</t>
         </is>
       </c>
       <c r="C15" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786059257046</t>
+          <t>9786055009632</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Sürprizler Dünyası</t>
+          <t>Doğu ve Güneydoğu Anadolu Dilleri Karşılaştırmalı Sözlüğü</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786055295882</t>
+          <t>9786055295141</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Gözden Irak</t>
+          <t>Gölge Gününün Azabı</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786055009717</t>
+          <t>9786055295837</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Usta ile Cemile</t>
+          <t>Rahmetliden Özür Dile</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786055295776</t>
+          <t>9786055295455</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Bir Eğitimcinin Kırk Yılı</t>
+          <t>Maça Ası</t>
         </is>
       </c>
       <c r="C19" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786055295769</t>
+          <t>9786256694781</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Benim Adım Gurci</t>
+          <t>Sahibine Ulaşmayacak Mektuplar - 1</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786255716125</t>
+          <t>9786052195314</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzünü Tutan Eller</t>
+          <t>Çocuklar Bile Kurban</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786255716118</t>
+          <t>9786055009021</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Gülümseyen Atatürk Şiirleri</t>
+          <t>Wek Ku Venivisiye - Yazıldığı Gibidir</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786055295240</t>
+          <t>9786055690939</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Gizlenememiş Olan</t>
+          <t>Udumbara</t>
         </is>
       </c>
       <c r="C23" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786055295608</t>
+          <t>9786055009175</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Tut Yüreğimden Ustam</t>
+          <t>Deniz Ben Mavi Sen</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>80</v>
+        <v>200</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786055009472</t>
+          <t>9786059257046</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Aşk Engelli</t>
+          <t>Sürprizler Dünyası</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>400</v>
+        <v>100</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786059257411</t>
+          <t>9786055295882</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Diğerleri</t>
+          <t>Gözden Irak</t>
         </is>
       </c>
       <c r="C26" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786055009526</t>
+          <t>9786055009717</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>İnzal</t>
+          <t>Usta ile Cemile</t>
         </is>
       </c>
       <c r="C27" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786055295288</t>
+          <t>9786055295776</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Yükselen Yeni Devrim Dalgası</t>
+          <t>Bir Eğitimcinin Kırk Yılı</t>
         </is>
       </c>
       <c r="C28" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786059257800</t>
+          <t>9786055295769</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Zihnin Metafiziği Meditasyon, Feng Shui</t>
+          <t>Benim Adım Gurci</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786055690663</t>
+          <t>9786255716125</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Algı Bıçağı</t>
+          <t>Gökyüzünü Tutan Eller</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>50</v>
+        <v>350</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786055009502</t>
+          <t>9786255716118</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Dirilmek Yanan Sularda</t>
+          <t>Gülümseyen Atatürk Şiirleri</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786052195215</t>
+          <t>9786055295240</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Pirpirim</t>
+          <t>Gizlenememiş Olan</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786055295479</t>
+          <t>9786055295608</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Sistematik Felsefe</t>
+          <t>Tut Yüreğimden Ustam</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>200</v>
+        <v>80</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786055009151</t>
+          <t>9786055009472</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Ve Tarih Devrimcilerin Dürüstlüğüne Karar Vermiştir</t>
+          <t>Aşk Engelli</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786052195536</t>
+          <t>9786059257411</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Babalar İçin Baba Bir Kitap</t>
+          <t>Diğerleri</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786055690137</t>
+          <t>9786055009526</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>16: Ya Kuş Olayım ya da Babam Gelsin</t>
+          <t>İnzal</t>
         </is>
       </c>
       <c r="C36" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786055690298</t>
+          <t>9786055295288</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Tutkun</t>
+          <t>Yükselen Yeni Devrim Dalgası</t>
         </is>
       </c>
       <c r="C37" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786055690472</t>
+          <t>9786059257800</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Bir Mendil Kömür</t>
+          <t>Zihnin Metafiziği Meditasyon, Feng Shui</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786055690960</t>
+          <t>9786055690663</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Kendime Kendimin Dedikodusu</t>
+          <t>Algı Bıçağı</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>200</v>
+        <v>50</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786052195529</t>
+          <t>9786055009502</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Kısık Ateşte Biraz İnsan Biraz Yaşam</t>
+          <t>Dirilmek Yanan Sularda</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786055009861</t>
+          <t>9786052195215</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Tuhafiye</t>
+          <t>Pirpirim</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786055009878</t>
+          <t>9786055295479</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Kedi Kamburu</t>
+          <t>Sistematik Felsefe</t>
         </is>
       </c>
       <c r="C42" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786055009953</t>
+          <t>9786055009151</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Veresiye</t>
+          <t>Ve Tarih Devrimcilerin Dürüstlüğüne Karar Vermiştir</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786055009854</t>
+          <t>9786052195536</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Memleket-i Severler</t>
+          <t>Babalar İçin Baba Bir Kitap</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>100</v>
+        <v>400</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786055690366</t>
+          <t>9786055690137</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Aşktan Sonra Hayat</t>
+          <t>16: Ya Kuş Olayım ya da Babam Gelsin</t>
         </is>
       </c>
       <c r="C45" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786055009229</t>
+          <t>9786055690298</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Bir Kırık Cam Bir Kırık Türkü</t>
+          <t>Tutkun</t>
         </is>
       </c>
       <c r="C46" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>3990000001997</t>
+          <t>9786055690472</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Sırlar Şehrinin Şarkıları</t>
+          <t>Bir Mendil Kömür</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786055295103</t>
+          <t>9786055690960</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Sevgiye Yürek Gerek</t>
+          <t>Kendime Kendimin Dedikodusu</t>
         </is>
       </c>
       <c r="C48" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786059257138</t>
+          <t>9786052195529</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Çağın Dedikodusu - Psikiyatri 1. Kitap</t>
+          <t>Kısık Ateşte Biraz İnsan Biraz Yaşam</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786059257220</t>
+          <t>9786055009861</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Çağın Dedikodusu - Psikiyatri 2. Kitap</t>
+          <t>Tuhafiye</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786059257602</t>
+          <t>9786055009878</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Kur’an İlmi ile Sıfır Yok Her Sayı =1 (Bir)</t>
+          <t>Kedi Kamburu</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786052195406</t>
+          <t>9786055009953</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Kur'an İlmiyle Gerçeğe Doğru Gidiş ve Darwin</t>
+          <t>Veresiye</t>
         </is>
       </c>
       <c r="C52" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786059257763</t>
+          <t>9786055009854</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Kur'an İlmi İle Kendinizi Tanımak ve Geleceğinizi Öğrenmek İstemez Misiniz?</t>
+          <t>Memleket-i Severler</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786055009649</t>
+          <t>9786055690366</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Unutulmak Yorgunluğu</t>
+          <t>Aşktan Sonra Hayat</t>
         </is>
       </c>
       <c r="C54" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786052195253</t>
+          <t>9786055009229</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Göz Piçi</t>
+          <t>Bir Kırık Cam Bir Kırık Türkü</t>
         </is>
       </c>
       <c r="C55" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786055295707</t>
+          <t>3990000001997</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Şiir Okuma Anları</t>
+          <t>Sırlar Şehrinin Şarkıları</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786059257732</t>
+          <t>9786055295103</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Kadın Arkadaşımın Patronu</t>
+          <t>Sevgiye Yürek Gerek</t>
         </is>
       </c>
       <c r="C57" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786055690601</t>
+          <t>9786059257138</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Alıcı: Resul İnan (Hoşça Kal Sevgili)</t>
+          <t>Çağın Dedikodusu - Psikiyatri 1. Kitap</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>80</v>
+        <v>200</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786055690793</t>
+          <t>9786059257220</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Bahçesi</t>
+          <t>Çağın Dedikodusu - Psikiyatri 2. Kitap</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>70</v>
+        <v>200</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786052195543</t>
+          <t>9786059257602</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Gölge Aşıklar</t>
+          <t>Kur’an İlmi ile Sıfır Yok Her Sayı =1 (Bir)</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786059257671</t>
+          <t>9786052195406</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Kalbimin Tahtı Mutluluk Yolunda</t>
+          <t>Kur'an İlmiyle Gerçeğe Doğru Gidiş ve Darwin</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786055295622</t>
+          <t>9786059257763</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Dış Ve İç Düşmanla Kurtuluş Savaşı</t>
+          <t>Kur'an İlmi İle Kendinizi Tanımak ve Geleceğinizi Öğrenmek İstemez Misiniz?</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786059257893</t>
+          <t>9786055009649</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Enna'nın Müziği</t>
+          <t>Unutulmak Yorgunluğu</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786055009663</t>
+          <t>9786052195253</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Hoşça Kal Leyla</t>
+          <t>Göz Piçi</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786055009397</t>
+          <t>9786055295707</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Arsima Bir Sen, Bir De Ben</t>
+          <t>Şiir Okuma Anları</t>
         </is>
       </c>
       <c r="C65" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786055009748</t>
+          <t>9786059257732</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Hiçbir Şeyin Mavisi</t>
+          <t>Kadın Arkadaşımın Patronu</t>
         </is>
       </c>
       <c r="C66" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786055009069</t>
+          <t>9786055690601</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Kandela</t>
+          <t>Alıcı: Resul İnan (Hoşça Kal Sevgili)</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>200</v>
+        <v>80</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786052195130</t>
+          <t>9786055690793</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Sahi Kaç Rengin Toplamıyız?</t>
+          <t>Sevgi Bahçesi</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>150</v>
+        <v>70</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786052195048</t>
+          <t>9786052195543</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Bir Fıkra Bir Nefes Pekenok</t>
+          <t>Gölge Aşıklar</t>
         </is>
       </c>
       <c r="C69" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786055690748</t>
+          <t>9786059257671</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Soğuk Bir Güz Günü</t>
+          <t>Kalbimin Tahtı Mutluluk Yolunda</t>
         </is>
       </c>
       <c r="C70" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786055009533</t>
+          <t>9786055295622</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Suskunluğun Buğusu Toplu Şiirler - 1</t>
+          <t>Dış Ve İç Düşmanla Kurtuluş Savaşı</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786055295059</t>
+          <t>9786059257893</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Bahar Sızısı</t>
+          <t>Enna'nın Müziği</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>80</v>
+        <v>280</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786055690038</t>
+          <t>9786055009663</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Toplu Tiyatro Eserleri - 1</t>
+          <t>Hoşça Kal Leyla</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786055690090</t>
+          <t>9786055009397</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Parlament Mavisi Portakal Dilimleri</t>
+          <t>Arsima Bir Sen, Bir De Ben</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>60</v>
+        <v>200</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786059257756</t>
+          <t>9786055009748</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Bedeli Ödenen Sevgiler Oteli</t>
+          <t>Hiçbir Şeyin Mavisi</t>
         </is>
       </c>
       <c r="C75" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786059257381</t>
+          <t>9786055009069</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Moratoryum İçin Torso</t>
+          <t>Kandela</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786055009304</t>
+          <t>9786052195130</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Zeytin Ağacının Altında</t>
+          <t>Sahi Kaç Rengin Toplamıyız?</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786052195512</t>
+          <t>9786052195048</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Gezi/yorum</t>
+          <t>Bir Fıkra Bir Nefes Pekenok</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786055009656</t>
+          <t>9786055690748</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Cin Kubbesi</t>
+          <t>Soğuk Bir Güz Günü</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786059257770</t>
+          <t>9786055009533</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Sıradışılar Sırası</t>
+          <t>Suskunluğun Buğusu Toplu Şiirler - 1</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786055690441</t>
+          <t>9786055295059</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Tutkularına Asılarak</t>
+          <t>Bahar Sızısı</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786055690809</t>
+          <t>9786055690038</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Uçurum</t>
+          <t>Toplu Tiyatro Eserleri - 1</t>
         </is>
       </c>
       <c r="C82" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786055295028</t>
+          <t>9786055690090</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Ücra Tenler</t>
+          <t>Parlament Mavisi Portakal Dilimleri</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786055295820</t>
+          <t>9786059257756</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Çeşminil</t>
+          <t>Bedeli Ödenen Sevgiler Oteli</t>
         </is>
       </c>
       <c r="C84" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786055295523</t>
+          <t>9786059257381</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Ahval-i Adiye</t>
+          <t>Moratoryum İçin Torso</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786055690380</t>
+          <t>9786055009304</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Hüzün Seremonisi</t>
+          <t>Zeytin Ağacının Altında</t>
         </is>
       </c>
       <c r="C86" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786059257503</t>
+          <t>9786052195512</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Denemedi Demesinler</t>
+          <t>Gezi/yorum</t>
         </is>
       </c>
       <c r="C87" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786059257718</t>
+          <t>9786055009656</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Meyin Ezgisi</t>
+          <t>Cin Kubbesi</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786055009212</t>
+          <t>9786059257770</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>İmkan(larda)sız Aşk</t>
+          <t>Sıradışılar Sırası</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786055295561</t>
+          <t>9786055690441</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Aşk Tatmayana Başka</t>
+          <t>Tutkularına Asılarak</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786055295370</t>
+          <t>9786055690809</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Vandal ve Buruk (Toplu Şiirler 2)</t>
+          <t>Uçurum</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786052195352</t>
+          <t>9786055295028</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Yaşamak ve Ölmek</t>
+          <t>Ücra Tenler</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786059257572</t>
+          <t>9786055295820</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Yazılmamış Tarihte Bir Gezi</t>
+          <t>Çeşminil</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786059257749</t>
+          <t>9786055295523</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Tutku</t>
+          <t>Ahval-i Adiye</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786055690878</t>
+          <t>9786055690380</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Elfida'nın Düğünü 2. Kitap</t>
+          <t>Hüzün Seremonisi</t>
         </is>
       </c>
       <c r="C95" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786055690175</t>
+          <t>9786059257503</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Norşen'de Orak Çekiç Monalisa 1. Kitap</t>
+          <t>Denemedi Demesinler</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786055690359</t>
+          <t>9786059257718</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Deli Cin Diyor Ki</t>
+          <t>Meyin Ezgisi</t>
         </is>
       </c>
       <c r="C97" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786055295714</t>
+          <t>9786055009212</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Kar Kanatlı Melekler</t>
+          <t>İmkan(larda)sız Aşk</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786055690465</t>
+          <t>9786055295561</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Şehirli Kurnazı</t>
+          <t>Aşk Tatmayana Başka</t>
         </is>
       </c>
       <c r="C99" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786055295127</t>
+          <t>9786055295370</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Sağlamlara Özürlüyüz</t>
+          <t>Vandal ve Buruk (Toplu Şiirler 2)</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786055690922</t>
+          <t>9786052195352</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Onlar Hayvandı Ama</t>
+          <t>Yaşamak ve Ölmek</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786055690564</t>
+          <t>9786059257572</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Yürek Zor Bağış</t>
+          <t>Yazılmamış Tarihte Bir Gezi</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786055295585</t>
+          <t>9786059257749</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>İnsan Olmanın Lezzeti</t>
+          <t>Sessiz Tutku</t>
         </is>
       </c>
       <c r="C103" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786055295226</t>
+          <t>9786055690878</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Prangalı Düşler</t>
+          <t>Elfida'nın Düğünü 2. Kitap</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786055690212</t>
+          <t>9786055690175</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Şairlerden Kürt Sorununa Çözüm Önerileri</t>
+          <t>Norşen'de Orak Çekiç Monalisa 1. Kitap</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786055009847</t>
+          <t>9786055690359</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>3. Milenyum Siyasi Doktrini Yeter Gayrı!</t>
+          <t>Deli Cin Diyor Ki</t>
         </is>
       </c>
       <c r="C106" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786059257343</t>
+          <t>9786055295714</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Çıkarcının Teki</t>
+          <t>Kar Kanatlı Melekler</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786055295431</t>
+          <t>9786055690465</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Gönderilmiş Mektuplar</t>
+          <t>Şehirli Kurnazı</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786055690632</t>
+          <t>9786055295127</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Sus Yanığı</t>
+          <t>Sağlamlara Özürlüyüz</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786055009083</t>
+          <t>9786055690922</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Yalın Doruklar</t>
+          <t>Onlar Hayvandı Ama</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786059257329</t>
+          <t>9786055690564</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Hırsızın Teki</t>
+          <t>Yürek Zor Bağış</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786055295653</t>
+          <t>9786055295585</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Anne Bugün Cumartesi</t>
+          <t>İnsan Olmanın Lezzeti</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>80</v>
+        <v>200</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786059257534</t>
+          <t>9786055295226</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Kurgu Düşün Sanat Edebiyat Dergisi Sayı: 17</t>
+          <t>Prangalı Düşler</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786059257275</t>
+          <t>9786055690212</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Kurgu Düşün Sanat Edebiyat Dergisi Sayı: 16</t>
+          <t>Şairlerden Kürt Sorununa Çözüm Önerileri</t>
         </is>
       </c>
       <c r="C114" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786055009977</t>
+          <t>9786055009847</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Kurgu Düşün Sanat Edebiyat Dergisi Sayı: 15 Temmuz - Ağustos - Eylül 2015</t>
+          <t>3. Milenyum Siyasi Doktrini Yeter Gayrı!</t>
         </is>
       </c>
       <c r="C115" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786055009786</t>
+          <t>9786059257343</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Kurgu Düşün Sanat Edebiyat Dergisi Sayı: 14 Şubat - Mart - Nisan 2015</t>
+          <t>Çıkarcının Teki</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>50</v>
+        <v>150</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786055009328</t>
+          <t>9786055295431</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Kurgu Düşün Sanat Edebiyat Dergisi Sayı: 13 Mayıs - Haziran 2014</t>
+          <t>Gönderilmiş Mektuplar</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786055009007</t>
+          <t>9786055690632</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Kurgu Düşün Sanat Edebiyat Dergisi Sayı: 12 Kasım - Aralık 2013</t>
+          <t>Sus Yanığı</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786055295417</t>
+          <t>9786055009083</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Kurgu Düşün Sanat Edebiyat Dergisi Sayı: 11 Şubat - Mart 2013</t>
+          <t>Yalın Doruklar</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786055690649</t>
+          <t>9786059257329</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Kurgu Düşün Sanat Edebiyat Dergisi Sayı: 9 Eylül - Ekim 2011</t>
+          <t>Hırsızın Teki</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786055690588</t>
+          <t>9786055295653</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Kurgu Düşün Sanat Edebiyat Dergisi Sayı: 8 Mayıs - Haziran 2011</t>
+          <t>Anne Bugün Cumartesi</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786055690496</t>
+          <t>9786059257534</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Kurgu Düşün Sanat Edebiyat Dergisi Sayı: 7 Mart - Nisan 2011</t>
+          <t>Kurgu Düşün Sanat Edebiyat Dergisi Sayı: 17</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>4444444442853</t>
+          <t>9786059257275</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Kurgu Düşün Sanat Edebiyat Dergisi Sayı: 6 Ocak - Şubat 2011</t>
+          <t>Kurgu Düşün Sanat Edebiyat Dergisi Sayı: 16</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786055690304</t>
+          <t>9786055009977</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Kurgu Düşün Sanat Edebiyat Dergisi Sayı: 5 Kasım - Aralık 2010</t>
+          <t>Kurgu Düşün Sanat Edebiyat Dergisi Sayı: 15 Temmuz - Ağustos - Eylül 2015</t>
         </is>
       </c>
       <c r="C124" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786055690250</t>
+          <t>9786055009786</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Kurgu Düşün Sanat Edebiyat Dergisi Sayı: 4 Eylül - Ekim 2010</t>
+          <t>Kurgu Düşün Sanat Edebiyat Dergisi Sayı: 14 Şubat - Mart - Nisan 2015</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786055690243</t>
+          <t>9786055009328</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Kurgu Düşün Sanat Edebiyat Dergisi Sayı: 3 Temmuz - Ağustos 2010</t>
+          <t>Kurgu Düşün Sanat Edebiyat Dergisi Sayı: 13 Mayıs - Haziran 2014</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786055690144</t>
+          <t>9786055009007</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Kurgu Düşün Sanat Edebiyat Dergisi Sayı: 2 Mayıs - Haziran 2010</t>
+          <t>Kurgu Düşün Sanat Edebiyat Dergisi Sayı: 12 Kasım - Aralık 2013</t>
         </is>
       </c>
       <c r="C127" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786055690106</t>
+          <t>9786055295417</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Kurgu Düşün Sanat Edebiyat Dergisi Sayı: 1 Mart - Nisan 2010</t>
+          <t>Kurgu Düşün Sanat Edebiyat Dergisi Sayı: 11 Şubat - Mart 2013</t>
         </is>
       </c>
       <c r="C128" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786052195604</t>
+          <t>9786055690649</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Mektup</t>
+          <t>Kurgu Düşün Sanat Edebiyat Dergisi Sayı: 9 Eylül - Ekim 2011</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786055009267</t>
+          <t>9786055690588</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Tutada Kırkından Sonra</t>
+          <t>Kurgu Düşün Sanat Edebiyat Dergisi Sayı: 8 Mayıs - Haziran 2011</t>
         </is>
       </c>
       <c r="C130" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786055009038</t>
+          <t>9786055690496</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>50232'ten Mektup</t>
+          <t>Kurgu Düşün Sanat Edebiyat Dergisi Sayı: 7 Mart - Nisan 2011</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786055009199</t>
+          <t>4444444442853</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Yelkovan</t>
+          <t>Kurgu Düşün Sanat Edebiyat Dergisi Sayı: 6 Ocak - Şubat 2011</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>200</v>
+        <v>50</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786059257213</t>
+          <t>9786055690304</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Yağmalanmış Bir Göçün Ardı</t>
+          <t>Kurgu Düşün Sanat Edebiyat Dergisi Sayı: 5 Kasım - Aralık 2010</t>
         </is>
       </c>
       <c r="C133" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786055009595</t>
+          <t>9786055690250</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Umudun Çocuğu</t>
+          <t>Kurgu Düşün Sanat Edebiyat Dergisi Sayı: 4 Eylül - Ekim 2010</t>
         </is>
       </c>
       <c r="C134" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786055009915</t>
+          <t>9786055690243</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Mültecilik</t>
+          <t>Kurgu Düşün Sanat Edebiyat Dergisi Sayı: 3 Temmuz - Ağustos 2010</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>250</v>
+        <v>50</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786055295486</t>
+          <t>9786055690144</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Sana Yaşanmamışlıklara</t>
+          <t>Kurgu Düşün Sanat Edebiyat Dergisi Sayı: 2 Mayıs - Haziran 2010</t>
         </is>
       </c>
       <c r="C136" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786055690830</t>
+          <t>9786055690106</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Kağıt Kesiği</t>
+          <t>Kurgu Düşün Sanat Edebiyat Dergisi Sayı: 1 Mart - Nisan 2010</t>
         </is>
       </c>
       <c r="C137" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786055690229</t>
+          <t>9786052195604</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Siyah Kar</t>
+          <t>Mektup</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786055009434</t>
+          <t>9786055009267</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Şiir Çıkını</t>
+          <t>Tutada Kırkından Sonra</t>
         </is>
       </c>
       <c r="C139" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786055690977</t>
+          <t>9786055009038</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Siz Güzeldiniz Sonrasız Zamanlarda</t>
+          <t>50232'ten Mektup</t>
         </is>
       </c>
       <c r="C140" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786055690908</t>
+          <t>9786055009199</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Şiir Kumbarası</t>
+          <t>Yelkovan</t>
         </is>
       </c>
       <c r="C141" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786052195284</t>
+          <t>9786059257213</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Bazı Şeyler</t>
+          <t>Yağmalanmış Bir Göçün Ardı</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786055690991</t>
+          <t>9786055009595</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Aldanışlar - Toplu Şiirler 1</t>
+          <t>Umudun Çocuğu</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786055295912</t>
+          <t>9786055009915</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Bencil</t>
+          <t>Sosyal Mültecilik</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786055295967</t>
+          <t>9786055295486</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Kur'an İlmi ile Yaratılıştan Yok Oluşa Yolculuk 2. Kitap</t>
+          <t>Sana Yaşanmamışlıklara</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786055295950</t>
+          <t>9786055690830</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Kur'an İlmi ile Allah Yolunda 1. Kitap</t>
+          <t>Kağıt Kesiği</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786055295448</t>
+          <t>9786055690229</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Sessizliğimin Kalemi</t>
+          <t>Siyah Kar</t>
         </is>
       </c>
       <c r="C147" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786055690762</t>
+          <t>9786055009434</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Sen Eksik Kaldın</t>
+          <t>Şiir Çıkını</t>
         </is>
       </c>
       <c r="C148" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786055690816</t>
+          <t>9786055690977</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Saçların Coğrafyam Gibi Dağlık</t>
+          <t>Siz Güzeldiniz Sonrasız Zamanlarda</t>
         </is>
       </c>
       <c r="C149" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786055009687</t>
+          <t>9786055690908</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Rojova</t>
+          <t>Şiir Kumbarası</t>
         </is>
       </c>
       <c r="C150" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786055295233</t>
+          <t>9786052195284</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Yüreğimden Öptü</t>
+          <t>Bazı Şeyler</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>200</v>
+        <v>50</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786055690731</t>
+          <t>9786055690991</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Odalarda Bir Kandil</t>
+          <t>Aldanışlar - Toplu Şiirler 1</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786055690779</t>
+          <t>9786055295912</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Ne Çok Ah Ne Az Ey</t>
+          <t>Bencil</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786052195055</t>
+          <t>9786055295967</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Son'suzluk</t>
+          <t>Kur'an İlmi ile Yaratılıştan Yok Oluşa Yolculuk 2. Kitap</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786055009250</t>
+          <t>9786055295950</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Maviyse Güzeldi</t>
+          <t>Kur'an İlmi ile Allah Yolunda 1. Kitap</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786052195185</t>
+          <t>9786055295448</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Mavi Şimal</t>
+          <t>Sessizliğimin Kalemi</t>
         </is>
       </c>
       <c r="C156" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786055295738</t>
+          <t>9786055690762</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Mavi Mısralar</t>
+          <t>Sen Eksik Kaldın</t>
         </is>
       </c>
       <c r="C157" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786055009700</t>
+          <t>9786055690816</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Kuşlara Su İçirenlerin Türküsü</t>
+          <t>Saçların Coğrafyam Gibi Dağlık</t>
         </is>
       </c>
       <c r="C158" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786059257947</t>
+          <t>9786055009687</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Koyu Mavi Gece</t>
+          <t>Rojova</t>
         </is>
       </c>
       <c r="C159" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786055690786</t>
+          <t>9786055295233</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Kızılcık Şerbeti</t>
+          <t>Ölüm Yüreğimden Öptü</t>
         </is>
       </c>
       <c r="C160" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786055009427</t>
+          <t>9786055690731</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Kervan</t>
+          <t>Odalarda Bir Kandil</t>
         </is>
       </c>
       <c r="C161" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786059257206</t>
+          <t>9786055690779</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Kelebek Mevsimi</t>
+          <t>Ne Çok Ah Ne Az Ey</t>
         </is>
       </c>
       <c r="C162" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786055690519</t>
+          <t>9786052195055</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Kasımda Çiçek Açmak</t>
+          <t>Mutlu Son'suzluk</t>
         </is>
       </c>
       <c r="C163" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786055009311</t>
+          <t>9786055009250</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Karganın Günlükleri</t>
+          <t>Maviyse Güzeldi</t>
         </is>
       </c>
       <c r="C164" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786055009052</t>
+          <t>9786052195185</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Kalbimden Geçeni Gözümde Ara</t>
+          <t>Mavi Şimal</t>
         </is>
       </c>
       <c r="C165" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786055690540</t>
+          <t>9786055295738</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>İzinli Pazartesi</t>
+          <t>Mavi Mısralar</t>
         </is>
       </c>
       <c r="C166" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786055690670</t>
+          <t>9786055009700</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Kokar Sevdiğim</t>
+          <t>Kuşlara Su İçirenlerin Türküsü</t>
         </is>
       </c>
       <c r="C167" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786055690861</t>
+          <t>9786059257947</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>İmbat Postası</t>
+          <t>Koyu Mavi Gece</t>
         </is>
       </c>
       <c r="C168" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786059257022</t>
+          <t>9786055690786</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>İki Çay Söyle Gözlerine</t>
+          <t>Kızılcık Şerbeti</t>
         </is>
       </c>
       <c r="C169" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786055009922</t>
+          <t>9786055009427</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>İçimden Geçenler</t>
+          <t>Kervan</t>
         </is>
       </c>
       <c r="C170" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786059257114</t>
+          <t>9786059257206</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Hiçlikte Varlığın Şekillenişi</t>
+          <t>Kelebek Mevsimi</t>
         </is>
       </c>
       <c r="C171" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786055690915</t>
+          <t>9786055690519</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Hiç Zaman Sürgünleri</t>
+          <t>Kasımda Çiçek Açmak</t>
         </is>
       </c>
       <c r="C172" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786055690571</t>
+          <t>9786055009311</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Hiç - Kırık Sezmeler</t>
+          <t>Karganın Günlükleri</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786059257077</t>
+          <t>9786055009052</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Hattuşili'nin Vasiyeti</t>
+          <t>Kalbimden Geçeni Gözümde Ara</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786052195222</t>
+          <t>9786055690540</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Günkaçağı</t>
+          <t>İzinli Pazartesi</t>
         </is>
       </c>
       <c r="C175" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786055295363</t>
+          <t>9786055690670</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Günışığından Huzmeler</t>
+          <t>İstanbul Kokar Sevdiğim</t>
         </is>
       </c>
       <c r="C176" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786059257855</t>
+          <t>9786055690861</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Gölgesiz Devler Defteri</t>
+          <t>İmbat Postası</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786055690021</t>
+          <t>9786059257022</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Gölgesi Ağrıyan Bir Memenin Suçuyum</t>
+          <t>İki Çay Söyle Gözlerine</t>
         </is>
       </c>
       <c r="C178" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786055009205</t>
+          <t>9786055009922</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Gezi Koyun Çocukların Adını</t>
+          <t>İçimden Geçenler</t>
         </is>
       </c>
       <c r="C179" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786055009519</t>
+          <t>9786059257114</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Eylül Vapuru</t>
+          <t>Hiçlikte Varlığın Şekillenişi</t>
         </is>
       </c>
       <c r="C180" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786055295929</t>
+          <t>9786055690915</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Elveda Sürgün Kardelen</t>
+          <t>Hiç Zaman Sürgünleri</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786055690823</t>
+          <t>9786055690571</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Düş - Yaralı</t>
+          <t>Hiç - Kırık Sezmeler</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786055295196</t>
+          <t>9786059257077</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Düş Varsılı</t>
+          <t>Hattuşili'nin Vasiyeti</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786055690373</t>
+          <t>9786052195222</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Düş İzi</t>
+          <t>Günkaçağı</t>
         </is>
       </c>
       <c r="C184" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786055295554</t>
+          <t>9786055295363</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Dolunay Etkisi</t>
+          <t>Günışığından Huzmeler</t>
         </is>
       </c>
       <c r="C185" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786059257237</t>
+          <t>9786059257855</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Dirgenlerin Şarkısı</t>
+          <t>Gölgesiz Devler Defteri</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786055295646</t>
+          <t>9786055690021</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Deniz Uzuyor Lili</t>
+          <t>Gölgesi Ağrıyan Bir Memenin Suçuyum</t>
         </is>
       </c>
       <c r="C187" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786059257190</t>
+          <t>9786055009205</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Deneyim Senin Şarkındır</t>
+          <t>Gezi Koyun Çocukların Adını</t>
         </is>
       </c>
       <c r="C188" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786055009342</t>
+          <t>9786055009519</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Dağların ve Öksüzün Gölgesinde</t>
+          <t>Eylül Vapuru</t>
         </is>
       </c>
       <c r="C189" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786055009458</t>
+          <t>9786055295929</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Çevgan</t>
+          <t>Elveda Sürgün Kardelen</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786055295271</t>
+          <t>9786055690823</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Çayır Çimen ve Uzaklar</t>
+          <t>Düş - Yaralı</t>
         </is>
       </c>
       <c r="C191" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786055295660</t>
+          <t>9786055295196</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Çapraz Güneş</t>
+          <t>Düş Varsılı</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786055690151</t>
+          <t>9786055690373</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Canımı Yaktığın Kadar Büyüdüm</t>
+          <t>Düş İzi</t>
         </is>
       </c>
       <c r="C193" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786059257152</t>
+          <t>9786055295554</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Bir Ömür Gezmesi</t>
+          <t>Dolunay Etkisi</t>
         </is>
       </c>
       <c r="C194" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786055690434</t>
+          <t>9786059257237</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Bir Kadının En Mahrem Yeri</t>
+          <t>Dirgenlerin Şarkısı</t>
         </is>
       </c>
       <c r="C195" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786055690014</t>
+          <t>9786055295646</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Bir Derenin Gözyaşları Zilan</t>
+          <t>Deniz Uzuyor Lili</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786055690403</t>
+          <t>9786059257190</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Beni Göğsüne Düş</t>
+          <t>Deneyim Senin Şarkındır</t>
         </is>
       </c>
       <c r="C197" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786055295721</t>
+          <t>9786055009342</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Ben Kimi Sevdiysem</t>
+          <t>Dağların ve Öksüzün Gölgesinde</t>
         </is>
       </c>
       <c r="C198" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786059257183</t>
+          <t>9786055009458</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Baharla Gelen Esintiler</t>
+          <t>Çevgan</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786055295257</t>
+          <t>9786055295271</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Başucumdaki Karanlık</t>
+          <t>Çayır Çimen ve Uzaklar</t>
         </is>
       </c>
       <c r="C200" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786055690885</t>
+          <t>9786055295660</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Aynalı Oda</t>
+          <t>Çapraz Güneş</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786055690687</t>
+          <t>9786055690151</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Aynalı Konsol</t>
+          <t>Canımı Yaktığın Kadar Büyüdüm</t>
         </is>
       </c>
       <c r="C202" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786055009670</t>
+          <t>9786059257152</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Aşktır Zamansız Gelir</t>
+          <t>Bir Ömür Gezmesi</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786055690069</t>
+          <t>9786055690434</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Aşksal Hakları İhlalen</t>
+          <t>Bir Kadının En Mahrem Yeri</t>
         </is>
       </c>
       <c r="C204" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786055009489</t>
+          <t>9786055690014</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Kül</t>
+          <t>Bir Derenin Gözyaşları Zilan</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786055295172</t>
+          <t>9786055690403</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Aşk Dedim Ona</t>
+          <t>Beni Göğsüne Düş</t>
         </is>
       </c>
       <c r="C206" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786055295134</t>
+          <t>9786055295721</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Aldanışlar - Toplu Şiirler 1</t>
+          <t>Ben Kimi Sevdiysem</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786055690342</t>
+          <t>9786059257183</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Ağustosböceği</t>
+          <t>Baharla Gelen Esintiler</t>
         </is>
       </c>
       <c r="C208" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786059257787</t>
+          <t>9786055295257</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Adem'in Elması</t>
+          <t>Başucumdaki Karanlık</t>
         </is>
       </c>
       <c r="C209" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786055295530</t>
+          <t>9786055690885</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Açılmış Koyu Siyah</t>
+          <t>Aynalı Oda</t>
         </is>
       </c>
       <c r="C210" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786055009588</t>
+          <t>9786055690687</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Zonguldak Yazıları</t>
+          <t>Aynalı Konsol</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786055009939</t>
+          <t>9786055009670</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Başarının Adımları</t>
+          <t>Aşktır Zamansız Gelir</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786055295509</t>
+          <t>9786055690069</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Yıldız Anahtarı</t>
+          <t>Aşksal Hakları İhlalen</t>
         </is>
       </c>
       <c r="C213" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786055009441</t>
+          <t>9786055009489</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Hayatımız Zonguldak</t>
+          <t>Aşk-ı Kül</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786055690656</t>
+          <t>9786055295172</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Loti'yi Anlamak</t>
+          <t>Aşk Dedim Ona</t>
         </is>
       </c>
       <c r="C215" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786055009908</t>
+          <t>9786055295134</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Hayatımız Fotoğraf</t>
+          <t>Aldanışlar - Toplu Şiirler 1</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786055295189</t>
+          <t>9786055690342</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>İnci ve İstiridye</t>
+          <t>Ağustosböceği</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786055690694</t>
+          <t>9786059257787</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Kanatsız Nasıl</t>
+          <t>Adem'in Elması</t>
         </is>
       </c>
       <c r="C218" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786055295875</t>
+          <t>9786055295530</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Dış Balkon İç Ses</t>
+          <t>Açılmış Koyu Siyah</t>
         </is>
       </c>
       <c r="C219" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786055009762</t>
+          <t>9786055009588</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Sen Den Başka Yar Yok</t>
+          <t>Zonguldak Yazıları</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786055009991</t>
+          <t>9786055009939</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Kardaki Ayak İzleri</t>
+          <t>Başarının Adımları</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786055009809</t>
+          <t>9786055295509</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Düş Yangını</t>
+          <t>Yıldız Anahtarı</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786055009564</t>
+          <t>9786055009441</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Oysa Nergis Mevsimi Değildi</t>
+          <t>Hayatımız Zonguldak</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786055009182</t>
+          <t>9786055690656</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Son Nokta</t>
+          <t>Loti'yi Anlamak</t>
         </is>
       </c>
       <c r="C224" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786059257305</t>
+          <t>9786055009908</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Yüreğimizdeki Öğretmen Yılmaz Sunucu; Elli İki Yaren Mektubu</t>
+          <t>Hayatımız Fotoğraf</t>
         </is>
       </c>
       <c r="C225" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786055295356</t>
+          <t>9786055295189</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Etnik Felsefe</t>
+          <t>İnci ve İstiridye</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786055295080</t>
+          <t>9786055690694</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Mizah Ansiklopedisi</t>
+          <t>Kanatsız Nasıl</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786055690892</t>
+          <t>9786055295875</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Ararat Ararat</t>
+          <t>Dış Balkon İç Ses</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786055295691</t>
+          <t>9786055009762</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Kuşatma Altında</t>
+          <t>Sen Den Başka Yar Yok</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786055295004</t>
+          <t>9786055009991</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Zamandışı Sevişmek</t>
+          <t>Kardaki Ayak İzleri</t>
         </is>
       </c>
       <c r="C230" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786055690595</t>
+          <t>9786055009809</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Şifre Giz'li 17</t>
+          <t>Düş Yangını</t>
         </is>
       </c>
       <c r="C231" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786055009885</t>
+          <t>9786055009564</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Romanda Karakter Yaratmak</t>
+          <t>Oysa Nergis Mevsimi Değildi</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786055009281</t>
+          <t>9786055009182</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Siz Ne Dersiniz?</t>
+          <t>Son Nokta</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786055690755</t>
+          <t>9786059257305</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Poetika ve Felsefe</t>
+          <t>Yüreğimizdeki Öğretmen Yılmaz Sunucu; Elli İki Yaren Mektubu</t>
         </is>
       </c>
       <c r="C234" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786055009373</t>
+          <t>9786055295356</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Mizah Ansiklopedisi II</t>
+          <t>Etnik Felsefe</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786055009892</t>
+          <t>9786055295080</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Roman Nasıl Oluşur?</t>
+          <t>Mizah Ansiklopedisi</t>
         </is>
       </c>
       <c r="C236" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786055009830</t>
+          <t>9786055690892</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Terk Edemeyenler; Evliliklerde Üçüncü Kişiler</t>
+          <t>Ararat Ararat</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786059257060</t>
+          <t>9786055295691</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Rüzgara Sarılmak</t>
+          <t>Kuşatma Altında</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786055009090</t>
+          <t>9786055295004</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Üç Oyun</t>
+          <t>Zamandışı Sevişmek</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>800</v>
+        <v>250</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786055690625</t>
+          <t>9786055690595</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Gezinin Poetikası</t>
+          <t>Şifre Giz'li 17</t>
         </is>
       </c>
       <c r="C240" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786055009779</t>
+          <t>9786055009885</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Deniz Ateş Alır mı?</t>
+          <t>Romanda Karakter Yaratmak</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786055009694</t>
+          <t>9786055009281</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Gölgeme Işık Tutanlar</t>
+          <t>Siz Ne Dersiniz?</t>
         </is>
       </c>
       <c r="C242" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786055295387</t>
+          <t>9786055690755</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Endülüs Güneşi Ziryab</t>
+          <t>Poetika ve Felsefe</t>
         </is>
       </c>
       <c r="C243" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786055690984</t>
+          <t>9786055009373</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Aras Aras Goodbye Sona</t>
+          <t>Mizah Ansiklopedisi II</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786055690854</t>
+          <t>9786055009892</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Çakalkaplan</t>
+          <t>Roman Nasıl Oluşur?</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786055690182</t>
+          <t>9786055009830</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Dostlarının Gözüyle Musa Anter</t>
+          <t>Terk Edemeyenler; Evliliklerde Üçüncü Kişiler</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786055009984</t>
+          <t>9786059257060</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Cinayet Beyazı</t>
+          <t>Rüzgara Sarılmak</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786055009793</t>
+          <t>9786055009090</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Ankaralı Nefise</t>
+          <t>Üç Oyun</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>300</v>
+        <v>800</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786055009571</t>
+          <t>9786055690625</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Ruh Hekiminin Klinik Eğitiminde Hasta-Hekim İlişkisi</t>
+          <t>Gezinin Poetikası</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786055009403</t>
+          <t>9786055009779</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Miskin İle Derviş</t>
+          <t>Deniz Ateş Alır mı?</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786055009496</t>
+          <t>9786055009694</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Buteyra</t>
+          <t>Gölgeme Işık Tutanlar</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786055009823</t>
+          <t>9786055295387</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Ten Kırmızısı - Ankara Altılısı 2</t>
+          <t>Endülüs Güneşi Ziryab</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786055690847</t>
+          <t>9786055690984</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Satış ve Pazarlama Stratejileri</t>
+          <t>Aras Aras Goodbye Sona</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786055295318</t>
+          <t>9786055690854</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Ateş Uykusu</t>
+          <t>Çakalkaplan</t>
         </is>
       </c>
       <c r="C254" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786055295011</t>
+          <t>9786055690182</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Aşka Yorgun</t>
+          <t>Dostlarının Gözüyle Musa Anter</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786059257084</t>
+          <t>9786055009984</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Bireşim Yaratıcılık</t>
+          <t>Cinayet Beyazı</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786055295202</t>
+          <t>9786055009793</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>1400 Temel Sınav Kelimesi</t>
+          <t>Ankaralı Nefise</t>
         </is>
       </c>
       <c r="C257" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786055295394</t>
+          <t>9786055009571</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Koanı Bulmak</t>
+          <t>Ruh Hekiminin Klinik Eğitiminde Hasta-Hekim İlişkisi</t>
         </is>
       </c>
       <c r="C258" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786055295462</t>
+          <t>9786055009403</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Mucize Kitap</t>
+          <t>Miskin İle Derviş</t>
         </is>
       </c>
       <c r="C259" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786059257725</t>
+          <t>9786055009496</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Er Mektubu Görülememiştir</t>
+          <t>Buteyra</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786059257541</t>
+          <t>9786055009823</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Ugarit'te Son/Bahar</t>
+          <t>Ten Kırmızısı - Ankara Altılısı 2</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786055009625</t>
+          <t>9786055690847</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Trade Finance and Law Dictionary</t>
+          <t>Satış ve Pazarlama Stratejileri</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
+          <t>9786055295318</t>
+        </is>
+      </c>
+      <c r="B263" s="1" t="inlineStr">
+        <is>
+          <t>Ateş Uykusu</t>
+        </is>
+      </c>
+      <c r="C263" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="264" spans="1:3">
+      <c r="A264" s="1" t="inlineStr">
+        <is>
+          <t>9786055295011</t>
+        </is>
+      </c>
+      <c r="B264" s="1" t="inlineStr">
+        <is>
+          <t>Aşka Yorgun</t>
+        </is>
+      </c>
+      <c r="C264" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="265" spans="1:3">
+      <c r="A265" s="1" t="inlineStr">
+        <is>
+          <t>9786059257084</t>
+        </is>
+      </c>
+      <c r="B265" s="1" t="inlineStr">
+        <is>
+          <t>Büyülü Bireşim Yaratıcılık</t>
+        </is>
+      </c>
+      <c r="C265" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="266" spans="1:3">
+      <c r="A266" s="1" t="inlineStr">
+        <is>
+          <t>9786055295202</t>
+        </is>
+      </c>
+      <c r="B266" s="1" t="inlineStr">
+        <is>
+          <t>1400 Temel Sınav Kelimesi</t>
+        </is>
+      </c>
+      <c r="C266" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="267" spans="1:3">
+      <c r="A267" s="1" t="inlineStr">
+        <is>
+          <t>9786055295394</t>
+        </is>
+      </c>
+      <c r="B267" s="1" t="inlineStr">
+        <is>
+          <t>Koanı Bulmak</t>
+        </is>
+      </c>
+      <c r="C267" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="268" spans="1:3">
+      <c r="A268" s="1" t="inlineStr">
+        <is>
+          <t>9786055295462</t>
+        </is>
+      </c>
+      <c r="B268" s="1" t="inlineStr">
+        <is>
+          <t>Mucize Kitap</t>
+        </is>
+      </c>
+      <c r="C268" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="269" spans="1:3">
+      <c r="A269" s="1" t="inlineStr">
+        <is>
+          <t>9786059257725</t>
+        </is>
+      </c>
+      <c r="B269" s="1" t="inlineStr">
+        <is>
+          <t>Er Mektubu Görülememiştir</t>
+        </is>
+      </c>
+      <c r="C269" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="270" spans="1:3">
+      <c r="A270" s="1" t="inlineStr">
+        <is>
+          <t>9786059257541</t>
+        </is>
+      </c>
+      <c r="B270" s="1" t="inlineStr">
+        <is>
+          <t>Ugarit'te Son/Bahar</t>
+        </is>
+      </c>
+      <c r="C270" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="271" spans="1:3">
+      <c r="A271" s="1" t="inlineStr">
+        <is>
+          <t>9786055009625</t>
+        </is>
+      </c>
+      <c r="B271" s="1" t="inlineStr">
+        <is>
+          <t>Trade Finance and Law Dictionary</t>
+        </is>
+      </c>
+      <c r="C271" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="272" spans="1:3">
+      <c r="A272" s="1" t="inlineStr">
+        <is>
           <t>9786055009335</t>
         </is>
       </c>
-      <c r="B263" s="1" t="inlineStr">
+      <c r="B272" s="1" t="inlineStr">
         <is>
           <t>Bakara</t>
         </is>
       </c>
-      <c r="C263" s="1">
+      <c r="C272" s="1">
         <v>200</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>