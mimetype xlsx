--- v0 (2026-02-07)
+++ v1 (2026-03-30)
@@ -1099,81 +1099,81 @@
         <is>
           <t>9786059479202</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
           <t>Seraph of the End - Kıyamet Meleği 8</t>
         </is>
       </c>
       <c r="C68" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
           <t>9786059479165</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
           <t>Dönüşüm</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
           <t>9786059479127</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
           <t>Seraph of the End - Kıyamet Meleği 2</t>
         </is>
       </c>
       <c r="C70" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
           <t>9786059479318</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
           <t>Yabancı</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
           <t>9786059479363</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
           <t>Seraph of the End - Kıyamet Meleği 16</t>
         </is>
       </c>
       <c r="C72" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
           <t>9786059479356</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
@@ -1249,51 +1249,51 @@
         <is>
           <t>9786059479349</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
           <t>Bro on the Go: Güncel Kurallar</t>
         </is>
       </c>
       <c r="C78" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
           <t>9786059479226</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
           <t>Satranç</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>240</v>
+        <v>275</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
           <t>9786059479264</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
           <t>Gantz / Cilt 7</t>
         </is>
       </c>
       <c r="C80" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
           <t>9786059479332</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
@@ -1369,51 +1369,51 @@
         <is>
           <t>9786059479110</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
           <t>Seraph of the End - Kıyamet Meleği 1</t>
         </is>
       </c>
       <c r="C86" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
           <t>9786059479004</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
           <t>Teşebbüs</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
           <t>9786059479257</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
           <t>Gantz / Cilt 6</t>
         </is>
       </c>
       <c r="C88" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
           <t>9786059479066</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>