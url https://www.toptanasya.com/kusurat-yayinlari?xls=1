--- v0 (2025-11-01)
+++ v1 (2026-02-07)
@@ -85,1030 +85,1045 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786057286840</t>
+          <t>9786057286857</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Bir Vedayı Hak Etmiyor Muyuz?</t>
+          <t>Beton</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>320</v>
+        <v>150</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786057286833</t>
+          <t>9786057286840</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Kaygıyla Yaşam(a) Rehberi</t>
+          <t>Bir Vedayı Hak Etmiyor Muyuz?</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786057130358</t>
+          <t>9786057286833</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Birdenbire</t>
+          <t>Kaygıyla Yaşam(a) Rehberi</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786057130365</t>
+          <t>9786057130358</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Unutursam Geçer Belki</t>
+          <t>Birdenbire</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786057413727</t>
+          <t>9786057130365</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Senaryo Yazım Bilimi</t>
+          <t>Unutursam Geçer Belki</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>270</v>
+        <v>250</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786058032866</t>
+          <t>9786057413727</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Epidemik Eros</t>
+          <t>Senaryo Yazım Bilimi</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>150</v>
+        <v>270</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786057413710</t>
+          <t>9786058032866</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Diyalog Yazma Sanatı</t>
+          <t>Epidemik Eros</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>290</v>
+        <v>150</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786058032804</t>
+          <t>9786057413710</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>İnsan Boşluktan İbaret</t>
+          <t>Diyalog Yazma Sanatı</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>150</v>
+        <v>290</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786056785931</t>
+          <t>9786058032804</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Oh Kaos</t>
+          <t>İnsan Boşluktan İbaret</t>
         </is>
       </c>
       <c r="C10" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786056785993</t>
+          <t>9786056785931</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Kapattık Kardeşim</t>
+          <t>Oh Kaos</t>
         </is>
       </c>
       <c r="C11" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786057286826</t>
+          <t>9786056785993</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Aslan’ın Tarif Defteri</t>
+          <t>Kapattık Kardeşim</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786057471505</t>
+          <t>9786057286826</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Aklımın Aynalı Çarşısı</t>
+          <t>Aslan’ın Tarif Defteri</t>
         </is>
       </c>
       <c r="C13" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786057413703</t>
+          <t>9786057471505</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Gişe Rekorları Kıran Filmler Nasıl Yazılır?</t>
+          <t>Aklımın Aynalı Çarşısı</t>
         </is>
       </c>
       <c r="C14" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786057286819</t>
+          <t>9786057413703</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Mahalleden Arkadaşlar</t>
+          <t>Gişe Rekorları Kıran Filmler Nasıl Yazılır?</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786056785986</t>
+          <t>9786057286819</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Güney Afrika: Kıtanın Gökkuşağı</t>
+          <t>Mahalleden Arkadaşlar</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786057177964</t>
+          <t>9786056785986</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Neden Hep Ben?</t>
+          <t>Güney Afrika: Kıtanın Gökkuşağı</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786057177957</t>
+          <t>9786057177964</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Bu His Sizin mi?</t>
+          <t>Neden Hep Ben?</t>
         </is>
       </c>
       <c r="C18" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786057177940</t>
+          <t>9786057177957</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Depresyon Ne İşe Yarar?</t>
+          <t>Bu His Sizin mi?</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786057130389</t>
+          <t>9786057177940</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Eksik Bir Şey mi Var?</t>
+          <t>Depresyon Ne İşe Yarar?</t>
         </is>
       </c>
       <c r="C20" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786057130372</t>
+          <t>9786057130389</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Gezen Tüy</t>
+          <t>Eksik Bir Şey mi Var?</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786057130334</t>
+          <t>9786057130372</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Ya Bir Gün Kavanoz Kapakları Biterse?</t>
+          <t>Dünyayı Gezen Tüy</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786057413758</t>
+          <t>9786057130334</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Her Şey Eksik Her Şey Tamam</t>
+          <t>Ya Bir Gün Kavanoz Kapakları Biterse?</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786057413741</t>
+          <t>9786057413758</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’un Kayıp Mührü</t>
+          <t>Her Şey Eksik Her Şey Tamam</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>170</v>
+        <v>230</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786056722783</t>
+          <t>9786057413741</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Japonya: Modern Bir İmparatorluğun Anatomisi</t>
+          <t>İstanbul’un Kayıp Mührü</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786056722769</t>
+          <t>9786056722783</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>İyiyim Oturuyorum</t>
+          <t>Japonya: Modern Bir İmparatorluğun Anatomisi</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>240</v>
+        <v>150</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786056722776</t>
+          <t>9786056722769</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Yaptığımız Çocukluk</t>
+          <t>İyiyim Oturuyorum</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786056722714</t>
+          <t>9786056722776</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Anne Olunca Anlarsın</t>
+          <t>Yaptığımız Çocukluk</t>
         </is>
       </c>
       <c r="C28" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>3990000058962</t>
+          <t>9786056722714</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Size Baba Diyebilir Miyim?</t>
+          <t>Anne Olunca Anlarsın</t>
         </is>
       </c>
       <c r="C29" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786057413734</t>
+          <t>3990000058962</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Plüton’un Dünya Umurunda Değil</t>
+          <t>Size Baba Diyebilir Miyim?</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786058032873</t>
+          <t>9786057413734</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Keşke Unutsam</t>
+          <t>Plüton’un Dünya Umurunda Değil</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>190</v>
+        <v>170</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786057471574</t>
+          <t>9786058032873</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Beslenme</t>
+          <t>Keşke Unutsam</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>250</v>
+        <v>190</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786058032828</t>
+          <t>9786057471574</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Çarşamba Çikolataları</t>
+          <t>Mutlu Beslenme</t>
         </is>
       </c>
       <c r="C33" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786057471598</t>
+          <t>9786058032828</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Çocukluğum ve Çocuğum</t>
+          <t>Çarşamba Çikolataları</t>
         </is>
       </c>
       <c r="C34" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786057471581</t>
+          <t>9786057471598</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>O Zaman Gerçeği Nasıl Öğreneceğiz?</t>
+          <t>Çocukluğum ve Çocuğum</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>245</v>
+        <v>250</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786056882562</t>
+          <t>9786057471581</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Düşmek Baladı</t>
+          <t>O Zaman Gerçeği Nasıl Öğreneceğiz?</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>150</v>
+        <v>245</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786058032897</t>
+          <t>9786056882562</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Terapi Odasında İyileşen İlişkiler</t>
+          <t>Düşmek Baladı</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786056882548</t>
+          <t>9786058032897</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>İmkansız İlişkilerden Mümkün İlişkilere</t>
+          <t>Terapi Odasında İyileşen İlişkiler</t>
         </is>
       </c>
       <c r="C38" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786056882555</t>
+          <t>9786056882548</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Bunun Böyle Olmaması Lazımdı</t>
+          <t>İmkansız İlişkilerden Mümkün İlişkilere</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786058032859</t>
+          <t>9786056882555</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Uyanışı 2</t>
+          <t>Bunun Böyle Olmaması Lazımdı</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786056882517</t>
+          <t>9786058032859</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Sema'nın Sağlıklı Mutfağı</t>
+          <t>Dünyanın Uyanışı 2</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786056785924</t>
+          <t>9786056882517</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>İz: Portreler Vesaire</t>
+          <t>Sema'nın Sağlıklı Mutfağı</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786058032835</t>
+          <t>9786056785924</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Eyvahlar Olsun</t>
+          <t>İz: Portreler Vesaire</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786056785917</t>
+          <t>9786058032835</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Ben Orada Değildim Üstelik Siz De Yoktunuz</t>
+          <t>Eyvahlar Olsun</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>270</v>
+        <v>250</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786056785979</t>
+          <t>9786056785917</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Bir Anne Kolay Yetişmiyor</t>
+          <t>Ben Orada Değildim Üstelik Siz De Yoktunuz</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>150</v>
+        <v>270</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786057286802</t>
+          <t>9786056785979</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Duygusal Oyunlar</t>
+          <t>Bir Anne Kolay Yetişmiyor</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>330</v>
+        <v>150</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786057130310</t>
+          <t>9786057286802</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Bir Cinayetin Kakofonisi</t>
+          <t>Duygusal Oyunlar</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>230</v>
+        <v>330</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786057130341</t>
+          <t>9786057130310</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Söz Uçar Hasar Kalır</t>
+          <t>Bir Cinayetin Kakofonisi</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786057413765</t>
+          <t>9786057130341</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Su Yok Ekmek Yok</t>
+          <t>Söz Uçar Hasar Kalır</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786057413772</t>
+          <t>9786057413765</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Bam Bam! Ay’a Bir Şey Oluyor</t>
+          <t>Su Yok Ekmek Yok</t>
         </is>
       </c>
       <c r="C50" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786057471512</t>
+          <t>9786057413772</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Rüyaların Yazıldığı Yer</t>
+          <t>Bam Bam! Ay’a Bir Şey Oluyor</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786057471567</t>
+          <t>9786057471512</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Fazla Yağ Göz Çıkarmaz</t>
+          <t>Rüyaların Yazıldığı Yer</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786057471536</t>
+          <t>9786057471567</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Kemikler</t>
+          <t>Fazla Yağ Göz Çıkarmaz</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786057471543</t>
+          <t>9786057471536</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Üç Kelimelik Dünya</t>
+          <t>Mutlu Kemikler</t>
         </is>
       </c>
       <c r="C54" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786057471550</t>
+          <t>9786057471543</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Peru: İnkaların Günümüze Mirası</t>
+          <t>Üç Kelimelik Dünya</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786058032880</t>
+          <t>9786057471550</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Rewrite Man</t>
+          <t>Peru: İnkaların Günümüze Mirası</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786058032842</t>
+          <t>9786058032880</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Büyük Duygular Küçük Mucizeler</t>
+          <t>Rewrite Man</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786058032811</t>
+          <t>9786058032842</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Hikayemi Ben Seçtim</t>
+          <t>Büyük Duygular Küçük Mucizeler</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>240</v>
+        <v>150</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786056882593</t>
+          <t>9786058032811</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Bari Soyup Verseydin</t>
+          <t>Hikayemi Ben Seçtim</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786056882579</t>
+          <t>9786056882593</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Plaza İnsanı Mutfakta</t>
+          <t>Bari Soyup Verseydin</t>
         </is>
       </c>
       <c r="C60" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786056882586</t>
+          <t>9786056882579</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1</t>
+          <t>Plaza İnsanı Mutfakta</t>
         </is>
       </c>
       <c r="C61" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786056785948</t>
+          <t>9786056882586</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>4 Enişte 1 Cenaze</t>
+          <t>Toplu Oyunları 1</t>
         </is>
       </c>
       <c r="C62" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786056785955</t>
+          <t>9786056785948</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Leyla ile Mecnun</t>
+          <t>4 Enişte 1 Cenaze</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>320</v>
+        <v>150</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786056785900</t>
+          <t>9786056785955</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Konuşan Öyküler</t>
+          <t>Leyla ile Mecnun</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>150</v>
+        <v>320</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786056722790</t>
+          <t>9786056785900</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>İnsan Çürümeye Başladığında</t>
+          <t>Konuşan Öyküler</t>
         </is>
       </c>
       <c r="C65" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786056722752</t>
+          <t>9786056722790</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Aurora’nın İlk Öpücüğü</t>
+          <t>İnsan Çürümeye Başladığında</t>
         </is>
       </c>
       <c r="C66" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
+          <t>9786056722752</t>
+        </is>
+      </c>
+      <c r="B67" s="1" t="inlineStr">
+        <is>
+          <t>Aurora’nın İlk Öpücüğü</t>
+        </is>
+      </c>
+      <c r="C67" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="68" spans="1:3">
+      <c r="A68" s="1" t="inlineStr">
+        <is>
           <t>9786056722738</t>
         </is>
       </c>
-      <c r="B67" s="1" t="inlineStr">
+      <c r="B68" s="1" t="inlineStr">
         <is>
           <t>Ayna Ayna</t>
         </is>
       </c>
-      <c r="C67" s="1">
+      <c r="C68" s="1">
         <v>120</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>