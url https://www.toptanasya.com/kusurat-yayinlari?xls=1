--- v1 (2026-02-07)
+++ v2 (2026-03-30)
@@ -85,1045 +85,1195 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786057286857</t>
+          <t>9786057177995</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Beton</t>
+          <t>Mars'tan İzin Aldın mı?</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>150</v>
+        <v>98</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786057286840</t>
+          <t>9786057177971</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Bir Vedayı Hak Etmiyor Muyuz?</t>
+          <t>Esir Şehre Dönüş</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>320</v>
+        <v>90</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786057286833</t>
+          <t>9786057130327</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Kaygıyla Yaşam(a) Rehberi</t>
+          <t>Hani Artardı?</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>250</v>
+        <v>90</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786057130358</t>
+          <t>9786057413789</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Birdenbire</t>
+          <t>Mayanda Ne Var?</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786057130365</t>
+          <t>9786056882524</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Unutursam Geçer Belki</t>
+          <t>Evrak Kürek</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>250</v>
+        <v>110</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786057413727</t>
+          <t>9786056882500</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Senaryo Yazım Bilimi</t>
+          <t>Dünyanın Uyanışı</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>270</v>
+        <v>150</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786058032866</t>
+          <t>9786056722707</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Epidemik Eros</t>
+          <t>Liseden Arkadaşlar</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786057413710</t>
+          <t>9786057471529</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Diyalog Yazma Sanatı</t>
+          <t>Serisonu Katil</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>290</v>
+        <v>180</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786058032804</t>
+          <t>9786056882531</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>İnsan Boşluktan İbaret</t>
+          <t>Hayatındaki Tüm Kışları Unutan Adam</t>
         </is>
       </c>
       <c r="C10" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786056785931</t>
+          <t>9786056785962</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Oh Kaos</t>
+          <t>Vale’in Senaryo Teknikleri</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>150</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786056785993</t>
+          <t>9786057286857</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Kapattık Kardeşim</t>
+          <t>Beton</t>
         </is>
       </c>
       <c r="C12" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786057286826</t>
+          <t>9786057286840</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Aslan’ın Tarif Defteri</t>
+          <t>Bir Vedayı Hak Etmiyor Muyuz?</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786057471505</t>
+          <t>9786057286833</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Aklımın Aynalı Çarşısı</t>
+          <t>Kaygıyla Yaşam(a) Rehberi</t>
         </is>
       </c>
       <c r="C14" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786057413703</t>
+          <t>9786057130358</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Gişe Rekorları Kıran Filmler Nasıl Yazılır?</t>
+          <t>Birdenbire</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786057286819</t>
+          <t>9786057130365</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Mahalleden Arkadaşlar</t>
+          <t>Unutursam Geçer Belki</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786056785986</t>
+          <t>9786057413727</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Güney Afrika: Kıtanın Gökkuşağı</t>
+          <t>Senaryo Yazım Bilimi</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786057177964</t>
+          <t>9786058032866</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Neden Hep Ben?</t>
+          <t>Epidemik Eros</t>
         </is>
       </c>
       <c r="C18" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786057177957</t>
+          <t>9786057413710</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Bu His Sizin mi?</t>
+          <t>Diyalog Yazma Sanatı</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>150</v>
+        <v>290</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786057177940</t>
+          <t>9786058032804</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Depresyon Ne İşe Yarar?</t>
+          <t>İnsan Boşluktan İbaret</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786057130389</t>
+          <t>9786056785931</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Eksik Bir Şey mi Var?</t>
+          <t>Oh Kaos</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786057130372</t>
+          <t>9786056785993</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Gezen Tüy</t>
+          <t>Kapattık Kardeşim</t>
         </is>
       </c>
       <c r="C22" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786057130334</t>
+          <t>9786057286826</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Ya Bir Gün Kavanoz Kapakları Biterse?</t>
+          <t>Aslan’ın Tarif Defteri</t>
         </is>
       </c>
       <c r="C23" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786057413758</t>
+          <t>9786057471505</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Her Şey Eksik Her Şey Tamam</t>
+          <t>Aklımın Aynalı Çarşısı</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786057413741</t>
+          <t>9786057413703</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’un Kayıp Mührü</t>
+          <t>Gişe Rekorları Kıran Filmler Nasıl Yazılır?</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786056722783</t>
+          <t>9786057286819</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Japonya: Modern Bir İmparatorluğun Anatomisi</t>
+          <t>Mahalleden Arkadaşlar</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>150</v>
+        <v>320</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786056722769</t>
+          <t>9786056785986</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>İyiyim Oturuyorum</t>
+          <t>Güney Afrika: Kıtanın Gökkuşağı</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786056722776</t>
+          <t>9786057177964</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Yaptığımız Çocukluk</t>
+          <t>Neden Hep Ben?</t>
         </is>
       </c>
       <c r="C28" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786056722714</t>
+          <t>9786057177957</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Anne Olunca Anlarsın</t>
+          <t>Bu His Sizin mi?</t>
         </is>
       </c>
       <c r="C29" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>3990000058962</t>
+          <t>9786057177940</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Size Baba Diyebilir Miyim?</t>
+          <t>Depresyon Ne İşe Yarar?</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786057413734</t>
+          <t>9786057130389</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Plüton’un Dünya Umurunda Değil</t>
+          <t>Eksik Bir Şey mi Var?</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786058032873</t>
+          <t>9786057130372</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Keşke Unutsam</t>
+          <t>Dünyayı Gezen Tüy</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786057471574</t>
+          <t>9786057130334</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Beslenme</t>
+          <t>Ya Bir Gün Kavanoz Kapakları Biterse?</t>
         </is>
       </c>
       <c r="C33" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786058032828</t>
+          <t>9786057413758</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Çarşamba Çikolataları</t>
+          <t>Her Şey Eksik Her Şey Tamam</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786057471598</t>
+          <t>9786057413741</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Çocukluğum ve Çocuğum</t>
+          <t>İstanbul’un Kayıp Mührü</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>250</v>
+        <v>170</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786057471581</t>
+          <t>9786056722783</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>O Zaman Gerçeği Nasıl Öğreneceğiz?</t>
+          <t>Japonya: Modern Bir İmparatorluğun Anatomisi</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>245</v>
+        <v>150</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786056882562</t>
+          <t>9786056722769</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Düşmek Baladı</t>
+          <t>İyiyim Oturuyorum</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786058032897</t>
+          <t>9786056722776</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Terapi Odasında İyileşen İlişkiler</t>
+          <t>Yaptığımız Çocukluk</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786056882548</t>
+          <t>9786056722714</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>İmkansız İlişkilerden Mümkün İlişkilere</t>
+          <t>Anne Olunca Anlarsın</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786056882555</t>
+          <t>3990000058962</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Bunun Böyle Olmaması Lazımdı</t>
+          <t>Size Baba Diyebilir Miyim?</t>
         </is>
       </c>
       <c r="C40" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786058032859</t>
+          <t>9786057413734</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Uyanışı 2</t>
+          <t>Plüton’un Dünya Umurunda Değil</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786056882517</t>
+          <t>9786058032873</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Sema'nın Sağlıklı Mutfağı</t>
+          <t>Keşke Unutsam</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>280</v>
+        <v>190</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786056785924</t>
+          <t>9786057471574</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>İz: Portreler Vesaire</t>
+          <t>Mutlu Beslenme</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786058032835</t>
+          <t>9786058032828</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Eyvahlar Olsun</t>
+          <t>Çarşamba Çikolataları</t>
         </is>
       </c>
       <c r="C44" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786056785917</t>
+          <t>9786057471598</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Ben Orada Değildim Üstelik Siz De Yoktunuz</t>
+          <t>Çocukluğum ve Çocuğum</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>270</v>
+        <v>250</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786056785979</t>
+          <t>9786057471581</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Bir Anne Kolay Yetişmiyor</t>
+          <t>O Zaman Gerçeği Nasıl Öğreneceğiz?</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>150</v>
+        <v>245</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786057286802</t>
+          <t>9786056882562</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Duygusal Oyunlar</t>
+          <t>Düşmek Baladı</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>330</v>
+        <v>150</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786057130310</t>
+          <t>9786058032897</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Bir Cinayetin Kakofonisi</t>
+          <t>Terapi Odasında İyileşen İlişkiler</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786057130341</t>
+          <t>9786056882548</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Söz Uçar Hasar Kalır</t>
+          <t>İmkansız İlişkilerden Mümkün İlişkilere</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786057413765</t>
+          <t>9786056882555</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Su Yok Ekmek Yok</t>
+          <t>Bunun Böyle Olmaması Lazımdı</t>
         </is>
       </c>
       <c r="C50" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786057413772</t>
+          <t>9786058032859</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Bam Bam! Ay’a Bir Şey Oluyor</t>
+          <t>Dünyanın Uyanışı 2</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786057471512</t>
+          <t>9786056882517</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Rüyaların Yazıldığı Yer</t>
+          <t>Sema'nın Sağlıklı Mutfağı</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786057471567</t>
+          <t>9786056785924</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Fazla Yağ Göz Çıkarmaz</t>
+          <t>İz: Portreler Vesaire</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786057471536</t>
+          <t>9786058032835</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Kemikler</t>
+          <t>Eyvahlar Olsun</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786057471543</t>
+          <t>9786056785917</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Üç Kelimelik Dünya</t>
+          <t>Ben Orada Değildim Üstelik Siz De Yoktunuz</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>150</v>
+        <v>270</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786057471550</t>
+          <t>9786056785979</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Peru: İnkaların Günümüze Mirası</t>
+          <t>Bir Anne Kolay Yetişmiyor</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786058032880</t>
+          <t>9786057286802</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Rewrite Man</t>
+          <t>Duygusal Oyunlar</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>250</v>
+        <v>330</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786058032842</t>
+          <t>9786057130310</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Büyük Duygular Küçük Mucizeler</t>
+          <t>Bir Cinayetin Kakofonisi</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786058032811</t>
+          <t>9786057130341</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Hikayemi Ben Seçtim</t>
+          <t>Söz Uçar Hasar Kalır</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786056882593</t>
+          <t>9786057413765</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Bari Soyup Verseydin</t>
+          <t>Su Yok Ekmek Yok</t>
         </is>
       </c>
       <c r="C60" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786056882579</t>
+          <t>9786057413772</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Plaza İnsanı Mutfakta</t>
+          <t>Bam Bam! Ay’a Bir Şey Oluyor</t>
         </is>
       </c>
       <c r="C61" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786056882586</t>
+          <t>9786057471512</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1</t>
+          <t>Rüyaların Yazıldığı Yer</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786056785948</t>
+          <t>9786057471567</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>4 Enişte 1 Cenaze</t>
+          <t>Fazla Yağ Göz Çıkarmaz</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786056785955</t>
+          <t>9786057471536</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Leyla ile Mecnun</t>
+          <t>Mutlu Kemikler</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>320</v>
+        <v>150</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786056785900</t>
+          <t>9786057471543</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Konuşan Öyküler</t>
+          <t>Üç Kelimelik Dünya</t>
         </is>
       </c>
       <c r="C65" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786056722790</t>
+          <t>9786057471550</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>İnsan Çürümeye Başladığında</t>
+          <t>Peru: İnkaların Günümüze Mirası</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786056722752</t>
+          <t>9786058032880</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Aurora’nın İlk Öpücüğü</t>
+          <t>Rewrite Man</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
+          <t>9786058032842</t>
+        </is>
+      </c>
+      <c r="B68" s="1" t="inlineStr">
+        <is>
+          <t>Büyük Duygular Küçük Mucizeler</t>
+        </is>
+      </c>
+      <c r="C68" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="69" spans="1:3">
+      <c r="A69" s="1" t="inlineStr">
+        <is>
+          <t>9786058032811</t>
+        </is>
+      </c>
+      <c r="B69" s="1" t="inlineStr">
+        <is>
+          <t>Hikayemi Ben Seçtim</t>
+        </is>
+      </c>
+      <c r="C69" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="70" spans="1:3">
+      <c r="A70" s="1" t="inlineStr">
+        <is>
+          <t>9786056882593</t>
+        </is>
+      </c>
+      <c r="B70" s="1" t="inlineStr">
+        <is>
+          <t>Bari Soyup Verseydin</t>
+        </is>
+      </c>
+      <c r="C70" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="71" spans="1:3">
+      <c r="A71" s="1" t="inlineStr">
+        <is>
+          <t>9786056882579</t>
+        </is>
+      </c>
+      <c r="B71" s="1" t="inlineStr">
+        <is>
+          <t>Plaza İnsanı Mutfakta</t>
+        </is>
+      </c>
+      <c r="C71" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="72" spans="1:3">
+      <c r="A72" s="1" t="inlineStr">
+        <is>
+          <t>9786056882586</t>
+        </is>
+      </c>
+      <c r="B72" s="1" t="inlineStr">
+        <is>
+          <t>Toplu Oyunları 1</t>
+        </is>
+      </c>
+      <c r="C72" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="73" spans="1:3">
+      <c r="A73" s="1" t="inlineStr">
+        <is>
+          <t>9786056785948</t>
+        </is>
+      </c>
+      <c r="B73" s="1" t="inlineStr">
+        <is>
+          <t>4 Enişte 1 Cenaze</t>
+        </is>
+      </c>
+      <c r="C73" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="74" spans="1:3">
+      <c r="A74" s="1" t="inlineStr">
+        <is>
+          <t>9786056785955</t>
+        </is>
+      </c>
+      <c r="B74" s="1" t="inlineStr">
+        <is>
+          <t>Leyla ile Mecnun</t>
+        </is>
+      </c>
+      <c r="C74" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="75" spans="1:3">
+      <c r="A75" s="1" t="inlineStr">
+        <is>
+          <t>9786056785900</t>
+        </is>
+      </c>
+      <c r="B75" s="1" t="inlineStr">
+        <is>
+          <t>Konuşan Öyküler</t>
+        </is>
+      </c>
+      <c r="C75" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="76" spans="1:3">
+      <c r="A76" s="1" t="inlineStr">
+        <is>
+          <t>9786056722790</t>
+        </is>
+      </c>
+      <c r="B76" s="1" t="inlineStr">
+        <is>
+          <t>İnsan Çürümeye Başladığında</t>
+        </is>
+      </c>
+      <c r="C76" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="77" spans="1:3">
+      <c r="A77" s="1" t="inlineStr">
+        <is>
+          <t>9786056722752</t>
+        </is>
+      </c>
+      <c r="B77" s="1" t="inlineStr">
+        <is>
+          <t>Aurora’nın İlk Öpücüğü</t>
+        </is>
+      </c>
+      <c r="C77" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="78" spans="1:3">
+      <c r="A78" s="1" t="inlineStr">
+        <is>
           <t>9786056722738</t>
         </is>
       </c>
-      <c r="B68" s="1" t="inlineStr">
+      <c r="B78" s="1" t="inlineStr">
         <is>
           <t>Ayna Ayna</t>
         </is>
       </c>
-      <c r="C68" s="1">
+      <c r="C78" s="1">
         <v>120</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>