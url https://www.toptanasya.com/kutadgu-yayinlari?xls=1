--- v0 (2025-11-01)
+++ v1 (2026-03-30)
@@ -85,415 +85,535 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259516219</t>
+          <t>9786259297101</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Mesih’in Peşinde</t>
+          <t>Sosyalizm ve Prusyacılık</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>265</v>
+        <v>260</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259516202</t>
+          <t>9786259297156</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Öldü mü? – Yaşayan Büyük Filozoflarla Söyleşiler</t>
+          <t>Emperyalizm</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>265</v>
+        <v>480</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259885100</t>
+          <t>9786259297149</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Ortaçağ Sonlarında Müslüman Şehirler</t>
+          <t>Salonlar İmparatorluğu</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>420</v>
+        <v>520</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259885193</t>
+          <t>9786259297125</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Kadın Kimliğinin İnşası ve Şule Yüksel Şenler</t>
+          <t>Sapkınlar</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>230</v>
+        <v>320</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259885179</t>
+          <t>9786259297132</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Politika İçin Kültür</t>
+          <t>Demokrasi Miti</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>265</v>
+        <v>250</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259885186</t>
+          <t>9786259516295</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Şiiri Tarihine Giriş</t>
+          <t>İki Devletli Çözümsüzlük – Filistin İçin Bir Direniş Stratejisi</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>230</v>
+        <v>360</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786057198198</t>
+          <t>9786259516288</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Üç Cepheye Ziyaret - Birinci Dünya Savaşında İtilaf Ordularına Bir Bakış</t>
+          <t>Çin Yoksulluk Tuzağından Nasıl Kurtuldu?</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>130</v>
+        <v>500</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786057198167</t>
+          <t>9786259297118</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Süryani Literatürü</t>
+          <t>Karar Yılları</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>230</v>
+        <v>340</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259885155</t>
+          <t>9786259516219</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Ortadoğu'yu Kuran İdeolojiler</t>
+          <t>Mesih’in Peşinde</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>420</v>
+        <v>340</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259885124</t>
+          <t>9786259516202</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Meryem Oğlu İsa Nasıl Tanrılaştırıldı?</t>
+          <t>Felsefe Öldü mü? – Yaşayan Büyük Filozoflarla Söyleşiler</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>420</v>
+        <v>340</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786057198136</t>
+          <t>9786259885100</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>İbn Haldun: Bir Giriş - Zamanın Ötesinde</t>
+          <t>Ortaçağ Sonlarında Müslüman Şehirler</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>130</v>
+        <v>500</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259885162</t>
+          <t>9786259885193</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Freud İmparatorluğunun Çöküşü</t>
+          <t>Müslüman Kadın Kimliğinin İnşası ve Şule Yüksel Şenler</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>355</v>
+        <v>300</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259885131</t>
+          <t>9786259885179</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Büyük Ayrışma - Çin, Avrupa ve Modern Dünya Ekonomisinin Oluşumu</t>
+          <t>Politika İçin Kültür</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>495</v>
+        <v>340</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786057198129</t>
+          <t>9786259885186</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Orta Çağ Avrupasında İslam Tasavvuru</t>
+          <t>Osmanlı Şiiri Tarihine Giriş</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259516271</t>
+          <t>9786057198198</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Yedi Ekim’e Giden Yol Filistin’de İslami Hareketin Tarihi</t>
+          <t>Üç Cepheye Ziyaret - Birinci Dünya Savaşında İtilaf Ordularına Bir Bakış</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>420</v>
+        <v>170</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786057198181</t>
+          <t>9786057198167</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Tiz Kellesi Vurula</t>
+          <t>Süryani Literatürü</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>325</v>
+        <v>300</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786259516264</t>
+          <t>9786259885155</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>İncilller Güvenilir Metinler Midir?</t>
+          <t>Ortadoğu'yu Kuran İdeolojiler</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786259516257</t>
+          <t>9786259885124</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Düşüşü</t>
+          <t>Meryem Oğlu İsa Nasıl Tanrılaştırıldı?</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786057198150</t>
+          <t>9786057198136</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>İttihatçı Şeflerin Gurbet Maceraları</t>
+          <t>İbn Haldun: Bir Giriş - Zamanın Ötesinde</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786259516233</t>
+          <t>9786259885162</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Türk ve Arap</t>
+          <t>Freud İmparatorluğunun Çöküşü</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>185</v>
+        <v>450</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786057198105</t>
+          <t>9786259885131</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Üniversitenin Yükselişi</t>
+          <t>Büyük Ayrışma - Çin, Avrupa ve Modern Dünya Ekonomisinin Oluşumu</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>230</v>
+        <v>600</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786057198112</t>
+          <t>9786057198129</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>İngiltere'de Türkofobi</t>
+          <t>Orta Çağ Avrupasında İslam Tasavvuru</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>230</v>
+        <v>260</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786259516226</t>
+          <t>9786259516271</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Bir Türk'ün Ruznamesi</t>
+          <t>Yedi Ekim’e Giden Yol Filistin’de İslami Hareketin Tarihi</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>230</v>
+        <v>420</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786259516240</t>
+          <t>9786057198181</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Nietzsche ve Postmodernizm</t>
+          <t>Tiz Kellesi Vurula</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>324</v>
+        <v>400</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
+          <t>9786259516264</t>
+        </is>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>İncilller Güvenilir Metinler Midir?</t>
+        </is>
+      </c>
+      <c r="C26" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="27" spans="1:3">
+      <c r="A27" s="1" t="inlineStr">
+        <is>
+          <t>9786259516257</t>
+        </is>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>İnsanın Düşüşü</t>
+        </is>
+      </c>
+      <c r="C27" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="28" spans="1:3">
+      <c r="A28" s="1" t="inlineStr">
+        <is>
+          <t>9786057198150</t>
+        </is>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>İttihatçı Şeflerin Gurbet Maceraları</t>
+        </is>
+      </c>
+      <c r="C28" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="29" spans="1:3">
+      <c r="A29" s="1" t="inlineStr">
+        <is>
+          <t>9786259516233</t>
+        </is>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>Türk ve Arap</t>
+        </is>
+      </c>
+      <c r="C29" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="30" spans="1:3">
+      <c r="A30" s="1" t="inlineStr">
+        <is>
+          <t>9786057198105</t>
+        </is>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>Üniversitenin Yükselişi</t>
+        </is>
+      </c>
+      <c r="C30" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="31" spans="1:3">
+      <c r="A31" s="1" t="inlineStr">
+        <is>
+          <t>9786057198112</t>
+        </is>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>İngiltere'de Türkofobi</t>
+        </is>
+      </c>
+      <c r="C31" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="32" spans="1:3">
+      <c r="A32" s="1" t="inlineStr">
+        <is>
+          <t>9786259516226</t>
+        </is>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Bir Türk'ün Ruznamesi</t>
+        </is>
+      </c>
+      <c r="C32" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="33" spans="1:3">
+      <c r="A33" s="1" t="inlineStr">
+        <is>
+          <t>9786259516240</t>
+        </is>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>Nietzsche ve Postmodernizm</t>
+        </is>
+      </c>
+      <c r="C33" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="34" spans="1:3">
+      <c r="A34" s="1" t="inlineStr">
+        <is>
           <t>9786259885117</t>
         </is>
       </c>
-      <c r="B26" s="1" t="inlineStr">
+      <c r="B34" s="1" t="inlineStr">
         <is>
           <t>Holokost Endüstrisi</t>
         </is>
       </c>
-      <c r="C26" s="1">
-        <v>355</v>
+      <c r="C34" s="1">
+        <v>460</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>