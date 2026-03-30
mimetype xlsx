--- v0 (2026-02-07)
+++ v1 (2026-03-30)
@@ -289,126 +289,126 @@
         <is>
           <t>9786058004559</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
           <t>Babam Bir Ormanmış</t>
         </is>
       </c>
       <c r="C14" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
           <t>9786058004528</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
           <t>Karayip Mektupları</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>60</v>
+        <v>110</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
           <t>9786058004573</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
           <t>Ruta Tannenbaum</t>
         </is>
       </c>
       <c r="C16" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
           <t>9786058004566</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
           <t>Ada Hikayeleri</t>
         </is>
       </c>
       <c r="C17" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
           <t>9786058004542</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
           <t>Ezan</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>200</v>
+        <v>360</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
           <t>9786058004504</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
           <t>Bosnalılar</t>
         </is>
       </c>
       <c r="C19" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
           <t>9786058004511</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
           <t>Üflenmemiş Rüzgarlar</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>70</v>
+        <v>140</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
           <t>9786058004535</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
           <t>Son Vagon</t>
         </is>
       </c>
       <c r="C21" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
           <t>9786058088184</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>