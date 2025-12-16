--- v0 (2025-11-01)
+++ v1 (2025-12-16)
@@ -124,51 +124,51 @@
         <is>
           <t>9786055291860</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
           <t>Bir Sevdadır Hafız Olmak</t>
         </is>
       </c>
       <c r="C3" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>9786057445230</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
           <t>Hafızlığı Kodlama Metotları</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>300</v>
+        <v>600</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>9786057445254</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
           <t>Hafızlıkta Cüz İçi Sayfaları Yönetme Yöntemleri</t>
         </is>
       </c>
       <c r="C5" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>9786054268627</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
@@ -304,51 +304,51 @@
         <is>
           <t>9786256413085</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
           <t>Hafızlıkta Sayfaları Birbirinden Ayırıcı Kullanımlar</t>
         </is>
       </c>
       <c r="C15" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
           <t>9786256413078</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
           <t>Hafızlığına Bir de Bu Gözle Bak!</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
           <t>9786055291471</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
           <t>Size ve Evladınıza Mutlu Yuva</t>
         </is>
       </c>
       <c r="C17" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
           <t>9786256413009</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>