--- v1 (2025-12-16)
+++ v2 (2026-03-30)
@@ -85,1570 +85,2740 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256413146</t>
+          <t>9786256413153</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Hafızlıkta Cüz Dışı Sayfaları Yönetme Yöntemleri</t>
+          <t>Hafızlıkta İmlanın İzleri</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786055291860</t>
+          <t>9786056839283</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Bir Sevdadır Hafız Olmak</t>
+          <t>Kur'an'dan Talim Çalışmaları</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>400</v>
+        <v>18</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786057445230</t>
+          <t>9786055291976</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Hafızlığı Kodlama Metotları</t>
+          <t>Zikir, Fikir, Şükür</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>600</v>
+        <v>220</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786057445254</t>
+          <t>9786055291662</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Hafızlıkta Cüz İçi Sayfaları Yönetme Yöntemleri</t>
+          <t>İslam Tarihinde İlkler</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>350</v>
+        <v>30</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786054268627</t>
+          <t>9786055291587</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Bir Yeşil Kuşak Hikayesi T5</t>
+          <t>Mai ve Siyah</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>300</v>
+        <v>15</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789756462272</t>
+          <t>9786055291969</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Amerika’nın Irak Macerası</t>
+          <t>Beklemesinler</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>200</v>
+        <v>20</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786055291464</t>
+          <t>9786055291945</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Alzheimer Tedavisinde İddialıyım</t>
+          <t>Erzurum’da Sevda Kore’de Hasret</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>200</v>
+        <v>30</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256413139</t>
+          <t>9786055291150</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Etkili Okul Yöneticiliğinin Şifreleri</t>
+          <t>Yönetimin Ruhu</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>350</v>
+        <v>15</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256413122</t>
+          <t>9786055291099</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Diriliş Burcunda Bir Hoca: Recep Kırıkçı’ya Veda/Vefa</t>
+          <t>Yönetimde Duygusal Bir Yaklaşım Tevazu ve Kibir</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>300</v>
+        <v>15</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789756462652</t>
+          <t>3990000015228</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Alternatif Tedavi Metodu Olarak Hacamat ve Faydaları</t>
+          <t>Sohbetler</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>200</v>
+        <v>8</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786256462652</t>
+          <t>3990000002039</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Hacamat ve Faydaları</t>
+          <t>Polis ve Halkla İlişkiler</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>200</v>
+        <v>30</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786256413108</t>
+          <t>9789756462669</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Hafızlara Özel Sure Bazlı Soru Bankası</t>
+          <t>Niçin Yılda Bir Ay Oruç Tutmalıyız</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>600</v>
+        <v>10</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786057445292</t>
+          <t>9786054268337</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Size ve Evladınıza Mutlu Yuva</t>
+          <t>Kumarbaz</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>70</v>
+        <v>10</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256413085</t>
+          <t>9789756462638</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Hafızlıkta Sayfaları Birbirinden Ayırıcı Kullanımlar</t>
+          <t>Kırmızı Yol</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>500</v>
+        <v>15</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256413078</t>
+          <t>9789756462423</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Hafızlığına Bir de Bu Gözle Bak!</t>
+          <t>Hamidname</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>350</v>
+        <v>30</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786055291471</t>
+          <t>9786054268436</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Size ve Evladınıza Mutlu Yuva</t>
+          <t>Ezilenler</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>200</v>
+        <v>12</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786256413009</t>
+          <t>9786055291075</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Hafızlık Usulü Meal Soru Bankası - 400 Adet Soru ve Çözümleri</t>
+          <t>Etik - İletişim - Çocuk</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>600</v>
+        <v>25</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786256413054</t>
+          <t>9786054268955</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>İstanbul'a Kar Yağabilir</t>
+          <t>Davranış Bilimleri</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>200</v>
+        <v>40</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786057486271</t>
+          <t>9786054268764</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Uçurumun Kenarındaki Hayatlar</t>
+          <t>Çölde Dor</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>200</v>
+        <v>10</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256413047</t>
+          <t>9786054268443</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Hafızlık Çalışmalarında Plaka Sistemi</t>
+          <t>Budala</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>500</v>
+        <v>12</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786057445285</t>
+          <t>9789756462560</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Hafızlığın Yol Haritası</t>
+          <t>Bir Yastıkta Bir Ömür</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>250</v>
+        <v>15</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789756462577</t>
+          <t>9786054268382</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Yargıdaki Anıların Tortusu</t>
+          <t>Kırmızı ve Siyah</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>80</v>
+        <v>40</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789756462683</t>
+          <t>9786054268375</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'deki Ünlü Çerkesler</t>
+          <t>Antikacı Dükkanı</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>200</v>
+        <v>10</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786057445261</t>
+          <t>9786054268412</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Pratik Elifba</t>
+          <t>Anna Karenina</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>200</v>
+        <v>12</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786057445216</t>
+          <t>9789759221652</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Arvasi Seyyidleri Hanedanı ve Hazret-i Şeyh Allame Seyyid Fehim-i Arvasi “Kuddise Sirruh” (Ciltli)</t>
+          <t>1974 Kıbrıs Gazisi Olmak</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>1000</v>
+        <v>15</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786058026490</t>
+          <t>9786054268634</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Ayetler Işığında Hayatımıza Dokunan Kur'an</t>
+          <t>İletişiyorum</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>350</v>
+        <v>30</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786058026483</t>
+          <t>9789756462928</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Hafızlık Soru Bankası</t>
+          <t>Kıbrıs’ta Kara Sakallı Gerçeği</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>600</v>
+        <v>17</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786058026469</t>
+          <t>9786055291891</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Akademik Hafızlık'ta Aile, Çocuk ve Hoca İlişkileri</t>
+          <t>Bizi Yücelten Değerlerimiz</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>350</v>
+        <v>30</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786058026452</t>
+          <t>9786054268993</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Gevaş Müftüsü Şeyh Seyyid Ali İhsan Arvas</t>
+          <t>Tarih Boyunca Babaların Çocuklarına Öğütleri</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>200</v>
+        <v>30</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789756462546</t>
+          <t>9786055291327</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Allah’a Nasıl İnanmalıdır?</t>
+          <t>Peygamberimizin Örnek Hayatı</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>100</v>
+        <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786058026445</t>
+          <t>9786055291204</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Es-Sava‘iku’l-Muhrika Fi’r-Reddi ʻAla Ehli’l-Bidaʻ Ve’z-Zendeka (Ciltli)</t>
+          <t>Bunları Kimseyle Paylaşmamıştım</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>1000</v>
+        <v>50</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786058026414</t>
+          <t>9786055291174</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>İnançlı ve Bilinçli Çocuk Nasıl Yetiştirilir?</t>
+          <t>Olsaydım</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>400</v>
+        <v>50</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786058026421</t>
+          <t>9786055291167</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ı Anlamada Mantık Örgüsü</t>
+          <t>Kuşların Yolculuğu</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>400</v>
+        <v>50</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786056903649</t>
+          <t>9786055291181</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Oraya Dönersem</t>
+          <t>Gönül Kirası</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786055291365</t>
+          <t>3990000015501</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Kimliğini Arayan Adam</t>
+          <t>Ayşe Tatile Çıksın</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>200</v>
+        <v>50</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786056903625</t>
+          <t>3990000015499</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Hacı İzzet Paşa</t>
+          <t>Penceremden</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>200</v>
+        <v>6</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786055291990</t>
+          <t>3990000015498</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Dergi Yazıları</t>
+          <t>Bediüzzaman' ı Anlamak ve Risale- i Nur' dan İnciler</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>100</v>
+        <v>10</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786056839238</t>
+          <t>3990000015496</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Adını Sen Koy</t>
+          <t>Sinan</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>200</v>
+        <v>15</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786056839214</t>
+          <t>9789756462409</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Ertuğrul İle Yavru Karınca</t>
+          <t>İman Etmemiş Müslümanlar</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>100</v>
+        <v>17</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786056839221</t>
+          <t>9789756462361</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Ertuğrul İle Üç Bacaklı Tay</t>
+          <t>Peygamberimiz'in (Sallallahu Aleyhi ve Sellem) Hayatı Siyer- i Nebi (2 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786056839207</t>
+          <t>9786056903618</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Ertuğrul İle Kınalı Kuzu</t>
+          <t>Kur'an-ı Kerim Meali (Çanta Boy)</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>100</v>
+        <v>15</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786055291983</t>
+          <t>9786056903601</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Din Sosyoloji ve Siyaset Üzerine Analizler</t>
+          <t>Kur'an-ı Kerim Meali</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>500</v>
+        <v>10</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786055291952</t>
+          <t>9786055291808</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Gölgesi</t>
+          <t>Ulu Hakan 2. Abdülhamid Han</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>250</v>
+        <v>40</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786055291914</t>
+          <t>9786055291372</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Şeyh Hacı Fevzi Efendi</t>
+          <t>Erzincanlı Terzi Baba Hayyat Muhammed Vehbi Kuddise Sirruh Külliyatı (Ciltli)</t>
         </is>
       </c>
       <c r="C45" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786055291938</t>
+          <t>9786055291600</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Aile Başarılı Çocuk</t>
+          <t>Güvenlik Yönetimi Uygulamalar ve Yeni Yaklaşımlar</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>400</v>
+        <v>30</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789756462218</t>
+          <t>9786055291884</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Dönüşü Yoktu Ayrılığın</t>
+          <t>Değerler Eğitimi</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>100</v>
+        <v>30</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786055291907</t>
+          <t>9786055291921</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Şark Masalları</t>
+          <t>"Silsile-i Aliyye"nin Son Altun Halkası - Seyyid Abdülhakim-i Arvasi "Kuddise Sirruh" Hazretleri (Ciltli)</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>100</v>
+        <v>600</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786055291877</t>
+          <t>9786055291853</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Başarıya Ulaşmada Kitapların Sırrı</t>
+          <t>Laf</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>400</v>
+        <v>100</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786055291815</t>
+          <t>9786055291648</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Peygamber'e Hürmet Haremeyn'e Hizmet</t>
+          <t>Mardin'li Üç Esir Bacanak (Ciltli)</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>400</v>
+        <v>25</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786055291846</t>
+          <t>3990000462379</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Hamza Oğlu Ahmet</t>
+          <t>Peygamberimiz'in (Sallallahu Aleyhi ve Sellem) Hayatı Siyer- i Nebi (Cilt 1) (Ciltli)</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>200</v>
+        <v>60</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786055291839</t>
+          <t>9786055291549</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Gitmeseydin İyiydi</t>
+          <t>Melamilik ve Osmanlı Devri Melamileri (Ciltli)</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>100</v>
+        <v>500</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786055291822</t>
+          <t>9786055291457</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Avcı</t>
+          <t>Bakış Açısı</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>200</v>
+        <v>40</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786055291792</t>
+          <t>3990000015386</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Medeniyetin Şiirine Yolculuk</t>
+          <t>İslamın İlkeleri</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>200</v>
+        <v>12</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786055291785</t>
+          <t>9789756462591</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>8. Cadde</t>
+          <t>Ayla Demiroğlu Kitabı</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>100</v>
+        <v>30</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786055291778</t>
+          <t>9786055291303</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Fıkıh Bilmeceleri</t>
+          <t>Elif Gibi</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>150</v>
+        <v>10</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786055291761</t>
+          <t>9789756462232</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Turkish Penal Procedure Code</t>
+          <t>Kur'an ve Çocuk</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>250</v>
+        <v>20</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786055291709</t>
+          <t>9786055291259</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>İhlas Risaleleri</t>
+          <t>Nein Dede! 1</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>400</v>
+        <v>15</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786055291679</t>
+          <t>9786055291266</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Korkma Kalbim! - Bana Şiir Oku</t>
+          <t>Nein Dede! 2</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>100</v>
+        <v>15</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786055291730</t>
+          <t>9786054268665</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı Kaos Teorisi</t>
+          <t>Ma'ruf 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>200</v>
+        <v>20</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786055291716</t>
+          <t>9789756462126</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Yönetime Benlik Yaklaşımı: Tevazu ve Kibir</t>
+          <t>Sevapname</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>200</v>
+        <v>8</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786055291723</t>
+          <t>9789756462089</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Mükemmel Yönetimin Ruhu</t>
+          <t>Ordu ve Politika</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>200</v>
+        <v>20</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786055291693</t>
+          <t>9799756462552</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Türkçesi Metinleri 2</t>
+          <t>Sofra</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>300</v>
+        <v>20</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786055291686</t>
+          <t>9789756462942</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Türkçesi Metinleri 1</t>
+          <t>Kalabalık Yalnızlıklarım</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>300</v>
+        <v>15</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786055291747</t>
+          <t>9789756462270</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Şey</t>
+          <t>Sana Sevdiğimi Söyledim Ama, Duyduğunu Sanmıyorum</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>200</v>
+        <v>6</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786056839269</t>
+          <t>9786055291112</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Şeyh Bedreddin Hakkında Son Söz (Ciltli)</t>
+          <t>Anadolu'dan Anekdotlar</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>1000</v>
+        <v>15</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786055291631</t>
+          <t>9789756462539</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Tekke Musikisi ve İlahileri</t>
+          <t>Kuşların Dilinden Masallar</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>300</v>
+        <v>7</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786055291617</t>
+          <t>9789756462911</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Bir Şafak Sonrası</t>
+          <t>Kurret-İl Uyun Tercümesi</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>200</v>
+        <v>30</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786055291310</t>
+          <t>9786058839304</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Se'adetname - Yavuz Sultan Selim Han ve Kanuni Sultan Süleyman Han'ın Gazaları (Ciltli)</t>
+          <t>Domuzları Köpeklere Köpekleri Domuzlara</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>700</v>
+        <v>140</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786055291570</t>
+          <t>9786055291341</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Bağrıyanık Ömer</t>
+          <t>Şems-i Tebrizi</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>100</v>
+        <v>8</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786055291563</t>
+          <t>9786055291433</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Şeref Meselesi</t>
+          <t>Sosyal ve Dini Açıdan Aile ve Çocuk Eğitimi</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>200</v>
+        <v>30</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786055291556</t>
+          <t>9786058355415</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Paralel İhanetin Çetesi</t>
+          <t>Çakıl Taşları</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>300</v>
+        <v>15</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786055291525</t>
+          <t>9786055291754</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Muhafazakarlık</t>
+          <t>Küreselleşen Dünyada Halkla İlişkiler ve Uzlaşı</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>400</v>
+        <v>35</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786055291495</t>
+          <t>9786055291358</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Mesnev-i Şerif Mütercimi Nahifi Süleyman Efendi Külliyatı ve On Eserinin Tıpkıbasımı, Tercümesi, Sadeleştirilmesi (Ciltli)</t>
+          <t>İstihbarat ve Güç</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>700</v>
+        <v>17</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786054268290</t>
+          <t>3990000462378</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Son Yaprak</t>
+          <t>Peygamberimiz'in (Sallallahu Aleyhi ve Sellem) Hayatı Siyer- i Nebi (Cilt 2) (Ciltli)</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>100</v>
+        <v>60</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786054268344</t>
+          <t>9786054268276</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Hayata Dair Düşünceler</t>
+          <t>Martı</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>100</v>
+        <v>10</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786054268405</t>
+          <t>9789756462416</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Therese Raquin</t>
+          <t>Mahpus Şarkısı</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>100</v>
+        <v>30</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786055291297</t>
+          <t>9786055291129</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Fısıldayan Damlalar</t>
+          <t>Kur’an Öğretiminde İdeal Yöntem</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>150</v>
+        <v>17</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789756642580</t>
+          <t>9786056903694</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Ararat'ta 320 Gün</t>
+          <t>Gemi Kurtarma Operasyonları ve Kriz Yönetimi (Ciltli)</t>
         </is>
       </c>
       <c r="C79" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786056839245</t>
+          <t>9786256413146</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Destanlaşan Çanakkale</t>
+          <t>Hafızlıkta Cüz Dışı Sayfaları Yönetme Yöntemleri</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786055291440</t>
+          <t>9786055291860</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Noktanın Yarısı</t>
+          <t>Bir Sevdadır Hafız Olmak</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786055291402</t>
+          <t>9786057445230</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Yolcu</t>
+          <t>Hafızlığı Kodlama Metotları</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>100</v>
+        <v>600</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786055291396</t>
+          <t>9786057445254</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Üç Muamma</t>
+          <t>Hafızlıkta Cüz İçi Sayfaları Yönetme Yöntemleri</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>100</v>
+        <v>350</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786055291389</t>
+          <t>9786054268627</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Toplumun Direği Din</t>
+          <t>Bir Yeşil Kuşak Hikayesi T5</t>
         </is>
       </c>
       <c r="C84" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786055291280</t>
+          <t>9789756462272</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Hayrabolulu Melami Şeyhi Ahmed-i Sarban Efendi Külliyatı (Divanı ve Mektubatı) ve Vizeli Şeyh Ala'eddin Ali Efendi'nin Şiirleri (Ciltli)</t>
+          <t>Amerika’nın Irak Macerası</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>700</v>
+        <v>200</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789756462249</t>
+          <t>9786055291464</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Gönüller Irmağı</t>
+          <t>Alzheimer Tedavisinde İddialıyım</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786055291334</t>
+          <t>9786256413139</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>İdeal Din Görevlisinin Not Defteri</t>
+          <t>Etkili Okul Yöneticiliğinin Şifreleri</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9799756462187</t>
+          <t>9786256413122</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>En Güzel İsimler Allah'ındır</t>
+          <t>Diriliş Burcunda Bir Hoca: Recep Kırıkçı’ya Veda/Vefa</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9799756462170</t>
+          <t>9789756462652</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Esma-Ül-Hüsna</t>
+          <t>Alternatif Tedavi Metodu Olarak Hacamat ve Faydaları</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9789756462324</t>
+          <t>9786256462652</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Namaz ve Çocuk</t>
+          <t>Hacamat ve Faydaları</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9789756462393</t>
+          <t>9786256413108</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Türbeleri Rehberi</t>
+          <t>Hafızlara Özel Sure Bazlı Soru Bankası</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>100</v>
+        <v>600</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786054268429</t>
+          <t>9786057445292</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Acımak</t>
+          <t>Size ve Evladınıza Mutlu Yuva</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9789756462782</t>
+          <t>9786256413085</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Operasyon Bitmedi Tetikçi Görev Başında</t>
+          <t>Hafızlıkta Sayfaları Birbirinden Ayırıcı Kullanımlar</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9789756462102</t>
+          <t>9786256413078</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Onların Savaşı</t>
+          <t>Hafızlığına Bir de Bu Gözle Bak!</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786055291198</t>
+          <t>9786055291471</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Çığlıklar</t>
+          <t>Size ve Evladınıza Mutlu Yuva</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789758514120</t>
+          <t>9786256413009</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İmparatorluğu'nda Sırp Meselesi</t>
+          <t>Hafızlık Usulü Meal Soru Bankası - 400 Adet Soru ve Çözümleri</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>250</v>
+        <v>600</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9789756462799</t>
+          <t>9786256413054</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Savaş Sanatı</t>
+          <t>İstanbul'a Kar Yağabilir</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>3990000015500</t>
+          <t>9786057486271</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Çilingir</t>
+          <t>Uçurumun Kenarındaki Hayatlar</t>
         </is>
       </c>
       <c r="C98" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786054268818</t>
+          <t>9786256413047</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Kuran-ı Kerim Okumayı Öğrenecekler İçin Pratik Karabaş Tecvidi</t>
+          <t>Hafızlık Çalışmalarında Plaka Sistemi</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>100</v>
+        <v>500</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786055291211</t>
+          <t>9786057445285</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Seyyid Murad-ı Buhari Hazretleri "Kuddise Sirruh" Külliyyatı - 1</t>
+          <t>Hafızlığın Yol Haritası</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789756642610</t>
+          <t>9789756462577</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Kızlar Neden Evden Kaçar?</t>
+          <t>Yargıdaki Anıların Tortusu</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>200</v>
+        <v>80</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>3990000026870</t>
+          <t>9789756462683</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Bir Kutlu Yolculuk</t>
+          <t>Türkiye'deki Ünlü Çerkesler</t>
         </is>
       </c>
       <c r="C102" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
+          <t>9786057445261</t>
+        </is>
+      </c>
+      <c r="B103" s="1" t="inlineStr">
+        <is>
+          <t>Pratik Elifba</t>
+        </is>
+      </c>
+      <c r="C103" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="104" spans="1:3">
+      <c r="A104" s="1" t="inlineStr">
+        <is>
+          <t>9786057445216</t>
+        </is>
+      </c>
+      <c r="B104" s="1" t="inlineStr">
+        <is>
+          <t>Arvasi Seyyidleri Hanedanı ve Hazret-i Şeyh Allame Seyyid Fehim-i Arvasi “Kuddise Sirruh” (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C104" s="1">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="105" spans="1:3">
+      <c r="A105" s="1" t="inlineStr">
+        <is>
+          <t>9786058026490</t>
+        </is>
+      </c>
+      <c r="B105" s="1" t="inlineStr">
+        <is>
+          <t>Ayetler Işığında Hayatımıza Dokunan Kur'an</t>
+        </is>
+      </c>
+      <c r="C105" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="106" spans="1:3">
+      <c r="A106" s="1" t="inlineStr">
+        <is>
+          <t>9786058026483</t>
+        </is>
+      </c>
+      <c r="B106" s="1" t="inlineStr">
+        <is>
+          <t>Hafızlık Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C106" s="1">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="107" spans="1:3">
+      <c r="A107" s="1" t="inlineStr">
+        <is>
+          <t>9786058026469</t>
+        </is>
+      </c>
+      <c r="B107" s="1" t="inlineStr">
+        <is>
+          <t>Akademik Hafızlık'ta Aile, Çocuk ve Hoca İlişkileri</t>
+        </is>
+      </c>
+      <c r="C107" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="108" spans="1:3">
+      <c r="A108" s="1" t="inlineStr">
+        <is>
+          <t>9786058026452</t>
+        </is>
+      </c>
+      <c r="B108" s="1" t="inlineStr">
+        <is>
+          <t>Gevaş Müftüsü Şeyh Seyyid Ali İhsan Arvas</t>
+        </is>
+      </c>
+      <c r="C108" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="109" spans="1:3">
+      <c r="A109" s="1" t="inlineStr">
+        <is>
+          <t>9789756462546</t>
+        </is>
+      </c>
+      <c r="B109" s="1" t="inlineStr">
+        <is>
+          <t>Müslüman Allah’a Nasıl İnanmalıdır?</t>
+        </is>
+      </c>
+      <c r="C109" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="110" spans="1:3">
+      <c r="A110" s="1" t="inlineStr">
+        <is>
+          <t>9786058026445</t>
+        </is>
+      </c>
+      <c r="B110" s="1" t="inlineStr">
+        <is>
+          <t>Es-Sava‘iku’l-Muhrika Fi’r-Reddi ʻAla Ehli’l-Bidaʻ Ve’z-Zendeka (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C110" s="1">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="111" spans="1:3">
+      <c r="A111" s="1" t="inlineStr">
+        <is>
+          <t>9786058026414</t>
+        </is>
+      </c>
+      <c r="B111" s="1" t="inlineStr">
+        <is>
+          <t>İnançlı ve Bilinçli Çocuk Nasıl Yetiştirilir?</t>
+        </is>
+      </c>
+      <c r="C111" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="112" spans="1:3">
+      <c r="A112" s="1" t="inlineStr">
+        <is>
+          <t>9786058026421</t>
+        </is>
+      </c>
+      <c r="B112" s="1" t="inlineStr">
+        <is>
+          <t>Kur'an'ı Anlamada Mantık Örgüsü</t>
+        </is>
+      </c>
+      <c r="C112" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="113" spans="1:3">
+      <c r="A113" s="1" t="inlineStr">
+        <is>
+          <t>9786056903649</t>
+        </is>
+      </c>
+      <c r="B113" s="1" t="inlineStr">
+        <is>
+          <t>Oraya Dönersem</t>
+        </is>
+      </c>
+      <c r="C113" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="114" spans="1:3">
+      <c r="A114" s="1" t="inlineStr">
+        <is>
+          <t>9786055291365</t>
+        </is>
+      </c>
+      <c r="B114" s="1" t="inlineStr">
+        <is>
+          <t>Kimliğini Arayan Adam</t>
+        </is>
+      </c>
+      <c r="C114" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="115" spans="1:3">
+      <c r="A115" s="1" t="inlineStr">
+        <is>
+          <t>9786056903625</t>
+        </is>
+      </c>
+      <c r="B115" s="1" t="inlineStr">
+        <is>
+          <t>Hacı İzzet Paşa</t>
+        </is>
+      </c>
+      <c r="C115" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="116" spans="1:3">
+      <c r="A116" s="1" t="inlineStr">
+        <is>
+          <t>9786055291990</t>
+        </is>
+      </c>
+      <c r="B116" s="1" t="inlineStr">
+        <is>
+          <t>Dergi Yazıları</t>
+        </is>
+      </c>
+      <c r="C116" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="117" spans="1:3">
+      <c r="A117" s="1" t="inlineStr">
+        <is>
+          <t>9786056839238</t>
+        </is>
+      </c>
+      <c r="B117" s="1" t="inlineStr">
+        <is>
+          <t>Adını Sen Koy</t>
+        </is>
+      </c>
+      <c r="C117" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="118" spans="1:3">
+      <c r="A118" s="1" t="inlineStr">
+        <is>
+          <t>9786056839214</t>
+        </is>
+      </c>
+      <c r="B118" s="1" t="inlineStr">
+        <is>
+          <t>Ertuğrul İle Yavru Karınca</t>
+        </is>
+      </c>
+      <c r="C118" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="119" spans="1:3">
+      <c r="A119" s="1" t="inlineStr">
+        <is>
+          <t>9786056839221</t>
+        </is>
+      </c>
+      <c r="B119" s="1" t="inlineStr">
+        <is>
+          <t>Ertuğrul İle Üç Bacaklı Tay</t>
+        </is>
+      </c>
+      <c r="C119" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="120" spans="1:3">
+      <c r="A120" s="1" t="inlineStr">
+        <is>
+          <t>9786056839207</t>
+        </is>
+      </c>
+      <c r="B120" s="1" t="inlineStr">
+        <is>
+          <t>Ertuğrul İle Kınalı Kuzu</t>
+        </is>
+      </c>
+      <c r="C120" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="121" spans="1:3">
+      <c r="A121" s="1" t="inlineStr">
+        <is>
+          <t>9786055291983</t>
+        </is>
+      </c>
+      <c r="B121" s="1" t="inlineStr">
+        <is>
+          <t>Din Sosyoloji ve Siyaset Üzerine Analizler</t>
+        </is>
+      </c>
+      <c r="C121" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="122" spans="1:3">
+      <c r="A122" s="1" t="inlineStr">
+        <is>
+          <t>9786055291952</t>
+        </is>
+      </c>
+      <c r="B122" s="1" t="inlineStr">
+        <is>
+          <t>Zamanın Gölgesi</t>
+        </is>
+      </c>
+      <c r="C122" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="123" spans="1:3">
+      <c r="A123" s="1" t="inlineStr">
+        <is>
+          <t>9786055291914</t>
+        </is>
+      </c>
+      <c r="B123" s="1" t="inlineStr">
+        <is>
+          <t>Şeyh Hacı Fevzi Efendi</t>
+        </is>
+      </c>
+      <c r="C123" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="124" spans="1:3">
+      <c r="A124" s="1" t="inlineStr">
+        <is>
+          <t>9786055291938</t>
+        </is>
+      </c>
+      <c r="B124" s="1" t="inlineStr">
+        <is>
+          <t>Mutlu Aile Başarılı Çocuk</t>
+        </is>
+      </c>
+      <c r="C124" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="125" spans="1:3">
+      <c r="A125" s="1" t="inlineStr">
+        <is>
+          <t>9789756462218</t>
+        </is>
+      </c>
+      <c r="B125" s="1" t="inlineStr">
+        <is>
+          <t>Dönüşü Yoktu Ayrılığın</t>
+        </is>
+      </c>
+      <c r="C125" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="126" spans="1:3">
+      <c r="A126" s="1" t="inlineStr">
+        <is>
+          <t>9786055291907</t>
+        </is>
+      </c>
+      <c r="B126" s="1" t="inlineStr">
+        <is>
+          <t>Şark Masalları</t>
+        </is>
+      </c>
+      <c r="C126" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="127" spans="1:3">
+      <c r="A127" s="1" t="inlineStr">
+        <is>
+          <t>9786055291877</t>
+        </is>
+      </c>
+      <c r="B127" s="1" t="inlineStr">
+        <is>
+          <t>Başarıya Ulaşmada Kitapların Sırrı</t>
+        </is>
+      </c>
+      <c r="C127" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="128" spans="1:3">
+      <c r="A128" s="1" t="inlineStr">
+        <is>
+          <t>9786055291815</t>
+        </is>
+      </c>
+      <c r="B128" s="1" t="inlineStr">
+        <is>
+          <t>Peygamber'e Hürmet Haremeyn'e Hizmet</t>
+        </is>
+      </c>
+      <c r="C128" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="129" spans="1:3">
+      <c r="A129" s="1" t="inlineStr">
+        <is>
+          <t>9786055291846</t>
+        </is>
+      </c>
+      <c r="B129" s="1" t="inlineStr">
+        <is>
+          <t>Hamza Oğlu Ahmet</t>
+        </is>
+      </c>
+      <c r="C129" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="130" spans="1:3">
+      <c r="A130" s="1" t="inlineStr">
+        <is>
+          <t>9786055291839</t>
+        </is>
+      </c>
+      <c r="B130" s="1" t="inlineStr">
+        <is>
+          <t>Gitmeseydin İyiydi</t>
+        </is>
+      </c>
+      <c r="C130" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="131" spans="1:3">
+      <c r="A131" s="1" t="inlineStr">
+        <is>
+          <t>9786055291822</t>
+        </is>
+      </c>
+      <c r="B131" s="1" t="inlineStr">
+        <is>
+          <t>Avcı</t>
+        </is>
+      </c>
+      <c r="C131" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="132" spans="1:3">
+      <c r="A132" s="1" t="inlineStr">
+        <is>
+          <t>9786055291792</t>
+        </is>
+      </c>
+      <c r="B132" s="1" t="inlineStr">
+        <is>
+          <t>Medeniyetin Şiirine Yolculuk</t>
+        </is>
+      </c>
+      <c r="C132" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="133" spans="1:3">
+      <c r="A133" s="1" t="inlineStr">
+        <is>
+          <t>9786055291785</t>
+        </is>
+      </c>
+      <c r="B133" s="1" t="inlineStr">
+        <is>
+          <t>8. Cadde</t>
+        </is>
+      </c>
+      <c r="C133" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="134" spans="1:3">
+      <c r="A134" s="1" t="inlineStr">
+        <is>
+          <t>9786055291778</t>
+        </is>
+      </c>
+      <c r="B134" s="1" t="inlineStr">
+        <is>
+          <t>Fıkıh Bilmeceleri</t>
+        </is>
+      </c>
+      <c r="C134" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="135" spans="1:3">
+      <c r="A135" s="1" t="inlineStr">
+        <is>
+          <t>9786055291761</t>
+        </is>
+      </c>
+      <c r="B135" s="1" t="inlineStr">
+        <is>
+          <t>Turkish Penal Procedure Code</t>
+        </is>
+      </c>
+      <c r="C135" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="136" spans="1:3">
+      <c r="A136" s="1" t="inlineStr">
+        <is>
+          <t>9786055291709</t>
+        </is>
+      </c>
+      <c r="B136" s="1" t="inlineStr">
+        <is>
+          <t>İhlas Risaleleri</t>
+        </is>
+      </c>
+      <c r="C136" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="137" spans="1:3">
+      <c r="A137" s="1" t="inlineStr">
+        <is>
+          <t>9786055291679</t>
+        </is>
+      </c>
+      <c r="B137" s="1" t="inlineStr">
+        <is>
+          <t>Korkma Kalbim! - Bana Şiir Oku</t>
+        </is>
+      </c>
+      <c r="C137" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="138" spans="1:3">
+      <c r="A138" s="1" t="inlineStr">
+        <is>
+          <t>9786055291730</t>
+        </is>
+      </c>
+      <c r="B138" s="1" t="inlineStr">
+        <is>
+          <t>Uygulamalı Kaos Teorisi</t>
+        </is>
+      </c>
+      <c r="C138" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="139" spans="1:3">
+      <c r="A139" s="1" t="inlineStr">
+        <is>
+          <t>9786055291716</t>
+        </is>
+      </c>
+      <c r="B139" s="1" t="inlineStr">
+        <is>
+          <t>Yönetime Benlik Yaklaşımı: Tevazu ve Kibir</t>
+        </is>
+      </c>
+      <c r="C139" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="140" spans="1:3">
+      <c r="A140" s="1" t="inlineStr">
+        <is>
+          <t>9786055291723</t>
+        </is>
+      </c>
+      <c r="B140" s="1" t="inlineStr">
+        <is>
+          <t>Mükemmel Yönetimin Ruhu</t>
+        </is>
+      </c>
+      <c r="C140" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="141" spans="1:3">
+      <c r="A141" s="1" t="inlineStr">
+        <is>
+          <t>9786055291693</t>
+        </is>
+      </c>
+      <c r="B141" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı Türkçesi Metinleri 2</t>
+        </is>
+      </c>
+      <c r="C141" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="142" spans="1:3">
+      <c r="A142" s="1" t="inlineStr">
+        <is>
+          <t>9786055291686</t>
+        </is>
+      </c>
+      <c r="B142" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı Türkçesi Metinleri 1</t>
+        </is>
+      </c>
+      <c r="C142" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="143" spans="1:3">
+      <c r="A143" s="1" t="inlineStr">
+        <is>
+          <t>9786055291747</t>
+        </is>
+      </c>
+      <c r="B143" s="1" t="inlineStr">
+        <is>
+          <t>Şey</t>
+        </is>
+      </c>
+      <c r="C143" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="144" spans="1:3">
+      <c r="A144" s="1" t="inlineStr">
+        <is>
+          <t>9786056839269</t>
+        </is>
+      </c>
+      <c r="B144" s="1" t="inlineStr">
+        <is>
+          <t>Şeyh Bedreddin Hakkında Son Söz (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C144" s="1">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="145" spans="1:3">
+      <c r="A145" s="1" t="inlineStr">
+        <is>
+          <t>9786055291631</t>
+        </is>
+      </c>
+      <c r="B145" s="1" t="inlineStr">
+        <is>
+          <t>Tekke Musikisi ve İlahileri</t>
+        </is>
+      </c>
+      <c r="C145" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="146" spans="1:3">
+      <c r="A146" s="1" t="inlineStr">
+        <is>
+          <t>9786055291617</t>
+        </is>
+      </c>
+      <c r="B146" s="1" t="inlineStr">
+        <is>
+          <t>Bir Şafak Sonrası</t>
+        </is>
+      </c>
+      <c r="C146" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="147" spans="1:3">
+      <c r="A147" s="1" t="inlineStr">
+        <is>
+          <t>9786055291310</t>
+        </is>
+      </c>
+      <c r="B147" s="1" t="inlineStr">
+        <is>
+          <t>Se'adetname - Yavuz Sultan Selim Han ve Kanuni Sultan Süleyman Han'ın Gazaları (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C147" s="1">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="148" spans="1:3">
+      <c r="A148" s="1" t="inlineStr">
+        <is>
+          <t>9786055291570</t>
+        </is>
+      </c>
+      <c r="B148" s="1" t="inlineStr">
+        <is>
+          <t>Bağrıyanık Ömer</t>
+        </is>
+      </c>
+      <c r="C148" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="149" spans="1:3">
+      <c r="A149" s="1" t="inlineStr">
+        <is>
+          <t>9786055291563</t>
+        </is>
+      </c>
+      <c r="B149" s="1" t="inlineStr">
+        <is>
+          <t>Şeref Meselesi</t>
+        </is>
+      </c>
+      <c r="C149" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="150" spans="1:3">
+      <c r="A150" s="1" t="inlineStr">
+        <is>
+          <t>9786055291556</t>
+        </is>
+      </c>
+      <c r="B150" s="1" t="inlineStr">
+        <is>
+          <t>Paralel İhanetin Çetesi</t>
+        </is>
+      </c>
+      <c r="C150" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="151" spans="1:3">
+      <c r="A151" s="1" t="inlineStr">
+        <is>
+          <t>9786055291525</t>
+        </is>
+      </c>
+      <c r="B151" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye'de Muhafazakarlık</t>
+        </is>
+      </c>
+      <c r="C151" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="152" spans="1:3">
+      <c r="A152" s="1" t="inlineStr">
+        <is>
+          <t>9786055291495</t>
+        </is>
+      </c>
+      <c r="B152" s="1" t="inlineStr">
+        <is>
+          <t>Mesnev-i Şerif Mütercimi Nahifi Süleyman Efendi Külliyatı ve On Eserinin Tıpkıbasımı, Tercümesi, Sadeleştirilmesi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C152" s="1">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="153" spans="1:3">
+      <c r="A153" s="1" t="inlineStr">
+        <is>
+          <t>9786054268290</t>
+        </is>
+      </c>
+      <c r="B153" s="1" t="inlineStr">
+        <is>
+          <t>Son Yaprak</t>
+        </is>
+      </c>
+      <c r="C153" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="154" spans="1:3">
+      <c r="A154" s="1" t="inlineStr">
+        <is>
+          <t>9786054268344</t>
+        </is>
+      </c>
+      <c r="B154" s="1" t="inlineStr">
+        <is>
+          <t>Hayata Dair Düşünceler</t>
+        </is>
+      </c>
+      <c r="C154" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="155" spans="1:3">
+      <c r="A155" s="1" t="inlineStr">
+        <is>
+          <t>9786054268405</t>
+        </is>
+      </c>
+      <c r="B155" s="1" t="inlineStr">
+        <is>
+          <t>Therese Raquin</t>
+        </is>
+      </c>
+      <c r="C155" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="156" spans="1:3">
+      <c r="A156" s="1" t="inlineStr">
+        <is>
+          <t>9786055291297</t>
+        </is>
+      </c>
+      <c r="B156" s="1" t="inlineStr">
+        <is>
+          <t>Fısıldayan Damlalar</t>
+        </is>
+      </c>
+      <c r="C156" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="157" spans="1:3">
+      <c r="A157" s="1" t="inlineStr">
+        <is>
+          <t>9789756642580</t>
+        </is>
+      </c>
+      <c r="B157" s="1" t="inlineStr">
+        <is>
+          <t>Ararat'ta 320 Gün</t>
+        </is>
+      </c>
+      <c r="C157" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="158" spans="1:3">
+      <c r="A158" s="1" t="inlineStr">
+        <is>
+          <t>9786056839245</t>
+        </is>
+      </c>
+      <c r="B158" s="1" t="inlineStr">
+        <is>
+          <t>Destanlaşan Çanakkale</t>
+        </is>
+      </c>
+      <c r="C158" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="159" spans="1:3">
+      <c r="A159" s="1" t="inlineStr">
+        <is>
+          <t>9786055291440</t>
+        </is>
+      </c>
+      <c r="B159" s="1" t="inlineStr">
+        <is>
+          <t>Noktanın Yarısı</t>
+        </is>
+      </c>
+      <c r="C159" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="160" spans="1:3">
+      <c r="A160" s="1" t="inlineStr">
+        <is>
+          <t>9786055291402</t>
+        </is>
+      </c>
+      <c r="B160" s="1" t="inlineStr">
+        <is>
+          <t>Yolcu</t>
+        </is>
+      </c>
+      <c r="C160" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="161" spans="1:3">
+      <c r="A161" s="1" t="inlineStr">
+        <is>
+          <t>9786055291396</t>
+        </is>
+      </c>
+      <c r="B161" s="1" t="inlineStr">
+        <is>
+          <t>Üç Muamma</t>
+        </is>
+      </c>
+      <c r="C161" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="162" spans="1:3">
+      <c r="A162" s="1" t="inlineStr">
+        <is>
+          <t>9786055291389</t>
+        </is>
+      </c>
+      <c r="B162" s="1" t="inlineStr">
+        <is>
+          <t>Toplumun Direği Din</t>
+        </is>
+      </c>
+      <c r="C162" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="163" spans="1:3">
+      <c r="A163" s="1" t="inlineStr">
+        <is>
+          <t>9786055291280</t>
+        </is>
+      </c>
+      <c r="B163" s="1" t="inlineStr">
+        <is>
+          <t>Hayrabolulu Melami Şeyhi Ahmed-i Sarban Efendi Külliyatı (Divanı ve Mektubatı) ve Vizeli Şeyh Ala'eddin Ali Efendi'nin Şiirleri (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C163" s="1">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="164" spans="1:3">
+      <c r="A164" s="1" t="inlineStr">
+        <is>
+          <t>9789756462249</t>
+        </is>
+      </c>
+      <c r="B164" s="1" t="inlineStr">
+        <is>
+          <t>Gönüller Irmağı</t>
+        </is>
+      </c>
+      <c r="C164" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="165" spans="1:3">
+      <c r="A165" s="1" t="inlineStr">
+        <is>
+          <t>9786055291334</t>
+        </is>
+      </c>
+      <c r="B165" s="1" t="inlineStr">
+        <is>
+          <t>İdeal Din Görevlisinin Not Defteri</t>
+        </is>
+      </c>
+      <c r="C165" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="166" spans="1:3">
+      <c r="A166" s="1" t="inlineStr">
+        <is>
+          <t>9799756462187</t>
+        </is>
+      </c>
+      <c r="B166" s="1" t="inlineStr">
+        <is>
+          <t>En Güzel İsimler Allah'ındır</t>
+        </is>
+      </c>
+      <c r="C166" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="167" spans="1:3">
+      <c r="A167" s="1" t="inlineStr">
+        <is>
+          <t>9799756462170</t>
+        </is>
+      </c>
+      <c r="B167" s="1" t="inlineStr">
+        <is>
+          <t>Esma-Ül-Hüsna</t>
+        </is>
+      </c>
+      <c r="C167" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="168" spans="1:3">
+      <c r="A168" s="1" t="inlineStr">
+        <is>
+          <t>9789756462324</t>
+        </is>
+      </c>
+      <c r="B168" s="1" t="inlineStr">
+        <is>
+          <t>Namaz ve Çocuk</t>
+        </is>
+      </c>
+      <c r="C168" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="169" spans="1:3">
+      <c r="A169" s="1" t="inlineStr">
+        <is>
+          <t>9789756462393</t>
+        </is>
+      </c>
+      <c r="B169" s="1" t="inlineStr">
+        <is>
+          <t>İstanbul Türbeleri Rehberi</t>
+        </is>
+      </c>
+      <c r="C169" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="170" spans="1:3">
+      <c r="A170" s="1" t="inlineStr">
+        <is>
+          <t>9786054268429</t>
+        </is>
+      </c>
+      <c r="B170" s="1" t="inlineStr">
+        <is>
+          <t>Acımak</t>
+        </is>
+      </c>
+      <c r="C170" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="171" spans="1:3">
+      <c r="A171" s="1" t="inlineStr">
+        <is>
+          <t>9789756462782</t>
+        </is>
+      </c>
+      <c r="B171" s="1" t="inlineStr">
+        <is>
+          <t>Operasyon Bitmedi Tetikçi Görev Başında</t>
+        </is>
+      </c>
+      <c r="C171" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="172" spans="1:3">
+      <c r="A172" s="1" t="inlineStr">
+        <is>
+          <t>9789756462102</t>
+        </is>
+      </c>
+      <c r="B172" s="1" t="inlineStr">
+        <is>
+          <t>Onların Savaşı</t>
+        </is>
+      </c>
+      <c r="C172" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="173" spans="1:3">
+      <c r="A173" s="1" t="inlineStr">
+        <is>
+          <t>9786055291198</t>
+        </is>
+      </c>
+      <c r="B173" s="1" t="inlineStr">
+        <is>
+          <t>Çığlıklar</t>
+        </is>
+      </c>
+      <c r="C173" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="174" spans="1:3">
+      <c r="A174" s="1" t="inlineStr">
+        <is>
+          <t>9789758514120</t>
+        </is>
+      </c>
+      <c r="B174" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı İmparatorluğu'nda Sırp Meselesi</t>
+        </is>
+      </c>
+      <c r="C174" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="175" spans="1:3">
+      <c r="A175" s="1" t="inlineStr">
+        <is>
+          <t>9789756462799</t>
+        </is>
+      </c>
+      <c r="B175" s="1" t="inlineStr">
+        <is>
+          <t>Savaş Sanatı</t>
+        </is>
+      </c>
+      <c r="C175" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="176" spans="1:3">
+      <c r="A176" s="1" t="inlineStr">
+        <is>
+          <t>3990000015500</t>
+        </is>
+      </c>
+      <c r="B176" s="1" t="inlineStr">
+        <is>
+          <t>Çilingir</t>
+        </is>
+      </c>
+      <c r="C176" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="177" spans="1:3">
+      <c r="A177" s="1" t="inlineStr">
+        <is>
+          <t>9786054268818</t>
+        </is>
+      </c>
+      <c r="B177" s="1" t="inlineStr">
+        <is>
+          <t>Kuran-ı Kerim Okumayı Öğrenecekler İçin Pratik Karabaş Tecvidi</t>
+        </is>
+      </c>
+      <c r="C177" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="178" spans="1:3">
+      <c r="A178" s="1" t="inlineStr">
+        <is>
+          <t>9786055291211</t>
+        </is>
+      </c>
+      <c r="B178" s="1" t="inlineStr">
+        <is>
+          <t>Seyyid Murad-ı Buhari Hazretleri "Kuddise Sirruh" Külliyyatı - 1</t>
+        </is>
+      </c>
+      <c r="C178" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="179" spans="1:3">
+      <c r="A179" s="1" t="inlineStr">
+        <is>
+          <t>9789756642610</t>
+        </is>
+      </c>
+      <c r="B179" s="1" t="inlineStr">
+        <is>
+          <t>Kızlar Neden Evden Kaçar?</t>
+        </is>
+      </c>
+      <c r="C179" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="180" spans="1:3">
+      <c r="A180" s="1" t="inlineStr">
+        <is>
+          <t>3990000026870</t>
+        </is>
+      </c>
+      <c r="B180" s="1" t="inlineStr">
+        <is>
+          <t>Bir Kutlu Yolculuk</t>
+        </is>
+      </c>
+      <c r="C180" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="181" spans="1:3">
+      <c r="A181" s="1" t="inlineStr">
+        <is>
           <t>9789756462201</t>
         </is>
       </c>
-      <c r="B103" s="1" t="inlineStr">
+      <c r="B181" s="1" t="inlineStr">
         <is>
           <t>Avrupa Birliği ve Kıbrıs</t>
         </is>
       </c>
-      <c r="C103" s="1">
+      <c r="C181" s="1">
         <v>200</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>