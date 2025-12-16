--- v0 (2025-11-01)
+++ v1 (2025-12-16)
@@ -85,1885 +85,1915 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256753501</t>
+          <t>9786256753587</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Gönül İzi</t>
+          <t>Kıyı</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>360</v>
+        <v>280</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256753495</t>
+          <t>9786058039278</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Yıpranış</t>
+          <t>Halifet Gazi</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>280</v>
+        <v>270</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786257246958</t>
+          <t>9786256753501</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Başköşede Güz</t>
+          <t>Gönül İzi</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>64</v>
+        <v>360</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786257246842</t>
+          <t>9786256753495</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Papatya Mevsimi</t>
+          <t>Yıpranış</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>64</v>
+        <v>280</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786058476233</t>
+          <t>9786257246958</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Şeriyan</t>
+          <t>Başköşede Güz</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>13.89</v>
+        <v>64</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786058039223</t>
+          <t>9786257246842</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Son</t>
+          <t>Papatya Mevsimi</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>300</v>
+        <v>64</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256753471</t>
+          <t>9786058476233</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Dibi</t>
+          <t>Şeriyan</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>240</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256753419</t>
+          <t>9786058039223</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Ziyadesiyle Yorulduk</t>
+          <t>Son</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>260</v>
+        <v>300</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256753426</t>
+          <t>9786256753471</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>İnsan Kendinden Geçer</t>
+          <t>Aşkın Dibi</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786256753457</t>
+          <t>9786256753419</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Geçmişim Adımdı Adım Kaderim</t>
+          <t>Ziyadesiyle Yorulduk</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>220</v>
+        <v>260</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786256753389</t>
+          <t>9786256753426</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Lila</t>
+          <t>İnsan Kendinden Geçer</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786256753372</t>
+          <t>9786256753457</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Gölgeler Mezarlığı</t>
+          <t>Geçmişim Adımdı Adım Kaderim</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786256753303</t>
+          <t>9786256753389</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Fısıltı</t>
+          <t>Lila</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786257246583</t>
+          <t>9786256753372</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Zaman Arsızı</t>
+          <t>Gölgeler Mezarlığı</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>58</v>
+        <v>200</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256753440</t>
+          <t>9786256753303</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>İki Kaya Dibiyiz Uzağımız Bile Aynı</t>
+          <t>Fısıltı</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786256753358</t>
+          <t>9786257246583</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Gül Demi</t>
+          <t>Zaman Arsızı</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>240</v>
+        <v>58</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786256753211</t>
+          <t>9786256753440</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Hayata Tutunmak</t>
+          <t>İki Kaya Dibiyiz Uzağımız Bile Aynı</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786256753365</t>
+          <t>9786256753358</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Yeliz'in Minik Yazarları</t>
+          <t>Gül Demi</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786257246774</t>
+          <t>9786256753211</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Değilim</t>
+          <t>Hayata Tutunmak</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786257246712</t>
+          <t>9786256753365</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Yüreğimin Yamaları</t>
+          <t>Yeliz'in Minik Yazarları</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786059796088</t>
+          <t>9786257246774</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Damlacık</t>
+          <t>Yalnız Değilim</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>9.26</v>
+        <v>200</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256753259</t>
+          <t>9786257246712</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Başkası İçin Evlenmek</t>
+          <t>Yüreğimin Yamaları</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256753242</t>
+          <t>9786059796088</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Virüs</t>
+          <t>Damlacık</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>320</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786257246736</t>
+          <t>9786256753259</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Bedeli Ödenmiş Cümleler</t>
+          <t>Başkası İçin Evlenmek</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786257246521</t>
+          <t>9786256753242</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Yıldız Adayının Yol Haritası</t>
+          <t>Virüs</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786257246798</t>
+          <t>9786257246736</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Suyun Nefesi</t>
+          <t>Bedeli Ödenmiş Cümleler</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>160</v>
+        <v>170</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786257246804</t>
+          <t>9786257246521</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Murat'ın Gülü</t>
+          <t>Yıldız Adayının Yol Haritası</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786257246811</t>
+          <t>9786257246798</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Kaz Çobanı</t>
+          <t>Suyun Nefesi</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>240</v>
+        <v>160</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786256753167</t>
+          <t>9786257246804</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Müslümanız! Elhamdülillah</t>
+          <t>Murat'ın Gülü</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>570</v>
+        <v>160</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786256753150</t>
+          <t>9786257246811</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Lafcılar Destanı</t>
+          <t>Kaz Çobanı</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>670</v>
+        <v>240</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786257246538</t>
+          <t>9786256753167</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Heybeli</t>
+          <t>Müslümanız! Elhamdülillah</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>240</v>
+        <v>570</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786256753334</t>
+          <t>9786256753150</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Kars'ta Aşk Soğuktur</t>
+          <t>Lafcılar Destanı</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>320</v>
+        <v>670</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786256753105</t>
+          <t>9786257246538</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Zaman Aşka Sustu</t>
+          <t>Heybeli</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>340</v>
+        <v>240</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786256753204</t>
+          <t>9786256753334</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>İnsan</t>
+          <t>Kars'ta Aşk Soğuktur</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>140</v>
+        <v>320</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786256753198</t>
+          <t>9786256753105</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Gözler de Üşür</t>
+          <t>Zaman Aşka Sustu</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>240</v>
+        <v>340</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786257246347</t>
+          <t>9786256753204</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Yalancı Sonbahar</t>
+          <t>İnsan</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>360</v>
+        <v>140</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786256753136</t>
+          <t>9786256753198</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Hayalet</t>
+          <t>Gözler de Üşür</t>
         </is>
       </c>
       <c r="C38" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786257246989</t>
+          <t>9786257246347</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Kalemlere Sor</t>
+          <t>Yalancı Sonbahar</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>120</v>
+        <v>360</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256753129</t>
+          <t>9786256753136</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Aşk Dergahı</t>
+          <t>Hayalet</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786256753112</t>
+          <t>9786257246989</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Kaostaki Beden</t>
+          <t>Kalemlere Sor</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786256753044</t>
+          <t>9786256753129</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Kavuşma Kuramı</t>
+          <t>Aşk Dergahı</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786256753037</t>
+          <t>9786256753112</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Sözün Aynası</t>
+          <t>Kaostaki Beden</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786256753082</t>
+          <t>9786256753044</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Modern Yalnızlık</t>
+          <t>Kavuşma Kuramı</t>
         </is>
       </c>
       <c r="C44" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786256753051</t>
+          <t>9786256753037</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Beni Hatırladın mı?</t>
+          <t>Sözün Aynası</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786256753099</t>
+          <t>9786256753082</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Bahur</t>
+          <t>Modern Yalnızlık</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786257246835</t>
+          <t>9786256753051</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Sesimiz</t>
+          <t>Beni Hatırladın mı?</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>68</v>
+        <v>120</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786256753020</t>
+          <t>9786256753099</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Zihin Kölesi</t>
+          <t>Bahur</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>260</v>
+        <v>220</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786257246965</t>
+          <t>9786257246835</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Yağmura Bahis</t>
+          <t>Sesimiz</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>160</v>
+        <v>68</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786257246972</t>
+          <t>9786256753020</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Sende Kaldım</t>
+          <t>Zihin Kölesi</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>140</v>
+        <v>260</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786256753006</t>
+          <t>9786257246965</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Sanatı Keşfetmek</t>
+          <t>Yağmura Bahis</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>450</v>
+        <v>160</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786257246996</t>
+          <t>9786257246972</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Güz Kirpiği</t>
+          <t>Sende Kaldım</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>85</v>
+        <v>140</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786257246934</t>
+          <t>9786256753006</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Hayalimdeki Türkiye</t>
+          <t>Sanatı Keşfetmek</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>280</v>
+        <v>450</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786257246941</t>
+          <t>9786257246996</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Gitmeyecektin</t>
+          <t>Güz Kirpiği</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>80</v>
+        <v>85</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786257246910</t>
+          <t>9786257246934</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Ulvi Görevimde Umuda Yolculuk</t>
+          <t>Hayalimdeki Türkiye</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786257246927</t>
+          <t>9786257246941</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Şiire Medfun</t>
+          <t>Gitmeyecektin</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>64</v>
+        <v>80</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786257246897</t>
+          <t>9786257246910</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Ateş Parçaları</t>
+          <t>Ulvi Görevimde Umuda Yolculuk</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>64</v>
+        <v>250</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786257246743</t>
+          <t>9786257246927</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Piramitler</t>
+          <t>Şiire Medfun</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>220</v>
+        <v>64</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786257246729</t>
+          <t>9786257246897</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Yeşile Düştüm</t>
+          <t>Ateş Parçaları</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>220</v>
+        <v>64</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786257246682</t>
+          <t>9786257246743</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Yemeni</t>
+          <t>Beyaz Piramitler</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786257246675</t>
+          <t>9786257246729</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Köyün Delisi</t>
+          <t>Yeşile Düştüm</t>
         </is>
       </c>
       <c r="C61" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786257246644</t>
+          <t>9786257246682</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Gül Sesim</t>
+          <t>Beyaz Yemeni</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786257246637</t>
+          <t>9786257246675</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Şerife</t>
+          <t>Köyün Delisi</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>260</v>
+        <v>220</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786257246620</t>
+          <t>9786257246644</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Çığlık</t>
+          <t>Gül Sesim</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786257246552</t>
+          <t>9786257246637</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Ay Paramparça</t>
+          <t>Şerife</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>38</v>
+        <v>260</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786257246576</t>
+          <t>9786257246620</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Defne Yolu</t>
+          <t>Sessiz Çığlık</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>64</v>
+        <v>180</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786257246590</t>
+          <t>9786257246552</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Şifa Farkındalıktan Geçer</t>
+          <t>Ay Paramparça</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>45</v>
+        <v>38</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786257246545</t>
+          <t>9786257246576</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Oğlak Güncesi</t>
+          <t>Defne Yolu</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>40</v>
+        <v>64</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786257246477</t>
+          <t>9786257246590</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Göktüzü Yeter Sana</t>
+          <t>Şifa Farkındalıktan Geçer</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>160</v>
+        <v>45</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786257246460</t>
+          <t>9786257246545</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Büyüsü</t>
+          <t>Oğlak Güncesi</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>260</v>
+        <v>40</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786257246484</t>
+          <t>9786257246477</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Güneşe Çıkan Yazılar</t>
+          <t>Göktüzü Yeter Sana</t>
         </is>
       </c>
       <c r="C71" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786257246491</t>
+          <t>9786257246460</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Kılavuz - Hayatının Lideri ve Kendi Yaşam Koçun Ol!</t>
+          <t>Aşkın Büyüsü</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>240</v>
+        <v>260</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786257246422</t>
+          <t>9786257246484</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Kalbimden Akan Damlalar</t>
+          <t>Güneşe Çıkan Yazılar</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>30</v>
+        <v>160</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786050630381</t>
+          <t>9786257246491</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Kirpiğinde Darağacı</t>
+          <t>Kılavuz - Hayatının Lideri ve Kendi Yaşam Koçun Ol!</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>140</v>
+        <v>240</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786257246446</t>
+          <t>9786257246422</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Umut Çiçeği</t>
+          <t>Kalbimden Akan Damlalar</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>160</v>
+        <v>30</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786257246415</t>
+          <t>9786050630381</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Seni Sevmeme Beş Dakika Kalmıştı</t>
+          <t>Kirpiğinde Darağacı</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>25</v>
+        <v>140</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786257246361</t>
+          <t>9786257246446</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Sokağın Ninnisi</t>
+          <t>Umut Çiçeği</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>25</v>
+        <v>160</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786257246385</t>
+          <t>9786257246415</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Ayşe’nin Almanya Yolculuğu</t>
+          <t>Seni Sevmeme Beş Dakika Kalmıştı</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>180</v>
+        <v>25</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786257246217</t>
+          <t>9786257246361</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Son Güz Ateşi</t>
+          <t>Sokağın Ninnisi</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>340</v>
+        <v>25</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786257246354</t>
+          <t>9786257246385</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Stigma</t>
+          <t>Ayşe’nin Almanya Yolculuğu</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786257246231</t>
+          <t>9786257246217</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Senden Sonrası</t>
+          <t>Son Güz Ateşi</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>160</v>
+        <v>340</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786257246323</t>
+          <t>9786257246354</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Benim Mücadelem</t>
+          <t>Stigma</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>30</v>
+        <v>200</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786257246248</t>
+          <t>9786257246231</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Kare</t>
+          <t>Senden Sonrası</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786257246255</t>
+          <t>9786257246323</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Gökkuşağının Mavisinde Buldum Seni</t>
+          <t>Benim Mücadelem</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>150</v>
+        <v>30</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786257246224</t>
+          <t>9786257246248</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Sen Bana İyi Geldin</t>
+          <t>Kare</t>
         </is>
       </c>
       <c r="C85" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786257246309</t>
+          <t>9786257246255</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Gurbet</t>
+          <t>Gökkuşağının Mavisinde Buldum Seni</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786257246293</t>
+          <t>9786257246224</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Ne Hakla!</t>
+          <t>Sen Bana İyi Geldin</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786257246262</t>
+          <t>9786257246309</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Azbahar</t>
+          <t>Gurbet</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786257246279</t>
+          <t>9786257246293</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Alara'ya Mektup</t>
+          <t>Ne Hakla!</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786257246125</t>
+          <t>9786257246262</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>6. Nesil</t>
+          <t>Azbahar</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786257246194</t>
+          <t>9786257246279</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Vuslata Mektuplar</t>
+          <t>Alara'ya Mektup</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786257246187</t>
+          <t>9786257246125</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Demeç</t>
+          <t>6. Nesil</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>20</v>
+        <v>250</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786257246149</t>
+          <t>9786257246194</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Akrebin Gözleri Koyu Karanlık</t>
+          <t>Vuslata Mektuplar</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786257246170</t>
+          <t>9786257246187</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Deli Külhani</t>
+          <t>Demeç</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>160</v>
+        <v>20</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786257246163</t>
+          <t>9786257246149</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Aile İçi Sorunlara Yönelik Koruyucu Manevi Rehberlik</t>
+          <t>Akrebin Gözleri Koyu Karanlık</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786257246156</t>
+          <t>9786257246170</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Buz Gülleri</t>
+          <t>Deli Külhani</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786257246101</t>
+          <t>9786257246163</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Mottom</t>
+          <t>Aile İçi Sorunlara Yönelik Koruyucu Manevi Rehberlik</t>
         </is>
       </c>
       <c r="C97" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786257246088</t>
+          <t>9786257246156</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Susmalar Birbirine Benziyor</t>
+          <t>Buz Gülleri</t>
         </is>
       </c>
       <c r="C98" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786257246118</t>
+          <t>9786257246101</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Melekler Nerede?</t>
+          <t>Mottom</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786257246132</t>
+          <t>9786257246088</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Şiir Seli Antolojisi 3</t>
+          <t>Susmalar Birbirine Benziyor</t>
         </is>
       </c>
       <c r="C100" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786257246095</t>
+          <t>9786257246118</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Aysura</t>
+          <t>Melekler Nerede?</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786257246057</t>
+          <t>9786257246132</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Çöllere Fidan Dikerim</t>
+          <t>Şiir Seli Antolojisi 3</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786050630367</t>
+          <t>9786257246095</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Düş Yakamdan Hayat</t>
+          <t>Aysura</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>280</v>
+        <v>160</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786050630398</t>
+          <t>9786257246057</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Ben Sende Bittim İstanbul</t>
+          <t>Çöllere Fidan Dikerim</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786050630350</t>
+          <t>9786050630367</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Sevil’En Şiirler</t>
+          <t>Düş Yakamdan Hayat</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786050630305</t>
+          <t>9786050630398</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Lahit</t>
+          <t>Ben Sende Bittim İstanbul</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>320</v>
+        <v>140</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786050630336</t>
+          <t>9786050630350</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Aşka Kandık</t>
+          <t>Sevil’En Şiirler</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786050630329</t>
+          <t>9786050630305</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Artık Benzemiyoruz Sonsuza</t>
+          <t>Lahit</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>220</v>
+        <v>320</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786056986062</t>
+          <t>9786050630336</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Çeşm-i Gökçe</t>
+          <t>Aşka Kandık</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786056986079</t>
+          <t>9786050630329</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Ferze</t>
+          <t>Artık Benzemiyoruz Sonsuza</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786056986055</t>
+          <t>9786056986062</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>İçime Güneş Doğsa Biraz</t>
+          <t>Çeşm-i Gökçe</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786058039292</t>
+          <t>9786056986079</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Ulvi Görevimde Umuda Yolculuk</t>
+          <t>Ferze</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>250</v>
+        <v>140</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786058039285</t>
+          <t>9786056986055</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Terli Irmak</t>
+          <t>İçime Güneş Doğsa Biraz</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786058039209</t>
+          <t>9786058039292</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Tamah</t>
+          <t>Ulvi Görevimde Umuda Yolculuk</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786058039261</t>
+          <t>9786058039285</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Ada</t>
+          <t>Terli Irmak</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786056986000</t>
+          <t>9786058039209</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Dildeki Düğüm</t>
+          <t>Tamah</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786058039247</t>
+          <t>9786058039261</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Bu Dünya Hepimizin</t>
+          <t>Ada</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786257246019</t>
+          <t>9786056986000</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Masumiyet Çağı</t>
+          <t>Dildeki Düğüm</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786056894558</t>
+          <t>9786058039247</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Sen İyi Fikirsin</t>
+          <t>Bu Dünya Hepimizin</t>
         </is>
       </c>
       <c r="C119" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786058167117</t>
+          <t>9786257246019</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Göz Bakır</t>
+          <t>Masumiyet Çağı</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786058167179</t>
+          <t>9786056894558</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Obalar Teorisi</t>
+          <t>Sen İyi Fikirsin</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786056894572</t>
+          <t>9786058167117</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Sır Sandığım</t>
+          <t>Göz Bakır</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786058273085</t>
+          <t>9786058167179</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Aynı Şarkı</t>
+          <t>Kutsal Obalar Teorisi</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
+          <t>9786056894572</t>
+        </is>
+      </c>
+      <c r="B124" s="1" t="inlineStr">
+        <is>
+          <t>Sır Sandığım</t>
+        </is>
+      </c>
+      <c r="C124" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="125" spans="1:3">
+      <c r="A125" s="1" t="inlineStr">
+        <is>
+          <t>9786058273085</t>
+        </is>
+      </c>
+      <c r="B125" s="1" t="inlineStr">
+        <is>
+          <t>Aynı Şarkı</t>
+        </is>
+      </c>
+      <c r="C125" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="126" spans="1:3">
+      <c r="A126" s="1" t="inlineStr">
+        <is>
           <t>9786050630312</t>
         </is>
       </c>
-      <c r="B124" s="1" t="inlineStr">
+      <c r="B126" s="1" t="inlineStr">
         <is>
           <t>Arkadaş Kalalım</t>
         </is>
       </c>
-      <c r="C124" s="1">
+      <c r="C126" s="1">
         <v>200</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>