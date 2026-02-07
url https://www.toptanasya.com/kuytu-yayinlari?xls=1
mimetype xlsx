--- v1 (2025-12-16)
+++ v2 (2026-02-07)
@@ -85,1915 +85,1945 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256753587</t>
+          <t>9786058039216</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Kıyı</t>
+          <t>Yol</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786058039278</t>
+          <t>9786256753594</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Halifet Gazi</t>
+          <t>Adaletli Anne Baba ve Adaletsiz Davranışlar</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>270</v>
+        <v>280</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256753501</t>
+          <t>9786256753587</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Gönül İzi</t>
+          <t>Kıyı</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>360</v>
+        <v>280</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256753495</t>
+          <t>9786058039278</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Yıpranış</t>
+          <t>Halifet Gazi</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>280</v>
+        <v>270</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786257246958</t>
+          <t>9786256753501</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Başköşede Güz</t>
+          <t>Gönül İzi</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>64</v>
+        <v>360</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786257246842</t>
+          <t>9786256753495</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Papatya Mevsimi</t>
+          <t>Yıpranış</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>64</v>
+        <v>280</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786058476233</t>
+          <t>9786257246958</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Şeriyan</t>
+          <t>Başköşede Güz</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>13.89</v>
+        <v>64</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786058039223</t>
+          <t>9786257246842</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Son</t>
+          <t>Papatya Mevsimi</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>300</v>
+        <v>64</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256753471</t>
+          <t>9786058476233</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Dibi</t>
+          <t>Şeriyan</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>240</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786256753419</t>
+          <t>9786058039223</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Ziyadesiyle Yorulduk</t>
+          <t>Son</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>260</v>
+        <v>300</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786256753426</t>
+          <t>9786256753471</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>İnsan Kendinden Geçer</t>
+          <t>Aşkın Dibi</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786256753457</t>
+          <t>9786256753419</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Geçmişim Adımdı Adım Kaderim</t>
+          <t>Ziyadesiyle Yorulduk</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>220</v>
+        <v>260</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786256753389</t>
+          <t>9786256753426</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Lila</t>
+          <t>İnsan Kendinden Geçer</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256753372</t>
+          <t>9786256753457</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Gölgeler Mezarlığı</t>
+          <t>Geçmişim Adımdı Adım Kaderim</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256753303</t>
+          <t>9786256753389</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Fısıltı</t>
+          <t>Lila</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786257246583</t>
+          <t>9786256753372</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Zaman Arsızı</t>
+          <t>Gölgeler Mezarlığı</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>58</v>
+        <v>200</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786256753440</t>
+          <t>9786256753303</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>İki Kaya Dibiyiz Uzağımız Bile Aynı</t>
+          <t>Fısıltı</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786256753358</t>
+          <t>9786257246583</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Gül Demi</t>
+          <t>Zaman Arsızı</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>240</v>
+        <v>58</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256753211</t>
+          <t>9786256753440</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Hayata Tutunmak</t>
+          <t>İki Kaya Dibiyiz Uzağımız Bile Aynı</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256753365</t>
+          <t>9786256753358</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Yeliz'in Minik Yazarları</t>
+          <t>Gül Demi</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786257246774</t>
+          <t>9786256753211</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Değilim</t>
+          <t>Hayata Tutunmak</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786257246712</t>
+          <t>9786256753365</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Yüreğimin Yamaları</t>
+          <t>Yeliz'in Minik Yazarları</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786059796088</t>
+          <t>9786257246774</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Damlacık</t>
+          <t>Yalnız Değilim</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>9.26</v>
+        <v>200</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786256753259</t>
+          <t>9786257246712</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Başkası İçin Evlenmek</t>
+          <t>Yüreğimin Yamaları</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786256753242</t>
+          <t>9786059796088</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Virüs</t>
+          <t>Damlacık</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>320</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786257246736</t>
+          <t>9786256753259</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Bedeli Ödenmiş Cümleler</t>
+          <t>Başkası İçin Evlenmek</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786257246521</t>
+          <t>9786256753242</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Yıldız Adayının Yol Haritası</t>
+          <t>Virüs</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786257246798</t>
+          <t>9786257246736</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Suyun Nefesi</t>
+          <t>Bedeli Ödenmiş Cümleler</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>160</v>
+        <v>170</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786257246804</t>
+          <t>9786257246521</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Murat'ın Gülü</t>
+          <t>Yıldız Adayının Yol Haritası</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786257246811</t>
+          <t>9786257246798</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Kaz Çobanı</t>
+          <t>Suyun Nefesi</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>240</v>
+        <v>160</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786256753167</t>
+          <t>9786257246804</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Müslümanız! Elhamdülillah</t>
+          <t>Murat'ın Gülü</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>570</v>
+        <v>160</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786256753150</t>
+          <t>9786257246811</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Lafcılar Destanı</t>
+          <t>Kaz Çobanı</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>670</v>
+        <v>240</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786257246538</t>
+          <t>9786256753167</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Heybeli</t>
+          <t>Müslümanız! Elhamdülillah</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>240</v>
+        <v>570</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786256753334</t>
+          <t>9786256753150</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Kars'ta Aşk Soğuktur</t>
+          <t>Lafcılar Destanı</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>320</v>
+        <v>670</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786256753105</t>
+          <t>9786257246538</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Zaman Aşka Sustu</t>
+          <t>Heybeli</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>340</v>
+        <v>240</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786256753204</t>
+          <t>9786256753334</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>İnsan</t>
+          <t>Kars'ta Aşk Soğuktur</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>140</v>
+        <v>320</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786256753198</t>
+          <t>9786256753105</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Gözler de Üşür</t>
+          <t>Zaman Aşka Sustu</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>240</v>
+        <v>340</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786257246347</t>
+          <t>9786256753204</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Yalancı Sonbahar</t>
+          <t>İnsan</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>360</v>
+        <v>140</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256753136</t>
+          <t>9786256753198</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Hayalet</t>
+          <t>Gözler de Üşür</t>
         </is>
       </c>
       <c r="C40" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786257246989</t>
+          <t>9786257246347</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Kalemlere Sor</t>
+          <t>Yalancı Sonbahar</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>120</v>
+        <v>360</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786256753129</t>
+          <t>9786256753136</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Aşk Dergahı</t>
+          <t>Hayalet</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786256753112</t>
+          <t>9786257246989</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Kaostaki Beden</t>
+          <t>Kalemlere Sor</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786256753044</t>
+          <t>9786256753129</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Kavuşma Kuramı</t>
+          <t>Aşk Dergahı</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786256753037</t>
+          <t>9786256753112</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Sözün Aynası</t>
+          <t>Kaostaki Beden</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786256753082</t>
+          <t>9786256753044</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Modern Yalnızlık</t>
+          <t>Kavuşma Kuramı</t>
         </is>
       </c>
       <c r="C46" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786256753051</t>
+          <t>9786256753037</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Beni Hatırladın mı?</t>
+          <t>Sözün Aynası</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786256753099</t>
+          <t>9786256753082</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Bahur</t>
+          <t>Modern Yalnızlık</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786257246835</t>
+          <t>9786256753051</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Sesimiz</t>
+          <t>Beni Hatırladın mı?</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>68</v>
+        <v>120</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786256753020</t>
+          <t>9786256753099</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Zihin Kölesi</t>
+          <t>Bahur</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>260</v>
+        <v>220</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786257246965</t>
+          <t>9786257246835</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Yağmura Bahis</t>
+          <t>Sesimiz</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>160</v>
+        <v>68</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786257246972</t>
+          <t>9786256753020</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Sende Kaldım</t>
+          <t>Zihin Kölesi</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>140</v>
+        <v>260</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786256753006</t>
+          <t>9786257246965</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Sanatı Keşfetmek</t>
+          <t>Yağmura Bahis</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>450</v>
+        <v>160</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786257246996</t>
+          <t>9786257246972</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Güz Kirpiği</t>
+          <t>Sende Kaldım</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>85</v>
+        <v>140</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786257246934</t>
+          <t>9786256753006</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Hayalimdeki Türkiye</t>
+          <t>Sanatı Keşfetmek</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>280</v>
+        <v>450</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786257246941</t>
+          <t>9786257246996</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Gitmeyecektin</t>
+          <t>Güz Kirpiği</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>80</v>
+        <v>85</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786257246910</t>
+          <t>9786257246934</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Ulvi Görevimde Umuda Yolculuk</t>
+          <t>Hayalimdeki Türkiye</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786257246927</t>
+          <t>9786257246941</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Şiire Medfun</t>
+          <t>Gitmeyecektin</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>64</v>
+        <v>80</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786257246897</t>
+          <t>9786257246910</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Ateş Parçaları</t>
+          <t>Ulvi Görevimde Umuda Yolculuk</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>64</v>
+        <v>250</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786257246743</t>
+          <t>9786257246927</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Piramitler</t>
+          <t>Şiire Medfun</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>220</v>
+        <v>64</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786257246729</t>
+          <t>9786257246897</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Yeşile Düştüm</t>
+          <t>Ateş Parçaları</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>220</v>
+        <v>64</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786257246682</t>
+          <t>9786257246743</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Yemeni</t>
+          <t>Beyaz Piramitler</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786257246675</t>
+          <t>9786257246729</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Köyün Delisi</t>
+          <t>Yeşile Düştüm</t>
         </is>
       </c>
       <c r="C63" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786257246644</t>
+          <t>9786257246682</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Gül Sesim</t>
+          <t>Beyaz Yemeni</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786257246637</t>
+          <t>9786257246675</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Şerife</t>
+          <t>Köyün Delisi</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>260</v>
+        <v>220</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786257246620</t>
+          <t>9786257246644</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Çığlık</t>
+          <t>Gül Sesim</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786257246552</t>
+          <t>9786257246637</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Ay Paramparça</t>
+          <t>Şerife</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>38</v>
+        <v>260</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786257246576</t>
+          <t>9786257246620</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Defne Yolu</t>
+          <t>Sessiz Çığlık</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>64</v>
+        <v>180</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786257246590</t>
+          <t>9786257246552</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Şifa Farkındalıktan Geçer</t>
+          <t>Ay Paramparça</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>45</v>
+        <v>38</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786257246545</t>
+          <t>9786257246576</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Oğlak Güncesi</t>
+          <t>Defne Yolu</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>40</v>
+        <v>64</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786257246477</t>
+          <t>9786257246590</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Göktüzü Yeter Sana</t>
+          <t>Şifa Farkındalıktan Geçer</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>160</v>
+        <v>45</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786257246460</t>
+          <t>9786257246545</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Büyüsü</t>
+          <t>Oğlak Güncesi</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>260</v>
+        <v>40</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786257246484</t>
+          <t>9786257246477</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Güneşe Çıkan Yazılar</t>
+          <t>Göktüzü Yeter Sana</t>
         </is>
       </c>
       <c r="C73" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786257246491</t>
+          <t>9786257246460</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Kılavuz - Hayatının Lideri ve Kendi Yaşam Koçun Ol!</t>
+          <t>Aşkın Büyüsü</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>240</v>
+        <v>260</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786257246422</t>
+          <t>9786257246484</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Kalbimden Akan Damlalar</t>
+          <t>Güneşe Çıkan Yazılar</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>30</v>
+        <v>160</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786050630381</t>
+          <t>9786257246491</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Kirpiğinde Darağacı</t>
+          <t>Kılavuz - Hayatının Lideri ve Kendi Yaşam Koçun Ol!</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>140</v>
+        <v>240</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786257246446</t>
+          <t>9786257246422</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Umut Çiçeği</t>
+          <t>Kalbimden Akan Damlalar</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>160</v>
+        <v>30</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786257246415</t>
+          <t>9786050630381</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Seni Sevmeme Beş Dakika Kalmıştı</t>
+          <t>Kirpiğinde Darağacı</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>25</v>
+        <v>140</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786257246361</t>
+          <t>9786257246446</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Sokağın Ninnisi</t>
+          <t>Umut Çiçeği</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>25</v>
+        <v>160</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786257246385</t>
+          <t>9786257246415</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Ayşe’nin Almanya Yolculuğu</t>
+          <t>Seni Sevmeme Beş Dakika Kalmıştı</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>180</v>
+        <v>25</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786257246217</t>
+          <t>9786257246361</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Son Güz Ateşi</t>
+          <t>Sokağın Ninnisi</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>340</v>
+        <v>25</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786257246354</t>
+          <t>9786257246385</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Stigma</t>
+          <t>Ayşe’nin Almanya Yolculuğu</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786257246231</t>
+          <t>9786257246217</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Senden Sonrası</t>
+          <t>Son Güz Ateşi</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>160</v>
+        <v>340</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786257246323</t>
+          <t>9786257246354</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Benim Mücadelem</t>
+          <t>Stigma</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>30</v>
+        <v>200</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786257246248</t>
+          <t>9786257246231</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Kare</t>
+          <t>Senden Sonrası</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786257246255</t>
+          <t>9786257246323</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Gökkuşağının Mavisinde Buldum Seni</t>
+          <t>Benim Mücadelem</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>150</v>
+        <v>30</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786257246224</t>
+          <t>9786257246248</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Sen Bana İyi Geldin</t>
+          <t>Kare</t>
         </is>
       </c>
       <c r="C87" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786257246309</t>
+          <t>9786257246255</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Gurbet</t>
+          <t>Gökkuşağının Mavisinde Buldum Seni</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786257246293</t>
+          <t>9786257246224</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Ne Hakla!</t>
+          <t>Sen Bana İyi Geldin</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786257246262</t>
+          <t>9786257246309</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Azbahar</t>
+          <t>Gurbet</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786257246279</t>
+          <t>9786257246293</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Alara'ya Mektup</t>
+          <t>Ne Hakla!</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786257246125</t>
+          <t>9786257246262</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>6. Nesil</t>
+          <t>Azbahar</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786257246194</t>
+          <t>9786257246279</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Vuslata Mektuplar</t>
+          <t>Alara'ya Mektup</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786257246187</t>
+          <t>9786257246125</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Demeç</t>
+          <t>6. Nesil</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>20</v>
+        <v>250</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786257246149</t>
+          <t>9786257246194</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Akrebin Gözleri Koyu Karanlık</t>
+          <t>Vuslata Mektuplar</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786257246170</t>
+          <t>9786257246187</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Deli Külhani</t>
+          <t>Demeç</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>160</v>
+        <v>20</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786257246163</t>
+          <t>9786257246149</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Aile İçi Sorunlara Yönelik Koruyucu Manevi Rehberlik</t>
+          <t>Akrebin Gözleri Koyu Karanlık</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786257246156</t>
+          <t>9786257246170</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Buz Gülleri</t>
+          <t>Deli Külhani</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786257246101</t>
+          <t>9786257246163</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Mottom</t>
+          <t>Aile İçi Sorunlara Yönelik Koruyucu Manevi Rehberlik</t>
         </is>
       </c>
       <c r="C99" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786257246088</t>
+          <t>9786257246156</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Susmalar Birbirine Benziyor</t>
+          <t>Buz Gülleri</t>
         </is>
       </c>
       <c r="C100" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786257246118</t>
+          <t>9786257246101</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Melekler Nerede?</t>
+          <t>Mottom</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786257246132</t>
+          <t>9786257246088</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Şiir Seli Antolojisi 3</t>
+          <t>Susmalar Birbirine Benziyor</t>
         </is>
       </c>
       <c r="C102" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786257246095</t>
+          <t>9786257246118</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Aysura</t>
+          <t>Melekler Nerede?</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786257246057</t>
+          <t>9786257246132</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Çöllere Fidan Dikerim</t>
+          <t>Şiir Seli Antolojisi 3</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786050630367</t>
+          <t>9786257246095</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Düş Yakamdan Hayat</t>
+          <t>Aysura</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>280</v>
+        <v>160</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786050630398</t>
+          <t>9786257246057</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Ben Sende Bittim İstanbul</t>
+          <t>Çöllere Fidan Dikerim</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786050630350</t>
+          <t>9786050630367</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Sevil’En Şiirler</t>
+          <t>Düş Yakamdan Hayat</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786050630305</t>
+          <t>9786050630398</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Lahit</t>
+          <t>Ben Sende Bittim İstanbul</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>320</v>
+        <v>140</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786050630336</t>
+          <t>9786050630350</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Aşka Kandık</t>
+          <t>Sevil’En Şiirler</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786050630329</t>
+          <t>9786050630305</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Artık Benzemiyoruz Sonsuza</t>
+          <t>Lahit</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>220</v>
+        <v>320</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786056986062</t>
+          <t>9786050630336</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Çeşm-i Gökçe</t>
+          <t>Aşka Kandık</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786056986079</t>
+          <t>9786050630329</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Ferze</t>
+          <t>Artık Benzemiyoruz Sonsuza</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786056986055</t>
+          <t>9786056986062</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>İçime Güneş Doğsa Biraz</t>
+          <t>Çeşm-i Gökçe</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786058039292</t>
+          <t>9786056986079</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Ulvi Görevimde Umuda Yolculuk</t>
+          <t>Ferze</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>250</v>
+        <v>140</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786058039285</t>
+          <t>9786056986055</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Terli Irmak</t>
+          <t>İçime Güneş Doğsa Biraz</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786058039209</t>
+          <t>9786058039292</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Tamah</t>
+          <t>Ulvi Görevimde Umuda Yolculuk</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786058039261</t>
+          <t>9786058039285</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Ada</t>
+          <t>Terli Irmak</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786056986000</t>
+          <t>9786058039209</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Dildeki Düğüm</t>
+          <t>Tamah</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786058039247</t>
+          <t>9786058039261</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Bu Dünya Hepimizin</t>
+          <t>Ada</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786257246019</t>
+          <t>9786056986000</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Masumiyet Çağı</t>
+          <t>Dildeki Düğüm</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786056894558</t>
+          <t>9786058039247</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Sen İyi Fikirsin</t>
+          <t>Bu Dünya Hepimizin</t>
         </is>
       </c>
       <c r="C121" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786058167117</t>
+          <t>9786257246019</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Göz Bakır</t>
+          <t>Masumiyet Çağı</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786058167179</t>
+          <t>9786056894558</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Obalar Teorisi</t>
+          <t>Sen İyi Fikirsin</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786056894572</t>
+          <t>9786058167117</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Sır Sandığım</t>
+          <t>Göz Bakır</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786058273085</t>
+          <t>9786058167179</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Aynı Şarkı</t>
+          <t>Kutsal Obalar Teorisi</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
+          <t>9786056894572</t>
+        </is>
+      </c>
+      <c r="B126" s="1" t="inlineStr">
+        <is>
+          <t>Sır Sandığım</t>
+        </is>
+      </c>
+      <c r="C126" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="127" spans="1:3">
+      <c r="A127" s="1" t="inlineStr">
+        <is>
+          <t>9786058273085</t>
+        </is>
+      </c>
+      <c r="B127" s="1" t="inlineStr">
+        <is>
+          <t>Aynı Şarkı</t>
+        </is>
+      </c>
+      <c r="C127" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="128" spans="1:3">
+      <c r="A128" s="1" t="inlineStr">
+        <is>
           <t>9786050630312</t>
         </is>
       </c>
-      <c r="B126" s="1" t="inlineStr">
+      <c r="B128" s="1" t="inlineStr">
         <is>
           <t>Arkadaş Kalalım</t>
         </is>
       </c>
-      <c r="C126" s="1">
+      <c r="C128" s="1">
         <v>200</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>