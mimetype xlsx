--- v2 (2026-02-07)
+++ v3 (2026-03-30)
@@ -85,1945 +85,3085 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786058039216</t>
+          <t>9786256753235</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Yol</t>
+          <t>Koynumda Şeker Ağacı</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256753594</t>
+          <t>9786256753228</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Adaletli Anne Baba ve Adaletsiz Davranışlar</t>
+          <t>Söylenmemiş Şarkılar</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>280</v>
+        <v>100</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256753587</t>
+          <t>9786256753143</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Kıyı</t>
+          <t>Sen Hiç Bilmedin</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>280</v>
+        <v>320</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786058039278</t>
+          <t>9786256753013</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Halifet Gazi</t>
+          <t>Hatay Depreminde Hayat Kurtaran 12 Saatlik Mucize Kurtuluş</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>270</v>
+        <v>150</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256753501</t>
+          <t>9786257246903</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Gönül İzi</t>
+          <t>Zemherimde Bir Gün</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>360</v>
+        <v>64</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256753495</t>
+          <t>9786257246866</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Yıpranış</t>
+          <t>Hayalimin Gölgesi</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>280</v>
+        <v>72</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786257246958</t>
+          <t>9786257246880</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Başköşede Güz</t>
+          <t>Der Türke</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>64</v>
+        <v>84</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786257246842</t>
+          <t>9786257246668</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Papatya Mevsimi</t>
+          <t>İz Kalır</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>64</v>
+        <v>160</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786058476233</t>
+          <t>9786058247178</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Şeriyan</t>
+          <t>Ruha Vurgun</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>13.89</v>
+        <v>20</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786058039223</t>
+          <t>9786257246507</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Son</t>
+          <t>Papatyalar Açsın Kalbinde</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>300</v>
+        <v>35</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786256753471</t>
+          <t>9786257246453</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Dibi</t>
+          <t>Koryon Yıldızı</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>240</v>
+        <v>320</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786256753419</t>
+          <t>9786257246439</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Ziyadesiyle Yorulduk</t>
+          <t>A-Massein: Özgürlük Savaşçıları</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>260</v>
+        <v>280</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786256753426</t>
+          <t>9786257246408</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>İnsan Kendinden Geçer</t>
+          <t>Yenildim Yenilendim</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256753457</t>
+          <t>9786257246378</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Geçmişim Adımdı Adım Kaderim</t>
+          <t>Lilith ve Havva</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>220</v>
+        <v>40</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256753389</t>
+          <t>9786257246071</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Lila</t>
+          <t>Şiir Seli Antolojisi 2</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>160</v>
+        <v>25</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786256753372</t>
+          <t>9786056926402</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Gölgeler Mezarlığı</t>
+          <t>Bakışlara Düşen Ansızılar</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>200</v>
+        <v>15</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786256753303</t>
+          <t>9786056986031</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Fısıltı</t>
+          <t>Yanılmalar</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786257246583</t>
+          <t>9786056894541</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Zaman Arsızı</t>
+          <t>Aşkın Dibi</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>58</v>
+        <v>22</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256753440</t>
+          <t>9786050630374</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>İki Kaya Dibiyiz Uzağımız Bile Aynı</t>
+          <t>Büyümeyen Kadınlar</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256753358</t>
+          <t>9786058247185</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Gül Demi</t>
+          <t>Anlamı Yordum</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>240</v>
+        <v>14</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256753211</t>
+          <t>9786058273009</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Hayata Tutunmak</t>
+          <t>Belki Okursun Diye</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>160</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256753365</t>
+          <t>9786056894596</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Yeliz'in Minik Yazarları</t>
+          <t>Sevda'ya Doğru</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>220</v>
+        <v>10</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786257246774</t>
+          <t>9786056709159</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Değilim</t>
+          <t>Kadim Savaşçılar</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>200</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786257246712</t>
+          <t>3990000090019</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Yüreğimin Yamaları</t>
+          <t>Eylül Artığı Ömrüm</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>280</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786059796088</t>
+          <t>9786058273023</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Damlacık</t>
+          <t>Biraz Manolya</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>9.26</v>
+        <v>10</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786256753259</t>
+          <t>9786059796064</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Başkası İçin Evlenmek</t>
+          <t>Güneşsiz Düşler</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>200</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786256753242</t>
+          <t>9786059796071</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Virüs</t>
+          <t>Araf'ın Sakinleri</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>320</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786257246736</t>
+          <t>9786058273061</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Bedeli Ödenmiş Cümleler</t>
+          <t>Bakma Zamanları</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>170</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786257246521</t>
+          <t>9786058476264</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Yıldız Adayının Yol Haritası</t>
+          <t>Hissediyorum Öyleyse Seninim</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>180</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786257246798</t>
+          <t>9786058476202</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Suyun Nefesi</t>
+          <t>Uçuruma Düşen Serçe</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>160</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786257246804</t>
+          <t>9786058476219</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Murat'ın Gülü</t>
+          <t>Şiirimi Güneşe Serdim</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>160</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786257246811</t>
+          <t>9786058476226</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Kaz Çobanı</t>
+          <t>Şiir Sularında Yeniden</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>240</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786256753167</t>
+          <t>9786056709135</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Müslümanız! Elhamdülillah</t>
+          <t>Yüreğim Ter İçinde</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>570</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786256753150</t>
+          <t>9786056709180</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Lafcılar Destanı</t>
+          <t>Vişne Çürüğü</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>670</v>
+        <v>15</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786257246538</t>
+          <t>9786056709128</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Heybeli</t>
+          <t>Deniz Balıklara Küs</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>240</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786256753334</t>
+          <t>9786056709104</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Kars'ta Aşk Soğuktur</t>
+          <t>Bir Otel Odası</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>320</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786256753105</t>
+          <t>9786056709111</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Zaman Aşka Sustu</t>
+          <t>Ne Şiir Şeysin Sen</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>340</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786256753204</t>
+          <t>9786059796057</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>İnsan</t>
+          <t>Düş Sarığı</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>140</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256753198</t>
+          <t>9786059796040</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Gözler de Üşür</t>
+          <t>Bir Ömür Aşk</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>240</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786257246347</t>
+          <t>9786058167100</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Yalancı Sonbahar</t>
+          <t>Karanlığa Alışmak</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>360</v>
+        <v>15</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786256753136</t>
+          <t>9786058247154</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Hayalet</t>
+          <t>Arsız Yolcu</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>240</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786257246989</t>
+          <t>9786058476257</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Kalemlere Sor</t>
+          <t>Gölgem Gölgeni Sevdi</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>120</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786256753129</t>
+          <t>9786058476240</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Aşk Dergahı</t>
+          <t>Düşler Nereye Ben Oraya</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>220</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786256753112</t>
+          <t>9786056709166</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Kaostaki Beden</t>
+          <t>Ayna</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>180</v>
+        <v>10</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786256753044</t>
+          <t>9786056709173</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Kavuşma Kuramı</t>
+          <t>Sabır Taşı Günlükleri</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>120</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786256753037</t>
+          <t>9786059796149</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Sözün Aynası</t>
+          <t>Karanfil Kuşları</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>140</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786256753082</t>
+          <t>9786059796118</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Modern Yalnızlık</t>
+          <t>Sözlediğim Hayat</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>120</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786256753051</t>
+          <t>9786059796125</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Beni Hatırladın mı?</t>
+          <t>Sana Şiir Yapayım Mı?</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>120</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786256753099</t>
+          <t>9786059796156</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Bahur</t>
+          <t>Rüzgar Göçü</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>220</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786257246835</t>
+          <t>9786059796132</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Sesimiz</t>
+          <t>Nisan</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>68</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786256753020</t>
+          <t>9786059796101</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Zihin Kölesi</t>
+          <t>Sazlıkların Arasında (Ciltli)</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>260</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786257246965</t>
+          <t>9786058247130</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Yağmura Bahis</t>
+          <t>Fil İntiharları</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>160</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786257246972</t>
+          <t>9786058247147</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Sende Kaldım</t>
+          <t>Kuşlar Havuzu</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>140</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786256753006</t>
+          <t>9786058273092</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Sanatı Keşfetmek</t>
+          <t>İnsan Sevgiyle Yaşar</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>450</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786257246996</t>
+          <t>9786059796033</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Güz Kirpiği</t>
+          <t>Gözlerin Gözlerime Değdiğinde</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>85</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786257246934</t>
+          <t>9786059796026</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Hayalimdeki Türkiye</t>
+          <t>Günün Özeti - Yine Çok Özletti</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>280</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786257246941</t>
+          <t>9786058476295</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Gitmeyecektin</t>
+          <t>Kırılan Kalbimin İçindeki Sen</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>80</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786257246910</t>
+          <t>9786058476288</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Ulvi Görevimde Umuda Yolculuk</t>
+          <t>Elmas Ağacı</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>250</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786257246927</t>
+          <t>9786257246330</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Şiire Medfun</t>
+          <t>Yaban Gülüm</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>64</v>
+        <v>160</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786257246897</t>
+          <t>9786257246064</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Ateş Parçaları</t>
+          <t>Kurgan</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>64</v>
+        <v>360</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786257246743</t>
+          <t>9786257246040</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Piramitler</t>
+          <t>Altı Köşe</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>220</v>
+        <v>25</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786257246729</t>
+          <t>9786058273030</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Yeşile Düştüm</t>
+          <t>Turna Avazı</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>220</v>
+        <v>15</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786257246682</t>
+          <t>9786257246392</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Yemeni</t>
+          <t>Helal Sevgi</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>180</v>
+        <v>35</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786257246675</t>
+          <t>9786056986048</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Köyün Delisi</t>
+          <t>Mavi Köşk</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786257246644</t>
+          <t>9786058247123</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Gül Sesim</t>
+          <t>Yol Uzun Hasret Mavi</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>140</v>
+        <v>12</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786257246637</t>
+          <t>9786056709197</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Şerife</t>
+          <t>Gölgesi Yok Ateşin</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>260</v>
+        <v>12</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786257246620</t>
+          <t>9786056894510</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Çığlık</t>
+          <t>Bulutlara Merdiven</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>180</v>
+        <v>10</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786257246552</t>
+          <t>9786056986017</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Ay Paramparça</t>
+          <t>Boş</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>38</v>
+        <v>280</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786257246576</t>
+          <t>9786257246200</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Defne Yolu</t>
+          <t>Boncuklu Deli Demet Destanı</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>64</v>
+        <v>25</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786257246590</t>
+          <t>9786056986093</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Şifa Farkındalıktan Geçer</t>
+          <t>Alya</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>45</v>
+        <v>140</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786257246545</t>
+          <t>9786056986086</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Oğlak Güncesi</t>
+          <t>Bir Karun Efsanesi M.Ö 1000</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>40</v>
+        <v>25</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786257246477</t>
+          <t>9786058039230</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Göktüzü Yeter Sana</t>
+          <t>Gör</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786257246460</t>
+          <t>9786050630343</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Büyüsü</t>
+          <t>Şiir Seli Antolojisi</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>260</v>
+        <v>25</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786257246484</t>
+          <t>9786059796170</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Güneşe Çıkan Yazılar</t>
+          <t>Sınırdaki Ay</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>160</v>
+        <v>10</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786257246491</t>
+          <t>9786058247116</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Kılavuz - Hayatının Lideri ve Kendi Yaşam Koçun Ol!</t>
+          <t>Masal Tadında Bir Bayram</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>240</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786257246422</t>
+          <t>9786058247161</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Kalbimden Akan Damlalar</t>
+          <t>Son Kale</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>30</v>
+        <v>140</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786050630381</t>
+          <t>9786058039216</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Kirpiğinde Darağacı</t>
+          <t>Yol</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786257246446</t>
+          <t>9786256753594</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Umut Çiçeği</t>
+          <t>Adaletli Anne Baba ve Adaletsiz Davranışlar</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>160</v>
+        <v>280</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786257246415</t>
+          <t>9786256753587</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Seni Sevmeme Beş Dakika Kalmıştı</t>
+          <t>Kıyı</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>25</v>
+        <v>280</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786257246361</t>
+          <t>9786058039278</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Sokağın Ninnisi</t>
+          <t>Halifet Gazi</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>25</v>
+        <v>270</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786257246385</t>
+          <t>9786256753501</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Ayşe’nin Almanya Yolculuğu</t>
+          <t>Gönül İzi</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>180</v>
+        <v>360</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786257246217</t>
+          <t>9786256753495</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Son Güz Ateşi</t>
+          <t>Yıpranış</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>340</v>
+        <v>280</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786257246354</t>
+          <t>9786257246958</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Stigma</t>
+          <t>Başköşede Güz</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>200</v>
+        <v>64</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786257246231</t>
+          <t>9786257246842</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Senden Sonrası</t>
+          <t>Papatya Mevsimi</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>160</v>
+        <v>64</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786257246323</t>
+          <t>9786058476233</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Benim Mücadelem</t>
+          <t>Şeriyan</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>30</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786257246248</t>
+          <t>9786058039223</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Kare</t>
+          <t>Son</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786257246255</t>
+          <t>9786256753471</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Gökkuşağının Mavisinde Buldum Seni</t>
+          <t>Aşkın Dibi</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786257246224</t>
+          <t>9786256753419</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Sen Bana İyi Geldin</t>
+          <t>Ziyadesiyle Yorulduk</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>180</v>
+        <v>260</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786257246309</t>
+          <t>9786256753426</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Gurbet</t>
+          <t>İnsan Kendinden Geçer</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786257246293</t>
+          <t>9786256753457</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Ne Hakla!</t>
+          <t>Geçmişim Adımdı Adım Kaderim</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786257246262</t>
+          <t>9786256753389</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Azbahar</t>
+          <t>Lila</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786257246279</t>
+          <t>9786256753372</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Alara'ya Mektup</t>
+          <t>Gölgeler Mezarlığı</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786257246125</t>
+          <t>9786256753303</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>6. Nesil</t>
+          <t>Fısıltı</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786257246194</t>
+          <t>9786257246583</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Vuslata Mektuplar</t>
+          <t>Zaman Arsızı</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>200</v>
+        <v>58</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786257246187</t>
+          <t>9786256753440</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Demeç</t>
+          <t>İki Kaya Dibiyiz Uzağımız Bile Aynı</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>20</v>
+        <v>120</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786257246149</t>
+          <t>9786256753358</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Akrebin Gözleri Koyu Karanlık</t>
+          <t>Gül Demi</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>120</v>
+        <v>240</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786257246170</t>
+          <t>9786256753211</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Deli Külhani</t>
+          <t>Hayata Tutunmak</t>
         </is>
       </c>
       <c r="C98" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786257246163</t>
+          <t>9786256753365</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Aile İçi Sorunlara Yönelik Koruyucu Manevi Rehberlik</t>
+          <t>Yeliz'in Minik Yazarları</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786257246156</t>
+          <t>9786257246774</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Buz Gülleri</t>
+          <t>Yalnız Değilim</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786257246101</t>
+          <t>9786257246712</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Mottom</t>
+          <t>Yüreğimin Yamaları</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>160</v>
+        <v>280</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786257246088</t>
+          <t>9786059796088</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Susmalar Birbirine Benziyor</t>
+          <t>Damlacık</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>140</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786257246118</t>
+          <t>9786256753259</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Melekler Nerede?</t>
+          <t>Başkası İçin Evlenmek</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786257246132</t>
+          <t>9786256753242</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Şiir Seli Antolojisi 3</t>
+          <t>Virüs</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>140</v>
+        <v>320</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786257246095</t>
+          <t>9786257246736</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Aysura</t>
+          <t>Bedeli Ödenmiş Cümleler</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>160</v>
+        <v>170</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786257246057</t>
+          <t>9786257246521</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Çöllere Fidan Dikerim</t>
+          <t>Yıldız Adayının Yol Haritası</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786050630367</t>
+          <t>9786257246798</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Düş Yakamdan Hayat</t>
+          <t>Suyun Nefesi</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>280</v>
+        <v>160</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786050630398</t>
+          <t>9786257246804</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Ben Sende Bittim İstanbul</t>
+          <t>Murat'ın Gülü</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786050630350</t>
+          <t>9786257246811</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Sevil’En Şiirler</t>
+          <t>Kaz Çobanı</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786050630305</t>
+          <t>9786256753167</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Lahit</t>
+          <t>Müslümanız! Elhamdülillah</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>320</v>
+        <v>570</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786050630336</t>
+          <t>9786256753150</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Aşka Kandık</t>
+          <t>Lafcılar Destanı</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>200</v>
+        <v>670</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786050630329</t>
+          <t>9786257246538</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Artık Benzemiyoruz Sonsuza</t>
+          <t>Heybeli</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786056986062</t>
+          <t>9786256753334</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Çeşm-i Gökçe</t>
+          <t>Kars'ta Aşk Soğuktur</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>160</v>
+        <v>320</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786056986079</t>
+          <t>9786256753105</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Ferze</t>
+          <t>Zaman Aşka Sustu</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>140</v>
+        <v>340</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786056986055</t>
+          <t>9786256753204</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>İçime Güneş Doğsa Biraz</t>
+          <t>İnsan</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786058039292</t>
+          <t>9786256753198</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Ulvi Görevimde Umuda Yolculuk</t>
+          <t>Gözler de Üşür</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786058039285</t>
+          <t>9786257246347</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Terli Irmak</t>
+          <t>Yalancı Sonbahar</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>140</v>
+        <v>360</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786058039209</t>
+          <t>9786256753136</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Tamah</t>
+          <t>Hayalet</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786058039261</t>
+          <t>9786257246989</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Ada</t>
+          <t>Kalemlere Sor</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786056986000</t>
+          <t>9786256753129</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Dildeki Düğüm</t>
+          <t>Aşk Dergahı</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786058039247</t>
+          <t>9786256753112</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Bu Dünya Hepimizin</t>
+          <t>Kaostaki Beden</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786257246019</t>
+          <t>9786256753044</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Masumiyet Çağı</t>
+          <t>Kavuşma Kuramı</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786056894558</t>
+          <t>9786256753037</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Sen İyi Fikirsin</t>
+          <t>Sözün Aynası</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>220</v>
+        <v>140</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786058167117</t>
+          <t>9786256753082</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Göz Bakır</t>
+          <t>Modern Yalnızlık</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786058167179</t>
+          <t>9786256753051</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Obalar Teorisi</t>
+          <t>Beni Hatırladın mı?</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786056894572</t>
+          <t>9786256753099</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Sır Sandığım</t>
+          <t>Bahur</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786058273085</t>
+          <t>9786257246835</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Aynı Şarkı</t>
+          <t>Sesimiz</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>240</v>
+        <v>68</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
+          <t>9786256753020</t>
+        </is>
+      </c>
+      <c r="B128" s="1" t="inlineStr">
+        <is>
+          <t>Zihin Kölesi</t>
+        </is>
+      </c>
+      <c r="C128" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="129" spans="1:3">
+      <c r="A129" s="1" t="inlineStr">
+        <is>
+          <t>9786257246965</t>
+        </is>
+      </c>
+      <c r="B129" s="1" t="inlineStr">
+        <is>
+          <t>Yağmura Bahis</t>
+        </is>
+      </c>
+      <c r="C129" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="130" spans="1:3">
+      <c r="A130" s="1" t="inlineStr">
+        <is>
+          <t>9786257246972</t>
+        </is>
+      </c>
+      <c r="B130" s="1" t="inlineStr">
+        <is>
+          <t>Sende Kaldım</t>
+        </is>
+      </c>
+      <c r="C130" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="131" spans="1:3">
+      <c r="A131" s="1" t="inlineStr">
+        <is>
+          <t>9786256753006</t>
+        </is>
+      </c>
+      <c r="B131" s="1" t="inlineStr">
+        <is>
+          <t>Sanatı Keşfetmek</t>
+        </is>
+      </c>
+      <c r="C131" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="132" spans="1:3">
+      <c r="A132" s="1" t="inlineStr">
+        <is>
+          <t>9786257246996</t>
+        </is>
+      </c>
+      <c r="B132" s="1" t="inlineStr">
+        <is>
+          <t>Güz Kirpiği</t>
+        </is>
+      </c>
+      <c r="C132" s="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="133" spans="1:3">
+      <c r="A133" s="1" t="inlineStr">
+        <is>
+          <t>9786257246934</t>
+        </is>
+      </c>
+      <c r="B133" s="1" t="inlineStr">
+        <is>
+          <t>Hayalimdeki Türkiye</t>
+        </is>
+      </c>
+      <c r="C133" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="134" spans="1:3">
+      <c r="A134" s="1" t="inlineStr">
+        <is>
+          <t>9786257246941</t>
+        </is>
+      </c>
+      <c r="B134" s="1" t="inlineStr">
+        <is>
+          <t>Gitmeyecektin</t>
+        </is>
+      </c>
+      <c r="C134" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="135" spans="1:3">
+      <c r="A135" s="1" t="inlineStr">
+        <is>
+          <t>9786257246910</t>
+        </is>
+      </c>
+      <c r="B135" s="1" t="inlineStr">
+        <is>
+          <t>Ulvi Görevimde Umuda Yolculuk</t>
+        </is>
+      </c>
+      <c r="C135" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="136" spans="1:3">
+      <c r="A136" s="1" t="inlineStr">
+        <is>
+          <t>9786257246927</t>
+        </is>
+      </c>
+      <c r="B136" s="1" t="inlineStr">
+        <is>
+          <t>Şiire Medfun</t>
+        </is>
+      </c>
+      <c r="C136" s="1">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="137" spans="1:3">
+      <c r="A137" s="1" t="inlineStr">
+        <is>
+          <t>9786257246897</t>
+        </is>
+      </c>
+      <c r="B137" s="1" t="inlineStr">
+        <is>
+          <t>Ateş Parçaları</t>
+        </is>
+      </c>
+      <c r="C137" s="1">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="138" spans="1:3">
+      <c r="A138" s="1" t="inlineStr">
+        <is>
+          <t>9786257246743</t>
+        </is>
+      </c>
+      <c r="B138" s="1" t="inlineStr">
+        <is>
+          <t>Beyaz Piramitler</t>
+        </is>
+      </c>
+      <c r="C138" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="139" spans="1:3">
+      <c r="A139" s="1" t="inlineStr">
+        <is>
+          <t>9786257246729</t>
+        </is>
+      </c>
+      <c r="B139" s="1" t="inlineStr">
+        <is>
+          <t>Yeşile Düştüm</t>
+        </is>
+      </c>
+      <c r="C139" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="140" spans="1:3">
+      <c r="A140" s="1" t="inlineStr">
+        <is>
+          <t>9786257246682</t>
+        </is>
+      </c>
+      <c r="B140" s="1" t="inlineStr">
+        <is>
+          <t>Beyaz Yemeni</t>
+        </is>
+      </c>
+      <c r="C140" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="141" spans="1:3">
+      <c r="A141" s="1" t="inlineStr">
+        <is>
+          <t>9786257246675</t>
+        </is>
+      </c>
+      <c r="B141" s="1" t="inlineStr">
+        <is>
+          <t>Köyün Delisi</t>
+        </is>
+      </c>
+      <c r="C141" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="142" spans="1:3">
+      <c r="A142" s="1" t="inlineStr">
+        <is>
+          <t>9786257246644</t>
+        </is>
+      </c>
+      <c r="B142" s="1" t="inlineStr">
+        <is>
+          <t>Gül Sesim</t>
+        </is>
+      </c>
+      <c r="C142" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="143" spans="1:3">
+      <c r="A143" s="1" t="inlineStr">
+        <is>
+          <t>9786257246637</t>
+        </is>
+      </c>
+      <c r="B143" s="1" t="inlineStr">
+        <is>
+          <t>Şerife</t>
+        </is>
+      </c>
+      <c r="C143" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="144" spans="1:3">
+      <c r="A144" s="1" t="inlineStr">
+        <is>
+          <t>9786257246620</t>
+        </is>
+      </c>
+      <c r="B144" s="1" t="inlineStr">
+        <is>
+          <t>Sessiz Çığlık</t>
+        </is>
+      </c>
+      <c r="C144" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="145" spans="1:3">
+      <c r="A145" s="1" t="inlineStr">
+        <is>
+          <t>9786257246552</t>
+        </is>
+      </c>
+      <c r="B145" s="1" t="inlineStr">
+        <is>
+          <t>Ay Paramparça</t>
+        </is>
+      </c>
+      <c r="C145" s="1">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="146" spans="1:3">
+      <c r="A146" s="1" t="inlineStr">
+        <is>
+          <t>9786257246576</t>
+        </is>
+      </c>
+      <c r="B146" s="1" t="inlineStr">
+        <is>
+          <t>Defne Yolu</t>
+        </is>
+      </c>
+      <c r="C146" s="1">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="147" spans="1:3">
+      <c r="A147" s="1" t="inlineStr">
+        <is>
+          <t>9786257246590</t>
+        </is>
+      </c>
+      <c r="B147" s="1" t="inlineStr">
+        <is>
+          <t>Şifa Farkındalıktan Geçer</t>
+        </is>
+      </c>
+      <c r="C147" s="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="148" spans="1:3">
+      <c r="A148" s="1" t="inlineStr">
+        <is>
+          <t>9786257246545</t>
+        </is>
+      </c>
+      <c r="B148" s="1" t="inlineStr">
+        <is>
+          <t>Oğlak Güncesi</t>
+        </is>
+      </c>
+      <c r="C148" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="149" spans="1:3">
+      <c r="A149" s="1" t="inlineStr">
+        <is>
+          <t>9786257246477</t>
+        </is>
+      </c>
+      <c r="B149" s="1" t="inlineStr">
+        <is>
+          <t>Göktüzü Yeter Sana</t>
+        </is>
+      </c>
+      <c r="C149" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="150" spans="1:3">
+      <c r="A150" s="1" t="inlineStr">
+        <is>
+          <t>9786257246460</t>
+        </is>
+      </c>
+      <c r="B150" s="1" t="inlineStr">
+        <is>
+          <t>Aşkın Büyüsü</t>
+        </is>
+      </c>
+      <c r="C150" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="151" spans="1:3">
+      <c r="A151" s="1" t="inlineStr">
+        <is>
+          <t>9786257246484</t>
+        </is>
+      </c>
+      <c r="B151" s="1" t="inlineStr">
+        <is>
+          <t>Güneşe Çıkan Yazılar</t>
+        </is>
+      </c>
+      <c r="C151" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="152" spans="1:3">
+      <c r="A152" s="1" t="inlineStr">
+        <is>
+          <t>9786257246491</t>
+        </is>
+      </c>
+      <c r="B152" s="1" t="inlineStr">
+        <is>
+          <t>Kılavuz - Hayatının Lideri ve Kendi Yaşam Koçun Ol!</t>
+        </is>
+      </c>
+      <c r="C152" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="153" spans="1:3">
+      <c r="A153" s="1" t="inlineStr">
+        <is>
+          <t>9786257246422</t>
+        </is>
+      </c>
+      <c r="B153" s="1" t="inlineStr">
+        <is>
+          <t>Kalbimden Akan Damlalar</t>
+        </is>
+      </c>
+      <c r="C153" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="154" spans="1:3">
+      <c r="A154" s="1" t="inlineStr">
+        <is>
+          <t>9786050630381</t>
+        </is>
+      </c>
+      <c r="B154" s="1" t="inlineStr">
+        <is>
+          <t>Kirpiğinde Darağacı</t>
+        </is>
+      </c>
+      <c r="C154" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="155" spans="1:3">
+      <c r="A155" s="1" t="inlineStr">
+        <is>
+          <t>9786257246446</t>
+        </is>
+      </c>
+      <c r="B155" s="1" t="inlineStr">
+        <is>
+          <t>Umut Çiçeği</t>
+        </is>
+      </c>
+      <c r="C155" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="156" spans="1:3">
+      <c r="A156" s="1" t="inlineStr">
+        <is>
+          <t>9786257246415</t>
+        </is>
+      </c>
+      <c r="B156" s="1" t="inlineStr">
+        <is>
+          <t>Seni Sevmeme Beş Dakika Kalmıştı</t>
+        </is>
+      </c>
+      <c r="C156" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="157" spans="1:3">
+      <c r="A157" s="1" t="inlineStr">
+        <is>
+          <t>9786257246361</t>
+        </is>
+      </c>
+      <c r="B157" s="1" t="inlineStr">
+        <is>
+          <t>Sokağın Ninnisi</t>
+        </is>
+      </c>
+      <c r="C157" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="158" spans="1:3">
+      <c r="A158" s="1" t="inlineStr">
+        <is>
+          <t>9786257246385</t>
+        </is>
+      </c>
+      <c r="B158" s="1" t="inlineStr">
+        <is>
+          <t>Ayşe’nin Almanya Yolculuğu</t>
+        </is>
+      </c>
+      <c r="C158" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="159" spans="1:3">
+      <c r="A159" s="1" t="inlineStr">
+        <is>
+          <t>9786257246217</t>
+        </is>
+      </c>
+      <c r="B159" s="1" t="inlineStr">
+        <is>
+          <t>Son Güz Ateşi</t>
+        </is>
+      </c>
+      <c r="C159" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="160" spans="1:3">
+      <c r="A160" s="1" t="inlineStr">
+        <is>
+          <t>9786257246354</t>
+        </is>
+      </c>
+      <c r="B160" s="1" t="inlineStr">
+        <is>
+          <t>Stigma</t>
+        </is>
+      </c>
+      <c r="C160" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="161" spans="1:3">
+      <c r="A161" s="1" t="inlineStr">
+        <is>
+          <t>9786257246231</t>
+        </is>
+      </c>
+      <c r="B161" s="1" t="inlineStr">
+        <is>
+          <t>Senden Sonrası</t>
+        </is>
+      </c>
+      <c r="C161" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="162" spans="1:3">
+      <c r="A162" s="1" t="inlineStr">
+        <is>
+          <t>9786257246323</t>
+        </is>
+      </c>
+      <c r="B162" s="1" t="inlineStr">
+        <is>
+          <t>Benim Mücadelem</t>
+        </is>
+      </c>
+      <c r="C162" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="163" spans="1:3">
+      <c r="A163" s="1" t="inlineStr">
+        <is>
+          <t>9786257246248</t>
+        </is>
+      </c>
+      <c r="B163" s="1" t="inlineStr">
+        <is>
+          <t>Kare</t>
+        </is>
+      </c>
+      <c r="C163" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="164" spans="1:3">
+      <c r="A164" s="1" t="inlineStr">
+        <is>
+          <t>9786257246255</t>
+        </is>
+      </c>
+      <c r="B164" s="1" t="inlineStr">
+        <is>
+          <t>Gökkuşağının Mavisinde Buldum Seni</t>
+        </is>
+      </c>
+      <c r="C164" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="165" spans="1:3">
+      <c r="A165" s="1" t="inlineStr">
+        <is>
+          <t>9786257246224</t>
+        </is>
+      </c>
+      <c r="B165" s="1" t="inlineStr">
+        <is>
+          <t>Sen Bana İyi Geldin</t>
+        </is>
+      </c>
+      <c r="C165" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="166" spans="1:3">
+      <c r="A166" s="1" t="inlineStr">
+        <is>
+          <t>9786257246309</t>
+        </is>
+      </c>
+      <c r="B166" s="1" t="inlineStr">
+        <is>
+          <t>Gurbet</t>
+        </is>
+      </c>
+      <c r="C166" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="167" spans="1:3">
+      <c r="A167" s="1" t="inlineStr">
+        <is>
+          <t>9786257246293</t>
+        </is>
+      </c>
+      <c r="B167" s="1" t="inlineStr">
+        <is>
+          <t>Ne Hakla!</t>
+        </is>
+      </c>
+      <c r="C167" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="168" spans="1:3">
+      <c r="A168" s="1" t="inlineStr">
+        <is>
+          <t>9786257246262</t>
+        </is>
+      </c>
+      <c r="B168" s="1" t="inlineStr">
+        <is>
+          <t>Azbahar</t>
+        </is>
+      </c>
+      <c r="C168" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="169" spans="1:3">
+      <c r="A169" s="1" t="inlineStr">
+        <is>
+          <t>9786257246279</t>
+        </is>
+      </c>
+      <c r="B169" s="1" t="inlineStr">
+        <is>
+          <t>Alara'ya Mektup</t>
+        </is>
+      </c>
+      <c r="C169" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="170" spans="1:3">
+      <c r="A170" s="1" t="inlineStr">
+        <is>
+          <t>9786257246125</t>
+        </is>
+      </c>
+      <c r="B170" s="1" t="inlineStr">
+        <is>
+          <t>6. Nesil</t>
+        </is>
+      </c>
+      <c r="C170" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="171" spans="1:3">
+      <c r="A171" s="1" t="inlineStr">
+        <is>
+          <t>9786257246194</t>
+        </is>
+      </c>
+      <c r="B171" s="1" t="inlineStr">
+        <is>
+          <t>Vuslata Mektuplar</t>
+        </is>
+      </c>
+      <c r="C171" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="172" spans="1:3">
+      <c r="A172" s="1" t="inlineStr">
+        <is>
+          <t>9786257246187</t>
+        </is>
+      </c>
+      <c r="B172" s="1" t="inlineStr">
+        <is>
+          <t>Demeç</t>
+        </is>
+      </c>
+      <c r="C172" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="173" spans="1:3">
+      <c r="A173" s="1" t="inlineStr">
+        <is>
+          <t>9786257246149</t>
+        </is>
+      </c>
+      <c r="B173" s="1" t="inlineStr">
+        <is>
+          <t>Akrebin Gözleri Koyu Karanlık</t>
+        </is>
+      </c>
+      <c r="C173" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="174" spans="1:3">
+      <c r="A174" s="1" t="inlineStr">
+        <is>
+          <t>9786257246170</t>
+        </is>
+      </c>
+      <c r="B174" s="1" t="inlineStr">
+        <is>
+          <t>Deli Külhani</t>
+        </is>
+      </c>
+      <c r="C174" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="175" spans="1:3">
+      <c r="A175" s="1" t="inlineStr">
+        <is>
+          <t>9786257246163</t>
+        </is>
+      </c>
+      <c r="B175" s="1" t="inlineStr">
+        <is>
+          <t>Aile İçi Sorunlara Yönelik Koruyucu Manevi Rehberlik</t>
+        </is>
+      </c>
+      <c r="C175" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="176" spans="1:3">
+      <c r="A176" s="1" t="inlineStr">
+        <is>
+          <t>9786257246156</t>
+        </is>
+      </c>
+      <c r="B176" s="1" t="inlineStr">
+        <is>
+          <t>Buz Gülleri</t>
+        </is>
+      </c>
+      <c r="C176" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="177" spans="1:3">
+      <c r="A177" s="1" t="inlineStr">
+        <is>
+          <t>9786257246101</t>
+        </is>
+      </c>
+      <c r="B177" s="1" t="inlineStr">
+        <is>
+          <t>Mottom</t>
+        </is>
+      </c>
+      <c r="C177" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="178" spans="1:3">
+      <c r="A178" s="1" t="inlineStr">
+        <is>
+          <t>9786257246088</t>
+        </is>
+      </c>
+      <c r="B178" s="1" t="inlineStr">
+        <is>
+          <t>Susmalar Birbirine Benziyor</t>
+        </is>
+      </c>
+      <c r="C178" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="179" spans="1:3">
+      <c r="A179" s="1" t="inlineStr">
+        <is>
+          <t>9786257246118</t>
+        </is>
+      </c>
+      <c r="B179" s="1" t="inlineStr">
+        <is>
+          <t>Melekler Nerede?</t>
+        </is>
+      </c>
+      <c r="C179" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="180" spans="1:3">
+      <c r="A180" s="1" t="inlineStr">
+        <is>
+          <t>9786257246132</t>
+        </is>
+      </c>
+      <c r="B180" s="1" t="inlineStr">
+        <is>
+          <t>Şiir Seli Antolojisi 3</t>
+        </is>
+      </c>
+      <c r="C180" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="181" spans="1:3">
+      <c r="A181" s="1" t="inlineStr">
+        <is>
+          <t>9786257246095</t>
+        </is>
+      </c>
+      <c r="B181" s="1" t="inlineStr">
+        <is>
+          <t>Aysura</t>
+        </is>
+      </c>
+      <c r="C181" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="182" spans="1:3">
+      <c r="A182" s="1" t="inlineStr">
+        <is>
+          <t>9786257246057</t>
+        </is>
+      </c>
+      <c r="B182" s="1" t="inlineStr">
+        <is>
+          <t>Çöllere Fidan Dikerim</t>
+        </is>
+      </c>
+      <c r="C182" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="183" spans="1:3">
+      <c r="A183" s="1" t="inlineStr">
+        <is>
+          <t>9786050630367</t>
+        </is>
+      </c>
+      <c r="B183" s="1" t="inlineStr">
+        <is>
+          <t>Düş Yakamdan Hayat</t>
+        </is>
+      </c>
+      <c r="C183" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="184" spans="1:3">
+      <c r="A184" s="1" t="inlineStr">
+        <is>
+          <t>9786050630398</t>
+        </is>
+      </c>
+      <c r="B184" s="1" t="inlineStr">
+        <is>
+          <t>Ben Sende Bittim İstanbul</t>
+        </is>
+      </c>
+      <c r="C184" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="185" spans="1:3">
+      <c r="A185" s="1" t="inlineStr">
+        <is>
+          <t>9786050630350</t>
+        </is>
+      </c>
+      <c r="B185" s="1" t="inlineStr">
+        <is>
+          <t>Sevil’En Şiirler</t>
+        </is>
+      </c>
+      <c r="C185" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="186" spans="1:3">
+      <c r="A186" s="1" t="inlineStr">
+        <is>
+          <t>9786050630305</t>
+        </is>
+      </c>
+      <c r="B186" s="1" t="inlineStr">
+        <is>
+          <t>Lahit</t>
+        </is>
+      </c>
+      <c r="C186" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="187" spans="1:3">
+      <c r="A187" s="1" t="inlineStr">
+        <is>
+          <t>9786050630336</t>
+        </is>
+      </c>
+      <c r="B187" s="1" t="inlineStr">
+        <is>
+          <t>Aşka Kandık</t>
+        </is>
+      </c>
+      <c r="C187" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="188" spans="1:3">
+      <c r="A188" s="1" t="inlineStr">
+        <is>
+          <t>9786050630329</t>
+        </is>
+      </c>
+      <c r="B188" s="1" t="inlineStr">
+        <is>
+          <t>Artık Benzemiyoruz Sonsuza</t>
+        </is>
+      </c>
+      <c r="C188" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="189" spans="1:3">
+      <c r="A189" s="1" t="inlineStr">
+        <is>
+          <t>9786056986062</t>
+        </is>
+      </c>
+      <c r="B189" s="1" t="inlineStr">
+        <is>
+          <t>Çeşm-i Gökçe</t>
+        </is>
+      </c>
+      <c r="C189" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="190" spans="1:3">
+      <c r="A190" s="1" t="inlineStr">
+        <is>
+          <t>9786056986079</t>
+        </is>
+      </c>
+      <c r="B190" s="1" t="inlineStr">
+        <is>
+          <t>Ferze</t>
+        </is>
+      </c>
+      <c r="C190" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="191" spans="1:3">
+      <c r="A191" s="1" t="inlineStr">
+        <is>
+          <t>9786056986055</t>
+        </is>
+      </c>
+      <c r="B191" s="1" t="inlineStr">
+        <is>
+          <t>İçime Güneş Doğsa Biraz</t>
+        </is>
+      </c>
+      <c r="C191" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="192" spans="1:3">
+      <c r="A192" s="1" t="inlineStr">
+        <is>
+          <t>9786058039292</t>
+        </is>
+      </c>
+      <c r="B192" s="1" t="inlineStr">
+        <is>
+          <t>Ulvi Görevimde Umuda Yolculuk</t>
+        </is>
+      </c>
+      <c r="C192" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="193" spans="1:3">
+      <c r="A193" s="1" t="inlineStr">
+        <is>
+          <t>9786058039285</t>
+        </is>
+      </c>
+      <c r="B193" s="1" t="inlineStr">
+        <is>
+          <t>Terli Irmak</t>
+        </is>
+      </c>
+      <c r="C193" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="194" spans="1:3">
+      <c r="A194" s="1" t="inlineStr">
+        <is>
+          <t>9786058039209</t>
+        </is>
+      </c>
+      <c r="B194" s="1" t="inlineStr">
+        <is>
+          <t>Tamah</t>
+        </is>
+      </c>
+      <c r="C194" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="195" spans="1:3">
+      <c r="A195" s="1" t="inlineStr">
+        <is>
+          <t>9786058039261</t>
+        </is>
+      </c>
+      <c r="B195" s="1" t="inlineStr">
+        <is>
+          <t>Ada</t>
+        </is>
+      </c>
+      <c r="C195" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="196" spans="1:3">
+      <c r="A196" s="1" t="inlineStr">
+        <is>
+          <t>9786056986000</t>
+        </is>
+      </c>
+      <c r="B196" s="1" t="inlineStr">
+        <is>
+          <t>Dildeki Düğüm</t>
+        </is>
+      </c>
+      <c r="C196" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="197" spans="1:3">
+      <c r="A197" s="1" t="inlineStr">
+        <is>
+          <t>9786058039247</t>
+        </is>
+      </c>
+      <c r="B197" s="1" t="inlineStr">
+        <is>
+          <t>Bu Dünya Hepimizin</t>
+        </is>
+      </c>
+      <c r="C197" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="198" spans="1:3">
+      <c r="A198" s="1" t="inlineStr">
+        <is>
+          <t>9786257246019</t>
+        </is>
+      </c>
+      <c r="B198" s="1" t="inlineStr">
+        <is>
+          <t>Masumiyet Çağı</t>
+        </is>
+      </c>
+      <c r="C198" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="199" spans="1:3">
+      <c r="A199" s="1" t="inlineStr">
+        <is>
+          <t>9786056894558</t>
+        </is>
+      </c>
+      <c r="B199" s="1" t="inlineStr">
+        <is>
+          <t>Sen İyi Fikirsin</t>
+        </is>
+      </c>
+      <c r="C199" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="200" spans="1:3">
+      <c r="A200" s="1" t="inlineStr">
+        <is>
+          <t>9786058167117</t>
+        </is>
+      </c>
+      <c r="B200" s="1" t="inlineStr">
+        <is>
+          <t>Göz Bakır</t>
+        </is>
+      </c>
+      <c r="C200" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="201" spans="1:3">
+      <c r="A201" s="1" t="inlineStr">
+        <is>
+          <t>9786058167179</t>
+        </is>
+      </c>
+      <c r="B201" s="1" t="inlineStr">
+        <is>
+          <t>Kutsal Obalar Teorisi</t>
+        </is>
+      </c>
+      <c r="C201" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="202" spans="1:3">
+      <c r="A202" s="1" t="inlineStr">
+        <is>
+          <t>9786056894572</t>
+        </is>
+      </c>
+      <c r="B202" s="1" t="inlineStr">
+        <is>
+          <t>Sır Sandığım</t>
+        </is>
+      </c>
+      <c r="C202" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="203" spans="1:3">
+      <c r="A203" s="1" t="inlineStr">
+        <is>
+          <t>9786058273085</t>
+        </is>
+      </c>
+      <c r="B203" s="1" t="inlineStr">
+        <is>
+          <t>Aynı Şarkı</t>
+        </is>
+      </c>
+      <c r="C203" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="204" spans="1:3">
+      <c r="A204" s="1" t="inlineStr">
+        <is>
           <t>9786050630312</t>
         </is>
       </c>
-      <c r="B128" s="1" t="inlineStr">
+      <c r="B204" s="1" t="inlineStr">
         <is>
           <t>Arkadaş Kalalım</t>
         </is>
       </c>
-      <c r="C128" s="1">
+      <c r="C204" s="1">
         <v>200</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>