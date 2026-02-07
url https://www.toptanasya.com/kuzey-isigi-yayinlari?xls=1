--- v0 (2025-11-01)
+++ v1 (2026-02-07)
@@ -85,625 +85,670 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786056999024</t>
+          <t>9786058173996</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Bir Çalgıcının Seyahati 2. Cilt</t>
+          <t>Doktor Glas</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>174</v>
+        <v>188</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786056999017</t>
+          <t>9786257700177</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Bir Çalgıcının Seyahati 1</t>
+          <t>Beni Azat Et</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>164</v>
+        <v>188</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259514338</t>
+          <t>9786058063402</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Boş Evi</t>
+          <t>Başkası</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>298</v>
+        <v>146</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259514321</t>
+          <t>9786056999024</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Bir Yer Var</t>
+          <t>Bir Çalgıcının Seyahati 2. Cilt</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>158</v>
+        <v>227</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259514314</t>
+          <t>9786056999017</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Yeniden Doğuş</t>
+          <t>Bir Çalgıcının Seyahati 1</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>120</v>
+        <v>214</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259514307</t>
+          <t>9786259514338</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Tren Hikayeleri</t>
+          <t>Dünyanın En Boş Evi</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>136</v>
+        <v>388</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786057402844</t>
+          <t>9786259514321</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Tarlakuşu’nun Şarkısı</t>
+          <t>Bir Yer Var</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>324</v>
+        <v>206</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786057402899</t>
+          <t>9786259514314</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>İskandinav Hikayeleri</t>
+          <t>Yeniden Doğuş</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>144</v>
+        <v>156</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786057402882</t>
+          <t>9786259514307</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Ötekiler</t>
+          <t>Tren Hikayeleri</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>158</v>
+        <v>177</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786057402875</t>
+          <t>9786057402844</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Hiç Şöleni</t>
+          <t>Tarlakuşu’nun Şarkısı</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>284</v>
+        <v>422</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786057402851</t>
+          <t>9786057402899</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Bir Pro - Absürtün Tarihi: Kral Marx</t>
+          <t>İskandinav Hikayeleri</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>144</v>
+        <v>188</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786057402868</t>
+          <t>9786057402882</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Var Mıydık?</t>
+          <t>Ötekiler</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>134</v>
+        <v>206</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786057402837</t>
+          <t>9786057402875</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Tanrıyla İlk Defa Aynı Fikirdeyiz</t>
+          <t>Hiç Şöleni</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>144</v>
+        <v>370</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786057402820</t>
+          <t>9786057402851</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Gece Uçuşu</t>
+          <t>Bir Pro - Absürtün Tarihi: Kral Marx</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>134</v>
+        <v>188</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786057402806</t>
+          <t>9786057402868</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Beni Benimle Bırak</t>
+          <t>Var Mıydık?</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>189</v>
+        <v>175</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786056999093</t>
+          <t>9786057402837</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Alexandra (O Pioneers!)</t>
+          <t>Tanrıyla İlk Defa Aynı Fikirdeyiz</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>169</v>
+        <v>188</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786056999079</t>
+          <t>9786057402820</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Apartman Kamil</t>
+          <t>Gece Uçuşu</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>105</v>
+        <v>175</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786056999055</t>
+          <t>9786057402806</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Portugallia İmparatoru</t>
+          <t>Beni Benimle Bırak</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>158</v>
+        <v>246</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786056999048</t>
+          <t>9786056999093</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Zamanının Çocukları İle İstanbullu Bulgarlar</t>
+          <t>Alexandra (O Pioneers!)</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>178</v>
+        <v>220</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786056999031</t>
+          <t>9786056999079</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Eda'nın Özel Yiyecekleri (Ciltli)</t>
+          <t>Apartman Kamil</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>154</v>
+        <v>105</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786056999000</t>
+          <t>9786056999055</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Acayip Şeyler Örüyoruz Başımıza</t>
+          <t>Portugallia İmparatoru</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>144</v>
+        <v>206</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786058063495</t>
+          <t>9786056999048</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Aelita - Mars Prensesi</t>
+          <t>Kayıp Zamanının Çocukları İle İstanbullu Bulgarlar</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>169</v>
+        <v>178</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786058063488</t>
+          <t>9786056999031</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Antonia</t>
+          <t>Eda'nın Özel Yiyecekleri (Ciltli)</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>169</v>
+        <v>154</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786058063471</t>
+          <t>9786056999000</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Sonsuz Küçük</t>
+          <t>Acayip Şeyler Örüyoruz Başımıza</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>159</v>
+        <v>188</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786056924996</t>
+          <t>9786058063495</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Siyah Giyen Kadınlar</t>
+          <t>Aelita - Mars Prensesi</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>144</v>
+        <v>220</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786056892363</t>
+          <t>9786058063488</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Güneş Çavması - 2</t>
+          <t>Antonia</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>492</v>
+        <v>220</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786056892356</t>
+          <t>9786058063471</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Güneş Çavması - 1. Kitap</t>
+          <t>Sonsuz Küçük</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>598</v>
+        <v>207</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786058089266</t>
+          <t>9786056924996</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Esrarengiz</t>
+          <t>Siyah Giyen Kadınlar</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>189</v>
+        <v>144</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786056852992</t>
+          <t>9786056892363</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Bir Çocuk</t>
+          <t>Güneş Çavması - 2</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>144</v>
+        <v>640</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786056892301</t>
+          <t>9786056892356</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Peren Ağaca Kaçtı</t>
+          <t>Güneş Çavması - 1. Kitap</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>88</v>
+        <v>778</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786056852985</t>
+          <t>9786058089266</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Suskun Toy Kuşları</t>
+          <t>Esrarengiz</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>107</v>
+        <v>246</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786056852978</t>
+          <t>9786056852992</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Sen Neymişsin Be Hayat</t>
+          <t>Mutlu Bir Çocuk</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786056852916</t>
+          <t>9786056892301</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Morfin - Leviathan</t>
+          <t>Peren Ağaca Kaçtı</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>134</v>
+        <v>115</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786058173972</t>
+          <t>9786056852985</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Hayaller Ve Yollar</t>
+          <t>Suskun Toy Kuşları</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>144</v>
+        <v>140</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786058173910</t>
+          <t>9786056852978</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Peren ile Dedesi Alışverişte</t>
+          <t>Sen Neymişsin Be Hayat</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>54</v>
+        <v>201</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786058173941</t>
+          <t>9786056852916</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Peren ile Dedesi Mutfakta</t>
+          <t>Morfin - Leviathan</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>54</v>
+        <v>175</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786058173934</t>
+          <t>9786058173972</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Peren ile Dedesi Karda</t>
+          <t>Hayaller Ve Yollar</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>54</v>
+        <v>188</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786058173927</t>
+          <t>9786058173910</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Peren ile Dedesi Evde</t>
+          <t>Peren ile Dedesi Alışverişte</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>29</v>
+        <v>54</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
+          <t>9786058173941</t>
+        </is>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>Peren ile Dedesi Mutfakta</t>
+        </is>
+      </c>
+      <c r="C40" s="1">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="41" spans="1:3">
+      <c r="A41" s="1" t="inlineStr">
+        <is>
+          <t>9786058173934</t>
+        </is>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>Peren ile Dedesi Karda</t>
+        </is>
+      </c>
+      <c r="C41" s="1">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="42" spans="1:3">
+      <c r="A42" s="1" t="inlineStr">
+        <is>
+          <t>9786058173927</t>
+        </is>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>Peren ile Dedesi Evde</t>
+        </is>
+      </c>
+      <c r="C42" s="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="43" spans="1:3">
+      <c r="A43" s="1" t="inlineStr">
+        <is>
           <t>9786058173958</t>
         </is>
       </c>
-      <c r="B40" s="1" t="inlineStr">
+      <c r="B43" s="1" t="inlineStr">
         <is>
           <t>Peren ile Dedesi Çiftlikte</t>
         </is>
       </c>
-      <c r="C40" s="1">
+      <c r="C43" s="1">
         <v>54</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>