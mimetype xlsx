--- v1 (2026-02-07)
+++ v2 (2026-03-30)
@@ -85,670 +85,715 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786058173996</t>
+          <t>9786057402813</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Doktor Glas</t>
+          <t>Saye</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>188</v>
+        <v>109</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786257700177</t>
+          <t>9786058089204</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Beni Azat Et</t>
+          <t>"Beni Unutma Rusyam" Asırlık Sürgün</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>188</v>
+        <v>71</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786058063402</t>
+          <t>9786056924972</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Başkası</t>
+          <t>Haziran Kalsın</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>146</v>
+        <v>15</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786056999024</t>
+          <t>9786058173996</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Bir Çalgıcının Seyahati 2. Cilt</t>
+          <t>Doktor Glas</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>227</v>
+        <v>188</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786056999017</t>
+          <t>9786257700177</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Bir Çalgıcının Seyahati 1</t>
+          <t>Beni Azat Et</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>214</v>
+        <v>188</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259514338</t>
+          <t>9786058063402</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Boş Evi</t>
+          <t>Başkası</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>388</v>
+        <v>146</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259514321</t>
+          <t>9786056999024</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Bir Yer Var</t>
+          <t>Bir Çalgıcının Seyahati 2. Cilt</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>206</v>
+        <v>227</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259514314</t>
+          <t>9786056999017</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Yeniden Doğuş</t>
+          <t>Bir Çalgıcının Seyahati 1</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>156</v>
+        <v>214</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259514307</t>
+          <t>9786259514338</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Tren Hikayeleri</t>
+          <t>Dünyanın En Boş Evi</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>177</v>
+        <v>388</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786057402844</t>
+          <t>9786259514321</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Tarlakuşu’nun Şarkısı</t>
+          <t>Bir Yer Var</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>422</v>
+        <v>206</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786057402899</t>
+          <t>9786259514314</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>İskandinav Hikayeleri</t>
+          <t>Yeniden Doğuş</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>188</v>
+        <v>156</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786057402882</t>
+          <t>9786259514307</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Ötekiler</t>
+          <t>Tren Hikayeleri</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>206</v>
+        <v>177</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786057402875</t>
+          <t>9786057402844</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Hiç Şöleni</t>
+          <t>Tarlakuşu’nun Şarkısı</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>370</v>
+        <v>422</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786057402851</t>
+          <t>9786057402899</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Bir Pro - Absürtün Tarihi: Kral Marx</t>
+          <t>İskandinav Hikayeleri</t>
         </is>
       </c>
       <c r="C15" s="1">
         <v>188</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786057402868</t>
+          <t>9786057402882</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Var Mıydık?</t>
+          <t>Ötekiler</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>175</v>
+        <v>206</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786057402837</t>
+          <t>9786057402875</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Tanrıyla İlk Defa Aynı Fikirdeyiz</t>
+          <t>Hiç Şöleni</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>188</v>
+        <v>370</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786057402820</t>
+          <t>9786057402851</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Gece Uçuşu</t>
+          <t>Bir Pro - Absürtün Tarihi: Kral Marx</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>175</v>
+        <v>188</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786057402806</t>
+          <t>9786057402868</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Beni Benimle Bırak</t>
+          <t>Var Mıydık?</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>246</v>
+        <v>175</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786056999093</t>
+          <t>9786057402837</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Alexandra (O Pioneers!)</t>
+          <t>Tanrıyla İlk Defa Aynı Fikirdeyiz</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>220</v>
+        <v>188</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786056999079</t>
+          <t>9786057402820</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Apartman Kamil</t>
+          <t>Gece Uçuşu</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>105</v>
+        <v>175</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786056999055</t>
+          <t>9786057402806</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Portugallia İmparatoru</t>
+          <t>Beni Benimle Bırak</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>206</v>
+        <v>246</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786056999048</t>
+          <t>9786056999093</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Zamanının Çocukları İle İstanbullu Bulgarlar</t>
+          <t>Alexandra (O Pioneers!)</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>178</v>
+        <v>220</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786056999031</t>
+          <t>9786056999079</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Eda'nın Özel Yiyecekleri (Ciltli)</t>
+          <t>Apartman Kamil</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>154</v>
+        <v>105</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786056999000</t>
+          <t>9786056999055</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Acayip Şeyler Örüyoruz Başımıza</t>
+          <t>Portugallia İmparatoru</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>188</v>
+        <v>206</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786058063495</t>
+          <t>9786056999048</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Aelita - Mars Prensesi</t>
+          <t>Kayıp Zamanının Çocukları İle İstanbullu Bulgarlar</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>220</v>
+        <v>178</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786058063488</t>
+          <t>9786056999031</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Antonia</t>
+          <t>Eda'nın Özel Yiyecekleri (Ciltli)</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>220</v>
+        <v>154</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786058063471</t>
+          <t>9786056999000</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Sonsuz Küçük</t>
+          <t>Acayip Şeyler Örüyoruz Başımıza</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>207</v>
+        <v>188</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786056924996</t>
+          <t>9786058063495</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Siyah Giyen Kadınlar</t>
+          <t>Aelita - Mars Prensesi</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>144</v>
+        <v>220</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786056892363</t>
+          <t>9786058063488</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Güneş Çavması - 2</t>
+          <t>Antonia</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>640</v>
+        <v>220</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786056892356</t>
+          <t>9786058063471</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Güneş Çavması - 1. Kitap</t>
+          <t>Sonsuz Küçük</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>778</v>
+        <v>207</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786058089266</t>
+          <t>9786056924996</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Esrarengiz</t>
+          <t>Siyah Giyen Kadınlar</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>246</v>
+        <v>144</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786056852992</t>
+          <t>9786056892363</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Bir Çocuk</t>
+          <t>Güneş Çavması - 2</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>188</v>
+        <v>640</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786056892301</t>
+          <t>9786056892356</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Peren Ağaca Kaçtı</t>
+          <t>Güneş Çavması - 1. Kitap</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>115</v>
+        <v>778</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786056852985</t>
+          <t>9786058089266</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Suskun Toy Kuşları</t>
+          <t>Esrarengiz</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>140</v>
+        <v>246</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786056852978</t>
+          <t>9786056852992</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Sen Neymişsin Be Hayat</t>
+          <t>Mutlu Bir Çocuk</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>201</v>
+        <v>188</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786056852916</t>
+          <t>9786056892301</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Morfin - Leviathan</t>
+          <t>Peren Ağaca Kaçtı</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>175</v>
+        <v>115</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786058173972</t>
+          <t>9786056852985</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Hayaller Ve Yollar</t>
+          <t>Suskun Toy Kuşları</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>188</v>
+        <v>140</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786058173910</t>
+          <t>9786056852978</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Peren ile Dedesi Alışverişte</t>
+          <t>Sen Neymişsin Be Hayat</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>54</v>
+        <v>201</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786058173941</t>
+          <t>9786056852916</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Peren ile Dedesi Mutfakta</t>
+          <t>Morfin - Leviathan</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>54</v>
+        <v>175</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786058173934</t>
+          <t>9786058173972</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Peren ile Dedesi Karda</t>
+          <t>Hayaller Ve Yollar</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>54</v>
+        <v>188</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786058173927</t>
+          <t>9786058173910</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Peren ile Dedesi Evde</t>
+          <t>Peren ile Dedesi Alışverişte</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>29</v>
+        <v>54</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
+          <t>9786058173941</t>
+        </is>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>Peren ile Dedesi Mutfakta</t>
+        </is>
+      </c>
+      <c r="C43" s="1">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="44" spans="1:3">
+      <c r="A44" s="1" t="inlineStr">
+        <is>
+          <t>9786058173934</t>
+        </is>
+      </c>
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t>Peren ile Dedesi Karda</t>
+        </is>
+      </c>
+      <c r="C44" s="1">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="45" spans="1:3">
+      <c r="A45" s="1" t="inlineStr">
+        <is>
+          <t>9786058173927</t>
+        </is>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>Peren ile Dedesi Evde</t>
+        </is>
+      </c>
+      <c r="C45" s="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="46" spans="1:3">
+      <c r="A46" s="1" t="inlineStr">
+        <is>
           <t>9786058173958</t>
         </is>
       </c>
-      <c r="B43" s="1" t="inlineStr">
+      <c r="B46" s="1" t="inlineStr">
         <is>
           <t>Peren ile Dedesi Çiftlikte</t>
         </is>
       </c>
-      <c r="C43" s="1">
+      <c r="C46" s="1">
         <v>54</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>