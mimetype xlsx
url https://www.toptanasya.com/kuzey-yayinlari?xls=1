--- v0 (2025-11-01)
+++ v1 (2025-12-16)
@@ -85,880 +85,2155 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786059909150</t>
+          <t>9786059909440</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Desen Kitabı</t>
+          <t>Doğanın Rengi</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>295</v>
+        <v>100</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9789944315746</t>
+          <t>9786059909396</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Çizilir - 101 Hayvan</t>
+          <t>İkkemmez Yokuşu</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>18</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9789944315760</t>
+          <t>9789944315142</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Çizilir - 101 Ev Hayvanı</t>
+          <t>İlk Sözlüğüm</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>18</v>
+        <v>7.95</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9789944315739</t>
+          <t>9789944315951</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Çizilir - 101 Eğlenceli İnsan</t>
+          <t>Toptiş : Unutmadım Seni</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>18</v>
+        <v>2.73</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789944315722</t>
+          <t>9789944315968</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Çizilir - 101 Deniz Canlısı</t>
+          <t>Toptiş : Kayıp Kraliçe</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>18</v>
+        <v>4.27</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789944315753</t>
+          <t>9789944315975</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Çizilir - 101 Canavar</t>
+          <t>Toptiş : Kuş ile Solucan</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>18</v>
+        <v>3.95</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789944315777</t>
+          <t>3990000018203</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Çizilir - 101 Araç</t>
+          <t>Toptiş Çıkartmalı Masallar Serisi (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>18</v>
+        <v>11.85</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789944315531</t>
+          <t>9789944315944</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>İnsan İlişkilerinde Nasıl Çok Başarılı Olursunuz?</t>
+          <t>Toptiş İlk Kelimelerim Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>60</v>
+        <v>10.35</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786059909723</t>
+          <t>9789944315548</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Sayfalar Arasında Renkli Dünyalar</t>
+          <t>Yengeç ve Tavşan</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>265</v>
+        <v>2.95</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789944315791</t>
+          <t>9789944315296</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Gen Bencildir</t>
+          <t>Yeryüzündeki En Büyük Gösteri</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>490</v>
+        <v>115</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786059909372</t>
+          <t>9789944315135</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Farkında Olmak</t>
+          <t>Uyuşturuculardan Korunmuş Çocuk Yetiştirme</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>17</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786059909273</t>
+          <t>9789944315593</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Doğadan Ezgiler</t>
+          <t>Timsah Kaç Arı Kovala</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>265</v>
+        <v>2.95</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786059909211</t>
+          <t>9789944315166</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Bir Nefeste Boyama Kitap 6</t>
+          <t>Tanrı Yanılgısı</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>3.95</v>
+        <v>19.95</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786059909204</t>
+          <t>9789944315111</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Bir Nefeste Boyama Kitap 5</t>
+          <t>Tanrı Yanılgısı</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>3.95</v>
+        <v>300</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786059909235</t>
+          <t>9789944315685</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Bir Nefeste Boyama Kitap 4</t>
+          <t>Talkın</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>3.95</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786059909198</t>
+          <t>9789944315463</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Bir Nefeste Boyama Kitap 3</t>
+          <t>ŞıpŞıp Renkli Boyama 6</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>3.95</v>
+        <v>2.73</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786059909181</t>
+          <t>9789944315456</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Bir Nefeste Boyama Kitap 2</t>
+          <t>ŞıpŞıp Renkli Boyama 5</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>3.95</v>
+        <v>2.73</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789944315203</t>
+          <t>9789944315449</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>İnsan İlişkilerinde Nasıl Çok Başarılı Olursunuz?</t>
+          <t>ŞıpŞıp Renkli Boyama 4</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>200</v>
+        <v>2.73</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786059909143</t>
+          <t>9789944315432</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Bahar Ezgileri</t>
+          <t>ŞıpŞıp Renkli Boyama 3</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>260</v>
+        <v>2.73</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786059909518</t>
+          <t>9789944315425</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Anne Babanın Çocuk Yetiştirme Rehberi</t>
+          <t>ŞıpŞıp Renkli Boyama 2</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>208</v>
+        <v>2.73</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789944315173</t>
+          <t>9789944315418</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Gerçeğin Büyüsü (Ciltli)</t>
+          <t>ŞıpŞıp Renkli Boyama 1</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>600</v>
+        <v>2.73</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786059909600</t>
+          <t>9789944315647</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>144 Sayfa Mandala</t>
+          <t>Şıpşıp Çıkartmalı Boyamalar 3 - Çiftlik Hayvanları</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>174</v>
+        <v>2.73</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786059909563</t>
+          <t>9789944315630</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Dört Atlı (Ciltli)</t>
+          <t>Şıpşıp Çıkartmalı Boyamalar 2 - Balıklar</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>220</v>
+        <v>2.73</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786059909587</t>
+          <t>9789944315623</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Deja Vu - Akıl Oyunlarının Küçük Ama Büyük Kitabı</t>
+          <t>Şıpşıp Çıkartmalı Boyamalar 1 - Kuşlar</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>53</v>
+        <v>2.73</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786059909556</t>
+          <t>9789944315616</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Karakteri Değiştirmek</t>
+          <t>Şıpşıp Çıkartmalı Boyamalar (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>300</v>
+        <v>16.39</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789943152625</t>
+          <t>9789944315609</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>İnsanları Kendinize Nasıl Aşık Edersiniz?</t>
+          <t>Şıpşıp Boyamalı Hikayeler Seti (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>60</v>
+        <v>17.7</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786059909136</t>
+          <t>9789944315401</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Desenlerin Ezgisi</t>
+          <t>ŞıpŞıp - Renkli Boyamalar (8 Kitap Takım)</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>245</v>
+        <v>21.85</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789944315715</t>
+          <t>3990000003528</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Çizilir Seti (6 Kitap Takım)</t>
+          <t>Ponpon Renkli Boyama 6</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>108</v>
+        <v>2.69</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786059909648</t>
+          <t>3990000003526</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Tanrı Yanılgısı (Ciltli)</t>
+          <t>Ponpon Renkli Boyama 5</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>550</v>
+        <v>2.69</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786059909662</t>
+          <t>3990000018202</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Kör Saatçi (Ciltli)</t>
+          <t>Ponpon Renkli Boyama 4</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>500</v>
+        <v>2.69</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786059909075</t>
+          <t>9789944315999</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Girişken Olursunuz?</t>
+          <t>Ponpon Renkli Boyama 3</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>60</v>
+        <v>2.69</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786059909112</t>
+          <t>9789944315289</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Muhteşem Olursunuz?</t>
+          <t>Ponpon Renkli Boyama 2</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>22</v>
+        <v>2.69</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789944315197</t>
+          <t>3990000003525</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>İnsanları Kendinize Nasıl Aşık Edersiniz?</t>
+          <t>Ponpon Renkli Boyama 1</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>90</v>
+        <v>2.69</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786059909679</t>
+          <t>3990000025562</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Gizli Göl</t>
+          <t>Ponpon İlk Kelimelerim 3</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>90</v>
+        <v>2.27</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786059909686</t>
+          <t>3990000025564</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Yıldız Yarışçının Efsanesi</t>
+          <t>Ponpon İlk Kelimelerim 2</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>98</v>
+        <v>2.27</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789944315807</t>
+          <t>9789944315012</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>İnsanlarla Nasıl Anında Bağ Kurarsınız?</t>
+          <t>Milyoner Bilgi Yarışması 800 Soru 50 Yarışma</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>60</v>
+        <v>7.31</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789944315814</t>
+          <t>9789944315159</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Girişken Olursunuz?</t>
+          <t>Milyoner Bilgi Yarışması</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>120</v>
+        <v>14.95</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786059909624</t>
+          <t>9789944315067</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Sosyalizm B*k Gibi</t>
+          <t>Kutsal Klon</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>58</v>
+        <v>6.25</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786059909709</t>
+          <t>9789944315586</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Düşler, Doğa ve Renkler</t>
+          <t>Kocaman Bir Şehirdeyim!</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>186</v>
+        <v>2.95</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786059909501</t>
+          <t>9789944315906</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Kör Saatçi</t>
+          <t>Kocaman Bir Şehirdeyim Ponpon Resimli Hikayeler 2</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>400</v>
+        <v>2.73</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786059909594</t>
+          <t>3990000030889</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Tanrıyı Aşmak</t>
+          <t>Kırmızı Başlıklı Kız</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>250</v>
+        <v>2.95</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786059909365</t>
+          <t>9789944315555</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Bilinçli Anne Baba</t>
+          <t>Karıncalar Ne Yapıyor?</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>300</v>
+        <v>2.95</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789944315241</t>
+          <t>9789944315562</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Olasılıksızlık Dağına Tırmanmak</t>
+          <t>Kardeşim Solucan</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>250</v>
+        <v>2.95</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789944315227</t>
+          <t>9789944315708</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Bir Şeytanın Papazı</t>
+          <t>İnsanlarla Nasıl Anında Bağ Kurarsınız?</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>220</v>
+        <v>14.5</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789944315784</t>
+          <t>9789944315234</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Beyin Kuralları</t>
+          <t>Kürdistan’da Amerikan Operasyonu</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>300</v>
+        <v>9.21</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786059909433</t>
+          <t>9789944315074</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Şeytani Oyunlar</t>
+          <t>İnsan İlişkilerinde Başarılı Olmanın Yolları Başarının 92 Sırrı</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>150</v>
+        <v>11.9</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786059909617</t>
+          <t>9789944315340</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Bir Şeytanın Papazı (Ciltli)</t>
+          <t>İlk Kelimelerim 2</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>300</v>
+        <v>2.73</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786059909570</t>
+          <t>9789944315333</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Ölümü Oynamak</t>
+          <t>İlk Kelimelerim 1</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>150</v>
+        <v>2.73</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786059909532</t>
+          <t>9789944315579</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Kızlar</t>
+          <t>Güzel ve Çirkin</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>150</v>
+        <v>2.95</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786059909549</t>
+          <t>9789944315524</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Ruhtaki Bilim</t>
+          <t>Gökkuşağını Çözmek</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>220</v>
+        <v>35</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786059909099</t>
+          <t>9789944315272</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Merak Tutkusu</t>
+          <t>Faruken Bayraktare’den Sütaş Karikatürleri</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>220</v>
+        <v>12</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789944315890</t>
+          <t>9789944315494</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>İnancın Sonu</t>
+          <t>Erkek Bebek Bakımı</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>450</v>
+        <v>18.06</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786059909631</t>
+          <t>9789944315692</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Haçlılar</t>
+          <t>Beyin Kuralları</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>100</v>
+        <v>9.9</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786059909242</t>
+          <t>9789944315104</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Hint Süsleme Sanatı Mandala</t>
+          <t>Armageddon’un Mührü</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>265</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786059909693</t>
+          <t>9789944315937</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Doğal Olmayan Sebepler</t>
+          <t>Toptiş İlk Kelimelerim Serisi - 3</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>77</v>
+        <v>3.45</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
+          <t>9789944315920</t>
+        </is>
+      </c>
+      <c r="B57" s="1" t="inlineStr">
+        <is>
+          <t>Toptiş İlk Kelimelerim Serisi - 2</t>
+        </is>
+      </c>
+      <c r="C57" s="1">
+        <v>3.45</v>
+      </c>
+    </row>
+    <row r="58" spans="1:3">
+      <c r="A58" s="1" t="inlineStr">
+        <is>
+          <t>9789944315913</t>
+        </is>
+      </c>
+      <c r="B58" s="1" t="inlineStr">
+        <is>
+          <t>Toptiş İlk Kelimelerim Serisi - 1</t>
+        </is>
+      </c>
+      <c r="C58" s="1">
+        <v>3.45</v>
+      </c>
+    </row>
+    <row r="59" spans="1:3">
+      <c r="A59" s="1" t="inlineStr">
+        <is>
+          <t>9786059909426</t>
+        </is>
+      </c>
+      <c r="B59" s="1" t="inlineStr">
+        <is>
+          <t>Geçmiş Zamanlar Hesabı</t>
+        </is>
+      </c>
+      <c r="C59" s="1">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="60" spans="1:3">
+      <c r="A60" s="1" t="inlineStr">
+        <is>
+          <t>3990044315982</t>
+        </is>
+      </c>
+      <c r="B60" s="1" t="inlineStr">
+        <is>
+          <t>Toptiş Çıkartmalı Masallar Seti (3 Kitap)</t>
+        </is>
+      </c>
+      <c r="C60" s="1">
+        <v>11.85</v>
+      </c>
+    </row>
+    <row r="61" spans="1:3">
+      <c r="A61" s="1" t="inlineStr">
+        <is>
+          <t>9786059909259</t>
+        </is>
+      </c>
+      <c r="B61" s="1" t="inlineStr">
+        <is>
+          <t>Depremin Ölüm Çığlıkları</t>
+        </is>
+      </c>
+      <c r="C61" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="62" spans="1:3">
+      <c r="A62" s="1" t="inlineStr">
+        <is>
+          <t>3990000262236</t>
+        </is>
+      </c>
+      <c r="B62" s="1" t="inlineStr">
+        <is>
+          <t>Şıpşıp İlk Boyamalarım (6 Kitap Set)</t>
+        </is>
+      </c>
+      <c r="C62" s="1">
+        <v>17.7</v>
+      </c>
+    </row>
+    <row r="63" spans="1:3">
+      <c r="A63" s="1" t="inlineStr">
+        <is>
+          <t>9786059909525</t>
+        </is>
+      </c>
+      <c r="B63" s="1" t="inlineStr">
+        <is>
+          <t>Akıl Oyunları</t>
+        </is>
+      </c>
+      <c r="C63" s="1">
+        <v>18.06</v>
+      </c>
+    </row>
+    <row r="64" spans="1:3">
+      <c r="A64" s="1" t="inlineStr">
+        <is>
+          <t>9786059909358</t>
+        </is>
+      </c>
+      <c r="B64" s="1" t="inlineStr">
+        <is>
+          <t>Sessiz Çığlık</t>
+        </is>
+      </c>
+      <c r="C64" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="65" spans="1:3">
+      <c r="A65" s="1" t="inlineStr">
+        <is>
+          <t>9786059909228</t>
+        </is>
+      </c>
+      <c r="B65" s="1" t="inlineStr">
+        <is>
+          <t>Bir Nefeste Boyama Serisi Seti (6 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C65" s="1">
+        <v>23.7</v>
+      </c>
+    </row>
+    <row r="66" spans="1:3">
+      <c r="A66" s="1" t="inlineStr">
+        <is>
+          <t>9786059909174</t>
+        </is>
+      </c>
+      <c r="B66" s="1" t="inlineStr">
+        <is>
+          <t>Bir Nefeste Boyama Kitap 1</t>
+        </is>
+      </c>
+      <c r="C66" s="1">
+        <v>3.95</v>
+      </c>
+    </row>
+    <row r="67" spans="1:3">
+      <c r="A67" s="1" t="inlineStr">
+        <is>
+          <t>9786059909105</t>
+        </is>
+      </c>
+      <c r="B67" s="1" t="inlineStr">
+        <is>
+          <t>Oyun Kitabı</t>
+        </is>
+      </c>
+      <c r="C67" s="1">
+        <v>25.41</v>
+      </c>
+    </row>
+    <row r="68" spans="1:3">
+      <c r="A68" s="1" t="inlineStr">
+        <is>
+          <t>9789944315326</t>
+        </is>
+      </c>
+      <c r="B68" s="1" t="inlineStr">
+        <is>
+          <t>Şıp Şıp - İlk Kelimelerim Seti (3 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C68" s="1">
+        <v>8.19</v>
+      </c>
+    </row>
+    <row r="69" spans="1:3">
+      <c r="A69" s="1" t="inlineStr">
+        <is>
+          <t>9789944315357</t>
+        </is>
+      </c>
+      <c r="B69" s="1" t="inlineStr">
+        <is>
+          <t>İlk Kelimelerim 3</t>
+        </is>
+      </c>
+      <c r="C69" s="1">
+        <v>2.73</v>
+      </c>
+    </row>
+    <row r="70" spans="1:3">
+      <c r="A70" s="1" t="inlineStr">
+        <is>
+          <t>9789944315517</t>
+        </is>
+      </c>
+      <c r="B70" s="1" t="inlineStr">
+        <is>
+          <t>ŞıpŞıp - Renkli Boyama 8</t>
+        </is>
+      </c>
+      <c r="C70" s="1">
+        <v>2.73</v>
+      </c>
+    </row>
+    <row r="71" spans="1:3">
+      <c r="A71" s="1" t="inlineStr">
+        <is>
+          <t>9789944315500</t>
+        </is>
+      </c>
+      <c r="B71" s="1" t="inlineStr">
+        <is>
+          <t>ŞıpŞıp - Renkli Boyama 7</t>
+        </is>
+      </c>
+      <c r="C71" s="1">
+        <v>2.73</v>
+      </c>
+    </row>
+    <row r="72" spans="1:3">
+      <c r="A72" s="1" t="inlineStr">
+        <is>
+          <t>9789944315395</t>
+        </is>
+      </c>
+      <c r="B72" s="1" t="inlineStr">
+        <is>
+          <t>ŞıpŞıp Eğleniyorum Öğreniyorum 3</t>
+        </is>
+      </c>
+      <c r="C72" s="1">
+        <v>2.95</v>
+      </c>
+    </row>
+    <row r="73" spans="1:3">
+      <c r="A73" s="1" t="inlineStr">
+        <is>
+          <t>3990000017259</t>
+        </is>
+      </c>
+      <c r="B73" s="1" t="inlineStr">
+        <is>
+          <t>ŞıpŞıp - Eğleniyorum Öğreniyorum (3 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C73" s="1">
+        <v>8.85</v>
+      </c>
+    </row>
+    <row r="74" spans="1:3">
+      <c r="A74" s="1" t="inlineStr">
+        <is>
+          <t>9789944315470</t>
+        </is>
+      </c>
+      <c r="B74" s="1" t="inlineStr">
+        <is>
+          <t>ŞıpŞıp Okul Öncesi Eğitim Seti (12 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C74" s="1">
+        <v>32.78</v>
+      </c>
+    </row>
+    <row r="75" spans="1:3">
+      <c r="A75" s="1" t="inlineStr">
+        <is>
+          <t>9789944315388</t>
+        </is>
+      </c>
+      <c r="B75" s="1" t="inlineStr">
+        <is>
+          <t>Şıpşıp Eğleniyorum Öğreniyorum 2</t>
+        </is>
+      </c>
+      <c r="C75" s="1">
+        <v>2.95</v>
+      </c>
+    </row>
+    <row r="76" spans="1:3">
+      <c r="A76" s="1" t="inlineStr">
+        <is>
+          <t>9789944315371</t>
+        </is>
+      </c>
+      <c r="B76" s="1" t="inlineStr">
+        <is>
+          <t>ŞıpŞıp Eğleniyorum Öğreniyorum 1</t>
+        </is>
+      </c>
+      <c r="C76" s="1">
+        <v>2.95</v>
+      </c>
+    </row>
+    <row r="77" spans="1:3">
+      <c r="A77" s="1" t="inlineStr">
+        <is>
+          <t>3990000017601</t>
+        </is>
+      </c>
+      <c r="B77" s="1" t="inlineStr">
+        <is>
+          <t>Eğleniyorum Öğreniyorum 3</t>
+        </is>
+      </c>
+      <c r="C77" s="1">
+        <v>3.19</v>
+      </c>
+    </row>
+    <row r="78" spans="1:3">
+      <c r="A78" s="1" t="inlineStr">
+        <is>
+          <t>3990000097260</t>
+        </is>
+      </c>
+      <c r="B78" s="1" t="inlineStr">
+        <is>
+          <t>Eğleniyorum Öğreniyorum 2</t>
+        </is>
+      </c>
+      <c r="C78" s="1">
+        <v>2.95</v>
+      </c>
+    </row>
+    <row r="79" spans="1:3">
+      <c r="A79" s="1" t="inlineStr">
+        <is>
+          <t>3990000017257</t>
+        </is>
+      </c>
+      <c r="B79" s="1" t="inlineStr">
+        <is>
+          <t>Eğleniyorum Öğreniyorum 1</t>
+        </is>
+      </c>
+      <c r="C79" s="1">
+        <v>3.19</v>
+      </c>
+    </row>
+    <row r="80" spans="1:3">
+      <c r="A80" s="1" t="inlineStr">
+        <is>
+          <t>3990000025563</t>
+        </is>
+      </c>
+      <c r="B80" s="1" t="inlineStr">
+        <is>
+          <t>Çok Uykucuyum</t>
+        </is>
+      </c>
+      <c r="C80" s="1">
+        <v>2.69</v>
+      </c>
+    </row>
+    <row r="81" spans="1:3">
+      <c r="A81" s="1" t="inlineStr">
+        <is>
+          <t>3990000017602</t>
+        </is>
+      </c>
+      <c r="B81" s="1" t="inlineStr">
+        <is>
+          <t>Büyük Balık Küçük Balık</t>
+        </is>
+      </c>
+      <c r="C81" s="1">
+        <v>2.73</v>
+      </c>
+    </row>
+    <row r="82" spans="1:3">
+      <c r="A82" s="1" t="inlineStr">
+        <is>
+          <t>9786059909457</t>
+        </is>
+      </c>
+      <c r="B82" s="1" t="inlineStr">
+        <is>
+          <t>Gen Bencildir (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C82" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="83" spans="1:3">
+      <c r="A83" s="1" t="inlineStr">
+        <is>
+          <t>9789944315654</t>
+        </is>
+      </c>
+      <c r="B83" s="1" t="inlineStr">
+        <is>
+          <t>Şıpşıp Çıkartmalı Boyamalar 4 - Orman Hayvanları</t>
+        </is>
+      </c>
+      <c r="C83" s="1">
+        <v>2.73</v>
+      </c>
+    </row>
+    <row r="84" spans="1:3">
+      <c r="A84" s="1" t="inlineStr">
+        <is>
+          <t>9789944315098</t>
+        </is>
+      </c>
+      <c r="B84" s="1" t="inlineStr">
+        <is>
+          <t>Zekaküpü Bilgi Yarışması</t>
+        </is>
+      </c>
+      <c r="C84" s="1">
+        <v>8.1</v>
+      </c>
+    </row>
+    <row r="85" spans="1:3">
+      <c r="A85" s="1" t="inlineStr">
+        <is>
+          <t>9789944315678</t>
+        </is>
+      </c>
+      <c r="B85" s="1" t="inlineStr">
+        <is>
+          <t>Şıpşıp Çıkartmalı Boyamalar 6 - Böcekler</t>
+        </is>
+      </c>
+      <c r="C85" s="1">
+        <v>2.73</v>
+      </c>
+    </row>
+    <row r="86" spans="1:3">
+      <c r="A86" s="1" t="inlineStr">
+        <is>
+          <t>9789944315661</t>
+        </is>
+      </c>
+      <c r="B86" s="1" t="inlineStr">
+        <is>
+          <t>Şıpşıp Çıkartmalı Boyamalar 5 - Çiçekler Bitkiler</t>
+        </is>
+      </c>
+      <c r="C86" s="1">
+        <v>2.73</v>
+      </c>
+    </row>
+    <row r="87" spans="1:3">
+      <c r="A87" s="1" t="inlineStr">
+        <is>
+          <t>9786059909150</t>
+        </is>
+      </c>
+      <c r="B87" s="1" t="inlineStr">
+        <is>
+          <t>Desen Kitabı</t>
+        </is>
+      </c>
+      <c r="C87" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="88" spans="1:3">
+      <c r="A88" s="1" t="inlineStr">
+        <is>
+          <t>9789944315746</t>
+        </is>
+      </c>
+      <c r="B88" s="1" t="inlineStr">
+        <is>
+          <t>Nasıl Çizilir - 101 Hayvan</t>
+        </is>
+      </c>
+      <c r="C88" s="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="89" spans="1:3">
+      <c r="A89" s="1" t="inlineStr">
+        <is>
+          <t>9789944315760</t>
+        </is>
+      </c>
+      <c r="B89" s="1" t="inlineStr">
+        <is>
+          <t>Nasıl Çizilir - 101 Ev Hayvanı</t>
+        </is>
+      </c>
+      <c r="C89" s="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="90" spans="1:3">
+      <c r="A90" s="1" t="inlineStr">
+        <is>
+          <t>9789944315739</t>
+        </is>
+      </c>
+      <c r="B90" s="1" t="inlineStr">
+        <is>
+          <t>Nasıl Çizilir - 101 Eğlenceli İnsan</t>
+        </is>
+      </c>
+      <c r="C90" s="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="91" spans="1:3">
+      <c r="A91" s="1" t="inlineStr">
+        <is>
+          <t>9789944315722</t>
+        </is>
+      </c>
+      <c r="B91" s="1" t="inlineStr">
+        <is>
+          <t>Nasıl Çizilir - 101 Deniz Canlısı</t>
+        </is>
+      </c>
+      <c r="C91" s="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="92" spans="1:3">
+      <c r="A92" s="1" t="inlineStr">
+        <is>
+          <t>9789944315753</t>
+        </is>
+      </c>
+      <c r="B92" s="1" t="inlineStr">
+        <is>
+          <t>Nasıl Çizilir - 101 Canavar</t>
+        </is>
+      </c>
+      <c r="C92" s="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="93" spans="1:3">
+      <c r="A93" s="1" t="inlineStr">
+        <is>
+          <t>9789944315777</t>
+        </is>
+      </c>
+      <c r="B93" s="1" t="inlineStr">
+        <is>
+          <t>Nasıl Çizilir - 101 Araç</t>
+        </is>
+      </c>
+      <c r="C93" s="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="94" spans="1:3">
+      <c r="A94" s="1" t="inlineStr">
+        <is>
+          <t>9789944315531</t>
+        </is>
+      </c>
+      <c r="B94" s="1" t="inlineStr">
+        <is>
+          <t>İnsan İlişkilerinde Nasıl Çok Başarılı Olursunuz?</t>
+        </is>
+      </c>
+      <c r="C94" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="95" spans="1:3">
+      <c r="A95" s="1" t="inlineStr">
+        <is>
+          <t>9786059909723</t>
+        </is>
+      </c>
+      <c r="B95" s="1" t="inlineStr">
+        <is>
+          <t>Sayfalar Arasında Renkli Dünyalar</t>
+        </is>
+      </c>
+      <c r="C95" s="1">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="96" spans="1:3">
+      <c r="A96" s="1" t="inlineStr">
+        <is>
+          <t>9789944315791</t>
+        </is>
+      </c>
+      <c r="B96" s="1" t="inlineStr">
+        <is>
+          <t>Gen Bencildir</t>
+        </is>
+      </c>
+      <c r="C96" s="1">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="97" spans="1:3">
+      <c r="A97" s="1" t="inlineStr">
+        <is>
+          <t>9786059909372</t>
+        </is>
+      </c>
+      <c r="B97" s="1" t="inlineStr">
+        <is>
+          <t>Farkında Olmak</t>
+        </is>
+      </c>
+      <c r="C97" s="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="98" spans="1:3">
+      <c r="A98" s="1" t="inlineStr">
+        <is>
+          <t>9786059909273</t>
+        </is>
+      </c>
+      <c r="B98" s="1" t="inlineStr">
+        <is>
+          <t>Doğadan Ezgiler</t>
+        </is>
+      </c>
+      <c r="C98" s="1">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="99" spans="1:3">
+      <c r="A99" s="1" t="inlineStr">
+        <is>
+          <t>9786059909211</t>
+        </is>
+      </c>
+      <c r="B99" s="1" t="inlineStr">
+        <is>
+          <t>Bir Nefeste Boyama Kitap 6</t>
+        </is>
+      </c>
+      <c r="C99" s="1">
+        <v>3.95</v>
+      </c>
+    </row>
+    <row r="100" spans="1:3">
+      <c r="A100" s="1" t="inlineStr">
+        <is>
+          <t>9786059909204</t>
+        </is>
+      </c>
+      <c r="B100" s="1" t="inlineStr">
+        <is>
+          <t>Bir Nefeste Boyama Kitap 5</t>
+        </is>
+      </c>
+      <c r="C100" s="1">
+        <v>3.95</v>
+      </c>
+    </row>
+    <row r="101" spans="1:3">
+      <c r="A101" s="1" t="inlineStr">
+        <is>
+          <t>9786059909235</t>
+        </is>
+      </c>
+      <c r="B101" s="1" t="inlineStr">
+        <is>
+          <t>Bir Nefeste Boyama Kitap 4</t>
+        </is>
+      </c>
+      <c r="C101" s="1">
+        <v>3.95</v>
+      </c>
+    </row>
+    <row r="102" spans="1:3">
+      <c r="A102" s="1" t="inlineStr">
+        <is>
+          <t>9786059909198</t>
+        </is>
+      </c>
+      <c r="B102" s="1" t="inlineStr">
+        <is>
+          <t>Bir Nefeste Boyama Kitap 3</t>
+        </is>
+      </c>
+      <c r="C102" s="1">
+        <v>3.95</v>
+      </c>
+    </row>
+    <row r="103" spans="1:3">
+      <c r="A103" s="1" t="inlineStr">
+        <is>
+          <t>9786059909181</t>
+        </is>
+      </c>
+      <c r="B103" s="1" t="inlineStr">
+        <is>
+          <t>Bir Nefeste Boyama Kitap 2</t>
+        </is>
+      </c>
+      <c r="C103" s="1">
+        <v>3.95</v>
+      </c>
+    </row>
+    <row r="104" spans="1:3">
+      <c r="A104" s="1" t="inlineStr">
+        <is>
+          <t>9789944315203</t>
+        </is>
+      </c>
+      <c r="B104" s="1" t="inlineStr">
+        <is>
+          <t>İnsan İlişkilerinde Nasıl Çok Başarılı Olursunuz?</t>
+        </is>
+      </c>
+      <c r="C104" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="105" spans="1:3">
+      <c r="A105" s="1" t="inlineStr">
+        <is>
+          <t>9786059909143</t>
+        </is>
+      </c>
+      <c r="B105" s="1" t="inlineStr">
+        <is>
+          <t>Bahar Ezgileri</t>
+        </is>
+      </c>
+      <c r="C105" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="106" spans="1:3">
+      <c r="A106" s="1" t="inlineStr">
+        <is>
+          <t>9786059909518</t>
+        </is>
+      </c>
+      <c r="B106" s="1" t="inlineStr">
+        <is>
+          <t>Anne Babanın Çocuk Yetiştirme Rehberi</t>
+        </is>
+      </c>
+      <c r="C106" s="1">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="107" spans="1:3">
+      <c r="A107" s="1" t="inlineStr">
+        <is>
+          <t>9789944315173</t>
+        </is>
+      </c>
+      <c r="B107" s="1" t="inlineStr">
+        <is>
+          <t>Gerçeğin Büyüsü (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C107" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="108" spans="1:3">
+      <c r="A108" s="1" t="inlineStr">
+        <is>
+          <t>9786059909600</t>
+        </is>
+      </c>
+      <c r="B108" s="1" t="inlineStr">
+        <is>
+          <t>144 Sayfa Mandala</t>
+        </is>
+      </c>
+      <c r="C108" s="1">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="109" spans="1:3">
+      <c r="A109" s="1" t="inlineStr">
+        <is>
+          <t>9786059909563</t>
+        </is>
+      </c>
+      <c r="B109" s="1" t="inlineStr">
+        <is>
+          <t>Dört Atlı (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C109" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="110" spans="1:3">
+      <c r="A110" s="1" t="inlineStr">
+        <is>
+          <t>9786059909587</t>
+        </is>
+      </c>
+      <c r="B110" s="1" t="inlineStr">
+        <is>
+          <t>Deja Vu - Akıl Oyunlarının Küçük Ama Büyük Kitabı</t>
+        </is>
+      </c>
+      <c r="C110" s="1">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="111" spans="1:3">
+      <c r="A111" s="1" t="inlineStr">
+        <is>
+          <t>9786059909556</t>
+        </is>
+      </c>
+      <c r="B111" s="1" t="inlineStr">
+        <is>
+          <t>Karakteri Değiştirmek</t>
+        </is>
+      </c>
+      <c r="C111" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="112" spans="1:3">
+      <c r="A112" s="1" t="inlineStr">
+        <is>
+          <t>9789943152625</t>
+        </is>
+      </c>
+      <c r="B112" s="1" t="inlineStr">
+        <is>
+          <t>İnsanları Kendinize Nasıl Aşık Edersiniz?</t>
+        </is>
+      </c>
+      <c r="C112" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="113" spans="1:3">
+      <c r="A113" s="1" t="inlineStr">
+        <is>
+          <t>9786059909136</t>
+        </is>
+      </c>
+      <c r="B113" s="1" t="inlineStr">
+        <is>
+          <t>Desenlerin Ezgisi</t>
+        </is>
+      </c>
+      <c r="C113" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="114" spans="1:3">
+      <c r="A114" s="1" t="inlineStr">
+        <is>
+          <t>9789944315715</t>
+        </is>
+      </c>
+      <c r="B114" s="1" t="inlineStr">
+        <is>
+          <t>Nasıl Çizilir Seti (6 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C114" s="1">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="115" spans="1:3">
+      <c r="A115" s="1" t="inlineStr">
+        <is>
+          <t>9786059909648</t>
+        </is>
+      </c>
+      <c r="B115" s="1" t="inlineStr">
+        <is>
+          <t>Tanrı Yanılgısı (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C115" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="116" spans="1:3">
+      <c r="A116" s="1" t="inlineStr">
+        <is>
+          <t>9786059909662</t>
+        </is>
+      </c>
+      <c r="B116" s="1" t="inlineStr">
+        <is>
+          <t>Kör Saatçi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C116" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="117" spans="1:3">
+      <c r="A117" s="1" t="inlineStr">
+        <is>
+          <t>9786059909075</t>
+        </is>
+      </c>
+      <c r="B117" s="1" t="inlineStr">
+        <is>
+          <t>Nasıl Girişken Olursunuz?</t>
+        </is>
+      </c>
+      <c r="C117" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="118" spans="1:3">
+      <c r="A118" s="1" t="inlineStr">
+        <is>
+          <t>9786059909112</t>
+        </is>
+      </c>
+      <c r="B118" s="1" t="inlineStr">
+        <is>
+          <t>Nasıl Muhteşem Olursunuz?</t>
+        </is>
+      </c>
+      <c r="C118" s="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="119" spans="1:3">
+      <c r="A119" s="1" t="inlineStr">
+        <is>
+          <t>9789944315197</t>
+        </is>
+      </c>
+      <c r="B119" s="1" t="inlineStr">
+        <is>
+          <t>İnsanları Kendinize Nasıl Aşık Edersiniz?</t>
+        </is>
+      </c>
+      <c r="C119" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="120" spans="1:3">
+      <c r="A120" s="1" t="inlineStr">
+        <is>
+          <t>9786059909679</t>
+        </is>
+      </c>
+      <c r="B120" s="1" t="inlineStr">
+        <is>
+          <t>Gizli Göl</t>
+        </is>
+      </c>
+      <c r="C120" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="121" spans="1:3">
+      <c r="A121" s="1" t="inlineStr">
+        <is>
+          <t>9786059909686</t>
+        </is>
+      </c>
+      <c r="B121" s="1" t="inlineStr">
+        <is>
+          <t>Yıldız Yarışçının Efsanesi</t>
+        </is>
+      </c>
+      <c r="C121" s="1">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="122" spans="1:3">
+      <c r="A122" s="1" t="inlineStr">
+        <is>
+          <t>9789944315807</t>
+        </is>
+      </c>
+      <c r="B122" s="1" t="inlineStr">
+        <is>
+          <t>İnsanlarla Nasıl Anında Bağ Kurarsınız?</t>
+        </is>
+      </c>
+      <c r="C122" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="123" spans="1:3">
+      <c r="A123" s="1" t="inlineStr">
+        <is>
+          <t>9789944315814</t>
+        </is>
+      </c>
+      <c r="B123" s="1" t="inlineStr">
+        <is>
+          <t>Nasıl Girişken Olursunuz?</t>
+        </is>
+      </c>
+      <c r="C123" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="124" spans="1:3">
+      <c r="A124" s="1" t="inlineStr">
+        <is>
+          <t>9786059909624</t>
+        </is>
+      </c>
+      <c r="B124" s="1" t="inlineStr">
+        <is>
+          <t>Sosyalizm B*k Gibi</t>
+        </is>
+      </c>
+      <c r="C124" s="1">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="125" spans="1:3">
+      <c r="A125" s="1" t="inlineStr">
+        <is>
+          <t>9786059909709</t>
+        </is>
+      </c>
+      <c r="B125" s="1" t="inlineStr">
+        <is>
+          <t>Düşler, Doğa ve Renkler</t>
+        </is>
+      </c>
+      <c r="C125" s="1">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="126" spans="1:3">
+      <c r="A126" s="1" t="inlineStr">
+        <is>
+          <t>9786059909501</t>
+        </is>
+      </c>
+      <c r="B126" s="1" t="inlineStr">
+        <is>
+          <t>Kör Saatçi</t>
+        </is>
+      </c>
+      <c r="C126" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="127" spans="1:3">
+      <c r="A127" s="1" t="inlineStr">
+        <is>
+          <t>9786059909594</t>
+        </is>
+      </c>
+      <c r="B127" s="1" t="inlineStr">
+        <is>
+          <t>Tanrıyı Aşmak</t>
+        </is>
+      </c>
+      <c r="C127" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="128" spans="1:3">
+      <c r="A128" s="1" t="inlineStr">
+        <is>
+          <t>9786059909365</t>
+        </is>
+      </c>
+      <c r="B128" s="1" t="inlineStr">
+        <is>
+          <t>Bilinçli Anne Baba</t>
+        </is>
+      </c>
+      <c r="C128" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="129" spans="1:3">
+      <c r="A129" s="1" t="inlineStr">
+        <is>
+          <t>9789944315241</t>
+        </is>
+      </c>
+      <c r="B129" s="1" t="inlineStr">
+        <is>
+          <t>Olasılıksızlık Dağına Tırmanmak</t>
+        </is>
+      </c>
+      <c r="C129" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="130" spans="1:3">
+      <c r="A130" s="1" t="inlineStr">
+        <is>
+          <t>9789944315227</t>
+        </is>
+      </c>
+      <c r="B130" s="1" t="inlineStr">
+        <is>
+          <t>Bir Şeytanın Papazı</t>
+        </is>
+      </c>
+      <c r="C130" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="131" spans="1:3">
+      <c r="A131" s="1" t="inlineStr">
+        <is>
+          <t>9789944315784</t>
+        </is>
+      </c>
+      <c r="B131" s="1" t="inlineStr">
+        <is>
+          <t>Beyin Kuralları</t>
+        </is>
+      </c>
+      <c r="C131" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="132" spans="1:3">
+      <c r="A132" s="1" t="inlineStr">
+        <is>
+          <t>9786059909433</t>
+        </is>
+      </c>
+      <c r="B132" s="1" t="inlineStr">
+        <is>
+          <t>Şeytani Oyunlar</t>
+        </is>
+      </c>
+      <c r="C132" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="133" spans="1:3">
+      <c r="A133" s="1" t="inlineStr">
+        <is>
+          <t>9786059909617</t>
+        </is>
+      </c>
+      <c r="B133" s="1" t="inlineStr">
+        <is>
+          <t>Bir Şeytanın Papazı (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C133" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="134" spans="1:3">
+      <c r="A134" s="1" t="inlineStr">
+        <is>
+          <t>9786059909570</t>
+        </is>
+      </c>
+      <c r="B134" s="1" t="inlineStr">
+        <is>
+          <t>Ölümü Oynamak</t>
+        </is>
+      </c>
+      <c r="C134" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="135" spans="1:3">
+      <c r="A135" s="1" t="inlineStr">
+        <is>
+          <t>9786059909532</t>
+        </is>
+      </c>
+      <c r="B135" s="1" t="inlineStr">
+        <is>
+          <t>Kayıp Kızlar</t>
+        </is>
+      </c>
+      <c r="C135" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="136" spans="1:3">
+      <c r="A136" s="1" t="inlineStr">
+        <is>
+          <t>9786059909549</t>
+        </is>
+      </c>
+      <c r="B136" s="1" t="inlineStr">
+        <is>
+          <t>Ruhtaki Bilim</t>
+        </is>
+      </c>
+      <c r="C136" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="137" spans="1:3">
+      <c r="A137" s="1" t="inlineStr">
+        <is>
+          <t>9786059909099</t>
+        </is>
+      </c>
+      <c r="B137" s="1" t="inlineStr">
+        <is>
+          <t>Merak Tutkusu</t>
+        </is>
+      </c>
+      <c r="C137" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="138" spans="1:3">
+      <c r="A138" s="1" t="inlineStr">
+        <is>
+          <t>9789944315890</t>
+        </is>
+      </c>
+      <c r="B138" s="1" t="inlineStr">
+        <is>
+          <t>İnancın Sonu</t>
+        </is>
+      </c>
+      <c r="C138" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="139" spans="1:3">
+      <c r="A139" s="1" t="inlineStr">
+        <is>
+          <t>9786059909631</t>
+        </is>
+      </c>
+      <c r="B139" s="1" t="inlineStr">
+        <is>
+          <t>Haçlılar</t>
+        </is>
+      </c>
+      <c r="C139" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="140" spans="1:3">
+      <c r="A140" s="1" t="inlineStr">
+        <is>
+          <t>9786059909242</t>
+        </is>
+      </c>
+      <c r="B140" s="1" t="inlineStr">
+        <is>
+          <t>Hint Süsleme Sanatı Mandala</t>
+        </is>
+      </c>
+      <c r="C140" s="1">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="141" spans="1:3">
+      <c r="A141" s="1" t="inlineStr">
+        <is>
+          <t>9786059909693</t>
+        </is>
+      </c>
+      <c r="B141" s="1" t="inlineStr">
+        <is>
+          <t>Doğal Olmayan Sebepler</t>
+        </is>
+      </c>
+      <c r="C141" s="1">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="142" spans="1:3">
+      <c r="A142" s="1" t="inlineStr">
+        <is>
           <t>9786059909655</t>
         </is>
       </c>
-      <c r="B57" s="1" t="inlineStr">
+      <c r="B142" s="1" t="inlineStr">
         <is>
           <t>Mandala Sanatı</t>
         </is>
       </c>
-      <c r="C57" s="1">
+      <c r="C142" s="1">
         <v>186</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>