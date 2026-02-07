--- v1 (2025-12-16)
+++ v2 (2026-02-07)
@@ -1684,51 +1684,51 @@
         <is>
           <t>9789944315173</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
           <t>Gerçeğin Büyüsü (Ciltli)</t>
         </is>
       </c>
       <c r="C107" s="1">
         <v>600</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
           <t>9786059909600</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
           <t>144 Sayfa Mandala</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>174</v>
+        <v>250</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
           <t>9786059909563</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
           <t>Dört Atlı (Ciltli)</t>
         </is>
       </c>
       <c r="C109" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
           <t>9786059909587</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
@@ -1834,51 +1834,51 @@
         <is>
           <t>9786059909075</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
           <t>Nasıl Girişken Olursunuz?</t>
         </is>
       </c>
       <c r="C117" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
           <t>9786059909112</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
           <t>Nasıl Muhteşem Olursunuz?</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>22</v>
+        <v>21.54</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
           <t>9789944315197</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
           <t>İnsanları Kendinize Nasıl Aşık Edersiniz?</t>
         </is>
       </c>
       <c r="C119" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
           <t>9786059909679</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
@@ -2149,51 +2149,51 @@
         <is>
           <t>9789944315890</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
           <t>İnancın Sonu</t>
         </is>
       </c>
       <c r="C138" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
           <t>9786059909631</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
           <t>Haçlılar</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>100</v>
+        <v>82.6</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
           <t>9786059909242</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
           <t>Hint Süsleme Sanatı Mandala</t>
         </is>
       </c>
       <c r="C140" s="1">
         <v>265</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
           <t>9786059909693</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>