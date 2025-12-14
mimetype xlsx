--- v0 (2025-11-01)
+++ v1 (2025-12-14)
@@ -85,1405 +85,1420 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786051210438</t>
+          <t>9786054232833</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Yarım Kalan Mevsim</t>
+          <t>Eksik Pazartesi</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>340</v>
+        <v>320</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786051211145</t>
+          <t>9786051210438</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Toplantı</t>
+          <t>Yarım Kalan Mevsim</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>280</v>
+        <v>340</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786051210582</t>
+          <t>9786051211145</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Örümcek Ağı</t>
+          <t>Toplantı</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>160</v>
+        <v>280</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786051210247</t>
+          <t>9786051210582</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Silüetleri</t>
+          <t>Örümcek Ağı</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>340</v>
+        <v>160</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786051211053</t>
+          <t>9786051210247</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Gelecek Irk</t>
+          <t>Ölüm Silüetleri</t>
         </is>
       </c>
       <c r="C6" s="1">
         <v>340</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786054232642</t>
+          <t>9786051211053</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Zenginler İçin Evlendirme Bürosu</t>
+          <t>Gelecek Irk</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>320</v>
+        <v>340</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786051210001</t>
+          <t>9786054232642</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Yuva</t>
+          <t>Zenginler İçin Evlendirme Bürosu</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>380</v>
+        <v>320</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786051210223</t>
+          <t>9786051210001</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Vampir Öyküleri</t>
+          <t>Yuva</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>320</v>
+        <v>380</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786051210889</t>
+          <t>9786051210223</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Unutulmaz Hatıralar</t>
+          <t>Vampir Öyküleri</t>
         </is>
       </c>
       <c r="C10" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786051211657</t>
+          <t>9786051210889</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Suyun Hafızası</t>
+          <t>Unutulmaz Hatıralar</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>340</v>
+        <v>320</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786054232826</t>
+          <t>9786051211657</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Sevmek İçin Yaşamak</t>
+          <t>Suyun Hafızası</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>220</v>
+        <v>340</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786051210612</t>
+          <t>9786054232826</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Hediye</t>
+          <t>Sevmek İçin Yaşamak</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>340</v>
+        <v>220</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786051211060</t>
+          <t>9786051210612</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Savoy Otel</t>
+          <t>Sessiz Hediye</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>160</v>
+        <v>340</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786051210070</t>
+          <t>9786051211060</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Sahtekar</t>
+          <t>Savoy Otel</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>340</v>
+        <v>160</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786051210421</t>
+          <t>9786051210070</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Sadece Senin Hayalin</t>
+          <t>Sahtekar</t>
         </is>
       </c>
       <c r="C16" s="1">
         <v>340</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786051210964</t>
+          <t>9786051210421</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Ruh Eşi</t>
+          <t>Sadece Senin Hayalin</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>160</v>
+        <v>340</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786051210278</t>
+          <t>9786051210964</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Pearl ve Annesi</t>
+          <t>Ruh Eşi</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>340</v>
+        <v>160</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786054232840</t>
+          <t>9786051210278</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Pazartesi Erkeği</t>
+          <t>Pearl ve Annesi</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>320</v>
+        <v>340</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786054232550</t>
+          <t>9786054232840</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Öteki Ben</t>
+          <t>Pazartesi Erkeği</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>340</v>
+        <v>320</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786051210797</t>
+          <t>9786054232550</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Sizi Seçti</t>
+          <t>Öteki Ben</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>280</v>
+        <v>340</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786051210056</t>
+          <t>9786051210797</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Öldüren Sır</t>
+          <t>Ölüm Sizi Seçti</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>340</v>
+        <v>280</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786051210049</t>
+          <t>9786051210056</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Ödünç Yaşam</t>
+          <t>Öldüren Sır</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>220</v>
+        <v>340</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786051210452</t>
+          <t>9786051210049</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>On Dört</t>
+          <t>Ödünç Yaşam</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>320</v>
+        <v>220</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786051210261</t>
+          <t>9786051210452</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Kulesinde Cinayet</t>
+          <t>On Dört</t>
         </is>
       </c>
       <c r="C25" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786051210346</t>
+          <t>9786051210261</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Molly’nin Matemi</t>
+          <t>Mutluluk Kulesinde Cinayet</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>340</v>
+        <v>320</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786051210902</t>
+          <t>9786051210346</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Mevsimsiz Çiçekler</t>
+          <t>Molly’nin Matemi</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>280</v>
+        <v>340</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786051210124</t>
+          <t>9786051210902</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Magda’nın Kızı</t>
+          <t>Mevsimsiz Çiçekler</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>340</v>
+        <v>280</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786051211664</t>
+          <t>9786051210124</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Londra’nın Vampirleri</t>
+          <t>Magda’nın Kızı</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>280</v>
+        <v>340</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786054232987</t>
+          <t>9786051211664</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Kesişen Hayatlar</t>
+          <t>Londra’nın Vampirleri</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>380</v>
+        <v>280</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786051210667</t>
+          <t>9786054232987</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Kazananlar ve Kaybedenler</t>
+          <t>Kesişen Hayatlar</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>340</v>
+        <v>380</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786051210230</t>
+          <t>9786051210667</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Sembolün Sırları</t>
+          <t>Kazananlar ve Kaybedenler</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>380</v>
+        <v>340</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786051211466</t>
+          <t>9786051210230</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Kara Büyü</t>
+          <t>Kayıp Sembolün Sırları</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>180</v>
+        <v>380</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786051210117</t>
+          <t>9786051211466</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Kan Kokusu</t>
+          <t>Kara Büyü</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>340</v>
+        <v>180</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786051210629</t>
+          <t>9786051210117</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Kan Kadar Gerekli</t>
+          <t>Kan Kokusu</t>
         </is>
       </c>
       <c r="C35" s="1">
         <v>340</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786051210919</t>
+          <t>9786051210629</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Kale</t>
+          <t>Kan Kadar Gerekli</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>380</v>
+        <v>340</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786051210131</t>
+          <t>9786051210919</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>İyi Yolculuklar</t>
+          <t>Kale</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>280</v>
+        <v>380</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786051210391</t>
+          <t>9786051210131</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>İntikam Ateşi</t>
+          <t>İyi Yolculuklar</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>320</v>
+        <v>280</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786051210872</t>
+          <t>9786051210391</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>İnce Lütuf</t>
+          <t>İntikam Ateşi</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>280</v>
+        <v>320</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786051211749</t>
+          <t>9786051210872</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>İfşa</t>
+          <t>İnce Lütuf</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>340</v>
+        <v>280</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786051210209</t>
+          <t>9786051211749</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Yasak Aşk</t>
+          <t>İfşa</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>240</v>
+        <v>340</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786051211572</t>
+          <t>9786051210209</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Hoşça Kal İspanya</t>
+          <t>Yasak Aşk</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>320</v>
+        <v>240</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786051210605</t>
+          <t>9786051211572</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Hayalet Bellek</t>
+          <t>Hoşça Kal İspanya</t>
         </is>
       </c>
       <c r="C43" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786054232932</t>
+          <t>9786051210605</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Göz Açıp Kapayıncaya Kadar</t>
+          <t>Hayalet Bellek</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>340</v>
+        <v>320</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786051211121</t>
+          <t>9786054232932</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Görünmez Şehir</t>
+          <t>Göz Açıp Kapayıncaya Kadar</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>320</v>
+        <v>340</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786051210445</t>
+          <t>9786051211121</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Görümceler Kulübü</t>
+          <t>Görünmez Şehir</t>
         </is>
       </c>
       <c r="C46" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786051210773</t>
+          <t>9786051210445</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Kalbi</t>
+          <t>Görümceler Kulübü</t>
         </is>
       </c>
       <c r="C47" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786051211046</t>
+          <t>9786051210773</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Eyüp</t>
+          <t>Gecenin Kalbi</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786054232918</t>
+          <t>9786051211046</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Erkekler ve Diğer Felaketler</t>
+          <t>Eyüp</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>320</v>
+        <v>180</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786051211091</t>
+          <t>9786054232918</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Erewhon’a İkinci Ziyaret</t>
+          <t>Erkekler ve Diğer Felaketler</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>240</v>
+        <v>320</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786051211671</t>
+          <t>9786051211091</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Uzun Günü</t>
+          <t>Erewhon’a İkinci Ziyaret</t>
         </is>
       </c>
       <c r="C51" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786051210759</t>
+          <t>9786051211671</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Dünü Geride Bırakmak</t>
+          <t>Dünyanın En Uzun Günü</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>280</v>
+        <v>240</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786054232956</t>
+          <t>9786051210759</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Doha’nın Dediği Gibi</t>
+          <t>Dünü Geride Bırakmak</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>380</v>
+        <v>280</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786054232161</t>
+          <t>9786054232956</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Devrimcinin Ölümü</t>
+          <t>Doha’nın Dediği Gibi</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>320</v>
+        <v>380</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786051210575</t>
+          <t>9786054232161</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Dadının Dönüşü</t>
+          <t>Devrimcinin Ölümü</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>340</v>
+        <v>320</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786051210414</t>
+          <t>9786051210575</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Çalınmış Hafızalar</t>
+          <t>Dadının Dönüşü</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>320</v>
+        <v>340</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786054232758</t>
+          <t>9786051210414</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Cesur Teklif</t>
+          <t>Çalınmış Hafızalar</t>
         </is>
       </c>
       <c r="C57" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786051210551</t>
+          <t>9786054232758</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Camorra’nın Kan Davası</t>
+          <t>Cesur Teklif</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>280</v>
+        <v>320</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786051210940</t>
+          <t>9786051210551</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Gölün Evi</t>
+          <t>Camorra’nın Kan Davası</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>270</v>
+        <v>280</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786051210957</t>
+          <t>9786051210940</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Cadının Gözü</t>
+          <t>Gölün Evi</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>160</v>
+        <v>270</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786051210087</t>
+          <t>9786051210957</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Beaumont Mirası</t>
+          <t>Cadının Gözü</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>340</v>
+        <v>160</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786051210599</t>
+          <t>9786051210087</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Başka Bir Yerde Asla</t>
+          <t>Beaumont Mirası</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>310</v>
+        <v>340</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786051211640</t>
+          <t>9786051210599</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>At: Bowers Dosyaları 3</t>
+          <t>Başka Bir Yerde Asla</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>380</v>
+        <v>310</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786051210353</t>
+          <t>9786051211640</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Onur</t>
+          <t>At: Bowers Dosyaları 3</t>
         </is>
       </c>
       <c r="C64" s="1">
         <v>380</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786051210643</t>
+          <t>9786051210353</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Arayış</t>
+          <t>Aşk ve Onur</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>420</v>
+        <v>380</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786051210650</t>
+          <t>9786051210643</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Alevler İçinde Cennet</t>
+          <t>Arayış</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>340</v>
+        <v>420</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786051211114</t>
+          <t>9786051210650</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>4 Kadın</t>
+          <t>Alevler İçinde Cennet</t>
         </is>
       </c>
       <c r="C67" s="1">
         <v>340</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786051211701</t>
+          <t>9786051211114</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Kıvılcım</t>
+          <t>4 Kadın</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>320</v>
+        <v>340</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786051213316</t>
+          <t>9786051211701</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Pişman Olmaksızın</t>
+          <t>Kıvılcım</t>
         </is>
       </c>
       <c r="C69" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786051213637</t>
+          <t>9786051213316</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Hatırlanan</t>
+          <t>Pişman Olmaksızın</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>340</v>
+        <v>320</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786051213293</t>
+          <t>9786051213637</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Kırıklar</t>
+          <t>Hatırlanan</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>320</v>
+        <v>340</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786051214238</t>
+          <t>9786051213293</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Paramparça</t>
+          <t>Kırıklar</t>
         </is>
       </c>
       <c r="C72" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786051214177</t>
+          <t>9786051214238</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Dijital Terör Örgütü</t>
+          <t>Paramparça</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>340</v>
+        <v>320</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786051214184</t>
+          <t>9786051214177</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Kozmik Oda</t>
+          <t>Dijital Terör Örgütü</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>380</v>
+        <v>340</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786051213583</t>
+          <t>9786051214184</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Patagonya'da Rüzgar Bir Başka Eser</t>
+          <t>Kozmik Oda</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>340</v>
+        <v>380</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786051215167</t>
+          <t>9786051213583</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Görünmez Hapishane – Bir İrlandalının Çocukluğundan Manzaralar</t>
+          <t>Patagonya'da Rüzgar Bir Başka Eser</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>320</v>
+        <v>340</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786051213354</t>
+          <t>9786051215167</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Sadakat</t>
+          <t>Görünmez Hapishane – Bir İrlandalının Çocukluğundan Manzaralar</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>280</v>
+        <v>320</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786051214320</t>
+          <t>9786051213354</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Ölümün Gölgesinde</t>
+          <t>Sadakat</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>380</v>
+        <v>280</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786051212616</t>
+          <t>9786051214320</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Tanrı İnsanlar</t>
+          <t>Ölümün Gölgesinde</t>
         </is>
       </c>
       <c r="C79" s="1">
         <v>380</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786051214474</t>
+          <t>9786051212616</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Sahip Olduğumuz En Güzel Şeydi</t>
+          <t>Tanrı İnsanlar</t>
         </is>
       </c>
       <c r="C80" s="1">
         <v>380</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786051215228</t>
+          <t>9786051214474</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Kar Kardeşler</t>
+          <t>Sahip Olduğumuz En Güzel Şeydi</t>
         </is>
       </c>
       <c r="C81" s="1">
         <v>380</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786051213958</t>
+          <t>9786051215228</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Aynasız</t>
+          <t>Kar Kardeşler</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>420</v>
+        <v>380</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786051213347</t>
+          <t>9786051213958</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Hayatlar</t>
+          <t>Aynasız</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>280</v>
+        <v>420</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786051213323</t>
+          <t>9786051213347</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Yağmur Şarkısı</t>
+          <t>Sosyal Hayatlar</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>320</v>
+        <v>280</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786051214337</t>
+          <t>9786051213323</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Yeni Rota</t>
+          <t>Yağmur Şarkısı</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>380</v>
+        <v>320</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786051213972</t>
+          <t>9786051214337</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Stillbach veya Özlem</t>
+          <t>Yeni Rota</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>320</v>
+        <v>380</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786051213286</t>
+          <t>9786051213972</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Kılıç ve Alev</t>
+          <t>Stillbach veya Özlem</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>380</v>
+        <v>320</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786051214214</t>
+          <t>9786051213286</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>İzmailova’nın Fethi</t>
+          <t>Kılıç ve Alev</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>340</v>
+        <v>380</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786051213965</t>
+          <t>9786051214214</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Bir Gecede</t>
+          <t>İzmailova’nın Fethi</t>
         </is>
       </c>
       <c r="C89" s="1">
         <v>340</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786051211695</t>
+          <t>9786051213965</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Şaşkınlıkların Kadını</t>
+          <t>Bir Gecede</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>320</v>
+        <v>340</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786051211732</t>
+          <t>9786051211695</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Gelin Pazarlığı</t>
+          <t>Şaşkınlıkların Kadını</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>380</v>
+        <v>320</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
+          <t>9786051211732</t>
+        </is>
+      </c>
+      <c r="B92" s="1" t="inlineStr">
+        <is>
+          <t>Gelin Pazarlığı</t>
+        </is>
+      </c>
+      <c r="C92" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="93" spans="1:3">
+      <c r="A93" s="1" t="inlineStr">
+        <is>
           <t>9786051212999</t>
         </is>
       </c>
-      <c r="B92" s="1" t="inlineStr">
+      <c r="B93" s="1" t="inlineStr">
         <is>
           <t>Yazlıkta</t>
         </is>
       </c>
-      <c r="C92" s="1">
+      <c r="C93" s="1">
         <v>320</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>