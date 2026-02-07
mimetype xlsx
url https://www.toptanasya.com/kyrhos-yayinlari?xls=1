--- v1 (2025-12-14)
+++ v2 (2026-02-07)
@@ -85,1420 +85,1435 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786054232833</t>
+          <t>9786051213668</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Eksik Pazartesi</t>
+          <t>Metcezirden Kaçış</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>320</v>
+        <v>380</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786051210438</t>
+          <t>9786054232833</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Yarım Kalan Mevsim</t>
+          <t>Eksik Pazartesi</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>340</v>
+        <v>320</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786051211145</t>
+          <t>9786051210438</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Toplantı</t>
+          <t>Yarım Kalan Mevsim</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>280</v>
+        <v>340</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786051210582</t>
+          <t>9786051211145</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Örümcek Ağı</t>
+          <t>Toplantı</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>160</v>
+        <v>280</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786051210247</t>
+          <t>9786051210582</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Silüetleri</t>
+          <t>Örümcek Ağı</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>340</v>
+        <v>160</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786051211053</t>
+          <t>9786051210247</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Gelecek Irk</t>
+          <t>Ölüm Silüetleri</t>
         </is>
       </c>
       <c r="C7" s="1">
         <v>340</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786054232642</t>
+          <t>9786051211053</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Zenginler İçin Evlendirme Bürosu</t>
+          <t>Gelecek Irk</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>320</v>
+        <v>340</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786051210001</t>
+          <t>9786054232642</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Yuva</t>
+          <t>Zenginler İçin Evlendirme Bürosu</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>380</v>
+        <v>420</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786051210223</t>
+          <t>9786051210001</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Vampir Öyküleri</t>
+          <t>Yuva</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>320</v>
+        <v>480</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786051210889</t>
+          <t>9786051210223</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Unutulmaz Hatıralar</t>
+          <t>Vampir Öyküleri</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>320</v>
+        <v>420</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786051211657</t>
+          <t>9786051210889</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Suyun Hafızası</t>
+          <t>Unutulmaz Hatıralar</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>340</v>
+        <v>420</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786054232826</t>
+          <t>9786051211657</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Sevmek İçin Yaşamak</t>
+          <t>Suyun Hafızası</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>220</v>
+        <v>440</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786051210612</t>
+          <t>9786054232826</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Hediye</t>
+          <t>Sevmek İçin Yaşamak</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>340</v>
+        <v>320</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786051211060</t>
+          <t>9786051210612</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Savoy Otel</t>
+          <t>Sessiz Hediye</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>160</v>
+        <v>440</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786051210070</t>
+          <t>9786051211060</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Sahtekar</t>
+          <t>Savoy Otel</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>340</v>
+        <v>260</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786051210421</t>
+          <t>9786051210070</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Sadece Senin Hayalin</t>
+          <t>Sahtekar</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>340</v>
+        <v>440</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786051210964</t>
+          <t>9786051210421</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Ruh Eşi</t>
+          <t>Sadece Senin Hayalin</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>160</v>
+        <v>440</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786051210278</t>
+          <t>9786051210964</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Pearl ve Annesi</t>
+          <t>Ruh Eşi</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>340</v>
+        <v>260</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786054232840</t>
+          <t>9786051210278</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Pazartesi Erkeği</t>
+          <t>Pearl ve Annesi</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>320</v>
+        <v>440</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786054232550</t>
+          <t>9786054232840</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Öteki Ben</t>
+          <t>Pazartesi Erkeği</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>340</v>
+        <v>420</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786051210797</t>
+          <t>9786054232550</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Sizi Seçti</t>
+          <t>Öteki Ben</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>280</v>
+        <v>440</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786051210056</t>
+          <t>9786051210797</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Öldüren Sır</t>
+          <t>Ölüm Sizi Seçti</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>340</v>
+        <v>380</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786051210049</t>
+          <t>9786051210056</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Ödünç Yaşam</t>
+          <t>Öldüren Sır</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>220</v>
+        <v>440</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786051210452</t>
+          <t>9786051210049</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>On Dört</t>
+          <t>Ödünç Yaşam</t>
         </is>
       </c>
       <c r="C25" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786051210261</t>
+          <t>9786051210452</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Kulesinde Cinayet</t>
+          <t>On Dört</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>320</v>
+        <v>420</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786051210346</t>
+          <t>9786051210261</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Molly’nin Matemi</t>
+          <t>Mutluluk Kulesinde Cinayet</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>340</v>
+        <v>420</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786051210902</t>
+          <t>9786051210346</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Mevsimsiz Çiçekler</t>
+          <t>Molly’nin Matemi</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>280</v>
+        <v>440</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786051210124</t>
+          <t>9786051210902</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Magda’nın Kızı</t>
+          <t>Mevsimsiz Çiçekler</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>340</v>
+        <v>380</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786051211664</t>
+          <t>9786051210124</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Londra’nın Vampirleri</t>
+          <t>Magda’nın Kızı</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>280</v>
+        <v>440</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786054232987</t>
+          <t>9786051211664</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Kesişen Hayatlar</t>
+          <t>Londra’nın Vampirleri</t>
         </is>
       </c>
       <c r="C31" s="1">
         <v>380</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786051210667</t>
+          <t>9786054232987</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Kazananlar ve Kaybedenler</t>
+          <t>Kesişen Hayatlar</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>340</v>
+        <v>480</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786051210230</t>
+          <t>9786051210667</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Sembolün Sırları</t>
+          <t>Kazananlar ve Kaybedenler</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>380</v>
+        <v>440</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786051211466</t>
+          <t>9786051210230</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Kara Büyü</t>
+          <t>Kayıp Sembolün Sırları</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>180</v>
+        <v>480</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786051210117</t>
+          <t>9786051211466</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Kan Kokusu</t>
+          <t>Kara Büyü</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>340</v>
+        <v>280</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786051210629</t>
+          <t>9786051210117</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Kan Kadar Gerekli</t>
+          <t>Kan Kokusu</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>340</v>
+        <v>440</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786051210919</t>
+          <t>9786051210629</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Kale</t>
+          <t>Kan Kadar Gerekli</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>380</v>
+        <v>440</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786051210131</t>
+          <t>9786051210919</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>İyi Yolculuklar</t>
+          <t>Kale</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>280</v>
+        <v>480</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786051210391</t>
+          <t>9786051210131</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>İntikam Ateşi</t>
+          <t>İyi Yolculuklar</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>320</v>
+        <v>380</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786051210872</t>
+          <t>9786051210391</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>İnce Lütuf</t>
+          <t>İntikam Ateşi</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>280</v>
+        <v>420</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786051211749</t>
+          <t>9786051210872</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>İfşa</t>
+          <t>İnce Lütuf</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>340</v>
+        <v>380</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786051210209</t>
+          <t>9786051211749</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Yasak Aşk</t>
+          <t>İfşa</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>240</v>
+        <v>440</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786051211572</t>
+          <t>9786051210209</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Hoşça Kal İspanya</t>
+          <t>Yasak Aşk</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>320</v>
+        <v>340</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786051210605</t>
+          <t>9786051211572</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Hayalet Bellek</t>
+          <t>Hoşça Kal İspanya</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>320</v>
+        <v>420</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786054232932</t>
+          <t>9786051210605</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Göz Açıp Kapayıncaya Kadar</t>
+          <t>Hayalet Bellek</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>340</v>
+        <v>420</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786051211121</t>
+          <t>9786054232932</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Görünmez Şehir</t>
+          <t>Göz Açıp Kapayıncaya Kadar</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>320</v>
+        <v>440</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786051210445</t>
+          <t>9786051211121</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Görümceler Kulübü</t>
+          <t>Görünmez Şehir</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>320</v>
+        <v>420</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786051210773</t>
+          <t>9786051210445</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Kalbi</t>
+          <t>Görümceler Kulübü</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>320</v>
+        <v>420</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786051211046</t>
+          <t>9786051210773</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Eyüp</t>
+          <t>Gecenin Kalbi</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>180</v>
+        <v>420</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786054232918</t>
+          <t>9786051211046</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Erkekler ve Diğer Felaketler</t>
+          <t>Eyüp</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>320</v>
+        <v>280</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786051211091</t>
+          <t>9786054232918</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Erewhon’a İkinci Ziyaret</t>
+          <t>Erkekler ve Diğer Felaketler</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>240</v>
+        <v>420</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786051211671</t>
+          <t>9786051211091</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Uzun Günü</t>
+          <t>Erewhon’a İkinci Ziyaret</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>240</v>
+        <v>340</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786051210759</t>
+          <t>9786051211671</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Dünü Geride Bırakmak</t>
+          <t>Dünyanın En Uzun Günü</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>280</v>
+        <v>340</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786054232956</t>
+          <t>9786051210759</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Doha’nın Dediği Gibi</t>
+          <t>Dünü Geride Bırakmak</t>
         </is>
       </c>
       <c r="C54" s="1">
         <v>380</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786054232161</t>
+          <t>9786054232956</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Devrimcinin Ölümü</t>
+          <t>Doha’nın Dediği Gibi</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>320</v>
+        <v>480</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786051210575</t>
+          <t>9786054232161</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Dadının Dönüşü</t>
+          <t>Devrimcinin Ölümü</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>340</v>
+        <v>420</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786051210414</t>
+          <t>9786051210575</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Çalınmış Hafızalar</t>
+          <t>Dadının Dönüşü</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>320</v>
+        <v>440</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786054232758</t>
+          <t>9786051210414</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Cesur Teklif</t>
+          <t>Çalınmış Hafızalar</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>320</v>
+        <v>420</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786051210551</t>
+          <t>9786054232758</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Camorra’nın Kan Davası</t>
+          <t>Cesur Teklif</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>280</v>
+        <v>420</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786051210940</t>
+          <t>9786051210551</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Gölün Evi</t>
+          <t>Camorra’nın Kan Davası</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>270</v>
+        <v>380</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786051210957</t>
+          <t>9786051210940</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Cadının Gözü</t>
+          <t>Gölün Evi</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>160</v>
+        <v>370</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786051210087</t>
+          <t>9786051210957</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Beaumont Mirası</t>
+          <t>Cadının Gözü</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>340</v>
+        <v>260</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786051210599</t>
+          <t>9786051210087</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Başka Bir Yerde Asla</t>
+          <t>Beaumont Mirası</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>310</v>
+        <v>440</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786051211640</t>
+          <t>9786051210599</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>At: Bowers Dosyaları 3</t>
+          <t>Başka Bir Yerde Asla</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>380</v>
+        <v>410</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786051210353</t>
+          <t>9786051211640</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Onur</t>
+          <t>At: Bowers Dosyaları 3</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>380</v>
+        <v>480</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786051210643</t>
+          <t>9786051210353</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Arayış</t>
+          <t>Aşk ve Onur</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>420</v>
+        <v>480</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786051210650</t>
+          <t>9786051210643</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Alevler İçinde Cennet</t>
+          <t>Arayış</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>340</v>
+        <v>520</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786051211114</t>
+          <t>9786051210650</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>4 Kadın</t>
+          <t>Alevler İçinde Cennet</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>340</v>
+        <v>440</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786051211701</t>
+          <t>9786051211114</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Kıvılcım</t>
+          <t>4 Kadın</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>320</v>
+        <v>440</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786051213316</t>
+          <t>9786051211701</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Pişman Olmaksızın</t>
+          <t>Kıvılcım</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>320</v>
+        <v>420</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786051213637</t>
+          <t>9786051213316</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Hatırlanan</t>
+          <t>Pişman Olmaksızın</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>340</v>
+        <v>420</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786051213293</t>
+          <t>9786051213637</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Kırıklar</t>
+          <t>Hatırlanan</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>320</v>
+        <v>340</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786051214238</t>
+          <t>9786051213293</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Paramparça</t>
+          <t>Kırıklar</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>320</v>
+        <v>420</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786051214177</t>
+          <t>9786051214238</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Dijital Terör Örgütü</t>
+          <t>Paramparça</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>340</v>
+        <v>420</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786051214184</t>
+          <t>9786051214177</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Kozmik Oda</t>
+          <t>Dijital Terör Örgütü</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>380</v>
+        <v>440</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786051213583</t>
+          <t>9786051214184</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Patagonya'da Rüzgar Bir Başka Eser</t>
+          <t>Kozmik Oda</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>340</v>
+        <v>480</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786051215167</t>
+          <t>9786051213583</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Görünmez Hapishane – Bir İrlandalının Çocukluğundan Manzaralar</t>
+          <t>Patagonya'da Rüzgar Bir Başka Eser</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>320</v>
+        <v>440</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786051213354</t>
+          <t>9786051215167</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Sadakat</t>
+          <t>Görünmez Hapishane – Bir İrlandalının Çocukluğundan Manzaralar</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>280</v>
+        <v>420</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786051214320</t>
+          <t>9786051213354</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Ölümün Gölgesinde</t>
+          <t>Sadakat</t>
         </is>
       </c>
       <c r="C79" s="1">
         <v>380</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786051212616</t>
+          <t>9786051214320</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Tanrı İnsanlar</t>
+          <t>Ölümün Gölgesinde</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>380</v>
+        <v>480</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786051214474</t>
+          <t>9786051212616</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Sahip Olduğumuz En Güzel Şeydi</t>
+          <t>Tanrı İnsanlar</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>380</v>
+        <v>480</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786051215228</t>
+          <t>9786051214474</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Kar Kardeşler</t>
+          <t>Sahip Olduğumuz En Güzel Şeydi</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>380</v>
+        <v>480</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786051213958</t>
+          <t>9786051215228</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Aynasız</t>
+          <t>Kar Kardeşler</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>420</v>
+        <v>480</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786051213347</t>
+          <t>9786051213958</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Hayatlar</t>
+          <t>Aynasız</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>280</v>
+        <v>520</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786051213323</t>
+          <t>9786051213347</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Yağmur Şarkısı</t>
+          <t>Sosyal Hayatlar</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>320</v>
+        <v>380</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786051214337</t>
+          <t>9786051213323</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Yeni Rota</t>
+          <t>Yağmur Şarkısı</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>380</v>
+        <v>420</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786051213972</t>
+          <t>9786051214337</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Stillbach veya Özlem</t>
+          <t>Yeni Rota</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>320</v>
+        <v>480</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786051213286</t>
+          <t>9786051213972</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Kılıç ve Alev</t>
+          <t>Stillbach veya Özlem</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>380</v>
+        <v>420</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786051214214</t>
+          <t>9786051213286</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>İzmailova’nın Fethi</t>
+          <t>Kılıç ve Alev</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>340</v>
+        <v>480</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786051213965</t>
+          <t>9786051214214</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Bir Gecede</t>
+          <t>İzmailova’nın Fethi</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>340</v>
+        <v>440</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786051211695</t>
+          <t>9786051213965</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Şaşkınlıkların Kadını</t>
+          <t>Bir Gecede</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>320</v>
+        <v>440</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786051211732</t>
+          <t>9786051211695</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Gelin Pazarlığı</t>
+          <t>Şaşkınlıkların Kadını</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>380</v>
+        <v>420</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
+          <t>9786051211732</t>
+        </is>
+      </c>
+      <c r="B93" s="1" t="inlineStr">
+        <is>
+          <t>Gelin Pazarlığı</t>
+        </is>
+      </c>
+      <c r="C93" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="94" spans="1:3">
+      <c r="A94" s="1" t="inlineStr">
+        <is>
           <t>9786051212999</t>
         </is>
       </c>
-      <c r="B93" s="1" t="inlineStr">
+      <c r="B94" s="1" t="inlineStr">
         <is>
           <t>Yazlıkta</t>
         </is>
       </c>
-      <c r="C93" s="1">
-        <v>320</v>
+      <c r="C94" s="1">
+        <v>420</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>