--- v2 (2026-02-07)
+++ v3 (2026-03-30)
@@ -85,1435 +85,1765 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786051213668</t>
+          <t>9786051213217</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Metcezirden Kaçış</t>
+          <t>Şehrin Ötesinde</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>380</v>
+        <v>32</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786054232833</t>
+          <t>9786054232406</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Eksik Pazartesi</t>
+          <t>Şiirler</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>320</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786051210438</t>
+          <t>9786051210568</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Yarım Kalan Mevsim</t>
+          <t>Sisler Ülkesi</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>340</v>
+        <v>52</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786051211145</t>
+          <t>9786051210360</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Toplantı</t>
+          <t>Piyon</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>280</v>
+        <v>80</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786051210582</t>
+          <t>9786054232864</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Örümcek Ağı</t>
+          <t>Rüyalar Sarayı</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>160</v>
+        <v>32</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786051210247</t>
+          <t>9786054232666</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Silüetleri</t>
+          <t>Ölümcül İklim</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>340</v>
+        <v>11</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786051211053</t>
+          <t>9786054232499</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Gelecek Irk</t>
+          <t>Ölü Ordunun Generali</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>340</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786054232642</t>
+          <t>9786054232857</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Zenginler İçin Evlendirme Bürosu</t>
+          <t>Mucize</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>420</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786051210001</t>
+          <t>9786054232925</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Yuva</t>
+          <t>Koruganın Gizemi</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>480</v>
+        <v>156</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786051210223</t>
+          <t>9786051210063</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Vampir Öyküleri</t>
+          <t>Kayboluş Günü</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>420</v>
+        <v>33</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786051210889</t>
+          <t>9786054232321</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Unutulmaz Hatıralar</t>
+          <t>Ilgaz Teyze Öldü</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>420</v>
+        <v>55</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786051211657</t>
+          <t>9786051210476</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Suyun Hafızası</t>
+          <t>Florence</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>440</v>
+        <v>240</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786054232826</t>
+          <t>9786051211084</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Sevmek İçin Yaşamak</t>
+          <t>Erewhon</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>320</v>
+        <v>84</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786051210612</t>
+          <t>9786051210216</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Hediye</t>
+          <t>Stephenie Meyer ve Alacakaranlık Sırları</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>440</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786051211060</t>
+          <t>9786051210155</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Savoy Otel</t>
+          <t>Büyücünün Çırağı</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>260</v>
+        <v>59</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786051210070</t>
+          <t>9786054232215</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Sahtekar</t>
+          <t>Bilim Kurgu Öyküleri</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>440</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786051210421</t>
+          <t>9786054232178</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Sadece Senin Hayalin</t>
+          <t>Ateşi Yakanlar</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>440</v>
+        <v>84</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786051210964</t>
+          <t>9786051210032</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Ruh Eşi</t>
+          <t>Gilead</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>260</v>
+        <v>26</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786051210278</t>
+          <t>9786054232505</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Pearl ve Annesi</t>
+          <t>Arthur Gordon Pym’in Öyküsü</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>440</v>
+        <v>44</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786054232840</t>
+          <t>9786054232185</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Pazartesi Erkeği</t>
+          <t>Alamut Cenneti</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>420</v>
+        <v>19</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786054232550</t>
+          <t>9786051210193</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Öteki Ben</t>
+          <t>Agora</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>440</v>
+        <v>26</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786051210797</t>
+          <t>9786051212357</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Sizi Seçti</t>
+          <t>Dünya’nın Çığlığı ve Moleküler Ayrıştırıcı</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>380</v>
+        <v>28</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786051210056</t>
+          <t>9786051213668</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Öldüren Sır</t>
+          <t>Metcezirden Kaçış</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>440</v>
+        <v>380</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786051210049</t>
+          <t>9786054232833</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Ödünç Yaşam</t>
+          <t>Eksik Pazartesi</t>
         </is>
       </c>
       <c r="C25" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786051210452</t>
+          <t>9786051210438</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>On Dört</t>
+          <t>Yarım Kalan Mevsim</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>420</v>
+        <v>340</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786051210261</t>
+          <t>9786051211145</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Kulesinde Cinayet</t>
+          <t>Toplantı</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>420</v>
+        <v>280</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786051210346</t>
+          <t>9786051210582</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Molly’nin Matemi</t>
+          <t>Örümcek Ağı</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>440</v>
+        <v>160</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786051210902</t>
+          <t>9786051210247</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Mevsimsiz Çiçekler</t>
+          <t>Ölüm Silüetleri</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>380</v>
+        <v>340</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786051210124</t>
+          <t>9786051211053</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Magda’nın Kızı</t>
+          <t>Gelecek Irk</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>440</v>
+        <v>340</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786051211664</t>
+          <t>9786054232642</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Londra’nın Vampirleri</t>
+          <t>Zenginler İçin Evlendirme Bürosu</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>380</v>
+        <v>420</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786054232987</t>
+          <t>9786051210001</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Kesişen Hayatlar</t>
+          <t>Yuva</t>
         </is>
       </c>
       <c r="C32" s="1">
         <v>480</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786051210667</t>
+          <t>9786051210223</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Kazananlar ve Kaybedenler</t>
+          <t>Vampir Öyküleri</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>440</v>
+        <v>420</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786051210230</t>
+          <t>9786051210889</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Sembolün Sırları</t>
+          <t>Unutulmaz Hatıralar</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>480</v>
+        <v>420</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786051211466</t>
+          <t>9786051211657</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Kara Büyü</t>
+          <t>Suyun Hafızası</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>280</v>
+        <v>440</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786051210117</t>
+          <t>9786054232826</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Kan Kokusu</t>
+          <t>Sevmek İçin Yaşamak</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>440</v>
+        <v>320</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786051210629</t>
+          <t>9786051210612</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Kan Kadar Gerekli</t>
+          <t>Sessiz Hediye</t>
         </is>
       </c>
       <c r="C37" s="1">
         <v>440</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786051210919</t>
+          <t>9786051211060</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Kale</t>
+          <t>Savoy Otel</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>480</v>
+        <v>260</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786051210131</t>
+          <t>9786051210070</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>İyi Yolculuklar</t>
+          <t>Sahtekar</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>380</v>
+        <v>440</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786051210391</t>
+          <t>9786051210421</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>İntikam Ateşi</t>
+          <t>Sadece Senin Hayalin</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>420</v>
+        <v>440</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786051210872</t>
+          <t>9786051210964</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>İnce Lütuf</t>
+          <t>Ruh Eşi</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>380</v>
+        <v>260</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786051211749</t>
+          <t>9786051210278</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>İfşa</t>
+          <t>Pearl ve Annesi</t>
         </is>
       </c>
       <c r="C42" s="1">
         <v>440</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786051210209</t>
+          <t>9786054232840</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Yasak Aşk</t>
+          <t>Pazartesi Erkeği</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>340</v>
+        <v>420</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786051211572</t>
+          <t>9786054232550</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Hoşça Kal İspanya</t>
+          <t>Öteki Ben</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>420</v>
+        <v>440</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786051210605</t>
+          <t>9786051210797</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Hayalet Bellek</t>
+          <t>Ölüm Sizi Seçti</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>420</v>
+        <v>380</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786054232932</t>
+          <t>9786051210056</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Göz Açıp Kapayıncaya Kadar</t>
+          <t>Öldüren Sır</t>
         </is>
       </c>
       <c r="C46" s="1">
         <v>440</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786051211121</t>
+          <t>9786051210049</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Görünmez Şehir</t>
+          <t>Ödünç Yaşam</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>420</v>
+        <v>320</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786051210445</t>
+          <t>9786051210452</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Görümceler Kulübü</t>
+          <t>On Dört</t>
         </is>
       </c>
       <c r="C48" s="1">
         <v>420</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786051210773</t>
+          <t>9786051210261</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Kalbi</t>
+          <t>Mutluluk Kulesinde Cinayet</t>
         </is>
       </c>
       <c r="C49" s="1">
         <v>420</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786051211046</t>
+          <t>9786051210346</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Eyüp</t>
+          <t>Molly’nin Matemi</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>280</v>
+        <v>440</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786054232918</t>
+          <t>9786051210902</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Erkekler ve Diğer Felaketler</t>
+          <t>Mevsimsiz Çiçekler</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>420</v>
+        <v>380</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786051211091</t>
+          <t>9786051210124</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Erewhon’a İkinci Ziyaret</t>
+          <t>Magda’nın Kızı</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>340</v>
+        <v>440</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786051211671</t>
+          <t>9786051211664</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Uzun Günü</t>
+          <t>Londra’nın Vampirleri</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>340</v>
+        <v>380</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786051210759</t>
+          <t>9786054232987</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Dünü Geride Bırakmak</t>
+          <t>Kesişen Hayatlar</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>380</v>
+        <v>480</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786054232956</t>
+          <t>9786051210667</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Doha’nın Dediği Gibi</t>
+          <t>Kazananlar ve Kaybedenler</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>480</v>
+        <v>440</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786054232161</t>
+          <t>9786051210230</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Devrimcinin Ölümü</t>
+          <t>Kayıp Sembolün Sırları</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>420</v>
+        <v>480</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786051210575</t>
+          <t>9786051211466</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Dadının Dönüşü</t>
+          <t>Kara Büyü</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>440</v>
+        <v>280</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786051210414</t>
+          <t>9786051210117</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Çalınmış Hafızalar</t>
+          <t>Kan Kokusu</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>420</v>
+        <v>440</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786054232758</t>
+          <t>9786051210629</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Cesur Teklif</t>
+          <t>Kan Kadar Gerekli</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>420</v>
+        <v>440</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786051210551</t>
+          <t>9786051210919</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Camorra’nın Kan Davası</t>
+          <t>Kale</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>380</v>
+        <v>480</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786051210940</t>
+          <t>9786051210131</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Gölün Evi</t>
+          <t>İyi Yolculuklar</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>370</v>
+        <v>380</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786051210957</t>
+          <t>9786051210391</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Cadının Gözü</t>
+          <t>İntikam Ateşi</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>260</v>
+        <v>420</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786051210087</t>
+          <t>9786051210872</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Beaumont Mirası</t>
+          <t>İnce Lütuf</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>440</v>
+        <v>380</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786051210599</t>
+          <t>9786051211749</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Başka Bir Yerde Asla</t>
+          <t>İfşa</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>410</v>
+        <v>440</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786051211640</t>
+          <t>9786051210209</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>At: Bowers Dosyaları 3</t>
+          <t>Yasak Aşk</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>480</v>
+        <v>340</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786051210353</t>
+          <t>9786051211572</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Onur</t>
+          <t>Hoşça Kal İspanya</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>480</v>
+        <v>420</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786051210643</t>
+          <t>9786051210605</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Arayış</t>
+          <t>Hayalet Bellek</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>520</v>
+        <v>420</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786051210650</t>
+          <t>9786054232932</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Alevler İçinde Cennet</t>
+          <t>Göz Açıp Kapayıncaya Kadar</t>
         </is>
       </c>
       <c r="C68" s="1">
         <v>440</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786051211114</t>
+          <t>9786051211121</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>4 Kadın</t>
+          <t>Görünmez Şehir</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>440</v>
+        <v>420</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786051211701</t>
+          <t>9786051210445</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Kıvılcım</t>
+          <t>Görümceler Kulübü</t>
         </is>
       </c>
       <c r="C70" s="1">
         <v>420</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786051213316</t>
+          <t>9786051210773</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Pişman Olmaksızın</t>
+          <t>Gecenin Kalbi</t>
         </is>
       </c>
       <c r="C71" s="1">
         <v>420</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786051213637</t>
+          <t>9786051211046</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Hatırlanan</t>
+          <t>Eyüp</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>340</v>
+        <v>280</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786051213293</t>
+          <t>9786054232918</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Kırıklar</t>
+          <t>Erkekler ve Diğer Felaketler</t>
         </is>
       </c>
       <c r="C73" s="1">
         <v>420</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786051214238</t>
+          <t>9786051211091</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Paramparça</t>
+          <t>Erewhon’a İkinci Ziyaret</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>420</v>
+        <v>340</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786051214177</t>
+          <t>9786051211671</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Dijital Terör Örgütü</t>
+          <t>Dünyanın En Uzun Günü</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>440</v>
+        <v>340</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786051214184</t>
+          <t>9786051210759</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Kozmik Oda</t>
+          <t>Dünü Geride Bırakmak</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>480</v>
+        <v>380</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786051213583</t>
+          <t>9786054232956</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Patagonya'da Rüzgar Bir Başka Eser</t>
+          <t>Doha’nın Dediği Gibi</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>440</v>
+        <v>480</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786051215167</t>
+          <t>9786054232161</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Görünmez Hapishane – Bir İrlandalının Çocukluğundan Manzaralar</t>
+          <t>Devrimcinin Ölümü</t>
         </is>
       </c>
       <c r="C78" s="1">
         <v>420</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786051213354</t>
+          <t>9786051210575</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Sadakat</t>
+          <t>Dadının Dönüşü</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>380</v>
+        <v>440</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786051214320</t>
+          <t>9786051210414</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Ölümün Gölgesinde</t>
+          <t>Çalınmış Hafızalar</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>480</v>
+        <v>420</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786051212616</t>
+          <t>9786054232758</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Tanrı İnsanlar</t>
+          <t>Cesur Teklif</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>480</v>
+        <v>420</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786051214474</t>
+          <t>9786051210551</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Sahip Olduğumuz En Güzel Şeydi</t>
+          <t>Camorra’nın Kan Davası</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>480</v>
+        <v>380</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786051215228</t>
+          <t>9786051210940</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Kar Kardeşler</t>
+          <t>Gölün Evi</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>480</v>
+        <v>370</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786051213958</t>
+          <t>9786051210957</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Aynasız</t>
+          <t>Cadının Gözü</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>520</v>
+        <v>260</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786051213347</t>
+          <t>9786051210087</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Hayatlar</t>
+          <t>Beaumont Mirası</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>380</v>
+        <v>440</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786051213323</t>
+          <t>9786051210599</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Yağmur Şarkısı</t>
+          <t>Başka Bir Yerde Asla</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>420</v>
+        <v>410</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786051214337</t>
+          <t>9786051211640</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Yeni Rota</t>
+          <t>At: Bowers Dosyaları 3</t>
         </is>
       </c>
       <c r="C87" s="1">
         <v>480</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786051213972</t>
+          <t>9786051210353</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Stillbach veya Özlem</t>
+          <t>Aşk ve Onur</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>420</v>
+        <v>480</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786051213286</t>
+          <t>9786051210643</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Kılıç ve Alev</t>
+          <t>Arayış</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>480</v>
+        <v>520</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786051214214</t>
+          <t>9786051210650</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>İzmailova’nın Fethi</t>
+          <t>Alevler İçinde Cennet</t>
         </is>
       </c>
       <c r="C90" s="1">
         <v>440</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786051213965</t>
+          <t>9786051211114</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Bir Gecede</t>
+          <t>4 Kadın</t>
         </is>
       </c>
       <c r="C91" s="1">
         <v>440</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786051211695</t>
+          <t>9786051211701</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Şaşkınlıkların Kadını</t>
+          <t>Kıvılcım</t>
         </is>
       </c>
       <c r="C92" s="1">
         <v>420</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786051211732</t>
+          <t>9786051213316</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Gelin Pazarlığı</t>
+          <t>Pişman Olmaksızın</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>480</v>
+        <v>420</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
+          <t>9786051213637</t>
+        </is>
+      </c>
+      <c r="B94" s="1" t="inlineStr">
+        <is>
+          <t>Hatırlanan</t>
+        </is>
+      </c>
+      <c r="C94" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="95" spans="1:3">
+      <c r="A95" s="1" t="inlineStr">
+        <is>
+          <t>9786051213293</t>
+        </is>
+      </c>
+      <c r="B95" s="1" t="inlineStr">
+        <is>
+          <t>Kırıklar</t>
+        </is>
+      </c>
+      <c r="C95" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="96" spans="1:3">
+      <c r="A96" s="1" t="inlineStr">
+        <is>
+          <t>9786051214238</t>
+        </is>
+      </c>
+      <c r="B96" s="1" t="inlineStr">
+        <is>
+          <t>Paramparça</t>
+        </is>
+      </c>
+      <c r="C96" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="97" spans="1:3">
+      <c r="A97" s="1" t="inlineStr">
+        <is>
+          <t>9786051214177</t>
+        </is>
+      </c>
+      <c r="B97" s="1" t="inlineStr">
+        <is>
+          <t>Dijital Terör Örgütü</t>
+        </is>
+      </c>
+      <c r="C97" s="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="98" spans="1:3">
+      <c r="A98" s="1" t="inlineStr">
+        <is>
+          <t>9786051214184</t>
+        </is>
+      </c>
+      <c r="B98" s="1" t="inlineStr">
+        <is>
+          <t>Kozmik Oda</t>
+        </is>
+      </c>
+      <c r="C98" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="99" spans="1:3">
+      <c r="A99" s="1" t="inlineStr">
+        <is>
+          <t>9786051213583</t>
+        </is>
+      </c>
+      <c r="B99" s="1" t="inlineStr">
+        <is>
+          <t>Patagonya'da Rüzgar Bir Başka Eser</t>
+        </is>
+      </c>
+      <c r="C99" s="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="100" spans="1:3">
+      <c r="A100" s="1" t="inlineStr">
+        <is>
+          <t>9786051215167</t>
+        </is>
+      </c>
+      <c r="B100" s="1" t="inlineStr">
+        <is>
+          <t>Görünmez Hapishane – Bir İrlandalının Çocukluğundan Manzaralar</t>
+        </is>
+      </c>
+      <c r="C100" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="101" spans="1:3">
+      <c r="A101" s="1" t="inlineStr">
+        <is>
+          <t>9786051213354</t>
+        </is>
+      </c>
+      <c r="B101" s="1" t="inlineStr">
+        <is>
+          <t>Sadakat</t>
+        </is>
+      </c>
+      <c r="C101" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="102" spans="1:3">
+      <c r="A102" s="1" t="inlineStr">
+        <is>
+          <t>9786051214320</t>
+        </is>
+      </c>
+      <c r="B102" s="1" t="inlineStr">
+        <is>
+          <t>Ölümün Gölgesinde</t>
+        </is>
+      </c>
+      <c r="C102" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="103" spans="1:3">
+      <c r="A103" s="1" t="inlineStr">
+        <is>
+          <t>9786051212616</t>
+        </is>
+      </c>
+      <c r="B103" s="1" t="inlineStr">
+        <is>
+          <t>Tanrı İnsanlar</t>
+        </is>
+      </c>
+      <c r="C103" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="104" spans="1:3">
+      <c r="A104" s="1" t="inlineStr">
+        <is>
+          <t>9786051214474</t>
+        </is>
+      </c>
+      <c r="B104" s="1" t="inlineStr">
+        <is>
+          <t>Sahip Olduğumuz En Güzel Şeydi</t>
+        </is>
+      </c>
+      <c r="C104" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="105" spans="1:3">
+      <c r="A105" s="1" t="inlineStr">
+        <is>
+          <t>9786051215228</t>
+        </is>
+      </c>
+      <c r="B105" s="1" t="inlineStr">
+        <is>
+          <t>Kar Kardeşler</t>
+        </is>
+      </c>
+      <c r="C105" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="106" spans="1:3">
+      <c r="A106" s="1" t="inlineStr">
+        <is>
+          <t>9786051213958</t>
+        </is>
+      </c>
+      <c r="B106" s="1" t="inlineStr">
+        <is>
+          <t>Aynasız</t>
+        </is>
+      </c>
+      <c r="C106" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="107" spans="1:3">
+      <c r="A107" s="1" t="inlineStr">
+        <is>
+          <t>9786051213347</t>
+        </is>
+      </c>
+      <c r="B107" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Hayatlar</t>
+        </is>
+      </c>
+      <c r="C107" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="108" spans="1:3">
+      <c r="A108" s="1" t="inlineStr">
+        <is>
+          <t>9786051213323</t>
+        </is>
+      </c>
+      <c r="B108" s="1" t="inlineStr">
+        <is>
+          <t>Yağmur Şarkısı</t>
+        </is>
+      </c>
+      <c r="C108" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="109" spans="1:3">
+      <c r="A109" s="1" t="inlineStr">
+        <is>
+          <t>9786051214337</t>
+        </is>
+      </c>
+      <c r="B109" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Rota</t>
+        </is>
+      </c>
+      <c r="C109" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="110" spans="1:3">
+      <c r="A110" s="1" t="inlineStr">
+        <is>
+          <t>9786051213972</t>
+        </is>
+      </c>
+      <c r="B110" s="1" t="inlineStr">
+        <is>
+          <t>Stillbach veya Özlem</t>
+        </is>
+      </c>
+      <c r="C110" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="111" spans="1:3">
+      <c r="A111" s="1" t="inlineStr">
+        <is>
+          <t>9786051213286</t>
+        </is>
+      </c>
+      <c r="B111" s="1" t="inlineStr">
+        <is>
+          <t>Kılıç ve Alev</t>
+        </is>
+      </c>
+      <c r="C111" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="112" spans="1:3">
+      <c r="A112" s="1" t="inlineStr">
+        <is>
+          <t>9786051214214</t>
+        </is>
+      </c>
+      <c r="B112" s="1" t="inlineStr">
+        <is>
+          <t>İzmailova’nın Fethi</t>
+        </is>
+      </c>
+      <c r="C112" s="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="113" spans="1:3">
+      <c r="A113" s="1" t="inlineStr">
+        <is>
+          <t>9786051213965</t>
+        </is>
+      </c>
+      <c r="B113" s="1" t="inlineStr">
+        <is>
+          <t>Bir Gecede</t>
+        </is>
+      </c>
+      <c r="C113" s="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="114" spans="1:3">
+      <c r="A114" s="1" t="inlineStr">
+        <is>
+          <t>9786051211695</t>
+        </is>
+      </c>
+      <c r="B114" s="1" t="inlineStr">
+        <is>
+          <t>Şaşkınlıkların Kadını</t>
+        </is>
+      </c>
+      <c r="C114" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="115" spans="1:3">
+      <c r="A115" s="1" t="inlineStr">
+        <is>
+          <t>9786051211732</t>
+        </is>
+      </c>
+      <c r="B115" s="1" t="inlineStr">
+        <is>
+          <t>Gelin Pazarlığı</t>
+        </is>
+      </c>
+      <c r="C115" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="116" spans="1:3">
+      <c r="A116" s="1" t="inlineStr">
+        <is>
           <t>9786051212999</t>
         </is>
       </c>
-      <c r="B94" s="1" t="inlineStr">
+      <c r="B116" s="1" t="inlineStr">
         <is>
           <t>Yazlıkta</t>
         </is>
       </c>
-      <c r="C94" s="1">
+      <c r="C116" s="1">
         <v>420</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>