--- v0 (2025-10-28)
+++ v1 (2026-02-14)
@@ -85,23560 +85,24130 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>5771303451312</t>
+          <t>9786256863989</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Zagor Sayı 212 - İstila Günü</t>
+          <t>Tex Willer Özel Albüm 4 - Mefisto : Kötülüğün Kaynağı</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>250</v>
+        <v>210</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>3990000029729</t>
+          <t>9786256863965</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere İmkansızlıklar Dedektifi Titanic’i Batırın! Sayı: 12</t>
+          <t>Tex Willer Sayı 33 - Louisiana Sınırlarında</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>135</v>
+        <v>105</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>3990000001167</t>
+          <t>5771303461076</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Fotoroman Dergisi Sayı: 2 Beyaz Güvercin</t>
+          <t>Martin Mystere Sayı 249 - Gerçeklik Algısı</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>5771303451503</t>
+          <t>5771303452005</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Zagor Sayı: 230 - Ölüm Süvarileri</t>
+          <t>Zagor Sayı 280 - Yedi Viking</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>5771303451374</t>
+          <t>9786256863972</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Zagor Sayı: 218</t>
+          <t>Tex Sayı 16 - Vudu Silahşörü</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>135</v>
+        <v>185</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256863200</t>
+          <t>9786256863958</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Zagor +6</t>
+          <t>Dylan Dog Sayı 124 - Ölülerin Bilgeliği</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>260</v>
+        <v>160</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>5771303451022</t>
+          <t>5771303451992</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Zagor Sayı 183</t>
+          <t>Zagor Sayı 279 - Kurtlar ve Kuzular</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>5771303451015</t>
+          <t>9786256863941</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Zagor Sayı 182</t>
+          <t>Zagor +13 - Trampy'den Hikayeler</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>135</v>
+        <v>320</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>4771303449914</t>
+          <t>9786256863934</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Zagor Kökler Sayı: 1</t>
+          <t>Tex Sayı 15 - Savaşçı Keşiş</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>250</v>
+        <v>185</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786052218501</t>
+          <t>9786256863927</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Rüzgar Yeni Maceralar</t>
+          <t>Tex Willer Sayı 32 - Kartalların Yenilgisi</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>500</v>
+        <v>105</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>5781303451328</t>
+          <t>9786256863910</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Zagor Klasik Maceralar Cilt: 128</t>
+          <t>Dylan Dog Sayı 123 - Şeytanın Dokunuşu</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>500</v>
+        <v>160</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>6771303440230</t>
+          <t>5781303451489</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Zagor Sayı 35 - Ölü Kentin Kraliçesi</t>
+          <t>Zagor Klasik Maceralar Cilt 144</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>135</v>
+        <v>600</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>5771303451053</t>
+          <t>5771303461069</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Zagor Sayı: 186 - Büyük Hesaplaşma</t>
+          <t>Martin Mystere Sayı 248 - Canlı Görüntüler</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786059958769</t>
+          <t>5771303451985</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Mini Dev Albüm 9 Şehir Canavarları - Zamanlayıcı - Pişmanlık - İtiraf</t>
+          <t>Zagor Sayı 278 - Hiç Kimse Masum Değil</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>325</v>
+        <v>200</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9771303542641</t>
+          <t>9786256863880</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Mister No Sayı: 134  Ölüm İşaretleri</t>
+          <t>Tex Willer Sayı 31 - Phantom Kalesi</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>135</v>
+        <v>105</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786055689971</t>
+          <t>5771303461052</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Dört Elle Sihir</t>
+          <t>Martin Mystere Sayı 247 - Amber Odası</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>75</v>
+        <v>160</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>5771303451091</t>
+          <t>9786256863903</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Zagor Sayı 190: Kehanet</t>
+          <t>Tex Maxi Albüm 3 - Tiger Jack’ın Avı</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>135</v>
+        <v>550</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>5771303451954</t>
+          <t>9786256863897</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Zagor Sayı 275</t>
+          <t>Tex Sayı 14 - Hükümet Darbesi</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>135</v>
+        <v>185</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>5771303461021</t>
+          <t>9786256863873</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere Sayı 244</t>
+          <t>Dylan Dog Sayı 122 - Haksız Rekabet</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>5781303451465</t>
+          <t>5771303451978</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Zagor Klasik Maceralar Cilt 142</t>
+          <t>Zagor Sayı 277</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256863781</t>
+          <t>9786256863866</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Tex Willer Sayı 28</t>
+          <t>Tex Sayı 13</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>90</v>
+        <v>185</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256863798</t>
+          <t>9786256863842</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Tex sayı 11</t>
+          <t>Dylan Dog Sayı 121</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256863774</t>
+          <t>5771303461045</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Sayı 119</t>
+          <t>Martin Mystere Sayı 246</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>5771303450964</t>
+          <t>9786256863859</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere sayı 238</t>
+          <t>Tex Willer sayı 30</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>110</v>
+        <v>105</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>5771303450919</t>
+          <t>5781303451472</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere Sayı 233</t>
+          <t>Zagor Klasik Maceralar Cilt 143</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>250</v>
+        <v>600</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786256863286</t>
+          <t>9786256863835</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Tex Willer Sayı 14 Teksas Rangerleri</t>
+          <t>Zagor +12 - Manito’nun Yüreği</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>90</v>
+        <v>320</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>5781303451397</t>
+          <t>5771303451961</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Zagor Klasik Maceralar Cilt 135 - Kovboylar-Celladı Durdurun-Vahşi Topraklar-Akbabalar Tepesi</t>
+          <t>Zagor Sayı 276 - Belzeebul Sendromu</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786256863262</t>
+          <t>9786256863828</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Tex Willer Özel Albüm 1</t>
+          <t>Tex Sayı 12 - Guatemala</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>250</v>
+        <v>185</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786256863163</t>
+          <t>9786256863811</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Tex Maxi Albüm 1</t>
+          <t>Tex Willer sayı 29 - Altın Çemberin Şövalyeleri</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>400</v>
+        <v>105</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>5771303450759</t>
+          <t>9786256863804</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere sayı 217</t>
+          <t>Dylan Dog Sayı 120 - Resmedilmiş Kabus</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>6771303545034</t>
+          <t>5771303461038</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Mister No Klasik Maceralar Cilt: 54</t>
+          <t>Martin Mystere Sayı 245 - Karanlığın Kodu</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>500</v>
+        <v>160</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786059958882</t>
+          <t>5771303451541</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog 32: Ruh Çağıran</t>
+          <t>Zagor Sayı 234 - Cromm'un Habercisi</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>135</v>
+        <v>200</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786059958837</t>
+          <t>9771303450205</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Sayı: 30 - Ormanın Çağrısı</t>
+          <t>Yeni Martin Mystere Sayı: 81 Orta Asya Çölleri</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786059958875</t>
+          <t>9771303651305</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Maxi Albüm 10 - Mutluluğu Ararken / Kaçırılan Çocuk / Kahraman</t>
+          <t>Büyülü Rüzgar Sayı: 96 - Darağacı</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>400</v>
+        <v>160</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786059958752</t>
+          <t>6771303542842</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Sayı 26 Cadı Tepesi</t>
+          <t>Mister No Yeni Maceralar Sayı: 4</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789756535356</t>
+          <t>5771303451527</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Kabuğundan Kaçan Küçük Bezelye</t>
+          <t>Zagor Sayı 232 - Kuzey Buzları Arasında</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9771303440541</t>
+          <t>6771303545027</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere İmkansızlar Dedektifi Sayı: 123</t>
+          <t>Mister No Klasik Maceralar Cilt: 53</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>180</v>
+        <v>600</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9771303440527</t>
+          <t>6771303542835</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere İmkansızlar Dedektifi Sayı: 121 Grendel!</t>
+          <t>Mister No Yeni Maceralar Sayı: 3</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9771303542610</t>
+          <t>5771303451312</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Mister No Sayı: 131 - Macao</t>
+          <t>Zagor Sayı 212 - İstila Günü</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>135</v>
+        <v>250</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9771303440503</t>
+          <t>3990000029729</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere İmkansızlar Dedektifi Sayı: 119 Cape Rock Dehşeti</t>
+          <t>Martin Mystere İmkansızlıklar Dedektifi Titanic’i Batırın! Sayı: 12</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9771303449759</t>
+          <t>3990000001167</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Zagor Dolunay Sayı: 146</t>
+          <t>Fotoroman Dergisi Sayı: 2 Beyaz Güvercin</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>135</v>
+        <v>250</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9771303449452</t>
+          <t>5771303451503</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Zagor Gecenin Savaşçıları Sayı: 116</t>
+          <t>Zagor Sayı: 230 - Ölüm Süvarileri</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>135</v>
+        <v>200</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9771303449360</t>
+          <t>5771303451374</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Yeni Zagor Sayı: 107 Soyguncular</t>
+          <t>Zagor Sayı: 218</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>135</v>
+        <v>200</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9771303449925</t>
+          <t>9786256863200</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Yeni Zagor Meksika Bayrağı Altında Sayı: 25</t>
+          <t>Zagor +6</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>135</v>
+        <v>320</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9771303450271</t>
+          <t>5771303451022</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Yeni Martin Mystere Sayı: 71 Odise Destanı</t>
+          <t>Zagor Sayı 183</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>135</v>
+        <v>200</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9771303449650</t>
+          <t>5771303451015</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Zagor Sayı: 136 Korsan Mağarası</t>
+          <t>Zagor Sayı 182</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>135</v>
+        <v>200</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9771303449520</t>
+          <t>4771303449914</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Zagor Sayı: 123 İhanetin Bedeli</t>
+          <t>Zagor Kökler Sayı: 1</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>135</v>
+        <v>310</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9771303449506</t>
+          <t>9786052218501</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Zagor Sayı: 121 Geçmişin Hayaleti</t>
+          <t>Büyülü Rüzgar Yeni Maceralar</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>135</v>
+        <v>500</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9771303449950</t>
+          <t>5781303451328</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Yeni Zagor Sayı: 50 Delaware!</t>
+          <t>Zagor Klasik Maceralar Cilt: 128</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>135</v>
+        <v>600</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9771303449766</t>
+          <t>6771303440230</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Zagor Sayı: 147 - Kanlı Gece</t>
+          <t>Zagor Sayı 35 - Ölü Kentin Kraliçesi</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786052218037</t>
+          <t>5771303451053</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Yukarıda Biri Bizi Çağırıyor - Dylan Dog 38</t>
+          <t>Zagor Sayı: 186 - Büyük Hesaplaşma</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>135</v>
+        <v>200</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>5771303542898</t>
+          <t>9786059958769</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Mister No Sayı: 168 Eğlence Bitti</t>
+          <t>Dylan Dog Mini Dev Albüm 9 Şehir Canavarları - Zamanlayıcı - Pişmanlık - İtiraf</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>135</v>
+        <v>400</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>5771303450353</t>
+          <t>9771303542641</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere Sayı: 177</t>
+          <t>Mister No Sayı: 134  Ölüm İşaretleri</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786052218013</t>
+          <t>9786055689971</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Mini Dev Albüm 12</t>
+          <t>Dört Elle Sihir</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>325</v>
+        <v>90</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786059958981</t>
+          <t>5771303451091</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Sayı 36: Jaguarın Çığlığı</t>
+          <t>Zagor Sayı 190: Kehanet</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>135</v>
+        <v>200</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>5771303450384</t>
+          <t>5771303451954</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere Sayı 180</t>
+          <t>Zagor Sayı 275</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9771303449735</t>
+          <t>5771303461021</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Zagor Sayı: 144</t>
+          <t>Martin Mystere Sayı 244</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9771303450222</t>
+          <t>5781303451465</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Atlantis Martin Mystere İmkansızlıklar Dedektifi 22 On Şehir İçin On Bilmece</t>
+          <t>Zagor Klasik Maceralar Cilt 142</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>135</v>
+        <v>600</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9771303651466</t>
+          <t>9786256863781</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Rüzgar Sayı: 104 - Cehennemden Kaçış</t>
+          <t>Tex Willer Sayı 28</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>180</v>
+        <v>105</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9771303440749</t>
+          <t>9786256863798</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere Sayı: 143 İmkansız Yaratıklar Hapishanesi</t>
+          <t>Tex sayı 11</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>180</v>
+        <v>185</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786059958516</t>
+          <t>9786256863774</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Stero Seyfi 1 - Amerika'nın Yolları Taştan</t>
+          <t>Dylan Dog Sayı 119</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>400</v>
+        <v>160</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9771303449810</t>
+          <t>5771303450964</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Zagor Sayı 152 : Kazmakürek Bill’in Dönüşü</t>
+          <t>Martin Mystere sayı 238</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9771303651671</t>
+          <t>5771303450919</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Rüzgar Sayı: 125 Skinwalkers</t>
+          <t>Martin Mystere Sayı 233</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9771303651428</t>
+          <t>9786256863286</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Rüzgar Sayı: 100 Kahramanların Çöküşü</t>
+          <t>Tex Willer Sayı 14 Teksas Rangerleri</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>250</v>
+        <v>105</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>5771303542867</t>
+          <t>5781303451397</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Mister No Sayı: 165 Orman Yanıyor</t>
+          <t>Zagor Klasik Maceralar Cilt 135 - Kovboylar-Celladı Durdurun-Vahşi Topraklar-Akbabalar Tepesi</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>135</v>
+        <v>600</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9771303440718</t>
+          <t>9786256863262</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere İmkansızlıklar Dedektifi Sayı: 140 Altın Tozu</t>
+          <t>Tex Willer Özel Albüm 1</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>5771303451510</t>
+          <t>9786256863163</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Zagor Sayı: 231 - Terranova</t>
+          <t>Tex Maxi Albüm 1</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>135</v>
+        <v>400</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786052218532</t>
+          <t>5771303450759</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Sayı: 69 - Medusa</t>
+          <t>Martin Mystere sayı 217</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>4771303449921</t>
+          <t>6771303545034</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Zagor Kökler Sayı 2</t>
+          <t>Mister No Klasik Maceralar Cilt: 54</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>250</v>
+        <v>600</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>5771303450568</t>
+          <t>9786059958882</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere Sayı: 198</t>
+          <t>Dylan Dog 32: Ruh Çağıran</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789756535349</t>
+          <t>9786059958837</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Gökkuşağı Bisiklet</t>
+          <t>Dylan Dog Sayı: 30 - Ormanın Çağrısı</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9771303449942</t>
+          <t>9786059958875</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Yeni Zagor Sayı: 42 Ay Tanrıçası</t>
+          <t>Dylan Dog Maxi Albüm 10 - Mutluluğu Ararken / Kaçırılan Çocuk / Kahraman</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>135</v>
+        <v>500</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9771303449957</t>
+          <t>9786059958752</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Yeni Zagor Sayı: 57 Ramath’ın Geçmişi</t>
+          <t>Dylan Dog Sayı 26 Cadı Tepesi</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9771303449315</t>
+          <t>9789756535356</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Yeni Zagor Sayı: 102 Huronlar!</t>
+          <t>Kabuğundan Kaçan Küçük Bezelye</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>135</v>
+        <v>150</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786052218396</t>
+          <t>9771303440541</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Sayı 59 - Uykudaki Bilinç</t>
+          <t>Martin Mystere İmkansızlar Dedektifi Sayı: 123</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>135</v>
+        <v>215</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9771303449568</t>
+          <t>9771303440527</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Zagor Sayı: 127 Terk Edilmiş Maden</t>
+          <t>Martin Mystere İmkansızlar Dedektifi Sayı: 121 Grendel!</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>135</v>
+        <v>215</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9771303651084</t>
+          <t>9771303542610</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Rüzgar Sayı: 74 Niagara</t>
+          <t>Mister No Sayı: 131 - Macao</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9771303651060</t>
+          <t>9771303440503</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Rüzgar Sayı: 72 Jericho</t>
+          <t>Martin Mystere İmkansızlar Dedektifi Sayı: 119 Cape Rock Dehşeti</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>135</v>
+        <v>215</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9771303651237</t>
+          <t>9771303449759</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Rüzgar Sayı: 89 Sahipsiz Topraklar</t>
+          <t>Zagor Dolunay Sayı: 146</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>5771303451404</t>
+          <t>9771303449452</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Zagor Sayı: 221 - Piramitteki Hazine</t>
+          <t>Zagor Gecenin Savaşçıları Sayı: 116</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9771303450113</t>
+          <t>9771303449360</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere İmkansızlıklar Dedektifi Sayı: 82 Yeraltı Dünyası</t>
+          <t>Yeni Zagor Sayı: 107 Soyguncular</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>6771303545010</t>
+          <t>9771303449925</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Mister No Klasik Maceralar Cilt: 52</t>
+          <t>Yeni Zagor Meksika Bayrağı Altında Sayı: 25</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>500</v>
+        <v>160</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9771303651077</t>
+          <t>9771303450271</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Rüzgar Sayı: 73 Aynalar Dağı</t>
+          <t>Yeni Martin Mystere Sayı: 71 Odise Destanı</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>6771303542880</t>
+          <t>9771303449650</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Mister No Sayı: 8 Yeni Maceralar - Hava Korsanları</t>
+          <t>Zagor Sayı: 136 Korsan Mağarası</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786052218433</t>
+          <t>9771303449520</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Sayı: 63</t>
+          <t>Zagor Sayı: 123 İhanetin Bedeli</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9789756535301</t>
+          <t>9771303449506</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Zagor Klasik Maceralar Cilt 12</t>
+          <t>Zagor Sayı: 121 Geçmişin Hayaleti</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>500</v>
+        <v>160</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>5771303451947</t>
+          <t>9771303449950</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Zagor Sayı 274</t>
+          <t>Yeni Zagor Sayı: 50 Delaware!</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>5771303461014</t>
+          <t>9771303449766</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere sayı 243</t>
+          <t>Zagor Sayı: 147 - Kanlı Gece</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786256863743</t>
+          <t>9786052218037</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Tex Willer sayı 27</t>
+          <t>Yukarıda Biri Bizi Çağırıyor - Dylan Dog 38</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>90</v>
+        <v>160</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786256863736</t>
+          <t>5771303542898</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Sayı 118</t>
+          <t>Mister No Sayı: 168 Eğlence Bitti</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786256863750</t>
+          <t>5771303450353</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Tex Sayı 10</t>
+          <t>Martin Mystere Sayı: 177</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>150</v>
+        <v>215</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786256863767</t>
+          <t>9786052218013</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Zagor Özel Albüm 2</t>
+          <t>Dylan Dog Mini Dev Albüm 12</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>225</v>
+        <v>400</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786256863705</t>
+          <t>9786059958981</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Tex Willer Sayı 26</t>
+          <t>Dylan Dog Sayı 36: Jaguarın Çığlığı</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>90</v>
+        <v>160</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>5771303461007</t>
+          <t>5771303450384</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere Sayı 242</t>
+          <t>Martin Mystere Sayı 180</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>135</v>
+        <v>215</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786256863729</t>
+          <t>9771303449735</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Zagor +11</t>
+          <t>Zagor Sayı: 144</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>260</v>
+        <v>160</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>5771303451930</t>
+          <t>9771303450222</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Zagor Sayı 273</t>
+          <t>Atlantis Martin Mystere İmkansızlıklar Dedektifi 22 On Şehir İçin On Bilmece</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>5781303451458</t>
+          <t>9771303651466</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Zagor Klasik Maceralar Cilt 141</t>
+          <t>Büyülü Rüzgar Sayı: 104 - Cehennemden Kaçış</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>500</v>
+        <v>215</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786256863699</t>
+          <t>9771303440749</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Sayı 117</t>
+          <t>Martin Mystere Sayı: 143 İmkansız Yaratıklar Hapishanesi</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>135</v>
+        <v>215</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786256863712</t>
+          <t>9786059958516</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Tex Sayı 9</t>
+          <t>Stero Seyfi 1 - Amerika'nın Yolları Taştan</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>150</v>
+        <v>500</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786256863668</t>
+          <t>9771303449810</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Tex Willer Sayı 25</t>
+          <t>Zagor Sayı 152 : Kazmakürek Bill’in Dönüşü</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>90</v>
+        <v>160</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>5771303451923</t>
+          <t>9771303651671</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Zagor Sayı 272</t>
+          <t>Büyülü Rüzgar Sayı: 125 Skinwalkers</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>135</v>
+        <v>215</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786256863682</t>
+          <t>9771303651428</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Tex Willer Özel Albüm 3</t>
+          <t>Büyülü Rüzgar Sayı: 100 Kahramanların Çöküşü</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>5771303450995</t>
+          <t>5771303542867</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere sayı 241</t>
+          <t>Mister No Sayı: 165 Orman Yanıyor</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786256863651</t>
+          <t>9771303440718</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Sayı 116</t>
+          <t>Martin Mystere İmkansızlıklar Dedektifi Sayı: 140 Altın Tozu</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>135</v>
+        <v>215</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786256863675</t>
+          <t>5771303451510</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Tex Sayı 8</t>
+          <t>Zagor Sayı: 231 - Terranova</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786256863637</t>
+          <t>9786052218532</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Tex Sayı 7</t>
+          <t>Dylan Dog Sayı: 69 - Medusa</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>5771303451916</t>
+          <t>4771303449921</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Zagor Sayı 271</t>
+          <t>Zagor Kökler Sayı 2</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>135</v>
+        <v>310</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>5781303451441</t>
+          <t>5771303450568</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Zagor Klasik Maceralar Cilt 140</t>
+          <t>Martin Mystere Sayı: 198</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>600</v>
+        <v>215</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786256863620</t>
+          <t>9789756535349</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Tex Willer sayı 24</t>
+          <t>Gökkuşağı Bisiklet</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>90</v>
+        <v>150</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>5771303450988</t>
+          <t>9771303449942</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere Sayı 240</t>
+          <t>Yeni Zagor Sayı: 42 Ay Tanrıçası</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786256863613</t>
+          <t>9771303449957</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Sayı 115</t>
+          <t>Yeni Zagor Sayı: 57 Ramath’ın Geçmişi</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786256863644</t>
+          <t>9771303449315</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Tex Özel Albüm 3</t>
+          <t>Yeni Zagor Sayı: 102 Huronlar!</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>350</v>
+        <v>160</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786256863606</t>
+          <t>9786052218396</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Zagor Paradise Gate’e Dönüş</t>
+          <t>Dylan Dog Sayı 59 - Uykudaki Bilinç</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786256863583</t>
+          <t>9771303449568</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Tex Willer sayı 23</t>
+          <t>Zagor Sayı: 127 Terk Edilmiş Maden</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>75</v>
+        <v>160</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>5771303450971</t>
+          <t>9771303651084</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere sayı 239</t>
+          <t>Büyülü Rüzgar Sayı: 74 Niagara</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>110</v>
+        <v>160</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>5771303451909</t>
+          <t>9771303651060</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Zagor Sayı 270</t>
+          <t>Büyülü Rüzgar Sayı: 72 Jericho</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>110</v>
+        <v>160</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786256863590</t>
+          <t>9771303651237</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Tex sayı 6</t>
+          <t>Büyülü Rüzgar Sayı: 89 Sahipsiz Topraklar</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786256863576</t>
+          <t>5771303451404</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Sayı 114</t>
+          <t>Zagor Sayı: 221 - Piramitteki Hazine</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786256863293</t>
+          <t>9771303450113</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Zagor +7 Zaman Makinesi</t>
+          <t>Martin Mystere İmkansızlıklar Dedektifi Sayı: 82 Yeraltı Dünyası</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>260</v>
+        <v>160</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786256863231</t>
+          <t>6771303545010</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Tex Özel Albüm 2 - Amansız</t>
+          <t>Mister No Klasik Maceralar Cilt: 52</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>325</v>
+        <v>600</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786256863057</t>
+          <t>9771303651077</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Tex Willer sayı 6</t>
+          <t>Büyülü Rüzgar Sayı: 73 Aynalar Dağı</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>90</v>
+        <v>160</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786256863019</t>
+          <t>6771303542880</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Tex Willer sayı 5</t>
+          <t>Mister No Sayı: 8 Yeni Maceralar - Hava Korsanları</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>90</v>
+        <v>160</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786052218990</t>
+          <t>9786052218433</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Tex Willer Sayı: 4 - Federal Ajan</t>
+          <t>Dylan Dog Sayı: 63</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>90</v>
+        <v>160</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>6771303545119</t>
+          <t>9789756535301</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Mister NO Klasik Maceralar Cilt 62</t>
+          <t>Zagor Klasik Maceralar Cilt 12</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>500</v>
+        <v>600</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786052218969</t>
+          <t>5771303451947</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Tex Willer sayı 3</t>
+          <t>Zagor Sayı 274</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>90</v>
+        <v>200</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786052218938</t>
+          <t>5771303461014</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Tex Willer sayı 2 - Sınır Kurtları</t>
+          <t>Martin Mystere sayı 243</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>90</v>
+        <v>160</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>6771303545096</t>
+          <t>9786256863743</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Mister NO Klasik Maceralar Cilt 60</t>
+          <t>Tex Willer sayı 27</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>500</v>
+        <v>105</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>5781303451311</t>
+          <t>9786256863736</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Zagor Klasik Maceralar Cilt 127 - Askeri Eskort - Ateş Kapanı - İki Beyinli Adam - Kızılderili Büyüsü (Ciltli)</t>
+          <t>Dylan Dog Sayı 118</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>500</v>
+        <v>160</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>6771303545089</t>
+          <t>9786256863750</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Mister NO Klasik Maceralar Cilt 59: Tehlikeli Araştırma - Suç Mozaiği - Çapraz Ateş - Pegasus Projesi</t>
+          <t>Tex Sayı 10</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>500</v>
+        <v>185</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>5781303451304</t>
+          <t>9786256863767</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Zagor Klasik Maceralar Cilt: 126</t>
+          <t>Zagor Özel Albüm 2</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>500</v>
+        <v>260</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>6771303545072</t>
+          <t>9786256863705</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Mister No Klasik Maceralar Cilt: 58</t>
+          <t>Tex Willer Sayı 26</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>500</v>
+        <v>105</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>5781303451298</t>
+          <t>5771303461007</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Zagor Klasik Maceralar Cilt: 125</t>
+          <t>Martin Mystere Sayı 242</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>500</v>
+        <v>160</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>5781303451281</t>
+          <t>9786256863729</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Zagor Klasik Maceralar Cilt 124</t>
+          <t>Zagor +11</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>500</v>
+        <v>320</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>5781303451267</t>
+          <t>5771303451930</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Zagor Klasik Maceralar Cilt 122</t>
+          <t>Zagor Sayı 273</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>5781303451250</t>
+          <t>5781303451458</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Zagor Klasik Maceralar Cilt 121</t>
+          <t>Zagor Klasik Maceralar Cilt 141</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>500</v>
+        <v>600</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9789756535257</t>
+          <t>9786256863699</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Zagor Klasik Maceralar Cilt 9</t>
+          <t>Dylan Dog Sayı 117</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>500</v>
+        <v>160</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>5771303451176</t>
+          <t>9786256863712</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Zagor Sayı: 198</t>
+          <t>Tex Sayı 9</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>135</v>
+        <v>185</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>3990000058120</t>
+          <t>9786256863668</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Martin M. Klasik Maceraları Cilt 22</t>
+          <t>Tex Willer Sayı 25</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>32</v>
+        <v>105</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>5771303451145</t>
+          <t>5771303451923</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Zagor Sayı 195 - Ateş Toprakları</t>
+          <t>Zagor Sayı 272</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>135</v>
+        <v>200</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786052218068</t>
+          <t>9786256863682</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Zagor Klasik Maceralar Cilt: 104</t>
+          <t>Tex Willer Özel Albüm 3</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>500</v>
+        <v>210</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>5781303451106</t>
+          <t>5771303450995</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Zagor Klasik Maceralar Cilt 106</t>
+          <t>Martin Mystere sayı 241</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>500</v>
+        <v>160</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>5771303451206</t>
+          <t>9786256863651</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Zagor - Sayı 201</t>
+          <t>Dylan Dog Sayı 116</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>5771303451060</t>
+          <t>9786256863675</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Zagor Sayı: 187</t>
+          <t>Tex Sayı 8</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>135</v>
+        <v>185</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>5781303451113</t>
+          <t>9786256863637</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Zagor Klasik Maceralar Cilt: 107</t>
+          <t>Tex Sayı 7</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>500</v>
+        <v>185</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786052218150</t>
+          <t>5771303451916</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Zagor Klasik Maceralar Cilt 105</t>
+          <t>Zagor Sayı 271</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>5771303451183</t>
+          <t>5781303451441</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Zagor Sayı 199 - Buzlu Dağlar</t>
+          <t>Zagor Klasik Maceralar Cilt 140</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>135</v>
+        <v>600</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>5771303451046</t>
+          <t>9786256863620</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Zagor Sayı: 185 - Sertao</t>
+          <t>Tex Willer sayı 24</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>135</v>
+        <v>105</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786052218181</t>
+          <t>5771303450988</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Sayı 47 - Cehennem Köpeği</t>
+          <t>Martin Mystere Sayı 240</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786059958943</t>
+          <t>9786256863613</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Zagor Klasik Maceralar Cilt 102</t>
+          <t>Dylan Dog Sayı 115</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>600</v>
+        <v>160</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786059958936</t>
+          <t>9786256863644</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Sayı: 34 - Zamanı Satan Adam</t>
+          <t>Tex Özel Albüm 3</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>135</v>
+        <v>350</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>5771303451084</t>
+          <t>9786256863606</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Zagor sayı: 189 - Uçurumdaki Köprü</t>
+          <t>Zagor Paradise Gate’e Dönüş</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>135</v>
+        <v>320</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9789756535172</t>
+          <t>9786256863583</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Zagor Klasik Maceralar Cilt 5</t>
+          <t>Tex Willer sayı 23</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>500</v>
+        <v>105</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>5771303451039</t>
+          <t>5771303450971</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Zagor Sayı 184</t>
+          <t>Martin Mystere sayı 239</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>5781303451120</t>
+          <t>5771303451909</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Zagor Klasik Maceralar Cilt 108</t>
+          <t>Zagor Sayı 270</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786059958776</t>
+          <t>9786256863590</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Tex Almanak 2015</t>
+          <t>Tex sayı 6</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>50</v>
+        <v>185</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>3990000000681</t>
+          <t>9786256863576</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere Atlantis İmkansızlıklar Dedektifi Sayı: 2 Boris Grigov’un Esrarı</t>
+          <t>Dylan Dog Sayı 114</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>7.92</v>
+        <v>160</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>3990000000733</t>
+          <t>9786256863293</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere Atlantis İmkansızlıklar Dedektifi Kahin Sayı:12</t>
+          <t>Zagor +7 Zaman Makinesi</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>7.92</v>
+        <v>320</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786055689735</t>
+          <t>9786256863231</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere Almanak Cilt: 1</t>
+          <t>Tex Özel Albüm 2 - Amansız</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>180</v>
+        <v>325</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>3990000000660</t>
+          <t>9786256863057</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere  İmkansızlıklar Dedektifi Sayı: 2 Soykırım 1990</t>
+          <t>Tex Willer sayı 6</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>7.92</v>
+        <v>105</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9771303450217</t>
+          <t>9786256863019</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere İmkansızlıklar Dedektifi Peter Stuyvesant’ın Hazinesi Sayı: 17</t>
+          <t>Tex Willer sayı 5</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>135</v>
+        <v>105</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9789756535264</t>
+          <t>9786052218990</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Lucius’un Dönüşümü</t>
+          <t>Tex Willer Sayı: 4 - Federal Ajan</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>30</v>
+        <v>105</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786055689032</t>
+          <t>6771303545119</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Küçük Peri Mine ve Deniz Kabuklarının Sırrı</t>
+          <t>Mister NO Klasik Maceralar Cilt 62</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>75</v>
+        <v>600</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786055689025</t>
+          <t>9786052218969</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Küçük Peri Mine Panayırda</t>
+          <t>Tex Willer sayı 3</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>75</v>
+        <v>105</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9771303608426</t>
+          <t>9786052218938</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Karaoğlan Sayı: 26 Şeytanın Çakalları</t>
+          <t>Tex Willer sayı 2 - Sınır Kurtları</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>135</v>
+        <v>105</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9771303608416</t>
+          <t>6771303545096</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Karaoğlan Kanlı Saltanat Sayı: 16</t>
+          <t>Mister NO Klasik Maceralar Cilt 60</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>135</v>
+        <v>600</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9771303608430</t>
+          <t>5781303451311</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Karaoğlan Sayı: 30 Gökçe’nin Baykuşu</t>
+          <t>Zagor Klasik Maceralar Cilt 127 - Askeri Eskort - Ateş Kapanı - İki Beyinli Adam - Kızılderili Büyüsü (Ciltli)</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>135</v>
+        <v>750</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>3990000000843</t>
+          <t>6771303545089</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Karaoğlan Fedailer Alayı Sayı: 11</t>
+          <t>Mister NO Klasik Maceralar Cilt 59: Tehlikeli Araştırma - Suç Mozaiği - Çapraz Ateş - Pegasus Projesi</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>10</v>
+        <v>600</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9771303608424</t>
+          <t>5781303451304</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Karaoğlan Sayı: 24 Çöl Şeytanı</t>
+          <t>Zagor Klasik Maceralar Cilt: 126</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>135</v>
+        <v>600</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9771303608460</t>
+          <t>6771303545072</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Karaoğlan Cilt: 6 Kanlı Saltanat / Bizanslı Güzel Vasilisya / Tek Gözlü Albız</t>
+          <t>Mister No Klasik Maceralar Cilt: 58</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>23.76</v>
+        <v>600</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9789756535110</t>
+          <t>5781303451298</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Kambiz’in Kayıp Ordusu</t>
+          <t>Zagor Klasik Maceralar Cilt: 125</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>450</v>
+        <v>600</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786054622238</t>
+          <t>5781303451281</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>İyi Uykular, Tatlı Rüyalar El Kitabı</t>
+          <t>Zagor Klasik Maceralar Cilt 124</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>3990000001166</t>
+          <t>5781303451267</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Fotoroman Dergisi Sayı: 1 Sen Benim Kaderimsin</t>
+          <t>Zagor Klasik Maceralar Cilt 122</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786055689919</t>
+          <t>5781303451250</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Eerie Cilt: 2 Korku (Ciltli)</t>
+          <t>Zagor Klasik Maceralar Cilt 121</t>
         </is>
       </c>
       <c r="C174" s="1">
         <v>600</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>3990000000397</t>
+          <t>9789756535257</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Conan The Barbarian Sayı: 3 Styrm’in Dönüşü</t>
+          <t>Zagor Klasik Maceralar Cilt 9</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>9.9</v>
+        <v>600</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>3990000000396</t>
+          <t>5771303451176</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Conan The Barbarian Sayı: 1 Örümceklerin Tanrısı</t>
+          <t>Zagor Sayı: 198</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>9.9</v>
+        <v>200</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9771303120109</t>
+          <t>3990000058120</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Conan Sayı: 9 Tavernada İki Nemedyalı</t>
+          <t>Martin M. Klasik Maceraları Cilt 22</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>100</v>
+        <v>32</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>3990000029734</t>
+          <t>5771303451145</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Conan Sayı: 8 Savaş Alanında Doğan</t>
+          <t>Zagor Sayı 195 - Ateş Toprakları</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9771303120047</t>
+          <t>9786052218068</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Conan Sayı: 49 Gece Tanrılarına Kurban</t>
+          <t>Zagor Klasik Maceralar Cilt: 104</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>100</v>
+        <v>600</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9771303120030</t>
+          <t>5781303451106</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Conan Sayı: 48 Büyüyen Karanlık</t>
+          <t>Zagor Klasik Maceralar Cilt 106</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>100</v>
+        <v>600</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9771303120023</t>
+          <t>5771303451206</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Conan Sayı: 47 Nergal’in Eli</t>
+          <t>Zagor - Sayı 201</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9771303120016</t>
+          <t>5771303451060</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Conan Sayı: 46 Savaş Alanında Ölüm</t>
+          <t>Zagor Sayı: 187</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9771303120009</t>
+          <t>5781303451113</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Conan Sayı: 45 Venarium'da Kuşatma</t>
+          <t>Zagor Klasik Maceralar Cilt: 107</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>100</v>
+        <v>600</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9771303120144</t>
+          <t>9786052218150</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Conan Sayı: 44 Hayvana Karşı İnsan</t>
+          <t>Zagor Klasik Maceralar Cilt 105</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>100</v>
+        <v>600</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9771303120141</t>
+          <t>5771303451183</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Conan Sayı: 41 Kapıdaki Dolandırıcılar!</t>
+          <t>Zagor Sayı 199 - Buzlu Dağlar</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9771303120140</t>
+          <t>5771303451046</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Conan Sayı: 40 İki Büyücü ve Bir Cenaze</t>
+          <t>Zagor Sayı: 185 - Sertao</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9771303120139</t>
+          <t>9786052218181</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Conan Sayı: 39 Tara-Teth’in Kulesinde</t>
+          <t>Dylan Dog Sayı 47 - Cehennem Köpeği</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9771303608455</t>
+          <t>9786059958943</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Karaoğlan Sayı: 55 Mor Kahküllü Şehzade</t>
+          <t>Zagor Klasik Maceralar Cilt 102</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>135</v>
+        <v>750</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9771303608449</t>
+          <t>9786059958936</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Karaoğlan Sayı: 49 Bozkaşi</t>
+          <t>Dylan Dog Sayı: 34 - Zamanı Satan Adam</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9771303608448</t>
+          <t>5771303451084</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Karaoğlan Sayı: 48 Ba’nı Çiçek</t>
+          <t>Zagor sayı: 189 - Uçurumdaki Köprü</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>135</v>
+        <v>200</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9771303408447</t>
+          <t>9789756535172</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Karaoğlan Sayı: 47 Ölüm Geçidi</t>
+          <t>Zagor Klasik Maceralar Cilt 5</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>135</v>
+        <v>600</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9771303608446</t>
+          <t>5771303451039</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Karaoğlan Sayı: 46 Tibet Fedaisi</t>
+          <t>Zagor Sayı 184</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>135</v>
+        <v>200</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9771303608445</t>
+          <t>5781303451120</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Karaoğlan Sayı: 45 Kırbaç Altında</t>
+          <t>Zagor Klasik Maceralar Cilt 108</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>135</v>
+        <v>600</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9771303608444</t>
+          <t>9786059958776</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Karaoğlan Sayı: 44 Hint Yıldızı</t>
+          <t>Tex Almanak 2015</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>135</v>
+        <v>50</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9771303608443</t>
+          <t>3990000000681</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Karaoğlan Sayı: 43 Üç Gözlü Mabut</t>
+          <t>Martin Mystere Atlantis İmkansızlıklar Dedektifi Sayı: 2 Boris Grigov’un Esrarı</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9771303608442</t>
+          <t>3990000000733</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Karaoğlan Sayı: 42 Yeşil Gözlü Dilber</t>
+          <t>Martin Mystere Atlantis İmkansızlıklar Dedektifi Kahin Sayı:12</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9771303608441</t>
+          <t>9786055689735</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Karaoğlan Sayı: 41 Kurt Başlı Sancak</t>
+          <t>Martin Mystere Almanak Cilt: 1</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>135</v>
+        <v>180</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9771303608454</t>
+          <t>3990000000660</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Karaoğlan Sayı: 54 Kanlı Sultan</t>
+          <t>Martin Mystere  İmkansızlıklar Dedektifi Sayı: 2 Soykırım 1990</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9771303408440</t>
+          <t>9771303450217</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Karaoğlan Sayı: 40 Alamut Kalesi</t>
+          <t>Martin Mystere İmkansızlıklar Dedektifi Peter Stuyvesant’ın Hazinesi Sayı: 17</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9771303608438</t>
+          <t>9789756535264</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Karaoğlan Sayı: 38 Camoka’nın İntikamı</t>
+          <t>Lucius’un Dönüşümü</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>135</v>
+        <v>30</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9771303608453</t>
+          <t>9786055689032</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Karaoğlan Sayı: 53 Demir Maske</t>
+          <t>Küçük Peri Mine ve Deniz Kabuklarının Sırrı</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>135</v>
+        <v>90</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9771303608452</t>
+          <t>9786055689025</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Karaoğlan Sayı: 52 Kul Bakay’ın Mezarı</t>
+          <t>Küçük Peri Mine Panayırda</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>135</v>
+        <v>90</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9771303608451</t>
+          <t>9771303608426</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Karaoğlan Sayı: 51 Fırad’ın Sahipleri</t>
+          <t>Karaoğlan Sayı: 26 Şeytanın Çakalları</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9771303608450</t>
+          <t>9771303608416</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Karaoğlan Sayı: 50 Bozkaşi</t>
+          <t>Karaoğlan Kanlı Saltanat Sayı: 16</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9771303608423</t>
+          <t>9771303608430</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Karaoğlan Sayı: 23 Yavru Düşman</t>
+          <t>Karaoğlan Sayı: 30 Gökçe’nin Baykuşu</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>3990000000703</t>
+          <t>3990000000843</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Karaoğlan Sayı: 8 Ötügen’in Çağrısı</t>
+          <t>Karaoğlan Fedailer Alayı Sayı: 11</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>10</v>
+        <v>160</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9771303608457</t>
+          <t>9771303608424</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Karaoğlan Sayı: 57 Cengiz’in Gazabı 2</t>
+          <t>Karaoğlan Sayı: 24 Çöl Şeytanı</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9771303608456</t>
+          <t>9771303608460</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Karaoğlan Sayı: 56 Cengiz’in Gazabı 2</t>
+          <t>Karaoğlan Cilt: 6 Kanlı Saltanat / Bizanslı Güzel Vasilisya / Tek Gözlü Albız</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9771303608437</t>
+          <t>9789756535110</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Karaoğlan Sayı: 37 Uygur Güzeli</t>
+          <t>Kambiz’in Kayıp Ordusu</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>135</v>
+        <v>550</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9771303608436</t>
+          <t>9786054622238</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Karaoğlan Sayı: 36 Sarı Büyü</t>
+          <t>İyi Uykular, Tatlı Rüyalar El Kitabı</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>135</v>
+        <v>250</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9771303608435</t>
+          <t>3990000001166</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Karaoğlan Sayı: 35 Kılıçların Gölgesinde</t>
+          <t>Fotoroman Dergisi Sayı: 1 Sen Benim Kaderimsin</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>135</v>
+        <v>250</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9771303608434</t>
+          <t>9786055689919</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Karaoğlan Sayı: 34 Kızıl Kule Ergenekon 2</t>
+          <t>Eerie Cilt: 2 Korku (Ciltli)</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>135</v>
+        <v>750</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9771303608433</t>
+          <t>3990000000397</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Karaoğlan Sayı: 33 Ergenekon</t>
+          <t>Conan The Barbarian Sayı: 3 Styrm’in Dönüşü</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>135</v>
+        <v>120</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9771303608432</t>
+          <t>3990000000396</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Karaoğlan Sayı: 32 Bagan Tigin</t>
+          <t>Conan The Barbarian Sayı: 1 Örümceklerin Tanrısı</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>135</v>
+        <v>120</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9771303608429</t>
+          <t>9771303120109</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Karaoğlan Sayı: 29 Uzun Saçlı Kahraman</t>
+          <t>Conan Sayı: 9 Tavernada İki Nemedyalı</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>135</v>
+        <v>120</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9771303608428</t>
+          <t>3990000029734</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Karaoğlan Sayı: 28 Dokuz Tuğlu Kahraman</t>
+          <t>Conan Sayı: 8 Savaş Alanında Doğan</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>135</v>
+        <v>120</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9771303608427</t>
+          <t>9771303120047</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Karaoğlan Sayı: 27 Bozkır Korsanları</t>
+          <t>Conan Sayı: 49 Gece Tanrılarına Kurban</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>135</v>
+        <v>120</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786055689605</t>
+          <t>9771303120030</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Creepy - Korku Sayı: 1 (Ciltli)</t>
+          <t>Conan Sayı: 48 Büyüyen Karanlık</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>600</v>
+        <v>120</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9771303120100</t>
+          <t>9771303120023</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Conan: Efsane (Özel Tanıtım Sayısı - 06 / 2004)</t>
+          <t>Conan Sayı: 47 Nergal’in Eli</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9771303120160</t>
+          <t>9771303120016</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Conan Toplama Cilt: 6 Nergal’in Eli ve Diğer Hikayeler</t>
+          <t>Conan Sayı: 46 Savaş Alanında Ölüm</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>29.7</v>
+        <v>120</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9771303120214</t>
+          <t>9771303120009</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Conan The Barbarian Sayı: 6 Ateş ve İblis</t>
+          <t>Conan Sayı: 45 Venarium'da Kuşatma</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>9.9</v>
+        <v>120</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786054622993</t>
+          <t>9771303120144</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Afacan Köpek Boni</t>
+          <t>Conan Sayı: 44 Hayvana Karşı İnsan</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>70</v>
+        <v>120</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9771303449841</t>
+          <t>9771303120141</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Zagor Sayı: 156 - Dehşet Dağları</t>
+          <t>Conan Sayı: 41 Kapıdaki Dolandırıcılar!</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>135</v>
+        <v>120</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786059958172</t>
+          <t>9771303120140</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Sayı: 1 - Ölümcül Senfoni</t>
+          <t>Conan Sayı: 40 İki Büyücü ve Bir Cenaze</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>135</v>
+        <v>120</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786054622665</t>
+          <t>9771303120139</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Ayıcıklar Hikayeli Boyama Kitabı : Eğlence Zamanı</t>
+          <t>Conan Sayı: 39 Tara-Teth’in Kulesinde</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>1.85</v>
+        <v>120</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786054622658</t>
+          <t>9771303608455</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Zagor Klasik Maceralar Dizisi Sayı: 90</t>
+          <t>Karaoğlan Sayı: 55 Mor Kahküllü Şehzade</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>29.63</v>
+        <v>160</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9771303440701</t>
+          <t>9771303608449</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere İmkansızlıklar Dedektifi Sayı: 139 Sihirli Noel</t>
+          <t>Karaoğlan Sayı: 49 Bozkaşi</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9771303651732</t>
+          <t>9771303608448</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Rüzgar Sayı: 131 Magicovento Kaybolan Zamanın Anıları</t>
+          <t>Karaoğlan Sayı: 48 Ba’nı Çiçek</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786054622559</t>
+          <t>9771303408447</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Zagor Klasik Maceralar Sayı: 86</t>
+          <t>Karaoğlan Sayı: 47 Ölüm Geçidi</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>29.63</v>
+        <v>160</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786054622580</t>
+          <t>9771303608446</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Zagor Klasik Maceralar Cilt: 87</t>
+          <t>Karaoğlan Sayı: 46 Tibet Fedaisi</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>29.63</v>
+        <v>160</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786054622573</t>
+          <t>9771303608445</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Mister No Klasik Maceralar Dizisi Cilt: 39</t>
+          <t>Karaoğlan Sayı: 45 Kırbaç Altında</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>29.63</v>
+        <v>160</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9771303440688</t>
+          <t>9771303608444</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere İmkansızlıklar Dedektifi Sayı: 137 - Yasak Şehir</t>
+          <t>Karaoğlan Sayı: 44 Hint Yıldızı</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9789756535004</t>
+          <t>9771303608443</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Son Çorba</t>
+          <t>Karaoğlan Sayı: 43 Üç Gözlü Mabut</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>23.15</v>
+        <v>160</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786055689452</t>
+          <t>9771303608442</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Ülkede Bir Peri</t>
+          <t>Karaoğlan Sayı: 42 Yeşil Gözlü Dilber</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>75</v>
+        <v>160</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>3990000000193</t>
+          <t>9771303608441</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Nathan Never Sayı: 9 On Birinci Emir</t>
+          <t>Karaoğlan Sayı: 41 Kurt Başlı Sancak</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>7.92</v>
+        <v>160</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9771302028009</t>
+          <t>9771303608454</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Nathan Never Sayı: 8 Kötü Anılar</t>
+          <t>Karaoğlan Sayı: 54 Kanlı Sultan</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>7.92</v>
+        <v>160</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>3990000000188</t>
+          <t>9771303408440</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Nathan Never Sayı: 5 Çöl Akıncıları</t>
+          <t>Karaoğlan Sayı: 40 Alamut Kalesi</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>7.92</v>
+        <v>160</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>3990000000179</t>
+          <t>9771303608438</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Nathan Never Sayı: 36 Gölge Kardeşliği</t>
+          <t>Karaoğlan Sayı: 38 Camoka’nın İntikamı</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>7.92</v>
+        <v>160</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>3990000000178</t>
+          <t>9771303608453</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Nathan Never Sayı: 33 Raven’in Dönüşü</t>
+          <t>Karaoğlan Sayı: 53 Demir Maske</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>7.92</v>
+        <v>160</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>3990000000183</t>
+          <t>9771303608452</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Nathan Never Sayı: 19 Son Dalga</t>
+          <t>Karaoğlan Sayı: 52 Kul Bakay’ın Mezarı</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>7.92</v>
+        <v>160</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9771301020004</t>
+          <t>9771303608451</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Nathan Never Sayı: 18 Ben, Robot</t>
+          <t>Karaoğlan Sayı: 51 Fırad’ın Sahipleri</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>7.92</v>
+        <v>160</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>3990000004519</t>
+          <t>9771303608450</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Nathan Never Sayı: 15 Öç Alanlar</t>
+          <t>Karaoğlan Sayı: 50 Bozkaşi</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>7.92</v>
+        <v>160</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>3990000000181</t>
+          <t>9771303608423</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Nathan Never Sayı: 14 Şatodaki Tutsak</t>
+          <t>Karaoğlan Sayı: 23 Yavru Düşman</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>7.92</v>
+        <v>160</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9789756535370</t>
+          <t>3990000000703</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Muşi Yolculukta</t>
+          <t>Karaoğlan Sayı: 8 Ötügen’in Çağrısı</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786055689179</t>
+          <t>9771303608457</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Mister No Klasik Maceralar Dizisi Sayı: 15</t>
+          <t>Karaoğlan Sayı: 57 Cengiz’in Gazabı 2</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>31.68</v>
+        <v>160</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>3990000029731</t>
+          <t>9771303608456</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Mister No Zehirli Göl Sayı: 18</t>
+          <t>Karaoğlan Sayı: 56 Cengiz’in Gazabı 2</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9771303542821</t>
+          <t>9771303608437</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Mister No Sayı: 21 Savaş Tutsağı</t>
+          <t>Karaoğlan Sayı: 37 Uygur Güzeli</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9771303542842</t>
+          <t>9771303608436</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Mister No Sayı: 42 Redencion’da Bir Yabancı</t>
+          <t>Karaoğlan Sayı: 36 Sarı Büyü</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9771303542822</t>
+          <t>9771303608435</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Mister No Sayı: 22 İsimsiz Kahramanlar</t>
+          <t>Karaoğlan Sayı: 35 Kılıçların Gölgesinde</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9771303542351</t>
+          <t>9771303608434</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Mister No Sayı: 105 Gringo Meydan Okuyor</t>
+          <t>Karaoğlan Sayı: 34 Kızıl Kule Ergenekon 2</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786055689568</t>
+          <t>9771303608433</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Mister No Klasik Maceralar Dizisi Sayı: 23</t>
+          <t>Karaoğlan Sayı: 33 Ergenekon</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>29.63</v>
+        <v>160</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786054622054</t>
+          <t>9771303608432</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Mister No Klasik Maceralar Dizisi Cilt: 31</t>
+          <t>Karaoğlan Sayı: 32 Bagan Tigin</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>29.63</v>
+        <v>160</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786055689964</t>
+          <t>9771303608429</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Mister No Klasik Maceralar Dizisi Cilt: 30</t>
+          <t>Karaoğlan Sayı: 29 Uzun Saçlı Kahraman</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>29.63</v>
+        <v>160</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786055689872</t>
+          <t>9771303608428</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Mister No Klasik Maceralar Dizisi Cilt: 29</t>
+          <t>Karaoğlan Sayı: 28 Dokuz Tuğlu Kahraman</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>29.63</v>
+        <v>160</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9771303542832</t>
+          <t>9771303608427</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Mister No Cilt: 3</t>
+          <t>Karaoğlan Sayı: 27 Bozkır Korsanları</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>400</v>
+        <v>160</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9771303542566</t>
+          <t>9786055689605</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Mister No Sayı: 126 Gizemli Birmanya</t>
+          <t>Creepy - Korku Sayı: 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>135</v>
+        <v>750</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9771303542542</t>
+          <t>9771303120100</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Mister No Sayı: 124 Kan İzleri</t>
+          <t>Conan: Efsane (Özel Tanıtım Sayısı - 06 / 2004)</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>135</v>
+        <v>120</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9771303542535</t>
+          <t>9771303120160</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Mister No Sayı: 123 Canavarın Uyanışı</t>
+          <t>Conan Toplama Cilt: 6 Nergal’in Eli ve Diğer Hikayeler</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>135</v>
+        <v>120</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9771303542528</t>
+          <t>9771303120214</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Mister No Sayı: 122 Anılar Yolu</t>
+          <t>Conan The Barbarian Sayı: 6 Ateş ve İblis</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>135</v>
+        <v>120</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786055689933</t>
+          <t>9786054622993</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Mister No Almanak Cilt 1</t>
+          <t>Afacan Köpek Boni</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786055689995</t>
+          <t>9771303449841</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Perilerin Sırrı</t>
+          <t>Zagor Sayı: 156 - Dehşet Dağları</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>75</v>
+        <v>160</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9771303450232</t>
+          <t>9786059958172</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere Sayı: 32 İmkansızlar Dedektifi Cengiz Han Operasyonu</t>
+          <t>Dylan Dog Sayı: 1 - Ölümcül Senfoni</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9771303440459</t>
+          <t>9786054622665</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere Sayı: 114 Onüçüncü Görev</t>
+          <t>Sevimli Ayıcıklar Hikayeli Boyama Kitabı : Eğlence Zamanı</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>180</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9771303440411</t>
+          <t>9786054622658</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere Sayı: 110 Çift Kişilik</t>
+          <t>Zagor Klasik Maceralar Dizisi Sayı: 90</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>135</v>
+        <v>29.63</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786054622269</t>
+          <t>9771303440701</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere Klasik Maceralar Cilt: 32</t>
+          <t>Martin Mystere İmkansızlıklar Dedektifi Sayı: 139 Sihirli Noel</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>29.63</v>
+        <v>215</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786054622191</t>
+          <t>9771303651732</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere Klasik Maceralar Cilt: 31</t>
+          <t>Büyülü Rüzgar Sayı: 131 Magicovento Kaybolan Zamanın Anıları</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>29.63</v>
+        <v>500</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786054622153</t>
+          <t>9786054622559</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere Klasik Maceralar Cilt: 30</t>
+          <t>Zagor Klasik Maceralar Sayı: 86</t>
         </is>
       </c>
       <c r="C267" s="1">
         <v>29.63</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786054622108</t>
+          <t>9786054622580</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere Klasik Maceralar Cilt: 29</t>
+          <t>Zagor Klasik Maceralar Cilt: 87</t>
         </is>
       </c>
       <c r="C268" s="1">
         <v>29.63</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>3990000000709</t>
+          <t>9786054622573</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere İmkansızlıklar Dedektifi Sayı: 67 Alçı Cücelerin Gizemi</t>
+          <t>Mister No Klasik Maceralar Dizisi Cilt: 39</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>3990000004359</t>
+          <t>9771303440688</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere İmkansızlıklar Dedektifi Sayı: 4 Yaratık</t>
+          <t>Martin Mystere İmkansızlıklar Dedektifi Sayı: 137 - Yasak Şehir</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>7.92</v>
+        <v>215</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>3990000000746</t>
+          <t>9789756535004</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere İmkansızlıklar Dedektifi Sayı: 3 Uzay Mekiği</t>
+          <t>Son Çorba</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>7.92</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9771303440619</t>
+          <t>9786055689452</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere İmkansızlıklar Dedektifi Sayı: 130 Eşiğin Ötesinde Dehşet</t>
+          <t>Sihirli Ülkede Bir Peri</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>180</v>
+        <v>90</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9771303450213</t>
+          <t>3990000000193</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere İmkansızlıklar Dedektifi Sayı: 13 Nil Tanrısı</t>
+          <t>Nathan Never Sayı: 9 On Birinci Emir</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>135</v>
+        <v>7.92</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9771303440558</t>
+          <t>9771302028009</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere İmkansızlıklar Dedektifi Sayı: 124 Caravaggio Şifresi</t>
+          <t>Nathan Never Sayı: 8 Kötü Anılar</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>180</v>
+        <v>7.92</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>3990000000741</t>
+          <t>3990000000188</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere İmkansızlıklar Dedektifi Özel Seri Sayı: 9 Deniz Tanrıları</t>
+          <t>Nathan Never Sayı: 5 Çöl Akıncıları</t>
         </is>
       </c>
       <c r="C275" s="1">
         <v>7.92</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>3990000000718</t>
+          <t>3990000000179</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere İmkansızlıklar Dedektifi Dünyanın Merkezinde Sayı: 13</t>
+          <t>Nathan Never Sayı: 36 Gölge Kardeşliği</t>
         </is>
       </c>
       <c r="C276" s="1">
         <v>7.92</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>3990000000661</t>
+          <t>3990000000178</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere İmkansızlıklar Dedektifi Doktor Mystere Sayı: 8</t>
+          <t>Nathan Never Sayı: 33 Raven’in Dönüşü</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>6.93</v>
+        <v>7.92</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>3990000030475</t>
+          <t>3990000000183</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere İmkansızlıklar Dedektifi Cilt 1 Karındeşen Jack’in Dönüşü Boris Grigov’un Esrarı Yaşam Taşı</t>
+          <t>Nathan Never Sayı: 19 Son Dalga</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>23.76</v>
+        <v>7.92</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>3990000000731</t>
+          <t>9771301020004</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere İmkansızlıklar Dedektifi Allan Quatermain Sayı: 10</t>
+          <t>Nathan Never Sayı: 18 Ben, Robot</t>
         </is>
       </c>
       <c r="C279" s="1">
         <v>7.92</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>3990000000711</t>
+          <t>3990000004519</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere İmkansızlıklar Dedektifi Aile İşleri Sayı: 7</t>
+          <t>Nathan Never Sayı: 15 Öç Alanlar</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>5.94</v>
+        <v>7.92</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9789756535974</t>
+          <t>3990000000181</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere İmkansızlıklar Dedektifi 8</t>
+          <t>Nathan Never Sayı: 14 Şatodaki Tutsak</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>29.63</v>
+        <v>7.92</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9771303450223</t>
+          <t>9789756535370</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere İmkansızlar Dedektifi Sayı: 23 Numaralı Alan</t>
+          <t>Muşi Yolculukta</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>135</v>
+        <v>150</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9771303450221</t>
+          <t>9786055689179</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere İmkansızlar Dedektifi Sayı: 21 Saba Kraliçesi</t>
+          <t>Mister No Klasik Maceralar Dizisi Sayı: 15</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>135</v>
+        <v>31.68</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9771303440534</t>
+          <t>3990000029731</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere İmkansızlar Dedektifi Sayı: 122 Amelia Earhart’ın Son Yolculuğu</t>
+          <t>Mister No Zehirli Göl Sayı: 18</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>3990000000710</t>
+          <t>9771303542821</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere Atlantis İmkansızlıklar Dedektifi Sayı: 6 San Romano Şövalyeleri</t>
+          <t>Mister No Sayı: 21 Savaş Tutsağı</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>5.94</v>
+        <v>160</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>3990000029810</t>
+          <t>9771303542842</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Zagor Sayı: 161 - Kabus Geri Dönüyor</t>
+          <t>Mister No Sayı: 42 Redencion’da Bir Yabancı</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9771303440374</t>
+          <t>9771303542822</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere Sayı: 108 Cinayet Suçlaması</t>
+          <t>Mister No Sayı: 22 İsimsiz Kahramanlar</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9771303440350</t>
+          <t>9771303542351</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere Sayı 106 Eskrim Kulübü</t>
+          <t>Mister No Sayı: 105 Gringo Meydan Okuyor</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786054622436</t>
+          <t>9786055689568</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere Özel Sayı Cilt: 1 Balonların Esrarı</t>
+          <t>Mister No Klasik Maceralar Dizisi Sayı: 23</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>50</v>
+        <v>160</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9771303450224</t>
+          <t>9786054622054</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere Majorana Olayı Sayı: 24 İmkânsızlıklar Dedektifi</t>
+          <t>Mister No Klasik Maceralar Dizisi Cilt: 31</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786054622535</t>
+          <t>9786055689964</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere Klasik Maceralar Dizisi Sayı: 36</t>
+          <t>Mister No Klasik Maceralar Dizisi Cilt: 30</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>29.63</v>
+        <v>160</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786055689667</t>
+          <t>9786055689872</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere Klasik Maceralar Dizisi: 23</t>
+          <t>Mister No Klasik Maceralar Dizisi Cilt: 29</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>29.63</v>
+        <v>160</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9789756535936</t>
+          <t>9771303542832</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere Klasik Maceralar Dizisi Sayı: 7 İmkansızlıklar Dedektifi</t>
+          <t>Mister No Cilt: 3</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>29.63</v>
+        <v>600</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786054622511</t>
+          <t>9771303542566</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere Klasik Maceralar Dizisi Sayı: 35</t>
+          <t>Mister No Sayı: 126 Gizemli Birmanya</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>29.63</v>
+        <v>160</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786054622047</t>
+          <t>9771303542542</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere Klasik Maceralar Dizisi Sayı: 28</t>
+          <t>Mister No Sayı: 124 Kan İzleri</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>29.63</v>
+        <v>160</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786055689087</t>
+          <t>9771303542535</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere Klasik Maceralar Dizisi Sayı: 10</t>
+          <t>Mister No Sayı: 123 Canavarın Uyanışı</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>29.63</v>
+        <v>160</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786055689728</t>
+          <t>9771303542528</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere Klasik Maceralar Dizisi Cilt: 24</t>
+          <t>Mister No Sayı: 122 Anılar Yolu</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>29.63</v>
+        <v>160</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786054622375</t>
+          <t>9786055689933</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere Klasik Maceralar Dizisi 34</t>
+          <t>Mister No Almanak Cilt 1</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>29.63</v>
+        <v>75</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786054622283</t>
+          <t>9786055689995</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere Klasik Maceralar Cilt: 33</t>
+          <t>Perilerin Sırrı</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>29.63</v>
+        <v>90</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>3990000000715</t>
+          <t>9771303450232</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere İmkansızlıklar Dedektifi Sayı: 10 Son Nomad</t>
+          <t>Martin Mystere Sayı: 32 İmkansızlar Dedektifi Cengiz Han Operasyonu</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>7.92</v>
+        <v>160</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>3990000000726</t>
+          <t>9771303440459</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere İmkansızlıklar Dedektifi Özel Seri Sayı: 20 Yeni Güneş Şehri</t>
+          <t>Martin Mystere Sayı: 114 Onüçüncü Görev</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>135</v>
+        <v>215</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>3990000000747</t>
+          <t>9771303440411</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere İmkansızlıklar Dedektifi Özel Seri Sayı: 16 Programlanan Adam</t>
+          <t>Martin Mystere Sayı: 110 Çift Kişilik</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9771303440480</t>
+          <t>9786054622269</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere İmkansızlar Dedektifi Sayı: 117 İmparatorun Tavuskuşu</t>
+          <t>Martin Mystere Klasik Maceralar Cilt: 32</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786054622528</t>
+          <t>9786054622191</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Mister No Klasik Maceralar Sayı: 38</t>
+          <t>Martin Mystere Klasik Maceralar Cilt: 31</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>29.63</v>
+        <v>160</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>3990000000180</t>
+          <t>9786054622153</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Nathan Never Sayı: 37 Göç</t>
+          <t>Martin Mystere Klasik Maceralar Cilt: 30</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>7.92</v>
+        <v>160</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>3990000017329</t>
+          <t>9786054622108</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Zagor Özel Seri Cilt: 1</t>
+          <t>Martin Mystere Klasik Maceralar Cilt: 29</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>23.76</v>
+        <v>160</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786059958035</t>
+          <t>3990000000709</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>My Little Pony 2: Arkadaşlık Sihirlidir</t>
+          <t>Martin Mystere İmkansızlıklar Dedektifi Sayı: 67 Alçı Cücelerin Gizemi</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>325</v>
+        <v>160</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786059958004</t>
+          <t>3990000004359</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere Klasik Maceralar Dizisi Sayı: 42</t>
+          <t>Martin Mystere İmkansızlıklar Dedektifi Sayı: 4 Yaratık</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>33.33</v>
+        <v>160</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786059958028</t>
+          <t>3990000000746</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Zagor Klasik Maceralar Cilt: 98</t>
+          <t>Martin Mystere İmkansızlıklar Dedektifi Sayı: 3 Uzay Mekiği</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>33.33</v>
+        <v>160</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786054622986</t>
+          <t>9771303440619</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Zagor Klasik Maceralar Dizisi Sayı: 96</t>
+          <t>Martin Mystere İmkansızlıklar Dedektifi Sayı: 130 Eşiğin Ötesinde Dehşet</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>33.33</v>
+        <v>215</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786054622610</t>
+          <t>9771303450213</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Zagor Klasik Maceralar Dizisi  89</t>
+          <t>Martin Mystere İmkansızlıklar Dedektifi Sayı: 13 Nil Tanrısı</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>29.63</v>
+        <v>160</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786054622597</t>
+          <t>9771303440558</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Mister No Klasik Maceralar Dizisi Cilt: 40</t>
+          <t>Martin Mystere İmkansızlıklar Dedektifi Sayı: 124 Caravaggio Şifresi</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>29.63</v>
+        <v>215</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9771303449828</t>
+          <t>3990000000741</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Zagor Sayı: 154 - Siyah Ayna</t>
+          <t>Martin Mystere İmkansızlıklar Dedektifi Özel Seri Sayı: 9 Deniz Tanrıları</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>3990000094785</t>
+          <t>3990000000718</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Mister No Sayı: 145 Ormanın Derinliklerinde</t>
+          <t>Martin Mystere İmkansızlıklar Dedektifi Dünyanın Merkezinde Sayı: 13</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>35</v>
+        <v>160</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786054622948</t>
+          <t>3990000000661</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Zagor Klasik Maceralar Dizisi Sayı: 95</t>
+          <t>Martin Mystere İmkansızlıklar Dedektifi Doktor Mystere Sayı: 8</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>33.33</v>
+        <v>160</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786054622627</t>
+          <t>3990000030475</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Zagor Dev Albüm Sayı: 3</t>
+          <t>Martin Mystere İmkansızlıklar Dedektifi Cilt 1 Karındeşen Jack’in Dönüşü Boris Grigov’un Esrarı Yaşam Taşı</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>25.93</v>
+        <v>160</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786054622634</t>
+          <t>3990000000731</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere Klasik Maceralar Dizisi Sayı: 38</t>
+          <t>Martin Mystere İmkansızlıklar Dedektifi Allan Quatermain Sayı: 10</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>29.63</v>
+        <v>160</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786054622689</t>
+          <t>3990000000711</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Ayıcıklar Hikayeli Boyama Kitabı : Renkler</t>
+          <t>Martin Mystere İmkansızlıklar Dedektifi Aile İşleri Sayı: 7</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>4</v>
+        <v>160</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786054622696</t>
+          <t>9789756535974</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Ayıcıklar Hikayeli Boyama Kitabı : Mevsimler</t>
+          <t>Martin Mystere İmkansızlıklar Dedektifi 8</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>4</v>
+        <v>160</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786054622672</t>
+          <t>9771303450223</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Ayıcıklar Hikayeli Boyama Kitabı : Paylaşmak Güzeldir</t>
+          <t>Martin Mystere İmkansızlar Dedektifi Sayı: 23 Numaralı Alan</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>4</v>
+        <v>160</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786054622702</t>
+          <t>9771303450221</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Ayıcıklar Hikayeli Boyama Kitabı : Parti Zamanı</t>
+          <t>Martin Mystere İmkansızlar Dedektifi Sayı: 21 Saba Kraliçesi</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>4</v>
+        <v>160</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786054622757</t>
+          <t>9771303440534</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Ayıcıklar - 5 : Çıkartmalı Boyama Kitabı Renkli</t>
+          <t>Martin Mystere İmkansızlar Dedektifi Sayı: 122 Amelia Earhart’ın Son Yolculuğu</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>2.31</v>
+        <v>215</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786054622740</t>
+          <t>3990000000710</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Ayıcıklar - 4 : Çıkartmalı Boyama Kitabı Renkli</t>
+          <t>Martin Mystere Atlantis İmkansızlıklar Dedektifi Sayı: 6 San Romano Şövalyeleri</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>2.31</v>
+        <v>160</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786054622733</t>
+          <t>3990000029810</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Ayıcıklar - 3 : Çıkartmalı Boyama Kitabı Renkli</t>
+          <t>Zagor Sayı: 161 - Kabus Geri Dönüyor</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>4</v>
+        <v>135</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786054622726</t>
+          <t>9771303440374</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Ayıcıklar - 2 : Çıkartmalı Boyama Kitabı Renkli</t>
+          <t>Martin Mystere Sayı: 108 Cinayet Suçlaması</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>4</v>
+        <v>160</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786054622719</t>
+          <t>9771303440350</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Ayıcıklar - 1 : Çıkartmalı Boyama Kitabı Renkli</t>
+          <t>Martin Mystere Sayı 106 Eskrim Kulübü</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>4</v>
+        <v>160</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786054622917</t>
+          <t>9786054622436</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere Klasik Maceralar Dizisi Sayı: 40</t>
+          <t>Martin Mystere Özel Sayı Cilt: 1 Balonların Esrarı</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>33.33</v>
+        <v>160</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786054622924</t>
+          <t>9771303450224</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Zagor Klasik Maceralar Dizisi Sayı: 94</t>
+          <t>Martin Mystere Majorana Olayı Sayı: 24 İmkânsızlıklar Dedektifi</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>33.33</v>
+        <v>160</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9771303440770</t>
+          <t>9786054622535</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere Sayı: 146 Gelecekte Yaşayan Adam</t>
+          <t>Martin Mystere Klasik Maceralar Dizisi Sayı: 36</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786054622542</t>
+          <t>9786055689667</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Zagor Klasik Maceralar Cilt: 85</t>
+          <t>Martin Mystere Klasik Maceralar Dizisi: 23</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>29.63</v>
+        <v>160</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9789756535189</t>
+          <t>9789756535936</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Zagor Klasik Maceralar Cilt: 4</t>
+          <t>Martin Mystere Klasik Maceralar Dizisi Sayı: 7 İmkansızlıklar Dedektifi</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>500</v>
+        <v>160</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9789756535158</t>
+          <t>9786054622511</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Zagor Klasik Maceralar Cilt: 3</t>
+          <t>Martin Mystere Klasik Maceralar Dizisi Sayı: 35</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>500</v>
+        <v>160</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9789756535868</t>
+          <t>9786054622047</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Zagor Klasik Maceralar Dizisi 25 Esrarengiz Sis / Zagor İsyan Ediyor / Özgürlük ya da Ölüm / Ölümüne!</t>
+          <t>Martin Mystere Klasik Maceralar Dizisi Sayı: 28</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>29.63</v>
+        <v>160</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9789756535127</t>
+          <t>9786055689087</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Zagor Klasik Maceralar Dizisi 1 / Tuzaklar Ormanı - Korku - Nehirdeki Altın</t>
+          <t>Martin Mystere Klasik Maceralar Dizisi Sayı: 10</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>500</v>
+        <v>160</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786054622504</t>
+          <t>9786055689728</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Zagor Klasik Maceralar Cilt: 84</t>
+          <t>Martin Mystere Klasik Maceralar Dizisi Cilt: 24</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>29.63</v>
+        <v>160</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786054622429</t>
+          <t>9786054622375</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Zagor Klasik Maceralar Cilt: 83</t>
+          <t>Martin Mystere Klasik Maceralar Dizisi 34</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>29.63</v>
+        <v>160</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786054622405</t>
+          <t>9786054622283</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Zagor Klasik Maceralar Cilt: 82</t>
+          <t>Martin Mystere Klasik Maceralar Cilt: 33</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>29.63</v>
+        <v>160</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786055689742</t>
+          <t>3990000000715</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Zagor Klasik Maceralar Cilt: 62</t>
+          <t>Martin Mystere İmkansızlıklar Dedektifi Sayı: 10 Son Nomad</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>29.63</v>
+        <v>160</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786054622368</t>
+          <t>3990000000726</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Zagor Dev Albüm: 2 Ölümü Yenen Adam</t>
+          <t>Martin Mystere İmkansızlıklar Dedektifi Özel Seri Sayı: 20 Yeni Güneş Şehri</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>25.93</v>
+        <v>160</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786055689834</t>
+          <t>3990000000747</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Zagor Dev Albüm Sayı: 1 Gökyüzündeki Şato</t>
+          <t>Martin Mystere İmkansızlıklar Dedektifi Özel Seri Sayı: 16 Programlanan Adam</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>25.93</v>
+        <v>160</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>3990000009880</t>
+          <t>9771303440480</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Yeni Zagor Cilt: 2</t>
+          <t>Martin Mystere İmkansızlar Dedektifi Sayı: 117 İmparatorun Tavuskuşu</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>23.76</v>
+        <v>215</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9789753293686</t>
+          <t>9786054622528</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Zagor Cilt: 1 Zagor 40 Yaşında</t>
+          <t>Mister No Klasik Maceralar Sayı: 38</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>25.93</v>
+        <v>160</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786055689780</t>
+          <t>3990000000180</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Zagor Almanak (4 Kitap Takım)</t>
+          <t>Nathan Never Sayı: 37 Göç</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>25.93</v>
+        <v>7.92</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9771303449926</t>
+          <t>3990000017329</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Yeni Zagor Wichita Dağlarında Hesaplaşma Sayı: 26</t>
+          <t>Zagor Özel Seri Cilt: 1</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>135</v>
+        <v>23.76</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>3990000000616</t>
+          <t>9786059958035</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Yeni Zagor Vadinin Lanetlileri Sayı: 18</t>
+          <t>My Little Pony 2: Arkadaşlık Sihirlidir</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>135</v>
+        <v>400</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>3990000010673</t>
+          <t>9786059958004</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Zagor Özel Seri Cilt: 3</t>
+          <t>Martin Mystere Klasik Maceralar Dizisi Sayı: 42</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>23.76</v>
+        <v>160</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9789756535943</t>
+          <t>9786059958028</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Zagor Klasik Maceralar Dizisi: 29</t>
+          <t>Zagor Klasik Maceralar Cilt: 98</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>29.63</v>
+        <v>33.33</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786055689551</t>
+          <t>9786054622986</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Zagor Klasik Maceralar Dizisi Sayı: 53</t>
+          <t>Zagor Klasik Maceralar Dizisi Sayı: 96</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>29.63</v>
+        <v>33.33</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9789756535998</t>
+          <t>9786054622610</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Zagor Klasik Maceralar Dizisi Sayı: 31</t>
+          <t>Zagor Klasik Maceralar Dizisi  89</t>
         </is>
       </c>
       <c r="C349" s="1">
         <v>29.63</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786054622177</t>
+          <t>9786054622597</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Zagor Klasik Maceralar Dizisi Cilt: 75</t>
+          <t>Mister No Klasik Maceralar Dizisi Cilt: 40</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>29.63</v>
+        <v>160</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9771303449063</t>
+          <t>9771303449828</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Yeni Zagor Korkunç Firar Sayı: 78</t>
+          <t>Zagor Sayı: 154 - Siyah Ayna</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9771303449924</t>
+          <t>3990000094785</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Yeni Zagor Sayı: 24 Komançi Toprakları</t>
+          <t>Mister No Sayı: 145 Ormanın Derinliklerinde</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>135</v>
+        <v>35</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9771303449179</t>
+          <t>9786054622948</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Yeni Zagor Sayı: 88 Yucatan Ormanında</t>
+          <t>Zagor Klasik Maceralar Dizisi Sayı: 95</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>135</v>
+        <v>33.33</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9771303449162</t>
+          <t>9786054622627</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Yeni Zagor Sayı: 87 Düşman İzinde</t>
+          <t>Zagor Dev Albüm Sayı: 3</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>135</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9771303449148</t>
+          <t>9786054622634</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Yeni Zagor Sayı: 85 Esrarengiz Varlıklar</t>
+          <t>Martin Mystere Klasik Maceralar Dizisi Sayı: 38</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9771303449124</t>
+          <t>9786054622689</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Yeni Zagor Sayı: 84 Köydeki Gizem</t>
+          <t>Sevimli Ayıcıklar Hikayeli Boyama Kitabı : Renkler</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>135</v>
+        <v>4</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9771303449117</t>
+          <t>9786054622696</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Yeni Zagor Sayı: 83 Zehirli Tuzaklar</t>
+          <t>Sevimli Ayıcıklar Hikayeli Boyama Kitabı : Mevsimler</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>135</v>
+        <v>4</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9771303449100</t>
+          <t>9786054622672</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Yeni Zagor Sayı: 82 Müzede Dehşet</t>
+          <t>Sevimli Ayıcıklar Hikayeli Boyama Kitabı : Paylaşmak Güzeldir</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>135</v>
+        <v>4</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9771303449087</t>
+          <t>9786054622702</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Yeni Zagor Sayı: 80 Yılan Adası</t>
+          <t>Sevimli Ayıcıklar Hikayeli Boyama Kitabı : Parti Zamanı</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>135</v>
+        <v>4</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9771303449056</t>
+          <t>9786054622757</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Yeni Zagor Sayı: 77 Mahkumlar Batağı</t>
+          <t>Sevimli Ayıcıklar - 5 : Çıkartmalı Boyama Kitabı Renkli</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>135</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9771303449049</t>
+          <t>9786054622740</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Yeni Zagor Sayı: 76 Çığ</t>
+          <t>Sevimli Ayıcıklar - 4 : Çıkartmalı Boyama Kitabı Renkli</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>135</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9771303449032</t>
+          <t>9786054622733</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Yeni Zagor Sayı: 75 Kızıl Kar</t>
+          <t>Sevimli Ayıcıklar - 3 : Çıkartmalı Boyama Kitabı Renkli</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>135</v>
+        <v>4</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9771303449025</t>
+          <t>9786054622726</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Yeni Zagor Sayı: 74 Acele Hüküm</t>
+          <t>Sevimli Ayıcıklar - 2 : Çıkartmalı Boyama Kitabı Renkli</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>135</v>
+        <v>4</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9771303449018</t>
+          <t>9786054622719</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Yeni Zagor Sayı: 73 Zagor Dokumacıya Karşı</t>
+          <t>Sevimli Ayıcıklar - 1 : Çıkartmalı Boyama Kitabı Renkli</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>135</v>
+        <v>4</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>3990000028226</t>
+          <t>9786054622917</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Yeni Zagor Sayı: 72 Mortimer’in Dönüşü</t>
+          <t>Martin Mystere Klasik Maceralar Dizisi Sayı: 40</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>3990000000615</t>
+          <t>9786054622924</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Yeni Zagor Mortimer’in İntikamı Sayı: 19</t>
+          <t>Zagor Klasik Maceralar Dizisi Sayı: 94</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>135</v>
+        <v>33.33</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>3990000000637</t>
+          <t>9771303440770</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Yeni Zagor Kaptan Gece Yarısı Sayı: 2</t>
+          <t>Martin Mystere Sayı: 146 Gelecekte Yaşayan Adam</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>5.94</v>
+        <v>215</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>3990000000580</t>
+          <t>9786054622542</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Yeni Zagor Golgotha Sayı: 14</t>
+          <t>Zagor Klasik Maceralar Cilt: 85</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>135</v>
+        <v>29.63</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>3990000000646</t>
+          <t>9789756535189</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Yeni Zagor Cilt: 5 Dağda Korku Golgotha! / Ölümcül Şimşek</t>
+          <t>Zagor Klasik Maceralar Cilt: 4</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>50</v>
+        <v>600</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>3990000010671</t>
+          <t>9789756535158</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Yeni Zagor Cilt: 4</t>
+          <t>Zagor Klasik Maceralar Cilt: 3</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>17.82</v>
+        <v>600</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9771303449933</t>
+          <t>9789756535868</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Yeni Zagor Atlantis Sayı: 33</t>
+          <t>Zagor Klasik Maceralar Dizisi 25 Esrarengiz Sis / Zagor İsyan Ediyor / Özgürlük ya da Ölüm / Ölümüne!</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>135</v>
+        <v>29.63</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9771303542221</t>
+          <t>9789756535127</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Yeni Mister No: Sayı 92 Seri Katil</t>
+          <t>Zagor Klasik Maceralar Dizisi 1 / Tuzaklar Ormanı - Korku - Nehirdeki Altın</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>135</v>
+        <v>600</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>3990000000822</t>
+          <t>9786054622504</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Yeni Mister No Sayı: 56 Kartalın Uçuşu</t>
+          <t>Zagor Klasik Maceralar Cilt: 84</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>135</v>
+        <v>29.63</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9771303542838</t>
+          <t>9786054622429</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Yeni Mister No Sayı: 38 Yitik Günler</t>
+          <t>Zagor Klasik Maceralar Cilt: 83</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>135</v>
+        <v>29.63</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9771303450373</t>
+          <t>9786054622405</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Yeni Martin Mystere Sayı: 98 - Karnak Taşları</t>
+          <t>Zagor Klasik Maceralar Cilt: 82</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>135</v>
+        <v>29.63</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9771303450359</t>
+          <t>9786055689742</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Yeni Martin Mystere Sayı: 96 İmparatoriçenin Mücevher Kutusu</t>
+          <t>Zagor Klasik Maceralar Cilt: 62</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>135</v>
+        <v>29.63</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9771303450335</t>
+          <t>9786054622368</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Yeni Martin Mystere Sayı: 94 Blues Aşıkları</t>
+          <t>Zagor Dev Albüm: 2 Ölümü Yenen Adam</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>135</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9771303450151</t>
+          <t>9786055689834</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Yeni Martin Mystere Sayı: 85 Nautilus!</t>
+          <t>Zagor Dev Albüm Sayı: 1 Gökyüzündeki Şato</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>135</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9771303450137</t>
+          <t>3990000009880</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Yeni Martin Mystere Sayı: 84 Buzlar Arasında Kabus</t>
+          <t>Yeni Zagor Cilt: 2</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>135</v>
+        <v>23.76</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9771303450250</t>
+          <t>9789753293686</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Yeni Atlantis Martin Mystere İmkansızlıklar Dedektifi Sayı: 50 - Aniden Bir Gece</t>
+          <t>Zagor Cilt: 1 Zagor 40 Yaşında</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>135</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9771303450144</t>
+          <t>9786055689780</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Yeni Atlantis Martin Mystere İmkansızlıklar Dedektifi Sayı: 86 Kali’ye Tapanlar</t>
+          <t>Zagor Almanak (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>135</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>3990000030688</t>
+          <t>9771303449926</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Yeni Atlantis Martin Mystere Cilt: 3 İmkansızlıklar Dedektifi</t>
+          <t>Yeni Zagor Wichita Dağlarında Hesaplaşma Sayı: 26</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>17.82</v>
+        <v>160</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9771303450069</t>
+          <t>3990000000616</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Yeni Martin Mystere Sayı: 77 Loki’nin İntikamı</t>
+          <t>Yeni Zagor Vadinin Lanetlileri Sayı: 18</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786055689766</t>
+          <t>3990000010673</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Zagor’da Kim Kimdir?</t>
+          <t>Zagor Özel Seri Cilt: 3</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>18.52</v>
+        <v>23.76</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9771303449636</t>
+          <t>9789756535943</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Zagor Yengeç Dönencesi Sayı: 134</t>
+          <t>Zagor Klasik Maceralar Dizisi: 29</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>135</v>
+        <v>29.63</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9771303449094</t>
+          <t>9786055689551</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Yeni Zagor Sayı: 81 Sümerlerin Sırrı</t>
+          <t>Zagor Klasik Maceralar Dizisi Sayı: 53</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>135</v>
+        <v>29.63</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9771303449962</t>
+          <t>9789756535998</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Yeni Zagor Sayı: 62 Karanlıkta Dehşet</t>
+          <t>Zagor Klasik Maceralar Dizisi Sayı: 31</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>135</v>
+        <v>29.63</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9771303449953</t>
+          <t>9786054622177</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Yeni Zagor Sayı: 53 Son Ok</t>
+          <t>Zagor Klasik Maceralar Dizisi Cilt: 75</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>135</v>
+        <v>29.63</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9771303449935</t>
+          <t>9771303449063</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Yeni Zagor Sayı: 35 Ölü Kentin Kraliçesi</t>
+          <t>Yeni Zagor Korkunç Firar Sayı: 78</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9771303449929</t>
+          <t>9771303449924</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Yeni Zagor Sayı: 29 Jean Lafitte’in Hazinesi</t>
+          <t>Yeni Zagor Sayı: 24 Komançi Toprakları</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9771303542160</t>
+          <t>9771303449179</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Yeni Mister No Sayı: 86 Yirmi Yıl sonra</t>
+          <t>Yeni Zagor Sayı: 88 Yucatan Ormanında</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>3990000000554</t>
+          <t>9771303449162</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Kuzeybatı Geçidi - Zagor Özel Seri Sayı 6</t>
+          <t>Yeni Zagor Sayı: 87 Düşman İzinde</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>7.92</v>
+        <v>160</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>3990000000574</t>
+          <t>9771303449148</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Simyacının Gölgesi - Zagor Özel Seri Sayı 4</t>
+          <t>Yeni Zagor Sayı: 85 Esrarengiz Varlıklar</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>7.92</v>
+        <v>160</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>2880000094913</t>
+          <t>9771303449124</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Mesaj - Zagor Özel Seri Sayı 32</t>
+          <t>Yeni Zagor Sayı: 84 Köydeki Gizem</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>28</v>
+        <v>160</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>3990000000525</t>
+          <t>9771303449117</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Yağmurla Gelen Adam - Zagor Özel Seri Sayı 31</t>
+          <t>Yeni Zagor Sayı: 83 Zehirli Tuzaklar</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>7.92</v>
+        <v>160</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>3990000000528</t>
+          <t>9771303449100</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Uğursuz Kehanetler - Zagor Özel Seri Sayı 22</t>
+          <t>Yeni Zagor Sayı: 82 Müzede Dehşet</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>7.92</v>
+        <v>160</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>3990000000529</t>
+          <t>9771303449087</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Kızılderili Mezarlığı - Zagor Özel Seri Sayı 21</t>
+          <t>Yeni Zagor Sayı: 80 Yılan Adası</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>7.92</v>
+        <v>160</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>3990000000530</t>
+          <t>9771303449056</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Lanetli Altın - Zagor Özel Seri Sayı 20</t>
+          <t>Yeni Zagor Sayı: 77 Mahkumlar Batağı</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>7.92</v>
+        <v>160</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>3990000000577</t>
+          <t>9771303449049</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Zehirli Balta - Zagor Özel Seri Sayı 19</t>
+          <t>Yeni Zagor Sayı: 76 Çığ</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>7.92</v>
+        <v>160</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>3990000000531</t>
+          <t>9771303449032</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Cheyenne Kanı - Zagor Özel Seri Sayı 18</t>
+          <t>Yeni Zagor Sayı: 75 Kızıl Kar</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>7.92</v>
+        <v>160</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>3990000000533</t>
+          <t>9771303449025</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Fidye - Zagor Özel Seri Sayı 17</t>
+          <t>Yeni Zagor Sayı: 74 Acele Hüküm</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>7.92</v>
+        <v>160</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9771303542054</t>
+          <t>9771303449018</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Yeni Mister No Sayı: 75 Savaşçı Kanı</t>
+          <t>Yeni Zagor Sayı: 73 Zagor Dokumacıya Karşı</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9771303542047</t>
+          <t>3990000028226</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Yeni Mister No Sayı: 74 Beyaz Yerli</t>
+          <t>Yeni Zagor Sayı: 72 Mortimer’in Dönüşü</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>3990000000556</t>
+          <t>3990000000615</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>İtiraf - Zagor Özel Seri Sayı 16</t>
+          <t>Yeni Zagor Mortimer’in İntikamı Sayı: 19</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>7.92</v>
+        <v>160</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>3990000000542</t>
+          <t>3990000000637</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Ağaç - Zagor Özel Seri Sayı 15</t>
+          <t>Yeni Zagor Kaptan Gece Yarısı Sayı: 2</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>7.92</v>
+        <v>5.94</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>3990000025763</t>
+          <t>3990000000580</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere İmkansızlar Dedektifi Klasik Maceralar Dizisi Sayı: 41</t>
+          <t>Yeni Zagor Golgotha Sayı: 14</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>33.33</v>
+        <v>160</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9771303542856</t>
+          <t>3990000000646</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Mister No Sayı: 146 Maya Heykeli</t>
+          <t>Yeni Zagor Cilt: 5 Dağda Korku Golgotha! / Ölümcül Şimşek</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>135</v>
+        <v>50</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786054622955</t>
+          <t>3990000010671</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Drizzt Efsanesi 1. Kitap : Anayurt</t>
+          <t>Yeni Zagor Cilt: 4</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>140</v>
+        <v>17.82</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786054622931</t>
+          <t>9771303449933</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Mister No Klasik Maceralar Dizisi Sayı: 43</t>
+          <t>Yeni Zagor Atlantis Sayı: 33</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>33.33</v>
+        <v>160</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>5771303450094</t>
+          <t>9771303542221</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Zagor Sayı 180</t>
+          <t>Yeni Mister No: Sayı 92 Seri Katil</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786052218044</t>
+          <t>3990000000822</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Maxi Albüm 13 - Geleceğin Yükü</t>
+          <t>Yeni Mister No Sayı: 56 Kartalın Uçuşu</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>400</v>
+        <v>160</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>5771303450452</t>
+          <t>9771303542838</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Özel Efektler - Martin Mystere İmkansızlıklar Dedektifi Sayı 187</t>
+          <t>Yeni Mister No Sayı: 38 Yitik Günler</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>5771303449937</t>
+          <t>9771303450373</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Zagor Sayı: 164 Tin - Hinan'ın Asası</t>
+          <t>Yeni Martin Mystere Sayı: 98 - Karnak Taşları</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>5771303450087</t>
+          <t>9771303450359</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Zagor Sayı 179</t>
+          <t>Yeni Martin Mystere Sayı: 96 İmparatoriçenin Mücevher Kutusu</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>5771303450070</t>
+          <t>9771303450335</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Zagor sayı 178</t>
+          <t>Yeni Martin Mystere Sayı: 94 Blues Aşıkları</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786059958714</t>
+          <t>9771303450151</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Zagor Klasik Maceralar Cilt 100</t>
+          <t>Yeni Martin Mystere Sayı: 85 Nautilus!</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>500</v>
+        <v>160</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786059958202</t>
+          <t>9771303450137</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Drizzt Efsanesi 3. Kitap : Göç</t>
+          <t>Yeni Martin Mystere Sayı: 84 Buzlar Arasında Kabus</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>5771303449999</t>
+          <t>9771303450250</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Zagor Sayı: 170 - Bitmeyen Gece</t>
+          <t>Yeni Atlantis Martin Mystere İmkansızlıklar Dedektifi Sayı: 50 - Aniden Bir Gece</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>5771303449982</t>
+          <t>9771303450144</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Zagor Sayı: 169 - Cajun Krallığı</t>
+          <t>Yeni Atlantis Martin Mystere İmkansızlıklar Dedektifi Sayı: 86 Kali’ye Tapanlar</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>5771303542881</t>
+          <t>3990000030688</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Mister No Sayı: 167 Direniş</t>
+          <t>Yeni Atlantis Martin Mystere Cilt: 3 İmkansızlıklar Dedektifi</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9771303440930</t>
+          <t>9771303450069</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere İmkansızlıklar Dedektifi Sayı:155 - Göklerde Komplo</t>
+          <t>Yeni Martin Mystere Sayı: 77 Loki’nin İntikamı</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9771303449834</t>
+          <t>9786055689766</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Zagor Sayı: 155 - Gömülmüş Dehşet</t>
+          <t>Zagor’da Kim Kimdir?</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>135</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786059958141</t>
+          <t>9771303449636</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Mister No Klasik Maceralar Dizisi - 47</t>
+          <t>Zagor Yengeç Dönencesi Sayı: 134</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>500</v>
+        <v>160</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786059958677</t>
+          <t>9771303449094</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere Almanak Cilt 2</t>
+          <t>Yeni Zagor Sayı: 81 Sümerlerin Sırrı</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>5771303450063</t>
+          <t>9771303449962</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Zagor Sayı: 177</t>
+          <t>Yeni Zagor Sayı: 62 Karanlıkta Dehşet</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>5771303449944</t>
+          <t>9771303449953</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Zagor Sayı: 165 Kushlu Büyücüler</t>
+          <t>Yeni Zagor Sayı: 53 Son Ok</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>5771303451077</t>
+          <t>9771303449935</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Zagor sayı: 188 - Titanlar Çarpışıyor</t>
+          <t>Yeni Zagor Sayı: 35 Ölü Kentin Kraliçesi</t>
         </is>
       </c>
       <c r="C427" s="1">
         <v>135</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>5771303450018</t>
+          <t>9771303449929</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Zagor Altına Giden Yol Sayı: 172</t>
+          <t>Yeni Zagor Sayı: 29 Jean Lafitte’in Hazinesi</t>
         </is>
       </c>
       <c r="C428" s="1">
         <v>135</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786059958325</t>
+          <t>9771303542160</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Mister No : Klasik Maceralar - 50</t>
+          <t>Yeni Mister No Sayı: 86 Yirmi Yıl sonra</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>600</v>
+        <v>160</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786052218020</t>
+          <t>3990000000554</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Zagor Klasik Maceralar Cilt 103</t>
+          <t>Kuzeybatı Geçidi - Zagor Özel Seri Sayı 6</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>500</v>
+        <v>7.92</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>5771303451114</t>
+          <t>3990000000574</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Zagor Sayı 192: Güneyin Gökleri Altında</t>
+          <t>Simyacının Gölgesi - Zagor Özel Seri Sayı 4</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>135</v>
+        <v>7.92</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>5771303451107</t>
+          <t>2880000094913</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Zagor Sayı 191: Kıyamet Günü</t>
+          <t>Mesaj - Zagor Özel Seri Sayı 32</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>135</v>
+        <v>28</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786059958790</t>
+          <t>3990000000525</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Zagor Klasik Maceralar Cilt 101</t>
+          <t>Yağmurla Gelen Adam - Zagor Özel Seri Sayı 31</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>500</v>
+        <v>7.92</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786059958653</t>
+          <t>3990000000528</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Maxi Albüm 7 - Amansızlar / Rakip / Tam Kalbinden</t>
+          <t>Uğursuz Kehanetler - Zagor Özel Seri Sayı 22</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>400</v>
+        <v>7.92</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>5771303450056</t>
+          <t>3990000000529</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Zagor Sayı: 176</t>
+          <t>Kızılderili Mezarlığı - Zagor Özel Seri Sayı 21</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>135</v>
+        <v>7.92</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786059958813</t>
+          <t>3990000000530</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Sayı 28 Kızıl Ölüm</t>
+          <t>Lanetli Altın - Zagor Özel Seri Sayı 20</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>135</v>
+        <v>7.92</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>5771303542966</t>
+          <t>3990000000577</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Mister No Sayı: 175 Taş Tuzak</t>
+          <t>Zehirli Balta - Zagor Özel Seri Sayı 19</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>135</v>
+        <v>7.92</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>5771303449951</t>
+          <t>3990000000531</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Zagor Sayı: 166 - Toz Tanrısı</t>
+          <t>Cheyenne Kanı - Zagor Özel Seri Sayı 18</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>135</v>
+        <v>7.92</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786059958257</t>
+          <t>3990000000533</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Sayı 3 : Cehennemin Kapısı</t>
+          <t>Fidye - Zagor Özel Seri Sayı 17</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>135</v>
+        <v>7.92</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786059958240</t>
+          <t>9771303542054</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Maxi 1. Albüm 3 Tam Macera : Meteoropati / Hurlington'ların Yeteneği / Uçurumun Sakinleri</t>
+          <t>Yeni Mister No Sayı: 75 Savaşçı Kanı</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>3990000025750</t>
+          <t>9771303542047</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere Klasik Maceralar Dizisi 39</t>
+          <t>Yeni Mister No Sayı: 74 Beyaz Yerli</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>33.33</v>
+        <v>160</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786054622788</t>
+          <t>3990000000556</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Zagor Klasik Maceralar Dizisi: 92</t>
+          <t>İtiraf - Zagor Özel Seri Sayı 16</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>33.33</v>
+        <v>7.92</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786054622801</t>
+          <t>3990000000542</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Minişler Hikaye Kitabı 5 Miniş Kurtarma Operasyonu</t>
+          <t>Kutsal Ağaç - Zagor Özel Seri Sayı 15</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>120</v>
+        <v>7.92</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786054622832</t>
+          <t>3990000025763</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Minişler Hikaye Kitabı 4 Sanatçı Minka</t>
+          <t>Martin Mystere İmkansızlar Dedektifi Klasik Maceralar Dizisi Sayı: 41</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786054622795</t>
+          <t>9771303542856</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Minişler Hikaye Kitabı 3 - Acemi Kuaför</t>
+          <t>Mister No Sayı: 146 Maya Heykeli</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>4.63</v>
+        <v>160</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786054622825</t>
+          <t>9786054622955</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Minişler Hikaye Kitabı 2 - Minişlerin Büyük Defilesi</t>
+          <t>Drizzt Efsanesi 1. Kitap : Anayurt</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>8</v>
+        <v>140</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786054622849</t>
+          <t>9786054622931</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Minişler Hikaye Kitabı 1 - Yeni Dostlar</t>
+          <t>Mister No Klasik Maceralar Dizisi Sayı: 43</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>8</v>
+        <v>160</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786054622863</t>
+          <t>5771303450094</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Minişler Çıkartmalı Aktivite Ve Boyama Kitabı 2</t>
+          <t>Zagor Sayı 180</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>15</v>
+        <v>160</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786054622818</t>
+          <t>9786052218044</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Minişler Çıkartmalı Aktivite Ve Boyama Kitabı 1</t>
+          <t>Dylan Dog Maxi Albüm 13 - Geleceğin Yükü</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>15</v>
+        <v>500</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786054622856</t>
+          <t>5771303450452</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Minişler Hikaye Kitabı 6 Şaka Şaka</t>
+          <t>Özel Efektler - Martin Mystere İmkansızlıklar Dedektifi Sayı 187</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>120</v>
+        <v>215</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9771303120128</t>
+          <t>5771303449937</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Conan Sayı: 28 Roberte E. Howard Centennial 1906-2006</t>
+          <t>Zagor Sayı: 164 Tin - Hinan'ın Asası</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9771303120126</t>
+          <t>5771303450087</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Conan Sayı: 26 İmparatorluk Tohumları</t>
+          <t>Zagor Sayı 179</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9771303120125</t>
+          <t>5771303450070</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Conan Sayı: 25 Kudretli El</t>
+          <t>Zagor sayı 178</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9771303120123</t>
+          <t>9786059958714</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Conan Sayı: 23 Ölülerin Savaşı</t>
+          <t>Zagor Klasik Maceralar Cilt 100</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>100</v>
+        <v>600</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>3990000029281</t>
+          <t>9786059958202</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Conan Sayı: 22 Yag - Kosha’nın Kalbi</t>
+          <t>Drizzt Efsanesi 3. Kitap : Göç</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9771303120121</t>
+          <t>5771303449999</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Conan Sayı: 21 Kulenin Koruyucusu</t>
+          <t>Zagor Sayı: 170 - Bitmeyen Gece</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9771303120118</t>
+          <t>5771303449982</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Conan Sayı: 18 Ölümün Şarkısı</t>
+          <t>Zagor Sayı: 169 - Cajun Krallığı</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9771303120117</t>
+          <t>5771303542881</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Conan Sayı: 17 Hırsızlar Kenti</t>
+          <t>Mister No Sayı: 167 Direniş</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9789756535233</t>
+          <t>9771303440930</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Conan Klasik Maceralar Cilt: 7 Gölde Yaşayan ve Diğer Hikayeler</t>
+          <t>Martin Mystere İmkansızlıklar Dedektifi Sayı:155 - Göklerde Komplo</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>40</v>
+        <v>215</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9789756535165</t>
+          <t>9771303449834</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Conan Klasik Maceralar Cilt: 5 Mezardaki Gölge ve Diğer Hikayeler</t>
+          <t>Zagor Sayı: 155 - Gömülmüş Dehşet</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>27.78</v>
+        <v>160</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>3990000077988</t>
+          <t>9786059958141</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Conan Klasik Maceralar Cilt: 3</t>
+          <t>Mister No Klasik Maceralar Dizisi - 47</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>27.78</v>
+        <v>600</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9789756535080</t>
+          <t>9786059958677</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Conan Klasik Maceralar Cilt 1 Fil Kulesi ve Diğer Hikayeler</t>
+          <t>Martin Mystere Almanak Cilt 2</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>27.78</v>
+        <v>180</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9789756535325</t>
+          <t>5771303450063</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Conan Cilt: 9 Klasik Maceralar Ejder Sürücüleri ve Diğer Hikayeler</t>
+          <t>Zagor Sayı: 177</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9771303651319</t>
+          <t>5771303449944</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Rüzgar Sayı: 9 Taş Surat</t>
+          <t>Zagor Sayı: 165 Kushlu Büyücüler</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>3990000000918</t>
+          <t>5771303451077</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Rüzgar Sayı: 8 Magicovento - Windigo</t>
+          <t>Zagor sayı: 188 - Titanlar Çarpışıyor</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>135</v>
+        <v>200</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9771303651121</t>
+          <t>5771303450018</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Rüzgar Sayı: 78 Spekülatörler</t>
+          <t>Zagor Altına Giden Yol Sayı: 172</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9771303651107</t>
+          <t>9786059958325</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Rüzgar Sayı: 76 Totem</t>
+          <t>Mister No : Klasik Maceralar - 50</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>135</v>
+        <v>750</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9771303450245</t>
+          <t>9786052218020</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Atlantis Yeni Seri Sayı: 45 Geri Sayım: Eksi Bir Martin Mystere İmkansızlıklar Dedektifi</t>
+          <t>Zagor Klasik Maceralar Cilt 103</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>135</v>
+        <v>600</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9771303450243</t>
+          <t>5771303451114</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Atlantis Yeni Seri Martin Mystere İmkansızlıklar Dedektifi Sayı: 43 - Milenium Sonunun Virüsü</t>
+          <t>Zagor Sayı 192: Güneyin Gökleri Altında</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>135</v>
+        <v>200</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9771303450239</t>
+          <t>5771303451107</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Atlantis Yeni Seri Sayı: 39 Maske ve Yüz Martin Mystere İmkansızlıklar Dedektifi</t>
+          <t>Zagor Sayı 191: Kıyamet Günü</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>135</v>
+        <v>200</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9771303450236</t>
+          <t>9786059958790</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Atlantis Yeni Seri Sayı: 36 Martin Mystere İmkansızlıklar Dedektifi: Odin’in Gözü</t>
+          <t>Zagor Klasik Maceralar Cilt 101</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>135</v>
+        <v>600</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>3990000000725</t>
+          <t>9786059958653</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Atlantis Özel Seri Martin Mystere İmkansızlıklar Dedektifi Merhaba İtalya Sayı: 21</t>
+          <t>Dylan Dog Maxi Albüm 7 - Amansızlar / Rakip / Tam Kalbinden</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>135</v>
+        <v>500</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9771303450261</t>
+          <t>5771303450056</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Atlantis Martin Mystere Yeni Seri Sayı: 61 Cinayet Kasırgası İmkansızlıklar Dedektifi</t>
+          <t>Zagor Sayı: 176</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9771303450257</t>
+          <t>9786059958813</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Atlantis Martin Mystere Yeni Seri Sayı: 57 Ölüler Adası İmkansızlıklar Dedektifi</t>
+          <t>Dylan Dog Sayı 28 Kızıl Ölüm</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9771303450200</t>
+          <t>5771303542966</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Atlantis Martin Mystere Yeni Seri Sayı: 47 Yıldızlardan Gelen Tehdit İmkansızlıklar Dedektifi</t>
+          <t>Mister No Sayı: 175 Taş Tuzak</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>3990000000749</t>
+          <t>5771303449951</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Atlantis Martin Mystere İmkansızlıklar Dedektifi Özel Sayı: 23 - Sonuncu</t>
+          <t>Zagor Sayı: 166 - Toz Tanrısı</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>3990000000758</t>
+          <t>9786059958257</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Atlantis (Yeni Seri) Cilt: 4</t>
+          <t>Dylan Dog Sayı 3 : Cehennemin Kapısı</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>17.82</v>
+        <v>160</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>3990000000754</t>
+          <t>9786059958240</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Atlantis (Özel Seri) Sayı:8 Martin Mystere İmkansızlıklar Dedektifi  Rüzgarlı Ada</t>
+          <t>Dylan Dog Maxi 1. Albüm 3 Tam Macera : Meteoropati / Hurlington'ların Yeteneği / Uçurumun Sakinleri</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>7.92</v>
+        <v>150</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>3990000000728</t>
+          <t>3990000025750</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Atlantis (Özel Seri) Sayı: 43 Doktor Mystere ve Lanetli Şatodaki Dehşet Martin Mystere İmkansızlıklar Dedektifi</t>
+          <t>Martin Mystere Klasik Maceralar Dizisi 39</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9789756535073</t>
+          <t>9786054622788</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Attila Aşkım 1. Cilt Dişi Kurt Lupa (Ciltli)</t>
+          <t>Zagor Klasik Maceralar Dizisi: 92</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>25</v>
+        <v>33.33</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>3990000004361</t>
+          <t>9786054622801</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Atlantis (Özel Seri) Sayı: 42 Kırk Yıl Sonra Martin Mystere İmkansızlıklar Dedektifi</t>
+          <t>Minişler Hikaye Kitabı 5 Miniş Kurtarma Operasyonu</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>135</v>
+        <v>150</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>3990000000744</t>
+          <t>9786054622832</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Atlantis (Özel Seri) Sayı: 31 Lambda Belgesi Martin Mystere İmkansızlıklar Dedektifi Özel Seri</t>
+          <t>Minişler Hikaye Kitabı 4 Sanatçı Minka</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>135</v>
+        <v>150</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>3990000000721</t>
+          <t>9786054622795</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Atlantis (Özel Seri) Sayı: 51 Korg Martin Mystere İmkansızlıklar Dedektifi</t>
+          <t>Minişler Hikaye Kitabı 3 - Acemi Kuaför</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>135</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>3990000004347</t>
+          <t>9786054622825</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Atlantis (Özel Seri) Sayı: 49 İmkansızlıklar Dedektifi Martin Mystere İmkansızlıklar Dedektifi</t>
+          <t>Minişler Hikaye Kitabı 2 - Minişlerin Büyük Defilesi</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>135</v>
+        <v>8</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>3990000000745</t>
+          <t>9786054622849</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Atlantis (Özel Seri) Sayı: 37 Martin Mystere İmkansızlıklar Dedektifi Doktor Mystere ve Karanlıklar Halkı</t>
+          <t>Minişler Hikaye Kitabı 1 - Yeni Dostlar</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>135</v>
+        <v>8</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>3990000000755</t>
+          <t>9786054622863</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Atlantis (Özel Seri) Sayı: 27 Gizli Projeler Martin Mystere İmkansızlıklar Dedektifi</t>
+          <t>Minişler Çıkartmalı Aktivite Ve Boyama Kitabı 2</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>135</v>
+        <v>15</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>3990000012678</t>
+          <t>9786054622818</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Atlantis (Özel Seri) Sayı: 26 Sürüngen Adamlar Martin Mystere İmkansızlıklar Dedektifi</t>
+          <t>Minişler Çıkartmalı Aktivite Ve Boyama Kitabı 1</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>135</v>
+        <v>15</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>3990000004362</t>
+          <t>9786054622856</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Atlantis (Özel Seri) Sayı: 18 Martin Mystere İmkansızlıklar Dedektifi Son Gizem</t>
+          <t>Minişler Hikaye Kitabı 6 Şaka Şaka</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>135</v>
+        <v>150</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>3990000000729</t>
+          <t>9771303120128</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Atlantis (Özel Seri) Sayı: 17 Martin Mystere İmkansızlıklar Dedektifi Kaderde Yazılı</t>
+          <t>Conan Sayı: 28 Roberte E. Howard Centennial 1906-2006</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>135</v>
+        <v>120</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9771303450274</t>
+          <t>9771303120126</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Atlantis (Özel Seri) Cilt: 2 Martin Mystere İmkansızlıklar Dedektifi</t>
+          <t>Conan Sayı: 26 İmparatorluk Tohumları</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>23.76</v>
+        <v>120</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9789756535851</t>
+          <t>9771303120125</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Kuzular Aptal Kurda Karşı</t>
+          <t>Conan Sayı: 25 Kudretli El</t>
         </is>
       </c>
       <c r="C491" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>3990000000734</t>
+          <t>9771303120123</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Atlantis (Özel Seri) Martin Mystere Sayı: 44 İmkansızlıklar Dedektifi Robin Hood’un Sırrı</t>
+          <t>Conan Sayı: 23 Ölülerin Savaşı</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>135</v>
+        <v>120</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9771303450298</t>
+          <t>3990000029281</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Atlantis (Özel Seri) Cilt: 4 Martin Mystere İmkansızlıklar Dedektifi</t>
+          <t>Conan Sayı: 22 Yag - Kosha’nın Kalbi</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>50</v>
+        <v>120</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9771303450281</t>
+          <t>9771303120121</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Atlantis (Özel Seri) Cilt: 3 Martin Mystere İmkansızlıklar Dedektifi</t>
+          <t>Conan Sayı: 21 Kulenin Koruyucusu</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>23.76</v>
+        <v>120</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>5771303450339</t>
+          <t>9771303120118</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere Sayı: 175</t>
+          <t>Conan Sayı: 18 Ölümün Şarkısı</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>5771303542942</t>
+          <t>9771303120117</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Mister No Sayı: 173 Yeni Bir Yaşam</t>
+          <t>Conan Sayı: 17 Hırsızlar Kenti</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>135</v>
+        <v>120</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>5771303450049</t>
+          <t>9789756535233</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Zagor Sayı: 175</t>
+          <t>Conan Klasik Maceralar Cilt: 7 Gölde Yaşayan ve Diğer Hikayeler</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>135</v>
+        <v>120</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786054622771</t>
+          <t>9789756535165</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Zagor Klasik Maceralar Dizisi Sayı: 91</t>
+          <t>Conan Klasik Maceralar Cilt: 5 Mezardaki Gölge ve Diğer Hikayeler</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>29.63</v>
+        <v>120</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786054622641</t>
+          <t>3990000077988</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Mister No Maceralar Dizisi Sayı: 41</t>
+          <t>Conan Klasik Maceralar Cilt: 3</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>29.63</v>
+        <v>120</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9771303120138</t>
+          <t>9789756535080</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Conan Sayı: 38 Labirent</t>
+          <t>Conan Klasik Maceralar Cilt 1 Fil Kulesi ve Diğer Hikayeler</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9771303120137</t>
+          <t>9789756535325</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Conan Sayı: 37 Sıçan Yuvası</t>
+          <t>Conan Cilt: 9 Klasik Maceralar Ejder Sürücüleri ve Diğer Hikayeler</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>100</v>
+        <v>350</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9771303120136</t>
+          <t>9771303651319</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Conan Sayı: 36 Sessizce Denize Giderken</t>
+          <t>Büyülü Rüzgar Sayı: 9 Taş Surat</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9771303120135</t>
+          <t>3990000000918</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Conan Sayı: 35 Yine Efendi Olacaklar</t>
+          <t>Büyülü Rüzgar Sayı: 8 Magicovento - Windigo</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>5771303450001</t>
+          <t>9771303651121</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Zagor sayı: 171 / İstikamet Panama</t>
+          <t>Büyülü Rüzgar Sayı: 78 Spekülatörler</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9771303120133</t>
+          <t>9771303651107</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Conan Sayı: 33 Tepe Köpekleri</t>
+          <t>Büyülü Rüzgar Sayı: 76 Totem</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>5771303542829</t>
+          <t>9771303450245</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Mister No Sayı: 161 Ayahuasca</t>
+          <t>Atlantis Yeni Seri Sayı: 45 Geri Sayım: Eksi Bir Martin Mystere İmkansızlıklar Dedektifi</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>5771303449920</t>
+          <t>9771303450243</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Zagor Hazine Sandığı Sayı: 163</t>
+          <t>Atlantis Yeni Seri Martin Mystere İmkansızlıklar Dedektifi Sayı: 43 - Milenium Sonunun Virüsü</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786059958363</t>
+          <t>9771303450239</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Dev Albüm 3 - İsimsiz</t>
+          <t>Atlantis Yeni Seri Sayı: 39 Maske ve Yüz Martin Mystere İmkansızlıklar Dedektifi</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>500</v>
+        <v>160</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786059958356</t>
+          <t>9771303450236</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Mister No - Klasik Maceralar Dizisi 51</t>
+          <t>Atlantis Yeni Seri Sayı: 36 Martin Mystere İmkansızlıklar Dedektifi: Odin’in Gözü</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>500</v>
+        <v>160</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9771303120131</t>
+          <t>3990000000725</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Conan Sayı: 31 Ölüler Salonu</t>
+          <t>Atlantis Özel Seri Martin Mystere İmkansızlıklar Dedektifi Merhaba İtalya Sayı: 21</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9771303449988</t>
+          <t>9771303450261</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Zagor Cilt: 5</t>
+          <t>Atlantis Martin Mystere Yeni Seri Sayı: 61 Cinayet Kasırgası İmkansızlıklar Dedektifi</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>400</v>
+        <v>160</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9771303542894</t>
+          <t>9771303450257</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Mister No Sayı: 150 Zamana Karşı Yarış</t>
+          <t>Atlantis Martin Mystere Yeni Seri Sayı: 57 Ölüler Adası İmkansızlıklar Dedektifi</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9786059958615</t>
+          <t>9771303450200</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Molly</t>
+          <t>Atlantis Martin Mystere Yeni Seri Sayı: 47 Yıldızlardan Gelen Tehdit İmkansızlıklar Dedektifi</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>17.5</v>
+        <v>160</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>5771303450032</t>
+          <t>3990000000749</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Zagor sayı: 174</t>
+          <t>Atlantis Martin Mystere İmkansızlıklar Dedektifi Özel Sayı: 23 - Sonuncu</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9771303120103</t>
+          <t>3990000000758</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Conan Sayı: 3 Kuzey Rüzgarının Ardında</t>
+          <t>Atlantis (Yeni Seri) Cilt: 4</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>100</v>
+        <v>17.82</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9771303120129</t>
+          <t>3990000000754</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Conan Sayı: 29 Karakurbağa</t>
+          <t>Atlantis (Özel Seri) Sayı:8 Martin Mystere İmkansızlıklar Dedektifi  Rüzgarlı Ada</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9771303561357</t>
+          <t>3990000000728</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Rüzgar Sayı: 57 Magicovento Görünmez Düşman</t>
+          <t>Atlantis (Özel Seri) Sayı: 43 Doktor Mystere ve Lanetli Şatodaki Dehşet Martin Mystere İmkansızlıklar Dedektifi</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9771303651337</t>
+          <t>9789756535073</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Rüzgar Sayı: 37 Karanlık Yol Magicovento</t>
+          <t>Attila Aşkım 1. Cilt Dişi Kurt Lupa (Ciltli)</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>135</v>
+        <v>25</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9771303651695</t>
+          <t>3990000004361</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Rüzgar Sayı: 127 Şahinin Gözleri</t>
+          <t>Atlantis (Özel Seri) Sayı: 42 Kırk Yıl Sonra Martin Mystere İmkansızlıklar Dedektifi</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9771303661335</t>
+          <t>3990000000744</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Rüzgar Magicovento Cilt: 4 İskeletler / Çerçeveli Kabus / Kurşuni Gökyüzü</t>
+          <t>Atlantis (Özel Seri) Sayı: 31 Lambda Belgesi Martin Mystere İmkansızlıklar Dedektifi Özel Seri</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>23.76</v>
+        <v>160</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>3990000000884</t>
+          <t>3990000000721</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Rüzgar Leydi Charity Sayı: 3</t>
+          <t>Atlantis (Özel Seri) Sayı: 51 Korg Martin Mystere İmkansızlıklar Dedektifi</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>6.93</v>
+        <v>160</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9771303651310</t>
+          <t>3990000004347</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Rüzgar Sayı: 10 - İskeletler</t>
+          <t>Atlantis (Özel Seri) Sayı: 49 İmkansızlıklar Dedektifi Martin Mystere İmkansızlıklar Dedektifi</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9771303651336</t>
+          <t>3990000000745</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Rüzgar Cilt: 3</t>
+          <t>Atlantis (Özel Seri) Sayı: 37 Martin Mystere İmkansızlıklar Dedektifi Doktor Mystere ve Karanlıklar Halkı</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>23.76</v>
+        <v>160</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9771303651329</t>
+          <t>3990000000755</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Rüzgar Cilt: 2</t>
+          <t>Atlantis (Özel Seri) Sayı: 27 Gizli Projeler Martin Mystere İmkansızlıklar Dedektifi</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>23.76</v>
+        <v>160</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>3990000000882</t>
+          <t>3990000012678</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Rüzgar Cilt: 1</t>
+          <t>Atlantis (Özel Seri) Sayı: 26 Sürüngen Adamlar Martin Mystere İmkansızlıklar Dedektifi</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>23.76</v>
+        <v>160</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>3990000000919</t>
+          <t>3990000004362</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Rüzgar Bizon Kadın Whopi Sayı: 5</t>
+          <t>Atlantis (Özel Seri) Sayı: 18 Martin Mystere İmkansızlıklar Dedektifi Son Gizem</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>5.94</v>
+        <v>160</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>5771303449975</t>
+          <t>3990000000729</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Zagor Sayı: 168 - Timsah Koyu</t>
+          <t>Atlantis (Özel Seri) Sayı: 17 Martin Mystere İmkansızlıklar Dedektifi Kaderde Yazılı</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9786059958455</t>
+          <t>9771303450274</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Maxi Albüm: 4 - Taştan Ordu / Fazla Mesai / Gözlenen Özel Kişi</t>
+          <t>Atlantis (Özel Seri) Cilt: 2 Martin Mystere İmkansızlıklar Dedektifi</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>400</v>
+        <v>160</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>5771303449968</t>
+          <t>9789756535851</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Zagor Sayı: 167 - Okyanusta Düello</t>
+          <t>Akıllı Kuzular Aptal Kurda Karşı</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>135</v>
+        <v>150</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9771303449889</t>
+          <t>3990000000734</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Zagor sayı 160 : Son Dövüş</t>
+          <t>Atlantis (Özel Seri) Martin Mystere Sayı: 44 İmkansızlıklar Dedektifi Robin Hood’un Sırrı</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9786054622603</t>
+          <t>9771303450298</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Zagor Klasik Maceralar Dizisi 88</t>
+          <t>Atlantis (Özel Seri) Cilt: 4 Martin Mystere İmkansızlıklar Dedektifi</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>29.63</v>
+        <v>160</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9786054622566</t>
+          <t>9771303450281</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere Klasik Maceralar Dizisi 37</t>
+          <t>Atlantis (Özel Seri) Cilt: 3 Martin Mystere İmkansızlıklar Dedektifi</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>31.48</v>
+        <v>160</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>5771303450025</t>
+          <t>5771303450339</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Zagor Sayı 173</t>
+          <t>Martin Mystere Sayı: 175</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>135</v>
+        <v>215</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>5771303450261</t>
+          <t>5771303542942</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere Sayı: 168 - Za-Te-Nay’ın Gölgesi</t>
+          <t>Mister No Sayı: 173 Yeni Bir Yaşam</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9771303449858</t>
+          <t>5771303450049</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Zagor Aylık Çizgiroman Dergisi Sayı: 157 - Kanunsuzlar</t>
+          <t>Zagor Sayı: 175</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9786059958226</t>
+          <t>9786054622771</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Dev Albüm Sayı 1 : Kült Korku Filmi</t>
+          <t>Zagor Klasik Maceralar Dizisi Sayı: 91</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>500</v>
+        <v>29.63</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9786059958158</t>
+          <t>9786054622641</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Mister No Klasik Maceralar Dizisi Cilt: 48</t>
+          <t>Mister No Maceralar Dizisi Sayı: 41</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>500</v>
+        <v>160</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9786059958288</t>
+          <t>9771303120138</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Dev Albüm: 2 - Gökten Yağan</t>
+          <t>Conan Sayı: 38 Labirent</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>500</v>
+        <v>120</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9786059958011</t>
+          <t>9771303120137</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Zagor Klasik Maceralar Dizisi Sayı: 97</t>
+          <t>Conan Sayı: 37 Sıçan Yuvası</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>33.33</v>
+        <v>120</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9786054622979</t>
+          <t>9771303120136</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Mister No Klasik Maceralar Dizisi Sayı: 44</t>
+          <t>Conan Sayı: 36 Sessizce Denize Giderken</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>33.33</v>
+        <v>120</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>5771303449913</t>
+          <t>9771303120135</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Zagor - Kötülük Tohumu Sayı: 162</t>
+          <t>Conan Sayı: 35 Yine Efendi Olacaklar</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>135</v>
+        <v>120</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9786059958349</t>
+          <t>5771303450001</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Tex Almanak 2012-2013-2014</t>
+          <t>Zagor sayı: 171 / İstikamet Panama</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>5771303450209</t>
+          <t>9771303120133</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere - AllaGalla Tehdidi Sayı: 162</t>
+          <t>Conan Sayı: 33 Tepe Köpekleri</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9771303440923</t>
+          <t>5771303542829</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere İmkansızlıklar Dedektifi Sayı: 153 - 30 Yıl</t>
+          <t>Mister No Sayı: 161 Ayahuasca</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9786059958059</t>
+          <t>5771303449920</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Mister No Klasik Maceralar Dizisi : 46</t>
+          <t>Zagor Hazine Sandığı Sayı: 163</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9771303449827</t>
+          <t>9786059958363</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Zagor Sayı: 153 - Sarı Gölgeler</t>
+          <t>Dylan Dog Dev Albüm 3 - İsimsiz</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>135</v>
+        <v>600</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9786054622894</t>
+          <t>9786059958356</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Mister No Klasik Maceralar Dizisi Sayı: 42</t>
+          <t>Mister No - Klasik Maceralar Dizisi 51</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>33.33</v>
+        <v>600</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>3990000027148</t>
+          <t>9771303120131</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Zagor Klasik Maceralar Dizisi Sayı: 93</t>
+          <t>Conan Sayı: 31 Ölüler Salonu</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>33.33</v>
+        <v>120</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9771303542733</t>
+          <t>9771303449988</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Mister No Sayı: 143 Piranha'nın Isırığı</t>
+          <t>Zagor Cilt: 5</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>135</v>
+        <v>500</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9786059958271</t>
+          <t>9771303542894</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Tex Almanak 2009 - 2010 - 2011</t>
+          <t>Mister No Sayı: 150 Zamana Karşı Yarış</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9786059958233</t>
+          <t>9786059958615</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Mister No Klasik Maceralar Dizisi: 49</t>
+          <t>Molly</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>500</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9771303449872</t>
+          <t>5771303450032</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Zagor Sayı: 159 - Büyük Turnuva</t>
+          <t>Zagor sayı: 174</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9771303440961</t>
+          <t>9771303120103</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere İmkansızlıklar Dedektifi Sayı: 158 - Geçmişten Gelen Sesler</t>
+          <t>Conan Sayı: 3 Kuzey Rüzgarının Ardında</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9771303449865</t>
+          <t>9771303120129</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Zagor Sayı: 158 - Deliler Köyü</t>
+          <t>Conan Sayı: 29 Karakurbağa</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>135</v>
+        <v>120</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9786059958042</t>
+          <t>9771303561357</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Mister No Klasik  Maceralar Dizisi: 45</t>
+          <t>Büyülü Rüzgar Sayı: 57 Magicovento Görünmez Düşman</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>33.33</v>
+        <v>160</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9786059958066</t>
+          <t>9771303651337</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Zagor Klasik Maceralar Dizisi: 99</t>
+          <t>Büyülü Rüzgar Sayı: 37 Karanlık Yol Magicovento</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>33.33</v>
+        <v>160</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>5781303451243</t>
+          <t>9771303651695</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Zagor Klasik Maceralar Cilt: 120</t>
+          <t>Büyülü Rüzgar Sayı: 127 Şahinin Gözleri</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>500</v>
+        <v>215</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>4771303545128</t>
+          <t>9771303661335</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Zagor Darkwood Novels Sayı: 2 - Çayır Rüzgarı</t>
+          <t>Büyülü Rüzgar Magicovento Cilt: 4 İskeletler / Çerçeveli Kabus / Kurşuni Gökyüzü</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>90</v>
+        <v>23.76</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9789756535394</t>
+          <t>3990000000884</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Zagor Klasik Maceralar Cilt: 15 - Kurt Adam-Gizli Şehir-Kaçaklar-Nehirde Ölüm</t>
+          <t>Büyülü Rüzgar Leydi Charity Sayı: 3</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>500</v>
+        <v>6.93</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>5781303451182</t>
+          <t>9771303651310</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Zagor Klasik Maceralar Cilt: 114</t>
+          <t>Büyülü Rüzgar Sayı: 10 - İskeletler</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>500</v>
+        <v>160</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>5781303451236</t>
+          <t>9771303651336</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Zagor Klasik Maceralar Cilt: 119</t>
+          <t>Büyülü Rüzgar Cilt: 3</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>500</v>
+        <v>23.76</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>4771303545135</t>
+          <t>9771303651329</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Zagor Darkwood Novels Sayı 3 - Melezler Çetesi</t>
+          <t>Büyülü Rüzgar Cilt: 2</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>90</v>
+        <v>23.76</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9771303120116</t>
+          <t>3990000000882</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Conan Sayı: 16 Uskuth Tepesinde Dehşet</t>
+          <t>Büyülü Rüzgar Cilt: 1</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>100</v>
+        <v>23.76</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9771303120114</t>
+          <t>3990000000919</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Conan Sayı: 14 Thoth - Amon’un Gazabı</t>
+          <t>Büyülü Rüzgar Bizon Kadın Whopi Sayı: 5</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>100</v>
+        <v>5.94</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9771303120112</t>
+          <t>5771303449975</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Conan Sayı: 12 Dul Bırakan - Hanumar Yolu</t>
+          <t>Zagor Sayı: 168 - Timsah Koyu</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9771303120111</t>
+          <t>9786059958455</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Conan Sayı: 11 Kasedeki Tanrı</t>
+          <t>Dylan Dog Maxi Albüm: 4 - Taştan Ordu / Fazla Mesai / Gözlenen Özel Kişi</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>100</v>
+        <v>500</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9771303120110</t>
+          <t>5771303449968</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Conan Sayı: 10 Şişkonun Ölümü</t>
+          <t>Zagor Sayı: 167 - Okyanusta Düello</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9771303120101</t>
+          <t>9771303449889</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Conan Sayı: 1 Karanlık Tepelerin Eteğinde</t>
+          <t>Zagor sayı 160 : Son Dövüş</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9771303120107</t>
+          <t>9786054622603</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Conan Sayı: 7 Kana Kan</t>
+          <t>Zagor Klasik Maceralar Dizisi 88</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>100</v>
+        <v>29.63</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9771303120054</t>
+          <t>9786054622566</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Conan Sayı: 50 "Nergal’in Eli" Final Bölümü</t>
+          <t>Martin Mystere Klasik Maceralar Dizisi 37</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9771303120105</t>
+          <t>5771303450025</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Conan Sayı: 5 Büyük Yangının Külleri</t>
+          <t>Zagor Sayı 173</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>3990000000942</t>
+          <t>5771303450261</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Hayalet Kalesi Büyülü Rüzgar Sayı: 1</t>
+          <t>Martin Mystere Sayı: 168 - Za-Te-Nay’ın Gölgesi</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>5.94</v>
+        <v>215</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9771303608439</t>
+          <t>9771303449858</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Karaoğlan Cilt: 3</t>
+          <t>Zagor Aylık Çizgiroman Dergisi Sayı: 157 - Kanunsuzlar</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>23.76</v>
+        <v>160</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9771303608422</t>
+          <t>9786059958226</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Karaoğlan Cilt: 2</t>
+          <t>Dylan Dog Dev Albüm Sayı 1 : Kült Korku Filmi</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>23.76</v>
+        <v>600</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9771303608408</t>
+          <t>9786059958158</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Karaoğlan Cilt: 1</t>
+          <t>Mister No Klasik Maceralar Dizisi Cilt: 48</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>23.76</v>
+        <v>600</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9771303608431</t>
+          <t>9786059958288</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Karaoğlan Sayı: 31 Cengiz Han’ın Habercisi</t>
+          <t>Dylan Dog Dev Albüm: 2 - Gökten Yağan</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>135</v>
+        <v>600</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9771303608418</t>
+          <t>9786059958011</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Karaoğlan Buzlu Çöller Tilkisi Sayı: 15</t>
+          <t>Zagor Klasik Maceralar Dizisi Sayı: 97</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>10</v>
+        <v>33.33</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9771303608417</t>
+          <t>9786054622979</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Karaoğlan Bizanslı Güzel Vasilisya Sayı: 17</t>
+          <t>Mister No Klasik Maceralar Dizisi Sayı: 44</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9771303608419</t>
+          <t>5771303449913</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Karaoğlan Sayı: 19 Asya’ yı Titreten Korku</t>
+          <t>Zagor - Kötülük Tohumu Sayı: 162</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9771303608425</t>
+          <t>9786059958349</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Karaoğlan Sayı: 25 Bizanslı Zorba</t>
+          <t>Tex Almanak 2012-2013-2014</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>135</v>
+        <v>150</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>3990000000877</t>
+          <t>5771303450209</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Karaoğlan Sayı: 14 Baybora’nın Oğlu II</t>
+          <t>Martin Mystere - AllaGalla Tehdidi Sayı: 162</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>10</v>
+        <v>215</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>3990000000878</t>
+          <t>9771303440923</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Karaoğlan Sayı: 13 Yeşil Ejder</t>
+          <t>Martin Mystere İmkansızlıklar Dedektifi Sayı: 153 - 30 Yıl</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>10</v>
+        <v>215</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>3990000000874</t>
+          <t>9786059958059</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Karaoğlan Sayı: 12 Fedailer Alayı 2</t>
+          <t>Mister No Klasik Maceralar Dizisi : 46</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>10</v>
+        <v>600</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>3990000000856</t>
+          <t>9771303449827</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Karaoğlan Sayı: 18 Tek Gözlü Albız</t>
+          <t>Zagor Sayı: 153 - Sarı Gölgeler</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>3990000000865</t>
+          <t>9786054622894</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Karaoğlan Sarı Bayrak Sayı: 22</t>
+          <t>Mister No Klasik Maceralar Dizisi Sayı: 42</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9771303608420</t>
+          <t>3990000027148</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Karaoğlan Sayı: 20 Samara Şeyhin Kızı</t>
+          <t>Zagor Klasik Maceralar Dizisi Sayı: 93</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>135</v>
+        <v>33.33</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>3990000000852</t>
+          <t>9771303542733</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Karaoğlan Ötügen’in Çağrısı 3 Sayı: 10</t>
+          <t>Mister No Sayı: 143 Piranha'nın Isırığı</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>10</v>
+        <v>160</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9786055689049</t>
+          <t>9786059958271</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Küçük Peri Mine - Çayırların Sırrı</t>
+          <t>Tex Almanak 2009 - 2010 - 2011</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>75</v>
+        <v>150</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9786055689438</t>
+          <t>9786059958233</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Küçük Peri Kardeş</t>
+          <t>Mister No Klasik Maceralar Dizisi: 49</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>75</v>
+        <v>600</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9786055689421</t>
+          <t>9771303449872</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Korkma Küçük Peri</t>
+          <t>Zagor Sayı: 159 - Büyük Turnuva</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>75</v>
+        <v>160</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9789756535011</t>
+          <t>9771303440961</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Dansöz</t>
+          <t>Martin Mystere İmkansızlıklar Dedektifi Sayı: 158 - Geçmişten Gelen Sesler</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>8.33</v>
+        <v>215</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9789756535813</t>
+          <t>9771303449865</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Kestaneli Pasta</t>
+          <t>Zagor Sayı: 158 - Deliler Köyü</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9771303542399</t>
+          <t>9786059958042</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Mister No Sayı: 109 Akrebin Gölgesinde</t>
+          <t>Mister No Klasik  Maceralar Dizisi: 45</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>3990000000171</t>
+          <t>9786059958066</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Nathan Never Kavruk Ülke Sayı: 4</t>
+          <t>Zagor Klasik Maceralar Dizisi: 99</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>7.92</v>
+        <v>33.33</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9771301028031</t>
+          <t>5781303451243</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Nathan Never Cilt: 3 Sıfır Tolerans / Kötü Anılar / On Birinci Emir</t>
+          <t>Zagor Klasik Maceralar Cilt: 120</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>23.76</v>
+        <v>600</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>4440000000857</t>
+          <t>4771303545128</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Nathan Never Cilt: 2</t>
+          <t>Zagor Darkwood Novels Sayı: 2 - Çayır Rüzgarı</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>23.76</v>
+        <v>130</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>4440000000858</t>
+          <t>9789756535394</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Nathan Never Cilt: 1</t>
+          <t>Zagor Klasik Maceralar Cilt: 15 - Kurt Adam-Gizli Şehir-Kaçaklar-Nehirde Ölüm</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>23.76</v>
+        <v>600</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>3990000000177</t>
+          <t>5781303451182</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Nathan Never 3 Yıldızların Ötesinde</t>
+          <t>Zagor Klasik Maceralar Cilt: 114</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>5.94</v>
+        <v>600</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>3990000004518</t>
+          <t>5781303451236</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Nathan Never 2  Son Savaş</t>
+          <t>Zagor Klasik Maceralar Cilt: 119</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>7.92</v>
+        <v>600</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>3990000000182</t>
+          <t>4771303545135</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Nathan Never 1 Uzay Piyadeleri</t>
+          <t>Zagor Darkwood Novels Sayı 3 - Melezler Çetesi</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>7.92</v>
+        <v>130</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>3990000011039</t>
+          <t>9771303120116</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Nathan Never Sayı: 29 Avlar ve Avcılar</t>
+          <t>Conan Sayı: 16 Uskuth Tepesinde Dehşet</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>7.92</v>
+        <v>120</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>3990000000192</t>
+          <t>9771303120114</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Nathan Never Sayı: 25 Ölü Topraklar</t>
+          <t>Conan Sayı: 14 Thoth - Amon’un Gazabı</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>7.92</v>
+        <v>120</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>3990000000194</t>
+          <t>9771303120112</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>Nathan Never Sayı: 24 Bufalo Ekspres</t>
+          <t>Conan Sayı: 12 Dul Bırakan - Hanumar Yolu</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>7.92</v>
+        <v>120</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9786055689414</t>
+          <t>9771303120111</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Periler Okulu</t>
+          <t>Conan Sayı: 11 Kasedeki Tanrı</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>75</v>
+        <v>120</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9771303542115</t>
+          <t>9771303120110</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Yeni Mister No Sayı: 81 Sertao Asileri</t>
+          <t>Conan Sayı: 10 Şişkonun Ölümü</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>135</v>
+        <v>120</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9771303542283</t>
+          <t>9771303120101</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>Yeni Mister No Sayı: 98 Karanlığın İçindeki Gözler</t>
+          <t>Conan Sayı: 1 Karanlık Tepelerin Eteğinde</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>135</v>
+        <v>120</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9771303449940</t>
+          <t>9771303120107</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>Yeni Zagor Sayı: 40 İnfaz Mangası</t>
+          <t>Conan Sayı: 7 Kana Kan</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>135</v>
+        <v>120</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9771303449939</t>
+          <t>9771303120054</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Yeni Zagor Sayı: 39 Veracruz</t>
+          <t>Conan Sayı: 50 "Nergal’in Eli" Final Bölümü</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>135</v>
+        <v>200</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9771303449961</t>
+          <t>9771303120105</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>Yeni Zagor Sayı: 61 Yeşil Kefen</t>
+          <t>Conan Sayı: 5 Büyük Yangının Külleri</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>135</v>
+        <v>120</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9771303449967</t>
+          <t>3990000000942</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Yeni Zagor Sayı: 67 Avcıların Kalesi</t>
+          <t>Hayalet Kalesi Büyülü Rüzgar Sayı: 1</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>135</v>
+        <v>5.94</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9771303449966</t>
+          <t>9771303608439</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Yeni Zagor Sayı: 66 Ölüm Makinası</t>
+          <t>Karaoğlan Cilt: 3</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>3991303449964</t>
+          <t>9771303608422</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>Yeni Zagor Sayı: 64 Şeytan Labirenti</t>
+          <t>Karaoğlan Cilt: 2</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9771303449322</t>
+          <t>9771303608408</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Yeni Zagor Sayı: 103 - Tekgöz ve Çetesi</t>
+          <t>Karaoğlan Cilt: 1</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9771303449308</t>
+          <t>9771303608431</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Yeni Zagor Sayı: 101 Arrow Kalesi Avcıları</t>
+          <t>Karaoğlan Sayı: 31 Cengiz Han’ın Habercisi</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9771303449923</t>
+          <t>9771303608418</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Yeni Zagor Sayı: 23 Kan Kardeşler</t>
+          <t>Karaoğlan Buzlu Çöller Tilkisi Sayı: 15</t>
         </is>
       </c>
       <c r="C615" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9771303449922</t>
+          <t>9771303608417</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>Yeni Zagor Sayı: 22 Kelso’ya Tek Kurşun</t>
+          <t>Karaoğlan Bizanslı Güzel Vasilisya Sayı: 17</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9771303449917</t>
+          <t>9771303608419</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Yeni Zagor Sayı: 17 Paralı Askerler</t>
+          <t>Karaoğlan Sayı: 19 Asya’ yı Titreten Korku</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>3990000000592</t>
+          <t>9771303608425</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Yeni Zagor Sayı: 16 Günbatımında Düello</t>
+          <t>Karaoğlan Sayı: 25 Bizanslı Zorba</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>3990000000555</t>
+          <t>3990000000877</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Los Angeles’da Hesaplaşma - Zagor Özel Seri Sayı 14</t>
+          <t>Karaoğlan Sayı: 14 Baybora’nın Oğlu II</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>7.92</v>
+        <v>160</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>3990000000551</t>
+          <t>3990000000878</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>Haydutlar - Zagor Özel Seri Sayı 13</t>
+          <t>Karaoğlan Sayı: 13 Yeşil Ejder</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>7.92</v>
+        <v>160</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>3990000002839</t>
+          <t>3990000000874</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Cüzzamlılar Adası - Zagor Özel Seri Sayı 12</t>
+          <t>Karaoğlan Sayı: 12 Fedailer Alayı 2</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>7.92</v>
+        <v>160</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>3990000000578</t>
+          <t>3990000000856</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>Dragon’un Korsanları - Zagor Özel Seri Sayı 11</t>
+          <t>Karaoğlan Sayı: 18 Tek Gözlü Albız</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>7.92</v>
+        <v>160</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9789756535318</t>
+          <t>3990000000865</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>Zagor Klasik Maceralar Cilt 13</t>
+          <t>Karaoğlan Sarı Bayrak Sayı: 22</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>500</v>
+        <v>160</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>3990000000546</t>
+          <t>9771303608420</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>Alaska - Zagor Özel Seri Sayı 9</t>
+          <t>Karaoğlan Sayı: 20 Samara Şeyhin Kızı</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>7.92</v>
+        <v>160</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>3990000000543</t>
+          <t>3990000000852</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>İsyancılar - Zagor Özel Seri Sayı 8</t>
+          <t>Karaoğlan Ötügen’in Çağrısı 3 Sayı: 10</t>
         </is>
       </c>
       <c r="C625" s="1">
-        <v>7.92</v>
+        <v>160</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>3990000000553</t>
+          <t>9786055689049</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>Kutup Sfenksi - Zagor Özel Seri Sayı 7</t>
+          <t>Küçük Peri Mine - Çayırların Sırrı</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>7.92</v>
+        <v>90</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9771303449599</t>
+          <t>9786055689438</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Zagor Sayı: 130 - Nefes Nefese</t>
+          <t>Küçük Peri Kardeş</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>135</v>
+        <v>90</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>3990000000527</t>
+          <t>9786055689421</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Sular Altındaki Orman - Zagor Özel Seri Sayı 23</t>
+          <t>Korkma Küçük Peri</t>
         </is>
       </c>
       <c r="C628" s="1">
-        <v>7.92</v>
+        <v>90</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>3990000000549</t>
+          <t>9789756535011</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Kaşif - Zagor Özel Seri Sayı 5</t>
+          <t>Kızıl Dansöz</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>7.92</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>3990000000748</t>
+          <t>9789756535813</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>Atlantis (Özel Seri) Sayı: 22 Martin Mystere İmkansızlıklar Dedektifi Jaspar'ın Dönüşü</t>
+          <t>Kestaneli Pasta</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>135</v>
+        <v>150</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9771303450214</t>
+          <t>9771303542399</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>Atlantis Sayı: 14 İmkansızlıklar Dedektifi Tapınak Şövalyeleri</t>
+          <t>Mister No Sayı: 109 Akrebin Gölgesinde</t>
         </is>
       </c>
       <c r="C631" s="1">
-        <v>70</v>
+        <v>160</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>3990000000653</t>
+          <t>3990000000171</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>Atlantis (Özel Seri) Sayı: 1 Martin Mystere İmkansızlıklar Dedekitfi  Mutantlar</t>
+          <t>Nathan Never Kavruk Ülke Sayı: 4</t>
         </is>
       </c>
       <c r="C632" s="1">
         <v>7.92</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9771303450246</t>
+          <t>9771301028031</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Atlantis Martin Mystere Yeni Seri Sayı: 46 Son mu? İmkansızlıklar Dedektifi</t>
+          <t>Nathan Never Cilt: 3 Sıfır Tolerans / Kötü Anılar / On Birinci Emir</t>
         </is>
       </c>
       <c r="C633" s="1">
-        <v>135</v>
+        <v>23.76</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>3990000000719</t>
+          <t>4440000000857</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>Atlantis Martin Mystere Özel Seri Sayı: 5  Çılgınlıklar Makinesi İmkansızlıklar Dedektifi</t>
+          <t>Nathan Never Cilt: 2</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>7.92</v>
+        <v>23.76</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>3990000000738</t>
+          <t>4440000000858</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>Atlantis Martin Mystere Özel Seri Sayı: 40</t>
+          <t>Nathan Never Cilt: 1</t>
         </is>
       </c>
       <c r="C635" s="1">
-        <v>135</v>
+        <v>23.76</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9771303651350</t>
+          <t>3990000000177</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Rüzgar Magicovento Cilt: 5 Yalanlar Şeytanı / Hayaletlerin Dansı / Blizzard</t>
+          <t>Nathan Never 3 Yıldızların Ötesinde</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>23.76</v>
+        <v>5.94</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9789756535196</t>
+          <t>3990000004518</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>Conan Cilt: 6 Klasik Maceralar Altın Kafatasının Laneti ve Diğer Hikayeler</t>
+          <t>Nathan Never 2  Son Savaş</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>27.78</v>
+        <v>7.92</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9771303120177</t>
+          <t>3990000000182</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>Conan Cilt: 5 Evdeki Dolandırıcılar ve Diğer Hikayeler</t>
+          <t>Nathan Never 1 Uzay Piyadeleri</t>
         </is>
       </c>
       <c r="C638" s="1">
-        <v>54.46</v>
+        <v>7.92</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9771303120146</t>
+          <t>3990000011039</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>Conan Cilt: 3 Fil Kulesi ve Diğer Hikayeler</t>
+          <t>Nathan Never Sayı: 29 Avlar ve Avcılar</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>39.6</v>
+        <v>7.92</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>3990000010383</t>
+          <t>3990000000192</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>Conan Sayı 2: Buz Devinin Kızı ve Diğer Hikayeler</t>
+          <t>Nathan Never Sayı: 25 Ölü Topraklar</t>
         </is>
       </c>
       <c r="C640" s="1">
-        <v>100</v>
+        <v>7.92</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9771303120104</t>
+          <t>3990000000194</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>Conan Sayı: 4 Cennetin Kapıları</t>
+          <t>Nathan Never Sayı: 24 Bufalo Ekspres</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>100</v>
+        <v>7.92</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>5771303451428</t>
+          <t>9786055689414</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>Zagor Sayı 223 - Hükmedenler</t>
+          <t>Periler Okulu</t>
         </is>
       </c>
       <c r="C642" s="1">
-        <v>135</v>
+        <v>90</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9786054622382</t>
+          <t>9771303542115</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>Zagor Klasik Maceralar Cilt: 81</t>
+          <t>Yeni Mister No Sayı: 81 Sertao Asileri</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>29.63</v>
+        <v>160</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9786054622290</t>
+          <t>9771303542283</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>Zagor Klasik Maceralar Cilt: 80</t>
+          <t>Yeni Mister No Sayı: 98 Karanlığın İçindeki Gözler</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>29.63</v>
+        <v>160</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9786054622276</t>
+          <t>9771303449940</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>Zagor Klasik Maceralar Cilt: 79</t>
+          <t>Yeni Zagor Sayı: 40 İnfaz Mangası</t>
         </is>
       </c>
       <c r="C645" s="1">
-        <v>29.63</v>
+        <v>160</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9786054622252</t>
+          <t>9771303449939</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>Zagor Klasik Maceralar Cilt: 78</t>
+          <t>Yeni Zagor Sayı: 39 Veracruz</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>29.63</v>
+        <v>160</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>5781303451199</t>
+          <t>9771303449961</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Zagor Klasik Maceralar Cilt: 115</t>
+          <t>Yeni Zagor Sayı: 61 Yeşil Kefen</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>500</v>
+        <v>160</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9786054622221</t>
+          <t>9771303449967</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Zagor Klasik Maceralar Cilt: 77</t>
+          <t>Yeni Zagor Sayı: 67 Avcıların Kalesi</t>
         </is>
       </c>
       <c r="C648" s="1">
-        <v>32.41</v>
+        <v>160</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9786054622207</t>
+          <t>9771303449966</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>Zagor Klasik Maceralar Cilt: 76</t>
+          <t>Yeni Zagor Sayı: 66 Ölüm Makinası</t>
         </is>
       </c>
       <c r="C649" s="1">
-        <v>29.63</v>
+        <v>160</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9786059958547</t>
+          <t>3991303449964</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>Zagor Almanak 2012 / Hayalet Gemi</t>
+          <t>Yeni Zagor Sayı: 64 Şeytan Labirenti</t>
         </is>
       </c>
       <c r="C650" s="1">
-        <v>26</v>
+        <v>160</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9786059958530</t>
+          <t>9771303449322</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Sayı: 16 / Kağıttan Cezaevi</t>
+          <t>Yeni Zagor Sayı: 103 - Tekgöz ve Çetesi</t>
         </is>
       </c>
       <c r="C651" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9786055689940</t>
+          <t>9771303449308</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>Zagor Klasik Maceralar Cilt: 68</t>
+          <t>Yeni Zagor Sayı: 101 Arrow Kalesi Avcıları</t>
         </is>
       </c>
       <c r="C652" s="1">
-        <v>29.63</v>
+        <v>160</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9786055689865</t>
+          <t>9771303449923</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>Zagor Klasik Maceralar Cilt: 66 Mohawkların İsyanı - Kafaderisi Avcıları - Ateş Suyu - Savaş Yolu</t>
+          <t>Yeni Zagor Sayı: 23 Kan Kardeşler</t>
         </is>
       </c>
       <c r="C653" s="1">
-        <v>29.63</v>
+        <v>160</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9786055689841</t>
+          <t>9771303449922</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>Zagor Klasik Maceralar Cilt: 65</t>
+          <t>Yeni Zagor Sayı: 22 Kelso’ya Tek Kurşun</t>
         </is>
       </c>
       <c r="C654" s="1">
-        <v>29.63</v>
+        <v>160</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9789756535134</t>
+          <t>9771303449917</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>Zagor Klasik Maceralar Cilt: 2</t>
+          <t>Yeni Zagor Sayı: 17 Paralı Askerler</t>
         </is>
       </c>
       <c r="C655" s="1">
-        <v>500</v>
+        <v>160</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9789756535547</t>
+          <t>3990000000592</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>Zagor Klasik Maceralar Dizisi 18 Kızıl Okçu / Öldüren Ok / Wineland! / Hint Fakiri Ramath</t>
+          <t>Yeni Zagor Sayı: 16 Günbatımında Düello</t>
         </is>
       </c>
       <c r="C656" s="1">
-        <v>29.63</v>
+        <v>160</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9786054622160</t>
+          <t>3990000000555</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>Zagor Klasik Maceralar Dizisi Cilt: 74</t>
+          <t>Los Angeles’da Hesaplaşma - Zagor Özel Seri Sayı 14</t>
         </is>
       </c>
       <c r="C657" s="1">
-        <v>29.63</v>
+        <v>7.92</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9786054622146</t>
+          <t>3990000000551</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>Zagor Klasik Maceralar Dizisi Cilt: 73</t>
+          <t>Haydutlar - Zagor Özel Seri Sayı 13</t>
         </is>
       </c>
       <c r="C658" s="1">
-        <v>29.63</v>
+        <v>7.92</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9786054622115</t>
+          <t>3990000002839</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>Zagor Klasik Maceralar Dizisi Cilt: 72</t>
+          <t>Cüzzamlılar Adası - Zagor Özel Seri Sayı 12</t>
         </is>
       </c>
       <c r="C659" s="1">
-        <v>29.63</v>
+        <v>7.92</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9786054622085</t>
+          <t>3990000000578</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>Zagor Klasik Maceralar Dizisi Cilt: 71</t>
+          <t>Dragon’un Korsanları - Zagor Özel Seri Sayı 11</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>29.63</v>
+        <v>7.92</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9786054622078</t>
+          <t>9789756535318</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>Zagor Klasik Maceralar Dizisi Cilt: 70</t>
+          <t>Zagor Klasik Maceralar Cilt 13</t>
         </is>
       </c>
       <c r="C661" s="1">
-        <v>29.63</v>
+        <v>600</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9786055689957</t>
+          <t>3990000000546</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>Zagor Klasik Maceralar Dizisi Cilt: 69</t>
+          <t>Alaska - Zagor Özel Seri Sayı 9</t>
         </is>
       </c>
       <c r="C662" s="1">
-        <v>29.63</v>
+        <v>7.92</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9786055689896</t>
+          <t>3990000000543</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>Zagor Klasik Maceralar Dizisi Cilt: 67</t>
+          <t>İsyancılar - Zagor Özel Seri Sayı 8</t>
         </is>
       </c>
       <c r="C663" s="1">
-        <v>29.63</v>
+        <v>7.92</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9786055689810</t>
+          <t>3990000000553</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>Zagor Klasik Maceralar Dizisi Cilt: 64</t>
+          <t>Kutup Sfenksi - Zagor Özel Seri Sayı 7</t>
         </is>
       </c>
       <c r="C664" s="1">
-        <v>29.63</v>
+        <v>7.92</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9786055689254</t>
+          <t>9771303449599</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>Zagor Klasik Maceralar Dizisi Sayı: 42</t>
+          <t>Zagor Sayı: 130 - Nefes Nefese</t>
         </is>
       </c>
       <c r="C665" s="1">
-        <v>29.63</v>
+        <v>160</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>3990000000881</t>
+          <t>3990000000527</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>Karaoğlan Cilt: 5</t>
+          <t>Sular Altındaki Orman - Zagor Özel Seri Sayı 23</t>
         </is>
       </c>
       <c r="C666" s="1">
-        <v>23.76</v>
+        <v>7.92</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>3990000000880</t>
+          <t>3990000000549</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>Karaoğlan Cilt: 4</t>
+          <t>Kayıp Kaşif - Zagor Özel Seri Sayı 5</t>
         </is>
       </c>
       <c r="C667" s="1">
-        <v>23.76</v>
+        <v>7.92</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>3990000000732</t>
+          <t>3990000000748</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere İmkansızlar Dedektifi Sayı: 11 Java, Java’ya Karşı</t>
+          <t>Atlantis (Özel Seri) Sayı: 22 Martin Mystere İmkansızlıklar Dedektifi Jaspar'ın Dönüşü</t>
         </is>
       </c>
       <c r="C668" s="1">
-        <v>7.92</v>
+        <v>160</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>9786055689926</t>
+          <t>9771303450214</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere İmkansızlar Dedektifi Klasik  Maceralar Cilt: 27</t>
+          <t>Atlantis Sayı: 14 İmkansızlıklar Dedektifi Tapınak Şövalyeleri</t>
         </is>
       </c>
       <c r="C669" s="1">
-        <v>29.63</v>
+        <v>70</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9771303450231</t>
+          <t>3990000000653</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere İmkansızlar Dedektifi Cennet Bekleyemez Sayı: 31</t>
+          <t>Atlantis (Özel Seri) Sayı: 1 Martin Mystere İmkansızlıklar Dedekitfi  Mutantlar</t>
         </is>
       </c>
       <c r="C670" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>3990000000735</t>
+          <t>9771303450246</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere İmkansızlıklar Dedektifi Özel Sayı: 19 Son Silah</t>
+          <t>Atlantis Martin Mystere Yeni Seri Sayı: 46 Son mu? İmkansızlıklar Dedektifi</t>
         </is>
       </c>
       <c r="C671" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>3990000000730</t>
+          <t>3990000000719</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere İmkansızlıklar Dedektifi Ölüm Denizi Sayı: 7</t>
+          <t>Atlantis Martin Mystere Özel Seri Sayı: 5  Çılgınlıklar Makinesi İmkansızlıklar Dedektifi</t>
         </is>
       </c>
       <c r="C672" s="1">
-        <v>7.92</v>
+        <v>160</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>9786055689100</t>
+          <t>3990000000738</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere İmkansızlıklar Dedektifi Klasik Maceralar Dizisi Sayı: 11</t>
+          <t>Atlantis Martin Mystere Özel Seri Sayı: 40</t>
         </is>
       </c>
       <c r="C673" s="1">
-        <v>29.63</v>
+        <v>160</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>9771303440671</t>
+          <t>9771303651350</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere İmkansızlıklar Dedektifi Sayı: 136 Bowie Knife</t>
+          <t>Büyülü Rüzgar Magicovento Cilt: 5 Yalanlar Şeytanı / Hayaletlerin Dansı / Blizzard</t>
         </is>
       </c>
       <c r="C674" s="1">
-        <v>180</v>
+        <v>23.76</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9771303440657</t>
+          <t>9789756535196</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>Atlantis Martin Mystere İmkansızlıklar Dedektifi Sayı: 134</t>
+          <t>Conan Cilt: 6 Klasik Maceralar Altın Kafatasının Laneti ve Diğer Hikayeler</t>
         </is>
       </c>
       <c r="C675" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>9771303440640</t>
+          <t>9771303120177</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere İmkansızlıklar Dedektifi Sayı: 133 İris’in Yedi Efendisi</t>
+          <t>Conan Cilt: 5 Evdeki Dolandırıcılar ve Diğer Hikayeler</t>
         </is>
       </c>
       <c r="C676" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>9771303440633</t>
+          <t>9771303120146</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere İmkansızlıklar Dedektifi Sayı: 132 Jean D’arc’ın Sırrı</t>
+          <t>Conan Cilt: 3 Fil Kulesi ve Diğer Hikayeler</t>
         </is>
       </c>
       <c r="C677" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9786055689889</t>
+          <t>3990000010383</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere Klasik Maceralar Cilt: 26</t>
+          <t>Conan Sayı 2: Buz Devinin Kızı ve Diğer Hikayeler</t>
         </is>
       </c>
       <c r="C678" s="1">
-        <v>29.63</v>
+        <v>120</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>9786055689827</t>
+          <t>9771303120104</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere Klasik Maceralar Dizisi Sayı: 25</t>
+          <t>Conan Sayı: 4 Cennetin Kapıları</t>
         </is>
       </c>
       <c r="C679" s="1">
-        <v>32.41</v>
+        <v>120</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>3990000000720</t>
+          <t>5771303451428</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere İmkansızlıklar Dedektifi Yeraltında Panik Sayı: 6</t>
+          <t>Zagor Sayı 223 - Hükmedenler</t>
         </is>
       </c>
       <c r="C680" s="1">
-        <v>7.92</v>
+        <v>200</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9786055689544</t>
+          <t>9786054622382</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere Klasik Maceralar Dizisi Sayı: 20</t>
+          <t>Zagor Klasik Maceralar Cilt: 81</t>
         </is>
       </c>
       <c r="C681" s="1">
         <v>29.63</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>9786055689469</t>
+          <t>9786054622290</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere Klasik Maceralar Dizisi Sayı: 18</t>
+          <t>Zagor Klasik Maceralar Cilt: 80</t>
         </is>
       </c>
       <c r="C682" s="1">
         <v>29.63</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>9786055689377</t>
+          <t>9786054622276</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere Klasik Maceralar Dizisi Sayı: 17</t>
+          <t>Zagor Klasik Maceralar Cilt: 79</t>
         </is>
       </c>
       <c r="C683" s="1">
         <v>29.63</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>9786055689322</t>
+          <t>9786054622252</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere Klasik Maceralar Dizisi Sayı: 16</t>
+          <t>Zagor Klasik Maceralar Cilt: 78</t>
         </is>
       </c>
       <c r="C684" s="1">
         <v>29.63</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>9786055689278</t>
+          <t>5781303451199</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere Klasik Maceralar Dizisi Sayı: 15</t>
+          <t>Zagor Klasik Maceralar Cilt: 115</t>
         </is>
       </c>
       <c r="C685" s="1">
-        <v>135</v>
+        <v>600</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>9786055689162</t>
+          <t>9786054622221</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere Klasik Maceralar Dizisi Sayı: 12</t>
+          <t>Zagor Klasik Maceralar Cilt: 77</t>
         </is>
       </c>
       <c r="C686" s="1">
-        <v>29.63</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>3990000000736</t>
+          <t>9786054622207</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere Özel Seri Sayı: 39 İmkansızlar Dedektifi Doktor Mystere ve Dünyalar Savaşı</t>
+          <t>Zagor Klasik Maceralar Cilt: 76</t>
         </is>
       </c>
       <c r="C687" s="1">
-        <v>135</v>
+        <v>29.63</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>3990000000742</t>
+          <t>9786059958547</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere Özel Seri Sayı: 38 Doktor Mystere ve Vahşi Batı Akıncıları İmkansızlar Dedektifi</t>
+          <t>Zagor Almanak 2012 / Hayalet Gemi</t>
         </is>
       </c>
       <c r="C688" s="1">
-        <v>135</v>
+        <v>26</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>9786054622412</t>
+          <t>9786059958530</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>Mister No Klasik Maceralar Cilt: 37</t>
+          <t>Dylan Dog Sayı: 16 / Kağıttan Cezaevi</t>
         </is>
       </c>
       <c r="C689" s="1">
-        <v>29.63</v>
+        <v>160</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>9786054622399</t>
+          <t>9786055689940</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>Mister No Klasik Maceralar Cilt: 36</t>
+          <t>Zagor Klasik Maceralar Cilt: 68</t>
         </is>
       </c>
       <c r="C690" s="1">
         <v>29.63</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>9786054622214</t>
+          <t>9786055689865</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>Mister No Klasik Maceralar Cilt: 34</t>
+          <t>Zagor Klasik Maceralar Cilt: 66 Mohawkların İsyanı - Kafaderisi Avcıları - Ateş Suyu - Savaş Yolu</t>
         </is>
       </c>
       <c r="C691" s="1">
         <v>29.63</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>9786055689858</t>
+          <t>9786055689841</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>Mister No Klasik Maceralar Cilt: 28</t>
+          <t>Zagor Klasik Maceralar Cilt: 65</t>
         </is>
       </c>
       <c r="C692" s="1">
         <v>29.63</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t>9786055689759</t>
+          <t>9789756535134</t>
         </is>
       </c>
       <c r="B693" s="1" t="inlineStr">
         <is>
-          <t>Mister No Klasik  Maceralar Dizisi: 27</t>
+          <t>Zagor Klasik Maceralar Cilt: 2</t>
         </is>
       </c>
       <c r="C693" s="1">
-        <v>29.63</v>
+        <v>600</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="1" t="inlineStr">
         <is>
-          <t>9771303542817</t>
+          <t>9789756535547</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t>Mister No Derinlikler Sayı: 17</t>
+          <t>Zagor Klasik Maceralar Dizisi 18 Kızıl Okçu / Öldüren Ok / Wineland! / Hint Fakiri Ramath</t>
         </is>
       </c>
       <c r="C694" s="1">
-        <v>135</v>
+        <v>29.63</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t>9771303542801</t>
+          <t>9786054622160</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
-          <t>Mister No Cilt - 1</t>
+          <t>Zagor Klasik Maceralar Dizisi Cilt: 74</t>
         </is>
       </c>
       <c r="C695" s="1">
-        <v>600</v>
+        <v>29.63</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t>9789756535219</t>
+          <t>9786054622146</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t>Zagor Klasik Maceralar Cilt 7</t>
+          <t>Zagor Klasik Maceralar Dizisi Cilt: 73</t>
         </is>
       </c>
       <c r="C696" s="1">
-        <v>500</v>
+        <v>29.63</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t>9786054622245</t>
+          <t>9786054622115</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t>Mister No Klasik Maceralar Dizisi Cilt: 35</t>
+          <t>Zagor Klasik Maceralar Dizisi Cilt: 72</t>
         </is>
       </c>
       <c r="C697" s="1">
         <v>29.63</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t>9786054622184</t>
+          <t>9786054622085</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t>Mister No Klasik Maceralar Dizisi Cilt: 33</t>
+          <t>Zagor Klasik Maceralar Dizisi Cilt: 71</t>
         </is>
       </c>
       <c r="C698" s="1">
         <v>29.63</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t>9786055689773</t>
+          <t>9786054622078</t>
         </is>
       </c>
       <c r="B699" s="1" t="inlineStr">
         <is>
-          <t>Zagor Klasik Maceralar Dizisi Sayı: 63</t>
+          <t>Zagor Klasik Maceralar Dizisi Cilt: 70</t>
         </is>
       </c>
       <c r="C699" s="1">
         <v>29.63</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="1" t="inlineStr">
         <is>
-          <t>9786055689711</t>
+          <t>9786055689957</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t>Zagor Klasik Maceralar Dizisi Sayı: 61</t>
+          <t>Zagor Klasik Maceralar Dizisi Cilt: 69</t>
         </is>
       </c>
       <c r="C700" s="1">
         <v>29.63</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t>9786055689681</t>
+          <t>9786055689896</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
-          <t>Zagor Klasik Maceralar Dizisi Sayı: 60</t>
+          <t>Zagor Klasik Maceralar Dizisi Cilt: 67</t>
         </is>
       </c>
       <c r="C701" s="1">
         <v>29.63</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t>9789756535202</t>
+          <t>9786055689810</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t>Zagor Klasik Maceralar Dizisi Sayı: 6</t>
+          <t>Zagor Klasik Maceralar Dizisi Cilt: 64</t>
         </is>
       </c>
       <c r="C702" s="1">
-        <v>500</v>
+        <v>29.63</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="1" t="inlineStr">
         <is>
-          <t>9786054622139</t>
+          <t>9786055689254</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
-          <t>Mister No Klasik Maceralar Dizisi Cilt: 32</t>
+          <t>Zagor Klasik Maceralar Dizisi Sayı: 42</t>
         </is>
       </c>
       <c r="C703" s="1">
         <v>29.63</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="1" t="inlineStr">
         <is>
-          <t>9771303542824</t>
+          <t>3990000000881</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
-          <t>Mister No Matador Sayı: 24</t>
+          <t>Karaoğlan Cilt: 5</t>
         </is>
       </c>
       <c r="C704" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t>9771303542443</t>
+          <t>3990000000880</t>
         </is>
       </c>
       <c r="B705" s="1" t="inlineStr">
         <is>
-          <t>Mister No Lanetli Nehir Sayı: 114</t>
+          <t>Karaoğlan Cilt: 4</t>
         </is>
       </c>
       <c r="C705" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t>9789756535950</t>
+          <t>3990000000732</t>
         </is>
       </c>
       <c r="B706" s="1" t="inlineStr">
         <is>
-          <t>Mister No Klasik Maceralar Dizisi:10</t>
+          <t>Martin Mystere İmkansızlar Dedektifi Sayı: 11 Java, Java’ya Karşı</t>
         </is>
       </c>
       <c r="C706" s="1">
-        <v>29.63</v>
+        <v>160</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t>9786055689704</t>
+          <t>9786055689926</t>
         </is>
       </c>
       <c r="B707" s="1" t="inlineStr">
         <is>
-          <t>Mister No Klasik Maceralar Dizisi Sayı: 26</t>
+          <t>Martin Mystere İmkansızlar Dedektifi Klasik  Maceralar Cilt: 27</t>
         </is>
       </c>
       <c r="C707" s="1">
-        <v>29.63</v>
+        <v>160</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="1" t="inlineStr">
         <is>
-          <t>4771303545111</t>
+          <t>9771303450231</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t>Zagor Darkwood Novels Sayı 1</t>
+          <t>Martin Mystere İmkansızlar Dedektifi Cennet Bekleyemez Sayı: 31</t>
         </is>
       </c>
       <c r="C708" s="1">
-        <v>90</v>
+        <v>160</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t>5781303451168</t>
+          <t>3990000000735</t>
         </is>
       </c>
       <c r="B709" s="1" t="inlineStr">
         <is>
-          <t>Zagor Klasik Maceralar Cilt 112</t>
+          <t>Martin Mystere İmkansızlıklar Dedektifi Özel Sayı: 19 Son Silah</t>
         </is>
       </c>
       <c r="C709" s="1">
-        <v>500</v>
+        <v>160</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t>9786052218402</t>
+          <t>3990000000730</t>
         </is>
       </c>
       <c r="B710" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Sayı 60 - Katil Doğanlar</t>
+          <t>Martin Mystere İmkansızlıklar Dedektifi Ölüm Denizi Sayı: 7</t>
         </is>
       </c>
       <c r="C710" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t>3990000000544</t>
+          <t>9786055689100</t>
         </is>
       </c>
       <c r="B711" s="1" t="inlineStr">
         <is>
-          <t>Gökgürültüsü Savaşçıları - Zagor Özel Seri Sayı 10</t>
+          <t>Martin Mystere İmkansızlıklar Dedektifi Klasik Maceralar Dizisi Sayı: 11</t>
         </is>
       </c>
       <c r="C711" s="1">
-        <v>7.92</v>
+        <v>160</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="1" t="inlineStr">
         <is>
-          <t>9771303449803</t>
+          <t>9771303440671</t>
         </is>
       </c>
       <c r="B712" s="1" t="inlineStr">
         <is>
-          <t>Zagor Özel Seri Cilt: 5 İtiraf / Fidye / Cheyenne Kanı</t>
+          <t>Martin Mystere İmkansızlıklar Dedektifi Sayı: 136 Bowie Knife</t>
         </is>
       </c>
       <c r="C712" s="1">
-        <v>23.76</v>
+        <v>215</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" s="1" t="inlineStr">
         <is>
-          <t>9771303449995</t>
+          <t>9771303440657</t>
         </is>
       </c>
       <c r="B713" s="1" t="inlineStr">
         <is>
-          <t>Zagor Özel Seri Cilt: 4</t>
+          <t>Atlantis Martin Mystere İmkansızlıklar Dedektifi Sayı: 134</t>
         </is>
       </c>
       <c r="C713" s="1">
-        <v>23.76</v>
+        <v>215</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" s="1" t="inlineStr">
         <is>
-          <t>3990000000645</t>
+          <t>9771303440640</t>
         </is>
       </c>
       <c r="B714" s="1" t="inlineStr">
         <is>
-          <t>Zagor Özel Seri Cilt: 3,5</t>
+          <t>Martin Mystere İmkansızlıklar Dedektifi Sayı: 133 İris’in Yedi Efendisi</t>
         </is>
       </c>
       <c r="C714" s="1">
-        <v>15.84</v>
+        <v>450</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" s="1" t="inlineStr">
         <is>
-          <t>3990000000579</t>
+          <t>9771303440633</t>
         </is>
       </c>
       <c r="B715" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Puma - Zagor Özel Seri Sayı 30</t>
+          <t>Martin Mystere İmkansızlıklar Dedektifi Sayı: 132 Jean D’arc’ın Sırrı</t>
         </is>
       </c>
       <c r="C715" s="1">
-        <v>7.92</v>
+        <v>215</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" s="1" t="inlineStr">
         <is>
-          <t>3990000011070</t>
+          <t>9786055689889</t>
         </is>
       </c>
       <c r="B716" s="1" t="inlineStr">
         <is>
-          <t>Görünmeyen İstilacılar - Zagor Özel Seri Sayı 3</t>
+          <t>Martin Mystere Klasik Maceralar Cilt: 26</t>
         </is>
       </c>
       <c r="C716" s="1">
-        <v>6.93</v>
+        <v>160</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" s="1" t="inlineStr">
         <is>
-          <t>3990000000552</t>
+          <t>9786055689827</t>
         </is>
       </c>
       <c r="B717" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Şaman - Zagor Özel Seri Sayı 29</t>
+          <t>Martin Mystere Klasik Maceralar Dizisi Sayı: 25</t>
         </is>
       </c>
       <c r="C717" s="1">
-        <v>7.92</v>
+        <v>160</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" s="1" t="inlineStr">
         <is>
-          <t>3990000000526</t>
+          <t>3990000000720</t>
         </is>
       </c>
       <c r="B718" s="1" t="inlineStr">
         <is>
-          <t>Kanlı Dişler - Zagor Özel Seri Sayı 28</t>
+          <t>Martin Mystere İmkansızlıklar Dedektifi Yeraltında Panik Sayı: 6</t>
         </is>
       </c>
       <c r="C718" s="1">
-        <v>7.92</v>
+        <v>160</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" s="1" t="inlineStr">
         <is>
-          <t>3990000010666</t>
+          <t>9786055689544</t>
         </is>
       </c>
       <c r="B719" s="1" t="inlineStr">
         <is>
-          <t>Şeytan Adası - Zagor Özel Seri Sayı 27</t>
+          <t>Martin Mystere Klasik Maceralar Dizisi Sayı: 20</t>
         </is>
       </c>
       <c r="C719" s="1">
-        <v>7.92</v>
+        <v>160</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" s="1" t="inlineStr">
         <is>
-          <t>3990000000557</t>
+          <t>9786055689469</t>
         </is>
       </c>
       <c r="B720" s="1" t="inlineStr">
         <is>
-          <t>Nehirde Yarış - Zagor Özel Seri Sayı 26</t>
+          <t>Martin Mystere Klasik Maceralar Dizisi Sayı: 18</t>
         </is>
       </c>
       <c r="C720" s="1">
-        <v>5.94</v>
+        <v>160</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" s="1" t="inlineStr">
         <is>
-          <t>3990000011041</t>
+          <t>9786055689377</t>
         </is>
       </c>
       <c r="B721" s="1" t="inlineStr">
         <is>
-          <t>Diablar’ın Kötülükleri - Zagor Özel Seri Sayı 24</t>
+          <t>Martin Mystere Klasik Maceralar Dizisi Sayı: 17</t>
         </is>
       </c>
       <c r="C721" s="1">
-        <v>7.92</v>
+        <v>160</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" s="1" t="inlineStr">
         <is>
-          <t>9789756535271</t>
+          <t>9786055689322</t>
         </is>
       </c>
       <c r="B722" s="1" t="inlineStr">
         <is>
-          <t>Zagor Klasik Maceralar Dizisi 11</t>
+          <t>Martin Mystere Klasik Maceralar Dizisi Sayı: 16</t>
         </is>
       </c>
       <c r="C722" s="1">
-        <v>500</v>
+        <v>160</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" s="1" t="inlineStr">
         <is>
-          <t>6771303542873</t>
+          <t>9786055689278</t>
         </is>
       </c>
       <c r="B723" s="1" t="inlineStr">
         <is>
-          <t>Mister No Sayı: 7 Yeni Maceralar - Manaus’da Entrika</t>
+          <t>Martin Mystere Klasik Maceralar Dizisi Sayı: 15</t>
         </is>
       </c>
       <c r="C723" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" s="1" t="inlineStr">
         <is>
-          <t>9771300470312</t>
+          <t>9786055689162</t>
         </is>
       </c>
       <c r="B724" s="1" t="inlineStr">
         <is>
-          <t>Ken Parker Altin Seri Sayı: 50 Asker Hikayeleri</t>
+          <t>Martin Mystere Klasik Maceralar Dizisi Sayı: 12</t>
         </is>
       </c>
       <c r="C724" s="1">
-        <v>9.26</v>
+        <v>160</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" s="1" t="inlineStr">
         <is>
-          <t>6771303542811</t>
+          <t>3990000000736</t>
         </is>
       </c>
       <c r="B725" s="1" t="inlineStr">
         <is>
-          <t>Mister No Yeni Maceralar Sayı: 1</t>
+          <t>Martin Mystere Özel Seri Sayı: 39 İmkansızlar Dedektifi Doktor Mystere ve Dünyalar Savaşı</t>
         </is>
       </c>
       <c r="C725" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" s="1" t="inlineStr">
         <is>
-          <t>5781303451212</t>
+          <t>3990000000742</t>
         </is>
       </c>
       <c r="B726" s="1" t="inlineStr">
         <is>
-          <t>Zagor Klasik Maceralar Cilt: 117</t>
+          <t>Martin Mystere Özel Seri Sayı: 38 Doktor Mystere ve Vahşi Batı Akıncıları İmkansızlar Dedektifi</t>
         </is>
       </c>
       <c r="C726" s="1">
-        <v>500</v>
+        <v>160</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" s="1" t="inlineStr">
         <is>
-          <t>5781303451205</t>
+          <t>9786054622412</t>
         </is>
       </c>
       <c r="B727" s="1" t="inlineStr">
         <is>
-          <t>Zagor Klasik Maceralar Cilt: 116</t>
+          <t>Mister No Klasik Maceralar Cilt: 37</t>
         </is>
       </c>
       <c r="C727" s="1">
-        <v>500</v>
+        <v>160</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" s="1" t="inlineStr">
         <is>
-          <t>5781303451151</t>
+          <t>9786054622399</t>
         </is>
       </c>
       <c r="B728" s="1" t="inlineStr">
         <is>
-          <t>Zagor Klasik Maceralar Dizisi 111</t>
+          <t>Mister No Klasik Maceralar Cilt: 36</t>
         </is>
       </c>
       <c r="C728" s="1">
-        <v>500</v>
+        <v>160</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" s="1" t="inlineStr">
         <is>
-          <t>5781303451229</t>
+          <t>9786054622214</t>
         </is>
       </c>
       <c r="B729" s="1" t="inlineStr">
         <is>
-          <t>Zagor Klasik Maceralar Cilt 118</t>
+          <t>Mister No Klasik Maceralar Cilt: 34</t>
         </is>
       </c>
       <c r="C729" s="1">
-        <v>500</v>
+        <v>160</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" s="1" t="inlineStr">
         <is>
-          <t>9786055689797</t>
+          <t>9786055689858</t>
         </is>
       </c>
       <c r="B730" s="1" t="inlineStr">
         <is>
-          <t>Creepy Cilt 2: Korku (Ciltli)</t>
+          <t>Mister No Klasik Maceralar Cilt: 28</t>
         </is>
       </c>
       <c r="C730" s="1">
-        <v>600</v>
+        <v>160</v>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" s="1" t="inlineStr">
         <is>
-          <t>5781303451144</t>
+          <t>9786055689759</t>
         </is>
       </c>
       <c r="B731" s="1" t="inlineStr">
         <is>
-          <t>Zagor Klasik Maceralar Dizisi Cilt 110</t>
+          <t>Mister No Klasik  Maceralar Dizisi: 27</t>
         </is>
       </c>
       <c r="C731" s="1">
-        <v>500</v>
+        <v>160</v>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" s="1" t="inlineStr">
         <is>
-          <t>9786055689698</t>
+          <t>9771303542817</t>
         </is>
       </c>
       <c r="B732" s="1" t="inlineStr">
         <is>
-          <t>Eerie Cilt: 1 Korku (Ciltli)</t>
+          <t>Mister No Derinlikler Sayı: 17</t>
         </is>
       </c>
       <c r="C732" s="1">
-        <v>600</v>
+        <v>160</v>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" s="1" t="inlineStr">
         <is>
-          <t>5781303451175</t>
+          <t>9771303542801</t>
         </is>
       </c>
       <c r="B733" s="1" t="inlineStr">
         <is>
-          <t>Zagor Klasik Maceralar Cilt: 113</t>
+          <t>Mister No Cilt - 1</t>
         </is>
       </c>
       <c r="C733" s="1">
-        <v>500</v>
+        <v>750</v>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" s="1" t="inlineStr">
         <is>
-          <t>6771303542828</t>
+          <t>9789756535219</t>
         </is>
       </c>
       <c r="B734" s="1" t="inlineStr">
         <is>
-          <t>Mister No Yeni Maceralar Sayı: 2</t>
+          <t>Zagor Klasik Maceralar Cilt 7</t>
         </is>
       </c>
       <c r="C734" s="1">
-        <v>135</v>
+        <v>600</v>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" s="1" t="inlineStr">
         <is>
-          <t>5781303451137</t>
+          <t>9786054622245</t>
         </is>
       </c>
       <c r="B735" s="1" t="inlineStr">
         <is>
-          <t>Zagor Klasik Maceralar Cilt 109</t>
+          <t>Mister No Klasik Maceralar Dizisi Cilt: 35</t>
         </is>
       </c>
       <c r="C735" s="1">
-        <v>500</v>
+        <v>160</v>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" s="1" t="inlineStr">
         <is>
-          <t>5771303450513</t>
+          <t>9786054622184</t>
         </is>
       </c>
       <c r="B736" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere Sayı 193 - Hamelin’den Gelen Çocuklar</t>
+          <t>Mister No Klasik Maceralar Dizisi Cilt: 33</t>
         </is>
       </c>
       <c r="C736" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" s="1" t="inlineStr">
         <is>
-          <t>9789756535240</t>
+          <t>9786055689773</t>
         </is>
       </c>
       <c r="B737" s="1" t="inlineStr">
         <is>
-          <t>Zagor Klasik Maceralar Cilt 8</t>
+          <t>Zagor Klasik Maceralar Dizisi Sayı: 63</t>
         </is>
       </c>
       <c r="C737" s="1">
-        <v>500</v>
+        <v>29.63</v>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" s="1" t="inlineStr">
         <is>
-          <t>9786055689612</t>
+          <t>9786055689711</t>
         </is>
       </c>
       <c r="B738" s="1" t="inlineStr">
         <is>
-          <t>Mister No Klasik Maceralar Dizisi Sayı: 24</t>
+          <t>Zagor Klasik Maceralar Dizisi Sayı: 61</t>
         </is>
       </c>
       <c r="C738" s="1">
         <v>29.63</v>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" s="1" t="inlineStr">
         <is>
-          <t>9789756535400</t>
+          <t>9786055689681</t>
         </is>
       </c>
       <c r="B739" s="1" t="inlineStr">
         <is>
-          <t>Zagor Klasik Maceralar Cilt 14</t>
+          <t>Zagor Klasik Maceralar Dizisi Sayı: 60</t>
         </is>
       </c>
       <c r="C739" s="1">
-        <v>500</v>
+        <v>29.63</v>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" s="1" t="inlineStr">
         <is>
-          <t>9786052218976</t>
+          <t>9789756535202</t>
         </is>
       </c>
       <c r="B740" s="1" t="inlineStr">
         <is>
-          <t>İyi Uykular, Tatlı Rüyalar</t>
+          <t>Zagor Klasik Maceralar Dizisi Sayı: 6</t>
         </is>
       </c>
       <c r="C740" s="1">
-        <v>750</v>
+        <v>600</v>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" s="1" t="inlineStr">
         <is>
-          <t>5771303451893</t>
+          <t>9786054622139</t>
         </is>
       </c>
       <c r="B741" s="1" t="inlineStr">
         <is>
-          <t>Zagor Sayı 269</t>
+          <t>Mister No Klasik Maceralar Dizisi Cilt: 32</t>
         </is>
       </c>
       <c r="C741" s="1">
-        <v>110</v>
+        <v>160</v>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" s="1" t="inlineStr">
         <is>
-          <t>9786256863569</t>
+          <t>9771303542824</t>
         </is>
       </c>
       <c r="B742" s="1" t="inlineStr">
         <is>
-          <t>Tex sayı 5</t>
+          <t>Mister No Matador Sayı: 24</t>
         </is>
       </c>
       <c r="C742" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" s="1" t="inlineStr">
         <is>
-          <t>9786256863552</t>
+          <t>9771303542443</t>
         </is>
       </c>
       <c r="B743" s="1" t="inlineStr">
         <is>
-          <t>Tex Willer sayı 22</t>
+          <t>Mister No Lanetli Nehir Sayı: 114</t>
         </is>
       </c>
       <c r="C743" s="1">
-        <v>75</v>
+        <v>160</v>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" s="1" t="inlineStr">
         <is>
-          <t>5781303451434</t>
+          <t>9789756535950</t>
         </is>
       </c>
       <c r="B744" s="1" t="inlineStr">
         <is>
-          <t>Zagor Klasik Maceralar Cilt 139</t>
+          <t>Mister No Klasik Maceralar Dizisi:10</t>
         </is>
       </c>
       <c r="C744" s="1">
-        <v>400</v>
+        <v>160</v>
       </c>
     </row>
     <row r="745" spans="1:3">
       <c r="A745" s="1" t="inlineStr">
         <is>
-          <t>9786256863545</t>
+          <t>9786055689704</t>
         </is>
       </c>
       <c r="B745" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Sayı 113</t>
+          <t>Mister No Klasik Maceralar Dizisi Sayı: 26</t>
         </is>
       </c>
       <c r="C745" s="1">
-        <v>110</v>
+        <v>160</v>
       </c>
     </row>
     <row r="746" spans="1:3">
       <c r="A746" s="1" t="inlineStr">
         <is>
-          <t>5771303450957</t>
+          <t>4771303545111</t>
         </is>
       </c>
       <c r="B746" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere Sayı: 237</t>
+          <t>Zagor Darkwood Novels Sayı 1</t>
         </is>
       </c>
       <c r="C746" s="1">
-        <v>110</v>
+        <v>130</v>
       </c>
     </row>
     <row r="747" spans="1:3">
       <c r="A747" s="1" t="inlineStr">
         <is>
-          <t>9786256863521</t>
+          <t>5781303451168</t>
         </is>
       </c>
       <c r="B747" s="1" t="inlineStr">
         <is>
-          <t>Tex Willer sayı 21</t>
+          <t>Zagor Klasik Maceralar Cilt 112</t>
         </is>
       </c>
       <c r="C747" s="1">
-        <v>75</v>
+        <v>600</v>
       </c>
     </row>
     <row r="748" spans="1:3">
       <c r="A748" s="1" t="inlineStr">
         <is>
-          <t>9786256863538</t>
+          <t>9786052218402</t>
         </is>
       </c>
       <c r="B748" s="1" t="inlineStr">
         <is>
-          <t>Tex sayı 4</t>
+          <t>Dylan Dog Sayı 60 - Katil Doğanlar</t>
         </is>
       </c>
       <c r="C748" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="749" spans="1:3">
       <c r="A749" s="1" t="inlineStr">
         <is>
-          <t>5771303451886</t>
+          <t>3990000000544</t>
         </is>
       </c>
       <c r="B749" s="1" t="inlineStr">
         <is>
-          <t>Zagor Sayı 268</t>
+          <t>Gökgürültüsü Savaşçıları - Zagor Özel Seri Sayı 10</t>
         </is>
       </c>
       <c r="C749" s="1">
-        <v>110</v>
+        <v>7.92</v>
       </c>
     </row>
     <row r="750" spans="1:3">
       <c r="A750" s="1" t="inlineStr">
         <is>
-          <t>9786256863514</t>
+          <t>9771303449803</t>
         </is>
       </c>
       <c r="B750" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Sayı 112</t>
+          <t>Zagor Özel Seri Cilt: 5 İtiraf / Fidye / Cheyenne Kanı</t>
         </is>
       </c>
       <c r="C750" s="1">
-        <v>110</v>
+        <v>23.76</v>
       </c>
     </row>
     <row r="751" spans="1:3">
       <c r="A751" s="1" t="inlineStr">
         <is>
-          <t>9786256863491</t>
+          <t>9771303449995</t>
         </is>
       </c>
       <c r="B751" s="1" t="inlineStr">
         <is>
-          <t>Tex Sayı 3 - Zor Ölenler</t>
+          <t>Zagor Özel Seri Cilt: 4</t>
         </is>
       </c>
       <c r="C751" s="1">
-        <v>120</v>
+        <v>23.76</v>
       </c>
     </row>
     <row r="752" spans="1:3">
       <c r="A752" s="1" t="inlineStr">
         <is>
-          <t>9786256863477</t>
+          <t>3990000000645</t>
         </is>
       </c>
       <c r="B752" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Sayı 111 - Canavar</t>
+          <t>Zagor Özel Seri Cilt: 3,5</t>
         </is>
       </c>
       <c r="C752" s="1">
-        <v>110</v>
+        <v>15.84</v>
       </c>
     </row>
     <row r="753" spans="1:3">
       <c r="A753" s="1" t="inlineStr">
         <is>
-          <t>5781303451427</t>
+          <t>3990000000579</t>
         </is>
       </c>
       <c r="B753" s="1" t="inlineStr">
         <is>
-          <t>Zagor Klasik Maceralar 138</t>
+          <t>Kutsal Puma - Zagor Özel Seri Sayı 30</t>
         </is>
       </c>
       <c r="C753" s="1">
-        <v>400</v>
+        <v>7.92</v>
       </c>
     </row>
     <row r="754" spans="1:3">
       <c r="A754" s="1" t="inlineStr">
         <is>
-          <t>5771303450940</t>
+          <t>3990000011070</t>
         </is>
       </c>
       <c r="B754" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere Sayı 236 - Babadan Oğula</t>
+          <t>Görünmeyen İstilacılar - Zagor Özel Seri Sayı 3</t>
         </is>
       </c>
       <c r="C754" s="1">
-        <v>110</v>
+        <v>6.93</v>
       </c>
     </row>
     <row r="755" spans="1:3">
       <c r="A755" s="1" t="inlineStr">
         <is>
-          <t>9786256863484</t>
+          <t>3990000000552</t>
         </is>
       </c>
       <c r="B755" s="1" t="inlineStr">
         <is>
-          <t>Tex Willer Sayı 20 - Atascosa Dağları</t>
+          <t>Beyaz Şaman - Zagor Özel Seri Sayı 29</t>
         </is>
       </c>
       <c r="C755" s="1">
-        <v>75</v>
+        <v>7.92</v>
       </c>
     </row>
     <row r="756" spans="1:3">
       <c r="A756" s="1" t="inlineStr">
         <is>
-          <t>5771303451879</t>
+          <t>3990000000526</t>
         </is>
       </c>
       <c r="B756" s="1" t="inlineStr">
         <is>
-          <t>Zagor Sayı 267 - Yüz yüze</t>
+          <t>Kanlı Dişler - Zagor Özel Seri Sayı 28</t>
         </is>
       </c>
       <c r="C756" s="1">
-        <v>135</v>
+        <v>7.92</v>
       </c>
     </row>
     <row r="757" spans="1:3">
       <c r="A757" s="1" t="inlineStr">
         <is>
-          <t>9786256863507</t>
+          <t>3990000010666</t>
         </is>
       </c>
       <c r="B757" s="1" t="inlineStr">
         <is>
-          <t>Zagor +9</t>
+          <t>Şeytan Adası - Zagor Özel Seri Sayı 27</t>
         </is>
       </c>
       <c r="C757" s="1">
-        <v>260</v>
+        <v>7.92</v>
       </c>
     </row>
     <row r="758" spans="1:3">
       <c r="A758" s="1" t="inlineStr">
         <is>
-          <t>5771303451862</t>
+          <t>3990000000557</t>
         </is>
       </c>
       <c r="B758" s="1" t="inlineStr">
         <is>
-          <t>Zagor Sayı 266</t>
+          <t>Nehirde Yarış - Zagor Özel Seri Sayı 26</t>
         </is>
       </c>
       <c r="C758" s="1">
-        <v>135</v>
+        <v>5.94</v>
       </c>
     </row>
     <row r="759" spans="1:3">
       <c r="A759" s="1" t="inlineStr">
         <is>
-          <t>9786256863453</t>
+          <t>3990000011041</t>
         </is>
       </c>
       <c r="B759" s="1" t="inlineStr">
         <is>
-          <t>Tex Sayı 2</t>
+          <t>Diablar’ın Kötülükleri - Zagor Özel Seri Sayı 24</t>
         </is>
       </c>
       <c r="C759" s="1">
-        <v>150</v>
+        <v>7.92</v>
       </c>
     </row>
     <row r="760" spans="1:3">
       <c r="A760" s="1" t="inlineStr">
         <is>
-          <t>5771303450933</t>
+          <t>9789756535271</t>
         </is>
       </c>
       <c r="B760" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere Sayı 235</t>
+          <t>Zagor Klasik Maceralar Dizisi 11</t>
         </is>
       </c>
       <c r="C760" s="1">
-        <v>135</v>
+        <v>600</v>
       </c>
     </row>
     <row r="761" spans="1:3">
       <c r="A761" s="1" t="inlineStr">
         <is>
-          <t>9786256863460</t>
+          <t>6771303542873</t>
         </is>
       </c>
       <c r="B761" s="1" t="inlineStr">
         <is>
-          <t>Tex Willer Özel Albüm 2</t>
+          <t>Mister No Sayı: 7 Yeni Maceralar - Manaus’da Entrika</t>
         </is>
       </c>
       <c r="C761" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="762" spans="1:3">
       <c r="A762" s="1" t="inlineStr">
         <is>
-          <t>9786256863446</t>
+          <t>9771300470312</t>
         </is>
       </c>
       <c r="B762" s="1" t="inlineStr">
         <is>
-          <t>Tex Willer Sayı 19</t>
+          <t>Ken Parker Altin Seri Sayı: 50 Asker Hikayeleri</t>
         </is>
       </c>
       <c r="C762" s="1">
-        <v>90</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="763" spans="1:3">
       <c r="A763" s="1" t="inlineStr">
         <is>
-          <t>9786256863439</t>
+          <t>6771303542811</t>
         </is>
       </c>
       <c r="B763" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Sayı 110</t>
+          <t>Mister No Yeni Maceralar Sayı: 1</t>
         </is>
       </c>
       <c r="C763" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="764" spans="1:3">
       <c r="A764" s="1" t="inlineStr">
         <is>
-          <t>4444444443005</t>
+          <t>5781303451212</t>
         </is>
       </c>
       <c r="B764" s="1" t="inlineStr">
         <is>
-          <t>Zagor 5 - Gitar Jim’den Öyküler</t>
+          <t>Zagor Klasik Maceralar Cilt: 117</t>
         </is>
       </c>
       <c r="C764" s="1">
-        <v>180</v>
+        <v>600</v>
       </c>
     </row>
     <row r="765" spans="1:3">
       <c r="A765" s="1" t="inlineStr">
         <is>
-          <t>5771303450926</t>
+          <t>5781303451205</t>
         </is>
       </c>
       <c r="B765" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere Sayı 234</t>
+          <t>Zagor Klasik Maceralar Cilt: 116</t>
         </is>
       </c>
       <c r="C765" s="1">
-        <v>135</v>
+        <v>600</v>
       </c>
     </row>
     <row r="766" spans="1:3">
       <c r="A766" s="1" t="inlineStr">
         <is>
-          <t>9786256863392</t>
+          <t>5781303451151</t>
         </is>
       </c>
       <c r="B766" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Sayı 109</t>
+          <t>Zagor Klasik Maceralar Dizisi 111</t>
         </is>
       </c>
       <c r="C766" s="1">
-        <v>135</v>
+        <v>600</v>
       </c>
     </row>
     <row r="767" spans="1:3">
       <c r="A767" s="1" t="inlineStr">
         <is>
-          <t>9786256863415</t>
+          <t>5781303451229</t>
         </is>
       </c>
       <c r="B767" s="1" t="inlineStr">
         <is>
-          <t>Tex Sayı 1</t>
+          <t>Zagor Klasik Maceralar Cilt 118</t>
         </is>
       </c>
       <c r="C767" s="1">
-        <v>150</v>
+        <v>600</v>
       </c>
     </row>
     <row r="768" spans="1:3">
       <c r="A768" s="1" t="inlineStr">
         <is>
-          <t>9786256863422</t>
+          <t>9786055689797</t>
         </is>
       </c>
       <c r="B768" s="1" t="inlineStr">
         <is>
-          <t>Zagor Özel Albüm 1</t>
+          <t>Creepy Cilt 2: Korku (Ciltli)</t>
         </is>
       </c>
       <c r="C768" s="1">
-        <v>180</v>
+        <v>750</v>
       </c>
     </row>
     <row r="769" spans="1:3">
       <c r="A769" s="1" t="inlineStr">
         <is>
-          <t>9786256863408</t>
+          <t>5781303451144</t>
         </is>
       </c>
       <c r="B769" s="1" t="inlineStr">
         <is>
-          <t>Tex Willer sayı 18</t>
+          <t>Zagor Klasik Maceralar Dizisi Cilt 110</t>
         </is>
       </c>
       <c r="C769" s="1">
-        <v>90</v>
+        <v>600</v>
       </c>
     </row>
     <row r="770" spans="1:3">
       <c r="A770" s="1" t="inlineStr">
         <is>
-          <t>5771303451855</t>
+          <t>9786055689698</t>
         </is>
       </c>
       <c r="B770" s="1" t="inlineStr">
         <is>
-          <t>Zagor Sayı 265</t>
+          <t>Eerie Cilt: 1 Korku (Ciltli)</t>
         </is>
       </c>
       <c r="C770" s="1">
-        <v>135</v>
+        <v>750</v>
       </c>
     </row>
     <row r="771" spans="1:3">
       <c r="A771" s="1" t="inlineStr">
         <is>
-          <t>5781303451410</t>
+          <t>5781303451175</t>
         </is>
       </c>
       <c r="B771" s="1" t="inlineStr">
         <is>
-          <t>Zagor Klasik Maceralar Cilt 137</t>
+          <t>Zagor Klasik Maceralar Cilt: 113</t>
         </is>
       </c>
       <c r="C771" s="1">
-        <v>500</v>
+        <v>600</v>
       </c>
     </row>
     <row r="772" spans="1:3">
       <c r="A772" s="1" t="inlineStr">
         <is>
-          <t>3990000000740</t>
+          <t>6771303542828</t>
         </is>
       </c>
       <c r="B772" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere Özel Seri Sayı: 36 Peder Dodgson’un Saplantısı</t>
+          <t>Mister No Yeni Maceralar Sayı: 2</t>
         </is>
       </c>
       <c r="C772" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="773" spans="1:3">
       <c r="A773" s="1" t="inlineStr">
         <is>
-          <t>9771303449681</t>
+          <t>5781303451137</t>
         </is>
       </c>
       <c r="B773" s="1" t="inlineStr">
         <is>
-          <t>Zagor Sayı: 139 Göl Kaçakçıları</t>
+          <t>Zagor Klasik Maceralar Cilt 109</t>
         </is>
       </c>
       <c r="C773" s="1">
-        <v>135</v>
+        <v>600</v>
       </c>
     </row>
     <row r="774" spans="1:3">
       <c r="A774" s="1" t="inlineStr">
         <is>
-          <t>9771303449674</t>
+          <t>5771303450513</t>
         </is>
       </c>
       <c r="B774" s="1" t="inlineStr">
         <is>
-          <t>Zagor Sayı: 138 Dişi Vampir Ylenia</t>
+          <t>Martin Mystere Sayı 193 - Hamelin’den Gelen Çocuklar</t>
         </is>
       </c>
       <c r="C774" s="1">
-        <v>135</v>
+        <v>215</v>
       </c>
     </row>
     <row r="775" spans="1:3">
       <c r="A775" s="1" t="inlineStr">
         <is>
-          <t>9771303449797</t>
+          <t>9789756535240</t>
         </is>
       </c>
       <c r="B775" s="1" t="inlineStr">
         <is>
-          <t>Zagor Sayı: 150 Yılanın Isırığı</t>
+          <t>Zagor Klasik Maceralar Cilt 8</t>
         </is>
       </c>
       <c r="C775" s="1">
-        <v>135</v>
+        <v>600</v>
       </c>
     </row>
     <row r="776" spans="1:3">
       <c r="A776" s="1" t="inlineStr">
         <is>
-          <t>9786054622870</t>
+          <t>9786055689612</t>
         </is>
       </c>
       <c r="B776" s="1" t="inlineStr">
         <is>
-          <t>My Little Pony 1: Arkadaşlık Sihirlidir</t>
+          <t>Mister No Klasik Maceralar Dizisi Sayı: 24</t>
         </is>
       </c>
       <c r="C776" s="1">
-        <v>325</v>
+        <v>160</v>
       </c>
     </row>
     <row r="777" spans="1:3">
       <c r="A777" s="1" t="inlineStr">
         <is>
-          <t>9771303449711</t>
+          <t>9789756535400</t>
         </is>
       </c>
       <c r="B777" s="1" t="inlineStr">
         <is>
-          <t>Zagor Sayı: 142 Celladı Durdurun!</t>
+          <t>Zagor Klasik Maceralar Cilt 14</t>
         </is>
       </c>
       <c r="C777" s="1">
-        <v>135</v>
+        <v>600</v>
       </c>
     </row>
     <row r="778" spans="1:3">
       <c r="A778" s="1" t="inlineStr">
         <is>
-          <t>9771303449667</t>
+          <t>9786052218976</t>
         </is>
       </c>
       <c r="B778" s="1" t="inlineStr">
         <is>
-          <t>Zagor Sayı: 137 Gecenin Siyah Kanatları</t>
+          <t>İyi Uykular, Tatlı Rüyalar</t>
         </is>
       </c>
       <c r="C778" s="1">
-        <v>135</v>
+        <v>925</v>
       </c>
     </row>
     <row r="779" spans="1:3">
       <c r="A779" s="1" t="inlineStr">
         <is>
-          <t>9771303450311</t>
+          <t>5771303451893</t>
         </is>
       </c>
       <c r="B779" s="1" t="inlineStr">
         <is>
-          <t>Yeni Martin Mystere Sayı: 92 Buz Kalpli Prenses</t>
+          <t>Zagor Sayı 269</t>
         </is>
       </c>
       <c r="C779" s="1">
-        <v>135</v>
+        <v>200</v>
       </c>
     </row>
     <row r="780" spans="1:3">
       <c r="A780" s="1" t="inlineStr">
         <is>
-          <t>9771303449773</t>
+          <t>9786256863569</t>
         </is>
       </c>
       <c r="B780" s="1" t="inlineStr">
         <is>
-          <t>Zagor Sayı: 148 İnsanlar ve Kurtlar</t>
+          <t>Tex sayı 5</t>
         </is>
       </c>
       <c r="C780" s="1">
-        <v>135</v>
+        <v>185</v>
       </c>
     </row>
     <row r="781" spans="1:3">
       <c r="A781" s="1" t="inlineStr">
         <is>
-          <t>9771303449704</t>
+          <t>9786256863552</t>
         </is>
       </c>
       <c r="B781" s="1" t="inlineStr">
         <is>
-          <t>Zagor  Kovboylar Sayı: 141</t>
+          <t>Tex Willer sayı 22</t>
         </is>
       </c>
       <c r="C781" s="1">
-        <v>135</v>
+        <v>105</v>
       </c>
     </row>
     <row r="782" spans="1:3">
       <c r="A782" s="1" t="inlineStr">
         <is>
-          <t>9771303449728</t>
+          <t>5781303451434</t>
         </is>
       </c>
       <c r="B782" s="1" t="inlineStr">
         <is>
-          <t>Zagor Sayı: 143 Vahşi Topraklar</t>
+          <t>Zagor Klasik Maceralar Cilt 139</t>
         </is>
       </c>
       <c r="C782" s="1">
-        <v>135</v>
+        <v>600</v>
       </c>
     </row>
     <row r="783" spans="1:3">
       <c r="A783" s="1" t="inlineStr">
         <is>
-          <t>9771303449698</t>
+          <t>9786256863545</t>
         </is>
       </c>
       <c r="B783" s="1" t="inlineStr">
         <is>
-          <t>Zagor Sayı: 140 Asılacak Kadın</t>
+          <t>Dylan Dog Sayı 113</t>
         </is>
       </c>
       <c r="C783" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="784" spans="1:3">
       <c r="A784" s="1" t="inlineStr">
         <is>
-          <t>9771303449780</t>
+          <t>5771303450957</t>
         </is>
       </c>
       <c r="B784" s="1" t="inlineStr">
         <is>
-          <t>Zagor Sayı: 149 Zagor'u Ararken</t>
+          <t>Martin Mystere Sayı: 237</t>
         </is>
       </c>
       <c r="C784" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="785" spans="1:3">
       <c r="A785" s="1" t="inlineStr">
         <is>
-          <t>9771303449742</t>
+          <t>9786256863521</t>
         </is>
       </c>
       <c r="B785" s="1" t="inlineStr">
         <is>
-          <t>Zagor Sayı: 145 Ormandaki Gölgeler</t>
+          <t>Tex Willer sayı 21</t>
         </is>
       </c>
       <c r="C785" s="1">
-        <v>135</v>
+        <v>105</v>
       </c>
     </row>
     <row r="786" spans="1:3">
       <c r="A786" s="1" t="inlineStr">
         <is>
-          <t>9771303449896</t>
+          <t>9786256863538</t>
         </is>
       </c>
       <c r="B786" s="1" t="inlineStr">
         <is>
-          <t>Zagor Sayı: 151 - Ölüm Tehdidi</t>
+          <t>Tex sayı 4</t>
         </is>
       </c>
       <c r="C786" s="1">
-        <v>135</v>
+        <v>185</v>
       </c>
     </row>
     <row r="787" spans="1:3">
       <c r="A787" s="1" t="inlineStr">
         <is>
-          <t>5771303451848</t>
+          <t>5771303451886</t>
         </is>
       </c>
       <c r="B787" s="1" t="inlineStr">
         <is>
-          <t>Zagor Sayı 264</t>
+          <t>Zagor Sayı 268</t>
         </is>
       </c>
       <c r="C787" s="1">
-        <v>135</v>
+        <v>200</v>
       </c>
     </row>
     <row r="788" spans="1:3">
       <c r="A788" s="1" t="inlineStr">
         <is>
-          <t>9786256863378</t>
+          <t>9786256863514</t>
         </is>
       </c>
       <c r="B788" s="1" t="inlineStr">
         <is>
-          <t>Tex Willer Sayı 17</t>
+          <t>Dylan Dog Sayı 112</t>
         </is>
       </c>
       <c r="C788" s="1">
-        <v>90</v>
+        <v>160</v>
       </c>
     </row>
     <row r="789" spans="1:3">
       <c r="A789" s="1" t="inlineStr">
         <is>
-          <t>9786256863385</t>
+          <t>9786256863491</t>
         </is>
       </c>
       <c r="B789" s="1" t="inlineStr">
         <is>
-          <t>Zagor +8</t>
+          <t>Tex Sayı 3 - Zor Ölenler</t>
         </is>
       </c>
       <c r="C789" s="1">
-        <v>260</v>
+        <v>185</v>
       </c>
     </row>
     <row r="790" spans="1:3">
       <c r="A790" s="1" t="inlineStr">
         <is>
-          <t>9786256863361</t>
+          <t>9786256863477</t>
         </is>
       </c>
       <c r="B790" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Sayı 108</t>
+          <t>Dylan Dog Sayı 111 - Canavar</t>
         </is>
       </c>
       <c r="C790" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="791" spans="1:3">
       <c r="A791" s="1" t="inlineStr">
         <is>
-          <t>5771303451831</t>
+          <t>5781303451427</t>
         </is>
       </c>
       <c r="B791" s="1" t="inlineStr">
         <is>
-          <t>Zagor Sayı 263</t>
+          <t>Zagor Klasik Maceralar 138</t>
         </is>
       </c>
       <c r="C791" s="1">
-        <v>135</v>
+        <v>600</v>
       </c>
     </row>
     <row r="792" spans="1:3">
       <c r="A792" s="1" t="inlineStr">
         <is>
-          <t>5781303451403</t>
+          <t>5771303450940</t>
         </is>
       </c>
       <c r="B792" s="1" t="inlineStr">
         <is>
-          <t>Zagor Klasik Maceralar Cilt 136</t>
+          <t>Martin Mystere Sayı 236 - Babadan Oğula</t>
         </is>
       </c>
       <c r="C792" s="1">
-        <v>500</v>
+        <v>160</v>
       </c>
     </row>
     <row r="793" spans="1:3">
       <c r="A793" s="1" t="inlineStr">
         <is>
-          <t>5771303450902</t>
+          <t>9786256863484</t>
         </is>
       </c>
       <c r="B793" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere Sayı 232</t>
+          <t>Tex Willer Sayı 20 - Atascosa Dağları</t>
         </is>
       </c>
       <c r="C793" s="1">
-        <v>135</v>
+        <v>105</v>
       </c>
     </row>
     <row r="794" spans="1:3">
       <c r="A794" s="1" t="inlineStr">
         <is>
-          <t>9786256863347</t>
+          <t>5771303451879</t>
         </is>
       </c>
       <c r="B794" s="1" t="inlineStr">
         <is>
-          <t>Tex Willer Sayı 16</t>
+          <t>Zagor Sayı 267 - Yüz yüze</t>
         </is>
       </c>
       <c r="C794" s="1">
-        <v>90</v>
+        <v>200</v>
       </c>
     </row>
     <row r="795" spans="1:3">
       <c r="A795" s="1" t="inlineStr">
         <is>
-          <t>9786256863354</t>
+          <t>9786256863507</t>
         </is>
       </c>
       <c r="B795" s="1" t="inlineStr">
         <is>
-          <t>Tex Maxi Albüm 2</t>
+          <t>Zagor +9</t>
         </is>
       </c>
       <c r="C795" s="1">
-        <v>450</v>
+        <v>320</v>
       </c>
     </row>
     <row r="796" spans="1:3">
       <c r="A796" s="1" t="inlineStr">
         <is>
-          <t>9786256863330</t>
+          <t>5771303451862</t>
         </is>
       </c>
       <c r="B796" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Sayı 107</t>
+          <t>Zagor Sayı 266</t>
         </is>
       </c>
       <c r="C796" s="1">
-        <v>135</v>
+        <v>200</v>
       </c>
     </row>
     <row r="797" spans="1:3">
       <c r="A797" s="1" t="inlineStr">
         <is>
-          <t>5771303451824</t>
+          <t>9786256863453</t>
         </is>
       </c>
       <c r="B797" s="1" t="inlineStr">
         <is>
-          <t>Zagor Sayı 262</t>
+          <t>Tex Sayı 2</t>
         </is>
       </c>
       <c r="C797" s="1">
-        <v>135</v>
+        <v>185</v>
       </c>
     </row>
     <row r="798" spans="1:3">
       <c r="A798" s="1" t="inlineStr">
         <is>
-          <t>9786256863323</t>
+          <t>5771303450933</t>
         </is>
       </c>
       <c r="B798" s="1" t="inlineStr">
         <is>
-          <t>Tex Willer Extra 1</t>
+          <t>Martin Mystere Sayı 235</t>
         </is>
       </c>
       <c r="C798" s="1">
-        <v>325</v>
+        <v>160</v>
       </c>
     </row>
     <row r="799" spans="1:3">
       <c r="A799" s="1" t="inlineStr">
         <is>
-          <t>9786256863309</t>
+          <t>9786256863460</t>
         </is>
       </c>
       <c r="B799" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Sayı 106</t>
+          <t>Tex Willer Özel Albüm 2</t>
         </is>
       </c>
       <c r="C799" s="1">
-        <v>135</v>
+        <v>210</v>
       </c>
     </row>
     <row r="800" spans="1:3">
       <c r="A800" s="1" t="inlineStr">
         <is>
-          <t>9786256863316</t>
+          <t>9786256863446</t>
         </is>
       </c>
       <c r="B800" s="1" t="inlineStr">
         <is>
-          <t>Tex Willer sayı 15</t>
+          <t>Tex Willer Sayı 19</t>
         </is>
       </c>
       <c r="C800" s="1">
-        <v>90</v>
+        <v>105</v>
       </c>
     </row>
     <row r="801" spans="1:3">
       <c r="A801" s="1" t="inlineStr">
         <is>
-          <t>5771303450896</t>
+          <t>9786256863439</t>
         </is>
       </c>
       <c r="B801" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere sayı 231</t>
+          <t>Dylan Dog Sayı 110</t>
         </is>
       </c>
       <c r="C801" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="802" spans="1:3">
       <c r="A802" s="1" t="inlineStr">
         <is>
-          <t>6771303545171</t>
+          <t>4444444443005</t>
         </is>
       </c>
       <c r="B802" s="1" t="inlineStr">
         <is>
-          <t>Mister NO Klasik Maceralar Cilt 68</t>
+          <t>Zagor 5 - Gitar Jim’den Öyküler</t>
         </is>
       </c>
       <c r="C802" s="1">
-        <v>500</v>
+        <v>180</v>
       </c>
     </row>
     <row r="803" spans="1:3">
       <c r="A803" s="1" t="inlineStr">
         <is>
-          <t>5771303450889</t>
+          <t>5771303450926</t>
         </is>
       </c>
       <c r="B803" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere Sayı 230 - Ayna, Ayna, Söyle Bana</t>
+          <t>Martin Mystere Sayı 234</t>
         </is>
       </c>
       <c r="C803" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="804" spans="1:3">
       <c r="A804" s="1" t="inlineStr">
         <is>
-          <t>9786256863279</t>
+          <t>9786256863392</t>
         </is>
       </c>
       <c r="B804" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Sayı 105 - Milford Ailesi</t>
+          <t>Dylan Dog Sayı 109</t>
         </is>
       </c>
       <c r="C804" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="805" spans="1:3">
       <c r="A805" s="1" t="inlineStr">
         <is>
-          <t>5771303451817</t>
+          <t>9786256863415</t>
         </is>
       </c>
       <c r="B805" s="1" t="inlineStr">
         <is>
-          <t>Zagor Sayı 261 Müritler</t>
+          <t>Tex Sayı 1</t>
         </is>
       </c>
       <c r="C805" s="1">
-        <v>135</v>
+        <v>185</v>
       </c>
     </row>
     <row r="806" spans="1:3">
       <c r="A806" s="1" t="inlineStr">
         <is>
-          <t>9786256863255</t>
+          <t>9786256863422</t>
         </is>
       </c>
       <c r="B806" s="1" t="inlineStr">
         <is>
-          <t>Tex Willer Sayı 13 - Coffin’in Kaçakçıları</t>
+          <t>Zagor Özel Albüm 1</t>
         </is>
       </c>
       <c r="C806" s="1">
-        <v>90</v>
+        <v>260</v>
       </c>
     </row>
     <row r="807" spans="1:3">
       <c r="A807" s="1" t="inlineStr">
         <is>
-          <t>5771303451800</t>
+          <t>9786256863408</t>
         </is>
       </c>
       <c r="B807" s="1" t="inlineStr">
         <is>
-          <t>Zagor Sayı 260</t>
+          <t>Tex Willer sayı 18</t>
         </is>
       </c>
       <c r="C807" s="1">
-        <v>135</v>
+        <v>105</v>
       </c>
     </row>
     <row r="808" spans="1:3">
       <c r="A808" s="1" t="inlineStr">
         <is>
-          <t>9786256863248</t>
+          <t>5771303451855</t>
         </is>
       </c>
       <c r="B808" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Sayı 104</t>
+          <t>Zagor Sayı 265</t>
         </is>
       </c>
       <c r="C808" s="1">
-        <v>135</v>
+        <v>200</v>
       </c>
     </row>
     <row r="809" spans="1:3">
       <c r="A809" s="1" t="inlineStr">
         <is>
-          <t>6771303545164</t>
+          <t>5781303451410</t>
         </is>
       </c>
       <c r="B809" s="1" t="inlineStr">
         <is>
-          <t>Mister NO Klasik Maceralar Cilt 67</t>
+          <t>Zagor Klasik Maceralar Cilt 137</t>
         </is>
       </c>
       <c r="C809" s="1">
-        <v>500</v>
+        <v>600</v>
       </c>
     </row>
     <row r="810" spans="1:3">
       <c r="A810" s="1" t="inlineStr">
         <is>
-          <t>5771303450872</t>
+          <t>3990000000740</t>
         </is>
       </c>
       <c r="B810" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere sayı 229</t>
+          <t>Martin Mystere Özel Seri Sayı: 36 Peder Dodgson’un Saplantısı</t>
         </is>
       </c>
       <c r="C810" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="811" spans="1:3">
       <c r="A811" s="1" t="inlineStr">
         <is>
-          <t>9771303440305</t>
+          <t>9771303449681</t>
         </is>
       </c>
       <c r="B811" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere - İmkansızlıklar Dedektifi Sayı: 101 - Gökten Düşen Taş</t>
+          <t>Zagor Sayı: 139 Göl Kaçakçıları</t>
         </is>
       </c>
       <c r="C811" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="812" spans="1:3">
       <c r="A812" s="1" t="inlineStr">
         <is>
-          <t>9771303440398</t>
+          <t>9771303449674</t>
         </is>
       </c>
       <c r="B812" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere - İmkansızlıklar Dedektifi Sayı: 100 - Devler Ülkesi</t>
+          <t>Zagor Sayı: 138 Dişi Vampir Ylenia</t>
         </is>
       </c>
       <c r="C812" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="813" spans="1:3">
       <c r="A813" s="1" t="inlineStr">
         <is>
-          <t>9789756535714</t>
+          <t>9771303449797</t>
         </is>
       </c>
       <c r="B813" s="1" t="inlineStr">
         <is>
-          <t>Küçük Peri Mine Kış Geldi!</t>
+          <t>Zagor Sayı: 150 Yılanın Isırığı</t>
         </is>
       </c>
       <c r="C813" s="1">
-        <v>75</v>
+        <v>160</v>
       </c>
     </row>
     <row r="814" spans="1:3">
       <c r="A814" s="1" t="inlineStr">
         <is>
-          <t>9789756535691</t>
+          <t>9786054622870</t>
         </is>
       </c>
       <c r="B814" s="1" t="inlineStr">
         <is>
-          <t>Küçük Peri Mine İş Başında</t>
+          <t>My Little Pony 1: Arkadaşlık Sihirlidir</t>
         </is>
       </c>
       <c r="C814" s="1">
-        <v>75</v>
+        <v>400</v>
       </c>
     </row>
     <row r="815" spans="1:3">
       <c r="A815" s="1" t="inlineStr">
         <is>
-          <t>9789756535684</t>
+          <t>9771303449711</t>
         </is>
       </c>
       <c r="B815" s="1" t="inlineStr">
         <is>
-          <t>Küçük Peri Mine Bir Aşk Öyküsü</t>
+          <t>Zagor Sayı: 142 Celladı Durdurun!</t>
         </is>
       </c>
       <c r="C815" s="1">
-        <v>75</v>
+        <v>160</v>
       </c>
     </row>
     <row r="816" spans="1:3">
       <c r="A816" s="1" t="inlineStr">
         <is>
-          <t>9771303608421</t>
+          <t>9771303449667</t>
         </is>
       </c>
       <c r="B816" s="1" t="inlineStr">
         <is>
-          <t>Karaoğlan Sayı: 21 Ötügen’in Üç Atlısı</t>
+          <t>Zagor Sayı: 137 Gecenin Siyah Kanatları</t>
         </is>
       </c>
       <c r="C816" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="817" spans="1:3">
       <c r="A817" s="1" t="inlineStr">
         <is>
-          <t>9771303120143</t>
+          <t>9771303450311</t>
         </is>
       </c>
       <c r="B817" s="1" t="inlineStr">
         <is>
-          <t>Conan Sayı: 43 Çukurlarda Kaçış</t>
+          <t>Yeni Martin Mystere Sayı: 92 Buz Kalpli Prenses</t>
         </is>
       </c>
       <c r="C817" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="818" spans="1:3">
       <c r="A818" s="1" t="inlineStr">
         <is>
-          <t>9789756535837</t>
+          <t>9771303449773</t>
         </is>
       </c>
       <c r="B818" s="1" t="inlineStr">
         <is>
-          <t>Kararsız Bukalemun</t>
+          <t>Zagor Sayı: 148 İnsanlar ve Kurtlar</t>
         </is>
       </c>
       <c r="C818" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="819" spans="1:3">
       <c r="A819" s="1" t="inlineStr">
         <is>
-          <t>9786055689223</t>
+          <t>9771303449704</t>
         </is>
       </c>
       <c r="B819" s="1" t="inlineStr">
         <is>
-          <t>Tantalis’in Meleği</t>
+          <t>Zagor  Kovboylar Sayı: 141</t>
         </is>
       </c>
       <c r="C819" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="820" spans="1:3">
       <c r="A820" s="1" t="inlineStr">
         <is>
-          <t>9786054622061</t>
+          <t>9771303449728</t>
         </is>
       </c>
       <c r="B820" s="1" t="inlineStr">
         <is>
-          <t>Tanrıçanın Gölgesinde</t>
+          <t>Zagor Sayı: 143 Vahşi Topraklar</t>
         </is>
       </c>
       <c r="C820" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="821" spans="1:3">
       <c r="A821" s="1" t="inlineStr">
         <is>
-          <t>9786055689407</t>
+          <t>9771303449698</t>
         </is>
       </c>
       <c r="B821" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Ağaç</t>
+          <t>Zagor Sayı: 140 Asılacak Kadın</t>
         </is>
       </c>
       <c r="C821" s="1">
-        <v>75</v>
+        <v>160</v>
       </c>
     </row>
     <row r="822" spans="1:3">
       <c r="A822" s="1" t="inlineStr">
         <is>
-          <t>9786054622467</t>
+          <t>9771303449780</t>
         </is>
       </c>
       <c r="B822" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Ayıcıklar - Yine mi Sakar!</t>
+          <t>Zagor Sayı: 149 Zagor'u Ararken</t>
         </is>
       </c>
       <c r="C822" s="1">
-        <v>75</v>
+        <v>160</v>
       </c>
     </row>
     <row r="823" spans="1:3">
       <c r="A823" s="1" t="inlineStr">
         <is>
-          <t>9786054622498</t>
+          <t>9771303449742</t>
         </is>
       </c>
       <c r="B823" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Ayıcıklar - Yılbaşı Sürprizi</t>
+          <t>Zagor Sayı: 145 Ormandaki Gölgeler</t>
         </is>
       </c>
       <c r="C823" s="1">
-        <v>75</v>
+        <v>160</v>
       </c>
     </row>
     <row r="824" spans="1:3">
       <c r="A824" s="1" t="inlineStr">
         <is>
-          <t>9786054622481</t>
+          <t>9771303449896</t>
         </is>
       </c>
       <c r="B824" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Ayıcıklar - Şans Ayıcığının Özel Günü</t>
+          <t>Zagor Sayı: 151 - Ölüm Tehdidi</t>
         </is>
       </c>
       <c r="C824" s="1">
-        <v>75</v>
+        <v>160</v>
       </c>
     </row>
     <row r="825" spans="1:3">
       <c r="A825" s="1" t="inlineStr">
         <is>
-          <t>9786054622450</t>
+          <t>5771303451848</t>
         </is>
       </c>
       <c r="B825" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Ayıcıklar - Nasıl Hissediyorsun?</t>
+          <t>Zagor Sayı 264</t>
         </is>
       </c>
       <c r="C825" s="1">
-        <v>75</v>
+        <v>200</v>
       </c>
     </row>
     <row r="826" spans="1:3">
       <c r="A826" s="1" t="inlineStr">
         <is>
-          <t>9786054622443</t>
+          <t>9786256863378</t>
         </is>
       </c>
       <c r="B826" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Ayıcıklar - Kar Eğlencesi</t>
+          <t>Tex Willer Sayı 17</t>
         </is>
       </c>
       <c r="C826" s="1">
-        <v>75</v>
+        <v>105</v>
       </c>
     </row>
     <row r="827" spans="1:3">
       <c r="A827" s="1" t="inlineStr">
         <is>
-          <t>9771303542820</t>
+          <t>9786256863385</t>
         </is>
       </c>
       <c r="B827" s="1" t="inlineStr">
         <is>
-          <t>Mister No Şantajcılar Sayı: 20</t>
+          <t>Zagor +8</t>
         </is>
       </c>
       <c r="C827" s="1">
-        <v>135</v>
+        <v>320</v>
       </c>
     </row>
     <row r="828" spans="1:3">
       <c r="A828" s="1" t="inlineStr">
         <is>
-          <t>9771303542819</t>
+          <t>9786256863361</t>
         </is>
       </c>
       <c r="B828" s="1" t="inlineStr">
         <is>
-          <t>Mister No Şampiyon Sayı: 19</t>
+          <t>Dylan Dog Sayı 108</t>
         </is>
       </c>
       <c r="C828" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="829" spans="1:3">
       <c r="A829" s="1" t="inlineStr">
         <is>
-          <t>9771303542830</t>
+          <t>5771303451831</t>
         </is>
       </c>
       <c r="B829" s="1" t="inlineStr">
         <is>
-          <t>Mister No Suç Mozaiği Sayı: 30</t>
+          <t>Zagor Sayı 263</t>
         </is>
       </c>
       <c r="C829" s="1">
-        <v>135</v>
+        <v>200</v>
       </c>
     </row>
     <row r="830" spans="1:3">
       <c r="A830" s="1" t="inlineStr">
         <is>
-          <t>9771303542061</t>
+          <t>5781303451403</t>
         </is>
       </c>
       <c r="B830" s="1" t="inlineStr">
         <is>
-          <t>Mister No Sayı: 76</t>
+          <t>Zagor Klasik Maceralar Cilt 136</t>
         </is>
       </c>
       <c r="C830" s="1">
-        <v>135</v>
+        <v>600</v>
       </c>
     </row>
     <row r="831" spans="1:3">
       <c r="A831" s="1" t="inlineStr">
         <is>
-          <t>9771303542809</t>
+          <t>5771303450902</t>
         </is>
       </c>
       <c r="B831" s="1" t="inlineStr">
         <is>
-          <t>Mister No Sayı: 9 Altın Üçgen</t>
+          <t>Martin Mystere Sayı 232</t>
         </is>
       </c>
       <c r="C831" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="832" spans="1:3">
       <c r="A832" s="1" t="inlineStr">
         <is>
-          <t>9771303542861</t>
+          <t>9786256863347</t>
         </is>
       </c>
       <c r="B832" s="1" t="inlineStr">
         <is>
-          <t>Mister No Sayı: 61 Yitik Yaşamlar</t>
+          <t>Tex Willer Sayı 16</t>
         </is>
       </c>
       <c r="C832" s="1">
-        <v>135</v>
+        <v>105</v>
       </c>
     </row>
     <row r="833" spans="1:3">
       <c r="A833" s="1" t="inlineStr">
         <is>
-          <t>9771303542855</t>
+          <t>9786256863354</t>
         </is>
       </c>
       <c r="B833" s="1" t="inlineStr">
         <is>
-          <t>Mister No Sayı: 55 Ölüm Gecesi</t>
+          <t>Tex Maxi Albüm 2</t>
         </is>
       </c>
       <c r="C833" s="1">
-        <v>135</v>
+        <v>550</v>
       </c>
     </row>
     <row r="834" spans="1:3">
       <c r="A834" s="1" t="inlineStr">
         <is>
-          <t>9771303542828</t>
+          <t>9786256863330</t>
         </is>
       </c>
       <c r="B834" s="1" t="inlineStr">
         <is>
-          <t>Mister No Sayı: 28 Geçmişi Olmayan Adam</t>
+          <t>Dylan Dog Sayı 107</t>
         </is>
       </c>
       <c r="C834" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="835" spans="1:3">
       <c r="A835" s="1" t="inlineStr">
         <is>
-          <t>9771303542827</t>
+          <t>5771303451824</t>
         </is>
       </c>
       <c r="B835" s="1" t="inlineStr">
         <is>
-          <t>Mister No Sayı: 27 Ninja</t>
+          <t>Zagor Sayı 262</t>
         </is>
       </c>
       <c r="C835" s="1">
-        <v>135</v>
+        <v>200</v>
       </c>
     </row>
     <row r="836" spans="1:3">
       <c r="A836" s="1" t="inlineStr">
         <is>
-          <t>9771303542826</t>
+          <t>9786256863323</t>
         </is>
       </c>
       <c r="B836" s="1" t="inlineStr">
         <is>
-          <t>Mister No Sayı: 26 Umutsuz Saatler</t>
+          <t>Tex Willer Extra 1</t>
         </is>
       </c>
       <c r="C836" s="1">
-        <v>135</v>
+        <v>325</v>
       </c>
     </row>
     <row r="837" spans="1:3">
       <c r="A837" s="1" t="inlineStr">
         <is>
-          <t>9771303542815</t>
+          <t>9786256863309</t>
         </is>
       </c>
       <c r="B837" s="1" t="inlineStr">
         <is>
-          <t>Mister No Sayı: 15 Baron Samedi</t>
+          <t>Dylan Dog Sayı 106</t>
         </is>
       </c>
       <c r="C837" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="838" spans="1:3">
       <c r="A838" s="1" t="inlineStr">
         <is>
-          <t>9771303542474</t>
+          <t>9786256863316</t>
         </is>
       </c>
       <c r="B838" s="1" t="inlineStr">
         <is>
-          <t>Mister No Sayı: 117 İstikamet Los Angeles</t>
+          <t>Tex Willer sayı 15</t>
         </is>
       </c>
       <c r="C838" s="1">
-        <v>135</v>
+        <v>105</v>
       </c>
     </row>
     <row r="839" spans="1:3">
       <c r="A839" s="1" t="inlineStr">
         <is>
-          <t>9771303542467</t>
+          <t>5771303450896</t>
         </is>
       </c>
       <c r="B839" s="1" t="inlineStr">
         <is>
-          <t>Mister No Sayı: 116 Tehlikeli Fotoğraf</t>
+          <t>Martin Mystere sayı 231</t>
         </is>
       </c>
       <c r="C839" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="840" spans="1:3">
       <c r="A840" s="1" t="inlineStr">
         <is>
-          <t>9771303542825</t>
+          <t>6771303545171</t>
         </is>
       </c>
       <c r="B840" s="1" t="inlineStr">
         <is>
-          <t>Mister No Cilt: 2</t>
+          <t>Mister NO Klasik Maceralar Cilt 68</t>
         </is>
       </c>
       <c r="C840" s="1">
-        <v>400</v>
+        <v>600</v>
       </c>
     </row>
     <row r="841" spans="1:3">
       <c r="A841" s="1" t="inlineStr">
         <is>
-          <t>9771303542816</t>
+          <t>5771303450889</t>
         </is>
       </c>
       <c r="B841" s="1" t="inlineStr">
         <is>
-          <t>Mister No Casablanca Cafe Sayı: 16</t>
+          <t>Martin Mystere Sayı 230 - Ayna, Ayna, Söyle Bana</t>
         </is>
       </c>
       <c r="C841" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="842" spans="1:3">
       <c r="A842" s="1" t="inlineStr">
         <is>
-          <t>9771303542810</t>
+          <t>9786256863279</t>
         </is>
       </c>
       <c r="B842" s="1" t="inlineStr">
         <is>
-          <t>Mister No Butch Cassidy Efsanesi Sayı: 10</t>
+          <t>Dylan Dog Sayı 105 - Milford Ailesi</t>
         </is>
       </c>
       <c r="C842" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="843" spans="1:3">
       <c r="A843" s="1" t="inlineStr">
         <is>
-          <t>9771303542511</t>
+          <t>5771303451817</t>
         </is>
       </c>
       <c r="B843" s="1" t="inlineStr">
         <is>
-          <t>Mister No Sayı: 121 Çinhindi</t>
+          <t>Zagor Sayı 261 Müritler</t>
         </is>
       </c>
       <c r="C843" s="1">
-        <v>135</v>
+        <v>200</v>
       </c>
     </row>
     <row r="844" spans="1:3">
       <c r="A844" s="1" t="inlineStr">
         <is>
-          <t>9771303542504</t>
+          <t>9786256863255</t>
         </is>
       </c>
       <c r="B844" s="1" t="inlineStr">
         <is>
-          <t>Mister No Sayı: 120 Ölüm Tacirleri</t>
+          <t>Tex Willer Sayı 13 - Coffin’in Kaçakçıları</t>
         </is>
       </c>
       <c r="C844" s="1">
-        <v>135</v>
+        <v>105</v>
       </c>
     </row>
     <row r="845" spans="1:3">
       <c r="A845" s="1" t="inlineStr">
         <is>
-          <t>9771303542498</t>
+          <t>5771303451800</t>
         </is>
       </c>
       <c r="B845" s="1" t="inlineStr">
         <is>
-          <t>Mister No Sayı: 119 İktidar Oyunları</t>
+          <t>Zagor Sayı 260</t>
         </is>
       </c>
       <c r="C845" s="1">
-        <v>135</v>
+        <v>200</v>
       </c>
     </row>
     <row r="846" spans="1:3">
       <c r="A846" s="1" t="inlineStr">
         <is>
-          <t>9771303542481</t>
+          <t>9786256863248</t>
         </is>
       </c>
       <c r="B846" s="1" t="inlineStr">
         <is>
-          <t>Mister No Sayı: 118 Suikast</t>
+          <t>Dylan Dog Sayı 104</t>
         </is>
       </c>
       <c r="C846" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="847" spans="1:3">
       <c r="A847" s="1" t="inlineStr">
         <is>
-          <t>9771303542823</t>
+          <t>6771303545164</t>
         </is>
       </c>
       <c r="B847" s="1" t="inlineStr">
         <is>
-          <t>Mister No Korkusuzlar Sayı: 23</t>
+          <t>Mister NO Klasik Maceralar Cilt 67</t>
         </is>
       </c>
       <c r="C847" s="1">
-        <v>135</v>
+        <v>600</v>
       </c>
     </row>
     <row r="848" spans="1:3">
       <c r="A848" s="1" t="inlineStr">
         <is>
-          <t>9786054622023</t>
+          <t>5771303450872</t>
         </is>
       </c>
       <c r="B848" s="1" t="inlineStr">
         <is>
-          <t>Mine’nin Küçük Dünyası: Yıldızlar Sirki</t>
+          <t>Martin Mystere sayı 229</t>
         </is>
       </c>
       <c r="C848" s="1">
-        <v>75</v>
+        <v>160</v>
       </c>
     </row>
     <row r="849" spans="1:3">
       <c r="A849" s="1" t="inlineStr">
         <is>
-          <t>9786054622016</t>
+          <t>9771303440305</t>
         </is>
       </c>
       <c r="B849" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Yılbaşı</t>
+          <t>Martin Mystere - İmkansızlıklar Dedektifi Sayı: 101 - Gökten Düşen Taş</t>
         </is>
       </c>
       <c r="C849" s="1">
-        <v>75</v>
+        <v>160</v>
       </c>
     </row>
     <row r="850" spans="1:3">
       <c r="A850" s="1" t="inlineStr">
         <is>
-          <t>9786054622009</t>
+          <t>9771303440398</t>
         </is>
       </c>
       <c r="B850" s="1" t="inlineStr">
         <is>
-          <t>Sihir Hastalığı</t>
+          <t>Martin Mystere - İmkansızlıklar Dedektifi Sayı: 100 - Devler Ülkesi</t>
         </is>
       </c>
       <c r="C850" s="1">
-        <v>75</v>
+        <v>160</v>
       </c>
     </row>
     <row r="851" spans="1:3">
       <c r="A851" s="1" t="inlineStr">
         <is>
-          <t>9786054622030</t>
+          <t>9789756535714</t>
         </is>
       </c>
       <c r="B851" s="1" t="inlineStr">
         <is>
-          <t>Mine’nin Küçük Dünyası: Muhteşem Peri Giysileri!</t>
+          <t>Küçük Peri Mine Kış Geldi!</t>
         </is>
       </c>
       <c r="C851" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="852" spans="1:3">
       <c r="A852" s="1" t="inlineStr">
         <is>
-          <t>9786055689988</t>
+          <t>9789756535691</t>
         </is>
       </c>
       <c r="B852" s="1" t="inlineStr">
         <is>
-          <t>Dört Mevsim Sihir</t>
+          <t>Küçük Peri Mine İş Başında</t>
         </is>
       </c>
       <c r="C852" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="853" spans="1:3">
       <c r="A853" s="1" t="inlineStr">
         <is>
-          <t>9771303450090</t>
+          <t>9789756535684</t>
         </is>
       </c>
       <c r="B853" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere Teknomanlar Sayı: 80</t>
+          <t>Küçük Peri Mine Bir Aşk Öyküsü</t>
         </is>
       </c>
       <c r="C853" s="1">
-        <v>135</v>
+        <v>90</v>
       </c>
     </row>
     <row r="854" spans="1:3">
       <c r="A854" s="1" t="inlineStr">
         <is>
-          <t>9771303440381</t>
+          <t>9771303608421</t>
         </is>
       </c>
       <c r="B854" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere Sayı: 99 - Anılar Hırsızı</t>
+          <t>Karaoğlan Sayı: 21 Ötügen’in Üç Atlısı</t>
         </is>
       </c>
       <c r="C854" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="855" spans="1:3">
       <c r="A855" s="1" t="inlineStr">
         <is>
-          <t>9771303450218</t>
+          <t>9771303120143</t>
         </is>
       </c>
       <c r="B855" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere Sayı: 18 İmkansızlıklar Dedektifi Kader Yolları</t>
+          <t>Conan Sayı: 43 Çukurlarda Kaçış</t>
         </is>
       </c>
       <c r="C855" s="1">
-        <v>135</v>
+        <v>120</v>
       </c>
     </row>
     <row r="856" spans="1:3">
       <c r="A856" s="1" t="inlineStr">
         <is>
-          <t>9771303440428</t>
+          <t>9789756535837</t>
         </is>
       </c>
       <c r="B856" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere Sayı: 111 İlluminati</t>
+          <t>Kararsız Bukalemun</t>
         </is>
       </c>
       <c r="C856" s="1">
-        <v>135</v>
+        <v>150</v>
       </c>
     </row>
     <row r="857" spans="1:3">
       <c r="A857" s="1" t="inlineStr">
         <is>
-          <t>9771303440602</t>
+          <t>9786055689223</t>
         </is>
       </c>
       <c r="B857" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere İmkansızlıklar Dedektifi Sayı: 129 Hoşçakal, Java</t>
+          <t>Tantalis’in Meleği</t>
         </is>
       </c>
       <c r="C857" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="858" spans="1:3">
       <c r="A858" s="1" t="inlineStr">
         <is>
-          <t>9771303440596</t>
+          <t>9786054622061</t>
         </is>
       </c>
       <c r="B858" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere İmkansızlıklar Dedektifi Sayı: 128 - Ay Komplosu</t>
+          <t>Tanrıçanın Gölgesinde</t>
         </is>
       </c>
       <c r="C858" s="1">
-        <v>180</v>
+        <v>125</v>
       </c>
     </row>
     <row r="859" spans="1:3">
       <c r="A859" s="1" t="inlineStr">
         <is>
-          <t>9771303440589</t>
+          <t>9786055689407</t>
         </is>
       </c>
       <c r="B859" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere İmkansızlıklar Dedektifi Sayı: 127 - Gelecekten Anılar</t>
+          <t>Sihirli Ağaç</t>
         </is>
       </c>
       <c r="C859" s="1">
-        <v>180</v>
+        <v>90</v>
       </c>
     </row>
     <row r="860" spans="1:3">
       <c r="A860" s="1" t="inlineStr">
         <is>
-          <t>9771303440572</t>
+          <t>9786054622467</t>
         </is>
       </c>
       <c r="B860" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere İmkansızlıklar Dedektifi Sayı: 126 - Homunculus</t>
+          <t>Sevimli Ayıcıklar - Yine mi Sakar!</t>
         </is>
       </c>
       <c r="C860" s="1">
-        <v>180</v>
+        <v>90</v>
       </c>
     </row>
     <row r="861" spans="1:3">
       <c r="A861" s="1" t="inlineStr">
         <is>
-          <t>9771303440312</t>
+          <t>9786054622498</t>
         </is>
       </c>
       <c r="B861" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere İmkansızlıklar Dedektifi Sayı: 102 - Çoklu Yaşam Programı</t>
+          <t>Sevimli Ayıcıklar - Yılbaşı Sürprizi</t>
         </is>
       </c>
       <c r="C861" s="1">
-        <v>135</v>
+        <v>90</v>
       </c>
     </row>
     <row r="862" spans="1:3">
       <c r="A862" s="1" t="inlineStr">
         <is>
-          <t>9771303450226</t>
+          <t>9786054622481</t>
         </is>
       </c>
       <c r="B862" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere İmkansızlıklar Dedektifi Güller Adası Sayı: 26</t>
+          <t>Sevimli Ayıcıklar - Şans Ayıcığının Özel Günü</t>
         </is>
       </c>
       <c r="C862" s="1">
-        <v>135</v>
+        <v>90</v>
       </c>
     </row>
     <row r="863" spans="1:3">
       <c r="A863" s="1" t="inlineStr">
         <is>
-          <t>3990000000717</t>
+          <t>9786054622450</t>
         </is>
       </c>
       <c r="B863" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere Özel Seri İmkansızlıklar Dedektifi Gökten Gelen Ölüm Sayı: 14</t>
+          <t>Sevimli Ayıcıklar - Nasıl Hissediyorsun?</t>
         </is>
       </c>
       <c r="C863" s="1">
-        <v>135</v>
+        <v>90</v>
       </c>
     </row>
     <row r="864" spans="1:3">
       <c r="A864" s="1" t="inlineStr">
         <is>
-          <t>3990000029733</t>
+          <t>9786054622443</t>
         </is>
       </c>
       <c r="B864" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere İmkansızlıklar Dedektifi Beş Halkalı Şehir Sayı: 29</t>
+          <t>Sevimli Ayıcıklar - Kar Eğlencesi</t>
         </is>
       </c>
       <c r="C864" s="1">
-        <v>135</v>
+        <v>90</v>
       </c>
     </row>
     <row r="865" spans="1:3">
       <c r="A865" s="1" t="inlineStr">
         <is>
-          <t>9771303440367</t>
+          <t>9771303542820</t>
         </is>
       </c>
       <c r="B865" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere Sayı: 107 13 No.lu Hücre</t>
+          <t>Mister No Şantajcılar Sayı: 20</t>
         </is>
       </c>
       <c r="C865" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="866" spans="1:3">
       <c r="A866" s="1" t="inlineStr">
         <is>
-          <t>3990000000739</t>
+          <t>9771303542819</t>
         </is>
       </c>
       <c r="B866" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere İmkansızlıklar Dedektifi Özel Seri Sayı: 35 Bumerang Etkisi</t>
+          <t>Mister No Şampiyon Sayı: 19</t>
         </is>
       </c>
       <c r="C866" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="867" spans="1:3">
       <c r="A867" s="1" t="inlineStr">
         <is>
-          <t>9771303440473</t>
+          <t>9771303542830</t>
         </is>
       </c>
       <c r="B867" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere İmkansızlar Dedektifi Sayı: 116 Elohim’in Gazabı</t>
+          <t>Mister No Suç Mozaiği Sayı: 30</t>
         </is>
       </c>
       <c r="C867" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="868" spans="1:3">
       <c r="A868" s="1" t="inlineStr">
         <is>
-          <t>9771303440466</t>
+          <t>9771303542061</t>
         </is>
       </c>
       <c r="B868" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere İmkansızlar Dedektifi Sayı: 115 Altın Buda</t>
+          <t>Mister No Sayı: 76</t>
         </is>
       </c>
       <c r="C868" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="869" spans="1:3">
       <c r="A869" s="1" t="inlineStr">
         <is>
-          <t>9771303440442</t>
+          <t>9771303542809</t>
         </is>
       </c>
       <c r="B869" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere İmkansızlar Dedektifi Sayı: 113 Olmayan Ülke’ye Dönüş</t>
+          <t>Mister No Sayı: 9 Altın Üçgen</t>
         </is>
       </c>
       <c r="C869" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="870" spans="1:3">
       <c r="A870" s="1" t="inlineStr">
         <is>
-          <t>9771303450216</t>
+          <t>9771303542861</t>
         </is>
       </c>
       <c r="B870" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere Atlantis Sayı:16 Büyük Elmanın Sırrı</t>
+          <t>Mister No Sayı: 61 Yitik Yaşamlar</t>
         </is>
       </c>
       <c r="C870" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="871" spans="1:3">
       <c r="A871" s="1" t="inlineStr">
         <is>
-          <t>9771303440404</t>
+          <t>9771303542855</t>
         </is>
       </c>
       <c r="B871" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere Sayı: 109 Acımasız Katil</t>
+          <t>Mister No Sayı: 55 Ölüm Gecesi</t>
         </is>
       </c>
       <c r="C871" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="872" spans="1:3">
       <c r="A872" s="1" t="inlineStr">
         <is>
-          <t>9771303542862</t>
+          <t>9771303542828</t>
         </is>
       </c>
       <c r="B872" s="1" t="inlineStr">
         <is>
-          <t>Yeni Mister No Sayı: 62 Çete</t>
+          <t>Mister No Sayı: 28 Geçmişi Olmayan Adam</t>
         </is>
       </c>
       <c r="C872" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="873" spans="1:3">
       <c r="A873" s="1" t="inlineStr">
         <is>
-          <t>9771303542860</t>
+          <t>9771303542827</t>
         </is>
       </c>
       <c r="B873" s="1" t="inlineStr">
         <is>
-          <t>Yeni Mister No Sayı: 60 New York City Blues</t>
+          <t>Mister No Sayı: 27 Ninja</t>
         </is>
       </c>
       <c r="C873" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="874" spans="1:3">
       <c r="A874" s="1" t="inlineStr">
         <is>
-          <t>9771303542859</t>
+          <t>9771303542826</t>
         </is>
       </c>
       <c r="B874" s="1" t="inlineStr">
         <is>
-          <t>Yeni Mister No Sayı: 59 Hile</t>
+          <t>Mister No Sayı: 26 Umutsuz Saatler</t>
         </is>
       </c>
       <c r="C874" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="875" spans="1:3">
       <c r="A875" s="1" t="inlineStr">
         <is>
-          <t>9771303542858</t>
+          <t>9771303542815</t>
         </is>
       </c>
       <c r="B875" s="1" t="inlineStr">
         <is>
-          <t>Yeni Mister No Sayı: 58 İntikamcılar</t>
+          <t>Mister No Sayı: 15 Baron Samedi</t>
         </is>
       </c>
       <c r="C875" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="876" spans="1:3">
       <c r="A876" s="1" t="inlineStr">
         <is>
-          <t>9771303542857</t>
+          <t>9771303542474</t>
         </is>
       </c>
       <c r="B876" s="1" t="inlineStr">
         <is>
-          <t>Yeni Mister No Sayı: 57 Dedektif  Hikayesi</t>
+          <t>Mister No Sayı: 117 İstikamet Los Angeles</t>
         </is>
       </c>
       <c r="C876" s="1">
-        <v>500</v>
+        <v>160</v>
       </c>
     </row>
     <row r="877" spans="1:3">
       <c r="A877" s="1" t="inlineStr">
         <is>
-          <t>9771303542854</t>
+          <t>9771303542467</t>
         </is>
       </c>
       <c r="B877" s="1" t="inlineStr">
         <is>
-          <t>Yeni Mister No Sayı: 54 SS’i Öldürün!</t>
+          <t>Mister No Sayı: 116 Tehlikeli Fotoğraf</t>
         </is>
       </c>
       <c r="C877" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="878" spans="1:3">
       <c r="A878" s="1" t="inlineStr">
         <is>
-          <t>9771303542853</t>
+          <t>9771303542825</t>
         </is>
       </c>
       <c r="B878" s="1" t="inlineStr">
         <is>
-          <t>Yeni Mister No Sayı: 53 Düşmanın Gölgesi</t>
+          <t>Mister No Cilt: 2</t>
         </is>
       </c>
       <c r="C878" s="1">
-        <v>135</v>
+        <v>600</v>
       </c>
     </row>
     <row r="879" spans="1:3">
       <c r="A879" s="1" t="inlineStr">
         <is>
-          <t>9771303542844</t>
+          <t>9771303542816</t>
         </is>
       </c>
       <c r="B879" s="1" t="inlineStr">
         <is>
-          <t>Yeni Mister No Sayı: 44 Sınır</t>
+          <t>Mister No Casablanca Cafe Sayı: 16</t>
         </is>
       </c>
       <c r="C879" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="880" spans="1:3">
       <c r="A880" s="1" t="inlineStr">
         <is>
-          <t>9771303542843</t>
+          <t>9771303542810</t>
         </is>
       </c>
       <c r="B880" s="1" t="inlineStr">
         <is>
-          <t>Yeni Mister No Sayı: 43 Kanunsuz Şehir</t>
+          <t>Mister No Butch Cassidy Efsanesi Sayı: 10</t>
         </is>
       </c>
       <c r="C880" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="881" spans="1:3">
       <c r="A881" s="1" t="inlineStr">
         <is>
-          <t>9771303542841</t>
+          <t>9771303542511</t>
         </is>
       </c>
       <c r="B881" s="1" t="inlineStr">
         <is>
-          <t>Yeni Mister No Sayı: 41 Mezar Odasının Sırrı</t>
+          <t>Mister No Sayı: 121 Çinhindi</t>
         </is>
       </c>
       <c r="C881" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="882" spans="1:3">
       <c r="A882" s="1" t="inlineStr">
         <is>
-          <t>9771303542840</t>
+          <t>9771303542504</t>
         </is>
       </c>
       <c r="B882" s="1" t="inlineStr">
         <is>
-          <t>Yeni Mister No Sayı: 40 Cehennemden Kaçış</t>
+          <t>Mister No Sayı: 120 Ölüm Tacirleri</t>
         </is>
       </c>
       <c r="C882" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="883" spans="1:3">
       <c r="A883" s="1" t="inlineStr">
         <is>
-          <t>9771303542839</t>
+          <t>9771303542498</t>
         </is>
       </c>
       <c r="B883" s="1" t="inlineStr">
         <is>
-          <t>Yeni Mister No Sayı: 39 Tehlikeli  Oyunları</t>
+          <t>Mister No Sayı: 119 İktidar Oyunları</t>
         </is>
       </c>
       <c r="C883" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="884" spans="1:3">
       <c r="A884" s="1" t="inlineStr">
         <is>
-          <t>9771303542837</t>
+          <t>9771303542481</t>
         </is>
       </c>
       <c r="B884" s="1" t="inlineStr">
         <is>
-          <t>Yeni Mister No Sayı: 37 Kahramanların Kanı</t>
+          <t>Mister No Sayı: 118 Suikast</t>
         </is>
       </c>
       <c r="C884" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="885" spans="1:3">
       <c r="A885" s="1" t="inlineStr">
         <is>
-          <t>9771303542836</t>
+          <t>9771303542823</t>
         </is>
       </c>
       <c r="B885" s="1" t="inlineStr">
         <is>
-          <t>Yeni Mister No Sayı: 36 Köpekbalıkları</t>
+          <t>Mister No Korkusuzlar Sayı: 23</t>
         </is>
       </c>
       <c r="C885" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="886" spans="1:3">
       <c r="A886" s="1" t="inlineStr">
         <is>
-          <t>9771303543055</t>
+          <t>9786054622023</t>
         </is>
       </c>
       <c r="B886" s="1" t="inlineStr">
         <is>
-          <t>Yeni Mister No Cilt: 5 Kötülüğe Tapanlar / Baron Samedi / Casablanca Cafe</t>
+          <t>Mine’nin Küçük Dünyası: Yıldızlar Sirki</t>
         </is>
       </c>
       <c r="C886" s="1">
-        <v>400</v>
+        <v>90</v>
       </c>
     </row>
     <row r="887" spans="1:3">
       <c r="A887" s="1" t="inlineStr">
         <is>
-          <t>9771303542849</t>
+          <t>9786054622016</t>
         </is>
       </c>
       <c r="B887" s="1" t="inlineStr">
         <is>
-          <t>Yeni Mister No Cilt: 4</t>
+          <t>Sihirli Yılbaşı</t>
         </is>
       </c>
       <c r="C887" s="1">
-        <v>400</v>
+        <v>90</v>
       </c>
     </row>
     <row r="888" spans="1:3">
       <c r="A888" s="1" t="inlineStr">
         <is>
-          <t>9771303542829</t>
+          <t>9786054622009</t>
         </is>
       </c>
       <c r="B888" s="1" t="inlineStr">
         <is>
-          <t>Yeni Mister No  Sayı: 29 Tehlikeli Araştırma</t>
+          <t>Sihir Hastalığı</t>
         </is>
       </c>
       <c r="C888" s="1">
-        <v>135</v>
+        <v>90</v>
       </c>
     </row>
     <row r="889" spans="1:3">
       <c r="A889" s="1" t="inlineStr">
         <is>
-          <t>9771303450366</t>
+          <t>9786054622030</t>
         </is>
       </c>
       <c r="B889" s="1" t="inlineStr">
         <is>
-          <t>Yeni Martin Mystere Sayı: 97 Avcılar</t>
+          <t>Mine’nin Küçük Dünyası: Muhteşem Peri Giysileri!</t>
         </is>
       </c>
       <c r="C889" s="1">
-        <v>135</v>
+        <v>90</v>
       </c>
     </row>
     <row r="890" spans="1:3">
       <c r="A890" s="1" t="inlineStr">
         <is>
-          <t>9771303450328</t>
+          <t>9786055689988</t>
         </is>
       </c>
       <c r="B890" s="1" t="inlineStr">
         <is>
-          <t>Yeni Martin Mystere Sayı: 93 Annabel Lee’nin Kaderi</t>
+          <t>Dört Mevsim Sihir</t>
         </is>
       </c>
       <c r="C890" s="1">
-        <v>135</v>
+        <v>90</v>
       </c>
     </row>
     <row r="891" spans="1:3">
       <c r="A891" s="1" t="inlineStr">
         <is>
-          <t>9771303450199</t>
+          <t>9771303450090</t>
         </is>
       </c>
       <c r="B891" s="1" t="inlineStr">
         <is>
-          <t>Yeni Martin Mystere Sayı: 90 Malta Hayaletleri</t>
+          <t>Martin Mystere Teknomanlar Sayı: 80</t>
         </is>
       </c>
       <c r="C891" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="892" spans="1:3">
       <c r="A892" s="1" t="inlineStr">
         <is>
-          <t>9771303450175</t>
+          <t>9771303440381</t>
         </is>
       </c>
       <c r="B892" s="1" t="inlineStr">
         <is>
-          <t>Yeni Martin Mystere Sayı: 88 Kaosun Efendileri</t>
+          <t>Martin Mystere Sayı: 99 - Anılar Hırsızı</t>
         </is>
       </c>
       <c r="C892" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="893" spans="1:3">
       <c r="A893" s="1" t="inlineStr">
         <is>
-          <t>9771303450251</t>
+          <t>9771303450218</t>
         </is>
       </c>
       <c r="B893" s="1" t="inlineStr">
         <is>
-          <t>Yeni Atlantis Sayı: 51 Kötülüğün Ruhu Martin Mystere İmkansızlıklar Dedektifi</t>
+          <t>Martin Mystere Sayı: 18 İmkansızlıklar Dedektifi Kader Yolları</t>
         </is>
       </c>
       <c r="C893" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="894" spans="1:3">
       <c r="A894" s="1" t="inlineStr">
         <is>
-          <t>9771303450304</t>
+          <t>9771303440428</t>
         </is>
       </c>
       <c r="B894" s="1" t="inlineStr">
         <is>
-          <t>Yeni Atlantis Martin Mystere Sayı: 91 Yasak Meyva</t>
+          <t>Martin Mystere Sayı: 111 İlluminati</t>
         </is>
       </c>
       <c r="C894" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="895" spans="1:3">
       <c r="A895" s="1" t="inlineStr">
         <is>
-          <t>9771303450182</t>
+          <t>9771303440602</t>
         </is>
       </c>
       <c r="B895" s="1" t="inlineStr">
         <is>
-          <t>Yeni Atlantis Martin Mystere Sayı: 89 Ölümsüzler</t>
+          <t>Martin Mystere İmkansızlıklar Dedektifi Sayı: 129 Hoşçakal, Java</t>
         </is>
       </c>
       <c r="C895" s="1">
-        <v>135</v>
+        <v>215</v>
       </c>
     </row>
     <row r="896" spans="1:3">
       <c r="A896" s="1" t="inlineStr">
         <is>
-          <t>9771303450106</t>
+          <t>9771303440596</t>
         </is>
       </c>
       <c r="B896" s="1" t="inlineStr">
         <is>
-          <t>Yeni Atlantis Martin Mystere Cilt: 6 İmkansızlıklar Dedektifi</t>
+          <t>Martin Mystere İmkansızlıklar Dedektifi Sayı: 128 - Ay Komplosu</t>
         </is>
       </c>
       <c r="C896" s="1">
-        <v>500</v>
+        <v>215</v>
       </c>
     </row>
     <row r="897" spans="1:3">
       <c r="A897" s="1" t="inlineStr">
         <is>
-          <t>9786054622092</t>
+          <t>9771303440589</t>
         </is>
       </c>
       <c r="B897" s="1" t="inlineStr">
         <is>
-          <t>Tomtom Mahallesi Çocukları: Topkapı Sarayı’ndan Kaçış</t>
+          <t>Martin Mystere İmkansızlıklar Dedektifi Sayı: 127 - Gelecekten Anılar</t>
         </is>
       </c>
       <c r="C897" s="1">
-        <v>200</v>
+        <v>215</v>
       </c>
     </row>
     <row r="898" spans="1:3">
       <c r="A898" s="1" t="inlineStr">
         <is>
-          <t>9789756535578</t>
+          <t>9771303440572</t>
         </is>
       </c>
       <c r="B898" s="1" t="inlineStr">
         <is>
-          <t>Tomtom Mahallesi Çocukları ve  Galata Kulesi’nin Altındaki Gizli Geçitler</t>
+          <t>Martin Mystere İmkansızlıklar Dedektifi Sayı: 126 - Homunculus</t>
         </is>
       </c>
       <c r="C898" s="1">
-        <v>180</v>
+        <v>215</v>
       </c>
     </row>
     <row r="899" spans="1:3">
       <c r="A899" s="1" t="inlineStr">
         <is>
-          <t>9771303450083</t>
+          <t>9771303440312</t>
         </is>
       </c>
       <c r="B899" s="1" t="inlineStr">
         <is>
-          <t>Yeni Martin Mystere Sayı: 79 İmkansızlıklar Dedektifi - Melekler Şehri</t>
+          <t>Martin Mystere İmkansızlıklar Dedektifi Sayı: 102 - Çoklu Yaşam Programı</t>
         </is>
       </c>
       <c r="C899" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="900" spans="1:3">
       <c r="A900" s="1" t="inlineStr">
         <is>
-          <t>9771303450045</t>
+          <t>9771303450226</t>
         </is>
       </c>
       <c r="B900" s="1" t="inlineStr">
         <is>
-          <t>Yeni Martin Mystere Sayı: 76 Kayıp Yaratıkların Uzay Gemisi</t>
+          <t>Martin Mystere İmkansızlıklar Dedektifi Güller Adası Sayı: 26</t>
         </is>
       </c>
       <c r="C900" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="901" spans="1:3">
       <c r="A901" s="1" t="inlineStr">
         <is>
-          <t>9771303450038</t>
+          <t>3990000000717</t>
         </is>
       </c>
       <c r="B901" s="1" t="inlineStr">
         <is>
-          <t>Yeni Martin Mystere Sayı: 75 Sihirli Balta</t>
+          <t>Martin Mystere Özel Seri İmkansızlıklar Dedektifi Gökten Gelen Ölüm Sayı: 14</t>
         </is>
       </c>
       <c r="C901" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="902" spans="1:3">
       <c r="A902" s="1" t="inlineStr">
         <is>
-          <t>9771303450014</t>
+          <t>3990000029733</t>
         </is>
       </c>
       <c r="B902" s="1" t="inlineStr">
         <is>
-          <t>Yeni Martin Mystere Sayı: 73 Her Şeyi Bilen Çocuk</t>
+          <t>Martin Mystere İmkansızlıklar Dedektifi Beş Halkalı Şehir Sayı: 29</t>
         </is>
       </c>
       <c r="C902" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="903" spans="1:3">
       <c r="A903" s="1" t="inlineStr">
         <is>
-          <t>9771303450272</t>
+          <t>9771303440367</t>
         </is>
       </c>
       <c r="B903" s="1" t="inlineStr">
         <is>
-          <t>Yeni Martin Mystere Sayı: 72 Ayın Karanlık Yüzü</t>
+          <t>Martin Mystere Sayı: 107 13 No.lu Hücre</t>
         </is>
       </c>
       <c r="C903" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="904" spans="1:3">
       <c r="A904" s="1" t="inlineStr">
         <is>
-          <t>9771303450270</t>
+          <t>3990000000739</t>
         </is>
       </c>
       <c r="B904" s="1" t="inlineStr">
         <is>
-          <t>Yeni Martin Mystere Sayı: 70 Derinliklerin Çağrısı</t>
+          <t>Martin Mystere İmkansızlıklar Dedektifi Özel Seri Sayı: 35 Bumerang Etkisi</t>
         </is>
       </c>
       <c r="C904" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="905" spans="1:3">
       <c r="A905" s="1" t="inlineStr">
         <is>
-          <t>9771303440343</t>
+          <t>9771303440473</t>
         </is>
       </c>
       <c r="B905" s="1" t="inlineStr">
         <is>
-          <t>Yeni Martin Mystere Sayı: 105 Ölümsüzlerin Gecesi</t>
+          <t>Martin Mystere İmkansızlar Dedektifi Sayı: 116 Elohim’in Gazabı</t>
         </is>
       </c>
       <c r="C905" s="1">
-        <v>135</v>
+        <v>215</v>
       </c>
     </row>
     <row r="906" spans="1:3">
       <c r="A906" s="1" t="inlineStr">
         <is>
-          <t>9771303440336</t>
+          <t>9771303440466</t>
         </is>
       </c>
       <c r="B906" s="1" t="inlineStr">
         <is>
-          <t>Yeni Martin Mystere Sayı: 104 Kurtların Zamanı</t>
+          <t>Martin Mystere İmkansızlar Dedektifi Sayı: 115 Altın Buda</t>
         </is>
       </c>
       <c r="C906" s="1">
-        <v>135</v>
+        <v>215</v>
       </c>
     </row>
     <row r="907" spans="1:3">
       <c r="A907" s="1" t="inlineStr">
         <is>
-          <t>9771303450168</t>
+          <t>9771303440442</t>
         </is>
       </c>
       <c r="B907" s="1" t="inlineStr">
         <is>
-          <t>Yeni Martin Mystere İmkansızlıklar Dedektifi Sayı: 87</t>
+          <t>Martin Mystere İmkansızlar Dedektifi Sayı: 113 Olmayan Ülke’ye Dönüş</t>
         </is>
       </c>
       <c r="C907" s="1">
-        <v>135</v>
+        <v>215</v>
       </c>
     </row>
     <row r="908" spans="1:3">
       <c r="A908" s="1" t="inlineStr">
         <is>
-          <t>9771303450076</t>
+          <t>9771303450216</t>
         </is>
       </c>
       <c r="B908" s="1" t="inlineStr">
         <is>
-          <t>Yeni Martin Mystere İmkansızlıklar Dedektifi Sayı: 78</t>
+          <t>Martin Mystere Atlantis Sayı:16 Büyük Elmanın Sırrı</t>
         </is>
       </c>
       <c r="C908" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="909" spans="1:3">
       <c r="A909" s="1" t="inlineStr">
         <is>
-          <t>9771303450252</t>
+          <t>9771303440404</t>
         </is>
       </c>
       <c r="B909" s="1" t="inlineStr">
         <is>
-          <t>Yeni Atlantis Sayı: 52 Amazonlar Diyarı Martin Mystere İmkansızlıklar Dedektifi</t>
+          <t>Martin Mystere Sayı: 109 Acımasız Katil</t>
         </is>
       </c>
       <c r="C909" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="910" spans="1:3">
       <c r="A910" s="1" t="inlineStr">
         <is>
-          <t>9771303542214</t>
+          <t>9771303542862</t>
         </is>
       </c>
       <c r="B910" s="1" t="inlineStr">
         <is>
-          <t>Yeni Mister No Sayı: 91 Ormanda Dehşet</t>
+          <t>Yeni Mister No Sayı: 62 Çete</t>
         </is>
       </c>
       <c r="C910" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="911" spans="1:3">
       <c r="A911" s="1" t="inlineStr">
         <is>
-          <t>9771303542207</t>
+          <t>9771303542860</t>
         </is>
       </c>
       <c r="B911" s="1" t="inlineStr">
         <is>
-          <t>Yeni Mister No Sayı: 90 Avcılar ve Av</t>
+          <t>Yeni Mister No Sayı: 60 New York City Blues</t>
         </is>
       </c>
       <c r="C911" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="912" spans="1:3">
       <c r="A912" s="1" t="inlineStr">
         <is>
-          <t>9771303542184</t>
+          <t>9771303542859</t>
         </is>
       </c>
       <c r="B912" s="1" t="inlineStr">
         <is>
-          <t>Yeni Mister No Sayı: 88 Hain</t>
+          <t>Yeni Mister No Sayı: 59 Hile</t>
         </is>
       </c>
       <c r="C912" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="913" spans="1:3">
       <c r="A913" s="1" t="inlineStr">
         <is>
-          <t>9771303542177</t>
+          <t>9771303542858</t>
         </is>
       </c>
       <c r="B913" s="1" t="inlineStr">
         <is>
-          <t>Yeni Mister No Sayı: 87 Vatan ve Özgürlük</t>
+          <t>Yeni Mister No Sayı: 58 İntikamcılar</t>
         </is>
       </c>
       <c r="C913" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="914" spans="1:3">
       <c r="A914" s="1" t="inlineStr">
         <is>
-          <t>9771303542153</t>
+          <t>9771303542857</t>
         </is>
       </c>
       <c r="B914" s="1" t="inlineStr">
         <is>
-          <t>Yeni Mister No Sayı: 85 Haydutların Elinde</t>
+          <t>Yeni Mister No Sayı: 57 Dedektif  Hikayesi</t>
         </is>
       </c>
       <c r="C914" s="1">
-        <v>135</v>
+        <v>600</v>
       </c>
     </row>
     <row r="915" spans="1:3">
       <c r="A915" s="1" t="inlineStr">
         <is>
-          <t>9771303542030</t>
+          <t>9771303542854</t>
         </is>
       </c>
       <c r="B915" s="1" t="inlineStr">
         <is>
-          <t>Yeni Mister No Sayı: 73 Gizemler Ormanı</t>
+          <t>Yeni Mister No Sayı: 54 SS’i Öldürün!</t>
         </is>
       </c>
       <c r="C915" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="916" spans="1:3">
       <c r="A916" s="1" t="inlineStr">
         <is>
-          <t>9771303542023</t>
+          <t>9771303542853</t>
         </is>
       </c>
       <c r="B916" s="1" t="inlineStr">
         <is>
-          <t>Yeni Mister No Sayı: 72 İntihar Görevi</t>
+          <t>Yeni Mister No Sayı: 53 Düşmanın Gölgesi</t>
         </is>
       </c>
       <c r="C916" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="917" spans="1:3">
       <c r="A917" s="1" t="inlineStr">
         <is>
-          <t>9771303542016</t>
+          <t>9771303542844</t>
         </is>
       </c>
       <c r="B917" s="1" t="inlineStr">
         <is>
-          <t>Yeni Mister No Sayı: 71 Umutsuz İnsanlar</t>
+          <t>Yeni Mister No Sayı: 44 Sınır</t>
         </is>
       </c>
       <c r="C917" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="918" spans="1:3">
       <c r="A918" s="1" t="inlineStr">
         <is>
-          <t>3990000000786</t>
+          <t>9771303542843</t>
         </is>
       </c>
       <c r="B918" s="1" t="inlineStr">
         <is>
-          <t>Yeni Mister No Sayı: 70 Şiddetin Gölgesinde</t>
+          <t>Yeni Mister No Sayı: 43 Kanunsuz Şehir</t>
         </is>
       </c>
       <c r="C918" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="919" spans="1:3">
       <c r="A919" s="1" t="inlineStr">
         <is>
-          <t>9771303542869</t>
+          <t>9771303542841</t>
         </is>
       </c>
       <c r="B919" s="1" t="inlineStr">
         <is>
-          <t>Yeni Mister No Sayı: 69 Tehlikeli Sular</t>
+          <t>Yeni Mister No Sayı: 41 Mezar Odasının Sırrı</t>
         </is>
       </c>
       <c r="C919" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="920" spans="1:3">
       <c r="A920" s="1" t="inlineStr">
         <is>
-          <t>9771303542868</t>
+          <t>9771303542840</t>
         </is>
       </c>
       <c r="B920" s="1" t="inlineStr">
         <is>
-          <t>Yeni Mister No Sayı: 68 Gerçeğin İzinde</t>
+          <t>Yeni Mister No Sayı: 40 Cehennemden Kaçış</t>
         </is>
       </c>
       <c r="C920" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="921" spans="1:3">
       <c r="A921" s="1" t="inlineStr">
         <is>
-          <t>9771303542867</t>
+          <t>9771303542839</t>
         </is>
       </c>
       <c r="B921" s="1" t="inlineStr">
         <is>
-          <t>Yeni Mister No Sayı: 67 Manaus!</t>
+          <t>Yeni Mister No Sayı: 39 Tehlikeli  Oyunları</t>
         </is>
       </c>
       <c r="C921" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="922" spans="1:3">
       <c r="A922" s="1" t="inlineStr">
         <is>
-          <t>9771303542866</t>
+          <t>9771303542837</t>
         </is>
       </c>
       <c r="B922" s="1" t="inlineStr">
         <is>
-          <t>Yeni Mister No Sayı: 66 Namlunun Ucunda</t>
+          <t>Yeni Mister No Sayı: 37 Kahramanların Kanı</t>
         </is>
       </c>
       <c r="C922" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="923" spans="1:3">
       <c r="A923" s="1" t="inlineStr">
         <is>
-          <t>9771303542865</t>
+          <t>9771303542836</t>
         </is>
       </c>
       <c r="B923" s="1" t="inlineStr">
         <is>
-          <t>Yeni Mister No Sayı: 65 Şah Mat</t>
+          <t>Yeni Mister No Sayı: 36 Köpekbalıkları</t>
         </is>
       </c>
       <c r="C923" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="924" spans="1:3">
       <c r="A924" s="1" t="inlineStr">
         <is>
-          <t>9771303542864</t>
+          <t>9771303543055</t>
         </is>
       </c>
       <c r="B924" s="1" t="inlineStr">
         <is>
-          <t>Yeni Mister No Sayı: 64 Ateşten Sokaklar</t>
+          <t>Yeni Mister No Cilt: 5 Kötülüğe Tapanlar / Baron Samedi / Casablanca Cafe</t>
         </is>
       </c>
       <c r="C924" s="1">
-        <v>135</v>
+        <v>600</v>
       </c>
     </row>
     <row r="925" spans="1:3">
       <c r="A925" s="1" t="inlineStr">
         <is>
-          <t>3990000000825</t>
+          <t>9771303542849</t>
         </is>
       </c>
       <c r="B925" s="1" t="inlineStr">
         <is>
-          <t>Yeni Mister No Sayı: 63 CIA’nın Emrinde</t>
+          <t>Yeni Mister No Cilt: 4</t>
         </is>
       </c>
       <c r="C925" s="1">
-        <v>135</v>
+        <v>600</v>
       </c>
     </row>
     <row r="926" spans="1:3">
       <c r="A926" s="1" t="inlineStr">
         <is>
-          <t>9771303450120</t>
+          <t>9771303542829</t>
         </is>
       </c>
       <c r="B926" s="1" t="inlineStr">
         <is>
-          <t>Yeni Martin Mystere Sayı: 83</t>
+          <t>Yeni Mister No  Sayı: 29 Tehlikeli Araştırma</t>
         </is>
       </c>
       <c r="C926" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="927" spans="1:3">
       <c r="A927" s="1" t="inlineStr">
         <is>
-          <t>9771303120127</t>
+          <t>9771303450366</t>
         </is>
       </c>
       <c r="B927" s="1" t="inlineStr">
         <is>
-          <t>Conan Sayı: 27 Conan... Kral?</t>
+          <t>Yeni Martin Mystere Sayı: 97 Avcılar</t>
         </is>
       </c>
       <c r="C927" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="928" spans="1:3">
       <c r="A928" s="1" t="inlineStr">
         <is>
-          <t>9771303120124</t>
+          <t>9771303450328</t>
         </is>
       </c>
       <c r="B928" s="1" t="inlineStr">
         <is>
-          <t>Conan Sayı: 24 Yargıcın Karısı</t>
+          <t>Yeni Martin Mystere Sayı: 93 Annabel Lee’nin Kaderi</t>
         </is>
       </c>
       <c r="C928" s="1">
-        <v>50</v>
+        <v>160</v>
       </c>
     </row>
     <row r="929" spans="1:3">
       <c r="A929" s="1" t="inlineStr">
         <is>
-          <t>9771303120120</t>
+          <t>9771303450199</t>
         </is>
       </c>
       <c r="B929" s="1" t="inlineStr">
         <is>
-          <t>Conan Sayı: 20 Fil Kulesi</t>
+          <t>Yeni Martin Mystere Sayı: 90 Malta Hayaletleri</t>
         </is>
       </c>
       <c r="C929" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="930" spans="1:3">
       <c r="A930" s="1" t="inlineStr">
         <is>
-          <t>9771303120119</t>
+          <t>9771303450175</t>
         </is>
       </c>
       <c r="B930" s="1" t="inlineStr">
         <is>
-          <t>Conan Sayı: 19 Tapınaktaki Şey</t>
+          <t>Yeni Martin Mystere Sayı: 88 Kaosun Efendileri</t>
         </is>
       </c>
       <c r="C930" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="931" spans="1:3">
       <c r="A931" s="1" t="inlineStr">
         <is>
-          <t>9771303651316</t>
+          <t>9771303450251</t>
         </is>
       </c>
       <c r="B931" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Rüzgar Sayı: 6 - Uzun Bıçak</t>
+          <t>Yeni Atlantis Sayı: 51 Kötülüğün Ruhu Martin Mystere İmkansızlıklar Dedektifi</t>
         </is>
       </c>
       <c r="C931" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="932" spans="1:3">
       <c r="A932" s="1" t="inlineStr">
         <is>
-          <t>9771303651327</t>
+          <t>9771303450304</t>
         </is>
       </c>
       <c r="B932" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Rüzgar Sayı: 27 - Son Tuzak</t>
+          <t>Yeni Atlantis Martin Mystere Sayı: 91 Yasak Meyva</t>
         </is>
       </c>
       <c r="C932" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="933" spans="1:3">
       <c r="A933" s="1" t="inlineStr">
         <is>
-          <t>9771303651411</t>
+          <t>9771303450182</t>
         </is>
       </c>
       <c r="B933" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Rüzgar Sayı: 99 - Ölüm Tarihi 25 Haziran</t>
+          <t>Yeni Atlantis Martin Mystere Sayı: 89 Ölümsüzler</t>
         </is>
       </c>
       <c r="C933" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="934" spans="1:3">
       <c r="A934" s="1" t="inlineStr">
         <is>
-          <t>9771303651404</t>
+          <t>9771303450106</t>
         </is>
       </c>
       <c r="B934" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Rüzgar Sayı: 98 Rosebud</t>
+          <t>Yeni Atlantis Martin Mystere Cilt: 6 İmkansızlıklar Dedektifi</t>
         </is>
       </c>
       <c r="C934" s="1">
-        <v>135</v>
+        <v>600</v>
       </c>
     </row>
     <row r="935" spans="1:3">
       <c r="A935" s="1" t="inlineStr">
         <is>
-          <t>9771303651397</t>
+          <t>9786054622092</t>
         </is>
       </c>
       <c r="B935" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Rüzgar Sayı: 97 Oturan Boğanın Savaşı</t>
+          <t>Tomtom Mahallesi Çocukları: Topkapı Sarayı’ndan Kaçış</t>
         </is>
       </c>
       <c r="C935" s="1">
-        <v>135</v>
+        <v>250</v>
       </c>
     </row>
     <row r="936" spans="1:3">
       <c r="A936" s="1" t="inlineStr">
         <is>
-          <t>9771303651299</t>
+          <t>9789756535578</t>
         </is>
       </c>
       <c r="B936" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Rüzgar Sayı: 95 - Agorafobi</t>
+          <t>Tomtom Mahallesi Çocukları ve  Galata Kulesi’nin Altındaki Gizli Geçitler</t>
         </is>
       </c>
       <c r="C936" s="1">
-        <v>135</v>
+        <v>220</v>
       </c>
     </row>
     <row r="937" spans="1:3">
       <c r="A937" s="1" t="inlineStr">
         <is>
-          <t>9771303651282</t>
+          <t>9771303450083</t>
         </is>
       </c>
       <c r="B937" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Rüzgar Sayı: 94 Göldeki Dehşet</t>
+          <t>Yeni Martin Mystere Sayı: 79 İmkansızlıklar Dedektifi - Melekler Şehri</t>
         </is>
       </c>
       <c r="C937" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="938" spans="1:3">
       <c r="A938" s="1" t="inlineStr">
         <is>
-          <t>9771303651275</t>
+          <t>9771303450045</t>
         </is>
       </c>
       <c r="B938" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Rüzgar Sayı: 93 Öldüren Çılgınlık</t>
+          <t>Yeni Martin Mystere Sayı: 76 Kayıp Yaratıkların Uzay Gemisi</t>
         </is>
       </c>
       <c r="C938" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="939" spans="1:3">
       <c r="A939" s="1" t="inlineStr">
         <is>
-          <t>9771303651268</t>
+          <t>9771303450038</t>
         </is>
       </c>
       <c r="B939" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Rüzgar Sayı: 92 Bizonların Saldırısı</t>
+          <t>Yeni Martin Mystere Sayı: 75 Sihirli Balta</t>
         </is>
       </c>
       <c r="C939" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="940" spans="1:3">
       <c r="A940" s="1" t="inlineStr">
         <is>
-          <t>9771303651251</t>
+          <t>9771303450014</t>
         </is>
       </c>
       <c r="B940" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Rüzgar Sayı: 91 New York’un Sırları</t>
+          <t>Yeni Martin Mystere Sayı: 73 Her Şeyi Bilen Çocuk</t>
         </is>
       </c>
       <c r="C940" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="941" spans="1:3">
       <c r="A941" s="1" t="inlineStr">
         <is>
-          <t>9771303651176</t>
+          <t>9771303450272</t>
         </is>
       </c>
       <c r="B941" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Rüzgar Sayı: 83 Yokedici Melekler</t>
+          <t>Yeni Martin Mystere Sayı: 72 Ayın Karanlık Yüzü</t>
         </is>
       </c>
       <c r="C941" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="942" spans="1:3">
       <c r="A942" s="1" t="inlineStr">
         <is>
-          <t>9771303651169</t>
+          <t>9771303450270</t>
         </is>
       </c>
       <c r="B942" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Rüzgar Sayı: 82 Kum Sahilleri</t>
+          <t>Yeni Martin Mystere Sayı: 70 Derinliklerin Çağrısı</t>
         </is>
       </c>
       <c r="C942" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="943" spans="1:3">
       <c r="A943" s="1" t="inlineStr">
         <is>
-          <t>9771303651152</t>
+          <t>9771303440343</t>
         </is>
       </c>
       <c r="B943" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Rüzgar Sayı: 81 Mavi Kan</t>
+          <t>Yeni Martin Mystere Sayı: 105 Ölümsüzlerin Gecesi</t>
         </is>
       </c>
       <c r="C943" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="944" spans="1:3">
       <c r="A944" s="1" t="inlineStr">
         <is>
-          <t>9771303651138</t>
+          <t>9771303440336</t>
         </is>
       </c>
       <c r="B944" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Rüzgar Sayı: 79 Beş Altın Mermi</t>
+          <t>Yeni Martin Mystere Sayı: 104 Kurtların Zamanı</t>
         </is>
       </c>
       <c r="C944" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="945" spans="1:3">
       <c r="A945" s="1" t="inlineStr">
         <is>
-          <t>9771303651114</t>
+          <t>9771303450168</t>
         </is>
       </c>
       <c r="B945" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Rüzgar Sayı: 77 Yüzdeki Yağmur</t>
+          <t>Yeni Martin Mystere İmkansızlıklar Dedektifi Sayı: 87</t>
         </is>
       </c>
       <c r="C945" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="946" spans="1:3">
       <c r="A946" s="1" t="inlineStr">
         <is>
-          <t>9771303651317</t>
+          <t>9771303450076</t>
         </is>
       </c>
       <c r="B946" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Rüzgar Sayı: 7 - Yılanın Oğlu</t>
+          <t>Yeni Martin Mystere İmkansızlıklar Dedektifi Sayı: 78</t>
         </is>
       </c>
       <c r="C946" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="947" spans="1:3">
       <c r="A947" s="1" t="inlineStr">
         <is>
-          <t>9771303651039</t>
+          <t>9771303450252</t>
         </is>
       </c>
       <c r="B947" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Rüzgar Sayı: 69 Yüz Tüfek</t>
+          <t>Yeni Atlantis Sayı: 52 Amazonlar Diyarı Martin Mystere İmkansızlıklar Dedektifi</t>
         </is>
       </c>
       <c r="C947" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="948" spans="1:3">
       <c r="A948" s="1" t="inlineStr">
         <is>
-          <t>9771303651022</t>
+          <t>9771303542214</t>
         </is>
       </c>
       <c r="B948" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Rüzgar Sayı: 68 Posta Arabasının Esrarı</t>
+          <t>Yeni Mister No Sayı: 91 Ormanda Dehşet</t>
         </is>
       </c>
       <c r="C948" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="949" spans="1:3">
       <c r="A949" s="1" t="inlineStr">
         <is>
-          <t>9771303651015</t>
+          <t>9771303542207</t>
         </is>
       </c>
       <c r="B949" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Rüzgar Sayı: 67 Özgürlük Kasabası</t>
+          <t>Yeni Mister No Sayı: 90 Avcılar ve Av</t>
         </is>
       </c>
       <c r="C949" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="950" spans="1:3">
       <c r="A950" s="1" t="inlineStr">
         <is>
-          <t>9771303651008</t>
+          <t>9771303542184</t>
         </is>
       </c>
       <c r="B950" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Rüzgar Sayı: 66 Antik Krallığın Kuyusu</t>
+          <t>Yeni Mister No Sayı: 88 Hain</t>
         </is>
       </c>
       <c r="C950" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="951" spans="1:3">
       <c r="A951" s="1" t="inlineStr">
         <is>
-          <t>9771303450244</t>
+          <t>9771303542177</t>
         </is>
       </c>
       <c r="B951" s="1" t="inlineStr">
         <is>
-          <t>Atlantis Yeni Seri Sayı: 44 Armegedon Makinesi Martin Mystere İmkansızlıklar Dedektifi</t>
+          <t>Yeni Mister No Sayı: 87 Vatan ve Özgürlük</t>
         </is>
       </c>
       <c r="C951" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="952" spans="1:3">
       <c r="A952" s="1" t="inlineStr">
         <is>
-          <t>9771303450242</t>
+          <t>9771303542153</t>
         </is>
       </c>
       <c r="B952" s="1" t="inlineStr">
         <is>
-          <t>Atlantis Yeni Seri Sayı: 42 Zeplin Martin Mystere İmkansızlıklar Dedektifi</t>
+          <t>Yeni Mister No Sayı: 85 Haydutların Elinde</t>
         </is>
       </c>
       <c r="C952" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="953" spans="1:3">
       <c r="A953" s="1" t="inlineStr">
         <is>
-          <t>9771303450241</t>
+          <t>9771303542030</t>
         </is>
       </c>
       <c r="B953" s="1" t="inlineStr">
         <is>
-          <t>Atlantis Yeni Seri Sayı: 41 Kıyamete Doğru</t>
+          <t>Yeni Mister No Sayı: 73 Gizemler Ormanı</t>
         </is>
       </c>
       <c r="C953" s="1">
-        <v>70</v>
+        <v>160</v>
       </c>
     </row>
     <row r="954" spans="1:3">
       <c r="A954" s="1" t="inlineStr">
         <is>
-          <t>9771303450240</t>
+          <t>9771303542023</t>
         </is>
       </c>
       <c r="B954" s="1" t="inlineStr">
         <is>
-          <t>Atlantis Yeni Seri Sayı: 40 Martin Mystere İmkansızlıklar Dedektifi Sator Bilmecesi</t>
+          <t>Yeni Mister No Sayı: 72 İntihar Görevi</t>
         </is>
       </c>
       <c r="C954" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="955" spans="1:3">
       <c r="A955" s="1" t="inlineStr">
         <is>
-          <t>9771303450238</t>
+          <t>9771303542016</t>
         </is>
       </c>
       <c r="B955" s="1" t="inlineStr">
         <is>
-          <t>Atlantis Yeni Seri Sayı: 38 Güneş Kralın Sarayında Martin Mystere İmkansızlıklar Dedektifi</t>
+          <t>Yeni Mister No Sayı: 71 Umutsuz İnsanlar</t>
         </is>
       </c>
       <c r="C955" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="956" spans="1:3">
       <c r="A956" s="1" t="inlineStr">
         <is>
-          <t>9771303450237</t>
+          <t>3990000000786</t>
         </is>
       </c>
       <c r="B956" s="1" t="inlineStr">
         <is>
-          <t>Atlantis Yeni Seri Sayı: 37 Martin Mystere İmkansızlıklar Dedektifi Billiken'in Dönüşü</t>
+          <t>Yeni Mister No Sayı: 70 Şiddetin Gölgesinde</t>
         </is>
       </c>
       <c r="C956" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="957" spans="1:3">
       <c r="A957" s="1" t="inlineStr">
         <is>
-          <t>9771303450235</t>
+          <t>9771303542869</t>
         </is>
       </c>
       <c r="B957" s="1" t="inlineStr">
         <is>
-          <t>Atlantis Yeni Seri Sayı: 35 Martin Mystere İmkansızlıklar Dedektifi Kurdun Savaşçıları</t>
+          <t>Yeni Mister No Sayı: 69 Tehlikeli Sular</t>
         </is>
       </c>
       <c r="C957" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="958" spans="1:3">
       <c r="A958" s="1" t="inlineStr">
         <is>
-          <t>9771303440329</t>
+          <t>9771303542868</t>
         </is>
       </c>
       <c r="B958" s="1" t="inlineStr">
         <is>
-          <t>Atlantis Yeni Martin Mystere Yeni Seri Sayı: 103 Okuyabilen Kedi</t>
+          <t>Yeni Mister No Sayı: 68 Gerçeğin İzinde</t>
         </is>
       </c>
       <c r="C958" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="959" spans="1:3">
       <c r="A959" s="1" t="inlineStr">
         <is>
-          <t>9771303450269</t>
+          <t>9771303542867</t>
         </is>
       </c>
       <c r="B959" s="1" t="inlineStr">
         <is>
-          <t>Atlantis Martin Mystere Yeni Seri Sayı: 69 Kara Adam İmkansızlıklar Dedektifi</t>
+          <t>Yeni Mister No Sayı: 67 Manaus!</t>
         </is>
       </c>
       <c r="C959" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="960" spans="1:3">
       <c r="A960" s="1" t="inlineStr">
         <is>
-          <t>9771303450260</t>
+          <t>9771303542866</t>
         </is>
       </c>
       <c r="B960" s="1" t="inlineStr">
         <is>
-          <t>Atlantis Martin Mystere Yeni Seri Sayı: 60 Varolmayan Gün İmkansızlıklar Dedektifi</t>
+          <t>Yeni Mister No Sayı: 66 Namlunun Ucunda</t>
         </is>
       </c>
       <c r="C960" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="961" spans="1:3">
       <c r="A961" s="1" t="inlineStr">
         <is>
-          <t>9771303450259</t>
+          <t>9771303542865</t>
         </is>
       </c>
       <c r="B961" s="1" t="inlineStr">
         <is>
-          <t>Atlantis Martin Mystere Yeni Seri Sayı: 59 Büyük Sahtekarlık İmkansızlıklar Dedektifi</t>
+          <t>Yeni Mister No Sayı: 65 Şah Mat</t>
         </is>
       </c>
       <c r="C961" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="962" spans="1:3">
       <c r="A962" s="1" t="inlineStr">
         <is>
-          <t>9771303450258</t>
+          <t>9771303542864</t>
         </is>
       </c>
       <c r="B962" s="1" t="inlineStr">
         <is>
-          <t>Atlantis Martin Mystere Yeni Seri Sayı: 58 Eşiğin Ötesinde İmkansızlıklar Dedektifi</t>
+          <t>Yeni Mister No Sayı: 64 Ateşten Sokaklar</t>
         </is>
       </c>
       <c r="C962" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="963" spans="1:3">
       <c r="A963" s="1" t="inlineStr">
         <is>
-          <t>9771303450249</t>
+          <t>3990000000825</t>
         </is>
       </c>
       <c r="B963" s="1" t="inlineStr">
         <is>
-          <t>Atlantis Martin Mystere Yeni Seri Sayı: 49 29 Şubat İmkansızlıklar Dedektifi</t>
+          <t>Yeni Mister No Sayı: 63 CIA’nın Emrinde</t>
         </is>
       </c>
       <c r="C963" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="964" spans="1:3">
       <c r="A964" s="1" t="inlineStr">
         <is>
-          <t>9771303450248</t>
+          <t>9771303450120</t>
         </is>
       </c>
       <c r="B964" s="1" t="inlineStr">
         <is>
-          <t>Atlantis Martin Mystere Yeni Seri Sayı: 48 Başka Dünyadan Gelen Hayaletler İmkansızlıklar Dedektifi</t>
+          <t>Yeni Martin Mystere Sayı: 83</t>
         </is>
       </c>
       <c r="C964" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="965" spans="1:3">
       <c r="A965" s="1" t="inlineStr">
         <is>
-          <t>3990000000750</t>
+          <t>9771303120127</t>
         </is>
       </c>
       <c r="B965" s="1" t="inlineStr">
         <is>
-          <t>Atlantis (Özel Seri) Sayı:29 Gizemli Dünyamız Martin Mystere İmkansızlıklar Dedektifi</t>
+          <t>Conan Sayı: 27 Conan... Kral?</t>
         </is>
       </c>
       <c r="C965" s="1">
-        <v>135</v>
+        <v>120</v>
       </c>
     </row>
     <row r="966" spans="1:3">
       <c r="A966" s="1" t="inlineStr">
         <is>
-          <t>3990000000722</t>
+          <t>9771303120124</t>
         </is>
       </c>
       <c r="B966" s="1" t="inlineStr">
         <is>
-          <t>Atlantis (Özel Seri) Sayı: 50 Viril’in Gücü Martin Mystere İmkansızlıklar Dedektifi</t>
+          <t>Conan Sayı: 24 Yargıcın Karısı</t>
         </is>
       </c>
       <c r="C966" s="1">
-        <v>135</v>
+        <v>50</v>
       </c>
     </row>
     <row r="967" spans="1:3">
       <c r="A967" s="1" t="inlineStr">
         <is>
-          <t>3990000000737</t>
+          <t>9771303120120</t>
         </is>
       </c>
       <c r="B967" s="1" t="inlineStr">
         <is>
-          <t>Atlantis (Özel Seri) Sayı: 41 Martin Mystere İmkansızlıklar Dedektifi  Bay Jinx Dönüyor</t>
+          <t>Conan Sayı: 20 Fil Kulesi</t>
         </is>
       </c>
       <c r="C967" s="1">
-        <v>135</v>
+        <v>120</v>
       </c>
     </row>
     <row r="968" spans="1:3">
       <c r="A968" s="1" t="inlineStr">
         <is>
-          <t>9786055689445</t>
+          <t>9771303120119</t>
         </is>
       </c>
       <c r="B968" s="1" t="inlineStr">
         <is>
-          <t>Afacan Peri</t>
+          <t>Conan Sayı: 19 Tapınaktaki Şey</t>
         </is>
       </c>
       <c r="C968" s="1">
-        <v>75</v>
+        <v>120</v>
       </c>
     </row>
     <row r="969" spans="1:3">
       <c r="A969" s="1" t="inlineStr">
         <is>
-          <t>9789756535363</t>
+          <t>9771303651316</t>
         </is>
       </c>
       <c r="B969" s="1" t="inlineStr">
         <is>
-          <t>Armağan Getiren Martı</t>
+          <t>Büyülü Rüzgar Sayı: 6 - Uzun Bıçak</t>
         </is>
       </c>
       <c r="C969" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="970" spans="1:3">
       <c r="A970" s="1" t="inlineStr">
         <is>
-          <t>9771303651503</t>
+          <t>9771303651327</t>
         </is>
       </c>
       <c r="B970" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Rüzgar Sayı: 108 Magico Vento</t>
+          <t>Büyülü Rüzgar Sayı: 27 - Son Tuzak</t>
         </is>
       </c>
       <c r="C970" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="971" spans="1:3">
       <c r="A971" s="1" t="inlineStr">
         <is>
-          <t>9771303651497</t>
+          <t>9771303651411</t>
         </is>
       </c>
       <c r="B971" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Rüzgar Sayı: 107 Çinli Vampirler</t>
+          <t>Büyülü Rüzgar Sayı: 99 - Ölüm Tarihi 25 Haziran</t>
         </is>
       </c>
       <c r="C971" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="972" spans="1:3">
       <c r="A972" s="1" t="inlineStr">
         <is>
-          <t>9771303651480</t>
+          <t>9771303651404</t>
         </is>
       </c>
       <c r="B972" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Rüzgar Sayı: 106 Son Karşılaşma</t>
+          <t>Büyülü Rüzgar Sayı: 98 Rosebud</t>
         </is>
       </c>
       <c r="C972" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="973" spans="1:3">
       <c r="A973" s="1" t="inlineStr">
         <is>
-          <t>9771303651473</t>
+          <t>9771303651397</t>
         </is>
       </c>
       <c r="B973" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Rüzgar Sayı: 105 - Kötülüğün Yüzü</t>
+          <t>Büyülü Rüzgar Sayı: 97 Oturan Boğanın Savaşı</t>
         </is>
       </c>
       <c r="C973" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="974" spans="1:3">
       <c r="A974" s="1" t="inlineStr">
         <is>
-          <t>9771303450264</t>
+          <t>9771303651299</t>
         </is>
       </c>
       <c r="B974" s="1" t="inlineStr">
         <is>
-          <t>Atlantis Yeni Seri Sayı: 64 Haiti’de Kabus Martin Mystere İmkansızlıklar Dedektifi</t>
+          <t>Büyülü Rüzgar Sayı: 95 - Agorafobi</t>
         </is>
       </c>
       <c r="C974" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="975" spans="1:3">
       <c r="A975" s="1" t="inlineStr">
         <is>
-          <t>9771303450263</t>
+          <t>9771303651282</t>
         </is>
       </c>
       <c r="B975" s="1" t="inlineStr">
         <is>
-          <t>Atlantis Martin Mystere İmkansızlıklar Dedektifi Yeni Seri Sayı: 63 - Ramanujen Formülü</t>
+          <t>Büyülü Rüzgar Sayı: 94 Göldeki Dehşet</t>
         </is>
       </c>
       <c r="C975" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="976" spans="1:3">
       <c r="A976" s="1" t="inlineStr">
         <is>
-          <t>9771303450256</t>
+          <t>9771303651275</t>
         </is>
       </c>
       <c r="B976" s="1" t="inlineStr">
         <is>
-          <t>Atlantis Yeni Seri Sayı: 56 Martin Mystere İmkansızlıklar Dedektifi Başka Dünya</t>
+          <t>Büyülü Rüzgar Sayı: 93 Öldüren Çılgınlık</t>
         </is>
       </c>
       <c r="C976" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="977" spans="1:3">
       <c r="A977" s="1" t="inlineStr">
         <is>
-          <t>9771303450255</t>
+          <t>9771303651268</t>
         </is>
       </c>
       <c r="B977" s="1" t="inlineStr">
         <is>
-          <t>Atlantis Yeni Seri Sayı: 55 Martin Mystere İmkansızlıklar Dedektifi Kells’in Kitabı</t>
+          <t>Büyülü Rüzgar Sayı: 92 Bizonların Saldırısı</t>
         </is>
       </c>
       <c r="C977" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="978" spans="1:3">
       <c r="A978" s="1" t="inlineStr">
         <is>
-          <t>9771303450254</t>
+          <t>9771303651251</t>
         </is>
       </c>
       <c r="B978" s="1" t="inlineStr">
         <is>
-          <t>Atlantis Yeni Seri Sayı: 54 Martin Mystere İmkansızlıklar Dedektifi Garip Ama Gerçek</t>
+          <t>Büyülü Rüzgar Sayı: 91 New York’un Sırları</t>
         </is>
       </c>
       <c r="C978" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="979" spans="1:3">
       <c r="A979" s="1" t="inlineStr">
         <is>
-          <t>9771303450253</t>
+          <t>9771303651176</t>
         </is>
       </c>
       <c r="B979" s="1" t="inlineStr">
         <is>
-          <t>Atlantis Yeni Seri Sayı: 53 Martin Mystere İmkansızlıklar Dedektifi Gizli Krallık</t>
+          <t>Büyülü Rüzgar Sayı: 83 Yokedici Melekler</t>
         </is>
       </c>
       <c r="C979" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="980" spans="1:3">
       <c r="A980" s="1" t="inlineStr">
         <is>
-          <t>9771303450266</t>
+          <t>9771303651169</t>
         </is>
       </c>
       <c r="B980" s="1" t="inlineStr">
         <is>
-          <t>Atlantis Martin Mystere Yeni Seri Sayı: 66 Rick’s Club Da Katliam İmkansızlıklar Dedektifi</t>
+          <t>Büyülü Rüzgar Sayı: 82 Kum Sahilleri</t>
         </is>
       </c>
       <c r="C980" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="981" spans="1:3">
       <c r="A981" s="1" t="inlineStr">
         <is>
-          <t>9771303450265</t>
+          <t>9771303651152</t>
         </is>
       </c>
       <c r="B981" s="1" t="inlineStr">
         <is>
-          <t>Atlantis Martin Mystere Yeni Seri Sayı: 65 Loa'nın Gücü İmkansızlıklar Dedektifi</t>
+          <t>Büyülü Rüzgar Sayı: 81 Mavi Kan</t>
         </is>
       </c>
       <c r="C981" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="982" spans="1:3">
       <c r="A982" s="1" t="inlineStr">
         <is>
-          <t>9771303450262</t>
+          <t>9771303651138</t>
         </is>
       </c>
       <c r="B982" s="1" t="inlineStr">
         <is>
-          <t>Atlantis Martin Mystere Yeni Seri Sayı: 62 Ele Geçmeyen Katil İmkansızlıklar Dedektifi</t>
+          <t>Büyülü Rüzgar Sayı: 79 Beş Altın Mermi</t>
         </is>
       </c>
       <c r="C982" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="983" spans="1:3">
       <c r="A983" s="1" t="inlineStr">
         <is>
-          <t>9771303120134</t>
+          <t>9771303651114</t>
         </is>
       </c>
       <c r="B983" s="1" t="inlineStr">
         <is>
-          <t>Conan Sayı: 34 Bel’in Çocukları</t>
+          <t>Büyülü Rüzgar Sayı: 77 Yüzdeki Yağmur</t>
         </is>
       </c>
       <c r="C983" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="984" spans="1:3">
       <c r="A984" s="1" t="inlineStr">
         <is>
-          <t>9771303120132</t>
+          <t>9771303651317</t>
         </is>
       </c>
       <c r="B984" s="1" t="inlineStr">
         <is>
-          <t>Conan Sayı: 32 Vahşi Kimmerya Boğası</t>
+          <t>Büyülü Rüzgar Sayı: 7 - Yılanın Oğlu</t>
         </is>
       </c>
       <c r="C984" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="985" spans="1:3">
       <c r="A985" s="1" t="inlineStr">
         <is>
-          <t>9771303561365</t>
+          <t>9771303651039</t>
         </is>
       </c>
       <c r="B985" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Rüzgar Sayı: 65 Sadist Avcı</t>
+          <t>Büyülü Rüzgar Sayı: 69 Yüz Tüfek</t>
         </is>
       </c>
       <c r="C985" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="986" spans="1:3">
       <c r="A986" s="1" t="inlineStr">
         <is>
-          <t>9771303561364</t>
+          <t>9771303651022</t>
         </is>
       </c>
       <c r="B986" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Rüzgar Sayı: 64 Mavi Kurtlar</t>
+          <t>Büyülü Rüzgar Sayı: 68 Posta Arabasının Esrarı</t>
         </is>
       </c>
       <c r="C986" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="987" spans="1:3">
       <c r="A987" s="1" t="inlineStr">
         <is>
-          <t>9771303561363</t>
+          <t>9771303651015</t>
         </is>
       </c>
       <c r="B987" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Rüzgar Sayı: 63 Masumlar Çetesi</t>
+          <t>Büyülü Rüzgar Sayı: 67 Özgürlük Kasabası</t>
         </is>
       </c>
       <c r="C987" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="988" spans="1:3">
       <c r="A988" s="1" t="inlineStr">
         <is>
-          <t>9771303561361</t>
+          <t>9771303651008</t>
         </is>
       </c>
       <c r="B988" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Rüzgar Sayı: 61 Kesişen İntikamlar</t>
+          <t>Büyülü Rüzgar Sayı: 66 Antik Krallığın Kuyusu</t>
         </is>
       </c>
       <c r="C988" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="989" spans="1:3">
       <c r="A989" s="1" t="inlineStr">
         <is>
-          <t>9771303561360</t>
+          <t>9771303450244</t>
         </is>
       </c>
       <c r="B989" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Rüzgar Sayı: 60 Magicovento Sayılı Dakikalar (Ciltli)</t>
+          <t>Atlantis Yeni Seri Sayı: 44 Armegedon Makinesi Martin Mystere İmkansızlıklar Dedektifi</t>
         </is>
       </c>
       <c r="C989" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="990" spans="1:3">
       <c r="A990" s="1" t="inlineStr">
         <is>
-          <t>9771303561356</t>
+          <t>9771303450242</t>
         </is>
       </c>
       <c r="B990" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Rüzgar Sayı: 56 Magicovento Altın Çember Suvarileri</t>
+          <t>Atlantis Yeni Seri Sayı: 42 Zeplin Martin Mystere İmkansızlıklar Dedektifi</t>
         </is>
       </c>
       <c r="C990" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="991" spans="1:3">
       <c r="A991" s="1" t="inlineStr">
         <is>
-          <t>9771303651354</t>
+          <t>9771303450241</t>
         </is>
       </c>
       <c r="B991" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Rüzgar Sayı: 54 Magicovento Rüzgar Mağaraları</t>
+          <t>Atlantis Yeni Seri Sayı: 41 Kıyamete Doğru</t>
         </is>
       </c>
       <c r="C991" s="1">
-        <v>135</v>
+        <v>70</v>
       </c>
     </row>
     <row r="992" spans="1:3">
       <c r="A992" s="1" t="inlineStr">
         <is>
-          <t>9771303651353</t>
+          <t>9771303450240</t>
         </is>
       </c>
       <c r="B992" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Rüzgar Sayı: 53 Magicovento On Üçüncü Ayın Çocukları</t>
+          <t>Atlantis Yeni Seri Sayı: 40 Martin Mystere İmkansızlıklar Dedektifi Sator Bilmecesi</t>
         </is>
       </c>
       <c r="C992" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="993" spans="1:3">
       <c r="A993" s="1" t="inlineStr">
         <is>
-          <t>9771303651346</t>
+          <t>9771303450238</t>
         </is>
       </c>
       <c r="B993" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Rüzgar Sayı: 46 Magicovento Nehirde Savaş</t>
+          <t>Atlantis Yeni Seri Sayı: 38 Güneş Kralın Sarayında Martin Mystere İmkansızlıklar Dedektifi</t>
         </is>
       </c>
       <c r="C993" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="994" spans="1:3">
       <c r="A994" s="1" t="inlineStr">
         <is>
-          <t>9771303651688</t>
+          <t>9771303450237</t>
         </is>
       </c>
       <c r="B994" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Rüzgar Sayı: 126 Victorio’nin İni</t>
+          <t>Atlantis Yeni Seri Sayı: 37 Martin Mystere İmkansızlıklar Dedektifi Billiken'in Dönüşü</t>
         </is>
       </c>
       <c r="C994" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="995" spans="1:3">
       <c r="A995" s="1" t="inlineStr">
         <is>
-          <t>9771303651459</t>
+          <t>9771303450235</t>
         </is>
       </c>
       <c r="B995" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Rüzgar Sayı: 103 Providence’de Randevu</t>
+          <t>Atlantis Yeni Seri Sayı: 35 Martin Mystere İmkansızlıklar Dedektifi Kurdun Savaşçıları</t>
         </is>
       </c>
       <c r="C995" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="996" spans="1:3">
       <c r="A996" s="1" t="inlineStr">
         <is>
-          <t>9771303651442</t>
+          <t>9771303440329</t>
         </is>
       </c>
       <c r="B996" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Rüzgar Sayı: 102 Aiwass’ın Dönüşü</t>
+          <t>Atlantis Yeni Martin Mystere Yeni Seri Sayı: 103 Okuyabilen Kedi</t>
         </is>
       </c>
       <c r="C996" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="997" spans="1:3">
       <c r="A997" s="1" t="inlineStr">
         <is>
-          <t>9771303651435</t>
+          <t>9771303450269</t>
         </is>
       </c>
       <c r="B997" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Rüzgar Sayı: 101 Beyaz Bayrak</t>
+          <t>Atlantis Martin Mystere Yeni Seri Sayı: 69 Kara Adam İmkansızlıklar Dedektifi</t>
         </is>
       </c>
       <c r="C997" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="998" spans="1:3">
       <c r="A998" s="1" t="inlineStr">
         <is>
-          <t>9771303651326</t>
+          <t>9771303450260</t>
         </is>
       </c>
       <c r="B998" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Rüzgar Sayı: 26 - Ölüm Ekenler</t>
+          <t>Atlantis Martin Mystere Yeni Seri Sayı: 60 Varolmayan Gün İmkansızlıklar Dedektifi</t>
         </is>
       </c>
       <c r="C998" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="999" spans="1:3">
       <c r="A999" s="1" t="inlineStr">
         <is>
-          <t>9789756535820</t>
+          <t>9771303450259</t>
         </is>
       </c>
       <c r="B999" s="1" t="inlineStr">
         <is>
-          <t>Beneksiz İnek</t>
+          <t>Atlantis Martin Mystere Yeni Seri Sayı: 59 Büyük Sahtekarlık İmkansızlıklar Dedektifi</t>
         </is>
       </c>
       <c r="C999" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1000" spans="1:3">
       <c r="A1000" s="1" t="inlineStr">
         <is>
-          <t>5771303451794</t>
+          <t>9771303450258</t>
         </is>
       </c>
       <c r="B1000" s="1" t="inlineStr">
         <is>
-          <t>Zagor Sayı 259 Kurban</t>
+          <t>Atlantis Martin Mystere Yeni Seri Sayı: 58 Eşiğin Ötesinde İmkansızlıklar Dedektifi</t>
         </is>
       </c>
       <c r="C1000" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1001" spans="1:3">
       <c r="A1001" s="1" t="inlineStr">
         <is>
-          <t>5781303451380</t>
+          <t>9771303450249</t>
         </is>
       </c>
       <c r="B1001" s="1" t="inlineStr">
         <is>
-          <t>Zagor Klasik Maceralar Cilt 134</t>
+          <t>Atlantis Martin Mystere Yeni Seri Sayı: 49 29 Şubat İmkansızlıklar Dedektifi</t>
         </is>
       </c>
       <c r="C1001" s="1">
-        <v>500</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1002" spans="1:3">
       <c r="A1002" s="1" t="inlineStr">
         <is>
-          <t>5771303450865</t>
+          <t>9771303450248</t>
         </is>
       </c>
       <c r="B1002" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere Sayı 228 - Kafaya Dikkat</t>
+          <t>Atlantis Martin Mystere Yeni Seri Sayı: 48 Başka Dünyadan Gelen Hayaletler İmkansızlıklar Dedektifi</t>
         </is>
       </c>
       <c r="C1002" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1003" spans="1:3">
       <c r="A1003" s="1" t="inlineStr">
         <is>
-          <t>9786256863224</t>
+          <t>3990000000750</t>
         </is>
       </c>
       <c r="B1003" s="1" t="inlineStr">
         <is>
-          <t>Tex Willer Sayı 12 ü El Paso del Norte</t>
+          <t>Atlantis (Özel Seri) Sayı:29 Gizemli Dünyamız Martin Mystere İmkansızlıklar Dedektifi</t>
         </is>
       </c>
       <c r="C1003" s="1">
-        <v>90</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1004" spans="1:3">
       <c r="A1004" s="1" t="inlineStr">
         <is>
-          <t>9786256863217</t>
+          <t>3990000000722</t>
         </is>
       </c>
       <c r="B1004" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Sayı 103 - Daisy &amp; Queen</t>
+          <t>Atlantis (Özel Seri) Sayı: 50 Viril’in Gücü Martin Mystere İmkansızlıklar Dedektifi</t>
         </is>
       </c>
       <c r="C1004" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1005" spans="1:3">
       <c r="A1005" s="1" t="inlineStr">
         <is>
-          <t>9786256863194</t>
+          <t>3990000000737</t>
         </is>
       </c>
       <c r="B1005" s="1" t="inlineStr">
         <is>
-          <t>Tex Willer sayı 11</t>
+          <t>Atlantis (Özel Seri) Sayı: 41 Martin Mystere İmkansızlıklar Dedektifi  Bay Jinx Dönüyor</t>
         </is>
       </c>
       <c r="C1005" s="1">
-        <v>90</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1006" spans="1:3">
       <c r="A1006" s="1" t="inlineStr">
         <is>
-          <t>6771303545157</t>
+          <t>9786055689445</t>
         </is>
       </c>
       <c r="B1006" s="1" t="inlineStr">
         <is>
-          <t>Mister No Klasik Maceralar Cilt 66</t>
+          <t>Afacan Peri</t>
         </is>
       </c>
       <c r="C1006" s="1">
-        <v>500</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1007" spans="1:3">
       <c r="A1007" s="1" t="inlineStr">
         <is>
-          <t>9786256863187</t>
+          <t>9789756535363</t>
         </is>
       </c>
       <c r="B1007" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Sayı 102</t>
+          <t>Armağan Getiren Martı</t>
         </is>
       </c>
       <c r="C1007" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1008" spans="1:3">
       <c r="A1008" s="1" t="inlineStr">
         <is>
-          <t>5771303450858</t>
+          <t>9771303651503</t>
         </is>
       </c>
       <c r="B1008" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere sayı 227</t>
+          <t>Büyülü Rüzgar Sayı: 108 Magico Vento</t>
         </is>
       </c>
       <c r="C1008" s="1">
-        <v>135</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1009" spans="1:3">
       <c r="A1009" s="1" t="inlineStr">
         <is>
-          <t>5771303451787</t>
+          <t>9771303651497</t>
         </is>
       </c>
       <c r="B1009" s="1" t="inlineStr">
         <is>
-          <t>Zagor Sayı 258</t>
+          <t>Büyülü Rüzgar Sayı: 107 Çinli Vampirler</t>
         </is>
       </c>
       <c r="C1009" s="1">
-        <v>135</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1010" spans="1:3">
       <c r="A1010" s="1" t="inlineStr">
         <is>
-          <t>5771303451770</t>
+          <t>9771303651480</t>
         </is>
       </c>
       <c r="B1010" s="1" t="inlineStr">
         <is>
-          <t>Zagor Sayı 257</t>
+          <t>Büyülü Rüzgar Sayı: 106 Son Karşılaşma</t>
         </is>
       </c>
       <c r="C1010" s="1">
-        <v>135</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1011" spans="1:3">
       <c r="A1011" s="1" t="inlineStr">
         <is>
-          <t>5781303451373</t>
+          <t>9771303651473</t>
         </is>
       </c>
       <c r="B1011" s="1" t="inlineStr">
         <is>
-          <t>Zagor Klasik Maceralar Cilt 133</t>
+          <t>Büyülü Rüzgar Sayı: 105 - Kötülüğün Yüzü</t>
         </is>
       </c>
       <c r="C1011" s="1">
-        <v>500</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1012" spans="1:3">
       <c r="A1012" s="1" t="inlineStr">
         <is>
-          <t>9786256863156</t>
+          <t>9771303450264</t>
         </is>
       </c>
       <c r="B1012" s="1" t="inlineStr">
         <is>
-          <t>Tex Willer sayı 10</t>
+          <t>Atlantis Yeni Seri Sayı: 64 Haiti’de Kabus Martin Mystere İmkansızlıklar Dedektifi</t>
         </is>
       </c>
       <c r="C1012" s="1">
-        <v>90</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1013" spans="1:3">
       <c r="A1013" s="1" t="inlineStr">
         <is>
-          <t>5771303450841</t>
+          <t>9771303450263</t>
         </is>
       </c>
       <c r="B1013" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere sayı 226</t>
+          <t>Atlantis Martin Mystere İmkansızlıklar Dedektifi Yeni Seri Sayı: 63 - Ramanujen Formülü</t>
         </is>
       </c>
       <c r="C1013" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1014" spans="1:3">
       <c r="A1014" s="1" t="inlineStr">
         <is>
-          <t>9786256863149</t>
+          <t>9771303450256</t>
         </is>
       </c>
       <c r="B1014" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Sayı 101</t>
+          <t>Atlantis Yeni Seri Sayı: 56 Martin Mystere İmkansızlıklar Dedektifi Başka Dünya</t>
         </is>
       </c>
       <c r="C1014" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1015" spans="1:3">
       <c r="A1015" s="1" t="inlineStr">
         <is>
-          <t>5771303451763</t>
+          <t>9771303450255</t>
         </is>
       </c>
       <c r="B1015" s="1" t="inlineStr">
         <is>
-          <t>Zagor Sayı 256 - Esrarengiz Pueblo</t>
+          <t>Atlantis Yeni Seri Sayı: 55 Martin Mystere İmkansızlıklar Dedektifi Kells’in Kitabı</t>
         </is>
       </c>
       <c r="C1015" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1016" spans="1:3">
       <c r="A1016" s="1" t="inlineStr">
         <is>
-          <t>9786256863118</t>
+          <t>9771303450254</t>
         </is>
       </c>
       <c r="B1016" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Sayı 100 - Orman Kanunu</t>
+          <t>Atlantis Yeni Seri Sayı: 54 Martin Mystere İmkansızlıklar Dedektifi Garip Ama Gerçek</t>
         </is>
       </c>
       <c r="C1016" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1017" spans="1:3">
       <c r="A1017" s="1" t="inlineStr">
         <is>
-          <t>5771303450834</t>
+          <t>9771303450253</t>
         </is>
       </c>
       <c r="B1017" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere Sayı 225 - Mekanik Ev</t>
+          <t>Atlantis Yeni Seri Sayı: 53 Martin Mystere İmkansızlıklar Dedektifi Gizli Krallık</t>
         </is>
       </c>
       <c r="C1017" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1018" spans="1:3">
       <c r="A1018" s="1" t="inlineStr">
         <is>
-          <t>9786256863125</t>
+          <t>9771303450266</t>
         </is>
       </c>
       <c r="B1018" s="1" t="inlineStr">
         <is>
-          <t>Tex Willer Sayı 9 - Kanunun Elinde</t>
+          <t>Atlantis Martin Mystere Yeni Seri Sayı: 66 Rick’s Club Da Katliam İmkansızlıklar Dedektifi</t>
         </is>
       </c>
       <c r="C1018" s="1">
-        <v>90</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1019" spans="1:3">
       <c r="A1019" s="1" t="inlineStr">
         <is>
-          <t>9786256863132</t>
+          <t>9771303450265</t>
         </is>
       </c>
       <c r="B1019" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Maxi Albüm 29</t>
+          <t>Atlantis Martin Mystere Yeni Seri Sayı: 65 Loa'nın Gücü İmkansızlıklar Dedektifi</t>
         </is>
       </c>
       <c r="C1019" s="1">
-        <v>400</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1020" spans="1:3">
       <c r="A1020" s="1" t="inlineStr">
         <is>
-          <t>6771303545140</t>
+          <t>9771303450262</t>
         </is>
       </c>
       <c r="B1020" s="1" t="inlineStr">
         <is>
-          <t>Mister NO Klasik Maceralar Cilt 65</t>
+          <t>Atlantis Martin Mystere Yeni Seri Sayı: 62 Ele Geçmeyen Katil İmkansızlıklar Dedektifi</t>
         </is>
       </c>
       <c r="C1020" s="1">
-        <v>500</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1021" spans="1:3">
       <c r="A1021" s="1" t="inlineStr">
         <is>
-          <t>9786256863101</t>
+          <t>9771303120134</t>
         </is>
       </c>
       <c r="B1021" s="1" t="inlineStr">
         <is>
-          <t>Zagor +5</t>
+          <t>Conan Sayı: 34 Bel’in Çocukları</t>
         </is>
       </c>
       <c r="C1021" s="1">
-        <v>260</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1022" spans="1:3">
       <c r="A1022" s="1" t="inlineStr">
         <is>
-          <t>5771303451756</t>
+          <t>9771303120132</t>
         </is>
       </c>
       <c r="B1022" s="1" t="inlineStr">
         <is>
-          <t>Zagor Sayı 255</t>
+          <t>Conan Sayı: 32 Vahşi Kimmerya Boğası</t>
         </is>
       </c>
       <c r="C1022" s="1">
-        <v>135</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1023" spans="1:3">
       <c r="A1023" s="1" t="inlineStr">
         <is>
-          <t>5771303450827</t>
+          <t>9771303561365</t>
         </is>
       </c>
       <c r="B1023" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere Sayı: 224</t>
+          <t>Büyülü Rüzgar Sayı: 65 Sadist Avcı</t>
         </is>
       </c>
       <c r="C1023" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1024" spans="1:3">
       <c r="A1024" s="1" t="inlineStr">
         <is>
-          <t>9786256863095</t>
+          <t>9771303561364</t>
         </is>
       </c>
       <c r="B1024" s="1" t="inlineStr">
         <is>
-          <t>Tex Willer sayı 8</t>
+          <t>Büyülü Rüzgar Sayı: 64 Mavi Kurtlar</t>
         </is>
       </c>
       <c r="C1024" s="1">
-        <v>90</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1025" spans="1:3">
       <c r="A1025" s="1" t="inlineStr">
         <is>
-          <t>5781303451366</t>
+          <t>9771303561363</t>
         </is>
       </c>
       <c r="B1025" s="1" t="inlineStr">
         <is>
-          <t>Zagor Klasik Maceralar Cilt 132</t>
+          <t>Büyülü Rüzgar Sayı: 63 Masumlar Çetesi</t>
         </is>
       </c>
       <c r="C1025" s="1">
-        <v>500</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1026" spans="1:3">
       <c r="A1026" s="1" t="inlineStr">
         <is>
-          <t>9786256863088</t>
+          <t>9771303561361</t>
         </is>
       </c>
       <c r="B1026" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Sayı 99</t>
+          <t>Büyülü Rüzgar Sayı: 61 Kesişen İntikamlar</t>
         </is>
       </c>
       <c r="C1026" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1027" spans="1:3">
       <c r="A1027" s="1" t="inlineStr">
         <is>
-          <t>9786256863071</t>
+          <t>9771303561360</t>
         </is>
       </c>
       <c r="B1027" s="1" t="inlineStr">
         <is>
-          <t>Tex Willer sayı 7</t>
+          <t>Büyülü Rüzgar Sayı: 60 Magicovento Sayılı Dakikalar (Ciltli)</t>
         </is>
       </c>
       <c r="C1027" s="1">
-        <v>90</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1028" spans="1:3">
       <c r="A1028" s="1" t="inlineStr">
         <is>
-          <t>6771303545133</t>
+          <t>9771303561356</t>
         </is>
       </c>
       <c r="B1028" s="1" t="inlineStr">
         <is>
-          <t>Mister NO Klasik Maceralar Cilt 64</t>
+          <t>Büyülü Rüzgar Sayı: 56 Magicovento Altın Çember Suvarileri</t>
         </is>
       </c>
       <c r="C1028" s="1">
-        <v>500</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1029" spans="1:3">
       <c r="A1029" s="1" t="inlineStr">
         <is>
-          <t>5771303450810</t>
+          <t>9771303651354</t>
         </is>
       </c>
       <c r="B1029" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere Sayı 223</t>
+          <t>Büyülü Rüzgar Sayı: 54 Magicovento Rüzgar Mağaraları</t>
         </is>
       </c>
       <c r="C1029" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1030" spans="1:3">
       <c r="A1030" s="1" t="inlineStr">
         <is>
-          <t>9786256863064</t>
+          <t>9771303651353</t>
         </is>
       </c>
       <c r="B1030" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Sayı 98</t>
+          <t>Büyülü Rüzgar Sayı: 53 Magicovento On Üçüncü Ayın Çocukları</t>
         </is>
       </c>
       <c r="C1030" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1031" spans="1:3">
       <c r="A1031" s="1" t="inlineStr">
         <is>
-          <t>5771303451749</t>
+          <t>9771303651346</t>
         </is>
       </c>
       <c r="B1031" s="1" t="inlineStr">
         <is>
-          <t>Zagor Sayı 254</t>
+          <t>Büyülü Rüzgar Sayı: 46 Magicovento Nehirde Savaş</t>
         </is>
       </c>
       <c r="C1031" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1032" spans="1:3">
       <c r="A1032" s="1" t="inlineStr">
         <is>
-          <t>5771303450803</t>
+          <t>9771303651688</t>
         </is>
       </c>
       <c r="B1032" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere Sayı 222</t>
+          <t>Büyülü Rüzgar Sayı: 126 Victorio’nin İni</t>
         </is>
       </c>
       <c r="C1032" s="1">
-        <v>135</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1033" spans="1:3">
       <c r="A1033" s="1" t="inlineStr">
         <is>
-          <t>5771303451732</t>
+          <t>9771303651459</t>
         </is>
       </c>
       <c r="B1033" s="1" t="inlineStr">
         <is>
-          <t>Zagor Sayı 253</t>
+          <t>Büyülü Rüzgar Sayı: 103 Providence’de Randevu</t>
         </is>
       </c>
       <c r="C1033" s="1">
-        <v>135</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1034" spans="1:3">
       <c r="A1034" s="1" t="inlineStr">
         <is>
-          <t>5781303451359</t>
+          <t>9771303651442</t>
         </is>
       </c>
       <c r="B1034" s="1" t="inlineStr">
         <is>
-          <t>Zagor Klasik Maceralar Cilt 131</t>
+          <t>Büyülü Rüzgar Sayı: 102 Aiwass’ın Dönüşü</t>
         </is>
       </c>
       <c r="C1034" s="1">
-        <v>500</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1035" spans="1:3">
       <c r="A1035" s="1" t="inlineStr">
         <is>
-          <t>9786256863040</t>
+          <t>9771303651435</t>
         </is>
       </c>
       <c r="B1035" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Sayı 97</t>
+          <t>Büyülü Rüzgar Sayı: 101 Beyaz Bayrak</t>
         </is>
       </c>
       <c r="C1035" s="1">
-        <v>135</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1036" spans="1:3">
       <c r="A1036" s="1" t="inlineStr">
         <is>
-          <t>9786052218235</t>
+          <t>9771303651326</t>
         </is>
       </c>
       <c r="B1036" s="1" t="inlineStr">
         <is>
-          <t>Işık, Görme ve Renkler</t>
+          <t>Büyülü Rüzgar Sayı: 26 - Ölüm Ekenler</t>
         </is>
       </c>
       <c r="C1036" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1037" spans="1:3">
       <c r="A1037" s="1" t="inlineStr">
         <is>
-          <t>9786052218242</t>
+          <t>9789756535820</t>
         </is>
       </c>
       <c r="B1037" s="1" t="inlineStr">
         <is>
-          <t>Mıknatıslar ve Elektromanyetizma</t>
+          <t>Beneksiz İnek</t>
         </is>
       </c>
       <c r="C1037" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1038" spans="1:3">
       <c r="A1038" s="1" t="inlineStr">
         <is>
-          <t>9786052218228</t>
+          <t>5771303451794</t>
         </is>
       </c>
       <c r="B1038" s="1" t="inlineStr">
         <is>
-          <t>Elektrik Devreleri ve Deneyleri</t>
+          <t>Zagor Sayı 259 Kurban</t>
         </is>
       </c>
       <c r="C1038" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1039" spans="1:3">
       <c r="A1039" s="1" t="inlineStr">
         <is>
-          <t>9786052218259</t>
+          <t>5781303451380</t>
         </is>
       </c>
       <c r="B1039" s="1" t="inlineStr">
         <is>
-          <t>Scratch ile Arduino Programlamaya Giriş</t>
+          <t>Zagor Klasik Maceralar Cilt 134</t>
         </is>
       </c>
       <c r="C1039" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1040" spans="1:3">
       <c r="A1040" s="1" t="inlineStr">
         <is>
-          <t>9786256863033</t>
+          <t>5771303450865</t>
         </is>
       </c>
       <c r="B1040" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Maxi Albüm 28</t>
+          <t>Martin Mystere Sayı 228 - Kafaya Dikkat</t>
         </is>
       </c>
       <c r="C1040" s="1">
-        <v>400</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1041" spans="1:3">
       <c r="A1041" s="1" t="inlineStr">
         <is>
-          <t>5771303450797</t>
+          <t>9786256863224</t>
         </is>
       </c>
       <c r="B1041" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere sayı 221</t>
+          <t>Tex Willer Sayı 12 ü El Paso del Norte</t>
         </is>
       </c>
       <c r="C1041" s="1">
-        <v>135</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1042" spans="1:3">
       <c r="A1042" s="1" t="inlineStr">
         <is>
-          <t>5771303451725</t>
+          <t>9786256863217</t>
         </is>
       </c>
       <c r="B1042" s="1" t="inlineStr">
         <is>
-          <t>Zagor Sayı 252</t>
+          <t>Dylan Dog Sayı 103 - Daisy &amp; Queen</t>
         </is>
       </c>
       <c r="C1042" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1043" spans="1:3">
       <c r="A1043" s="1" t="inlineStr">
         <is>
-          <t>9786256863026</t>
+          <t>9786256863194</t>
         </is>
       </c>
       <c r="B1043" s="1" t="inlineStr">
         <is>
-          <t>Zagor +4</t>
+          <t>Tex Willer sayı 11</t>
         </is>
       </c>
       <c r="C1043" s="1">
-        <v>260</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1044" spans="1:3">
       <c r="A1044" s="1" t="inlineStr">
         <is>
-          <t>6771303545126</t>
+          <t>6771303545157</t>
         </is>
       </c>
       <c r="B1044" s="1" t="inlineStr">
         <is>
-          <t>Mister NO Klasik Maceralar Cilt 63</t>
+          <t>Mister No Klasik Maceralar Cilt 66</t>
         </is>
       </c>
       <c r="C1044" s="1">
-        <v>500</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1045" spans="1:3">
       <c r="A1045" s="1" t="inlineStr">
         <is>
-          <t>9786256863002</t>
+          <t>9786256863187</t>
         </is>
       </c>
       <c r="B1045" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Sayı: 96</t>
+          <t>Dylan Dog Sayı 102</t>
         </is>
       </c>
       <c r="C1045" s="1">
-        <v>135</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1046" spans="1:3">
       <c r="A1046" s="1" t="inlineStr">
         <is>
-          <t>5771303451718</t>
+          <t>5771303450858</t>
         </is>
       </c>
       <c r="B1046" s="1" t="inlineStr">
         <is>
-          <t>Zagor Sayı: 251 - Yılan Adamlar</t>
+          <t>Martin Mystere sayı 227</t>
         </is>
       </c>
       <c r="C1046" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1047" spans="1:3">
       <c r="A1047" s="1" t="inlineStr">
         <is>
-          <t>5781303451342</t>
+          <t>5771303451787</t>
         </is>
       </c>
       <c r="B1047" s="1" t="inlineStr">
         <is>
-          <t>Zagor Klasik Maceralar Cilt: 130</t>
+          <t>Zagor Sayı 258</t>
         </is>
       </c>
       <c r="C1047" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1048" spans="1:3">
       <c r="A1048" s="1" t="inlineStr">
         <is>
-          <t>9786052218983</t>
+          <t>5771303451770</t>
         </is>
       </c>
       <c r="B1048" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Sayı: 95</t>
+          <t>Zagor Sayı 257</t>
         </is>
       </c>
       <c r="C1048" s="1">
-        <v>135</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1049" spans="1:3">
       <c r="A1049" s="1" t="inlineStr">
         <is>
-          <t>5771303450780</t>
+          <t>5781303451373</t>
         </is>
       </c>
       <c r="B1049" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere Sayı: 220</t>
+          <t>Zagor Klasik Maceralar Cilt 133</t>
         </is>
       </c>
       <c r="C1049" s="1">
-        <v>135</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1050" spans="1:3">
       <c r="A1050" s="1" t="inlineStr">
         <is>
-          <t>5771303451701</t>
+          <t>9786256863156</t>
         </is>
       </c>
       <c r="B1050" s="1" t="inlineStr">
         <is>
-          <t>Zagor Sayı 250</t>
+          <t>Tex Willer sayı 10</t>
         </is>
       </c>
       <c r="C1050" s="1">
-        <v>135</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1051" spans="1:3">
       <c r="A1051" s="1" t="inlineStr">
         <is>
-          <t>5771303450773</t>
+          <t>5771303450841</t>
         </is>
       </c>
       <c r="B1051" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere sayı 219</t>
+          <t>Martin Mystere sayı 226</t>
         </is>
       </c>
       <c r="C1051" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1052" spans="1:3">
       <c r="A1052" s="1" t="inlineStr">
         <is>
-          <t>9786052218952</t>
+          <t>9786256863149</t>
         </is>
       </c>
       <c r="B1052" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Sayı 94</t>
+          <t>Dylan Dog Sayı 101</t>
         </is>
       </c>
       <c r="C1052" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1053" spans="1:3">
       <c r="A1053" s="1" t="inlineStr">
         <is>
-          <t>9786052218945</t>
+          <t>5771303451763</t>
         </is>
       </c>
       <c r="B1053" s="1" t="inlineStr">
         <is>
-          <t>Zagor + Avcılar Toplantısı</t>
+          <t>Zagor Sayı 256 - Esrarengiz Pueblo</t>
         </is>
       </c>
       <c r="C1053" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1054" spans="1:3">
       <c r="A1054" s="1" t="inlineStr">
         <is>
-          <t>5771303451695</t>
+          <t>9786256863118</t>
         </is>
       </c>
       <c r="B1054" s="1" t="inlineStr">
         <is>
-          <t>Zagor Sayı: 249 - Kanunsuzlar</t>
+          <t>Dylan Dog Sayı 100 - Orman Kanunu</t>
         </is>
       </c>
       <c r="C1054" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1055" spans="1:3">
       <c r="A1055" s="1" t="inlineStr">
         <is>
-          <t>5771303450766</t>
+          <t>5771303450834</t>
         </is>
       </c>
       <c r="B1055" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere Sayı: 218 - Mikelanj’ın Gölgesi</t>
+          <t>Martin Mystere Sayı 225 - Mekanik Ev</t>
         </is>
       </c>
       <c r="C1055" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1056" spans="1:3">
       <c r="A1056" s="1" t="inlineStr">
         <is>
-          <t>5781303451335</t>
+          <t>9786256863125</t>
         </is>
       </c>
       <c r="B1056" s="1" t="inlineStr">
         <is>
-          <t>Zagor Klasik Maceralar Cilt 129</t>
+          <t>Tex Willer Sayı 9 - Kanunun Elinde</t>
         </is>
       </c>
       <c r="C1056" s="1">
-        <v>500</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1057" spans="1:3">
       <c r="A1057" s="1" t="inlineStr">
         <is>
-          <t>9786052218921</t>
+          <t>9786256863132</t>
         </is>
       </c>
       <c r="B1057" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Sayı 93 - Oyun</t>
+          <t>Dylan Dog Maxi Albüm 29</t>
         </is>
       </c>
       <c r="C1057" s="1">
-        <v>135</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1058" spans="1:3">
       <c r="A1058" s="1" t="inlineStr">
         <is>
-          <t>5771303451688</t>
+          <t>6771303545140</t>
         </is>
       </c>
       <c r="B1058" s="1" t="inlineStr">
         <is>
-          <t>Zagor Sayı 248</t>
+          <t>Mister NO Klasik Maceralar Cilt 65</t>
         </is>
       </c>
       <c r="C1058" s="1">
-        <v>135</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1059" spans="1:3">
       <c r="A1059" s="1" t="inlineStr">
         <is>
-          <t>9786052218907</t>
+          <t>9786256863101</t>
         </is>
       </c>
       <c r="B1059" s="1" t="inlineStr">
         <is>
-          <t>Tex Willer Sayı 1</t>
+          <t>Zagor +5</t>
         </is>
       </c>
       <c r="C1059" s="1">
-        <v>90</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1060" spans="1:3">
       <c r="A1060" s="1" t="inlineStr">
         <is>
-          <t>6771303545102</t>
+          <t>5771303451756</t>
         </is>
       </c>
       <c r="B1060" s="1" t="inlineStr">
         <is>
-          <t>Mister NO Klasik Maceralar Cilt 61</t>
+          <t>Zagor Sayı 255</t>
         </is>
       </c>
       <c r="C1060" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1061" spans="1:3">
       <c r="A1061" s="1" t="inlineStr">
         <is>
-          <t>9786052218891</t>
+          <t>5771303450827</t>
         </is>
       </c>
       <c r="B1061" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Sayı 92</t>
+          <t>Martin Mystere Sayı: 224</t>
         </is>
       </c>
       <c r="C1061" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1062" spans="1:3">
       <c r="A1062" s="1" t="inlineStr">
         <is>
-          <t>9786052218914</t>
+          <t>9786256863095</t>
         </is>
       </c>
       <c r="B1062" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Maxi Albüm 27</t>
+          <t>Tex Willer sayı 8</t>
         </is>
       </c>
       <c r="C1062" s="1">
-        <v>400</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1063" spans="1:3">
       <c r="A1063" s="1" t="inlineStr">
         <is>
-          <t>9786052218877</t>
+          <t>5781303451366</t>
         </is>
       </c>
       <c r="B1063" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Sayı: 91</t>
+          <t>Zagor Klasik Maceralar Cilt 132</t>
         </is>
       </c>
       <c r="C1063" s="1">
-        <v>135</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1064" spans="1:3">
       <c r="A1064" s="1" t="inlineStr">
         <is>
-          <t>5771303451671</t>
+          <t>9786256863088</t>
         </is>
       </c>
       <c r="B1064" s="1" t="inlineStr">
         <is>
-          <t>Zagor Sayı: 247</t>
+          <t>Dylan Dog Sayı 99</t>
         </is>
       </c>
       <c r="C1064" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1065" spans="1:3">
       <c r="A1065" s="1" t="inlineStr">
         <is>
-          <t>5771303450742</t>
+          <t>9786256863071</t>
         </is>
       </c>
       <c r="B1065" s="1" t="inlineStr">
         <is>
-          <t>Atlantis - Martin Mystere Sayı: 216</t>
+          <t>Tex Willer sayı 7</t>
         </is>
       </c>
       <c r="C1065" s="1">
-        <v>135</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1066" spans="1:3">
       <c r="A1066" s="1" t="inlineStr">
         <is>
-          <t>9786052218884</t>
+          <t>6771303545133</t>
         </is>
       </c>
       <c r="B1066" s="1" t="inlineStr">
         <is>
-          <t>Tex Özel Albüm 1 - Doc!</t>
+          <t>Mister NO Klasik Maceralar Cilt 64</t>
         </is>
       </c>
       <c r="C1066" s="1">
-        <v>325</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1067" spans="1:3">
       <c r="A1067" s="1" t="inlineStr">
         <is>
-          <t>9786052218860</t>
+          <t>5771303450810</t>
         </is>
       </c>
       <c r="B1067" s="1" t="inlineStr">
         <is>
-          <t>Zagor +</t>
+          <t>Martin Mystere Sayı 223</t>
         </is>
       </c>
       <c r="C1067" s="1">
-        <v>260</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1068" spans="1:3">
       <c r="A1068" s="1" t="inlineStr">
         <is>
-          <t>5771303451664</t>
+          <t>9786256863064</t>
         </is>
       </c>
       <c r="B1068" s="1" t="inlineStr">
         <is>
-          <t>Zagor Sayı 246</t>
+          <t>Dylan Dog Sayı 98</t>
         </is>
       </c>
       <c r="C1068" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1069" spans="1:3">
       <c r="A1069" s="1" t="inlineStr">
         <is>
-          <t>9786052218853</t>
+          <t>5771303451749</t>
         </is>
       </c>
       <c r="B1069" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Sayı 90</t>
+          <t>Zagor Sayı 254</t>
         </is>
       </c>
       <c r="C1069" s="1">
-        <v>135</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1070" spans="1:3">
       <c r="A1070" s="1" t="inlineStr">
         <is>
-          <t>5771303450735</t>
+          <t>5771303450803</t>
         </is>
       </c>
       <c r="B1070" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere Sayı 215</t>
+          <t>Martin Mystere Sayı 222</t>
         </is>
       </c>
       <c r="C1070" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1071" spans="1:3">
       <c r="A1071" s="1" t="inlineStr">
         <is>
-          <t>5771303450728</t>
+          <t>5771303451732</t>
         </is>
       </c>
       <c r="B1071" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere Sayı: 214 - Bütün Gerçek</t>
+          <t>Zagor Sayı 253</t>
         </is>
       </c>
       <c r="C1071" s="1">
-        <v>135</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1072" spans="1:3">
       <c r="A1072" s="1" t="inlineStr">
         <is>
-          <t>5771303451657</t>
+          <t>5781303451359</t>
         </is>
       </c>
       <c r="B1072" s="1" t="inlineStr">
         <is>
-          <t>Zagor Sayı 245 - Isabel’in Geçmişi</t>
+          <t>Zagor Klasik Maceralar Cilt 131</t>
         </is>
       </c>
       <c r="C1072" s="1">
-        <v>135</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1073" spans="1:3">
       <c r="A1073" s="1" t="inlineStr">
         <is>
-          <t>9786052218846</t>
+          <t>9786256863040</t>
         </is>
       </c>
       <c r="B1073" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Sayı: 89 - Kaybedilen Aşklar</t>
+          <t>Dylan Dog Sayı 97</t>
         </is>
       </c>
       <c r="C1073" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1074" spans="1:3">
       <c r="A1074" s="1" t="inlineStr">
         <is>
-          <t>5771303451640</t>
+          <t>9786052218235</t>
         </is>
       </c>
       <c r="B1074" s="1" t="inlineStr">
         <is>
-          <t>Zagor Sayı 244: Acımasızlar Çetesi</t>
+          <t>Işık, Görme ve Renkler</t>
         </is>
       </c>
       <c r="C1074" s="1">
-        <v>135</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1075" spans="1:3">
       <c r="A1075" s="1" t="inlineStr">
         <is>
-          <t>5771303450711</t>
+          <t>9786052218242</t>
         </is>
       </c>
       <c r="B1075" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere Sayı 213: Şair Thomas’ın Baladı</t>
+          <t>Mıknatıslar ve Elektromanyetizma</t>
         </is>
       </c>
       <c r="C1075" s="1">
-        <v>135</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1076" spans="1:3">
       <c r="A1076" s="1" t="inlineStr">
         <is>
-          <t>9786052218822</t>
+          <t>9786052218228</t>
         </is>
       </c>
       <c r="B1076" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Sayı 88: Öcü</t>
+          <t>Elektrik Devreleri ve Deneyleri</t>
         </is>
       </c>
       <c r="C1076" s="1">
-        <v>135</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1077" spans="1:3">
       <c r="A1077" s="1" t="inlineStr">
         <is>
-          <t>9786052218839</t>
+          <t>9786052218259</t>
         </is>
       </c>
       <c r="B1077" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Maxi Albüm 26: Herşey Kayboldu</t>
+          <t>Scratch ile Arduino Programlamaya Giriş</t>
         </is>
       </c>
       <c r="C1077" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1078" spans="1:3">
       <c r="A1078" s="1" t="inlineStr">
         <is>
-          <t>9786052218815</t>
+          <t>9786256863033</t>
         </is>
       </c>
       <c r="B1078" s="1" t="inlineStr">
         <is>
-          <t>Zagor Darkwood Hikayeleri Sayı: 1</t>
+          <t>Dylan Dog Maxi Albüm 28</t>
         </is>
       </c>
       <c r="C1078" s="1">
-        <v>260</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1079" spans="1:3">
       <c r="A1079" s="1" t="inlineStr">
         <is>
-          <t>5771303450704</t>
+          <t>5771303450797</t>
         </is>
       </c>
       <c r="B1079" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere Sayı: 212</t>
+          <t>Martin Mystere sayı 221</t>
         </is>
       </c>
       <c r="C1079" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1080" spans="1:3">
       <c r="A1080" s="1" t="inlineStr">
         <is>
-          <t>5771303451633</t>
+          <t>5771303451725</t>
         </is>
       </c>
       <c r="B1080" s="1" t="inlineStr">
         <is>
-          <t>Zagor Sayı: 243</t>
+          <t>Zagor Sayı 252</t>
         </is>
       </c>
       <c r="C1080" s="1">
-        <v>135</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1081" spans="1:3">
       <c r="A1081" s="1" t="inlineStr">
         <is>
-          <t>9786052218808</t>
+          <t>9786256863026</t>
         </is>
       </c>
       <c r="B1081" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Sayı: 87 - Fobi</t>
+          <t>Zagor +4</t>
         </is>
       </c>
       <c r="C1081" s="1">
-        <v>135</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1082" spans="1:3">
       <c r="A1082" s="1" t="inlineStr">
         <is>
-          <t>5771303451626</t>
+          <t>6771303545126</t>
         </is>
       </c>
       <c r="B1082" s="1" t="inlineStr">
         <is>
-          <t>Zagor Sayı: 242</t>
+          <t>Mister NO Klasik Maceralar Cilt 63</t>
         </is>
       </c>
       <c r="C1082" s="1">
-        <v>135</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1083" spans="1:3">
       <c r="A1083" s="1" t="inlineStr">
         <is>
-          <t>5771303450698</t>
+          <t>9786256863002</t>
         </is>
       </c>
       <c r="B1083" s="1" t="inlineStr">
         <is>
-          <t>Atlantis Martin Mystere Yeni Seri Sayı: 211 - Kırmızı Giyen Adamlar</t>
+          <t>Dylan Dog Sayı: 96</t>
         </is>
       </c>
       <c r="C1083" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1084" spans="1:3">
       <c r="A1084" s="1" t="inlineStr">
         <is>
-          <t>9786052218785</t>
+          <t>5771303451718</t>
         </is>
       </c>
       <c r="B1084" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Sayı 86</t>
+          <t>Zagor Sayı: 251 - Yılan Adamlar</t>
         </is>
       </c>
       <c r="C1084" s="1">
-        <v>135</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1085" spans="1:3">
       <c r="A1085" s="1" t="inlineStr">
         <is>
-          <t>5771303451619</t>
+          <t>5781303451342</t>
         </is>
       </c>
       <c r="B1085" s="1" t="inlineStr">
         <is>
-          <t>Zagor Sayı: 241 - Casuslar Savaşı</t>
+          <t>Zagor Klasik Maceralar Cilt: 130</t>
         </is>
       </c>
       <c r="C1085" s="1">
-        <v>135</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1086" spans="1:3">
       <c r="A1086" s="1" t="inlineStr">
         <is>
-          <t>5771303450681</t>
+          <t>9786052218983</t>
         </is>
       </c>
       <c r="B1086" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere Sayı: 210 - Viyana Vampiri</t>
+          <t>Dylan Dog Sayı: 95</t>
         </is>
       </c>
       <c r="C1086" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1087" spans="1:3">
       <c r="A1087" s="1" t="inlineStr">
         <is>
-          <t>9786052218792</t>
+          <t>5771303450780</t>
         </is>
       </c>
       <c r="B1087" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Sayı: 85 - Canavara Ağıt</t>
+          <t>Martin Mystere Sayı: 220</t>
         </is>
       </c>
       <c r="C1087" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1088" spans="1:3">
       <c r="A1088" s="1" t="inlineStr">
         <is>
-          <t>5771303451602</t>
+          <t>5771303451701</t>
         </is>
       </c>
       <c r="B1088" s="1" t="inlineStr">
         <is>
-          <t>Zagor Sayı: 240 - Smirnoff’un İntikamı</t>
+          <t>Zagor Sayı 250</t>
         </is>
       </c>
       <c r="C1088" s="1">
-        <v>135</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1089" spans="1:3">
       <c r="A1089" s="1" t="inlineStr">
         <is>
-          <t>9786052218761</t>
+          <t>5771303450773</t>
         </is>
       </c>
       <c r="B1089" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Sayı: 84 - Safara</t>
+          <t>Martin Mystere sayı 219</t>
         </is>
       </c>
       <c r="C1089" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1090" spans="1:3">
       <c r="A1090" s="1" t="inlineStr">
         <is>
-          <t>5771303450674</t>
+          <t>9786052218952</t>
         </is>
       </c>
       <c r="B1090" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere Sayı: 209 - Eski Günlerdeki Gibi</t>
+          <t>Dylan Dog Sayı 94</t>
         </is>
       </c>
       <c r="C1090" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1091" spans="1:3">
       <c r="A1091" s="1" t="inlineStr">
         <is>
-          <t>9786052218778</t>
+          <t>9786052218945</t>
         </is>
       </c>
       <c r="B1091" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Maxi Albüm 25 - Yaşam Sizi Ayırana Kadar</t>
+          <t>Zagor + Avcılar Toplantısı</t>
         </is>
       </c>
       <c r="C1091" s="1">
-        <v>400</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1092" spans="1:3">
       <c r="A1092" s="1" t="inlineStr">
         <is>
-          <t>5771303450667</t>
+          <t>5771303451695</t>
         </is>
       </c>
       <c r="B1092" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere Sayı: 208 - 80 Yıl Önce</t>
+          <t>Zagor Sayı: 249 - Kanunsuzlar</t>
         </is>
       </c>
       <c r="C1092" s="1">
-        <v>135</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1093" spans="1:3">
       <c r="A1093" s="1" t="inlineStr">
         <is>
-          <t>5771303451596</t>
+          <t>5771303450766</t>
         </is>
       </c>
       <c r="B1093" s="1" t="inlineStr">
         <is>
-          <t>Zagor Sayı: 239 - Saddle Town</t>
+          <t>Martin Mystere Sayı: 218 - Mikelanj’ın Gölgesi</t>
         </is>
       </c>
       <c r="C1093" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1094" spans="1:3">
       <c r="A1094" s="1" t="inlineStr">
         <is>
-          <t>9786052218754</t>
+          <t>5781303451335</t>
         </is>
       </c>
       <c r="B1094" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Sayı: 83 - Vampir Damgası</t>
+          <t>Zagor Klasik Maceralar Cilt 129</t>
         </is>
       </c>
       <c r="C1094" s="1">
-        <v>135</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1095" spans="1:3">
       <c r="A1095" s="1" t="inlineStr">
         <is>
-          <t>9786052218747</t>
+          <t>9786052218921</t>
         </is>
       </c>
       <c r="B1095" s="1" t="inlineStr">
         <is>
-          <t>Beşinci Kuşak</t>
+          <t>Dylan Dog Sayı 93 - Oyun</t>
         </is>
       </c>
       <c r="C1095" s="1">
-        <v>280</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1096" spans="1:3">
       <c r="A1096" s="1" t="inlineStr">
         <is>
-          <t>5771303451589</t>
+          <t>5771303451688</t>
         </is>
       </c>
       <c r="B1096" s="1" t="inlineStr">
         <is>
-          <t>Zagor Sayı 238</t>
+          <t>Zagor Sayı 248</t>
         </is>
       </c>
       <c r="C1096" s="1">
-        <v>135</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1097" spans="1:3">
       <c r="A1097" s="1" t="inlineStr">
         <is>
-          <t>6771303545058</t>
+          <t>9786052218907</t>
         </is>
       </c>
       <c r="B1097" s="1" t="inlineStr">
         <is>
-          <t>Mister No Klasik Maceralar Cilt: 56</t>
+          <t>Tex Willer Sayı 1</t>
         </is>
       </c>
       <c r="C1097" s="1">
-        <v>500</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1098" spans="1:3">
       <c r="A1098" s="1" t="inlineStr">
         <is>
-          <t>9786052218730</t>
+          <t>6771303545102</t>
         </is>
       </c>
       <c r="B1098" s="1" t="inlineStr">
         <is>
-          <t>Dragonero Zagor</t>
+          <t>Mister NO Klasik Maceralar Cilt 61</t>
         </is>
       </c>
       <c r="C1098" s="1">
-        <v>320</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1099" spans="1:3">
       <c r="A1099" s="1" t="inlineStr">
         <is>
-          <t>9786052218723</t>
+          <t>9786052218891</t>
         </is>
       </c>
       <c r="B1099" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Sayı 82</t>
+          <t>Dylan Dog Sayı 92</t>
         </is>
       </c>
       <c r="C1099" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1100" spans="1:3">
       <c r="A1100" s="1" t="inlineStr">
         <is>
-          <t>6771303440179</t>
+          <t>9786052218914</t>
         </is>
       </c>
       <c r="B1100" s="1" t="inlineStr">
         <is>
-          <t>Zagor Sayı 29 - Jean Lafitte'nin Hazinesi</t>
+          <t>Dylan Dog Maxi Albüm 27</t>
         </is>
       </c>
       <c r="C1100" s="1">
-        <v>135</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1101" spans="1:3">
       <c r="A1101" s="1" t="inlineStr">
         <is>
-          <t>4771303545142</t>
+          <t>9786052218877</t>
         </is>
       </c>
       <c r="B1101" s="1" t="inlineStr">
         <is>
-          <t>Zagor Darkwood Novels Sayı 4 - Canlı Hedef</t>
+          <t>Dylan Dog Sayı: 91</t>
         </is>
       </c>
       <c r="C1101" s="1">
-        <v>90</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1102" spans="1:3">
       <c r="A1102" s="1" t="inlineStr">
         <is>
-          <t>5771303451534</t>
+          <t>5771303451671</t>
         </is>
       </c>
       <c r="B1102" s="1" t="inlineStr">
         <is>
-          <t>Zagor Sayı 233 - Banshee'nin Çığlığı</t>
+          <t>Zagor Sayı: 247</t>
         </is>
       </c>
       <c r="C1102" s="1">
-        <v>135</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1103" spans="1:3">
       <c r="A1103" s="1" t="inlineStr">
         <is>
-          <t>5771303450636</t>
+          <t>5771303450742</t>
         </is>
       </c>
       <c r="B1103" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere Sayı 205 - İmkansızlıklar Dedektifi: Jenny Haniver</t>
+          <t>Atlantis - Martin Mystere Sayı: 216</t>
         </is>
       </c>
       <c r="C1103" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1104" spans="1:3">
       <c r="A1104" s="1" t="inlineStr">
         <is>
-          <t>9786052218655</t>
+          <t>9786052218884</t>
         </is>
       </c>
       <c r="B1104" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Sayı 77 - Kötü Tohum</t>
+          <t>Tex Özel Albüm 1 - Doc!</t>
         </is>
       </c>
       <c r="C1104" s="1">
-        <v>135</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1105" spans="1:3">
       <c r="A1105" s="1" t="inlineStr">
         <is>
-          <t>9771303449964</t>
+          <t>9786052218860</t>
         </is>
       </c>
       <c r="B1105" s="1" t="inlineStr">
         <is>
-          <t>Yeni Zagor Cilt: 6 Günbatımında Düello / Paralı Askerler / Vadinin Lanetlileri</t>
+          <t>Zagor +</t>
         </is>
       </c>
       <c r="C1105" s="1">
-        <v>400</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1106" spans="1:3">
       <c r="A1106" s="1" t="inlineStr">
         <is>
-          <t>9771303651244</t>
+          <t>5771303451664</t>
         </is>
       </c>
       <c r="B1106" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Rüzgar Sayı: 90 Bilinmeyen Canavar</t>
+          <t>Zagor Sayı 246</t>
         </is>
       </c>
       <c r="C1106" s="1">
-        <v>135</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1107" spans="1:3">
       <c r="A1107" s="1" t="inlineStr">
         <is>
-          <t>5781303451274</t>
+          <t>9786052218853</t>
         </is>
       </c>
       <c r="B1107" s="1" t="inlineStr">
         <is>
-          <t>Zagor Klasik Maceralar Cilt 123</t>
+          <t>Dylan Dog Sayı 90</t>
         </is>
       </c>
       <c r="C1107" s="1">
-        <v>500</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1108" spans="1:3">
       <c r="A1108" s="1" t="inlineStr">
         <is>
-          <t>9786052218716</t>
+          <t>5771303450735</t>
         </is>
       </c>
       <c r="B1108" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Sayı: 81 - Madalyonun Üç Yüzü</t>
+          <t>Martin Mystere Sayı 215</t>
         </is>
       </c>
       <c r="C1108" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1109" spans="1:3">
       <c r="A1109" s="1" t="inlineStr">
         <is>
-          <t>6881303545016</t>
+          <t>5771303450728</t>
         </is>
       </c>
       <c r="B1109" s="1" t="inlineStr">
         <is>
-          <t>Mister No - Özel Seri Sayı: 1</t>
+          <t>Martin Mystere Sayı: 214 - Bütün Gerçek</t>
         </is>
       </c>
       <c r="C1109" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1110" spans="1:3">
       <c r="A1110" s="1" t="inlineStr">
         <is>
-          <t>5771303451572</t>
+          <t>5771303451657</t>
         </is>
       </c>
       <c r="B1110" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Güneş - Zagor Sayı: 237</t>
+          <t>Zagor Sayı 245 - Isabel’in Geçmişi</t>
         </is>
       </c>
       <c r="C1110" s="1">
-        <v>135</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1111" spans="1:3">
       <c r="A1111" s="1" t="inlineStr">
         <is>
-          <t>5771303450650</t>
+          <t>9786052218846</t>
         </is>
       </c>
       <c r="B1111" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere Sayı: 207</t>
+          <t>Dylan Dog Sayı: 89 - Kaybedilen Aşklar</t>
         </is>
       </c>
       <c r="C1111" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1112" spans="1:3">
       <c r="A1112" s="1" t="inlineStr">
         <is>
-          <t>5771303451565</t>
+          <t>5771303451640</t>
         </is>
       </c>
       <c r="B1112" s="1" t="inlineStr">
         <is>
-          <t>Zagor Sayı 236</t>
+          <t>Zagor Sayı 244: Acımasızlar Çetesi</t>
         </is>
       </c>
       <c r="C1112" s="1">
-        <v>135</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1113" spans="1:3">
       <c r="A1113" s="1" t="inlineStr">
         <is>
-          <t>6771303545041</t>
+          <t>5771303450711</t>
         </is>
       </c>
       <c r="B1113" s="1" t="inlineStr">
         <is>
-          <t>Mister No Klasik Maceralar Cilt: 55</t>
+          <t>Martin Mystere Sayı 213: Şair Thomas’ın Baladı</t>
         </is>
       </c>
       <c r="C1113" s="1">
-        <v>500</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1114" spans="1:3">
       <c r="A1114" s="1" t="inlineStr">
         <is>
-          <t>9786052218693</t>
+          <t>9786052218822</t>
         </is>
       </c>
       <c r="B1114" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Sayı 80</t>
+          <t>Dylan Dog Sayı 88: Öcü</t>
         </is>
       </c>
       <c r="C1114" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1115" spans="1:3">
       <c r="A1115" s="1" t="inlineStr">
         <is>
-          <t>9786052218709</t>
+          <t>9786052218839</t>
         </is>
       </c>
       <c r="B1115" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Maxi Albüm 24</t>
+          <t>Dylan Dog Maxi Albüm 26: Herşey Kayboldu</t>
         </is>
       </c>
       <c r="C1115" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1116" spans="1:3">
       <c r="A1116" s="1" t="inlineStr">
         <is>
-          <t>5771303451558</t>
+          <t>9786052218815</t>
         </is>
       </c>
       <c r="B1116" s="1" t="inlineStr">
         <is>
-          <t>Zagor Sayı 235</t>
+          <t>Zagor Darkwood Hikayeleri Sayı: 1</t>
         </is>
       </c>
       <c r="C1116" s="1">
-        <v>135</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1117" spans="1:3">
       <c r="A1117" s="1" t="inlineStr">
         <is>
-          <t>5771303450643</t>
+          <t>5771303450704</t>
         </is>
       </c>
       <c r="B1117" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere sayı 206</t>
+          <t>Martin Mystere Sayı: 212</t>
         </is>
       </c>
       <c r="C1117" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1118" spans="1:3">
       <c r="A1118" s="1" t="inlineStr">
         <is>
-          <t>4771303545166</t>
+          <t>5771303451633</t>
         </is>
       </c>
       <c r="B1118" s="1" t="inlineStr">
         <is>
-          <t>Zagor Darkwood Novels sayı 6</t>
+          <t>Zagor Sayı: 243</t>
         </is>
       </c>
       <c r="C1118" s="1">
-        <v>90</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1119" spans="1:3">
       <c r="A1119" s="1" t="inlineStr">
         <is>
-          <t>9786052218686</t>
+          <t>9786052218808</t>
         </is>
       </c>
       <c r="B1119" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Sayı 79</t>
+          <t>Dylan Dog Sayı: 87 - Fobi</t>
         </is>
       </c>
       <c r="C1119" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1120" spans="1:3">
       <c r="A1120" s="1" t="inlineStr">
         <is>
-          <t>9786052218679</t>
+          <t>5771303451626</t>
         </is>
       </c>
       <c r="B1120" s="1" t="inlineStr">
         <is>
-          <t>Balenin Çınarı: Madam Lili Barokas’ın Hayatı</t>
+          <t>Zagor Sayı: 242</t>
         </is>
       </c>
       <c r="C1120" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1121" spans="1:3">
       <c r="A1121" s="1" t="inlineStr">
         <is>
-          <t>4771303545159</t>
+          <t>5771303450698</t>
         </is>
       </c>
       <c r="B1121" s="1" t="inlineStr">
         <is>
-          <t>Zagor Darkwood Novels Sayı 5 - Harbour Çiftliği</t>
+          <t>Atlantis Martin Mystere Yeni Seri Sayı: 211 - Kırmızı Giyen Adamlar</t>
         </is>
       </c>
       <c r="C1121" s="1">
-        <v>90</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1122" spans="1:3">
       <c r="A1122" s="1" t="inlineStr">
         <is>
-          <t>9786052218662</t>
+          <t>9786052218785</t>
         </is>
       </c>
       <c r="B1122" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Sayı 78 - Proje</t>
+          <t>Dylan Dog Sayı 86</t>
         </is>
       </c>
       <c r="C1122" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1123" spans="1:3">
       <c r="A1123" s="1" t="inlineStr">
         <is>
-          <t>9786052218648</t>
+          <t>5771303451619</t>
         </is>
       </c>
       <c r="B1123" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Maxi Albüm 23 - Seni Kurtaracağım</t>
+          <t>Zagor Sayı: 241 - Casuslar Savaşı</t>
         </is>
       </c>
       <c r="C1123" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1124" spans="1:3">
       <c r="A1124" s="1" t="inlineStr">
         <is>
-          <t>9786052218631</t>
+          <t>5771303450681</t>
         </is>
       </c>
       <c r="B1124" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Sayı 76 - Kör Talih</t>
+          <t>Martin Mystere Sayı: 210 - Viyana Vampiri</t>
         </is>
       </c>
       <c r="C1124" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1125" spans="1:3">
       <c r="A1125" s="1" t="inlineStr">
         <is>
-          <t>5771303450629</t>
+          <t>9786052218792</t>
         </is>
       </c>
       <c r="B1125" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere sayı 204</t>
+          <t>Dylan Dog Sayı: 85 - Canavara Ağıt</t>
         </is>
       </c>
       <c r="C1125" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1126" spans="1:3">
       <c r="A1126" s="1" t="inlineStr">
         <is>
-          <t>9786052218624</t>
+          <t>5771303451602</t>
         </is>
       </c>
       <c r="B1126" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Sayı: 75 - Bir Avuç Sterlin İçin</t>
+          <t>Zagor Sayı: 240 - Smirnoff’un İntikamı</t>
         </is>
       </c>
       <c r="C1126" s="1">
-        <v>135</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1127" spans="1:3">
       <c r="A1127" s="1" t="inlineStr">
         <is>
-          <t>9786052218617</t>
+          <t>9786052218761</t>
         </is>
       </c>
       <c r="B1127" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Sayı: 74 - Yeraltından Anılar</t>
+          <t>Dylan Dog Sayı: 84 - Safara</t>
         </is>
       </c>
       <c r="C1127" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1128" spans="1:3">
       <c r="A1128" s="1" t="inlineStr">
         <is>
-          <t>6771303543030</t>
+          <t>5771303450674</t>
         </is>
       </c>
       <c r="B1128" s="1" t="inlineStr">
         <is>
-          <t>Mister No Yeni Maceralar Sayı: 14 - Kısa Bir Macera</t>
+          <t>Martin Mystere Sayı: 209 - Eski Günlerdeki Gibi</t>
         </is>
       </c>
       <c r="C1128" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1129" spans="1:3">
       <c r="A1129" s="1" t="inlineStr">
         <is>
-          <t>9786052218600</t>
+          <t>9786052218778</t>
         </is>
       </c>
       <c r="B1129" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Sayı: 73 - Şeytan Oyunu</t>
+          <t>Dylan Dog Maxi Albüm 25 - Yaşam Sizi Ayırana Kadar</t>
         </is>
       </c>
       <c r="C1129" s="1">
-        <v>135</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1130" spans="1:3">
       <c r="A1130" s="1" t="inlineStr">
         <is>
-          <t>5771303450612</t>
+          <t>5771303450667</t>
         </is>
       </c>
       <c r="B1130" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere Sayı: 203 - Matilda Briggs Vakası</t>
+          <t>Martin Mystere Sayı: 208 - 80 Yıl Önce</t>
         </is>
       </c>
       <c r="C1130" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1131" spans="1:3">
       <c r="A1131" s="1" t="inlineStr">
         <is>
-          <t>5771303451497</t>
+          <t>5771303451596</t>
         </is>
       </c>
       <c r="B1131" s="1" t="inlineStr">
         <is>
-          <t>Zagor Sayı: 229 - Rakosi’yi Ararken</t>
+          <t>Zagor Sayı: 239 - Saddle Town</t>
         </is>
       </c>
       <c r="C1131" s="1">
-        <v>135</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1132" spans="1:3">
       <c r="A1132" s="1" t="inlineStr">
         <is>
-          <t>6771303543023</t>
+          <t>9786052218754</t>
         </is>
       </c>
       <c r="B1132" s="1" t="inlineStr">
         <is>
-          <t>Mister No Yeni Maceralar Sayı: 13 Calçoene’nin Sırrı</t>
+          <t>Dylan Dog Sayı: 83 - Vampir Damgası</t>
         </is>
       </c>
       <c r="C1132" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1133" spans="1:3">
       <c r="A1133" s="1" t="inlineStr">
         <is>
-          <t>9786052218570</t>
+          <t>9786052218747</t>
         </is>
       </c>
       <c r="B1133" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Sayı 72 - Küçük Ölüm</t>
+          <t>Beşinci Kuşak</t>
         </is>
       </c>
       <c r="C1133" s="1">
-        <v>135</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1134" spans="1:3">
       <c r="A1134" s="1" t="inlineStr">
         <is>
-          <t>5771303451480</t>
+          <t>5771303451589</t>
         </is>
       </c>
       <c r="B1134" s="1" t="inlineStr">
         <is>
-          <t>Zagor Sayı 228 - Vampir!</t>
+          <t>Zagor Sayı 238</t>
         </is>
       </c>
       <c r="C1134" s="1">
-        <v>135</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1135" spans="1:3">
       <c r="A1135" s="1" t="inlineStr">
         <is>
-          <t>9786052218587</t>
+          <t>6771303545058</t>
         </is>
       </c>
       <c r="B1135" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Maxi Albüm 22 - Güneş Gibi Kırmızı, Kurşun Gibi Sıcak</t>
+          <t>Mister No Klasik Maceralar Cilt: 56</t>
         </is>
       </c>
       <c r="C1135" s="1">
-        <v>400</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1136" spans="1:3">
       <c r="A1136" s="1" t="inlineStr">
         <is>
-          <t>9786052218594</t>
+          <t>9786052218730</t>
         </is>
       </c>
       <c r="B1136" s="1" t="inlineStr">
         <is>
-          <t>Mister No Gençlik</t>
+          <t>Dragonero Zagor</t>
         </is>
       </c>
       <c r="C1136" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1137" spans="1:3">
       <c r="A1137" s="1" t="inlineStr">
         <is>
-          <t>4771303542868</t>
+          <t>9786052218723</t>
         </is>
       </c>
       <c r="B1137" s="1" t="inlineStr">
         <is>
-          <t>Mister No Revolution Sayı: 6</t>
+          <t>Dylan Dog Sayı 82</t>
         </is>
       </c>
       <c r="C1137" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1138" spans="1:3">
       <c r="A1138" s="1" t="inlineStr">
         <is>
-          <t>5771303450605</t>
+          <t>6771303440179</t>
         </is>
       </c>
       <c r="B1138" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere Sayı: 202</t>
+          <t>Zagor Sayı 29 - Jean Lafitte'nin Hazinesi</t>
         </is>
       </c>
       <c r="C1138" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1139" spans="1:3">
       <c r="A1139" s="1" t="inlineStr">
         <is>
-          <t>6771303543016</t>
+          <t>4771303545142</t>
         </is>
       </c>
       <c r="B1139" s="1" t="inlineStr">
         <is>
-          <t>Mister No Yeni Maceralar Sayı: 12 Hayalet Kangaseyro</t>
+          <t>Zagor Darkwood Novels Sayı 4 - Canlı Hedef</t>
         </is>
       </c>
       <c r="C1139" s="1">
-        <v>135</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1140" spans="1:3">
       <c r="A1140" s="1" t="inlineStr">
         <is>
-          <t>5771303451473</t>
+          <t>5771303451534</t>
         </is>
       </c>
       <c r="B1140" s="1" t="inlineStr">
         <is>
-          <t>Zenith 666 - Zagor Sayı: 227</t>
+          <t>Zagor Sayı 233 - Banshee'nin Çığlığı</t>
         </is>
       </c>
       <c r="C1140" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1141" spans="1:3">
       <c r="A1141" s="1" t="inlineStr">
         <is>
-          <t>5771303451466</t>
+          <t>5771303450636</t>
         </is>
       </c>
       <c r="B1141" s="1" t="inlineStr">
         <is>
-          <t>Zenith 666 - Zagor Sayı: 227</t>
+          <t>Martin Mystere Sayı 205 - İmkansızlıklar Dedektifi: Jenny Haniver</t>
         </is>
       </c>
       <c r="C1141" s="1">
-        <v>250</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1142" spans="1:3">
       <c r="A1142" s="1" t="inlineStr">
         <is>
-          <t>4771303449969</t>
+          <t>9786052218655</t>
         </is>
       </c>
       <c r="B1142" s="1" t="inlineStr">
         <is>
-          <t>Zagor Kökler Sayı: 6 - Darkwood Kahramanı</t>
+          <t>Dylan Dog Sayı 77 - Kötü Tohum</t>
         </is>
       </c>
       <c r="C1142" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1143" spans="1:3">
       <c r="A1143" s="1" t="inlineStr">
         <is>
-          <t>6771303543009</t>
+          <t>9771303449964</t>
         </is>
       </c>
       <c r="B1143" s="1" t="inlineStr">
         <is>
-          <t>Mister No Yeni Maceralar Sayı: 11 - Uzun Gece</t>
+          <t>Yeni Zagor Cilt: 6 Günbatımında Düello / Paralı Askerler / Vadinin Lanetlileri</t>
         </is>
       </c>
       <c r="C1143" s="1">
-        <v>135</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1144" spans="1:3">
       <c r="A1144" s="1" t="inlineStr">
         <is>
-          <t>9786052218563</t>
+          <t>9771303651244</t>
         </is>
       </c>
       <c r="B1144" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Sayı: 71 - Ruhun Aynası</t>
+          <t>Büyülü Rüzgar Sayı: 90 Bilinmeyen Canavar</t>
         </is>
       </c>
       <c r="C1144" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1145" spans="1:3">
       <c r="A1145" s="1" t="inlineStr">
         <is>
-          <t>5771303451459</t>
+          <t>5781303451274</t>
         </is>
       </c>
       <c r="B1145" s="1" t="inlineStr">
         <is>
-          <t>Zagor Sayı: 226 - Uzaylı Katiller</t>
+          <t>Zagor Klasik Maceralar Cilt 123</t>
         </is>
       </c>
       <c r="C1145" s="1">
-        <v>135</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1146" spans="1:3">
       <c r="A1146" s="1" t="inlineStr">
         <is>
-          <t>4771303542851</t>
+          <t>9786052218716</t>
         </is>
       </c>
       <c r="B1146" s="1" t="inlineStr">
         <is>
-          <t>Mister No Revolution Sayı: 5</t>
+          <t>Dylan Dog Sayı: 81 - Madalyonun Üç Yüzü</t>
         </is>
       </c>
       <c r="C1146" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1147" spans="1:3">
       <c r="A1147" s="1" t="inlineStr">
         <is>
-          <t>5771303450599</t>
+          <t>6881303545016</t>
         </is>
       </c>
       <c r="B1147" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere Sayı: 201 - Kaspar Hauser Gibi</t>
+          <t>Mister No - Özel Seri Sayı: 1</t>
         </is>
       </c>
       <c r="C1147" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1148" spans="1:3">
       <c r="A1148" s="1" t="inlineStr">
         <is>
-          <t>6771303542910</t>
+          <t>5771303451572</t>
         </is>
       </c>
       <c r="B1148" s="1" t="inlineStr">
         <is>
-          <t>Mister No Sayı: 10 Yeni Maceralar - Öldüren Gölge</t>
+          <t>Kızıl Güneş - Zagor Sayı: 237</t>
         </is>
       </c>
       <c r="C1148" s="1">
-        <v>135</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1149" spans="1:3">
       <c r="A1149" s="1" t="inlineStr">
         <is>
-          <t>9786052218556</t>
+          <t>5771303450650</t>
         </is>
       </c>
       <c r="B1149" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Sayı: 70 - Unutkanlık Nehri</t>
+          <t>Martin Mystere Sayı: 207</t>
         </is>
       </c>
       <c r="C1149" s="1">
-        <v>135</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1150" spans="1:3">
       <c r="A1150" s="1" t="inlineStr">
         <is>
-          <t>5771303451442</t>
+          <t>5771303451565</t>
         </is>
       </c>
       <c r="B1150" s="1" t="inlineStr">
         <is>
-          <t>Zagor Sayı: 225 - İnsan Değiller</t>
+          <t>Zagor Sayı 236</t>
         </is>
       </c>
       <c r="C1150" s="1">
-        <v>135</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1151" spans="1:3">
       <c r="A1151" s="1" t="inlineStr">
         <is>
-          <t>9786052218549</t>
+          <t>6771303545041</t>
         </is>
       </c>
       <c r="B1151" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Maxi Albüm 21 - Gerçeklik Sınırlarının Ötesinde</t>
+          <t>Mister No Klasik Maceralar Cilt: 55</t>
         </is>
       </c>
       <c r="C1151" s="1">
-        <v>400</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1152" spans="1:3">
       <c r="A1152" s="1" t="inlineStr">
         <is>
-          <t>4771303449952</t>
+          <t>9786052218693</t>
         </is>
       </c>
       <c r="B1152" s="1" t="inlineStr">
         <is>
-          <t>Zagor Kökler Sayı 5 - Kutsal Mağara</t>
+          <t>Dylan Dog Sayı 80</t>
         </is>
       </c>
       <c r="C1152" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1153" spans="1:3">
       <c r="A1153" s="1" t="inlineStr">
         <is>
-          <t>6771303542897</t>
+          <t>9786052218709</t>
         </is>
       </c>
       <c r="B1153" s="1" t="inlineStr">
         <is>
-          <t>Mister No Sayı: 9 Yeni Maceralar - Son Perde</t>
+          <t>Dylan Dog Maxi Albüm 24</t>
         </is>
       </c>
       <c r="C1153" s="1">
-        <v>135</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1154" spans="1:3">
       <c r="A1154" s="1" t="inlineStr">
         <is>
-          <t>5771303451435</t>
+          <t>5771303451558</t>
         </is>
       </c>
       <c r="B1154" s="1" t="inlineStr">
         <is>
-          <t>Zagor Sayı 224 - Merrywell Tehlikede</t>
+          <t>Zagor Sayı 235</t>
         </is>
       </c>
       <c r="C1154" s="1">
-        <v>135</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1155" spans="1:3">
       <c r="A1155" s="1" t="inlineStr">
         <is>
-          <t>9786052218525</t>
+          <t>5771303450643</t>
         </is>
       </c>
       <c r="B1155" s="1" t="inlineStr">
         <is>
-          <t>Çizgi Roman Senaryosu</t>
+          <t>Martin Mystere sayı 206</t>
         </is>
       </c>
       <c r="C1155" s="1">
-        <v>200</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1156" spans="1:3">
       <c r="A1156" s="1" t="inlineStr">
         <is>
-          <t>4771303542844</t>
+          <t>4771303545166</t>
         </is>
       </c>
       <c r="B1156" s="1" t="inlineStr">
         <is>
-          <t>Mister No Revolution Sayı: 4</t>
+          <t>Zagor Darkwood Novels sayı 6</t>
         </is>
       </c>
       <c r="C1156" s="1">
-        <v>250</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1157" spans="1:3">
       <c r="A1157" s="1" t="inlineStr">
         <is>
-          <t>5771303450582</t>
+          <t>9786052218686</t>
         </is>
       </c>
       <c r="B1157" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere Sayı: 200 - Kaos Frekansı</t>
+          <t>Dylan Dog Sayı 79</t>
         </is>
       </c>
       <c r="C1157" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1158" spans="1:3">
       <c r="A1158" s="1" t="inlineStr">
         <is>
-          <t>9786052218518</t>
+          <t>9786052218679</t>
         </is>
       </c>
       <c r="B1158" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Sayı: 68 - Sahte Cennet</t>
+          <t>Balenin Çınarı: Madam Lili Barokas’ın Hayatı</t>
         </is>
       </c>
       <c r="C1158" s="1">
-        <v>135</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1159" spans="1:3">
       <c r="A1159" s="1" t="inlineStr">
         <is>
-          <t>9786052218495</t>
+          <t>4771303545159</t>
         </is>
       </c>
       <c r="B1159" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Sayı: 67 - Köpekler Adası</t>
+          <t>Zagor Darkwood Novels Sayı 5 - Harbour Çiftliği</t>
         </is>
       </c>
       <c r="C1159" s="1">
-        <v>135</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1160" spans="1:3">
       <c r="A1160" s="1" t="inlineStr">
         <is>
-          <t>4771303449945</t>
+          <t>9786052218662</t>
         </is>
       </c>
       <c r="B1160" s="1" t="inlineStr">
         <is>
-          <t>Zagor Kökler Sayı: 4 Büyük Öfke</t>
+          <t>Dylan Dog Sayı 78 - Proje</t>
         </is>
       </c>
       <c r="C1160" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1161" spans="1:3">
       <c r="A1161" s="1" t="inlineStr">
         <is>
-          <t>5771303451411</t>
+          <t>9786052218648</t>
         </is>
       </c>
       <c r="B1161" s="1" t="inlineStr">
         <is>
-          <t>Zagor Sayı 222 - Çöl Tutsakları</t>
+          <t>Dylan Dog Maxi Albüm 23 - Seni Kurtaracağım</t>
         </is>
       </c>
       <c r="C1161" s="1">
-        <v>135</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1162" spans="1:3">
       <c r="A1162" s="1" t="inlineStr">
         <is>
-          <t>6771303542866</t>
+          <t>9786052218631</t>
         </is>
       </c>
       <c r="B1162" s="1" t="inlineStr">
         <is>
-          <t>Mister No Yeni Maceralar Sayı: 6</t>
+          <t>Dylan Dog Sayı 76 - Kör Talih</t>
         </is>
       </c>
       <c r="C1162" s="1">
-        <v>400</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1163" spans="1:3">
       <c r="A1163" s="1" t="inlineStr">
         <is>
-          <t>5771303450575</t>
+          <t>5771303450629</t>
         </is>
       </c>
       <c r="B1163" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere Sayı: 199 - İblisler</t>
+          <t>Martin Mystere sayı 204</t>
         </is>
       </c>
       <c r="C1163" s="1">
-        <v>180</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1164" spans="1:3">
       <c r="A1164" s="1" t="inlineStr">
         <is>
-          <t>9786052218488</t>
+          <t>9786052218624</t>
         </is>
       </c>
       <c r="B1164" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Sayı: 66 - Bağıran Kadın</t>
+          <t>Dylan Dog Sayı: 75 - Bir Avuç Sterlin İçin</t>
         </is>
       </c>
       <c r="C1164" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1165" spans="1:3">
       <c r="A1165" s="1" t="inlineStr">
         <is>
-          <t>4771303542837</t>
+          <t>9786052218617</t>
         </is>
       </c>
       <c r="B1165" s="1" t="inlineStr">
         <is>
-          <t>Mister No Revolution Sayı: 3</t>
+          <t>Dylan Dog Sayı: 74 - Yeraltından Anılar</t>
         </is>
       </c>
       <c r="C1165" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1166" spans="1:3">
       <c r="A1166" s="1" t="inlineStr">
         <is>
-          <t>4771303449938</t>
+          <t>6771303543030</t>
         </is>
       </c>
       <c r="B1166" s="1" t="inlineStr">
         <is>
-          <t>Zagor Kökler Sayı: 3</t>
+          <t>Mister No Yeni Maceralar Sayı: 14 - Kısa Bir Macera</t>
         </is>
       </c>
       <c r="C1166" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1167" spans="1:3">
       <c r="A1167" s="1" t="inlineStr">
         <is>
-          <t>9786052218471</t>
+          <t>9786052218600</t>
         </is>
       </c>
       <c r="B1167" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Maxi Albüm 20</t>
+          <t>Dylan Dog Sayı: 73 - Şeytan Oyunu</t>
         </is>
       </c>
       <c r="C1167" s="1">
-        <v>400</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1168" spans="1:3">
       <c r="A1168" s="1" t="inlineStr">
         <is>
-          <t>6771303542859</t>
+          <t>5771303450612</t>
         </is>
       </c>
       <c r="B1168" s="1" t="inlineStr">
         <is>
-          <t>Mister No Yeni Maceralar Sayı: 5</t>
+          <t>Martin Mystere Sayı: 203 - Matilda Briggs Vakası</t>
         </is>
       </c>
       <c r="C1168" s="1">
-        <v>135</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1169" spans="1:3">
       <c r="A1169" s="1" t="inlineStr">
         <is>
-          <t>9786052218464</t>
+          <t>5771303451497</t>
         </is>
       </c>
       <c r="B1169" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Sayı: 65 - Mükemmel Bir Dünya</t>
+          <t>Zagor Sayı: 229 - Rakosi’yi Ararken</t>
         </is>
       </c>
       <c r="C1169" s="1">
-        <v>135</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1170" spans="1:3">
       <c r="A1170" s="1" t="inlineStr">
         <is>
-          <t>5771303451398</t>
+          <t>6771303543023</t>
         </is>
       </c>
       <c r="B1170" s="1" t="inlineStr">
         <is>
-          <t>Zagor Sayı: 220 - Firavun'un Gölgesi</t>
+          <t>Mister No Yeni Maceralar Sayı: 13 Calçoene’nin Sırrı</t>
         </is>
       </c>
       <c r="C1170" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1171" spans="1:3">
       <c r="A1171" s="1" t="inlineStr">
         <is>
-          <t>4771303542820</t>
+          <t>9786052218570</t>
         </is>
       </c>
       <c r="B1171" s="1" t="inlineStr">
         <is>
-          <t>Mister No Revolution Sayı: 2</t>
+          <t>Dylan Dog Sayı 72 - Küçük Ölüm</t>
         </is>
       </c>
       <c r="C1171" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1172" spans="1:3">
       <c r="A1172" s="1" t="inlineStr">
         <is>
-          <t>9786052218457</t>
+          <t>5771303451480</t>
         </is>
       </c>
       <c r="B1172" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Sayı: 64</t>
+          <t>Zagor Sayı 228 - Vampir!</t>
         </is>
       </c>
       <c r="C1172" s="1">
-        <v>135</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1173" spans="1:3">
       <c r="A1173" s="1" t="inlineStr">
         <is>
-          <t>5771303451381</t>
+          <t>9786052218587</t>
         </is>
       </c>
       <c r="B1173" s="1" t="inlineStr">
         <is>
-          <t>Zagor Sayı: 219</t>
+          <t>Dylan Dog Maxi Albüm 22 - Güneş Gibi Kırmızı, Kurşun Gibi Sıcak</t>
         </is>
       </c>
       <c r="C1173" s="1">
-        <v>135</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1174" spans="1:3">
       <c r="A1174" s="1" t="inlineStr">
         <is>
-          <t>5771303451367</t>
+          <t>9786052218594</t>
         </is>
       </c>
       <c r="B1174" s="1" t="inlineStr">
         <is>
-          <t>Zagor Sayı: 217</t>
+          <t>Mister No Gençlik</t>
         </is>
       </c>
       <c r="C1174" s="1">
-        <v>135</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1175" spans="1:3">
       <c r="A1175" s="1" t="inlineStr">
         <is>
-          <t>5771303450551</t>
+          <t>4771303542868</t>
         </is>
       </c>
       <c r="B1175" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere Sayı: 197</t>
+          <t>Mister No Revolution Sayı: 6</t>
         </is>
       </c>
       <c r="C1175" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1176" spans="1:3">
       <c r="A1176" s="1" t="inlineStr">
         <is>
-          <t>9786052218440</t>
+          <t>5771303450605</t>
         </is>
       </c>
       <c r="B1176" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Sayı: 62</t>
+          <t>Martin Mystere Sayı: 202</t>
         </is>
       </c>
       <c r="C1176" s="1">
-        <v>135</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1177" spans="1:3">
       <c r="A1177" s="1" t="inlineStr">
         <is>
-          <t>4771303542813</t>
+          <t>6771303543016</t>
         </is>
       </c>
       <c r="B1177" s="1" t="inlineStr">
         <is>
-          <t>Mister No Revolution Sayı 1</t>
+          <t>Mister No Yeni Maceralar Sayı: 12 Hayalet Kangaseyro</t>
         </is>
       </c>
       <c r="C1177" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1178" spans="1:3">
       <c r="A1178" s="1" t="inlineStr">
         <is>
-          <t>9786052218426</t>
+          <t>5771303451473</t>
         </is>
       </c>
       <c r="B1178" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Maxi Albüm 19</t>
+          <t>Zenith 666 - Zagor Sayı: 227</t>
         </is>
       </c>
       <c r="C1178" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1179" spans="1:3">
       <c r="A1179" s="1" t="inlineStr">
         <is>
-          <t>9786052218419</t>
+          <t>5771303451466</t>
         </is>
       </c>
       <c r="B1179" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Sayı 61</t>
+          <t>Zenith 666 - Zagor Sayı: 227</t>
         </is>
       </c>
       <c r="C1179" s="1">
-        <v>135</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1180" spans="1:3">
       <c r="A1180" s="1" t="inlineStr">
         <is>
-          <t>5771303451350</t>
+          <t>4771303449969</t>
         </is>
       </c>
       <c r="B1180" s="1" t="inlineStr">
         <is>
-          <t>Zagor Sayı 216</t>
+          <t>Zagor Kökler Sayı: 6 - Darkwood Kahramanı</t>
         </is>
       </c>
       <c r="C1180" s="1">
-        <v>135</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1181" spans="1:3">
       <c r="A1181" s="1" t="inlineStr">
         <is>
-          <t>5771303451343</t>
+          <t>6771303543009</t>
         </is>
       </c>
       <c r="B1181" s="1" t="inlineStr">
         <is>
-          <t>Zagor Sayı 215 - Yeraltı Üssü</t>
+          <t>Mister No Yeni Maceralar Sayı: 11 - Uzun Gece</t>
         </is>
       </c>
       <c r="C1181" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1182" spans="1:3">
       <c r="A1182" s="1" t="inlineStr">
         <is>
-          <t>5771303450544</t>
+          <t>9786052218563</t>
         </is>
       </c>
       <c r="B1182" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere sayı 196</t>
+          <t>Dylan Dog Sayı: 71 - Ruhun Aynası</t>
         </is>
       </c>
       <c r="C1182" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1183" spans="1:3">
       <c r="A1183" s="1" t="inlineStr">
         <is>
-          <t>5771303451336</t>
+          <t>5771303451459</t>
         </is>
       </c>
       <c r="B1183" s="1" t="inlineStr">
         <is>
-          <t>Zagor Sayı: 214 - Diriliş</t>
+          <t>Zagor Sayı: 226 - Uzaylı Katiller</t>
         </is>
       </c>
       <c r="C1183" s="1">
-        <v>135</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1184" spans="1:3">
       <c r="A1184" s="1" t="inlineStr">
         <is>
-          <t>5771303451329</t>
+          <t>4771303542851</t>
         </is>
       </c>
       <c r="B1184" s="1" t="inlineStr">
         <is>
-          <t>Zagor Sayı 213 - Hellingen’in Mirası</t>
+          <t>Mister No Revolution Sayı: 5</t>
         </is>
       </c>
       <c r="C1184" s="1">
-        <v>135</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1185" spans="1:3">
       <c r="A1185" s="1" t="inlineStr">
         <is>
-          <t>5771303450537</t>
+          <t>5771303450599</t>
         </is>
       </c>
       <c r="B1185" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere Sayı 195 - Atlantis</t>
+          <t>Martin Mystere Sayı: 201 - Kaspar Hauser Gibi</t>
         </is>
       </c>
       <c r="C1185" s="1">
-        <v>180</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1186" spans="1:3">
       <c r="A1186" s="1" t="inlineStr">
         <is>
-          <t>9786052218389</t>
+          <t>6771303542910</t>
         </is>
       </c>
       <c r="B1186" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Sayı 58 - Dev</t>
+          <t>Mister No Sayı: 10 Yeni Maceralar - Öldüren Gölge</t>
         </is>
       </c>
       <c r="C1186" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1187" spans="1:3">
       <c r="A1187" s="1" t="inlineStr">
         <is>
-          <t>9786052218372</t>
+          <t>9786052218556</t>
         </is>
       </c>
       <c r="B1187" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Maxi Albüm 18 - Meçhul Birinden Mesajlar</t>
+          <t>Dylan Dog Sayı: 70 - Unutkanlık Nehri</t>
         </is>
       </c>
       <c r="C1187" s="1">
-        <v>400</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1188" spans="1:3">
       <c r="A1188" s="1" t="inlineStr">
         <is>
-          <t>9786052218365</t>
+          <t>5771303451442</t>
         </is>
       </c>
       <c r="B1188" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Sayı 57 - Yeni Nesil</t>
+          <t>Zagor Sayı: 225 - İnsan Değiller</t>
         </is>
       </c>
       <c r="C1188" s="1">
-        <v>135</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1189" spans="1:3">
       <c r="A1189" s="1" t="inlineStr">
         <is>
-          <t>5771303450520</t>
+          <t>9786052218549</t>
         </is>
       </c>
       <c r="B1189" s="1" t="inlineStr">
         <is>
-          <t>Atlantis Martin Mystere Sayı 194 - Gölge Dönüyor</t>
+          <t>Dylan Dog Maxi Albüm 21 - Gerçeklik Sınırlarının Ötesinde</t>
         </is>
       </c>
       <c r="C1189" s="1">
-        <v>180</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1190" spans="1:3">
       <c r="A1190" s="1" t="inlineStr">
         <is>
-          <t>9786052218358</t>
+          <t>4771303449952</t>
         </is>
       </c>
       <c r="B1190" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Sayı 56 - Zamanın Akışı</t>
+          <t>Zagor Kökler Sayı 5 - Kutsal Mağara</t>
         </is>
       </c>
       <c r="C1190" s="1">
-        <v>135</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1191" spans="1:3">
       <c r="A1191" s="1" t="inlineStr">
         <is>
-          <t>5771303451305</t>
+          <t>6771303542897</t>
         </is>
       </c>
       <c r="B1191" s="1" t="inlineStr">
         <is>
-          <t>Zagor Sayı 211 - Gecede Davul Sesleri</t>
+          <t>Mister No Sayı: 9 Yeni Maceralar - Son Perde</t>
         </is>
       </c>
       <c r="C1191" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1192" spans="1:3">
       <c r="A1192" s="1" t="inlineStr">
         <is>
-          <t>5771303451299</t>
+          <t>5771303451435</t>
         </is>
       </c>
       <c r="B1192" s="1" t="inlineStr">
         <is>
-          <t>Zagor Sayı 210 - Kayalıktaki Kale</t>
+          <t>Zagor Sayı 224 - Merrywell Tehlikede</t>
         </is>
       </c>
       <c r="C1192" s="1">
-        <v>135</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1193" spans="1:3">
       <c r="A1193" s="1" t="inlineStr">
         <is>
-          <t>9786052218341</t>
+          <t>9786052218525</t>
         </is>
       </c>
       <c r="B1193" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Sayı 55 - Sonsuzluğa Doğru</t>
+          <t>Çizgi Roman Senaryosu</t>
         </is>
       </c>
       <c r="C1193" s="1">
-        <v>135</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1194" spans="1:3">
       <c r="A1194" s="1" t="inlineStr">
         <is>
-          <t>5771303451282</t>
+          <t>4771303542844</t>
         </is>
       </c>
       <c r="B1194" s="1" t="inlineStr">
         <is>
-          <t>Zagor Sayı 209 - Kaufman’ın Hayvanat Bahçesi</t>
+          <t>Mister No Revolution Sayı: 4</t>
         </is>
       </c>
       <c r="C1194" s="1">
-        <v>135</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1195" spans="1:3">
       <c r="A1195" s="1" t="inlineStr">
         <is>
-          <t>9786052218334</t>
+          <t>5771303450582</t>
         </is>
       </c>
       <c r="B1195" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Sayı 54 - Evde Ölüm</t>
+          <t>Martin Mystere Sayı: 200 - Kaos Frekansı</t>
         </is>
       </c>
       <c r="C1195" s="1">
-        <v>135</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1196" spans="1:3">
       <c r="A1196" s="1" t="inlineStr">
         <is>
-          <t>2789786007783</t>
+          <t>9786052218518</t>
         </is>
       </c>
       <c r="B1196" s="1" t="inlineStr">
         <is>
-          <t>Uyku Meleği Ödül Tablosu</t>
+          <t>Dylan Dog Sayı: 68 - Sahte Cennet</t>
         </is>
       </c>
       <c r="C1196" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1197" spans="1:3">
       <c r="A1197" s="1" t="inlineStr">
         <is>
-          <t>9786052218327</t>
+          <t>9786052218495</t>
         </is>
       </c>
       <c r="B1197" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Maxi Albüm 17 - Kaçış</t>
+          <t>Dylan Dog Sayı: 67 - Köpekler Adası</t>
         </is>
       </c>
       <c r="C1197" s="1">
-        <v>400</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1198" spans="1:3">
       <c r="A1198" s="1" t="inlineStr">
         <is>
-          <t>5771303451275</t>
+          <t>4771303449945</t>
         </is>
       </c>
       <c r="B1198" s="1" t="inlineStr">
         <is>
-          <t>Zagor Sayı 208 - Umutsuz Koşu</t>
+          <t>Zagor Kökler Sayı: 4 Büyük Öfke</t>
         </is>
       </c>
       <c r="C1198" s="1">
-        <v>135</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1199" spans="1:3">
       <c r="A1199" s="1" t="inlineStr">
         <is>
-          <t>9786052218310</t>
+          <t>5771303451411</t>
         </is>
       </c>
       <c r="B1199" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Sayı 53 - Gökteki Göl</t>
+          <t>Zagor Sayı 222 - Çöl Tutsakları</t>
         </is>
       </c>
       <c r="C1199" s="1">
-        <v>135</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1200" spans="1:3">
       <c r="A1200" s="1" t="inlineStr">
         <is>
-          <t>5771303450506</t>
+          <t>6771303542866</t>
         </is>
       </c>
       <c r="B1200" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere Sayı: 192 - İmkansızlıklar Dedektifi</t>
+          <t>Mister No Yeni Maceralar Sayı: 6</t>
         </is>
       </c>
       <c r="C1200" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1201" spans="1:3">
       <c r="A1201" s="1" t="inlineStr">
         <is>
-          <t>5771303451268</t>
+          <t>5771303450575</t>
         </is>
       </c>
       <c r="B1201" s="1" t="inlineStr">
         <is>
-          <t>Hellgate Yanıyor - Zagor Sayı 207</t>
+          <t>Martin Mystere Sayı: 199 - İblisler</t>
         </is>
       </c>
       <c r="C1201" s="1">
-        <v>135</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1202" spans="1:3">
       <c r="A1202" s="1" t="inlineStr">
         <is>
-          <t>9786052218303</t>
+          <t>9786052218488</t>
         </is>
       </c>
       <c r="B1202" s="1" t="inlineStr">
         <is>
-          <t>Engereğin Öpücüğü - Dylan Dog Sayı 52</t>
+          <t>Dylan Dog Sayı: 66 - Bağıran Kadın</t>
         </is>
       </c>
       <c r="C1202" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1203" spans="1:3">
       <c r="A1203" s="1" t="inlineStr">
         <is>
-          <t>9786052218297</t>
+          <t>4771303542837</t>
         </is>
       </c>
       <c r="B1203" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Sayı: 51 - Yabancı</t>
+          <t>Mister No Revolution Sayı: 3</t>
         </is>
       </c>
       <c r="C1203" s="1">
-        <v>135</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1204" spans="1:3">
       <c r="A1204" s="1" t="inlineStr">
         <is>
-          <t>5771303451251</t>
+          <t>4771303449938</t>
         </is>
       </c>
       <c r="B1204" s="1" t="inlineStr">
         <is>
-          <t>Zagor Sayı 206 - İsyan</t>
+          <t>Zagor Kökler Sayı: 3</t>
         </is>
       </c>
       <c r="C1204" s="1">
-        <v>135</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1205" spans="1:3">
       <c r="A1205" s="1" t="inlineStr">
         <is>
-          <t>5771303451244</t>
+          <t>9786052218471</t>
         </is>
       </c>
       <c r="B1205" s="1" t="inlineStr">
         <is>
-          <t>Zagor Sayı 205 - Mortimer: Son Perde</t>
+          <t>Dylan Dog Maxi Albüm 20</t>
         </is>
       </c>
       <c r="C1205" s="1">
-        <v>135</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1206" spans="1:3">
       <c r="A1206" s="1" t="inlineStr">
         <is>
-          <t>9786052218280</t>
+          <t>6771303542859</t>
         </is>
       </c>
       <c r="B1206" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Sayı: 50 - Deliliğin Uçurumları</t>
+          <t>Mister No Yeni Maceralar Sayı: 5</t>
         </is>
       </c>
       <c r="C1206" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1207" spans="1:3">
       <c r="A1207" s="1" t="inlineStr">
         <is>
-          <t>5771303450490</t>
+          <t>9786052218464</t>
         </is>
       </c>
       <c r="B1207" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere Sayı: 191</t>
+          <t>Dylan Dog Sayı: 65 - Mükemmel Bir Dünya</t>
         </is>
       </c>
       <c r="C1207" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1208" spans="1:3">
       <c r="A1208" s="1" t="inlineStr">
         <is>
-          <t>9786052218266</t>
+          <t>5771303451398</t>
         </is>
       </c>
       <c r="B1208" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Sayı 49 - Yıldız Tozları</t>
+          <t>Zagor Sayı: 220 - Firavun'un Gölgesi</t>
         </is>
       </c>
       <c r="C1208" s="1">
-        <v>135</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1209" spans="1:3">
       <c r="A1209" s="1" t="inlineStr">
         <is>
-          <t>9786052218273</t>
+          <t>4771303542820</t>
         </is>
       </c>
       <c r="B1209" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Maxi Albüm 16</t>
+          <t>Mister No Revolution Sayı: 2</t>
         </is>
       </c>
       <c r="C1209" s="1">
-        <v>400</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1210" spans="1:3">
       <c r="A1210" s="1" t="inlineStr">
         <is>
-          <t>5771303451237</t>
+          <t>9786052218457</t>
         </is>
       </c>
       <c r="B1210" s="1" t="inlineStr">
         <is>
-          <t>Zagor Sayı 204 - Golden Baby Yanıyor</t>
+          <t>Dylan Dog Sayı: 64</t>
         </is>
       </c>
       <c r="C1210" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1211" spans="1:3">
       <c r="A1211" s="1" t="inlineStr">
         <is>
-          <t>5771303450483</t>
+          <t>5771303451381</t>
         </is>
       </c>
       <c r="B1211" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere Sayı: 190</t>
+          <t>Zagor Sayı: 219</t>
         </is>
       </c>
       <c r="C1211" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1212" spans="1:3">
       <c r="A1212" s="1" t="inlineStr">
         <is>
-          <t>9786052218198</t>
+          <t>5771303451367</t>
         </is>
       </c>
       <c r="B1212" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Sayı 48 - Ghost Hotel</t>
+          <t>Zagor Sayı: 217</t>
         </is>
       </c>
       <c r="C1212" s="1">
-        <v>135</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1213" spans="1:3">
       <c r="A1213" s="1" t="inlineStr">
         <is>
-          <t>5771303451220</t>
+          <t>5771303450551</t>
         </is>
       </c>
       <c r="B1213" s="1" t="inlineStr">
         <is>
-          <t>Zagor Sayı 203 - Çapraz İntikam</t>
+          <t>Martin Mystere Sayı: 197</t>
         </is>
       </c>
       <c r="C1213" s="1">
-        <v>135</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1214" spans="1:3">
       <c r="A1214" s="1" t="inlineStr">
         <is>
-          <t>9786052218211</t>
+          <t>9786052218440</t>
         </is>
       </c>
       <c r="B1214" s="1" t="inlineStr">
         <is>
-          <t>Akrep Zamanı Dönüşüm</t>
+          <t>Dylan Dog Sayı: 62</t>
         </is>
       </c>
       <c r="C1214" s="1">
-        <v>450</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1215" spans="1:3">
       <c r="A1215" s="1" t="inlineStr">
         <is>
-          <t>9786052218204</t>
+          <t>4771303542813</t>
         </is>
       </c>
       <c r="B1215" s="1" t="inlineStr">
         <is>
-          <t>Ayazdaki Kirpi</t>
+          <t>Mister No Revolution Sayı 1</t>
         </is>
       </c>
       <c r="C1215" s="1">
-        <v>160</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1216" spans="1:3">
       <c r="A1216" s="1" t="inlineStr">
         <is>
-          <t>5771303451213</t>
+          <t>9786052218426</t>
         </is>
       </c>
       <c r="B1216" s="1" t="inlineStr">
         <is>
-          <t>Zagor - Sayı 202</t>
+          <t>Dylan Dog Maxi Albüm 19</t>
         </is>
       </c>
       <c r="C1216" s="1">
-        <v>135</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1217" spans="1:3">
       <c r="A1217" s="1" t="inlineStr">
         <is>
-          <t>6771303450208</t>
+          <t>9786052218419</t>
         </is>
       </c>
       <c r="B1217" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere Sayı: 11 Dev Batık</t>
+          <t>Dylan Dog Sayı 61</t>
         </is>
       </c>
       <c r="C1217" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1218" spans="1:3">
       <c r="A1218" s="1" t="inlineStr">
         <is>
-          <t>9771303450021</t>
+          <t>5771303451350</t>
         </is>
       </c>
       <c r="B1218" s="1" t="inlineStr">
         <is>
-          <t>Yeni Martin Mystere Sayı: 74 Gizemlerle Yirmi Yıl</t>
+          <t>Zagor Sayı 216</t>
         </is>
       </c>
       <c r="C1218" s="1">
-        <v>135</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1219" spans="1:3">
       <c r="A1219" s="1" t="inlineStr">
         <is>
-          <t>5771303450476</t>
+          <t>5771303451343</t>
         </is>
       </c>
       <c r="B1219" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere Sayı 189 - Denizden Gelen Tanrı</t>
+          <t>Zagor Sayı 215 - Yeraltı Üssü</t>
         </is>
       </c>
       <c r="C1219" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1220" spans="1:3">
       <c r="A1220" s="1" t="inlineStr">
         <is>
-          <t>9786052218174</t>
+          <t>5771303450544</t>
         </is>
       </c>
       <c r="B1220" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Sayı 46 - Ölümüne Yakışıklılar</t>
+          <t>Martin Mystere sayı 196</t>
         </is>
       </c>
       <c r="C1220" s="1">
-        <v>135</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1221" spans="1:3">
       <c r="A1221" s="1" t="inlineStr">
         <is>
-          <t>9786052218143</t>
+          <t>5771303451336</t>
         </is>
       </c>
       <c r="B1221" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Sayı 45 - Kıyamet</t>
+          <t>Zagor Sayı: 214 - Diriliş</t>
         </is>
       </c>
       <c r="C1221" s="1">
-        <v>135</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1222" spans="1:3">
       <c r="A1222" s="1" t="inlineStr">
         <is>
-          <t>9786052218167</t>
+          <t>5771303451329</t>
         </is>
       </c>
       <c r="B1222" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Maxi Albüm 15</t>
+          <t>Zagor Sayı 213 - Hellingen’in Mirası</t>
         </is>
       </c>
       <c r="C1222" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1223" spans="1:3">
       <c r="A1223" s="1" t="inlineStr">
         <is>
-          <t>5771303451190</t>
+          <t>5771303450537</t>
         </is>
       </c>
       <c r="B1223" s="1" t="inlineStr">
         <is>
-          <t>Zagor Sayı 200 - Bilginin Anahtarı</t>
+          <t>Martin Mystere Sayı 195 - Atlantis</t>
         </is>
       </c>
       <c r="C1223" s="1">
-        <v>135</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1224" spans="1:3">
       <c r="A1224" s="1" t="inlineStr">
         <is>
-          <t>9786052218112</t>
+          <t>9786052218389</t>
         </is>
       </c>
       <c r="B1224" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Sayı: 43</t>
+          <t>Dylan Dog Sayı 58 - Dev</t>
         </is>
       </c>
       <c r="C1224" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1225" spans="1:3">
       <c r="A1225" s="1" t="inlineStr">
         <is>
-          <t>9786052218129</t>
+          <t>9786052218372</t>
         </is>
       </c>
       <c r="B1225" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Sayı 44 - Karanlık Ruh</t>
+          <t>Dylan Dog Maxi Albüm 18 - Meçhul Birinden Mesajlar</t>
         </is>
       </c>
       <c r="C1225" s="1">
-        <v>135</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1226" spans="1:3">
       <c r="A1226" s="1" t="inlineStr">
         <is>
-          <t>5771303450469</t>
+          <t>9786052218365</t>
         </is>
       </c>
       <c r="B1226" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere Sayı 188 - Bay Max'in Tuhaf Ölümleri</t>
+          <t>Dylan Dog Sayı 57 - Yeni Nesil</t>
         </is>
       </c>
       <c r="C1226" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1227" spans="1:3">
       <c r="A1227" s="1" t="inlineStr">
         <is>
-          <t>9786052218099</t>
+          <t>5771303450520</t>
         </is>
       </c>
       <c r="B1227" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Sayı 42 - Uzak Bir Dünyaya Doğru</t>
+          <t>Atlantis Martin Mystere Sayı 194 - Gölge Dönüyor</t>
         </is>
       </c>
       <c r="C1227" s="1">
-        <v>135</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1228" spans="1:3">
       <c r="A1228" s="1" t="inlineStr">
         <is>
-          <t>9786052218105</t>
+          <t>9786052218358</t>
         </is>
       </c>
       <c r="B1228" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Maxi Albüm 14 - Kabusa Kısılmış</t>
+          <t>Dylan Dog Sayı 56 - Zamanın Akışı</t>
         </is>
       </c>
       <c r="C1228" s="1">
-        <v>400</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1229" spans="1:3">
       <c r="A1229" s="1" t="inlineStr">
         <is>
-          <t>5771303451169</t>
+          <t>5771303451305</t>
         </is>
       </c>
       <c r="B1229" s="1" t="inlineStr">
         <is>
-          <t>Zagor Sayı 197 - Yaşama Savaşı</t>
+          <t>Zagor Sayı 211 - Gecede Davul Sesleri</t>
         </is>
       </c>
       <c r="C1229" s="1">
-        <v>135</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1230" spans="1:3">
       <c r="A1230" s="1" t="inlineStr">
         <is>
-          <t>9786052218082</t>
+          <t>5771303451299</t>
         </is>
       </c>
       <c r="B1230" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Sayı 41 - Amansız Hook</t>
+          <t>Zagor Sayı 210 - Kayalıktaki Kale</t>
         </is>
       </c>
       <c r="C1230" s="1">
-        <v>135</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1231" spans="1:3">
       <c r="A1231" s="1" t="inlineStr">
         <is>
-          <t>5771303451152</t>
+          <t>9786052218341</t>
         </is>
       </c>
       <c r="B1231" s="1" t="inlineStr">
         <is>
-          <t>Zagor Sayı 196 - Dünyanın Sınırında</t>
+          <t>Dylan Dog Sayı 55 - Sonsuzluğa Doğru</t>
         </is>
       </c>
       <c r="C1231" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1232" spans="1:3">
       <c r="A1232" s="1" t="inlineStr">
         <is>
-          <t>9786052218075</t>
+          <t>5771303451282</t>
         </is>
       </c>
       <c r="B1232" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Sayı 40 - Kötü Düşünceler</t>
+          <t>Zagor Sayı 209 - Kaufman’ın Hayvanat Bahçesi</t>
         </is>
       </c>
       <c r="C1232" s="1">
-        <v>135</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1233" spans="1:3">
       <c r="A1233" s="1" t="inlineStr">
         <is>
-          <t>5771303450445</t>
+          <t>9786052218334</t>
         </is>
       </c>
       <c r="B1233" s="1" t="inlineStr">
         <is>
-          <t>Kudret Zinciri - Martin Mystere İmkansızlıklar Dedektifi Sayı 186</t>
+          <t>Dylan Dog Sayı 54 - Evde Ölüm</t>
         </is>
       </c>
       <c r="C1233" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1234" spans="1:3">
       <c r="A1234" s="1" t="inlineStr">
         <is>
-          <t>9771303450342</t>
+          <t>2789786007783</t>
         </is>
       </c>
       <c r="B1234" s="1" t="inlineStr">
         <is>
-          <t>Yeni Martin Mystere Sayı: 95 Kukuletalılar</t>
+          <t>Uyku Meleği Ödül Tablosu</t>
         </is>
       </c>
       <c r="C1234" s="1">
-        <v>135</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1235" spans="1:3">
       <c r="A1235" s="1" t="inlineStr">
         <is>
-          <t>9786052218051</t>
+          <t>9786052218327</t>
         </is>
       </c>
       <c r="B1235" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Sayı 39 - Kayıp Şehir</t>
+          <t>Dylan Dog Maxi Albüm 17 - Kaçış</t>
         </is>
       </c>
       <c r="C1235" s="1">
-        <v>135</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1236" spans="1:3">
       <c r="A1236" s="1" t="inlineStr">
         <is>
-          <t>5771303451138</t>
+          <t>5771303451275</t>
         </is>
       </c>
       <c r="B1236" s="1" t="inlineStr">
         <is>
-          <t>Zagor Sayı 194 - Kader Anı</t>
+          <t>Zagor Sayı 208 - Umutsuz Koşu</t>
         </is>
       </c>
       <c r="C1236" s="1">
-        <v>135</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1237" spans="1:3">
       <c r="A1237" s="1" t="inlineStr">
         <is>
-          <t>5771303450438</t>
+          <t>9786052218310</t>
         </is>
       </c>
       <c r="B1237" s="1" t="inlineStr">
         <is>
-          <t>Hayal Gücünün Kapıları - Martin Mystere Sayı 185</t>
+          <t>Dylan Dog Sayı 53 - Gökteki Göl</t>
         </is>
       </c>
       <c r="C1237" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1238" spans="1:3">
       <c r="A1238" s="1" t="inlineStr">
         <is>
-          <t>5771303451121</t>
+          <t>5771303450506</t>
         </is>
       </c>
       <c r="B1238" s="1" t="inlineStr">
         <is>
-          <t>Taş Orman - Zagor Sayı 193</t>
+          <t>Martin Mystere Sayı: 192 - İmkansızlıklar Dedektifi</t>
         </is>
       </c>
       <c r="C1238" s="1">
-        <v>135</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1239" spans="1:3">
       <c r="A1239" s="1" t="inlineStr">
         <is>
-          <t>9786059958578</t>
+          <t>5771303451268</t>
         </is>
       </c>
       <c r="B1239" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Mini Dev Albüm 6</t>
+          <t>Hellgate Yanıyor - Zagor Sayı 207</t>
         </is>
       </c>
       <c r="C1239" s="1">
-        <v>325</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1240" spans="1:3">
       <c r="A1240" s="1" t="inlineStr">
         <is>
-          <t>9771303542808</t>
+          <t>9786052218303</t>
         </is>
       </c>
       <c r="B1240" s="1" t="inlineStr">
         <is>
-          <t>Mister No Kaplan’ın Dönüşü Sayı: 8</t>
+          <t>Engereğin Öpücüğü - Dylan Dog Sayı 52</t>
         </is>
       </c>
       <c r="C1240" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1241" spans="1:3">
       <c r="A1241" s="1" t="inlineStr">
         <is>
-          <t>9786052218006</t>
+          <t>9786052218297</t>
         </is>
       </c>
       <c r="B1241" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Sayı 37: Tarayıcı</t>
+          <t>Dylan Dog Sayı: 51 - Yabancı</t>
         </is>
       </c>
       <c r="C1241" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1242" spans="1:3">
       <c r="A1242" s="1" t="inlineStr">
         <is>
-          <t>9786059958998</t>
+          <t>5771303451251</t>
         </is>
       </c>
       <c r="B1242" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Maxi Albüm 12 - Şeytanın Gezisi</t>
+          <t>Zagor Sayı 206 - İsyan</t>
         </is>
       </c>
       <c r="C1242" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1243" spans="1:3">
       <c r="A1243" s="1" t="inlineStr">
         <is>
-          <t>5771303450421</t>
+          <t>5771303451244</t>
         </is>
       </c>
       <c r="B1243" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere 184: Sabaha Karşı Toplantı</t>
+          <t>Zagor Sayı 205 - Mortimer: Son Perde</t>
         </is>
       </c>
       <c r="C1243" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1244" spans="1:3">
       <c r="A1244" s="1" t="inlineStr">
         <is>
-          <t>9786059958967</t>
+          <t>9786052218280</t>
         </is>
       </c>
       <c r="B1244" s="1" t="inlineStr">
         <is>
-          <t>Akrep Zamanı Uyanış</t>
+          <t>Dylan Dog Sayı: 50 - Deliliğin Uçurumları</t>
         </is>
       </c>
       <c r="C1244" s="1">
-        <v>400</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1245" spans="1:3">
       <c r="A1245" s="1" t="inlineStr">
         <is>
-          <t>9786059958974</t>
+          <t>5771303450490</t>
         </is>
       </c>
       <c r="B1245" s="1" t="inlineStr">
         <is>
-          <t>Jüpiter’in Mirası</t>
+          <t>Martin Mystere Sayı: 191</t>
         </is>
       </c>
       <c r="C1245" s="1">
-        <v>400</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1246" spans="1:3">
       <c r="A1246" s="1" t="inlineStr">
         <is>
-          <t>9786059958950</t>
+          <t>9786052218266</t>
         </is>
       </c>
       <c r="B1246" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Sayı 35: Ananga</t>
+          <t>Dylan Dog Sayı 49 - Yıldız Tozları</t>
         </is>
       </c>
       <c r="C1246" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1247" spans="1:3">
       <c r="A1247" s="1" t="inlineStr">
         <is>
-          <t>5771303450414</t>
+          <t>9786052218273</t>
         </is>
       </c>
       <c r="B1247" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere 183: On Kabile</t>
+          <t>Dylan Dog Maxi Albüm 16</t>
         </is>
       </c>
       <c r="C1247" s="1">
-        <v>180</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1248" spans="1:3">
       <c r="A1248" s="1" t="inlineStr">
         <is>
-          <t>9786059958929</t>
+          <t>5771303451237</t>
         </is>
       </c>
       <c r="B1248" s="1" t="inlineStr">
         <is>
-          <t>Ava Giden Avlanır</t>
+          <t>Zagor Sayı 204 - Golden Baby Yanıyor</t>
         </is>
       </c>
       <c r="C1248" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1249" spans="1:3">
       <c r="A1249" s="1" t="inlineStr">
         <is>
-          <t>9786059958912</t>
+          <t>5771303450483</t>
         </is>
       </c>
       <c r="B1249" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Maxi Albüm 11 - Öldürüyorum, Öldürüyorsun</t>
+          <t>Martin Mystere Sayı: 190</t>
         </is>
       </c>
       <c r="C1249" s="1">
-        <v>400</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1250" spans="1:3">
       <c r="A1250" s="1" t="inlineStr">
         <is>
-          <t>9786059958905</t>
+          <t>9786052218198</t>
         </is>
       </c>
       <c r="B1250" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Sayı: 33 - Yıldızlar Kaydığında</t>
+          <t>Dylan Dog Sayı 48 - Ghost Hotel</t>
         </is>
       </c>
       <c r="C1250" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1251" spans="1:3">
       <c r="A1251" s="1" t="inlineStr">
         <is>
-          <t>9786059958899</t>
+          <t>5771303451220</t>
         </is>
       </c>
       <c r="B1251" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Mini Dev Albüm 11 Asalak</t>
+          <t>Zagor Sayı 203 - Çapraz İntikam</t>
         </is>
       </c>
       <c r="C1251" s="1">
-        <v>325</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1252" spans="1:3">
       <c r="A1252" s="1" t="inlineStr">
         <is>
-          <t>5771303450407</t>
+          <t>9786052218211</t>
         </is>
       </c>
       <c r="B1252" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere 182: Yeşil Adam</t>
+          <t>Akrep Zamanı Dönüşüm</t>
         </is>
       </c>
       <c r="C1252" s="1">
-        <v>180</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1253" spans="1:3">
       <c r="A1253" s="1" t="inlineStr">
         <is>
-          <t>9786059958868</t>
+          <t>9786052218204</t>
         </is>
       </c>
       <c r="B1253" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Sayı 31-Killex’in Dönüşü</t>
+          <t>Ayazdaki Kirpi</t>
         </is>
       </c>
       <c r="C1253" s="1">
-        <v>135</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1254" spans="1:3">
       <c r="A1254" s="1" t="inlineStr">
         <is>
-          <t>9786059958844</t>
+          <t>5771303451213</t>
         </is>
       </c>
       <c r="B1254" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Mini Dev Albüm: 10 - İttifak</t>
+          <t>Zagor - Sayı 202</t>
         </is>
       </c>
       <c r="C1254" s="1">
-        <v>325</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1255" spans="1:3">
       <c r="A1255" s="1" t="inlineStr">
         <is>
-          <t>9786059958851</t>
+          <t>6771303450208</t>
         </is>
       </c>
       <c r="B1255" s="1" t="inlineStr">
         <is>
-          <t>Starlight - Duke McQueen’in Dönüşü</t>
+          <t>Martin Mystere Sayı: 11 Dev Batık</t>
         </is>
       </c>
       <c r="C1255" s="1">
-        <v>400</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1256" spans="1:3">
       <c r="A1256" s="1" t="inlineStr">
         <is>
-          <t>5771303450391</t>
+          <t>9771303450021</t>
         </is>
       </c>
       <c r="B1256" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere sayı: 181 - Büyük Oyun</t>
+          <t>Yeni Martin Mystere Sayı: 74 Gizemlerle Yirmi Yıl</t>
         </is>
       </c>
       <c r="C1256" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1257" spans="1:3">
       <c r="A1257" s="1" t="inlineStr">
         <is>
-          <t>9786059958820</t>
+          <t>5771303450476</t>
         </is>
       </c>
       <c r="B1257" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Sayı 29 Johnny'nin Kalbi</t>
+          <t>Martin Mystere Sayı 189 - Denizden Gelen Tanrı</t>
         </is>
       </c>
       <c r="C1257" s="1">
-        <v>135</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1258" spans="1:3">
       <c r="A1258" s="1" t="inlineStr">
         <is>
-          <t>9786059958806</t>
+          <t>9786052218174</t>
         </is>
       </c>
       <c r="B1258" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Maxi Albüm 9 - Özel Efektler / Duruşma / Ölünün Ayakkabıları</t>
+          <t>Dylan Dog Sayı 46 - Ölümüne Yakışıklılar</t>
         </is>
       </c>
       <c r="C1258" s="1">
-        <v>400</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1259" spans="1:3">
       <c r="A1259" s="1" t="inlineStr">
         <is>
-          <t>9786059958783</t>
+          <t>9786052218143</t>
         </is>
       </c>
       <c r="B1259" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Sayı 27 Üç Kere Sıfır</t>
+          <t>Dylan Dog Sayı 45 - Kıyamet</t>
         </is>
       </c>
       <c r="C1259" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1260" spans="1:3">
       <c r="A1260" s="1" t="inlineStr">
         <is>
-          <t>5771303450377</t>
+          <t>9786052218167</t>
         </is>
       </c>
       <c r="B1260" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere Sayı 179</t>
+          <t>Dylan Dog Maxi Albüm 15</t>
         </is>
       </c>
       <c r="C1260" s="1">
-        <v>180</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1261" spans="1:3">
       <c r="A1261" s="1" t="inlineStr">
         <is>
-          <t>5771303451008</t>
+          <t>5771303451190</t>
         </is>
       </c>
       <c r="B1261" s="1" t="inlineStr">
         <is>
-          <t>Zagor Sayı 181</t>
+          <t>Zagor Sayı 200 - Bilginin Anahtarı</t>
         </is>
       </c>
       <c r="C1261" s="1">
-        <v>135</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1262" spans="1:3">
       <c r="A1262" s="1" t="inlineStr">
         <is>
-          <t>9786054622351</t>
+          <t>9786052218112</t>
         </is>
       </c>
       <c r="B1262" s="1" t="inlineStr">
         <is>
-          <t>İlayda ve Yılbaşı Partisi</t>
+          <t>Dylan Dog Sayı: 43</t>
         </is>
       </c>
       <c r="C1262" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1263" spans="1:3">
       <c r="A1263" s="1" t="inlineStr">
         <is>
-          <t>9786054622344</t>
+          <t>9786052218129</t>
         </is>
       </c>
       <c r="B1263" s="1" t="inlineStr">
         <is>
-          <t>İlayda ve Susamuru</t>
+          <t>Dylan Dog Sayı 44 - Karanlık Ruh</t>
         </is>
       </c>
       <c r="C1263" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1264" spans="1:3">
       <c r="A1264" s="1" t="inlineStr">
         <is>
-          <t>9786054622337</t>
+          <t>5771303450469</t>
         </is>
       </c>
       <c r="B1264" s="1" t="inlineStr">
         <is>
-          <t>İlayda ve Su Kaydırağı</t>
+          <t>Martin Mystere Sayı 188 - Bay Max'in Tuhaf Ölümleri</t>
         </is>
       </c>
       <c r="C1264" s="1">
-        <v>100</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1265" spans="1:3">
       <c r="A1265" s="1" t="inlineStr">
         <is>
-          <t>9786054622320</t>
+          <t>9786052218099</t>
         </is>
       </c>
       <c r="B1265" s="1" t="inlineStr">
         <is>
-          <t>İlayda Su Balerini</t>
+          <t>Dylan Dog Sayı 42 - Uzak Bir Dünyaya Doğru</t>
         </is>
       </c>
       <c r="C1265" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1266" spans="1:3">
       <c r="A1266" s="1" t="inlineStr">
         <is>
-          <t>9786054622313</t>
+          <t>9786052218105</t>
         </is>
       </c>
       <c r="B1266" s="1" t="inlineStr">
         <is>
-          <t>İlayda ve Renk Cümbüşü</t>
+          <t>Dylan Dog Maxi Albüm 14 - Kabusa Kısılmış</t>
         </is>
       </c>
       <c r="C1266" s="1">
-        <v>100</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1267" spans="1:3">
       <c r="A1267" s="1" t="inlineStr">
         <is>
-          <t>9786054622306</t>
+          <t>5771303451169</t>
         </is>
       </c>
       <c r="B1267" s="1" t="inlineStr">
         <is>
-          <t>İlayda ve Gizemli Yosunlar</t>
+          <t>Zagor Sayı 197 - Yaşama Savaşı</t>
         </is>
       </c>
       <c r="C1267" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1268" spans="1:3">
       <c r="A1268" s="1" t="inlineStr">
         <is>
-          <t>9786059958745</t>
+          <t>9786052218082</t>
         </is>
       </c>
       <c r="B1268" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Sayı 25 Anka Kuşu</t>
+          <t>Dylan Dog Sayı 41 - Amansız Hook</t>
         </is>
       </c>
       <c r="C1268" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1269" spans="1:3">
       <c r="A1269" s="1" t="inlineStr">
         <is>
-          <t>5771303450360</t>
+          <t>5771303451152</t>
         </is>
       </c>
       <c r="B1269" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere Sayı 178</t>
+          <t>Zagor Sayı 196 - Dünyanın Sınırında</t>
         </is>
       </c>
       <c r="C1269" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1270" spans="1:3">
       <c r="A1270" s="1" t="inlineStr">
         <is>
-          <t>9786059958738</t>
+          <t>9786052218075</t>
         </is>
       </c>
       <c r="B1270" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Maxi Albüm 8 - Cehennemden Gelen Çağrı</t>
+          <t>Dylan Dog Sayı 40 - Kötü Düşünceler</t>
         </is>
       </c>
       <c r="C1270" s="1">
-        <v>400</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1271" spans="1:3">
       <c r="A1271" s="1" t="inlineStr">
         <is>
-          <t>9786059958721</t>
+          <t>5771303450445</t>
         </is>
       </c>
       <c r="B1271" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Sayı 24 Sınır</t>
+          <t>Kudret Zinciri - Martin Mystere İmkansızlıklar Dedektifi Sayı 186</t>
         </is>
       </c>
       <c r="C1271" s="1">
-        <v>135</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1272" spans="1:3">
       <c r="A1272" s="1" t="inlineStr">
         <is>
-          <t>9786059958707</t>
+          <t>9771303450342</t>
         </is>
       </c>
       <c r="B1272" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Mini Dev Albüm 8 Okuyan Yaşlı Adam - Hamam Böcekleri - Tueentoun - Bir Gül İçin</t>
+          <t>Yeni Martin Mystere Sayı: 95 Kukuletalılar</t>
         </is>
       </c>
       <c r="C1272" s="1">
-        <v>325</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1273" spans="1:3">
       <c r="A1273" s="1" t="inlineStr">
         <is>
-          <t>9786059958691</t>
+          <t>9786052218051</t>
         </is>
       </c>
       <c r="B1273" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Sayı 23 Ölüm Sizi Ayırana Kadar</t>
+          <t>Dylan Dog Sayı 39 - Kayıp Şehir</t>
         </is>
       </c>
       <c r="C1273" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1274" spans="1:3">
       <c r="A1274" s="1" t="inlineStr">
         <is>
-          <t>9786059958684</t>
+          <t>5771303451138</t>
         </is>
       </c>
       <c r="B1274" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Sayı: 22 Uçurum</t>
+          <t>Zagor Sayı 194 - Kader Anı</t>
         </is>
       </c>
       <c r="C1274" s="1">
-        <v>135</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1275" spans="1:3">
       <c r="A1275" s="1" t="inlineStr">
         <is>
-          <t>9786059958660</t>
+          <t>5771303450438</t>
         </is>
       </c>
       <c r="B1275" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Sayı: 21 Kedi Gözü</t>
+          <t>Hayal Gücünün Kapıları - Martin Mystere Sayı 185</t>
         </is>
       </c>
       <c r="C1275" s="1">
-        <v>135</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1276" spans="1:3">
       <c r="A1276" s="1" t="inlineStr">
         <is>
-          <t>5771303450346</t>
+          <t>5771303451121</t>
         </is>
       </c>
       <c r="B1276" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere Sayı: 176</t>
+          <t>Taş Orman - Zagor Sayı 193</t>
         </is>
       </c>
       <c r="C1276" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1277" spans="1:3">
       <c r="A1277" s="1" t="inlineStr">
         <is>
-          <t>5771303542959</t>
+          <t>9786059958578</t>
         </is>
       </c>
       <c r="B1277" s="1" t="inlineStr">
         <is>
-          <t>Mister No Sayı: 174 Unutulan Kent</t>
+          <t>Dylan Dog Mini Dev Albüm 6</t>
         </is>
       </c>
       <c r="C1277" s="1">
-        <v>135</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1278" spans="1:3">
       <c r="A1278" s="1" t="inlineStr">
         <is>
-          <t>9786059958646</t>
+          <t>9771303542808</t>
         </is>
       </c>
       <c r="B1278" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Mini Dev Albüm Sayı: 7 Canlı Heykel</t>
+          <t>Mister No Kaplan’ın Dönüşü Sayı: 8</t>
         </is>
       </c>
       <c r="C1278" s="1">
-        <v>325</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1279" spans="1:3">
       <c r="A1279" s="1" t="inlineStr">
         <is>
-          <t>9786059958639</t>
+          <t>9786052218006</t>
         </is>
       </c>
       <c r="B1279" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Sayı: 20 Kaderin Oyunu</t>
+          <t>Dylan Dog Sayı 37: Tarayıcı</t>
         </is>
       </c>
       <c r="C1279" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1280" spans="1:3">
       <c r="A1280" s="1" t="inlineStr">
         <is>
-          <t>9786059958622</t>
+          <t>9786059958998</t>
         </is>
       </c>
       <c r="B1280" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Sayı: 19 Beşinci Mevsim</t>
+          <t>Dylan Dog Maxi Albüm 12 - Şeytanın Gezisi</t>
         </is>
       </c>
       <c r="C1280" s="1">
-        <v>135</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1281" spans="1:3">
       <c r="A1281" s="1" t="inlineStr">
         <is>
-          <t>5771303450322</t>
+          <t>5771303450421</t>
         </is>
       </c>
       <c r="B1281" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere sayı: 174</t>
+          <t>Martin Mystere 184: Sabaha Karşı Toplantı</t>
         </is>
       </c>
       <c r="C1281" s="1">
-        <v>180</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1282" spans="1:3">
       <c r="A1282" s="1" t="inlineStr">
         <is>
-          <t>5771303542935</t>
+          <t>9786059958967</t>
         </is>
       </c>
       <c r="B1282" s="1" t="inlineStr">
         <is>
-          <t>Mister No Sayı: 172 Kara Göl</t>
+          <t>Akrep Zamanı Uyanış</t>
         </is>
       </c>
       <c r="C1282" s="1">
-        <v>135</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1283" spans="1:3">
       <c r="A1283" s="1" t="inlineStr">
         <is>
-          <t>9786059958592</t>
+          <t>9786059958974</t>
         </is>
       </c>
       <c r="B1283" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Maxi Albüm 6 - Kayıp İleri Karakol /Kara Gemi /Koruma</t>
+          <t>Jüpiter’in Mirası</t>
         </is>
       </c>
       <c r="C1283" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1284" spans="1:3">
       <c r="A1284" s="1" t="inlineStr">
         <is>
-          <t>9786059958608</t>
+          <t>9786059958950</t>
         </is>
       </c>
       <c r="B1284" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Sayı 18</t>
+          <t>Dylan Dog Sayı 35: Ananga</t>
         </is>
       </c>
       <c r="C1284" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1285" spans="1:3">
       <c r="A1285" s="1" t="inlineStr">
         <is>
-          <t>5771303450315</t>
+          <t>5771303450414</t>
         </is>
       </c>
       <c r="B1285" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere sayı 173</t>
+          <t>Martin Mystere 183: On Kabile</t>
         </is>
       </c>
       <c r="C1285" s="1">
-        <v>180</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1286" spans="1:3">
       <c r="A1286" s="1" t="inlineStr">
         <is>
-          <t>5771303542928</t>
+          <t>9786059958929</t>
         </is>
       </c>
       <c r="B1286" s="1" t="inlineStr">
         <is>
-          <t>Mister No Sayı: 171 Kırmızı Kaya</t>
+          <t>Ava Giden Avlanır</t>
         </is>
       </c>
       <c r="C1286" s="1">
-        <v>135</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1287" spans="1:3">
       <c r="A1287" s="1" t="inlineStr">
         <is>
-          <t>5771303542911</t>
+          <t>9786059958912</t>
         </is>
       </c>
       <c r="B1287" s="1" t="inlineStr">
         <is>
-          <t>Mister No Sayı: 170 Kamanau’yu Ararken</t>
+          <t>Dylan Dog Maxi Albüm 11 - Öldürüyorum, Öldürüyorsun</t>
         </is>
       </c>
       <c r="C1287" s="1">
-        <v>135</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1288" spans="1:3">
       <c r="A1288" s="1" t="inlineStr">
         <is>
-          <t>5771303450308</t>
+          <t>9786059958905</t>
         </is>
       </c>
       <c r="B1288" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere Efsane Yaratıcısı Sayı: 172</t>
+          <t>Dylan Dog Sayı: 33 - Yıldızlar Kaydığında</t>
         </is>
       </c>
       <c r="C1288" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1289" spans="1:3">
       <c r="A1289" s="1" t="inlineStr">
         <is>
-          <t>9786059958561</t>
+          <t>9786059958899</t>
         </is>
       </c>
       <c r="B1289" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Canavarın Mağarası Sayı: 17</t>
+          <t>Dylan Dog Mini Dev Albüm 11 Asalak</t>
         </is>
       </c>
       <c r="C1289" s="1">
-        <v>135</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1290" spans="1:3">
       <c r="A1290" s="1" t="inlineStr">
         <is>
-          <t>9786059958585</t>
+          <t>5771303450407</t>
         </is>
       </c>
       <c r="B1290" s="1" t="inlineStr">
         <is>
-          <t>Stero Seyfi 2 - Kelektika Yıldız Savaşları</t>
+          <t>Martin Mystere 182: Yeşil Adam</t>
         </is>
       </c>
       <c r="C1290" s="1">
-        <v>300</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1291" spans="1:3">
       <c r="A1291" s="1" t="inlineStr">
         <is>
-          <t>9786059958554</t>
+          <t>9786059958868</t>
         </is>
       </c>
       <c r="B1291" s="1" t="inlineStr">
         <is>
-          <t>Şimdi Yaz Zamanı</t>
+          <t>Dylan Dog Sayı 31-Killex’in Dönüşü</t>
         </is>
       </c>
       <c r="C1291" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1292" spans="1:3">
       <c r="A1292" s="1" t="inlineStr">
         <is>
-          <t>9771303120113</t>
+          <t>9786059958844</t>
         </is>
       </c>
       <c r="B1292" s="1" t="inlineStr">
         <is>
-          <t>Conan Sayı: 13 İçimdeki Şeytan</t>
+          <t>Dylan Dog Mini Dev Albüm: 10 - İttifak</t>
         </is>
       </c>
       <c r="C1292" s="1">
-        <v>100</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1293" spans="1:3">
       <c r="A1293" s="1" t="inlineStr">
         <is>
-          <t>9771303120115</t>
+          <t>9786059958851</t>
         </is>
       </c>
       <c r="B1293" s="1" t="inlineStr">
         <is>
-          <t>Conan Sayı: 15 Ormandaki Kurtlar</t>
+          <t>Starlight - Duke McQueen’in Dönüşü</t>
         </is>
       </c>
       <c r="C1293" s="1">
-        <v>100</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1294" spans="1:3">
       <c r="A1294" s="1" t="inlineStr">
         <is>
-          <t>9771303120130</t>
+          <t>5771303450391</t>
         </is>
       </c>
       <c r="B1294" s="1" t="inlineStr">
         <is>
-          <t>Conan Sayı: 30 Yılan</t>
+          <t>Martin Mystere sayı: 181 - Büyük Oyun</t>
         </is>
       </c>
       <c r="C1294" s="1">
-        <v>100</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1295" spans="1:3">
       <c r="A1295" s="1" t="inlineStr">
         <is>
-          <t>9771303120142</t>
+          <t>9786059958820</t>
         </is>
       </c>
       <c r="B1295" s="1" t="inlineStr">
         <is>
-          <t>Conan Sayı: 42 Kızıl Ev, Kızıl Rahip</t>
+          <t>Dylan Dog Sayı 29 Johnny'nin Kalbi</t>
         </is>
       </c>
       <c r="C1295" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1296" spans="1:3">
       <c r="A1296" s="1" t="inlineStr">
         <is>
-          <t>5771303450292</t>
+          <t>9786059958806</t>
         </is>
       </c>
       <c r="B1296" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere sayı: 171/ Şarlman’ın Uzay Gemileri</t>
+          <t>Dylan Dog Maxi Albüm 9 - Özel Efektler / Duruşma / Ölünün Ayakkabıları</t>
         </is>
       </c>
       <c r="C1296" s="1">
-        <v>180</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1297" spans="1:3">
       <c r="A1297" s="1" t="inlineStr">
         <is>
-          <t>5771303542904</t>
+          <t>9786059958783</t>
         </is>
       </c>
       <c r="B1297" s="1" t="inlineStr">
         <is>
-          <t>Mister No Sayı: 169 Mayari Görevi</t>
+          <t>Dylan Dog Sayı 27 Üç Kere Sıfır</t>
         </is>
       </c>
       <c r="C1297" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1298" spans="1:3">
       <c r="A1298" s="1" t="inlineStr">
         <is>
-          <t>9786059958486</t>
+          <t>5771303450377</t>
         </is>
       </c>
       <c r="B1298" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Maxi Albüm: 5 - Ormandaki Kulübe / Paranoya / Şehir Dışında Gezinti</t>
+          <t>Martin Mystere Sayı 179</t>
         </is>
       </c>
       <c r="C1298" s="1">
-        <v>400</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1299" spans="1:3">
       <c r="A1299" s="1" t="inlineStr">
         <is>
-          <t>9786059958523</t>
+          <t>5771303451008</t>
         </is>
       </c>
       <c r="B1299" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Sayı: 15 - Karanlık Yarı</t>
+          <t>Zagor Sayı 181</t>
         </is>
       </c>
       <c r="C1299" s="1">
-        <v>135</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1300" spans="1:3">
       <c r="A1300" s="1" t="inlineStr">
         <is>
-          <t>5771303450285</t>
+          <t>9786054622351</t>
         </is>
       </c>
       <c r="B1300" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere Sayı: 170 - Satranç Oyuncusu</t>
+          <t>İlayda ve Yılbaşı Partisi</t>
         </is>
       </c>
       <c r="C1300" s="1">
-        <v>180</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1301" spans="1:3">
       <c r="A1301" s="1" t="inlineStr">
         <is>
-          <t>9786059958424</t>
+          <t>9786054622344</t>
         </is>
       </c>
       <c r="B1301" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Mini Dev Albüm Sayı: 4 - Tarladaki Çemberler</t>
+          <t>İlayda ve Susamuru</t>
         </is>
       </c>
       <c r="C1301" s="1">
-        <v>325</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1302" spans="1:3">
       <c r="A1302" s="1" t="inlineStr">
         <is>
-          <t>9786059958417</t>
+          <t>9786054622337</t>
         </is>
       </c>
       <c r="B1302" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Sayı:11 - Devekuşunun  Uçması</t>
+          <t>İlayda ve Su Kaydırağı</t>
         </is>
       </c>
       <c r="C1302" s="1">
-        <v>135</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1303" spans="1:3">
       <c r="A1303" s="1" t="inlineStr">
         <is>
-          <t>5771303450247</t>
+          <t>9786054622320</t>
         </is>
       </c>
       <c r="B1303" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere Sayı: 166 - İmkansızlıklar Dedektifi / Telemakhos'un Batışı</t>
+          <t>İlayda Su Balerini</t>
         </is>
       </c>
       <c r="C1303" s="1">
-        <v>180</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1304" spans="1:3">
       <c r="A1304" s="1" t="inlineStr">
         <is>
-          <t>5771303542850</t>
+          <t>9786054622313</t>
         </is>
       </c>
       <c r="B1304" s="1" t="inlineStr">
         <is>
-          <t>Mister No Sayı: 164 Hesaplaşma</t>
+          <t>İlayda ve Renk Cümbüşü</t>
         </is>
       </c>
       <c r="C1304" s="1">
-        <v>135</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1305" spans="1:3">
       <c r="A1305" s="1" t="inlineStr">
         <is>
-          <t>9786059958448</t>
+          <t>9786054622306</t>
         </is>
       </c>
       <c r="B1305" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Sayı: 12 - Örümcek</t>
+          <t>İlayda ve Gizemli Yosunlar</t>
         </is>
       </c>
       <c r="C1305" s="1">
-        <v>135</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1306" spans="1:3">
       <c r="A1306" s="1" t="inlineStr">
         <is>
-          <t>5771303450254</t>
+          <t>9786059958745</t>
         </is>
       </c>
       <c r="B1306" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere Sayı: 167 - İmkansızlıklar Dedektifi / Kutsal Ormanın Avcıları</t>
+          <t>Dylan Dog Sayı 25 Anka Kuşu</t>
         </is>
       </c>
       <c r="C1306" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1307" spans="1:3">
       <c r="A1307" s="1" t="inlineStr">
         <is>
-          <t>9786059958400</t>
+          <t>5771303450360</t>
         </is>
       </c>
       <c r="B1307" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Sayı: 10 - Hafızanın Gardiyanı</t>
+          <t>Martin Mystere Sayı 178</t>
         </is>
       </c>
       <c r="C1307" s="1">
-        <v>135</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1308" spans="1:3">
       <c r="A1308" s="1" t="inlineStr">
         <is>
-          <t>5771303450230</t>
+          <t>9786059958738</t>
         </is>
       </c>
       <c r="B1308" s="1" t="inlineStr">
         <is>
-          <t>Atlantis Martin Mystere İmkansızlıklar Dedektifi Sayı: 165 - Tiamat’ın Uyanışı</t>
+          <t>Dylan Dog Maxi Albüm 8 - Cehennemden Gelen Çağrı</t>
         </is>
       </c>
       <c r="C1308" s="1">
-        <v>180</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1309" spans="1:3">
       <c r="A1309" s="1" t="inlineStr">
         <is>
-          <t>5771303542843</t>
+          <t>9786059958721</t>
         </is>
       </c>
       <c r="B1309" s="1" t="inlineStr">
         <is>
-          <t>Mister No Sayı: 163 Victoria'ya Tuzak</t>
+          <t>Dylan Dog Sayı 24 Sınır</t>
         </is>
       </c>
       <c r="C1309" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1310" spans="1:3">
       <c r="A1310" s="1" t="inlineStr">
         <is>
-          <t>9786059958394</t>
+          <t>9786059958707</t>
         </is>
       </c>
       <c r="B1310" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Maxi Albüm: 3 - Beyaz Ölüler / Altı Karga / Geri Gelen Nesneler</t>
+          <t>Dylan Dog Mini Dev Albüm 8 Okuyan Yaşlı Adam - Hamam Böcekleri - Tueentoun - Bir Gül İçin</t>
         </is>
       </c>
       <c r="C1310" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="1311" spans="1:3">
       <c r="A1311" s="1" t="inlineStr">
         <is>
-          <t>9786059958387</t>
+          <t>9786059958691</t>
         </is>
       </c>
       <c r="B1311" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Sayı: 9 - Renkli Gölgeler Ülkesi</t>
+          <t>Dylan Dog Sayı 23 Ölüm Sizi Ayırana Kadar</t>
         </is>
       </c>
       <c r="C1311" s="1">
-        <v>135</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1312" spans="1:3">
       <c r="A1312" s="1" t="inlineStr">
         <is>
-          <t>5771303450223</t>
+          <t>9786059958684</t>
         </is>
       </c>
       <c r="B1312" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere Sayı: 164 - İmkansızlıklar Dedektifi / Sıfır Boylamına Dönüş</t>
+          <t>Dylan Dog Sayı: 22 Uçurum</t>
         </is>
       </c>
       <c r="C1312" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1313" spans="1:3">
       <c r="A1313" s="1" t="inlineStr">
         <is>
-          <t>5771303542836</t>
+          <t>9786059958660</t>
         </is>
       </c>
       <c r="B1313" s="1" t="inlineStr">
         <is>
-          <t>Mister No Sayı: 162 Cinnet</t>
+          <t>Dylan Dog Sayı: 21 Kedi Gözü</t>
         </is>
       </c>
       <c r="C1313" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1314" spans="1:3">
       <c r="A1314" s="1" t="inlineStr">
         <is>
-          <t>9771303542689</t>
+          <t>5771303450346</t>
         </is>
       </c>
       <c r="B1314" s="1" t="inlineStr">
         <is>
-          <t>Mister No Sayı: 138 Manaus Gökleri Altında</t>
+          <t>Martin Mystere Sayı: 176</t>
         </is>
       </c>
       <c r="C1314" s="1">
-        <v>135</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1315" spans="1:3">
       <c r="A1315" s="1" t="inlineStr">
         <is>
-          <t>9786059958332</t>
+          <t>5771303542959</t>
         </is>
       </c>
       <c r="B1315" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog - Korkunç İstila Sayı: 7</t>
+          <t>Mister No Sayı: 174 Unutulan Kent</t>
         </is>
       </c>
       <c r="C1315" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1316" spans="1:3">
       <c r="A1316" s="1" t="inlineStr">
         <is>
-          <t>5771303542812</t>
+          <t>9786059958646</t>
         </is>
       </c>
       <c r="B1316" s="1" t="inlineStr">
         <is>
-          <t>Mister No Sayı: 160 Kan ve Ateş</t>
+          <t>Dylan Dog Mini Dev Albüm Sayı: 7 Canlı Heykel</t>
         </is>
       </c>
       <c r="C1316" s="1">
-        <v>135</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1317" spans="1:3">
       <c r="A1317" s="1" t="inlineStr">
         <is>
-          <t>5771303450216</t>
+          <t>9786059958639</t>
         </is>
       </c>
       <c r="B1317" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere - Sergej Orloff Evleniyor Sayı: 163</t>
+          <t>Dylan Dog Sayı: 20 Kaderin Oyunu</t>
         </is>
       </c>
       <c r="C1317" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1318" spans="1:3">
       <c r="A1318" s="1" t="inlineStr">
         <is>
-          <t>9786059958370</t>
+          <t>9786059958622</t>
         </is>
       </c>
       <c r="B1318" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Sayı: 8 - Makinelerin İsyanı</t>
+          <t>Dylan Dog Sayı: 19 Beşinci Mevsim</t>
         </is>
       </c>
       <c r="C1318" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1319" spans="1:3">
       <c r="A1319" s="1" t="inlineStr">
         <is>
-          <t>9786059958301</t>
+          <t>5771303450322</t>
         </is>
       </c>
       <c r="B1319" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Sayı 6 : Sonsuz Gece</t>
+          <t>Martin Mystere sayı: 174</t>
         </is>
       </c>
       <c r="C1319" s="1">
-        <v>135</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1320" spans="1:3">
       <c r="A1320" s="1" t="inlineStr">
         <is>
-          <t>9786059958318</t>
+          <t>5771303542935</t>
         </is>
       </c>
       <c r="B1320" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Maxi 2. Albüm : Tutulma - Göz Kararması - Günahın Bedeli</t>
+          <t>Mister No Sayı: 172 Kara Göl</t>
         </is>
       </c>
       <c r="C1320" s="1">
-        <v>400</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1321" spans="1:3">
       <c r="A1321" s="1" t="inlineStr">
         <is>
-          <t>9786059558295</t>
+          <t>9786059958592</t>
         </is>
       </c>
       <c r="B1321" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Sayı: 5 - İblisler</t>
+          <t>Dylan Dog Maxi Albüm 6 - Kayıp İleri Karakol /Kara Gemi /Koruma</t>
         </is>
       </c>
       <c r="C1321" s="1">
-        <v>135</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1322" spans="1:3">
       <c r="A1322" s="1" t="inlineStr">
         <is>
-          <t>9771303440985</t>
+          <t>9786059958608</t>
         </is>
       </c>
       <c r="B1322" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere sayı 160 İmkansızlıklar Dedektifi -  Yeraltı Sakinleri</t>
+          <t>Dylan Dog Sayı 18</t>
         </is>
       </c>
       <c r="C1322" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1323" spans="1:3">
       <c r="A1323" s="1" t="inlineStr">
         <is>
-          <t>9771303542979</t>
+          <t>5771303450315</t>
         </is>
       </c>
       <c r="B1323" s="1" t="inlineStr">
         <is>
-          <t>Mister No Sayı: 158 Bir Şeyler Değişti</t>
+          <t>Martin Mystere sayı 173</t>
         </is>
       </c>
       <c r="C1323" s="1">
-        <v>135</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1324" spans="1:3">
       <c r="A1324" s="1" t="inlineStr">
         <is>
-          <t>9771303441012</t>
+          <t>5771303542928</t>
         </is>
       </c>
       <c r="B1324" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere İmkansızlıklar Dedektifi Sayı: 161 Leviathan Protokolu</t>
+          <t>Mister No Sayı: 171 Kırmızı Kaya</t>
         </is>
       </c>
       <c r="C1324" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1325" spans="1:3">
       <c r="A1325" s="1" t="inlineStr">
         <is>
-          <t>9771303542986</t>
+          <t>5771303542911</t>
         </is>
       </c>
       <c r="B1325" s="1" t="inlineStr">
         <is>
-          <t>Mister No Sayı: 159 Garip Buluşma</t>
+          <t>Mister No Sayı: 170 Kamanau’yu Ararken</t>
         </is>
       </c>
       <c r="C1325" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1326" spans="1:3">
       <c r="A1326" s="1" t="inlineStr">
         <is>
-          <t>9771303542870</t>
+          <t>5771303450308</t>
         </is>
       </c>
       <c r="B1326" s="1" t="inlineStr">
         <is>
-          <t>Mister No Sayı: 148 Kanlı Cennet</t>
+          <t>Martin Mystere Efsane Yaratıcısı Sayı: 172</t>
         </is>
       </c>
       <c r="C1326" s="1">
-        <v>135</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1327" spans="1:3">
       <c r="A1327" s="1" t="inlineStr">
         <is>
-          <t>9771303440893</t>
+          <t>9786059958561</t>
         </is>
       </c>
       <c r="B1327" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere Sayı: 150 Sıfır Boylamı</t>
+          <t>Dylan Dog Canavarın Mağarası Sayı: 17</t>
         </is>
       </c>
       <c r="C1327" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1328" spans="1:3">
       <c r="A1328" s="1" t="inlineStr">
         <is>
-          <t>9786059958264</t>
+          <t>9786059958585</t>
         </is>
       </c>
       <c r="B1328" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Sayı: 4 - Başka Zamanın Kardeşleri</t>
+          <t>Stero Seyfi 2 - Kelektika Yıldız Savaşları</t>
         </is>
       </c>
       <c r="C1328" s="1">
-        <v>135</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1329" spans="1:3">
       <c r="A1329" s="1" t="inlineStr">
         <is>
-          <t>9771303440978</t>
+          <t>9786059958554</t>
         </is>
       </c>
       <c r="B1329" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere Sayı: 159 - Fermi Paradoksu</t>
+          <t>Şimdi Yaz Zamanı</t>
         </is>
       </c>
       <c r="C1329" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1330" spans="1:3">
       <c r="A1330" s="1" t="inlineStr">
         <is>
-          <t>9771303542962</t>
+          <t>9771303120113</t>
         </is>
       </c>
       <c r="B1330" s="1" t="inlineStr">
         <is>
-          <t>Mister No Sayı: 157 Hain Damgası</t>
+          <t>Conan Sayı: 13 İçimdeki Şeytan</t>
         </is>
       </c>
       <c r="C1330" s="1">
-        <v>135</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1331" spans="1:3">
       <c r="A1331" s="1" t="inlineStr">
         <is>
-          <t>9771303542658</t>
+          <t>9771303120115</t>
         </is>
       </c>
       <c r="B1331" s="1" t="inlineStr">
         <is>
-          <t>Mister No Kazananlar ve Kaybedenler Sayı: 135</t>
+          <t>Conan Sayı: 15 Ormandaki Kurtlar</t>
         </is>
       </c>
       <c r="C1331" s="1">
-        <v>135</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1332" spans="1:3">
       <c r="A1332" s="1" t="inlineStr">
         <is>
-          <t>9786059958080</t>
+          <t>9771303120130</t>
         </is>
       </c>
       <c r="B1332" s="1" t="inlineStr">
         <is>
-          <t>Meşe ile Kiraz</t>
+          <t>Conan Sayı: 30 Yılan</t>
         </is>
       </c>
       <c r="C1332" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1333" spans="1:3">
       <c r="A1333" s="1" t="inlineStr">
         <is>
-          <t>9786059958073</t>
+          <t>9771303120142</t>
         </is>
       </c>
       <c r="B1333" s="1" t="inlineStr">
         <is>
-          <t>Şaşkın Kedi Koş - Koş</t>
+          <t>Conan Sayı: 42 Kızıl Ev, Kızıl Rahip</t>
         </is>
       </c>
       <c r="C1333" s="1">
-        <v>70</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1334" spans="1:3">
       <c r="A1334" s="1" t="inlineStr">
         <is>
-          <t>9786059958103</t>
+          <t>5771303450292</t>
         </is>
       </c>
       <c r="B1334" s="1" t="inlineStr">
         <is>
-          <t>Duru Narçiçeği: Okula Gitmek İstemiyor</t>
+          <t>Martin Mystere sayı: 171/ Şarlman’ın Uzay Gemileri</t>
         </is>
       </c>
       <c r="C1334" s="1">
-        <v>60</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1335" spans="1:3">
       <c r="A1335" s="1" t="inlineStr">
         <is>
-          <t>9786059958127</t>
+          <t>5771303542904</t>
         </is>
       </c>
       <c r="B1335" s="1" t="inlineStr">
         <is>
-          <t>Duru Narçiçeği: Sürpriz Doğumgünü</t>
+          <t>Mister No Sayı: 169 Mayari Görevi</t>
         </is>
       </c>
       <c r="C1335" s="1">
-        <v>60</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1336" spans="1:3">
       <c r="A1336" s="1" t="inlineStr">
         <is>
-          <t>9771303542955</t>
+          <t>9786059958486</t>
         </is>
       </c>
       <c r="B1336" s="1" t="inlineStr">
         <is>
-          <t>Mister No Sayı: 156 Zorunlu İniş</t>
+          <t>Dylan Dog Maxi Albüm: 5 - Ormandaki Kulübe / Paranoya / Şehir Dışında Gezinti</t>
         </is>
       </c>
       <c r="C1336" s="1">
-        <v>135</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1337" spans="1:3">
       <c r="A1337" s="1" t="inlineStr">
         <is>
-          <t>9771303542918</t>
+          <t>9786059958523</t>
         </is>
       </c>
       <c r="B1337" s="1" t="inlineStr">
         <is>
-          <t>Mister No Sayı: 152 - Pişmanlık</t>
+          <t>Dylan Dog Sayı: 15 - Karanlık Yarı</t>
         </is>
       </c>
       <c r="C1337" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1338" spans="1:3">
       <c r="A1338" s="1" t="inlineStr">
         <is>
-          <t>9771303440924</t>
+          <t>5771303450285</t>
         </is>
       </c>
       <c r="B1338" s="1" t="inlineStr">
         <is>
-          <t>Atlantis Martin Mystere Sayı: 154 İmkansızlıklar Dedektifi - Siborg Projesi</t>
+          <t>Martin Mystere Sayı: 170 - Satranç Oyuncusu</t>
         </is>
       </c>
       <c r="C1338" s="1">
-        <v>180</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1339" spans="1:3">
       <c r="A1339" s="1" t="inlineStr">
         <is>
-          <t>9771303542696</t>
+          <t>9786059958424</t>
         </is>
       </c>
       <c r="B1339" s="1" t="inlineStr">
         <is>
-          <t>Mister No Sayı: 139 Askerin Öyküsü</t>
+          <t>Dylan Dog Mini Dev Albüm Sayı: 4 - Tarladaki Çemberler</t>
         </is>
       </c>
       <c r="C1339" s="1">
-        <v>135</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1340" spans="1:3">
       <c r="A1340" s="1" t="inlineStr">
         <is>
-          <t>9771303440954</t>
+          <t>9786059958417</t>
         </is>
       </c>
       <c r="B1340" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere İmkansızlıklar Dedektifi Sayı: 157 - Dünyanın Sonu</t>
+          <t>Dylan Dog Sayı:11 - Devekuşunun  Uçması</t>
         </is>
       </c>
       <c r="C1340" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1341" spans="1:3">
       <c r="A1341" s="1" t="inlineStr">
         <is>
-          <t>9786059958219</t>
+          <t>5771303450247</t>
         </is>
       </c>
       <c r="B1341" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Sayı 2 : Dylan Dog'un Hikayesi (Renkli Sayı)</t>
+          <t>Martin Mystere Sayı: 166 - İmkansızlıklar Dedektifi / Telemakhos'un Batışı</t>
         </is>
       </c>
       <c r="C1341" s="1">
-        <v>250</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1342" spans="1:3">
       <c r="A1342" s="1" t="inlineStr">
         <is>
-          <t>9771303542948</t>
+          <t>5771303542850</t>
         </is>
       </c>
       <c r="B1342" s="1" t="inlineStr">
         <is>
-          <t>Mister No Sayı: 155 Geçmişten Gelen Tehdit</t>
+          <t>Mister No Sayı: 164 Hesaplaşma</t>
         </is>
       </c>
       <c r="C1342" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1343" spans="1:3">
       <c r="A1343" s="1" t="inlineStr">
         <is>
-          <t>9786059958196</t>
+          <t>9786059958448</t>
         </is>
       </c>
       <c r="B1343" s="1" t="inlineStr">
         <is>
-          <t>My Little Pony 3 : Arkadaşlık Sihirlidir</t>
+          <t>Dylan Dog Sayı: 12 - Örümcek</t>
         </is>
       </c>
       <c r="C1343" s="1">
-        <v>325</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1344" spans="1:3">
       <c r="A1344" s="1" t="inlineStr">
         <is>
-          <t>9771303542931</t>
+          <t>5771303450254</t>
         </is>
       </c>
       <c r="B1344" s="1" t="inlineStr">
         <is>
-          <t>Mister No Sayı: 154 - Saint Exupery'nin Hazinesi</t>
+          <t>Martin Mystere Sayı: 167 - İmkansızlıklar Dedektifi / Kutsal Ormanın Avcıları</t>
         </is>
       </c>
       <c r="C1344" s="1">
-        <v>135</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1345" spans="1:3">
       <c r="A1345" s="1" t="inlineStr">
         <is>
-          <t>9786059958189</t>
+          <t>9786059958400</t>
         </is>
       </c>
       <c r="B1345" s="1" t="inlineStr">
         <is>
-          <t>Tex Almanak 2006 - 2007 - 2008</t>
+          <t>Dylan Dog Sayı: 10 - Hafızanın Gardiyanı</t>
         </is>
       </c>
       <c r="C1345" s="1">
-        <v>500</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1346" spans="1:3">
       <c r="A1346" s="1" t="inlineStr">
         <is>
-          <t>9771303440947</t>
+          <t>5771303450230</t>
         </is>
       </c>
       <c r="B1346" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere İmkansızlıklar Dedektifi Sayı: 156 - 36 Dürüst Adam Sayı:156</t>
+          <t>Atlantis Martin Mystere İmkansızlıklar Dedektifi Sayı: 165 - Tiamat’ın Uyanışı</t>
         </is>
       </c>
       <c r="C1346" s="1">
-        <v>180</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1347" spans="1:3">
       <c r="A1347" s="1" t="inlineStr">
         <is>
-          <t>9786059958134</t>
+          <t>5771303542843</t>
         </is>
       </c>
       <c r="B1347" s="1" t="inlineStr">
         <is>
-          <t>Drizzt Efsanesi 2. Kitap : Sürgün</t>
+          <t>Mister No Sayı: 163 Victoria'ya Tuzak</t>
         </is>
       </c>
       <c r="C1347" s="1">
-        <v>400</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1348" spans="1:3">
       <c r="A1348" s="1" t="inlineStr">
         <is>
-          <t>9771303440886</t>
+          <t>9786059958394</t>
         </is>
       </c>
       <c r="B1348" s="1" t="inlineStr">
         <is>
-          <t>Atlantis Martin Mystere Sayı: 149 - Kassiope'nin Hükmü</t>
+          <t>Dylan Dog Maxi Albüm: 3 - Beyaz Ölüler / Altı Karga / Geri Gelen Nesneler</t>
         </is>
       </c>
       <c r="C1348" s="1">
-        <v>180</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1349" spans="1:3">
       <c r="A1349" s="1" t="inlineStr">
         <is>
-          <t>9771303440992</t>
+          <t>9786059958387</t>
         </is>
       </c>
       <c r="B1349" s="1" t="inlineStr">
         <is>
-          <t>Atlantis Martin Mystere İmkansızlıklar Dedektifi Sayı: 151 - Üçüncü Tür</t>
+          <t>Dylan Dog Sayı: 9 - Renkli Gölgeler Ülkesi</t>
         </is>
       </c>
       <c r="C1349" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1350" spans="1:3">
       <c r="A1350" s="1" t="inlineStr">
         <is>
-          <t>9786059958110</t>
+          <t>5771303450223</t>
         </is>
       </c>
       <c r="B1350" s="1" t="inlineStr">
         <is>
-          <t>Duru Narçiçeği: Oyuncakları Kurtarıyor</t>
+          <t>Martin Mystere Sayı: 164 - İmkansızlıklar Dedektifi / Sıfır Boylamına Dönüş</t>
         </is>
       </c>
       <c r="C1350" s="1">
-        <v>60</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1351" spans="1:3">
       <c r="A1351" s="1" t="inlineStr">
         <is>
-          <t>9786059958097</t>
+          <t>5771303542836</t>
         </is>
       </c>
       <c r="B1351" s="1" t="inlineStr">
         <is>
-          <t>Duru Narçiçeği: Kabus Görüyor</t>
+          <t>Mister No Sayı: 162 Cinnet</t>
         </is>
       </c>
       <c r="C1351" s="1">
-        <v>60</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1352" spans="1:3">
       <c r="A1352" s="1" t="inlineStr">
         <is>
-          <t>9771303440695</t>
+          <t>9771303542689</t>
         </is>
       </c>
       <c r="B1352" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere İmkansızlıklar Dedektifi Sayı:138 / Son Konvoy</t>
+          <t>Mister No Sayı: 138 Manaus Gökleri Altında</t>
         </is>
       </c>
       <c r="C1352" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1353" spans="1:3">
       <c r="A1353" s="1" t="inlineStr">
         <is>
-          <t>9771303450267</t>
+          <t>9786059958332</t>
         </is>
       </c>
       <c r="B1353" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere Cilt: 5</t>
+          <t>Dylan Dog - Korkunç İstila Sayı: 7</t>
         </is>
       </c>
       <c r="C1353" s="1">
-        <v>500</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1354" spans="1:3">
       <c r="A1354" s="1" t="inlineStr">
         <is>
-          <t>9771303440916</t>
+          <t>5771303542812</t>
         </is>
       </c>
       <c r="B1354" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere Sayı 152 : Başkalarının Düşünceleri</t>
+          <t>Mister No Sayı: 160 Kan ve Ateş</t>
         </is>
       </c>
       <c r="C1354" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1355" spans="1:3">
       <c r="A1355" s="1" t="inlineStr">
         <is>
-          <t>9771303542887</t>
+          <t>5771303450216</t>
         </is>
       </c>
       <c r="B1355" s="1" t="inlineStr">
         <is>
-          <t>Mister No Sayı: 149 - Kirli Para</t>
+          <t>Martin Mystere - Sergej Orloff Evleniyor Sayı: 163</t>
         </is>
       </c>
       <c r="C1355" s="1">
-        <v>135</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1356" spans="1:3">
       <c r="A1356" s="1" t="inlineStr">
         <is>
-          <t>9786059958431</t>
+          <t>9786059958370</t>
         </is>
       </c>
       <c r="B1356" s="1" t="inlineStr">
         <is>
-          <t>Andon Usta'nın Saatleri</t>
+          <t>Dylan Dog Sayı: 8 - Makinelerin İsyanı</t>
         </is>
       </c>
       <c r="C1356" s="1">
-        <v>450</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1357" spans="1:3">
       <c r="A1357" s="1" t="inlineStr">
         <is>
-          <t>9771303651664</t>
+          <t>9786059958301</t>
         </is>
       </c>
       <c r="B1357" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Rüzgar Sayı: 124 El Ciego</t>
+          <t>Dylan Dog Sayı 6 : Sonsuz Gece</t>
         </is>
       </c>
       <c r="C1357" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1358" spans="1:3">
       <c r="A1358" s="1" t="inlineStr">
         <is>
-          <t>9771303651657</t>
+          <t>9786059958318</t>
         </is>
       </c>
       <c r="B1358" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Rüzgar Sayı: 123 Kanlı Yollar</t>
+          <t>Dylan Dog Maxi 2. Albüm : Tutulma - Göz Kararması - Günahın Bedeli</t>
         </is>
       </c>
       <c r="C1358" s="1">
-        <v>180</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1359" spans="1:3">
       <c r="A1359" s="1" t="inlineStr">
         <is>
-          <t>9771303651640</t>
+          <t>9786059558295</t>
         </is>
       </c>
       <c r="B1359" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Rüzgar Sayı: 122 Timsahların Gecesi</t>
+          <t>Dylan Dog Sayı: 5 - İblisler</t>
         </is>
       </c>
       <c r="C1359" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1360" spans="1:3">
       <c r="A1360" s="1" t="inlineStr">
         <is>
-          <t>9771303651633</t>
+          <t>9771303440985</t>
         </is>
       </c>
       <c r="B1360" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Rüzgar Sayı: 121 Zombilerin Kraliçesi</t>
+          <t>Martin Mystere sayı 160 İmkansızlıklar Dedektifi -  Yeraltı Sakinleri</t>
         </is>
       </c>
       <c r="C1360" s="1">
-        <v>180</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1361" spans="1:3">
       <c r="A1361" s="1" t="inlineStr">
         <is>
-          <t>9771303651626</t>
+          <t>9771303542979</t>
         </is>
       </c>
       <c r="B1361" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Rüzgar Sayı: 120 - Zorbaların Diyarı</t>
+          <t>Mister No Sayı: 158 Bir Şeyler Değişti</t>
         </is>
       </c>
       <c r="C1361" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1362" spans="1:3">
       <c r="A1362" s="1" t="inlineStr">
         <is>
-          <t>9771303651619</t>
+          <t>9771303441012</t>
         </is>
       </c>
       <c r="B1362" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Rüzgar Sayı: 119 Jesse James’i Öldüreceğim</t>
+          <t>Martin Mystere İmkansızlıklar Dedektifi Sayı: 161 Leviathan Protokolu</t>
         </is>
       </c>
       <c r="C1362" s="1">
-        <v>180</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1363" spans="1:3">
       <c r="A1363" s="1" t="inlineStr">
         <is>
-          <t>9771303651602</t>
+          <t>9771303542986</t>
         </is>
       </c>
       <c r="B1363" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Rüzgar Sayı: 118 Göç</t>
+          <t>Mister No Sayı: 159 Garip Buluşma</t>
         </is>
       </c>
       <c r="C1363" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1364" spans="1:3">
       <c r="A1364" s="1" t="inlineStr">
         <is>
-          <t>9771303651596</t>
+          <t>9771303542870</t>
         </is>
       </c>
       <c r="B1364" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Rüzgar Sayı: 117 Son Gösteri</t>
+          <t>Mister No Sayı: 148 Kanlı Cennet</t>
         </is>
       </c>
       <c r="C1364" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1365" spans="1:3">
       <c r="A1365" s="1" t="inlineStr">
         <is>
-          <t>9771303651589</t>
+          <t>9771303440893</t>
         </is>
       </c>
       <c r="B1365" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Rüzgar Sayı: 116 Showboat</t>
+          <t>Martin Mystere Sayı: 150 Sıfır Boylamı</t>
         </is>
       </c>
       <c r="C1365" s="1">
-        <v>180</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1366" spans="1:3">
       <c r="A1366" s="1" t="inlineStr">
         <is>
-          <t>9771303651565</t>
+          <t>9786059958264</t>
         </is>
       </c>
       <c r="B1366" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Rüzgar Sayı: 114 Sır ve Suç</t>
+          <t>Dylan Dog Sayı: 4 - Başka Zamanın Kardeşleri</t>
         </is>
       </c>
       <c r="C1366" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1367" spans="1:3">
       <c r="A1367" s="1" t="inlineStr">
         <is>
-          <t>9771303651558</t>
+          <t>9771303440978</t>
         </is>
       </c>
       <c r="B1367" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Rüzgar Sayı: 113 Kalleşlerin Zamanı</t>
+          <t>Martin Mystere Sayı: 159 - Fermi Paradoksu</t>
         </is>
       </c>
       <c r="C1367" s="1">
-        <v>180</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1368" spans="1:3">
       <c r="A1368" s="1" t="inlineStr">
         <is>
-          <t>9771303651541</t>
+          <t>9771303542962</t>
         </is>
       </c>
       <c r="B1368" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Rüzgar Sayı: 112 Alice Karanlıkta</t>
+          <t>Mister No Sayı: 157 Hain Damgası</t>
         </is>
       </c>
       <c r="C1368" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1369" spans="1:3">
       <c r="A1369" s="1" t="inlineStr">
         <is>
-          <t>9771303651534</t>
+          <t>9771303542658</t>
         </is>
       </c>
       <c r="B1369" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Rüzgar Sayı: 111 Kelly’nin Hayvanat Bahçesi</t>
+          <t>Mister No Kazananlar ve Kaybedenler Sayı: 135</t>
         </is>
       </c>
       <c r="C1369" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1370" spans="1:3">
       <c r="A1370" s="1" t="inlineStr">
         <is>
-          <t>9771303651527</t>
+          <t>9786059958080</t>
         </is>
       </c>
       <c r="B1370" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Rüzgar Sayı: 110 Yamyamlar</t>
+          <t>Meşe ile Kiraz</t>
         </is>
       </c>
       <c r="C1370" s="1">
-        <v>180</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1371" spans="1:3">
       <c r="A1371" s="1" t="inlineStr">
         <is>
-          <t>9771303651510</t>
+          <t>9786059958073</t>
         </is>
       </c>
       <c r="B1371" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Rüzgar Sayı: 109 Kanunsuzların Yolu</t>
+          <t>Şaşkın Kedi Koş - Koş</t>
         </is>
       </c>
       <c r="C1371" s="1">
-        <v>180</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1372" spans="1:3">
       <c r="A1372" s="1" t="inlineStr">
         <is>
-          <t>3990000000581</t>
+          <t>9786059958103</t>
         </is>
       </c>
       <c r="B1372" s="1" t="inlineStr">
         <is>
-          <t>Yeni Zagor Dağda Korku Sayı: 13</t>
+          <t>Duru Narçiçeği: Okula Gitmek İstemiyor</t>
         </is>
       </c>
       <c r="C1372" s="1">
-        <v>135</v>
+        <v>75</v>
       </c>
     </row>
     <row r="1373" spans="1:3">
       <c r="A1373" s="1" t="inlineStr">
         <is>
-          <t>9771303449932</t>
+          <t>9786059958127</t>
         </is>
       </c>
       <c r="B1373" s="1" t="inlineStr">
         <is>
-          <t>Yeni Zagor Cain’in Dönüşü Sayı: 32</t>
+          <t>Duru Narçiçeği: Sürpriz Doğumgünü</t>
         </is>
       </c>
       <c r="C1373" s="1">
-        <v>135</v>
+        <v>75</v>
       </c>
     </row>
     <row r="1374" spans="1:3">
       <c r="A1374" s="1" t="inlineStr">
         <is>
-          <t>9771303542238</t>
+          <t>9771303542955</t>
         </is>
       </c>
       <c r="B1374" s="1" t="inlineStr">
         <is>
-          <t>Yeni Mister No: Sayı: 93 İsyan</t>
+          <t>Mister No Sayı: 156 Zorunlu İniş</t>
         </is>
       </c>
       <c r="C1374" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1375" spans="1:3">
       <c r="A1375" s="1" t="inlineStr">
         <is>
-          <t>9771303542924</t>
+          <t>9771303542918</t>
         </is>
       </c>
       <c r="B1375" s="1" t="inlineStr">
         <is>
-          <t>Mister No Sayı: 153 Fare Kapanı</t>
+          <t>Mister No Sayı: 152 - Pişmanlık</t>
         </is>
       </c>
       <c r="C1375" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1376" spans="1:3">
       <c r="A1376" s="1" t="inlineStr">
         <is>
-          <t>9771303450220</t>
+          <t>9771303440924</t>
         </is>
       </c>
       <c r="B1376" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere İmkansızlar Dedektifi Sayı: 20 Taş Lahit</t>
+          <t>Atlantis Martin Mystere Sayı: 154 İmkansızlıklar Dedektifi - Siborg Projesi</t>
         </is>
       </c>
       <c r="C1376" s="1">
-        <v>135</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1377" spans="1:3">
       <c r="A1377" s="1" t="inlineStr">
         <is>
-          <t>9771303440565</t>
+          <t>9771303542696</t>
         </is>
       </c>
       <c r="B1377" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere İmkansızlar Dedektifi Sayı: 125 Kara Güneş</t>
+          <t>Mister No Sayı: 139 Askerin Öyküsü</t>
         </is>
       </c>
       <c r="C1377" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1378" spans="1:3">
       <c r="A1378" s="1" t="inlineStr">
         <is>
-          <t>9771303440510</t>
+          <t>9771303440954</t>
         </is>
       </c>
       <c r="B1378" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere İmkansızlar Dedektifi Sayı: 120 Kaptan Kidd’in Hazinesi</t>
+          <t>Martin Mystere İmkansızlıklar Dedektifi Sayı: 157 - Dünyanın Sonu</t>
         </is>
       </c>
       <c r="C1378" s="1">
-        <v>180</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1379" spans="1:3">
       <c r="A1379" s="1" t="inlineStr">
         <is>
-          <t>9771303440497</t>
+          <t>9786059958219</t>
         </is>
       </c>
       <c r="B1379" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere İmkansızlar Dedektifi Sayı: 118 Büyük Houdini</t>
+          <t>Dylan Dog Sayı 2 : Dylan Dog'un Hikayesi (Renkli Sayı)</t>
         </is>
       </c>
       <c r="C1379" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1380" spans="1:3">
       <c r="A1380" s="1" t="inlineStr">
         <is>
-          <t>9771303449643</t>
+          <t>9771303542948</t>
         </is>
       </c>
       <c r="B1380" s="1" t="inlineStr">
         <is>
-          <t>Zagor Mortimer’e Karşı Sayı: 135</t>
+          <t>Mister No Sayı: 155 Geçmişten Gelen Tehdit</t>
         </is>
       </c>
       <c r="C1380" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1381" spans="1:3">
       <c r="A1381" s="1" t="inlineStr">
         <is>
-          <t>9771303449958</t>
+          <t>9786059958196</t>
         </is>
       </c>
       <c r="B1381" s="1" t="inlineStr">
         <is>
-          <t>Yeni Zagor Sayı: 58 Yeşim Taşından Tılsım</t>
+          <t>My Little Pony 3 : Arkadaşlık Sihirlidir</t>
         </is>
       </c>
       <c r="C1381" s="1">
-        <v>135</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1382" spans="1:3">
       <c r="A1382" s="1" t="inlineStr">
         <is>
-          <t>9771303449956</t>
+          <t>9771303542931</t>
         </is>
       </c>
       <c r="B1382" s="1" t="inlineStr">
         <is>
-          <t>Yeni Zagor Sayı: 56 Thuglar!</t>
+          <t>Mister No Sayı: 154 - Saint Exupery'nin Hazinesi</t>
         </is>
       </c>
       <c r="C1382" s="1">
-        <v>136</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1383" spans="1:3">
       <c r="A1383" s="1" t="inlineStr">
         <is>
-          <t>9771303449955</t>
+          <t>9786059958189</t>
         </is>
       </c>
       <c r="B1383" s="1" t="inlineStr">
         <is>
-          <t>Yeni Zagor Sayı: 55 Kayalıktaki Ev</t>
+          <t>Tex Almanak 2006 - 2007 - 2008</t>
         </is>
       </c>
       <c r="C1383" s="1">
-        <v>135</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1384" spans="1:3">
       <c r="A1384" s="1" t="inlineStr">
         <is>
-          <t>9771303449954</t>
+          <t>9771303440947</t>
         </is>
       </c>
       <c r="B1384" s="1" t="inlineStr">
         <is>
-          <t>Yeni Zagor Sayı: 54 Gemi Avcıları</t>
+          <t>Martin Mystere İmkansızlıklar Dedektifi Sayı: 156 - 36 Dürüst Adam Sayı:156</t>
         </is>
       </c>
       <c r="C1384" s="1">
-        <v>135</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1385" spans="1:3">
       <c r="A1385" s="1" t="inlineStr">
         <is>
-          <t>9771303449952</t>
+          <t>9786059958134</t>
         </is>
       </c>
       <c r="B1385" s="1" t="inlineStr">
         <is>
-          <t>Yeni Zagor Sayı: 52 Şiddet Tohumları</t>
+          <t>Drizzt Efsanesi 2. Kitap : Sürgün</t>
         </is>
       </c>
       <c r="C1385" s="1">
-        <v>135</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1386" spans="1:3">
       <c r="A1386" s="1" t="inlineStr">
         <is>
-          <t>9771303449951</t>
+          <t>9771303440886</t>
         </is>
       </c>
       <c r="B1386" s="1" t="inlineStr">
         <is>
-          <t>Yeni Zagor Sayı: 51 Ward Kardeşlerin Altınları</t>
+          <t>Atlantis Martin Mystere Sayı: 149 - Kassiope'nin Hükmü</t>
         </is>
       </c>
       <c r="C1386" s="1">
-        <v>135</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1387" spans="1:3">
       <c r="A1387" s="1" t="inlineStr">
         <is>
-          <t>9771303449949</t>
+          <t>9771303440992</t>
         </is>
       </c>
       <c r="B1387" s="1" t="inlineStr">
         <is>
-          <t>Yeni Zagor Sayı: 49 Cehennemin Anahtarı</t>
+          <t>Atlantis Martin Mystere İmkansızlıklar Dedektifi Sayı: 151 - Üçüncü Tür</t>
         </is>
       </c>
       <c r="C1387" s="1">
-        <v>135</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1388" spans="1:3">
       <c r="A1388" s="1" t="inlineStr">
         <is>
-          <t>9771303449948</t>
+          <t>9786059958110</t>
         </is>
       </c>
       <c r="B1388" s="1" t="inlineStr">
         <is>
-          <t>Yeni Zagor Sayı: 48 Şeytanın Kitabı</t>
+          <t>Duru Narçiçeği: Oyuncakları Kurtarıyor</t>
         </is>
       </c>
       <c r="C1388" s="1">
-        <v>135</v>
+        <v>75</v>
       </c>
     </row>
     <row r="1389" spans="1:3">
       <c r="A1389" s="1" t="inlineStr">
         <is>
-          <t>9771303449947</t>
+          <t>9786059958097</t>
         </is>
       </c>
       <c r="B1389" s="1" t="inlineStr">
         <is>
-          <t>Yeni Zagor Sayı: 47 Bitmeyen Savaş</t>
+          <t>Duru Narçiçeği: Kabus Görüyor</t>
         </is>
       </c>
       <c r="C1389" s="1">
-        <v>135</v>
+        <v>75</v>
       </c>
     </row>
     <row r="1390" spans="1:3">
       <c r="A1390" s="1" t="inlineStr">
         <is>
-          <t>9771303449946</t>
+          <t>9771303440695</t>
         </is>
       </c>
       <c r="B1390" s="1" t="inlineStr">
         <is>
-          <t>Yeni Zagor Sayı: 46 Gölgeler Adası</t>
+          <t>Martin Mystere İmkansızlıklar Dedektifi Sayı:138 / Son Konvoy</t>
         </is>
       </c>
       <c r="C1390" s="1">
-        <v>135</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1391" spans="1:3">
       <c r="A1391" s="1" t="inlineStr">
         <is>
-          <t>9771303449945</t>
+          <t>9771303450267</t>
         </is>
       </c>
       <c r="B1391" s="1" t="inlineStr">
         <is>
-          <t>Yeni Zagor Sayı: 45 Efsane Kahramanlar</t>
+          <t>Martin Mystere Cilt: 5</t>
         </is>
       </c>
       <c r="C1391" s="1">
-        <v>135</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1392" spans="1:3">
       <c r="A1392" s="1" t="inlineStr">
         <is>
-          <t>9771303449944</t>
+          <t>9771303440916</t>
         </is>
       </c>
       <c r="B1392" s="1" t="inlineStr">
         <is>
-          <t>Yeni Zagor Sayı: 44 Kurban</t>
+          <t>Martin Mystere Sayı 152 : Başkalarının Düşünceleri</t>
         </is>
       </c>
       <c r="C1392" s="1">
-        <v>135</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1393" spans="1:3">
       <c r="A1393" s="1" t="inlineStr">
         <is>
-          <t>9789756535509</t>
+          <t>9771303542887</t>
         </is>
       </c>
       <c r="B1393" s="1" t="inlineStr">
         <is>
-          <t>Mutfakta Biri mi Var?</t>
+          <t>Mister No Sayı: 149 - Kirli Para</t>
         </is>
       </c>
       <c r="C1393" s="1">
-        <v>175</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1394" spans="1:3">
       <c r="A1394" s="1" t="inlineStr">
         <is>
-          <t>9771303542368</t>
+          <t>9786059958431</t>
         </is>
       </c>
       <c r="B1394" s="1" t="inlineStr">
         <is>
-          <t>Mister No Sayı: 106 Rio Negro’da Dehşet</t>
+          <t>Andon Usta'nın Saatleri</t>
         </is>
       </c>
       <c r="C1394" s="1">
-        <v>135</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1395" spans="1:3">
       <c r="A1395" s="1" t="inlineStr">
         <is>
-          <t>9771303542344</t>
+          <t>9771303651664</t>
         </is>
       </c>
       <c r="B1395" s="1" t="inlineStr">
         <is>
-          <t>Mister No Sayı: 104 Tehlikeli Dost</t>
+          <t>Büyülü Rüzgar Sayı: 124 El Ciego</t>
         </is>
       </c>
       <c r="C1395" s="1">
-        <v>135</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1396" spans="1:3">
       <c r="A1396" s="1" t="inlineStr">
         <is>
-          <t>9771303542337</t>
+          <t>9771303651657</t>
         </is>
       </c>
       <c r="B1396" s="1" t="inlineStr">
         <is>
-          <t>Mister No Sayı: 103 Acımasız Av</t>
+          <t>Büyülü Rüzgar Sayı: 123 Kanlı Yollar</t>
         </is>
       </c>
       <c r="C1396" s="1">
-        <v>135</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1397" spans="1:3">
       <c r="A1397" s="1" t="inlineStr">
         <is>
-          <t>9771303542320</t>
+          <t>9771303651640</t>
         </is>
       </c>
       <c r="B1397" s="1" t="inlineStr">
         <is>
-          <t>Mister No Sayı: 102 Savaş Kıvılcımları</t>
+          <t>Büyülü Rüzgar Sayı: 122 Timsahların Gecesi</t>
         </is>
       </c>
       <c r="C1397" s="1">
-        <v>135</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1398" spans="1:3">
       <c r="A1398" s="1" t="inlineStr">
         <is>
-          <t>9771303542811</t>
+          <t>9771303651633</t>
         </is>
       </c>
       <c r="B1398" s="1" t="inlineStr">
         <is>
-          <t>Mister No Patagonya! Sayı: 11</t>
+          <t>Büyülü Rüzgar Sayı: 121 Zombilerin Kraliçesi</t>
         </is>
       </c>
       <c r="C1398" s="1">
-        <v>135</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1399" spans="1:3">
       <c r="A1399" s="1" t="inlineStr">
         <is>
-          <t>3990000000785</t>
+          <t>9771303651626</t>
         </is>
       </c>
       <c r="B1399" s="1" t="inlineStr">
         <is>
-          <t>Mister No Ölüm Şenliği Sayı: 25</t>
+          <t>Büyülü Rüzgar Sayı: 120 - Zorbaların Diyarı</t>
         </is>
       </c>
       <c r="C1399" s="1">
-        <v>135</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1400" spans="1:3">
       <c r="A1400" s="1" t="inlineStr">
         <is>
-          <t>9771303542812</t>
+          <t>9771303651619</t>
         </is>
       </c>
       <c r="B1400" s="1" t="inlineStr">
         <is>
-          <t>Mister No Kolombiyalı Sayı: 12</t>
+          <t>Büyülü Rüzgar Sayı: 119 Jesse James’i Öldüreceğim</t>
         </is>
       </c>
       <c r="C1400" s="1">
-        <v>135</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1401" spans="1:3">
       <c r="A1401" s="1" t="inlineStr">
         <is>
-          <t>9771303450268</t>
+          <t>9771303651602</t>
         </is>
       </c>
       <c r="B1401" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere İmkansızlıklar Dedektifi Sayı: 68 Geçmişten Gelen Tehdit</t>
+          <t>Büyülü Rüzgar Sayı: 118 Göç</t>
         </is>
       </c>
       <c r="C1401" s="1">
-        <v>135</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1402" spans="1:3">
       <c r="A1402" s="1" t="inlineStr">
         <is>
-          <t>9771303450234</t>
+          <t>9771303651596</t>
         </is>
       </c>
       <c r="B1402" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere İmkansızlıklar Dedektifi Sayı: 34 Hampton’ın Tahtı</t>
+          <t>Büyülü Rüzgar Sayı: 117 Son Gösteri</t>
         </is>
       </c>
       <c r="C1402" s="1">
-        <v>135</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1403" spans="1:3">
       <c r="A1403" s="1" t="inlineStr">
         <is>
-          <t>3990000000743</t>
+          <t>9771303651589</t>
         </is>
       </c>
       <c r="B1403" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere İmkansızlıklar Dedektifi Sayı: 32 Özel Seri Cennete Dönüş</t>
+          <t>Büyülü Rüzgar Sayı: 116 Showboat</t>
         </is>
       </c>
       <c r="C1403" s="1">
-        <v>135</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1404" spans="1:3">
       <c r="A1404" s="1" t="inlineStr">
         <is>
-          <t>9771303450219</t>
+          <t>9771303651565</t>
         </is>
       </c>
       <c r="B1404" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere İmkansızlıklar Dedektifi Sayı: 19 Görünmeyenin İzinde</t>
+          <t>Büyülü Rüzgar Sayı: 114 Sır ve Suç</t>
         </is>
       </c>
       <c r="C1404" s="1">
-        <v>135</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1405" spans="1:3">
       <c r="A1405" s="1" t="inlineStr">
         <is>
-          <t>9771303440664</t>
+          <t>9771303651558</t>
         </is>
       </c>
       <c r="B1405" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere İmkansızlıklar Dedektifi Sayı: 135 Meteor</t>
+          <t>Büyülü Rüzgar Sayı: 113 Kalleşlerin Zamanı</t>
         </is>
       </c>
       <c r="C1405" s="1">
-        <v>180</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1406" spans="1:3">
       <c r="A1406" s="1" t="inlineStr">
         <is>
-          <t>9771303450202</t>
+          <t>9771303651541</t>
         </is>
       </c>
       <c r="B1406" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere İmkansızlıklar Dedektifi Jıvaka Taşı Sayı: 25</t>
+          <t>Büyülü Rüzgar Sayı: 112 Alice Karanlıkta</t>
         </is>
       </c>
       <c r="C1406" s="1">
-        <v>135</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1407" spans="1:3">
       <c r="A1407" s="1" t="inlineStr">
         <is>
-          <t>9789756535707</t>
+          <t>9771303651534</t>
         </is>
       </c>
       <c r="B1407" s="1" t="inlineStr">
         <is>
-          <t>Küçük Peri Mine ve Kaybolan Bonbonlar</t>
+          <t>Büyülü Rüzgar Sayı: 111 Kelly’nin Hayvanat Bahçesi</t>
         </is>
       </c>
       <c r="C1407" s="1">
-        <v>75</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1408" spans="1:3">
       <c r="A1408" s="1" t="inlineStr">
         <is>
-          <t>9789756535660</t>
+          <t>9771303651527</t>
         </is>
       </c>
       <c r="B1408" s="1" t="inlineStr">
         <is>
-          <t>Küçük Peri Mine ve Gizemli Bahçe</t>
+          <t>Büyülü Rüzgar Sayı: 110 Yamyamlar</t>
         </is>
       </c>
       <c r="C1408" s="1">
-        <v>75</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1409" spans="1:3">
       <c r="A1409" s="1" t="inlineStr">
         <is>
-          <t>9789756535677</t>
+          <t>9771303651510</t>
         </is>
       </c>
       <c r="B1409" s="1" t="inlineStr">
         <is>
-          <t>Küçük Peri Mine Minik Farenin Peşinde</t>
+          <t>Büyülü Rüzgar Sayı: 109 Kanunsuzların Yolu</t>
         </is>
       </c>
       <c r="C1409" s="1">
-        <v>75</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1410" spans="1:3">
       <c r="A1410" s="1" t="inlineStr">
         <is>
-          <t>3990000000869</t>
+          <t>3990000000581</t>
         </is>
       </c>
       <c r="B1410" s="1" t="inlineStr">
         <is>
-          <t>Karaoğlan Sayı: 39 Ölüm Süvarileri</t>
+          <t>Yeni Zagor Dağda Korku Sayı: 13</t>
         </is>
       </c>
       <c r="C1410" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1411" spans="1:3">
       <c r="A1411" s="1" t="inlineStr">
         <is>
-          <t>9771303651345</t>
+          <t>9771303449932</t>
         </is>
       </c>
       <c r="B1411" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Rüzgar Sayı: 45 İstilacılar Magicovento</t>
+          <t>Yeni Zagor Cain’in Dönüşü Sayı: 32</t>
         </is>
       </c>
       <c r="C1411" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1412" spans="1:3">
       <c r="A1412" s="1" t="inlineStr">
         <is>
-          <t>9771303651338</t>
+          <t>9771303542238</t>
         </is>
       </c>
       <c r="B1412" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Rüzgar Sayı: 38 - Kara Perde Magicovento</t>
+          <t>Yeni Mister No: Sayı: 93 İsyan</t>
         </is>
       </c>
       <c r="C1412" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1413" spans="1:3">
       <c r="A1413" s="1" t="inlineStr">
         <is>
-          <t>9771303450230</t>
+          <t>9771303542924</t>
         </is>
       </c>
       <c r="B1413" s="1" t="inlineStr">
         <is>
-          <t>Atlantis Martin Mystere İmkânsızlıklar Dedektifi Sayı: 30 Ufo 1896</t>
+          <t>Mister No Sayı: 153 Fare Kapanı</t>
         </is>
       </c>
       <c r="C1413" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1414" spans="1:3">
       <c r="A1414" s="1" t="inlineStr">
         <is>
-          <t>3990000000727</t>
+          <t>9771303450220</t>
         </is>
       </c>
       <c r="B1414" s="1" t="inlineStr">
         <is>
-          <t>Atlantis (Özel Seri) Sayı:30 Condominium ve... Martin Mystere İmkansızlıklar Dedektifi Özel Seri</t>
+          <t>Martin Mystere İmkansızlar Dedektifi Sayı: 20 Taş Lahit</t>
         </is>
       </c>
       <c r="C1414" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1415" spans="1:3">
       <c r="A1415" s="1" t="inlineStr">
         <is>
-          <t>9771303542863</t>
+          <t>9771303440565</t>
         </is>
       </c>
       <c r="B1415" s="1" t="inlineStr">
         <is>
-          <t>Mister No Sayı: 147 Yanoama Adaleti</t>
+          <t>Martin Mystere İmkansızlar Dedektifi Sayı: 125 Kara Güneş</t>
         </is>
       </c>
       <c r="C1415" s="1">
-        <v>135</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1416" spans="1:3">
       <c r="A1416" s="1" t="inlineStr">
         <is>
-          <t>9771303440732</t>
+          <t>9771303440510</t>
         </is>
       </c>
       <c r="B1416" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere Sayı: 142</t>
+          <t>Martin Mystere İmkansızlar Dedektifi Sayı: 120 Kaptan Kidd’in Hazinesi</t>
         </is>
       </c>
       <c r="C1416" s="1">
-        <v>180</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1417" spans="1:3">
       <c r="A1417" s="1" t="inlineStr">
         <is>
-          <t>9771303440787</t>
+          <t>9771303440497</t>
         </is>
       </c>
       <c r="B1417" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere İmkansızlıklar Dedektifi Sayı: 147 Atlantis Gri Med Cezir</t>
+          <t>Martin Mystere İmkansızlar Dedektifi Sayı: 118 Büyük Houdini</t>
         </is>
       </c>
       <c r="C1417" s="1">
-        <v>180</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1418" spans="1:3">
       <c r="A1418" s="1" t="inlineStr">
         <is>
-          <t>9771303542740</t>
+          <t>9771303449643</t>
         </is>
       </c>
       <c r="B1418" s="1" t="inlineStr">
         <is>
-          <t>Mister No Sayı: 144 Kaçırılan Kız</t>
+          <t>Zagor Mortimer’e Karşı Sayı: 135</t>
         </is>
       </c>
       <c r="C1418" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1419" spans="1:3">
       <c r="A1419" s="1" t="inlineStr">
         <is>
-          <t>9771303440725</t>
+          <t>9771303449958</t>
         </is>
       </c>
       <c r="B1419" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere : İmkansızlıklar Dedektifi Dido'nun Hazinesi</t>
+          <t>Yeni Zagor Sayı: 58 Yeşim Taşından Tılsım</t>
         </is>
       </c>
       <c r="C1419" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1420" spans="1:3">
       <c r="A1420" s="1" t="inlineStr">
         <is>
-          <t>9771303440763</t>
+          <t>9771303449956</t>
         </is>
       </c>
       <c r="B1420" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere Sayı: 145 Canavarın Dönüşü</t>
+          <t>Yeni Zagor Sayı: 56 Thuglar!</t>
         </is>
       </c>
       <c r="C1420" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1421" spans="1:3">
       <c r="A1421" s="1" t="inlineStr">
         <is>
-          <t>9771303542917</t>
+          <t>9771303449955</t>
         </is>
       </c>
       <c r="B1421" s="1" t="inlineStr">
         <is>
-          <t>Mister No Sayı: 151 Gökten Gelen Adam</t>
+          <t>Yeni Zagor Sayı: 55 Kayalıktaki Ev</t>
         </is>
       </c>
       <c r="C1421" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1422" spans="1:3">
       <c r="A1422" s="1" t="inlineStr">
         <is>
-          <t>9786059958493</t>
+          <t>9771303449954</t>
         </is>
       </c>
       <c r="B1422" s="1" t="inlineStr">
         <is>
-          <t>Paspal Saray</t>
+          <t>Yeni Zagor Sayı: 54 Gemi Avcıları</t>
         </is>
       </c>
       <c r="C1422" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="1423" spans="1:3">
       <c r="A1423" s="1" t="inlineStr">
         <is>
-          <t>9786059958479</t>
+          <t>9771303449952</t>
         </is>
       </c>
       <c r="B1423" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Mini Dev Albüm Sayı: 5 - Uzun Gece</t>
+          <t>Yeni Zagor Sayı: 52 Şiddet Tohumları</t>
         </is>
       </c>
       <c r="C1423" s="1">
-        <v>325</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1424" spans="1:3">
       <c r="A1424" s="1" t="inlineStr">
         <is>
-          <t>9786059958509</t>
+          <t>9771303449951</t>
         </is>
       </c>
       <c r="B1424" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Sayı: 14 - Yakınlaşmalar</t>
+          <t>Yeni Zagor Sayı: 51 Ward Kardeşlerin Altınları</t>
         </is>
       </c>
       <c r="C1424" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1425" spans="1:3">
       <c r="A1425" s="1" t="inlineStr">
         <is>
-          <t>5771303450278</t>
+          <t>9771303449949</t>
         </is>
       </c>
       <c r="B1425" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere Sayı: 169 - Karanlık Tantra</t>
+          <t>Yeni Zagor Sayı: 49 Cehennemin Anahtarı</t>
         </is>
       </c>
       <c r="C1425" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1426" spans="1:3">
       <c r="A1426" s="1" t="inlineStr">
         <is>
-          <t>9786059958165</t>
+          <t>9771303449948</t>
         </is>
       </c>
       <c r="B1426" s="1" t="inlineStr">
         <is>
-          <t>Hiç Çalınamamış Bir Aşk</t>
+          <t>Yeni Zagor Sayı: 48 Şeytanın Kitabı</t>
         </is>
       </c>
       <c r="C1426" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="1427" spans="1:3">
       <c r="A1427" s="1" t="inlineStr">
         <is>
-          <t>9786059958462</t>
+          <t>9771303449947</t>
         </is>
       </c>
       <c r="B1427" s="1" t="inlineStr">
         <is>
-          <t>Dylan Dog Sayı: 13 - Kehanet</t>
+          <t>Yeni Zagor Sayı: 47 Bitmeyen Savaş</t>
         </is>
       </c>
       <c r="C1427" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1428" spans="1:3">
       <c r="A1428" s="1" t="inlineStr">
         <is>
-          <t>5771303542874</t>
+          <t>9771303449946</t>
         </is>
       </c>
       <c r="B1428" s="1" t="inlineStr">
         <is>
-          <t>Mister No Sayı: 166 SS Meydan Okuyor</t>
+          <t>Yeni Zagor Sayı: 46 Gölgeler Adası</t>
         </is>
       </c>
       <c r="C1428" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1429" spans="1:3">
       <c r="A1429" s="1" t="inlineStr">
         <is>
-          <t>9771303440794</t>
+          <t>9771303449945</t>
         </is>
       </c>
       <c r="B1429" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere Sayı: 148 Göz Ucuyla</t>
+          <t>Yeni Zagor Sayı: 45 Efsane Kahramanlar</t>
         </is>
       </c>
       <c r="C1429" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1430" spans="1:3">
       <c r="A1430" s="1" t="inlineStr">
         <is>
-          <t>9771303440756</t>
+          <t>9771303449944</t>
         </is>
       </c>
       <c r="B1430" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere Sayı: 144</t>
+          <t>Yeni Zagor Sayı: 44 Kurban</t>
         </is>
       </c>
       <c r="C1430" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1431" spans="1:3">
       <c r="A1431" s="1" t="inlineStr">
         <is>
-          <t>9771303542726</t>
+          <t>9789756535509</t>
         </is>
       </c>
       <c r="B1431" s="1" t="inlineStr">
         <is>
-          <t>Mister No Sayı: 142 İntikam!</t>
+          <t>Mutfakta Biri mi Var?</t>
         </is>
       </c>
       <c r="C1431" s="1">
-        <v>135</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1432" spans="1:3">
       <c r="A1432" s="1" t="inlineStr">
         <is>
-          <t>9771303542719</t>
+          <t>9771303542368</t>
         </is>
       </c>
       <c r="B1432" s="1" t="inlineStr">
         <is>
-          <t>Mister No Sayı: 141 Cinayet Furyası</t>
+          <t>Mister No Sayı: 106 Rio Negro’da Dehşet</t>
         </is>
       </c>
       <c r="C1432" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1433" spans="1:3">
       <c r="A1433" s="1" t="inlineStr">
         <is>
-          <t>9771303542702</t>
+          <t>9771303542344</t>
         </is>
       </c>
       <c r="B1433" s="1" t="inlineStr">
         <is>
-          <t>Mister No Sayı: 140 İnsanlar ve Kahramanlar</t>
+          <t>Mister No Sayı: 104 Tehlikeli Dost</t>
         </is>
       </c>
       <c r="C1433" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1434" spans="1:3">
       <c r="A1434" s="1" t="inlineStr">
         <is>
-          <t>9771303542814</t>
+          <t>9771303542337</t>
         </is>
       </c>
       <c r="B1434" s="1" t="inlineStr">
         <is>
-          <t>Mister No Sayı: 14 Kötülüğe Tapanlar</t>
+          <t>Mister No Sayı: 103 Acımasız Av</t>
         </is>
       </c>
       <c r="C1434" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1435" spans="1:3">
       <c r="A1435" s="1" t="inlineStr">
         <is>
-          <t>9771303542634</t>
+          <t>9771303542320</t>
         </is>
       </c>
       <c r="B1435" s="1" t="inlineStr">
         <is>
-          <t>Mister No Sayı: 133 Zorlu Takip</t>
+          <t>Mister No Sayı: 102 Savaş Kıvılcımları</t>
         </is>
       </c>
       <c r="C1435" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1436" spans="1:3">
       <c r="A1436" s="1" t="inlineStr">
         <is>
-          <t>9771303542627</t>
+          <t>9771303542811</t>
         </is>
       </c>
       <c r="B1436" s="1" t="inlineStr">
         <is>
-          <t>Mister No Sayı: 132 İhanetin Bedeli</t>
+          <t>Mister No Patagonya! Sayı: 11</t>
         </is>
       </c>
       <c r="C1436" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1437" spans="1:3">
       <c r="A1437" s="1" t="inlineStr">
         <is>
-          <t>9771303542603</t>
+          <t>3990000000785</t>
         </is>
       </c>
       <c r="B1437" s="1" t="inlineStr">
         <is>
-          <t>Mister No Sayı: 130 - Çin Denizlerinde</t>
+          <t>Mister No Ölüm Şenliği Sayı: 25</t>
         </is>
       </c>
       <c r="C1437" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1438" spans="1:3">
       <c r="A1438" s="1" t="inlineStr">
         <is>
-          <t>9771303542813</t>
+          <t>9771303542812</t>
         </is>
       </c>
       <c r="B1438" s="1" t="inlineStr">
         <is>
-          <t>Mister No Sayı: 13 Hedefte İki Kişi</t>
+          <t>Mister No Kolombiyalı Sayı: 12</t>
         </is>
       </c>
       <c r="C1438" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1439" spans="1:3">
       <c r="A1439" s="1" t="inlineStr">
         <is>
-          <t>9771303542597</t>
+          <t>9771303450268</t>
         </is>
       </c>
       <c r="B1439" s="1" t="inlineStr">
         <is>
-          <t>Mister No Sayı: 129 - Casuslar Savaşı</t>
+          <t>Martin Mystere İmkansızlıklar Dedektifi Sayı: 68 Geçmişten Gelen Tehdit</t>
         </is>
       </c>
       <c r="C1439" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1440" spans="1:3">
       <c r="A1440" s="1" t="inlineStr">
         <is>
-          <t>9771303542580</t>
+          <t>9771303450234</t>
         </is>
       </c>
       <c r="B1440" s="1" t="inlineStr">
         <is>
-          <t>Mister No Sayı: 128 - Atom Alarmı</t>
+          <t>Martin Mystere İmkansızlıklar Dedektifi Sayı: 34 Hampton’ın Tahtı</t>
         </is>
       </c>
       <c r="C1440" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1441" spans="1:3">
       <c r="A1441" s="1" t="inlineStr">
         <is>
-          <t>9771303542573</t>
+          <t>3990000000743</t>
         </is>
       </c>
       <c r="B1441" s="1" t="inlineStr">
         <is>
-          <t>Mister No Sayı: 127 - Yasak Tapınak</t>
+          <t>Martin Mystere İmkansızlıklar Dedektifi Sayı: 32 Özel Seri Cennete Dönüş</t>
         </is>
       </c>
       <c r="C1441" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1442" spans="1:3">
       <c r="A1442" s="1" t="inlineStr">
         <is>
-          <t>9771303542559</t>
+          <t>9771303450219</t>
         </is>
       </c>
       <c r="B1442" s="1" t="inlineStr">
         <is>
-          <t>Mister No Sayı: 125 Çapraz Ateş</t>
+          <t>Martin Mystere İmkansızlıklar Dedektifi Sayı: 19 Görünmeyenin İzinde</t>
         </is>
       </c>
       <c r="C1442" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1443" spans="1:3">
       <c r="A1443" s="1" t="inlineStr">
         <is>
-          <t>9771303542672</t>
+          <t>9771303440664</t>
         </is>
       </c>
       <c r="B1443" s="1" t="inlineStr">
         <is>
-          <t>Mister No Sayı: 137 Çalınan Uçak</t>
+          <t>Martin Mystere İmkansızlıklar Dedektifi Sayı: 135 Meteor</t>
         </is>
       </c>
       <c r="C1443" s="1">
-        <v>135</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1444" spans="1:3">
       <c r="A1444" s="1" t="inlineStr">
         <is>
-          <t>9771303542665</t>
+          <t>9771303450202</t>
         </is>
       </c>
       <c r="B1444" s="1" t="inlineStr">
         <is>
-          <t>Mister No Sayı: 136 Rio De Janeiro</t>
+          <t>Martin Mystere İmkansızlıklar Dedektifi Jıvaka Taşı Sayı: 25</t>
         </is>
       </c>
       <c r="C1444" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1445" spans="1:3">
       <c r="A1445" s="1" t="inlineStr">
         <is>
-          <t>9771303449629</t>
+          <t>9789756535707</t>
         </is>
       </c>
       <c r="B1445" s="1" t="inlineStr">
         <is>
-          <t>Zagor Sayı: 133 - Pleasant Point</t>
+          <t>Küçük Peri Mine ve Kaybolan Bonbonlar</t>
         </is>
       </c>
       <c r="C1445" s="1">
-        <v>135</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1446" spans="1:3">
       <c r="A1446" s="1" t="inlineStr">
         <is>
-          <t>9771303449612</t>
+          <t>9789756535660</t>
         </is>
       </c>
       <c r="B1446" s="1" t="inlineStr">
         <is>
-          <t>Zagor Sayı: 132 - Karanlıkların Efendisi</t>
+          <t>Küçük Peri Mine ve Gizemli Bahçe</t>
         </is>
       </c>
       <c r="C1446" s="1">
-        <v>135</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1447" spans="1:3">
       <c r="A1447" s="1" t="inlineStr">
         <is>
-          <t>9771303449605</t>
+          <t>9789756535677</t>
         </is>
       </c>
       <c r="B1447" s="1" t="inlineStr">
         <is>
-          <t>Zagor Sayı: 131 - Kötülük İşareti</t>
+          <t>Küçük Peri Mine Minik Farenin Peşinde</t>
         </is>
       </c>
       <c r="C1447" s="1">
-        <v>135</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1448" spans="1:3">
       <c r="A1448" s="1" t="inlineStr">
         <is>
-          <t>9771303449582</t>
+          <t>3990000000869</t>
         </is>
       </c>
       <c r="B1448" s="1" t="inlineStr">
         <is>
-          <t>Zagor Sayı: 129 - Zalim Hawak</t>
+          <t>Karaoğlan Sayı: 39 Ölüm Süvarileri</t>
         </is>
       </c>
       <c r="C1448" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1449" spans="1:3">
       <c r="A1449" s="1" t="inlineStr">
         <is>
-          <t>9771303449575</t>
+          <t>9771303651345</t>
         </is>
       </c>
       <c r="B1449" s="1" t="inlineStr">
         <is>
-          <t>Zagor Sayı: 128 Acımasızca</t>
+          <t>Büyülü Rüzgar Sayı: 45 İstilacılar Magicovento</t>
         </is>
       </c>
       <c r="C1449" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1450" spans="1:3">
       <c r="A1450" s="1" t="inlineStr">
         <is>
-          <t>9771303449551</t>
+          <t>9771303651338</t>
         </is>
       </c>
       <c r="B1450" s="1" t="inlineStr">
         <is>
-          <t>Zagor Sayı: 126 Mohawk Kanı</t>
+          <t>Büyülü Rüzgar Sayı: 38 - Kara Perde Magicovento</t>
         </is>
       </c>
       <c r="C1450" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1451" spans="1:3">
       <c r="A1451" s="1" t="inlineStr">
         <is>
-          <t>9771303449544</t>
+          <t>9771303450230</t>
         </is>
       </c>
       <c r="B1451" s="1" t="inlineStr">
         <is>
-          <t>Zagor Sayı: 125 Volkanın Kenarında</t>
+          <t>Atlantis Martin Mystere İmkânsızlıklar Dedektifi Sayı: 30 Ufo 1896</t>
         </is>
       </c>
       <c r="C1451" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1452" spans="1:3">
       <c r="A1452" s="1" t="inlineStr">
         <is>
-          <t>9771303449537</t>
+          <t>3990000000727</t>
         </is>
       </c>
       <c r="B1452" s="1" t="inlineStr">
         <is>
-          <t>Zagor Sayı: 124 Cehennem Ordusu</t>
+          <t>Atlantis (Özel Seri) Sayı:30 Condominium ve... Martin Mystere İmkansızlıklar Dedektifi Özel Seri</t>
         </is>
       </c>
       <c r="C1452" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1453" spans="1:3">
       <c r="A1453" s="1" t="inlineStr">
         <is>
-          <t>9771303449513</t>
+          <t>9771303542863</t>
         </is>
       </c>
       <c r="B1453" s="1" t="inlineStr">
         <is>
-          <t>Zagor Sayı: 122 Nehir Kurtları</t>
+          <t>Mister No Sayı: 147 Yanoama Adaleti</t>
         </is>
       </c>
       <c r="C1453" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1454" spans="1:3">
       <c r="A1454" s="1" t="inlineStr">
         <is>
-          <t>9771303449490</t>
+          <t>9771303440732</t>
         </is>
       </c>
       <c r="B1454" s="1" t="inlineStr">
         <is>
-          <t>Zagor Sayı: 120 Ölüm Pusuda</t>
+          <t>Martin Mystere Sayı: 142</t>
         </is>
       </c>
       <c r="C1454" s="1">
-        <v>135</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1455" spans="1:3">
       <c r="A1455" s="1" t="inlineStr">
         <is>
-          <t>9771303449483</t>
+          <t>9771303440787</t>
         </is>
       </c>
       <c r="B1455" s="1" t="inlineStr">
         <is>
-          <t>Zagor Sayı: 119 Keşfedilmemiş Topraklar</t>
+          <t>Martin Mystere İmkansızlıklar Dedektifi Sayı: 147 Atlantis Gri Med Cezir</t>
         </is>
       </c>
       <c r="C1455" s="1">
-        <v>135</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1456" spans="1:3">
       <c r="A1456" s="1" t="inlineStr">
         <is>
-          <t>9771303449476</t>
+          <t>9771303542740</t>
         </is>
       </c>
       <c r="B1456" s="1" t="inlineStr">
         <is>
-          <t>Zagor Sayı: 118 Çayır Kızılderilileri</t>
+          <t>Mister No Sayı: 144 Kaçırılan Kız</t>
         </is>
       </c>
       <c r="C1456" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1457" spans="1:3">
       <c r="A1457" s="1" t="inlineStr">
         <is>
-          <t>9771303449469</t>
+          <t>9771303440725</t>
         </is>
       </c>
       <c r="B1457" s="1" t="inlineStr">
         <is>
-          <t>Zagor Sayı: 117 Muskanın Sırrı</t>
+          <t>Martin Mystere : İmkansızlıklar Dedektifi Dido'nun Hazinesi</t>
         </is>
       </c>
       <c r="C1457" s="1">
-        <v>135</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1458" spans="1:3">
       <c r="A1458" s="1" t="inlineStr">
         <is>
-          <t>9771303449445</t>
+          <t>9771303440763</t>
         </is>
       </c>
       <c r="B1458" s="1" t="inlineStr">
         <is>
-          <t>Yeni Zagor Sayı: 115 Ölü Orman</t>
+          <t>Martin Mystere Sayı: 145 Canavarın Dönüşü</t>
         </is>
       </c>
       <c r="C1458" s="1">
-        <v>135</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1459" spans="1:3">
       <c r="A1459" s="1" t="inlineStr">
         <is>
-          <t>9771303449421</t>
+          <t>9771303542917</t>
         </is>
       </c>
       <c r="B1459" s="1" t="inlineStr">
         <is>
-          <t>Yeni Zagor Sayı: 113 Esrarlı Vadi</t>
+          <t>Mister No Sayı: 151 Gökten Gelen Adam</t>
         </is>
       </c>
       <c r="C1459" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1460" spans="1:3">
       <c r="A1460" s="1" t="inlineStr">
         <is>
-          <t>9771303449414</t>
+          <t>9786059958493</t>
         </is>
       </c>
       <c r="B1460" s="1" t="inlineStr">
         <is>
-          <t>Yeni Zagor Sayı: 112 Kızılderili Büyüsü</t>
+          <t>Paspal Saray</t>
         </is>
       </c>
       <c r="C1460" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1461" spans="1:3">
       <c r="A1461" s="1" t="inlineStr">
         <is>
-          <t>9771303449407</t>
+          <t>9786059958479</t>
         </is>
       </c>
       <c r="B1461" s="1" t="inlineStr">
         <is>
-          <t>Yeni Zagor Sayı: 111 İki Beyinli Adam</t>
+          <t>Dylan Dog Mini Dev Albüm Sayı: 5 - Uzun Gece</t>
         </is>
       </c>
       <c r="C1461" s="1">
-        <v>135</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1462" spans="1:3">
       <c r="A1462" s="1" t="inlineStr">
         <is>
-          <t>9789756535288</t>
+          <t>9786059958509</t>
         </is>
       </c>
       <c r="B1462" s="1" t="inlineStr">
         <is>
-          <t>Zagor Klasik Maceralar Cilt 10</t>
+          <t>Dylan Dog Sayı: 14 - Yakınlaşmalar</t>
         </is>
       </c>
       <c r="C1462" s="1">
-        <v>500</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1463" spans="1:3">
       <c r="A1463" s="1" t="inlineStr">
         <is>
-          <t>9771303449920</t>
+          <t>5771303450278</t>
         </is>
       </c>
       <c r="B1463" s="1" t="inlineStr">
         <is>
-          <t>Yeni Zagor Şah Mat Sayı: 20</t>
+          <t>Martin Mystere Sayı: 169 - Karanlık Tantra</t>
         </is>
       </c>
       <c r="C1463" s="1">
-        <v>135</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1464" spans="1:3">
       <c r="A1464" s="1" t="inlineStr">
         <is>
-          <t>9771303449285</t>
+          <t>9786059958165</t>
         </is>
       </c>
       <c r="B1464" s="1" t="inlineStr">
         <is>
-          <t>Yeni Zagor Sayı: 99 İntikam Saati</t>
+          <t>Hiç Çalınamamış Bir Aşk</t>
         </is>
       </c>
       <c r="C1464" s="1">
-        <v>135</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1465" spans="1:3">
       <c r="A1465" s="1" t="inlineStr">
         <is>
-          <t>9771303449278</t>
+          <t>9786059958462</t>
         </is>
       </c>
       <c r="B1465" s="1" t="inlineStr">
         <is>
-          <t>Yeni Zagor Sayı: 98 Kalp ve Kılıç</t>
+          <t>Dylan Dog Sayı: 13 - Kehanet</t>
         </is>
       </c>
       <c r="C1465" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1466" spans="1:3">
       <c r="A1466" s="1" t="inlineStr">
         <is>
-          <t>9771303449261</t>
+          <t>5771303542874</t>
         </is>
       </c>
       <c r="B1466" s="1" t="inlineStr">
         <is>
-          <t>Yeni Zagor Sayı: 97 Doğudan Gelen Adam</t>
+          <t>Mister No Sayı: 166 SS Meydan Okuyor</t>
         </is>
       </c>
       <c r="C1466" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1467" spans="1:3">
       <c r="A1467" s="1" t="inlineStr">
         <is>
-          <t>9771303449254</t>
+          <t>9771303440794</t>
         </is>
       </c>
       <c r="B1467" s="1" t="inlineStr">
         <is>
-          <t>Yeni Zagor Sayı: 96 Sınır İnsanları</t>
+          <t>Martin Mystere Sayı: 148 Göz Ucuyla</t>
         </is>
       </c>
       <c r="C1467" s="1">
-        <v>135</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1468" spans="1:3">
       <c r="A1468" s="1" t="inlineStr">
         <is>
-          <t>9771303449247</t>
+          <t>9771303440756</t>
         </is>
       </c>
       <c r="B1468" s="1" t="inlineStr">
         <is>
-          <t>Yeni Zagor Sayı: 95 Darkwood’da Bir Lord</t>
+          <t>Martin Mystere Sayı: 144</t>
         </is>
       </c>
       <c r="C1468" s="1">
-        <v>135</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1469" spans="1:3">
       <c r="A1469" s="1" t="inlineStr">
         <is>
-          <t>9771303449230</t>
+          <t>9771303542726</t>
         </is>
       </c>
       <c r="B1469" s="1" t="inlineStr">
         <is>
-          <t>Yeni Zagor Sayı: 94 Tanrıların Tahtı</t>
+          <t>Mister No Sayı: 142 İntikam!</t>
         </is>
       </c>
       <c r="C1469" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1470" spans="1:3">
       <c r="A1470" s="1" t="inlineStr">
         <is>
-          <t>9771303449223</t>
+          <t>9771303542719</t>
         </is>
       </c>
       <c r="B1470" s="1" t="inlineStr">
         <is>
-          <t>Yeni Zagor Sayı: 93 Gizli Vadinin Haydutları</t>
+          <t>Mister No Sayı: 141 Cinayet Furyası</t>
         </is>
       </c>
       <c r="C1470" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1471" spans="1:3">
       <c r="A1471" s="1" t="inlineStr">
         <is>
-          <t>9771303449216</t>
+          <t>9771303542702</t>
         </is>
       </c>
       <c r="B1471" s="1" t="inlineStr">
         <is>
-          <t>Yeni Zagor Sayı: 92 Maelstrom’a İniş</t>
+          <t>Mister No Sayı: 140 İnsanlar ve Kahramanlar</t>
         </is>
       </c>
       <c r="C1471" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1472" spans="1:3">
       <c r="A1472" s="1" t="inlineStr">
         <is>
-          <t>9771303449209</t>
+          <t>9771303542814</t>
         </is>
       </c>
       <c r="B1472" s="1" t="inlineStr">
         <is>
-          <t>Yeni Zagor Sayı: 91 Dünyanın Sonu</t>
+          <t>Mister No Sayı: 14 Kötülüğe Tapanlar</t>
         </is>
       </c>
       <c r="C1472" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1473" spans="1:3">
       <c r="A1473" s="1" t="inlineStr">
         <is>
-          <t>9771303449193</t>
+          <t>9771303542634</t>
         </is>
       </c>
       <c r="B1473" s="1" t="inlineStr">
         <is>
-          <t>Yeni Zagor Sayı: 90 Kanlı Piramid</t>
+          <t>Mister No Sayı: 133 Zorlu Takip</t>
         </is>
       </c>
       <c r="C1473" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1474" spans="1:3">
       <c r="A1474" s="1" t="inlineStr">
         <is>
-          <t>9771303449186</t>
+          <t>9771303542627</t>
         </is>
       </c>
       <c r="B1474" s="1" t="inlineStr">
         <is>
-          <t>Yeni Zagor Sayı: 89 Bataklıktaki Şehir</t>
+          <t>Mister No Sayı: 132 İhanetin Bedeli</t>
         </is>
       </c>
       <c r="C1474" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1475" spans="1:3">
       <c r="A1475" s="1" t="inlineStr">
         <is>
-          <t>9771303449155</t>
+          <t>9771303542603</t>
         </is>
       </c>
       <c r="B1475" s="1" t="inlineStr">
         <is>
-          <t>Yeni Zagor Sayı: 86 New Orleans’ın Kenar Mahalleleri</t>
+          <t>Mister No Sayı: 130 - Çin Denizlerinde</t>
         </is>
       </c>
       <c r="C1475" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1476" spans="1:3">
       <c r="A1476" s="1" t="inlineStr">
         <is>
-          <t>9771303449070</t>
+          <t>9771303542813</t>
         </is>
       </c>
       <c r="B1476" s="1" t="inlineStr">
         <is>
-          <t>Yeni Zagor Sayı: 79 Güney Suları</t>
+          <t>Mister No Sayı: 13 Hedefte İki Kişi</t>
         </is>
       </c>
       <c r="C1476" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1477" spans="1:3">
       <c r="A1477" s="1" t="inlineStr">
         <is>
-          <t>9771303449971</t>
+          <t>9771303542597</t>
         </is>
       </c>
       <c r="B1477" s="1" t="inlineStr">
         <is>
-          <t>Yeni Zagor Sayı: 71 Örümceğin Ağı</t>
+          <t>Mister No Sayı: 129 - Casuslar Savaşı</t>
         </is>
       </c>
       <c r="C1477" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1478" spans="1:3">
       <c r="A1478" s="1" t="inlineStr">
         <is>
-          <t>9771303449970</t>
+          <t>9771303542580</t>
         </is>
       </c>
       <c r="B1478" s="1" t="inlineStr">
         <is>
-          <t>Yeni Zagor Sayı: 70 Uzaydan Gelen Tehdit</t>
+          <t>Mister No Sayı: 128 - Atom Alarmı</t>
         </is>
       </c>
       <c r="C1478" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1479" spans="1:3">
       <c r="A1479" s="1" t="inlineStr">
         <is>
-          <t>3990000023944</t>
+          <t>9771303542573</t>
         </is>
       </c>
       <c r="B1479" s="1" t="inlineStr">
         <is>
-          <t>Yeni Zagor Sayı: 69 Gökyüzünden Düşen Ateş</t>
+          <t>Mister No Sayı: 127 - Yasak Tapınak</t>
         </is>
       </c>
       <c r="C1479" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1480" spans="1:3">
       <c r="A1480" s="1" t="inlineStr">
         <is>
-          <t>9771303449968</t>
+          <t>9771303542559</t>
         </is>
       </c>
       <c r="B1480" s="1" t="inlineStr">
         <is>
-          <t>Yeni Zagor Sayı: 68 Yüzdeki Maske</t>
+          <t>Mister No Sayı: 125 Çapraz Ateş</t>
         </is>
       </c>
       <c r="C1480" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1481" spans="1:3">
       <c r="A1481" s="1" t="inlineStr">
         <is>
-          <t>9771303449965</t>
+          <t>9771303542672</t>
         </is>
       </c>
       <c r="B1481" s="1" t="inlineStr">
         <is>
-          <t>Yeni Zagor Sayı: 65 Katil Böcekler</t>
+          <t>Mister No Sayı: 137 Çalınan Uçak</t>
         </is>
       </c>
       <c r="C1481" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1482" spans="1:3">
       <c r="A1482" s="1" t="inlineStr">
         <is>
-          <t>9771303449963</t>
+          <t>9771303542665</t>
         </is>
       </c>
       <c r="B1482" s="1" t="inlineStr">
         <is>
-          <t>Yeni Zagor Sayı: 63 Kızılderili Koruma</t>
+          <t>Mister No Sayı: 136 Rio De Janeiro</t>
         </is>
       </c>
       <c r="C1482" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1483" spans="1:3">
       <c r="A1483" s="1" t="inlineStr">
         <is>
-          <t>9771303449960</t>
+          <t>9771303449629</t>
         </is>
       </c>
       <c r="B1483" s="1" t="inlineStr">
         <is>
-          <t>Yeni Zagor Sayı: 60 Göl İnsanları</t>
+          <t>Zagor Sayı: 133 - Pleasant Point</t>
         </is>
       </c>
       <c r="C1483" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1484" spans="1:3">
       <c r="A1484" s="1" t="inlineStr">
         <is>
-          <t>9771303449959</t>
+          <t>9771303449612</t>
         </is>
       </c>
       <c r="B1484" s="1" t="inlineStr">
         <is>
-          <t>Yeni Zagor Sayı: 59 Esrarengiz Kaynak</t>
+          <t>Zagor Sayı: 132 - Karanlıkların Efendisi</t>
         </is>
       </c>
       <c r="C1484" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1485" spans="1:3">
       <c r="A1485" s="1" t="inlineStr">
         <is>
-          <t>9771303449943</t>
+          <t>9771303449605</t>
         </is>
       </c>
       <c r="B1485" s="1" t="inlineStr">
         <is>
-          <t>Yeni Zagor Sayı: 43 Kandrax’ın Dönüşü</t>
+          <t>Zagor Sayı: 131 - Kötülük İşareti</t>
         </is>
       </c>
       <c r="C1485" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1486" spans="1:3">
       <c r="A1486" s="1" t="inlineStr">
         <is>
-          <t>9771303449941</t>
+          <t>9771303449582</t>
         </is>
       </c>
       <c r="B1486" s="1" t="inlineStr">
         <is>
-          <t>Yeni Zagor Sayı: 41 Kara Gemi</t>
+          <t>Zagor Sayı: 129 - Zalim Hawak</t>
         </is>
       </c>
       <c r="C1486" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1487" spans="1:3">
       <c r="A1487" s="1" t="inlineStr">
         <is>
-          <t>9771303449938</t>
+          <t>9771303449575</t>
         </is>
       </c>
       <c r="B1487" s="1" t="inlineStr">
         <is>
-          <t>Yeni Zagor Sayı: 38 Kralın Amazonları</t>
+          <t>Zagor Sayı: 128 Acımasızca</t>
         </is>
       </c>
       <c r="C1487" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1488" spans="1:3">
       <c r="A1488" s="1" t="inlineStr">
         <is>
-          <t>9771303449937</t>
+          <t>9771303449551</t>
         </is>
       </c>
       <c r="B1488" s="1" t="inlineStr">
         <is>
-          <t>Yeni Zagor Sayı: 37 Özgürlük Ülkesi</t>
+          <t>Zagor Sayı: 126 Mohawk Kanı</t>
         </is>
       </c>
       <c r="C1488" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1489" spans="1:3">
       <c r="A1489" s="1" t="inlineStr">
         <is>
-          <t>9771303449936</t>
+          <t>9771303449544</t>
         </is>
       </c>
       <c r="B1489" s="1" t="inlineStr">
         <is>
-          <t>Yeni Zagor Sayı: 36 Songhay Krallığı</t>
+          <t>Zagor Sayı: 125 Volkanın Kenarında</t>
         </is>
       </c>
       <c r="C1489" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1490" spans="1:3">
       <c r="A1490" s="1" t="inlineStr">
         <is>
-          <t>9771303449931</t>
+          <t>9771303449537</t>
         </is>
       </c>
       <c r="B1490" s="1" t="inlineStr">
         <is>
-          <t>Yeni Zagor Sayı: 31 İstikamet Afrika!</t>
+          <t>Zagor Sayı: 124 Cehennem Ordusu</t>
         </is>
       </c>
       <c r="C1490" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1491" spans="1:3">
       <c r="A1491" s="1" t="inlineStr">
         <is>
-          <t>9771303449930</t>
+          <t>9771303449513</t>
         </is>
       </c>
       <c r="B1491" s="1" t="inlineStr">
         <is>
-          <t>Yeni Zagor Sayı: 30 Körfez Korsanları</t>
+          <t>Zagor Sayı: 122 Nehir Kurtları</t>
         </is>
       </c>
       <c r="C1491" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1492" spans="1:3">
       <c r="A1492" s="1" t="inlineStr">
         <is>
-          <t>9771303449928</t>
+          <t>9771303449490</t>
         </is>
       </c>
       <c r="B1492" s="1" t="inlineStr">
         <is>
-          <t>Yeni Zagor Sayı: 28 Zincirler!</t>
+          <t>Zagor Sayı: 120 Ölüm Pusuda</t>
         </is>
       </c>
       <c r="C1492" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1493" spans="1:3">
       <c r="A1493" s="1" t="inlineStr">
         <is>
-          <t>3990000000593</t>
+          <t>9771303449483</t>
         </is>
       </c>
       <c r="B1493" s="1" t="inlineStr">
         <is>
-          <t>Yeni Zagor Sayı: 15 Ölümcül Şimşek</t>
+          <t>Zagor Sayı: 119 Keşfedilmemiş Topraklar</t>
         </is>
       </c>
       <c r="C1493" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1494" spans="1:3">
       <c r="A1494" s="1" t="inlineStr">
         <is>
-          <t>3990000010667</t>
+          <t>9771303449476</t>
         </is>
       </c>
       <c r="B1494" s="1" t="inlineStr">
         <is>
-          <t>Yeni Zagor Sayı: 12  Gökkuşağı Köprüsü</t>
+          <t>Zagor Sayı: 118 Çayır Kızılderilileri</t>
         </is>
       </c>
       <c r="C1494" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1495" spans="1:3">
       <c r="A1495" s="1" t="inlineStr">
         <is>
-          <t>9771303449438</t>
+          <t>9771303449469</t>
         </is>
       </c>
       <c r="B1495" s="1" t="inlineStr">
         <is>
-          <t>Yeni Zagor Sayı: 114 Dehşet Krallığı</t>
+          <t>Zagor Sayı: 117 Muskanın Sırrı</t>
         </is>
       </c>
       <c r="C1495" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1496" spans="1:3">
       <c r="A1496" s="1" t="inlineStr">
         <is>
-          <t>9771303449391</t>
+          <t>9771303449445</t>
         </is>
       </c>
       <c r="B1496" s="1" t="inlineStr">
         <is>
-          <t>Yeni Zagor Sayı: 110 Ateş Kapanı</t>
+          <t>Yeni Zagor Sayı: 115 Ölü Orman</t>
         </is>
       </c>
       <c r="C1496" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1497" spans="1:3">
       <c r="A1497" s="1" t="inlineStr">
         <is>
-          <t>9771303449384</t>
+          <t>9771303449421</t>
         </is>
       </c>
       <c r="B1497" s="1" t="inlineStr">
         <is>
-          <t>Yeni Zagor Sayı: 109 Askeri Eskort</t>
+          <t>Yeni Zagor Sayı: 113 Esrarlı Vadi</t>
         </is>
       </c>
       <c r="C1497" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1498" spans="1:3">
       <c r="A1498" s="1" t="inlineStr">
         <is>
-          <t>9771303449377</t>
+          <t>9771303449414</t>
         </is>
       </c>
       <c r="B1498" s="1" t="inlineStr">
         <is>
-          <t>Yeni Zagor Sayı: 108 Mutant’ın Dönüşü</t>
+          <t>Yeni Zagor Sayı: 112 Kızılderili Büyüsü</t>
         </is>
       </c>
       <c r="C1498" s="1">
-        <v>135</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1499" spans="1:3">
       <c r="A1499" s="1" t="inlineStr">
         <is>
-          <t>9771303449353</t>
+          <t>9771303449407</t>
         </is>
       </c>
       <c r="B1499" s="1" t="inlineStr">
         <is>
-          <t>Yeni Zagor Sayı: 106 Zırhlı Vagon</t>
+          <t>Yeni Zagor Sayı: 111 İki Beyinli Adam</t>
         </is>
       </c>
       <c r="C1499" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1500" spans="1:3">
       <c r="A1500" s="1" t="inlineStr">
         <is>
-          <t>9771303449346</t>
+          <t>9789756535288</t>
         </is>
       </c>
       <c r="B1500" s="1" t="inlineStr">
         <is>
-          <t>Yeni Zagor Sayı: 105 Missisippi</t>
+          <t>Zagor Klasik Maceralar Cilt 10</t>
         </is>
       </c>
       <c r="C1500" s="1">
-        <v>135</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1501" spans="1:3">
       <c r="A1501" s="1" t="inlineStr">
         <is>
-          <t>9771303449339</t>
+          <t>9771303449920</t>
         </is>
       </c>
       <c r="B1501" s="1" t="inlineStr">
         <is>
-          <t>Yeni Zagor Sayı: 104 Mohavlar Saldırıyor</t>
+          <t>Yeni Zagor Şah Mat Sayı: 20</t>
         </is>
       </c>
       <c r="C1501" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1502" spans="1:3">
       <c r="A1502" s="1" t="inlineStr">
         <is>
-          <t>9771303449292</t>
+          <t>9771303449285</t>
         </is>
       </c>
       <c r="B1502" s="1" t="inlineStr">
         <is>
-          <t>Yeni Zagor Sayı: 100 Nehrin Aktığı Yerde</t>
+          <t>Yeni Zagor Sayı: 99 İntikam Saati</t>
         </is>
       </c>
       <c r="C1502" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1503" spans="1:3">
       <c r="A1503" s="1" t="inlineStr">
         <is>
-          <t>9771303449921</t>
+          <t>9771303449278</t>
         </is>
       </c>
       <c r="B1503" s="1" t="inlineStr">
         <is>
-          <t>Yeni Zagor Sayı: 21 Acımasızlar</t>
+          <t>Yeni Zagor Sayı: 98 Kalp ve Kılıç</t>
         </is>
       </c>
       <c r="C1503" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1504" spans="1:3">
       <c r="A1504" s="1" t="inlineStr">
         <is>
-          <t>9771303449934</t>
+          <t>9771303449261</t>
         </is>
       </c>
       <c r="B1504" s="1" t="inlineStr">
         <is>
-          <t>Yeni Zagor Saklı Kale Sayı: 34</t>
+          <t>Yeni Zagor Sayı: 97 Doğudan Gelen Adam</t>
         </is>
       </c>
       <c r="C1504" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1505" spans="1:3">
       <c r="A1505" s="1" t="inlineStr">
         <is>
-          <t>9771303449927</t>
+          <t>9771303449254</t>
         </is>
       </c>
       <c r="B1505" s="1" t="inlineStr">
         <is>
-          <t>Yeni Zagor Özgürlüğe Kaçış Sayı: 27</t>
+          <t>Yeni Zagor Sayı: 96 Sınır İnsanları</t>
         </is>
       </c>
       <c r="C1505" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1506" spans="1:3">
       <c r="A1506" s="1" t="inlineStr">
         <is>
-          <t>9771303542191</t>
+          <t>9771303449247</t>
         </is>
       </c>
       <c r="B1506" s="1" t="inlineStr">
         <is>
-          <t>Yeni Mister No Sayı: 89 - Son Sınır</t>
+          <t>Yeni Zagor Sayı: 95 Darkwood’da Bir Lord</t>
         </is>
       </c>
       <c r="C1506" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1507" spans="1:3">
       <c r="A1507" s="1" t="inlineStr">
         <is>
-          <t>9771303542290</t>
+          <t>9771303449230</t>
         </is>
       </c>
       <c r="B1507" s="1" t="inlineStr">
         <is>
-          <t>Yeni Mister No Sayı: 99 Uçurumun Kenarında</t>
+          <t>Yeni Zagor Sayı: 94 Tanrıların Tahtı</t>
         </is>
       </c>
       <c r="C1507" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1508" spans="1:3">
       <c r="A1508" s="1" t="inlineStr">
         <is>
-          <t>9771303542276</t>
+          <t>9771303449223</t>
         </is>
       </c>
       <c r="B1508" s="1" t="inlineStr">
         <is>
-          <t>Yeni Mister No Sayı: 97 Bay Kaplan’ın İzinde</t>
+          <t>Yeni Zagor Sayı: 93 Gizli Vadinin Haydutları</t>
         </is>
       </c>
       <c r="C1508" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1509" spans="1:3">
       <c r="A1509" s="1" t="inlineStr">
         <is>
-          <t>9771303542269</t>
+          <t>9771303449216</t>
         </is>
       </c>
       <c r="B1509" s="1" t="inlineStr">
         <is>
-          <t>Yeni Mister No Sayı: 96 Cehennemde Bir Mevsim</t>
+          <t>Yeni Zagor Sayı: 92 Maelstrom’a İniş</t>
         </is>
       </c>
       <c r="C1509" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1510" spans="1:3">
       <c r="A1510" s="1" t="inlineStr">
         <is>
-          <t>9771303542252</t>
+          <t>9771303449209</t>
         </is>
       </c>
       <c r="B1510" s="1" t="inlineStr">
         <is>
-          <t>Yeni Mister No Sayı: 95 Guadalcanal!</t>
+          <t>Yeni Zagor Sayı: 91 Dünyanın Sonu</t>
         </is>
       </c>
       <c r="C1510" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1511" spans="1:3">
       <c r="A1511" s="1" t="inlineStr">
         <is>
-          <t>9771303542245</t>
+          <t>9771303449193</t>
         </is>
       </c>
       <c r="B1511" s="1" t="inlineStr">
         <is>
-          <t>Yeni Mister No Sayı: 94 Macera Peşinde</t>
+          <t>Yeni Zagor Sayı: 90 Kanlı Piramid</t>
         </is>
       </c>
       <c r="C1511" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1512" spans="1:3">
       <c r="A1512" s="1" t="inlineStr">
         <is>
-          <t>3990000000723</t>
+          <t>9771303449186</t>
         </is>
       </c>
       <c r="B1512" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere Özel Seri Sayı: 34 Titanların Dönüşü Atlantis İmkansızlıklar Dedektifi</t>
+          <t>Yeni Zagor Sayı: 89 Bataklıktaki Şehir</t>
         </is>
       </c>
       <c r="C1512" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1513" spans="1:3">
       <c r="A1513" s="1" t="inlineStr">
         <is>
-          <t>3990000004363</t>
+          <t>9771303449155</t>
         </is>
       </c>
       <c r="B1513" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere Özel Seri Sayı: 33 Dokuz Elle Kesme Atlantis İmkansızlıklar Dedektifi</t>
+          <t>Yeni Zagor Sayı: 86 New Orleans’ın Kenar Mahalleleri</t>
         </is>
       </c>
       <c r="C1513" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1514" spans="1:3">
       <c r="A1514" s="1" t="inlineStr">
         <is>
-          <t>9771303440626</t>
+          <t>9771303449070</t>
         </is>
       </c>
       <c r="B1514" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere İmkansızlıklar Dedektifi Sayı: 131 Hafızasını Yitiren Adam</t>
+          <t>Yeni Zagor Sayı: 79 Güney Suları</t>
         </is>
       </c>
       <c r="C1514" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1515" spans="1:3">
       <c r="A1515" s="1" t="inlineStr">
         <is>
-          <t>9771303440435</t>
+          <t>9771303449971</t>
         </is>
       </c>
       <c r="B1515" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere İmkansızlar Dedektifi Sayı: 112  Atlantis’in Kaderi</t>
+          <t>Yeni Zagor Sayı: 71 Örümceğin Ağı</t>
         </is>
       </c>
       <c r="C1515" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1516" spans="1:3">
       <c r="A1516" s="1" t="inlineStr">
         <is>
-          <t>3990000099366</t>
+          <t>9771303449970</t>
         </is>
       </c>
       <c r="B1516" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere İmkansılıklar Dedektifi Sayı: 28 Kayalıktaki Otel</t>
+          <t>Yeni Zagor Sayı: 70 Uzaydan Gelen Tehdit</t>
         </is>
       </c>
       <c r="C1516" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1517" spans="1:3">
       <c r="A1517" s="1" t="inlineStr">
         <is>
-          <t>9771303450227</t>
+          <t>3990000023944</t>
         </is>
       </c>
       <c r="B1517" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere İmkansılıklar Dedektifi Büyük Deprem! Sayı: 27</t>
+          <t>Yeni Zagor Sayı: 69 Gökyüzünden Düşen Ateş</t>
         </is>
       </c>
       <c r="C1517" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1518" spans="1:3">
       <c r="A1518" s="1" t="inlineStr">
         <is>
-          <t>9789756535387</t>
+          <t>9771303449968</t>
         </is>
       </c>
       <c r="B1518" s="1" t="inlineStr">
         <is>
-          <t>Kim Olduğunu Bilmeyen Kuş</t>
+          <t>Yeni Zagor Sayı: 68 Yüzdeki Maske</t>
         </is>
       </c>
       <c r="C1518" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1519" spans="1:3">
       <c r="A1519" s="1" t="inlineStr">
         <is>
-          <t>9789756535844</t>
+          <t>9771303449965</t>
         </is>
       </c>
       <c r="B1519" s="1" t="inlineStr">
         <is>
-          <t>Gözü Yükseklerdeki Sinek</t>
+          <t>Yeni Zagor Sayı: 65 Katil Böcekler</t>
         </is>
       </c>
       <c r="C1519" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1520" spans="1:3">
       <c r="A1520" s="1" t="inlineStr">
         <is>
-          <t>9789756535516</t>
+          <t>9771303449963</t>
         </is>
       </c>
       <c r="B1520" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Hazine</t>
+          <t>Yeni Zagor Sayı: 63 Kızılderili Koruma</t>
         </is>
       </c>
       <c r="C1520" s="1">
-        <v>175</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1521" spans="1:3">
       <c r="A1521" s="1" t="inlineStr">
         <is>
-          <t>9789756535806</t>
+          <t>9771303449960</t>
         </is>
       </c>
       <c r="B1521" s="1" t="inlineStr">
         <is>
-          <t>Düş Macunu</t>
+          <t>Yeni Zagor Sayı: 60 Göl İnsanları</t>
         </is>
       </c>
       <c r="C1521" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1522" spans="1:3">
       <c r="A1522" s="1" t="inlineStr">
         <is>
-          <t>9786054622122</t>
+          <t>9771303449959</t>
         </is>
       </c>
       <c r="B1522" s="1" t="inlineStr">
         <is>
-          <t>Çok Şekerli Ölüm - Hafiye Karılar</t>
+          <t>Yeni Zagor Sayı: 59 Esrarengiz Kaynak</t>
         </is>
       </c>
       <c r="C1522" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1523" spans="1:3">
       <c r="A1523" s="1" t="inlineStr">
         <is>
-          <t>9771303120106</t>
+          <t>9771303449943</t>
         </is>
       </c>
       <c r="B1523" s="1" t="inlineStr">
         <is>
-          <t>Conan Sayı: 6 Veda Günü</t>
+          <t>Yeni Zagor Sayı: 43 Kandrax’ın Dönüşü</t>
         </is>
       </c>
       <c r="C1523" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1524" spans="1:3">
       <c r="A1524" s="1" t="inlineStr">
         <is>
-          <t>9771303651220</t>
+          <t>9771303449941</t>
         </is>
       </c>
       <c r="B1524" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Rüzgar Sayı: 88 İllüzyonist</t>
+          <t>Yeni Zagor Sayı: 41 Kara Gemi</t>
         </is>
       </c>
       <c r="C1524" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1525" spans="1:3">
       <c r="A1525" s="1" t="inlineStr">
         <is>
-          <t>9771303651213</t>
+          <t>9771303449938</t>
         </is>
       </c>
       <c r="B1525" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Rüzgar Sayı: 87 Halloween</t>
+          <t>Yeni Zagor Sayı: 38 Kralın Amazonları</t>
         </is>
       </c>
       <c r="C1525" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1526" spans="1:3">
       <c r="A1526" s="1" t="inlineStr">
         <is>
-          <t>9771303651206</t>
+          <t>9771303449937</t>
         </is>
       </c>
       <c r="B1526" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Rüzgar Sayı: 86 Kırmızı Bulut’un Oğlu</t>
+          <t>Yeni Zagor Sayı: 37 Özgürlük Ülkesi</t>
         </is>
       </c>
       <c r="C1526" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1527" spans="1:3">
       <c r="A1527" s="1" t="inlineStr">
         <is>
-          <t>9771303651190</t>
+          <t>9771303449936</t>
         </is>
       </c>
       <c r="B1527" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Rüzgar Sayı: 85 Deli Köpeklerin Günü</t>
+          <t>Yeni Zagor Sayı: 36 Songhay Krallığı</t>
         </is>
       </c>
       <c r="C1527" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1528" spans="1:3">
       <c r="A1528" s="1" t="inlineStr">
         <is>
-          <t>9771303651183</t>
+          <t>9771303449931</t>
         </is>
       </c>
       <c r="B1528" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Rüzgar Sayı: 84 Çelik Yumruk</t>
+          <t>Yeni Zagor Sayı: 31 İstikamet Afrika!</t>
         </is>
       </c>
       <c r="C1528" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1529" spans="1:3">
       <c r="A1529" s="1" t="inlineStr">
         <is>
-          <t>9771303651091</t>
+          <t>9771303449930</t>
         </is>
       </c>
       <c r="B1529" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Rüzgar Sayı: 75 Meşale İnsanlar</t>
+          <t>Yeni Zagor Sayı: 30 Körfez Korsanları</t>
         </is>
       </c>
       <c r="C1529" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1530" spans="1:3">
       <c r="A1530" s="1" t="inlineStr">
         <is>
-          <t>9771303651053</t>
+          <t>9771303449928</t>
         </is>
       </c>
       <c r="B1530" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Rüzgar Sayı: 71 Son Koşu</t>
+          <t>Yeni Zagor Sayı: 28 Zincirler!</t>
         </is>
       </c>
       <c r="C1530" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1531" spans="1:3">
       <c r="A1531" s="1" t="inlineStr">
         <is>
-          <t>9771303651046</t>
+          <t>3990000000593</t>
         </is>
       </c>
       <c r="B1531" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Rüzgar Sayı: 70 Dönüşü Olmayan Yol</t>
+          <t>Yeni Zagor Sayı: 15 Ölümcül Şimşek</t>
         </is>
       </c>
       <c r="C1531" s="1">
         <v>135</v>
       </c>
     </row>
     <row r="1532" spans="1:3">
       <c r="A1532" s="1" t="inlineStr">
         <is>
-          <t>9771303651725</t>
+          <t>3990000010667</t>
         </is>
       </c>
       <c r="B1532" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Rüzgar Sayı: 130 Son Hareket</t>
+          <t>Yeni Zagor Sayı: 12  Gökkuşağı Köprüsü</t>
         </is>
       </c>
       <c r="C1532" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1533" spans="1:3">
       <c r="A1533" s="1" t="inlineStr">
         <is>
-          <t>9771303651718</t>
+          <t>9771303449438</t>
         </is>
       </c>
       <c r="B1533" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Rüzgar Sayı: 129 Kartal ve Yılan</t>
+          <t>Yeni Zagor Sayı: 114 Dehşet Krallığı</t>
         </is>
       </c>
       <c r="C1533" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1534" spans="1:3">
       <c r="A1534" s="1" t="inlineStr">
         <is>
-          <t>9771303651701</t>
+          <t>9771303449391</t>
         </is>
       </c>
       <c r="B1534" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Rüzgar Sayı: 128 Şeytan Yolu</t>
+          <t>Yeni Zagor Sayı: 110 Ateş Kapanı</t>
         </is>
       </c>
       <c r="C1534" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1535" spans="1:3">
       <c r="A1535" s="1" t="inlineStr">
         <is>
-          <t>9771303651145</t>
+          <t>9771303449384</t>
         </is>
       </c>
       <c r="B1535" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Rüzgar Magicovento Sayı: 80 Katiller Kasabası</t>
+          <t>Yeni Zagor Sayı: 109 Askeri Eskort</t>
         </is>
       </c>
       <c r="C1535" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1536" spans="1:3">
       <c r="A1536" s="1" t="inlineStr">
         <is>
-          <t>9771303651347</t>
+          <t>9771303449377</t>
         </is>
       </c>
       <c r="B1536" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Rüzgar Magicovento Sayı: 47 Kiralık Katiller</t>
+          <t>Yeni Zagor Sayı: 108 Mutant’ın Dönüşü</t>
         </is>
       </c>
       <c r="C1536" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1537" spans="1:3">
       <c r="A1537" s="1" t="inlineStr">
         <is>
-          <t>9771303651572</t>
+          <t>9771303449353</t>
         </is>
       </c>
       <c r="B1537" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Rüzgar Magicovento Sayı: 115 Engelli Güneş</t>
+          <t>Yeni Zagor Sayı: 106 Zırhlı Vagon</t>
         </is>
       </c>
       <c r="C1537" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1538" spans="1:3">
       <c r="A1538" s="1" t="inlineStr">
         <is>
-          <t>9771303561362</t>
+          <t>9771303449346</t>
         </is>
       </c>
       <c r="B1538" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Rüzgar Magicovento Hedef Sayı: 62</t>
+          <t>Yeni Zagor Sayı: 105 Missisippi</t>
         </is>
       </c>
       <c r="C1538" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1539" spans="1:3">
       <c r="A1539" s="1" t="inlineStr">
         <is>
-          <t>9771303542146</t>
+          <t>9771303449339</t>
         </is>
       </c>
       <c r="B1539" s="1" t="inlineStr">
         <is>
-          <t>Yeni Mister No Sayı: 84 Acıklı Soygun</t>
+          <t>Yeni Zagor Sayı: 104 Mohavlar Saldırıyor</t>
         </is>
       </c>
       <c r="C1539" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1540" spans="1:3">
       <c r="A1540" s="1" t="inlineStr">
         <is>
-          <t>9771303542139</t>
+          <t>9771303449292</t>
         </is>
       </c>
       <c r="B1540" s="1" t="inlineStr">
         <is>
-          <t>Yeni Mister No Sayı: 83 Vahşi Yürek</t>
+          <t>Yeni Zagor Sayı: 100 Nehrin Aktığı Yerde</t>
         </is>
       </c>
       <c r="C1540" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1541" spans="1:3">
       <c r="A1541" s="1" t="inlineStr">
         <is>
-          <t>9771303542122</t>
+          <t>9771303449921</t>
         </is>
       </c>
       <c r="B1541" s="1" t="inlineStr">
         <is>
-          <t>Yeni Mister No Sayı: 82 Saklı Köy</t>
+          <t>Yeni Zagor Sayı: 21 Acımasızlar</t>
         </is>
       </c>
       <c r="C1541" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1542" spans="1:3">
       <c r="A1542" s="1" t="inlineStr">
         <is>
-          <t>9771303542108</t>
+          <t>9771303449934</t>
         </is>
       </c>
       <c r="B1542" s="1" t="inlineStr">
         <is>
-          <t>Yeni Mister No Sayı: 80 Bahia Geceleri</t>
+          <t>Yeni Zagor Saklı Kale Sayı: 34</t>
         </is>
       </c>
       <c r="C1542" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1543" spans="1:3">
       <c r="A1543" s="1" t="inlineStr">
         <is>
-          <t>9771303542092</t>
+          <t>9771303449927</t>
         </is>
       </c>
       <c r="B1543" s="1" t="inlineStr">
         <is>
-          <t>Yeni Mister No Sayı: 79 Kaçış Yok</t>
+          <t>Yeni Zagor Özgürlüğe Kaçış Sayı: 27</t>
         </is>
       </c>
       <c r="C1543" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1544" spans="1:3">
       <c r="A1544" s="1" t="inlineStr">
         <is>
-          <t>9771303542085</t>
+          <t>9771303542191</t>
         </is>
       </c>
       <c r="B1544" s="1" t="inlineStr">
         <is>
-          <t>Yeni Mister No Sayı: 78 Amazon Nehrinde Fırtına</t>
+          <t>Yeni Mister No Sayı: 89 - Son Sınır</t>
         </is>
       </c>
       <c r="C1544" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1545" spans="1:3">
       <c r="A1545" s="1" t="inlineStr">
         <is>
-          <t>9771303542078</t>
+          <t>9771303542290</t>
         </is>
       </c>
       <c r="B1545" s="1" t="inlineStr">
         <is>
-          <t>Yeni Mister No Sayı: 77 Lanetli Soy</t>
+          <t>Yeni Mister No Sayı: 99 Uçurumun Kenarında</t>
         </is>
       </c>
       <c r="C1545" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1546" spans="1:3">
       <c r="A1546" s="1" t="inlineStr">
         <is>
-          <t>9771303542852</t>
+          <t>9771303542276</t>
         </is>
       </c>
       <c r="B1546" s="1" t="inlineStr">
         <is>
-          <t>Yeni Mister No Sayı: 52 New York’a Dönüş</t>
+          <t>Yeni Mister No Sayı: 97 Bay Kaplan’ın İzinde</t>
         </is>
       </c>
       <c r="C1546" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1547" spans="1:3">
       <c r="A1547" s="1" t="inlineStr">
         <is>
-          <t>9771303542851</t>
+          <t>9771303542269</t>
         </is>
       </c>
       <c r="B1547" s="1" t="inlineStr">
         <is>
-          <t>Yeni Mister No Sayı: 51  Maskenin Arka Yüzü</t>
+          <t>Yeni Mister No Sayı: 96 Cehennemde Bir Mevsim</t>
         </is>
       </c>
       <c r="C1547" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1548" spans="1:3">
       <c r="A1548" s="1" t="inlineStr">
         <is>
-          <t>9771303542850</t>
+          <t>9771303542252</t>
         </is>
       </c>
       <c r="B1548" s="1" t="inlineStr">
         <is>
-          <t>Yeni Mister No Sayı: 50 İntikamın Bedeli</t>
+          <t>Yeni Mister No Sayı: 95 Guadalcanal!</t>
         </is>
       </c>
       <c r="C1548" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1549" spans="1:3">
       <c r="A1549" s="1" t="inlineStr">
         <is>
-          <t>3990000000769</t>
+          <t>9771303542245</t>
         </is>
       </c>
       <c r="B1549" s="1" t="inlineStr">
         <is>
-          <t>Yeni Mister No Sayı: 49 Nefret Tohumu</t>
+          <t>Yeni Mister No Sayı: 94 Macera Peşinde</t>
         </is>
       </c>
       <c r="C1549" s="1">
-        <v>135</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1550" spans="1:3">
       <c r="A1550" s="1" t="inlineStr">
         <is>
-          <t>9771303542848</t>
+          <t>3990000000723</t>
         </is>
       </c>
       <c r="B1550" s="1" t="inlineStr">
         <is>
-          <t>Yeni Mister No Sayı: 48 Dark City</t>
+          <t>Martin Mystere Özel Seri Sayı: 34 Titanların Dönüşü Atlantis İmkansızlıklar Dedektifi</t>
         </is>
       </c>
       <c r="C1550" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1551" spans="1:3">
       <c r="A1551" s="1" t="inlineStr">
         <is>
-          <t>9771303542847</t>
+          <t>3990000004363</t>
         </is>
       </c>
       <c r="B1551" s="1" t="inlineStr">
         <is>
-          <t>Yeni Mister No Sayı: 47 Kötü Bir Gün</t>
+          <t>Martin Mystere Özel Seri Sayı: 33 Dokuz Elle Kesme Atlantis İmkansızlıklar Dedektifi</t>
         </is>
       </c>
       <c r="C1551" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1552" spans="1:3">
       <c r="A1552" s="1" t="inlineStr">
         <is>
-          <t>9771303542846</t>
+          <t>9771303440626</t>
         </is>
       </c>
       <c r="B1552" s="1" t="inlineStr">
         <is>
-          <t>Yeni Mister No Sayı: 46  Ateş Kasırgası</t>
+          <t>Martin Mystere İmkansızlıklar Dedektifi Sayı: 131 Hafızasını Yitiren Adam</t>
         </is>
       </c>
       <c r="C1552" s="1">
-        <v>135</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1553" spans="1:3">
       <c r="A1553" s="1" t="inlineStr">
         <is>
-          <t>9771303542845</t>
+          <t>9771303440435</t>
         </is>
       </c>
       <c r="B1553" s="1" t="inlineStr">
         <is>
-          <t>Yeni Mister No Sayı: 45 Bataklık Canavarı</t>
+          <t>Martin Mystere İmkansızlar Dedektifi Sayı: 112  Atlantis’in Kaderi</t>
         </is>
       </c>
       <c r="C1553" s="1">
-        <v>135</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1554" spans="1:3">
       <c r="A1554" s="1" t="inlineStr">
         <is>
-          <t>9771303542835</t>
+          <t>3990000099366</t>
         </is>
       </c>
       <c r="B1554" s="1" t="inlineStr">
         <is>
-          <t>Yeni Mister No Sayı: 35 Kızıl Rüzgar</t>
+          <t>Martin Mystere İmkansılıklar Dedektifi Sayı: 28 Kayalıktaki Otel</t>
         </is>
       </c>
       <c r="C1554" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1555" spans="1:3">
       <c r="A1555" s="1" t="inlineStr">
         <is>
-          <t>9771303542834</t>
+          <t>9771303450227</t>
         </is>
       </c>
       <c r="B1555" s="1" t="inlineStr">
         <is>
-          <t>Yeni Mister No Sayı: 34 Akbabaların Günü</t>
+          <t>Martin Mystere İmkansılıklar Dedektifi Büyük Deprem! Sayı: 27</t>
         </is>
       </c>
       <c r="C1555" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1556" spans="1:3">
       <c r="A1556" s="1" t="inlineStr">
         <is>
-          <t>3990000068822</t>
+          <t>9789756535387</t>
         </is>
       </c>
       <c r="B1556" s="1" t="inlineStr">
         <is>
-          <t>Yeni Mister No Sayı: 33 Vahşi Irk</t>
+          <t>Kim Olduğunu Bilmeyen Kuş</t>
         </is>
       </c>
       <c r="C1556" s="1">
-        <v>135</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1557" spans="1:3">
       <c r="A1557" s="1" t="inlineStr">
         <is>
-          <t>9771303542313</t>
+          <t>9789756535844</t>
         </is>
       </c>
       <c r="B1557" s="1" t="inlineStr">
         <is>
-          <t>Yeni Mister No Sayı: 101 - Asi Juanito</t>
+          <t>Gözü Yükseklerdeki Sinek</t>
         </is>
       </c>
       <c r="C1557" s="1">
-        <v>135</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1558" spans="1:3">
       <c r="A1558" s="1" t="inlineStr">
         <is>
-          <t>9771303542306</t>
+          <t>9789756535516</t>
         </is>
       </c>
       <c r="B1558" s="1" t="inlineStr">
         <is>
-          <t>Yeni Mister No Sayı: 100</t>
+          <t>Gizemli Hazine</t>
         </is>
       </c>
       <c r="C1558" s="1">
-        <v>135</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1559" spans="1:3">
       <c r="A1559" s="1" t="inlineStr">
         <is>
-          <t>3990000000774</t>
+          <t>9789756535806</t>
         </is>
       </c>
       <c r="B1559" s="1" t="inlineStr">
         <is>
-          <t>Yeni Mister No Pegasus Projesi Sayı: 32</t>
+          <t>Düş Macunu</t>
         </is>
       </c>
       <c r="C1559" s="1">
-        <v>135</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1560" spans="1:3">
       <c r="A1560" s="1" t="inlineStr">
         <is>
-          <t>9771303542831</t>
+          <t>9786054622122</t>
         </is>
       </c>
       <c r="B1560" s="1" t="inlineStr">
         <is>
-          <t>Yeni Mister No Sayı: 31 - Çapraz Ateş</t>
+          <t>Çok Şekerli Ölüm - Hafiye Karılar</t>
         </is>
       </c>
       <c r="C1560" s="1">
-        <v>135</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1561" spans="1:3">
       <c r="A1561" s="1" t="inlineStr">
         <is>
-          <t>9786054622474</t>
+          <t>9771303120106</t>
         </is>
       </c>
       <c r="B1561" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Ayıcıklar - Çiçek Ekelim</t>
+          <t>Conan Sayı: 6 Veda Günü</t>
         </is>
       </c>
       <c r="C1561" s="1">
-        <v>75</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1562" spans="1:3">
       <c r="A1562" s="1" t="inlineStr">
         <is>
-          <t>9789756535332</t>
+          <t>9771303651220</t>
         </is>
       </c>
       <c r="B1562" s="1" t="inlineStr">
         <is>
-          <t>Penguen Pi ve Yeşil Otların Gizemi</t>
+          <t>Büyülü Rüzgar Sayı: 88 İllüzyonist</t>
         </is>
       </c>
       <c r="C1562" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1563" spans="1:3">
       <c r="A1563" s="1" t="inlineStr">
         <is>
-          <t>9771303542450</t>
+          <t>9771303651213</t>
         </is>
       </c>
       <c r="B1563" s="1" t="inlineStr">
         <is>
-          <t>Mister No Sayı: 115 Jivaro Nehri</t>
+          <t>Büyülü Rüzgar Sayı: 87 Halloween</t>
         </is>
       </c>
       <c r="C1563" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1564" spans="1:3">
       <c r="A1564" s="1" t="inlineStr">
         <is>
-          <t>9771303542436</t>
+          <t>9771303651206</t>
         </is>
       </c>
       <c r="B1564" s="1" t="inlineStr">
         <is>
-          <t>Mister No Sayı: 113 Can Pazarı</t>
+          <t>Büyülü Rüzgar Sayı: 86 Kırmızı Bulut’un Oğlu</t>
         </is>
       </c>
       <c r="C1564" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1565" spans="1:3">
       <c r="A1565" s="1" t="inlineStr">
         <is>
-          <t>9771303542429</t>
+          <t>9771303651190</t>
         </is>
       </c>
       <c r="B1565" s="1" t="inlineStr">
         <is>
-          <t>Mister No Sayı: 112 Dağda Macera</t>
+          <t>Büyülü Rüzgar Sayı: 85 Deli Köpeklerin Günü</t>
         </is>
       </c>
       <c r="C1565" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1566" spans="1:3">
       <c r="A1566" s="1" t="inlineStr">
         <is>
-          <t>9771303542412</t>
+          <t>9771303651183</t>
         </is>
       </c>
       <c r="B1566" s="1" t="inlineStr">
         <is>
-          <t>Mister No Sayı: 111 Kuşatma</t>
+          <t>Büyülü Rüzgar Sayı: 84 Çelik Yumruk</t>
         </is>
       </c>
       <c r="C1566" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1567" spans="1:3">
       <c r="A1567" s="1" t="inlineStr">
         <is>
-          <t>9771303542405</t>
+          <t>9771303651091</t>
         </is>
       </c>
       <c r="B1567" s="1" t="inlineStr">
         <is>
-          <t>Mister No Sayı: 110 Lanetliler Madeni</t>
+          <t>Büyülü Rüzgar Sayı: 75 Meşale İnsanlar</t>
         </is>
       </c>
       <c r="C1567" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1568" spans="1:3">
       <c r="A1568" s="1" t="inlineStr">
         <is>
-          <t>9771303542382</t>
+          <t>9771303651053</t>
         </is>
       </c>
       <c r="B1568" s="1" t="inlineStr">
         <is>
-          <t>Mister No Sayı: 108 Manaus’da Ölüm</t>
+          <t>Büyülü Rüzgar Sayı: 71 Son Koşu</t>
         </is>
       </c>
       <c r="C1568" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1569" spans="1:3">
       <c r="A1569" s="1" t="inlineStr">
         <is>
+          <t>9771303651046</t>
+        </is>
+      </c>
+      <c r="B1569" s="1" t="inlineStr">
+        <is>
+          <t>Büyülü Rüzgar Sayı: 70 Dönüşü Olmayan Yol</t>
+        </is>
+      </c>
+      <c r="C1569" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1570" spans="1:3">
+      <c r="A1570" s="1" t="inlineStr">
+        <is>
+          <t>9771303651725</t>
+        </is>
+      </c>
+      <c r="B1570" s="1" t="inlineStr">
+        <is>
+          <t>Büyülü Rüzgar Sayı: 130 Son Hareket</t>
+        </is>
+      </c>
+      <c r="C1570" s="1">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="1571" spans="1:3">
+      <c r="A1571" s="1" t="inlineStr">
+        <is>
+          <t>9771303651718</t>
+        </is>
+      </c>
+      <c r="B1571" s="1" t="inlineStr">
+        <is>
+          <t>Büyülü Rüzgar Sayı: 129 Kartal ve Yılan</t>
+        </is>
+      </c>
+      <c r="C1571" s="1">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="1572" spans="1:3">
+      <c r="A1572" s="1" t="inlineStr">
+        <is>
+          <t>9771303651701</t>
+        </is>
+      </c>
+      <c r="B1572" s="1" t="inlineStr">
+        <is>
+          <t>Büyülü Rüzgar Sayı: 128 Şeytan Yolu</t>
+        </is>
+      </c>
+      <c r="C1572" s="1">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="1573" spans="1:3">
+      <c r="A1573" s="1" t="inlineStr">
+        <is>
+          <t>9771303651145</t>
+        </is>
+      </c>
+      <c r="B1573" s="1" t="inlineStr">
+        <is>
+          <t>Büyülü Rüzgar Magicovento Sayı: 80 Katiller Kasabası</t>
+        </is>
+      </c>
+      <c r="C1573" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1574" spans="1:3">
+      <c r="A1574" s="1" t="inlineStr">
+        <is>
+          <t>9771303651347</t>
+        </is>
+      </c>
+      <c r="B1574" s="1" t="inlineStr">
+        <is>
+          <t>Büyülü Rüzgar Magicovento Sayı: 47 Kiralık Katiller</t>
+        </is>
+      </c>
+      <c r="C1574" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1575" spans="1:3">
+      <c r="A1575" s="1" t="inlineStr">
+        <is>
+          <t>9771303651572</t>
+        </is>
+      </c>
+      <c r="B1575" s="1" t="inlineStr">
+        <is>
+          <t>Büyülü Rüzgar Magicovento Sayı: 115 Engelli Güneş</t>
+        </is>
+      </c>
+      <c r="C1575" s="1">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="1576" spans="1:3">
+      <c r="A1576" s="1" t="inlineStr">
+        <is>
+          <t>9771303561362</t>
+        </is>
+      </c>
+      <c r="B1576" s="1" t="inlineStr">
+        <is>
+          <t>Büyülü Rüzgar Magicovento Hedef Sayı: 62</t>
+        </is>
+      </c>
+      <c r="C1576" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1577" spans="1:3">
+      <c r="A1577" s="1" t="inlineStr">
+        <is>
+          <t>9771303542146</t>
+        </is>
+      </c>
+      <c r="B1577" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Mister No Sayı: 84 Acıklı Soygun</t>
+        </is>
+      </c>
+      <c r="C1577" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1578" spans="1:3">
+      <c r="A1578" s="1" t="inlineStr">
+        <is>
+          <t>9771303542139</t>
+        </is>
+      </c>
+      <c r="B1578" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Mister No Sayı: 83 Vahşi Yürek</t>
+        </is>
+      </c>
+      <c r="C1578" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1579" spans="1:3">
+      <c r="A1579" s="1" t="inlineStr">
+        <is>
+          <t>9771303542122</t>
+        </is>
+      </c>
+      <c r="B1579" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Mister No Sayı: 82 Saklı Köy</t>
+        </is>
+      </c>
+      <c r="C1579" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1580" spans="1:3">
+      <c r="A1580" s="1" t="inlineStr">
+        <is>
+          <t>9771303542108</t>
+        </is>
+      </c>
+      <c r="B1580" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Mister No Sayı: 80 Bahia Geceleri</t>
+        </is>
+      </c>
+      <c r="C1580" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1581" spans="1:3">
+      <c r="A1581" s="1" t="inlineStr">
+        <is>
+          <t>9771303542092</t>
+        </is>
+      </c>
+      <c r="B1581" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Mister No Sayı: 79 Kaçış Yok</t>
+        </is>
+      </c>
+      <c r="C1581" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1582" spans="1:3">
+      <c r="A1582" s="1" t="inlineStr">
+        <is>
+          <t>9771303542085</t>
+        </is>
+      </c>
+      <c r="B1582" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Mister No Sayı: 78 Amazon Nehrinde Fırtına</t>
+        </is>
+      </c>
+      <c r="C1582" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1583" spans="1:3">
+      <c r="A1583" s="1" t="inlineStr">
+        <is>
+          <t>9771303542078</t>
+        </is>
+      </c>
+      <c r="B1583" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Mister No Sayı: 77 Lanetli Soy</t>
+        </is>
+      </c>
+      <c r="C1583" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1584" spans="1:3">
+      <c r="A1584" s="1" t="inlineStr">
+        <is>
+          <t>9771303542852</t>
+        </is>
+      </c>
+      <c r="B1584" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Mister No Sayı: 52 New York’a Dönüş</t>
+        </is>
+      </c>
+      <c r="C1584" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1585" spans="1:3">
+      <c r="A1585" s="1" t="inlineStr">
+        <is>
+          <t>9771303542851</t>
+        </is>
+      </c>
+      <c r="B1585" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Mister No Sayı: 51  Maskenin Arka Yüzü</t>
+        </is>
+      </c>
+      <c r="C1585" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1586" spans="1:3">
+      <c r="A1586" s="1" t="inlineStr">
+        <is>
+          <t>9771303542850</t>
+        </is>
+      </c>
+      <c r="B1586" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Mister No Sayı: 50 İntikamın Bedeli</t>
+        </is>
+      </c>
+      <c r="C1586" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1587" spans="1:3">
+      <c r="A1587" s="1" t="inlineStr">
+        <is>
+          <t>3990000000769</t>
+        </is>
+      </c>
+      <c r="B1587" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Mister No Sayı: 49 Nefret Tohumu</t>
+        </is>
+      </c>
+      <c r="C1587" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1588" spans="1:3">
+      <c r="A1588" s="1" t="inlineStr">
+        <is>
+          <t>9771303542848</t>
+        </is>
+      </c>
+      <c r="B1588" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Mister No Sayı: 48 Dark City</t>
+        </is>
+      </c>
+      <c r="C1588" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1589" spans="1:3">
+      <c r="A1589" s="1" t="inlineStr">
+        <is>
+          <t>9771303542847</t>
+        </is>
+      </c>
+      <c r="B1589" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Mister No Sayı: 47 Kötü Bir Gün</t>
+        </is>
+      </c>
+      <c r="C1589" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1590" spans="1:3">
+      <c r="A1590" s="1" t="inlineStr">
+        <is>
+          <t>9771303542846</t>
+        </is>
+      </c>
+      <c r="B1590" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Mister No Sayı: 46  Ateş Kasırgası</t>
+        </is>
+      </c>
+      <c r="C1590" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1591" spans="1:3">
+      <c r="A1591" s="1" t="inlineStr">
+        <is>
+          <t>9771303542845</t>
+        </is>
+      </c>
+      <c r="B1591" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Mister No Sayı: 45 Bataklık Canavarı</t>
+        </is>
+      </c>
+      <c r="C1591" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1592" spans="1:3">
+      <c r="A1592" s="1" t="inlineStr">
+        <is>
+          <t>9771303542835</t>
+        </is>
+      </c>
+      <c r="B1592" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Mister No Sayı: 35 Kızıl Rüzgar</t>
+        </is>
+      </c>
+      <c r="C1592" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1593" spans="1:3">
+      <c r="A1593" s="1" t="inlineStr">
+        <is>
+          <t>9771303542834</t>
+        </is>
+      </c>
+      <c r="B1593" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Mister No Sayı: 34 Akbabaların Günü</t>
+        </is>
+      </c>
+      <c r="C1593" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1594" spans="1:3">
+      <c r="A1594" s="1" t="inlineStr">
+        <is>
+          <t>3990000068822</t>
+        </is>
+      </c>
+      <c r="B1594" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Mister No Sayı: 33 Vahşi Irk</t>
+        </is>
+      </c>
+      <c r="C1594" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1595" spans="1:3">
+      <c r="A1595" s="1" t="inlineStr">
+        <is>
+          <t>9771303542313</t>
+        </is>
+      </c>
+      <c r="B1595" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Mister No Sayı: 101 - Asi Juanito</t>
+        </is>
+      </c>
+      <c r="C1595" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1596" spans="1:3">
+      <c r="A1596" s="1" t="inlineStr">
+        <is>
+          <t>9771303542306</t>
+        </is>
+      </c>
+      <c r="B1596" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Mister No Sayı: 100</t>
+        </is>
+      </c>
+      <c r="C1596" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1597" spans="1:3">
+      <c r="A1597" s="1" t="inlineStr">
+        <is>
+          <t>3990000000774</t>
+        </is>
+      </c>
+      <c r="B1597" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Mister No Pegasus Projesi Sayı: 32</t>
+        </is>
+      </c>
+      <c r="C1597" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1598" spans="1:3">
+      <c r="A1598" s="1" t="inlineStr">
+        <is>
+          <t>9771303542831</t>
+        </is>
+      </c>
+      <c r="B1598" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Mister No Sayı: 31 - Çapraz Ateş</t>
+        </is>
+      </c>
+      <c r="C1598" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1599" spans="1:3">
+      <c r="A1599" s="1" t="inlineStr">
+        <is>
+          <t>9786054622474</t>
+        </is>
+      </c>
+      <c r="B1599" s="1" t="inlineStr">
+        <is>
+          <t>Sevimli Ayıcıklar - Çiçek Ekelim</t>
+        </is>
+      </c>
+      <c r="C1599" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="1600" spans="1:3">
+      <c r="A1600" s="1" t="inlineStr">
+        <is>
+          <t>9789756535332</t>
+        </is>
+      </c>
+      <c r="B1600" s="1" t="inlineStr">
+        <is>
+          <t>Penguen Pi ve Yeşil Otların Gizemi</t>
+        </is>
+      </c>
+      <c r="C1600" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1601" spans="1:3">
+      <c r="A1601" s="1" t="inlineStr">
+        <is>
+          <t>9771303542450</t>
+        </is>
+      </c>
+      <c r="B1601" s="1" t="inlineStr">
+        <is>
+          <t>Mister No Sayı: 115 Jivaro Nehri</t>
+        </is>
+      </c>
+      <c r="C1601" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1602" spans="1:3">
+      <c r="A1602" s="1" t="inlineStr">
+        <is>
+          <t>9771303542436</t>
+        </is>
+      </c>
+      <c r="B1602" s="1" t="inlineStr">
+        <is>
+          <t>Mister No Sayı: 113 Can Pazarı</t>
+        </is>
+      </c>
+      <c r="C1602" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1603" spans="1:3">
+      <c r="A1603" s="1" t="inlineStr">
+        <is>
+          <t>9771303542429</t>
+        </is>
+      </c>
+      <c r="B1603" s="1" t="inlineStr">
+        <is>
+          <t>Mister No Sayı: 112 Dağda Macera</t>
+        </is>
+      </c>
+      <c r="C1603" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1604" spans="1:3">
+      <c r="A1604" s="1" t="inlineStr">
+        <is>
+          <t>9771303542412</t>
+        </is>
+      </c>
+      <c r="B1604" s="1" t="inlineStr">
+        <is>
+          <t>Mister No Sayı: 111 Kuşatma</t>
+        </is>
+      </c>
+      <c r="C1604" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1605" spans="1:3">
+      <c r="A1605" s="1" t="inlineStr">
+        <is>
+          <t>9771303542405</t>
+        </is>
+      </c>
+      <c r="B1605" s="1" t="inlineStr">
+        <is>
+          <t>Mister No Sayı: 110 Lanetliler Madeni</t>
+        </is>
+      </c>
+      <c r="C1605" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1606" spans="1:3">
+      <c r="A1606" s="1" t="inlineStr">
+        <is>
+          <t>9771303542382</t>
+        </is>
+      </c>
+      <c r="B1606" s="1" t="inlineStr">
+        <is>
+          <t>Mister No Sayı: 108 Manaus’da Ölüm</t>
+        </is>
+      </c>
+      <c r="C1606" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1607" spans="1:3">
+      <c r="A1607" s="1" t="inlineStr">
+        <is>
           <t>9771303542375</t>
         </is>
       </c>
-      <c r="B1569" s="1" t="inlineStr">
+      <c r="B1607" s="1" t="inlineStr">
         <is>
           <t>Mister No Sayı: 107 Korsan İni</t>
         </is>
       </c>
-      <c r="C1569" s="1">
-        <v>135</v>
+      <c r="C1607" s="1">
+        <v>160</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>