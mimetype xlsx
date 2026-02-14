--- v0 (2025-10-28)
+++ v1 (2026-02-14)
@@ -85,1345 +85,1525 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786253992170</t>
+          <t>9786259369037</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Ebelikte Yönetim</t>
+          <t>Ardıç - 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>500</v>
+        <v>549</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259636474</t>
+          <t>9786050655964</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Berdel 2 (Ciltli)</t>
+          <t>Asistan 2</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>549</v>
+        <v>199</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259636467</t>
+          <t>9786050655933</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Berdel 1 (Ciltli)</t>
+          <t>Asistan 1</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>549</v>
+        <v>299</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259636450</t>
+          <t>9786159369014</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Yarı Yolda Buluşalım</t>
+          <t>Ceviz Ağacı Mahallesi 1 (Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>449</v>
+        <v>599</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259636443</t>
+          <t>9786259369006</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Kasatura – Yarası Keskin (Ciltli)</t>
+          <t>Lilith'in Gözyaşları - 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>549</v>
+        <v>599</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786659636401</t>
+          <t>9786259636498</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Kuma Seti (Ciltli)</t>
+          <t>Sus Çizgisi - 1 Kasırga</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>1599</v>
+        <v>549</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259636436</t>
+          <t>9786259369013</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Kuma 3 (Ciltli)</t>
+          <t>Ceviz Ağacı Mahallesi (Ciltli)</t>
         </is>
       </c>
       <c r="C8" s="1">
         <v>549</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259636429</t>
+          <t>9786259636481</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Kuma 2 (Ciltli)</t>
+          <t>Gölge &amp; Kan (Ciltli)</t>
         </is>
       </c>
       <c r="C9" s="1">
         <v>549</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259636412</t>
+          <t>9786259369020</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Kuma 1 (Ciltli)</t>
+          <t>Leza Çukuru 1 - Gölge; Pusulası Dağ (Ciltli)</t>
         </is>
       </c>
       <c r="C10" s="1">
         <v>549</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259636405</t>
+          <t>9786159636499</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Hırçın</t>
+          <t>Sus Çizgisi – Kasırga Hediyeli Kutu (Ciltli)</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>449</v>
+        <v>599</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259594095</t>
+          <t>9686259636492</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Karanlığın Ödülü</t>
+          <t>Sus Çizgisi - Kasırga (Ciltli)</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>449</v>
+        <v>549</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259594088</t>
+          <t>9686259636460</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Huysuz Patronum</t>
+          <t>Berdel - Kutulu Set (Ciltli)</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>449</v>
+        <v>1049</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259594071</t>
+          <t>9786253992170</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Dual - Jaze (Ciltli)</t>
+          <t>Ebelikte Yönetim</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>449</v>
+        <v>500</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259594064</t>
+          <t>9786259636474</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Ardıç-1 (Ciltli)</t>
+          <t>Berdel 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>449</v>
+        <v>549</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786359787250</t>
+          <t>9786259636467</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Ardıç-1 (Kutulu Set) (Ciltli)</t>
+          <t>Berdel 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C16" s="1">
         <v>549</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786259594057</t>
+          <t>9786259636450</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Hemdert - Can (Ciltli)</t>
+          <t>Yarı Yolda Buluşalım</t>
         </is>
       </c>
       <c r="C17" s="1">
         <v>449</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786359594025</t>
+          <t>9786259636443</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Vurgun Kutulu Seti (Ciltli)</t>
+          <t>Kasatura – Yarası Keskin (Ciltli)</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>958</v>
+        <v>549</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786359787229</t>
+          <t>9786659636401</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Kızıltepe 2 - Mahalle Serisi Kutulu Set (Ciltli)</t>
+          <t>Kuma Seti (Ciltli)</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>549</v>
+        <v>1599</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786259594040</t>
+          <t>9786259636436</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Kızıltepe 2</t>
+          <t>Kuma 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>449</v>
+        <v>549</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786259594033</t>
+          <t>9786259636429</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Kızıltepe 2 - Mahalle Serisi (Ciltli)</t>
+          <t>Kuma 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>499</v>
+        <v>549</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786359787212</t>
+          <t>9786259636412</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Kızıltepe 1 - Mahalle Serisi Kutulu Set (Ciltli)</t>
+          <t>Kuma 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C22" s="1">
         <v>549</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786259594026</t>
+          <t>9786259636405</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Vurgun - 2 Pusulası Dağ (Ciltli)</t>
+          <t>Hırçın</t>
         </is>
       </c>
       <c r="C23" s="1">
         <v>449</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786259594002</t>
+          <t>9786259594095</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Kont Özel Baskı (Ciltli)</t>
+          <t>Karanlığın Ödülü</t>
         </is>
       </c>
       <c r="C24" s="1">
         <v>449</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786259548791</t>
+          <t>9786259594088</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Ateş ve Kader Krallığı</t>
+          <t>Sevgili Huysuz Patronum</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>324</v>
+        <v>449</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786259548753</t>
+          <t>9786259594071</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Kiracı</t>
+          <t>Dual - Jaze (Ciltli)</t>
         </is>
       </c>
       <c r="C26" s="1">
         <v>449</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786259548784</t>
+          <t>9786259594064</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>On Yıl</t>
+          <t>Ardıç-1 (Ciltli)</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>399</v>
+        <v>449</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786259548760</t>
+          <t>9786359787250</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Kiracı (Ciltli)</t>
+          <t>Ardıç-1 (Kutulu Set) (Ciltli)</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>499</v>
+        <v>549</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786259548777</t>
+          <t>9786259594057</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Lilith'in Gözyaşları (Ciltli)</t>
+          <t>Hemdert - Can (Ciltli)</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>449</v>
+        <v>549</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786559548774</t>
+          <t>9786359594025</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Lilith'in Gözyaşları - Kutulu Hediyeli (Ciltli)</t>
+          <t>Vurgun Kutulu Seti (Ciltli)</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>549</v>
+        <v>999</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786259548722</t>
+          <t>9786359787229</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Vahşi Mustang</t>
+          <t>Kızıltepe 2 - Mahalle Serisi Kutulu Set (Ciltli)</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>350</v>
+        <v>599</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786259548746</t>
+          <t>9786259594040</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Yanlış Numara</t>
+          <t>Kızıltepe 2</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>449</v>
+        <v>499</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786259548739</t>
+          <t>9786259594033</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Değiştiren Kitap</t>
+          <t>Kızıltepe 2 - Mahalle Serisi (Ciltli)</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>449</v>
+        <v>549</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786259787299</t>
+          <t>9786359787212</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Zehir ve Yemin Krallığı</t>
+          <t>Kızıltepe 1 - Mahalle Serisi Kutulu Set (Ciltli)</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>324</v>
+        <v>599</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786259548715</t>
+          <t>9786259594026</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Kar Yağarken</t>
+          <t>Vurgun - 2 Pusulası Dağ (Ciltli)</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>324</v>
+        <v>549</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786259548708</t>
+          <t>9786259594002</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Ulaşılmaz</t>
+          <t>Kont Özel Baskı (Ciltli)</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>324</v>
+        <v>549</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786050655957</t>
+          <t>9786259548791</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Bir Rüya İçin Ağıt (Ciltli)</t>
+          <t>Ateş ve Kader Krallığı</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>549</v>
+        <v>324</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786050655902</t>
+          <t>9786259548753</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka</t>
+          <t>Kayıp Kiracı</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>42</v>
+        <v>449</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786050655919</t>
+          <t>9786259548784</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Ruh Eşim</t>
+          <t>On Yıl</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>42</v>
+        <v>449</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786050655926</t>
+          <t>9786259548760</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Mahzen</t>
+          <t>Kayıp Kiracı (Ciltli)</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>48</v>
+        <v>499</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786259787275</t>
+          <t>9786259548777</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Hayalet</t>
+          <t>Lilith'in Gözyaşları (Ciltli)</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>324</v>
+        <v>549</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786259787282</t>
+          <t>9786559548774</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Merhaba ve Hoşçakal Arasında</t>
+          <t>Lilith'in Gözyaşları - Kutulu Hediyeli (Ciltli)</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>324</v>
+        <v>599</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786259787244</t>
+          <t>9786259548722</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Güzel &amp; Oyuncu</t>
+          <t>Vahşi Mustang</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>324</v>
+        <v>350</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786259787251</t>
+          <t>9786259548746</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Aether'in Kılıcı</t>
+          <t>Yanlış Numara</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>324</v>
+        <v>449</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786259787268</t>
+          <t>9786259548739</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Karga</t>
+          <t>Dünyayı Değiştiren Kitap</t>
         </is>
       </c>
       <c r="C45" s="1">
         <v>449</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786259787237</t>
+          <t>9786259787299</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Hemdem (Ciltli)</t>
+          <t>Zehir ve Yemin Krallığı</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>449</v>
+        <v>324</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786259787220</t>
+          <t>9786259548715</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Kızıltepe - Mahalle Serisi 1 (Ciltli)</t>
+          <t>Kar Yağarken</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>449</v>
+        <v>324</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786259787213</t>
+          <t>9786259548708</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Kızıltepe – Mahalle Serisi 1</t>
+          <t>Ulaşılmaz</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>399</v>
+        <v>324</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786259494494</t>
+          <t>9786050655957</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Yanmayan Kitap – Kütüphane Üçlemesi 1 (Ciltli)</t>
+          <t>Bir Rüya İçin Ağıt (Ciltli)</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>449</v>
+        <v>549</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786259787206</t>
+          <t>9786050655902</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Vurgun – 1 Kelebek Çiçekler (Ciltli)</t>
+          <t>Yapay Zeka</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>449</v>
+        <v>42</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786259494470</t>
+          <t>9786050655919</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Asistan</t>
+          <t>Ruh Eşim</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>324</v>
+        <v>42</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786259494487</t>
+          <t>9786050655926</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Kan ve İhanet Krallığı</t>
+          <t>Mahzen</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>324</v>
+        <v>48</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786259494463</t>
+          <t>9786259787275</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>49. Şafak</t>
+          <t>Hayalet</t>
         </is>
       </c>
       <c r="C53" s="1">
         <v>324</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786259494418</t>
+          <t>9786259787282</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Tatlı Kaos</t>
+          <t>Merhaba ve Hoşçakal Arasında</t>
         </is>
       </c>
       <c r="C54" s="1">
         <v>324</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786259494432</t>
+          <t>9786259787244</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Katlanılmaz</t>
+          <t>Güzel &amp; Oyuncu</t>
         </is>
       </c>
       <c r="C55" s="1">
         <v>324</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786259494456</t>
+          <t>9786259787251</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Adeline'ı Avlamak (Ciltli)</t>
+          <t>Aether'in Kılıcı</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>449</v>
+        <v>324</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786259494449</t>
+          <t>9786259787268</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Adeline’ın Peşinde (Ciltli)</t>
+          <t>Karga</t>
         </is>
       </c>
       <c r="C57" s="1">
         <v>449</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786050655988</t>
+          <t>9786259787237</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Kont</t>
+          <t>Hemdem (Ciltli)</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>449</v>
+        <v>549</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786050655971</t>
+          <t>9786259787220</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Adeline'ın Peşinde</t>
+          <t>Kızıltepe - Mahalle Serisi 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>449</v>
+        <v>549</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786259494425</t>
+          <t>9786259787213</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Kalbin En Karanlık Köşesi</t>
+          <t>Kızıltepe – Mahalle Serisi 1</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>324</v>
+        <v>499</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786259494401</t>
+          <t>9786259494494</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Vahşi Aşk</t>
+          <t>Yanmayan Kitap – Kütüphane Üçlemesi 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>324</v>
+        <v>449</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786259457123</t>
+          <t>9786259787206</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Uyku Tarlaları</t>
+          <t>Vurgun – 1 Kelebek Çiçekler (Ciltli)</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>299</v>
+        <v>549</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786259457130</t>
+          <t>9786259494470</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Sevgilim Arrow</t>
+          <t>Asistan</t>
         </is>
       </c>
       <c r="C63" s="1">
         <v>324</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786259457147</t>
+          <t>9786259494487</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Molly Nerede</t>
+          <t>Kan ve İhanet Krallığı</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>299</v>
+        <v>324</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786259457116</t>
+          <t>9786259494463</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Acı Ruhlar ve Kasvetli Bedenler (Kutulu) (Ciltli)</t>
+          <t>49. Şafak</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>699</v>
+        <v>324</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786259457109</t>
+          <t>9786259494418</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Acı Ruhlar ve Kasvetli Bedenler</t>
+          <t>Tatlı Kaos</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>349</v>
+        <v>399</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786259937199</t>
+          <t>9786259494432</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Yıldızlar ve Gölgeler Krallığı</t>
+          <t>Katlanılmaz</t>
         </is>
       </c>
       <c r="C67" s="1">
         <v>324</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786259937168</t>
+          <t>9786259494456</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Magnolia Parks</t>
+          <t>Adeline'ı Avlamak (Ciltli)</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>324</v>
+        <v>499</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786259937182</t>
+          <t>9786259494449</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Hayalet ( Poster + Ayraç Hediyeli )</t>
+          <t>Adeline’ın Peşinde (Ciltli)</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>324</v>
+        <v>499</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786259937175</t>
+          <t>9786050655988</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Her Şeyiyle – Son Sürat 2</t>
+          <t>Kont</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>324</v>
+        <v>449</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786259937151</t>
+          <t>9786050655971</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Kahramanlar Yükseldiğinde</t>
+          <t>Adeline'ın Peşinde</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>324</v>
+        <v>449</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786259937144</t>
+          <t>9786259494425</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Şehvet Dersi</t>
+          <t>Kalbin En Karanlık Köşesi</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>299</v>
+        <v>324</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786259937120</t>
+          <t>9786259494401</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Ne Kadar Masal O Kadar Gerçek</t>
+          <t>Vahşi Aşk</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>199</v>
+        <v>399</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786259937137</t>
+          <t>9786259457123</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>En Parlak Gün Işığı</t>
+          <t>Uyku Tarlaları</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>324</v>
+        <v>299</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786259937113</t>
+          <t>9786259457130</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Dayanılmaz</t>
+          <t>Sevgilim Arrow</t>
         </is>
       </c>
       <c r="C75" s="1">
         <v>324</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786259937106</t>
+          <t>9786259457147</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Son Sürat</t>
+          <t>Molly Nerede</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>324</v>
+        <v>299</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786057282491</t>
+          <t>9786259457116</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Şeytanın Yasak Aşkı</t>
+          <t>Acı Ruhlar ve Kasvetli Bedenler (Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>199</v>
+        <v>699</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786057282484</t>
+          <t>9786259457109</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Kahramanlar Düştüğünde</t>
+          <t>Acı Ruhlar ve Kasvetli Bedenler</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>324</v>
+        <v>349</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786057282477</t>
+          <t>9786259937199</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Bir Kan Damlası</t>
+          <t>Yıldızlar ve Gölgeler Krallığı</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>299</v>
+        <v>324</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786057282453</t>
+          <t>9786259937168</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Fransız</t>
+          <t>Magnolia Parks</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>299</v>
+        <v>324</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786057282460</t>
+          <t>9786259937182</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Adeline’ı Avlamak</t>
+          <t>Hayalet ( Poster + Ayraç Hediyeli )</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>449</v>
+        <v>324</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786057282446</t>
+          <t>9786259937175</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Bir Rüya İçin Ağıt 2 - Behempa (Ciltli)</t>
+          <t>Her Şeyiyle – Son Sürat 2</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>549</v>
+        <v>324</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786057282439</t>
+          <t>9786259937151</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Bir Rüya İçin Ağıt 2 - Behempa</t>
+          <t>Kahramanlar Yükseldiğinde</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>449</v>
+        <v>324</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786057282422</t>
+          <t>9786259937144</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Acıtıyor Mu?</t>
+          <t>Şehvet Dersi</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>324</v>
+        <v>299</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786057282415</t>
+          <t>9786259937120</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Ortadoğu’da Bir Çocuk - Kefen</t>
+          <t>Ne Kadar Masal O Kadar Gerçek</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>449</v>
+        <v>199</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786057282408</t>
+          <t>9786259937137</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Acıtıyor Mu?</t>
+          <t>En Parlak Gün Işığı</t>
         </is>
       </c>
       <c r="C86" s="1">
         <v>324</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786050655995</t>
+          <t>9786259937113</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Düğüm Levla (Yan Boyamalı Özel Baskı)</t>
+          <t>Dayanılmaz</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>299</v>
+        <v>324</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
+          <t>9786259937106</t>
+        </is>
+      </c>
+      <c r="B88" s="1" t="inlineStr">
+        <is>
+          <t>Son Sürat</t>
+        </is>
+      </c>
+      <c r="C88" s="1">
+        <v>324</v>
+      </c>
+    </row>
+    <row r="89" spans="1:3">
+      <c r="A89" s="1" t="inlineStr">
+        <is>
+          <t>9786057282491</t>
+        </is>
+      </c>
+      <c r="B89" s="1" t="inlineStr">
+        <is>
+          <t>Şeytanın Yasak Aşkı</t>
+        </is>
+      </c>
+      <c r="C89" s="1">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="90" spans="1:3">
+      <c r="A90" s="1" t="inlineStr">
+        <is>
+          <t>9786057282484</t>
+        </is>
+      </c>
+      <c r="B90" s="1" t="inlineStr">
+        <is>
+          <t>Kahramanlar Düştüğünde</t>
+        </is>
+      </c>
+      <c r="C90" s="1">
+        <v>324</v>
+      </c>
+    </row>
+    <row r="91" spans="1:3">
+      <c r="A91" s="1" t="inlineStr">
+        <is>
+          <t>9786057282477</t>
+        </is>
+      </c>
+      <c r="B91" s="1" t="inlineStr">
+        <is>
+          <t>Bir Kan Damlası</t>
+        </is>
+      </c>
+      <c r="C91" s="1">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="92" spans="1:3">
+      <c r="A92" s="1" t="inlineStr">
+        <is>
+          <t>9786057282453</t>
+        </is>
+      </c>
+      <c r="B92" s="1" t="inlineStr">
+        <is>
+          <t>Fransız</t>
+        </is>
+      </c>
+      <c r="C92" s="1">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="93" spans="1:3">
+      <c r="A93" s="1" t="inlineStr">
+        <is>
+          <t>9786057282460</t>
+        </is>
+      </c>
+      <c r="B93" s="1" t="inlineStr">
+        <is>
+          <t>Adeline’ı Avlamak</t>
+        </is>
+      </c>
+      <c r="C93" s="1">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="94" spans="1:3">
+      <c r="A94" s="1" t="inlineStr">
+        <is>
+          <t>9786057282446</t>
+        </is>
+      </c>
+      <c r="B94" s="1" t="inlineStr">
+        <is>
+          <t>Bir Rüya İçin Ağıt 2 - Behempa (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C94" s="1">
+        <v>549</v>
+      </c>
+    </row>
+    <row r="95" spans="1:3">
+      <c r="A95" s="1" t="inlineStr">
+        <is>
+          <t>9786057282439</t>
+        </is>
+      </c>
+      <c r="B95" s="1" t="inlineStr">
+        <is>
+          <t>Bir Rüya İçin Ağıt 2 - Behempa</t>
+        </is>
+      </c>
+      <c r="C95" s="1">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="96" spans="1:3">
+      <c r="A96" s="1" t="inlineStr">
+        <is>
+          <t>9786057282422</t>
+        </is>
+      </c>
+      <c r="B96" s="1" t="inlineStr">
+        <is>
+          <t>Acıtıyor Mu?</t>
+        </is>
+      </c>
+      <c r="C96" s="1">
+        <v>324</v>
+      </c>
+    </row>
+    <row r="97" spans="1:3">
+      <c r="A97" s="1" t="inlineStr">
+        <is>
+          <t>9786057282415</t>
+        </is>
+      </c>
+      <c r="B97" s="1" t="inlineStr">
+        <is>
+          <t>Ortadoğu’da Bir Çocuk - Kefen</t>
+        </is>
+      </c>
+      <c r="C97" s="1">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="98" spans="1:3">
+      <c r="A98" s="1" t="inlineStr">
+        <is>
+          <t>9786057282408</t>
+        </is>
+      </c>
+      <c r="B98" s="1" t="inlineStr">
+        <is>
+          <t>Acıtıyor Mu?</t>
+        </is>
+      </c>
+      <c r="C98" s="1">
+        <v>324</v>
+      </c>
+    </row>
+    <row r="99" spans="1:3">
+      <c r="A99" s="1" t="inlineStr">
+        <is>
+          <t>9786050655995</t>
+        </is>
+      </c>
+      <c r="B99" s="1" t="inlineStr">
+        <is>
+          <t>Düğüm Levla (Yan Boyamalı Özel Baskı)</t>
+        </is>
+      </c>
+      <c r="C99" s="1">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="100" spans="1:3">
+      <c r="A100" s="1" t="inlineStr">
+        <is>
           <t>9786050655940</t>
         </is>
       </c>
-      <c r="B88" s="1" t="inlineStr">
+      <c r="B100" s="1" t="inlineStr">
         <is>
           <t>Bir Rüya İçin Ağıt</t>
         </is>
       </c>
-      <c r="C88" s="1">
+      <c r="C100" s="1">
         <v>449</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>